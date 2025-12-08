--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1101,51 +1101,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>85</v>
       </c>
       <c r="BE2" t="s">
         <v>86</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>506</v>
+        <v>564</v>
       </c>
       <c r="BI2" t="s">
         <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>73</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>177.5</v>
       </c>
@@ -1292,51 +1292,51 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>84</v>
       </c>
       <c r="BB3" t="s">
         <v>89</v>
       </c>
       <c r="BC3" t="s">
         <v>93</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>509</v>
+        <v>567</v>
       </c>
       <c r="BI3" t="s">
         <v>87</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>73</v>
       </c>
       <c r="BQ3" t="s">
         <v>75</v>
       </c>
       <c r="BR3">
         <v>157.98</v>
       </c>
@@ -1483,51 +1483,51 @@
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>84</v>
       </c>
       <c r="BB4" t="s">
         <v>89</v>
       </c>
       <c r="BC4" t="s">
         <v>93</v>
       </c>
       <c r="BD4" t="s">
         <v>106</v>
       </c>
       <c r="BE4" t="s">
         <v>107</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>509</v>
+        <v>567</v>
       </c>
       <c r="BI4" t="s">
         <v>87</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>108</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>73</v>
       </c>
       <c r="BQ4" t="s">
         <v>75</v>
       </c>
       <c r="BR4">
         <v>135.9</v>
       </c>
@@ -1674,51 +1674,51 @@
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
         <v>84</v>
       </c>
       <c r="BB5" t="s">
         <v>109</v>
       </c>
       <c r="BC5" t="s">
         <v>93</v>
       </c>
       <c r="BD5" t="s">
         <v>116</v>
       </c>
       <c r="BE5" t="s">
         <v>117</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>511</v>
+        <v>569</v>
       </c>
       <c r="BI5" t="s">
         <v>87</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>118</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>73</v>
       </c>
       <c r="BQ5" t="s">
         <v>75</v>
       </c>
       <c r="BR5">
         <v>163.08</v>
       </c>