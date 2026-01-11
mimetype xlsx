--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -5832,51 +5832,51 @@
       <c r="BB14" t="s">
         <v>253</v>
       </c>
       <c r="BC14" t="s">
         <v>256</v>
       </c>
       <c r="BD14" t="s">
         <v>261</v>
       </c>
       <c r="BE14" t="s">
         <v>262</v>
       </c>
       <c r="BF14" t="s">
         <v>77</v>
       </c>
       <c r="BG14" t="s">
         <v>263</v>
       </c>
       <c r="BH14">
         <v>7</v>
       </c>
       <c r="BI14" t="s">
         <v>90</v>
       </c>
       <c r="BJ14" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="BK14" t="s">
         <v>109</v>
       </c>
       <c r="BL14" t="s">
         <v>264</v>
       </c>
       <c r="BM14" t="s">
         <v>265</v>
       </c>
       <c r="BN14" t="s">
         <v>266</v>
       </c>
       <c r="BO14">
         <v>109</v>
       </c>
       <c r="BP14" t="s">
         <v>83</v>
       </c>
       <c r="BQ14"/>
       <c r="BR14">
         <v>134991</v>
       </c>
       <c r="BS14" t="s">
         <v>96</v>
@@ -6033,51 +6033,51 @@
       <c r="BB15" t="s">
         <v>267</v>
       </c>
       <c r="BC15" t="s">
         <v>256</v>
       </c>
       <c r="BD15" t="s">
         <v>275</v>
       </c>
       <c r="BE15" t="s">
         <v>276</v>
       </c>
       <c r="BF15" t="s">
         <v>77</v>
       </c>
       <c r="BG15" t="s">
         <v>263</v>
       </c>
       <c r="BH15">
         <v>8</v>
       </c>
       <c r="BI15" t="s">
         <v>90</v>
       </c>
       <c r="BJ15" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="BK15" t="s">
         <v>109</v>
       </c>
       <c r="BL15" t="s">
         <v>222</v>
       </c>
       <c r="BM15" t="s">
         <v>277</v>
       </c>
       <c r="BN15" t="s">
         <v>278</v>
       </c>
       <c r="BO15">
         <v>109</v>
       </c>
       <c r="BP15" t="s">
         <v>83</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
         <v>120995</v>
       </c>
       <c r="BS15" t="s">
         <v>96</v>