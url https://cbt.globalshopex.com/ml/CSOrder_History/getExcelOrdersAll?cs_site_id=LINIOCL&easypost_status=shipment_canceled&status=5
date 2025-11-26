--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -4067,51 +4067,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>143</v>
+        <v>189</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2" t="s">
         <v>85</v>
       </c>
       <c r="BK2" t="s">
         <v>86</v>
       </c>
       <c r="BL2" t="s">
         <v>87</v>
       </c>
       <c r="BM2" t="s">
         <v>88</v>
       </c>
       <c r="BN2" t="s">
         <v>89</v>
       </c>
       <c r="BO2">
         <v>1</v>
       </c>
       <c r="BP2" t="s">
         <v>81</v>
       </c>
@@ -4260,51 +4260,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>91</v>
       </c>
       <c r="BC3" t="s">
         <v>71</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>143</v>
+        <v>189</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3" t="s">
         <v>85</v>
       </c>
       <c r="BK3" t="s">
         <v>86</v>
       </c>
       <c r="BL3" t="s">
         <v>98</v>
       </c>
       <c r="BM3" t="s">
         <v>99</v>
       </c>
       <c r="BN3" t="s">
         <v>100</v>
       </c>
       <c r="BO3">
         <v>8</v>
       </c>
       <c r="BP3" t="s">
         <v>81</v>
       </c>
@@ -4453,51 +4453,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>101</v>
       </c>
       <c r="BC4" t="s">
         <v>104</v>
       </c>
       <c r="BD4" t="s">
         <v>114</v>
       </c>
       <c r="BE4" t="s">
         <v>115</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="BI4" t="s">
         <v>84</v>
       </c>
       <c r="BJ4" t="s">
         <v>85</v>
       </c>
       <c r="BK4" t="s">
         <v>116</v>
       </c>
       <c r="BL4" t="s">
         <v>117</v>
       </c>
       <c r="BM4" t="s">
         <v>118</v>
       </c>
       <c r="BN4" t="s">
         <v>119</v>
       </c>
       <c r="BO4">
         <v>6</v>
       </c>
       <c r="BP4" t="s">
         <v>120</v>
       </c>
@@ -4646,51 +4646,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>83</v>
       </c>
       <c r="BB5" t="s">
         <v>121</v>
       </c>
       <c r="BC5" t="s">
         <v>124</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>163</v>
+        <v>209</v>
       </c>
       <c r="BI5" t="s">
         <v>84</v>
       </c>
       <c r="BJ5" t="s">
         <v>85</v>
       </c>
       <c r="BK5" t="s">
         <v>86</v>
       </c>
       <c r="BL5" t="s">
         <v>129</v>
       </c>
       <c r="BM5" t="s">
         <v>130</v>
       </c>
       <c r="BN5" t="s">
         <v>131</v>
       </c>
       <c r="BO5">
         <v>14</v>
       </c>
       <c r="BP5" t="s">
         <v>81</v>
       </c>
@@ -4839,51 +4839,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
         <v>133</v>
       </c>
       <c r="BC6" t="s">
         <v>124</v>
       </c>
       <c r="BD6" t="s">
         <v>75</v>
       </c>
       <c r="BE6" t="s">
         <v>75</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>167</v>
+        <v>213</v>
       </c>
       <c r="BI6" t="s">
         <v>84</v>
       </c>
       <c r="BJ6" t="s">
         <v>85</v>
       </c>
       <c r="BK6" t="s">
         <v>116</v>
       </c>
       <c r="BL6" t="s">
         <v>98</v>
       </c>
       <c r="BM6" t="s">
         <v>136</v>
       </c>
       <c r="BN6" t="s">
         <v>137</v>
       </c>
       <c r="BO6">
         <v>8</v>
       </c>
       <c r="BP6" t="s">
         <v>81</v>
       </c>
@@ -5034,51 +5034,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
         <v>138</v>
       </c>
       <c r="BC7" t="s">
         <v>124</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
         <v>75</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>170</v>
+        <v>216</v>
       </c>
       <c r="BI7" t="s">
         <v>84</v>
       </c>
       <c r="BJ7" t="s">
         <v>85</v>
       </c>
       <c r="BK7" t="s">
         <v>116</v>
       </c>
       <c r="BL7" t="s">
         <v>98</v>
       </c>
       <c r="BM7" t="s">
         <v>145</v>
       </c>
       <c r="BN7" t="s">
         <v>146</v>
       </c>
       <c r="BO7">
         <v>12</v>
       </c>
       <c r="BP7" t="s">
         <v>110</v>
       </c>
@@ -5229,51 +5229,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
         <v>147</v>
       </c>
       <c r="BC8" t="s">
         <v>124</v>
       </c>
       <c r="BD8" t="s">
         <v>153</v>
       </c>
       <c r="BE8" t="s">
         <v>75</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="BI8" t="s">
         <v>84</v>
       </c>
       <c r="BJ8" t="s">
         <v>85</v>
       </c>
       <c r="BK8" t="s">
         <v>116</v>
       </c>
       <c r="BL8" t="s">
         <v>154</v>
       </c>
       <c r="BM8" t="s">
         <v>155</v>
       </c>
       <c r="BN8" t="s">
         <v>156</v>
       </c>
       <c r="BO8">
         <v>14</v>
       </c>
       <c r="BP8" t="s">
         <v>110</v>
       </c>
@@ -5424,51 +5424,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
         <v>157</v>
       </c>
       <c r="BC9" t="s">
         <v>124</v>
       </c>
       <c r="BD9" t="s">
         <v>163</v>
       </c>
       <c r="BE9" t="s">
         <v>75</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="BI9" t="s">
         <v>84</v>
       </c>
       <c r="BJ9" t="s">
         <v>85</v>
       </c>
       <c r="BK9" t="s">
         <v>116</v>
       </c>
       <c r="BL9" t="s">
         <v>98</v>
       </c>
       <c r="BM9" t="s">
         <v>164</v>
       </c>
       <c r="BN9" t="s">
         <v>165</v>
       </c>
       <c r="BO9">
         <v>16</v>
       </c>
       <c r="BP9" t="s">
         <v>110</v>
       </c>
@@ -5619,51 +5619,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>166</v>
       </c>
       <c r="BC10" t="s">
         <v>124</v>
       </c>
       <c r="BD10" t="s">
         <v>75</v>
       </c>
       <c r="BE10" t="s">
         <v>75</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="BI10" t="s">
         <v>84</v>
       </c>
       <c r="BJ10" t="s">
         <v>85</v>
       </c>
       <c r="BK10" t="s">
         <v>116</v>
       </c>
       <c r="BL10" t="s">
         <v>172</v>
       </c>
       <c r="BM10" t="s">
         <v>173</v>
       </c>
       <c r="BN10" t="s">
         <v>174</v>
       </c>
       <c r="BO10">
         <v>17</v>
       </c>
       <c r="BP10" t="s">
         <v>110</v>
       </c>
@@ -5814,51 +5814,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>83</v>
       </c>
       <c r="BB11" t="s">
         <v>175</v>
       </c>
       <c r="BC11" t="s">
         <v>124</v>
       </c>
       <c r="BD11" t="s">
         <v>182</v>
       </c>
       <c r="BE11" t="s">
         <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>182</v>
+        <v>228</v>
       </c>
       <c r="BI11" t="s">
         <v>84</v>
       </c>
       <c r="BJ11" t="s">
         <v>85</v>
       </c>
       <c r="BK11" t="s">
         <v>116</v>
       </c>
       <c r="BL11" t="s">
         <v>129</v>
       </c>
       <c r="BM11" t="s">
         <v>183</v>
       </c>
       <c r="BN11" t="s">
         <v>184</v>
       </c>
       <c r="BO11">
         <v>23</v>
       </c>
       <c r="BP11" t="s">
         <v>110</v>
       </c>
@@ -6007,51 +6007,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>83</v>
       </c>
       <c r="BB12" t="s">
         <v>185</v>
       </c>
       <c r="BC12" t="s">
         <v>188</v>
       </c>
       <c r="BD12" t="s">
         <v>75</v>
       </c>
       <c r="BE12" t="s">
         <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>199</v>
+        <v>245</v>
       </c>
       <c r="BI12" t="s">
         <v>84</v>
       </c>
       <c r="BJ12" t="s">
         <v>85</v>
       </c>
       <c r="BK12" t="s">
         <v>86</v>
       </c>
       <c r="BL12" t="s">
         <v>129</v>
       </c>
       <c r="BM12" t="s">
         <v>192</v>
       </c>
       <c r="BN12" t="s">
         <v>193</v>
       </c>
       <c r="BO12">
         <v>2</v>
       </c>
       <c r="BP12" t="s">
         <v>81</v>
       </c>
@@ -6200,51 +6200,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>194</v>
       </c>
       <c r="BC13" t="s">
         <v>196</v>
       </c>
       <c r="BD13" t="s">
         <v>75</v>
       </c>
       <c r="BE13" t="s">
         <v>75</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="BI13" t="s">
         <v>84</v>
       </c>
       <c r="BJ13" t="s">
         <v>85</v>
       </c>
       <c r="BK13" t="s">
         <v>116</v>
       </c>
       <c r="BL13" t="s">
         <v>117</v>
       </c>
       <c r="BM13" t="s">
         <v>197</v>
       </c>
       <c r="BN13" t="s">
         <v>198</v>
       </c>
       <c r="BO13">
         <v>14</v>
       </c>
       <c r="BP13" t="s">
         <v>81</v>
       </c>
@@ -6393,51 +6393,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>83</v>
       </c>
       <c r="BB14" t="s">
         <v>199</v>
       </c>
       <c r="BC14" t="s">
         <v>201</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
         <v>75</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>252</v>
+        <v>298</v>
       </c>
       <c r="BI14" t="s">
         <v>84</v>
       </c>
       <c r="BJ14" t="s">
         <v>85</v>
       </c>
       <c r="BK14" t="s">
         <v>116</v>
       </c>
       <c r="BL14" t="s">
         <v>129</v>
       </c>
       <c r="BM14" t="s">
         <v>202</v>
       </c>
       <c r="BN14" t="s">
         <v>203</v>
       </c>
       <c r="BO14">
         <v>5</v>
       </c>
       <c r="BP14" t="s">
         <v>81</v>
       </c>
@@ -6586,51 +6586,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
         <v>204</v>
       </c>
       <c r="BC15" t="s">
         <v>207</v>
       </c>
       <c r="BD15" t="s">
         <v>75</v>
       </c>
       <c r="BE15" t="s">
         <v>75</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>286</v>
+        <v>332</v>
       </c>
       <c r="BI15" t="s">
         <v>84</v>
       </c>
       <c r="BJ15" t="s">
         <v>85</v>
       </c>
       <c r="BK15" t="s">
         <v>116</v>
       </c>
       <c r="BL15" t="s">
         <v>212</v>
       </c>
       <c r="BM15" t="s">
         <v>213</v>
       </c>
       <c r="BN15" t="s">
         <v>214</v>
       </c>
       <c r="BO15">
         <v>17</v>
       </c>
       <c r="BP15" t="s">
         <v>81</v>
       </c>
@@ -6781,51 +6781,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>83</v>
       </c>
       <c r="BB16" t="s">
         <v>215</v>
       </c>
       <c r="BC16" t="s">
         <v>218</v>
       </c>
       <c r="BD16" t="s">
         <v>75</v>
       </c>
       <c r="BE16" t="s">
         <v>75</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>289</v>
+        <v>335</v>
       </c>
       <c r="BI16" t="s">
         <v>84</v>
       </c>
       <c r="BJ16" t="s">
         <v>85</v>
       </c>
       <c r="BK16" t="s">
         <v>116</v>
       </c>
       <c r="BL16" t="s">
         <v>223</v>
       </c>
       <c r="BM16" t="s">
         <v>224</v>
       </c>
       <c r="BN16" t="s">
         <v>225</v>
       </c>
       <c r="BO16">
         <v>1</v>
       </c>
       <c r="BP16" t="s">
         <v>110</v>
       </c>
@@ -6974,51 +6974,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>83</v>
       </c>
       <c r="BB17" t="s">
         <v>227</v>
       </c>
       <c r="BC17" t="s">
         <v>229</v>
       </c>
       <c r="BD17" t="s">
         <v>75</v>
       </c>
       <c r="BE17" t="s">
         <v>75</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>301</v>
+        <v>347</v>
       </c>
       <c r="BI17" t="s">
         <v>84</v>
       </c>
       <c r="BJ17" t="s">
         <v>85</v>
       </c>
       <c r="BK17" t="s">
         <v>116</v>
       </c>
       <c r="BL17" t="s">
         <v>230</v>
       </c>
       <c r="BM17" t="s">
         <v>231</v>
       </c>
       <c r="BN17" t="s">
         <v>232</v>
       </c>
       <c r="BO17">
         <v>6</v>
       </c>
       <c r="BP17" t="s">
         <v>81</v>
       </c>
@@ -7169,51 +7169,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>83</v>
       </c>
       <c r="BB18" t="s">
         <v>233</v>
       </c>
       <c r="BC18" t="s">
         <v>236</v>
       </c>
       <c r="BD18" t="s">
         <v>241</v>
       </c>
       <c r="BE18" t="s">
         <v>75</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>344</v>
+        <v>390</v>
       </c>
       <c r="BI18" t="s">
         <v>84</v>
       </c>
       <c r="BJ18" t="s">
         <v>85</v>
       </c>
       <c r="BK18" t="s">
         <v>116</v>
       </c>
       <c r="BL18" t="s">
         <v>242</v>
       </c>
       <c r="BM18" t="s">
         <v>243</v>
       </c>
       <c r="BN18" t="s">
         <v>244</v>
       </c>
       <c r="BO18">
         <v>4</v>
       </c>
       <c r="BP18" t="s">
         <v>110</v>
       </c>
@@ -7354,51 +7354,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>83</v>
       </c>
       <c r="BB19" t="s">
         <v>246</v>
       </c>
       <c r="BC19" t="s">
         <v>75</v>
       </c>
       <c r="BD19" t="s">
         <v>75</v>
       </c>
       <c r="BE19" t="s">
         <v>75</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>356</v>
+        <v>402</v>
       </c>
       <c r="BI19" t="s">
         <v>253</v>
       </c>
       <c r="BJ19" t="s">
         <v>85</v>
       </c>
       <c r="BK19" t="s">
         <v>116</v>
       </c>
       <c r="BL19" t="s">
         <v>254</v>
       </c>
       <c r="BM19" t="s">
         <v>255</v>
       </c>
       <c r="BN19" t="s">
         <v>256</v>
       </c>
       <c r="BO19">
         <v>1</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
@@ -7537,51 +7537,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>83</v>
       </c>
       <c r="BB20" t="s">
         <v>257</v>
       </c>
       <c r="BC20" t="s">
         <v>75</v>
       </c>
       <c r="BD20" t="s">
         <v>75</v>
       </c>
       <c r="BE20" t="s">
         <v>75</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>373</v>
+        <v>419</v>
       </c>
       <c r="BI20" t="s">
         <v>253</v>
       </c>
       <c r="BJ20" t="s">
         <v>85</v>
       </c>
       <c r="BK20" t="s">
         <v>116</v>
       </c>
       <c r="BL20" t="s">
         <v>263</v>
       </c>
       <c r="BM20" t="s">
         <v>264</v>
       </c>
       <c r="BN20" t="s">
         <v>265</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
@@ -7730,51 +7730,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>83</v>
       </c>
       <c r="BB21" t="s">
         <v>266</v>
       </c>
       <c r="BC21" t="s">
         <v>269</v>
       </c>
       <c r="BD21" t="s">
         <v>75</v>
       </c>
       <c r="BE21" t="s">
         <v>75</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>410</v>
+        <v>456</v>
       </c>
       <c r="BI21" t="s">
         <v>84</v>
       </c>
       <c r="BJ21" t="s">
         <v>85</v>
       </c>
       <c r="BK21" t="s">
         <v>116</v>
       </c>
       <c r="BL21" t="s">
         <v>274</v>
       </c>
       <c r="BM21" t="s">
         <v>275</v>
       </c>
       <c r="BN21" t="s">
         <v>276</v>
       </c>
       <c r="BO21">
         <v>14</v>
       </c>
       <c r="BP21" t="s">
         <v>110</v>
       </c>
@@ -7925,51 +7925,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>83</v>
       </c>
       <c r="BB22" t="s">
         <v>277</v>
       </c>
       <c r="BC22" t="s">
         <v>280</v>
       </c>
       <c r="BD22" t="s">
         <v>75</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>470</v>
+        <v>516</v>
       </c>
       <c r="BI22" t="s">
         <v>84</v>
       </c>
       <c r="BJ22" t="s">
         <v>85</v>
       </c>
       <c r="BK22" t="s">
         <v>285</v>
       </c>
       <c r="BL22" t="s">
         <v>286</v>
       </c>
       <c r="BM22" t="s">
         <v>287</v>
       </c>
       <c r="BN22" t="s">
         <v>288</v>
       </c>
       <c r="BO22">
         <v>14</v>
       </c>
       <c r="BP22" t="s">
         <v>110</v>
       </c>
@@ -8120,51 +8120,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>83</v>
       </c>
       <c r="BB23" t="s">
         <v>289</v>
       </c>
       <c r="BC23" t="s">
         <v>292</v>
       </c>
       <c r="BD23" t="s">
         <v>75</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>476</v>
+        <v>522</v>
       </c>
       <c r="BI23" t="s">
         <v>84</v>
       </c>
       <c r="BJ23" t="s">
         <v>85</v>
       </c>
       <c r="BK23" t="s">
         <v>285</v>
       </c>
       <c r="BL23" t="s">
         <v>297</v>
       </c>
       <c r="BM23" t="s">
         <v>298</v>
       </c>
       <c r="BN23" t="s">
         <v>299</v>
       </c>
       <c r="BO23">
         <v>12</v>
       </c>
       <c r="BP23" t="s">
         <v>110</v>
       </c>
@@ -8315,51 +8315,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>300</v>
       </c>
       <c r="BC24" t="s">
         <v>303</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>477</v>
+        <v>523</v>
       </c>
       <c r="BI24" t="s">
         <v>84</v>
       </c>
       <c r="BJ24" t="s">
         <v>85</v>
       </c>
       <c r="BK24" t="s">
         <v>116</v>
       </c>
       <c r="BL24" t="s">
         <v>307</v>
       </c>
       <c r="BM24" t="s">
         <v>308</v>
       </c>
       <c r="BN24" t="s">
         <v>309</v>
       </c>
       <c r="BO24">
         <v>13</v>
       </c>
       <c r="BP24" t="s">
         <v>110</v>
       </c>
@@ -8500,51 +8500,51 @@
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>83</v>
       </c>
       <c r="BB25" t="s">
         <v>310</v>
       </c>
       <c r="BC25" t="s">
         <v>75</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>557</v>
+        <v>603</v>
       </c>
       <c r="BI25" t="s">
         <v>253</v>
       </c>
       <c r="BJ25" t="s">
         <v>85</v>
       </c>
       <c r="BK25" t="s">
         <v>116</v>
       </c>
       <c r="BL25" t="s">
         <v>317</v>
       </c>
       <c r="BM25" t="s">
         <v>318</v>
       </c>
       <c r="BN25" t="s">
         <v>319</v>
       </c>
       <c r="BO25">
         <v>6</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
@@ -8683,51 +8683,51 @@
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>83</v>
       </c>
       <c r="BB26" t="s">
         <v>320</v>
       </c>
       <c r="BC26" t="s">
         <v>75</v>
       </c>
       <c r="BD26" t="s">
         <v>75</v>
       </c>
       <c r="BE26" t="s">
         <v>75</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>561</v>
+        <v>607</v>
       </c>
       <c r="BI26" t="s">
         <v>253</v>
       </c>
       <c r="BJ26" t="s">
         <v>85</v>
       </c>
       <c r="BK26" t="s">
         <v>116</v>
       </c>
       <c r="BL26" t="s">
         <v>326</v>
       </c>
       <c r="BM26" t="s">
         <v>327</v>
       </c>
       <c r="BN26" t="s">
         <v>328</v>
       </c>
       <c r="BO26">
         <v>11</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
@@ -8876,51 +8876,51 @@
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>83</v>
       </c>
       <c r="BB27" t="s">
         <v>329</v>
       </c>
       <c r="BC27" t="s">
         <v>332</v>
       </c>
       <c r="BD27" t="s">
         <v>337</v>
       </c>
       <c r="BE27" t="s">
         <v>75</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>563</v>
+        <v>609</v>
       </c>
       <c r="BI27" t="s">
         <v>84</v>
       </c>
       <c r="BJ27" t="s">
         <v>85</v>
       </c>
       <c r="BK27" t="s">
         <v>116</v>
       </c>
       <c r="BL27" t="s">
         <v>338</v>
       </c>
       <c r="BM27" t="s">
         <v>339</v>
       </c>
       <c r="BN27" t="s">
         <v>340</v>
       </c>
       <c r="BO27">
         <v>5</v>
       </c>
       <c r="BP27" t="s">
         <v>110</v>
       </c>
@@ -9071,51 +9071,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>83</v>
       </c>
       <c r="BB28" t="s">
         <v>341</v>
       </c>
       <c r="BC28" t="s">
         <v>344</v>
       </c>
       <c r="BD28" t="s">
         <v>75</v>
       </c>
       <c r="BE28" t="s">
         <v>75</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>623</v>
+        <v>669</v>
       </c>
       <c r="BI28" t="s">
         <v>84</v>
       </c>
       <c r="BJ28" t="s">
         <v>85</v>
       </c>
       <c r="BK28" t="s">
         <v>116</v>
       </c>
       <c r="BL28" t="s">
         <v>349</v>
       </c>
       <c r="BM28" t="s">
         <v>350</v>
       </c>
       <c r="BN28" t="s">
         <v>351</v>
       </c>
       <c r="BO28">
         <v>3</v>
       </c>
       <c r="BP28" t="s">
         <v>110</v>
       </c>
@@ -9256,51 +9256,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>83</v>
       </c>
       <c r="BB29" t="s">
         <v>352</v>
       </c>
       <c r="BC29" t="s">
         <v>75</v>
       </c>
       <c r="BD29" t="s">
         <v>75</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>632</v>
+        <v>678</v>
       </c>
       <c r="BI29" t="s">
         <v>253</v>
       </c>
       <c r="BJ29" t="s">
         <v>85</v>
       </c>
       <c r="BK29" t="s">
         <v>86</v>
       </c>
       <c r="BL29" t="s">
         <v>358</v>
       </c>
       <c r="BM29" t="s">
         <v>359</v>
       </c>
       <c r="BN29" t="s">
         <v>360</v>
       </c>
       <c r="BO29">
         <v>6</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
@@ -9439,51 +9439,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>83</v>
       </c>
       <c r="BB30" t="s">
         <v>361</v>
       </c>
       <c r="BC30" t="s">
         <v>75</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>632</v>
+        <v>678</v>
       </c>
       <c r="BI30" t="s">
         <v>253</v>
       </c>
       <c r="BJ30" t="s">
         <v>85</v>
       </c>
       <c r="BK30" t="s">
         <v>116</v>
       </c>
       <c r="BL30" t="s">
         <v>349</v>
       </c>
       <c r="BM30" t="s">
         <v>362</v>
       </c>
       <c r="BN30" t="s">
         <v>363</v>
       </c>
       <c r="BO30">
         <v>6</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
@@ -9622,51 +9622,51 @@
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
         <v>83</v>
       </c>
       <c r="BB31" t="s">
         <v>364</v>
       </c>
       <c r="BC31" t="s">
         <v>75</v>
       </c>
       <c r="BD31" t="s">
         <v>75</v>
       </c>
       <c r="BE31" t="s">
         <v>75</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>678</v>
+        <v>724</v>
       </c>
       <c r="BI31" t="s">
         <v>253</v>
       </c>
       <c r="BJ31" t="s">
         <v>85</v>
       </c>
       <c r="BK31" t="s">
         <v>116</v>
       </c>
       <c r="BL31" t="s">
         <v>369</v>
       </c>
       <c r="BM31" t="s">
         <v>370</v>
       </c>
       <c r="BN31" t="s">
         <v>371</v>
       </c>
       <c r="BO31">
         <v>11</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
@@ -9815,51 +9815,51 @@
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
         <v>83</v>
       </c>
       <c r="BB32" t="s">
         <v>372</v>
       </c>
       <c r="BC32" t="s">
         <v>375</v>
       </c>
       <c r="BD32" t="s">
         <v>380</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>678</v>
+        <v>724</v>
       </c>
       <c r="BI32" t="s">
         <v>84</v>
       </c>
       <c r="BJ32" t="s">
         <v>85</v>
       </c>
       <c r="BK32" t="s">
         <v>116</v>
       </c>
       <c r="BL32" t="s">
         <v>381</v>
       </c>
       <c r="BM32" t="s">
         <v>382</v>
       </c>
       <c r="BN32" t="s">
         <v>383</v>
       </c>
       <c r="BO32">
         <v>9</v>
       </c>
       <c r="BP32" t="s">
         <v>110</v>
       </c>
@@ -10000,51 +10000,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>83</v>
       </c>
       <c r="BB33" t="s">
         <v>384</v>
       </c>
       <c r="BC33" t="s">
         <v>75</v>
       </c>
       <c r="BD33" t="s">
         <v>75</v>
       </c>
       <c r="BE33" t="s">
         <v>75</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>699</v>
+        <v>745</v>
       </c>
       <c r="BI33" t="s">
         <v>253</v>
       </c>
       <c r="BJ33" t="s">
         <v>85</v>
       </c>
       <c r="BK33" t="s">
         <v>86</v>
       </c>
       <c r="BL33" t="s">
         <v>390</v>
       </c>
       <c r="BM33" t="s">
         <v>391</v>
       </c>
       <c r="BN33" t="s">
         <v>392</v>
       </c>
       <c r="BO33">
         <v>13</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
@@ -10191,51 +10191,51 @@
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
         <v>83</v>
       </c>
       <c r="BB34" t="s">
         <v>393</v>
       </c>
       <c r="BC34" t="s">
         <v>396</v>
       </c>
       <c r="BD34" t="s">
         <v>75</v>
       </c>
       <c r="BE34" t="s">
         <v>75</v>
       </c>
       <c r="BF34" t="s">
         <v>75</v>
       </c>
       <c r="BG34" t="s">
         <v>75</v>
       </c>
       <c r="BH34">
-        <v>766</v>
+        <v>812</v>
       </c>
       <c r="BI34" t="s">
         <v>84</v>
       </c>
       <c r="BJ34" t="s">
         <v>85</v>
       </c>
       <c r="BK34" t="s">
         <v>86</v>
       </c>
       <c r="BL34" t="s">
         <v>401</v>
       </c>
       <c r="BM34" t="s">
         <v>402</v>
       </c>
       <c r="BN34" t="s">
         <v>403</v>
       </c>
       <c r="BO34">
         <v>1</v>
       </c>
       <c r="BP34" t="s">
         <v>81</v>
       </c>
@@ -10384,51 +10384,51 @@
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
         <v>83</v>
       </c>
       <c r="BB35" t="s">
         <v>404</v>
       </c>
       <c r="BC35" t="s">
         <v>407</v>
       </c>
       <c r="BD35" t="s">
         <v>75</v>
       </c>
       <c r="BE35" t="s">
         <v>75</v>
       </c>
       <c r="BF35" t="s">
         <v>75</v>
       </c>
       <c r="BG35" t="s">
         <v>75</v>
       </c>
       <c r="BH35">
-        <v>768</v>
+        <v>814</v>
       </c>
       <c r="BI35" t="s">
         <v>84</v>
       </c>
       <c r="BJ35" t="s">
         <v>85</v>
       </c>
       <c r="BK35" t="s">
         <v>86</v>
       </c>
       <c r="BL35" t="s">
         <v>401</v>
       </c>
       <c r="BM35" t="s">
         <v>412</v>
       </c>
       <c r="BN35" t="s">
         <v>413</v>
       </c>
       <c r="BO35">
         <v>3</v>
       </c>
       <c r="BP35" t="s">
         <v>81</v>
       </c>
@@ -10569,51 +10569,51 @@
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
         <v>83</v>
       </c>
       <c r="BB36" t="s">
         <v>414</v>
       </c>
       <c r="BC36" t="s">
         <v>75</v>
       </c>
       <c r="BD36" t="s">
         <v>75</v>
       </c>
       <c r="BE36" t="s">
         <v>75</v>
       </c>
       <c r="BF36" t="s">
         <v>75</v>
       </c>
       <c r="BG36" t="s">
         <v>75</v>
       </c>
       <c r="BH36">
-        <v>804</v>
+        <v>850</v>
       </c>
       <c r="BI36" t="s">
         <v>253</v>
       </c>
       <c r="BJ36" t="s">
         <v>85</v>
       </c>
       <c r="BK36" t="s">
         <v>86</v>
       </c>
       <c r="BL36" t="s">
         <v>420</v>
       </c>
       <c r="BM36" t="s">
         <v>421</v>
       </c>
       <c r="BN36" t="s">
         <v>422</v>
       </c>
       <c r="BO36">
         <v>1</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
@@ -10762,51 +10762,51 @@
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
         <v>83</v>
       </c>
       <c r="BB37" t="s">
         <v>423</v>
       </c>
       <c r="BC37" t="s">
         <v>426</v>
       </c>
       <c r="BD37" t="s">
         <v>431</v>
       </c>
       <c r="BE37" t="s">
         <v>75</v>
       </c>
       <c r="BF37" t="s">
         <v>75</v>
       </c>
       <c r="BG37" t="s">
         <v>75</v>
       </c>
       <c r="BH37">
-        <v>838</v>
+        <v>884</v>
       </c>
       <c r="BI37" t="s">
         <v>84</v>
       </c>
       <c r="BJ37" t="s">
         <v>85</v>
       </c>
       <c r="BK37" t="s">
         <v>86</v>
       </c>
       <c r="BL37" t="s">
         <v>420</v>
       </c>
       <c r="BM37" t="s">
         <v>432</v>
       </c>
       <c r="BN37" t="s">
         <v>433</v>
       </c>
       <c r="BO37">
         <v>2</v>
       </c>
       <c r="BP37" t="s">
         <v>110</v>
       </c>
@@ -10957,51 +10957,51 @@
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
         <v>83</v>
       </c>
       <c r="BB38" t="s">
         <v>434</v>
       </c>
       <c r="BC38" t="s">
         <v>426</v>
       </c>
       <c r="BD38" t="s">
         <v>75</v>
       </c>
       <c r="BE38" t="s">
         <v>75</v>
       </c>
       <c r="BF38" t="s">
         <v>75</v>
       </c>
       <c r="BG38" t="s">
         <v>75</v>
       </c>
       <c r="BH38">
-        <v>839</v>
+        <v>885</v>
       </c>
       <c r="BI38" t="s">
         <v>84</v>
       </c>
       <c r="BJ38" t="s">
         <v>85</v>
       </c>
       <c r="BK38" t="s">
         <v>86</v>
       </c>
       <c r="BL38" t="s">
         <v>420</v>
       </c>
       <c r="BM38" t="s">
         <v>440</v>
       </c>
       <c r="BN38" t="s">
         <v>441</v>
       </c>
       <c r="BO38">
         <v>2</v>
       </c>
       <c r="BP38" t="s">
         <v>110</v>
       </c>
@@ -11152,51 +11152,51 @@
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
         <v>83</v>
       </c>
       <c r="BB39" t="s">
         <v>442</v>
       </c>
       <c r="BC39" t="s">
         <v>445</v>
       </c>
       <c r="BD39" t="s">
         <v>450</v>
       </c>
       <c r="BE39" t="s">
         <v>75</v>
       </c>
       <c r="BF39" t="s">
         <v>75</v>
       </c>
       <c r="BG39" t="s">
         <v>75</v>
       </c>
       <c r="BH39">
-        <v>847</v>
+        <v>893</v>
       </c>
       <c r="BI39" t="s">
         <v>84</v>
       </c>
       <c r="BJ39" t="s">
         <v>85</v>
       </c>
       <c r="BK39" t="s">
         <v>86</v>
       </c>
       <c r="BL39" t="s">
         <v>451</v>
       </c>
       <c r="BM39" t="s">
         <v>452</v>
       </c>
       <c r="BN39" t="s">
         <v>453</v>
       </c>
       <c r="BO39">
         <v>3</v>
       </c>
       <c r="BP39" t="s">
         <v>110</v>
       </c>
@@ -11347,51 +11347,51 @@
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
         <v>83</v>
       </c>
       <c r="BB40" t="s">
         <v>454</v>
       </c>
       <c r="BC40" t="s">
         <v>457</v>
       </c>
       <c r="BD40" t="s">
         <v>75</v>
       </c>
       <c r="BE40" t="s">
         <v>75</v>
       </c>
       <c r="BF40" t="s">
         <v>75</v>
       </c>
       <c r="BG40" t="s">
         <v>75</v>
       </c>
       <c r="BH40">
-        <v>861</v>
+        <v>907</v>
       </c>
       <c r="BI40" t="s">
         <v>84</v>
       </c>
       <c r="BJ40" t="s">
         <v>85</v>
       </c>
       <c r="BK40" t="s">
         <v>86</v>
       </c>
       <c r="BL40" t="s">
         <v>451</v>
       </c>
       <c r="BM40" t="s">
         <v>461</v>
       </c>
       <c r="BN40" t="s">
         <v>462</v>
       </c>
       <c r="BO40">
         <v>2</v>
       </c>
       <c r="BP40" t="s">
         <v>110</v>
       </c>
@@ -11542,51 +11542,51 @@
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
         <v>83</v>
       </c>
       <c r="BB41" t="s">
         <v>463</v>
       </c>
       <c r="BC41" t="s">
         <v>466</v>
       </c>
       <c r="BD41" t="s">
         <v>470</v>
       </c>
       <c r="BE41" t="s">
         <v>75</v>
       </c>
       <c r="BF41" t="s">
         <v>75</v>
       </c>
       <c r="BG41" t="s">
         <v>75</v>
       </c>
       <c r="BH41">
-        <v>865</v>
+        <v>911</v>
       </c>
       <c r="BI41" t="s">
         <v>84</v>
       </c>
       <c r="BJ41" t="s">
         <v>85</v>
       </c>
       <c r="BK41" t="s">
         <v>86</v>
       </c>
       <c r="BL41" t="s">
         <v>451</v>
       </c>
       <c r="BM41" t="s">
         <v>471</v>
       </c>
       <c r="BN41" t="s">
         <v>472</v>
       </c>
       <c r="BO41">
         <v>0</v>
       </c>
       <c r="BP41" t="s">
         <v>110</v>
       </c>
@@ -11737,51 +11737,51 @@
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
         <v>83</v>
       </c>
       <c r="BB42" t="s">
         <v>473</v>
       </c>
       <c r="BC42" t="s">
         <v>476</v>
       </c>
       <c r="BD42" t="s">
         <v>75</v>
       </c>
       <c r="BE42" t="s">
         <v>75</v>
       </c>
       <c r="BF42" t="s">
         <v>75</v>
       </c>
       <c r="BG42" t="s">
         <v>75</v>
       </c>
       <c r="BH42">
-        <v>866</v>
+        <v>912</v>
       </c>
       <c r="BI42" t="s">
         <v>84</v>
       </c>
       <c r="BJ42" t="s">
         <v>85</v>
       </c>
       <c r="BK42" t="s">
         <v>86</v>
       </c>
       <c r="BL42" t="s">
         <v>451</v>
       </c>
       <c r="BM42" t="s">
         <v>481</v>
       </c>
       <c r="BN42" t="s">
         <v>482</v>
       </c>
       <c r="BO42">
         <v>2</v>
       </c>
       <c r="BP42" t="s">
         <v>110</v>
       </c>
@@ -11932,51 +11932,51 @@
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
         <v>83</v>
       </c>
       <c r="BB43" t="s">
         <v>483</v>
       </c>
       <c r="BC43" t="s">
         <v>486</v>
       </c>
       <c r="BD43" t="s">
         <v>75</v>
       </c>
       <c r="BE43" t="s">
         <v>75</v>
       </c>
       <c r="BF43" t="s">
         <v>75</v>
       </c>
       <c r="BG43" t="s">
         <v>75</v>
       </c>
       <c r="BH43">
-        <v>887</v>
+        <v>933</v>
       </c>
       <c r="BI43" t="s">
         <v>84</v>
       </c>
       <c r="BJ43" t="s">
         <v>85</v>
       </c>
       <c r="BK43" t="s">
         <v>86</v>
       </c>
       <c r="BL43" t="s">
         <v>451</v>
       </c>
       <c r="BM43" t="s">
         <v>490</v>
       </c>
       <c r="BN43" t="s">
         <v>491</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43" t="s">
         <v>110</v>
       </c>
@@ -12127,51 +12127,51 @@
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
         <v>83</v>
       </c>
       <c r="BB44" t="s">
         <v>492</v>
       </c>
       <c r="BC44" t="s">
         <v>495</v>
       </c>
       <c r="BD44" t="s">
         <v>75</v>
       </c>
       <c r="BE44" t="s">
         <v>75</v>
       </c>
       <c r="BF44" t="s">
         <v>75</v>
       </c>
       <c r="BG44" t="s">
         <v>75</v>
       </c>
       <c r="BH44">
-        <v>902</v>
+        <v>948</v>
       </c>
       <c r="BI44" t="s">
         <v>84</v>
       </c>
       <c r="BJ44" t="s">
         <v>85</v>
       </c>
       <c r="BK44" t="s">
         <v>86</v>
       </c>
       <c r="BL44" t="s">
         <v>451</v>
       </c>
       <c r="BM44" t="s">
         <v>500</v>
       </c>
       <c r="BN44" t="s">
         <v>501</v>
       </c>
       <c r="BO44">
         <v>3</v>
       </c>
       <c r="BP44" t="s">
         <v>110</v>
       </c>
@@ -12322,51 +12322,51 @@
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45" t="s">
         <v>83</v>
       </c>
       <c r="BB45" t="s">
         <v>502</v>
       </c>
       <c r="BC45" t="s">
         <v>505</v>
       </c>
       <c r="BD45" t="s">
         <v>75</v>
       </c>
       <c r="BE45" t="s">
         <v>75</v>
       </c>
       <c r="BF45" t="s">
         <v>75</v>
       </c>
       <c r="BG45" t="s">
         <v>75</v>
       </c>
       <c r="BH45">
-        <v>924</v>
+        <v>970</v>
       </c>
       <c r="BI45" t="s">
         <v>84</v>
       </c>
       <c r="BJ45" t="s">
         <v>85</v>
       </c>
       <c r="BK45" t="s">
         <v>86</v>
       </c>
       <c r="BL45" t="s">
         <v>451</v>
       </c>
       <c r="BM45" t="s">
         <v>510</v>
       </c>
       <c r="BN45" t="s">
         <v>511</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45" t="s">
         <v>110</v>
       </c>
@@ -12507,51 +12507,51 @@
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46" t="s">
         <v>83</v>
       </c>
       <c r="BB46" t="s">
         <v>512</v>
       </c>
       <c r="BC46" t="s">
         <v>75</v>
       </c>
       <c r="BD46" t="s">
         <v>75</v>
       </c>
       <c r="BE46" t="s">
         <v>75</v>
       </c>
       <c r="BF46" t="s">
         <v>75</v>
       </c>
       <c r="BG46" t="s">
         <v>75</v>
       </c>
       <c r="BH46">
-        <v>925</v>
+        <v>971</v>
       </c>
       <c r="BI46" t="s">
         <v>253</v>
       </c>
       <c r="BJ46" t="s">
         <v>85</v>
       </c>
       <c r="BK46" t="s">
         <v>86</v>
       </c>
       <c r="BL46" t="s">
         <v>451</v>
       </c>
       <c r="BM46" t="s">
         <v>518</v>
       </c>
       <c r="BN46" t="s">
         <v>519</v>
       </c>
       <c r="BO46">
         <v>3</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
@@ -12700,51 +12700,51 @@
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47" t="s">
         <v>83</v>
       </c>
       <c r="BB47" t="s">
         <v>520</v>
       </c>
       <c r="BC47" t="s">
         <v>523</v>
       </c>
       <c r="BD47" t="s">
         <v>530</v>
       </c>
       <c r="BE47" t="s">
         <v>75</v>
       </c>
       <c r="BF47" t="s">
         <v>75</v>
       </c>
       <c r="BG47" t="s">
         <v>75</v>
       </c>
       <c r="BH47">
-        <v>929</v>
+        <v>975</v>
       </c>
       <c r="BI47" t="s">
         <v>84</v>
       </c>
       <c r="BJ47" t="s">
         <v>85</v>
       </c>
       <c r="BK47" t="s">
         <v>86</v>
       </c>
       <c r="BL47" t="s">
         <v>451</v>
       </c>
       <c r="BM47" t="s">
         <v>531</v>
       </c>
       <c r="BN47" t="s">
         <v>532</v>
       </c>
       <c r="BO47">
         <v>22</v>
       </c>
       <c r="BP47" t="s">
         <v>110</v>
       </c>
@@ -12895,51 +12895,51 @@
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48" t="s">
         <v>83</v>
       </c>
       <c r="BB48" t="s">
         <v>533</v>
       </c>
       <c r="BC48" t="s">
         <v>536</v>
       </c>
       <c r="BD48" t="s">
         <v>75</v>
       </c>
       <c r="BE48" t="s">
         <v>75</v>
       </c>
       <c r="BF48" t="s">
         <v>75</v>
       </c>
       <c r="BG48" t="s">
         <v>75</v>
       </c>
       <c r="BH48">
-        <v>947</v>
+        <v>993</v>
       </c>
       <c r="BI48" t="s">
         <v>84</v>
       </c>
       <c r="BJ48" t="s">
         <v>85</v>
       </c>
       <c r="BK48" t="s">
         <v>86</v>
       </c>
       <c r="BL48" t="s">
         <v>451</v>
       </c>
       <c r="BM48" t="s">
         <v>540</v>
       </c>
       <c r="BN48" t="s">
         <v>541</v>
       </c>
       <c r="BO48">
         <v>4</v>
       </c>
       <c r="BP48" t="s">
         <v>110</v>
       </c>
@@ -13080,51 +13080,51 @@
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49" t="s">
         <v>83</v>
       </c>
       <c r="BB49" t="s">
         <v>542</v>
       </c>
       <c r="BC49" t="s">
         <v>75</v>
       </c>
       <c r="BD49" t="s">
         <v>75</v>
       </c>
       <c r="BE49" t="s">
         <v>75</v>
       </c>
       <c r="BF49" t="s">
         <v>75</v>
       </c>
       <c r="BG49" t="s">
         <v>75</v>
       </c>
       <c r="BH49">
-        <v>972</v>
+        <v>1018</v>
       </c>
       <c r="BI49" t="s">
         <v>253</v>
       </c>
       <c r="BJ49" t="s">
         <v>85</v>
       </c>
       <c r="BK49" t="s">
         <v>86</v>
       </c>
       <c r="BL49" t="s">
         <v>451</v>
       </c>
       <c r="BM49" t="s">
         <v>548</v>
       </c>
       <c r="BN49" t="s">
         <v>549</v>
       </c>
       <c r="BO49">
         <v>1</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
@@ -13263,51 +13263,51 @@
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50" t="s">
         <v>83</v>
       </c>
       <c r="BB50" t="s">
         <v>550</v>
       </c>
       <c r="BC50" t="s">
         <v>75</v>
       </c>
       <c r="BD50" t="s">
         <v>75</v>
       </c>
       <c r="BE50" t="s">
         <v>75</v>
       </c>
       <c r="BF50" t="s">
         <v>75</v>
       </c>
       <c r="BG50" t="s">
         <v>75</v>
       </c>
       <c r="BH50">
-        <v>974</v>
+        <v>1020</v>
       </c>
       <c r="BI50" t="s">
         <v>253</v>
       </c>
       <c r="BJ50" t="s">
         <v>85</v>
       </c>
       <c r="BK50" t="s">
         <v>86</v>
       </c>
       <c r="BL50" t="s">
         <v>451</v>
       </c>
       <c r="BM50" t="s">
         <v>557</v>
       </c>
       <c r="BN50" t="s">
         <v>558</v>
       </c>
       <c r="BO50">
         <v>11</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
@@ -13452,51 +13452,51 @@
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51" t="s">
         <v>83</v>
       </c>
       <c r="BB51" t="s">
         <v>559</v>
       </c>
       <c r="BC51" t="s">
         <v>562</v>
       </c>
       <c r="BD51" t="s">
         <v>75</v>
       </c>
       <c r="BE51" t="s">
         <v>75</v>
       </c>
       <c r="BF51" t="s">
         <v>75</v>
       </c>
       <c r="BG51" t="s">
         <v>75</v>
       </c>
       <c r="BH51">
-        <v>976</v>
+        <v>1022</v>
       </c>
       <c r="BI51" t="s">
         <v>84</v>
       </c>
       <c r="BJ51" t="s">
         <v>85</v>
       </c>
       <c r="BK51" t="s">
         <v>86</v>
       </c>
       <c r="BL51" t="s">
         <v>451</v>
       </c>
       <c r="BM51" t="s">
         <v>566</v>
       </c>
       <c r="BN51" t="s">
         <v>567</v>
       </c>
       <c r="BO51">
         <v>9</v>
       </c>
       <c r="BP51" t="s">
         <v>568</v>
       </c>
@@ -13647,51 +13647,51 @@
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52" t="s">
         <v>83</v>
       </c>
       <c r="BB52" t="s">
         <v>569</v>
       </c>
       <c r="BC52" t="s">
         <v>562</v>
       </c>
       <c r="BD52" t="s">
         <v>75</v>
       </c>
       <c r="BE52" t="s">
         <v>75</v>
       </c>
       <c r="BF52" t="s">
         <v>75</v>
       </c>
       <c r="BG52" t="s">
         <v>75</v>
       </c>
       <c r="BH52">
-        <v>977</v>
+        <v>1023</v>
       </c>
       <c r="BI52" t="s">
         <v>84</v>
       </c>
       <c r="BJ52" t="s">
         <v>85</v>
       </c>
       <c r="BK52" t="s">
         <v>86</v>
       </c>
       <c r="BL52" t="s">
         <v>451</v>
       </c>
       <c r="BM52" t="s">
         <v>576</v>
       </c>
       <c r="BN52" t="s">
         <v>577</v>
       </c>
       <c r="BO52">
         <v>1</v>
       </c>
       <c r="BP52" t="s">
         <v>110</v>
       </c>
@@ -13832,51 +13832,51 @@
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53" t="s">
         <v>83</v>
       </c>
       <c r="BB53" t="s">
         <v>578</v>
       </c>
       <c r="BC53" t="s">
         <v>75</v>
       </c>
       <c r="BD53" t="s">
         <v>75</v>
       </c>
       <c r="BE53" t="s">
         <v>75</v>
       </c>
       <c r="BF53" t="s">
         <v>75</v>
       </c>
       <c r="BG53" t="s">
         <v>75</v>
       </c>
       <c r="BH53">
-        <v>992</v>
+        <v>1038</v>
       </c>
       <c r="BI53" t="s">
         <v>253</v>
       </c>
       <c r="BJ53" t="s">
         <v>85</v>
       </c>
       <c r="BK53" t="s">
         <v>86</v>
       </c>
       <c r="BL53" t="s">
         <v>451</v>
       </c>
       <c r="BM53" t="s">
         <v>584</v>
       </c>
       <c r="BN53" t="s">
         <v>585</v>
       </c>
       <c r="BO53">
         <v>3</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
@@ -14025,51 +14025,51 @@
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54" t="s">
         <v>83</v>
       </c>
       <c r="BB54" t="s">
         <v>586</v>
       </c>
       <c r="BC54" t="s">
         <v>589</v>
       </c>
       <c r="BD54" t="s">
         <v>75</v>
       </c>
       <c r="BE54" t="s">
         <v>75</v>
       </c>
       <c r="BF54" t="s">
         <v>75</v>
       </c>
       <c r="BG54" t="s">
         <v>75</v>
       </c>
       <c r="BH54">
-        <v>995</v>
+        <v>1041</v>
       </c>
       <c r="BI54" t="s">
         <v>84</v>
       </c>
       <c r="BJ54" t="s">
         <v>85</v>
       </c>
       <c r="BK54" t="s">
         <v>86</v>
       </c>
       <c r="BL54" t="s">
         <v>451</v>
       </c>
       <c r="BM54" t="s">
         <v>594</v>
       </c>
       <c r="BN54" t="s">
         <v>595</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54" t="s">
         <v>110</v>
       </c>
@@ -14210,51 +14210,51 @@
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55" t="s">
         <v>83</v>
       </c>
       <c r="BB55" t="s">
         <v>596</v>
       </c>
       <c r="BC55" t="s">
         <v>75</v>
       </c>
       <c r="BD55" t="s">
         <v>75</v>
       </c>
       <c r="BE55" t="s">
         <v>75</v>
       </c>
       <c r="BF55" t="s">
         <v>75</v>
       </c>
       <c r="BG55" t="s">
         <v>75</v>
       </c>
       <c r="BH55">
-        <v>1011</v>
+        <v>1057</v>
       </c>
       <c r="BI55" t="s">
         <v>253</v>
       </c>
       <c r="BJ55" t="s">
         <v>85</v>
       </c>
       <c r="BK55" t="s">
         <v>86</v>
       </c>
       <c r="BL55" t="s">
         <v>451</v>
       </c>
       <c r="BM55" t="s">
         <v>602</v>
       </c>
       <c r="BN55" t="s">
         <v>603</v>
       </c>
       <c r="BO55">
         <v>2</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
@@ -14393,51 +14393,51 @@
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56" t="s">
         <v>83</v>
       </c>
       <c r="BB56" t="s">
         <v>604</v>
       </c>
       <c r="BC56" t="s">
         <v>75</v>
       </c>
       <c r="BD56" t="s">
         <v>75</v>
       </c>
       <c r="BE56" t="s">
         <v>75</v>
       </c>
       <c r="BF56" t="s">
         <v>75</v>
       </c>
       <c r="BG56" t="s">
         <v>75</v>
       </c>
       <c r="BH56">
-        <v>1019</v>
+        <v>1065</v>
       </c>
       <c r="BI56" t="s">
         <v>253</v>
       </c>
       <c r="BJ56" t="s">
         <v>85</v>
       </c>
       <c r="BK56" t="s">
         <v>86</v>
       </c>
       <c r="BL56" t="s">
         <v>451</v>
       </c>
       <c r="BM56" t="s">
         <v>610</v>
       </c>
       <c r="BN56" t="s">
         <v>611</v>
       </c>
       <c r="BO56">
         <v>2</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
@@ -14586,51 +14586,51 @@
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57" t="s">
         <v>83</v>
       </c>
       <c r="BB57" t="s">
         <v>612</v>
       </c>
       <c r="BC57" t="s">
         <v>615</v>
       </c>
       <c r="BD57" t="s">
         <v>75</v>
       </c>
       <c r="BE57" t="s">
         <v>75</v>
       </c>
       <c r="BF57" t="s">
         <v>75</v>
       </c>
       <c r="BG57" t="s">
         <v>75</v>
       </c>
       <c r="BH57">
-        <v>1048</v>
+        <v>1094</v>
       </c>
       <c r="BI57" t="s">
         <v>84</v>
       </c>
       <c r="BJ57" t="s">
         <v>85</v>
       </c>
       <c r="BK57" t="s">
         <v>86</v>
       </c>
       <c r="BL57" t="s">
         <v>451</v>
       </c>
       <c r="BM57" t="s">
         <v>620</v>
       </c>
       <c r="BN57" t="s">
         <v>621</v>
       </c>
       <c r="BO57">
         <v>1</v>
       </c>
       <c r="BP57" t="s">
         <v>110</v>
       </c>
@@ -14781,51 +14781,51 @@
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58" t="s">
         <v>83</v>
       </c>
       <c r="BB58" t="s">
         <v>622</v>
       </c>
       <c r="BC58" t="s">
         <v>615</v>
       </c>
       <c r="BD58" t="s">
         <v>629</v>
       </c>
       <c r="BE58" t="s">
         <v>75</v>
       </c>
       <c r="BF58" t="s">
         <v>75</v>
       </c>
       <c r="BG58" t="s">
         <v>75</v>
       </c>
       <c r="BH58">
-        <v>1048</v>
+        <v>1094</v>
       </c>
       <c r="BI58" t="s">
         <v>84</v>
       </c>
       <c r="BJ58" t="s">
         <v>85</v>
       </c>
       <c r="BK58" t="s">
         <v>86</v>
       </c>
       <c r="BL58" t="s">
         <v>451</v>
       </c>
       <c r="BM58" t="s">
         <v>630</v>
       </c>
       <c r="BN58" t="s">
         <v>631</v>
       </c>
       <c r="BO58">
         <v>4</v>
       </c>
       <c r="BP58" t="s">
         <v>110</v>
       </c>
@@ -14974,51 +14974,51 @@
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59" t="s">
         <v>83</v>
       </c>
       <c r="BB59" t="s">
         <v>632</v>
       </c>
       <c r="BC59" t="s">
         <v>615</v>
       </c>
       <c r="BD59" t="s">
         <v>75</v>
       </c>
       <c r="BE59" t="s">
         <v>75</v>
       </c>
       <c r="BF59" t="s">
         <v>75</v>
       </c>
       <c r="BG59" t="s">
         <v>75</v>
       </c>
       <c r="BH59">
-        <v>1049</v>
+        <v>1095</v>
       </c>
       <c r="BI59" t="s">
         <v>84</v>
       </c>
       <c r="BJ59" t="s">
         <v>85</v>
       </c>
       <c r="BK59" t="s">
         <v>86</v>
       </c>
       <c r="BL59" t="s">
         <v>451</v>
       </c>
       <c r="BM59" t="s">
         <v>639</v>
       </c>
       <c r="BN59" t="s">
         <v>640</v>
       </c>
       <c r="BO59">
         <v>5</v>
       </c>
       <c r="BP59" t="s">
         <v>81</v>
       </c>
@@ -15159,51 +15159,51 @@
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60" t="s">
         <v>83</v>
       </c>
       <c r="BB60" t="s">
         <v>641</v>
       </c>
       <c r="BC60" t="s">
         <v>75</v>
       </c>
       <c r="BD60" t="s">
         <v>75</v>
       </c>
       <c r="BE60" t="s">
         <v>75</v>
       </c>
       <c r="BF60" t="s">
         <v>75</v>
       </c>
       <c r="BG60" t="s">
         <v>75</v>
       </c>
       <c r="BH60">
-        <v>1050</v>
+        <v>1096</v>
       </c>
       <c r="BI60" t="s">
         <v>253</v>
       </c>
       <c r="BJ60" t="s">
         <v>85</v>
       </c>
       <c r="BK60" t="s">
         <v>86</v>
       </c>
       <c r="BL60" t="s">
         <v>451</v>
       </c>
       <c r="BM60" t="s">
         <v>646</v>
       </c>
       <c r="BN60" t="s">
         <v>647</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
@@ -15340,51 +15340,51 @@
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61" t="s">
         <v>83</v>
       </c>
       <c r="BB61" t="s">
         <v>648</v>
       </c>
       <c r="BC61" t="s">
         <v>75</v>
       </c>
       <c r="BD61" t="s">
         <v>75</v>
       </c>
       <c r="BE61" t="s">
         <v>75</v>
       </c>
       <c r="BF61" t="s">
         <v>75</v>
       </c>
       <c r="BG61" t="s">
         <v>75</v>
       </c>
       <c r="BH61">
-        <v>1051</v>
+        <v>1097</v>
       </c>
       <c r="BI61" t="s">
         <v>253</v>
       </c>
       <c r="BJ61" t="s">
         <v>85</v>
       </c>
       <c r="BK61" t="s">
         <v>86</v>
       </c>
       <c r="BL61" t="s">
         <v>451</v>
       </c>
       <c r="BM61" t="s">
         <v>654</v>
       </c>
       <c r="BN61" t="s">
         <v>655</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
@@ -15533,51 +15533,51 @@
       <c r="AZ62" t="s">
         <v>73</v>
       </c>
       <c r="BA62" t="s">
         <v>83</v>
       </c>
       <c r="BB62" t="s">
         <v>656</v>
       </c>
       <c r="BC62" t="s">
         <v>659</v>
       </c>
       <c r="BD62" t="s">
         <v>75</v>
       </c>
       <c r="BE62" t="s">
         <v>75</v>
       </c>
       <c r="BF62" t="s">
         <v>75</v>
       </c>
       <c r="BG62" t="s">
         <v>75</v>
       </c>
       <c r="BH62">
-        <v>1052</v>
+        <v>1098</v>
       </c>
       <c r="BI62" t="s">
         <v>84</v>
       </c>
       <c r="BJ62" t="s">
         <v>85</v>
       </c>
       <c r="BK62" t="s">
         <v>86</v>
       </c>
       <c r="BL62" t="s">
         <v>451</v>
       </c>
       <c r="BM62" t="s">
         <v>664</v>
       </c>
       <c r="BN62" t="s">
         <v>665</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
         <v>110</v>
       </c>
@@ -15728,51 +15728,51 @@
       <c r="AZ63" t="s">
         <v>73</v>
       </c>
       <c r="BA63" t="s">
         <v>83</v>
       </c>
       <c r="BB63" t="s">
         <v>666</v>
       </c>
       <c r="BC63" t="s">
         <v>669</v>
       </c>
       <c r="BD63" t="s">
         <v>75</v>
       </c>
       <c r="BE63" t="s">
         <v>75</v>
       </c>
       <c r="BF63" t="s">
         <v>75</v>
       </c>
       <c r="BG63" t="s">
         <v>75</v>
       </c>
       <c r="BH63">
-        <v>1054</v>
+        <v>1100</v>
       </c>
       <c r="BI63" t="s">
         <v>84</v>
       </c>
       <c r="BJ63" t="s">
         <v>85</v>
       </c>
       <c r="BK63" t="s">
         <v>86</v>
       </c>
       <c r="BL63" t="s">
         <v>451</v>
       </c>
       <c r="BM63" t="s">
         <v>674</v>
       </c>
       <c r="BN63" t="s">
         <v>675</v>
       </c>
       <c r="BO63">
         <v>7</v>
       </c>
       <c r="BP63" t="s">
         <v>110</v>
       </c>
@@ -15913,51 +15913,51 @@
       <c r="AZ64" t="s">
         <v>73</v>
       </c>
       <c r="BA64" t="s">
         <v>83</v>
       </c>
       <c r="BB64" t="s">
         <v>676</v>
       </c>
       <c r="BC64" t="s">
         <v>75</v>
       </c>
       <c r="BD64" t="s">
         <v>75</v>
       </c>
       <c r="BE64" t="s">
         <v>75</v>
       </c>
       <c r="BF64" t="s">
         <v>75</v>
       </c>
       <c r="BG64" t="s">
         <v>75</v>
       </c>
       <c r="BH64">
-        <v>1059</v>
+        <v>1105</v>
       </c>
       <c r="BI64" t="s">
         <v>253</v>
       </c>
       <c r="BJ64" t="s">
         <v>85</v>
       </c>
       <c r="BK64" t="s">
         <v>86</v>
       </c>
       <c r="BL64" t="s">
         <v>451</v>
       </c>
       <c r="BM64" t="s">
         <v>680</v>
       </c>
       <c r="BN64" t="s">
         <v>681</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
@@ -16096,51 +16096,51 @@
       <c r="AZ65" t="s">
         <v>73</v>
       </c>
       <c r="BA65" t="s">
         <v>83</v>
       </c>
       <c r="BB65" t="s">
         <v>682</v>
       </c>
       <c r="BC65" t="s">
         <v>75</v>
       </c>
       <c r="BD65" t="s">
         <v>75</v>
       </c>
       <c r="BE65" t="s">
         <v>75</v>
       </c>
       <c r="BF65" t="s">
         <v>75</v>
       </c>
       <c r="BG65" t="s">
         <v>75</v>
       </c>
       <c r="BH65">
-        <v>1059</v>
+        <v>1105</v>
       </c>
       <c r="BI65" t="s">
         <v>253</v>
       </c>
       <c r="BJ65" t="s">
         <v>85</v>
       </c>
       <c r="BK65" t="s">
         <v>86</v>
       </c>
       <c r="BL65" t="s">
         <v>451</v>
       </c>
       <c r="BM65" t="s">
         <v>688</v>
       </c>
       <c r="BN65" t="s">
         <v>689</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
@@ -16289,51 +16289,51 @@
       <c r="AZ66" t="s">
         <v>73</v>
       </c>
       <c r="BA66" t="s">
         <v>83</v>
       </c>
       <c r="BB66" t="s">
         <v>690</v>
       </c>
       <c r="BC66" t="s">
         <v>693</v>
       </c>
       <c r="BD66" t="s">
         <v>75</v>
       </c>
       <c r="BE66" t="s">
         <v>75</v>
       </c>
       <c r="BF66" t="s">
         <v>75</v>
       </c>
       <c r="BG66" t="s">
         <v>75</v>
       </c>
       <c r="BH66">
-        <v>1100</v>
+        <v>1146</v>
       </c>
       <c r="BI66" t="s">
         <v>84</v>
       </c>
       <c r="BJ66" t="s">
         <v>85</v>
       </c>
       <c r="BK66" t="s">
         <v>86</v>
       </c>
       <c r="BL66" t="s">
         <v>451</v>
       </c>
       <c r="BM66" t="s">
         <v>698</v>
       </c>
       <c r="BN66" t="s">
         <v>699</v>
       </c>
       <c r="BO66">
         <v>4</v>
       </c>
       <c r="BP66" t="s">
         <v>110</v>
       </c>
@@ -16484,51 +16484,51 @@
       <c r="AZ67" t="s">
         <v>73</v>
       </c>
       <c r="BA67" t="s">
         <v>83</v>
       </c>
       <c r="BB67" t="s">
         <v>700</v>
       </c>
       <c r="BC67" t="s">
         <v>703</v>
       </c>
       <c r="BD67" t="s">
         <v>75</v>
       </c>
       <c r="BE67" t="s">
         <v>75</v>
       </c>
       <c r="BF67" t="s">
         <v>75</v>
       </c>
       <c r="BG67" t="s">
         <v>75</v>
       </c>
       <c r="BH67">
-        <v>1103</v>
+        <v>1149</v>
       </c>
       <c r="BI67" t="s">
         <v>84</v>
       </c>
       <c r="BJ67" t="s">
         <v>85</v>
       </c>
       <c r="BK67" t="s">
         <v>86</v>
       </c>
       <c r="BL67" t="s">
         <v>451</v>
       </c>
       <c r="BM67" t="s">
         <v>708</v>
       </c>
       <c r="BN67" t="s">
         <v>709</v>
       </c>
       <c r="BO67">
         <v>1</v>
       </c>
       <c r="BP67" t="s">
         <v>110</v>
       </c>
@@ -16679,51 +16679,51 @@
       <c r="AZ68" t="s">
         <v>73</v>
       </c>
       <c r="BA68" t="s">
         <v>83</v>
       </c>
       <c r="BB68" t="s">
         <v>710</v>
       </c>
       <c r="BC68" t="s">
         <v>703</v>
       </c>
       <c r="BD68" t="s">
         <v>75</v>
       </c>
       <c r="BE68" t="s">
         <v>75</v>
       </c>
       <c r="BF68" t="s">
         <v>75</v>
       </c>
       <c r="BG68" t="s">
         <v>75</v>
       </c>
       <c r="BH68">
-        <v>1103</v>
+        <v>1149</v>
       </c>
       <c r="BI68" t="s">
         <v>84</v>
       </c>
       <c r="BJ68" t="s">
         <v>85</v>
       </c>
       <c r="BK68" t="s">
         <v>86</v>
       </c>
       <c r="BL68" t="s">
         <v>451</v>
       </c>
       <c r="BM68" t="s">
         <v>717</v>
       </c>
       <c r="BN68" t="s">
         <v>718</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
         <v>110</v>
       </c>
@@ -16874,51 +16874,51 @@
       <c r="AZ69" t="s">
         <v>73</v>
       </c>
       <c r="BA69" t="s">
         <v>83</v>
       </c>
       <c r="BB69" t="s">
         <v>719</v>
       </c>
       <c r="BC69" t="s">
         <v>722</v>
       </c>
       <c r="BD69" t="s">
         <v>75</v>
       </c>
       <c r="BE69" t="s">
         <v>75</v>
       </c>
       <c r="BF69" t="s">
         <v>75</v>
       </c>
       <c r="BG69" t="s">
         <v>75</v>
       </c>
       <c r="BH69">
-        <v>1104</v>
+        <v>1150</v>
       </c>
       <c r="BI69" t="s">
         <v>84</v>
       </c>
       <c r="BJ69" t="s">
         <v>85</v>
       </c>
       <c r="BK69" t="s">
         <v>86</v>
       </c>
       <c r="BL69" t="s">
         <v>451</v>
       </c>
       <c r="BM69" t="s">
         <v>725</v>
       </c>
       <c r="BN69" t="s">
         <v>726</v>
       </c>
       <c r="BO69">
         <v>1</v>
       </c>
       <c r="BP69" t="s">
         <v>110</v>
       </c>
@@ -17059,51 +17059,51 @@
       <c r="AZ70" t="s">
         <v>73</v>
       </c>
       <c r="BA70" t="s">
         <v>83</v>
       </c>
       <c r="BB70" t="s">
         <v>727</v>
       </c>
       <c r="BC70" t="s">
         <v>75</v>
       </c>
       <c r="BD70" t="s">
         <v>75</v>
       </c>
       <c r="BE70" t="s">
         <v>75</v>
       </c>
       <c r="BF70" t="s">
         <v>75</v>
       </c>
       <c r="BG70" t="s">
         <v>75</v>
       </c>
       <c r="BH70">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="BI70" t="s">
         <v>253</v>
       </c>
       <c r="BJ70" t="s">
         <v>85</v>
       </c>
       <c r="BK70" t="s">
         <v>733</v>
       </c>
       <c r="BL70" t="s">
         <v>734</v>
       </c>
       <c r="BM70" t="s">
         <v>735</v>
       </c>
       <c r="BN70" t="s">
         <v>736</v>
       </c>
       <c r="BO70">
         <v>1</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
@@ -17242,51 +17242,51 @@
       <c r="AZ71" t="s">
         <v>73</v>
       </c>
       <c r="BA71" t="s">
         <v>83</v>
       </c>
       <c r="BB71" t="s">
         <v>737</v>
       </c>
       <c r="BC71" t="s">
         <v>75</v>
       </c>
       <c r="BD71" t="s">
         <v>75</v>
       </c>
       <c r="BE71" t="s">
         <v>75</v>
       </c>
       <c r="BF71" t="s">
         <v>75</v>
       </c>
       <c r="BG71" t="s">
         <v>75</v>
       </c>
       <c r="BH71">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="BI71" t="s">
         <v>253</v>
       </c>
       <c r="BJ71" t="s">
         <v>85</v>
       </c>
       <c r="BK71" t="s">
         <v>733</v>
       </c>
       <c r="BL71" t="s">
         <v>734</v>
       </c>
       <c r="BM71" t="s">
         <v>743</v>
       </c>
       <c r="BN71" t="s">
         <v>744</v>
       </c>
       <c r="BO71">
         <v>1</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
@@ -17425,51 +17425,51 @@
       <c r="AZ72" t="s">
         <v>73</v>
       </c>
       <c r="BA72" t="s">
         <v>83</v>
       </c>
       <c r="BB72" t="s">
         <v>745</v>
       </c>
       <c r="BC72" t="s">
         <v>75</v>
       </c>
       <c r="BD72" t="s">
         <v>75</v>
       </c>
       <c r="BE72" t="s">
         <v>75</v>
       </c>
       <c r="BF72" t="s">
         <v>75</v>
       </c>
       <c r="BG72" t="s">
         <v>75</v>
       </c>
       <c r="BH72">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="BI72" t="s">
         <v>253</v>
       </c>
       <c r="BJ72" t="s">
         <v>85</v>
       </c>
       <c r="BK72" t="s">
         <v>733</v>
       </c>
       <c r="BL72" t="s">
         <v>751</v>
       </c>
       <c r="BM72" t="s">
         <v>752</v>
       </c>
       <c r="BN72" t="s">
         <v>753</v>
       </c>
       <c r="BO72">
         <v>1</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
@@ -17608,51 +17608,51 @@
       <c r="AZ73" t="s">
         <v>73</v>
       </c>
       <c r="BA73" t="s">
         <v>83</v>
       </c>
       <c r="BB73" t="s">
         <v>754</v>
       </c>
       <c r="BC73" t="s">
         <v>75</v>
       </c>
       <c r="BD73" t="s">
         <v>75</v>
       </c>
       <c r="BE73" t="s">
         <v>75</v>
       </c>
       <c r="BF73" t="s">
         <v>75</v>
       </c>
       <c r="BG73" t="s">
         <v>75</v>
       </c>
       <c r="BH73">
-        <v>1465</v>
+        <v>1511</v>
       </c>
       <c r="BI73" t="s">
         <v>253</v>
       </c>
       <c r="BJ73" t="s">
         <v>85</v>
       </c>
       <c r="BK73" t="s">
         <v>86</v>
       </c>
       <c r="BL73" t="s">
         <v>451</v>
       </c>
       <c r="BM73" t="s">
         <v>760</v>
       </c>
       <c r="BN73" t="s">
         <v>761</v>
       </c>
       <c r="BO73">
         <v>12</v>
       </c>
       <c r="BP73"/>
       <c r="BQ73"/>
       <c r="BR73">
@@ -17791,51 +17791,51 @@
       <c r="AZ74" t="s">
         <v>73</v>
       </c>
       <c r="BA74" t="s">
         <v>83</v>
       </c>
       <c r="BB74" t="s">
         <v>762</v>
       </c>
       <c r="BC74" t="s">
         <v>75</v>
       </c>
       <c r="BD74" t="s">
         <v>75</v>
       </c>
       <c r="BE74" t="s">
         <v>75</v>
       </c>
       <c r="BF74" t="s">
         <v>75</v>
       </c>
       <c r="BG74" t="s">
         <v>75</v>
       </c>
       <c r="BH74">
-        <v>1465</v>
+        <v>1511</v>
       </c>
       <c r="BI74" t="s">
         <v>253</v>
       </c>
       <c r="BJ74" t="s">
         <v>85</v>
       </c>
       <c r="BK74" t="s">
         <v>86</v>
       </c>
       <c r="BL74" t="s">
         <v>451</v>
       </c>
       <c r="BM74" t="s">
         <v>765</v>
       </c>
       <c r="BN74" t="s">
         <v>766</v>
       </c>
       <c r="BO74">
         <v>12</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
@@ -17972,51 +17972,51 @@
       <c r="AZ75" t="s">
         <v>73</v>
       </c>
       <c r="BA75" t="s">
         <v>83</v>
       </c>
       <c r="BB75" t="s">
         <v>767</v>
       </c>
       <c r="BC75" t="s">
         <v>75</v>
       </c>
       <c r="BD75" t="s">
         <v>75</v>
       </c>
       <c r="BE75" t="s">
         <v>75</v>
       </c>
       <c r="BF75" t="s">
         <v>75</v>
       </c>
       <c r="BG75" t="s">
         <v>75</v>
       </c>
       <c r="BH75">
-        <v>1486</v>
+        <v>1532</v>
       </c>
       <c r="BI75" t="s">
         <v>253</v>
       </c>
       <c r="BJ75" t="s">
         <v>85</v>
       </c>
       <c r="BK75" t="s">
         <v>86</v>
       </c>
       <c r="BL75" t="s">
         <v>451</v>
       </c>
       <c r="BM75" t="s">
         <v>772</v>
       </c>
       <c r="BN75" t="s">
         <v>773</v>
       </c>
       <c r="BO75">
         <v>4</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
@@ -18153,51 +18153,51 @@
       <c r="AZ76" t="s">
         <v>73</v>
       </c>
       <c r="BA76" t="s">
         <v>83</v>
       </c>
       <c r="BB76" t="s">
         <v>774</v>
       </c>
       <c r="BC76" t="s">
         <v>75</v>
       </c>
       <c r="BD76" t="s">
         <v>75</v>
       </c>
       <c r="BE76" t="s">
         <v>75</v>
       </c>
       <c r="BF76" t="s">
         <v>75</v>
       </c>
       <c r="BG76" t="s">
         <v>75</v>
       </c>
       <c r="BH76">
-        <v>1623</v>
+        <v>1669</v>
       </c>
       <c r="BI76" t="s">
         <v>253</v>
       </c>
       <c r="BJ76" t="s">
         <v>85</v>
       </c>
       <c r="BK76" t="s">
         <v>86</v>
       </c>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>780</v>
       </c>
       <c r="BN76" t="s">
         <v>75</v>
       </c>
       <c r="BO76">
         <v>6</v>
       </c>
       <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
         <v>37990</v>
       </c>
@@ -18342,51 +18342,51 @@
       <c r="AZ77" t="s">
         <v>73</v>
       </c>
       <c r="BA77" t="s">
         <v>83</v>
       </c>
       <c r="BB77" t="s">
         <v>781</v>
       </c>
       <c r="BC77" t="s">
         <v>784</v>
       </c>
       <c r="BD77" t="s">
         <v>791</v>
       </c>
       <c r="BE77" t="s">
         <v>75</v>
       </c>
       <c r="BF77" t="s">
         <v>75</v>
       </c>
       <c r="BG77" t="s">
         <v>75</v>
       </c>
       <c r="BH77">
-        <v>1674</v>
+        <v>1720</v>
       </c>
       <c r="BI77" t="s">
         <v>253</v>
       </c>
       <c r="BJ77" t="s">
         <v>85</v>
       </c>
       <c r="BK77" t="s">
         <v>285</v>
       </c>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>792</v>
       </c>
       <c r="BN77" t="s">
         <v>75</v>
       </c>
       <c r="BO77">
         <v>20</v>
       </c>
       <c r="BP77"/>
       <c r="BQ77"/>
       <c r="BR77">
         <v>60988</v>
       </c>
@@ -18531,51 +18531,51 @@
       <c r="AZ78" t="s">
         <v>73</v>
       </c>
       <c r="BA78" t="s">
         <v>83</v>
       </c>
       <c r="BB78" t="s">
         <v>794</v>
       </c>
       <c r="BC78" t="s">
         <v>797</v>
       </c>
       <c r="BD78" t="s">
         <v>805</v>
       </c>
       <c r="BE78" t="s">
         <v>75</v>
       </c>
       <c r="BF78" t="s">
         <v>75</v>
       </c>
       <c r="BG78" t="s">
         <v>75</v>
       </c>
       <c r="BH78">
-        <v>1681</v>
+        <v>1727</v>
       </c>
       <c r="BI78" t="s">
         <v>253</v>
       </c>
       <c r="BJ78" t="s">
         <v>85</v>
       </c>
       <c r="BK78" t="s">
         <v>116</v>
       </c>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>806</v>
       </c>
       <c r="BN78" t="s">
         <v>75</v>
       </c>
       <c r="BO78">
         <v>3</v>
       </c>
       <c r="BP78"/>
       <c r="BQ78"/>
       <c r="BR78">
         <v>139979</v>
       </c>
@@ -18710,51 +18710,51 @@
       <c r="AZ79" t="s">
         <v>73</v>
       </c>
       <c r="BA79" t="s">
         <v>83</v>
       </c>
       <c r="BB79" t="s">
         <v>807</v>
       </c>
       <c r="BC79" t="s">
         <v>75</v>
       </c>
       <c r="BD79" t="s">
         <v>75</v>
       </c>
       <c r="BE79" t="s">
         <v>75</v>
       </c>
       <c r="BF79" t="s">
         <v>75</v>
       </c>
       <c r="BG79" t="s">
         <v>75</v>
       </c>
       <c r="BH79">
-        <v>1686</v>
+        <v>1732</v>
       </c>
       <c r="BI79" t="s">
         <v>253</v>
       </c>
       <c r="BJ79" t="s">
         <v>85</v>
       </c>
       <c r="BK79" t="s">
         <v>116</v>
       </c>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>812</v>
       </c>
       <c r="BN79" t="s">
         <v>75</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79"/>
       <c r="BQ79"/>
       <c r="BR79">
         <v>56989</v>
       </c>
@@ -18899,51 +18899,51 @@
       <c r="AZ80" t="s">
         <v>73</v>
       </c>
       <c r="BA80" t="s">
         <v>83</v>
       </c>
       <c r="BB80" t="s">
         <v>813</v>
       </c>
       <c r="BC80" t="s">
         <v>816</v>
       </c>
       <c r="BD80" t="s">
         <v>824</v>
       </c>
       <c r="BE80" t="s">
         <v>75</v>
       </c>
       <c r="BF80" t="s">
         <v>75</v>
       </c>
       <c r="BG80" t="s">
         <v>75</v>
       </c>
       <c r="BH80">
-        <v>1696</v>
+        <v>1742</v>
       </c>
       <c r="BI80" t="s">
         <v>253</v>
       </c>
       <c r="BJ80" t="s">
         <v>85</v>
       </c>
       <c r="BK80" t="s">
         <v>116</v>
       </c>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>825</v>
       </c>
       <c r="BN80" t="s">
         <v>75</v>
       </c>
       <c r="BO80">
         <v>12</v>
       </c>
       <c r="BP80"/>
       <c r="BQ80"/>
       <c r="BR80">
         <v>27993</v>
       </c>
@@ -19088,51 +19088,51 @@
       <c r="AZ81" t="s">
         <v>73</v>
       </c>
       <c r="BA81" t="s">
         <v>83</v>
       </c>
       <c r="BB81" t="s">
         <v>826</v>
       </c>
       <c r="BC81" t="s">
         <v>829</v>
       </c>
       <c r="BD81" t="s">
         <v>834</v>
       </c>
       <c r="BE81" t="s">
         <v>75</v>
       </c>
       <c r="BF81" t="s">
         <v>75</v>
       </c>
       <c r="BG81" t="s">
         <v>75</v>
       </c>
       <c r="BH81">
-        <v>1713</v>
+        <v>1759</v>
       </c>
       <c r="BI81" t="s">
         <v>253</v>
       </c>
       <c r="BJ81" t="s">
         <v>85</v>
       </c>
       <c r="BK81" t="s">
         <v>116</v>
       </c>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>835</v>
       </c>
       <c r="BN81" t="s">
         <v>75</v>
       </c>
       <c r="BO81">
         <v>2</v>
       </c>
       <c r="BP81"/>
       <c r="BQ81"/>
       <c r="BR81">
         <v>27854</v>
       </c>
@@ -19277,51 +19277,51 @@
       <c r="AZ82" t="s">
         <v>73</v>
       </c>
       <c r="BA82" t="s">
         <v>83</v>
       </c>
       <c r="BB82" t="s">
         <v>836</v>
       </c>
       <c r="BC82" t="s">
         <v>839</v>
       </c>
       <c r="BD82" t="s">
         <v>845</v>
       </c>
       <c r="BE82" t="s">
         <v>75</v>
       </c>
       <c r="BF82" t="s">
         <v>75</v>
       </c>
       <c r="BG82" t="s">
         <v>75</v>
       </c>
       <c r="BH82">
-        <v>1727</v>
+        <v>1773</v>
       </c>
       <c r="BI82" t="s">
         <v>253</v>
       </c>
       <c r="BJ82" t="s">
         <v>85</v>
       </c>
       <c r="BK82" t="s">
         <v>116</v>
       </c>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>846</v>
       </c>
       <c r="BN82" t="s">
         <v>75</v>
       </c>
       <c r="BO82">
         <v>15</v>
       </c>
       <c r="BP82"/>
       <c r="BQ82"/>
       <c r="BR82">
         <v>31112</v>
       </c>
@@ -19456,51 +19456,51 @@
       <c r="AZ83" t="s">
         <v>73</v>
       </c>
       <c r="BA83" t="s">
         <v>83</v>
       </c>
       <c r="BB83" t="s">
         <v>847</v>
       </c>
       <c r="BC83" t="s">
         <v>75</v>
       </c>
       <c r="BD83" t="s">
         <v>75</v>
       </c>
       <c r="BE83" t="s">
         <v>75</v>
       </c>
       <c r="BF83" t="s">
         <v>75</v>
       </c>
       <c r="BG83" t="s">
         <v>75</v>
       </c>
       <c r="BH83">
-        <v>1739</v>
+        <v>1785</v>
       </c>
       <c r="BI83" t="s">
         <v>253</v>
       </c>
       <c r="BJ83" t="s">
         <v>85</v>
       </c>
       <c r="BK83" t="s">
         <v>116</v>
       </c>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>853</v>
       </c>
       <c r="BN83" t="s">
         <v>75</v>
       </c>
       <c r="BO83">
         <v>7</v>
       </c>
       <c r="BP83"/>
       <c r="BQ83"/>
       <c r="BR83">
         <v>37612</v>
       </c>
@@ -19631,51 +19631,51 @@
       <c r="AX84"/>
       <c r="AY84"/>
       <c r="AZ84" t="s">
         <v>73</v>
       </c>
       <c r="BA84"/>
       <c r="BB84" t="s">
         <v>854</v>
       </c>
       <c r="BC84" t="s">
         <v>75</v>
       </c>
       <c r="BD84" t="s">
         <v>75</v>
       </c>
       <c r="BE84" t="s">
         <v>75</v>
       </c>
       <c r="BF84" t="s">
         <v>75</v>
       </c>
       <c r="BG84" t="s">
         <v>75</v>
       </c>
       <c r="BH84">
-        <v>1752</v>
+        <v>1798</v>
       </c>
       <c r="BI84" t="s">
         <v>253</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>75</v>
       </c>
       <c r="BN84" t="s">
         <v>75</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84"/>
       <c r="BQ84"/>
       <c r="BR84">
         <v>145568</v>
       </c>
       <c r="BS84"/>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
@@ -19800,51 +19800,51 @@
       <c r="AX85"/>
       <c r="AY85"/>
       <c r="AZ85" t="s">
         <v>73</v>
       </c>
       <c r="BA85"/>
       <c r="BB85" t="s">
         <v>859</v>
       </c>
       <c r="BC85" t="s">
         <v>75</v>
       </c>
       <c r="BD85" t="s">
         <v>75</v>
       </c>
       <c r="BE85" t="s">
         <v>75</v>
       </c>
       <c r="BF85" t="s">
         <v>75</v>
       </c>
       <c r="BG85" t="s">
         <v>75</v>
       </c>
       <c r="BH85">
-        <v>1761</v>
+        <v>1807</v>
       </c>
       <c r="BI85" t="s">
         <v>253</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>75</v>
       </c>
       <c r="BN85" t="s">
         <v>75</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85"/>
       <c r="BQ85"/>
       <c r="BR85">
         <v>37612</v>
       </c>
       <c r="BS85"/>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
@@ -19969,51 +19969,51 @@
       <c r="AX86"/>
       <c r="AY86"/>
       <c r="AZ86" t="s">
         <v>73</v>
       </c>
       <c r="BA86"/>
       <c r="BB86" t="s">
         <v>865</v>
       </c>
       <c r="BC86" t="s">
         <v>75</v>
       </c>
       <c r="BD86" t="s">
         <v>75</v>
       </c>
       <c r="BE86" t="s">
         <v>75</v>
       </c>
       <c r="BF86" t="s">
         <v>75</v>
       </c>
       <c r="BG86" t="s">
         <v>75</v>
       </c>
       <c r="BH86">
-        <v>1767</v>
+        <v>1813</v>
       </c>
       <c r="BI86" t="s">
         <v>253</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>75</v>
       </c>
       <c r="BN86" t="s">
         <v>75</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86"/>
       <c r="BQ86"/>
       <c r="BR86">
         <v>148749</v>
       </c>
       <c r="BS86"/>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
@@ -20138,51 +20138,51 @@
       <c r="AX87"/>
       <c r="AY87"/>
       <c r="AZ87" t="s">
         <v>73</v>
       </c>
       <c r="BA87"/>
       <c r="BB87" t="s">
         <v>871</v>
       </c>
       <c r="BC87" t="s">
         <v>75</v>
       </c>
       <c r="BD87" t="s">
         <v>75</v>
       </c>
       <c r="BE87" t="s">
         <v>75</v>
       </c>
       <c r="BF87" t="s">
         <v>75</v>
       </c>
       <c r="BG87" t="s">
         <v>75</v>
       </c>
       <c r="BH87">
-        <v>1770</v>
+        <v>1816</v>
       </c>
       <c r="BI87" t="s">
         <v>253</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>75</v>
       </c>
       <c r="BN87" t="s">
         <v>75</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87"/>
       <c r="BQ87"/>
       <c r="BR87">
         <v>22450</v>
       </c>
       <c r="BS87"/>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
@@ -20317,51 +20317,51 @@
       <c r="AX88"/>
       <c r="AY88"/>
       <c r="AZ88" t="s">
         <v>73</v>
       </c>
       <c r="BA88"/>
       <c r="BB88" t="s">
         <v>876</v>
       </c>
       <c r="BC88" t="s">
         <v>879</v>
       </c>
       <c r="BD88" t="s">
         <v>886</v>
       </c>
       <c r="BE88" t="s">
         <v>75</v>
       </c>
       <c r="BF88" t="s">
         <v>75</v>
       </c>
       <c r="BG88" t="s">
         <v>75</v>
       </c>
       <c r="BH88">
-        <v>1771</v>
+        <v>1817</v>
       </c>
       <c r="BI88" t="s">
         <v>253</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88" t="s">
         <v>116</v>
       </c>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>887</v>
       </c>
       <c r="BN88" t="s">
         <v>75</v>
       </c>
       <c r="BO88">
         <v>53</v>
       </c>
       <c r="BP88"/>
       <c r="BQ88"/>
       <c r="BR88">
         <v>32192</v>
       </c>
       <c r="BS88" t="s">
         <v>132</v>
@@ -20494,51 +20494,51 @@
       <c r="AX89"/>
       <c r="AY89"/>
       <c r="AZ89" t="s">
         <v>73</v>
       </c>
       <c r="BA89"/>
       <c r="BB89" t="s">
         <v>888</v>
       </c>
       <c r="BC89" t="s">
         <v>891</v>
       </c>
       <c r="BD89" t="s">
         <v>896</v>
       </c>
       <c r="BE89" t="s">
         <v>75</v>
       </c>
       <c r="BF89" t="s">
         <v>75</v>
       </c>
       <c r="BG89" t="s">
         <v>75</v>
       </c>
       <c r="BH89">
-        <v>1774</v>
+        <v>1820</v>
       </c>
       <c r="BI89" t="s">
         <v>253</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89" t="s">
         <v>116</v>
       </c>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>897</v>
       </c>
       <c r="BN89" t="s">
         <v>75</v>
       </c>
       <c r="BO89">
         <v>56</v>
       </c>
       <c r="BP89"/>
       <c r="BQ89"/>
       <c r="BR89">
         <v>42931</v>
       </c>
       <c r="BS89" t="s">
         <v>793</v>
@@ -20667,51 +20667,51 @@
       <c r="AX90"/>
       <c r="AY90"/>
       <c r="AZ90" t="s">
         <v>73</v>
       </c>
       <c r="BA90"/>
       <c r="BB90" t="s">
         <v>898</v>
       </c>
       <c r="BC90" t="s">
         <v>75</v>
       </c>
       <c r="BD90" t="s">
         <v>75</v>
       </c>
       <c r="BE90" t="s">
         <v>75</v>
       </c>
       <c r="BF90" t="s">
         <v>75</v>
       </c>
       <c r="BG90" t="s">
         <v>75</v>
       </c>
       <c r="BH90">
-        <v>1774</v>
+        <v>1820</v>
       </c>
       <c r="BI90" t="s">
         <v>253</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>75</v>
       </c>
       <c r="BN90" t="s">
         <v>75</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90"/>
       <c r="BQ90"/>
       <c r="BR90">
         <v>102359</v>
       </c>
       <c r="BS90"/>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
@@ -20846,51 +20846,51 @@
       <c r="AX91"/>
       <c r="AY91"/>
       <c r="AZ91" t="s">
         <v>73</v>
       </c>
       <c r="BA91"/>
       <c r="BB91" t="s">
         <v>903</v>
       </c>
       <c r="BC91" t="s">
         <v>906</v>
       </c>
       <c r="BD91" t="s">
         <v>75</v>
       </c>
       <c r="BE91" t="s">
         <v>75</v>
       </c>
       <c r="BF91" t="s">
         <v>75</v>
       </c>
       <c r="BG91" t="s">
         <v>75</v>
       </c>
       <c r="BH91">
-        <v>1777</v>
+        <v>1823</v>
       </c>
       <c r="BI91" t="s">
         <v>253</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>75</v>
       </c>
       <c r="BN91" t="s">
         <v>75</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91"/>
       <c r="BQ91"/>
       <c r="BR91">
         <v>31760</v>
       </c>
       <c r="BS91"/>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
@@ -21025,51 +21025,51 @@
       <c r="AX92"/>
       <c r="AY92"/>
       <c r="AZ92" t="s">
         <v>73</v>
       </c>
       <c r="BA92"/>
       <c r="BB92" t="s">
         <v>913</v>
       </c>
       <c r="BC92" t="s">
         <v>916</v>
       </c>
       <c r="BD92" t="s">
         <v>75</v>
       </c>
       <c r="BE92" t="s">
         <v>75</v>
       </c>
       <c r="BF92" t="s">
         <v>75</v>
       </c>
       <c r="BG92" t="s">
         <v>75</v>
       </c>
       <c r="BH92">
-        <v>1780</v>
+        <v>1826</v>
       </c>
       <c r="BI92" t="s">
         <v>253</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92" t="s">
         <v>116</v>
       </c>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>923</v>
       </c>
       <c r="BN92" t="s">
         <v>75</v>
       </c>
       <c r="BO92">
         <v>63</v>
       </c>
       <c r="BP92"/>
       <c r="BQ92"/>
       <c r="BR92">
         <v>32368</v>
       </c>
       <c r="BS92" t="s">
         <v>793</v>
@@ -21198,51 +21198,51 @@
       <c r="AX93"/>
       <c r="AY93"/>
       <c r="AZ93" t="s">
         <v>73</v>
       </c>
       <c r="BA93"/>
       <c r="BB93" t="s">
         <v>924</v>
       </c>
       <c r="BC93" t="s">
         <v>75</v>
       </c>
       <c r="BD93" t="s">
         <v>75</v>
       </c>
       <c r="BE93" t="s">
         <v>75</v>
       </c>
       <c r="BF93" t="s">
         <v>75</v>
       </c>
       <c r="BG93" t="s">
         <v>75</v>
       </c>
       <c r="BH93">
-        <v>1792</v>
+        <v>1838</v>
       </c>
       <c r="BI93" t="s">
         <v>253</v>
       </c>
       <c r="BJ93"/>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>75</v>
       </c>
       <c r="BN93" t="s">
         <v>75</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93"/>
       <c r="BQ93"/>
       <c r="BR93">
         <v>110662</v>
       </c>
       <c r="BS93"/>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
@@ -21367,51 +21367,51 @@
       <c r="AX94"/>
       <c r="AY94"/>
       <c r="AZ94" t="s">
         <v>73</v>
       </c>
       <c r="BA94"/>
       <c r="BB94" t="s">
         <v>930</v>
       </c>
       <c r="BC94" t="s">
         <v>75</v>
       </c>
       <c r="BD94" t="s">
         <v>75</v>
       </c>
       <c r="BE94" t="s">
         <v>75</v>
       </c>
       <c r="BF94" t="s">
         <v>75</v>
       </c>
       <c r="BG94" t="s">
         <v>75</v>
       </c>
       <c r="BH94">
-        <v>1793</v>
+        <v>1839</v>
       </c>
       <c r="BI94" t="s">
         <v>253</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>75</v>
       </c>
       <c r="BN94" t="s">
         <v>75</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94"/>
       <c r="BQ94"/>
       <c r="BR94">
         <v>29014</v>
       </c>
       <c r="BS94"/>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
@@ -21536,51 +21536,51 @@
       <c r="AX95"/>
       <c r="AY95"/>
       <c r="AZ95" t="s">
         <v>73</v>
       </c>
       <c r="BA95"/>
       <c r="BB95" t="s">
         <v>935</v>
       </c>
       <c r="BC95" t="s">
         <v>75</v>
       </c>
       <c r="BD95" t="s">
         <v>75</v>
       </c>
       <c r="BE95" t="s">
         <v>75</v>
       </c>
       <c r="BF95" t="s">
         <v>75</v>
       </c>
       <c r="BG95" t="s">
         <v>75</v>
       </c>
       <c r="BH95">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI95" t="s">
         <v>253</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95"/>
       <c r="BL95"/>
       <c r="BM95" t="s">
         <v>75</v>
       </c>
       <c r="BN95" t="s">
         <v>75</v>
       </c>
       <c r="BO95">
         <v>0</v>
       </c>
       <c r="BP95"/>
       <c r="BQ95"/>
       <c r="BR95">
         <v>258957</v>
       </c>
       <c r="BS95"/>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
@@ -21705,51 +21705,51 @@
       <c r="AX96"/>
       <c r="AY96"/>
       <c r="AZ96" t="s">
         <v>73</v>
       </c>
       <c r="BA96"/>
       <c r="BB96" t="s">
         <v>941</v>
       </c>
       <c r="BC96" t="s">
         <v>75</v>
       </c>
       <c r="BD96" t="s">
         <v>75</v>
       </c>
       <c r="BE96" t="s">
         <v>75</v>
       </c>
       <c r="BF96" t="s">
         <v>75</v>
       </c>
       <c r="BG96" t="s">
         <v>75</v>
       </c>
       <c r="BH96">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI96" t="s">
         <v>253</v>
       </c>
       <c r="BJ96"/>
       <c r="BK96"/>
       <c r="BL96"/>
       <c r="BM96" t="s">
         <v>75</v>
       </c>
       <c r="BN96" t="s">
         <v>75</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96"/>
       <c r="BQ96"/>
       <c r="BR96">
         <v>407884</v>
       </c>
       <c r="BS96"/>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
@@ -21874,51 +21874,51 @@
       <c r="AX97"/>
       <c r="AY97"/>
       <c r="AZ97" t="s">
         <v>73</v>
       </c>
       <c r="BA97"/>
       <c r="BB97" t="s">
         <v>946</v>
       </c>
       <c r="BC97" t="s">
         <v>75</v>
       </c>
       <c r="BD97" t="s">
         <v>75</v>
       </c>
       <c r="BE97" t="s">
         <v>75</v>
       </c>
       <c r="BF97" t="s">
         <v>75</v>
       </c>
       <c r="BG97" t="s">
         <v>75</v>
       </c>
       <c r="BH97">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI97" t="s">
         <v>253</v>
       </c>
       <c r="BJ97"/>
       <c r="BK97"/>
       <c r="BL97"/>
       <c r="BM97" t="s">
         <v>75</v>
       </c>
       <c r="BN97" t="s">
         <v>75</v>
       </c>
       <c r="BO97">
         <v>0</v>
       </c>
       <c r="BP97"/>
       <c r="BQ97"/>
       <c r="BR97">
         <v>407884</v>
       </c>
       <c r="BS97"/>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
@@ -22043,51 +22043,51 @@
       <c r="AX98"/>
       <c r="AY98"/>
       <c r="AZ98" t="s">
         <v>73</v>
       </c>
       <c r="BA98"/>
       <c r="BB98" t="s">
         <v>950</v>
       </c>
       <c r="BC98" t="s">
         <v>75</v>
       </c>
       <c r="BD98" t="s">
         <v>75</v>
       </c>
       <c r="BE98" t="s">
         <v>75</v>
       </c>
       <c r="BF98" t="s">
         <v>75</v>
       </c>
       <c r="BG98" t="s">
         <v>75</v>
       </c>
       <c r="BH98">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI98" t="s">
         <v>253</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>75</v>
       </c>
       <c r="BN98" t="s">
         <v>75</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98"/>
       <c r="BQ98"/>
       <c r="BR98">
         <v>544717</v>
       </c>
       <c r="BS98"/>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
@@ -22212,51 +22212,51 @@
       <c r="AX99"/>
       <c r="AY99"/>
       <c r="AZ99" t="s">
         <v>73</v>
       </c>
       <c r="BA99"/>
       <c r="BB99" t="s">
         <v>955</v>
       </c>
       <c r="BC99" t="s">
         <v>75</v>
       </c>
       <c r="BD99" t="s">
         <v>75</v>
       </c>
       <c r="BE99" t="s">
         <v>75</v>
       </c>
       <c r="BF99" t="s">
         <v>75</v>
       </c>
       <c r="BG99" t="s">
         <v>75</v>
       </c>
       <c r="BH99">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI99" t="s">
         <v>253</v>
       </c>
       <c r="BJ99"/>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>75</v>
       </c>
       <c r="BN99" t="s">
         <v>75</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99"/>
       <c r="BQ99"/>
       <c r="BR99">
         <v>407884</v>
       </c>
       <c r="BS99"/>
     </row>
     <row r="100" spans="1:71">
       <c r="A100" t="s">
@@ -22381,51 +22381,51 @@
       <c r="AX100"/>
       <c r="AY100"/>
       <c r="AZ100" t="s">
         <v>73</v>
       </c>
       <c r="BA100"/>
       <c r="BB100" t="s">
         <v>960</v>
       </c>
       <c r="BC100" t="s">
         <v>75</v>
       </c>
       <c r="BD100" t="s">
         <v>75</v>
       </c>
       <c r="BE100" t="s">
         <v>75</v>
       </c>
       <c r="BF100" t="s">
         <v>75</v>
       </c>
       <c r="BG100" t="s">
         <v>75</v>
       </c>
       <c r="BH100">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI100" t="s">
         <v>253</v>
       </c>
       <c r="BJ100"/>
       <c r="BK100"/>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>75</v>
       </c>
       <c r="BN100" t="s">
         <v>75</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100"/>
       <c r="BQ100"/>
       <c r="BR100">
         <v>407884</v>
       </c>
       <c r="BS100"/>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
@@ -22550,51 +22550,51 @@
       <c r="AX101"/>
       <c r="AY101"/>
       <c r="AZ101" t="s">
         <v>73</v>
       </c>
       <c r="BA101"/>
       <c r="BB101" t="s">
         <v>965</v>
       </c>
       <c r="BC101" t="s">
         <v>75</v>
       </c>
       <c r="BD101" t="s">
         <v>75</v>
       </c>
       <c r="BE101" t="s">
         <v>75</v>
       </c>
       <c r="BF101" t="s">
         <v>75</v>
       </c>
       <c r="BG101" t="s">
         <v>75</v>
       </c>
       <c r="BH101">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI101" t="s">
         <v>253</v>
       </c>
       <c r="BJ101"/>
       <c r="BK101"/>
       <c r="BL101"/>
       <c r="BM101" t="s">
         <v>75</v>
       </c>
       <c r="BN101" t="s">
         <v>75</v>
       </c>
       <c r="BO101">
         <v>0</v>
       </c>
       <c r="BP101"/>
       <c r="BQ101"/>
       <c r="BR101">
         <v>407884</v>
       </c>
       <c r="BS101"/>
     </row>
     <row r="102" spans="1:71">
       <c r="A102" t="s">
@@ -22719,51 +22719,51 @@
       <c r="AX102"/>
       <c r="AY102"/>
       <c r="AZ102" t="s">
         <v>73</v>
       </c>
       <c r="BA102"/>
       <c r="BB102" t="s">
         <v>969</v>
       </c>
       <c r="BC102" t="s">
         <v>75</v>
       </c>
       <c r="BD102" t="s">
         <v>75</v>
       </c>
       <c r="BE102" t="s">
         <v>75</v>
       </c>
       <c r="BF102" t="s">
         <v>75</v>
       </c>
       <c r="BG102" t="s">
         <v>75</v>
       </c>
       <c r="BH102">
-        <v>1795</v>
+        <v>1841</v>
       </c>
       <c r="BI102" t="s">
         <v>253</v>
       </c>
       <c r="BJ102"/>
       <c r="BK102"/>
       <c r="BL102"/>
       <c r="BM102" t="s">
         <v>75</v>
       </c>
       <c r="BN102" t="s">
         <v>75</v>
       </c>
       <c r="BO102">
         <v>0</v>
       </c>
       <c r="BP102"/>
       <c r="BQ102"/>
       <c r="BR102">
         <v>407884</v>
       </c>
       <c r="BS102"/>
     </row>
     <row r="103" spans="1:71">
       <c r="A103" t="s">
@@ -22898,51 +22898,51 @@
       <c r="AX103"/>
       <c r="AY103"/>
       <c r="AZ103" t="s">
         <v>73</v>
       </c>
       <c r="BA103"/>
       <c r="BB103" t="s">
         <v>974</v>
       </c>
       <c r="BC103" t="s">
         <v>977</v>
       </c>
       <c r="BD103" t="s">
         <v>75</v>
       </c>
       <c r="BE103" t="s">
         <v>75</v>
       </c>
       <c r="BF103" t="s">
         <v>75</v>
       </c>
       <c r="BG103" t="s">
         <v>75</v>
       </c>
       <c r="BH103">
-        <v>1798</v>
+        <v>1844</v>
       </c>
       <c r="BI103" t="s">
         <v>253</v>
       </c>
       <c r="BJ103"/>
       <c r="BK103"/>
       <c r="BL103"/>
       <c r="BM103" t="s">
         <v>75</v>
       </c>
       <c r="BN103" t="s">
         <v>75</v>
       </c>
       <c r="BO103">
         <v>0</v>
       </c>
       <c r="BP103"/>
       <c r="BQ103"/>
       <c r="BR103">
         <v>34887</v>
       </c>
       <c r="BS103"/>
     </row>
     <row r="104" spans="1:71">
       <c r="A104" t="s">
@@ -23067,51 +23067,51 @@
       <c r="AX104"/>
       <c r="AY104"/>
       <c r="AZ104" t="s">
         <v>73</v>
       </c>
       <c r="BA104"/>
       <c r="BB104" t="s">
         <v>983</v>
       </c>
       <c r="BC104" t="s">
         <v>75</v>
       </c>
       <c r="BD104" t="s">
         <v>75</v>
       </c>
       <c r="BE104" t="s">
         <v>75</v>
       </c>
       <c r="BF104" t="s">
         <v>75</v>
       </c>
       <c r="BG104" t="s">
         <v>75</v>
       </c>
       <c r="BH104">
-        <v>1799</v>
+        <v>1845</v>
       </c>
       <c r="BI104" t="s">
         <v>253</v>
       </c>
       <c r="BJ104"/>
       <c r="BK104"/>
       <c r="BL104"/>
       <c r="BM104" t="s">
         <v>75</v>
       </c>
       <c r="BN104" t="s">
         <v>75</v>
       </c>
       <c r="BO104">
         <v>0</v>
       </c>
       <c r="BP104"/>
       <c r="BQ104"/>
       <c r="BR104">
         <v>39083</v>
       </c>
       <c r="BS104"/>
     </row>
     <row r="105" spans="1:71">
       <c r="A105" t="s">
@@ -23236,51 +23236,51 @@
       <c r="AX105"/>
       <c r="AY105"/>
       <c r="AZ105" t="s">
         <v>73</v>
       </c>
       <c r="BA105"/>
       <c r="BB105" t="s">
         <v>988</v>
       </c>
       <c r="BC105" t="s">
         <v>75</v>
       </c>
       <c r="BD105" t="s">
         <v>75</v>
       </c>
       <c r="BE105" t="s">
         <v>75</v>
       </c>
       <c r="BF105" t="s">
         <v>75</v>
       </c>
       <c r="BG105" t="s">
         <v>75</v>
       </c>
       <c r="BH105">
-        <v>1801</v>
+        <v>1847</v>
       </c>
       <c r="BI105" t="s">
         <v>253</v>
       </c>
       <c r="BJ105"/>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>75</v>
       </c>
       <c r="BN105" t="s">
         <v>75</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105"/>
       <c r="BQ105"/>
       <c r="BR105">
         <v>69652</v>
       </c>
       <c r="BS105"/>
     </row>
     <row r="106" spans="1:71">
       <c r="A106" t="s">
@@ -23405,51 +23405,51 @@
       <c r="AX106"/>
       <c r="AY106"/>
       <c r="AZ106" t="s">
         <v>73</v>
       </c>
       <c r="BA106"/>
       <c r="BB106" t="s">
         <v>993</v>
       </c>
       <c r="BC106" t="s">
         <v>75</v>
       </c>
       <c r="BD106" t="s">
         <v>75</v>
       </c>
       <c r="BE106" t="s">
         <v>75</v>
       </c>
       <c r="BF106" t="s">
         <v>75</v>
       </c>
       <c r="BG106" t="s">
         <v>75</v>
       </c>
       <c r="BH106">
-        <v>1801</v>
+        <v>1847</v>
       </c>
       <c r="BI106" t="s">
         <v>253</v>
       </c>
       <c r="BJ106"/>
       <c r="BK106"/>
       <c r="BL106"/>
       <c r="BM106" t="s">
         <v>75</v>
       </c>
       <c r="BN106" t="s">
         <v>75</v>
       </c>
       <c r="BO106">
         <v>0</v>
       </c>
       <c r="BP106"/>
       <c r="BQ106"/>
       <c r="BR106">
         <v>36847</v>
       </c>
       <c r="BS106"/>
     </row>
     <row r="107" spans="1:71">
       <c r="A107" t="s">
@@ -23574,51 +23574,51 @@
       <c r="AX107"/>
       <c r="AY107"/>
       <c r="AZ107" t="s">
         <v>73</v>
       </c>
       <c r="BA107"/>
       <c r="BB107" t="s">
         <v>999</v>
       </c>
       <c r="BC107" t="s">
         <v>75</v>
       </c>
       <c r="BD107" t="s">
         <v>75</v>
       </c>
       <c r="BE107" t="s">
         <v>75</v>
       </c>
       <c r="BF107" t="s">
         <v>75</v>
       </c>
       <c r="BG107" t="s">
         <v>75</v>
       </c>
       <c r="BH107">
-        <v>1801</v>
+        <v>1847</v>
       </c>
       <c r="BI107" t="s">
         <v>253</v>
       </c>
       <c r="BJ107"/>
       <c r="BK107"/>
       <c r="BL107"/>
       <c r="BM107" t="s">
         <v>75</v>
       </c>
       <c r="BN107" t="s">
         <v>75</v>
       </c>
       <c r="BO107">
         <v>0</v>
       </c>
       <c r="BP107"/>
       <c r="BQ107"/>
       <c r="BR107">
         <v>42825</v>
       </c>
       <c r="BS107"/>
     </row>
     <row r="108" spans="1:71">
       <c r="A108" t="s">
@@ -23753,51 +23753,51 @@
       <c r="AX108"/>
       <c r="AY108"/>
       <c r="AZ108" t="s">
         <v>73</v>
       </c>
       <c r="BA108"/>
       <c r="BB108" t="s">
         <v>1005</v>
       </c>
       <c r="BC108" t="s">
         <v>1008</v>
       </c>
       <c r="BD108" t="s">
         <v>75</v>
       </c>
       <c r="BE108" t="s">
         <v>75</v>
       </c>
       <c r="BF108" t="s">
         <v>75</v>
       </c>
       <c r="BG108" t="s">
         <v>75</v>
       </c>
       <c r="BH108">
-        <v>1802</v>
+        <v>1848</v>
       </c>
       <c r="BI108" t="s">
         <v>253</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>75</v>
       </c>
       <c r="BN108" t="s">
         <v>75</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108"/>
       <c r="BQ108"/>
       <c r="BR108">
         <v>83592</v>
       </c>
       <c r="BS108"/>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
@@ -23922,51 +23922,51 @@
       <c r="AX109"/>
       <c r="AY109"/>
       <c r="AZ109" t="s">
         <v>73</v>
       </c>
       <c r="BA109"/>
       <c r="BB109" t="s">
         <v>1015</v>
       </c>
       <c r="BC109" t="s">
         <v>75</v>
       </c>
       <c r="BD109" t="s">
         <v>75</v>
       </c>
       <c r="BE109" t="s">
         <v>75</v>
       </c>
       <c r="BF109" t="s">
         <v>75</v>
       </c>
       <c r="BG109" t="s">
         <v>75</v>
       </c>
       <c r="BH109">
-        <v>1802</v>
+        <v>1848</v>
       </c>
       <c r="BI109" t="s">
         <v>253</v>
       </c>
       <c r="BJ109"/>
       <c r="BK109"/>
       <c r="BL109"/>
       <c r="BM109" t="s">
         <v>75</v>
       </c>
       <c r="BN109" t="s">
         <v>75</v>
       </c>
       <c r="BO109">
         <v>0</v>
       </c>
       <c r="BP109"/>
       <c r="BQ109"/>
       <c r="BR109">
         <v>31250</v>
       </c>
       <c r="BS109"/>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
@@ -24091,51 +24091,51 @@
       <c r="AX110"/>
       <c r="AY110"/>
       <c r="AZ110" t="s">
         <v>73</v>
       </c>
       <c r="BA110"/>
       <c r="BB110" t="s">
         <v>1021</v>
       </c>
       <c r="BC110" t="s">
         <v>75</v>
       </c>
       <c r="BD110" t="s">
         <v>75</v>
       </c>
       <c r="BE110" t="s">
         <v>75</v>
       </c>
       <c r="BF110" t="s">
         <v>75</v>
       </c>
       <c r="BG110" t="s">
         <v>75</v>
       </c>
       <c r="BH110">
-        <v>1802</v>
+        <v>1848</v>
       </c>
       <c r="BI110" t="s">
         <v>253</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>75</v>
       </c>
       <c r="BN110" t="s">
         <v>75</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110"/>
       <c r="BQ110"/>
       <c r="BR110">
         <v>31250</v>
       </c>
       <c r="BS110"/>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
@@ -24260,51 +24260,51 @@
       <c r="AX111"/>
       <c r="AY111"/>
       <c r="AZ111" t="s">
         <v>73</v>
       </c>
       <c r="BA111"/>
       <c r="BB111" t="s">
         <v>1026</v>
       </c>
       <c r="BC111" t="s">
         <v>75</v>
       </c>
       <c r="BD111" t="s">
         <v>75</v>
       </c>
       <c r="BE111" t="s">
         <v>75</v>
       </c>
       <c r="BF111" t="s">
         <v>75</v>
       </c>
       <c r="BG111" t="s">
         <v>75</v>
       </c>
       <c r="BH111">
-        <v>1803</v>
+        <v>1849</v>
       </c>
       <c r="BI111" t="s">
         <v>253</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>75</v>
       </c>
       <c r="BN111" t="s">
         <v>75</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111"/>
       <c r="BQ111"/>
       <c r="BR111">
         <v>25653</v>
       </c>
       <c r="BS111"/>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
@@ -24429,51 +24429,51 @@
       <c r="AX112"/>
       <c r="AY112"/>
       <c r="AZ112" t="s">
         <v>73</v>
       </c>
       <c r="BA112"/>
       <c r="BB112" t="s">
         <v>1031</v>
       </c>
       <c r="BC112" t="s">
         <v>75</v>
       </c>
       <c r="BD112" t="s">
         <v>75</v>
       </c>
       <c r="BE112" t="s">
         <v>75</v>
       </c>
       <c r="BF112" t="s">
         <v>75</v>
       </c>
       <c r="BG112" t="s">
         <v>75</v>
       </c>
       <c r="BH112">
-        <v>1803</v>
+        <v>1849</v>
       </c>
       <c r="BI112" t="s">
         <v>253</v>
       </c>
       <c r="BJ112"/>
       <c r="BK112"/>
       <c r="BL112"/>
       <c r="BM112" t="s">
         <v>75</v>
       </c>
       <c r="BN112" t="s">
         <v>75</v>
       </c>
       <c r="BO112">
         <v>0</v>
       </c>
       <c r="BP112"/>
       <c r="BQ112"/>
       <c r="BR112">
         <v>377541</v>
       </c>
       <c r="BS112"/>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
@@ -24598,51 +24598,51 @@
       <c r="AX113"/>
       <c r="AY113"/>
       <c r="AZ113" t="s">
         <v>73</v>
       </c>
       <c r="BA113"/>
       <c r="BB113" t="s">
         <v>1037</v>
       </c>
       <c r="BC113" t="s">
         <v>75</v>
       </c>
       <c r="BD113" t="s">
         <v>75</v>
       </c>
       <c r="BE113" t="s">
         <v>75</v>
       </c>
       <c r="BF113" t="s">
         <v>75</v>
       </c>
       <c r="BG113" t="s">
         <v>75</v>
       </c>
       <c r="BH113">
-        <v>1803</v>
+        <v>1849</v>
       </c>
       <c r="BI113" t="s">
         <v>253</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>75</v>
       </c>
       <c r="BN113" t="s">
         <v>75</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113"/>
       <c r="BQ113"/>
       <c r="BR113">
         <v>39083</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
@@ -24767,51 +24767,51 @@
       <c r="AX114"/>
       <c r="AY114"/>
       <c r="AZ114" t="s">
         <v>73</v>
       </c>
       <c r="BA114"/>
       <c r="BB114" t="s">
         <v>1042</v>
       </c>
       <c r="BC114" t="s">
         <v>75</v>
       </c>
       <c r="BD114" t="s">
         <v>75</v>
       </c>
       <c r="BE114" t="s">
         <v>75</v>
       </c>
       <c r="BF114" t="s">
         <v>75</v>
       </c>
       <c r="BG114" t="s">
         <v>75</v>
       </c>
       <c r="BH114">
-        <v>1803</v>
+        <v>1849</v>
       </c>
       <c r="BI114" t="s">
         <v>253</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>75</v>
       </c>
       <c r="BN114" t="s">
         <v>75</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114"/>
       <c r="BQ114"/>
       <c r="BR114">
         <v>518238</v>
       </c>
       <c r="BS114"/>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
@@ -24936,51 +24936,51 @@
       <c r="AX115"/>
       <c r="AY115"/>
       <c r="AZ115" t="s">
         <v>73</v>
       </c>
       <c r="BA115"/>
       <c r="BB115" t="s">
         <v>1047</v>
       </c>
       <c r="BC115" t="s">
         <v>75</v>
       </c>
       <c r="BD115" t="s">
         <v>75</v>
       </c>
       <c r="BE115" t="s">
         <v>75</v>
       </c>
       <c r="BF115" t="s">
         <v>75</v>
       </c>
       <c r="BG115" t="s">
         <v>75</v>
       </c>
       <c r="BH115">
-        <v>1805</v>
+        <v>1851</v>
       </c>
       <c r="BI115" t="s">
         <v>253</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115"/>
       <c r="BL115"/>
       <c r="BM115" t="s">
         <v>75</v>
       </c>
       <c r="BN115" t="s">
         <v>75</v>
       </c>
       <c r="BO115">
         <v>0</v>
       </c>
       <c r="BP115"/>
       <c r="BQ115"/>
       <c r="BR115">
         <v>518238</v>
       </c>
       <c r="BS115"/>
     </row>
     <row r="116" spans="1:71">
       <c r="A116" t="s">
@@ -25105,51 +25105,51 @@
       <c r="AX116"/>
       <c r="AY116"/>
       <c r="AZ116" t="s">
         <v>73</v>
       </c>
       <c r="BA116"/>
       <c r="BB116" t="s">
         <v>1052</v>
       </c>
       <c r="BC116" t="s">
         <v>75</v>
       </c>
       <c r="BD116" t="s">
         <v>75</v>
       </c>
       <c r="BE116" t="s">
         <v>75</v>
       </c>
       <c r="BF116" t="s">
         <v>75</v>
       </c>
       <c r="BG116" t="s">
         <v>75</v>
       </c>
       <c r="BH116">
-        <v>1805</v>
+        <v>1851</v>
       </c>
       <c r="BI116" t="s">
         <v>253</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>75</v>
       </c>
       <c r="BN116" t="s">
         <v>75</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116"/>
       <c r="BQ116"/>
       <c r="BR116">
         <v>532170</v>
       </c>
       <c r="BS116"/>
     </row>
     <row r="117" spans="1:71">
       <c r="A117" t="s">
@@ -25276,51 +25276,51 @@
       <c r="AX117"/>
       <c r="AY117"/>
       <c r="AZ117" t="s">
         <v>73</v>
       </c>
       <c r="BA117"/>
       <c r="BB117" t="s">
         <v>1057</v>
       </c>
       <c r="BC117" t="s">
         <v>75</v>
       </c>
       <c r="BD117" t="s">
         <v>75</v>
       </c>
       <c r="BE117" t="s">
         <v>75</v>
       </c>
       <c r="BF117" t="s">
         <v>75</v>
       </c>
       <c r="BG117" t="s">
         <v>75</v>
       </c>
       <c r="BH117">
-        <v>1806</v>
+        <v>1852</v>
       </c>
       <c r="BI117" t="s">
         <v>253</v>
       </c>
       <c r="BJ117"/>
       <c r="BK117"/>
       <c r="BL117"/>
       <c r="BM117" t="s">
         <v>75</v>
       </c>
       <c r="BN117" t="s">
         <v>75</v>
       </c>
       <c r="BO117">
         <v>0</v>
       </c>
       <c r="BP117"/>
       <c r="BQ117"/>
       <c r="BR117">
         <v>27888</v>
       </c>
       <c r="BS117"/>
     </row>
     <row r="118" spans="1:71">
       <c r="A118" t="s">
@@ -25447,51 +25447,51 @@
       <c r="AX118"/>
       <c r="AY118"/>
       <c r="AZ118" t="s">
         <v>73</v>
       </c>
       <c r="BA118"/>
       <c r="BB118" t="s">
         <v>1064</v>
       </c>
       <c r="BC118" t="s">
         <v>75</v>
       </c>
       <c r="BD118" t="s">
         <v>75</v>
       </c>
       <c r="BE118" t="s">
         <v>75</v>
       </c>
       <c r="BF118" t="s">
         <v>75</v>
       </c>
       <c r="BG118" t="s">
         <v>75</v>
       </c>
       <c r="BH118">
-        <v>1806</v>
+        <v>1852</v>
       </c>
       <c r="BI118" t="s">
         <v>253</v>
       </c>
       <c r="BJ118"/>
       <c r="BK118"/>
       <c r="BL118"/>
       <c r="BM118" t="s">
         <v>75</v>
       </c>
       <c r="BN118" t="s">
         <v>75</v>
       </c>
       <c r="BO118">
         <v>0</v>
       </c>
       <c r="BP118"/>
       <c r="BQ118"/>
       <c r="BR118">
         <v>37965</v>
       </c>
       <c r="BS118"/>
     </row>
     <row r="119" spans="1:71">
       <c r="A119" t="s">
@@ -25624,51 +25624,51 @@
       <c r="AX119"/>
       <c r="AY119"/>
       <c r="AZ119" t="s">
         <v>73</v>
       </c>
       <c r="BA119"/>
       <c r="BB119" t="s">
         <v>1070</v>
       </c>
       <c r="BC119" t="s">
         <v>1073</v>
       </c>
       <c r="BD119" t="s">
         <v>75</v>
       </c>
       <c r="BE119" t="s">
         <v>75</v>
       </c>
       <c r="BF119" t="s">
         <v>75</v>
       </c>
       <c r="BG119" t="s">
         <v>75</v>
       </c>
       <c r="BH119">
-        <v>1876</v>
+        <v>1922</v>
       </c>
       <c r="BI119" t="s">
         <v>253</v>
       </c>
       <c r="BJ119"/>
       <c r="BK119"/>
       <c r="BL119"/>
       <c r="BM119" t="s">
         <v>75</v>
       </c>
       <c r="BN119" t="s">
         <v>75</v>
       </c>
       <c r="BO119">
         <v>0</v>
       </c>
       <c r="BP119"/>
       <c r="BQ119"/>
       <c r="BR119">
         <v>0</v>
       </c>
       <c r="BS119"/>
     </row>
     <row r="120" spans="1:71">
       <c r="A120" t="s">
@@ -25801,51 +25801,51 @@
       <c r="AX120"/>
       <c r="AY120"/>
       <c r="AZ120" t="s">
         <v>73</v>
       </c>
       <c r="BA120"/>
       <c r="BB120" t="s">
         <v>1077</v>
       </c>
       <c r="BC120" t="s">
         <v>1080</v>
       </c>
       <c r="BD120" t="s">
         <v>1084</v>
       </c>
       <c r="BE120" t="s">
         <v>75</v>
       </c>
       <c r="BF120" t="s">
         <v>75</v>
       </c>
       <c r="BG120" t="s">
         <v>75</v>
       </c>
       <c r="BH120">
-        <v>1895</v>
+        <v>1941</v>
       </c>
       <c r="BI120" t="s">
         <v>253</v>
       </c>
       <c r="BJ120"/>
       <c r="BK120"/>
       <c r="BL120"/>
       <c r="BM120" t="s">
         <v>75</v>
       </c>
       <c r="BN120" t="s">
         <v>75</v>
       </c>
       <c r="BO120">
         <v>0</v>
       </c>
       <c r="BP120"/>
       <c r="BQ120"/>
       <c r="BR120">
         <v>0</v>
       </c>
       <c r="BS120"/>
     </row>
     <row r="121" spans="1:71">
       <c r="A121" t="s">
@@ -25972,51 +25972,51 @@
       <c r="AX121"/>
       <c r="AY121"/>
       <c r="AZ121" t="s">
         <v>73</v>
       </c>
       <c r="BA121"/>
       <c r="BB121" t="s">
         <v>1085</v>
       </c>
       <c r="BC121" t="s">
         <v>75</v>
       </c>
       <c r="BD121" t="s">
         <v>75</v>
       </c>
       <c r="BE121" t="s">
         <v>75</v>
       </c>
       <c r="BF121" t="s">
         <v>75</v>
       </c>
       <c r="BG121" t="s">
         <v>75</v>
       </c>
       <c r="BH121">
-        <v>1947</v>
+        <v>1993</v>
       </c>
       <c r="BI121" t="s">
         <v>253</v>
       </c>
       <c r="BJ121"/>
       <c r="BK121"/>
       <c r="BL121"/>
       <c r="BM121" t="s">
         <v>75</v>
       </c>
       <c r="BN121" t="s">
         <v>75</v>
       </c>
       <c r="BO121">
         <v>0</v>
       </c>
       <c r="BP121"/>
       <c r="BQ121"/>
       <c r="BR121">
         <v>0</v>
       </c>
       <c r="BS121"/>
     </row>
     <row r="122" spans="1:71">
       <c r="A122" t="s">
@@ -26133,51 +26133,51 @@
       <c r="AX122"/>
       <c r="AY122"/>
       <c r="AZ122" t="s">
         <v>73</v>
       </c>
       <c r="BA122"/>
       <c r="BB122" t="s">
         <v>1091</v>
       </c>
       <c r="BC122" t="s">
         <v>1094</v>
       </c>
       <c r="BD122" t="s">
         <v>1096</v>
       </c>
       <c r="BE122" t="s">
         <v>1097</v>
       </c>
       <c r="BF122" t="s">
         <v>75</v>
       </c>
       <c r="BG122" t="s">
         <v>75</v>
       </c>
       <c r="BH122">
-        <v>1949</v>
+        <v>1995</v>
       </c>
       <c r="BI122" t="s">
         <v>253</v>
       </c>
       <c r="BJ122"/>
       <c r="BK122"/>
       <c r="BL122"/>
       <c r="BM122" t="s">
         <v>75</v>
       </c>
       <c r="BN122" t="s">
         <v>75</v>
       </c>
       <c r="BO122">
         <v>0</v>
       </c>
       <c r="BP122"/>
       <c r="BQ122"/>
       <c r="BR122">
         <v>0</v>
       </c>
       <c r="BS122"/>
     </row>
     <row r="123" spans="1:71">
       <c r="A123" t="s">
@@ -26304,51 +26304,51 @@
       <c r="AX123"/>
       <c r="AY123"/>
       <c r="AZ123" t="s">
         <v>73</v>
       </c>
       <c r="BA123"/>
       <c r="BB123" t="s">
         <v>1098</v>
       </c>
       <c r="BC123" t="s">
         <v>75</v>
       </c>
       <c r="BD123" t="s">
         <v>75</v>
       </c>
       <c r="BE123" t="s">
         <v>75</v>
       </c>
       <c r="BF123" t="s">
         <v>75</v>
       </c>
       <c r="BG123" t="s">
         <v>75</v>
       </c>
       <c r="BH123">
-        <v>1969</v>
+        <v>2015</v>
       </c>
       <c r="BI123" t="s">
         <v>253</v>
       </c>
       <c r="BJ123"/>
       <c r="BK123"/>
       <c r="BL123"/>
       <c r="BM123" t="s">
         <v>75</v>
       </c>
       <c r="BN123" t="s">
         <v>75</v>
       </c>
       <c r="BO123">
         <v>0</v>
       </c>
       <c r="BP123"/>
       <c r="BQ123"/>
       <c r="BR123">
         <v>0</v>
       </c>
       <c r="BS123"/>
     </row>
     <row r="124" spans="1:71">
       <c r="A124" t="s">
@@ -26475,51 +26475,51 @@
       <c r="AX124"/>
       <c r="AY124"/>
       <c r="AZ124" t="s">
         <v>73</v>
       </c>
       <c r="BA124"/>
       <c r="BB124" t="s">
         <v>1104</v>
       </c>
       <c r="BC124" t="s">
         <v>75</v>
       </c>
       <c r="BD124" t="s">
         <v>75</v>
       </c>
       <c r="BE124" t="s">
         <v>75</v>
       </c>
       <c r="BF124" t="s">
         <v>75</v>
       </c>
       <c r="BG124" t="s">
         <v>75</v>
       </c>
       <c r="BH124">
-        <v>1969</v>
+        <v>2015</v>
       </c>
       <c r="BI124" t="s">
         <v>253</v>
       </c>
       <c r="BJ124"/>
       <c r="BK124"/>
       <c r="BL124"/>
       <c r="BM124" t="s">
         <v>75</v>
       </c>
       <c r="BN124" t="s">
         <v>75</v>
       </c>
       <c r="BO124">
         <v>0</v>
       </c>
       <c r="BP124"/>
       <c r="BQ124"/>
       <c r="BR124">
         <v>0</v>
       </c>
       <c r="BS124"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>