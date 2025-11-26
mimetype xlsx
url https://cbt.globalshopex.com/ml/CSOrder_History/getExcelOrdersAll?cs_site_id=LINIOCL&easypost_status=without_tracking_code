--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1445,51 +1445,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>84</v>
       </c>
       <c r="BE2" t="s">
         <v>85</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>88</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>155986</v>
       </c>
       <c r="BS2"/>
     </row>
@@ -1628,51 +1628,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>89</v>
       </c>
       <c r="BC3" t="s">
         <v>92</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>88</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>338958</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1815,51 +1815,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
         <v>92</v>
       </c>
       <c r="BD4" t="s">
         <v>109</v>
       </c>
       <c r="BE4" t="s">
         <v>110</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>111</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>72</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>166988</v>
       </c>
       <c r="BS4"/>
     </row>
@@ -2002,51 +2002,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>83</v>
       </c>
       <c r="BB5" t="s">
         <v>112</v>
       </c>
       <c r="BC5" t="s">
         <v>115</v>
       </c>
       <c r="BD5" t="s">
         <v>122</v>
       </c>
       <c r="BE5" t="s">
         <v>123</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="BI5" t="s">
         <v>124</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>125</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>88</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>114992</v>
       </c>
       <c r="BS5"/>
     </row>
@@ -2189,51 +2189,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
         <v>126</v>
       </c>
       <c r="BC6" t="s">
         <v>129</v>
       </c>
       <c r="BD6" t="s">
         <v>136</v>
       </c>
       <c r="BE6" t="s">
         <v>137</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="BI6" t="s">
         <v>124</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>138</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>88</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>106986</v>
       </c>
       <c r="BS6"/>
     </row>
@@ -2378,51 +2378,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
         <v>139</v>
       </c>
       <c r="BC7" t="s">
         <v>142</v>
       </c>
       <c r="BD7" t="s">
         <v>147</v>
       </c>
       <c r="BE7" t="s">
         <v>148</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>149</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>88</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
         <v>114992</v>
       </c>
       <c r="BS7"/>
     </row>
@@ -2563,51 +2563,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
         <v>150</v>
       </c>
       <c r="BC8" t="s">
         <v>142</v>
       </c>
       <c r="BD8" t="s">
         <v>157</v>
       </c>
       <c r="BE8" t="s">
         <v>158</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>159</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>72</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
         <v>598981</v>
       </c>
       <c r="BS8"/>
     </row>
@@ -2750,51 +2750,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
         <v>160</v>
       </c>
       <c r="BC9" t="s">
         <v>163</v>
       </c>
       <c r="BD9" t="s">
         <v>168</v>
       </c>
       <c r="BE9" t="s">
         <v>169</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>170</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>72</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
         <v>186994</v>
       </c>
       <c r="BS9"/>
     </row>
@@ -2935,51 +2935,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>171</v>
       </c>
       <c r="BC10" t="s">
         <v>163</v>
       </c>
       <c r="BD10" t="s">
         <v>180</v>
       </c>
       <c r="BE10" t="s">
         <v>181</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>182</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>88</v>
       </c>
       <c r="BQ10"/>
       <c r="BR10">
         <v>102992</v>
       </c>
       <c r="BS10"/>
     </row>
@@ -3122,51 +3122,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>83</v>
       </c>
       <c r="BB11" t="s">
         <v>183</v>
       </c>
       <c r="BC11" t="s">
         <v>163</v>
       </c>
       <c r="BD11" t="s">
         <v>190</v>
       </c>
       <c r="BE11" t="s">
         <v>191</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>192</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>72</v>
       </c>
       <c r="BQ11"/>
       <c r="BR11">
         <v>158990</v>
       </c>
       <c r="BS11"/>
     </row>
@@ -3309,51 +3309,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>83</v>
       </c>
       <c r="BB12" t="s">
         <v>193</v>
       </c>
       <c r="BC12" t="s">
         <v>196</v>
       </c>
       <c r="BD12" t="s">
         <v>201</v>
       </c>
       <c r="BE12" t="s">
         <v>202</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>161</v>
+        <v>207</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>203</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>72</v>
       </c>
       <c r="BQ12"/>
       <c r="BR12">
         <v>201990</v>
       </c>
       <c r="BS12"/>
     </row>
@@ -3496,51 +3496,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>204</v>
       </c>
       <c r="BC13" t="s">
         <v>196</v>
       </c>
       <c r="BD13" t="s">
         <v>210</v>
       </c>
       <c r="BE13" t="s">
         <v>211</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>212</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>72</v>
       </c>
       <c r="BQ13"/>
       <c r="BR13">
         <v>158990</v>
       </c>
       <c r="BS13"/>
     </row>
@@ -3677,51 +3677,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>83</v>
       </c>
       <c r="BB14" t="s">
         <v>213</v>
       </c>
       <c r="BC14" t="s">
         <v>196</v>
       </c>
       <c r="BD14" t="s">
         <v>220</v>
       </c>
       <c r="BE14" t="s">
         <v>221</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>163</v>
+        <v>209</v>
       </c>
       <c r="BI14" t="s">
         <v>124</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>222</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>102992</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
@@ -3860,51 +3860,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
         <v>223</v>
       </c>
       <c r="BC15" t="s">
         <v>227</v>
       </c>
       <c r="BD15" t="s">
         <v>232</v>
       </c>
       <c r="BE15" t="s">
         <v>233</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>1054</v>
+        <v>1100</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>234</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>72</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
         <v>453973</v>
       </c>
       <c r="BS15"/>
     </row>