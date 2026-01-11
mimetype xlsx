--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -224,137 +224,137 @@
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LINIOCL</t>
   </si>
   <si>
     <t>2025-05-22 16:17:15</t>
   </si>
   <si>
     <t>adriana alucema</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/112-0239670-0437065</t>
-[...2 lines deleted...]
-    <t>2025-05-23 00:00:00</t>
+    <t>--</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>without_tracking_code</t>
   </si>
   <si>
     <t>8214563-K</t>
   </si>
   <si>
-    <t>--</t>
-[...1 lines deleted...]
-  <si>
     <t>pending</t>
   </si>
   <si>
     <t>marcos echeñique</t>
   </si>
   <si>
     <t>SANTIAGO</t>
   </si>
   <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
     <t>/B0CBNKV9ZS</t>
   </si>
   <si>
     <t>UPS</t>
   </si>
   <si>
     <t>1Z82AF320327359065</t>
   </si>
   <si>
     <t>2025-05-27</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-05-29 09:09:36</t>
   </si>
   <si>
     <t>2025-05-29 11:29:51</t>
   </si>
   <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-05-23 16:56:32</t>
+  </si>
+  <si>
+    <t>Closed</t>
+  </si>
+  <si>
+    <t>2025-05-13 20:03:46</t>
+  </si>
+  <si>
+    <t>Claudia Mondiglio Lopez</t>
+  </si>
+  <si>
+    <t>/113-3525087-8816221</t>
+  </si>
+  <si>
+    <t>2025-05-14 00:00:00</t>
+  </si>
+  <si>
+    <t>8344117-8</t>
+  </si>
+  <si>
+    <t>AVDA DAG HAMMARSKJOLD</t>
+  </si>
+  <si>
+    <t>/B0CS2VBC9F/B0CS2VBC9F/B0CS2VBC9F</t>
+  </si>
+  <si>
+    <t>1ZX350640348101799</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>2025-05-19 09:12:58</t>
+  </si>
+  <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2025-05-23 16:56:32</t>
-[...34 lines deleted...]
-  <si>
     <t>2025-05-14 21:39:10</t>
   </si>
   <si>
     <t>2025-05-13 17:13:41</t>
   </si>
   <si>
     <t>carlos montoya munoz</t>
   </si>
   <si>
     <t>/11323635</t>
   </si>
   <si>
     <t>5272195-4</t>
   </si>
   <si>
     <t>EJERCITO LIBERTADOR</t>
   </si>
   <si>
     <t>CORDILLERA</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPEV1921</t>
@@ -368,86 +368,77 @@
   <si>
     <t>2025-05-22 13:04:32</t>
   </si>
   <si>
     <t>2025-05-14 21:38:58</t>
   </si>
   <si>
     <t>2025-05-09 16:22:05</t>
   </si>
   <si>
     <t>Maria Acosta Gomez</t>
   </si>
   <si>
     <t>/114-4876963-0699413</t>
   </si>
   <si>
     <t>2025-05-12 00:00:00</t>
   </si>
   <si>
     <t>13069087-4</t>
   </si>
   <si>
     <t>Llico</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...1 lines deleted...]
-  <si>
     <t>/B06XWHY2S4</t>
   </si>
   <si>
     <t>1Z82V99Y0326624584</t>
   </si>
   <si>
     <t>2025-05-13</t>
   </si>
   <si>
     <t>2025-05-15 09:17:38</t>
   </si>
   <si>
     <t>2025-05-15 09:49:51</t>
   </si>
   <si>
     <t>manual</t>
   </si>
   <si>
     <t>2025-05-09 22:06:14</t>
   </si>
   <si>
     <t>2025-05-08 19:46:18</t>
   </si>
   <si>
     <t>Mabel Muñoz navarrete</t>
   </si>
   <si>
-    <t>/114-2313733-8171461</t>
-[...4 lines deleted...]
-  <si>
     <t>10635508-8</t>
   </si>
   <si>
     <t>Mafhud massis</t>
   </si>
   <si>
     <t>COIHAIQUE</t>
   </si>
   <si>
     <t>/B06XW5XCVZ</t>
   </si>
   <si>
     <t>1ZA8G2180324049377</t>
   </si>
   <si>
     <t>2025-05-12</t>
   </si>
   <si>
     <t>2025-05-14 11:23:55</t>
   </si>
   <si>
     <t>2025-05-14 11:31:18</t>
   </si>
   <si>
     <t>2025-05-09 21:44:46</t>
@@ -533,150 +524,141 @@
   <si>
     <t>pasaje cerro manatiales</t>
   </si>
   <si>
     <t>RANCAGUA</t>
   </si>
   <si>
     <t>/VSPHF3321</t>
   </si>
   <si>
     <t>2025-05-08 12:57:03</t>
   </si>
   <si>
     <t>2025-05-08 13:31:58</t>
   </si>
   <si>
     <t>2025-05-05 16:49:13</t>
   </si>
   <si>
     <t>2025-05-04 19:58:02</t>
   </si>
   <si>
     <t>Claudia Martínez Ponce</t>
   </si>
   <si>
-    <t>/113-0474091-6963449</t>
-[...1 lines deleted...]
-  <si>
     <t>13572781-4</t>
   </si>
   <si>
     <t>pasaje A - Poblacion esperanza</t>
   </si>
   <si>
     <t>CURICÓ</t>
   </si>
   <si>
     <t>/B0CJZYSNLG</t>
   </si>
   <si>
     <t>1Z82AF320326259577</t>
   </si>
   <si>
     <t>2025-05-06</t>
   </si>
   <si>
     <t>2025-05-08 09:50:28</t>
   </si>
   <si>
     <t>2025-05-08 10:17:04</t>
   </si>
   <si>
     <t>2025-05-05 16:39:21</t>
   </si>
   <si>
     <t>2025-05-04 02:26:21</t>
   </si>
   <si>
     <t>Nataly de las Mercedes Contreras Inostroza</t>
   </si>
   <si>
-    <t>/11319471</t>
-[...1 lines deleted...]
-  <si>
     <t>16905012-0</t>
   </si>
   <si>
     <t>Las camelias</t>
   </si>
   <si>
     <t>cabrero</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>2025-05-08 13:03:27</t>
   </si>
   <si>
     <t>2025-05-08 13:29:20</t>
   </si>
   <si>
     <t>2025-05-05 16:39:15</t>
   </si>
   <si>
     <t>2025-05-02 11:24:51</t>
   </si>
   <si>
     <t>juan cordova</t>
   </si>
   <si>
-    <t>/11318309</t>
+    <t>9829395-7</t>
+  </si>
+  <si>
+    <t>bruno larrain</t>
+  </si>
+  <si>
+    <t>CHOAPA</t>
+  </si>
+  <si>
+    <t>/VSPVP1121</t>
+  </si>
+  <si>
+    <t>2025-05-08 12:59:57</t>
+  </si>
+  <si>
+    <t>2025-05-08 13:30:51</t>
+  </si>
+  <si>
+    <t>2025-05-02 21:16:55</t>
+  </si>
+  <si>
+    <t>2025-05-01 21:03:13</t>
+  </si>
+  <si>
+    <t>blanca andrade avendao</t>
+  </si>
+  <si>
+    <t>/11318308</t>
   </si>
   <si>
     <t>2025-05-02 00:00:00</t>
-  </si>
-[...28 lines deleted...]
-    <t>/11318308</t>
   </si>
   <si>
     <t>13125326-5</t>
   </si>
   <si>
     <t>cabo virgenes</t>
   </si>
   <si>
     <t>MAGALLANES</t>
   </si>
   <si>
     <t>2025-05-08 13:06:15</t>
   </si>
   <si>
     <t>2025-05-08 13:28:03</t>
   </si>
   <si>
     <t>2025-05-02 21:17:10</t>
   </si>
   <si>
     <t>2025-04-30 20:16:17</t>
   </si>
   <si>
     <t>carolina castillo contreras</t>
   </si>
@@ -1308,2621 +1290,2609 @@
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
         <v>2815184346</v>
       </c>
       <c r="D2">
         <v>590383</v>
       </c>
       <c r="E2">
         <v>164.04</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U2">
         <v>2815184346</v>
       </c>
       <c r="V2">
         <v>590383</v>
       </c>
       <c r="W2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X2">
         <v>164.04</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>69</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AE2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AN2"/>
+      <c r="AO2">
+        <v>0</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ2" t="s">
         <v>71</v>
       </c>
-      <c r="AM2"/>
-[...6 lines deleted...]
-      <c r="AP2" t="s">
+      <c r="AR2" t="s">
         <v>79</v>
       </c>
-      <c r="AQ2" t="s">
-[...2 lines deleted...]
-      <c r="AR2" t="s">
+      <c r="AS2" t="s">
         <v>80</v>
       </c>
-      <c r="AS2" t="s">
+      <c r="AT2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="BD2" t="s">
+        <v>83</v>
+      </c>
+      <c r="BE2" t="s">
         <v>84</v>
       </c>
-      <c r="BE2" t="s">
+      <c r="BF2" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG2" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH2">
+        <v>233</v>
+      </c>
+      <c r="BI2" t="s">
         <v>85</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BO2">
+        <v>0</v>
+      </c>
+      <c r="BP2" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>155986</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C3">
         <v>2806397272</v>
       </c>
       <c r="D3">
         <v>590087</v>
       </c>
       <c r="E3">
         <v>356.46</v>
       </c>
       <c r="F3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
+        <v>90</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3" t="s">
         <v>91</v>
       </c>
-      <c r="I3">
-[...4 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Q3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="R3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U3">
         <v>2806397272</v>
       </c>
       <c r="V3">
         <v>590087</v>
       </c>
       <c r="W3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X3">
         <v>356.46</v>
       </c>
       <c r="Y3">
         <v>950.9</v>
       </c>
       <c r="Z3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AD3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AE3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="AM3"/>
+        <v>91</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>77</v>
+      </c>
       <c r="AN3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AO3">
         <v>0</v>
       </c>
       <c r="AP3" t="s">
+        <v>94</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS3" t="s">
         <v>95</v>
       </c>
-      <c r="AQ3" t="s">
-[...5 lines deleted...]
-      <c r="AS3" t="s">
+      <c r="AT3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="BC3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="BD3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BE3" t="s">
+        <v>97</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH3">
+        <v>242</v>
+      </c>
+      <c r="BI3" t="s">
         <v>98</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN3" t="s">
         <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>338958</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>100</v>
       </c>
       <c r="C4">
         <v>2806286020</v>
       </c>
       <c r="D4">
         <v>590086</v>
       </c>
       <c r="E4">
         <v>175.61</v>
       </c>
       <c r="F4" t="s">
         <v>101</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4" t="s">
         <v>102</v>
       </c>
       <c r="I4">
         <v>88.99</v>
       </c>
       <c r="J4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="K4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>103</v>
       </c>
       <c r="Q4" t="s">
         <v>100</v>
       </c>
       <c r="R4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U4">
         <v>2806286020</v>
       </c>
       <c r="V4">
         <v>590086</v>
       </c>
       <c r="W4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X4">
         <v>175.61</v>
       </c>
       <c r="Y4">
         <v>950.9</v>
       </c>
       <c r="Z4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
         <v>101</v>
       </c>
       <c r="AD4" t="s">
         <v>103</v>
       </c>
       <c r="AE4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
         <v>104</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
         <v>105</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AM4" t="s">
         <v>106</v>
       </c>
       <c r="AN4" t="s">
         <v>102</v>
       </c>
       <c r="AO4">
         <v>88.99</v>
       </c>
       <c r="AP4" t="s">
         <v>107</v>
       </c>
       <c r="AQ4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR4" t="s">
         <v>108</v>
       </c>
       <c r="AS4">
         <v>881403157545</v>
       </c>
       <c r="AT4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="BD4" t="s">
         <v>109</v>
       </c>
       <c r="BE4" t="s">
         <v>110</v>
       </c>
       <c r="BF4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH4">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="BI4" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN4" t="s">
         <v>111</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>166988</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>112</v>
       </c>
       <c r="C5">
         <v>2802192038</v>
       </c>
       <c r="D5">
         <v>589958</v>
       </c>
       <c r="E5">
         <v>120.93</v>
       </c>
       <c r="F5" t="s">
         <v>113</v>
       </c>
       <c r="G5" t="s">
         <v>69</v>
       </c>
       <c r="H5" t="s">
         <v>114</v>
       </c>
       <c r="I5">
         <v>55.13</v>
       </c>
       <c r="J5" t="s">
         <v>115</v>
       </c>
       <c r="K5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>116</v>
       </c>
       <c r="Q5" t="s">
         <v>112</v>
       </c>
       <c r="R5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U5">
         <v>2802192038</v>
       </c>
       <c r="V5">
         <v>589958</v>
       </c>
       <c r="W5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X5">
         <v>120.93</v>
       </c>
       <c r="Y5">
         <v>950.9</v>
       </c>
       <c r="Z5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>69</v>
       </c>
       <c r="AC5" t="s">
         <v>113</v>
       </c>
       <c r="AD5" t="s">
         <v>116</v>
       </c>
       <c r="AE5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
         <v>117</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
         <v>115</v>
       </c>
       <c r="AM5" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="AN5" t="s">
         <v>114</v>
       </c>
       <c r="AO5">
         <v>55.13</v>
       </c>
       <c r="AP5" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS5" t="s">
         <v>119</v>
       </c>
-      <c r="AQ5" t="s">
-[...5 lines deleted...]
-      <c r="AS5" t="s">
+      <c r="AT5" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB5" t="s">
         <v>112</v>
       </c>
       <c r="BC5" t="s">
         <v>115</v>
       </c>
       <c r="BD5" t="s">
+        <v>121</v>
+      </c>
+      <c r="BE5" t="s">
         <v>122</v>
       </c>
-      <c r="BE5" t="s">
+      <c r="BF5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH5">
+        <v>246</v>
+      </c>
+      <c r="BI5" t="s">
         <v>123</v>
-      </c>
-[...10 lines deleted...]
-        <v>124</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN5" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>114992</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C6">
         <v>2801535650</v>
       </c>
       <c r="D6">
         <v>589946</v>
       </c>
       <c r="E6">
         <v>112.51</v>
       </c>
       <c r="F6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
       <c r="I6">
-        <v>34.82</v>
+        <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>129</v>
+        <v>70</v>
       </c>
       <c r="K6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="Q6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T6" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U6">
         <v>2801535650</v>
       </c>
       <c r="V6">
         <v>589946</v>
       </c>
       <c r="W6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X6">
         <v>112.51</v>
       </c>
       <c r="Y6">
         <v>950.9</v>
       </c>
       <c r="Z6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>69</v>
       </c>
       <c r="AC6" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD6" t="s">
         <v>127</v>
       </c>
-      <c r="AD6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>129</v>
+        <v>70</v>
       </c>
       <c r="AM6" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="AN6"/>
       <c r="AO6">
-        <v>34.82</v>
+        <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="AQ6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AS6" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="AT6" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="BC6" t="s">
-        <v>129</v>
+        <v>70</v>
       </c>
       <c r="BD6" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="BE6" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="BF6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH6">
-        <v>201</v>
+        <v>247</v>
       </c>
       <c r="BI6" t="s">
-        <v>124</v>
+        <v>85</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN6" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>106986</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C7">
         <v>2799067986</v>
       </c>
       <c r="D7">
         <v>589849</v>
       </c>
       <c r="E7">
         <v>120.93</v>
       </c>
       <c r="F7" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="K7" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N7"/>
       <c r="O7">
         <v>523500021553</v>
       </c>
       <c r="P7" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="Q7" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="R7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T7" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U7">
         <v>2799067986</v>
       </c>
       <c r="V7">
         <v>589849</v>
       </c>
       <c r="W7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X7">
         <v>120.93</v>
       </c>
       <c r="Y7">
         <v>950.9</v>
       </c>
       <c r="Z7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>69</v>
       </c>
       <c r="AC7" t="s">
+        <v>137</v>
+      </c>
+      <c r="AD7" t="s">
         <v>140</v>
       </c>
-      <c r="AD7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
+        <v>139</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>77</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>138</v>
+      </c>
+      <c r="AO7">
+        <v>0</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS7" t="s">
         <v>142</v>
       </c>
-      <c r="AM7"/>
-[...17 lines deleted...]
-      </c>
       <c r="AT7" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="AU7">
         <v>523500021553</v>
       </c>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB7" t="s">
+        <v>136</v>
+      </c>
+      <c r="BC7" t="s">
         <v>139</v>
       </c>
-      <c r="BC7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD7" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="BE7" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="BF7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH7">
-        <v>203</v>
+        <v>249</v>
       </c>
       <c r="BI7" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN7" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
         <v>114992</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C8">
         <v>2798923834</v>
       </c>
       <c r="D8">
         <v>589848</v>
       </c>
       <c r="E8">
         <v>629.91</v>
       </c>
       <c r="F8" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="I8">
         <v>315.99</v>
       </c>
       <c r="J8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="Q8" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="R8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U8">
         <v>2798923834</v>
       </c>
       <c r="V8">
         <v>589848</v>
       </c>
       <c r="W8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X8">
         <v>629.91</v>
       </c>
       <c r="Y8">
         <v>950.9</v>
       </c>
       <c r="Z8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>69</v>
       </c>
       <c r="AC8" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="AD8" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="AE8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="AM8" t="s">
         <v>106</v>
       </c>
       <c r="AN8" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="AO8">
         <v>315.99</v>
       </c>
       <c r="AP8" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="AQ8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR8" t="s">
         <v>108</v>
       </c>
       <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB8" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="BC8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="BD8" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="BE8" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="BF8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH8">
-        <v>203</v>
+        <v>249</v>
       </c>
       <c r="BI8" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN8" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
         <v>598981</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C9">
         <v>2797705514</v>
       </c>
       <c r="D9">
         <v>589806</v>
       </c>
       <c r="E9">
         <v>196.65</v>
       </c>
       <c r="F9" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G9" t="s">
         <v>69</v>
       </c>
       <c r="H9" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="I9">
         <v>95.99</v>
       </c>
       <c r="J9" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="K9" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="Q9" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="R9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U9">
         <v>2797705514</v>
       </c>
       <c r="V9">
         <v>589806</v>
       </c>
       <c r="W9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X9">
         <v>196.65</v>
       </c>
       <c r="Y9">
         <v>950.9</v>
       </c>
       <c r="Z9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>69</v>
       </c>
       <c r="AC9" t="s">
+        <v>158</v>
+      </c>
+      <c r="AD9" t="s">
         <v>161</v>
       </c>
-      <c r="AD9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="AM9" t="s">
         <v>106</v>
       </c>
       <c r="AN9" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="AO9">
         <v>95.99</v>
       </c>
       <c r="AP9" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="AQ9" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR9" t="s">
         <v>108</v>
       </c>
       <c r="AS9">
         <v>288365732004</v>
       </c>
       <c r="AT9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA9" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB9" t="s">
+        <v>157</v>
+      </c>
+      <c r="BC9" t="s">
         <v>160</v>
       </c>
-      <c r="BC9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD9" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="BE9" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BF9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH9">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="BI9" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN9" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
         <v>186994</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C10">
         <v>2797635697</v>
       </c>
       <c r="D10">
         <v>589805</v>
       </c>
       <c r="E10">
         <v>108.31</v>
       </c>
       <c r="F10" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="K10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="Q10" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="R10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U10">
         <v>2797635697</v>
       </c>
       <c r="V10">
         <v>589805</v>
       </c>
       <c r="W10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X10">
         <v>108.31</v>
       </c>
       <c r="Y10">
         <v>950.9</v>
       </c>
       <c r="Z10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>69</v>
       </c>
       <c r="AC10" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="AD10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="AE10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="AK10" t="s">
         <v>69</v>
       </c>
       <c r="AL10" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-      <c r="AN10" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>77</v>
+      </c>
+      <c r="AN10"/>
+      <c r="AO10">
+        <v>0</v>
+      </c>
+      <c r="AP10" t="s">
         <v>173</v>
       </c>
-      <c r="AO10">
-[...4 lines deleted...]
-      </c>
       <c r="AQ10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR10" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AS10" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="AT10" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA10" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB10" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="BC10" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="BD10" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="BE10" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="BF10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH10">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="BI10" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN10" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="BQ10"/>
       <c r="BR10">
         <v>102992</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C11">
         <v>2797036562</v>
       </c>
       <c r="D11">
         <v>589804</v>
       </c>
       <c r="E11">
         <v>167.2</v>
       </c>
       <c r="F11" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="K11" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="Q11" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="R11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U11">
         <v>2797036562</v>
       </c>
       <c r="V11">
         <v>589804</v>
       </c>
       <c r="W11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X11">
         <v>167.2</v>
       </c>
       <c r="Y11">
         <v>950.9</v>
       </c>
       <c r="Z11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>69</v>
       </c>
       <c r="AC11" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="AD11" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="AE11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="AK11" t="s">
         <v>69</v>
       </c>
       <c r="AL11" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="AM11" t="s">
         <v>106</v>
       </c>
-      <c r="AN11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN11"/>
       <c r="AO11">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="AP11" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="AQ11" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR11" t="s">
         <v>108</v>
       </c>
       <c r="AS11">
         <v>288364827696</v>
       </c>
       <c r="AT11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB11" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="BC11" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="BD11" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="BE11" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="BF11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH11">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="BI11" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN11" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BQ11"/>
       <c r="BR11">
         <v>158990</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C12">
         <v>2795574286</v>
       </c>
       <c r="D12">
         <v>589701</v>
       </c>
       <c r="E12">
         <v>212.42</v>
       </c>
       <c r="F12" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
       <c r="I12">
-        <v>103.99</v>
+        <v>0</v>
       </c>
       <c r="J12" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="K12" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="Q12" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="R12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U12">
         <v>2795574286</v>
       </c>
       <c r="V12">
         <v>589701</v>
       </c>
       <c r="W12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X12">
         <v>212.42</v>
       </c>
       <c r="Y12">
         <v>950.9</v>
       </c>
       <c r="Z12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>69</v>
       </c>
       <c r="AC12" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="AD12" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="AE12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="AK12" t="s">
         <v>69</v>
       </c>
       <c r="AL12" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="AM12" t="s">
         <v>106</v>
       </c>
-      <c r="AN12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN12"/>
       <c r="AO12">
-        <v>103.99</v>
+        <v>0</v>
       </c>
       <c r="AP12" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="AQ12" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR12" t="s">
         <v>108</v>
       </c>
       <c r="AS12">
         <v>288365775290</v>
       </c>
       <c r="AT12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA12" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB12" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="BC12" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="BD12" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="BE12" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="BF12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH12">
-        <v>207</v>
+        <v>253</v>
       </c>
       <c r="BI12" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN12" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BQ12"/>
       <c r="BR12">
         <v>201990</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="C13">
         <v>2795159447</v>
       </c>
       <c r="D13">
         <v>589702</v>
       </c>
       <c r="E13">
         <v>167.2</v>
       </c>
       <c r="F13" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="I13">
         <v>80.99</v>
       </c>
       <c r="J13" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="K13" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="Q13" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="R13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U13">
         <v>2795159447</v>
       </c>
       <c r="V13">
         <v>589702</v>
       </c>
       <c r="W13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X13">
         <v>167.2</v>
       </c>
       <c r="Y13">
         <v>950.9</v>
       </c>
       <c r="Z13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>69</v>
       </c>
       <c r="AC13" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="AD13" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="AE13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="AK13" t="s">
         <v>69</v>
       </c>
       <c r="AL13" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="AM13" t="s">
         <v>106</v>
       </c>
       <c r="AN13" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="AO13">
         <v>80.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="AQ13" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR13" t="s">
         <v>108</v>
       </c>
       <c r="AS13">
         <v>288365156726</v>
       </c>
       <c r="AT13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA13" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB13" t="s">
+        <v>197</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>200</v>
+      </c>
+      <c r="BD13" t="s">
         <v>204</v>
       </c>
-      <c r="BC13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BE13" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="BF13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH13">
-        <v>208</v>
+        <v>254</v>
       </c>
       <c r="BI13" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN13" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BQ13"/>
       <c r="BR13">
         <v>158990</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="C14">
         <v>2794305491</v>
       </c>
       <c r="D14">
         <v>589703</v>
       </c>
       <c r="E14">
         <v>108.31</v>
       </c>
       <c r="F14" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="G14" t="s">
         <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="I14">
         <v>54.6</v>
       </c>
       <c r="J14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="K14" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="Q14" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="R14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U14">
         <v>2794305491</v>
       </c>
       <c r="V14">
         <v>589703</v>
       </c>
       <c r="W14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X14">
         <v>108.31</v>
       </c>
       <c r="Y14">
         <v>950.9</v>
       </c>
       <c r="Z14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>69</v>
       </c>
       <c r="AC14" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="AD14" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="AE14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="AK14" t="s">
         <v>69</v>
       </c>
       <c r="AL14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="AM14" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="AN14" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="AO14">
         <v>54.6</v>
       </c>
       <c r="AP14" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA14" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB14" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="BC14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="BD14" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="BE14" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="BF14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH14">
-        <v>209</v>
+        <v>255</v>
       </c>
       <c r="BI14" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN14" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>102992</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C15">
         <v>241827352</v>
       </c>
       <c r="D15">
         <v>542233</v>
       </c>
       <c r="E15">
         <v>467.05</v>
       </c>
       <c r="F15" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="G15" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="H15" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="I15">
         <v>243.4</v>
       </c>
       <c r="J15" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="K15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="Q15" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="R15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="S15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U15">
         <v>241827352</v>
       </c>
       <c r="V15">
         <v>542233</v>
       </c>
       <c r="W15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="X15">
         <v>467.05</v>
       </c>
       <c r="Y15">
         <v>972</v>
       </c>
       <c r="Z15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>69</v>
       </c>
       <c r="AC15" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="AD15" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="AE15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AF15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="AK15" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="AL15" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="AM15" t="s">
         <v>106</v>
       </c>
       <c r="AN15" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="AO15">
         <v>243.4</v>
       </c>
       <c r="AP15" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="AQ15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AR15" t="s">
         <v>108</v>
       </c>
       <c r="AS15">
         <v>390933960172</v>
       </c>
       <c r="AT15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BA15" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BB15" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="BC15" t="s">
+        <v>221</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>226</v>
+      </c>
+      <c r="BE15" t="s">
         <v>227</v>
       </c>
-      <c r="BD15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BG15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BH15">
-        <v>1100</v>
+        <v>1146</v>
       </c>
       <c r="BI15" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="BN15" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
         <v>453973</v>
       </c>
       <c r="BS15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">