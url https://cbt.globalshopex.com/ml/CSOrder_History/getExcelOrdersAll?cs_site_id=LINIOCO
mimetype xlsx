--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -6946,51 +6946,51 @@
       <c r="AZ13" t="s">
         <v>227</v>
       </c>
       <c r="BA13" t="s">
         <v>85</v>
       </c>
       <c r="BB13" t="s">
         <v>224</v>
       </c>
       <c r="BC13" t="s">
         <v>76</v>
       </c>
       <c r="BD13" t="s">
         <v>76</v>
       </c>
       <c r="BE13" t="s">
         <v>76</v>
       </c>
       <c r="BF13" t="s">
         <v>76</v>
       </c>
       <c r="BG13" t="s">
         <v>76</v>
       </c>
       <c r="BH13">
-        <v>868</v>
+        <v>960</v>
       </c>
       <c r="BI13" t="s">
         <v>232</v>
       </c>
       <c r="BJ13" t="s">
         <v>194</v>
       </c>
       <c r="BK13" t="s">
         <v>233</v>
       </c>
       <c r="BL13" t="s">
         <v>234</v>
       </c>
       <c r="BM13" t="s">
         <v>235</v>
       </c>
       <c r="BN13" t="s">
         <v>236</v>
       </c>
       <c r="BO13">
         <v>4</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
@@ -7139,51 +7139,51 @@
       <c r="AZ14" t="s">
         <v>227</v>
       </c>
       <c r="BA14" t="s">
         <v>85</v>
       </c>
       <c r="BB14" t="s">
         <v>237</v>
       </c>
       <c r="BC14" t="s">
         <v>240</v>
       </c>
       <c r="BD14" t="s">
         <v>76</v>
       </c>
       <c r="BE14" t="s">
         <v>76</v>
       </c>
       <c r="BF14" t="s">
         <v>76</v>
       </c>
       <c r="BG14" t="s">
         <v>76</v>
       </c>
       <c r="BH14">
-        <v>872</v>
+        <v>964</v>
       </c>
       <c r="BI14" t="s">
         <v>89</v>
       </c>
       <c r="BJ14" t="s">
         <v>194</v>
       </c>
       <c r="BK14" t="s">
         <v>233</v>
       </c>
       <c r="BL14" t="s">
         <v>234</v>
       </c>
       <c r="BM14" t="s">
         <v>247</v>
       </c>
       <c r="BN14" t="s">
         <v>248</v>
       </c>
       <c r="BO14">
         <v>9</v>
       </c>
       <c r="BP14" t="s">
         <v>72</v>
       </c>
@@ -10026,51 +10026,51 @@
       <c r="AZ29" t="s">
         <v>227</v>
       </c>
       <c r="BA29" t="s">
         <v>85</v>
       </c>
       <c r="BB29" t="s">
         <v>412</v>
       </c>
       <c r="BC29" t="s">
         <v>76</v>
       </c>
       <c r="BD29" t="s">
         <v>76</v>
       </c>
       <c r="BE29" t="s">
         <v>76</v>
       </c>
       <c r="BF29" t="s">
         <v>76</v>
       </c>
       <c r="BG29" t="s">
         <v>76</v>
       </c>
       <c r="BH29">
-        <v>1088</v>
+        <v>1180</v>
       </c>
       <c r="BI29" t="s">
         <v>232</v>
       </c>
       <c r="BJ29" t="s">
         <v>194</v>
       </c>
       <c r="BK29" t="s">
         <v>233</v>
       </c>
       <c r="BL29" t="s">
         <v>234</v>
       </c>
       <c r="BM29" t="s">
         <v>415</v>
       </c>
       <c r="BN29" t="s">
         <v>416</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
@@ -11952,51 +11952,51 @@
       <c r="AZ39" t="s">
         <v>227</v>
       </c>
       <c r="BA39" t="s">
         <v>85</v>
       </c>
       <c r="BB39" t="s">
         <v>523</v>
       </c>
       <c r="BC39" t="s">
         <v>526</v>
       </c>
       <c r="BD39" t="s">
         <v>533</v>
       </c>
       <c r="BE39" t="s">
         <v>76</v>
       </c>
       <c r="BF39" t="s">
         <v>76</v>
       </c>
       <c r="BG39" t="s">
         <v>76</v>
       </c>
       <c r="BH39">
-        <v>1465</v>
+        <v>1557</v>
       </c>
       <c r="BI39" t="s">
         <v>89</v>
       </c>
       <c r="BJ39" t="s">
         <v>194</v>
       </c>
       <c r="BK39" t="s">
         <v>195</v>
       </c>
       <c r="BL39" t="s">
         <v>234</v>
       </c>
       <c r="BM39" t="s">
         <v>534</v>
       </c>
       <c r="BN39" t="s">
         <v>535</v>
       </c>
       <c r="BO39">
         <v>1</v>
       </c>
       <c r="BP39" t="s">
         <v>536</v>
       </c>
@@ -12326,51 +12326,51 @@
       <c r="AZ41" t="s">
         <v>227</v>
       </c>
       <c r="BA41" t="s">
         <v>85</v>
       </c>
       <c r="BB41" t="s">
         <v>553</v>
       </c>
       <c r="BC41" t="s">
         <v>76</v>
       </c>
       <c r="BD41" t="s">
         <v>76</v>
       </c>
       <c r="BE41" t="s">
         <v>76</v>
       </c>
       <c r="BF41" t="s">
         <v>76</v>
       </c>
       <c r="BG41" t="s">
         <v>76</v>
       </c>
       <c r="BH41">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI41" t="s">
         <v>232</v>
       </c>
       <c r="BJ41" t="s">
         <v>194</v>
       </c>
       <c r="BK41" t="s">
         <v>557</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>558</v>
       </c>
       <c r="BN41" t="s">
         <v>76</v>
       </c>
       <c r="BO41">
         <v>0</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>7267</v>
       </c>
@@ -12505,51 +12505,51 @@
       <c r="AZ42" t="s">
         <v>227</v>
       </c>
       <c r="BA42" t="s">
         <v>85</v>
       </c>
       <c r="BB42" t="s">
         <v>559</v>
       </c>
       <c r="BC42" t="s">
         <v>76</v>
       </c>
       <c r="BD42" t="s">
         <v>76</v>
       </c>
       <c r="BE42" t="s">
         <v>76</v>
       </c>
       <c r="BF42" t="s">
         <v>76</v>
       </c>
       <c r="BG42" t="s">
         <v>76</v>
       </c>
       <c r="BH42">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI42" t="s">
         <v>232</v>
       </c>
       <c r="BJ42" t="s">
         <v>194</v>
       </c>
       <c r="BK42" t="s">
         <v>557</v>
       </c>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>564</v>
       </c>
       <c r="BN42" t="s">
         <v>76</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>908</v>
       </c>
@@ -12684,51 +12684,51 @@
       <c r="AZ43" t="s">
         <v>227</v>
       </c>
       <c r="BA43" t="s">
         <v>85</v>
       </c>
       <c r="BB43" t="s">
         <v>565</v>
       </c>
       <c r="BC43" t="s">
         <v>76</v>
       </c>
       <c r="BD43" t="s">
         <v>76</v>
       </c>
       <c r="BE43" t="s">
         <v>76</v>
       </c>
       <c r="BF43" t="s">
         <v>76</v>
       </c>
       <c r="BG43" t="s">
         <v>76</v>
       </c>
       <c r="BH43">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI43" t="s">
         <v>232</v>
       </c>
       <c r="BJ43" t="s">
         <v>194</v>
       </c>
       <c r="BK43" t="s">
         <v>557</v>
       </c>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>567</v>
       </c>
       <c r="BN43" t="s">
         <v>76</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>908</v>
       </c>
@@ -12863,51 +12863,51 @@
       <c r="AZ44" t="s">
         <v>227</v>
       </c>
       <c r="BA44" t="s">
         <v>85</v>
       </c>
       <c r="BB44" t="s">
         <v>568</v>
       </c>
       <c r="BC44" t="s">
         <v>76</v>
       </c>
       <c r="BD44" t="s">
         <v>76</v>
       </c>
       <c r="BE44" t="s">
         <v>76</v>
       </c>
       <c r="BF44" t="s">
         <v>76</v>
       </c>
       <c r="BG44" t="s">
         <v>76</v>
       </c>
       <c r="BH44">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI44" t="s">
         <v>232</v>
       </c>
       <c r="BJ44" t="s">
         <v>194</v>
       </c>
       <c r="BK44" t="s">
         <v>557</v>
       </c>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>570</v>
       </c>
       <c r="BN44" t="s">
         <v>76</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
         <v>908</v>
       </c>
@@ -13042,51 +13042,51 @@
       <c r="AZ45" t="s">
         <v>227</v>
       </c>
       <c r="BA45" t="s">
         <v>85</v>
       </c>
       <c r="BB45" t="s">
         <v>571</v>
       </c>
       <c r="BC45" t="s">
         <v>76</v>
       </c>
       <c r="BD45" t="s">
         <v>76</v>
       </c>
       <c r="BE45" t="s">
         <v>76</v>
       </c>
       <c r="BF45" t="s">
         <v>76</v>
       </c>
       <c r="BG45" t="s">
         <v>76</v>
       </c>
       <c r="BH45">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI45" t="s">
         <v>232</v>
       </c>
       <c r="BJ45" t="s">
         <v>194</v>
       </c>
       <c r="BK45" t="s">
         <v>557</v>
       </c>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>573</v>
       </c>
       <c r="BN45" t="s">
         <v>76</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
         <v>1817</v>
       </c>
@@ -13221,51 +13221,51 @@
       <c r="AZ46" t="s">
         <v>227</v>
       </c>
       <c r="BA46" t="s">
         <v>85</v>
       </c>
       <c r="BB46" t="s">
         <v>574</v>
       </c>
       <c r="BC46" t="s">
         <v>76</v>
       </c>
       <c r="BD46" t="s">
         <v>76</v>
       </c>
       <c r="BE46" t="s">
         <v>76</v>
       </c>
       <c r="BF46" t="s">
         <v>76</v>
       </c>
       <c r="BG46" t="s">
         <v>76</v>
       </c>
       <c r="BH46">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI46" t="s">
         <v>232</v>
       </c>
       <c r="BJ46" t="s">
         <v>194</v>
       </c>
       <c r="BK46" t="s">
         <v>557</v>
       </c>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>579</v>
       </c>
       <c r="BN46" t="s">
         <v>76</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>908</v>
       </c>
@@ -13400,51 +13400,51 @@
       <c r="AZ47" t="s">
         <v>227</v>
       </c>
       <c r="BA47" t="s">
         <v>85</v>
       </c>
       <c r="BB47" t="s">
         <v>580</v>
       </c>
       <c r="BC47" t="s">
         <v>76</v>
       </c>
       <c r="BD47" t="s">
         <v>76</v>
       </c>
       <c r="BE47" t="s">
         <v>76</v>
       </c>
       <c r="BF47" t="s">
         <v>76</v>
       </c>
       <c r="BG47" t="s">
         <v>76</v>
       </c>
       <c r="BH47">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI47" t="s">
         <v>232</v>
       </c>
       <c r="BJ47" t="s">
         <v>194</v>
       </c>
       <c r="BK47" t="s">
         <v>557</v>
       </c>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>582</v>
       </c>
       <c r="BN47" t="s">
         <v>76</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
         <v>1817</v>
       </c>
@@ -13579,51 +13579,51 @@
       <c r="AZ48" t="s">
         <v>227</v>
       </c>
       <c r="BA48" t="s">
         <v>85</v>
       </c>
       <c r="BB48" t="s">
         <v>583</v>
       </c>
       <c r="BC48" t="s">
         <v>76</v>
       </c>
       <c r="BD48" t="s">
         <v>76</v>
       </c>
       <c r="BE48" t="s">
         <v>76</v>
       </c>
       <c r="BF48" t="s">
         <v>76</v>
       </c>
       <c r="BG48" t="s">
         <v>76</v>
       </c>
       <c r="BH48">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI48" t="s">
         <v>232</v>
       </c>
       <c r="BJ48" t="s">
         <v>194</v>
       </c>
       <c r="BK48" t="s">
         <v>557</v>
       </c>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>588</v>
       </c>
       <c r="BN48" t="s">
         <v>76</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>11809</v>
       </c>
@@ -13758,51 +13758,51 @@
       <c r="AZ49" t="s">
         <v>227</v>
       </c>
       <c r="BA49" t="s">
         <v>85</v>
       </c>
       <c r="BB49" t="s">
         <v>589</v>
       </c>
       <c r="BC49" t="s">
         <v>76</v>
       </c>
       <c r="BD49" t="s">
         <v>76</v>
       </c>
       <c r="BE49" t="s">
         <v>76</v>
       </c>
       <c r="BF49" t="s">
         <v>76</v>
       </c>
       <c r="BG49" t="s">
         <v>76</v>
       </c>
       <c r="BH49">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI49" t="s">
         <v>232</v>
       </c>
       <c r="BJ49" t="s">
         <v>194</v>
       </c>
       <c r="BK49" t="s">
         <v>557</v>
       </c>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>591</v>
       </c>
       <c r="BN49" t="s">
         <v>76</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
         <v>13626</v>
       </c>
@@ -13937,51 +13937,51 @@
       <c r="AZ50" t="s">
         <v>227</v>
       </c>
       <c r="BA50" t="s">
         <v>85</v>
       </c>
       <c r="BB50" t="s">
         <v>592</v>
       </c>
       <c r="BC50" t="s">
         <v>76</v>
       </c>
       <c r="BD50" t="s">
         <v>76</v>
       </c>
       <c r="BE50" t="s">
         <v>76</v>
       </c>
       <c r="BF50" t="s">
         <v>76</v>
       </c>
       <c r="BG50" t="s">
         <v>76</v>
       </c>
       <c r="BH50">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI50" t="s">
         <v>232</v>
       </c>
       <c r="BJ50" t="s">
         <v>194</v>
       </c>
       <c r="BK50" t="s">
         <v>557</v>
       </c>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>594</v>
       </c>
       <c r="BN50" t="s">
         <v>76</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
         <v>908</v>
       </c>
@@ -14116,51 +14116,51 @@
       <c r="AZ51" t="s">
         <v>227</v>
       </c>
       <c r="BA51" t="s">
         <v>85</v>
       </c>
       <c r="BB51" t="s">
         <v>595</v>
       </c>
       <c r="BC51" t="s">
         <v>76</v>
       </c>
       <c r="BD51" t="s">
         <v>76</v>
       </c>
       <c r="BE51" t="s">
         <v>76</v>
       </c>
       <c r="BF51" t="s">
         <v>76</v>
       </c>
       <c r="BG51" t="s">
         <v>76</v>
       </c>
       <c r="BH51">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI51" t="s">
         <v>232</v>
       </c>
       <c r="BJ51" t="s">
         <v>194</v>
       </c>
       <c r="BK51" t="s">
         <v>557</v>
       </c>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>597</v>
       </c>
       <c r="BN51" t="s">
         <v>76</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
         <v>908</v>
       </c>
@@ -14295,51 +14295,51 @@
       <c r="AZ52" t="s">
         <v>227</v>
       </c>
       <c r="BA52" t="s">
         <v>85</v>
       </c>
       <c r="BB52" t="s">
         <v>598</v>
       </c>
       <c r="BC52" t="s">
         <v>76</v>
       </c>
       <c r="BD52" t="s">
         <v>76</v>
       </c>
       <c r="BE52" t="s">
         <v>76</v>
       </c>
       <c r="BF52" t="s">
         <v>76</v>
       </c>
       <c r="BG52" t="s">
         <v>76</v>
       </c>
       <c r="BH52">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI52" t="s">
         <v>232</v>
       </c>
       <c r="BJ52" t="s">
         <v>194</v>
       </c>
       <c r="BK52" t="s">
         <v>557</v>
       </c>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>600</v>
       </c>
       <c r="BN52" t="s">
         <v>76</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
         <v>908</v>
       </c>
@@ -14474,51 +14474,51 @@
       <c r="AZ53" t="s">
         <v>227</v>
       </c>
       <c r="BA53" t="s">
         <v>85</v>
       </c>
       <c r="BB53" t="s">
         <v>602</v>
       </c>
       <c r="BC53" t="s">
         <v>76</v>
       </c>
       <c r="BD53" t="s">
         <v>76</v>
       </c>
       <c r="BE53" t="s">
         <v>76</v>
       </c>
       <c r="BF53" t="s">
         <v>76</v>
       </c>
       <c r="BG53" t="s">
         <v>76</v>
       </c>
       <c r="BH53">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI53" t="s">
         <v>232</v>
       </c>
       <c r="BJ53" t="s">
         <v>194</v>
       </c>
       <c r="BK53" t="s">
         <v>557</v>
       </c>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>607</v>
       </c>
       <c r="BN53" t="s">
         <v>76</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
         <v>3634</v>
       </c>
@@ -14653,51 +14653,51 @@
       <c r="AZ54" t="s">
         <v>227</v>
       </c>
       <c r="BA54" t="s">
         <v>85</v>
       </c>
       <c r="BB54" t="s">
         <v>608</v>
       </c>
       <c r="BC54" t="s">
         <v>76</v>
       </c>
       <c r="BD54" t="s">
         <v>76</v>
       </c>
       <c r="BE54" t="s">
         <v>76</v>
       </c>
       <c r="BF54" t="s">
         <v>76</v>
       </c>
       <c r="BG54" t="s">
         <v>76</v>
       </c>
       <c r="BH54">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI54" t="s">
         <v>232</v>
       </c>
       <c r="BJ54" t="s">
         <v>194</v>
       </c>
       <c r="BK54" t="s">
         <v>557</v>
       </c>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>610</v>
       </c>
       <c r="BN54" t="s">
         <v>76</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
         <v>11052</v>
       </c>
@@ -14832,51 +14832,51 @@
       <c r="AZ55" t="s">
         <v>227</v>
       </c>
       <c r="BA55" t="s">
         <v>85</v>
       </c>
       <c r="BB55" t="s">
         <v>611</v>
       </c>
       <c r="BC55" t="s">
         <v>76</v>
       </c>
       <c r="BD55" t="s">
         <v>76</v>
       </c>
       <c r="BE55" t="s">
         <v>76</v>
       </c>
       <c r="BF55" t="s">
         <v>76</v>
       </c>
       <c r="BG55" t="s">
         <v>76</v>
       </c>
       <c r="BH55">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI55" t="s">
         <v>232</v>
       </c>
       <c r="BJ55" t="s">
         <v>194</v>
       </c>
       <c r="BK55" t="s">
         <v>557</v>
       </c>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>613</v>
       </c>
       <c r="BN55" t="s">
         <v>76</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
         <v>5450</v>
       </c>
@@ -15011,51 +15011,51 @@
       <c r="AZ56" t="s">
         <v>227</v>
       </c>
       <c r="BA56" t="s">
         <v>85</v>
       </c>
       <c r="BB56" t="s">
         <v>614</v>
       </c>
       <c r="BC56" t="s">
         <v>76</v>
       </c>
       <c r="BD56" t="s">
         <v>76</v>
       </c>
       <c r="BE56" t="s">
         <v>76</v>
       </c>
       <c r="BF56" t="s">
         <v>76</v>
       </c>
       <c r="BG56" t="s">
         <v>76</v>
       </c>
       <c r="BH56">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI56" t="s">
         <v>232</v>
       </c>
       <c r="BJ56" t="s">
         <v>194</v>
       </c>
       <c r="BK56" t="s">
         <v>557</v>
       </c>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>616</v>
       </c>
       <c r="BN56" t="s">
         <v>76</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
         <v>9160</v>
       </c>
@@ -15190,51 +15190,51 @@
       <c r="AZ57" t="s">
         <v>227</v>
       </c>
       <c r="BA57" t="s">
         <v>85</v>
       </c>
       <c r="BB57" t="s">
         <v>617</v>
       </c>
       <c r="BC57" t="s">
         <v>76</v>
       </c>
       <c r="BD57" t="s">
         <v>76</v>
       </c>
       <c r="BE57" t="s">
         <v>76</v>
       </c>
       <c r="BF57" t="s">
         <v>76</v>
       </c>
       <c r="BG57" t="s">
         <v>76</v>
       </c>
       <c r="BH57">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI57" t="s">
         <v>232</v>
       </c>
       <c r="BJ57" t="s">
         <v>194</v>
       </c>
       <c r="BK57" t="s">
         <v>557</v>
       </c>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>619</v>
       </c>
       <c r="BN57" t="s">
         <v>76</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
         <v>19606</v>
       </c>
@@ -15369,51 +15369,51 @@
       <c r="AZ58" t="s">
         <v>227</v>
       </c>
       <c r="BA58" t="s">
         <v>85</v>
       </c>
       <c r="BB58" t="s">
         <v>620</v>
       </c>
       <c r="BC58" t="s">
         <v>76</v>
       </c>
       <c r="BD58" t="s">
         <v>76</v>
       </c>
       <c r="BE58" t="s">
         <v>76</v>
       </c>
       <c r="BF58" t="s">
         <v>76</v>
       </c>
       <c r="BG58" t="s">
         <v>76</v>
       </c>
       <c r="BH58">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI58" t="s">
         <v>232</v>
       </c>
       <c r="BJ58" t="s">
         <v>194</v>
       </c>
       <c r="BK58" t="s">
         <v>557</v>
       </c>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>622</v>
       </c>
       <c r="BN58" t="s">
         <v>76</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
         <v>1817</v>
       </c>
@@ -15548,51 +15548,51 @@
       <c r="AZ59" t="s">
         <v>227</v>
       </c>
       <c r="BA59" t="s">
         <v>85</v>
       </c>
       <c r="BB59" t="s">
         <v>623</v>
       </c>
       <c r="BC59" t="s">
         <v>76</v>
       </c>
       <c r="BD59" t="s">
         <v>76</v>
       </c>
       <c r="BE59" t="s">
         <v>76</v>
       </c>
       <c r="BF59" t="s">
         <v>76</v>
       </c>
       <c r="BG59" t="s">
         <v>76</v>
       </c>
       <c r="BH59">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI59" t="s">
         <v>232</v>
       </c>
       <c r="BJ59" t="s">
         <v>194</v>
       </c>
       <c r="BK59" t="s">
         <v>557</v>
       </c>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>625</v>
       </c>
       <c r="BN59" t="s">
         <v>76</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
         <v>908</v>
       </c>
@@ -15727,51 +15727,51 @@
       <c r="AZ60" t="s">
         <v>227</v>
       </c>
       <c r="BA60" t="s">
         <v>85</v>
       </c>
       <c r="BB60" t="s">
         <v>626</v>
       </c>
       <c r="BC60" t="s">
         <v>76</v>
       </c>
       <c r="BD60" t="s">
         <v>76</v>
       </c>
       <c r="BE60" t="s">
         <v>76</v>
       </c>
       <c r="BF60" t="s">
         <v>76</v>
       </c>
       <c r="BG60" t="s">
         <v>76</v>
       </c>
       <c r="BH60">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI60" t="s">
         <v>232</v>
       </c>
       <c r="BJ60" t="s">
         <v>194</v>
       </c>
       <c r="BK60" t="s">
         <v>557</v>
       </c>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>628</v>
       </c>
       <c r="BN60" t="s">
         <v>76</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
         <v>18547</v>
       </c>
@@ -15906,51 +15906,51 @@
       <c r="AZ61" t="s">
         <v>227</v>
       </c>
       <c r="BA61" t="s">
         <v>85</v>
       </c>
       <c r="BB61" t="s">
         <v>629</v>
       </c>
       <c r="BC61" t="s">
         <v>76</v>
       </c>
       <c r="BD61" t="s">
         <v>76</v>
       </c>
       <c r="BE61" t="s">
         <v>76</v>
       </c>
       <c r="BF61" t="s">
         <v>76</v>
       </c>
       <c r="BG61" t="s">
         <v>76</v>
       </c>
       <c r="BH61">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI61" t="s">
         <v>232</v>
       </c>
       <c r="BJ61" t="s">
         <v>194</v>
       </c>
       <c r="BK61" t="s">
         <v>557</v>
       </c>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>631</v>
       </c>
       <c r="BN61" t="s">
         <v>76</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
         <v>24300</v>
       </c>
@@ -16085,51 +16085,51 @@
       <c r="AZ62" t="s">
         <v>227</v>
       </c>
       <c r="BA62" t="s">
         <v>85</v>
       </c>
       <c r="BB62" t="s">
         <v>632</v>
       </c>
       <c r="BC62" t="s">
         <v>76</v>
       </c>
       <c r="BD62" t="s">
         <v>76</v>
       </c>
       <c r="BE62" t="s">
         <v>76</v>
       </c>
       <c r="BF62" t="s">
         <v>76</v>
       </c>
       <c r="BG62" t="s">
         <v>76</v>
       </c>
       <c r="BH62">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI62" t="s">
         <v>232</v>
       </c>
       <c r="BJ62" t="s">
         <v>194</v>
       </c>
       <c r="BK62" t="s">
         <v>557</v>
       </c>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>636</v>
       </c>
       <c r="BN62" t="s">
         <v>76</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62">
         <v>24400</v>
       </c>
@@ -16268,51 +16268,51 @@
       <c r="AZ63" t="s">
         <v>227</v>
       </c>
       <c r="BA63" t="s">
         <v>85</v>
       </c>
       <c r="BB63" t="s">
         <v>637</v>
       </c>
       <c r="BC63" t="s">
         <v>639</v>
       </c>
       <c r="BD63" t="s">
         <v>641</v>
       </c>
       <c r="BE63" t="s">
         <v>76</v>
       </c>
       <c r="BF63" t="s">
         <v>76</v>
       </c>
       <c r="BG63" t="s">
         <v>76</v>
       </c>
       <c r="BH63">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI63" t="s">
         <v>232</v>
       </c>
       <c r="BJ63" t="s">
         <v>194</v>
       </c>
       <c r="BK63" t="s">
         <v>557</v>
       </c>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>642</v>
       </c>
       <c r="BN63" t="s">
         <v>76</v>
       </c>
       <c r="BO63">
         <v>0</v>
       </c>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63">
         <v>5700</v>
       </c>
@@ -16447,51 +16447,51 @@
       <c r="AZ64" t="s">
         <v>227</v>
       </c>
       <c r="BA64" t="s">
         <v>85</v>
       </c>
       <c r="BB64" t="s">
         <v>643</v>
       </c>
       <c r="BC64" t="s">
         <v>76</v>
       </c>
       <c r="BD64" t="s">
         <v>76</v>
       </c>
       <c r="BE64" t="s">
         <v>76</v>
       </c>
       <c r="BF64" t="s">
         <v>76</v>
       </c>
       <c r="BG64" t="s">
         <v>76</v>
       </c>
       <c r="BH64">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI64" t="s">
         <v>232</v>
       </c>
       <c r="BJ64" t="s">
         <v>194</v>
       </c>
       <c r="BK64" t="s">
         <v>557</v>
       </c>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>646</v>
       </c>
       <c r="BN64" t="s">
         <v>76</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
         <v>26100</v>
       </c>
@@ -16626,51 +16626,51 @@
       <c r="AZ65" t="s">
         <v>227</v>
       </c>
       <c r="BA65" t="s">
         <v>85</v>
       </c>
       <c r="BB65" t="s">
         <v>647</v>
       </c>
       <c r="BC65" t="s">
         <v>76</v>
       </c>
       <c r="BD65" t="s">
         <v>76</v>
       </c>
       <c r="BE65" t="s">
         <v>76</v>
       </c>
       <c r="BF65" t="s">
         <v>76</v>
       </c>
       <c r="BG65" t="s">
         <v>76</v>
       </c>
       <c r="BH65">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI65" t="s">
         <v>232</v>
       </c>
       <c r="BJ65" t="s">
         <v>194</v>
       </c>
       <c r="BK65" t="s">
         <v>557</v>
       </c>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>650</v>
       </c>
       <c r="BN65" t="s">
         <v>76</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
         <v>16200</v>
       </c>
@@ -16805,51 +16805,51 @@
       <c r="AZ66" t="s">
         <v>227</v>
       </c>
       <c r="BA66" t="s">
         <v>85</v>
       </c>
       <c r="BB66" t="s">
         <v>651</v>
       </c>
       <c r="BC66" t="s">
         <v>76</v>
       </c>
       <c r="BD66" t="s">
         <v>76</v>
       </c>
       <c r="BE66" t="s">
         <v>76</v>
       </c>
       <c r="BF66" t="s">
         <v>76</v>
       </c>
       <c r="BG66" t="s">
         <v>76</v>
       </c>
       <c r="BH66">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI66" t="s">
         <v>232</v>
       </c>
       <c r="BJ66" t="s">
         <v>194</v>
       </c>
       <c r="BK66" t="s">
         <v>557</v>
       </c>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>654</v>
       </c>
       <c r="BN66" t="s">
         <v>76</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
         <v>20700</v>
       </c>
@@ -16988,51 +16988,51 @@
       <c r="AZ67" t="s">
         <v>227</v>
       </c>
       <c r="BA67" t="s">
         <v>85</v>
       </c>
       <c r="BB67" t="s">
         <v>655</v>
       </c>
       <c r="BC67" t="s">
         <v>639</v>
       </c>
       <c r="BD67" t="s">
         <v>76</v>
       </c>
       <c r="BE67" t="s">
         <v>76</v>
       </c>
       <c r="BF67" t="s">
         <v>76</v>
       </c>
       <c r="BG67" t="s">
         <v>76</v>
       </c>
       <c r="BH67">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI67" t="s">
         <v>232</v>
       </c>
       <c r="BJ67" t="s">
         <v>194</v>
       </c>
       <c r="BK67" t="s">
         <v>557</v>
       </c>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>658</v>
       </c>
       <c r="BN67" t="s">
         <v>76</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67"/>
       <c r="BQ67"/>
       <c r="BR67">
         <v>12600</v>
       </c>
@@ -17171,51 +17171,51 @@
       <c r="AZ68" t="s">
         <v>227</v>
       </c>
       <c r="BA68" t="s">
         <v>85</v>
       </c>
       <c r="BB68" t="s">
         <v>659</v>
       </c>
       <c r="BC68" t="s">
         <v>639</v>
       </c>
       <c r="BD68" t="s">
         <v>662</v>
       </c>
       <c r="BE68" t="s">
         <v>76</v>
       </c>
       <c r="BF68" t="s">
         <v>76</v>
       </c>
       <c r="BG68" t="s">
         <v>76</v>
       </c>
       <c r="BH68">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI68" t="s">
         <v>232</v>
       </c>
       <c r="BJ68" t="s">
         <v>194</v>
       </c>
       <c r="BK68" t="s">
         <v>557</v>
       </c>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>663</v>
       </c>
       <c r="BN68" t="s">
         <v>76</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68"/>
       <c r="BQ68"/>
       <c r="BR68">
         <v>3600</v>
       </c>
@@ -17350,51 +17350,51 @@
       <c r="AZ69" t="s">
         <v>227</v>
       </c>
       <c r="BA69" t="s">
         <v>85</v>
       </c>
       <c r="BB69" t="s">
         <v>664</v>
       </c>
       <c r="BC69" t="s">
         <v>76</v>
       </c>
       <c r="BD69" t="s">
         <v>76</v>
       </c>
       <c r="BE69" t="s">
         <v>76</v>
       </c>
       <c r="BF69" t="s">
         <v>76</v>
       </c>
       <c r="BG69" t="s">
         <v>76</v>
       </c>
       <c r="BH69">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI69" t="s">
         <v>232</v>
       </c>
       <c r="BJ69" t="s">
         <v>194</v>
       </c>
       <c r="BK69" t="s">
         <v>557</v>
       </c>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>666</v>
       </c>
       <c r="BN69" t="s">
         <v>76</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
         <v>900</v>
       </c>
@@ -17533,51 +17533,51 @@
       <c r="AZ70" t="s">
         <v>227</v>
       </c>
       <c r="BA70" t="s">
         <v>85</v>
       </c>
       <c r="BB70" t="s">
         <v>667</v>
       </c>
       <c r="BC70" t="s">
         <v>639</v>
       </c>
       <c r="BD70" t="s">
         <v>76</v>
       </c>
       <c r="BE70" t="s">
         <v>76</v>
       </c>
       <c r="BF70" t="s">
         <v>76</v>
       </c>
       <c r="BG70" t="s">
         <v>76</v>
       </c>
       <c r="BH70">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI70" t="s">
         <v>232</v>
       </c>
       <c r="BJ70" t="s">
         <v>194</v>
       </c>
       <c r="BK70" t="s">
         <v>557</v>
       </c>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>670</v>
       </c>
       <c r="BN70" t="s">
         <v>76</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
         <v>3600</v>
       </c>
@@ -17716,51 +17716,51 @@
       <c r="AZ71" t="s">
         <v>227</v>
       </c>
       <c r="BA71" t="s">
         <v>85</v>
       </c>
       <c r="BB71" t="s">
         <v>671</v>
       </c>
       <c r="BC71" t="s">
         <v>639</v>
       </c>
       <c r="BD71" t="s">
         <v>76</v>
       </c>
       <c r="BE71" t="s">
         <v>76</v>
       </c>
       <c r="BF71" t="s">
         <v>76</v>
       </c>
       <c r="BG71" t="s">
         <v>76</v>
       </c>
       <c r="BH71">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI71" t="s">
         <v>232</v>
       </c>
       <c r="BJ71" t="s">
         <v>194</v>
       </c>
       <c r="BK71" t="s">
         <v>557</v>
       </c>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>677</v>
       </c>
       <c r="BN71" t="s">
         <v>76</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
         <v>1800</v>
       </c>
@@ -17899,51 +17899,51 @@
       <c r="AZ72" t="s">
         <v>227</v>
       </c>
       <c r="BA72" t="s">
         <v>85</v>
       </c>
       <c r="BB72" t="s">
         <v>678</v>
       </c>
       <c r="BC72" t="s">
         <v>639</v>
       </c>
       <c r="BD72" t="s">
         <v>681</v>
       </c>
       <c r="BE72" t="s">
         <v>76</v>
       </c>
       <c r="BF72" t="s">
         <v>76</v>
       </c>
       <c r="BG72" t="s">
         <v>76</v>
       </c>
       <c r="BH72">
-        <v>1567</v>
+        <v>1659</v>
       </c>
       <c r="BI72" t="s">
         <v>232</v>
       </c>
       <c r="BJ72" t="s">
         <v>194</v>
       </c>
       <c r="BK72" t="s">
         <v>557</v>
       </c>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>682</v>
       </c>
       <c r="BN72" t="s">
         <v>76</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
         <v>900</v>
       </c>
@@ -18082,51 +18082,51 @@
       <c r="AZ73" t="s">
         <v>227</v>
       </c>
       <c r="BA73" t="s">
         <v>85</v>
       </c>
       <c r="BB73" t="s">
         <v>683</v>
       </c>
       <c r="BC73" t="s">
         <v>639</v>
       </c>
       <c r="BD73" t="s">
         <v>76</v>
       </c>
       <c r="BE73" t="s">
         <v>76</v>
       </c>
       <c r="BF73" t="s">
         <v>76</v>
       </c>
       <c r="BG73" t="s">
         <v>76</v>
       </c>
       <c r="BH73">
-        <v>1568</v>
+        <v>1660</v>
       </c>
       <c r="BI73" t="s">
         <v>232</v>
       </c>
       <c r="BJ73" t="s">
         <v>194</v>
       </c>
       <c r="BK73" t="s">
         <v>557</v>
       </c>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>688</v>
       </c>
       <c r="BN73" t="s">
         <v>76</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73"/>
       <c r="BQ73"/>
       <c r="BR73">
         <v>900</v>
       </c>
@@ -18265,51 +18265,51 @@
       <c r="AZ74" t="s">
         <v>227</v>
       </c>
       <c r="BA74" t="s">
         <v>85</v>
       </c>
       <c r="BB74" t="s">
         <v>689</v>
       </c>
       <c r="BC74" t="s">
         <v>639</v>
       </c>
       <c r="BD74" t="s">
         <v>76</v>
       </c>
       <c r="BE74" t="s">
         <v>76</v>
       </c>
       <c r="BF74" t="s">
         <v>76</v>
       </c>
       <c r="BG74" t="s">
         <v>76</v>
       </c>
       <c r="BH74">
-        <v>1568</v>
+        <v>1660</v>
       </c>
       <c r="BI74" t="s">
         <v>232</v>
       </c>
       <c r="BJ74" t="s">
         <v>194</v>
       </c>
       <c r="BK74" t="s">
         <v>557</v>
       </c>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>695</v>
       </c>
       <c r="BN74" t="s">
         <v>76</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
         <v>4500</v>
       </c>
@@ -18448,51 +18448,51 @@
       <c r="AZ75" t="s">
         <v>227</v>
       </c>
       <c r="BA75" t="s">
         <v>85</v>
       </c>
       <c r="BB75" t="s">
         <v>696</v>
       </c>
       <c r="BC75" t="s">
         <v>639</v>
       </c>
       <c r="BD75" t="s">
         <v>701</v>
       </c>
       <c r="BE75" t="s">
         <v>76</v>
       </c>
       <c r="BF75" t="s">
         <v>76</v>
       </c>
       <c r="BG75" t="s">
         <v>76</v>
       </c>
       <c r="BH75">
-        <v>1568</v>
+        <v>1660</v>
       </c>
       <c r="BI75" t="s">
         <v>232</v>
       </c>
       <c r="BJ75" t="s">
         <v>194</v>
       </c>
       <c r="BK75" t="s">
         <v>557</v>
       </c>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>702</v>
       </c>
       <c r="BN75" t="s">
         <v>76</v>
       </c>
       <c r="BO75">
         <v>1</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
         <v>12600</v>
       </c>
@@ -18627,51 +18627,51 @@
       <c r="AZ76" t="s">
         <v>227</v>
       </c>
       <c r="BA76" t="s">
         <v>85</v>
       </c>
       <c r="BB76" t="s">
         <v>703</v>
       </c>
       <c r="BC76" t="s">
         <v>76</v>
       </c>
       <c r="BD76" t="s">
         <v>76</v>
       </c>
       <c r="BE76" t="s">
         <v>76</v>
       </c>
       <c r="BF76" t="s">
         <v>76</v>
       </c>
       <c r="BG76" t="s">
         <v>76</v>
       </c>
       <c r="BH76">
-        <v>1568</v>
+        <v>1660</v>
       </c>
       <c r="BI76" t="s">
         <v>232</v>
       </c>
       <c r="BJ76" t="s">
         <v>194</v>
       </c>
       <c r="BK76" t="s">
         <v>557</v>
       </c>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>708</v>
       </c>
       <c r="BN76" t="s">
         <v>76</v>
       </c>
       <c r="BO76">
         <v>1</v>
       </c>
       <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
         <v>18000</v>
       </c>
@@ -18810,51 +18810,51 @@
       <c r="AZ77" t="s">
         <v>227</v>
       </c>
       <c r="BA77" t="s">
         <v>85</v>
       </c>
       <c r="BB77" t="s">
         <v>709</v>
       </c>
       <c r="BC77" t="s">
         <v>712</v>
       </c>
       <c r="BD77" t="s">
         <v>76</v>
       </c>
       <c r="BE77" t="s">
         <v>76</v>
       </c>
       <c r="BF77" t="s">
         <v>76</v>
       </c>
       <c r="BG77" t="s">
         <v>76</v>
       </c>
       <c r="BH77">
-        <v>1568</v>
+        <v>1660</v>
       </c>
       <c r="BI77" t="s">
         <v>232</v>
       </c>
       <c r="BJ77" t="s">
         <v>194</v>
       </c>
       <c r="BK77" t="s">
         <v>557</v>
       </c>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>716</v>
       </c>
       <c r="BN77" t="s">
         <v>76</v>
       </c>
       <c r="BO77">
         <v>1</v>
       </c>
       <c r="BP77"/>
       <c r="BQ77"/>
       <c r="BR77">
         <v>4500</v>
       </c>
@@ -24991,51 +24991,51 @@
       <c r="AZ110" t="s">
         <v>227</v>
       </c>
       <c r="BA110" t="s">
         <v>85</v>
       </c>
       <c r="BB110" t="s">
         <v>1053</v>
       </c>
       <c r="BC110" t="s">
         <v>76</v>
       </c>
       <c r="BD110" t="s">
         <v>76</v>
       </c>
       <c r="BE110" t="s">
         <v>76</v>
       </c>
       <c r="BF110" t="s">
         <v>76</v>
       </c>
       <c r="BG110" t="s">
         <v>76</v>
       </c>
       <c r="BH110">
-        <v>1721</v>
+        <v>1813</v>
       </c>
       <c r="BI110" t="s">
         <v>232</v>
       </c>
       <c r="BJ110" t="s">
         <v>194</v>
       </c>
       <c r="BK110" t="s">
         <v>195</v>
       </c>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>1057</v>
       </c>
       <c r="BN110" t="s">
         <v>76</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110"/>
       <c r="BQ110"/>
       <c r="BR110">
         <v>158194</v>
       </c>
@@ -28365,51 +28365,51 @@
       <c r="AX128"/>
       <c r="AY128"/>
       <c r="AZ128" t="s">
         <v>227</v>
       </c>
       <c r="BA128"/>
       <c r="BB128" t="s">
         <v>1232</v>
       </c>
       <c r="BC128" t="s">
         <v>76</v>
       </c>
       <c r="BD128" t="s">
         <v>76</v>
       </c>
       <c r="BE128" t="s">
         <v>76</v>
       </c>
       <c r="BF128" t="s">
         <v>76</v>
       </c>
       <c r="BG128" t="s">
         <v>76</v>
       </c>
       <c r="BH128">
-        <v>1763</v>
+        <v>1855</v>
       </c>
       <c r="BI128" t="s">
         <v>232</v>
       </c>
       <c r="BJ128"/>
       <c r="BK128"/>
       <c r="BL128"/>
       <c r="BM128" t="s">
         <v>76</v>
       </c>
       <c r="BN128" t="s">
         <v>76</v>
       </c>
       <c r="BO128">
         <v>0</v>
       </c>
       <c r="BP128"/>
       <c r="BQ128"/>
       <c r="BR128">
         <v>137958</v>
       </c>
       <c r="BS128"/>
     </row>
     <row r="129" spans="1:71">
       <c r="A129" t="s">
@@ -29654,51 +29654,51 @@
       <c r="AX135"/>
       <c r="AY135"/>
       <c r="AZ135" t="s">
         <v>227</v>
       </c>
       <c r="BA135"/>
       <c r="BB135" t="s">
         <v>1294</v>
       </c>
       <c r="BC135" t="s">
         <v>1297</v>
       </c>
       <c r="BD135" t="s">
         <v>1301</v>
       </c>
       <c r="BE135" t="s">
         <v>76</v>
       </c>
       <c r="BF135" t="s">
         <v>76</v>
       </c>
       <c r="BG135" t="s">
         <v>76</v>
       </c>
       <c r="BH135">
-        <v>1770</v>
+        <v>1862</v>
       </c>
       <c r="BI135" t="s">
         <v>232</v>
       </c>
       <c r="BJ135"/>
       <c r="BK135" t="s">
         <v>195</v>
       </c>
       <c r="BL135"/>
       <c r="BM135" t="s">
         <v>1302</v>
       </c>
       <c r="BN135" t="s">
         <v>76</v>
       </c>
       <c r="BO135">
         <v>53</v>
       </c>
       <c r="BP135"/>
       <c r="BQ135"/>
       <c r="BR135">
         <v>138356</v>
       </c>
       <c r="BS135" t="s">
         <v>249</v>
@@ -30382,51 +30382,51 @@
       <c r="AX139"/>
       <c r="AY139"/>
       <c r="AZ139" t="s">
         <v>227</v>
       </c>
       <c r="BA139"/>
       <c r="BB139" t="s">
         <v>1332</v>
       </c>
       <c r="BC139" t="s">
         <v>76</v>
       </c>
       <c r="BD139" t="s">
         <v>76</v>
       </c>
       <c r="BE139" t="s">
         <v>76</v>
       </c>
       <c r="BF139" t="s">
         <v>76</v>
       </c>
       <c r="BG139" t="s">
         <v>76</v>
       </c>
       <c r="BH139">
-        <v>1772</v>
+        <v>1864</v>
       </c>
       <c r="BI139" t="s">
         <v>232</v>
       </c>
       <c r="BJ139"/>
       <c r="BK139"/>
       <c r="BL139"/>
       <c r="BM139" t="s">
         <v>76</v>
       </c>
       <c r="BN139" t="s">
         <v>76</v>
       </c>
       <c r="BO139">
         <v>0</v>
       </c>
       <c r="BP139"/>
       <c r="BQ139"/>
       <c r="BR139">
         <v>207716</v>
       </c>
       <c r="BS139"/>
     </row>
     <row r="140" spans="1:71">
       <c r="A140" t="s">