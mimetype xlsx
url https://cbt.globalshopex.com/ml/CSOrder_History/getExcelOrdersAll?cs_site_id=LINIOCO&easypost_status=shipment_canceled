--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1674,51 +1674,51 @@
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2" t="s">
         <v>79</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>868</v>
+        <v>915</v>
       </c>
       <c r="BI2" t="s">
         <v>80</v>
       </c>
       <c r="BJ2" t="s">
         <v>81</v>
       </c>
       <c r="BK2" t="s">
         <v>82</v>
       </c>
       <c r="BL2" t="s">
         <v>83</v>
       </c>
       <c r="BM2" t="s">
         <v>84</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>4</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
@@ -1867,51 +1867,51 @@
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
         <v>79</v>
       </c>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>872</v>
+        <v>919</v>
       </c>
       <c r="BI3" t="s">
         <v>98</v>
       </c>
       <c r="BJ3" t="s">
         <v>81</v>
       </c>
       <c r="BK3" t="s">
         <v>82</v>
       </c>
       <c r="BL3" t="s">
         <v>83</v>
       </c>
       <c r="BM3" t="s">
         <v>99</v>
       </c>
       <c r="BN3" t="s">
         <v>100</v>
       </c>
       <c r="BO3">
         <v>9</v>
       </c>
       <c r="BP3" t="s">
         <v>95</v>
       </c>
@@ -2052,51 +2052,51 @@
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4" t="s">
         <v>79</v>
       </c>
       <c r="BB4" t="s">
         <v>102</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>1088</v>
+        <v>1135</v>
       </c>
       <c r="BI4" t="s">
         <v>80</v>
       </c>
       <c r="BJ4" t="s">
         <v>81</v>
       </c>
       <c r="BK4" t="s">
         <v>82</v>
       </c>
       <c r="BL4" t="s">
         <v>83</v>
       </c>
       <c r="BM4" t="s">
         <v>109</v>
       </c>
       <c r="BN4" t="s">
         <v>110</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
@@ -2241,51 +2241,51 @@
       <c r="AZ5" t="s">
         <v>72</v>
       </c>
       <c r="BA5" t="s">
         <v>79</v>
       </c>
       <c r="BB5" t="s">
         <v>111</v>
       </c>
       <c r="BC5" t="s">
         <v>114</v>
       </c>
       <c r="BD5" t="s">
         <v>122</v>
       </c>
       <c r="BE5" t="s">
         <v>70</v>
       </c>
       <c r="BF5" t="s">
         <v>70</v>
       </c>
       <c r="BG5" t="s">
         <v>70</v>
       </c>
       <c r="BH5">
-        <v>1465</v>
+        <v>1512</v>
       </c>
       <c r="BI5" t="s">
         <v>98</v>
       </c>
       <c r="BJ5" t="s">
         <v>81</v>
       </c>
       <c r="BK5" t="s">
         <v>123</v>
       </c>
       <c r="BL5" t="s">
         <v>83</v>
       </c>
       <c r="BM5" t="s">
         <v>124</v>
       </c>
       <c r="BN5" t="s">
         <v>125</v>
       </c>
       <c r="BO5">
         <v>1</v>
       </c>
       <c r="BP5" t="s">
         <v>126</v>
       </c>
@@ -2424,51 +2424,51 @@
       <c r="AZ6" t="s">
         <v>72</v>
       </c>
       <c r="BA6" t="s">
         <v>79</v>
       </c>
       <c r="BB6" t="s">
         <v>127</v>
       </c>
       <c r="BC6" t="s">
         <v>70</v>
       </c>
       <c r="BD6" t="s">
         <v>70</v>
       </c>
       <c r="BE6" t="s">
         <v>70</v>
       </c>
       <c r="BF6" t="s">
         <v>70</v>
       </c>
       <c r="BG6" t="s">
         <v>70</v>
       </c>
       <c r="BH6">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI6" t="s">
         <v>80</v>
       </c>
       <c r="BJ6" t="s">
         <v>81</v>
       </c>
       <c r="BK6" t="s">
         <v>131</v>
       </c>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>132</v>
       </c>
       <c r="BN6" t="s">
         <v>70</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>7267</v>
       </c>
@@ -2603,51 +2603,51 @@
       <c r="AZ7" t="s">
         <v>72</v>
       </c>
       <c r="BA7" t="s">
         <v>79</v>
       </c>
       <c r="BB7" t="s">
         <v>133</v>
       </c>
       <c r="BC7" t="s">
         <v>70</v>
       </c>
       <c r="BD7" t="s">
         <v>70</v>
       </c>
       <c r="BE7" t="s">
         <v>70</v>
       </c>
       <c r="BF7" t="s">
         <v>70</v>
       </c>
       <c r="BG7" t="s">
         <v>70</v>
       </c>
       <c r="BH7">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI7" t="s">
         <v>80</v>
       </c>
       <c r="BJ7" t="s">
         <v>81</v>
       </c>
       <c r="BK7" t="s">
         <v>131</v>
       </c>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>138</v>
       </c>
       <c r="BN7" t="s">
         <v>70</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>908</v>
       </c>
@@ -2782,51 +2782,51 @@
       <c r="AZ8" t="s">
         <v>72</v>
       </c>
       <c r="BA8" t="s">
         <v>79</v>
       </c>
       <c r="BB8" t="s">
         <v>139</v>
       </c>
       <c r="BC8" t="s">
         <v>70</v>
       </c>
       <c r="BD8" t="s">
         <v>70</v>
       </c>
       <c r="BE8" t="s">
         <v>70</v>
       </c>
       <c r="BF8" t="s">
         <v>70</v>
       </c>
       <c r="BG8" t="s">
         <v>70</v>
       </c>
       <c r="BH8">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI8" t="s">
         <v>80</v>
       </c>
       <c r="BJ8" t="s">
         <v>81</v>
       </c>
       <c r="BK8" t="s">
         <v>131</v>
       </c>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>141</v>
       </c>
       <c r="BN8" t="s">
         <v>70</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>908</v>
       </c>
@@ -2961,51 +2961,51 @@
       <c r="AZ9" t="s">
         <v>72</v>
       </c>
       <c r="BA9" t="s">
         <v>79</v>
       </c>
       <c r="BB9" t="s">
         <v>142</v>
       </c>
       <c r="BC9" t="s">
         <v>70</v>
       </c>
       <c r="BD9" t="s">
         <v>70</v>
       </c>
       <c r="BE9" t="s">
         <v>70</v>
       </c>
       <c r="BF9" t="s">
         <v>70</v>
       </c>
       <c r="BG9" t="s">
         <v>70</v>
       </c>
       <c r="BH9">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI9" t="s">
         <v>80</v>
       </c>
       <c r="BJ9" t="s">
         <v>81</v>
       </c>
       <c r="BK9" t="s">
         <v>131</v>
       </c>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>144</v>
       </c>
       <c r="BN9" t="s">
         <v>70</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>908</v>
       </c>
@@ -3140,51 +3140,51 @@
       <c r="AZ10" t="s">
         <v>72</v>
       </c>
       <c r="BA10" t="s">
         <v>79</v>
       </c>
       <c r="BB10" t="s">
         <v>145</v>
       </c>
       <c r="BC10" t="s">
         <v>70</v>
       </c>
       <c r="BD10" t="s">
         <v>70</v>
       </c>
       <c r="BE10" t="s">
         <v>70</v>
       </c>
       <c r="BF10" t="s">
         <v>70</v>
       </c>
       <c r="BG10" t="s">
         <v>70</v>
       </c>
       <c r="BH10">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI10" t="s">
         <v>80</v>
       </c>
       <c r="BJ10" t="s">
         <v>81</v>
       </c>
       <c r="BK10" t="s">
         <v>131</v>
       </c>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>147</v>
       </c>
       <c r="BN10" t="s">
         <v>70</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>1817</v>
       </c>
@@ -3319,51 +3319,51 @@
       <c r="AZ11" t="s">
         <v>72</v>
       </c>
       <c r="BA11" t="s">
         <v>79</v>
       </c>
       <c r="BB11" t="s">
         <v>148</v>
       </c>
       <c r="BC11" t="s">
         <v>70</v>
       </c>
       <c r="BD11" t="s">
         <v>70</v>
       </c>
       <c r="BE11" t="s">
         <v>70</v>
       </c>
       <c r="BF11" t="s">
         <v>70</v>
       </c>
       <c r="BG11" t="s">
         <v>70</v>
       </c>
       <c r="BH11">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI11" t="s">
         <v>80</v>
       </c>
       <c r="BJ11" t="s">
         <v>81</v>
       </c>
       <c r="BK11" t="s">
         <v>131</v>
       </c>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>153</v>
       </c>
       <c r="BN11" t="s">
         <v>70</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>908</v>
       </c>
@@ -3498,51 +3498,51 @@
       <c r="AZ12" t="s">
         <v>72</v>
       </c>
       <c r="BA12" t="s">
         <v>79</v>
       </c>
       <c r="BB12" t="s">
         <v>154</v>
       </c>
       <c r="BC12" t="s">
         <v>70</v>
       </c>
       <c r="BD12" t="s">
         <v>70</v>
       </c>
       <c r="BE12" t="s">
         <v>70</v>
       </c>
       <c r="BF12" t="s">
         <v>70</v>
       </c>
       <c r="BG12" t="s">
         <v>70</v>
       </c>
       <c r="BH12">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI12" t="s">
         <v>80</v>
       </c>
       <c r="BJ12" t="s">
         <v>81</v>
       </c>
       <c r="BK12" t="s">
         <v>131</v>
       </c>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>156</v>
       </c>
       <c r="BN12" t="s">
         <v>70</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>1817</v>
       </c>
@@ -3677,51 +3677,51 @@
       <c r="AZ13" t="s">
         <v>72</v>
       </c>
       <c r="BA13" t="s">
         <v>79</v>
       </c>
       <c r="BB13" t="s">
         <v>157</v>
       </c>
       <c r="BC13" t="s">
         <v>70</v>
       </c>
       <c r="BD13" t="s">
         <v>70</v>
       </c>
       <c r="BE13" t="s">
         <v>70</v>
       </c>
       <c r="BF13" t="s">
         <v>70</v>
       </c>
       <c r="BG13" t="s">
         <v>70</v>
       </c>
       <c r="BH13">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI13" t="s">
         <v>80</v>
       </c>
       <c r="BJ13" t="s">
         <v>81</v>
       </c>
       <c r="BK13" t="s">
         <v>131</v>
       </c>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>162</v>
       </c>
       <c r="BN13" t="s">
         <v>70</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>11809</v>
       </c>
@@ -3856,51 +3856,51 @@
       <c r="AZ14" t="s">
         <v>72</v>
       </c>
       <c r="BA14" t="s">
         <v>79</v>
       </c>
       <c r="BB14" t="s">
         <v>163</v>
       </c>
       <c r="BC14" t="s">
         <v>70</v>
       </c>
       <c r="BD14" t="s">
         <v>70</v>
       </c>
       <c r="BE14" t="s">
         <v>70</v>
       </c>
       <c r="BF14" t="s">
         <v>70</v>
       </c>
       <c r="BG14" t="s">
         <v>70</v>
       </c>
       <c r="BH14">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI14" t="s">
         <v>80</v>
       </c>
       <c r="BJ14" t="s">
         <v>81</v>
       </c>
       <c r="BK14" t="s">
         <v>131</v>
       </c>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>165</v>
       </c>
       <c r="BN14" t="s">
         <v>70</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>13626</v>
       </c>
@@ -4035,51 +4035,51 @@
       <c r="AZ15" t="s">
         <v>72</v>
       </c>
       <c r="BA15" t="s">
         <v>79</v>
       </c>
       <c r="BB15" t="s">
         <v>166</v>
       </c>
       <c r="BC15" t="s">
         <v>70</v>
       </c>
       <c r="BD15" t="s">
         <v>70</v>
       </c>
       <c r="BE15" t="s">
         <v>70</v>
       </c>
       <c r="BF15" t="s">
         <v>70</v>
       </c>
       <c r="BG15" t="s">
         <v>70</v>
       </c>
       <c r="BH15">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI15" t="s">
         <v>80</v>
       </c>
       <c r="BJ15" t="s">
         <v>81</v>
       </c>
       <c r="BK15" t="s">
         <v>131</v>
       </c>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>168</v>
       </c>
       <c r="BN15" t="s">
         <v>70</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>908</v>
       </c>
@@ -4214,51 +4214,51 @@
       <c r="AZ16" t="s">
         <v>72</v>
       </c>
       <c r="BA16" t="s">
         <v>79</v>
       </c>
       <c r="BB16" t="s">
         <v>169</v>
       </c>
       <c r="BC16" t="s">
         <v>70</v>
       </c>
       <c r="BD16" t="s">
         <v>70</v>
       </c>
       <c r="BE16" t="s">
         <v>70</v>
       </c>
       <c r="BF16" t="s">
         <v>70</v>
       </c>
       <c r="BG16" t="s">
         <v>70</v>
       </c>
       <c r="BH16">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI16" t="s">
         <v>80</v>
       </c>
       <c r="BJ16" t="s">
         <v>81</v>
       </c>
       <c r="BK16" t="s">
         <v>131</v>
       </c>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>171</v>
       </c>
       <c r="BN16" t="s">
         <v>70</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>908</v>
       </c>
@@ -4393,51 +4393,51 @@
       <c r="AZ17" t="s">
         <v>72</v>
       </c>
       <c r="BA17" t="s">
         <v>79</v>
       </c>
       <c r="BB17" t="s">
         <v>172</v>
       </c>
       <c r="BC17" t="s">
         <v>70</v>
       </c>
       <c r="BD17" t="s">
         <v>70</v>
       </c>
       <c r="BE17" t="s">
         <v>70</v>
       </c>
       <c r="BF17" t="s">
         <v>70</v>
       </c>
       <c r="BG17" t="s">
         <v>70</v>
       </c>
       <c r="BH17">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI17" t="s">
         <v>80</v>
       </c>
       <c r="BJ17" t="s">
         <v>81</v>
       </c>
       <c r="BK17" t="s">
         <v>131</v>
       </c>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>174</v>
       </c>
       <c r="BN17" t="s">
         <v>70</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>908</v>
       </c>
@@ -4572,51 +4572,51 @@
       <c r="AZ18" t="s">
         <v>72</v>
       </c>
       <c r="BA18" t="s">
         <v>79</v>
       </c>
       <c r="BB18" t="s">
         <v>176</v>
       </c>
       <c r="BC18" t="s">
         <v>70</v>
       </c>
       <c r="BD18" t="s">
         <v>70</v>
       </c>
       <c r="BE18" t="s">
         <v>70</v>
       </c>
       <c r="BF18" t="s">
         <v>70</v>
       </c>
       <c r="BG18" t="s">
         <v>70</v>
       </c>
       <c r="BH18">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI18" t="s">
         <v>80</v>
       </c>
       <c r="BJ18" t="s">
         <v>81</v>
       </c>
       <c r="BK18" t="s">
         <v>131</v>
       </c>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>181</v>
       </c>
       <c r="BN18" t="s">
         <v>70</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>3634</v>
       </c>
@@ -4751,51 +4751,51 @@
       <c r="AZ19" t="s">
         <v>72</v>
       </c>
       <c r="BA19" t="s">
         <v>79</v>
       </c>
       <c r="BB19" t="s">
         <v>182</v>
       </c>
       <c r="BC19" t="s">
         <v>70</v>
       </c>
       <c r="BD19" t="s">
         <v>70</v>
       </c>
       <c r="BE19" t="s">
         <v>70</v>
       </c>
       <c r="BF19" t="s">
         <v>70</v>
       </c>
       <c r="BG19" t="s">
         <v>70</v>
       </c>
       <c r="BH19">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI19" t="s">
         <v>80</v>
       </c>
       <c r="BJ19" t="s">
         <v>81</v>
       </c>
       <c r="BK19" t="s">
         <v>131</v>
       </c>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>184</v>
       </c>
       <c r="BN19" t="s">
         <v>70</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>11052</v>
       </c>
@@ -4930,51 +4930,51 @@
       <c r="AZ20" t="s">
         <v>72</v>
       </c>
       <c r="BA20" t="s">
         <v>79</v>
       </c>
       <c r="BB20" t="s">
         <v>185</v>
       </c>
       <c r="BC20" t="s">
         <v>70</v>
       </c>
       <c r="BD20" t="s">
         <v>70</v>
       </c>
       <c r="BE20" t="s">
         <v>70</v>
       </c>
       <c r="BF20" t="s">
         <v>70</v>
       </c>
       <c r="BG20" t="s">
         <v>70</v>
       </c>
       <c r="BH20">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI20" t="s">
         <v>80</v>
       </c>
       <c r="BJ20" t="s">
         <v>81</v>
       </c>
       <c r="BK20" t="s">
         <v>131</v>
       </c>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>187</v>
       </c>
       <c r="BN20" t="s">
         <v>70</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>5450</v>
       </c>
@@ -5109,51 +5109,51 @@
       <c r="AZ21" t="s">
         <v>72</v>
       </c>
       <c r="BA21" t="s">
         <v>79</v>
       </c>
       <c r="BB21" t="s">
         <v>188</v>
       </c>
       <c r="BC21" t="s">
         <v>70</v>
       </c>
       <c r="BD21" t="s">
         <v>70</v>
       </c>
       <c r="BE21" t="s">
         <v>70</v>
       </c>
       <c r="BF21" t="s">
         <v>70</v>
       </c>
       <c r="BG21" t="s">
         <v>70</v>
       </c>
       <c r="BH21">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI21" t="s">
         <v>80</v>
       </c>
       <c r="BJ21" t="s">
         <v>81</v>
       </c>
       <c r="BK21" t="s">
         <v>131</v>
       </c>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>190</v>
       </c>
       <c r="BN21" t="s">
         <v>70</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>9160</v>
       </c>
@@ -5288,51 +5288,51 @@
       <c r="AZ22" t="s">
         <v>72</v>
       </c>
       <c r="BA22" t="s">
         <v>79</v>
       </c>
       <c r="BB22" t="s">
         <v>191</v>
       </c>
       <c r="BC22" t="s">
         <v>70</v>
       </c>
       <c r="BD22" t="s">
         <v>70</v>
       </c>
       <c r="BE22" t="s">
         <v>70</v>
       </c>
       <c r="BF22" t="s">
         <v>70</v>
       </c>
       <c r="BG22" t="s">
         <v>70</v>
       </c>
       <c r="BH22">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI22" t="s">
         <v>80</v>
       </c>
       <c r="BJ22" t="s">
         <v>81</v>
       </c>
       <c r="BK22" t="s">
         <v>131</v>
       </c>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>193</v>
       </c>
       <c r="BN22" t="s">
         <v>70</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>19606</v>
       </c>
@@ -5467,51 +5467,51 @@
       <c r="AZ23" t="s">
         <v>72</v>
       </c>
       <c r="BA23" t="s">
         <v>79</v>
       </c>
       <c r="BB23" t="s">
         <v>194</v>
       </c>
       <c r="BC23" t="s">
         <v>70</v>
       </c>
       <c r="BD23" t="s">
         <v>70</v>
       </c>
       <c r="BE23" t="s">
         <v>70</v>
       </c>
       <c r="BF23" t="s">
         <v>70</v>
       </c>
       <c r="BG23" t="s">
         <v>70</v>
       </c>
       <c r="BH23">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI23" t="s">
         <v>80</v>
       </c>
       <c r="BJ23" t="s">
         <v>81</v>
       </c>
       <c r="BK23" t="s">
         <v>131</v>
       </c>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>196</v>
       </c>
       <c r="BN23" t="s">
         <v>70</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>1817</v>
       </c>
@@ -5646,51 +5646,51 @@
       <c r="AZ24" t="s">
         <v>72</v>
       </c>
       <c r="BA24" t="s">
         <v>79</v>
       </c>
       <c r="BB24" t="s">
         <v>197</v>
       </c>
       <c r="BC24" t="s">
         <v>70</v>
       </c>
       <c r="BD24" t="s">
         <v>70</v>
       </c>
       <c r="BE24" t="s">
         <v>70</v>
       </c>
       <c r="BF24" t="s">
         <v>70</v>
       </c>
       <c r="BG24" t="s">
         <v>70</v>
       </c>
       <c r="BH24">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI24" t="s">
         <v>80</v>
       </c>
       <c r="BJ24" t="s">
         <v>81</v>
       </c>
       <c r="BK24" t="s">
         <v>131</v>
       </c>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>199</v>
       </c>
       <c r="BN24" t="s">
         <v>70</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>908</v>
       </c>
@@ -5825,51 +5825,51 @@
       <c r="AZ25" t="s">
         <v>72</v>
       </c>
       <c r="BA25" t="s">
         <v>79</v>
       </c>
       <c r="BB25" t="s">
         <v>200</v>
       </c>
       <c r="BC25" t="s">
         <v>70</v>
       </c>
       <c r="BD25" t="s">
         <v>70</v>
       </c>
       <c r="BE25" t="s">
         <v>70</v>
       </c>
       <c r="BF25" t="s">
         <v>70</v>
       </c>
       <c r="BG25" t="s">
         <v>70</v>
       </c>
       <c r="BH25">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI25" t="s">
         <v>80</v>
       </c>
       <c r="BJ25" t="s">
         <v>81</v>
       </c>
       <c r="BK25" t="s">
         <v>131</v>
       </c>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>202</v>
       </c>
       <c r="BN25" t="s">
         <v>70</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>18547</v>
       </c>
@@ -6004,51 +6004,51 @@
       <c r="AZ26" t="s">
         <v>72</v>
       </c>
       <c r="BA26" t="s">
         <v>79</v>
       </c>
       <c r="BB26" t="s">
         <v>203</v>
       </c>
       <c r="BC26" t="s">
         <v>70</v>
       </c>
       <c r="BD26" t="s">
         <v>70</v>
       </c>
       <c r="BE26" t="s">
         <v>70</v>
       </c>
       <c r="BF26" t="s">
         <v>70</v>
       </c>
       <c r="BG26" t="s">
         <v>70</v>
       </c>
       <c r="BH26">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI26" t="s">
         <v>80</v>
       </c>
       <c r="BJ26" t="s">
         <v>81</v>
       </c>
       <c r="BK26" t="s">
         <v>131</v>
       </c>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>205</v>
       </c>
       <c r="BN26" t="s">
         <v>70</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>24300</v>
       </c>
@@ -6183,51 +6183,51 @@
       <c r="AZ27" t="s">
         <v>72</v>
       </c>
       <c r="BA27" t="s">
         <v>79</v>
       </c>
       <c r="BB27" t="s">
         <v>206</v>
       </c>
       <c r="BC27" t="s">
         <v>70</v>
       </c>
       <c r="BD27" t="s">
         <v>70</v>
       </c>
       <c r="BE27" t="s">
         <v>70</v>
       </c>
       <c r="BF27" t="s">
         <v>70</v>
       </c>
       <c r="BG27" t="s">
         <v>70</v>
       </c>
       <c r="BH27">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI27" t="s">
         <v>80</v>
       </c>
       <c r="BJ27" t="s">
         <v>81</v>
       </c>
       <c r="BK27" t="s">
         <v>131</v>
       </c>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>210</v>
       </c>
       <c r="BN27" t="s">
         <v>70</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>24400</v>
       </c>
@@ -6366,51 +6366,51 @@
       <c r="AZ28" t="s">
         <v>72</v>
       </c>
       <c r="BA28" t="s">
         <v>79</v>
       </c>
       <c r="BB28" t="s">
         <v>211</v>
       </c>
       <c r="BC28" t="s">
         <v>213</v>
       </c>
       <c r="BD28" t="s">
         <v>215</v>
       </c>
       <c r="BE28" t="s">
         <v>70</v>
       </c>
       <c r="BF28" t="s">
         <v>70</v>
       </c>
       <c r="BG28" t="s">
         <v>70</v>
       </c>
       <c r="BH28">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI28" t="s">
         <v>80</v>
       </c>
       <c r="BJ28" t="s">
         <v>81</v>
       </c>
       <c r="BK28" t="s">
         <v>131</v>
       </c>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>216</v>
       </c>
       <c r="BN28" t="s">
         <v>70</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>5700</v>
       </c>
@@ -6545,51 +6545,51 @@
       <c r="AZ29" t="s">
         <v>72</v>
       </c>
       <c r="BA29" t="s">
         <v>79</v>
       </c>
       <c r="BB29" t="s">
         <v>217</v>
       </c>
       <c r="BC29" t="s">
         <v>70</v>
       </c>
       <c r="BD29" t="s">
         <v>70</v>
       </c>
       <c r="BE29" t="s">
         <v>70</v>
       </c>
       <c r="BF29" t="s">
         <v>70</v>
       </c>
       <c r="BG29" t="s">
         <v>70</v>
       </c>
       <c r="BH29">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI29" t="s">
         <v>80</v>
       </c>
       <c r="BJ29" t="s">
         <v>81</v>
       </c>
       <c r="BK29" t="s">
         <v>131</v>
       </c>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>220</v>
       </c>
       <c r="BN29" t="s">
         <v>70</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>26100</v>
       </c>
@@ -6724,51 +6724,51 @@
       <c r="AZ30" t="s">
         <v>72</v>
       </c>
       <c r="BA30" t="s">
         <v>79</v>
       </c>
       <c r="BB30" t="s">
         <v>221</v>
       </c>
       <c r="BC30" t="s">
         <v>70</v>
       </c>
       <c r="BD30" t="s">
         <v>70</v>
       </c>
       <c r="BE30" t="s">
         <v>70</v>
       </c>
       <c r="BF30" t="s">
         <v>70</v>
       </c>
       <c r="BG30" t="s">
         <v>70</v>
       </c>
       <c r="BH30">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI30" t="s">
         <v>80</v>
       </c>
       <c r="BJ30" t="s">
         <v>81</v>
       </c>
       <c r="BK30" t="s">
         <v>131</v>
       </c>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>224</v>
       </c>
       <c r="BN30" t="s">
         <v>70</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>16200</v>
       </c>
@@ -6903,51 +6903,51 @@
       <c r="AZ31" t="s">
         <v>72</v>
       </c>
       <c r="BA31" t="s">
         <v>79</v>
       </c>
       <c r="BB31" t="s">
         <v>225</v>
       </c>
       <c r="BC31" t="s">
         <v>70</v>
       </c>
       <c r="BD31" t="s">
         <v>70</v>
       </c>
       <c r="BE31" t="s">
         <v>70</v>
       </c>
       <c r="BF31" t="s">
         <v>70</v>
       </c>
       <c r="BG31" t="s">
         <v>70</v>
       </c>
       <c r="BH31">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI31" t="s">
         <v>80</v>
       </c>
       <c r="BJ31" t="s">
         <v>81</v>
       </c>
       <c r="BK31" t="s">
         <v>131</v>
       </c>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>228</v>
       </c>
       <c r="BN31" t="s">
         <v>70</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>20700</v>
       </c>
@@ -7086,51 +7086,51 @@
       <c r="AZ32" t="s">
         <v>72</v>
       </c>
       <c r="BA32" t="s">
         <v>79</v>
       </c>
       <c r="BB32" t="s">
         <v>229</v>
       </c>
       <c r="BC32" t="s">
         <v>213</v>
       </c>
       <c r="BD32" t="s">
         <v>70</v>
       </c>
       <c r="BE32" t="s">
         <v>70</v>
       </c>
       <c r="BF32" t="s">
         <v>70</v>
       </c>
       <c r="BG32" t="s">
         <v>70</v>
       </c>
       <c r="BH32">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI32" t="s">
         <v>80</v>
       </c>
       <c r="BJ32" t="s">
         <v>81</v>
       </c>
       <c r="BK32" t="s">
         <v>131</v>
       </c>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>232</v>
       </c>
       <c r="BN32" t="s">
         <v>70</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>12600</v>
       </c>
@@ -7269,51 +7269,51 @@
       <c r="AZ33" t="s">
         <v>72</v>
       </c>
       <c r="BA33" t="s">
         <v>79</v>
       </c>
       <c r="BB33" t="s">
         <v>233</v>
       </c>
       <c r="BC33" t="s">
         <v>213</v>
       </c>
       <c r="BD33" t="s">
         <v>236</v>
       </c>
       <c r="BE33" t="s">
         <v>70</v>
       </c>
       <c r="BF33" t="s">
         <v>70</v>
       </c>
       <c r="BG33" t="s">
         <v>70</v>
       </c>
       <c r="BH33">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI33" t="s">
         <v>80</v>
       </c>
       <c r="BJ33" t="s">
         <v>81</v>
       </c>
       <c r="BK33" t="s">
         <v>131</v>
       </c>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>237</v>
       </c>
       <c r="BN33" t="s">
         <v>70</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>3600</v>
       </c>
@@ -7448,51 +7448,51 @@
       <c r="AZ34" t="s">
         <v>72</v>
       </c>
       <c r="BA34" t="s">
         <v>79</v>
       </c>
       <c r="BB34" t="s">
         <v>238</v>
       </c>
       <c r="BC34" t="s">
         <v>70</v>
       </c>
       <c r="BD34" t="s">
         <v>70</v>
       </c>
       <c r="BE34" t="s">
         <v>70</v>
       </c>
       <c r="BF34" t="s">
         <v>70</v>
       </c>
       <c r="BG34" t="s">
         <v>70</v>
       </c>
       <c r="BH34">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI34" t="s">
         <v>80</v>
       </c>
       <c r="BJ34" t="s">
         <v>81</v>
       </c>
       <c r="BK34" t="s">
         <v>131</v>
       </c>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>240</v>
       </c>
       <c r="BN34" t="s">
         <v>70</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>900</v>
       </c>
@@ -7631,51 +7631,51 @@
       <c r="AZ35" t="s">
         <v>72</v>
       </c>
       <c r="BA35" t="s">
         <v>79</v>
       </c>
       <c r="BB35" t="s">
         <v>241</v>
       </c>
       <c r="BC35" t="s">
         <v>213</v>
       </c>
       <c r="BD35" t="s">
         <v>70</v>
       </c>
       <c r="BE35" t="s">
         <v>70</v>
       </c>
       <c r="BF35" t="s">
         <v>70</v>
       </c>
       <c r="BG35" t="s">
         <v>70</v>
       </c>
       <c r="BH35">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI35" t="s">
         <v>80</v>
       </c>
       <c r="BJ35" t="s">
         <v>81</v>
       </c>
       <c r="BK35" t="s">
         <v>131</v>
       </c>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>244</v>
       </c>
       <c r="BN35" t="s">
         <v>70</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>3600</v>
       </c>
@@ -7814,51 +7814,51 @@
       <c r="AZ36" t="s">
         <v>72</v>
       </c>
       <c r="BA36" t="s">
         <v>79</v>
       </c>
       <c r="BB36" t="s">
         <v>245</v>
       </c>
       <c r="BC36" t="s">
         <v>213</v>
       </c>
       <c r="BD36" t="s">
         <v>70</v>
       </c>
       <c r="BE36" t="s">
         <v>70</v>
       </c>
       <c r="BF36" t="s">
         <v>70</v>
       </c>
       <c r="BG36" t="s">
         <v>70</v>
       </c>
       <c r="BH36">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI36" t="s">
         <v>80</v>
       </c>
       <c r="BJ36" t="s">
         <v>81</v>
       </c>
       <c r="BK36" t="s">
         <v>131</v>
       </c>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>251</v>
       </c>
       <c r="BN36" t="s">
         <v>70</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>1800</v>
       </c>
@@ -7997,51 +7997,51 @@
       <c r="AZ37" t="s">
         <v>72</v>
       </c>
       <c r="BA37" t="s">
         <v>79</v>
       </c>
       <c r="BB37" t="s">
         <v>252</v>
       </c>
       <c r="BC37" t="s">
         <v>213</v>
       </c>
       <c r="BD37" t="s">
         <v>255</v>
       </c>
       <c r="BE37" t="s">
         <v>70</v>
       </c>
       <c r="BF37" t="s">
         <v>70</v>
       </c>
       <c r="BG37" t="s">
         <v>70</v>
       </c>
       <c r="BH37">
-        <v>1567</v>
+        <v>1614</v>
       </c>
       <c r="BI37" t="s">
         <v>80</v>
       </c>
       <c r="BJ37" t="s">
         <v>81</v>
       </c>
       <c r="BK37" t="s">
         <v>131</v>
       </c>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>256</v>
       </c>
       <c r="BN37" t="s">
         <v>70</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>900</v>
       </c>
@@ -8180,51 +8180,51 @@
       <c r="AZ38" t="s">
         <v>72</v>
       </c>
       <c r="BA38" t="s">
         <v>79</v>
       </c>
       <c r="BB38" t="s">
         <v>257</v>
       </c>
       <c r="BC38" t="s">
         <v>213</v>
       </c>
       <c r="BD38" t="s">
         <v>70</v>
       </c>
       <c r="BE38" t="s">
         <v>70</v>
       </c>
       <c r="BF38" t="s">
         <v>70</v>
       </c>
       <c r="BG38" t="s">
         <v>70</v>
       </c>
       <c r="BH38">
-        <v>1568</v>
+        <v>1615</v>
       </c>
       <c r="BI38" t="s">
         <v>80</v>
       </c>
       <c r="BJ38" t="s">
         <v>81</v>
       </c>
       <c r="BK38" t="s">
         <v>131</v>
       </c>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>262</v>
       </c>
       <c r="BN38" t="s">
         <v>70</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>900</v>
       </c>
@@ -8363,51 +8363,51 @@
       <c r="AZ39" t="s">
         <v>72</v>
       </c>
       <c r="BA39" t="s">
         <v>79</v>
       </c>
       <c r="BB39" t="s">
         <v>263</v>
       </c>
       <c r="BC39" t="s">
         <v>213</v>
       </c>
       <c r="BD39" t="s">
         <v>70</v>
       </c>
       <c r="BE39" t="s">
         <v>70</v>
       </c>
       <c r="BF39" t="s">
         <v>70</v>
       </c>
       <c r="BG39" t="s">
         <v>70</v>
       </c>
       <c r="BH39">
-        <v>1568</v>
+        <v>1615</v>
       </c>
       <c r="BI39" t="s">
         <v>80</v>
       </c>
       <c r="BJ39" t="s">
         <v>81</v>
       </c>
       <c r="BK39" t="s">
         <v>131</v>
       </c>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>269</v>
       </c>
       <c r="BN39" t="s">
         <v>70</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>4500</v>
       </c>
@@ -8546,51 +8546,51 @@
       <c r="AZ40" t="s">
         <v>72</v>
       </c>
       <c r="BA40" t="s">
         <v>79</v>
       </c>
       <c r="BB40" t="s">
         <v>270</v>
       </c>
       <c r="BC40" t="s">
         <v>213</v>
       </c>
       <c r="BD40" t="s">
         <v>275</v>
       </c>
       <c r="BE40" t="s">
         <v>70</v>
       </c>
       <c r="BF40" t="s">
         <v>70</v>
       </c>
       <c r="BG40" t="s">
         <v>70</v>
       </c>
       <c r="BH40">
-        <v>1568</v>
+        <v>1615</v>
       </c>
       <c r="BI40" t="s">
         <v>80</v>
       </c>
       <c r="BJ40" t="s">
         <v>81</v>
       </c>
       <c r="BK40" t="s">
         <v>131</v>
       </c>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>276</v>
       </c>
       <c r="BN40" t="s">
         <v>70</v>
       </c>
       <c r="BO40">
         <v>1</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>12600</v>
       </c>
@@ -8725,51 +8725,51 @@
       <c r="AZ41" t="s">
         <v>72</v>
       </c>
       <c r="BA41" t="s">
         <v>79</v>
       </c>
       <c r="BB41" t="s">
         <v>277</v>
       </c>
       <c r="BC41" t="s">
         <v>70</v>
       </c>
       <c r="BD41" t="s">
         <v>70</v>
       </c>
       <c r="BE41" t="s">
         <v>70</v>
       </c>
       <c r="BF41" t="s">
         <v>70</v>
       </c>
       <c r="BG41" t="s">
         <v>70</v>
       </c>
       <c r="BH41">
-        <v>1568</v>
+        <v>1615</v>
       </c>
       <c r="BI41" t="s">
         <v>80</v>
       </c>
       <c r="BJ41" t="s">
         <v>81</v>
       </c>
       <c r="BK41" t="s">
         <v>131</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>282</v>
       </c>
       <c r="BN41" t="s">
         <v>70</v>
       </c>
       <c r="BO41">
         <v>1</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>18000</v>
       </c>
@@ -8908,51 +8908,51 @@
       <c r="AZ42" t="s">
         <v>72</v>
       </c>
       <c r="BA42" t="s">
         <v>79</v>
       </c>
       <c r="BB42" t="s">
         <v>283</v>
       </c>
       <c r="BC42" t="s">
         <v>286</v>
       </c>
       <c r="BD42" t="s">
         <v>70</v>
       </c>
       <c r="BE42" t="s">
         <v>70</v>
       </c>
       <c r="BF42" t="s">
         <v>70</v>
       </c>
       <c r="BG42" t="s">
         <v>70</v>
       </c>
       <c r="BH42">
-        <v>1568</v>
+        <v>1615</v>
       </c>
       <c r="BI42" t="s">
         <v>80</v>
       </c>
       <c r="BJ42" t="s">
         <v>81</v>
       </c>
       <c r="BK42" t="s">
         <v>131</v>
       </c>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>290</v>
       </c>
       <c r="BN42" t="s">
         <v>70</v>
       </c>
       <c r="BO42">
         <v>1</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>4500</v>
       </c>
@@ -9087,51 +9087,51 @@
       <c r="AZ43" t="s">
         <v>72</v>
       </c>
       <c r="BA43" t="s">
         <v>79</v>
       </c>
       <c r="BB43" t="s">
         <v>291</v>
       </c>
       <c r="BC43" t="s">
         <v>70</v>
       </c>
       <c r="BD43" t="s">
         <v>70</v>
       </c>
       <c r="BE43" t="s">
         <v>70</v>
       </c>
       <c r="BF43" t="s">
         <v>70</v>
       </c>
       <c r="BG43" t="s">
         <v>70</v>
       </c>
       <c r="BH43">
-        <v>1721</v>
+        <v>1768</v>
       </c>
       <c r="BI43" t="s">
         <v>80</v>
       </c>
       <c r="BJ43" t="s">
         <v>81</v>
       </c>
       <c r="BK43" t="s">
         <v>123</v>
       </c>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>296</v>
       </c>
       <c r="BN43" t="s">
         <v>70</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>158194</v>
       </c>
@@ -9262,51 +9262,51 @@
       <c r="AX44"/>
       <c r="AY44"/>
       <c r="AZ44" t="s">
         <v>72</v>
       </c>
       <c r="BA44"/>
       <c r="BB44" t="s">
         <v>297</v>
       </c>
       <c r="BC44" t="s">
         <v>70</v>
       </c>
       <c r="BD44" t="s">
         <v>70</v>
       </c>
       <c r="BE44" t="s">
         <v>70</v>
       </c>
       <c r="BF44" t="s">
         <v>70</v>
       </c>
       <c r="BG44" t="s">
         <v>70</v>
       </c>
       <c r="BH44">
-        <v>1763</v>
+        <v>1810</v>
       </c>
       <c r="BI44" t="s">
         <v>80</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>70</v>
       </c>
       <c r="BN44" t="s">
         <v>70</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
         <v>137958</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
@@ -9435,51 +9435,51 @@
       <c r="AX45"/>
       <c r="AY45"/>
       <c r="AZ45" t="s">
         <v>72</v>
       </c>
       <c r="BA45"/>
       <c r="BB45" t="s">
         <v>301</v>
       </c>
       <c r="BC45" t="s">
         <v>304</v>
       </c>
       <c r="BD45" t="s">
         <v>308</v>
       </c>
       <c r="BE45" t="s">
         <v>70</v>
       </c>
       <c r="BF45" t="s">
         <v>70</v>
       </c>
       <c r="BG45" t="s">
         <v>70</v>
       </c>
       <c r="BH45">
-        <v>1770</v>
+        <v>1817</v>
       </c>
       <c r="BI45" t="s">
         <v>80</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45" t="s">
         <v>123</v>
       </c>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>309</v>
       </c>
       <c r="BN45" t="s">
         <v>70</v>
       </c>
       <c r="BO45">
         <v>53</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
         <v>138356</v>
       </c>
       <c r="BS45" t="s">
         <v>101</v>
@@ -9608,51 +9608,51 @@
       <c r="AX46"/>
       <c r="AY46"/>
       <c r="AZ46" t="s">
         <v>72</v>
       </c>
       <c r="BA46"/>
       <c r="BB46" t="s">
         <v>310</v>
       </c>
       <c r="BC46" t="s">
         <v>70</v>
       </c>
       <c r="BD46" t="s">
         <v>70</v>
       </c>
       <c r="BE46" t="s">
         <v>70</v>
       </c>
       <c r="BF46" t="s">
         <v>70</v>
       </c>
       <c r="BG46" t="s">
         <v>70</v>
       </c>
       <c r="BH46">
-        <v>1772</v>
+        <v>1819</v>
       </c>
       <c r="BI46" t="s">
         <v>80</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>70</v>
       </c>
       <c r="BN46" t="s">
         <v>70</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>207716</v>
       </c>
       <c r="BS46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>