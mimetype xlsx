--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1674,51 +1674,51 @@
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2" t="s">
         <v>79</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>915</v>
+        <v>961</v>
       </c>
       <c r="BI2" t="s">
         <v>80</v>
       </c>
       <c r="BJ2" t="s">
         <v>81</v>
       </c>
       <c r="BK2" t="s">
         <v>82</v>
       </c>
       <c r="BL2" t="s">
         <v>83</v>
       </c>
       <c r="BM2" t="s">
         <v>84</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>4</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
@@ -1867,51 +1867,51 @@
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
         <v>79</v>
       </c>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>919</v>
+        <v>965</v>
       </c>
       <c r="BI3" t="s">
         <v>98</v>
       </c>
       <c r="BJ3" t="s">
         <v>81</v>
       </c>
       <c r="BK3" t="s">
         <v>82</v>
       </c>
       <c r="BL3" t="s">
         <v>83</v>
       </c>
       <c r="BM3" t="s">
         <v>99</v>
       </c>
       <c r="BN3" t="s">
         <v>100</v>
       </c>
       <c r="BO3">
         <v>9</v>
       </c>
       <c r="BP3" t="s">
         <v>95</v>
       </c>
@@ -2052,51 +2052,51 @@
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4" t="s">
         <v>79</v>
       </c>
       <c r="BB4" t="s">
         <v>102</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>1135</v>
+        <v>1181</v>
       </c>
       <c r="BI4" t="s">
         <v>80</v>
       </c>
       <c r="BJ4" t="s">
         <v>81</v>
       </c>
       <c r="BK4" t="s">
         <v>82</v>
       </c>
       <c r="BL4" t="s">
         <v>83</v>
       </c>
       <c r="BM4" t="s">
         <v>109</v>
       </c>
       <c r="BN4" t="s">
         <v>110</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
@@ -2241,51 +2241,51 @@
       <c r="AZ5" t="s">
         <v>72</v>
       </c>
       <c r="BA5" t="s">
         <v>79</v>
       </c>
       <c r="BB5" t="s">
         <v>111</v>
       </c>
       <c r="BC5" t="s">
         <v>114</v>
       </c>
       <c r="BD5" t="s">
         <v>122</v>
       </c>
       <c r="BE5" t="s">
         <v>70</v>
       </c>
       <c r="BF5" t="s">
         <v>70</v>
       </c>
       <c r="BG5" t="s">
         <v>70</v>
       </c>
       <c r="BH5">
-        <v>1512</v>
+        <v>1558</v>
       </c>
       <c r="BI5" t="s">
         <v>98</v>
       </c>
       <c r="BJ5" t="s">
         <v>81</v>
       </c>
       <c r="BK5" t="s">
         <v>123</v>
       </c>
       <c r="BL5" t="s">
         <v>83</v>
       </c>
       <c r="BM5" t="s">
         <v>124</v>
       </c>
       <c r="BN5" t="s">
         <v>125</v>
       </c>
       <c r="BO5">
         <v>1</v>
       </c>
       <c r="BP5" t="s">
         <v>126</v>
       </c>
@@ -2424,51 +2424,51 @@
       <c r="AZ6" t="s">
         <v>72</v>
       </c>
       <c r="BA6" t="s">
         <v>79</v>
       </c>
       <c r="BB6" t="s">
         <v>127</v>
       </c>
       <c r="BC6" t="s">
         <v>70</v>
       </c>
       <c r="BD6" t="s">
         <v>70</v>
       </c>
       <c r="BE6" t="s">
         <v>70</v>
       </c>
       <c r="BF6" t="s">
         <v>70</v>
       </c>
       <c r="BG6" t="s">
         <v>70</v>
       </c>
       <c r="BH6">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI6" t="s">
         <v>80</v>
       </c>
       <c r="BJ6" t="s">
         <v>81</v>
       </c>
       <c r="BK6" t="s">
         <v>131</v>
       </c>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>132</v>
       </c>
       <c r="BN6" t="s">
         <v>70</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>7267</v>
       </c>
@@ -2603,51 +2603,51 @@
       <c r="AZ7" t="s">
         <v>72</v>
       </c>
       <c r="BA7" t="s">
         <v>79</v>
       </c>
       <c r="BB7" t="s">
         <v>133</v>
       </c>
       <c r="BC7" t="s">
         <v>70</v>
       </c>
       <c r="BD7" t="s">
         <v>70</v>
       </c>
       <c r="BE7" t="s">
         <v>70</v>
       </c>
       <c r="BF7" t="s">
         <v>70</v>
       </c>
       <c r="BG7" t="s">
         <v>70</v>
       </c>
       <c r="BH7">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI7" t="s">
         <v>80</v>
       </c>
       <c r="BJ7" t="s">
         <v>81</v>
       </c>
       <c r="BK7" t="s">
         <v>131</v>
       </c>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>138</v>
       </c>
       <c r="BN7" t="s">
         <v>70</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>908</v>
       </c>
@@ -2782,51 +2782,51 @@
       <c r="AZ8" t="s">
         <v>72</v>
       </c>
       <c r="BA8" t="s">
         <v>79</v>
       </c>
       <c r="BB8" t="s">
         <v>139</v>
       </c>
       <c r="BC8" t="s">
         <v>70</v>
       </c>
       <c r="BD8" t="s">
         <v>70</v>
       </c>
       <c r="BE8" t="s">
         <v>70</v>
       </c>
       <c r="BF8" t="s">
         <v>70</v>
       </c>
       <c r="BG8" t="s">
         <v>70</v>
       </c>
       <c r="BH8">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI8" t="s">
         <v>80</v>
       </c>
       <c r="BJ8" t="s">
         <v>81</v>
       </c>
       <c r="BK8" t="s">
         <v>131</v>
       </c>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>141</v>
       </c>
       <c r="BN8" t="s">
         <v>70</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>908</v>
       </c>
@@ -2961,51 +2961,51 @@
       <c r="AZ9" t="s">
         <v>72</v>
       </c>
       <c r="BA9" t="s">
         <v>79</v>
       </c>
       <c r="BB9" t="s">
         <v>142</v>
       </c>
       <c r="BC9" t="s">
         <v>70</v>
       </c>
       <c r="BD9" t="s">
         <v>70</v>
       </c>
       <c r="BE9" t="s">
         <v>70</v>
       </c>
       <c r="BF9" t="s">
         <v>70</v>
       </c>
       <c r="BG9" t="s">
         <v>70</v>
       </c>
       <c r="BH9">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI9" t="s">
         <v>80</v>
       </c>
       <c r="BJ9" t="s">
         <v>81</v>
       </c>
       <c r="BK9" t="s">
         <v>131</v>
       </c>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>144</v>
       </c>
       <c r="BN9" t="s">
         <v>70</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>908</v>
       </c>
@@ -3140,51 +3140,51 @@
       <c r="AZ10" t="s">
         <v>72</v>
       </c>
       <c r="BA10" t="s">
         <v>79</v>
       </c>
       <c r="BB10" t="s">
         <v>145</v>
       </c>
       <c r="BC10" t="s">
         <v>70</v>
       </c>
       <c r="BD10" t="s">
         <v>70</v>
       </c>
       <c r="BE10" t="s">
         <v>70</v>
       </c>
       <c r="BF10" t="s">
         <v>70</v>
       </c>
       <c r="BG10" t="s">
         <v>70</v>
       </c>
       <c r="BH10">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI10" t="s">
         <v>80</v>
       </c>
       <c r="BJ10" t="s">
         <v>81</v>
       </c>
       <c r="BK10" t="s">
         <v>131</v>
       </c>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>147</v>
       </c>
       <c r="BN10" t="s">
         <v>70</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>1817</v>
       </c>
@@ -3319,51 +3319,51 @@
       <c r="AZ11" t="s">
         <v>72</v>
       </c>
       <c r="BA11" t="s">
         <v>79</v>
       </c>
       <c r="BB11" t="s">
         <v>148</v>
       </c>
       <c r="BC11" t="s">
         <v>70</v>
       </c>
       <c r="BD11" t="s">
         <v>70</v>
       </c>
       <c r="BE11" t="s">
         <v>70</v>
       </c>
       <c r="BF11" t="s">
         <v>70</v>
       </c>
       <c r="BG11" t="s">
         <v>70</v>
       </c>
       <c r="BH11">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI11" t="s">
         <v>80</v>
       </c>
       <c r="BJ11" t="s">
         <v>81</v>
       </c>
       <c r="BK11" t="s">
         <v>131</v>
       </c>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>153</v>
       </c>
       <c r="BN11" t="s">
         <v>70</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>908</v>
       </c>
@@ -3498,51 +3498,51 @@
       <c r="AZ12" t="s">
         <v>72</v>
       </c>
       <c r="BA12" t="s">
         <v>79</v>
       </c>
       <c r="BB12" t="s">
         <v>154</v>
       </c>
       <c r="BC12" t="s">
         <v>70</v>
       </c>
       <c r="BD12" t="s">
         <v>70</v>
       </c>
       <c r="BE12" t="s">
         <v>70</v>
       </c>
       <c r="BF12" t="s">
         <v>70</v>
       </c>
       <c r="BG12" t="s">
         <v>70</v>
       </c>
       <c r="BH12">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI12" t="s">
         <v>80</v>
       </c>
       <c r="BJ12" t="s">
         <v>81</v>
       </c>
       <c r="BK12" t="s">
         <v>131</v>
       </c>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>156</v>
       </c>
       <c r="BN12" t="s">
         <v>70</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>1817</v>
       </c>
@@ -3677,51 +3677,51 @@
       <c r="AZ13" t="s">
         <v>72</v>
       </c>
       <c r="BA13" t="s">
         <v>79</v>
       </c>
       <c r="BB13" t="s">
         <v>157</v>
       </c>
       <c r="BC13" t="s">
         <v>70</v>
       </c>
       <c r="BD13" t="s">
         <v>70</v>
       </c>
       <c r="BE13" t="s">
         <v>70</v>
       </c>
       <c r="BF13" t="s">
         <v>70</v>
       </c>
       <c r="BG13" t="s">
         <v>70</v>
       </c>
       <c r="BH13">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI13" t="s">
         <v>80</v>
       </c>
       <c r="BJ13" t="s">
         <v>81</v>
       </c>
       <c r="BK13" t="s">
         <v>131</v>
       </c>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>162</v>
       </c>
       <c r="BN13" t="s">
         <v>70</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>11809</v>
       </c>
@@ -3856,51 +3856,51 @@
       <c r="AZ14" t="s">
         <v>72</v>
       </c>
       <c r="BA14" t="s">
         <v>79</v>
       </c>
       <c r="BB14" t="s">
         <v>163</v>
       </c>
       <c r="BC14" t="s">
         <v>70</v>
       </c>
       <c r="BD14" t="s">
         <v>70</v>
       </c>
       <c r="BE14" t="s">
         <v>70</v>
       </c>
       <c r="BF14" t="s">
         <v>70</v>
       </c>
       <c r="BG14" t="s">
         <v>70</v>
       </c>
       <c r="BH14">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI14" t="s">
         <v>80</v>
       </c>
       <c r="BJ14" t="s">
         <v>81</v>
       </c>
       <c r="BK14" t="s">
         <v>131</v>
       </c>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>165</v>
       </c>
       <c r="BN14" t="s">
         <v>70</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>13626</v>
       </c>
@@ -4035,51 +4035,51 @@
       <c r="AZ15" t="s">
         <v>72</v>
       </c>
       <c r="BA15" t="s">
         <v>79</v>
       </c>
       <c r="BB15" t="s">
         <v>166</v>
       </c>
       <c r="BC15" t="s">
         <v>70</v>
       </c>
       <c r="BD15" t="s">
         <v>70</v>
       </c>
       <c r="BE15" t="s">
         <v>70</v>
       </c>
       <c r="BF15" t="s">
         <v>70</v>
       </c>
       <c r="BG15" t="s">
         <v>70</v>
       </c>
       <c r="BH15">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI15" t="s">
         <v>80</v>
       </c>
       <c r="BJ15" t="s">
         <v>81</v>
       </c>
       <c r="BK15" t="s">
         <v>131</v>
       </c>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>168</v>
       </c>
       <c r="BN15" t="s">
         <v>70</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>908</v>
       </c>
@@ -4214,51 +4214,51 @@
       <c r="AZ16" t="s">
         <v>72</v>
       </c>
       <c r="BA16" t="s">
         <v>79</v>
       </c>
       <c r="BB16" t="s">
         <v>169</v>
       </c>
       <c r="BC16" t="s">
         <v>70</v>
       </c>
       <c r="BD16" t="s">
         <v>70</v>
       </c>
       <c r="BE16" t="s">
         <v>70</v>
       </c>
       <c r="BF16" t="s">
         <v>70</v>
       </c>
       <c r="BG16" t="s">
         <v>70</v>
       </c>
       <c r="BH16">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI16" t="s">
         <v>80</v>
       </c>
       <c r="BJ16" t="s">
         <v>81</v>
       </c>
       <c r="BK16" t="s">
         <v>131</v>
       </c>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>171</v>
       </c>
       <c r="BN16" t="s">
         <v>70</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>908</v>
       </c>
@@ -4393,51 +4393,51 @@
       <c r="AZ17" t="s">
         <v>72</v>
       </c>
       <c r="BA17" t="s">
         <v>79</v>
       </c>
       <c r="BB17" t="s">
         <v>172</v>
       </c>
       <c r="BC17" t="s">
         <v>70</v>
       </c>
       <c r="BD17" t="s">
         <v>70</v>
       </c>
       <c r="BE17" t="s">
         <v>70</v>
       </c>
       <c r="BF17" t="s">
         <v>70</v>
       </c>
       <c r="BG17" t="s">
         <v>70</v>
       </c>
       <c r="BH17">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI17" t="s">
         <v>80</v>
       </c>
       <c r="BJ17" t="s">
         <v>81</v>
       </c>
       <c r="BK17" t="s">
         <v>131</v>
       </c>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>174</v>
       </c>
       <c r="BN17" t="s">
         <v>70</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>908</v>
       </c>
@@ -4572,51 +4572,51 @@
       <c r="AZ18" t="s">
         <v>72</v>
       </c>
       <c r="BA18" t="s">
         <v>79</v>
       </c>
       <c r="BB18" t="s">
         <v>176</v>
       </c>
       <c r="BC18" t="s">
         <v>70</v>
       </c>
       <c r="BD18" t="s">
         <v>70</v>
       </c>
       <c r="BE18" t="s">
         <v>70</v>
       </c>
       <c r="BF18" t="s">
         <v>70</v>
       </c>
       <c r="BG18" t="s">
         <v>70</v>
       </c>
       <c r="BH18">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI18" t="s">
         <v>80</v>
       </c>
       <c r="BJ18" t="s">
         <v>81</v>
       </c>
       <c r="BK18" t="s">
         <v>131</v>
       </c>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>181</v>
       </c>
       <c r="BN18" t="s">
         <v>70</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>3634</v>
       </c>
@@ -4751,51 +4751,51 @@
       <c r="AZ19" t="s">
         <v>72</v>
       </c>
       <c r="BA19" t="s">
         <v>79</v>
       </c>
       <c r="BB19" t="s">
         <v>182</v>
       </c>
       <c r="BC19" t="s">
         <v>70</v>
       </c>
       <c r="BD19" t="s">
         <v>70</v>
       </c>
       <c r="BE19" t="s">
         <v>70</v>
       </c>
       <c r="BF19" t="s">
         <v>70</v>
       </c>
       <c r="BG19" t="s">
         <v>70</v>
       </c>
       <c r="BH19">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI19" t="s">
         <v>80</v>
       </c>
       <c r="BJ19" t="s">
         <v>81</v>
       </c>
       <c r="BK19" t="s">
         <v>131</v>
       </c>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>184</v>
       </c>
       <c r="BN19" t="s">
         <v>70</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>11052</v>
       </c>
@@ -4930,51 +4930,51 @@
       <c r="AZ20" t="s">
         <v>72</v>
       </c>
       <c r="BA20" t="s">
         <v>79</v>
       </c>
       <c r="BB20" t="s">
         <v>185</v>
       </c>
       <c r="BC20" t="s">
         <v>70</v>
       </c>
       <c r="BD20" t="s">
         <v>70</v>
       </c>
       <c r="BE20" t="s">
         <v>70</v>
       </c>
       <c r="BF20" t="s">
         <v>70</v>
       </c>
       <c r="BG20" t="s">
         <v>70</v>
       </c>
       <c r="BH20">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI20" t="s">
         <v>80</v>
       </c>
       <c r="BJ20" t="s">
         <v>81</v>
       </c>
       <c r="BK20" t="s">
         <v>131</v>
       </c>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>187</v>
       </c>
       <c r="BN20" t="s">
         <v>70</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>5450</v>
       </c>
@@ -5109,51 +5109,51 @@
       <c r="AZ21" t="s">
         <v>72</v>
       </c>
       <c r="BA21" t="s">
         <v>79</v>
       </c>
       <c r="BB21" t="s">
         <v>188</v>
       </c>
       <c r="BC21" t="s">
         <v>70</v>
       </c>
       <c r="BD21" t="s">
         <v>70</v>
       </c>
       <c r="BE21" t="s">
         <v>70</v>
       </c>
       <c r="BF21" t="s">
         <v>70</v>
       </c>
       <c r="BG21" t="s">
         <v>70</v>
       </c>
       <c r="BH21">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI21" t="s">
         <v>80</v>
       </c>
       <c r="BJ21" t="s">
         <v>81</v>
       </c>
       <c r="BK21" t="s">
         <v>131</v>
       </c>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>190</v>
       </c>
       <c r="BN21" t="s">
         <v>70</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>9160</v>
       </c>
@@ -5288,51 +5288,51 @@
       <c r="AZ22" t="s">
         <v>72</v>
       </c>
       <c r="BA22" t="s">
         <v>79</v>
       </c>
       <c r="BB22" t="s">
         <v>191</v>
       </c>
       <c r="BC22" t="s">
         <v>70</v>
       </c>
       <c r="BD22" t="s">
         <v>70</v>
       </c>
       <c r="BE22" t="s">
         <v>70</v>
       </c>
       <c r="BF22" t="s">
         <v>70</v>
       </c>
       <c r="BG22" t="s">
         <v>70</v>
       </c>
       <c r="BH22">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI22" t="s">
         <v>80</v>
       </c>
       <c r="BJ22" t="s">
         <v>81</v>
       </c>
       <c r="BK22" t="s">
         <v>131</v>
       </c>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>193</v>
       </c>
       <c r="BN22" t="s">
         <v>70</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>19606</v>
       </c>
@@ -5467,51 +5467,51 @@
       <c r="AZ23" t="s">
         <v>72</v>
       </c>
       <c r="BA23" t="s">
         <v>79</v>
       </c>
       <c r="BB23" t="s">
         <v>194</v>
       </c>
       <c r="BC23" t="s">
         <v>70</v>
       </c>
       <c r="BD23" t="s">
         <v>70</v>
       </c>
       <c r="BE23" t="s">
         <v>70</v>
       </c>
       <c r="BF23" t="s">
         <v>70</v>
       </c>
       <c r="BG23" t="s">
         <v>70</v>
       </c>
       <c r="BH23">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI23" t="s">
         <v>80</v>
       </c>
       <c r="BJ23" t="s">
         <v>81</v>
       </c>
       <c r="BK23" t="s">
         <v>131</v>
       </c>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>196</v>
       </c>
       <c r="BN23" t="s">
         <v>70</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>1817</v>
       </c>
@@ -5646,51 +5646,51 @@
       <c r="AZ24" t="s">
         <v>72</v>
       </c>
       <c r="BA24" t="s">
         <v>79</v>
       </c>
       <c r="BB24" t="s">
         <v>197</v>
       </c>
       <c r="BC24" t="s">
         <v>70</v>
       </c>
       <c r="BD24" t="s">
         <v>70</v>
       </c>
       <c r="BE24" t="s">
         <v>70</v>
       </c>
       <c r="BF24" t="s">
         <v>70</v>
       </c>
       <c r="BG24" t="s">
         <v>70</v>
       </c>
       <c r="BH24">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI24" t="s">
         <v>80</v>
       </c>
       <c r="BJ24" t="s">
         <v>81</v>
       </c>
       <c r="BK24" t="s">
         <v>131</v>
       </c>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>199</v>
       </c>
       <c r="BN24" t="s">
         <v>70</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>908</v>
       </c>
@@ -5825,51 +5825,51 @@
       <c r="AZ25" t="s">
         <v>72</v>
       </c>
       <c r="BA25" t="s">
         <v>79</v>
       </c>
       <c r="BB25" t="s">
         <v>200</v>
       </c>
       <c r="BC25" t="s">
         <v>70</v>
       </c>
       <c r="BD25" t="s">
         <v>70</v>
       </c>
       <c r="BE25" t="s">
         <v>70</v>
       </c>
       <c r="BF25" t="s">
         <v>70</v>
       </c>
       <c r="BG25" t="s">
         <v>70</v>
       </c>
       <c r="BH25">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI25" t="s">
         <v>80</v>
       </c>
       <c r="BJ25" t="s">
         <v>81</v>
       </c>
       <c r="BK25" t="s">
         <v>131</v>
       </c>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>202</v>
       </c>
       <c r="BN25" t="s">
         <v>70</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>18547</v>
       </c>
@@ -6004,51 +6004,51 @@
       <c r="AZ26" t="s">
         <v>72</v>
       </c>
       <c r="BA26" t="s">
         <v>79</v>
       </c>
       <c r="BB26" t="s">
         <v>203</v>
       </c>
       <c r="BC26" t="s">
         <v>70</v>
       </c>
       <c r="BD26" t="s">
         <v>70</v>
       </c>
       <c r="BE26" t="s">
         <v>70</v>
       </c>
       <c r="BF26" t="s">
         <v>70</v>
       </c>
       <c r="BG26" t="s">
         <v>70</v>
       </c>
       <c r="BH26">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI26" t="s">
         <v>80</v>
       </c>
       <c r="BJ26" t="s">
         <v>81</v>
       </c>
       <c r="BK26" t="s">
         <v>131</v>
       </c>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>205</v>
       </c>
       <c r="BN26" t="s">
         <v>70</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>24300</v>
       </c>
@@ -6183,51 +6183,51 @@
       <c r="AZ27" t="s">
         <v>72</v>
       </c>
       <c r="BA27" t="s">
         <v>79</v>
       </c>
       <c r="BB27" t="s">
         <v>206</v>
       </c>
       <c r="BC27" t="s">
         <v>70</v>
       </c>
       <c r="BD27" t="s">
         <v>70</v>
       </c>
       <c r="BE27" t="s">
         <v>70</v>
       </c>
       <c r="BF27" t="s">
         <v>70</v>
       </c>
       <c r="BG27" t="s">
         <v>70</v>
       </c>
       <c r="BH27">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI27" t="s">
         <v>80</v>
       </c>
       <c r="BJ27" t="s">
         <v>81</v>
       </c>
       <c r="BK27" t="s">
         <v>131</v>
       </c>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>210</v>
       </c>
       <c r="BN27" t="s">
         <v>70</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>24400</v>
       </c>
@@ -6366,51 +6366,51 @@
       <c r="AZ28" t="s">
         <v>72</v>
       </c>
       <c r="BA28" t="s">
         <v>79</v>
       </c>
       <c r="BB28" t="s">
         <v>211</v>
       </c>
       <c r="BC28" t="s">
         <v>213</v>
       </c>
       <c r="BD28" t="s">
         <v>215</v>
       </c>
       <c r="BE28" t="s">
         <v>70</v>
       </c>
       <c r="BF28" t="s">
         <v>70</v>
       </c>
       <c r="BG28" t="s">
         <v>70</v>
       </c>
       <c r="BH28">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI28" t="s">
         <v>80</v>
       </c>
       <c r="BJ28" t="s">
         <v>81</v>
       </c>
       <c r="BK28" t="s">
         <v>131</v>
       </c>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>216</v>
       </c>
       <c r="BN28" t="s">
         <v>70</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>5700</v>
       </c>
@@ -6545,51 +6545,51 @@
       <c r="AZ29" t="s">
         <v>72</v>
       </c>
       <c r="BA29" t="s">
         <v>79</v>
       </c>
       <c r="BB29" t="s">
         <v>217</v>
       </c>
       <c r="BC29" t="s">
         <v>70</v>
       </c>
       <c r="BD29" t="s">
         <v>70</v>
       </c>
       <c r="BE29" t="s">
         <v>70</v>
       </c>
       <c r="BF29" t="s">
         <v>70</v>
       </c>
       <c r="BG29" t="s">
         <v>70</v>
       </c>
       <c r="BH29">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI29" t="s">
         <v>80</v>
       </c>
       <c r="BJ29" t="s">
         <v>81</v>
       </c>
       <c r="BK29" t="s">
         <v>131</v>
       </c>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>220</v>
       </c>
       <c r="BN29" t="s">
         <v>70</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>26100</v>
       </c>
@@ -6724,51 +6724,51 @@
       <c r="AZ30" t="s">
         <v>72</v>
       </c>
       <c r="BA30" t="s">
         <v>79</v>
       </c>
       <c r="BB30" t="s">
         <v>221</v>
       </c>
       <c r="BC30" t="s">
         <v>70</v>
       </c>
       <c r="BD30" t="s">
         <v>70</v>
       </c>
       <c r="BE30" t="s">
         <v>70</v>
       </c>
       <c r="BF30" t="s">
         <v>70</v>
       </c>
       <c r="BG30" t="s">
         <v>70</v>
       </c>
       <c r="BH30">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI30" t="s">
         <v>80</v>
       </c>
       <c r="BJ30" t="s">
         <v>81</v>
       </c>
       <c r="BK30" t="s">
         <v>131</v>
       </c>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>224</v>
       </c>
       <c r="BN30" t="s">
         <v>70</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>16200</v>
       </c>
@@ -6903,51 +6903,51 @@
       <c r="AZ31" t="s">
         <v>72</v>
       </c>
       <c r="BA31" t="s">
         <v>79</v>
       </c>
       <c r="BB31" t="s">
         <v>225</v>
       </c>
       <c r="BC31" t="s">
         <v>70</v>
       </c>
       <c r="BD31" t="s">
         <v>70</v>
       </c>
       <c r="BE31" t="s">
         <v>70</v>
       </c>
       <c r="BF31" t="s">
         <v>70</v>
       </c>
       <c r="BG31" t="s">
         <v>70</v>
       </c>
       <c r="BH31">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI31" t="s">
         <v>80</v>
       </c>
       <c r="BJ31" t="s">
         <v>81</v>
       </c>
       <c r="BK31" t="s">
         <v>131</v>
       </c>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>228</v>
       </c>
       <c r="BN31" t="s">
         <v>70</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>20700</v>
       </c>
@@ -7086,51 +7086,51 @@
       <c r="AZ32" t="s">
         <v>72</v>
       </c>
       <c r="BA32" t="s">
         <v>79</v>
       </c>
       <c r="BB32" t="s">
         <v>229</v>
       </c>
       <c r="BC32" t="s">
         <v>213</v>
       </c>
       <c r="BD32" t="s">
         <v>70</v>
       </c>
       <c r="BE32" t="s">
         <v>70</v>
       </c>
       <c r="BF32" t="s">
         <v>70</v>
       </c>
       <c r="BG32" t="s">
         <v>70</v>
       </c>
       <c r="BH32">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI32" t="s">
         <v>80</v>
       </c>
       <c r="BJ32" t="s">
         <v>81</v>
       </c>
       <c r="BK32" t="s">
         <v>131</v>
       </c>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>232</v>
       </c>
       <c r="BN32" t="s">
         <v>70</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>12600</v>
       </c>
@@ -7269,51 +7269,51 @@
       <c r="AZ33" t="s">
         <v>72</v>
       </c>
       <c r="BA33" t="s">
         <v>79</v>
       </c>
       <c r="BB33" t="s">
         <v>233</v>
       </c>
       <c r="BC33" t="s">
         <v>213</v>
       </c>
       <c r="BD33" t="s">
         <v>236</v>
       </c>
       <c r="BE33" t="s">
         <v>70</v>
       </c>
       <c r="BF33" t="s">
         <v>70</v>
       </c>
       <c r="BG33" t="s">
         <v>70</v>
       </c>
       <c r="BH33">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI33" t="s">
         <v>80</v>
       </c>
       <c r="BJ33" t="s">
         <v>81</v>
       </c>
       <c r="BK33" t="s">
         <v>131</v>
       </c>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>237</v>
       </c>
       <c r="BN33" t="s">
         <v>70</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>3600</v>
       </c>
@@ -7448,51 +7448,51 @@
       <c r="AZ34" t="s">
         <v>72</v>
       </c>
       <c r="BA34" t="s">
         <v>79</v>
       </c>
       <c r="BB34" t="s">
         <v>238</v>
       </c>
       <c r="BC34" t="s">
         <v>70</v>
       </c>
       <c r="BD34" t="s">
         <v>70</v>
       </c>
       <c r="BE34" t="s">
         <v>70</v>
       </c>
       <c r="BF34" t="s">
         <v>70</v>
       </c>
       <c r="BG34" t="s">
         <v>70</v>
       </c>
       <c r="BH34">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI34" t="s">
         <v>80</v>
       </c>
       <c r="BJ34" t="s">
         <v>81</v>
       </c>
       <c r="BK34" t="s">
         <v>131</v>
       </c>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>240</v>
       </c>
       <c r="BN34" t="s">
         <v>70</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>900</v>
       </c>
@@ -7631,51 +7631,51 @@
       <c r="AZ35" t="s">
         <v>72</v>
       </c>
       <c r="BA35" t="s">
         <v>79</v>
       </c>
       <c r="BB35" t="s">
         <v>241</v>
       </c>
       <c r="BC35" t="s">
         <v>213</v>
       </c>
       <c r="BD35" t="s">
         <v>70</v>
       </c>
       <c r="BE35" t="s">
         <v>70</v>
       </c>
       <c r="BF35" t="s">
         <v>70</v>
       </c>
       <c r="BG35" t="s">
         <v>70</v>
       </c>
       <c r="BH35">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI35" t="s">
         <v>80</v>
       </c>
       <c r="BJ35" t="s">
         <v>81</v>
       </c>
       <c r="BK35" t="s">
         <v>131</v>
       </c>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>244</v>
       </c>
       <c r="BN35" t="s">
         <v>70</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>3600</v>
       </c>
@@ -7814,51 +7814,51 @@
       <c r="AZ36" t="s">
         <v>72</v>
       </c>
       <c r="BA36" t="s">
         <v>79</v>
       </c>
       <c r="BB36" t="s">
         <v>245</v>
       </c>
       <c r="BC36" t="s">
         <v>213</v>
       </c>
       <c r="BD36" t="s">
         <v>70</v>
       </c>
       <c r="BE36" t="s">
         <v>70</v>
       </c>
       <c r="BF36" t="s">
         <v>70</v>
       </c>
       <c r="BG36" t="s">
         <v>70</v>
       </c>
       <c r="BH36">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI36" t="s">
         <v>80</v>
       </c>
       <c r="BJ36" t="s">
         <v>81</v>
       </c>
       <c r="BK36" t="s">
         <v>131</v>
       </c>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>251</v>
       </c>
       <c r="BN36" t="s">
         <v>70</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>1800</v>
       </c>
@@ -7997,51 +7997,51 @@
       <c r="AZ37" t="s">
         <v>72</v>
       </c>
       <c r="BA37" t="s">
         <v>79</v>
       </c>
       <c r="BB37" t="s">
         <v>252</v>
       </c>
       <c r="BC37" t="s">
         <v>213</v>
       </c>
       <c r="BD37" t="s">
         <v>255</v>
       </c>
       <c r="BE37" t="s">
         <v>70</v>
       </c>
       <c r="BF37" t="s">
         <v>70</v>
       </c>
       <c r="BG37" t="s">
         <v>70</v>
       </c>
       <c r="BH37">
-        <v>1614</v>
+        <v>1660</v>
       </c>
       <c r="BI37" t="s">
         <v>80</v>
       </c>
       <c r="BJ37" t="s">
         <v>81</v>
       </c>
       <c r="BK37" t="s">
         <v>131</v>
       </c>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>256</v>
       </c>
       <c r="BN37" t="s">
         <v>70</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>900</v>
       </c>
@@ -8180,51 +8180,51 @@
       <c r="AZ38" t="s">
         <v>72</v>
       </c>
       <c r="BA38" t="s">
         <v>79</v>
       </c>
       <c r="BB38" t="s">
         <v>257</v>
       </c>
       <c r="BC38" t="s">
         <v>213</v>
       </c>
       <c r="BD38" t="s">
         <v>70</v>
       </c>
       <c r="BE38" t="s">
         <v>70</v>
       </c>
       <c r="BF38" t="s">
         <v>70</v>
       </c>
       <c r="BG38" t="s">
         <v>70</v>
       </c>
       <c r="BH38">
-        <v>1615</v>
+        <v>1661</v>
       </c>
       <c r="BI38" t="s">
         <v>80</v>
       </c>
       <c r="BJ38" t="s">
         <v>81</v>
       </c>
       <c r="BK38" t="s">
         <v>131</v>
       </c>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>262</v>
       </c>
       <c r="BN38" t="s">
         <v>70</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>900</v>
       </c>
@@ -8363,51 +8363,51 @@
       <c r="AZ39" t="s">
         <v>72</v>
       </c>
       <c r="BA39" t="s">
         <v>79</v>
       </c>
       <c r="BB39" t="s">
         <v>263</v>
       </c>
       <c r="BC39" t="s">
         <v>213</v>
       </c>
       <c r="BD39" t="s">
         <v>70</v>
       </c>
       <c r="BE39" t="s">
         <v>70</v>
       </c>
       <c r="BF39" t="s">
         <v>70</v>
       </c>
       <c r="BG39" t="s">
         <v>70</v>
       </c>
       <c r="BH39">
-        <v>1615</v>
+        <v>1661</v>
       </c>
       <c r="BI39" t="s">
         <v>80</v>
       </c>
       <c r="BJ39" t="s">
         <v>81</v>
       </c>
       <c r="BK39" t="s">
         <v>131</v>
       </c>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>269</v>
       </c>
       <c r="BN39" t="s">
         <v>70</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>4500</v>
       </c>
@@ -8546,51 +8546,51 @@
       <c r="AZ40" t="s">
         <v>72</v>
       </c>
       <c r="BA40" t="s">
         <v>79</v>
       </c>
       <c r="BB40" t="s">
         <v>270</v>
       </c>
       <c r="BC40" t="s">
         <v>213</v>
       </c>
       <c r="BD40" t="s">
         <v>275</v>
       </c>
       <c r="BE40" t="s">
         <v>70</v>
       </c>
       <c r="BF40" t="s">
         <v>70</v>
       </c>
       <c r="BG40" t="s">
         <v>70</v>
       </c>
       <c r="BH40">
-        <v>1615</v>
+        <v>1661</v>
       </c>
       <c r="BI40" t="s">
         <v>80</v>
       </c>
       <c r="BJ40" t="s">
         <v>81</v>
       </c>
       <c r="BK40" t="s">
         <v>131</v>
       </c>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>276</v>
       </c>
       <c r="BN40" t="s">
         <v>70</v>
       </c>
       <c r="BO40">
         <v>1</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>12600</v>
       </c>
@@ -8725,51 +8725,51 @@
       <c r="AZ41" t="s">
         <v>72</v>
       </c>
       <c r="BA41" t="s">
         <v>79</v>
       </c>
       <c r="BB41" t="s">
         <v>277</v>
       </c>
       <c r="BC41" t="s">
         <v>70</v>
       </c>
       <c r="BD41" t="s">
         <v>70</v>
       </c>
       <c r="BE41" t="s">
         <v>70</v>
       </c>
       <c r="BF41" t="s">
         <v>70</v>
       </c>
       <c r="BG41" t="s">
         <v>70</v>
       </c>
       <c r="BH41">
-        <v>1615</v>
+        <v>1661</v>
       </c>
       <c r="BI41" t="s">
         <v>80</v>
       </c>
       <c r="BJ41" t="s">
         <v>81</v>
       </c>
       <c r="BK41" t="s">
         <v>131</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>282</v>
       </c>
       <c r="BN41" t="s">
         <v>70</v>
       </c>
       <c r="BO41">
         <v>1</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>18000</v>
       </c>
@@ -8908,51 +8908,51 @@
       <c r="AZ42" t="s">
         <v>72</v>
       </c>
       <c r="BA42" t="s">
         <v>79</v>
       </c>
       <c r="BB42" t="s">
         <v>283</v>
       </c>
       <c r="BC42" t="s">
         <v>286</v>
       </c>
       <c r="BD42" t="s">
         <v>70</v>
       </c>
       <c r="BE42" t="s">
         <v>70</v>
       </c>
       <c r="BF42" t="s">
         <v>70</v>
       </c>
       <c r="BG42" t="s">
         <v>70</v>
       </c>
       <c r="BH42">
-        <v>1615</v>
+        <v>1661</v>
       </c>
       <c r="BI42" t="s">
         <v>80</v>
       </c>
       <c r="BJ42" t="s">
         <v>81</v>
       </c>
       <c r="BK42" t="s">
         <v>131</v>
       </c>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>290</v>
       </c>
       <c r="BN42" t="s">
         <v>70</v>
       </c>
       <c r="BO42">
         <v>1</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>4500</v>
       </c>
@@ -9087,51 +9087,51 @@
       <c r="AZ43" t="s">
         <v>72</v>
       </c>
       <c r="BA43" t="s">
         <v>79</v>
       </c>
       <c r="BB43" t="s">
         <v>291</v>
       </c>
       <c r="BC43" t="s">
         <v>70</v>
       </c>
       <c r="BD43" t="s">
         <v>70</v>
       </c>
       <c r="BE43" t="s">
         <v>70</v>
       </c>
       <c r="BF43" t="s">
         <v>70</v>
       </c>
       <c r="BG43" t="s">
         <v>70</v>
       </c>
       <c r="BH43">
-        <v>1768</v>
+        <v>1814</v>
       </c>
       <c r="BI43" t="s">
         <v>80</v>
       </c>
       <c r="BJ43" t="s">
         <v>81</v>
       </c>
       <c r="BK43" t="s">
         <v>123</v>
       </c>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>296</v>
       </c>
       <c r="BN43" t="s">
         <v>70</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>158194</v>
       </c>
@@ -9262,51 +9262,51 @@
       <c r="AX44"/>
       <c r="AY44"/>
       <c r="AZ44" t="s">
         <v>72</v>
       </c>
       <c r="BA44"/>
       <c r="BB44" t="s">
         <v>297</v>
       </c>
       <c r="BC44" t="s">
         <v>70</v>
       </c>
       <c r="BD44" t="s">
         <v>70</v>
       </c>
       <c r="BE44" t="s">
         <v>70</v>
       </c>
       <c r="BF44" t="s">
         <v>70</v>
       </c>
       <c r="BG44" t="s">
         <v>70</v>
       </c>
       <c r="BH44">
-        <v>1810</v>
+        <v>1856</v>
       </c>
       <c r="BI44" t="s">
         <v>80</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>70</v>
       </c>
       <c r="BN44" t="s">
         <v>70</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
         <v>137958</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
@@ -9435,51 +9435,51 @@
       <c r="AX45"/>
       <c r="AY45"/>
       <c r="AZ45" t="s">
         <v>72</v>
       </c>
       <c r="BA45"/>
       <c r="BB45" t="s">
         <v>301</v>
       </c>
       <c r="BC45" t="s">
         <v>304</v>
       </c>
       <c r="BD45" t="s">
         <v>308</v>
       </c>
       <c r="BE45" t="s">
         <v>70</v>
       </c>
       <c r="BF45" t="s">
         <v>70</v>
       </c>
       <c r="BG45" t="s">
         <v>70</v>
       </c>
       <c r="BH45">
-        <v>1817</v>
+        <v>1863</v>
       </c>
       <c r="BI45" t="s">
         <v>80</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45" t="s">
         <v>123</v>
       </c>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>309</v>
       </c>
       <c r="BN45" t="s">
         <v>70</v>
       </c>
       <c r="BO45">
         <v>53</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
         <v>138356</v>
       </c>
       <c r="BS45" t="s">
         <v>101</v>
@@ -9608,51 +9608,51 @@
       <c r="AX46"/>
       <c r="AY46"/>
       <c r="AZ46" t="s">
         <v>72</v>
       </c>
       <c r="BA46"/>
       <c r="BB46" t="s">
         <v>310</v>
       </c>
       <c r="BC46" t="s">
         <v>70</v>
       </c>
       <c r="BD46" t="s">
         <v>70</v>
       </c>
       <c r="BE46" t="s">
         <v>70</v>
       </c>
       <c r="BF46" t="s">
         <v>70</v>
       </c>
       <c r="BG46" t="s">
         <v>70</v>
       </c>
       <c r="BH46">
-        <v>1819</v>
+        <v>1865</v>
       </c>
       <c r="BI46" t="s">
         <v>80</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>70</v>
       </c>
       <c r="BN46" t="s">
         <v>70</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>207716</v>
       </c>
       <c r="BS46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>