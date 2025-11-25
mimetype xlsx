--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -2031,51 +2031,51 @@
       <c r="AZ3" t="s">
         <v>100</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>97</v>
       </c>
       <c r="BC3" t="s">
         <v>76</v>
       </c>
       <c r="BD3" t="s">
         <v>76</v>
       </c>
       <c r="BE3" t="s">
         <v>76</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>868</v>
+        <v>914</v>
       </c>
       <c r="BI3" t="s">
         <v>106</v>
       </c>
       <c r="BJ3" t="s">
         <v>91</v>
       </c>
       <c r="BK3" t="s">
         <v>107</v>
       </c>
       <c r="BL3" t="s">
         <v>108</v>
       </c>
       <c r="BM3" t="s">
         <v>109</v>
       </c>
       <c r="BN3" t="s">
         <v>110</v>
       </c>
       <c r="BO3">
         <v>4</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
@@ -2224,51 +2224,51 @@
       <c r="AZ4" t="s">
         <v>100</v>
       </c>
       <c r="BA4" t="s">
         <v>86</v>
       </c>
       <c r="BB4" t="s">
         <v>111</v>
       </c>
       <c r="BC4" t="s">
         <v>114</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
         <v>76</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>872</v>
+        <v>918</v>
       </c>
       <c r="BI4" t="s">
         <v>90</v>
       </c>
       <c r="BJ4" t="s">
         <v>91</v>
       </c>
       <c r="BK4" t="s">
         <v>107</v>
       </c>
       <c r="BL4" t="s">
         <v>108</v>
       </c>
       <c r="BM4" t="s">
         <v>121</v>
       </c>
       <c r="BN4" t="s">
         <v>122</v>
       </c>
       <c r="BO4">
         <v>9</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
@@ -2409,51 +2409,51 @@
       <c r="AZ5" t="s">
         <v>100</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>124</v>
       </c>
       <c r="BC5" t="s">
         <v>76</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
         <v>76</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>76</v>
       </c>
       <c r="BH5">
-        <v>1088</v>
+        <v>1134</v>
       </c>
       <c r="BI5" t="s">
         <v>106</v>
       </c>
       <c r="BJ5" t="s">
         <v>91</v>
       </c>
       <c r="BK5" t="s">
         <v>107</v>
       </c>
       <c r="BL5" t="s">
         <v>108</v>
       </c>
       <c r="BM5" t="s">
         <v>130</v>
       </c>
       <c r="BN5" t="s">
         <v>131</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
@@ -2598,51 +2598,51 @@
       <c r="AZ6" t="s">
         <v>100</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
         <v>132</v>
       </c>
       <c r="BC6" t="s">
         <v>135</v>
       </c>
       <c r="BD6" t="s">
         <v>143</v>
       </c>
       <c r="BE6" t="s">
         <v>76</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
         <v>76</v>
       </c>
       <c r="BH6">
-        <v>1465</v>
+        <v>1511</v>
       </c>
       <c r="BI6" t="s">
         <v>90</v>
       </c>
       <c r="BJ6" t="s">
         <v>91</v>
       </c>
       <c r="BK6" t="s">
         <v>92</v>
       </c>
       <c r="BL6" t="s">
         <v>108</v>
       </c>
       <c r="BM6" t="s">
         <v>144</v>
       </c>
       <c r="BN6" t="s">
         <v>145</v>
       </c>
       <c r="BO6">
         <v>1</v>
       </c>
       <c r="BP6" t="s">
         <v>146</v>
       </c>
@@ -2781,51 +2781,51 @@
       <c r="AZ7" t="s">
         <v>100</v>
       </c>
       <c r="BA7" t="s">
         <v>86</v>
       </c>
       <c r="BB7" t="s">
         <v>147</v>
       </c>
       <c r="BC7" t="s">
         <v>76</v>
       </c>
       <c r="BD7" t="s">
         <v>76</v>
       </c>
       <c r="BE7" t="s">
         <v>76</v>
       </c>
       <c r="BF7" t="s">
         <v>76</v>
       </c>
       <c r="BG7" t="s">
         <v>76</v>
       </c>
       <c r="BH7">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI7" t="s">
         <v>106</v>
       </c>
       <c r="BJ7" t="s">
         <v>91</v>
       </c>
       <c r="BK7" t="s">
         <v>151</v>
       </c>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>152</v>
       </c>
       <c r="BN7" t="s">
         <v>76</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>7267</v>
       </c>
@@ -2960,51 +2960,51 @@
       <c r="AZ8" t="s">
         <v>100</v>
       </c>
       <c r="BA8" t="s">
         <v>86</v>
       </c>
       <c r="BB8" t="s">
         <v>153</v>
       </c>
       <c r="BC8" t="s">
         <v>76</v>
       </c>
       <c r="BD8" t="s">
         <v>76</v>
       </c>
       <c r="BE8" t="s">
         <v>76</v>
       </c>
       <c r="BF8" t="s">
         <v>76</v>
       </c>
       <c r="BG8" t="s">
         <v>76</v>
       </c>
       <c r="BH8">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI8" t="s">
         <v>106</v>
       </c>
       <c r="BJ8" t="s">
         <v>91</v>
       </c>
       <c r="BK8" t="s">
         <v>151</v>
       </c>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>158</v>
       </c>
       <c r="BN8" t="s">
         <v>76</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>908</v>
       </c>
@@ -3139,51 +3139,51 @@
       <c r="AZ9" t="s">
         <v>100</v>
       </c>
       <c r="BA9" t="s">
         <v>86</v>
       </c>
       <c r="BB9" t="s">
         <v>159</v>
       </c>
       <c r="BC9" t="s">
         <v>76</v>
       </c>
       <c r="BD9" t="s">
         <v>76</v>
       </c>
       <c r="BE9" t="s">
         <v>76</v>
       </c>
       <c r="BF9" t="s">
         <v>76</v>
       </c>
       <c r="BG9" t="s">
         <v>76</v>
       </c>
       <c r="BH9">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI9" t="s">
         <v>106</v>
       </c>
       <c r="BJ9" t="s">
         <v>91</v>
       </c>
       <c r="BK9" t="s">
         <v>151</v>
       </c>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>161</v>
       </c>
       <c r="BN9" t="s">
         <v>76</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>908</v>
       </c>
@@ -3318,51 +3318,51 @@
       <c r="AZ10" t="s">
         <v>100</v>
       </c>
       <c r="BA10" t="s">
         <v>86</v>
       </c>
       <c r="BB10" t="s">
         <v>162</v>
       </c>
       <c r="BC10" t="s">
         <v>76</v>
       </c>
       <c r="BD10" t="s">
         <v>76</v>
       </c>
       <c r="BE10" t="s">
         <v>76</v>
       </c>
       <c r="BF10" t="s">
         <v>76</v>
       </c>
       <c r="BG10" t="s">
         <v>76</v>
       </c>
       <c r="BH10">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI10" t="s">
         <v>106</v>
       </c>
       <c r="BJ10" t="s">
         <v>91</v>
       </c>
       <c r="BK10" t="s">
         <v>151</v>
       </c>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>164</v>
       </c>
       <c r="BN10" t="s">
         <v>76</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>908</v>
       </c>
@@ -3497,51 +3497,51 @@
       <c r="AZ11" t="s">
         <v>100</v>
       </c>
       <c r="BA11" t="s">
         <v>86</v>
       </c>
       <c r="BB11" t="s">
         <v>165</v>
       </c>
       <c r="BC11" t="s">
         <v>76</v>
       </c>
       <c r="BD11" t="s">
         <v>76</v>
       </c>
       <c r="BE11" t="s">
         <v>76</v>
       </c>
       <c r="BF11" t="s">
         <v>76</v>
       </c>
       <c r="BG11" t="s">
         <v>76</v>
       </c>
       <c r="BH11">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI11" t="s">
         <v>106</v>
       </c>
       <c r="BJ11" t="s">
         <v>91</v>
       </c>
       <c r="BK11" t="s">
         <v>151</v>
       </c>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>167</v>
       </c>
       <c r="BN11" t="s">
         <v>76</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>1817</v>
       </c>
@@ -3676,51 +3676,51 @@
       <c r="AZ12" t="s">
         <v>100</v>
       </c>
       <c r="BA12" t="s">
         <v>86</v>
       </c>
       <c r="BB12" t="s">
         <v>168</v>
       </c>
       <c r="BC12" t="s">
         <v>76</v>
       </c>
       <c r="BD12" t="s">
         <v>76</v>
       </c>
       <c r="BE12" t="s">
         <v>76</v>
       </c>
       <c r="BF12" t="s">
         <v>76</v>
       </c>
       <c r="BG12" t="s">
         <v>76</v>
       </c>
       <c r="BH12">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI12" t="s">
         <v>106</v>
       </c>
       <c r="BJ12" t="s">
         <v>91</v>
       </c>
       <c r="BK12" t="s">
         <v>151</v>
       </c>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>173</v>
       </c>
       <c r="BN12" t="s">
         <v>76</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>908</v>
       </c>
@@ -3855,51 +3855,51 @@
       <c r="AZ13" t="s">
         <v>100</v>
       </c>
       <c r="BA13" t="s">
         <v>86</v>
       </c>
       <c r="BB13" t="s">
         <v>174</v>
       </c>
       <c r="BC13" t="s">
         <v>76</v>
       </c>
       <c r="BD13" t="s">
         <v>76</v>
       </c>
       <c r="BE13" t="s">
         <v>76</v>
       </c>
       <c r="BF13" t="s">
         <v>76</v>
       </c>
       <c r="BG13" t="s">
         <v>76</v>
       </c>
       <c r="BH13">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI13" t="s">
         <v>106</v>
       </c>
       <c r="BJ13" t="s">
         <v>91</v>
       </c>
       <c r="BK13" t="s">
         <v>151</v>
       </c>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>176</v>
       </c>
       <c r="BN13" t="s">
         <v>76</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>1817</v>
       </c>
@@ -4034,51 +4034,51 @@
       <c r="AZ14" t="s">
         <v>100</v>
       </c>
       <c r="BA14" t="s">
         <v>86</v>
       </c>
       <c r="BB14" t="s">
         <v>177</v>
       </c>
       <c r="BC14" t="s">
         <v>76</v>
       </c>
       <c r="BD14" t="s">
         <v>76</v>
       </c>
       <c r="BE14" t="s">
         <v>76</v>
       </c>
       <c r="BF14" t="s">
         <v>76</v>
       </c>
       <c r="BG14" t="s">
         <v>76</v>
       </c>
       <c r="BH14">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI14" t="s">
         <v>106</v>
       </c>
       <c r="BJ14" t="s">
         <v>91</v>
       </c>
       <c r="BK14" t="s">
         <v>151</v>
       </c>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>182</v>
       </c>
       <c r="BN14" t="s">
         <v>76</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>11809</v>
       </c>
@@ -4213,51 +4213,51 @@
       <c r="AZ15" t="s">
         <v>100</v>
       </c>
       <c r="BA15" t="s">
         <v>86</v>
       </c>
       <c r="BB15" t="s">
         <v>183</v>
       </c>
       <c r="BC15" t="s">
         <v>76</v>
       </c>
       <c r="BD15" t="s">
         <v>76</v>
       </c>
       <c r="BE15" t="s">
         <v>76</v>
       </c>
       <c r="BF15" t="s">
         <v>76</v>
       </c>
       <c r="BG15" t="s">
         <v>76</v>
       </c>
       <c r="BH15">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI15" t="s">
         <v>106</v>
       </c>
       <c r="BJ15" t="s">
         <v>91</v>
       </c>
       <c r="BK15" t="s">
         <v>151</v>
       </c>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>185</v>
       </c>
       <c r="BN15" t="s">
         <v>76</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>13626</v>
       </c>
@@ -4392,51 +4392,51 @@
       <c r="AZ16" t="s">
         <v>100</v>
       </c>
       <c r="BA16" t="s">
         <v>86</v>
       </c>
       <c r="BB16" t="s">
         <v>186</v>
       </c>
       <c r="BC16" t="s">
         <v>76</v>
       </c>
       <c r="BD16" t="s">
         <v>76</v>
       </c>
       <c r="BE16" t="s">
         <v>76</v>
       </c>
       <c r="BF16" t="s">
         <v>76</v>
       </c>
       <c r="BG16" t="s">
         <v>76</v>
       </c>
       <c r="BH16">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI16" t="s">
         <v>106</v>
       </c>
       <c r="BJ16" t="s">
         <v>91</v>
       </c>
       <c r="BK16" t="s">
         <v>151</v>
       </c>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>188</v>
       </c>
       <c r="BN16" t="s">
         <v>76</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>908</v>
       </c>
@@ -4571,51 +4571,51 @@
       <c r="AZ17" t="s">
         <v>100</v>
       </c>
       <c r="BA17" t="s">
         <v>86</v>
       </c>
       <c r="BB17" t="s">
         <v>189</v>
       </c>
       <c r="BC17" t="s">
         <v>76</v>
       </c>
       <c r="BD17" t="s">
         <v>76</v>
       </c>
       <c r="BE17" t="s">
         <v>76</v>
       </c>
       <c r="BF17" t="s">
         <v>76</v>
       </c>
       <c r="BG17" t="s">
         <v>76</v>
       </c>
       <c r="BH17">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI17" t="s">
         <v>106</v>
       </c>
       <c r="BJ17" t="s">
         <v>91</v>
       </c>
       <c r="BK17" t="s">
         <v>151</v>
       </c>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>191</v>
       </c>
       <c r="BN17" t="s">
         <v>76</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>908</v>
       </c>
@@ -4750,51 +4750,51 @@
       <c r="AZ18" t="s">
         <v>100</v>
       </c>
       <c r="BA18" t="s">
         <v>86</v>
       </c>
       <c r="BB18" t="s">
         <v>192</v>
       </c>
       <c r="BC18" t="s">
         <v>76</v>
       </c>
       <c r="BD18" t="s">
         <v>76</v>
       </c>
       <c r="BE18" t="s">
         <v>76</v>
       </c>
       <c r="BF18" t="s">
         <v>76</v>
       </c>
       <c r="BG18" t="s">
         <v>76</v>
       </c>
       <c r="BH18">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI18" t="s">
         <v>106</v>
       </c>
       <c r="BJ18" t="s">
         <v>91</v>
       </c>
       <c r="BK18" t="s">
         <v>151</v>
       </c>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>194</v>
       </c>
       <c r="BN18" t="s">
         <v>76</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>908</v>
       </c>
@@ -4929,51 +4929,51 @@
       <c r="AZ19" t="s">
         <v>100</v>
       </c>
       <c r="BA19" t="s">
         <v>86</v>
       </c>
       <c r="BB19" t="s">
         <v>196</v>
       </c>
       <c r="BC19" t="s">
         <v>76</v>
       </c>
       <c r="BD19" t="s">
         <v>76</v>
       </c>
       <c r="BE19" t="s">
         <v>76</v>
       </c>
       <c r="BF19" t="s">
         <v>76</v>
       </c>
       <c r="BG19" t="s">
         <v>76</v>
       </c>
       <c r="BH19">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI19" t="s">
         <v>106</v>
       </c>
       <c r="BJ19" t="s">
         <v>91</v>
       </c>
       <c r="BK19" t="s">
         <v>151</v>
       </c>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>201</v>
       </c>
       <c r="BN19" t="s">
         <v>76</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>3634</v>
       </c>
@@ -5108,51 +5108,51 @@
       <c r="AZ20" t="s">
         <v>100</v>
       </c>
       <c r="BA20" t="s">
         <v>86</v>
       </c>
       <c r="BB20" t="s">
         <v>202</v>
       </c>
       <c r="BC20" t="s">
         <v>76</v>
       </c>
       <c r="BD20" t="s">
         <v>76</v>
       </c>
       <c r="BE20" t="s">
         <v>76</v>
       </c>
       <c r="BF20" t="s">
         <v>76</v>
       </c>
       <c r="BG20" t="s">
         <v>76</v>
       </c>
       <c r="BH20">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI20" t="s">
         <v>106</v>
       </c>
       <c r="BJ20" t="s">
         <v>91</v>
       </c>
       <c r="BK20" t="s">
         <v>151</v>
       </c>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>204</v>
       </c>
       <c r="BN20" t="s">
         <v>76</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>11052</v>
       </c>
@@ -5287,51 +5287,51 @@
       <c r="AZ21" t="s">
         <v>100</v>
       </c>
       <c r="BA21" t="s">
         <v>86</v>
       </c>
       <c r="BB21" t="s">
         <v>205</v>
       </c>
       <c r="BC21" t="s">
         <v>76</v>
       </c>
       <c r="BD21" t="s">
         <v>76</v>
       </c>
       <c r="BE21" t="s">
         <v>76</v>
       </c>
       <c r="BF21" t="s">
         <v>76</v>
       </c>
       <c r="BG21" t="s">
         <v>76</v>
       </c>
       <c r="BH21">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI21" t="s">
         <v>106</v>
       </c>
       <c r="BJ21" t="s">
         <v>91</v>
       </c>
       <c r="BK21" t="s">
         <v>151</v>
       </c>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>207</v>
       </c>
       <c r="BN21" t="s">
         <v>76</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>5450</v>
       </c>
@@ -5466,51 +5466,51 @@
       <c r="AZ22" t="s">
         <v>100</v>
       </c>
       <c r="BA22" t="s">
         <v>86</v>
       </c>
       <c r="BB22" t="s">
         <v>208</v>
       </c>
       <c r="BC22" t="s">
         <v>76</v>
       </c>
       <c r="BD22" t="s">
         <v>76</v>
       </c>
       <c r="BE22" t="s">
         <v>76</v>
       </c>
       <c r="BF22" t="s">
         <v>76</v>
       </c>
       <c r="BG22" t="s">
         <v>76</v>
       </c>
       <c r="BH22">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI22" t="s">
         <v>106</v>
       </c>
       <c r="BJ22" t="s">
         <v>91</v>
       </c>
       <c r="BK22" t="s">
         <v>151</v>
       </c>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>210</v>
       </c>
       <c r="BN22" t="s">
         <v>76</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>9160</v>
       </c>
@@ -5645,51 +5645,51 @@
       <c r="AZ23" t="s">
         <v>100</v>
       </c>
       <c r="BA23" t="s">
         <v>86</v>
       </c>
       <c r="BB23" t="s">
         <v>211</v>
       </c>
       <c r="BC23" t="s">
         <v>76</v>
       </c>
       <c r="BD23" t="s">
         <v>76</v>
       </c>
       <c r="BE23" t="s">
         <v>76</v>
       </c>
       <c r="BF23" t="s">
         <v>76</v>
       </c>
       <c r="BG23" t="s">
         <v>76</v>
       </c>
       <c r="BH23">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI23" t="s">
         <v>106</v>
       </c>
       <c r="BJ23" t="s">
         <v>91</v>
       </c>
       <c r="BK23" t="s">
         <v>151</v>
       </c>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>213</v>
       </c>
       <c r="BN23" t="s">
         <v>76</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>19606</v>
       </c>
@@ -5824,51 +5824,51 @@
       <c r="AZ24" t="s">
         <v>100</v>
       </c>
       <c r="BA24" t="s">
         <v>86</v>
       </c>
       <c r="BB24" t="s">
         <v>214</v>
       </c>
       <c r="BC24" t="s">
         <v>76</v>
       </c>
       <c r="BD24" t="s">
         <v>76</v>
       </c>
       <c r="BE24" t="s">
         <v>76</v>
       </c>
       <c r="BF24" t="s">
         <v>76</v>
       </c>
       <c r="BG24" t="s">
         <v>76</v>
       </c>
       <c r="BH24">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI24" t="s">
         <v>106</v>
       </c>
       <c r="BJ24" t="s">
         <v>91</v>
       </c>
       <c r="BK24" t="s">
         <v>151</v>
       </c>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>216</v>
       </c>
       <c r="BN24" t="s">
         <v>76</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>1817</v>
       </c>
@@ -6003,51 +6003,51 @@
       <c r="AZ25" t="s">
         <v>100</v>
       </c>
       <c r="BA25" t="s">
         <v>86</v>
       </c>
       <c r="BB25" t="s">
         <v>217</v>
       </c>
       <c r="BC25" t="s">
         <v>76</v>
       </c>
       <c r="BD25" t="s">
         <v>76</v>
       </c>
       <c r="BE25" t="s">
         <v>76</v>
       </c>
       <c r="BF25" t="s">
         <v>76</v>
       </c>
       <c r="BG25" t="s">
         <v>76</v>
       </c>
       <c r="BH25">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI25" t="s">
         <v>106</v>
       </c>
       <c r="BJ25" t="s">
         <v>91</v>
       </c>
       <c r="BK25" t="s">
         <v>151</v>
       </c>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>219</v>
       </c>
       <c r="BN25" t="s">
         <v>76</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>908</v>
       </c>
@@ -6182,51 +6182,51 @@
       <c r="AZ26" t="s">
         <v>100</v>
       </c>
       <c r="BA26" t="s">
         <v>86</v>
       </c>
       <c r="BB26" t="s">
         <v>220</v>
       </c>
       <c r="BC26" t="s">
         <v>76</v>
       </c>
       <c r="BD26" t="s">
         <v>76</v>
       </c>
       <c r="BE26" t="s">
         <v>76</v>
       </c>
       <c r="BF26" t="s">
         <v>76</v>
       </c>
       <c r="BG26" t="s">
         <v>76</v>
       </c>
       <c r="BH26">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI26" t="s">
         <v>106</v>
       </c>
       <c r="BJ26" t="s">
         <v>91</v>
       </c>
       <c r="BK26" t="s">
         <v>151</v>
       </c>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>222</v>
       </c>
       <c r="BN26" t="s">
         <v>76</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>18547</v>
       </c>
@@ -6361,51 +6361,51 @@
       <c r="AZ27" t="s">
         <v>100</v>
       </c>
       <c r="BA27" t="s">
         <v>86</v>
       </c>
       <c r="BB27" t="s">
         <v>223</v>
       </c>
       <c r="BC27" t="s">
         <v>76</v>
       </c>
       <c r="BD27" t="s">
         <v>76</v>
       </c>
       <c r="BE27" t="s">
         <v>76</v>
       </c>
       <c r="BF27" t="s">
         <v>76</v>
       </c>
       <c r="BG27" t="s">
         <v>76</v>
       </c>
       <c r="BH27">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI27" t="s">
         <v>106</v>
       </c>
       <c r="BJ27" t="s">
         <v>91</v>
       </c>
       <c r="BK27" t="s">
         <v>151</v>
       </c>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>225</v>
       </c>
       <c r="BN27" t="s">
         <v>76</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>24300</v>
       </c>
@@ -6540,51 +6540,51 @@
       <c r="AZ28" t="s">
         <v>100</v>
       </c>
       <c r="BA28" t="s">
         <v>86</v>
       </c>
       <c r="BB28" t="s">
         <v>226</v>
       </c>
       <c r="BC28" t="s">
         <v>76</v>
       </c>
       <c r="BD28" t="s">
         <v>76</v>
       </c>
       <c r="BE28" t="s">
         <v>76</v>
       </c>
       <c r="BF28" t="s">
         <v>76</v>
       </c>
       <c r="BG28" t="s">
         <v>76</v>
       </c>
       <c r="BH28">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI28" t="s">
         <v>106</v>
       </c>
       <c r="BJ28" t="s">
         <v>91</v>
       </c>
       <c r="BK28" t="s">
         <v>151</v>
       </c>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>230</v>
       </c>
       <c r="BN28" t="s">
         <v>76</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>24400</v>
       </c>
@@ -6723,51 +6723,51 @@
       <c r="AZ29" t="s">
         <v>100</v>
       </c>
       <c r="BA29" t="s">
         <v>86</v>
       </c>
       <c r="BB29" t="s">
         <v>231</v>
       </c>
       <c r="BC29" t="s">
         <v>233</v>
       </c>
       <c r="BD29" t="s">
         <v>235</v>
       </c>
       <c r="BE29" t="s">
         <v>76</v>
       </c>
       <c r="BF29" t="s">
         <v>76</v>
       </c>
       <c r="BG29" t="s">
         <v>76</v>
       </c>
       <c r="BH29">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI29" t="s">
         <v>106</v>
       </c>
       <c r="BJ29" t="s">
         <v>91</v>
       </c>
       <c r="BK29" t="s">
         <v>151</v>
       </c>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>236</v>
       </c>
       <c r="BN29" t="s">
         <v>76</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>5700</v>
       </c>
@@ -6902,51 +6902,51 @@
       <c r="AZ30" t="s">
         <v>100</v>
       </c>
       <c r="BA30" t="s">
         <v>86</v>
       </c>
       <c r="BB30" t="s">
         <v>237</v>
       </c>
       <c r="BC30" t="s">
         <v>76</v>
       </c>
       <c r="BD30" t="s">
         <v>76</v>
       </c>
       <c r="BE30" t="s">
         <v>76</v>
       </c>
       <c r="BF30" t="s">
         <v>76</v>
       </c>
       <c r="BG30" t="s">
         <v>76</v>
       </c>
       <c r="BH30">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI30" t="s">
         <v>106</v>
       </c>
       <c r="BJ30" t="s">
         <v>91</v>
       </c>
       <c r="BK30" t="s">
         <v>151</v>
       </c>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>240</v>
       </c>
       <c r="BN30" t="s">
         <v>76</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>26100</v>
       </c>
@@ -7081,51 +7081,51 @@
       <c r="AZ31" t="s">
         <v>100</v>
       </c>
       <c r="BA31" t="s">
         <v>86</v>
       </c>
       <c r="BB31" t="s">
         <v>241</v>
       </c>
       <c r="BC31" t="s">
         <v>76</v>
       </c>
       <c r="BD31" t="s">
         <v>76</v>
       </c>
       <c r="BE31" t="s">
         <v>76</v>
       </c>
       <c r="BF31" t="s">
         <v>76</v>
       </c>
       <c r="BG31" t="s">
         <v>76</v>
       </c>
       <c r="BH31">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI31" t="s">
         <v>106</v>
       </c>
       <c r="BJ31" t="s">
         <v>91</v>
       </c>
       <c r="BK31" t="s">
         <v>151</v>
       </c>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>244</v>
       </c>
       <c r="BN31" t="s">
         <v>76</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>16200</v>
       </c>
@@ -7260,51 +7260,51 @@
       <c r="AZ32" t="s">
         <v>100</v>
       </c>
       <c r="BA32" t="s">
         <v>86</v>
       </c>
       <c r="BB32" t="s">
         <v>245</v>
       </c>
       <c r="BC32" t="s">
         <v>76</v>
       </c>
       <c r="BD32" t="s">
         <v>76</v>
       </c>
       <c r="BE32" t="s">
         <v>76</v>
       </c>
       <c r="BF32" t="s">
         <v>76</v>
       </c>
       <c r="BG32" t="s">
         <v>76</v>
       </c>
       <c r="BH32">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI32" t="s">
         <v>106</v>
       </c>
       <c r="BJ32" t="s">
         <v>91</v>
       </c>
       <c r="BK32" t="s">
         <v>151</v>
       </c>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>248</v>
       </c>
       <c r="BN32" t="s">
         <v>76</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>20700</v>
       </c>
@@ -7443,51 +7443,51 @@
       <c r="AZ33" t="s">
         <v>100</v>
       </c>
       <c r="BA33" t="s">
         <v>86</v>
       </c>
       <c r="BB33" t="s">
         <v>249</v>
       </c>
       <c r="BC33" t="s">
         <v>233</v>
       </c>
       <c r="BD33" t="s">
         <v>76</v>
       </c>
       <c r="BE33" t="s">
         <v>76</v>
       </c>
       <c r="BF33" t="s">
         <v>76</v>
       </c>
       <c r="BG33" t="s">
         <v>76</v>
       </c>
       <c r="BH33">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI33" t="s">
         <v>106</v>
       </c>
       <c r="BJ33" t="s">
         <v>91</v>
       </c>
       <c r="BK33" t="s">
         <v>151</v>
       </c>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>252</v>
       </c>
       <c r="BN33" t="s">
         <v>76</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>12600</v>
       </c>
@@ -7626,51 +7626,51 @@
       <c r="AZ34" t="s">
         <v>100</v>
       </c>
       <c r="BA34" t="s">
         <v>86</v>
       </c>
       <c r="BB34" t="s">
         <v>253</v>
       </c>
       <c r="BC34" t="s">
         <v>233</v>
       </c>
       <c r="BD34" t="s">
         <v>256</v>
       </c>
       <c r="BE34" t="s">
         <v>76</v>
       </c>
       <c r="BF34" t="s">
         <v>76</v>
       </c>
       <c r="BG34" t="s">
         <v>76</v>
       </c>
       <c r="BH34">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI34" t="s">
         <v>106</v>
       </c>
       <c r="BJ34" t="s">
         <v>91</v>
       </c>
       <c r="BK34" t="s">
         <v>151</v>
       </c>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>257</v>
       </c>
       <c r="BN34" t="s">
         <v>76</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>3600</v>
       </c>
@@ -7805,51 +7805,51 @@
       <c r="AZ35" t="s">
         <v>100</v>
       </c>
       <c r="BA35" t="s">
         <v>86</v>
       </c>
       <c r="BB35" t="s">
         <v>258</v>
       </c>
       <c r="BC35" t="s">
         <v>76</v>
       </c>
       <c r="BD35" t="s">
         <v>76</v>
       </c>
       <c r="BE35" t="s">
         <v>76</v>
       </c>
       <c r="BF35" t="s">
         <v>76</v>
       </c>
       <c r="BG35" t="s">
         <v>76</v>
       </c>
       <c r="BH35">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI35" t="s">
         <v>106</v>
       </c>
       <c r="BJ35" t="s">
         <v>91</v>
       </c>
       <c r="BK35" t="s">
         <v>151</v>
       </c>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>260</v>
       </c>
       <c r="BN35" t="s">
         <v>76</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>900</v>
       </c>
@@ -7988,51 +7988,51 @@
       <c r="AZ36" t="s">
         <v>100</v>
       </c>
       <c r="BA36" t="s">
         <v>86</v>
       </c>
       <c r="BB36" t="s">
         <v>261</v>
       </c>
       <c r="BC36" t="s">
         <v>233</v>
       </c>
       <c r="BD36" t="s">
         <v>76</v>
       </c>
       <c r="BE36" t="s">
         <v>76</v>
       </c>
       <c r="BF36" t="s">
         <v>76</v>
       </c>
       <c r="BG36" t="s">
         <v>76</v>
       </c>
       <c r="BH36">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI36" t="s">
         <v>106</v>
       </c>
       <c r="BJ36" t="s">
         <v>91</v>
       </c>
       <c r="BK36" t="s">
         <v>151</v>
       </c>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>264</v>
       </c>
       <c r="BN36" t="s">
         <v>76</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>3600</v>
       </c>
@@ -8171,51 +8171,51 @@
       <c r="AZ37" t="s">
         <v>100</v>
       </c>
       <c r="BA37" t="s">
         <v>86</v>
       </c>
       <c r="BB37" t="s">
         <v>265</v>
       </c>
       <c r="BC37" t="s">
         <v>233</v>
       </c>
       <c r="BD37" t="s">
         <v>76</v>
       </c>
       <c r="BE37" t="s">
         <v>76</v>
       </c>
       <c r="BF37" t="s">
         <v>76</v>
       </c>
       <c r="BG37" t="s">
         <v>76</v>
       </c>
       <c r="BH37">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI37" t="s">
         <v>106</v>
       </c>
       <c r="BJ37" t="s">
         <v>91</v>
       </c>
       <c r="BK37" t="s">
         <v>151</v>
       </c>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>271</v>
       </c>
       <c r="BN37" t="s">
         <v>76</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>1800</v>
       </c>
@@ -8354,51 +8354,51 @@
       <c r="AZ38" t="s">
         <v>100</v>
       </c>
       <c r="BA38" t="s">
         <v>86</v>
       </c>
       <c r="BB38" t="s">
         <v>272</v>
       </c>
       <c r="BC38" t="s">
         <v>233</v>
       </c>
       <c r="BD38" t="s">
         <v>275</v>
       </c>
       <c r="BE38" t="s">
         <v>76</v>
       </c>
       <c r="BF38" t="s">
         <v>76</v>
       </c>
       <c r="BG38" t="s">
         <v>76</v>
       </c>
       <c r="BH38">
-        <v>1567</v>
+        <v>1613</v>
       </c>
       <c r="BI38" t="s">
         <v>106</v>
       </c>
       <c r="BJ38" t="s">
         <v>91</v>
       </c>
       <c r="BK38" t="s">
         <v>151</v>
       </c>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>276</v>
       </c>
       <c r="BN38" t="s">
         <v>76</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>900</v>
       </c>
@@ -8537,51 +8537,51 @@
       <c r="AZ39" t="s">
         <v>100</v>
       </c>
       <c r="BA39" t="s">
         <v>86</v>
       </c>
       <c r="BB39" t="s">
         <v>277</v>
       </c>
       <c r="BC39" t="s">
         <v>233</v>
       </c>
       <c r="BD39" t="s">
         <v>76</v>
       </c>
       <c r="BE39" t="s">
         <v>76</v>
       </c>
       <c r="BF39" t="s">
         <v>76</v>
       </c>
       <c r="BG39" t="s">
         <v>76</v>
       </c>
       <c r="BH39">
-        <v>1568</v>
+        <v>1614</v>
       </c>
       <c r="BI39" t="s">
         <v>106</v>
       </c>
       <c r="BJ39" t="s">
         <v>91</v>
       </c>
       <c r="BK39" t="s">
         <v>151</v>
       </c>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>282</v>
       </c>
       <c r="BN39" t="s">
         <v>76</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>900</v>
       </c>
@@ -8720,51 +8720,51 @@
       <c r="AZ40" t="s">
         <v>100</v>
       </c>
       <c r="BA40" t="s">
         <v>86</v>
       </c>
       <c r="BB40" t="s">
         <v>283</v>
       </c>
       <c r="BC40" t="s">
         <v>233</v>
       </c>
       <c r="BD40" t="s">
         <v>76</v>
       </c>
       <c r="BE40" t="s">
         <v>76</v>
       </c>
       <c r="BF40" t="s">
         <v>76</v>
       </c>
       <c r="BG40" t="s">
         <v>76</v>
       </c>
       <c r="BH40">
-        <v>1568</v>
+        <v>1614</v>
       </c>
       <c r="BI40" t="s">
         <v>106</v>
       </c>
       <c r="BJ40" t="s">
         <v>91</v>
       </c>
       <c r="BK40" t="s">
         <v>151</v>
       </c>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>289</v>
       </c>
       <c r="BN40" t="s">
         <v>76</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>4500</v>
       </c>
@@ -8903,51 +8903,51 @@
       <c r="AZ41" t="s">
         <v>100</v>
       </c>
       <c r="BA41" t="s">
         <v>86</v>
       </c>
       <c r="BB41" t="s">
         <v>290</v>
       </c>
       <c r="BC41" t="s">
         <v>233</v>
       </c>
       <c r="BD41" t="s">
         <v>295</v>
       </c>
       <c r="BE41" t="s">
         <v>76</v>
       </c>
       <c r="BF41" t="s">
         <v>76</v>
       </c>
       <c r="BG41" t="s">
         <v>76</v>
       </c>
       <c r="BH41">
-        <v>1568</v>
+        <v>1614</v>
       </c>
       <c r="BI41" t="s">
         <v>106</v>
       </c>
       <c r="BJ41" t="s">
         <v>91</v>
       </c>
       <c r="BK41" t="s">
         <v>151</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>296</v>
       </c>
       <c r="BN41" t="s">
         <v>76</v>
       </c>
       <c r="BO41">
         <v>1</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>12600</v>
       </c>
@@ -9082,51 +9082,51 @@
       <c r="AZ42" t="s">
         <v>100</v>
       </c>
       <c r="BA42" t="s">
         <v>86</v>
       </c>
       <c r="BB42" t="s">
         <v>297</v>
       </c>
       <c r="BC42" t="s">
         <v>76</v>
       </c>
       <c r="BD42" t="s">
         <v>76</v>
       </c>
       <c r="BE42" t="s">
         <v>76</v>
       </c>
       <c r="BF42" t="s">
         <v>76</v>
       </c>
       <c r="BG42" t="s">
         <v>76</v>
       </c>
       <c r="BH42">
-        <v>1568</v>
+        <v>1614</v>
       </c>
       <c r="BI42" t="s">
         <v>106</v>
       </c>
       <c r="BJ42" t="s">
         <v>91</v>
       </c>
       <c r="BK42" t="s">
         <v>151</v>
       </c>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>302</v>
       </c>
       <c r="BN42" t="s">
         <v>76</v>
       </c>
       <c r="BO42">
         <v>1</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>18000</v>
       </c>
@@ -9265,51 +9265,51 @@
       <c r="AZ43" t="s">
         <v>100</v>
       </c>
       <c r="BA43" t="s">
         <v>86</v>
       </c>
       <c r="BB43" t="s">
         <v>303</v>
       </c>
       <c r="BC43" t="s">
         <v>306</v>
       </c>
       <c r="BD43" t="s">
         <v>76</v>
       </c>
       <c r="BE43" t="s">
         <v>76</v>
       </c>
       <c r="BF43" t="s">
         <v>76</v>
       </c>
       <c r="BG43" t="s">
         <v>76</v>
       </c>
       <c r="BH43">
-        <v>1568</v>
+        <v>1614</v>
       </c>
       <c r="BI43" t="s">
         <v>106</v>
       </c>
       <c r="BJ43" t="s">
         <v>91</v>
       </c>
       <c r="BK43" t="s">
         <v>151</v>
       </c>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>310</v>
       </c>
       <c r="BN43" t="s">
         <v>76</v>
       </c>
       <c r="BO43">
         <v>1</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>4500</v>
       </c>
@@ -9830,51 +9830,51 @@
       <c r="AZ46" t="s">
         <v>100</v>
       </c>
       <c r="BA46" t="s">
         <v>86</v>
       </c>
       <c r="BB46" t="s">
         <v>343</v>
       </c>
       <c r="BC46" t="s">
         <v>76</v>
       </c>
       <c r="BD46" t="s">
         <v>76</v>
       </c>
       <c r="BE46" t="s">
         <v>76</v>
       </c>
       <c r="BF46" t="s">
         <v>76</v>
       </c>
       <c r="BG46" t="s">
         <v>76</v>
       </c>
       <c r="BH46">
-        <v>1721</v>
+        <v>1767</v>
       </c>
       <c r="BI46" t="s">
         <v>106</v>
       </c>
       <c r="BJ46" t="s">
         <v>91</v>
       </c>
       <c r="BK46" t="s">
         <v>92</v>
       </c>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>348</v>
       </c>
       <c r="BN46" t="s">
         <v>76</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>158194</v>
       </c>
@@ -10005,51 +10005,51 @@
       <c r="AX47"/>
       <c r="AY47"/>
       <c r="AZ47" t="s">
         <v>100</v>
       </c>
       <c r="BA47"/>
       <c r="BB47" t="s">
         <v>349</v>
       </c>
       <c r="BC47" t="s">
         <v>76</v>
       </c>
       <c r="BD47" t="s">
         <v>76</v>
       </c>
       <c r="BE47" t="s">
         <v>76</v>
       </c>
       <c r="BF47" t="s">
         <v>76</v>
       </c>
       <c r="BG47" t="s">
         <v>76</v>
       </c>
       <c r="BH47">
-        <v>1763</v>
+        <v>1809</v>
       </c>
       <c r="BI47" t="s">
         <v>106</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>76</v>
       </c>
       <c r="BN47" t="s">
         <v>76</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
         <v>137958</v>
       </c>
       <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
@@ -10178,51 +10178,51 @@
       <c r="AX48"/>
       <c r="AY48"/>
       <c r="AZ48" t="s">
         <v>100</v>
       </c>
       <c r="BA48"/>
       <c r="BB48" t="s">
         <v>353</v>
       </c>
       <c r="BC48" t="s">
         <v>356</v>
       </c>
       <c r="BD48" t="s">
         <v>360</v>
       </c>
       <c r="BE48" t="s">
         <v>76</v>
       </c>
       <c r="BF48" t="s">
         <v>76</v>
       </c>
       <c r="BG48" t="s">
         <v>76</v>
       </c>
       <c r="BH48">
-        <v>1770</v>
+        <v>1816</v>
       </c>
       <c r="BI48" t="s">
         <v>106</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48" t="s">
         <v>92</v>
       </c>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>361</v>
       </c>
       <c r="BN48" t="s">
         <v>76</v>
       </c>
       <c r="BO48">
         <v>53</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>138356</v>
       </c>
       <c r="BS48" t="s">
         <v>123</v>
@@ -10351,51 +10351,51 @@
       <c r="AX49"/>
       <c r="AY49"/>
       <c r="AZ49" t="s">
         <v>100</v>
       </c>
       <c r="BA49"/>
       <c r="BB49" t="s">
         <v>362</v>
       </c>
       <c r="BC49" t="s">
         <v>76</v>
       </c>
       <c r="BD49" t="s">
         <v>76</v>
       </c>
       <c r="BE49" t="s">
         <v>76</v>
       </c>
       <c r="BF49" t="s">
         <v>76</v>
       </c>
       <c r="BG49" t="s">
         <v>76</v>
       </c>
       <c r="BH49">
-        <v>1772</v>
+        <v>1818</v>
       </c>
       <c r="BI49" t="s">
         <v>106</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>76</v>
       </c>
       <c r="BN49" t="s">
         <v>76</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
         <v>207716</v>
       </c>
       <c r="BS49"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>