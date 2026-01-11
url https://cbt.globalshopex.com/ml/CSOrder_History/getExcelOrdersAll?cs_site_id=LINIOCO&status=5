--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -2031,51 +2031,51 @@
       <c r="AZ3" t="s">
         <v>100</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>97</v>
       </c>
       <c r="BC3" t="s">
         <v>76</v>
       </c>
       <c r="BD3" t="s">
         <v>76</v>
       </c>
       <c r="BE3" t="s">
         <v>76</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>914</v>
+        <v>961</v>
       </c>
       <c r="BI3" t="s">
         <v>106</v>
       </c>
       <c r="BJ3" t="s">
         <v>91</v>
       </c>
       <c r="BK3" t="s">
         <v>107</v>
       </c>
       <c r="BL3" t="s">
         <v>108</v>
       </c>
       <c r="BM3" t="s">
         <v>109</v>
       </c>
       <c r="BN3" t="s">
         <v>110</v>
       </c>
       <c r="BO3">
         <v>4</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
@@ -2224,51 +2224,51 @@
       <c r="AZ4" t="s">
         <v>100</v>
       </c>
       <c r="BA4" t="s">
         <v>86</v>
       </c>
       <c r="BB4" t="s">
         <v>111</v>
       </c>
       <c r="BC4" t="s">
         <v>114</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
         <v>76</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>918</v>
+        <v>965</v>
       </c>
       <c r="BI4" t="s">
         <v>90</v>
       </c>
       <c r="BJ4" t="s">
         <v>91</v>
       </c>
       <c r="BK4" t="s">
         <v>107</v>
       </c>
       <c r="BL4" t="s">
         <v>108</v>
       </c>
       <c r="BM4" t="s">
         <v>121</v>
       </c>
       <c r="BN4" t="s">
         <v>122</v>
       </c>
       <c r="BO4">
         <v>9</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
@@ -2409,51 +2409,51 @@
       <c r="AZ5" t="s">
         <v>100</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>124</v>
       </c>
       <c r="BC5" t="s">
         <v>76</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
         <v>76</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>76</v>
       </c>
       <c r="BH5">
-        <v>1134</v>
+        <v>1181</v>
       </c>
       <c r="BI5" t="s">
         <v>106</v>
       </c>
       <c r="BJ5" t="s">
         <v>91</v>
       </c>
       <c r="BK5" t="s">
         <v>107</v>
       </c>
       <c r="BL5" t="s">
         <v>108</v>
       </c>
       <c r="BM5" t="s">
         <v>130</v>
       </c>
       <c r="BN5" t="s">
         <v>131</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
@@ -2598,51 +2598,51 @@
       <c r="AZ6" t="s">
         <v>100</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
         <v>132</v>
       </c>
       <c r="BC6" t="s">
         <v>135</v>
       </c>
       <c r="BD6" t="s">
         <v>143</v>
       </c>
       <c r="BE6" t="s">
         <v>76</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
         <v>76</v>
       </c>
       <c r="BH6">
-        <v>1511</v>
+        <v>1558</v>
       </c>
       <c r="BI6" t="s">
         <v>90</v>
       </c>
       <c r="BJ6" t="s">
         <v>91</v>
       </c>
       <c r="BK6" t="s">
         <v>92</v>
       </c>
       <c r="BL6" t="s">
         <v>108</v>
       </c>
       <c r="BM6" t="s">
         <v>144</v>
       </c>
       <c r="BN6" t="s">
         <v>145</v>
       </c>
       <c r="BO6">
         <v>1</v>
       </c>
       <c r="BP6" t="s">
         <v>146</v>
       </c>
@@ -2781,51 +2781,51 @@
       <c r="AZ7" t="s">
         <v>100</v>
       </c>
       <c r="BA7" t="s">
         <v>86</v>
       </c>
       <c r="BB7" t="s">
         <v>147</v>
       </c>
       <c r="BC7" t="s">
         <v>76</v>
       </c>
       <c r="BD7" t="s">
         <v>76</v>
       </c>
       <c r="BE7" t="s">
         <v>76</v>
       </c>
       <c r="BF7" t="s">
         <v>76</v>
       </c>
       <c r="BG7" t="s">
         <v>76</v>
       </c>
       <c r="BH7">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI7" t="s">
         <v>106</v>
       </c>
       <c r="BJ7" t="s">
         <v>91</v>
       </c>
       <c r="BK7" t="s">
         <v>151</v>
       </c>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>152</v>
       </c>
       <c r="BN7" t="s">
         <v>76</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>7267</v>
       </c>
@@ -2960,51 +2960,51 @@
       <c r="AZ8" t="s">
         <v>100</v>
       </c>
       <c r="BA8" t="s">
         <v>86</v>
       </c>
       <c r="BB8" t="s">
         <v>153</v>
       </c>
       <c r="BC8" t="s">
         <v>76</v>
       </c>
       <c r="BD8" t="s">
         <v>76</v>
       </c>
       <c r="BE8" t="s">
         <v>76</v>
       </c>
       <c r="BF8" t="s">
         <v>76</v>
       </c>
       <c r="BG8" t="s">
         <v>76</v>
       </c>
       <c r="BH8">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI8" t="s">
         <v>106</v>
       </c>
       <c r="BJ8" t="s">
         <v>91</v>
       </c>
       <c r="BK8" t="s">
         <v>151</v>
       </c>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>158</v>
       </c>
       <c r="BN8" t="s">
         <v>76</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>908</v>
       </c>
@@ -3139,51 +3139,51 @@
       <c r="AZ9" t="s">
         <v>100</v>
       </c>
       <c r="BA9" t="s">
         <v>86</v>
       </c>
       <c r="BB9" t="s">
         <v>159</v>
       </c>
       <c r="BC9" t="s">
         <v>76</v>
       </c>
       <c r="BD9" t="s">
         <v>76</v>
       </c>
       <c r="BE9" t="s">
         <v>76</v>
       </c>
       <c r="BF9" t="s">
         <v>76</v>
       </c>
       <c r="BG9" t="s">
         <v>76</v>
       </c>
       <c r="BH9">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI9" t="s">
         <v>106</v>
       </c>
       <c r="BJ9" t="s">
         <v>91</v>
       </c>
       <c r="BK9" t="s">
         <v>151</v>
       </c>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>161</v>
       </c>
       <c r="BN9" t="s">
         <v>76</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>908</v>
       </c>
@@ -3318,51 +3318,51 @@
       <c r="AZ10" t="s">
         <v>100</v>
       </c>
       <c r="BA10" t="s">
         <v>86</v>
       </c>
       <c r="BB10" t="s">
         <v>162</v>
       </c>
       <c r="BC10" t="s">
         <v>76</v>
       </c>
       <c r="BD10" t="s">
         <v>76</v>
       </c>
       <c r="BE10" t="s">
         <v>76</v>
       </c>
       <c r="BF10" t="s">
         <v>76</v>
       </c>
       <c r="BG10" t="s">
         <v>76</v>
       </c>
       <c r="BH10">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI10" t="s">
         <v>106</v>
       </c>
       <c r="BJ10" t="s">
         <v>91</v>
       </c>
       <c r="BK10" t="s">
         <v>151</v>
       </c>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>164</v>
       </c>
       <c r="BN10" t="s">
         <v>76</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>908</v>
       </c>
@@ -3497,51 +3497,51 @@
       <c r="AZ11" t="s">
         <v>100</v>
       </c>
       <c r="BA11" t="s">
         <v>86</v>
       </c>
       <c r="BB11" t="s">
         <v>165</v>
       </c>
       <c r="BC11" t="s">
         <v>76</v>
       </c>
       <c r="BD11" t="s">
         <v>76</v>
       </c>
       <c r="BE11" t="s">
         <v>76</v>
       </c>
       <c r="BF11" t="s">
         <v>76</v>
       </c>
       <c r="BG11" t="s">
         <v>76</v>
       </c>
       <c r="BH11">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI11" t="s">
         <v>106</v>
       </c>
       <c r="BJ11" t="s">
         <v>91</v>
       </c>
       <c r="BK11" t="s">
         <v>151</v>
       </c>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>167</v>
       </c>
       <c r="BN11" t="s">
         <v>76</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>1817</v>
       </c>
@@ -3676,51 +3676,51 @@
       <c r="AZ12" t="s">
         <v>100</v>
       </c>
       <c r="BA12" t="s">
         <v>86</v>
       </c>
       <c r="BB12" t="s">
         <v>168</v>
       </c>
       <c r="BC12" t="s">
         <v>76</v>
       </c>
       <c r="BD12" t="s">
         <v>76</v>
       </c>
       <c r="BE12" t="s">
         <v>76</v>
       </c>
       <c r="BF12" t="s">
         <v>76</v>
       </c>
       <c r="BG12" t="s">
         <v>76</v>
       </c>
       <c r="BH12">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI12" t="s">
         <v>106</v>
       </c>
       <c r="BJ12" t="s">
         <v>91</v>
       </c>
       <c r="BK12" t="s">
         <v>151</v>
       </c>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>173</v>
       </c>
       <c r="BN12" t="s">
         <v>76</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>908</v>
       </c>
@@ -3855,51 +3855,51 @@
       <c r="AZ13" t="s">
         <v>100</v>
       </c>
       <c r="BA13" t="s">
         <v>86</v>
       </c>
       <c r="BB13" t="s">
         <v>174</v>
       </c>
       <c r="BC13" t="s">
         <v>76</v>
       </c>
       <c r="BD13" t="s">
         <v>76</v>
       </c>
       <c r="BE13" t="s">
         <v>76</v>
       </c>
       <c r="BF13" t="s">
         <v>76</v>
       </c>
       <c r="BG13" t="s">
         <v>76</v>
       </c>
       <c r="BH13">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI13" t="s">
         <v>106</v>
       </c>
       <c r="BJ13" t="s">
         <v>91</v>
       </c>
       <c r="BK13" t="s">
         <v>151</v>
       </c>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>176</v>
       </c>
       <c r="BN13" t="s">
         <v>76</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>1817</v>
       </c>
@@ -4034,51 +4034,51 @@
       <c r="AZ14" t="s">
         <v>100</v>
       </c>
       <c r="BA14" t="s">
         <v>86</v>
       </c>
       <c r="BB14" t="s">
         <v>177</v>
       </c>
       <c r="BC14" t="s">
         <v>76</v>
       </c>
       <c r="BD14" t="s">
         <v>76</v>
       </c>
       <c r="BE14" t="s">
         <v>76</v>
       </c>
       <c r="BF14" t="s">
         <v>76</v>
       </c>
       <c r="BG14" t="s">
         <v>76</v>
       </c>
       <c r="BH14">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI14" t="s">
         <v>106</v>
       </c>
       <c r="BJ14" t="s">
         <v>91</v>
       </c>
       <c r="BK14" t="s">
         <v>151</v>
       </c>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>182</v>
       </c>
       <c r="BN14" t="s">
         <v>76</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>11809</v>
       </c>
@@ -4213,51 +4213,51 @@
       <c r="AZ15" t="s">
         <v>100</v>
       </c>
       <c r="BA15" t="s">
         <v>86</v>
       </c>
       <c r="BB15" t="s">
         <v>183</v>
       </c>
       <c r="BC15" t="s">
         <v>76</v>
       </c>
       <c r="BD15" t="s">
         <v>76</v>
       </c>
       <c r="BE15" t="s">
         <v>76</v>
       </c>
       <c r="BF15" t="s">
         <v>76</v>
       </c>
       <c r="BG15" t="s">
         <v>76</v>
       </c>
       <c r="BH15">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI15" t="s">
         <v>106</v>
       </c>
       <c r="BJ15" t="s">
         <v>91</v>
       </c>
       <c r="BK15" t="s">
         <v>151</v>
       </c>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>185</v>
       </c>
       <c r="BN15" t="s">
         <v>76</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>13626</v>
       </c>
@@ -4392,51 +4392,51 @@
       <c r="AZ16" t="s">
         <v>100</v>
       </c>
       <c r="BA16" t="s">
         <v>86</v>
       </c>
       <c r="BB16" t="s">
         <v>186</v>
       </c>
       <c r="BC16" t="s">
         <v>76</v>
       </c>
       <c r="BD16" t="s">
         <v>76</v>
       </c>
       <c r="BE16" t="s">
         <v>76</v>
       </c>
       <c r="BF16" t="s">
         <v>76</v>
       </c>
       <c r="BG16" t="s">
         <v>76</v>
       </c>
       <c r="BH16">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI16" t="s">
         <v>106</v>
       </c>
       <c r="BJ16" t="s">
         <v>91</v>
       </c>
       <c r="BK16" t="s">
         <v>151</v>
       </c>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>188</v>
       </c>
       <c r="BN16" t="s">
         <v>76</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>908</v>
       </c>
@@ -4571,51 +4571,51 @@
       <c r="AZ17" t="s">
         <v>100</v>
       </c>
       <c r="BA17" t="s">
         <v>86</v>
       </c>
       <c r="BB17" t="s">
         <v>189</v>
       </c>
       <c r="BC17" t="s">
         <v>76</v>
       </c>
       <c r="BD17" t="s">
         <v>76</v>
       </c>
       <c r="BE17" t="s">
         <v>76</v>
       </c>
       <c r="BF17" t="s">
         <v>76</v>
       </c>
       <c r="BG17" t="s">
         <v>76</v>
       </c>
       <c r="BH17">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI17" t="s">
         <v>106</v>
       </c>
       <c r="BJ17" t="s">
         <v>91</v>
       </c>
       <c r="BK17" t="s">
         <v>151</v>
       </c>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>191</v>
       </c>
       <c r="BN17" t="s">
         <v>76</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>908</v>
       </c>
@@ -4750,51 +4750,51 @@
       <c r="AZ18" t="s">
         <v>100</v>
       </c>
       <c r="BA18" t="s">
         <v>86</v>
       </c>
       <c r="BB18" t="s">
         <v>192</v>
       </c>
       <c r="BC18" t="s">
         <v>76</v>
       </c>
       <c r="BD18" t="s">
         <v>76</v>
       </c>
       <c r="BE18" t="s">
         <v>76</v>
       </c>
       <c r="BF18" t="s">
         <v>76</v>
       </c>
       <c r="BG18" t="s">
         <v>76</v>
       </c>
       <c r="BH18">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI18" t="s">
         <v>106</v>
       </c>
       <c r="BJ18" t="s">
         <v>91</v>
       </c>
       <c r="BK18" t="s">
         <v>151</v>
       </c>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>194</v>
       </c>
       <c r="BN18" t="s">
         <v>76</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>908</v>
       </c>
@@ -4929,51 +4929,51 @@
       <c r="AZ19" t="s">
         <v>100</v>
       </c>
       <c r="BA19" t="s">
         <v>86</v>
       </c>
       <c r="BB19" t="s">
         <v>196</v>
       </c>
       <c r="BC19" t="s">
         <v>76</v>
       </c>
       <c r="BD19" t="s">
         <v>76</v>
       </c>
       <c r="BE19" t="s">
         <v>76</v>
       </c>
       <c r="BF19" t="s">
         <v>76</v>
       </c>
       <c r="BG19" t="s">
         <v>76</v>
       </c>
       <c r="BH19">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI19" t="s">
         <v>106</v>
       </c>
       <c r="BJ19" t="s">
         <v>91</v>
       </c>
       <c r="BK19" t="s">
         <v>151</v>
       </c>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>201</v>
       </c>
       <c r="BN19" t="s">
         <v>76</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>3634</v>
       </c>
@@ -5108,51 +5108,51 @@
       <c r="AZ20" t="s">
         <v>100</v>
       </c>
       <c r="BA20" t="s">
         <v>86</v>
       </c>
       <c r="BB20" t="s">
         <v>202</v>
       </c>
       <c r="BC20" t="s">
         <v>76</v>
       </c>
       <c r="BD20" t="s">
         <v>76</v>
       </c>
       <c r="BE20" t="s">
         <v>76</v>
       </c>
       <c r="BF20" t="s">
         <v>76</v>
       </c>
       <c r="BG20" t="s">
         <v>76</v>
       </c>
       <c r="BH20">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI20" t="s">
         <v>106</v>
       </c>
       <c r="BJ20" t="s">
         <v>91</v>
       </c>
       <c r="BK20" t="s">
         <v>151</v>
       </c>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>204</v>
       </c>
       <c r="BN20" t="s">
         <v>76</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>11052</v>
       </c>
@@ -5287,51 +5287,51 @@
       <c r="AZ21" t="s">
         <v>100</v>
       </c>
       <c r="BA21" t="s">
         <v>86</v>
       </c>
       <c r="BB21" t="s">
         <v>205</v>
       </c>
       <c r="BC21" t="s">
         <v>76</v>
       </c>
       <c r="BD21" t="s">
         <v>76</v>
       </c>
       <c r="BE21" t="s">
         <v>76</v>
       </c>
       <c r="BF21" t="s">
         <v>76</v>
       </c>
       <c r="BG21" t="s">
         <v>76</v>
       </c>
       <c r="BH21">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI21" t="s">
         <v>106</v>
       </c>
       <c r="BJ21" t="s">
         <v>91</v>
       </c>
       <c r="BK21" t="s">
         <v>151</v>
       </c>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>207</v>
       </c>
       <c r="BN21" t="s">
         <v>76</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>5450</v>
       </c>
@@ -5466,51 +5466,51 @@
       <c r="AZ22" t="s">
         <v>100</v>
       </c>
       <c r="BA22" t="s">
         <v>86</v>
       </c>
       <c r="BB22" t="s">
         <v>208</v>
       </c>
       <c r="BC22" t="s">
         <v>76</v>
       </c>
       <c r="BD22" t="s">
         <v>76</v>
       </c>
       <c r="BE22" t="s">
         <v>76</v>
       </c>
       <c r="BF22" t="s">
         <v>76</v>
       </c>
       <c r="BG22" t="s">
         <v>76</v>
       </c>
       <c r="BH22">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI22" t="s">
         <v>106</v>
       </c>
       <c r="BJ22" t="s">
         <v>91</v>
       </c>
       <c r="BK22" t="s">
         <v>151</v>
       </c>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>210</v>
       </c>
       <c r="BN22" t="s">
         <v>76</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>9160</v>
       </c>
@@ -5645,51 +5645,51 @@
       <c r="AZ23" t="s">
         <v>100</v>
       </c>
       <c r="BA23" t="s">
         <v>86</v>
       </c>
       <c r="BB23" t="s">
         <v>211</v>
       </c>
       <c r="BC23" t="s">
         <v>76</v>
       </c>
       <c r="BD23" t="s">
         <v>76</v>
       </c>
       <c r="BE23" t="s">
         <v>76</v>
       </c>
       <c r="BF23" t="s">
         <v>76</v>
       </c>
       <c r="BG23" t="s">
         <v>76</v>
       </c>
       <c r="BH23">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI23" t="s">
         <v>106</v>
       </c>
       <c r="BJ23" t="s">
         <v>91</v>
       </c>
       <c r="BK23" t="s">
         <v>151</v>
       </c>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>213</v>
       </c>
       <c r="BN23" t="s">
         <v>76</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>19606</v>
       </c>
@@ -5824,51 +5824,51 @@
       <c r="AZ24" t="s">
         <v>100</v>
       </c>
       <c r="BA24" t="s">
         <v>86</v>
       </c>
       <c r="BB24" t="s">
         <v>214</v>
       </c>
       <c r="BC24" t="s">
         <v>76</v>
       </c>
       <c r="BD24" t="s">
         <v>76</v>
       </c>
       <c r="BE24" t="s">
         <v>76</v>
       </c>
       <c r="BF24" t="s">
         <v>76</v>
       </c>
       <c r="BG24" t="s">
         <v>76</v>
       </c>
       <c r="BH24">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI24" t="s">
         <v>106</v>
       </c>
       <c r="BJ24" t="s">
         <v>91</v>
       </c>
       <c r="BK24" t="s">
         <v>151</v>
       </c>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>216</v>
       </c>
       <c r="BN24" t="s">
         <v>76</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>1817</v>
       </c>
@@ -6003,51 +6003,51 @@
       <c r="AZ25" t="s">
         <v>100</v>
       </c>
       <c r="BA25" t="s">
         <v>86</v>
       </c>
       <c r="BB25" t="s">
         <v>217</v>
       </c>
       <c r="BC25" t="s">
         <v>76</v>
       </c>
       <c r="BD25" t="s">
         <v>76</v>
       </c>
       <c r="BE25" t="s">
         <v>76</v>
       </c>
       <c r="BF25" t="s">
         <v>76</v>
       </c>
       <c r="BG25" t="s">
         <v>76</v>
       </c>
       <c r="BH25">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI25" t="s">
         <v>106</v>
       </c>
       <c r="BJ25" t="s">
         <v>91</v>
       </c>
       <c r="BK25" t="s">
         <v>151</v>
       </c>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>219</v>
       </c>
       <c r="BN25" t="s">
         <v>76</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>908</v>
       </c>
@@ -6182,51 +6182,51 @@
       <c r="AZ26" t="s">
         <v>100</v>
       </c>
       <c r="BA26" t="s">
         <v>86</v>
       </c>
       <c r="BB26" t="s">
         <v>220</v>
       </c>
       <c r="BC26" t="s">
         <v>76</v>
       </c>
       <c r="BD26" t="s">
         <v>76</v>
       </c>
       <c r="BE26" t="s">
         <v>76</v>
       </c>
       <c r="BF26" t="s">
         <v>76</v>
       </c>
       <c r="BG26" t="s">
         <v>76</v>
       </c>
       <c r="BH26">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI26" t="s">
         <v>106</v>
       </c>
       <c r="BJ26" t="s">
         <v>91</v>
       </c>
       <c r="BK26" t="s">
         <v>151</v>
       </c>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>222</v>
       </c>
       <c r="BN26" t="s">
         <v>76</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>18547</v>
       </c>
@@ -6361,51 +6361,51 @@
       <c r="AZ27" t="s">
         <v>100</v>
       </c>
       <c r="BA27" t="s">
         <v>86</v>
       </c>
       <c r="BB27" t="s">
         <v>223</v>
       </c>
       <c r="BC27" t="s">
         <v>76</v>
       </c>
       <c r="BD27" t="s">
         <v>76</v>
       </c>
       <c r="BE27" t="s">
         <v>76</v>
       </c>
       <c r="BF27" t="s">
         <v>76</v>
       </c>
       <c r="BG27" t="s">
         <v>76</v>
       </c>
       <c r="BH27">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI27" t="s">
         <v>106</v>
       </c>
       <c r="BJ27" t="s">
         <v>91</v>
       </c>
       <c r="BK27" t="s">
         <v>151</v>
       </c>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>225</v>
       </c>
       <c r="BN27" t="s">
         <v>76</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>24300</v>
       </c>
@@ -6540,51 +6540,51 @@
       <c r="AZ28" t="s">
         <v>100</v>
       </c>
       <c r="BA28" t="s">
         <v>86</v>
       </c>
       <c r="BB28" t="s">
         <v>226</v>
       </c>
       <c r="BC28" t="s">
         <v>76</v>
       </c>
       <c r="BD28" t="s">
         <v>76</v>
       </c>
       <c r="BE28" t="s">
         <v>76</v>
       </c>
       <c r="BF28" t="s">
         <v>76</v>
       </c>
       <c r="BG28" t="s">
         <v>76</v>
       </c>
       <c r="BH28">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI28" t="s">
         <v>106</v>
       </c>
       <c r="BJ28" t="s">
         <v>91</v>
       </c>
       <c r="BK28" t="s">
         <v>151</v>
       </c>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>230</v>
       </c>
       <c r="BN28" t="s">
         <v>76</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>24400</v>
       </c>
@@ -6723,51 +6723,51 @@
       <c r="AZ29" t="s">
         <v>100</v>
       </c>
       <c r="BA29" t="s">
         <v>86</v>
       </c>
       <c r="BB29" t="s">
         <v>231</v>
       </c>
       <c r="BC29" t="s">
         <v>233</v>
       </c>
       <c r="BD29" t="s">
         <v>235</v>
       </c>
       <c r="BE29" t="s">
         <v>76</v>
       </c>
       <c r="BF29" t="s">
         <v>76</v>
       </c>
       <c r="BG29" t="s">
         <v>76</v>
       </c>
       <c r="BH29">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI29" t="s">
         <v>106</v>
       </c>
       <c r="BJ29" t="s">
         <v>91</v>
       </c>
       <c r="BK29" t="s">
         <v>151</v>
       </c>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>236</v>
       </c>
       <c r="BN29" t="s">
         <v>76</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>5700</v>
       </c>
@@ -6902,51 +6902,51 @@
       <c r="AZ30" t="s">
         <v>100</v>
       </c>
       <c r="BA30" t="s">
         <v>86</v>
       </c>
       <c r="BB30" t="s">
         <v>237</v>
       </c>
       <c r="BC30" t="s">
         <v>76</v>
       </c>
       <c r="BD30" t="s">
         <v>76</v>
       </c>
       <c r="BE30" t="s">
         <v>76</v>
       </c>
       <c r="BF30" t="s">
         <v>76</v>
       </c>
       <c r="BG30" t="s">
         <v>76</v>
       </c>
       <c r="BH30">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI30" t="s">
         <v>106</v>
       </c>
       <c r="BJ30" t="s">
         <v>91</v>
       </c>
       <c r="BK30" t="s">
         <v>151</v>
       </c>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>240</v>
       </c>
       <c r="BN30" t="s">
         <v>76</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>26100</v>
       </c>
@@ -7081,51 +7081,51 @@
       <c r="AZ31" t="s">
         <v>100</v>
       </c>
       <c r="BA31" t="s">
         <v>86</v>
       </c>
       <c r="BB31" t="s">
         <v>241</v>
       </c>
       <c r="BC31" t="s">
         <v>76</v>
       </c>
       <c r="BD31" t="s">
         <v>76</v>
       </c>
       <c r="BE31" t="s">
         <v>76</v>
       </c>
       <c r="BF31" t="s">
         <v>76</v>
       </c>
       <c r="BG31" t="s">
         <v>76</v>
       </c>
       <c r="BH31">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI31" t="s">
         <v>106</v>
       </c>
       <c r="BJ31" t="s">
         <v>91</v>
       </c>
       <c r="BK31" t="s">
         <v>151</v>
       </c>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>244</v>
       </c>
       <c r="BN31" t="s">
         <v>76</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>16200</v>
       </c>
@@ -7260,51 +7260,51 @@
       <c r="AZ32" t="s">
         <v>100</v>
       </c>
       <c r="BA32" t="s">
         <v>86</v>
       </c>
       <c r="BB32" t="s">
         <v>245</v>
       </c>
       <c r="BC32" t="s">
         <v>76</v>
       </c>
       <c r="BD32" t="s">
         <v>76</v>
       </c>
       <c r="BE32" t="s">
         <v>76</v>
       </c>
       <c r="BF32" t="s">
         <v>76</v>
       </c>
       <c r="BG32" t="s">
         <v>76</v>
       </c>
       <c r="BH32">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI32" t="s">
         <v>106</v>
       </c>
       <c r="BJ32" t="s">
         <v>91</v>
       </c>
       <c r="BK32" t="s">
         <v>151</v>
       </c>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>248</v>
       </c>
       <c r="BN32" t="s">
         <v>76</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>20700</v>
       </c>
@@ -7443,51 +7443,51 @@
       <c r="AZ33" t="s">
         <v>100</v>
       </c>
       <c r="BA33" t="s">
         <v>86</v>
       </c>
       <c r="BB33" t="s">
         <v>249</v>
       </c>
       <c r="BC33" t="s">
         <v>233</v>
       </c>
       <c r="BD33" t="s">
         <v>76</v>
       </c>
       <c r="BE33" t="s">
         <v>76</v>
       </c>
       <c r="BF33" t="s">
         <v>76</v>
       </c>
       <c r="BG33" t="s">
         <v>76</v>
       </c>
       <c r="BH33">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI33" t="s">
         <v>106</v>
       </c>
       <c r="BJ33" t="s">
         <v>91</v>
       </c>
       <c r="BK33" t="s">
         <v>151</v>
       </c>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>252</v>
       </c>
       <c r="BN33" t="s">
         <v>76</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>12600</v>
       </c>
@@ -7626,51 +7626,51 @@
       <c r="AZ34" t="s">
         <v>100</v>
       </c>
       <c r="BA34" t="s">
         <v>86</v>
       </c>
       <c r="BB34" t="s">
         <v>253</v>
       </c>
       <c r="BC34" t="s">
         <v>233</v>
       </c>
       <c r="BD34" t="s">
         <v>256</v>
       </c>
       <c r="BE34" t="s">
         <v>76</v>
       </c>
       <c r="BF34" t="s">
         <v>76</v>
       </c>
       <c r="BG34" t="s">
         <v>76</v>
       </c>
       <c r="BH34">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI34" t="s">
         <v>106</v>
       </c>
       <c r="BJ34" t="s">
         <v>91</v>
       </c>
       <c r="BK34" t="s">
         <v>151</v>
       </c>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>257</v>
       </c>
       <c r="BN34" t="s">
         <v>76</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>3600</v>
       </c>
@@ -7805,51 +7805,51 @@
       <c r="AZ35" t="s">
         <v>100</v>
       </c>
       <c r="BA35" t="s">
         <v>86</v>
       </c>
       <c r="BB35" t="s">
         <v>258</v>
       </c>
       <c r="BC35" t="s">
         <v>76</v>
       </c>
       <c r="BD35" t="s">
         <v>76</v>
       </c>
       <c r="BE35" t="s">
         <v>76</v>
       </c>
       <c r="BF35" t="s">
         <v>76</v>
       </c>
       <c r="BG35" t="s">
         <v>76</v>
       </c>
       <c r="BH35">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI35" t="s">
         <v>106</v>
       </c>
       <c r="BJ35" t="s">
         <v>91</v>
       </c>
       <c r="BK35" t="s">
         <v>151</v>
       </c>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>260</v>
       </c>
       <c r="BN35" t="s">
         <v>76</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>900</v>
       </c>
@@ -7988,51 +7988,51 @@
       <c r="AZ36" t="s">
         <v>100</v>
       </c>
       <c r="BA36" t="s">
         <v>86</v>
       </c>
       <c r="BB36" t="s">
         <v>261</v>
       </c>
       <c r="BC36" t="s">
         <v>233</v>
       </c>
       <c r="BD36" t="s">
         <v>76</v>
       </c>
       <c r="BE36" t="s">
         <v>76</v>
       </c>
       <c r="BF36" t="s">
         <v>76</v>
       </c>
       <c r="BG36" t="s">
         <v>76</v>
       </c>
       <c r="BH36">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI36" t="s">
         <v>106</v>
       </c>
       <c r="BJ36" t="s">
         <v>91</v>
       </c>
       <c r="BK36" t="s">
         <v>151</v>
       </c>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>264</v>
       </c>
       <c r="BN36" t="s">
         <v>76</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>3600</v>
       </c>
@@ -8171,51 +8171,51 @@
       <c r="AZ37" t="s">
         <v>100</v>
       </c>
       <c r="BA37" t="s">
         <v>86</v>
       </c>
       <c r="BB37" t="s">
         <v>265</v>
       </c>
       <c r="BC37" t="s">
         <v>233</v>
       </c>
       <c r="BD37" t="s">
         <v>76</v>
       </c>
       <c r="BE37" t="s">
         <v>76</v>
       </c>
       <c r="BF37" t="s">
         <v>76</v>
       </c>
       <c r="BG37" t="s">
         <v>76</v>
       </c>
       <c r="BH37">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI37" t="s">
         <v>106</v>
       </c>
       <c r="BJ37" t="s">
         <v>91</v>
       </c>
       <c r="BK37" t="s">
         <v>151</v>
       </c>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>271</v>
       </c>
       <c r="BN37" t="s">
         <v>76</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>1800</v>
       </c>
@@ -8354,51 +8354,51 @@
       <c r="AZ38" t="s">
         <v>100</v>
       </c>
       <c r="BA38" t="s">
         <v>86</v>
       </c>
       <c r="BB38" t="s">
         <v>272</v>
       </c>
       <c r="BC38" t="s">
         <v>233</v>
       </c>
       <c r="BD38" t="s">
         <v>275</v>
       </c>
       <c r="BE38" t="s">
         <v>76</v>
       </c>
       <c r="BF38" t="s">
         <v>76</v>
       </c>
       <c r="BG38" t="s">
         <v>76</v>
       </c>
       <c r="BH38">
-        <v>1613</v>
+        <v>1660</v>
       </c>
       <c r="BI38" t="s">
         <v>106</v>
       </c>
       <c r="BJ38" t="s">
         <v>91</v>
       </c>
       <c r="BK38" t="s">
         <v>151</v>
       </c>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>276</v>
       </c>
       <c r="BN38" t="s">
         <v>76</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>900</v>
       </c>
@@ -8537,51 +8537,51 @@
       <c r="AZ39" t="s">
         <v>100</v>
       </c>
       <c r="BA39" t="s">
         <v>86</v>
       </c>
       <c r="BB39" t="s">
         <v>277</v>
       </c>
       <c r="BC39" t="s">
         <v>233</v>
       </c>
       <c r="BD39" t="s">
         <v>76</v>
       </c>
       <c r="BE39" t="s">
         <v>76</v>
       </c>
       <c r="BF39" t="s">
         <v>76</v>
       </c>
       <c r="BG39" t="s">
         <v>76</v>
       </c>
       <c r="BH39">
-        <v>1614</v>
+        <v>1661</v>
       </c>
       <c r="BI39" t="s">
         <v>106</v>
       </c>
       <c r="BJ39" t="s">
         <v>91</v>
       </c>
       <c r="BK39" t="s">
         <v>151</v>
       </c>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>282</v>
       </c>
       <c r="BN39" t="s">
         <v>76</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>900</v>
       </c>
@@ -8720,51 +8720,51 @@
       <c r="AZ40" t="s">
         <v>100</v>
       </c>
       <c r="BA40" t="s">
         <v>86</v>
       </c>
       <c r="BB40" t="s">
         <v>283</v>
       </c>
       <c r="BC40" t="s">
         <v>233</v>
       </c>
       <c r="BD40" t="s">
         <v>76</v>
       </c>
       <c r="BE40" t="s">
         <v>76</v>
       </c>
       <c r="BF40" t="s">
         <v>76</v>
       </c>
       <c r="BG40" t="s">
         <v>76</v>
       </c>
       <c r="BH40">
-        <v>1614</v>
+        <v>1661</v>
       </c>
       <c r="BI40" t="s">
         <v>106</v>
       </c>
       <c r="BJ40" t="s">
         <v>91</v>
       </c>
       <c r="BK40" t="s">
         <v>151</v>
       </c>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>289</v>
       </c>
       <c r="BN40" t="s">
         <v>76</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>4500</v>
       </c>
@@ -8903,51 +8903,51 @@
       <c r="AZ41" t="s">
         <v>100</v>
       </c>
       <c r="BA41" t="s">
         <v>86</v>
       </c>
       <c r="BB41" t="s">
         <v>290</v>
       </c>
       <c r="BC41" t="s">
         <v>233</v>
       </c>
       <c r="BD41" t="s">
         <v>295</v>
       </c>
       <c r="BE41" t="s">
         <v>76</v>
       </c>
       <c r="BF41" t="s">
         <v>76</v>
       </c>
       <c r="BG41" t="s">
         <v>76</v>
       </c>
       <c r="BH41">
-        <v>1614</v>
+        <v>1661</v>
       </c>
       <c r="BI41" t="s">
         <v>106</v>
       </c>
       <c r="BJ41" t="s">
         <v>91</v>
       </c>
       <c r="BK41" t="s">
         <v>151</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>296</v>
       </c>
       <c r="BN41" t="s">
         <v>76</v>
       </c>
       <c r="BO41">
         <v>1</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>12600</v>
       </c>
@@ -9082,51 +9082,51 @@
       <c r="AZ42" t="s">
         <v>100</v>
       </c>
       <c r="BA42" t="s">
         <v>86</v>
       </c>
       <c r="BB42" t="s">
         <v>297</v>
       </c>
       <c r="BC42" t="s">
         <v>76</v>
       </c>
       <c r="BD42" t="s">
         <v>76</v>
       </c>
       <c r="BE42" t="s">
         <v>76</v>
       </c>
       <c r="BF42" t="s">
         <v>76</v>
       </c>
       <c r="BG42" t="s">
         <v>76</v>
       </c>
       <c r="BH42">
-        <v>1614</v>
+        <v>1661</v>
       </c>
       <c r="BI42" t="s">
         <v>106</v>
       </c>
       <c r="BJ42" t="s">
         <v>91</v>
       </c>
       <c r="BK42" t="s">
         <v>151</v>
       </c>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>302</v>
       </c>
       <c r="BN42" t="s">
         <v>76</v>
       </c>
       <c r="BO42">
         <v>1</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>18000</v>
       </c>
@@ -9265,51 +9265,51 @@
       <c r="AZ43" t="s">
         <v>100</v>
       </c>
       <c r="BA43" t="s">
         <v>86</v>
       </c>
       <c r="BB43" t="s">
         <v>303</v>
       </c>
       <c r="BC43" t="s">
         <v>306</v>
       </c>
       <c r="BD43" t="s">
         <v>76</v>
       </c>
       <c r="BE43" t="s">
         <v>76</v>
       </c>
       <c r="BF43" t="s">
         <v>76</v>
       </c>
       <c r="BG43" t="s">
         <v>76</v>
       </c>
       <c r="BH43">
-        <v>1614</v>
+        <v>1661</v>
       </c>
       <c r="BI43" t="s">
         <v>106</v>
       </c>
       <c r="BJ43" t="s">
         <v>91</v>
       </c>
       <c r="BK43" t="s">
         <v>151</v>
       </c>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>310</v>
       </c>
       <c r="BN43" t="s">
         <v>76</v>
       </c>
       <c r="BO43">
         <v>1</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>4500</v>
       </c>
@@ -9830,51 +9830,51 @@
       <c r="AZ46" t="s">
         <v>100</v>
       </c>
       <c r="BA46" t="s">
         <v>86</v>
       </c>
       <c r="BB46" t="s">
         <v>343</v>
       </c>
       <c r="BC46" t="s">
         <v>76</v>
       </c>
       <c r="BD46" t="s">
         <v>76</v>
       </c>
       <c r="BE46" t="s">
         <v>76</v>
       </c>
       <c r="BF46" t="s">
         <v>76</v>
       </c>
       <c r="BG46" t="s">
         <v>76</v>
       </c>
       <c r="BH46">
-        <v>1767</v>
+        <v>1814</v>
       </c>
       <c r="BI46" t="s">
         <v>106</v>
       </c>
       <c r="BJ46" t="s">
         <v>91</v>
       </c>
       <c r="BK46" t="s">
         <v>92</v>
       </c>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>348</v>
       </c>
       <c r="BN46" t="s">
         <v>76</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>158194</v>
       </c>
@@ -10005,51 +10005,51 @@
       <c r="AX47"/>
       <c r="AY47"/>
       <c r="AZ47" t="s">
         <v>100</v>
       </c>
       <c r="BA47"/>
       <c r="BB47" t="s">
         <v>349</v>
       </c>
       <c r="BC47" t="s">
         <v>76</v>
       </c>
       <c r="BD47" t="s">
         <v>76</v>
       </c>
       <c r="BE47" t="s">
         <v>76</v>
       </c>
       <c r="BF47" t="s">
         <v>76</v>
       </c>
       <c r="BG47" t="s">
         <v>76</v>
       </c>
       <c r="BH47">
-        <v>1809</v>
+        <v>1856</v>
       </c>
       <c r="BI47" t="s">
         <v>106</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>76</v>
       </c>
       <c r="BN47" t="s">
         <v>76</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
         <v>137958</v>
       </c>
       <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
@@ -10178,51 +10178,51 @@
       <c r="AX48"/>
       <c r="AY48"/>
       <c r="AZ48" t="s">
         <v>100</v>
       </c>
       <c r="BA48"/>
       <c r="BB48" t="s">
         <v>353</v>
       </c>
       <c r="BC48" t="s">
         <v>356</v>
       </c>
       <c r="BD48" t="s">
         <v>360</v>
       </c>
       <c r="BE48" t="s">
         <v>76</v>
       </c>
       <c r="BF48" t="s">
         <v>76</v>
       </c>
       <c r="BG48" t="s">
         <v>76</v>
       </c>
       <c r="BH48">
-        <v>1816</v>
+        <v>1863</v>
       </c>
       <c r="BI48" t="s">
         <v>106</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48" t="s">
         <v>92</v>
       </c>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>361</v>
       </c>
       <c r="BN48" t="s">
         <v>76</v>
       </c>
       <c r="BO48">
         <v>53</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>138356</v>
       </c>
       <c r="BS48" t="s">
         <v>123</v>
@@ -10351,51 +10351,51 @@
       <c r="AX49"/>
       <c r="AY49"/>
       <c r="AZ49" t="s">
         <v>100</v>
       </c>
       <c r="BA49"/>
       <c r="BB49" t="s">
         <v>362</v>
       </c>
       <c r="BC49" t="s">
         <v>76</v>
       </c>
       <c r="BD49" t="s">
         <v>76</v>
       </c>
       <c r="BE49" t="s">
         <v>76</v>
       </c>
       <c r="BF49" t="s">
         <v>76</v>
       </c>
       <c r="BG49" t="s">
         <v>76</v>
       </c>
       <c r="BH49">
-        <v>1818</v>
+        <v>1865</v>
       </c>
       <c r="BI49" t="s">
         <v>106</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>76</v>
       </c>
       <c r="BN49" t="s">
         <v>76</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
         <v>207716</v>
       </c>
       <c r="BS49"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>