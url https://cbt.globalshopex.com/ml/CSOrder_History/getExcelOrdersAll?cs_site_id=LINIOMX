--- v0 (2025-12-07)
+++ v1 (2026-01-22)
@@ -7158,51 +7158,51 @@
       <c r="AZ8" t="s">
         <v>159</v>
       </c>
       <c r="BA8" t="s">
         <v>85</v>
       </c>
       <c r="BB8" t="s">
         <v>156</v>
       </c>
       <c r="BC8" t="s">
         <v>77</v>
       </c>
       <c r="BD8" t="s">
         <v>77</v>
       </c>
       <c r="BE8" t="s">
         <v>77</v>
       </c>
       <c r="BF8" t="s">
         <v>77</v>
       </c>
       <c r="BG8" t="s">
         <v>77</v>
       </c>
       <c r="BH8">
-        <v>869</v>
+        <v>915</v>
       </c>
       <c r="BI8" t="s">
         <v>164</v>
       </c>
       <c r="BJ8" t="s">
         <v>165</v>
       </c>
       <c r="BK8" t="s">
         <v>166</v>
       </c>
       <c r="BL8" t="s">
         <v>167</v>
       </c>
       <c r="BM8" t="s">
         <v>168</v>
       </c>
       <c r="BN8" t="s">
         <v>169</v>
       </c>
       <c r="BO8">
         <v>2</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
@@ -10198,51 +10198,51 @@
       <c r="AZ24" t="s">
         <v>159</v>
       </c>
       <c r="BA24" t="s">
         <v>85</v>
       </c>
       <c r="BB24" t="s">
         <v>356</v>
       </c>
       <c r="BC24" t="s">
         <v>359</v>
       </c>
       <c r="BD24" t="s">
         <v>77</v>
       </c>
       <c r="BE24" t="s">
         <v>77</v>
       </c>
       <c r="BF24" t="s">
         <v>77</v>
       </c>
       <c r="BG24" t="s">
         <v>77</v>
       </c>
       <c r="BH24">
-        <v>1031</v>
+        <v>1077</v>
       </c>
       <c r="BI24" t="s">
         <v>89</v>
       </c>
       <c r="BJ24" t="s">
         <v>165</v>
       </c>
       <c r="BK24" t="s">
         <v>166</v>
       </c>
       <c r="BL24" t="s">
         <v>363</v>
       </c>
       <c r="BM24" t="s">
         <v>364</v>
       </c>
       <c r="BN24" t="s">
         <v>365</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>72</v>
       </c>
@@ -11905,51 +11905,51 @@
       <c r="AZ33" t="s">
         <v>159</v>
       </c>
       <c r="BA33" t="s">
         <v>85</v>
       </c>
       <c r="BB33" t="s">
         <v>464</v>
       </c>
       <c r="BC33" t="s">
         <v>467</v>
       </c>
       <c r="BD33" t="s">
         <v>77</v>
       </c>
       <c r="BE33" t="s">
         <v>77</v>
       </c>
       <c r="BF33" t="s">
         <v>77</v>
       </c>
       <c r="BG33" t="s">
         <v>77</v>
       </c>
       <c r="BH33">
-        <v>1082</v>
+        <v>1128</v>
       </c>
       <c r="BI33" t="s">
         <v>89</v>
       </c>
       <c r="BJ33" t="s">
         <v>165</v>
       </c>
       <c r="BK33" t="s">
         <v>166</v>
       </c>
       <c r="BL33" t="s">
         <v>363</v>
       </c>
       <c r="BM33" t="s">
         <v>471</v>
       </c>
       <c r="BN33" t="s">
         <v>472</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>72</v>
       </c>
@@ -13602,51 +13602,51 @@
       <c r="AZ42" t="s">
         <v>159</v>
       </c>
       <c r="BA42" t="s">
         <v>85</v>
       </c>
       <c r="BB42" t="s">
         <v>566</v>
       </c>
       <c r="BC42" t="s">
         <v>77</v>
       </c>
       <c r="BD42" t="s">
         <v>77</v>
       </c>
       <c r="BE42" t="s">
         <v>77</v>
       </c>
       <c r="BF42" t="s">
         <v>77</v>
       </c>
       <c r="BG42" t="s">
         <v>77</v>
       </c>
       <c r="BH42">
-        <v>1266</v>
+        <v>1312</v>
       </c>
       <c r="BI42" t="s">
         <v>164</v>
       </c>
       <c r="BJ42" t="s">
         <v>165</v>
       </c>
       <c r="BK42" t="s">
         <v>166</v>
       </c>
       <c r="BL42" t="s">
         <v>363</v>
       </c>
       <c r="BM42" t="s">
         <v>576</v>
       </c>
       <c r="BN42" t="s">
         <v>577</v>
       </c>
       <c r="BO42">
         <v>9</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
@@ -13791,51 +13791,51 @@
       <c r="AZ43" t="s">
         <v>159</v>
       </c>
       <c r="BA43" t="s">
         <v>85</v>
       </c>
       <c r="BB43" t="s">
         <v>578</v>
       </c>
       <c r="BC43" t="s">
         <v>581</v>
       </c>
       <c r="BD43" t="s">
         <v>588</v>
       </c>
       <c r="BE43" t="s">
         <v>77</v>
       </c>
       <c r="BF43" t="s">
         <v>77</v>
       </c>
       <c r="BG43" t="s">
         <v>77</v>
       </c>
       <c r="BH43">
-        <v>1287</v>
+        <v>1333</v>
       </c>
       <c r="BI43" t="s">
         <v>589</v>
       </c>
       <c r="BJ43" t="s">
         <v>165</v>
       </c>
       <c r="BK43" t="s">
         <v>590</v>
       </c>
       <c r="BL43" t="s">
         <v>591</v>
       </c>
       <c r="BM43" t="s">
         <v>592</v>
       </c>
       <c r="BN43" t="s">
         <v>593</v>
       </c>
       <c r="BO43">
         <v>1</v>
       </c>
       <c r="BP43" t="s">
         <v>594</v>
       </c>
@@ -13980,51 +13980,51 @@
       <c r="AZ44" t="s">
         <v>159</v>
       </c>
       <c r="BA44" t="s">
         <v>85</v>
       </c>
       <c r="BB44" t="s">
         <v>595</v>
       </c>
       <c r="BC44" t="s">
         <v>598</v>
       </c>
       <c r="BD44" t="s">
         <v>77</v>
       </c>
       <c r="BE44" t="s">
         <v>77</v>
       </c>
       <c r="BF44" t="s">
         <v>77</v>
       </c>
       <c r="BG44" t="s">
         <v>77</v>
       </c>
       <c r="BH44">
-        <v>1287</v>
+        <v>1333</v>
       </c>
       <c r="BI44" t="s">
         <v>89</v>
       </c>
       <c r="BJ44" t="s">
         <v>165</v>
       </c>
       <c r="BK44" t="s">
         <v>590</v>
       </c>
       <c r="BL44" t="s">
         <v>604</v>
       </c>
       <c r="BM44" t="s">
         <v>605</v>
       </c>
       <c r="BN44" t="s">
         <v>606</v>
       </c>
       <c r="BO44">
         <v>2</v>
       </c>
       <c r="BP44" t="s">
         <v>594</v>
       </c>
@@ -14169,51 +14169,51 @@
       <c r="AZ45" t="s">
         <v>159</v>
       </c>
       <c r="BA45" t="s">
         <v>85</v>
       </c>
       <c r="BB45" t="s">
         <v>607</v>
       </c>
       <c r="BC45" t="s">
         <v>598</v>
       </c>
       <c r="BD45" t="s">
         <v>615</v>
       </c>
       <c r="BE45" t="s">
         <v>77</v>
       </c>
       <c r="BF45" t="s">
         <v>77</v>
       </c>
       <c r="BG45" t="s">
         <v>77</v>
       </c>
       <c r="BH45">
-        <v>1288</v>
+        <v>1334</v>
       </c>
       <c r="BI45" t="s">
         <v>89</v>
       </c>
       <c r="BJ45" t="s">
         <v>165</v>
       </c>
       <c r="BK45" t="s">
         <v>590</v>
       </c>
       <c r="BL45" t="s">
         <v>616</v>
       </c>
       <c r="BM45" t="s">
         <v>617</v>
       </c>
       <c r="BN45" t="s">
         <v>618</v>
       </c>
       <c r="BO45">
         <v>3</v>
       </c>
       <c r="BP45" t="s">
         <v>594</v>
       </c>
@@ -15309,51 +15309,51 @@
       <c r="AZ51" t="s">
         <v>159</v>
       </c>
       <c r="BA51" t="s">
         <v>85</v>
       </c>
       <c r="BB51" t="s">
         <v>690</v>
       </c>
       <c r="BC51" t="s">
         <v>693</v>
       </c>
       <c r="BD51" t="s">
         <v>77</v>
       </c>
       <c r="BE51" t="s">
         <v>77</v>
       </c>
       <c r="BF51" t="s">
         <v>77</v>
       </c>
       <c r="BG51" t="s">
         <v>77</v>
       </c>
       <c r="BH51">
-        <v>1515</v>
+        <v>1561</v>
       </c>
       <c r="BI51" t="s">
         <v>589</v>
       </c>
       <c r="BJ51" t="s">
         <v>165</v>
       </c>
       <c r="BK51" t="s">
         <v>590</v>
       </c>
       <c r="BL51" t="s">
         <v>363</v>
       </c>
       <c r="BM51" t="s">
         <v>698</v>
       </c>
       <c r="BN51" t="s">
         <v>699</v>
       </c>
       <c r="BO51">
         <v>7</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
@@ -24394,51 +24394,51 @@
       <c r="AX100"/>
       <c r="AY100"/>
       <c r="AZ100" t="s">
         <v>159</v>
       </c>
       <c r="BA100"/>
       <c r="BB100" t="s">
         <v>1213</v>
       </c>
       <c r="BC100" t="s">
         <v>77</v>
       </c>
       <c r="BD100" t="s">
         <v>77</v>
       </c>
       <c r="BE100" t="s">
         <v>77</v>
       </c>
       <c r="BF100" t="s">
         <v>77</v>
       </c>
       <c r="BG100" t="s">
         <v>77</v>
       </c>
       <c r="BH100">
-        <v>1802</v>
+        <v>1848</v>
       </c>
       <c r="BI100" t="s">
         <v>164</v>
       </c>
       <c r="BJ100"/>
       <c r="BK100"/>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>77</v>
       </c>
       <c r="BN100" t="s">
         <v>77</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100"/>
       <c r="BQ100"/>
       <c r="BR100">
         <v>1171</v>
       </c>
       <c r="BS100"/>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
@@ -26765,51 +26765,51 @@
       <c r="AX113"/>
       <c r="AY113"/>
       <c r="AZ113" t="s">
         <v>159</v>
       </c>
       <c r="BA113"/>
       <c r="BB113" t="s">
         <v>1340</v>
       </c>
       <c r="BC113" t="s">
         <v>77</v>
       </c>
       <c r="BD113" t="s">
         <v>77</v>
       </c>
       <c r="BE113" t="s">
         <v>77</v>
       </c>
       <c r="BF113" t="s">
         <v>77</v>
       </c>
       <c r="BG113" t="s">
         <v>77</v>
       </c>
       <c r="BH113">
-        <v>1818</v>
+        <v>1864</v>
       </c>
       <c r="BI113" t="s">
         <v>164</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>77</v>
       </c>
       <c r="BN113" t="s">
         <v>77</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113"/>
       <c r="BQ113"/>
       <c r="BR113">
         <v>1171</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
@@ -27670,51 +27670,51 @@
       <c r="AX118"/>
       <c r="AY118"/>
       <c r="AZ118" t="s">
         <v>159</v>
       </c>
       <c r="BA118"/>
       <c r="BB118" t="s">
         <v>1387</v>
       </c>
       <c r="BC118" t="s">
         <v>1390</v>
       </c>
       <c r="BD118" t="s">
         <v>77</v>
       </c>
       <c r="BE118" t="s">
         <v>77</v>
       </c>
       <c r="BF118" t="s">
         <v>77</v>
       </c>
       <c r="BG118" t="s">
         <v>77</v>
       </c>
       <c r="BH118">
-        <v>1820</v>
+        <v>1866</v>
       </c>
       <c r="BI118" t="s">
         <v>164</v>
       </c>
       <c r="BJ118"/>
       <c r="BK118" t="s">
         <v>635</v>
       </c>
       <c r="BL118"/>
       <c r="BM118" t="s">
         <v>1395</v>
       </c>
       <c r="BN118" t="s">
         <v>77</v>
       </c>
       <c r="BO118">
         <v>58</v>
       </c>
       <c r="BP118"/>
       <c r="BQ118"/>
       <c r="BR118">
         <v>1452</v>
       </c>
       <c r="BS118" t="s">
         <v>1396</v>
@@ -28752,51 +28752,51 @@
       <c r="AX124"/>
       <c r="AY124"/>
       <c r="AZ124" t="s">
         <v>159</v>
       </c>
       <c r="BA124"/>
       <c r="BB124" t="s">
         <v>1448</v>
       </c>
       <c r="BC124" t="s">
         <v>77</v>
       </c>
       <c r="BD124" t="s">
         <v>77</v>
       </c>
       <c r="BE124" t="s">
         <v>77</v>
       </c>
       <c r="BF124" t="s">
         <v>77</v>
       </c>
       <c r="BG124" t="s">
         <v>77</v>
       </c>
       <c r="BH124">
-        <v>1829</v>
+        <v>1875</v>
       </c>
       <c r="BI124" t="s">
         <v>164</v>
       </c>
       <c r="BJ124"/>
       <c r="BK124"/>
       <c r="BL124"/>
       <c r="BM124" t="s">
         <v>77</v>
       </c>
       <c r="BN124" t="s">
         <v>77</v>
       </c>
       <c r="BO124">
         <v>0</v>
       </c>
       <c r="BP124"/>
       <c r="BQ124"/>
       <c r="BR124">
         <v>773</v>
       </c>
       <c r="BS124"/>
     </row>
     <row r="125" spans="1:71">
       <c r="A125" t="s">
@@ -32981,51 +32981,51 @@
       <c r="AX147"/>
       <c r="AY147"/>
       <c r="AZ147" t="s">
         <v>159</v>
       </c>
       <c r="BA147"/>
       <c r="BB147" t="s">
         <v>1687</v>
       </c>
       <c r="BC147" t="s">
         <v>77</v>
       </c>
       <c r="BD147" t="s">
         <v>77</v>
       </c>
       <c r="BE147" t="s">
         <v>77</v>
       </c>
       <c r="BF147" t="s">
         <v>77</v>
       </c>
       <c r="BG147" t="s">
         <v>77</v>
       </c>
       <c r="BH147">
-        <v>1853</v>
+        <v>1899</v>
       </c>
       <c r="BI147" t="s">
         <v>164</v>
       </c>
       <c r="BJ147"/>
       <c r="BK147"/>
       <c r="BL147"/>
       <c r="BM147" t="s">
         <v>77</v>
       </c>
       <c r="BN147" t="s">
         <v>77</v>
       </c>
       <c r="BO147">
         <v>0</v>
       </c>
       <c r="BP147"/>
       <c r="BQ147"/>
       <c r="BR147">
         <v>14373</v>
       </c>
       <c r="BS147"/>
     </row>
     <row r="148" spans="1:71">
       <c r="A148" t="s">