--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -1352,51 +1352,51 @@
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2" t="s">
         <v>79</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>811</v>
+        <v>869</v>
       </c>
       <c r="BI2" t="s">
         <v>80</v>
       </c>
       <c r="BJ2" t="s">
         <v>81</v>
       </c>
       <c r="BK2" t="s">
         <v>82</v>
       </c>
       <c r="BL2" t="s">
         <v>83</v>
       </c>
       <c r="BM2" t="s">
         <v>84</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>2</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
@@ -1541,51 +1541,51 @@
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
         <v>79</v>
       </c>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>973</v>
+        <v>1031</v>
       </c>
       <c r="BI3" t="s">
         <v>97</v>
       </c>
       <c r="BJ3" t="s">
         <v>81</v>
       </c>
       <c r="BK3" t="s">
         <v>82</v>
       </c>
       <c r="BL3" t="s">
         <v>98</v>
       </c>
       <c r="BM3" t="s">
         <v>99</v>
       </c>
       <c r="BN3" t="s">
         <v>100</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>95</v>
       </c>
@@ -1732,51 +1732,51 @@
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4" t="s">
         <v>79</v>
       </c>
       <c r="BB4" t="s">
         <v>102</v>
       </c>
       <c r="BC4" t="s">
         <v>105</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>1024</v>
+        <v>1082</v>
       </c>
       <c r="BI4" t="s">
         <v>97</v>
       </c>
       <c r="BJ4" t="s">
         <v>81</v>
       </c>
       <c r="BK4" t="s">
         <v>82</v>
       </c>
       <c r="BL4" t="s">
         <v>98</v>
       </c>
       <c r="BM4" t="s">
         <v>109</v>
       </c>
       <c r="BN4" t="s">
         <v>110</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>95</v>
       </c>
@@ -1917,51 +1917,51 @@
       <c r="AZ5" t="s">
         <v>72</v>
       </c>
       <c r="BA5" t="s">
         <v>79</v>
       </c>
       <c r="BB5" t="s">
         <v>111</v>
       </c>
       <c r="BC5" t="s">
         <v>70</v>
       </c>
       <c r="BD5" t="s">
         <v>70</v>
       </c>
       <c r="BE5" t="s">
         <v>70</v>
       </c>
       <c r="BF5" t="s">
         <v>70</v>
       </c>
       <c r="BG5" t="s">
         <v>70</v>
       </c>
       <c r="BH5">
-        <v>1208</v>
+        <v>1266</v>
       </c>
       <c r="BI5" t="s">
         <v>80</v>
       </c>
       <c r="BJ5" t="s">
         <v>81</v>
       </c>
       <c r="BK5" t="s">
         <v>82</v>
       </c>
       <c r="BL5" t="s">
         <v>98</v>
       </c>
       <c r="BM5" t="s">
         <v>121</v>
       </c>
       <c r="BN5" t="s">
         <v>122</v>
       </c>
       <c r="BO5">
         <v>9</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
@@ -2106,51 +2106,51 @@
       <c r="AZ6" t="s">
         <v>72</v>
       </c>
       <c r="BA6" t="s">
         <v>79</v>
       </c>
       <c r="BB6" t="s">
         <v>123</v>
       </c>
       <c r="BC6" t="s">
         <v>126</v>
       </c>
       <c r="BD6" t="s">
         <v>134</v>
       </c>
       <c r="BE6" t="s">
         <v>70</v>
       </c>
       <c r="BF6" t="s">
         <v>70</v>
       </c>
       <c r="BG6" t="s">
         <v>70</v>
       </c>
       <c r="BH6">
-        <v>1229</v>
+        <v>1287</v>
       </c>
       <c r="BI6" t="s">
         <v>135</v>
       </c>
       <c r="BJ6" t="s">
         <v>81</v>
       </c>
       <c r="BK6" t="s">
         <v>136</v>
       </c>
       <c r="BL6" t="s">
         <v>137</v>
       </c>
       <c r="BM6" t="s">
         <v>138</v>
       </c>
       <c r="BN6" t="s">
         <v>139</v>
       </c>
       <c r="BO6">
         <v>1</v>
       </c>
       <c r="BP6" t="s">
         <v>140</v>
       </c>
@@ -2295,51 +2295,51 @@
       <c r="AZ7" t="s">
         <v>72</v>
       </c>
       <c r="BA7" t="s">
         <v>79</v>
       </c>
       <c r="BB7" t="s">
         <v>141</v>
       </c>
       <c r="BC7" t="s">
         <v>144</v>
       </c>
       <c r="BD7" t="s">
         <v>70</v>
       </c>
       <c r="BE7" t="s">
         <v>70</v>
       </c>
       <c r="BF7" t="s">
         <v>70</v>
       </c>
       <c r="BG7" t="s">
         <v>70</v>
       </c>
       <c r="BH7">
-        <v>1229</v>
+        <v>1287</v>
       </c>
       <c r="BI7" t="s">
         <v>97</v>
       </c>
       <c r="BJ7" t="s">
         <v>81</v>
       </c>
       <c r="BK7" t="s">
         <v>136</v>
       </c>
       <c r="BL7" t="s">
         <v>150</v>
       </c>
       <c r="BM7" t="s">
         <v>151</v>
       </c>
       <c r="BN7" t="s">
         <v>152</v>
       </c>
       <c r="BO7">
         <v>2</v>
       </c>
       <c r="BP7" t="s">
         <v>140</v>
       </c>
@@ -2484,51 +2484,51 @@
       <c r="AZ8" t="s">
         <v>72</v>
       </c>
       <c r="BA8" t="s">
         <v>79</v>
       </c>
       <c r="BB8" t="s">
         <v>153</v>
       </c>
       <c r="BC8" t="s">
         <v>144</v>
       </c>
       <c r="BD8" t="s">
         <v>161</v>
       </c>
       <c r="BE8" t="s">
         <v>70</v>
       </c>
       <c r="BF8" t="s">
         <v>70</v>
       </c>
       <c r="BG8" t="s">
         <v>70</v>
       </c>
       <c r="BH8">
-        <v>1230</v>
+        <v>1288</v>
       </c>
       <c r="BI8" t="s">
         <v>97</v>
       </c>
       <c r="BJ8" t="s">
         <v>81</v>
       </c>
       <c r="BK8" t="s">
         <v>136</v>
       </c>
       <c r="BL8" t="s">
         <v>162</v>
       </c>
       <c r="BM8" t="s">
         <v>163</v>
       </c>
       <c r="BN8" t="s">
         <v>164</v>
       </c>
       <c r="BO8">
         <v>3</v>
       </c>
       <c r="BP8" t="s">
         <v>140</v>
       </c>
@@ -2673,51 +2673,51 @@
       <c r="AZ9" t="s">
         <v>72</v>
       </c>
       <c r="BA9" t="s">
         <v>79</v>
       </c>
       <c r="BB9" t="s">
         <v>166</v>
       </c>
       <c r="BC9" t="s">
         <v>169</v>
       </c>
       <c r="BD9" t="s">
         <v>70</v>
       </c>
       <c r="BE9" t="s">
         <v>70</v>
       </c>
       <c r="BF9" t="s">
         <v>70</v>
       </c>
       <c r="BG9" t="s">
         <v>70</v>
       </c>
       <c r="BH9">
-        <v>1457</v>
+        <v>1515</v>
       </c>
       <c r="BI9" t="s">
         <v>135</v>
       </c>
       <c r="BJ9" t="s">
         <v>81</v>
       </c>
       <c r="BK9" t="s">
         <v>136</v>
       </c>
       <c r="BL9" t="s">
         <v>98</v>
       </c>
       <c r="BM9" t="s">
         <v>175</v>
       </c>
       <c r="BN9" t="s">
         <v>176</v>
       </c>
       <c r="BO9">
         <v>7</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
@@ -2846,51 +2846,51 @@
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
         <v>72</v>
       </c>
       <c r="BA10"/>
       <c r="BB10" t="s">
         <v>177</v>
       </c>
       <c r="BC10" t="s">
         <v>70</v>
       </c>
       <c r="BD10" t="s">
         <v>70</v>
       </c>
       <c r="BE10" t="s">
         <v>70</v>
       </c>
       <c r="BF10" t="s">
         <v>70</v>
       </c>
       <c r="BG10" t="s">
         <v>70</v>
       </c>
       <c r="BH10">
-        <v>1744</v>
+        <v>1802</v>
       </c>
       <c r="BI10" t="s">
         <v>80</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>70</v>
       </c>
       <c r="BN10" t="s">
         <v>70</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>1171</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
@@ -3011,51 +3011,51 @@
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>72</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>181</v>
       </c>
       <c r="BC11" t="s">
         <v>70</v>
       </c>
       <c r="BD11" t="s">
         <v>70</v>
       </c>
       <c r="BE11" t="s">
         <v>70</v>
       </c>
       <c r="BF11" t="s">
         <v>70</v>
       </c>
       <c r="BG11" t="s">
         <v>70</v>
       </c>
       <c r="BH11">
-        <v>1760</v>
+        <v>1818</v>
       </c>
       <c r="BI11" t="s">
         <v>80</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>70</v>
       </c>
       <c r="BN11" t="s">
         <v>70</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>1171</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
@@ -3186,51 +3186,51 @@
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12" t="s">
         <v>72</v>
       </c>
       <c r="BA12"/>
       <c r="BB12" t="s">
         <v>186</v>
       </c>
       <c r="BC12" t="s">
         <v>189</v>
       </c>
       <c r="BD12" t="s">
         <v>70</v>
       </c>
       <c r="BE12" t="s">
         <v>70</v>
       </c>
       <c r="BF12" t="s">
         <v>70</v>
       </c>
       <c r="BG12" t="s">
         <v>70</v>
       </c>
       <c r="BH12">
-        <v>1762</v>
+        <v>1820</v>
       </c>
       <c r="BI12" t="s">
         <v>80</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12" t="s">
         <v>195</v>
       </c>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>196</v>
       </c>
       <c r="BN12" t="s">
         <v>70</v>
       </c>
       <c r="BO12">
         <v>58</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>1452</v>
       </c>
       <c r="BS12" t="s">
         <v>197</v>
@@ -3355,51 +3355,51 @@
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
         <v>72</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
         <v>198</v>
       </c>
       <c r="BC13" t="s">
         <v>70</v>
       </c>
       <c r="BD13" t="s">
         <v>70</v>
       </c>
       <c r="BE13" t="s">
         <v>70</v>
       </c>
       <c r="BF13" t="s">
         <v>70</v>
       </c>
       <c r="BG13" t="s">
         <v>70</v>
       </c>
       <c r="BH13">
-        <v>1771</v>
+        <v>1829</v>
       </c>
       <c r="BI13" t="s">
         <v>80</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>70</v>
       </c>
       <c r="BN13" t="s">
         <v>70</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>773</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
@@ -3520,51 +3520,51 @@
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>72</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
         <v>203</v>
       </c>
       <c r="BC14" t="s">
         <v>70</v>
       </c>
       <c r="BD14" t="s">
         <v>70</v>
       </c>
       <c r="BE14" t="s">
         <v>70</v>
       </c>
       <c r="BF14" t="s">
         <v>70</v>
       </c>
       <c r="BG14" t="s">
         <v>70</v>
       </c>
       <c r="BH14">
-        <v>1795</v>
+        <v>1853</v>
       </c>
       <c r="BI14" t="s">
         <v>80</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>70</v>
       </c>
       <c r="BN14" t="s">
         <v>70</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>14373</v>
       </c>
       <c r="BS14"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>