--- v1 (2025-12-07)
+++ v2 (2026-01-22)
@@ -1352,51 +1352,51 @@
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2" t="s">
         <v>79</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>869</v>
+        <v>915</v>
       </c>
       <c r="BI2" t="s">
         <v>80</v>
       </c>
       <c r="BJ2" t="s">
         <v>81</v>
       </c>
       <c r="BK2" t="s">
         <v>82</v>
       </c>
       <c r="BL2" t="s">
         <v>83</v>
       </c>
       <c r="BM2" t="s">
         <v>84</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>2</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
@@ -1541,51 +1541,51 @@
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
         <v>79</v>
       </c>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>1031</v>
+        <v>1077</v>
       </c>
       <c r="BI3" t="s">
         <v>97</v>
       </c>
       <c r="BJ3" t="s">
         <v>81</v>
       </c>
       <c r="BK3" t="s">
         <v>82</v>
       </c>
       <c r="BL3" t="s">
         <v>98</v>
       </c>
       <c r="BM3" t="s">
         <v>99</v>
       </c>
       <c r="BN3" t="s">
         <v>100</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>95</v>
       </c>
@@ -1732,51 +1732,51 @@
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4" t="s">
         <v>79</v>
       </c>
       <c r="BB4" t="s">
         <v>102</v>
       </c>
       <c r="BC4" t="s">
         <v>105</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>1082</v>
+        <v>1128</v>
       </c>
       <c r="BI4" t="s">
         <v>97</v>
       </c>
       <c r="BJ4" t="s">
         <v>81</v>
       </c>
       <c r="BK4" t="s">
         <v>82</v>
       </c>
       <c r="BL4" t="s">
         <v>98</v>
       </c>
       <c r="BM4" t="s">
         <v>109</v>
       </c>
       <c r="BN4" t="s">
         <v>110</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>95</v>
       </c>
@@ -1917,51 +1917,51 @@
       <c r="AZ5" t="s">
         <v>72</v>
       </c>
       <c r="BA5" t="s">
         <v>79</v>
       </c>
       <c r="BB5" t="s">
         <v>111</v>
       </c>
       <c r="BC5" t="s">
         <v>70</v>
       </c>
       <c r="BD5" t="s">
         <v>70</v>
       </c>
       <c r="BE5" t="s">
         <v>70</v>
       </c>
       <c r="BF5" t="s">
         <v>70</v>
       </c>
       <c r="BG5" t="s">
         <v>70</v>
       </c>
       <c r="BH5">
-        <v>1266</v>
+        <v>1312</v>
       </c>
       <c r="BI5" t="s">
         <v>80</v>
       </c>
       <c r="BJ5" t="s">
         <v>81</v>
       </c>
       <c r="BK5" t="s">
         <v>82</v>
       </c>
       <c r="BL5" t="s">
         <v>98</v>
       </c>
       <c r="BM5" t="s">
         <v>121</v>
       </c>
       <c r="BN5" t="s">
         <v>122</v>
       </c>
       <c r="BO5">
         <v>9</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
@@ -2106,51 +2106,51 @@
       <c r="AZ6" t="s">
         <v>72</v>
       </c>
       <c r="BA6" t="s">
         <v>79</v>
       </c>
       <c r="BB6" t="s">
         <v>123</v>
       </c>
       <c r="BC6" t="s">
         <v>126</v>
       </c>
       <c r="BD6" t="s">
         <v>134</v>
       </c>
       <c r="BE6" t="s">
         <v>70</v>
       </c>
       <c r="BF6" t="s">
         <v>70</v>
       </c>
       <c r="BG6" t="s">
         <v>70</v>
       </c>
       <c r="BH6">
-        <v>1287</v>
+        <v>1333</v>
       </c>
       <c r="BI6" t="s">
         <v>135</v>
       </c>
       <c r="BJ6" t="s">
         <v>81</v>
       </c>
       <c r="BK6" t="s">
         <v>136</v>
       </c>
       <c r="BL6" t="s">
         <v>137</v>
       </c>
       <c r="BM6" t="s">
         <v>138</v>
       </c>
       <c r="BN6" t="s">
         <v>139</v>
       </c>
       <c r="BO6">
         <v>1</v>
       </c>
       <c r="BP6" t="s">
         <v>140</v>
       </c>
@@ -2295,51 +2295,51 @@
       <c r="AZ7" t="s">
         <v>72</v>
       </c>
       <c r="BA7" t="s">
         <v>79</v>
       </c>
       <c r="BB7" t="s">
         <v>141</v>
       </c>
       <c r="BC7" t="s">
         <v>144</v>
       </c>
       <c r="BD7" t="s">
         <v>70</v>
       </c>
       <c r="BE7" t="s">
         <v>70</v>
       </c>
       <c r="BF7" t="s">
         <v>70</v>
       </c>
       <c r="BG7" t="s">
         <v>70</v>
       </c>
       <c r="BH7">
-        <v>1287</v>
+        <v>1333</v>
       </c>
       <c r="BI7" t="s">
         <v>97</v>
       </c>
       <c r="BJ7" t="s">
         <v>81</v>
       </c>
       <c r="BK7" t="s">
         <v>136</v>
       </c>
       <c r="BL7" t="s">
         <v>150</v>
       </c>
       <c r="BM7" t="s">
         <v>151</v>
       </c>
       <c r="BN7" t="s">
         <v>152</v>
       </c>
       <c r="BO7">
         <v>2</v>
       </c>
       <c r="BP7" t="s">
         <v>140</v>
       </c>
@@ -2484,51 +2484,51 @@
       <c r="AZ8" t="s">
         <v>72</v>
       </c>
       <c r="BA8" t="s">
         <v>79</v>
       </c>
       <c r="BB8" t="s">
         <v>153</v>
       </c>
       <c r="BC8" t="s">
         <v>144</v>
       </c>
       <c r="BD8" t="s">
         <v>161</v>
       </c>
       <c r="BE8" t="s">
         <v>70</v>
       </c>
       <c r="BF8" t="s">
         <v>70</v>
       </c>
       <c r="BG8" t="s">
         <v>70</v>
       </c>
       <c r="BH8">
-        <v>1288</v>
+        <v>1334</v>
       </c>
       <c r="BI8" t="s">
         <v>97</v>
       </c>
       <c r="BJ8" t="s">
         <v>81</v>
       </c>
       <c r="BK8" t="s">
         <v>136</v>
       </c>
       <c r="BL8" t="s">
         <v>162</v>
       </c>
       <c r="BM8" t="s">
         <v>163</v>
       </c>
       <c r="BN8" t="s">
         <v>164</v>
       </c>
       <c r="BO8">
         <v>3</v>
       </c>
       <c r="BP8" t="s">
         <v>140</v>
       </c>
@@ -2673,51 +2673,51 @@
       <c r="AZ9" t="s">
         <v>72</v>
       </c>
       <c r="BA9" t="s">
         <v>79</v>
       </c>
       <c r="BB9" t="s">
         <v>166</v>
       </c>
       <c r="BC9" t="s">
         <v>169</v>
       </c>
       <c r="BD9" t="s">
         <v>70</v>
       </c>
       <c r="BE9" t="s">
         <v>70</v>
       </c>
       <c r="BF9" t="s">
         <v>70</v>
       </c>
       <c r="BG9" t="s">
         <v>70</v>
       </c>
       <c r="BH9">
-        <v>1515</v>
+        <v>1561</v>
       </c>
       <c r="BI9" t="s">
         <v>135</v>
       </c>
       <c r="BJ9" t="s">
         <v>81</v>
       </c>
       <c r="BK9" t="s">
         <v>136</v>
       </c>
       <c r="BL9" t="s">
         <v>98</v>
       </c>
       <c r="BM9" t="s">
         <v>175</v>
       </c>
       <c r="BN9" t="s">
         <v>176</v>
       </c>
       <c r="BO9">
         <v>7</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
@@ -2846,51 +2846,51 @@
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
         <v>72</v>
       </c>
       <c r="BA10"/>
       <c r="BB10" t="s">
         <v>177</v>
       </c>
       <c r="BC10" t="s">
         <v>70</v>
       </c>
       <c r="BD10" t="s">
         <v>70</v>
       </c>
       <c r="BE10" t="s">
         <v>70</v>
       </c>
       <c r="BF10" t="s">
         <v>70</v>
       </c>
       <c r="BG10" t="s">
         <v>70</v>
       </c>
       <c r="BH10">
-        <v>1802</v>
+        <v>1848</v>
       </c>
       <c r="BI10" t="s">
         <v>80</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>70</v>
       </c>
       <c r="BN10" t="s">
         <v>70</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>1171</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
@@ -3011,51 +3011,51 @@
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>72</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>181</v>
       </c>
       <c r="BC11" t="s">
         <v>70</v>
       </c>
       <c r="BD11" t="s">
         <v>70</v>
       </c>
       <c r="BE11" t="s">
         <v>70</v>
       </c>
       <c r="BF11" t="s">
         <v>70</v>
       </c>
       <c r="BG11" t="s">
         <v>70</v>
       </c>
       <c r="BH11">
-        <v>1818</v>
+        <v>1864</v>
       </c>
       <c r="BI11" t="s">
         <v>80</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>70</v>
       </c>
       <c r="BN11" t="s">
         <v>70</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>1171</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
@@ -3186,51 +3186,51 @@
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12" t="s">
         <v>72</v>
       </c>
       <c r="BA12"/>
       <c r="BB12" t="s">
         <v>186</v>
       </c>
       <c r="BC12" t="s">
         <v>189</v>
       </c>
       <c r="BD12" t="s">
         <v>70</v>
       </c>
       <c r="BE12" t="s">
         <v>70</v>
       </c>
       <c r="BF12" t="s">
         <v>70</v>
       </c>
       <c r="BG12" t="s">
         <v>70</v>
       </c>
       <c r="BH12">
-        <v>1820</v>
+        <v>1866</v>
       </c>
       <c r="BI12" t="s">
         <v>80</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12" t="s">
         <v>195</v>
       </c>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>196</v>
       </c>
       <c r="BN12" t="s">
         <v>70</v>
       </c>
       <c r="BO12">
         <v>58</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>1452</v>
       </c>
       <c r="BS12" t="s">
         <v>197</v>
@@ -3355,51 +3355,51 @@
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
         <v>72</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
         <v>198</v>
       </c>
       <c r="BC13" t="s">
         <v>70</v>
       </c>
       <c r="BD13" t="s">
         <v>70</v>
       </c>
       <c r="BE13" t="s">
         <v>70</v>
       </c>
       <c r="BF13" t="s">
         <v>70</v>
       </c>
       <c r="BG13" t="s">
         <v>70</v>
       </c>
       <c r="BH13">
-        <v>1829</v>
+        <v>1875</v>
       </c>
       <c r="BI13" t="s">
         <v>80</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>70</v>
       </c>
       <c r="BN13" t="s">
         <v>70</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>773</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
@@ -3520,51 +3520,51 @@
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>72</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
         <v>203</v>
       </c>
       <c r="BC14" t="s">
         <v>70</v>
       </c>
       <c r="BD14" t="s">
         <v>70</v>
       </c>
       <c r="BE14" t="s">
         <v>70</v>
       </c>
       <c r="BF14" t="s">
         <v>70</v>
       </c>
       <c r="BG14" t="s">
         <v>70</v>
       </c>
       <c r="BH14">
-        <v>1853</v>
+        <v>1899</v>
       </c>
       <c r="BI14" t="s">
         <v>80</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>70</v>
       </c>
       <c r="BN14" t="s">
         <v>70</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>14373</v>
       </c>
       <c r="BS14"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>