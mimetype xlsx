--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="553">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="547">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -224,273 +224,255 @@
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LINIOPE</t>
   </si>
   <si>
     <t>2025-02-01 19:00:42</t>
   </si>
   <si>
     <t>Luis Felipe Jiménez Bazan</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>/11266436</t>
-[...2 lines deleted...]
-    <t>2025-02-02 00:00:00</t>
+    <t>--</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>UN035306895MU</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>Mail Americas - canceled</t>
   </si>
   <si>
-    <t>--</t>
-[...1 lines deleted...]
-  <si>
     <t>canceled</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>CALLE ACAPULCO 1140</t>
   </si>
   <si>
     <t>Lima, Lima, La Molina</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPLN1321</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>Mail Americas</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-02-10 12:11:02</t>
   </si>
   <si>
     <t>2025-02-13 15:22:44</t>
   </si>
   <si>
     <t>2025-02-19 11:33:20</t>
   </si>
   <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2025-02-24 15:28:51</t>
+  </si>
+  <si>
+    <t>2025-02-02 00:55:27</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
+    <t>2024-12-27 09:40:43</t>
+  </si>
+  <si>
+    <t>Viet Nguyen</t>
+  </si>
+  <si>
+    <t>UN035084788MU</t>
+  </si>
+  <si>
+    <t>Mail Americas - failed</t>
+  </si>
+  <si>
+    <t>005939985</t>
+  </si>
+  <si>
+    <t>failed</t>
+  </si>
+  <si>
+    <t>Av Aviacion 2477</t>
+  </si>
+  <si>
+    <t>Lima, Lima, San Borja</t>
+  </si>
+  <si>
+    <t>/VSPCD2P21</t>
+  </si>
+  <si>
+    <t>2024-12-31 11:19:38</t>
+  </si>
+  <si>
+    <t>2024-12-31 11:20:42</t>
+  </si>
+  <si>
+    <t>2025-01-23 18:48:33</t>
+  </si>
+  <si>
+    <t>2024-12-27 15:21:38</t>
+  </si>
+  <si>
+    <t>2024-11-28 03:40:28</t>
+  </si>
+  <si>
+    <t>EVA ELIZABETH CHURA QUICAÑA</t>
+  </si>
+  <si>
+    <t>UN034901176MU</t>
+  </si>
+  <si>
+    <t>Calle La Magnolia 186</t>
+  </si>
+  <si>
+    <t>Lima, Lima, Surquillo</t>
+  </si>
+  <si>
+    <t>/VSP1R2121</t>
+  </si>
+  <si>
+    <t>2024-12-04 11:37:00</t>
+  </si>
+  <si>
+    <t>2024-12-04 11:38:47</t>
+  </si>
+  <si>
+    <t>2025-01-08 17:49:29</t>
+  </si>
+  <si>
+    <t>2024-11-28 12:29:40</t>
+  </si>
+  <si>
+    <t>2024-08-16 17:20:33</t>
+  </si>
+  <si>
+    <t>MARCIA YACKELINE ALAMO GARCIA</t>
+  </si>
+  <si>
+    <t>/11157914</t>
+  </si>
+  <si>
+    <t>2024-08-19 00:00:00</t>
+  </si>
+  <si>
+    <t>MLPE0222014E</t>
+  </si>
+  <si>
+    <t>Jirón Ayacucho 965</t>
+  </si>
+  <si>
+    <t>Lima, Lima, Cercado De Lima</t>
+  </si>
+  <si>
+    <t>/VSPGN2619</t>
+  </si>
+  <si>
+    <t>2024-08-22 16:26:50</t>
+  </si>
+  <si>
+    <t>2024-08-22 16:30:09</t>
+  </si>
+  <si>
+    <t>2024-09-19 15:49:06</t>
+  </si>
+  <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>Cancelled</t>
-[...130 lines deleted...]
-  <si>
     <t>2024-08-19 14:28:33</t>
   </si>
   <si>
     <t>2024-08-15 09:40:50</t>
   </si>
   <si>
     <t>alexandra choque caceres</t>
   </si>
   <si>
     <t>MLPE0225394E</t>
   </si>
   <si>
     <t>asoc ciudad de dios maz I lte 16 cmte 32 1</t>
   </si>
   <si>
     <t>Arequipa, Arequipa, Yura</t>
   </si>
   <si>
     <t>2024-08-20 12:28:47</t>
   </si>
   <si>
     <t>2024-08-20 12:54:53</t>
   </si>
   <si>
     <t>2024-09-30 17:53:54</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t>2024-08-15 16:57:28</t>
   </si>
   <si>
     <t>2024-07-19 12:01:40</t>
   </si>
   <si>
     <t>nicoll alessandra rios</t>
   </si>
   <si>
     <t>/11143202</t>
   </si>
   <si>
     <t>2024-07-21 00:00:00</t>
   </si>
   <si>
     <t>MLPE0205717E</t>
   </si>
   <si>
     <t>Jr. olmos 886</t>
   </si>
   <si>
     <t>Ica, Ica, Ica</t>
   </si>
@@ -2262,7612 +2244,7600 @@
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
         <v>212641232</v>
       </c>
       <c r="D2">
         <v>586421</v>
       </c>
       <c r="E2">
         <v>141.84</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2">
-        <v>79.2</v>
+        <v>0</v>
       </c>
       <c r="J2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K2" t="s">
         <v>71</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>72</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>73</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2">
         <v>10473669</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U2">
         <v>212641232</v>
       </c>
       <c r="V2">
         <v>586421</v>
       </c>
       <c r="W2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X2">
         <v>141.84</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2">
         <v>10473669</v>
       </c>
       <c r="AE2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="AM2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN2"/>
       <c r="AO2">
-        <v>79.2</v>
+        <v>0</v>
       </c>
       <c r="AP2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AR2" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS2">
         <v>771847800265</v>
       </c>
       <c r="AT2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY2" t="s">
+        <v>72</v>
+      </c>
+      <c r="AZ2" t="s">
         <v>73</v>
       </c>
-      <c r="AZ2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BA2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="BD2" t="s">
+        <v>85</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG2" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
       <c r="BH2">
         <v>17</v>
       </c>
       <c r="BI2" t="s">
+        <v>88</v>
+      </c>
+      <c r="BJ2" t="s">
+        <v>89</v>
+      </c>
+      <c r="BK2" t="s">
         <v>90</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BL2" t="s">
         <v>91</v>
       </c>
-      <c r="BK2" t="s">
+      <c r="BM2" t="s">
         <v>92</v>
       </c>
-      <c r="BL2" t="s">
+      <c r="BN2" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="BO2">
         <v>22</v>
       </c>
       <c r="BP2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>539</v>
       </c>
       <c r="BS2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C3">
         <v>262437232</v>
       </c>
       <c r="D3">
         <v>584476</v>
       </c>
       <c r="E3">
         <v>197.11</v>
       </c>
       <c r="F3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>120.99</v>
+        <v>0</v>
       </c>
       <c r="J3" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="K3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="M3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="Q3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="R3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U3">
         <v>262437232</v>
       </c>
       <c r="V3">
         <v>584476</v>
       </c>
       <c r="W3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X3">
         <v>197.11</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="AD3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="AE3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN3"/>
       <c r="AO3">
-        <v>120.99</v>
+        <v>0</v>
       </c>
       <c r="AP3" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="AQ3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS3">
         <v>283762270001</v>
       </c>
       <c r="AT3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="AZ3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="BC3" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="BD3" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="BE3" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="BF3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="BH3">
         <v>27</v>
       </c>
       <c r="BI3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>749</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C4">
         <v>226848232</v>
       </c>
       <c r="D4">
         <v>581703</v>
       </c>
       <c r="E4">
         <v>97.11</v>
       </c>
       <c r="F4" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>55.2</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="K4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L4" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="M4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O4"/>
       <c r="P4">
         <v>29329204</v>
       </c>
       <c r="Q4" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="R4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T4" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U4">
         <v>226848232</v>
       </c>
       <c r="V4">
         <v>581703</v>
       </c>
       <c r="W4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X4">
         <v>97.11</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC4" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="AD4">
         <v>29329204</v>
       </c>
       <c r="AE4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="AM4" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN4"/>
       <c r="AO4">
-        <v>55.2</v>
+        <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="AQ4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS4">
         <v>282442066371</v>
       </c>
       <c r="AT4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY4" t="s">
+        <v>110</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>108</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>114</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>115</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG4" t="s">
         <v>116</v>
-      </c>
-[...22 lines deleted...]
-        <v>122</v>
       </c>
       <c r="BH4">
         <v>41</v>
       </c>
       <c r="BI4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN4" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>369</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="C5">
         <v>228543432</v>
       </c>
       <c r="D5">
         <v>575542</v>
       </c>
       <c r="E5">
         <v>156.96</v>
       </c>
       <c r="F5" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="G5" t="s">
         <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="I5">
         <v>89</v>
       </c>
       <c r="J5" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="K5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L5" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="M5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N5" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O5"/>
       <c r="P5">
         <v>47783897</v>
       </c>
       <c r="Q5" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="R5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T5" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U5">
         <v>228543432</v>
       </c>
       <c r="V5">
         <v>575542</v>
       </c>
       <c r="W5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X5">
         <v>156.96</v>
       </c>
       <c r="Y5">
         <v>3.88</v>
       </c>
       <c r="Z5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC5" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="AD5">
         <v>47783897</v>
       </c>
       <c r="AE5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="AM5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN5" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="AO5">
         <v>89</v>
       </c>
       <c r="AP5" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="AQ5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS5">
         <v>278456169470</v>
       </c>
       <c r="AT5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY5" t="s">
+        <v>122</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>118</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>121</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>126</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>127</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG5" t="s">
         <v>128</v>
-      </c>
-[...22 lines deleted...]
-        <v>134</v>
       </c>
       <c r="BH5">
         <v>33</v>
       </c>
       <c r="BI5" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN5" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>609</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C6">
         <v>241443432</v>
       </c>
       <c r="D6">
         <v>575436</v>
       </c>
       <c r="E6">
         <v>156.96</v>
       </c>
       <c r="F6" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="K6" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L6" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="M6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N6" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O6"/>
       <c r="P6">
         <v>48450829</v>
       </c>
       <c r="Q6" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="R6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T6" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U6">
         <v>241443432</v>
       </c>
       <c r="V6">
         <v>575436</v>
       </c>
       <c r="W6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X6">
         <v>156.96</v>
       </c>
       <c r="Y6">
         <v>3.88</v>
       </c>
       <c r="Z6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC6" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="AD6">
         <v>48450829</v>
       </c>
       <c r="AE6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AM6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN6"/>
       <c r="AO6">
         <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="AQ6" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR6" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS6">
         <v>278336072192</v>
       </c>
       <c r="AT6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY6" t="s">
+        <v>133</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>131</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>136</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>137</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG6" t="s">
         <v>138</v>
-      </c>
-[...22 lines deleted...]
-        <v>143</v>
       </c>
       <c r="BH6">
         <v>46</v>
       </c>
       <c r="BI6" t="s">
-        <v>144</v>
+        <v>88</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN6" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>609</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C7">
         <v>285775432</v>
       </c>
       <c r="D7">
         <v>573738</v>
       </c>
       <c r="E7">
         <v>146.65</v>
       </c>
       <c r="F7" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="I7">
         <v>74.8</v>
       </c>
       <c r="J7" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="K7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L7" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="M7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O7"/>
       <c r="P7">
         <v>72643271</v>
       </c>
       <c r="Q7" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="R7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T7" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U7">
         <v>285775432</v>
       </c>
       <c r="V7">
         <v>573738</v>
       </c>
       <c r="W7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X7">
         <v>146.65</v>
       </c>
       <c r="Y7">
         <v>3.88</v>
       </c>
       <c r="Z7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC7" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="AD7">
         <v>72643271</v>
       </c>
       <c r="AE7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="AM7" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN7" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="AO7">
         <v>74.8</v>
       </c>
       <c r="AP7" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="AQ7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR7" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS7">
         <v>277374822231</v>
       </c>
       <c r="AT7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY7" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>140</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>143</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>148</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>149</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG7" t="s">
         <v>150</v>
-      </c>
-[...22 lines deleted...]
-        <v>156</v>
       </c>
       <c r="BH7">
         <v>25</v>
       </c>
       <c r="BI7" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN7" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
         <v>569</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="C8">
         <v>284382432</v>
       </c>
       <c r="D8">
         <v>569959</v>
       </c>
       <c r="E8">
         <v>69.07</v>
       </c>
       <c r="F8" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="I8">
         <v>33.2</v>
       </c>
       <c r="J8" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="K8" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L8" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O8"/>
       <c r="P8">
         <v>10043444</v>
       </c>
       <c r="Q8" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="R8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T8" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U8">
         <v>284382432</v>
       </c>
       <c r="V8">
         <v>569959</v>
       </c>
       <c r="W8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X8">
         <v>69.07</v>
       </c>
       <c r="Y8">
         <v>3.75</v>
       </c>
       <c r="Z8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC8" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="AD8">
         <v>10043444</v>
       </c>
       <c r="AE8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="AM8" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="AN8" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="AO8">
         <v>33.2</v>
       </c>
       <c r="AP8" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>152</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>155</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>161</v>
+      </c>
+      <c r="BE8" t="s">
         <v>162</v>
       </c>
-      <c r="AZ8" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG8" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="BH8">
         <v>35</v>
       </c>
       <c r="BI8" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN8" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>259</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C9">
         <v>298682432</v>
       </c>
       <c r="D9">
         <v>569893</v>
       </c>
       <c r="E9">
         <v>141.07</v>
       </c>
       <c r="F9" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="G9" t="s">
         <v>69</v>
       </c>
       <c r="H9" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="I9">
         <v>79.99</v>
       </c>
       <c r="J9" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="K9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L9" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O9"/>
       <c r="P9">
         <v>45630178</v>
       </c>
       <c r="Q9" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="R9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T9" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U9">
         <v>298682432</v>
       </c>
       <c r="V9">
         <v>569893</v>
       </c>
       <c r="W9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X9">
         <v>141.07</v>
       </c>
       <c r="Y9">
         <v>3.75</v>
       </c>
       <c r="Z9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC9" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="AD9">
         <v>45630178</v>
       </c>
       <c r="AE9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="AM9" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN9" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="AO9">
         <v>79.99</v>
       </c>
       <c r="AP9" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="AQ9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR9" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS9">
         <v>273412553621</v>
       </c>
       <c r="AT9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>166</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>169</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>174</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>175</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG9" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>182</v>
       </c>
       <c r="BH9">
         <v>31</v>
       </c>
       <c r="BI9" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN9" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
         <v>529</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C10">
         <v>245997312</v>
       </c>
       <c r="D10">
         <v>565286</v>
       </c>
       <c r="E10">
         <v>165.97</v>
       </c>
       <c r="F10" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="I10">
         <v>99</v>
       </c>
       <c r="J10" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="K10" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L10" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O10"/>
       <c r="P10">
         <v>44765868</v>
       </c>
       <c r="Q10" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="R10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T10" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U10">
         <v>245997312</v>
       </c>
       <c r="V10">
         <v>565286</v>
       </c>
       <c r="W10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X10">
         <v>165.97</v>
       </c>
       <c r="Y10">
         <v>3.85</v>
       </c>
       <c r="Z10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC10" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="AD10">
         <v>44765868</v>
       </c>
       <c r="AE10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="AK10" t="s">
         <v>69</v>
       </c>
       <c r="AL10" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="AM10" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN10" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AO10">
         <v>99</v>
       </c>
       <c r="AP10" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="AQ10" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR10" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS10">
         <v>788039556015</v>
       </c>
       <c r="AT10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY10" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="AZ10" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA10" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB10" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="BC10" t="s">
+        <v>181</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>185</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>186</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG10" t="s">
         <v>187</v>
-      </c>
-[...10 lines deleted...]
-        <v>193</v>
       </c>
       <c r="BH10">
         <v>34</v>
       </c>
       <c r="BI10" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN10" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ10"/>
       <c r="BR10">
         <v>639</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C11">
         <v>243627312</v>
       </c>
       <c r="D11">
         <v>565068</v>
       </c>
       <c r="E11">
         <v>243.9</v>
       </c>
       <c r="F11" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="I11">
         <v>149</v>
       </c>
       <c r="J11" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="K11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L11" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="M11" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N11" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="Q11" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="R11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T11" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U11">
         <v>243627312</v>
       </c>
       <c r="V11">
         <v>565068</v>
       </c>
       <c r="W11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X11">
         <v>243.9</v>
       </c>
       <c r="Y11">
         <v>3.85</v>
       </c>
       <c r="Z11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC11" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="AD11" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="AE11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="AK11" t="s">
         <v>69</v>
       </c>
       <c r="AL11" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="AM11" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN11" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="AO11">
         <v>149</v>
       </c>
       <c r="AP11" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="AQ11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS11">
         <v>787800174946</v>
       </c>
       <c r="AT11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY11" t="s">
+        <v>193</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>189</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>192</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>197</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>198</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG11" t="s">
         <v>199</v>
-      </c>
-[...22 lines deleted...]
-        <v>205</v>
       </c>
       <c r="BH11">
         <v>23</v>
       </c>
       <c r="BI11" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN11" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ11"/>
       <c r="BR11">
         <v>939</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C12">
         <v>265298312</v>
       </c>
       <c r="D12">
         <v>564129</v>
       </c>
       <c r="E12">
         <v>127.01</v>
       </c>
       <c r="F12" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="G12" t="s">
         <v>69</v>
       </c>
       <c r="H12" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="I12">
         <v>71.1</v>
       </c>
       <c r="J12" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="K12" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L12" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="M12" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N12" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O12"/>
       <c r="P12">
         <v>72647889</v>
       </c>
       <c r="Q12" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="R12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T12" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U12">
         <v>265298312</v>
       </c>
       <c r="V12">
         <v>564129</v>
       </c>
       <c r="W12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X12">
         <v>127.01</v>
       </c>
       <c r="Y12">
         <v>3.85</v>
       </c>
       <c r="Z12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC12" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="AD12">
         <v>72647889</v>
       </c>
       <c r="AE12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="AK12" t="s">
         <v>69</v>
       </c>
       <c r="AL12" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="AM12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN12" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="AO12">
         <v>71.1</v>
       </c>
       <c r="AP12" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="AQ12" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR12" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS12">
         <v>787079951630</v>
       </c>
       <c r="AT12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY12" t="s">
+        <v>205</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>201</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>204</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>209</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>210</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG12" t="s">
         <v>211</v>
-      </c>
-[...22 lines deleted...]
-        <v>217</v>
       </c>
       <c r="BH12">
         <v>36</v>
       </c>
       <c r="BI12" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN12" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ12"/>
       <c r="BR12">
         <v>489</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="C13">
         <v>286959312</v>
       </c>
       <c r="D13">
         <v>563688</v>
       </c>
       <c r="E13">
         <v>160.78</v>
       </c>
       <c r="F13" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="I13">
         <v>89.1</v>
       </c>
       <c r="J13" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="K13" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L13" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="M13" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N13" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O13"/>
       <c r="P13">
         <v>74284591</v>
       </c>
       <c r="Q13" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="R13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T13" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U13">
         <v>286959312</v>
       </c>
       <c r="V13">
         <v>563688</v>
       </c>
       <c r="W13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X13">
         <v>160.78</v>
       </c>
       <c r="Y13">
         <v>3.85</v>
       </c>
       <c r="Z13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC13" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="AD13">
         <v>74284591</v>
       </c>
       <c r="AE13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="AK13" t="s">
         <v>69</v>
       </c>
       <c r="AL13" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="AM13" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN13" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="AO13">
         <v>89.1</v>
       </c>
       <c r="AP13" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="AQ13" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR13" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS13">
         <v>786848973549</v>
       </c>
       <c r="AT13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY13" t="s">
+        <v>217</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>213</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>216</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>221</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>222</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG13" t="s">
         <v>223</v>
-      </c>
-[...22 lines deleted...]
-        <v>229</v>
       </c>
       <c r="BH13">
         <v>53</v>
       </c>
       <c r="BI13" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN13" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ13"/>
       <c r="BR13">
         <v>619</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="C14">
         <v>265579312</v>
       </c>
       <c r="D14">
         <v>563616</v>
       </c>
       <c r="E14">
         <v>155.58</v>
       </c>
       <c r="F14" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="G14" t="s">
         <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="I14">
         <v>89.1</v>
       </c>
       <c r="J14" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="K14" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L14" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="M14" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N14" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O14"/>
       <c r="P14">
         <v>41591383</v>
       </c>
       <c r="Q14" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="R14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T14" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U14">
         <v>265579312</v>
       </c>
       <c r="V14">
         <v>563616</v>
       </c>
       <c r="W14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X14">
         <v>155.58</v>
       </c>
       <c r="Y14">
         <v>3.85</v>
       </c>
       <c r="Z14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC14" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="AD14">
         <v>41591383</v>
       </c>
       <c r="AE14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="AK14" t="s">
         <v>69</v>
       </c>
       <c r="AL14" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="AM14" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN14" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="AO14">
         <v>89.1</v>
       </c>
       <c r="AP14" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="AQ14" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR14" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS14">
         <v>786827142193</v>
       </c>
       <c r="AT14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY14" t="s">
+        <v>228</v>
+      </c>
+      <c r="AZ14" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB14" t="s">
+        <v>225</v>
+      </c>
+      <c r="BC14" t="s">
+        <v>216</v>
+      </c>
+      <c r="BD14" t="s">
+        <v>232</v>
+      </c>
+      <c r="BE14" t="s">
+        <v>233</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG14" t="s">
         <v>234</v>
-      </c>
-[...22 lines deleted...]
-        <v>240</v>
       </c>
       <c r="BH14">
         <v>28</v>
       </c>
       <c r="BI14" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN14" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ14"/>
       <c r="BR14">
         <v>599</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="C15">
         <v>215332312</v>
       </c>
       <c r="D15">
         <v>561527</v>
       </c>
       <c r="E15">
         <v>242.64</v>
       </c>
       <c r="F15" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="I15">
         <v>134.1</v>
       </c>
       <c r="J15" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="K15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L15" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="M15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N15" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O15"/>
       <c r="P15">
         <v>40238015</v>
       </c>
       <c r="Q15" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="R15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T15" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U15">
         <v>215332312</v>
       </c>
       <c r="V15">
         <v>561527</v>
       </c>
       <c r="W15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X15">
         <v>242.64</v>
       </c>
       <c r="Y15">
         <v>3.87</v>
       </c>
       <c r="Z15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC15" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="AD15">
         <v>40238015</v>
       </c>
       <c r="AE15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AK15" t="s">
         <v>69</v>
       </c>
       <c r="AL15" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="AM15" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN15" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="AO15">
         <v>134.1</v>
       </c>
       <c r="AP15" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="AQ15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS15">
         <v>785634660770</v>
       </c>
       <c r="AT15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY15" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="AZ15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA15" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB15" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="BC15" t="s">
+        <v>239</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>243</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>244</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG15" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>251</v>
       </c>
       <c r="BH15">
         <v>13</v>
       </c>
       <c r="BI15" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN15" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
         <v>939</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="C16">
         <v>259914312</v>
       </c>
       <c r="D16">
         <v>560582</v>
       </c>
       <c r="E16">
         <v>197.66</v>
       </c>
       <c r="F16" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="I16">
         <v>98.1</v>
       </c>
       <c r="J16" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="K16" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L16" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="M16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N16" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="Q16" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="R16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T16" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U16">
         <v>259914312</v>
       </c>
       <c r="V16">
         <v>560582</v>
       </c>
       <c r="W16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X16">
         <v>197.66</v>
       </c>
       <c r="Y16">
         <v>3.84</v>
       </c>
       <c r="Z16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC16" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="AD16" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="AE16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="AK16" t="s">
         <v>69</v>
       </c>
       <c r="AL16" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="AM16" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN16" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="AO16">
         <v>98.1</v>
       </c>
       <c r="AP16" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="AQ16" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR16" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS16">
         <v>784782847869</v>
       </c>
       <c r="AT16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY16" t="s">
+        <v>251</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>247</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>250</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>256</v>
+      </c>
+      <c r="BE16" t="s">
         <v>257</v>
       </c>
-      <c r="AZ16" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG16" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="BH16">
         <v>25</v>
       </c>
       <c r="BI16" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN16" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ16"/>
       <c r="BR16">
         <v>759</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="C17">
         <v>263774312</v>
       </c>
       <c r="D17">
         <v>560261</v>
       </c>
       <c r="E17">
         <v>103.46</v>
       </c>
       <c r="F17" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="G17" t="s">
         <v>69</v>
       </c>
       <c r="H17" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I17">
         <v>54</v>
       </c>
       <c r="J17" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="K17" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L17" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="M17" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="Q17" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="R17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T17" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U17">
         <v>263774312</v>
       </c>
       <c r="V17">
         <v>560261</v>
       </c>
       <c r="W17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X17">
         <v>103.46</v>
       </c>
       <c r="Y17">
         <v>3.76</v>
       </c>
       <c r="Z17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC17" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="AD17" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="AE17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="AK17" t="s">
         <v>69</v>
       </c>
       <c r="AL17" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="AM17" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN17" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="AO17">
         <v>54</v>
       </c>
       <c r="AP17" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="AQ17" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR17" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS17">
         <v>784491542291</v>
       </c>
       <c r="AT17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17">
         <v>0</v>
       </c>
       <c r="AX17" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY17" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="AZ17" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA17" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB17" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="BC17" t="s">
+        <v>263</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG17" t="s">
         <v>269</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
       <c r="BH17">
         <v>18</v>
       </c>
       <c r="BI17" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ17" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK17" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="BL17" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="BM17" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="BN17" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="BO17">
         <v>18</v>
       </c>
       <c r="BP17" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ17"/>
       <c r="BR17">
         <v>389</v>
       </c>
       <c r="BS17" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C18">
         <v>259474312</v>
       </c>
       <c r="D18">
         <v>560173</v>
       </c>
       <c r="E18">
         <v>151.33</v>
       </c>
       <c r="F18" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="G18" t="s">
         <v>69</v>
       </c>
       <c r="H18" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="I18">
         <v>93.6</v>
       </c>
       <c r="J18" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="K18" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="L18" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="M18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N18" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O18"/>
       <c r="P18">
         <v>74923117</v>
       </c>
       <c r="Q18" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="R18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T18" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U18">
         <v>259474312</v>
       </c>
       <c r="V18">
         <v>560173</v>
       </c>
       <c r="W18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X18">
         <v>151.33</v>
       </c>
       <c r="Y18">
         <v>3.76</v>
       </c>
       <c r="Z18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC18" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="AD18">
         <v>74923117</v>
       </c>
       <c r="AE18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AK18" t="s">
         <v>69</v>
       </c>
       <c r="AL18" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="AM18" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN18" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="AO18">
         <v>93.6</v>
       </c>
       <c r="AP18" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="AQ18" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR18" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS18">
         <v>784481371512</v>
       </c>
       <c r="AT18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18">
         <v>0</v>
       </c>
       <c r="AX18" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY18" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="AZ18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA18" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB18" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="BC18" t="s">
+        <v>277</v>
+      </c>
+      <c r="BD18" t="s">
+        <v>282</v>
+      </c>
+      <c r="BE18" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF18" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG18" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>289</v>
       </c>
       <c r="BH18">
         <v>30</v>
       </c>
       <c r="BI18" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN18" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ18"/>
       <c r="BR18">
         <v>569</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="C19">
         <v>244233112</v>
       </c>
       <c r="D19">
         <v>559295</v>
       </c>
       <c r="E19">
         <v>142.22</v>
       </c>
       <c r="F19" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="G19" t="s">
         <v>69</v>
       </c>
       <c r="H19" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="I19">
         <v>83.2</v>
       </c>
       <c r="J19" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="K19" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L19" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="M19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N19" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O19"/>
       <c r="P19">
         <v>41585945</v>
       </c>
       <c r="Q19" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="R19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T19" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U19">
         <v>244233112</v>
       </c>
       <c r="V19">
         <v>559295</v>
       </c>
       <c r="W19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X19">
         <v>142.22</v>
       </c>
       <c r="Y19">
         <v>3.79</v>
       </c>
       <c r="Z19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC19" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="AD19">
         <v>41585945</v>
       </c>
       <c r="AE19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="AK19" t="s">
         <v>69</v>
       </c>
       <c r="AL19" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="AM19" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN19" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="AO19">
         <v>83.2</v>
       </c>
       <c r="AP19" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="AQ19" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR19" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS19">
         <v>783588198801</v>
       </c>
       <c r="AT19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19">
         <v>0</v>
       </c>
       <c r="AX19" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY19" t="s">
+        <v>289</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>285</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>288</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>293</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>294</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG19" t="s">
         <v>295</v>
-      </c>
-[...22 lines deleted...]
-        <v>301</v>
       </c>
       <c r="BH19">
         <v>42</v>
       </c>
       <c r="BI19" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN19" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ19"/>
       <c r="BR19">
         <v>539</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C20">
         <v>283353112</v>
       </c>
       <c r="D20">
         <v>559180</v>
       </c>
       <c r="E20">
         <v>168.6</v>
       </c>
       <c r="F20" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="G20" t="s">
         <v>69</v>
       </c>
       <c r="H20" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="I20">
         <v>99</v>
       </c>
       <c r="J20" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="K20" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L20" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="M20" t="s">
+        <v>73</v>
+      </c>
+      <c r="N20" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O20"/>
       <c r="P20" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="Q20" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="R20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T20" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U20">
         <v>283353112</v>
       </c>
       <c r="V20">
         <v>559180</v>
       </c>
       <c r="W20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X20">
         <v>168.6</v>
       </c>
       <c r="Y20">
         <v>3.79</v>
       </c>
       <c r="Z20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC20" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="AD20" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="AE20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="AK20" t="s">
         <v>69</v>
       </c>
       <c r="AL20" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="AM20" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN20" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="AO20">
         <v>99</v>
       </c>
       <c r="AP20" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="AQ20" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR20" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS20">
         <v>783502281295</v>
       </c>
       <c r="AT20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20">
         <v>0</v>
       </c>
       <c r="AX20" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY20" t="s">
+        <v>301</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>297</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>300</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>306</v>
+      </c>
+      <c r="BE20" t="s">
         <v>307</v>
       </c>
-      <c r="AZ20" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG20" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="BH20">
         <v>12</v>
       </c>
       <c r="BI20" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ20" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK20" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="BL20" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="BM20" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="BN20" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="BO20">
         <v>11</v>
       </c>
       <c r="BP20" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ20"/>
       <c r="BR20">
         <v>639</v>
       </c>
       <c r="BS20" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C21">
         <v>294683112</v>
       </c>
       <c r="D21">
         <v>558876</v>
       </c>
       <c r="E21">
         <v>179.16</v>
       </c>
       <c r="F21" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="G21" t="s">
         <v>69</v>
       </c>
       <c r="H21" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="I21">
         <v>99.43</v>
       </c>
       <c r="J21" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="K21" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L21" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="M21" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N21" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O21"/>
       <c r="P21">
         <v>47204674</v>
       </c>
       <c r="Q21" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="R21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T21" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U21">
         <v>294683112</v>
       </c>
       <c r="V21">
         <v>558876</v>
       </c>
       <c r="W21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X21">
         <v>179.16</v>
       </c>
       <c r="Y21">
         <v>3.79</v>
       </c>
       <c r="Z21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC21" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="AD21">
         <v>47204674</v>
       </c>
       <c r="AE21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="AK21" t="s">
         <v>69</v>
       </c>
       <c r="AL21" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AM21" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN21" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="AO21">
         <v>99.43</v>
       </c>
       <c r="AP21" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="AQ21" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR21" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS21">
         <v>783234945076</v>
       </c>
       <c r="AT21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21">
         <v>0</v>
       </c>
       <c r="AX21" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY21" t="s">
+        <v>316</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB21" t="s">
+        <v>312</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>315</v>
+      </c>
+      <c r="BD21" t="s">
+        <v>320</v>
+      </c>
+      <c r="BE21" t="s">
+        <v>321</v>
+      </c>
+      <c r="BF21" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG21" t="s">
         <v>322</v>
-      </c>
-[...22 lines deleted...]
-        <v>328</v>
       </c>
       <c r="BH21">
         <v>38</v>
       </c>
       <c r="BI21" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN21" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ21"/>
       <c r="BR21">
         <v>679</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="C22">
         <v>232493112</v>
       </c>
       <c r="D22">
         <v>558640</v>
       </c>
       <c r="E22">
         <v>89.45</v>
       </c>
       <c r="F22" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="G22" t="s">
         <v>69</v>
       </c>
       <c r="H22" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="I22">
         <v>43.2</v>
       </c>
       <c r="J22" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="K22" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L22" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="M22" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N22" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O22"/>
       <c r="P22">
         <v>41550901</v>
       </c>
       <c r="Q22" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="R22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T22" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U22">
         <v>232493112</v>
       </c>
       <c r="V22">
         <v>558640</v>
       </c>
       <c r="W22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X22">
         <v>89.45</v>
       </c>
       <c r="Y22">
         <v>3.79</v>
       </c>
       <c r="Z22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC22" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="AD22">
         <v>41550901</v>
       </c>
       <c r="AE22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AK22" t="s">
         <v>69</v>
       </c>
       <c r="AL22" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="AM22" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN22" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="AO22">
         <v>43.2</v>
       </c>
       <c r="AP22" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="AQ22" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR22" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS22">
         <v>783003025752</v>
       </c>
       <c r="AT22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY22" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="AZ22" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA22" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB22" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="BC22" t="s">
+        <v>327</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>331</v>
+      </c>
+      <c r="BE22" t="s">
+        <v>332</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG22" t="s">
         <v>333</v>
-      </c>
-[...10 lines deleted...]
-        <v>339</v>
       </c>
       <c r="BH22">
         <v>58</v>
       </c>
       <c r="BI22" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN22" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ22"/>
       <c r="BR22">
         <v>339</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="C23">
         <v>264363112</v>
       </c>
       <c r="D23">
         <v>558635</v>
       </c>
       <c r="E23">
         <v>181.79</v>
       </c>
       <c r="F23" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="G23" t="s">
         <v>69</v>
       </c>
       <c r="H23" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="I23">
         <v>100.8</v>
       </c>
       <c r="J23" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="K23" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L23" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="M23" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N23" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O23"/>
       <c r="P23">
         <v>77794998</v>
       </c>
       <c r="Q23" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="R23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T23" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U23">
         <v>264363112</v>
       </c>
       <c r="V23">
         <v>558635</v>
       </c>
       <c r="W23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X23">
         <v>181.79</v>
       </c>
       <c r="Y23">
         <v>3.79</v>
       </c>
       <c r="Z23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC23" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="AD23">
         <v>77794998</v>
       </c>
       <c r="AE23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="AK23" t="s">
         <v>69</v>
       </c>
       <c r="AL23" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="AM23" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN23" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="AO23">
         <v>100.8</v>
       </c>
       <c r="AP23" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="AQ23" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR23" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS23">
         <v>783006441440</v>
       </c>
       <c r="AT23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY23" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="AZ23" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA23" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB23" t="s">
+        <v>335</v>
+      </c>
+      <c r="BC23" t="s">
+        <v>327</v>
+      </c>
+      <c r="BD23" t="s">
         <v>341</v>
       </c>
-      <c r="BC23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BE23" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="BF23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG23" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="BH23">
         <v>32</v>
       </c>
       <c r="BI23" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN23" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ23"/>
       <c r="BR23">
         <v>689</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="C24">
         <v>258781112</v>
       </c>
       <c r="D24">
         <v>557660</v>
       </c>
       <c r="E24">
         <v>210.54</v>
       </c>
       <c r="F24" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="G24" t="s">
         <v>69</v>
       </c>
       <c r="H24" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="I24">
         <v>108</v>
       </c>
       <c r="J24" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="K24" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L24" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="M24" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N24" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O24"/>
       <c r="P24">
         <v>18210913</v>
       </c>
       <c r="Q24" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="R24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T24" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U24">
         <v>258781112</v>
       </c>
       <c r="V24">
         <v>557660</v>
       </c>
       <c r="W24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X24">
         <v>210.54</v>
       </c>
       <c r="Y24">
         <v>3.7</v>
       </c>
       <c r="Z24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC24" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="AD24">
         <v>18210913</v>
       </c>
       <c r="AE24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="AK24" t="s">
         <v>69</v>
       </c>
       <c r="AL24" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="AM24" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN24" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="AO24">
         <v>108</v>
       </c>
       <c r="AP24" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="AQ24" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR24" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS24">
         <v>782259262548</v>
       </c>
       <c r="AT24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY24" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="AZ24" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA24" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB24" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="BC24" t="s">
+        <v>348</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>352</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>353</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG24" t="s">
         <v>354</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
       <c r="BH24">
         <v>78</v>
       </c>
       <c r="BI24" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN24" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ24"/>
       <c r="BR24">
         <v>779</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C25">
         <v>227335112</v>
       </c>
       <c r="D25">
         <v>556910</v>
       </c>
       <c r="E25">
         <v>86.22</v>
       </c>
       <c r="F25" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="G25" t="s">
         <v>69</v>
       </c>
       <c r="H25" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="I25">
         <v>37.26</v>
       </c>
       <c r="J25" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="K25" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L25" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="M25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N25" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O25"/>
       <c r="P25" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="Q25" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="R25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T25" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U25">
         <v>227335112</v>
       </c>
       <c r="V25">
         <v>556910</v>
       </c>
       <c r="W25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X25">
         <v>86.22</v>
       </c>
       <c r="Y25">
         <v>3.7</v>
       </c>
       <c r="Z25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC25" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="AD25" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="AE25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="AK25" t="s">
         <v>69</v>
       </c>
       <c r="AL25" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="AM25" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN25" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="AO25">
         <v>37.26</v>
       </c>
       <c r="AP25" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="AQ25" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR25" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS25">
         <v>781569486680</v>
       </c>
       <c r="AT25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY25" t="s">
+        <v>360</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>356</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>359</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>364</v>
+      </c>
+      <c r="BE25" t="s">
+        <v>365</v>
+      </c>
+      <c r="BF25" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG25" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>372</v>
       </c>
       <c r="BH25">
         <v>29</v>
       </c>
       <c r="BI25" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN25" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ25"/>
       <c r="BR25">
         <v>319</v>
       </c>
       <c r="BS25"/>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="C26">
         <v>259735112</v>
       </c>
       <c r="D26">
         <v>556854</v>
       </c>
       <c r="E26">
         <v>156.49</v>
       </c>
       <c r="F26" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="G26" t="s">
         <v>69</v>
       </c>
       <c r="H26" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="I26">
         <v>88.2</v>
       </c>
       <c r="J26" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="K26" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L26" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="M26" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N26" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O26"/>
       <c r="P26">
         <v>21436908</v>
       </c>
       <c r="Q26" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="R26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T26" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U26">
         <v>259735112</v>
       </c>
       <c r="V26">
         <v>556854</v>
       </c>
       <c r="W26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X26">
         <v>156.49</v>
       </c>
       <c r="Y26">
         <v>3.7</v>
       </c>
       <c r="Z26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC26" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="AD26">
         <v>21436908</v>
       </c>
       <c r="AE26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="AK26" t="s">
         <v>69</v>
       </c>
       <c r="AL26" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="AM26" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN26" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="AO26">
         <v>88.2</v>
       </c>
       <c r="AP26" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="AQ26" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR26" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS26">
         <v>781532262922</v>
       </c>
       <c r="AT26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY26" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="AZ26" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA26" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB26" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="BC26" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="BD26" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="BE26" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="BF26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG26" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="BH26">
         <v>30</v>
       </c>
       <c r="BI26" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN26" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ26"/>
       <c r="BR26">
         <v>579</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="C27">
         <v>221235112</v>
       </c>
       <c r="D27">
         <v>556793</v>
       </c>
       <c r="E27">
         <v>151.08</v>
       </c>
       <c r="F27" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="G27" t="s">
         <v>69</v>
       </c>
       <c r="H27" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="I27">
         <v>85.23</v>
       </c>
       <c r="J27" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="K27" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L27" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="M27" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N27" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O27"/>
       <c r="P27" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="Q27" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="R27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T27" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U27">
         <v>221235112</v>
       </c>
       <c r="V27">
         <v>556793</v>
       </c>
       <c r="W27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X27">
         <v>151.08</v>
       </c>
       <c r="Y27">
         <v>3.7</v>
       </c>
       <c r="Z27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC27" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="AD27" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="AE27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="AK27" t="s">
         <v>69</v>
       </c>
       <c r="AL27" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="AM27" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN27" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="AO27">
         <v>85.23</v>
       </c>
       <c r="AP27" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="AQ27" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR27" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS27">
         <v>781529192547</v>
       </c>
       <c r="AT27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY27" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="AZ27" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA27" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB27" t="s">
+        <v>378</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>380</v>
+      </c>
+      <c r="BD27" t="s">
         <v>384</v>
       </c>
-      <c r="BC27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BE27" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="BF27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG27" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="BH27">
         <v>31</v>
       </c>
       <c r="BI27" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN27" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ27"/>
       <c r="BR27">
         <v>559</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="C28">
         <v>276915112</v>
       </c>
       <c r="D28">
         <v>556736</v>
       </c>
       <c r="E28">
         <v>132.16</v>
       </c>
       <c r="F28" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="G28" t="s">
         <v>69</v>
       </c>
       <c r="H28" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="I28">
         <v>68.67</v>
       </c>
       <c r="J28" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="K28" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L28" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="M28" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N28" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O28"/>
       <c r="P28">
         <v>46762675</v>
       </c>
       <c r="Q28" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="R28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T28" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U28">
         <v>276915112</v>
       </c>
       <c r="V28">
         <v>556736</v>
       </c>
       <c r="W28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X28">
         <v>132.16</v>
       </c>
       <c r="Y28">
         <v>3.7</v>
       </c>
       <c r="Z28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC28" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="AD28">
         <v>46762675</v>
       </c>
       <c r="AE28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="AK28" t="s">
         <v>69</v>
       </c>
       <c r="AL28" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="AM28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN28" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="AO28">
         <v>68.67</v>
       </c>
       <c r="AP28" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="AQ28" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR28" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS28">
         <v>781462884496</v>
       </c>
       <c r="AT28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY28" t="s">
+        <v>391</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>387</v>
+      </c>
+      <c r="BC28" t="s">
+        <v>390</v>
+      </c>
+      <c r="BD28" t="s">
+        <v>395</v>
+      </c>
+      <c r="BE28" t="s">
+        <v>396</v>
+      </c>
+      <c r="BF28" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG28" t="s">
         <v>397</v>
-      </c>
-[...22 lines deleted...]
-        <v>403</v>
       </c>
       <c r="BH28">
         <v>96</v>
       </c>
       <c r="BI28" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN28" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ28"/>
       <c r="BR28">
         <v>489</v>
       </c>
       <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C29">
         <v>246175112</v>
       </c>
       <c r="D29">
         <v>556597</v>
       </c>
       <c r="E29">
         <v>88.92</v>
       </c>
       <c r="F29" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="G29" t="s">
         <v>69</v>
       </c>
       <c r="H29" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="I29">
         <v>42.57</v>
       </c>
       <c r="J29" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="K29" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L29" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="M29" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N29" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O29"/>
       <c r="P29">
         <v>73524613</v>
       </c>
       <c r="Q29" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="R29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T29" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U29">
         <v>246175112</v>
       </c>
       <c r="V29">
         <v>556597</v>
       </c>
       <c r="W29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X29">
         <v>88.92</v>
       </c>
       <c r="Y29">
         <v>3.7</v>
       </c>
       <c r="Z29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC29" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="AD29">
         <v>73524613</v>
       </c>
       <c r="AE29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="AK29" t="s">
         <v>69</v>
       </c>
       <c r="AL29" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="AM29" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN29" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="AO29">
         <v>42.57</v>
       </c>
       <c r="AP29" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="AQ29" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR29" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS29">
         <v>781350057645</v>
       </c>
       <c r="AT29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY29" t="s">
+        <v>403</v>
+      </c>
+      <c r="AZ29" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA29" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB29" t="s">
+        <v>399</v>
+      </c>
+      <c r="BC29" t="s">
+        <v>402</v>
+      </c>
+      <c r="BD29" t="s">
+        <v>407</v>
+      </c>
+      <c r="BE29" t="s">
+        <v>408</v>
+      </c>
+      <c r="BF29" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG29" t="s">
         <v>409</v>
-      </c>
-[...22 lines deleted...]
-        <v>415</v>
       </c>
       <c r="BH29">
         <v>35</v>
       </c>
       <c r="BI29" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN29" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ29"/>
       <c r="BR29">
         <v>329</v>
       </c>
       <c r="BS29"/>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C30">
         <v>259675112</v>
       </c>
       <c r="D30">
         <v>556554</v>
       </c>
       <c r="E30">
         <v>502.43</v>
       </c>
       <c r="F30" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
       <c r="H30" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="I30">
         <v>245</v>
       </c>
       <c r="J30" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="K30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L30" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="M30" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N30" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O30"/>
       <c r="P30">
         <v>73046151</v>
       </c>
       <c r="Q30" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="R30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T30" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U30">
         <v>259675112</v>
       </c>
       <c r="V30">
         <v>556554</v>
       </c>
       <c r="W30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X30">
         <v>502.43</v>
       </c>
       <c r="Y30">
         <v>3.7</v>
       </c>
       <c r="Z30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC30" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="AD30">
         <v>73046151</v>
       </c>
       <c r="AE30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="AK30" t="s">
         <v>69</v>
       </c>
       <c r="AL30" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="AM30" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN30" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="AO30">
         <v>245</v>
       </c>
       <c r="AP30" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="AQ30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR30" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS30">
         <v>781294171420</v>
       </c>
       <c r="AT30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY30" t="s">
+        <v>414</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA30" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB30" t="s">
+        <v>411</v>
+      </c>
+      <c r="BC30" t="s">
+        <v>402</v>
+      </c>
+      <c r="BD30" t="s">
+        <v>418</v>
+      </c>
+      <c r="BE30" t="s">
+        <v>419</v>
+      </c>
+      <c r="BF30" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG30" t="s">
         <v>420</v>
-      </c>
-[...22 lines deleted...]
-        <v>426</v>
       </c>
       <c r="BH30">
         <v>41</v>
       </c>
       <c r="BI30" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN30" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ30"/>
       <c r="BR30">
         <v>1859</v>
       </c>
       <c r="BS30"/>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="C31">
         <v>267345112</v>
       </c>
       <c r="D31">
         <v>556088</v>
       </c>
       <c r="E31">
         <v>162.4</v>
       </c>
       <c r="F31" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="G31" t="s">
         <v>69</v>
       </c>
       <c r="H31" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="I31">
         <v>94.5</v>
       </c>
       <c r="J31" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="K31" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L31" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="M31" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N31" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O31"/>
       <c r="P31">
         <v>49296635</v>
       </c>
       <c r="Q31" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="R31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T31" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U31">
         <v>267345112</v>
       </c>
       <c r="V31">
         <v>556088</v>
       </c>
       <c r="W31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X31">
         <v>162.4</v>
       </c>
       <c r="Y31">
         <v>3.75</v>
       </c>
       <c r="Z31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC31" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="AD31">
         <v>49296635</v>
       </c>
       <c r="AE31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="AK31" t="s">
         <v>69</v>
       </c>
       <c r="AL31" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="AM31" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN31" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="AO31">
         <v>94.5</v>
       </c>
       <c r="AP31" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="AQ31" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR31" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS31">
         <v>780901390872</v>
       </c>
       <c r="AT31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY31" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="AZ31" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA31" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB31" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="BC31" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD31" t="s">
+        <v>429</v>
+      </c>
+      <c r="BE31" t="s">
+        <v>430</v>
+      </c>
+      <c r="BF31" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG31" t="s">
         <v>431</v>
-      </c>
-[...10 lines deleted...]
-        <v>437</v>
       </c>
       <c r="BH31">
         <v>53</v>
       </c>
       <c r="BI31" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN31" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ31"/>
       <c r="BR31">
         <v>609</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="C32">
         <v>266737112</v>
       </c>
       <c r="D32">
         <v>556039</v>
       </c>
       <c r="E32">
         <v>199.73</v>
       </c>
       <c r="F32" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="I32">
         <v>109.53</v>
       </c>
       <c r="J32" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="K32" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L32" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="M32" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N32" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O32"/>
       <c r="P32">
         <v>43717262</v>
       </c>
       <c r="Q32" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="R32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T32" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U32">
         <v>266737112</v>
       </c>
       <c r="V32">
         <v>556039</v>
       </c>
       <c r="W32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X32">
         <v>199.73</v>
       </c>
       <c r="Y32">
         <v>3.75</v>
       </c>
       <c r="Z32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC32" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="AD32">
         <v>43717262</v>
       </c>
       <c r="AE32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="AK32" t="s">
         <v>69</v>
       </c>
       <c r="AL32" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="AM32" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN32" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="AO32">
         <v>109.53</v>
       </c>
       <c r="AP32" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="AQ32" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR32" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS32">
         <v>780814797739</v>
       </c>
       <c r="AT32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY32" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="AZ32" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA32" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB32" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="BC32" t="s">
+        <v>436</v>
+      </c>
+      <c r="BD32" t="s">
+        <v>441</v>
+      </c>
+      <c r="BE32" t="s">
         <v>442</v>
       </c>
-      <c r="BD32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG32" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="BH32">
         <v>54</v>
       </c>
       <c r="BI32" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN32" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ32"/>
       <c r="BR32">
         <v>749</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="C33">
         <v>219177112</v>
       </c>
       <c r="D33">
         <v>555929</v>
       </c>
       <c r="E33">
         <v>167.73</v>
       </c>
       <c r="F33" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="G33" t="s">
         <v>69</v>
       </c>
       <c r="H33" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="I33">
         <v>89.1</v>
       </c>
       <c r="J33" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="K33" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L33" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="M33" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N33" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O33"/>
       <c r="P33">
         <v>41312155</v>
       </c>
       <c r="Q33" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="R33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T33" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U33">
         <v>219177112</v>
       </c>
       <c r="V33">
         <v>555929</v>
       </c>
       <c r="W33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X33">
         <v>167.73</v>
       </c>
       <c r="Y33">
         <v>3.75</v>
       </c>
       <c r="Z33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC33" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="AD33">
         <v>41312155</v>
       </c>
       <c r="AE33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AK33" t="s">
         <v>69</v>
       </c>
       <c r="AL33" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="AM33" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN33" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="AO33">
         <v>89.1</v>
       </c>
       <c r="AP33" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="AQ33" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR33" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS33">
         <v>780733746914</v>
       </c>
       <c r="AT33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY33" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="AZ33" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA33" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB33" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="BC33" t="s">
+        <v>447</v>
+      </c>
+      <c r="BD33" t="s">
+        <v>451</v>
+      </c>
+      <c r="BE33" t="s">
+        <v>452</v>
+      </c>
+      <c r="BF33" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG33" t="s">
         <v>453</v>
-      </c>
-[...10 lines deleted...]
-        <v>459</v>
       </c>
       <c r="BH33">
         <v>48</v>
       </c>
       <c r="BI33" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN33" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ33"/>
       <c r="BR33">
         <v>629</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="C34">
         <v>288567112</v>
       </c>
       <c r="D34">
         <v>555495</v>
       </c>
       <c r="E34">
         <v>138.4</v>
       </c>
       <c r="F34" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="G34" t="s">
         <v>69</v>
       </c>
       <c r="H34" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="I34">
         <v>74.7</v>
       </c>
       <c r="J34" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="K34" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L34" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="M34" t="s">
+        <v>73</v>
+      </c>
+      <c r="N34" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O34"/>
       <c r="P34">
         <v>45629406</v>
       </c>
       <c r="Q34" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="R34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T34" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U34">
         <v>288567112</v>
       </c>
       <c r="V34">
         <v>555495</v>
       </c>
       <c r="W34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X34">
         <v>138.4</v>
       </c>
       <c r="Y34">
         <v>3.75</v>
       </c>
       <c r="Z34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC34" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="AD34">
         <v>45629406</v>
       </c>
       <c r="AE34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="AK34" t="s">
         <v>69</v>
       </c>
       <c r="AL34" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="AM34" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN34" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="AO34">
         <v>74.7</v>
       </c>
       <c r="AP34" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="AQ34" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR34" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS34">
         <v>780457733306</v>
       </c>
       <c r="AT34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY34" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="AZ34" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA34" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB34" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="BC34" t="s">
+        <v>458</v>
+      </c>
+      <c r="BD34" t="s">
+        <v>462</v>
+      </c>
+      <c r="BE34" t="s">
+        <v>463</v>
+      </c>
+      <c r="BF34" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG34" t="s">
         <v>464</v>
-      </c>
-[...10 lines deleted...]
-        <v>470</v>
       </c>
       <c r="BH34">
         <v>13</v>
       </c>
       <c r="BI34" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ34" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK34" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="BL34" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="BM34" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="BN34" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="BO34">
         <v>14</v>
       </c>
       <c r="BP34" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ34"/>
       <c r="BR34">
         <v>519</v>
       </c>
       <c r="BS34" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="C35">
         <v>249667112</v>
       </c>
       <c r="D35">
         <v>555394</v>
       </c>
       <c r="E35">
         <v>103.73</v>
       </c>
       <c r="F35" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="I35">
         <v>52.5</v>
       </c>
       <c r="J35" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="K35" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L35" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="M35" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N35" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O35"/>
       <c r="P35">
         <v>74025360</v>
       </c>
       <c r="Q35" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="R35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T35" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U35">
         <v>249667112</v>
       </c>
       <c r="V35">
         <v>555394</v>
       </c>
       <c r="W35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X35">
         <v>103.73</v>
       </c>
       <c r="Y35">
         <v>3.75</v>
       </c>
       <c r="Z35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC35" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="AD35">
         <v>74025360</v>
       </c>
       <c r="AE35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="AK35" t="s">
         <v>69</v>
       </c>
       <c r="AL35" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="AM35" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN35" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="AO35">
         <v>52.5</v>
       </c>
       <c r="AP35" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="AQ35" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR35" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS35">
         <v>780370583090</v>
       </c>
       <c r="AT35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY35" t="s">
+        <v>472</v>
+      </c>
+      <c r="AZ35" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA35" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB35" t="s">
+        <v>468</v>
+      </c>
+      <c r="BC35" t="s">
+        <v>471</v>
+      </c>
+      <c r="BD35" t="s">
+        <v>476</v>
+      </c>
+      <c r="BE35" t="s">
+        <v>477</v>
+      </c>
+      <c r="BF35" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG35" t="s">
         <v>478</v>
-      </c>
-[...22 lines deleted...]
-        <v>484</v>
       </c>
       <c r="BH35">
         <v>56</v>
       </c>
       <c r="BI35" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN35" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ35"/>
       <c r="BR35">
         <v>389</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="C36">
         <v>217518112</v>
       </c>
       <c r="D36">
         <v>554540</v>
       </c>
       <c r="E36">
         <v>501.07</v>
       </c>
       <c r="F36" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="G36" t="s">
         <v>69</v>
       </c>
       <c r="H36" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="I36">
         <v>245</v>
       </c>
       <c r="J36" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="K36" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L36" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="M36" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N36" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O36"/>
       <c r="P36">
         <v>73270962</v>
       </c>
       <c r="Q36" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="R36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T36" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U36">
         <v>217518112</v>
       </c>
       <c r="V36">
         <v>554540</v>
       </c>
       <c r="W36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X36">
         <v>501.07</v>
       </c>
       <c r="Y36">
         <v>3.75</v>
       </c>
       <c r="Z36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC36" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="AD36">
         <v>73270962</v>
       </c>
       <c r="AE36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="AK36" t="s">
         <v>69</v>
       </c>
       <c r="AL36" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="AM36" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN36" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="AO36">
         <v>245</v>
       </c>
       <c r="AP36" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="AQ36" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR36" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS36">
         <v>399414770360</v>
       </c>
       <c r="AT36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY36" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="AZ36" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA36" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB36" t="s">
+        <v>480</v>
+      </c>
+      <c r="BC36" t="s">
+        <v>483</v>
+      </c>
+      <c r="BD36" t="s">
         <v>486</v>
       </c>
-      <c r="BC36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BE36" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="BF36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG36" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="BH36">
         <v>34</v>
       </c>
       <c r="BI36" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN36" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ36"/>
       <c r="BR36">
         <v>1879</v>
       </c>
       <c r="BS36"/>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="C37">
         <v>239733152</v>
       </c>
       <c r="D37">
         <v>545720</v>
       </c>
       <c r="E37">
         <v>537.25</v>
       </c>
       <c r="F37" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="G37" t="s">
         <v>69</v>
       </c>
       <c r="H37" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="I37">
         <v>297.5</v>
       </c>
       <c r="J37" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="K37" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L37" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="M37" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N37" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O37"/>
       <c r="P37">
         <v>10249838</v>
       </c>
       <c r="Q37" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="R37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T37" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U37">
         <v>239733152</v>
       </c>
       <c r="V37">
         <v>545720</v>
       </c>
       <c r="W37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X37">
         <v>537.25</v>
       </c>
       <c r="Y37">
         <v>4</v>
       </c>
       <c r="Z37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC37" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="AD37">
         <v>10249838</v>
       </c>
       <c r="AE37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="AK37" t="s">
         <v>69</v>
       </c>
       <c r="AL37" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="AM37" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN37" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="AO37">
         <v>297.5</v>
       </c>
       <c r="AP37" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="AQ37" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR37" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS37">
         <v>392714521500</v>
       </c>
       <c r="AT37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY37" t="s">
+        <v>494</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA37" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB37" t="s">
+        <v>490</v>
+      </c>
+      <c r="BC37" t="s">
+        <v>493</v>
+      </c>
+      <c r="BD37" t="s">
+        <v>498</v>
+      </c>
+      <c r="BE37" t="s">
+        <v>499</v>
+      </c>
+      <c r="BF37" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG37" t="s">
         <v>500</v>
-      </c>
-[...22 lines deleted...]
-        <v>506</v>
       </c>
       <c r="BH37">
         <v>27</v>
       </c>
       <c r="BI37" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN37" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ37"/>
       <c r="BR37">
         <v>2149</v>
       </c>
       <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C38">
         <v>278864382</v>
       </c>
       <c r="D38">
         <v>534009</v>
       </c>
       <c r="E38">
         <v>24.03</v>
       </c>
       <c r="F38" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="G38" t="s">
         <v>69</v>
       </c>
       <c r="H38" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="I38">
         <v>10.99</v>
       </c>
       <c r="J38" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="K38" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="L38">
         <v>6771941400</v>
       </c>
       <c r="M38" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N38" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="O38"/>
       <c r="P38">
         <v>42717264</v>
       </c>
       <c r="Q38" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="R38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T38" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U38">
         <v>278864382</v>
       </c>
       <c r="V38">
         <v>534009</v>
       </c>
       <c r="W38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X38">
         <v>24.03</v>
       </c>
       <c r="Y38">
         <v>4.12</v>
       </c>
       <c r="Z38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC38" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="AD38">
         <v>42717264</v>
       </c>
       <c r="AE38" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="AF38">
         <v>910999514</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="AK38" t="s">
         <v>69</v>
       </c>
       <c r="AL38" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="AM38"/>
       <c r="AN38" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="AO38">
         <v>10.99</v>
       </c>
       <c r="AP38" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="AQ38" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR38" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="AS38" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="AT38" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38">
         <v>0</v>
       </c>
       <c r="AX38" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="AY38">
         <v>6771941400</v>
       </c>
       <c r="AZ38" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA38" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB38" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="BC38" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="BD38" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="BE38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BF38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG38" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="BH38">
         <v>13</v>
       </c>
       <c r="BI38" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ38" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK38" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="BL38" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="BM38" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="BN38" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="BO38">
         <v>13</v>
       </c>
       <c r="BP38" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="BQ38"/>
       <c r="BR38">
         <v>99</v>
       </c>
       <c r="BS38" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="C39">
         <v>271194782</v>
       </c>
       <c r="D39">
         <v>532991</v>
       </c>
       <c r="E39">
         <v>33.74</v>
       </c>
       <c r="F39" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="G39" t="s">
         <v>69</v>
       </c>
       <c r="H39" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="I39">
         <v>9.99</v>
       </c>
       <c r="J39" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="K39" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="L39">
         <v>4125395746</v>
       </c>
       <c r="M39" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N39" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="O39"/>
       <c r="P39">
         <v>77031796</v>
       </c>
       <c r="Q39" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="R39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T39" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U39">
         <v>271194782</v>
       </c>
       <c r="V39">
         <v>532991</v>
       </c>
       <c r="W39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X39">
         <v>33.74</v>
       </c>
       <c r="Y39">
         <v>4.12</v>
       </c>
       <c r="Z39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC39" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="AD39">
         <v>77031796</v>
       </c>
       <c r="AE39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="AK39" t="s">
         <v>69</v>
       </c>
       <c r="AL39" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="AM39" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="AN39" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="AO39">
         <v>9.99</v>
       </c>
       <c r="AP39" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="AQ39" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR39" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="AS39" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="AT39" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39">
         <v>0</v>
       </c>
       <c r="AX39" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="AY39">
         <v>4125395746</v>
       </c>
       <c r="AZ39" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA39" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB39" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="BC39" t="s">
+        <v>524</v>
+      </c>
+      <c r="BD39" t="s">
         <v>530</v>
       </c>
-      <c r="BD39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BF39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG39" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="BH39">
         <v>9</v>
       </c>
       <c r="BI39" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="BJ39" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK39" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="BL39" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="BM39" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="BN39" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="BO39">
         <v>10</v>
       </c>
       <c r="BP39" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="BQ39"/>
       <c r="BR39">
         <v>139</v>
       </c>
       <c r="BS39" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="C40">
         <v>258826742</v>
       </c>
       <c r="D40">
         <v>504493</v>
       </c>
       <c r="E40">
         <v>69.17</v>
       </c>
       <c r="F40" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="G40" t="s">
         <v>69</v>
       </c>
       <c r="H40" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="I40">
         <v>36.99</v>
       </c>
       <c r="J40" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="K40" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L40">
         <v>1371437281</v>
       </c>
       <c r="M40" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N40" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="O40"/>
       <c r="P40">
         <v>10124850</v>
       </c>
       <c r="Q40" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="R40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T40" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="U40">
         <v>258826742</v>
       </c>
       <c r="V40">
         <v>504493</v>
       </c>
       <c r="W40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X40">
         <v>69.17</v>
       </c>
       <c r="Y40">
         <v>3.6</v>
       </c>
       <c r="Z40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC40" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="AD40">
         <v>10124850</v>
       </c>
       <c r="AE40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="AK40" t="s">
         <v>69</v>
       </c>
       <c r="AL40" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="AM40"/>
       <c r="AN40" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="AO40">
         <v>36.99</v>
       </c>
       <c r="AP40" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="AY40">
         <v>1371437281</v>
       </c>
       <c r="AZ40" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA40" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB40" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="BC40" t="s">
+        <v>539</v>
+      </c>
+      <c r="BD40" t="s">
+        <v>544</v>
+      </c>
+      <c r="BE40" t="s">
         <v>545</v>
       </c>
-      <c r="BD40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG40" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="BH40">
         <v>7</v>
       </c>
       <c r="BI40" t="s">
-        <v>144</v>
+        <v>88</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>249</v>
       </c>
       <c r="BS40"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>