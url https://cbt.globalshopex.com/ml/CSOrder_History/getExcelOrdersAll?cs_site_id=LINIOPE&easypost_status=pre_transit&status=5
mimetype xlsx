--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -224,159 +224,156 @@
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LINIOPE</t>
   </si>
   <si>
     <t>2025-02-01 19:00:42</t>
   </si>
   <si>
     <t>Luis Felipe Jiménez Bazan</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>/11266436</t>
-[...2 lines deleted...]
-    <t>2025-02-02 00:00:00</t>
+    <t>--</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>UN035306895MU</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>Mail Americas - canceled</t>
   </si>
   <si>
-    <t>--</t>
-[...1 lines deleted...]
-  <si>
     <t>canceled</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>CALLE ACAPULCO 1140</t>
   </si>
   <si>
     <t>Lima, Lima, La Molina</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPLN1321</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>Mail Americas</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-02-10 12:11:02</t>
   </si>
   <si>
     <t>2025-02-13 15:22:44</t>
   </si>
   <si>
     <t>2025-02-19 11:33:20</t>
   </si>
   <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2025-02-24 15:28:51</t>
+  </si>
+  <si>
+    <t>2025-02-02 00:55:27</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
+    <t>2023-10-01 20:12:52</t>
+  </si>
+  <si>
+    <t>Marlene Carolina Sanchez</t>
+  </si>
+  <si>
+    <t>/11007106</t>
+  </si>
+  <si>
+    <t>2023-10-02 00:00:00</t>
+  </si>
+  <si>
+    <t>MLPE0032888E</t>
+  </si>
+  <si>
+    <t>04652747</t>
+  </si>
+  <si>
+    <t>QUINTA AZORES I F16 DPTO 302</t>
+  </si>
+  <si>
+    <t>Arequipa, Arequipa, Cerro Colorado</t>
+  </si>
+  <si>
+    <t>/VSP1R2521</t>
+  </si>
+  <si>
+    <t>2023-10-20 12:18:15</t>
+  </si>
+  <si>
     <t>automatic</t>
-  </si>
-[...46 lines deleted...]
-    <t>2023-10-20 12:18:15</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t xml:space="preserve">							DEMORA</t>
   </si>
   <si>
     <t>2023-10-20 19:19:45</t>
   </si>
   <si>
     <t>2023-10-02 01:37:51</t>
   </si>
   <si>
     <t>2023-09-07 20:37:04</t>
   </si>
   <si>
     <t>Daysi Polo</t>
   </si>
   <si>
     <t>/10999293</t>
   </si>
   <si>
     <t>2023-09-08 00:00:00</t>
   </si>
@@ -1134,1240 +1131,1236 @@
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
         <v>212641232</v>
       </c>
       <c r="D2">
         <v>586421</v>
       </c>
       <c r="E2">
         <v>141.84</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2">
-        <v>79.2</v>
+        <v>0</v>
       </c>
       <c r="J2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K2" t="s">
         <v>71</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>72</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>73</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2">
         <v>10473669</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U2">
         <v>212641232</v>
       </c>
       <c r="V2">
         <v>586421</v>
       </c>
       <c r="W2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X2">
         <v>141.84</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2">
         <v>10473669</v>
       </c>
       <c r="AE2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="AM2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN2"/>
+      <c r="AO2">
+        <v>0</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ2" t="s">
         <v>81</v>
       </c>
-      <c r="AN2" t="s">
-[...5 lines deleted...]
-      <c r="AP2" t="s">
+      <c r="AR2" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS2">
         <v>771847800265</v>
       </c>
       <c r="AT2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY2" t="s">
+        <v>72</v>
+      </c>
+      <c r="AZ2" t="s">
         <v>73</v>
       </c>
-      <c r="AZ2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BA2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="BD2" t="s">
+        <v>85</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG2" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
       <c r="BH2">
         <v>17</v>
       </c>
       <c r="BI2" t="s">
+        <v>88</v>
+      </c>
+      <c r="BJ2" t="s">
+        <v>89</v>
+      </c>
+      <c r="BK2" t="s">
         <v>90</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BL2" t="s">
         <v>91</v>
       </c>
-      <c r="BK2" t="s">
+      <c r="BM2" t="s">
         <v>92</v>
       </c>
-      <c r="BL2" t="s">
+      <c r="BN2" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="BO2">
         <v>22</v>
       </c>
       <c r="BP2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>539</v>
       </c>
       <c r="BS2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C3">
         <v>263774312</v>
       </c>
       <c r="D3">
         <v>560261</v>
       </c>
       <c r="E3">
         <v>103.46</v>
       </c>
       <c r="F3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="I3">
         <v>54</v>
       </c>
       <c r="J3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="K3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="M3" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="Q3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="R3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U3">
         <v>263774312</v>
       </c>
       <c r="V3">
         <v>560261</v>
       </c>
       <c r="W3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X3">
         <v>103.46</v>
       </c>
       <c r="Y3">
         <v>3.76</v>
       </c>
       <c r="Z3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="AD3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="AE3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="AO3">
         <v>54</v>
       </c>
       <c r="AP3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="AQ3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS3">
         <v>784491542291</v>
       </c>
       <c r="AT3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AZ3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="BC3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="BD3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BF3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="BH3">
         <v>18</v>
       </c>
       <c r="BI3" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="BJ3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK3" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL3" t="s">
         <v>107</v>
       </c>
-      <c r="BL3" t="s">
+      <c r="BM3" t="s">
         <v>108</v>
       </c>
-      <c r="BM3" t="s">
+      <c r="BN3" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="BO3">
         <v>18</v>
       </c>
       <c r="BP3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>389</v>
       </c>
       <c r="BS3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C4">
         <v>283353112</v>
       </c>
       <c r="D4">
         <v>559180</v>
       </c>
       <c r="E4">
         <v>168.6</v>
       </c>
       <c r="F4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="I4">
         <v>99</v>
       </c>
       <c r="J4" t="s">
+        <v>113</v>
+      </c>
+      <c r="K4" t="s">
+        <v>71</v>
+      </c>
+      <c r="L4" t="s">
         <v>114</v>
       </c>
-      <c r="K4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N4" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Q4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="R4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U4">
         <v>283353112</v>
       </c>
       <c r="V4">
         <v>559180</v>
       </c>
       <c r="W4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X4">
         <v>168.6</v>
       </c>
       <c r="Y4">
         <v>3.79</v>
       </c>
       <c r="Z4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AD4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AE4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AM4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN4" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AO4">
         <v>99</v>
       </c>
       <c r="AP4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AQ4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS4">
         <v>783502281295</v>
       </c>
       <c r="AT4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AZ4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="BC4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="BD4" t="s">
+        <v>119</v>
+      </c>
+      <c r="BE4" t="s">
         <v>120</v>
       </c>
-      <c r="BE4" t="s">
+      <c r="BF4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG4" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="BH4">
         <v>12</v>
       </c>
       <c r="BI4" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="BJ4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="BL4" t="s">
+        <v>122</v>
+      </c>
+      <c r="BM4" t="s">
         <v>123</v>
       </c>
-      <c r="BM4" t="s">
+      <c r="BN4" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="BO4">
         <v>11</v>
       </c>
       <c r="BP4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>639</v>
       </c>
       <c r="BS4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C5">
         <v>288567112</v>
       </c>
       <c r="D5">
         <v>555495</v>
       </c>
       <c r="E5">
         <v>138.4</v>
       </c>
       <c r="F5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G5" t="s">
         <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="I5">
         <v>74.7</v>
       </c>
       <c r="J5" t="s">
+        <v>128</v>
+      </c>
+      <c r="K5" t="s">
+        <v>71</v>
+      </c>
+      <c r="L5" t="s">
         <v>129</v>
       </c>
-      <c r="K5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M5" t="s">
+        <v>73</v>
+      </c>
+      <c r="N5" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O5"/>
       <c r="P5">
         <v>45629406</v>
       </c>
       <c r="Q5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U5">
         <v>288567112</v>
       </c>
       <c r="V5">
         <v>555495</v>
       </c>
       <c r="W5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X5">
         <v>138.4</v>
       </c>
       <c r="Y5">
         <v>3.75</v>
       </c>
       <c r="Z5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AD5">
         <v>45629406</v>
       </c>
       <c r="AE5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AM5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN5" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AO5">
         <v>74.7</v>
       </c>
       <c r="AP5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AQ5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AR5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AS5">
         <v>780457733306</v>
       </c>
       <c r="AT5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AZ5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA5" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="BC5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="BD5" t="s">
+        <v>133</v>
+      </c>
+      <c r="BE5" t="s">
         <v>134</v>
       </c>
-      <c r="BE5" t="s">
+      <c r="BF5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG5" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="BH5">
         <v>13</v>
       </c>
       <c r="BI5" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="BJ5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK5" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="BL5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BM5" t="s">
         <v>137</v>
       </c>
-      <c r="BM5" t="s">
+      <c r="BN5" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="BO5">
         <v>14</v>
       </c>
       <c r="BP5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>519</v>
       </c>
       <c r="BS5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C6">
         <v>278864382</v>
       </c>
       <c r="D6">
         <v>534009</v>
       </c>
       <c r="E6">
         <v>24.03</v>
       </c>
       <c r="F6" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I6">
         <v>10.99</v>
       </c>
       <c r="J6" t="s">
+        <v>142</v>
+      </c>
+      <c r="K6" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="L6">
         <v>6771941400</v>
       </c>
       <c r="M6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N6" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="O6"/>
       <c r="P6">
         <v>42717264</v>
       </c>
       <c r="Q6" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="R6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T6" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U6">
         <v>278864382</v>
       </c>
       <c r="V6">
         <v>534009</v>
       </c>
       <c r="W6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X6">
         <v>24.03</v>
       </c>
       <c r="Y6">
         <v>4.12</v>
       </c>
       <c r="Z6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC6" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AD6">
         <v>42717264</v>
       </c>
       <c r="AE6" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AF6">
         <v>910999514</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AM6"/>
       <c r="AN6" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AO6">
         <v>10.99</v>
       </c>
       <c r="AP6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AR6" t="s">
         <v>149</v>
       </c>
-      <c r="AQ6" t="s">
-[...2 lines deleted...]
-      <c r="AR6" t="s">
+      <c r="AS6" t="s">
         <v>150</v>
       </c>
-      <c r="AS6" t="s">
+      <c r="AT6" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AY6">
         <v>6771941400</v>
       </c>
       <c r="AZ6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB6" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="BC6" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="BD6" t="s">
+        <v>153</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG6" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="BH6">
         <v>13</v>
       </c>
       <c r="BI6" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="BJ6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="BL6" t="s">
+        <v>155</v>
+      </c>
+      <c r="BM6" t="s">
         <v>156</v>
       </c>
-      <c r="BM6" t="s">
+      <c r="BN6" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="BO6">
         <v>13</v>
       </c>
       <c r="BP6" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>99</v>
       </c>
       <c r="BS6" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C7">
         <v>271194782</v>
       </c>
       <c r="D7">
         <v>532991</v>
       </c>
       <c r="E7">
         <v>33.74</v>
       </c>
       <c r="F7" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I7">
         <v>9.99</v>
       </c>
       <c r="J7" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="K7" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="L7">
         <v>4125395746</v>
       </c>
       <c r="M7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="O7"/>
       <c r="P7">
         <v>77031796</v>
       </c>
       <c r="Q7" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="R7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U7">
         <v>271194782</v>
       </c>
       <c r="V7">
         <v>532991</v>
       </c>
       <c r="W7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X7">
         <v>33.74</v>
       </c>
       <c r="Y7">
         <v>4.12</v>
       </c>
       <c r="Z7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AC7" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="AD7">
         <v>77031796</v>
       </c>
       <c r="AE7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="AM7" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="AN7" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="AO7">
         <v>9.99</v>
       </c>
       <c r="AP7" t="s">
+        <v>166</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AR7" t="s">
         <v>167</v>
       </c>
-      <c r="AQ7" t="s">
-[...2 lines deleted...]
-      <c r="AR7" t="s">
+      <c r="AS7" t="s">
         <v>168</v>
       </c>
-      <c r="AS7" t="s">
+      <c r="AT7" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AY7">
         <v>4125395746</v>
       </c>
       <c r="AZ7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA7" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB7" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="BC7" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="BD7" t="s">
+        <v>170</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG7" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>172</v>
       </c>
       <c r="BH7">
         <v>9</v>
       </c>
       <c r="BI7" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="BJ7" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BK7" t="s">
+        <v>172</v>
+      </c>
+      <c r="BL7" t="s">
         <v>173</v>
       </c>
-      <c r="BL7" t="s">
+      <c r="BM7" t="s">
         <v>174</v>
       </c>
-      <c r="BM7" t="s">
+      <c r="BN7" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="BO7">
         <v>10</v>
       </c>
       <c r="BP7" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
         <v>139</v>
       </c>
       <c r="BS7" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">