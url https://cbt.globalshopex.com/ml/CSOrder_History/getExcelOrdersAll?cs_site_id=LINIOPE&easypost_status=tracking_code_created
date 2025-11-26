--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -4597,51 +4597,51 @@
         <v>6736700784</v>
       </c>
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
         <v>273</v>
       </c>
       <c r="BC18" t="s">
         <v>275</v>
       </c>
       <c r="BD18" t="s">
         <v>279</v>
       </c>
       <c r="BE18" t="s">
         <v>280</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>1776</v>
+        <v>1822</v>
       </c>
       <c r="BI18" t="s">
         <v>167</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18" t="s">
         <v>281</v>
       </c>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>282</v>
       </c>
       <c r="BN18" t="s">
         <v>75</v>
       </c>
       <c r="BO18">
         <v>58</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>2256</v>
       </c>
       <c r="BS18" t="s">
         <v>229</v>