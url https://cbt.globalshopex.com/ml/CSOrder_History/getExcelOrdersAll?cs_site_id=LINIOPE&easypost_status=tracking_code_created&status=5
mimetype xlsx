--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -1249,51 +1249,51 @@
         <v>6736700784</v>
       </c>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>93</v>
       </c>
       <c r="BC3" t="s">
         <v>96</v>
       </c>
       <c r="BD3" t="s">
         <v>102</v>
       </c>
       <c r="BE3" t="s">
         <v>103</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1776</v>
+        <v>1821</v>
       </c>
       <c r="BI3" t="s">
         <v>89</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>104</v>
       </c>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>105</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>58</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>2256</v>
       </c>
       <c r="BS3" t="s">
         <v>92</v>