--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1249,51 +1249,51 @@
         <v>6736700784</v>
       </c>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>93</v>
       </c>
       <c r="BC3" t="s">
         <v>96</v>
       </c>
       <c r="BD3" t="s">
         <v>102</v>
       </c>
       <c r="BE3" t="s">
         <v>103</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1821</v>
+        <v>1868</v>
       </c>
       <c r="BI3" t="s">
         <v>89</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>104</v>
       </c>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>105</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>58</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>2256</v>
       </c>
       <c r="BS3" t="s">
         <v>92</v>