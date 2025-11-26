--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1102,51 +1102,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>81</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>82</v>
       </c>
       <c r="BE2" t="s">
         <v>83</v>
       </c>
       <c r="BF2" t="s">
         <v>74</v>
       </c>
       <c r="BG2" t="s">
         <v>74</v>
       </c>
       <c r="BH2">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>74</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>72</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>539</v>
       </c>
       <c r="BS2"/>
     </row>
@@ -1289,51 +1289,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>81</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>93</v>
       </c>
       <c r="BE3" t="s">
         <v>94</v>
       </c>
       <c r="BF3" t="s">
         <v>74</v>
       </c>
       <c r="BG3" t="s">
         <v>74</v>
       </c>
       <c r="BH3">
-        <v>151</v>
+        <v>197</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>74</v>
       </c>
       <c r="BN3" t="s">
         <v>95</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>72</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>339</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1476,51 +1476,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>81</v>
       </c>
       <c r="BB4" t="s">
         <v>96</v>
       </c>
       <c r="BC4" t="s">
         <v>89</v>
       </c>
       <c r="BD4" t="s">
         <v>102</v>
       </c>
       <c r="BE4" t="s">
         <v>103</v>
       </c>
       <c r="BF4" t="s">
         <v>74</v>
       </c>
       <c r="BG4" t="s">
         <v>74</v>
       </c>
       <c r="BH4">
-        <v>151</v>
+        <v>197</v>
       </c>
       <c r="BI4" t="s">
         <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>74</v>
       </c>
       <c r="BN4" t="s">
         <v>104</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>72</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>489</v>
       </c>
       <c r="BS4"/>
     </row>
@@ -1663,51 +1663,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>81</v>
       </c>
       <c r="BB5" t="s">
         <v>105</v>
       </c>
       <c r="BC5" t="s">
         <v>89</v>
       </c>
       <c r="BD5" t="s">
         <v>110</v>
       </c>
       <c r="BE5" t="s">
         <v>111</v>
       </c>
       <c r="BF5" t="s">
         <v>74</v>
       </c>
       <c r="BG5" t="s">
         <v>74</v>
       </c>
       <c r="BH5">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="BI5" t="s">
         <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>74</v>
       </c>
       <c r="BN5" t="s">
         <v>112</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>72</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>339</v>
       </c>
       <c r="BS5"/>
     </row>
@@ -1850,51 +1850,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>81</v>
       </c>
       <c r="BB6" t="s">
         <v>113</v>
       </c>
       <c r="BC6" t="s">
         <v>89</v>
       </c>
       <c r="BD6" t="s">
         <v>117</v>
       </c>
       <c r="BE6" t="s">
         <v>118</v>
       </c>
       <c r="BF6" t="s">
         <v>74</v>
       </c>
       <c r="BG6" t="s">
         <v>74</v>
       </c>
       <c r="BH6">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="BI6" t="s">
         <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>74</v>
       </c>
       <c r="BN6" t="s">
         <v>119</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>72</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>339</v>
       </c>
       <c r="BS6"/>
     </row>