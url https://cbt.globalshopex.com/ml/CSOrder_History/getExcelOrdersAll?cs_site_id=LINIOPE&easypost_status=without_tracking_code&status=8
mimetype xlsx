--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -356,63 +356,63 @@
   <si>
     <t>percy peña Arrieta</t>
   </si>
   <si>
     <t>/11323151</t>
   </si>
   <si>
     <t>Alameda de los ficus mza C1-25 VII</t>
   </si>
   <si>
     <t>PIURA</t>
   </si>
   <si>
     <t>2025-05-15 13:06:37</t>
   </si>
   <si>
     <t>2025-05-15 13:20:20</t>
   </si>
   <si>
     <t>2025-05-13 19:30:37</t>
   </si>
   <si>
     <t>2025-05-09 17:18:32</t>
   </si>
   <si>
-    <t>/11323152</t>
-[...1 lines deleted...]
-  <si>
     <t>calle cusco</t>
   </si>
   <si>
     <t>/VSPOY7821</t>
   </si>
   <si>
     <t>2025-05-15 13:04:51</t>
   </si>
   <si>
     <t>2025-05-15 13:19:15</t>
+  </si>
+  <si>
+    <t>unknown</t>
   </si>
   <si>
     <t>2025-05-13 19:30:17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1102,51 +1102,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>81</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>82</v>
       </c>
       <c r="BE2" t="s">
         <v>83</v>
       </c>
       <c r="BF2" t="s">
         <v>74</v>
       </c>
       <c r="BG2" t="s">
         <v>74</v>
       </c>
       <c r="BH2">
-        <v>187</v>
+        <v>233</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>74</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>72</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>539</v>
       </c>
       <c r="BS2"/>
     </row>
@@ -1289,51 +1289,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>81</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>93</v>
       </c>
       <c r="BE3" t="s">
         <v>94</v>
       </c>
       <c r="BF3" t="s">
         <v>74</v>
       </c>
       <c r="BG3" t="s">
         <v>74</v>
       </c>
       <c r="BH3">
-        <v>197</v>
+        <v>243</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>74</v>
       </c>
       <c r="BN3" t="s">
         <v>95</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>72</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>339</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1476,51 +1476,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>81</v>
       </c>
       <c r="BB4" t="s">
         <v>96</v>
       </c>
       <c r="BC4" t="s">
         <v>89</v>
       </c>
       <c r="BD4" t="s">
         <v>102</v>
       </c>
       <c r="BE4" t="s">
         <v>103</v>
       </c>
       <c r="BF4" t="s">
         <v>74</v>
       </c>
       <c r="BG4" t="s">
         <v>74</v>
       </c>
       <c r="BH4">
-        <v>197</v>
+        <v>243</v>
       </c>
       <c r="BI4" t="s">
         <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>74</v>
       </c>
       <c r="BN4" t="s">
         <v>104</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>72</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>489</v>
       </c>
       <c r="BS4"/>
     </row>
@@ -1663,106 +1663,104 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>81</v>
       </c>
       <c r="BB5" t="s">
         <v>105</v>
       </c>
       <c r="BC5" t="s">
         <v>89</v>
       </c>
       <c r="BD5" t="s">
         <v>110</v>
       </c>
       <c r="BE5" t="s">
         <v>111</v>
       </c>
       <c r="BF5" t="s">
         <v>74</v>
       </c>
       <c r="BG5" t="s">
         <v>74</v>
       </c>
       <c r="BH5">
-        <v>200</v>
+        <v>246</v>
       </c>
       <c r="BI5" t="s">
         <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>74</v>
       </c>
       <c r="BN5" t="s">
         <v>112</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>72</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>339</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
         <v>113</v>
       </c>
       <c r="C6">
         <v>2802266653</v>
       </c>
       <c r="D6">
         <v>590050</v>
       </c>
       <c r="E6">
         <v>89.21</v>
       </c>
       <c r="F6" t="s">
         <v>106</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
       <c r="I6">
-        <v>52.8</v>
+        <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="K6" t="s">
         <v>72</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>73</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
         <v>44485439</v>
       </c>
       <c r="Q6" t="s">
         <v>113</v>
       </c>
       <c r="R6" t="s">
         <v>74</v>
       </c>
       <c r="S6" t="s">
         <v>74</v>
       </c>
       <c r="T6" t="s">
         <v>75</v>
       </c>
@@ -1782,122 +1780,120 @@
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
         <v>74</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>69</v>
       </c>
       <c r="AC6" t="s">
         <v>106</v>
       </c>
       <c r="AD6">
         <v>44485439</v>
       </c>
       <c r="AE6" t="s">
         <v>74</v>
       </c>
       <c r="AF6" t="s">
         <v>74</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>109</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="AM6" t="s">
         <v>78</v>
       </c>
-      <c r="AN6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN6"/>
       <c r="AO6">
-        <v>52.8</v>
+        <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AQ6" t="s">
         <v>72</v>
       </c>
       <c r="AR6" t="s">
         <v>80</v>
       </c>
       <c r="AS6">
         <v>288626103388</v>
       </c>
       <c r="AT6" t="s">
         <v>74</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>81</v>
       </c>
       <c r="BB6" t="s">
         <v>113</v>
       </c>
       <c r="BC6" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="BD6" t="s">
+        <v>116</v>
+      </c>
+      <c r="BE6" t="s">
         <v>117</v>
       </c>
-      <c r="BE6" t="s">
+      <c r="BF6" t="s">
+        <v>74</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>74</v>
+      </c>
+      <c r="BH6">
+        <v>246</v>
+      </c>
+      <c r="BI6" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>74</v>
       </c>
       <c r="BN6" t="s">
         <v>119</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>72</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>339</v>
       </c>
       <c r="BS6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>