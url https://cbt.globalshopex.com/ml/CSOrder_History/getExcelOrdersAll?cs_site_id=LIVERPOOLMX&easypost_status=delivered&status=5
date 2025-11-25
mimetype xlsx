--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,198 +215,288 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
+    <t>2025-03-11 01:08:12</t>
+  </si>
+  <si>
+    <t>0220062594</t>
+  </si>
+  <si>
+    <t>Diana Yareli Guerrero</t>
+  </si>
+  <si>
+    <t>MEXICO</t>
+  </si>
+  <si>
+    <t>/11290620</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>dhl - Delivered</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>REFUNDED</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Liverpool Plaza Patria</t>
+  </si>
+  <si>
+    <t>Sector Hidalgo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSP1P1621</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-10-15 14:05:13</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-04-16 16:49:38</t>
+  </si>
+  <si>
+    <t>2025-03-11 01:22:45</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
+    <t>2025-03-10 02:39:54</t>
+  </si>
+  <si>
+    <t>Glenda Maria Rivero</t>
+  </si>
+  <si>
+    <t>/11290128</t>
+  </si>
+  <si>
+    <t>2025-03-10 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Galerías Mérida</t>
+  </si>
+  <si>
+    <t>Revolución Mérida</t>
+  </si>
+  <si>
+    <t>/VSP217121</t>
+  </si>
+  <si>
+    <t>2025-10-17 12:12:10</t>
+  </si>
+  <si>
+    <t>2025-03-27 16:05:01</t>
+  </si>
+  <si>
+    <t>2025-03-10 03:22:42</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
     <t>2025-03-02 06:01:28</t>
   </si>
   <si>
     <t>Erika Martinez</t>
   </si>
   <si>
-    <t>MEXICO</t>
-[...1 lines deleted...]
-  <si>
     <t>/11285803</t>
   </si>
   <si>
     <t>2025-03-02 00:00:00</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, )</t>
-[...16 lines deleted...]
-  <si>
     <t>Liverpool Cd. del Carmen</t>
   </si>
   <si>
     <t>Aeropuerto</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPOS6121</t>
   </si>
   <si>
-    <t>Pending</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-10-06 16:42:08</t>
   </si>
   <si>
-    <t>automatic</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-04-04 18:31:32</t>
   </si>
   <si>
     <t>2025-03-02 18:08:20</t>
   </si>
   <si>
-    <t>Finished</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-03-01 02:17:27</t>
   </si>
   <si>
     <t>Javier Angeles</t>
   </si>
   <si>
     <t>/11285162</t>
   </si>
   <si>
     <t>2025-03-01 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Galerías Toluca</t>
   </si>
   <si>
     <t>Col. Santa Ana Tlapaltitlan</t>
   </si>
   <si>
-    <t>/VSP217121</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-02 17:15:40</t>
   </si>
   <si>
-    <t>New</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-04-04 18:29:03</t>
   </si>
   <si>
     <t>2025-03-01 15:08:16</t>
   </si>
   <si>
+    <t>2025-02-18 10:23:13</t>
+  </si>
+  <si>
+    <t>Marco Cano</t>
+  </si>
+  <si>
+    <t>/11278556</t>
+  </si>
+  <si>
+    <t>2025-02-19 00:00:00</t>
+  </si>
+  <si>
+    <t>33-38104058</t>
+  </si>
+  <si>
+    <t>Calle:Av wasington,Numero:1674,</t>
+  </si>
+  <si>
+    <t>Guadalajara</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-10-27 10:33:22</t>
+  </si>
+  <si>
+    <t>2025-03-27 17:15:02</t>
+  </si>
+  <si>
+    <t>2025-02-19 13:55:39</t>
+  </si>
+  <si>
     <t>2025-02-16 04:03:06</t>
   </si>
   <si>
     <t>0490060738</t>
   </si>
   <si>
     <t>Irazema francisca Hernandez</t>
   </si>
   <si>
     <t>/11277113</t>
   </si>
   <si>
     <t>2025-02-17 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Coatzacoalcos Crystal</t>
   </si>
   <si>
     <t>Rancho Alegre 1</t>
   </si>
   <si>
     <t>2025-10-03 14:30:00</t>
   </si>
   <si>
     <t>2025-03-27 17:14:22</t>
   </si>
   <si>
     <t>2025-02-17 02:04:03</t>
-  </si>
-[...1 lines deleted...]
-    <t>Finance Pending</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -709,51 +799,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS4"/>
+  <dimension ref="A1:BS7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -939,656 +1029,1271 @@
         <v>60</v>
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
-      <c r="C2">
-        <v>6360061677</v>
+      <c r="C2" t="s">
+        <v>68</v>
       </c>
       <c r="D2">
-        <v>587545</v>
+        <v>587818</v>
       </c>
       <c r="E2">
-        <v>272.48</v>
+        <v>354.03</v>
       </c>
       <c r="F2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I2">
-        <v>79.99</v>
+        <v>118.99</v>
       </c>
       <c r="J2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L2">
-        <v>3067586594</v>
+        <v>2376743530</v>
       </c>
       <c r="M2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2">
-        <v>14062366791</v>
+        <v>13966763803</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>6360061677</v>
+        <v>77</v>
+      </c>
+      <c r="U2" t="s">
+        <v>68</v>
       </c>
       <c r="V2">
-        <v>587545</v>
+        <v>587818</v>
       </c>
       <c r="W2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="X2">
-        <v>272.48</v>
+        <v>354.03</v>
       </c>
       <c r="Y2">
         <v>20.6</v>
       </c>
       <c r="Z2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AD2">
-        <v>14062366791</v>
+        <v>13966763803</v>
       </c>
       <c r="AE2">
-        <v>9383810100</v>
+        <v>3336786700</v>
       </c>
       <c r="AF2">
-        <v>9383810100</v>
+        <v>3336786700</v>
       </c>
       <c r="AG2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AH2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AK2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AL2" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN2" t="s">
         <v>71</v>
       </c>
-      <c r="AM2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO2">
-        <v>79.99</v>
+        <v>118.99</v>
       </c>
       <c r="AP2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AQ2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AR2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AY2">
-        <v>3067586594</v>
+        <v>2376743530</v>
       </c>
       <c r="AZ2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BE2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BF2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BG2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BH2">
         <v>218</v>
       </c>
       <c r="BI2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BJ2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BK2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BL2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="BM2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="BN2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="BO2">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="BP2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="BQ2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BR2">
-        <v>5613</v>
+        <v>7293</v>
       </c>
       <c r="BS2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C3">
-        <v>7820061495</v>
+        <v>2730062074</v>
       </c>
       <c r="D3">
-        <v>587514</v>
+        <v>587786</v>
       </c>
       <c r="E3">
         <v>270.39</v>
       </c>
       <c r="F3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I3">
         <v>79</v>
       </c>
       <c r="J3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L3">
-        <v>3067584833</v>
+        <v>4316761772</v>
       </c>
       <c r="M3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O3"/>
       <c r="P3">
-        <v>12817664150</v>
+        <v>14127013488</v>
       </c>
       <c r="Q3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="R3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U3">
-        <v>7820061495</v>
+        <v>2730062074</v>
       </c>
       <c r="V3">
-        <v>587514</v>
+        <v>587786</v>
       </c>
       <c r="W3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="X3">
         <v>270.39</v>
       </c>
       <c r="Y3">
         <v>20.6</v>
       </c>
       <c r="Z3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AD3">
-        <v>12817664150</v>
+        <v>14127013488</v>
       </c>
       <c r="AE3">
-        <v>7222754600</v>
+        <v>9999427200</v>
       </c>
       <c r="AF3">
-        <v>7222754600</v>
+        <v>9999427200</v>
       </c>
       <c r="AG3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AH3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AK3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AL3" t="s">
+        <v>98</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN3" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="AO3">
         <v>79</v>
       </c>
       <c r="AP3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AQ3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AR3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AY3">
-        <v>3067584833</v>
+        <v>4316761772</v>
       </c>
       <c r="AZ3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BB3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="BC3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="BD3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BE3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BF3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BG3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="BH3">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="BI3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BJ3" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="BK3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BL3" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM3" t="s">
         <v>103</v>
       </c>
-      <c r="BM3" t="s">
+      <c r="BN3" t="s">
         <v>104</v>
       </c>
-      <c r="BN3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO3">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="BP3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="BQ3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BR3">
         <v>5570</v>
       </c>
       <c r="BS3" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>106</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4">
+        <v>6360061677</v>
+      </c>
+      <c r="D4">
+        <v>587545</v>
+      </c>
+      <c r="E4">
+        <v>272.48</v>
+      </c>
+      <c r="F4" t="s">
         <v>107</v>
       </c>
-      <c r="D4">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
         <v>108</v>
       </c>
-      <c r="G4" t="s">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4">
+        <v>79.99</v>
+      </c>
+      <c r="J4" t="s">
         <v>109</v>
       </c>
-      <c r="I4">
-[...4 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L4">
-        <v>7211042893</v>
+        <v>3067586594</v>
       </c>
       <c r="M4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O4"/>
       <c r="P4">
-        <v>11560695294</v>
+        <v>14062366791</v>
       </c>
       <c r="Q4" t="s">
         <v>106</v>
       </c>
       <c r="R4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T4" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>77</v>
+      </c>
+      <c r="U4">
+        <v>6360061677</v>
       </c>
       <c r="V4">
-        <v>587046</v>
+        <v>587545</v>
       </c>
       <c r="W4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="X4">
-        <v>270.39</v>
+        <v>272.48</v>
       </c>
       <c r="Y4">
         <v>20.6</v>
       </c>
       <c r="Z4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="AD4">
-        <v>11560695294</v>
+        <v>14062366791</v>
       </c>
       <c r="AE4">
-        <v>64404105800</v>
+        <v>9383810100</v>
       </c>
       <c r="AF4">
-        <v>64404105800</v>
+        <v>9383810100</v>
       </c>
       <c r="AG4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AH4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
+        <v>111</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>108</v>
+      </c>
+      <c r="AO4">
+        <v>79.99</v>
+      </c>
+      <c r="AP4" t="s">
         <v>112</v>
       </c>
-      <c r="AK4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AQ4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AR4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AY4">
-        <v>7211042893</v>
+        <v>3067586594</v>
       </c>
       <c r="AZ4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BB4" t="s">
         <v>106</v>
       </c>
       <c r="BC4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="BD4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BE4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BF4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>113</v>
       </c>
       <c r="BH4">
+        <v>218</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>88</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>89</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>90</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>114</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>115</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>116</v>
+      </c>
+      <c r="BO4">
+        <v>33</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>76</v>
+      </c>
+      <c r="BR4">
+        <v>5613</v>
+      </c>
+      <c r="BS4" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="1:71">
+      <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C5">
+        <v>7820061495</v>
+      </c>
+      <c r="D5">
+        <v>587514</v>
+      </c>
+      <c r="E5">
+        <v>270.39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>118</v>
+      </c>
+      <c r="G5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5" t="s">
+        <v>119</v>
+      </c>
+      <c r="I5">
+        <v>79</v>
+      </c>
+      <c r="J5" t="s">
+        <v>120</v>
+      </c>
+      <c r="K5" t="s">
+        <v>73</v>
+      </c>
+      <c r="L5">
+        <v>3067584833</v>
+      </c>
+      <c r="M5" t="s">
+        <v>74</v>
+      </c>
+      <c r="N5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O5"/>
+      <c r="P5">
+        <v>12817664150</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>117</v>
+      </c>
+      <c r="R5" t="s">
+        <v>76</v>
+      </c>
+      <c r="S5" t="s">
+        <v>76</v>
+      </c>
+      <c r="T5" t="s">
+        <v>77</v>
+      </c>
+      <c r="U5">
+        <v>7820061495</v>
+      </c>
+      <c r="V5">
+        <v>587514</v>
+      </c>
+      <c r="W5" t="s">
+        <v>76</v>
+      </c>
+      <c r="X5">
+        <v>270.39</v>
+      </c>
+      <c r="Y5">
+        <v>20.6</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>118</v>
+      </c>
+      <c r="AD5">
+        <v>12817664150</v>
+      </c>
+      <c r="AE5">
+        <v>7222754600</v>
+      </c>
+      <c r="AF5">
+        <v>7222754600</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>121</v>
+      </c>
+      <c r="AI5"/>
+      <c r="AJ5" t="s">
+        <v>122</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>120</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>119</v>
+      </c>
+      <c r="AO5">
+        <v>79</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS5"/>
+      <c r="AT5" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU5"/>
+      <c r="AV5"/>
+      <c r="AW5">
+        <v>0</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY5">
+        <v>3067584833</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>120</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>123</v>
+      </c>
+      <c r="BH5">
+        <v>215</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>88</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>89</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>90</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>124</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>125</v>
+      </c>
+      <c r="BO5">
+        <v>34</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BR5">
+        <v>5570</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="6" spans="1:71">
+      <c r="A6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C6">
+        <v>4610063356</v>
+      </c>
+      <c r="D6">
+        <v>587150</v>
+      </c>
+      <c r="E6">
+        <v>220.63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>127</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>128</v>
+      </c>
+      <c r="I6">
+        <v>55.2</v>
+      </c>
+      <c r="J6" t="s">
+        <v>129</v>
+      </c>
+      <c r="K6" t="s">
+        <v>73</v>
+      </c>
+      <c r="L6">
+        <v>9933264121</v>
+      </c>
+      <c r="M6" t="s">
+        <v>74</v>
+      </c>
+      <c r="N6" t="s">
+        <v>75</v>
+      </c>
+      <c r="O6"/>
+      <c r="P6">
+        <v>4716805934</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>126</v>
+      </c>
+      <c r="R6" t="s">
+        <v>76</v>
+      </c>
+      <c r="S6" t="s">
+        <v>76</v>
+      </c>
+      <c r="T6" t="s">
+        <v>77</v>
+      </c>
+      <c r="U6">
+        <v>4610063356</v>
+      </c>
+      <c r="V6">
+        <v>587150</v>
+      </c>
+      <c r="W6" t="s">
+        <v>76</v>
+      </c>
+      <c r="X6">
+        <v>220.63</v>
+      </c>
+      <c r="Y6">
+        <v>20.6</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AD6">
+        <v>4716805934</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>131</v>
+      </c>
+      <c r="AI6"/>
+      <c r="AJ6" t="s">
+        <v>132</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>129</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AO6">
+        <v>55.2</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>133</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS6"/>
+      <c r="AT6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU6"/>
+      <c r="AV6"/>
+      <c r="AW6">
+        <v>0</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY6">
+        <v>9933264121</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>126</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>129</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>134</v>
+      </c>
+      <c r="BH6">
+        <v>251</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>88</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>89</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>90</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM6" t="s">
+        <v>135</v>
+      </c>
+      <c r="BN6" t="s">
+        <v>136</v>
+      </c>
+      <c r="BO6">
+        <v>37</v>
+      </c>
+      <c r="BP6" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ6" t="s">
+        <v>76</v>
+      </c>
+      <c r="BR6">
+        <v>4545</v>
+      </c>
+      <c r="BS6" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="7" spans="1:71">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>137</v>
+      </c>
+      <c r="C7" t="s">
+        <v>138</v>
+      </c>
+      <c r="D7">
+        <v>587046</v>
+      </c>
+      <c r="E7">
+        <v>270.39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>139</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
+        <v>140</v>
+      </c>
+      <c r="I7">
+        <v>79</v>
+      </c>
+      <c r="J7" t="s">
+        <v>141</v>
+      </c>
+      <c r="K7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7">
+        <v>7211042893</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>75</v>
+      </c>
+      <c r="O7"/>
+      <c r="P7">
+        <v>11560695294</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>137</v>
+      </c>
+      <c r="R7" t="s">
+        <v>76</v>
+      </c>
+      <c r="S7" t="s">
+        <v>76</v>
+      </c>
+      <c r="T7" t="s">
+        <v>77</v>
+      </c>
+      <c r="U7" t="s">
+        <v>138</v>
+      </c>
+      <c r="V7">
+        <v>587046</v>
+      </c>
+      <c r="W7" t="s">
+        <v>76</v>
+      </c>
+      <c r="X7">
+        <v>270.39</v>
+      </c>
+      <c r="Y7">
+        <v>20.6</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>139</v>
+      </c>
+      <c r="AD7">
+        <v>11560695294</v>
+      </c>
+      <c r="AE7">
+        <v>64404105800</v>
+      </c>
+      <c r="AF7">
+        <v>64404105800</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>142</v>
+      </c>
+      <c r="AI7"/>
+      <c r="AJ7" t="s">
+        <v>143</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>141</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>140</v>
+      </c>
+      <c r="AO7">
+        <v>79</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>101</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS7"/>
+      <c r="AT7" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU7"/>
+      <c r="AV7"/>
+      <c r="AW7">
+        <v>0</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY7">
+        <v>7211042893</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>137</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>141</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH7">
         <v>229</v>
       </c>
-      <c r="BI4" t="s">
-[...2 lines deleted...]
-      <c r="BJ4" t="s">
+      <c r="BI7" t="s">
         <v>88</v>
       </c>
-      <c r="BK4" t="s">
+      <c r="BJ7" t="s">
         <v>89</v>
       </c>
-      <c r="BL4" t="s">
-[...8 lines deleted...]
-      <c r="BO4">
+      <c r="BK7" t="s">
+        <v>90</v>
+      </c>
+      <c r="BL7" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM7" t="s">
+        <v>145</v>
+      </c>
+      <c r="BN7" t="s">
+        <v>146</v>
+      </c>
+      <c r="BO7">
         <v>39</v>
       </c>
-      <c r="BP4" t="s">
-[...5 lines deleted...]
-      <c r="BR4">
+      <c r="BP7" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ7" t="s">
+        <v>76</v>
+      </c>
+      <c r="BR7">
         <v>5570</v>
       </c>
-      <c r="BS4" t="s">
-        <v>116</v>
+      <c r="BS7" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">