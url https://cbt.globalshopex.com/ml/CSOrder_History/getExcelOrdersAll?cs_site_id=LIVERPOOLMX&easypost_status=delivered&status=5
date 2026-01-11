--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,134 +215,164 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
+    <t>2025-03-15 04:41:28</t>
+  </si>
+  <si>
+    <t>Javier Lemus</t>
+  </si>
+  <si>
+    <t>MEXICO</t>
+  </si>
+  <si>
+    <t>/11293786</t>
+  </si>
+  <si>
+    <t>2025-03-16 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>dhl - Delivered</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>REFUNDED</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Liverpool Galerías Atizapán</t>
+  </si>
+  <si>
+    <t>Fracc. Lomas de Atizapán</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSP1H0721</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2026-01-06 12:00:19</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-04-16 16:52:30</t>
+  </si>
+  <si>
+    <t>2025-03-16 15:19:24</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
     <t>2025-03-11 01:08:12</t>
   </si>
   <si>
     <t>0220062594</t>
   </si>
   <si>
     <t>Diana Yareli Guerrero</t>
   </si>
   <si>
-    <t>MEXICO</t>
-[...1 lines deleted...]
-  <si>
     <t>/11290620</t>
   </si>
   <si>
     <t>2025-03-11 00:00:00</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, )</t>
-[...16 lines deleted...]
-  <si>
     <t>Liverpool Plaza Patria</t>
   </si>
   <si>
     <t>Sector Hidalgo</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/VSP1P1621</t>
   </si>
   <si>
-    <t>Pending</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-10-15 14:05:13</t>
   </si>
   <si>
-    <t>automatic</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-04-16 16:49:38</t>
   </si>
   <si>
     <t>2025-03-11 01:22:45</t>
   </si>
   <si>
-    <t>Finished</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-03-10 02:39:54</t>
   </si>
   <si>
     <t>Glenda Maria Rivero</t>
   </si>
   <si>
     <t>/11290128</t>
   </si>
   <si>
     <t>2025-03-10 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Galerías Mérida</t>
   </si>
   <si>
     <t>Revolución Mérida</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>2025-10-17 12:12:10</t>
   </si>
   <si>
     <t>2025-03-27 16:05:01</t>
@@ -453,50 +483,89 @@
     <t>0490060738</t>
   </si>
   <si>
     <t>Irazema francisca Hernandez</t>
   </si>
   <si>
     <t>/11277113</t>
   </si>
   <si>
     <t>2025-02-17 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Coatzacoalcos Crystal</t>
   </si>
   <si>
     <t>Rancho Alegre 1</t>
   </si>
   <si>
     <t>2025-10-03 14:30:00</t>
   </si>
   <si>
     <t>2025-03-27 17:14:22</t>
   </si>
   <si>
     <t>2025-02-17 02:04:03</t>
+  </si>
+  <si>
+    <t>2024-10-06 01:43:59</t>
+  </si>
+  <si>
+    <t>Diana Laura Gonzalez</t>
+  </si>
+  <si>
+    <t>/11182752</t>
+  </si>
+  <si>
+    <t>2024-10-07 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Tehuacán</t>
+  </si>
+  <si>
+    <t>San Lorenzo Teotipilco</t>
+  </si>
+  <si>
+    <t>/VSPBH1L21</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>2025-12-18 11:14:47</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2024-10-28 19:51:07</t>
+  </si>
+  <si>
+    <t>2024-10-07 14:26:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -799,51 +868,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS7"/>
+  <dimension ref="A1:BS9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1029,1271 +1098,1683 @@
         <v>60</v>
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2">
+        <v>8680062982</v>
+      </c>
+      <c r="D2">
+        <v>587993</v>
+      </c>
+      <c r="E2">
+        <v>272.48</v>
+      </c>
+      <c r="F2" t="s">
         <v>68</v>
       </c>
-      <c r="D2">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>70</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2">
+        <v>79.99</v>
+      </c>
+      <c r="J2" t="s">
         <v>71</v>
       </c>
-      <c r="I2">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>72</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2">
+        <v>3394230755</v>
+      </c>
+      <c r="M2" t="s">
         <v>73</v>
       </c>
-      <c r="L2">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2">
-        <v>13966763803</v>
+        <v>11174263765</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>75</v>
+      </c>
+      <c r="S2" t="s">
+        <v>75</v>
+      </c>
+      <c r="T2" t="s">
         <v>76</v>
       </c>
-      <c r="S2" t="s">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="U2">
+        <v>8680062982</v>
       </c>
       <c r="V2">
-        <v>587818</v>
+        <v>587993</v>
       </c>
       <c r="W2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X2">
-        <v>354.03</v>
+        <v>272.48</v>
       </c>
       <c r="Y2">
         <v>20.6</v>
       </c>
       <c r="Z2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD2">
+        <v>11174263765</v>
+      </c>
+      <c r="AE2">
+        <v>5550771300</v>
+      </c>
+      <c r="AF2">
+        <v>5550771300</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH2" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM2" t="s">
         <v>80</v>
       </c>
-      <c r="AK2" t="s">
+      <c r="AN2" t="s">
         <v>70</v>
       </c>
-      <c r="AL2" t="s">
-[...2 lines deleted...]
-      <c r="AM2" t="s">
+      <c r="AO2">
+        <v>79.99</v>
+      </c>
+      <c r="AP2" t="s">
         <v>81</v>
       </c>
-      <c r="AN2" t="s">
-[...5 lines deleted...]
-      <c r="AP2" t="s">
+      <c r="AQ2" t="s">
         <v>82</v>
       </c>
-      <c r="AQ2" t="s">
+      <c r="AR2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY2">
+        <v>3394230755</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA2" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BD2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BE2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BF2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BH2">
+        <v>297</v>
+      </c>
+      <c r="BI2" t="s">
         <v>87</v>
       </c>
-      <c r="BH2">
-[...2 lines deleted...]
-      <c r="BI2" t="s">
+      <c r="BJ2" t="s">
         <v>88</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BK2" t="s">
         <v>89</v>
       </c>
-      <c r="BK2" t="s">
+      <c r="BL2" t="s">
         <v>90</v>
       </c>
-      <c r="BL2" t="s">
+      <c r="BM2" t="s">
         <v>91</v>
       </c>
-      <c r="BM2" t="s">
+      <c r="BN2" t="s">
         <v>92</v>
       </c>
-      <c r="BN2" t="s">
+      <c r="BO2">
+        <v>32</v>
+      </c>
+      <c r="BP2" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ2" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR2">
+        <v>5613</v>
+      </c>
+      <c r="BS2" t="s">
         <v>93</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C3" t="s">
         <v>95</v>
       </c>
-      <c r="C3">
-[...1 lines deleted...]
-      </c>
       <c r="D3">
-        <v>587786</v>
+        <v>587818</v>
       </c>
       <c r="E3">
-        <v>270.39</v>
+        <v>354.03</v>
       </c>
       <c r="F3" t="s">
         <v>96</v>
       </c>
       <c r="G3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H3" t="s">
         <v>97</v>
       </c>
       <c r="I3">
-        <v>79</v>
+        <v>118.99</v>
       </c>
       <c r="J3" t="s">
         <v>98</v>
       </c>
       <c r="K3" t="s">
+        <v>72</v>
+      </c>
+      <c r="L3">
+        <v>2376743530</v>
+      </c>
+      <c r="M3" t="s">
         <v>73</v>
       </c>
-      <c r="L3">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O3"/>
       <c r="P3">
-        <v>14127013488</v>
+        <v>13966763803</v>
       </c>
       <c r="Q3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R3" t="s">
+        <v>75</v>
+      </c>
+      <c r="S3" t="s">
+        <v>75</v>
+      </c>
+      <c r="T3" t="s">
+        <v>76</v>
+      </c>
+      <c r="U3" t="s">
         <v>95</v>
       </c>
-      <c r="R3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V3">
-        <v>587786</v>
+        <v>587818</v>
       </c>
       <c r="W3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X3">
-        <v>270.39</v>
+        <v>354.03</v>
       </c>
       <c r="Y3">
         <v>20.6</v>
       </c>
       <c r="Z3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AC3" t="s">
         <v>96</v>
       </c>
       <c r="AD3">
-        <v>14127013488</v>
+        <v>13966763803</v>
       </c>
       <c r="AE3">
-        <v>9999427200</v>
+        <v>3336786700</v>
       </c>
       <c r="AF3">
-        <v>9999427200</v>
+        <v>3336786700</v>
       </c>
       <c r="AG3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AH3" t="s">
         <v>99</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>100</v>
       </c>
       <c r="AK3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="AL3" t="s">
         <v>98</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AN3" t="s">
         <v>97</v>
       </c>
       <c r="AO3">
-        <v>79</v>
+        <v>118.99</v>
       </c>
       <c r="AP3" t="s">
         <v>101</v>
       </c>
       <c r="AQ3" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR3" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY3">
+        <v>2376743530</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA3" t="s">
         <v>85</v>
       </c>
-      <c r="AY3">
-[...7 lines deleted...]
-      </c>
       <c r="BB3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="BC3" t="s">
         <v>98</v>
       </c>
       <c r="BD3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BE3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BF3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>102</v>
       </c>
       <c r="BH3">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="BI3" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ3" t="s">
         <v>88</v>
       </c>
-      <c r="BJ3" t="s">
+      <c r="BK3" t="s">
         <v>89</v>
       </c>
-      <c r="BK3" t="s">
+      <c r="BL3" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="BM3" t="s">
         <v>103</v>
       </c>
       <c r="BN3" t="s">
         <v>104</v>
       </c>
       <c r="BO3">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="BP3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BQ3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BR3">
-        <v>5570</v>
+        <v>7293</v>
       </c>
       <c r="BS3" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C4">
+        <v>2730062074</v>
+      </c>
+      <c r="D4">
+        <v>587786</v>
+      </c>
+      <c r="E4">
+        <v>270.39</v>
+      </c>
+      <c r="F4" t="s">
         <v>106</v>
       </c>
-      <c r="C4">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
         <v>107</v>
       </c>
-      <c r="G4" t="s">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4">
+        <v>79</v>
+      </c>
+      <c r="J4" t="s">
         <v>108</v>
       </c>
-      <c r="I4">
-[...4 lines deleted...]
-      </c>
       <c r="K4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L4">
+        <v>4316761772</v>
+      </c>
+      <c r="M4" t="s">
         <v>73</v>
       </c>
-      <c r="L4">
-[...2 lines deleted...]
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O4"/>
       <c r="P4">
-        <v>14062366791</v>
+        <v>14127013488</v>
       </c>
       <c r="Q4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="R4" t="s">
+        <v>75</v>
+      </c>
+      <c r="S4" t="s">
+        <v>75</v>
+      </c>
+      <c r="T4" t="s">
         <v>76</v>
       </c>
-      <c r="S4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U4">
-        <v>6360061677</v>
+        <v>2730062074</v>
       </c>
       <c r="V4">
-        <v>587545</v>
+        <v>587786</v>
       </c>
       <c r="W4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X4">
-        <v>272.48</v>
+        <v>270.39</v>
       </c>
       <c r="Y4">
         <v>20.6</v>
       </c>
       <c r="Z4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AC4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="AD4">
-        <v>14062366791</v>
+        <v>14127013488</v>
       </c>
       <c r="AE4">
-        <v>9383810100</v>
+        <v>9999427200</v>
       </c>
       <c r="AF4">
-        <v>9383810100</v>
+        <v>9999427200</v>
       </c>
       <c r="AG4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AH4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>108</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>107</v>
+      </c>
+      <c r="AO4">
+        <v>79</v>
+      </c>
+      <c r="AP4" t="s">
         <v>111</v>
       </c>
-      <c r="AK4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AQ4" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR4" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY4">
+        <v>4316761772</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA4" t="s">
         <v>85</v>
       </c>
-      <c r="AY4">
-[...7 lines deleted...]
-      </c>
       <c r="BB4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="BC4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="BD4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BE4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BF4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG4" t="s">
+        <v>112</v>
+      </c>
+      <c r="BH4">
+        <v>221</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>90</v>
+      </c>
+      <c r="BM4" t="s">
         <v>113</v>
       </c>
-      <c r="BH4">
-[...11 lines deleted...]
-      <c r="BL4" t="s">
+      <c r="BN4" t="s">
         <v>114</v>
       </c>
-      <c r="BM4" t="s">
+      <c r="BO4">
+        <v>17</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR4">
+        <v>5570</v>
+      </c>
+      <c r="BS4" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C5">
+        <v>6360061677</v>
+      </c>
+      <c r="D5">
+        <v>587545</v>
+      </c>
+      <c r="E5">
+        <v>272.48</v>
+      </c>
+      <c r="F5" t="s">
         <v>117</v>
       </c>
-      <c r="C5">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
         <v>118</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5">
+        <v>79.99</v>
+      </c>
+      <c r="J5" t="s">
         <v>119</v>
       </c>
-      <c r="I5">
-[...4 lines deleted...]
-      </c>
       <c r="K5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L5">
+        <v>3067586594</v>
+      </c>
+      <c r="M5" t="s">
         <v>73</v>
       </c>
-      <c r="L5">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O5"/>
       <c r="P5">
-        <v>12817664150</v>
+        <v>14062366791</v>
       </c>
       <c r="Q5" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="R5" t="s">
+        <v>75</v>
+      </c>
+      <c r="S5" t="s">
+        <v>75</v>
+      </c>
+      <c r="T5" t="s">
         <v>76</v>
       </c>
-      <c r="S5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U5">
-        <v>7820061495</v>
+        <v>6360061677</v>
       </c>
       <c r="V5">
-        <v>587514</v>
+        <v>587545</v>
       </c>
       <c r="W5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X5">
-        <v>270.39</v>
+        <v>272.48</v>
       </c>
       <c r="Y5">
         <v>20.6</v>
       </c>
       <c r="Z5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AC5" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AD5">
-        <v>12817664150</v>
+        <v>14062366791</v>
       </c>
       <c r="AE5">
-        <v>7222754600</v>
+        <v>9383810100</v>
       </c>
       <c r="AF5">
-        <v>7222754600</v>
+        <v>9383810100</v>
       </c>
       <c r="AG5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AH5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
+        <v>121</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>119</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>118</v>
+      </c>
+      <c r="AO5">
+        <v>79.99</v>
+      </c>
+      <c r="AP5" t="s">
         <v>122</v>
       </c>
-      <c r="AK5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AQ5" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR5" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY5">
+        <v>3067586594</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA5" t="s">
         <v>85</v>
       </c>
-      <c r="AY5">
-[...7 lines deleted...]
-      </c>
       <c r="BB5" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="BC5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="BD5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BE5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BF5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>123</v>
       </c>
       <c r="BH5">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="BI5" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ5" t="s">
         <v>88</v>
       </c>
-      <c r="BJ5" t="s">
+      <c r="BK5" t="s">
         <v>89</v>
       </c>
-      <c r="BK5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL5" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="BM5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="BN5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="BO5">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="BP5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BQ5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BR5">
-        <v>5570</v>
+        <v>5613</v>
       </c>
       <c r="BS5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C6">
-        <v>4610063356</v>
+        <v>7820061495</v>
       </c>
       <c r="D6">
-        <v>587150</v>
+        <v>587514</v>
       </c>
       <c r="E6">
-        <v>220.63</v>
+        <v>270.39</v>
       </c>
       <c r="F6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I6">
-        <v>55.2</v>
+        <v>79</v>
       </c>
       <c r="J6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K6" t="s">
+        <v>72</v>
+      </c>
+      <c r="L6">
+        <v>3067584833</v>
+      </c>
+      <c r="M6" t="s">
         <v>73</v>
       </c>
-      <c r="L6">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O6"/>
       <c r="P6">
-        <v>4716805934</v>
+        <v>12817664150</v>
       </c>
       <c r="Q6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="R6" t="s">
+        <v>75</v>
+      </c>
+      <c r="S6" t="s">
+        <v>75</v>
+      </c>
+      <c r="T6" t="s">
         <v>76</v>
       </c>
-      <c r="S6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U6">
-        <v>4610063356</v>
+        <v>7820061495</v>
       </c>
       <c r="V6">
-        <v>587150</v>
+        <v>587514</v>
       </c>
       <c r="W6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X6">
-        <v>220.63</v>
+        <v>270.39</v>
       </c>
       <c r="Y6">
         <v>20.6</v>
       </c>
       <c r="Z6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AC6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AD6">
-        <v>4716805934</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>12817664150</v>
+      </c>
+      <c r="AE6">
+        <v>7222754600</v>
+      </c>
+      <c r="AF6">
+        <v>7222754600</v>
       </c>
       <c r="AG6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AH6" t="s">
         <v>131</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>132</v>
       </c>
       <c r="AK6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="AL6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN6" t="s">
         <v>129</v>
       </c>
-      <c r="AM6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO6">
-        <v>55.2</v>
+        <v>79</v>
       </c>
       <c r="AP6" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="AQ6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR6" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY6">
+        <v>3067584833</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA6" t="s">
         <v>85</v>
       </c>
-      <c r="AY6">
-[...7 lines deleted...]
-      </c>
       <c r="BB6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="BC6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="BD6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BE6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BF6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG6" t="s">
+        <v>133</v>
+      </c>
+      <c r="BH6">
+        <v>215</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>90</v>
+      </c>
+      <c r="BM6" t="s">
         <v>134</v>
       </c>
-      <c r="BH6">
-[...14 lines deleted...]
-      <c r="BM6" t="s">
+      <c r="BN6" t="s">
         <v>135</v>
       </c>
-      <c r="BN6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO6">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="BP6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="BQ6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BR6">
-        <v>4545</v>
+        <v>5570</v>
       </c>
       <c r="BS6" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C7">
+        <v>4610063356</v>
+      </c>
+      <c r="D7">
+        <v>587150</v>
+      </c>
+      <c r="E7">
+        <v>220.63</v>
+      </c>
+      <c r="F7" t="s">
         <v>137</v>
       </c>
-      <c r="C7" t="s">
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" t="s">
         <v>138</v>
       </c>
-      <c r="D7">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="I7">
+        <v>55.2</v>
+      </c>
+      <c r="J7" t="s">
         <v>139</v>
       </c>
-      <c r="G7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7">
+        <v>9933264121</v>
+      </c>
+      <c r="M7" t="s">
         <v>73</v>
       </c>
-      <c r="L7">
-[...2 lines deleted...]
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O7"/>
       <c r="P7">
-        <v>11560695294</v>
+        <v>4716805934</v>
       </c>
       <c r="Q7" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="R7" t="s">
+        <v>75</v>
+      </c>
+      <c r="S7" t="s">
+        <v>75</v>
+      </c>
+      <c r="T7" t="s">
         <v>76</v>
       </c>
-      <c r="S7" t="s">
-[...6 lines deleted...]
-        <v>138</v>
+      <c r="U7">
+        <v>4610063356</v>
       </c>
       <c r="V7">
-        <v>587046</v>
+        <v>587150</v>
       </c>
       <c r="W7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X7">
-        <v>270.39</v>
+        <v>220.63</v>
       </c>
       <c r="Y7">
         <v>20.6</v>
       </c>
       <c r="Z7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AC7" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="AD7">
-        <v>11560695294</v>
-[...5 lines deleted...]
-        <v>64404105800</v>
+        <v>4716805934</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>140</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>140</v>
       </c>
       <c r="AG7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AH7" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
+        <v>142</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>139</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>138</v>
+      </c>
+      <c r="AO7">
+        <v>55.2</v>
+      </c>
+      <c r="AP7" t="s">
         <v>143</v>
       </c>
-      <c r="AK7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AQ7" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR7" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY7">
+        <v>9933264121</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA7" t="s">
         <v>85</v>
       </c>
-      <c r="AY7">
-[...7 lines deleted...]
-      </c>
       <c r="BB7" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="BC7" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="BD7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BE7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BF7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>144</v>
       </c>
       <c r="BH7">
-        <v>229</v>
+        <v>251</v>
       </c>
       <c r="BI7" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ7" t="s">
         <v>88</v>
       </c>
-      <c r="BJ7" t="s">
+      <c r="BK7" t="s">
         <v>89</v>
       </c>
-      <c r="BK7" t="s">
+      <c r="BL7" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="BM7" t="s">
         <v>145</v>
       </c>
       <c r="BN7" t="s">
         <v>146</v>
       </c>
       <c r="BO7">
+        <v>37</v>
+      </c>
+      <c r="BP7" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ7" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR7">
+        <v>4545</v>
+      </c>
+      <c r="BS7" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="8" spans="1:71">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8">
+        <v>587046</v>
+      </c>
+      <c r="E8">
+        <v>270.39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>149</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8" t="s">
+        <v>150</v>
+      </c>
+      <c r="I8">
+        <v>79</v>
+      </c>
+      <c r="J8" t="s">
+        <v>151</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8">
+        <v>7211042893</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8"/>
+      <c r="P8">
+        <v>11560695294</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>147</v>
+      </c>
+      <c r="R8" t="s">
+        <v>75</v>
+      </c>
+      <c r="S8" t="s">
+        <v>75</v>
+      </c>
+      <c r="T8" t="s">
+        <v>76</v>
+      </c>
+      <c r="U8" t="s">
+        <v>148</v>
+      </c>
+      <c r="V8">
+        <v>587046</v>
+      </c>
+      <c r="W8" t="s">
+        <v>75</v>
+      </c>
+      <c r="X8">
+        <v>270.39</v>
+      </c>
+      <c r="Y8">
+        <v>20.6</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>149</v>
+      </c>
+      <c r="AD8">
+        <v>11560695294</v>
+      </c>
+      <c r="AE8">
+        <v>64404105800</v>
+      </c>
+      <c r="AF8">
+        <v>64404105800</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AI8"/>
+      <c r="AJ8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AO8">
+        <v>79</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>111</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS8"/>
+      <c r="AT8" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU8"/>
+      <c r="AV8"/>
+      <c r="AW8">
+        <v>0</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY8">
+        <v>7211042893</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>147</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>151</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>154</v>
+      </c>
+      <c r="BH8">
+        <v>229</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL8" t="s">
+        <v>90</v>
+      </c>
+      <c r="BM8" t="s">
+        <v>155</v>
+      </c>
+      <c r="BN8" t="s">
+        <v>156</v>
+      </c>
+      <c r="BO8">
         <v>39</v>
       </c>
-      <c r="BP7" t="s">
+      <c r="BP8" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ8" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR8">
+        <v>5570</v>
+      </c>
+      <c r="BS8" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="9" spans="1:71">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>157</v>
+      </c>
+      <c r="C9">
+        <v>7220044730</v>
+      </c>
+      <c r="D9">
+        <v>578336</v>
+      </c>
+      <c r="E9">
+        <v>386.32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>158</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>159</v>
+      </c>
+      <c r="I9">
+        <v>154</v>
+      </c>
+      <c r="J9" t="s">
+        <v>160</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9">
+        <v>6854668796</v>
+      </c>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>74</v>
+      </c>
+      <c r="O9"/>
+      <c r="P9">
+        <v>27124837097</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>157</v>
+      </c>
+      <c r="R9" t="s">
+        <v>75</v>
+      </c>
+      <c r="S9" t="s">
+        <v>75</v>
+      </c>
+      <c r="T9" t="s">
+        <v>76</v>
+      </c>
+      <c r="U9">
+        <v>7220044730</v>
+      </c>
+      <c r="V9">
+        <v>578336</v>
+      </c>
+      <c r="W9" t="s">
+        <v>75</v>
+      </c>
+      <c r="X9">
+        <v>386.32</v>
+      </c>
+      <c r="Y9">
+        <v>19.8</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>158</v>
+      </c>
+      <c r="AD9">
+        <v>27124837097</v>
+      </c>
+      <c r="AE9">
+        <v>2383842400</v>
+      </c>
+      <c r="AF9">
+        <v>2383842400</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>161</v>
+      </c>
+      <c r="AI9"/>
+      <c r="AJ9" t="s">
+        <v>162</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>160</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>159</v>
+      </c>
+      <c r="AO9">
+        <v>154</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>163</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>164</v>
+      </c>
+      <c r="AR9" t="s">
         <v>83</v>
       </c>
-      <c r="BQ7" t="s">
-[...6 lines deleted...]
-        <v>105</v>
+      <c r="AS9">
+        <v>280344065019</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU9"/>
+      <c r="AV9"/>
+      <c r="AW9">
+        <v>0</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY9">
+        <v>6854668796</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>157</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>160</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>165</v>
+      </c>
+      <c r="BH9">
+        <v>438</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK9" t="s">
+        <v>166</v>
+      </c>
+      <c r="BL9" t="s">
+        <v>167</v>
+      </c>
+      <c r="BM9" t="s">
+        <v>168</v>
+      </c>
+      <c r="BN9" t="s">
+        <v>169</v>
+      </c>
+      <c r="BO9">
+        <v>22</v>
+      </c>
+      <c r="BP9" t="s">
+        <v>164</v>
+      </c>
+      <c r="BQ9" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR9">
+        <v>7649.1</v>
+      </c>
+      <c r="BS9" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">