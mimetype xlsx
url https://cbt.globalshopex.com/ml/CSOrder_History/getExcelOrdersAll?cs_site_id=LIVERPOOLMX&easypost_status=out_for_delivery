--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -215,120 +215,120 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
-    <t>2024-11-19 01:02:37</t>
-[...2 lines deleted...]
-    <t>Nelly Balderas</t>
+    <t>2024-10-21 06:00:41</t>
+  </si>
+  <si>
+    <t>Aracely Lopez</t>
   </si>
   <si>
     <t>MEXICO</t>
   </si>
   <si>
-    <t>/11208464</t>
-[...2 lines deleted...]
-    <t>2024-11-19 00:00:00</t>
+    <t>/11191794</t>
+  </si>
+  <si>
+    <t>2024-10-21 00:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>out_for_delivery</t>
   </si>
   <si>
-    <t>dhl - Delivery has been arranged through a third party service. Delivery details are not expected.</t>
+    <t>dhl - Shipment is out with courier for delivery</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>REFUNDED</t>
+    <t>RECEIVED</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
-    <t>844-1143666</t>
-[...5 lines deleted...]
-    <t>Saltillo</t>
+    <t>228-1063114</t>
+  </si>
+  <si>
+    <t>Calle:Estambul 6/11 (entregar despues de las 2),Numero:6,NumeroInt:11</t>
+  </si>
+  <si>
+    <t>Xalapa</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/VSP216721</t>
+    <t>/BB0005S-30006545-001</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>dhl</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>2025-04-10 14:01:13</t>
-[...5 lines deleted...]
-    <t>2025-06-19 07:00:00</t>
+    <t>2024-10-24 11:57:30</t>
+  </si>
+  <si>
+    <t>2024-11-05 08:27:36</t>
+  </si>
+  <si>
+    <t>2026-01-22 09:13:12</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2024-11-19 19:36:45</t>
+    <t>2024-10-21 21:44:10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -862,238 +862,238 @@
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
-        <v>8020050466</v>
+        <v>4710056268</v>
       </c>
       <c r="D2">
-        <v>581024</v>
+        <v>579263</v>
       </c>
       <c r="E2">
-        <v>376.36</v>
+        <v>280.71</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
       <c r="H2" t="s">
         <v>70</v>
       </c>
       <c r="I2">
-        <v>136</v>
+        <v>82.99</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2">
-        <v>8309837410</v>
+        <v>7965619583</v>
       </c>
       <c r="M2" t="s">
         <v>73</v>
       </c>
       <c r="N2" t="s">
         <v>74</v>
       </c>
       <c r="O2"/>
       <c r="P2">
-        <v>19338743549</v>
+        <v>129919602</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
         <v>75</v>
       </c>
       <c r="T2" t="s">
         <v>76</v>
       </c>
       <c r="U2">
-        <v>8020050466</v>
+        <v>4710056268</v>
       </c>
       <c r="V2">
-        <v>581024</v>
+        <v>579263</v>
       </c>
       <c r="W2" t="s">
         <v>75</v>
       </c>
       <c r="X2">
-        <v>376.36</v>
+        <v>280.71</v>
       </c>
       <c r="Y2">
-        <v>20.6</v>
+        <v>19.8</v>
       </c>
       <c r="Z2" t="s">
         <v>75</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>77</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2">
-        <v>19338743549</v>
+        <v>129919602</v>
       </c>
       <c r="AE2" t="s">
         <v>78</v>
       </c>
       <c r="AF2" t="s">
         <v>78</v>
       </c>
       <c r="AG2" t="s">
         <v>75</v>
       </c>
       <c r="AH2" t="s">
         <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
         <v>71</v>
       </c>
       <c r="AM2" t="s">
         <v>81</v>
       </c>
       <c r="AN2" t="s">
         <v>70</v>
       </c>
       <c r="AO2">
-        <v>136</v>
+        <v>82.99</v>
       </c>
       <c r="AP2" t="s">
         <v>82</v>
       </c>
       <c r="AQ2" t="s">
         <v>72</v>
       </c>
       <c r="AR2" t="s">
         <v>83</v>
       </c>
       <c r="AS2">
-        <v>282007992955</v>
+        <v>280929212040</v>
       </c>
       <c r="AT2" t="s">
         <v>75</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
         <v>84</v>
       </c>
       <c r="AY2">
-        <v>8309837410</v>
+        <v>7965619583</v>
       </c>
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>86</v>
       </c>
       <c r="BE2" t="s">
         <v>87</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>88</v>
       </c>
       <c r="BH2">
-        <v>212</v>
+        <v>458</v>
       </c>
       <c r="BI2" t="s">
         <v>89</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>90</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>72</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
-        <v>7753</v>
+        <v>5558</v>
       </c>
       <c r="BS2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>