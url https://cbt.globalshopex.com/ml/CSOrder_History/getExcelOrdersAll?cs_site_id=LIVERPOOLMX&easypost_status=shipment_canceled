--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -308,51 +308,51 @@
   <si>
     <t>735-3485406</t>
   </si>
   <si>
     <t>Calle:Ignacio Zaragoza,Numero:13,</t>
   </si>
   <si>
     <t>Ayalq</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>New</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-05-12 21:32:07</t>
   </si>
   <si>
     <t>2025-05-09 20:18:11</t>
   </si>
   <si>
     <t>2025-04-17 04:20:57</t>
   </si>
   <si>
     <t>rafael jimenez</t>
   </si>
   <si>
     <t>/11309864</t>
   </si>
   <si>
     <t>2025-04-18 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Perisur</t>
   </si>
@@ -374,53 +374,50 @@
   <si>
     <t>Finance Pending</t>
   </si>
   <si>
     <t>2025-04-14 10:11:57</t>
   </si>
   <si>
     <t>Ana Elena Baza</t>
   </si>
   <si>
     <t>/11308325</t>
   </si>
   <si>
     <t>2025-04-15 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Toreo</t>
   </si>
   <si>
     <t>Naucalpan de Juárez</t>
   </si>
   <si>
     <t>/VSPHF2221</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-02 22:00:33</t>
   </si>
   <si>
     <t>2025-04-15 14:14:32</t>
   </si>
   <si>
     <t>2025-04-08 10:57:56</t>
   </si>
   <si>
     <t>0260064584</t>
   </si>
   <si>
     <t>Audel Figueroa</t>
   </si>
   <si>
     <t>/11305717</t>
   </si>
   <si>
     <t>2025-04-09 00:00:00</t>
   </si>
   <si>
     <t>314-1445836</t>
   </si>
   <si>
     <t>Calle:Gladiolas,Numero:16,</t>
@@ -638,53 +635,50 @@
   <si>
     <t>2024-12-12 03:04:00</t>
   </si>
   <si>
     <t>Alejandra Lopez</t>
   </si>
   <si>
     <t>MMXQP045960762E</t>
   </si>
   <si>
     <t>525-3084018</t>
   </si>
   <si>
     <t>Calle:Circuito valle dorado,Numero:4,NumeroInt:4</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>/VSPOQ1F21</t>
   </si>
   <si>
     <t>dhl</t>
   </si>
   <si>
-    <t>Cancelled</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-12 16:39:12</t>
   </si>
   <si>
     <t>2024-12-12 16:03:40</t>
   </si>
   <si>
     <t>2024-12-06 07:36:19</t>
   </si>
   <si>
     <t>Irma Yerena</t>
   </si>
   <si>
     <t>/11226217</t>
   </si>
   <si>
     <t>2024-12-06 00:00:00</t>
   </si>
   <si>
     <t>MMXQP045939433E</t>
   </si>
   <si>
     <t>33-12600073</t>
   </si>
   <si>
     <t>Calle:Av plan de san luis,Numero:1402,</t>
@@ -951,53 +945,50 @@
     <t>Oswaldo  Medina Lopez</t>
   </si>
   <si>
     <t>/11146066</t>
   </si>
   <si>
     <t>2024-07-26 00:00:00</t>
   </si>
   <si>
     <t>0060245228</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
     <t>EJIDO VILLAS DE IRAPUATO 1443 INT.  ED:</t>
   </si>
   <si>
     <t>IRAPUATO</t>
   </si>
   <si>
     <t>/VSPOY8321</t>
   </si>
   <si>
     <t>2024-07-31 12:14:58</t>
-  </si>
-[...1 lines deleted...]
-    <t>In International Hub - OK</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
   </si>
   <si>
     <t>2024-08-05 21:36:34</t>
   </si>
   <si>
     <t>2024-07-26 17:41:55</t>
   </si>
   <si>
     <t>2024-07-26 03:17:12</t>
   </si>
   <si>
     <t>1980036999-A</t>
   </si>
   <si>
     <t>ELOY JIMENEZ VILLAREAL</t>
   </si>
   <si>
     <t>/11146068</t>
   </si>
   <si>
     <t>0003837610</t>
   </si>
@@ -1747,51 +1738,51 @@
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>137</v>
+        <v>183</v>
       </c>
       <c r="BI2" t="s">
         <v>79</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>80</v>
       </c>
       <c r="BL2" t="s">
         <v>81</v>
       </c>
       <c r="BM2" t="s">
         <v>82</v>
       </c>
       <c r="BN2" t="s">
         <v>83</v>
       </c>
       <c r="BO2">
         <v>1</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>70</v>
       </c>
       <c r="BR2">
@@ -1942,51 +1933,51 @@
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
         <v>96</v>
       </c>
       <c r="BB3" t="s">
         <v>85</v>
       </c>
       <c r="BC3" t="s">
         <v>88</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>153</v>
+        <v>199</v>
       </c>
       <c r="BI3" t="s">
         <v>97</v>
       </c>
       <c r="BJ3" t="s">
         <v>98</v>
       </c>
       <c r="BK3" t="s">
         <v>80</v>
       </c>
       <c r="BL3" t="s">
         <v>99</v>
       </c>
       <c r="BM3" t="s">
         <v>100</v>
       </c>
       <c r="BN3" t="s">
         <v>101</v>
       </c>
       <c r="BO3">
         <v>3</v>
       </c>
       <c r="BP3" t="s">
         <v>94</v>
       </c>
@@ -2141,51 +2132,51 @@
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4" t="s">
         <v>96</v>
       </c>
       <c r="BB4" t="s">
         <v>102</v>
       </c>
       <c r="BC4" t="s">
         <v>105</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="BI4" t="s">
         <v>97</v>
       </c>
       <c r="BJ4" t="s">
         <v>98</v>
       </c>
       <c r="BK4" t="s">
         <v>80</v>
       </c>
       <c r="BL4" t="s">
         <v>109</v>
       </c>
       <c r="BM4" t="s">
         <v>110</v>
       </c>
       <c r="BN4" t="s">
         <v>111</v>
       </c>
       <c r="BO4">
         <v>15</v>
       </c>
       <c r="BP4" t="s">
         <v>94</v>
       </c>
@@ -2340,4570 +2331,4570 @@
       <c r="AZ5" t="s">
         <v>72</v>
       </c>
       <c r="BA5" t="s">
         <v>96</v>
       </c>
       <c r="BB5" t="s">
         <v>113</v>
       </c>
       <c r="BC5" t="s">
         <v>116</v>
       </c>
       <c r="BD5" t="s">
         <v>70</v>
       </c>
       <c r="BE5" t="s">
         <v>70</v>
       </c>
       <c r="BF5" t="s">
         <v>70</v>
       </c>
       <c r="BG5" t="s">
         <v>70</v>
       </c>
       <c r="BH5">
-        <v>178</v>
+        <v>224</v>
       </c>
       <c r="BI5" t="s">
         <v>97</v>
       </c>
       <c r="BJ5" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="BK5" t="s">
         <v>80</v>
       </c>
       <c r="BL5" t="s">
         <v>109</v>
       </c>
       <c r="BM5" t="s">
+        <v>120</v>
+      </c>
+      <c r="BN5" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="BO5">
         <v>18</v>
       </c>
       <c r="BP5" t="s">
         <v>94</v>
       </c>
       <c r="BQ5" t="s">
         <v>70</v>
       </c>
       <c r="BR5">
         <v>6302</v>
       </c>
       <c r="BS5" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
+        <v>122</v>
+      </c>
+      <c r="C6" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D6">
         <v>588797</v>
       </c>
       <c r="E6">
         <v>322.67</v>
       </c>
       <c r="F6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I6">
         <v>103.99</v>
       </c>
       <c r="J6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K6" t="s">
         <v>89</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>72</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
         <v>26305809988</v>
       </c>
       <c r="Q6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="R6" t="s">
         <v>70</v>
       </c>
       <c r="S6" t="s">
         <v>70</v>
       </c>
       <c r="T6" t="s">
         <v>73</v>
       </c>
       <c r="U6" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="V6">
         <v>588797</v>
       </c>
       <c r="W6" t="s">
         <v>70</v>
       </c>
       <c r="X6">
         <v>322.67</v>
       </c>
       <c r="Y6">
         <v>20.6</v>
       </c>
       <c r="Z6" t="s">
         <v>70</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>74</v>
       </c>
       <c r="AC6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AD6">
         <v>26305809988</v>
       </c>
       <c r="AE6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH6" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AM6" t="s">
         <v>77</v>
       </c>
       <c r="AN6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AO6">
         <v>103.99</v>
       </c>
       <c r="AP6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AQ6" t="s">
         <v>94</v>
       </c>
       <c r="AR6" t="s">
         <v>95</v>
       </c>
       <c r="AS6">
         <v>880865681568</v>
       </c>
       <c r="AT6" t="s">
         <v>70</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>72</v>
       </c>
       <c r="BA6" t="s">
         <v>96</v>
       </c>
       <c r="BB6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="BC6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="BD6" t="s">
         <v>70</v>
       </c>
       <c r="BE6" t="s">
         <v>70</v>
       </c>
       <c r="BF6" t="s">
         <v>70</v>
       </c>
       <c r="BG6" t="s">
         <v>70</v>
       </c>
       <c r="BH6">
-        <v>184</v>
+        <v>230</v>
       </c>
       <c r="BI6" t="s">
         <v>97</v>
       </c>
       <c r="BJ6" t="s">
         <v>98</v>
       </c>
       <c r="BK6" t="s">
         <v>80</v>
       </c>
       <c r="BL6" t="s">
         <v>99</v>
       </c>
       <c r="BM6" t="s">
+        <v>131</v>
+      </c>
+      <c r="BN6" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="BO6">
         <v>21</v>
       </c>
       <c r="BP6" t="s">
         <v>94</v>
       </c>
       <c r="BQ6" t="s">
         <v>70</v>
       </c>
       <c r="BR6">
         <v>6647</v>
       </c>
       <c r="BS6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C7">
         <v>6710059185</v>
       </c>
       <c r="D7">
         <v>586322</v>
       </c>
       <c r="E7">
         <v>270.83</v>
       </c>
       <c r="F7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I7">
         <v>79.2</v>
       </c>
       <c r="J7" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="K7" t="s">
         <v>89</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>72</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
         <v>19273859074</v>
       </c>
       <c r="Q7" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="R7" t="s">
         <v>70</v>
       </c>
       <c r="S7" t="s">
         <v>70</v>
       </c>
       <c r="T7" t="s">
         <v>73</v>
       </c>
       <c r="U7">
         <v>6710059185</v>
       </c>
       <c r="V7">
         <v>586322</v>
       </c>
       <c r="W7" t="s">
         <v>70</v>
       </c>
       <c r="X7">
         <v>270.83</v>
       </c>
       <c r="Y7">
         <v>20.6</v>
       </c>
       <c r="Z7" t="s">
         <v>70</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>74</v>
       </c>
       <c r="AC7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AD7">
         <v>19273859074</v>
       </c>
       <c r="AE7" t="s">
+        <v>137</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>137</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH7" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AM7" t="s">
         <v>77</v>
       </c>
       <c r="AN7" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AO7">
         <v>79.2</v>
       </c>
       <c r="AP7" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AQ7" t="s">
         <v>94</v>
       </c>
       <c r="AR7" t="s">
         <v>95</v>
       </c>
       <c r="AS7">
         <v>284936885553</v>
       </c>
       <c r="AT7" t="s">
         <v>70</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
         <v>72</v>
       </c>
       <c r="BA7" t="s">
         <v>96</v>
       </c>
       <c r="BB7" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="BC7" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="BD7" t="s">
+        <v>141</v>
+      </c>
+      <c r="BE7" t="s">
         <v>142</v>
       </c>
-      <c r="BE7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BF7" t="s">
         <v>70</v>
       </c>
       <c r="BG7" t="s">
         <v>70</v>
       </c>
       <c r="BH7">
-        <v>252</v>
+        <v>298</v>
       </c>
       <c r="BI7" t="s">
         <v>97</v>
       </c>
       <c r="BJ7" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="BK7" t="s">
         <v>80</v>
       </c>
       <c r="BL7" t="s">
         <v>99</v>
       </c>
       <c r="BM7" t="s">
+        <v>143</v>
+      </c>
+      <c r="BN7" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="BO7">
         <v>5</v>
       </c>
       <c r="BP7" t="s">
         <v>94</v>
       </c>
       <c r="BQ7" t="s">
         <v>70</v>
       </c>
       <c r="BR7">
         <v>5579</v>
       </c>
       <c r="BS7" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C8">
         <v>2990057607</v>
       </c>
       <c r="D8">
         <v>585528</v>
       </c>
       <c r="E8">
         <v>165.29</v>
       </c>
       <c r="F8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8" t="s">
         <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>89</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>72</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8">
         <v>18810107334</v>
       </c>
       <c r="Q8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="R8" t="s">
         <v>70</v>
       </c>
       <c r="S8" t="s">
         <v>70</v>
       </c>
       <c r="T8" t="s">
         <v>73</v>
       </c>
       <c r="U8">
         <v>2990057607</v>
       </c>
       <c r="V8">
         <v>585528</v>
       </c>
       <c r="W8" t="s">
         <v>70</v>
       </c>
       <c r="X8">
         <v>165.29</v>
       </c>
       <c r="Y8">
         <v>20.6</v>
       </c>
       <c r="Z8" t="s">
         <v>70</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>74</v>
       </c>
       <c r="AC8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AD8">
         <v>18810107334</v>
       </c>
       <c r="AE8" t="s">
+        <v>147</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>147</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH8" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
         <v>70</v>
       </c>
       <c r="AM8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AN8"/>
       <c r="AO8">
         <v>0</v>
       </c>
       <c r="AP8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>70</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>72</v>
       </c>
       <c r="BA8" t="s">
         <v>96</v>
       </c>
       <c r="BB8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BC8" t="s">
         <v>70</v>
       </c>
       <c r="BD8" t="s">
         <v>70</v>
       </c>
       <c r="BE8" t="s">
         <v>70</v>
       </c>
       <c r="BF8" t="s">
         <v>70</v>
       </c>
       <c r="BG8" t="s">
         <v>70</v>
       </c>
       <c r="BH8">
-        <v>267</v>
+        <v>313</v>
       </c>
       <c r="BI8" t="s">
         <v>79</v>
       </c>
       <c r="BJ8" t="s">
         <v>98</v>
       </c>
       <c r="BK8" t="s">
         <v>80</v>
       </c>
       <c r="BL8" t="s">
         <v>81</v>
       </c>
       <c r="BM8" t="s">
+        <v>152</v>
+      </c>
+      <c r="BN8" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="BO8">
         <v>2</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8" t="s">
         <v>70</v>
       </c>
       <c r="BR8">
         <v>3405</v>
       </c>
       <c r="BS8" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C9">
         <v>5530057945</v>
       </c>
       <c r="D9">
         <v>585518</v>
       </c>
       <c r="E9">
         <v>165.29</v>
       </c>
       <c r="F9" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G9" t="s">
         <v>69</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9" t="s">
         <v>70</v>
       </c>
       <c r="K9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>72</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9">
         <v>18810107334</v>
       </c>
       <c r="Q9" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="R9" t="s">
         <v>70</v>
       </c>
       <c r="S9" t="s">
         <v>70</v>
       </c>
       <c r="T9" t="s">
         <v>73</v>
       </c>
       <c r="U9">
         <v>5530057945</v>
       </c>
       <c r="V9">
         <v>585518</v>
       </c>
       <c r="W9" t="s">
         <v>70</v>
       </c>
       <c r="X9">
         <v>165.29</v>
       </c>
       <c r="Y9">
         <v>20.6</v>
       </c>
       <c r="Z9" t="s">
         <v>70</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>74</v>
       </c>
       <c r="AC9" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AD9">
         <v>18810107334</v>
       </c>
       <c r="AE9" t="s">
+        <v>147</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>147</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH9" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
         <v>70</v>
       </c>
       <c r="AM9"/>
       <c r="AN9"/>
       <c r="AO9">
         <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>70</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9" t="s">
         <v>72</v>
       </c>
       <c r="BA9" t="s">
         <v>96</v>
       </c>
       <c r="BB9" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="BC9" t="s">
         <v>70</v>
       </c>
       <c r="BD9" t="s">
         <v>70</v>
       </c>
       <c r="BE9" t="s">
         <v>70</v>
       </c>
       <c r="BF9" t="s">
         <v>70</v>
       </c>
       <c r="BG9" t="s">
         <v>70</v>
       </c>
       <c r="BH9">
-        <v>267</v>
+        <v>313</v>
       </c>
       <c r="BI9" t="s">
         <v>79</v>
       </c>
       <c r="BJ9" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="BK9" t="s">
         <v>80</v>
       </c>
       <c r="BL9" t="s">
+        <v>156</v>
+      </c>
+      <c r="BM9" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="BN9" t="s">
         <v>70</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9" t="s">
         <v>70</v>
       </c>
       <c r="BR9">
         <v>3405</v>
       </c>
       <c r="BS9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C10">
         <v>7200057770</v>
       </c>
       <c r="D10">
         <v>585411</v>
       </c>
       <c r="E10">
         <v>165.29</v>
       </c>
       <c r="F10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
         <v>70</v>
       </c>
       <c r="K10" t="s">
         <v>89</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>72</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10">
         <v>18810107334</v>
       </c>
       <c r="Q10" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="R10" t="s">
         <v>70</v>
       </c>
       <c r="S10" t="s">
         <v>70</v>
       </c>
       <c r="T10" t="s">
         <v>73</v>
       </c>
       <c r="U10">
         <v>7200057770</v>
       </c>
       <c r="V10">
         <v>585411</v>
       </c>
       <c r="W10" t="s">
         <v>70</v>
       </c>
       <c r="X10">
         <v>165.29</v>
       </c>
       <c r="Y10">
         <v>20.6</v>
       </c>
       <c r="Z10" t="s">
         <v>70</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>74</v>
       </c>
       <c r="AC10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AD10">
         <v>18810107334</v>
       </c>
       <c r="AE10" t="s">
+        <v>147</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>147</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH10" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AK10" t="s">
         <v>69</v>
       </c>
       <c r="AL10" t="s">
         <v>70</v>
       </c>
       <c r="AM10" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AN10"/>
       <c r="AO10">
         <v>0</v>
       </c>
       <c r="AP10" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>70</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
         <v>72</v>
       </c>
       <c r="BA10" t="s">
         <v>96</v>
       </c>
       <c r="BB10" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="BC10" t="s">
         <v>70</v>
       </c>
       <c r="BD10" t="s">
         <v>70</v>
       </c>
       <c r="BE10" t="s">
         <v>70</v>
       </c>
       <c r="BF10" t="s">
         <v>70</v>
       </c>
       <c r="BG10" t="s">
         <v>70</v>
       </c>
       <c r="BH10">
-        <v>269</v>
+        <v>315</v>
       </c>
       <c r="BI10" t="s">
         <v>79</v>
       </c>
       <c r="BJ10" t="s">
         <v>98</v>
       </c>
       <c r="BK10" t="s">
         <v>80</v>
       </c>
       <c r="BL10" t="s">
+        <v>159</v>
+      </c>
+      <c r="BM10" t="s">
         <v>160</v>
       </c>
-      <c r="BM10" t="s">
+      <c r="BN10" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10" t="s">
         <v>70</v>
       </c>
       <c r="BR10">
         <v>3405</v>
       </c>
       <c r="BS10" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
+        <v>162</v>
+      </c>
+      <c r="C11" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D11">
         <v>584603</v>
       </c>
       <c r="E11">
         <v>358.25</v>
       </c>
       <c r="F11" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I11">
         <v>120.99</v>
       </c>
       <c r="J11" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="K11" t="s">
         <v>89</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>72</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
         <v>4631934855</v>
       </c>
       <c r="Q11" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="R11" t="s">
         <v>70</v>
       </c>
       <c r="S11" t="s">
         <v>70</v>
       </c>
       <c r="T11" t="s">
         <v>73</v>
       </c>
       <c r="U11" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="V11">
         <v>584603</v>
       </c>
       <c r="W11" t="s">
         <v>70</v>
       </c>
       <c r="X11">
         <v>358.25</v>
       </c>
       <c r="Y11">
         <v>20.6</v>
       </c>
       <c r="Z11" t="s">
         <v>70</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>74</v>
       </c>
       <c r="AC11" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="AD11">
         <v>4631934855</v>
       </c>
       <c r="AE11">
         <v>9626289500</v>
       </c>
       <c r="AF11">
         <v>9626289500</v>
       </c>
       <c r="AG11" t="s">
         <v>70</v>
       </c>
       <c r="AH11" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="AK11" t="s">
         <v>69</v>
       </c>
       <c r="AL11" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="AM11" t="s">
         <v>77</v>
       </c>
       <c r="AN11" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="AO11">
         <v>120.99</v>
       </c>
       <c r="AP11" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="AQ11" t="s">
         <v>94</v>
       </c>
       <c r="AR11" t="s">
         <v>95</v>
       </c>
       <c r="AS11">
         <v>283837392787</v>
       </c>
       <c r="AT11" t="s">
         <v>70</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>72</v>
       </c>
       <c r="BA11" t="s">
         <v>96</v>
       </c>
       <c r="BB11" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="BC11" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="BD11" t="s">
         <v>70</v>
       </c>
       <c r="BE11" t="s">
         <v>70</v>
       </c>
       <c r="BF11" t="s">
         <v>70</v>
       </c>
       <c r="BG11" t="s">
         <v>70</v>
       </c>
       <c r="BH11">
-        <v>284</v>
+        <v>330</v>
       </c>
       <c r="BI11" t="s">
         <v>97</v>
       </c>
       <c r="BJ11" t="s">
         <v>98</v>
       </c>
       <c r="BK11" t="s">
         <v>80</v>
       </c>
       <c r="BL11" t="s">
+        <v>170</v>
+      </c>
+      <c r="BM11" t="s">
         <v>171</v>
       </c>
-      <c r="BM11" t="s">
+      <c r="BN11" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="BO11">
         <v>1</v>
       </c>
       <c r="BP11" t="s">
         <v>94</v>
       </c>
       <c r="BQ11" t="s">
         <v>70</v>
       </c>
       <c r="BR11">
         <v>7380</v>
       </c>
       <c r="BS11" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C12">
         <v>1130092607</v>
       </c>
       <c r="D12">
         <v>584000</v>
       </c>
       <c r="E12">
         <v>272.48</v>
       </c>
       <c r="F12" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G12" t="s">
         <v>69</v>
       </c>
       <c r="H12" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="I12">
         <v>79.99</v>
       </c>
       <c r="J12" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K12" t="s">
         <v>89</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>72</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12">
         <v>1485098750</v>
       </c>
       <c r="Q12" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="R12" t="s">
         <v>70</v>
       </c>
       <c r="S12" t="s">
         <v>70</v>
       </c>
       <c r="T12" t="s">
         <v>73</v>
       </c>
       <c r="U12">
         <v>1130092607</v>
       </c>
       <c r="V12">
         <v>584000</v>
       </c>
       <c r="W12" t="s">
         <v>70</v>
       </c>
       <c r="X12">
         <v>272.48</v>
       </c>
       <c r="Y12">
         <v>20.6</v>
       </c>
       <c r="Z12" t="s">
         <v>70</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>74</v>
       </c>
       <c r="AC12" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="AD12">
         <v>1485098750</v>
       </c>
       <c r="AE12" t="s">
+        <v>178</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>178</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH12" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="AK12" t="s">
         <v>69</v>
       </c>
       <c r="AL12" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="AM12" t="s">
         <v>77</v>
       </c>
       <c r="AN12" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="AO12">
         <v>79.99</v>
       </c>
       <c r="AP12" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="AQ12" t="s">
         <v>94</v>
       </c>
       <c r="AR12" t="s">
         <v>95</v>
       </c>
       <c r="AS12">
         <v>283567511511</v>
       </c>
       <c r="AT12" t="s">
         <v>70</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12" t="s">
         <v>72</v>
       </c>
       <c r="BA12" t="s">
         <v>96</v>
       </c>
       <c r="BB12" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="BC12" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="BD12" t="s">
         <v>70</v>
       </c>
       <c r="BE12" t="s">
         <v>70</v>
       </c>
       <c r="BF12" t="s">
         <v>70</v>
       </c>
       <c r="BG12" t="s">
         <v>70</v>
       </c>
       <c r="BH12">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="BI12" t="s">
         <v>97</v>
       </c>
       <c r="BJ12" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="BK12" t="s">
         <v>80</v>
       </c>
       <c r="BL12" t="s">
+        <v>182</v>
+      </c>
+      <c r="BM12" t="s">
         <v>183</v>
       </c>
-      <c r="BM12" t="s">
+      <c r="BN12" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="BO12">
         <v>1</v>
       </c>
       <c r="BP12" t="s">
         <v>94</v>
       </c>
       <c r="BQ12" t="s">
         <v>70</v>
       </c>
       <c r="BR12">
         <v>5613</v>
       </c>
       <c r="BS12" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C13">
         <v>1700130263</v>
       </c>
       <c r="D13">
         <v>583999</v>
       </c>
       <c r="E13">
         <v>320.58</v>
       </c>
       <c r="F13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I13">
         <v>102.99</v>
       </c>
       <c r="J13" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K13" t="s">
         <v>89</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>72</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13">
         <v>1485098750</v>
       </c>
       <c r="Q13" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="R13" t="s">
         <v>70</v>
       </c>
       <c r="S13" t="s">
         <v>70</v>
       </c>
       <c r="T13" t="s">
         <v>73</v>
       </c>
       <c r="U13">
         <v>1700130263</v>
       </c>
       <c r="V13">
         <v>583999</v>
       </c>
       <c r="W13" t="s">
         <v>70</v>
       </c>
       <c r="X13">
         <v>320.58</v>
       </c>
       <c r="Y13">
         <v>20.6</v>
       </c>
       <c r="Z13" t="s">
         <v>70</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>74</v>
       </c>
       <c r="AC13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="AD13">
         <v>1485098750</v>
       </c>
       <c r="AE13" t="s">
+        <v>178</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>178</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH13" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="AK13" t="s">
         <v>69</v>
       </c>
       <c r="AL13" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="AM13" t="s">
         <v>77</v>
       </c>
       <c r="AN13" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AO13">
         <v>102.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="AQ13" t="s">
         <v>94</v>
       </c>
       <c r="AR13" t="s">
         <v>95</v>
       </c>
       <c r="AS13">
         <v>283569391711</v>
       </c>
       <c r="AT13" t="s">
         <v>70</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
         <v>72</v>
       </c>
       <c r="BA13" t="s">
         <v>96</v>
       </c>
       <c r="BB13" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="BC13" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="BD13" t="s">
         <v>70</v>
       </c>
       <c r="BE13" t="s">
         <v>70</v>
       </c>
       <c r="BF13" t="s">
         <v>70</v>
       </c>
       <c r="BG13" t="s">
         <v>70</v>
       </c>
       <c r="BH13">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="BI13" t="s">
         <v>97</v>
       </c>
       <c r="BJ13" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="BK13" t="s">
         <v>80</v>
       </c>
       <c r="BL13" t="s">
+        <v>189</v>
+      </c>
+      <c r="BM13" t="s">
         <v>190</v>
       </c>
-      <c r="BM13" t="s">
+      <c r="BN13" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="BO13">
         <v>1</v>
       </c>
       <c r="BP13" t="s">
         <v>94</v>
       </c>
       <c r="BQ13" t="s">
         <v>70</v>
       </c>
       <c r="BR13">
         <v>6604</v>
       </c>
       <c r="BS13" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C14">
         <v>5250054337</v>
       </c>
       <c r="D14">
         <v>583998</v>
       </c>
       <c r="E14">
         <v>272.48</v>
       </c>
       <c r="F14" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G14" t="s">
         <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="I14">
         <v>79.99</v>
       </c>
       <c r="J14" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K14" t="s">
         <v>89</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>72</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
         <v>1485098750</v>
       </c>
       <c r="Q14" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="R14" t="s">
         <v>70</v>
       </c>
       <c r="S14" t="s">
         <v>70</v>
       </c>
       <c r="T14" t="s">
         <v>73</v>
       </c>
       <c r="U14">
         <v>5250054337</v>
       </c>
       <c r="V14">
         <v>583998</v>
       </c>
       <c r="W14" t="s">
         <v>70</v>
       </c>
       <c r="X14">
         <v>272.48</v>
       </c>
       <c r="Y14">
         <v>20.6</v>
       </c>
       <c r="Z14" t="s">
         <v>70</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>74</v>
       </c>
       <c r="AC14" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="AD14">
         <v>1485098750</v>
       </c>
       <c r="AE14" t="s">
+        <v>178</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>178</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH14" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="AK14" t="s">
         <v>69</v>
       </c>
       <c r="AL14" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="AM14" t="s">
         <v>77</v>
       </c>
       <c r="AN14" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="AO14">
         <v>79.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="AQ14" t="s">
         <v>94</v>
       </c>
       <c r="AR14" t="s">
         <v>95</v>
       </c>
       <c r="AS14">
         <v>283567613859</v>
       </c>
       <c r="AT14" t="s">
         <v>70</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>72</v>
       </c>
       <c r="BA14" t="s">
         <v>96</v>
       </c>
       <c r="BB14" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="BC14" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="BD14" t="s">
+        <v>194</v>
+      </c>
+      <c r="BE14" t="s">
         <v>195</v>
       </c>
-      <c r="BE14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BF14" t="s">
         <v>70</v>
       </c>
       <c r="BG14" t="s">
         <v>70</v>
       </c>
       <c r="BH14">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="BI14" t="s">
         <v>97</v>
       </c>
       <c r="BJ14" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="BK14" t="s">
         <v>80</v>
       </c>
       <c r="BL14" t="s">
+        <v>196</v>
+      </c>
+      <c r="BM14" t="s">
         <v>197</v>
       </c>
-      <c r="BM14" t="s">
+      <c r="BN14" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="BO14">
         <v>1</v>
       </c>
       <c r="BP14" t="s">
         <v>94</v>
       </c>
       <c r="BQ14" t="s">
         <v>70</v>
       </c>
       <c r="BR14">
         <v>5613</v>
       </c>
       <c r="BS14" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C15">
         <v>2930054315</v>
       </c>
       <c r="D15">
         <v>583421</v>
       </c>
       <c r="E15">
         <v>237.38</v>
       </c>
       <c r="F15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" t="s">
         <v>70</v>
       </c>
       <c r="K15" t="s">
         <v>89</v>
       </c>
       <c r="L15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="M15" t="s">
         <v>72</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
         <v>6205959539</v>
       </c>
       <c r="Q15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="R15" t="s">
         <v>70</v>
       </c>
       <c r="S15" t="s">
         <v>70</v>
       </c>
       <c r="T15" t="s">
         <v>73</v>
       </c>
       <c r="U15">
         <v>2930054315</v>
       </c>
       <c r="V15">
         <v>583421</v>
       </c>
       <c r="W15" t="s">
         <v>70</v>
       </c>
       <c r="X15">
         <v>237.38</v>
       </c>
       <c r="Y15">
         <v>20.6</v>
       </c>
       <c r="Z15" t="s">
         <v>70</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>74</v>
       </c>
       <c r="AC15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="AD15">
         <v>6205959539</v>
       </c>
       <c r="AE15" t="s">
+        <v>202</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>202</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH15" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="AK15" t="s">
         <v>69</v>
       </c>
       <c r="AL15" t="s">
         <v>70</v>
       </c>
       <c r="AM15"/>
       <c r="AN15"/>
       <c r="AO15">
         <v>0</v>
       </c>
       <c r="AP15" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
         <v>70</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="AY15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="AZ15" t="s">
         <v>72</v>
       </c>
       <c r="BA15" t="s">
         <v>96</v>
       </c>
       <c r="BB15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="BC15" t="s">
         <v>70</v>
       </c>
       <c r="BD15" t="s">
         <v>70</v>
       </c>
       <c r="BE15" t="s">
         <v>70</v>
       </c>
       <c r="BF15" t="s">
         <v>70</v>
       </c>
       <c r="BG15" t="s">
         <v>70</v>
       </c>
       <c r="BH15">
-        <v>301</v>
+        <v>347</v>
       </c>
       <c r="BI15" t="s">
         <v>79</v>
       </c>
       <c r="BJ15" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="BK15" t="s">
         <v>80</v>
       </c>
       <c r="BL15" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="BM15" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="BN15" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15" t="s">
         <v>70</v>
       </c>
       <c r="BR15">
         <v>4890</v>
       </c>
       <c r="BS15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C16">
         <v>8760053094</v>
       </c>
       <c r="D16">
         <v>582969</v>
       </c>
       <c r="E16">
         <v>272.48</v>
       </c>
       <c r="F16" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="I16">
         <v>79.99</v>
       </c>
       <c r="J16" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="K16" t="s">
         <v>89</v>
       </c>
       <c r="L16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="M16" t="s">
         <v>72</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16">
         <v>152636615</v>
       </c>
       <c r="Q16" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="R16" t="s">
         <v>70</v>
       </c>
       <c r="S16" t="s">
         <v>70</v>
       </c>
       <c r="T16" t="s">
         <v>73</v>
       </c>
       <c r="U16">
         <v>8760053094</v>
       </c>
       <c r="V16">
         <v>582969</v>
       </c>
       <c r="W16" t="s">
         <v>70</v>
       </c>
       <c r="X16">
         <v>272.48</v>
       </c>
       <c r="Y16">
         <v>20.6</v>
       </c>
       <c r="Z16" t="s">
         <v>70</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>74</v>
       </c>
       <c r="AC16" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="AD16">
         <v>152636615</v>
       </c>
       <c r="AE16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AF16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AG16" t="s">
         <v>70</v>
       </c>
       <c r="AH16" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="AK16" t="s">
         <v>69</v>
       </c>
       <c r="AL16" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="AM16" t="s">
         <v>77</v>
       </c>
       <c r="AN16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="AO16">
         <v>79.99</v>
       </c>
       <c r="AP16" t="s">
         <v>93</v>
       </c>
       <c r="AQ16" t="s">
         <v>94</v>
       </c>
       <c r="AR16" t="s">
         <v>95</v>
       </c>
       <c r="AS16">
         <v>282885268947</v>
       </c>
       <c r="AT16" t="s">
         <v>70</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="AY16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AZ16" t="s">
         <v>72</v>
       </c>
       <c r="BA16" t="s">
         <v>96</v>
       </c>
       <c r="BB16" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="BC16" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="BD16" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="BE16" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="BF16" t="s">
         <v>70</v>
       </c>
       <c r="BG16" t="s">
         <v>70</v>
       </c>
       <c r="BH16">
-        <v>307</v>
+        <v>353</v>
       </c>
       <c r="BI16" t="s">
         <v>97</v>
       </c>
       <c r="BJ16" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="BK16" t="s">
         <v>80</v>
       </c>
       <c r="BL16" t="s">
+        <v>219</v>
+      </c>
+      <c r="BM16" t="s">
+        <v>220</v>
+      </c>
+      <c r="BN16" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="BO16">
         <v>31</v>
       </c>
       <c r="BP16" t="s">
         <v>94</v>
       </c>
       <c r="BQ16" t="s">
         <v>70</v>
       </c>
       <c r="BR16">
         <v>5613</v>
       </c>
       <c r="BS16" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C17">
         <v>5870052449</v>
       </c>
       <c r="D17">
         <v>582944</v>
       </c>
       <c r="E17">
         <v>358.25</v>
       </c>
       <c r="F17" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G17" t="s">
         <v>69</v>
       </c>
       <c r="H17" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="I17">
         <v>120.99</v>
       </c>
       <c r="J17" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="K17" t="s">
         <v>89</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>72</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
         <v>4631934855</v>
       </c>
       <c r="Q17" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="R17" t="s">
         <v>70</v>
       </c>
       <c r="S17" t="s">
         <v>70</v>
       </c>
       <c r="T17" t="s">
         <v>73</v>
       </c>
       <c r="U17">
         <v>5870052449</v>
       </c>
       <c r="V17">
         <v>582944</v>
       </c>
       <c r="W17" t="s">
         <v>70</v>
       </c>
       <c r="X17">
         <v>358.25</v>
       </c>
       <c r="Y17">
         <v>20.6</v>
       </c>
       <c r="Z17" t="s">
         <v>70</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>74</v>
       </c>
       <c r="AC17" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="AD17">
         <v>4631934855</v>
       </c>
       <c r="AE17">
         <v>9626289500</v>
       </c>
       <c r="AF17">
         <v>9626289500</v>
       </c>
       <c r="AG17" t="s">
         <v>70</v>
       </c>
       <c r="AH17" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="AK17" t="s">
         <v>69</v>
       </c>
       <c r="AL17" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="AM17" t="s">
         <v>77</v>
       </c>
       <c r="AN17" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="AO17">
         <v>120.99</v>
       </c>
       <c r="AP17" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="AQ17" t="s">
         <v>94</v>
       </c>
       <c r="AR17" t="s">
         <v>95</v>
       </c>
       <c r="AS17">
         <v>282866814801</v>
       </c>
       <c r="AT17" t="s">
         <v>70</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17">
         <v>0</v>
       </c>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17" t="s">
         <v>72</v>
       </c>
       <c r="BA17" t="s">
         <v>96</v>
       </c>
       <c r="BB17" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="BC17" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="BD17" t="s">
         <v>70</v>
       </c>
       <c r="BE17" t="s">
         <v>70</v>
       </c>
       <c r="BF17" t="s">
         <v>70</v>
       </c>
       <c r="BG17" t="s">
         <v>70</v>
       </c>
       <c r="BH17">
-        <v>307</v>
+        <v>353</v>
       </c>
       <c r="BI17" t="s">
         <v>97</v>
       </c>
       <c r="BJ17" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="BK17" t="s">
         <v>80</v>
       </c>
       <c r="BL17" t="s">
         <v>99</v>
       </c>
       <c r="BM17" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="BN17" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="BO17">
         <v>4</v>
       </c>
       <c r="BP17" t="s">
         <v>94</v>
       </c>
       <c r="BQ17" t="s">
         <v>70</v>
       </c>
       <c r="BR17">
         <v>7380</v>
       </c>
       <c r="BS17" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C18">
         <v>2710052011</v>
       </c>
       <c r="D18">
         <v>582883</v>
       </c>
       <c r="E18">
         <v>213.64</v>
       </c>
       <c r="F18" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G18" t="s">
         <v>69</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>70</v>
       </c>
       <c r="K18" t="s">
         <v>71</v>
       </c>
       <c r="L18" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="M18" t="s">
         <v>72</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18">
         <v>6205959539</v>
       </c>
       <c r="Q18" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="R18" t="s">
         <v>70</v>
       </c>
       <c r="S18" t="s">
         <v>70</v>
       </c>
       <c r="T18" t="s">
         <v>73</v>
       </c>
       <c r="U18">
         <v>2710052011</v>
       </c>
       <c r="V18">
         <v>582883</v>
       </c>
       <c r="W18" t="s">
         <v>70</v>
       </c>
       <c r="X18">
         <v>213.64</v>
       </c>
       <c r="Y18">
         <v>20.6</v>
       </c>
       <c r="Z18" t="s">
         <v>70</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>74</v>
       </c>
       <c r="AC18" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="AD18">
         <v>6205959539</v>
       </c>
       <c r="AE18" t="s">
+        <v>202</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>202</v>
+      </c>
+      <c r="AG18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH18" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="AK18" t="s">
         <v>69</v>
       </c>
       <c r="AL18" t="s">
         <v>70</v>
       </c>
       <c r="AM18" t="s">
         <v>77</v>
       </c>
       <c r="AN18"/>
       <c r="AO18">
         <v>0</v>
       </c>
       <c r="AP18" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
         <v>70</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18">
         <v>0</v>
       </c>
       <c r="AX18" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="AY18" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="AZ18" t="s">
         <v>72</v>
       </c>
       <c r="BA18" t="s">
         <v>96</v>
       </c>
       <c r="BB18" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="BC18" t="s">
         <v>70</v>
       </c>
       <c r="BD18" t="s">
         <v>70</v>
       </c>
       <c r="BE18" t="s">
         <v>70</v>
       </c>
       <c r="BF18" t="s">
         <v>70</v>
       </c>
       <c r="BG18" t="s">
         <v>70</v>
       </c>
       <c r="BH18">
-        <v>308</v>
+        <v>354</v>
       </c>
       <c r="BI18" t="s">
         <v>79</v>
       </c>
       <c r="BJ18" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="BK18" t="s">
         <v>80</v>
       </c>
       <c r="BL18" t="s">
+        <v>228</v>
+      </c>
+      <c r="BM18" t="s">
+        <v>229</v>
+      </c>
+      <c r="BN18" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="BO18">
         <v>5</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>70</v>
       </c>
       <c r="BR18">
         <v>4401</v>
       </c>
       <c r="BS18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C19">
         <v>4510052555</v>
       </c>
       <c r="D19">
         <v>582873</v>
       </c>
       <c r="E19">
         <v>213.64</v>
       </c>
       <c r="F19" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G19" t="s">
         <v>69</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19" t="s">
         <v>70</v>
       </c>
       <c r="K19" t="s">
         <v>71</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>72</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19">
         <v>6205959539</v>
       </c>
       <c r="Q19" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="R19" t="s">
         <v>70</v>
       </c>
       <c r="S19" t="s">
         <v>70</v>
       </c>
       <c r="T19" t="s">
         <v>73</v>
       </c>
       <c r="U19">
         <v>4510052555</v>
       </c>
       <c r="V19">
         <v>582873</v>
       </c>
       <c r="W19" t="s">
         <v>70</v>
       </c>
       <c r="X19">
         <v>213.64</v>
       </c>
       <c r="Y19">
         <v>20.6</v>
       </c>
       <c r="Z19" t="s">
         <v>70</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>74</v>
       </c>
       <c r="AC19" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="AD19">
         <v>6205959539</v>
       </c>
       <c r="AE19" t="s">
+        <v>202</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>202</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH19" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="AK19" t="s">
         <v>69</v>
       </c>
       <c r="AL19" t="s">
         <v>70</v>
       </c>
       <c r="AM19" t="s">
         <v>77</v>
       </c>
       <c r="AN19"/>
       <c r="AO19">
         <v>0</v>
       </c>
       <c r="AP19" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
         <v>70</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19">
         <v>0</v>
       </c>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19" t="s">
         <v>72</v>
       </c>
       <c r="BA19" t="s">
         <v>96</v>
       </c>
       <c r="BB19" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="BC19" t="s">
         <v>70</v>
       </c>
       <c r="BD19" t="s">
         <v>70</v>
       </c>
       <c r="BE19" t="s">
         <v>70</v>
       </c>
       <c r="BF19" t="s">
         <v>70</v>
       </c>
       <c r="BG19" t="s">
         <v>70</v>
       </c>
       <c r="BH19">
-        <v>308</v>
+        <v>354</v>
       </c>
       <c r="BI19" t="s">
         <v>79</v>
       </c>
       <c r="BJ19" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="BK19" t="s">
         <v>80</v>
       </c>
       <c r="BL19" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="BM19" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="BN19" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="BO19">
         <v>5</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19" t="s">
         <v>70</v>
       </c>
       <c r="BR19">
         <v>4401</v>
       </c>
       <c r="BS19" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C20">
         <v>4300052307</v>
       </c>
       <c r="D20">
         <v>582862</v>
       </c>
       <c r="E20">
         <v>225.63</v>
       </c>
       <c r="F20" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="G20" t="s">
         <v>69</v>
       </c>
       <c r="H20" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="I20">
         <v>57.6</v>
       </c>
       <c r="J20" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K20" t="s">
         <v>89</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>72</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20">
         <v>1157158953</v>
       </c>
       <c r="Q20" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="R20" t="s">
         <v>70</v>
       </c>
       <c r="S20" t="s">
         <v>70</v>
       </c>
       <c r="T20" t="s">
         <v>73</v>
       </c>
       <c r="U20">
         <v>4300052307</v>
       </c>
       <c r="V20">
         <v>582862</v>
       </c>
       <c r="W20" t="s">
         <v>70</v>
       </c>
       <c r="X20">
         <v>225.63</v>
       </c>
       <c r="Y20">
         <v>20.6</v>
       </c>
       <c r="Z20" t="s">
         <v>70</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>74</v>
       </c>
       <c r="AC20" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AD20">
         <v>1157158953</v>
       </c>
       <c r="AE20">
         <v>8717491200</v>
       </c>
       <c r="AF20">
         <v>8717491200</v>
       </c>
       <c r="AG20" t="s">
         <v>70</v>
       </c>
       <c r="AH20" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="AK20" t="s">
         <v>69</v>
       </c>
       <c r="AL20" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="AM20" t="s">
         <v>77</v>
       </c>
       <c r="AN20" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="AO20">
         <v>57.6</v>
       </c>
       <c r="AP20" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="AQ20" t="s">
         <v>94</v>
       </c>
       <c r="AR20" t="s">
         <v>95</v>
       </c>
       <c r="AS20">
         <v>282811666483</v>
       </c>
       <c r="AT20" t="s">
         <v>70</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20">
         <v>0</v>
       </c>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20" t="s">
         <v>72</v>
       </c>
       <c r="BA20" t="s">
         <v>96</v>
       </c>
       <c r="BB20" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="BC20" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="BD20" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="BE20" t="s">
         <v>70</v>
       </c>
       <c r="BF20" t="s">
         <v>70</v>
       </c>
       <c r="BG20" t="s">
         <v>70</v>
       </c>
       <c r="BH20">
-        <v>308</v>
+        <v>354</v>
       </c>
       <c r="BI20" t="s">
         <v>97</v>
       </c>
       <c r="BJ20" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="BK20" t="s">
         <v>80</v>
       </c>
       <c r="BL20" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="BM20" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="BN20" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="BO20">
         <v>6</v>
       </c>
       <c r="BP20" t="s">
         <v>94</v>
       </c>
       <c r="BQ20" t="s">
         <v>70</v>
       </c>
       <c r="BR20">
         <v>4648</v>
       </c>
       <c r="BS20" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C21">
         <v>3980051264</v>
       </c>
       <c r="D21">
         <v>581965</v>
       </c>
       <c r="E21">
         <v>345.68</v>
       </c>
       <c r="F21" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G21" t="s">
         <v>69</v>
       </c>
       <c r="H21" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="I21">
         <v>114.99</v>
       </c>
       <c r="J21" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K21" t="s">
         <v>89</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>72</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21">
         <v>5481978789</v>
       </c>
       <c r="Q21" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="R21" t="s">
         <v>70</v>
       </c>
       <c r="S21" t="s">
         <v>70</v>
       </c>
       <c r="T21" t="s">
         <v>73</v>
       </c>
       <c r="U21">
         <v>3980051264</v>
       </c>
       <c r="V21">
         <v>581965</v>
       </c>
       <c r="W21" t="s">
         <v>70</v>
       </c>
       <c r="X21">
         <v>345.68</v>
       </c>
       <c r="Y21">
         <v>20.6</v>
       </c>
       <c r="Z21" t="s">
         <v>70</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>74</v>
       </c>
       <c r="AC21" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="AD21">
         <v>5481978789</v>
       </c>
       <c r="AE21" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="AF21" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="AG21" t="s">
         <v>70</v>
       </c>
       <c r="AH21" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="AK21" t="s">
         <v>69</v>
       </c>
       <c r="AL21" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="AM21" t="s">
         <v>77</v>
       </c>
       <c r="AN21" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="AO21">
         <v>114.99</v>
       </c>
       <c r="AP21" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="AQ21" t="s">
         <v>94</v>
       </c>
       <c r="AR21" t="s">
         <v>95</v>
       </c>
       <c r="AS21">
         <v>282441102686</v>
       </c>
       <c r="AT21" t="s">
         <v>70</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21">
         <v>0</v>
       </c>
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21" t="s">
         <v>72</v>
       </c>
       <c r="BA21" t="s">
         <v>96</v>
       </c>
       <c r="BB21" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="BC21" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="BD21" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="BE21" t="s">
         <v>70</v>
       </c>
       <c r="BF21" t="s">
         <v>70</v>
       </c>
       <c r="BG21" t="s">
         <v>70</v>
       </c>
       <c r="BH21">
-        <v>314</v>
+        <v>360</v>
       </c>
       <c r="BI21" t="s">
         <v>97</v>
       </c>
       <c r="BJ21" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="BK21" t="s">
         <v>80</v>
       </c>
       <c r="BL21" t="s">
+        <v>253</v>
+      </c>
+      <c r="BM21" t="s">
+        <v>254</v>
+      </c>
+      <c r="BN21" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="BO21">
         <v>5</v>
       </c>
       <c r="BP21" t="s">
         <v>94</v>
       </c>
       <c r="BQ21" t="s">
         <v>70</v>
       </c>
       <c r="BR21">
         <v>7121</v>
       </c>
       <c r="BS21" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C22">
         <v>6130046428</v>
       </c>
       <c r="D22">
         <v>579182</v>
       </c>
       <c r="E22">
         <v>274.44</v>
       </c>
       <c r="F22" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="G22" t="s">
         <v>69</v>
       </c>
       <c r="H22" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="I22">
         <v>79.99</v>
       </c>
       <c r="J22" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="K22" t="s">
         <v>89</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>72</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22">
         <v>7333480692</v>
       </c>
       <c r="Q22" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="R22" t="s">
         <v>70</v>
       </c>
       <c r="S22" t="s">
         <v>70</v>
       </c>
       <c r="T22" t="s">
         <v>73</v>
       </c>
       <c r="U22">
         <v>6130046428</v>
       </c>
       <c r="V22">
         <v>579182</v>
       </c>
       <c r="W22" t="s">
         <v>70</v>
       </c>
       <c r="X22">
         <v>274.44</v>
       </c>
       <c r="Y22">
         <v>19.8</v>
       </c>
       <c r="Z22" t="s">
         <v>70</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>74</v>
       </c>
       <c r="AC22" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="AD22">
         <v>7333480692</v>
       </c>
       <c r="AE22" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="AF22" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="AG22" t="s">
         <v>70</v>
       </c>
       <c r="AH22" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="AK22" t="s">
         <v>69</v>
       </c>
       <c r="AL22" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="AM22" t="s">
         <v>77</v>
       </c>
       <c r="AN22" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="AO22">
         <v>79.99</v>
       </c>
       <c r="AP22" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="AQ22" t="s">
         <v>94</v>
       </c>
       <c r="AR22" t="s">
         <v>95</v>
       </c>
       <c r="AS22">
         <v>280866918299</v>
       </c>
       <c r="AT22" t="s">
         <v>70</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22">
         <v>0</v>
       </c>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22" t="s">
         <v>72</v>
       </c>
       <c r="BA22" t="s">
         <v>96</v>
       </c>
       <c r="BB22" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="BC22" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="BD22" t="s">
         <v>70</v>
       </c>
       <c r="BE22" t="s">
         <v>70</v>
       </c>
       <c r="BF22" t="s">
         <v>70</v>
       </c>
       <c r="BG22" t="s">
         <v>70</v>
       </c>
       <c r="BH22">
-        <v>355</v>
+        <v>401</v>
       </c>
       <c r="BI22" t="s">
         <v>97</v>
       </c>
       <c r="BJ22" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="BK22" t="s">
         <v>80</v>
       </c>
       <c r="BL22" t="s">
+        <v>264</v>
+      </c>
+      <c r="BM22" t="s">
+        <v>265</v>
+      </c>
+      <c r="BN22" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="BO22">
         <v>9</v>
       </c>
       <c r="BP22" t="s">
         <v>94</v>
       </c>
       <c r="BQ22" t="s">
         <v>70</v>
       </c>
       <c r="BR22">
         <v>5434</v>
       </c>
       <c r="BS22" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C23">
         <v>5230040670</v>
       </c>
       <c r="D23">
         <v>577923</v>
       </c>
       <c r="E23">
         <v>403.79</v>
       </c>
       <c r="F23" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="G23" t="s">
         <v>69</v>
       </c>
       <c r="H23" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="I23">
         <v>136</v>
       </c>
       <c r="J23" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="K23" t="s">
         <v>89</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>72</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="Q23" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="R23" t="s">
         <v>70</v>
       </c>
       <c r="S23" t="s">
         <v>70</v>
       </c>
       <c r="T23" t="s">
         <v>73</v>
       </c>
       <c r="U23">
         <v>5230040670</v>
       </c>
       <c r="V23">
         <v>577923</v>
       </c>
       <c r="W23" t="s">
         <v>70</v>
       </c>
       <c r="X23">
         <v>403.79</v>
       </c>
       <c r="Y23">
         <v>19.8</v>
       </c>
       <c r="Z23" t="s">
         <v>70</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>74</v>
       </c>
       <c r="AC23" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="AD23" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="AE23">
         <v>9381352563</v>
       </c>
       <c r="AF23">
         <v>9381352563</v>
       </c>
       <c r="AG23" t="s">
         <v>70</v>
       </c>
       <c r="AH23" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="AK23" t="s">
         <v>69</v>
       </c>
       <c r="AL23" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="AM23" t="s">
         <v>77</v>
       </c>
       <c r="AN23" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="AO23">
         <v>136</v>
       </c>
       <c r="AP23" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="AQ23" t="s">
         <v>94</v>
       </c>
       <c r="AR23" t="s">
         <v>95</v>
       </c>
       <c r="AS23">
         <v>280076465635</v>
       </c>
       <c r="AT23" t="s">
         <v>70</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23">
         <v>0</v>
       </c>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23" t="s">
         <v>72</v>
       </c>
       <c r="BA23" t="s">
         <v>96</v>
       </c>
       <c r="BB23" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="BC23" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="BD23" t="s">
         <v>70</v>
       </c>
       <c r="BE23" t="s">
         <v>70</v>
       </c>
       <c r="BF23" t="s">
         <v>70</v>
       </c>
       <c r="BG23" t="s">
         <v>70</v>
       </c>
       <c r="BH23">
-        <v>376</v>
+        <v>422</v>
       </c>
       <c r="BI23" t="s">
         <v>97</v>
       </c>
       <c r="BJ23" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="BK23" t="s">
         <v>80</v>
       </c>
       <c r="BL23" t="s">
         <v>109</v>
       </c>
       <c r="BM23" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="BN23" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="BO23">
         <v>9</v>
       </c>
       <c r="BP23" t="s">
         <v>94</v>
       </c>
       <c r="BQ23" t="s">
         <v>70</v>
       </c>
       <c r="BR23">
         <v>7995</v>
       </c>
       <c r="BS23" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C24" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D24">
         <v>576169</v>
       </c>
       <c r="E24">
         <v>279.83</v>
       </c>
       <c r="F24" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="G24" t="s">
         <v>69</v>
       </c>
       <c r="H24" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="I24">
         <v>79.99</v>
       </c>
       <c r="J24" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="K24" t="s">
         <v>89</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>72</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="Q24" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="R24" t="s">
         <v>70</v>
       </c>
       <c r="S24" t="s">
         <v>70</v>
       </c>
       <c r="T24" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="U24" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="V24">
         <v>576169</v>
       </c>
       <c r="W24" t="s">
         <v>70</v>
       </c>
       <c r="X24">
         <v>279.83</v>
       </c>
       <c r="Y24">
         <v>20</v>
       </c>
       <c r="Z24" t="s">
         <v>70</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>74</v>
       </c>
       <c r="AC24" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="AD24" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="AE24">
         <v>9384051701</v>
       </c>
       <c r="AF24">
         <v>9384051701</v>
       </c>
       <c r="AG24" t="s">
         <v>70</v>
       </c>
       <c r="AH24" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="AK24" t="s">
         <v>69</v>
       </c>
       <c r="AL24" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="AM24" t="s">
         <v>77</v>
       </c>
       <c r="AN24" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="AO24">
         <v>79.99</v>
       </c>
       <c r="AP24" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="AQ24" t="s">
         <v>94</v>
       </c>
       <c r="AR24" t="s">
         <v>95</v>
       </c>
       <c r="AS24">
         <v>278855713456</v>
       </c>
       <c r="AT24" t="s">
         <v>70</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24">
         <v>0</v>
       </c>
       <c r="AX24" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="AY24"/>
       <c r="AZ24" t="s">
         <v>72</v>
       </c>
       <c r="BA24" t="s">
         <v>96</v>
       </c>
       <c r="BB24" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="BC24" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="BD24" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="BE24" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="BF24" t="s">
         <v>70</v>
       </c>
       <c r="BG24" t="s">
         <v>70</v>
       </c>
       <c r="BH24">
-        <v>407</v>
+        <v>453</v>
       </c>
       <c r="BI24" t="s">
         <v>97</v>
       </c>
       <c r="BJ24" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="BK24" t="s">
         <v>80</v>
       </c>
       <c r="BL24" t="s">
+        <v>287</v>
+      </c>
+      <c r="BM24" t="s">
+        <v>288</v>
+      </c>
+      <c r="BN24" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
       <c r="BO24">
         <v>77</v>
       </c>
       <c r="BP24" t="s">
         <v>94</v>
       </c>
       <c r="BQ24" t="s">
         <v>70</v>
       </c>
       <c r="BR24">
         <v>5596.5</v>
       </c>
       <c r="BS24" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C25" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="D25">
         <v>575453</v>
       </c>
       <c r="E25">
         <v>285.98</v>
       </c>
       <c r="F25" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="G25" t="s">
         <v>69</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25" t="s">
         <v>70</v>
       </c>
       <c r="K25" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>72</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25">
         <v>5258597011</v>
       </c>
       <c r="Q25" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="R25" t="s">
         <v>70</v>
       </c>
       <c r="S25" t="s">
         <v>70</v>
       </c>
       <c r="T25" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="U25" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="V25">
         <v>575453</v>
       </c>
       <c r="W25" t="s">
         <v>70</v>
       </c>
       <c r="X25">
         <v>285.98</v>
       </c>
       <c r="Y25">
         <v>1</v>
       </c>
       <c r="Z25" t="s">
         <v>70</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>74</v>
       </c>
       <c r="AC25" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="AD25">
         <v>5258597011</v>
       </c>
       <c r="AE25" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="AF25" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="AG25" t="s">
         <v>70</v>
       </c>
       <c r="AH25" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="AK25" t="s">
         <v>69</v>
       </c>
       <c r="AL25" t="s">
         <v>70</v>
       </c>
       <c r="AM25"/>
       <c r="AN25"/>
       <c r="AO25">
         <v>0</v>
       </c>
       <c r="AP25" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25" t="s">
         <v>70</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
       <c r="AY25"/>
       <c r="AZ25" t="s">
         <v>72</v>
       </c>
       <c r="BA25"/>
       <c r="BB25" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="BC25" t="s">
         <v>70</v>
       </c>
       <c r="BD25" t="s">
         <v>70</v>
       </c>
       <c r="BE25" t="s">
         <v>70</v>
       </c>
       <c r="BF25" t="s">
         <v>70</v>
       </c>
       <c r="BG25" t="s">
         <v>70</v>
       </c>
       <c r="BH25">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="BI25" t="s">
         <v>79</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25" t="s">
         <v>80</v>
       </c>
       <c r="BL25" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="BM25" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="BN25" t="s">
         <v>70</v>
       </c>
       <c r="BO25">
         <v>1</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25" t="s">
         <v>70</v>
       </c>
       <c r="BR25">
         <v>285.98</v>
       </c>
       <c r="BS25" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C26" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D26">
         <v>574118</v>
       </c>
       <c r="E26">
         <v>129.95</v>
       </c>
       <c r="F26" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="G26" t="s">
         <v>69</v>
       </c>
       <c r="H26" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="I26">
         <v>46.92</v>
       </c>
       <c r="J26" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="K26" t="s">
         <v>89</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>72</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="Q26" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="R26" t="s">
         <v>70</v>
       </c>
       <c r="S26" t="s">
         <v>70</v>
       </c>
       <c r="T26" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="U26" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="V26">
         <v>574118</v>
       </c>
       <c r="W26" t="s">
         <v>70</v>
       </c>
       <c r="X26">
         <v>129.95</v>
       </c>
       <c r="Y26">
         <v>20</v>
       </c>
       <c r="Z26" t="s">
         <v>70</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>74</v>
       </c>
       <c r="AC26" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="AD26" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="AE26">
         <v>4626325943</v>
       </c>
       <c r="AF26">
         <v>4626325943</v>
       </c>
       <c r="AG26" t="s">
         <v>70</v>
       </c>
       <c r="AH26" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="AK26" t="s">
         <v>69</v>
       </c>
       <c r="AL26" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="AM26" t="s">
         <v>77</v>
       </c>
       <c r="AN26" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="AO26">
         <v>46.92</v>
       </c>
       <c r="AP26" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="AQ26" t="s">
         <v>94</v>
       </c>
       <c r="AR26" t="s">
         <v>95</v>
       </c>
       <c r="AS26">
         <v>277555026706</v>
       </c>
       <c r="AT26" t="s">
         <v>70</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26">
         <v>0</v>
       </c>
       <c r="AX26"/>
       <c r="AY26"/>
       <c r="AZ26" t="s">
         <v>72</v>
       </c>
       <c r="BA26" t="s">
         <v>96</v>
       </c>
       <c r="BB26" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="BC26" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="BD26" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="BE26" t="s">
         <v>70</v>
       </c>
       <c r="BF26" t="s">
         <v>70</v>
       </c>
       <c r="BG26" t="s">
         <v>70</v>
       </c>
       <c r="BH26">
-        <v>440</v>
+        <v>486</v>
       </c>
       <c r="BI26" t="s">
         <v>97</v>
       </c>
       <c r="BJ26" t="s">
-        <v>313</v>
+        <v>98</v>
       </c>
       <c r="BK26" t="s">
         <v>80</v>
       </c>
       <c r="BL26" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="BM26" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="BN26" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="BO26">
         <v>10</v>
       </c>
       <c r="BP26" t="s">
         <v>94</v>
       </c>
       <c r="BQ26" t="s">
         <v>70</v>
       </c>
       <c r="BR26">
         <v>2599</v>
       </c>
       <c r="BS26" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C27" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D27">
         <v>574116</v>
       </c>
       <c r="E27">
         <v>5027.4</v>
       </c>
       <c r="F27" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="G27" t="s">
         <v>69</v>
       </c>
       <c r="H27" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="I27">
         <v>56.44</v>
       </c>
       <c r="J27" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="K27" t="s">
         <v>89</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>72</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="Q27" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="R27" t="s">
         <v>70</v>
       </c>
       <c r="S27" t="s">
         <v>70</v>
       </c>
       <c r="T27" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="U27" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="V27">
         <v>574116</v>
       </c>
       <c r="W27" t="s">
         <v>70</v>
       </c>
       <c r="X27">
         <v>5027.4</v>
       </c>
       <c r="Y27">
         <v>1</v>
       </c>
       <c r="Z27" t="s">
         <v>70</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>74</v>
       </c>
       <c r="AC27" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="AD27" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="AE27">
         <v>8787881443</v>
       </c>
       <c r="AF27">
         <v>8787881443</v>
       </c>
       <c r="AG27" t="s">
         <v>70</v>
       </c>
       <c r="AH27" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="AK27" t="s">
         <v>69</v>
       </c>
       <c r="AL27" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="AM27" t="s">
         <v>77</v>
       </c>
       <c r="AN27" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="AO27">
         <v>56.44</v>
       </c>
       <c r="AP27" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="AQ27" t="s">
         <v>94</v>
       </c>
       <c r="AR27" t="s">
         <v>95</v>
       </c>
       <c r="AS27">
         <v>277554983310</v>
       </c>
       <c r="AT27" t="s">
         <v>70</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27">
         <v>0</v>
       </c>
       <c r="AX27"/>
       <c r="AY27"/>
       <c r="AZ27" t="s">
         <v>72</v>
       </c>
       <c r="BA27" t="s">
         <v>96</v>
       </c>
       <c r="BB27" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="BC27" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="BD27" t="s">
         <v>70</v>
       </c>
       <c r="BE27" t="s">
         <v>70</v>
       </c>
       <c r="BF27" t="s">
         <v>70</v>
       </c>
       <c r="BG27" t="s">
         <v>70</v>
       </c>
       <c r="BH27">
-        <v>440</v>
+        <v>486</v>
       </c>
       <c r="BI27" t="s">
         <v>97</v>
       </c>
       <c r="BJ27" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="BK27" t="s">
         <v>80</v>
       </c>
       <c r="BL27" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="BM27" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="BN27" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="BO27">
         <v>10</v>
       </c>
       <c r="BP27" t="s">
         <v>94</v>
       </c>
       <c r="BQ27" t="s">
         <v>70</v>
       </c>
       <c r="BR27">
         <v>5027.4</v>
       </c>
       <c r="BS27" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C28" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D28">
         <v>572034</v>
       </c>
       <c r="E28">
         <v>252.32</v>
       </c>
       <c r="F28" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="G28" t="s">
         <v>69</v>
       </c>
       <c r="H28" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="I28">
         <v>59.4</v>
       </c>
       <c r="J28" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="K28" t="s">
         <v>89</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>72</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28">
         <v>21763705545</v>
       </c>
       <c r="Q28" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="R28" t="s">
         <v>70</v>
       </c>
       <c r="S28" t="s">
         <v>70</v>
       </c>
       <c r="T28" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="U28" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="V28">
         <v>572034</v>
       </c>
       <c r="W28" t="s">
         <v>70</v>
       </c>
       <c r="X28">
         <v>252.32</v>
       </c>
       <c r="Y28">
         <v>1</v>
       </c>
       <c r="Z28" t="s">
         <v>70</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>74</v>
       </c>
       <c r="AC28" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="AD28">
         <v>21763705545</v>
       </c>
       <c r="AE28" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="AF28" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="AG28" t="s">
         <v>70</v>
       </c>
       <c r="AH28" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="AK28" t="s">
         <v>69</v>
       </c>
       <c r="AL28" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="AM28" t="s">
         <v>77</v>
       </c>
       <c r="AN28" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="AO28">
         <v>59.4</v>
       </c>
       <c r="AP28" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="AQ28" t="s">
         <v>94</v>
       </c>
       <c r="AR28" t="s">
         <v>95</v>
       </c>
       <c r="AS28">
         <v>275746638391</v>
       </c>
       <c r="AT28" t="s">
         <v>70</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28">
         <v>0</v>
       </c>
       <c r="AX28"/>
       <c r="AY28"/>
       <c r="AZ28" t="s">
         <v>72</v>
       </c>
       <c r="BA28" t="s">
         <v>96</v>
       </c>
       <c r="BB28" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="BC28" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="BD28" t="s">
         <v>70</v>
       </c>
       <c r="BE28" t="s">
         <v>70</v>
       </c>
       <c r="BF28" t="s">
         <v>70</v>
       </c>
       <c r="BG28" t="s">
         <v>70</v>
       </c>
       <c r="BH28">
-        <v>486</v>
+        <v>532</v>
       </c>
       <c r="BI28" t="s">
         <v>97</v>
       </c>
       <c r="BJ28" t="s">
         <v>98</v>
       </c>
       <c r="BK28" t="s">
         <v>80</v>
       </c>
       <c r="BL28" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="BM28" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="BN28" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="BO28">
         <v>2</v>
       </c>
       <c r="BP28" t="s">
         <v>94</v>
       </c>
       <c r="BQ28" t="s">
         <v>70</v>
       </c>
       <c r="BR28">
         <v>252.32</v>
       </c>
       <c r="BS28" t="s">
         <v>112</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>