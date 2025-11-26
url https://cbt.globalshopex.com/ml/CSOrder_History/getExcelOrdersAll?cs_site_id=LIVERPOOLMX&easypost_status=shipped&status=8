--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1016,51 +1016,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>86</v>
       </c>
       <c r="BE2" t="s">
         <v>87</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>455</v>
+        <v>501</v>
       </c>
       <c r="BI2" t="s">
         <v>88</v>
       </c>
       <c r="BJ2" t="s">
         <v>73</v>
       </c>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>89</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>73</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">