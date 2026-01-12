--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -227,102 +227,96 @@
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>2024-07-12 05:31:11</t>
   </si>
   <si>
     <t>3070091305-A</t>
   </si>
   <si>
     <t>María Elena González</t>
   </si>
   <si>
     <t>MEXICO</t>
   </si>
   <si>
-    <t>/11138920</t>
-[...2 lines deleted...]
-    <t>2024-07-15 00:00:00</t>
+    <t>--</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>shipped</t>
   </si>
   <si>
-    <t>--</t>
-[...1 lines deleted...]
-  <si>
     <t>CLOSED</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>55-33249574</t>
   </si>
   <si>
     <t>Calle:Dolores,Numero:30,NumeroInt:30</t>
   </si>
   <si>
     <t>Cdmx</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPOQ8621</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>dhl</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2024-07-25 08:43:33</t>
   </si>
   <si>
     <t>2024-07-25 08:46:11</t>
   </si>
   <si>
-    <t>automatic</t>
+    <t>unknown</t>
   </si>
   <si>
     <t>2024-07-15 23:11:27</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -873,217 +867,213 @@
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
         <v>573483</v>
       </c>
       <c r="E2">
         <v>245.7</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2">
-        <v>50.49</v>
+        <v>0</v>
       </c>
       <c r="J2" t="s">
+        <v>71</v>
+      </c>
+      <c r="K2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2">
         <v>10458932081</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
         <v>573483</v>
       </c>
       <c r="W2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="X2">
         <v>245.7</v>
       </c>
       <c r="Y2">
         <v>1</v>
       </c>
       <c r="Z2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
         <v>10458932081</v>
       </c>
       <c r="AE2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AF2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AG2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN2"/>
+      <c r="AO2">
+        <v>0</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ2" t="s">
         <v>72</v>
       </c>
-      <c r="AM2" t="s">
+      <c r="AR2" t="s">
         <v>81</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
       <c r="AS2">
         <v>277113090111</v>
       </c>
       <c r="AT2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY2"/>
       <c r="AZ2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>84</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>85</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG2" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH2">
+        <v>548</v>
+      </c>
+      <c r="BI2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ2" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>73</v>
       </c>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="BN2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BQ2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="BR2">
         <v>245.7</v>
       </c>
       <c r="BS2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>