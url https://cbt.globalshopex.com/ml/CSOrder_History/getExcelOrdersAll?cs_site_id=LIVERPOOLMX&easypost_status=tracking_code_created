--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1169">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -1238,2163 +1238,2271 @@
   <si>
     <t>2025-04-02 00:00:00</t>
   </si>
   <si>
     <t>MMXQP046451355E</t>
   </si>
   <si>
     <t>2025-04-02 16:36:49</t>
   </si>
   <si>
     <t>2025-03-30 03:16:53</t>
   </si>
   <si>
     <t>/11301707</t>
   </si>
   <si>
     <t>2025-03-31 00:00:00</t>
   </si>
   <si>
     <t>MMXQP046440304E</t>
   </si>
   <si>
     <t>2025-03-31 01:03:19</t>
   </si>
   <si>
-    <t>2025-03-27 03:17:33</t>
-[...11 lines deleted...]
-    <t>2025-03-27 00:00:00</t>
+    <t>2025-03-24 08:33:11</t>
+  </si>
+  <si>
+    <t>Dora Angelica Peña</t>
+  </si>
+  <si>
+    <t>/11298747</t>
+  </si>
+  <si>
+    <t>2025-03-24 00:00:00</t>
   </si>
   <si>
     <t>easypost</t>
   </si>
   <si>
-    <t>477-6906425</t>
-[...25 lines deleted...]
-  <si>
     <t>Liverpool Parque Puebla</t>
   </si>
   <si>
     <t>Puebla</t>
   </si>
   <si>
     <t>/VSP1F2821</t>
   </si>
   <si>
     <t>2025-03-24 21:23:22</t>
   </si>
   <si>
-    <t>2025-03-23 12:47:02</t>
-[...11 lines deleted...]
-    <t>Calle:andres soler,Numero:24,</t>
+    <t>2025-03-23 11:24:04</t>
+  </si>
+  <si>
+    <t>beatrriz lopez</t>
+  </si>
+  <si>
+    <t>/11298564</t>
+  </si>
+  <si>
+    <t>MMXQP046456644E</t>
+  </si>
+  <si>
+    <t>288-8852935</t>
+  </si>
+  <si>
+    <t>Calle:Venustiano Carranza,Numero:203,</t>
+  </si>
+  <si>
+    <t>Tres Valles</t>
+  </si>
+  <si>
+    <t>/VSP1F3121</t>
+  </si>
+  <si>
+    <t>2025-03-24 14:26:28</t>
+  </si>
+  <si>
+    <t>2025-03-12 11:37:51</t>
+  </si>
+  <si>
+    <t>0270062515</t>
+  </si>
+  <si>
+    <t>Arturo Andres  Avendano</t>
+  </si>
+  <si>
+    <t>/11292914</t>
+  </si>
+  <si>
+    <t>2025-03-14 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, total different, )</t>
+  </si>
+  <si>
+    <t>MMXQP046302308E</t>
+  </si>
+  <si>
+    <t>564-1709334</t>
+  </si>
+  <si>
+    <t>Calle:Xochicalco,Numero:555,NumeroInt:301</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMENTARIO: "Orden no despachada por Merchant"							</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:10:25</t>
+  </si>
+  <si>
+    <t>2025-03-13 14:06:33</t>
+  </si>
+  <si>
+    <t>2025-03-03 07:16:45</t>
+  </si>
+  <si>
+    <t>0800061379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lupita Gonzalez </t>
+  </si>
+  <si>
+    <t>/11286420</t>
+  </si>
+  <si>
+    <t>2025-03-03 00:00:00</t>
+  </si>
+  <si>
+    <t>73-45897882</t>
+  </si>
+  <si>
+    <t>Calle:San jose de castellanos ,Numero:10,</t>
+  </si>
+  <si>
+    <t>Pinos</t>
+  </si>
+  <si>
+    <t>2025-03-03 19:22:27</t>
+  </si>
+  <si>
+    <t>2025-02-06 10:40:22</t>
+  </si>
+  <si>
+    <t>0740060459</t>
+  </si>
+  <si>
+    <t>Francisco javier Marquez</t>
+  </si>
+  <si>
+    <t>/11270572</t>
+  </si>
+  <si>
+    <t>2025-02-07 00:00:00</t>
+  </si>
+  <si>
+    <t>33-12633265</t>
+  </si>
+  <si>
+    <t>Calle:Arco de claudio,Numero:750,</t>
+  </si>
+  <si>
+    <t>Zapopan</t>
+  </si>
+  <si>
+    <t>/VSPOS5221</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:33:30</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:33:37</t>
+  </si>
+  <si>
+    <t>2025-02-07 17:31:08</t>
+  </si>
+  <si>
+    <t>2025-02-05 05:36:30</t>
+  </si>
+  <si>
+    <t>Alfredo Tlaxcala</t>
+  </si>
+  <si>
+    <t>/11269201</t>
+  </si>
+  <si>
+    <t>2025-02-05 00:00:00</t>
+  </si>
+  <si>
+    <t>/VSPVO2121</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:19:25</t>
+  </si>
+  <si>
+    <t>2025-02-05 19:21:50</t>
+  </si>
+  <si>
+    <t>2025-02-04 01:35:55</t>
+  </si>
+  <si>
+    <t>Oninza Quiroz</t>
+  </si>
+  <si>
+    <t>/11268117</t>
+  </si>
+  <si>
+    <t>2025-02-04 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Xalapa Plaza Américas</t>
+  </si>
+  <si>
+    <t>Ancla 1 Pastoressa, Xalapa</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:19:50</t>
+  </si>
+  <si>
+    <t>2025-02-04 04:40:21</t>
+  </si>
+  <si>
+    <t>2025-02-01 12:43:40</t>
+  </si>
+  <si>
+    <t>DIANA GUERRERO GARCIA</t>
+  </si>
+  <si>
+    <t>/11265677</t>
+  </si>
+  <si>
+    <t>2025-02-01 00:00:00</t>
+  </si>
+  <si>
+    <t>0065130125</t>
+  </si>
+  <si>
+    <t>0053 LIV Liverpool Plaza Patria Gdl. PATRIA S/N LOCAL L</t>
+  </si>
+  <si>
+    <t>ZAPOPAN</t>
+  </si>
+  <si>
+    <t>/VSPBH8321</t>
+  </si>
+  <si>
+    <t>2025-02-10 12:10:07</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:17:44</t>
+  </si>
+  <si>
+    <t>2025-02-01 01:45:13</t>
+  </si>
+  <si>
+    <t>2025-01-28 01:09:59</t>
+  </si>
+  <si>
+    <t>Maury  MONTERO</t>
+  </si>
+  <si>
+    <t>/11262928</t>
+  </si>
+  <si>
+    <t>2025-01-28 00:00:00</t>
+  </si>
+  <si>
+    <t>246-3605885</t>
+  </si>
+  <si>
+    <t>Calle:Maurilio Cortes,Numero:101,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Juan Rodriguez Clara </t>
+  </si>
+  <si>
+    <t>/VSPLD1321</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:11:07</t>
+  </si>
+  <si>
+    <t>2025-01-28 01:45:10</t>
+  </si>
+  <si>
+    <t>2025-01-27 11:02:05</t>
+  </si>
+  <si>
+    <t>Mayela Guadalupe Sesatty</t>
+  </si>
+  <si>
+    <t>/11262837</t>
+  </si>
+  <si>
+    <t>Liverpool Galerías Saltillo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Col. De Pena </t>
+  </si>
+  <si>
+    <t>/VSPLP0419</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:16:46</t>
+  </si>
+  <si>
+    <t>2025-01-27 23:45:10</t>
+  </si>
+  <si>
+    <t>2025-01-25 12:37:13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laura  Gómez </t>
+  </si>
+  <si>
+    <t>/11260912</t>
+  </si>
+  <si>
+    <t>2025-01-25 00:00:00</t>
+  </si>
+  <si>
+    <t>55-27171522</t>
+  </si>
+  <si>
+    <t>Calle:Av. De Las Pitahayas,Numero:36,NumeroInt:67</t>
+  </si>
+  <si>
+    <t>Queretaro</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:13:37</t>
+  </si>
+  <si>
+    <t>2025-01-25 12:45:09</t>
+  </si>
+  <si>
+    <t>2025-01-25 01:54:57</t>
+  </si>
+  <si>
+    <t>0470058842</t>
+  </si>
+  <si>
+    <t>Ana Sanchez</t>
+  </si>
+  <si>
+    <t>/11260742</t>
+  </si>
+  <si>
+    <t>81-10504190</t>
+  </si>
+  <si>
+    <t>Calle:Bosques del istmo,Numero:306,</t>
+  </si>
+  <si>
+    <t>/VSPOQ2B21/VSPOQ1D21</t>
+  </si>
+  <si>
+    <t>2025-02-17 15:48:28</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:35:14</t>
+  </si>
+  <si>
+    <t>2025-01-25 02:45:09</t>
+  </si>
+  <si>
+    <t>2025-01-24 10:58:45</t>
+  </si>
+  <si>
+    <t>Maria Guadalupe Espinosa</t>
+  </si>
+  <si>
+    <t>/11260618</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:15:12</t>
+  </si>
+  <si>
+    <t>2025-01-24 23:55:20</t>
+  </si>
+  <si>
+    <t>2025-01-23 07:16:06</t>
+  </si>
+  <si>
+    <t>José Ronaldo Lopez Cerda</t>
+  </si>
+  <si>
+    <t>/11259717</t>
+  </si>
+  <si>
+    <t>2025-01-23 00:00:00</t>
+  </si>
+  <si>
+    <t>0065046431</t>
+  </si>
+  <si>
+    <t>0113 LIV Liverpool Monterrey Cumbresnull HACIENDA DE PENUELAS 6769</t>
+  </si>
+  <si>
+    <t>/VSP640118</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:12:15</t>
+  </si>
+  <si>
+    <t>2025-01-23 20:07:56</t>
+  </si>
+  <si>
+    <t>2025-01-22 07:52:01</t>
+  </si>
+  <si>
+    <t>Francisco Rolando Martínez</t>
+  </si>
+  <si>
+    <t>/11259153</t>
+  </si>
+  <si>
+    <t>2025-01-22 00:00:00</t>
+  </si>
+  <si>
+    <t>81-12975452</t>
+  </si>
+  <si>
+    <t>Calle:Atenco,Numero:341,</t>
+  </si>
+  <si>
+    <t>Guadalupe</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:19:05</t>
+  </si>
+  <si>
+    <t>2025-01-22 21:34:02</t>
+  </si>
+  <si>
+    <t>2025-01-19 05:18:08</t>
+  </si>
+  <si>
+    <t>Ari Renato RB</t>
+  </si>
+  <si>
+    <t>/11257686</t>
+  </si>
+  <si>
+    <t>2025-01-20 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Andares</t>
+  </si>
+  <si>
+    <t>Fracc. Plaza Andares</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:20:02</t>
+  </si>
+  <si>
+    <t>2025-01-20 13:50:03</t>
+  </si>
+  <si>
+    <t>2025-01-19 01:30:33</t>
+  </si>
+  <si>
+    <t>Jose Avel Robles Ramirez</t>
+  </si>
+  <si>
+    <t>/11256816</t>
+  </si>
+  <si>
+    <t>2025-01-19 00:00:00</t>
+  </si>
+  <si>
+    <t>0056170742</t>
+  </si>
+  <si>
+    <t>/VSPLD1621</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:14:16</t>
+  </si>
+  <si>
+    <t>2025-01-19 03:10:12</t>
+  </si>
+  <si>
+    <t>2025-01-18 12:10:36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yareli Cercas </t>
+  </si>
+  <si>
+    <t>/11256186</t>
+  </si>
+  <si>
+    <t>2025-01-18 00:00:00</t>
+  </si>
+  <si>
+    <t>775-2053422</t>
+  </si>
+  <si>
+    <t>Calle:Francisco Montes de Oca,Numero:500 ,</t>
+  </si>
+  <si>
+    <t>Tulancingo</t>
+  </si>
+  <si>
+    <t>/VSPOY7721</t>
+  </si>
+  <si>
+    <t>2025-02-10 12:19:36</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:18:24</t>
+  </si>
+  <si>
+    <t>2025-01-18 04:56:12</t>
+  </si>
+  <si>
+    <t>2025-01-17 02:01:46</t>
+  </si>
+  <si>
+    <t>Karla veronica Tenorio</t>
+  </si>
+  <si>
+    <t>/11255499</t>
+  </si>
+  <si>
+    <t>2025-01-17 00:00:00</t>
+  </si>
+  <si>
+    <t>Calle:9 norte ,Numero:1411,</t>
+  </si>
+  <si>
+    <t>2025-01-29 17:23:11</t>
+  </si>
+  <si>
+    <t>2025-01-17 04:19:21</t>
+  </si>
+  <si>
+    <t>2025-01-16 06:40:11</t>
+  </si>
+  <si>
+    <t>manuel andrew espinoza</t>
+  </si>
+  <si>
+    <t>/11254972</t>
+  </si>
+  <si>
+    <t>2025-01-16 00:00:00</t>
+  </si>
+  <si>
+    <t>81-87080422</t>
+  </si>
+  <si>
+    <t>Calle:Rancho san valentin,Numero:2820,</t>
+  </si>
+  <si>
+    <t>Juarez</t>
+  </si>
+  <si>
+    <t>2025-01-29 17:25:02</t>
+  </si>
+  <si>
+    <t>2025-01-16 14:31:16</t>
+  </si>
+  <si>
+    <t>2025-01-13 03:45:08</t>
+  </si>
+  <si>
+    <t>Isela Rodriguez</t>
+  </si>
+  <si>
+    <t>/11252619</t>
+  </si>
+  <si>
+    <t>2025-01-13 00:00:00</t>
+  </si>
+  <si>
+    <t>449-1438687</t>
+  </si>
+  <si>
+    <t>Calle:Sendero de los jarrones,Numero:415,</t>
+  </si>
+  <si>
+    <t>Aguascalientes</t>
+  </si>
+  <si>
+    <t>/VSPOQ2T21</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:37:56</t>
+  </si>
+  <si>
+    <t>2025-01-13 04:05:33</t>
+  </si>
+  <si>
+    <t>2025-01-12 12:56:40</t>
+  </si>
+  <si>
+    <t>Juan Ricardo Galicia</t>
+  </si>
+  <si>
+    <t>/11251677</t>
+  </si>
+  <si>
+    <t>2025-01-12 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Parque Delta</t>
+  </si>
+  <si>
+    <t>Narvarte Poniente</t>
+  </si>
+  <si>
+    <t>/VSPOY7021</t>
+  </si>
+  <si>
+    <t>2025-01-15 11:42:35</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:38:04</t>
+  </si>
+  <si>
+    <t>2025-01-12 01:05:31</t>
+  </si>
+  <si>
+    <t>2025-01-11 06:13:24</t>
+  </si>
+  <si>
+    <t>MARIA DEL ROCIO GUTIERREZ GUZMAN MARIA DEL ROCIO GUTIERREZ GUZMAN</t>
+  </si>
+  <si>
+    <t>/11251416</t>
+  </si>
+  <si>
+    <t>2025-01-11 00:00:00</t>
+  </si>
+  <si>
+    <t>0059033127</t>
+  </si>
+  <si>
+    <t>0882 LIV Liverpool Express Manzanillo BOULEVARD COSTERA MIGUEL DE LA MADRID 3275</t>
+  </si>
+  <si>
+    <t>MANZANILLO</t>
+  </si>
+  <si>
+    <t>2025-01-16 11:43:52</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:37:48</t>
+  </si>
+  <si>
+    <t>2025-01-11 19:05:31</t>
+  </si>
+  <si>
+    <t>2025-01-10 01:28:35</t>
+  </si>
+  <si>
+    <t>Daniel Sanchez</t>
+  </si>
+  <si>
+    <t>/11250232</t>
+  </si>
+  <si>
+    <t>2025-01-10 00:00:00</t>
+  </si>
+  <si>
+    <t>441-1159478</t>
+  </si>
+  <si>
+    <t>Calle:Insurgentes,Numero:44,NumeroInt:Sn</t>
+  </si>
+  <si>
+    <t>Cadereyta</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:37:32</t>
+  </si>
+  <si>
+    <t>2025-01-10 02:05:30</t>
+  </si>
+  <si>
+    <t>2025-01-09 08:58:54</t>
+  </si>
+  <si>
+    <t>0010056789</t>
+  </si>
+  <si>
+    <t>Ivette López Villalobos</t>
+  </si>
+  <si>
+    <t>/11250081</t>
+  </si>
+  <si>
+    <t>2025-01-09 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Angelópolis</t>
+  </si>
+  <si>
+    <t>Concepción La Cruz</t>
+  </si>
+  <si>
+    <t>2025-01-16 12:02:42</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:37:40</t>
+  </si>
+  <si>
+    <t>2025-01-09 21:05:31</t>
+  </si>
+  <si>
+    <t>2025-01-08 12:36:11</t>
+  </si>
+  <si>
+    <t>Geovany David Tovillla</t>
+  </si>
+  <si>
+    <t>/11249153</t>
+  </si>
+  <si>
+    <t>2025-01-08 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Tuxtla</t>
+  </si>
+  <si>
+    <t>Jardines De Tuxtla</t>
+  </si>
+  <si>
+    <t>/VSPOS6121/VSPBH1C21</t>
+  </si>
+  <si>
+    <t>2025-01-10 11:39:37</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:38:32</t>
+  </si>
+  <si>
+    <t>2025-01-08 01:05:29</t>
+  </si>
+  <si>
+    <t>2025-01-08 02:46:29</t>
+  </si>
+  <si>
+    <t>/11249202</t>
+  </si>
+  <si>
+    <t>/VSPLP1421</t>
+  </si>
+  <si>
+    <t>2025-01-14 12:13:07</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:38:41</t>
+  </si>
+  <si>
+    <t>2025-01-08 03:05:29</t>
+  </si>
+  <si>
+    <t>2025-01-07 06:26:43</t>
+  </si>
+  <si>
+    <t>catalina pazos</t>
+  </si>
+  <si>
+    <t>/11249008</t>
+  </si>
+  <si>
+    <t>2025-01-07 00:00:00</t>
+  </si>
+  <si>
+    <t>55-76626523</t>
+  </si>
+  <si>
+    <t>Calle:GABRIEL MANCERA ,Numero:1660,NumeroInt:203</t>
   </si>
   <si>
     <t>mexico</t>
   </si>
   <si>
-    <t>2025-04-21 11:42:33</t>
-[...173 lines deleted...]
-    <t>2025-03-11 00:00:00</t>
+    <t>2025-01-24 08:38:15</t>
+  </si>
+  <si>
+    <t>2025-01-07 19:05:29</t>
+  </si>
+  <si>
+    <t>2025-01-02 02:42:30</t>
+  </si>
+  <si>
+    <t>Sarai lara Lara</t>
+  </si>
+  <si>
+    <t>/11246223</t>
+  </si>
+  <si>
+    <t>2025-01-02 00:00:00</t>
+  </si>
+  <si>
+    <t>229-1751915</t>
+  </si>
+  <si>
+    <t>Calle:Heorismo,Numero:236,</t>
+  </si>
+  <si>
+    <t>Veracruz</t>
+  </si>
+  <si>
+    <t>/VSPOQ8321</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:39:08</t>
+  </si>
+  <si>
+    <t>2025-01-02 12:35:32</t>
+  </si>
+  <si>
+    <t>2024-12-29 04:47:01</t>
+  </si>
+  <si>
+    <t>María Susana Arrevillaga</t>
+  </si>
+  <si>
+    <t>/11244379</t>
+  </si>
+  <si>
+    <t>2024-12-29 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Parque Las Antenas</t>
+  </si>
+  <si>
+    <t>Iztapalapa</t>
+  </si>
+  <si>
+    <t>2025-01-02 11:33:50</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:39:44</t>
+  </si>
+  <si>
+    <t>2024-12-29 17:02:01</t>
+  </si>
+  <si>
+    <t>2024-12-29 01:22:52</t>
+  </si>
+  <si>
+    <t>VIOLETA LARIOS VALENCIA</t>
+  </si>
+  <si>
+    <t>/11244105</t>
+  </si>
+  <si>
+    <t>0013548392</t>
+  </si>
+  <si>
+    <t>0084 LIV Liverpool Colimanull 3ER ANILLO PERIFERICO 301</t>
+  </si>
+  <si>
+    <t>COLIMA</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:39:24</t>
+  </si>
+  <si>
+    <t>2024-12-29 02:02:01</t>
+  </si>
+  <si>
+    <t>2024-12-28 07:19:27</t>
+  </si>
+  <si>
+    <t>CISLA ITURRALDE JUAREZ</t>
+  </si>
+  <si>
+    <t>/11243918</t>
+  </si>
+  <si>
+    <t>2024-12-28 00:00:00</t>
+  </si>
+  <si>
+    <t>0061312586</t>
+  </si>
+  <si>
+    <t>0082 LIV Liverpool Xalapa Plaza Americasnull CAR XALAPA VERACRUZ KM. 2 680</t>
+  </si>
+  <si>
+    <t>XALAPA</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:39:32</t>
+  </si>
+  <si>
+    <t>2024-12-28 20:02:00</t>
+  </si>
+  <si>
+    <t>2024-12-24 03:02:20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manuel  Gallegos </t>
+  </si>
+  <si>
+    <t>/11241692</t>
+  </si>
+  <si>
+    <t>2024-12-24 00:00:00</t>
+  </si>
+  <si>
+    <t>55-53040488</t>
+  </si>
+  <si>
+    <t>Calle:Vesubio,Numero:24,</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:40:34</t>
+  </si>
+  <si>
+    <t>2024-12-24 16:00:53</t>
+  </si>
+  <si>
+    <t>2024-12-23 06:12:50</t>
+  </si>
+  <si>
+    <t>/11241328</t>
+  </si>
+  <si>
+    <t>2024-12-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:41:16</t>
+  </si>
+  <si>
+    <t>2024-12-23 19:11:27</t>
+  </si>
+  <si>
+    <t>2024-12-22 09:36:21</t>
+  </si>
+  <si>
+    <t>NORMA PATRICIA MEDINA ORGANISTA NORMA PATRICIA MEDINA ORGANISTA</t>
+  </si>
+  <si>
+    <t>/11241149</t>
+  </si>
+  <si>
+    <t>0049250079</t>
+  </si>
+  <si>
+    <t>0303 LIV Liverpool Galerias Chilpancingo - Recoge en tu auto BLV. RENE JUAREZ CISNEROS 130</t>
+  </si>
+  <si>
+    <t>CHILPANCINGO DE LOS BRAVO</t>
+  </si>
+  <si>
+    <t>2024-12-26 11:40:05</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:41:36</t>
+  </si>
+  <si>
+    <t>2024-12-23 12:19:44</t>
+  </si>
+  <si>
+    <t>2024-12-22 08:26:27</t>
+  </si>
+  <si>
+    <t>mercedes rosique</t>
+  </si>
+  <si>
+    <t>/11240837</t>
+  </si>
+  <si>
+    <t>2024-12-22 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Galerías Mérida</t>
+  </si>
+  <si>
+    <t>Revolución Mérida</t>
+  </si>
+  <si>
+    <t>2024-12-31 10:29:12</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:41:07</t>
+  </si>
+  <si>
+    <t>2024-12-22 21:44:34</t>
+  </si>
+  <si>
+    <t>2024-12-20 07:35:29</t>
+  </si>
+  <si>
+    <t>Karina Enríquez</t>
+  </si>
+  <si>
+    <t>/11239653</t>
+  </si>
+  <si>
+    <t>2024-12-20 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Plaza Patria</t>
   </si>
   <si>
     <t>Sector Hidalgo</t>
   </si>
   <si>
-    <t>2025-04-16 16:49:38</t>
-[...203 lines deleted...]
-    <t>Calle:Av wasington,Numero:1674,</t>
+    <t>2025-01-24 08:41:46</t>
+  </si>
+  <si>
+    <t>2024-12-20 21:44:58</t>
+  </si>
+  <si>
+    <t>2024-12-17 02:01:50</t>
+  </si>
+  <si>
+    <t>Lizbeth Mateos</t>
+  </si>
+  <si>
+    <t>/11236794</t>
+  </si>
+  <si>
+    <t>2024-12-17 00:00:00</t>
+  </si>
+  <si>
+    <t>442-8274205</t>
+  </si>
+  <si>
+    <t>Calle:veracruz,Numero:19,</t>
+  </si>
+  <si>
+    <t>queretaro</t>
+  </si>
+  <si>
+    <t>/VSPOQ1F21</t>
+  </si>
+  <si>
+    <t>2024-12-19 11:39:20</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:42:02</t>
+  </si>
+  <si>
+    <t>2024-12-17 15:02:57</t>
+  </si>
+  <si>
+    <t>2024-12-16 10:48:45</t>
+  </si>
+  <si>
+    <t>MIRNA HERNANDEZ HERRERA</t>
+  </si>
+  <si>
+    <t>/11236436</t>
+  </si>
+  <si>
+    <t>0002209846</t>
+  </si>
+  <si>
+    <t>0028 LIV Liverpool Veracruz Mocambonull SU SANTIDAD JUAN PABLO 2DO 48</t>
+  </si>
+  <si>
+    <t>BOCA DEL RIO</t>
+  </si>
+  <si>
+    <t>/VSPLM2521</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:42:14</t>
+  </si>
+  <si>
+    <t>2024-12-17 02:22:11</t>
+  </si>
+  <si>
+    <t>2024-12-16 06:34:11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guadalupe  Negrete </t>
+  </si>
+  <si>
+    <t>/11235789</t>
+  </si>
+  <si>
+    <t>2024-12-16 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045986915E</t>
+  </si>
+  <si>
+    <t>462-6279669</t>
+  </si>
+  <si>
+    <t>Calle:Hermanos Flores Magon ,Numero:46,</t>
+  </si>
+  <si>
+    <t>Irapuato</t>
+  </si>
+  <si>
+    <t>/VSPCD1H21</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:43:08</t>
+  </si>
+  <si>
+    <t>2024-12-16 12:33:07</t>
+  </si>
+  <si>
+    <t>2024-12-16 02:42:28</t>
+  </si>
+  <si>
+    <t>Irma Guerrero</t>
+  </si>
+  <si>
+    <t>/11235597</t>
+  </si>
+  <si>
+    <t>MMXQP045983485E</t>
+  </si>
+  <si>
+    <t>55-57302786</t>
+  </si>
+  <si>
+    <t>Calle:Macorina,Numero:173,</t>
+  </si>
+  <si>
+    <t>Nezahualcoyltl</t>
+  </si>
+  <si>
+    <t>2024-12-18 14:42:41</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:42:33</t>
+  </si>
+  <si>
+    <t>2024-12-16 04:53:03</t>
+  </si>
+  <si>
+    <t>2024-12-15 04:46:03</t>
+  </si>
+  <si>
+    <t>Yuliana yuzmin Pina</t>
+  </si>
+  <si>
+    <t>/11235182</t>
+  </si>
+  <si>
+    <t>2024-12-15 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045984494E</t>
+  </si>
+  <si>
+    <t>Liverpool Galerías San Juan del Rio</t>
+  </si>
+  <si>
+    <t>Col. Centro San Juan del Río</t>
+  </si>
+  <si>
+    <t>/VSPLN2821</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:42:22</t>
+  </si>
+  <si>
+    <t>2024-12-15 20:20:05</t>
+  </si>
+  <si>
+    <t>2024-12-14 05:16:06</t>
+  </si>
+  <si>
+    <t>Maribel  Acevedo</t>
+  </si>
+  <si>
+    <t>/11234382</t>
+  </si>
+  <si>
+    <t>2024-12-14 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045956839E</t>
+  </si>
+  <si>
+    <t>314-1742944</t>
+  </si>
+  <si>
+    <t>Calle:Laurel,Numero:16,NumeroInt:B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manzanillo </t>
+  </si>
+  <si>
+    <t>2025-01-24 08:42:45</t>
+  </si>
+  <si>
+    <t>2024-12-14 22:37:56</t>
+  </si>
+  <si>
+    <t>2024-12-12 03:50:43</t>
+  </si>
+  <si>
+    <t>Mayra Castillo</t>
+  </si>
+  <si>
+    <t>/11231994</t>
+  </si>
+  <si>
+    <t>2024-12-12 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045970946E</t>
+  </si>
+  <si>
+    <t>83-33067379</t>
+  </si>
+  <si>
+    <t>Calle:Privada Gorqsol,Numero:104,</t>
+  </si>
+  <si>
+    <t>Madero</t>
+  </si>
+  <si>
+    <t>/VSPOY7621</t>
+  </si>
+  <si>
+    <t>2024-12-17 12:15:46</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:42:58</t>
+  </si>
+  <si>
+    <t>2024-12-12 17:25:44</t>
+  </si>
+  <si>
+    <t>2024-12-10 02:13:40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">osvaldo ibarra </t>
+  </si>
+  <si>
+    <t>/11229416</t>
+  </si>
+  <si>
+    <t>2024-12-10 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045942145E</t>
+  </si>
+  <si>
+    <t>33-31681633</t>
+  </si>
+  <si>
+    <t>Calle:Volcan Misti,Numero:4987,NumeroInt:11</t>
   </si>
   <si>
     <t>Guadalajara</t>
   </si>
   <si>
-    <t>/VSPOY8121</t>
-[...572 lines deleted...]
-    <t>Calle:Membrillos,Numero:124,NumeroInt:18</t>
+    <t>2024-12-12 11:44:45</t>
+  </si>
+  <si>
+    <t>2024-12-12 13:36:53</t>
+  </si>
+  <si>
+    <t>2024-12-10 05:46:16</t>
+  </si>
+  <si>
+    <t>2024-12-09 04:00:30</t>
+  </si>
+  <si>
+    <t>Meury lizbeth Coreno</t>
+  </si>
+  <si>
+    <t>/11228794</t>
+  </si>
+  <si>
+    <t>2024-12-09 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045923708E</t>
+  </si>
+  <si>
+    <t>Liverpool Coacalco</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coacalco de Berriozabal </t>
+  </si>
+  <si>
+    <t>/VSPOS5921</t>
+  </si>
+  <si>
+    <t>2024-12-16 11:46:44</t>
+  </si>
+  <si>
+    <t>2024-12-16 11:49:45</t>
+  </si>
+  <si>
+    <t>2024-12-09 19:25:33</t>
+  </si>
+  <si>
+    <t>2024-12-09 03:41:33</t>
+  </si>
+  <si>
+    <t>Jade Dennise Ramirez</t>
+  </si>
+  <si>
+    <t>/11228795</t>
+  </si>
+  <si>
+    <t>MMXQP045937361E</t>
+  </si>
+  <si>
+    <t>Liverpool Polanco</t>
+  </si>
+  <si>
+    <t>Chapultepec  Morales</t>
+  </si>
+  <si>
+    <t>2024-12-13 15:36:12</t>
+  </si>
+  <si>
+    <t>2024-12-13 15:37:15</t>
+  </si>
+  <si>
+    <t>2024-12-09 19:25:31</t>
+  </si>
+  <si>
+    <t>2024-12-09 02:56:03</t>
+  </si>
+  <si>
+    <t>Viviana del pilar Vargas</t>
+  </si>
+  <si>
+    <t>/11228796</t>
+  </si>
+  <si>
+    <t>MMXQP045948948E</t>
+  </si>
+  <si>
+    <t>55-41374363</t>
+  </si>
+  <si>
+    <t>Calle:San pedro norte,Numero:160,</t>
+  </si>
+  <si>
+    <t>2024-12-12 13:27:05</t>
+  </si>
+  <si>
+    <t>2024-12-12 13:30:49</t>
+  </si>
+  <si>
+    <t>2024-12-09 19:24:59</t>
+  </si>
+  <si>
+    <t>2024-12-08 01:18:01</t>
+  </si>
+  <si>
+    <t>Alba Coeto</t>
+  </si>
+  <si>
+    <t>/11227427</t>
+  </si>
+  <si>
+    <t>2024-12-08 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045914839E</t>
+  </si>
+  <si>
+    <t>222-5038801</t>
+  </si>
+  <si>
+    <t>Calle:10 PONIENTE,Numero:4705,</t>
+  </si>
+  <si>
+    <t>/VSPQ15021</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:26:43</t>
+  </si>
+  <si>
+    <t>2025-01-24 08:26:51</t>
+  </si>
+  <si>
+    <t>2024-12-08 03:55:31</t>
+  </si>
+  <si>
+    <t>2024-12-06 06:47:50</t>
+  </si>
+  <si>
+    <t>RUTH VERONICA ESCOBAR</t>
+  </si>
+  <si>
+    <t>/11226218</t>
+  </si>
+  <si>
+    <t>2024-12-06 00:00:00</t>
+  </si>
+  <si>
+    <t>MMXQP045938818E</t>
+  </si>
+  <si>
+    <t>Liverpool Tapachula</t>
+  </si>
+  <si>
+    <t>Cantarranas</t>
+  </si>
+  <si>
+    <t>2024-12-13 15:30:12</t>
+  </si>
+  <si>
+    <t>2024-12-13 15:30:57</t>
+  </si>
+  <si>
+    <t>2024-12-06 20:15:48</t>
+  </si>
+  <si>
+    <t>2024-12-06 06:10:44</t>
+  </si>
+  <si>
+    <t>Sindi Selene Dominguez</t>
+  </si>
+  <si>
+    <t>/11226170</t>
+  </si>
+  <si>
+    <t>MMXQP045926151E</t>
+  </si>
+  <si>
+    <t>Liverpool Chetumal</t>
+  </si>
+  <si>
+    <t>Emancipación De México</t>
+  </si>
+  <si>
+    <t>2024-12-12 13:31:32</t>
+  </si>
+  <si>
+    <t>2024-12-12 13:32:37</t>
+  </si>
+  <si>
+    <t>2024-12-06 18:58:38</t>
+  </si>
+  <si>
+    <t>2024-12-06 04:56:23</t>
+  </si>
+  <si>
+    <t>JESSICA JUAREZ</t>
+  </si>
+  <si>
+    <t>/11226171</t>
+  </si>
+  <si>
+    <t>MMXQP045933033E</t>
+  </si>
+  <si>
+    <t>55-12991306</t>
+  </si>
+  <si>
+    <t>Calle:PERIFERICO SUR,Numero:5270,NumeroInt:D PB2</t>
+  </si>
+  <si>
+    <t>/VSPOY9921</t>
+  </si>
+  <si>
+    <t>2024-12-16 11:59:59</t>
+  </si>
+  <si>
+    <t>2024-12-16 12:01:44</t>
+  </si>
+  <si>
+    <t>2024-12-06 18:58:25</t>
+  </si>
+  <si>
+    <t>2024-12-06 03:19:38</t>
+  </si>
+  <si>
+    <t>Laura Isela Grana</t>
+  </si>
+  <si>
+    <t>/11226004</t>
+  </si>
+  <si>
+    <t>MMXQP045941882E</t>
+  </si>
+  <si>
+    <t>Liverpool Torreón</t>
+  </si>
+  <si>
+    <t>Residencial El Fresno</t>
+  </si>
+  <si>
+    <t>2024-12-13 15:28:46</t>
+  </si>
+  <si>
+    <t>2024-12-13 15:29:07</t>
+  </si>
+  <si>
+    <t>2024-12-06 15:52:32</t>
+  </si>
+  <si>
+    <t>2024-12-06 02:09:05</t>
+  </si>
+  <si>
+    <t>Antonio Rincon</t>
+  </si>
+  <si>
+    <t>/11225954</t>
+  </si>
+  <si>
+    <t>MMXQP045926806E</t>
+  </si>
+  <si>
+    <t>442-8656614</t>
+  </si>
+  <si>
+    <t>Calle:Peña Liza,Numero:113,</t>
+  </si>
+  <si>
+    <t>2024-12-16 11:55:34</t>
+  </si>
+  <si>
+    <t>2024-12-16 11:57:06</t>
+  </si>
+  <si>
+    <t>2024-12-06 14:46:49</t>
+  </si>
+  <si>
+    <t>2024-12-03 05:57:58</t>
+  </si>
+  <si>
+    <t>LORENA LÓPEZ</t>
+  </si>
+  <si>
+    <t>/11223115</t>
+  </si>
+  <si>
+    <t>2024-12-03 00:00:00</t>
+  </si>
+  <si>
+    <t>871-7197187</t>
+  </si>
+  <si>
+    <t>Calle:CIRCUITO DEL GRANADO,Numero:133,</t>
+  </si>
+  <si>
+    <t>GOMEZ PALACIO</t>
+  </si>
+  <si>
+    <t>/VSPBH1K21</t>
+  </si>
+  <si>
+    <t>2024-12-05 14:59:43</t>
+  </si>
+  <si>
+    <t>2024-12-09 08:32:35</t>
+  </si>
+  <si>
+    <t>2024-12-03 06:50:31</t>
+  </si>
+  <si>
+    <t>2024-12-03 01:23:03</t>
+  </si>
+  <si>
+    <t>MARIA ISABEL DORADO</t>
+  </si>
+  <si>
+    <t>/11222640</t>
+  </si>
+  <si>
+    <t>72-27154664</t>
+  </si>
+  <si>
+    <t>Calle:GRANIZO,Numero:106,</t>
+  </si>
+  <si>
+    <t>METEPEC</t>
+  </si>
+  <si>
+    <t>2024-12-05 14:56:37</t>
+  </si>
+  <si>
+    <t>2024-12-09 08:35:53</t>
+  </si>
+  <si>
+    <t>2024-12-03 01:50:31</t>
+  </si>
+  <si>
+    <t>2024-12-02 07:29:22</t>
+  </si>
+  <si>
+    <t>janice vasquez</t>
+  </si>
+  <si>
+    <t>/11222099</t>
+  </si>
+  <si>
+    <t>2024-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Oaxaca Plaza Bella</t>
+  </si>
+  <si>
+    <t>Agencia Montoya</t>
+  </si>
+  <si>
+    <t>2024-12-09 08:36:34</t>
+  </si>
+  <si>
+    <t>2024-12-09 08:38:22</t>
+  </si>
+  <si>
+    <t>2024-12-02 19:51:55</t>
+  </si>
+  <si>
+    <t>2024-12-02 02:22:45</t>
+  </si>
+  <si>
+    <t>Azalea Perea</t>
+  </si>
+  <si>
+    <t>/11221695</t>
+  </si>
+  <si>
+    <t>Liverpool Galerías Chilpancingo</t>
+  </si>
+  <si>
+    <t>Col. Predio Tepango</t>
+  </si>
+  <si>
+    <t>2024-12-04 15:45:34</t>
+  </si>
+  <si>
+    <t>2024-12-09 08:41:14</t>
+  </si>
+  <si>
+    <t>2024-12-02 15:00:31</t>
+  </si>
+  <si>
+    <t>2024-12-01 03:25:37</t>
+  </si>
+  <si>
+    <t>Claudia Macedo Ruiz</t>
+  </si>
+  <si>
+    <t>/11219882</t>
+  </si>
+  <si>
+    <t>2024-12-01 00:00:00</t>
+  </si>
+  <si>
+    <t>0063875262</t>
+  </si>
+  <si>
+    <t>0088 LIV Liverpool Tepic - Recoge en autonull BOULEVARD LUIS DONALDO 680</t>
+  </si>
+  <si>
+    <t>TEPIC</t>
+  </si>
+  <si>
+    <t>2024-12-04 15:26:04</t>
+  </si>
+  <si>
+    <t>2024-12-05 15:09:43</t>
+  </si>
+  <si>
+    <t>2024-12-01 03:50:28</t>
+  </si>
+  <si>
+    <t>2024-11-26 04:16:53</t>
+  </si>
+  <si>
+    <t>Jose Ramos</t>
+  </si>
+  <si>
+    <t>/11213875</t>
+  </si>
+  <si>
+    <t>2024-11-26 00:00:00</t>
+  </si>
+  <si>
+    <t>951-4273062</t>
+  </si>
+  <si>
+    <t>Calle:Andador Transfiguraciones,Numero:18,NumeroInt:19</t>
+  </si>
+  <si>
+    <t>Oaxaca</t>
+  </si>
+  <si>
+    <t>2024-11-26 17:49:56</t>
+  </si>
+  <si>
+    <t>2024-11-25 05:41:37</t>
+  </si>
+  <si>
+    <t>ROBERTO CORREA</t>
+  </si>
+  <si>
+    <t>/11212810</t>
+  </si>
+  <si>
+    <t>2024-11-25 00:00:00</t>
+  </si>
+  <si>
+    <t>2024-11-27 13:02:02</t>
+  </si>
+  <si>
+    <t>2024-11-27 13:08:49</t>
+  </si>
+  <si>
+    <t>2024-11-25 13:56:36</t>
+  </si>
+  <si>
+    <t>2024-11-24 08:12:28</t>
+  </si>
+  <si>
+    <t>Beatriz Luna</t>
+  </si>
+  <si>
+    <t>/11212811</t>
+  </si>
+  <si>
+    <t>951-2047788</t>
+  </si>
+  <si>
+    <t>Calle:ALERCE,Numero:6,NumeroInt:1a Seccion</t>
+  </si>
+  <si>
+    <t>OAXACA</t>
+  </si>
+  <si>
+    <t>/VSPOQ2K21</t>
+  </si>
+  <si>
+    <t>2024-11-27 13:12:44</t>
+  </si>
+  <si>
+    <t>2024-11-27 13:14:13</t>
+  </si>
+  <si>
+    <t>2024-11-25 13:49:50</t>
+  </si>
+  <si>
+    <t>2024-11-22 11:21:51</t>
+  </si>
+  <si>
+    <t>Jose Antonio Hidalgo</t>
+  </si>
+  <si>
+    <t>/11211442</t>
+  </si>
+  <si>
+    <t>2024-11-23 00:00:00</t>
+  </si>
+  <si>
+    <t>773 732 2202</t>
+  </si>
+  <si>
+    <t>Liverpool Express Tula</t>
+  </si>
+  <si>
+    <t>Tula de Allende</t>
+  </si>
+  <si>
+    <t>2024-11-27 13:16:33</t>
+  </si>
+  <si>
+    <t>2024-11-27 13:17:43</t>
+  </si>
+  <si>
+    <t>2024-11-23 21:30:37</t>
+  </si>
+  <si>
+    <t>2024-11-20 06:23:37</t>
+  </si>
+  <si>
+    <t>Jose Maria Jimenez Colin</t>
+  </si>
+  <si>
+    <t>/11209188</t>
+  </si>
+  <si>
+    <t>2024-11-20 00:00:00</t>
+  </si>
+  <si>
+    <t>0063706479</t>
+  </si>
+  <si>
+    <t>0007 LIV Liverpool Santa Fenull AV VASCO DE QUIROGA 3800</t>
+  </si>
+  <si>
+    <t>CUAJIMALPA DE MORELOS</t>
+  </si>
+  <si>
+    <t>2024-11-22 15:22:46</t>
+  </si>
+  <si>
+    <t>2024-11-26 11:43:41</t>
+  </si>
+  <si>
+    <t>2024-11-20 21:16:18</t>
+  </si>
+  <si>
+    <t>2024-11-19 12:11:25</t>
+  </si>
+  <si>
+    <t>Patsy Tovar</t>
+  </si>
+  <si>
+    <t>/11208465</t>
+  </si>
+  <si>
+    <t>2024-11-19 00:00:00</t>
+  </si>
+  <si>
+    <t>55-16432424</t>
+  </si>
+  <si>
+    <t>Calle:Pt 17,Numero:Lt 8,</t>
+  </si>
+  <si>
+    <t>Estado de Mexico</t>
+  </si>
+  <si>
+    <t>2024-11-21 14:44:10</t>
+  </si>
+  <si>
+    <t>2024-11-21 14:47:17</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:40</t>
+  </si>
+  <si>
+    <t>2024-11-19 01:02:37</t>
+  </si>
+  <si>
+    <t>Nelly Balderas</t>
+  </si>
+  <si>
+    <t>/11208464</t>
+  </si>
+  <si>
+    <t>844-1143666</t>
+  </si>
+  <si>
+    <t>Calle:Santa Renata,Numero:239,</t>
+  </si>
+  <si>
+    <t>Saltillo</t>
+  </si>
+  <si>
+    <t>/VSP216721</t>
+  </si>
+  <si>
+    <t>2025-04-10 14:01:13</t>
+  </si>
+  <si>
+    <t>2025-04-10 14:01:25</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:45</t>
+  </si>
+  <si>
+    <t>2024-11-18 02:42:18</t>
+  </si>
+  <si>
+    <t>Yajaira Salas</t>
+  </si>
+  <si>
+    <t>/11208467</t>
+  </si>
+  <si>
+    <t>921-3218062</t>
+  </si>
+  <si>
+    <t>Calle:Kikapu 19,Numero:20,NumeroInt:18</t>
+  </si>
+  <si>
+    <t>Coatzacoalcos</t>
+  </si>
+  <si>
+    <t>2024-11-21 13:11:24</t>
+  </si>
+  <si>
+    <t>2024-11-21 13:14:39</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:36</t>
+  </si>
+  <si>
+    <t>2024-11-17 08:50:50</t>
+  </si>
+  <si>
+    <t>Karla janette Flores</t>
+  </si>
+  <si>
+    <t>/11208468</t>
+  </si>
+  <si>
+    <t>Liverpool Salamanca</t>
+  </si>
+  <si>
+    <t>Fracc. las Glorias</t>
+  </si>
+  <si>
+    <t>2025-04-10 14:01:47</t>
+  </si>
+  <si>
+    <t>2025-04-10 14:02:10</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:33</t>
+  </si>
+  <si>
+    <t>2024-11-17 06:13:40</t>
+  </si>
+  <si>
+    <t>ALICIA GONZALEZ</t>
+  </si>
+  <si>
+    <t>/11208469</t>
+  </si>
+  <si>
+    <t>867-1860078</t>
+  </si>
+  <si>
+    <t>Calle:AGUA MARINA,Numero:14,</t>
+  </si>
+  <si>
+    <t>NUEVO LAREDO</t>
+  </si>
+  <si>
+    <t>2024-11-21 13:26:22</t>
+  </si>
+  <si>
+    <t>2024-11-21 13:26:52</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:30</t>
+  </si>
+  <si>
+    <t>2024-11-17 06:13:36</t>
+  </si>
+  <si>
+    <t>YUSEFF ANSELMO DIB</t>
+  </si>
+  <si>
+    <t>/11208471</t>
+  </si>
+  <si>
+    <t>999-2425892</t>
+  </si>
+  <si>
+    <t>Calle:70,Numero:150,</t>
+  </si>
+  <si>
+    <t>Progreso</t>
+  </si>
+  <si>
+    <t>2024-11-21 12:14:31</t>
+  </si>
+  <si>
+    <t>2025-04-10 14:03:01</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:24</t>
+  </si>
+  <si>
+    <t>2024-11-17 05:12:23</t>
+  </si>
+  <si>
+    <t>Oscar Gilberto Rendon</t>
+  </si>
+  <si>
+    <t>/11208472</t>
+  </si>
+  <si>
+    <t>/VSP216621</t>
+  </si>
+  <si>
+    <t>2024-11-22 09:00:07</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:21</t>
+  </si>
+  <si>
+    <t>2024-11-17 03:52:59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alma  Martinez </t>
+  </si>
+  <si>
+    <t>/11208470</t>
+  </si>
+  <si>
+    <t>922-1770575</t>
+  </si>
+  <si>
+    <t>Calle:Nueva Atenas ,Numero:38,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Minatitlán </t>
+  </si>
+  <si>
+    <t>2024-11-22 08:59:13</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:26</t>
+  </si>
+  <si>
+    <t>2024-11-16 04:47:53</t>
+  </si>
+  <si>
+    <t>Dulce Carolina Salazar</t>
+  </si>
+  <si>
+    <t>/11208474</t>
+  </si>
+  <si>
+    <t>2024-11-22 08:56:46</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:16</t>
+  </si>
+  <si>
+    <t>2024-11-14 06:28:15</t>
+  </si>
+  <si>
+    <t>MARIA LUISA  FUENTES ROSAS MARIA LUISA  FUENTES ROSAS</t>
+  </si>
+  <si>
+    <t>/11208476</t>
+  </si>
+  <si>
+    <t>0055871630</t>
+  </si>
+  <si>
+    <t>2025-01-24 11:01:14</t>
+  </si>
+  <si>
+    <t>2025-01-24 11:01:33</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:11</t>
+  </si>
+  <si>
+    <t>2024-11-13 08:00:27</t>
+  </si>
+  <si>
+    <t>Alma Higuera</t>
+  </si>
+  <si>
+    <t>/11208477</t>
+  </si>
+  <si>
+    <t>Liverpool Oblatos Guadalajara</t>
+  </si>
+  <si>
+    <t>Oblatos</t>
+  </si>
+  <si>
+    <t>/VSP646021</t>
+  </si>
+  <si>
+    <t>2024-11-21 12:14:43</t>
+  </si>
+  <si>
+    <t>2025-01-24 11:02:50</t>
+  </si>
+  <si>
+    <t>2024-11-19 19:36:08</t>
+  </si>
+  <si>
+    <t>2024-11-10 01:45:46</t>
+  </si>
+  <si>
+    <t>Anahi Cruz</t>
+  </si>
+  <si>
+    <t>/11208479</t>
+  </si>
+  <si>
+    <t>55-54525325</t>
+  </si>
+  <si>
+    <t>Calle:Cuauhtemoc sur,Numero:14,NumeroInt:0</t>
   </si>
   <si>
     <t>Estado de mexico</t>
   </si>
   <si>
-    <t>2024-12-31 10:29:14</t>
-[...808 lines deleted...]
-  <si>
     <t>/VSPOQ1H21</t>
   </si>
   <si>
     <t>2024-11-25 11:16:40</t>
   </si>
   <si>
     <t>2024-11-19 19:36:02</t>
   </si>
   <si>
-    <t>2024-11-09 06:33:45</t>
-[...17 lines deleted...]
-    <t>2024-11-19 19:35:59</t>
+    <t>2024-10-23 11:14:26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Claudia Ivonne  Balderas </t>
+  </si>
+  <si>
+    <t>/11193128</t>
+  </si>
+  <si>
+    <t>2024-10-24 00:00:00</t>
+  </si>
+  <si>
+    <t>Calle:5 de febrero,Numero:40,</t>
+  </si>
+  <si>
+    <t>Cdmx</t>
+  </si>
+  <si>
+    <t>2024-10-29 14:02:29</t>
+  </si>
+  <si>
+    <t>2024-10-29 14:05:07</t>
+  </si>
+  <si>
+    <t>2024-10-24 14:50:41</t>
   </si>
   <si>
     <t>2024-10-21 06:00:41</t>
   </si>
   <si>
     <t>Aracely Lopez</t>
   </si>
   <si>
     <t>/11191794</t>
   </si>
   <si>
     <t>2024-10-21 00:00:00</t>
   </si>
   <si>
     <t>228-1063114</t>
   </si>
   <si>
     <t>Calle:Estambul 6/11 (entregar despues de las 2),Numero:6,NumeroInt:11</t>
   </si>
   <si>
     <t>2024-10-24 11:57:30</t>
   </si>
   <si>
     <t>2024-11-05 08:27:36</t>
   </si>
   <si>
     <t>2024-10-21 21:44:10</t>
   </si>
   <si>
-    <t>2024-10-16 01:26:36</t>
-[...28 lines deleted...]
-  <si>
     <t>2024-10-15 02:04:54</t>
   </si>
   <si>
     <t>LIZETTE SARAI MACIAS</t>
   </si>
   <si>
     <t>/11187616</t>
   </si>
   <si>
     <t>2024-10-15 00:00:00</t>
   </si>
   <si>
-    <t>Liverpool Andares</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPHF3321</t>
   </si>
   <si>
     <t>2024-10-24 12:39:00</t>
   </si>
   <si>
     <t>2024-10-24 12:39:45</t>
   </si>
   <si>
     <t>2024-10-15 14:50:18</t>
   </si>
   <si>
     <t>2024-10-13 12:59:32</t>
   </si>
   <si>
     <t>maria  heredia</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, api error, )</t>
   </si>
   <si>
     <t>667-4739616</t>
   </si>
   <si>
     <t>Calle:patria,Numero:1262,</t>
   </si>
   <si>
     <t>culiacan</t>
   </si>
   <si>
     <t xml:space="preserve">BorderX, </t>
   </si>
   <si>
     <t>/705bca44f8ab79bd_FR-SF150S72159</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2024-10-18 14:42:40</t>
   </si>
   <si>
     <t>2024-10-14 02:30:41</t>
   </si>
   <si>
-    <t>2024-10-07 09:16:43</t>
-[...80 lines deleted...]
-    <t>/11181931</t>
+    <t>2024-10-05 07:12:14</t>
+  </si>
+  <si>
+    <t>Ma De Kos Angeles Dominguez Vargas</t>
+  </si>
+  <si>
+    <t>/11181926</t>
   </si>
   <si>
     <t>2024-10-06 00:00:00</t>
   </si>
   <si>
-    <t>0007107015</t>
-[...14 lines deleted...]
-    <t>2024-10-05 23:22:22</t>
+    <t>0062573115</t>
+  </si>
+  <si>
+    <t>0041 LIV Liverpool Tampiconull PROLONGACION AVENIDA HIDALGO 4902</t>
+  </si>
+  <si>
+    <t>TAMPICO</t>
+  </si>
+  <si>
+    <t>/VSPOY5321</t>
+  </si>
+  <si>
+    <t>2024-11-05 07:26:04</t>
+  </si>
+  <si>
+    <t>2024-10-05 23:30:41</t>
   </si>
   <si>
     <t>2024-09-26 03:31:57</t>
   </si>
   <si>
     <t>Héctor  Mata</t>
   </si>
   <si>
     <t>/11177903</t>
   </si>
   <si>
     <t>2024-09-27 00:00:00</t>
   </si>
   <si>
     <t>55-70705461</t>
   </si>
   <si>
     <t>Calle:Sur 79,Numero:433,</t>
   </si>
   <si>
     <t>/VSPLN2721</t>
   </si>
   <si>
     <t>2024-10-07 11:12:54</t>
   </si>
@@ -3411,80 +3519,50 @@
     <t>Eduardo González</t>
   </si>
   <si>
     <t>/11177904</t>
   </si>
   <si>
     <t>81-83793661</t>
   </si>
   <si>
     <t>Calle:Geranios,Numero:828,</t>
   </si>
   <si>
     <t>San Nicolás De Los Garza</t>
   </si>
   <si>
     <t>/VSPEW0719</t>
   </si>
   <si>
     <t>2024-10-07 11:12:21</t>
   </si>
   <si>
     <t>2024-10-07 11:12:39</t>
   </si>
   <si>
     <t>2024-09-27 17:01:41</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-09-26 00:52:01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -3787,51 +3865,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS116"/>
+  <dimension ref="A1:BS121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4175,51 +4253,51 @@
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>144</v>
+        <v>235</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>6302</v>
       </c>
@@ -4368,51 +4446,51 @@
         <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>149</v>
+        <v>240</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>97</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>75</v>
       </c>
       <c r="BR3">
         <v>5958</v>
       </c>
@@ -4561,51 +4639,51 @@
         <v>102</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>98</v>
       </c>
       <c r="BC4" t="s">
         <v>101</v>
       </c>
       <c r="BD4" t="s">
         <v>75</v>
       </c>
       <c r="BE4" t="s">
         <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>150</v>
+        <v>241</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
       <c r="BQ4" t="s">
         <v>75</v>
       </c>
       <c r="BR4">
         <v>6259</v>
       </c>
@@ -4754,51 +4832,51 @@
         <v>111</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>110</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>151</v>
+        <v>242</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>115</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>83</v>
       </c>
       <c r="BQ5" t="s">
         <v>75</v>
       </c>
       <c r="BR5">
         <v>5484</v>
       </c>
@@ -4947,51 +5025,51 @@
         <v>119</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
         <v>116</v>
       </c>
       <c r="BC6" t="s">
         <v>110</v>
       </c>
       <c r="BD6" t="s">
         <v>75</v>
       </c>
       <c r="BE6" t="s">
         <v>75</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>152</v>
+        <v>243</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>83</v>
       </c>
       <c r="BQ6" t="s">
         <v>75</v>
       </c>
       <c r="BR6">
         <v>5958</v>
       </c>
@@ -5138,51 +5216,51 @@
         <v>130</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>128</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
         <v>75</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>154</v>
+        <v>245</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>136</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>135</v>
       </c>
       <c r="BQ7" t="s">
         <v>75</v>
       </c>
       <c r="BR7">
         <v>7423</v>
       </c>
@@ -5329,51 +5407,51 @@
         <v>142</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>137</v>
       </c>
       <c r="BC8" t="s">
         <v>140</v>
       </c>
       <c r="BD8" t="s">
         <v>75</v>
       </c>
       <c r="BE8" t="s">
         <v>75</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>158</v>
+        <v>249</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8" t="s">
         <v>146</v>
       </c>
       <c r="BL8" t="s">
         <v>147</v>
       </c>
       <c r="BM8" t="s">
         <v>148</v>
       </c>
       <c r="BN8" t="s">
         <v>149</v>
       </c>
       <c r="BO8">
         <v>31</v>
       </c>
       <c r="BP8" t="s">
         <v>135</v>
       </c>
       <c r="BQ8" t="s">
         <v>75</v>
@@ -5528,51 +5606,51 @@
         <v>154</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
         <v>151</v>
       </c>
       <c r="BC9" t="s">
         <v>140</v>
       </c>
       <c r="BD9" t="s">
         <v>75</v>
       </c>
       <c r="BE9" t="s">
         <v>75</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>158</v>
+        <v>249</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>160</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>83</v>
       </c>
       <c r="BQ9" t="s">
         <v>75</v>
       </c>
       <c r="BR9">
         <v>5613</v>
       </c>
@@ -5721,51 +5799,51 @@
         <v>164</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10"/>
       <c r="BB10" t="s">
         <v>161</v>
       </c>
       <c r="BC10" t="s">
         <v>140</v>
       </c>
       <c r="BD10" t="s">
         <v>75</v>
       </c>
       <c r="BE10" t="s">
         <v>75</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>158</v>
+        <v>249</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>168</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>83</v>
       </c>
       <c r="BQ10" t="s">
         <v>75</v>
       </c>
       <c r="BR10">
         <v>7336</v>
       </c>
@@ -5912,51 +5990,51 @@
         <v>172</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>169</v>
       </c>
       <c r="BC11" t="s">
         <v>140</v>
       </c>
       <c r="BD11" t="s">
         <v>75</v>
       </c>
       <c r="BE11" t="s">
         <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>158</v>
+        <v>249</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>176</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>135</v>
       </c>
       <c r="BQ11" t="s">
         <v>75</v>
       </c>
       <c r="BR11">
         <v>7423</v>
       </c>
@@ -6105,51 +6183,51 @@
         <v>180</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12"/>
       <c r="BB12" t="s">
         <v>177</v>
       </c>
       <c r="BC12" t="s">
         <v>140</v>
       </c>
       <c r="BD12" t="s">
         <v>75</v>
       </c>
       <c r="BE12" t="s">
         <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>158</v>
+        <v>249</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>184</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>83</v>
       </c>
       <c r="BQ12" t="s">
         <v>75</v>
       </c>
       <c r="BR12">
         <v>6259</v>
       </c>
@@ -6298,51 +6376,51 @@
         <v>188</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
         <v>185</v>
       </c>
       <c r="BC13" t="s">
         <v>140</v>
       </c>
       <c r="BD13" t="s">
         <v>75</v>
       </c>
       <c r="BE13" t="s">
         <v>75</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>158</v>
+        <v>249</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>193</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>83</v>
       </c>
       <c r="BQ13" t="s">
         <v>75</v>
       </c>
       <c r="BR13">
         <v>4890</v>
       </c>
@@ -6491,51 +6569,51 @@
         <v>197</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
         <v>194</v>
       </c>
       <c r="BC14" t="s">
         <v>140</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
         <v>75</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>159</v>
+        <v>250</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>202</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>83</v>
       </c>
       <c r="BQ14" t="s">
         <v>75</v>
       </c>
       <c r="BR14">
         <v>5613</v>
       </c>
@@ -6684,51 +6762,51 @@
         <v>207</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
         <v>203</v>
       </c>
       <c r="BC15" t="s">
         <v>140</v>
       </c>
       <c r="BD15" t="s">
         <v>75</v>
       </c>
       <c r="BE15" t="s">
         <v>75</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>159</v>
+        <v>250</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>212</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>83</v>
       </c>
       <c r="BQ15" t="s">
         <v>75</v>
       </c>
       <c r="BR15">
         <v>5656</v>
       </c>
@@ -6877,51 +6955,51 @@
         <v>216</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
         <v>213</v>
       </c>
       <c r="BC16" t="s">
         <v>140</v>
       </c>
       <c r="BD16" t="s">
         <v>75</v>
       </c>
       <c r="BE16" t="s">
         <v>75</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>159</v>
+        <v>250</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
         <v>220</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>83</v>
       </c>
       <c r="BQ16" t="s">
         <v>75</v>
       </c>
       <c r="BR16">
         <v>5958</v>
       </c>
@@ -7070,51 +7148,51 @@
         <v>225</v>
       </c>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
         <v>221</v>
       </c>
       <c r="BC17" t="s">
         <v>140</v>
       </c>
       <c r="BD17" t="s">
         <v>75</v>
       </c>
       <c r="BE17" t="s">
         <v>75</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>159</v>
+        <v>250</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
         <v>229</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>83</v>
       </c>
       <c r="BQ17" t="s">
         <v>75</v>
       </c>
       <c r="BR17">
         <v>4442</v>
       </c>
@@ -7263,51 +7341,51 @@
         <v>233</v>
       </c>
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
         <v>230</v>
       </c>
       <c r="BC18" t="s">
         <v>140</v>
       </c>
       <c r="BD18" t="s">
         <v>75</v>
       </c>
       <c r="BE18" t="s">
         <v>75</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>160</v>
+        <v>251</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>238</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>83</v>
       </c>
       <c r="BQ18" t="s">
         <v>75</v>
       </c>
       <c r="BR18">
         <v>6613</v>
       </c>
@@ -7456,51 +7534,51 @@
         <v>243</v>
       </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
         <v>239</v>
       </c>
       <c r="BC19" t="s">
         <v>242</v>
       </c>
       <c r="BD19" t="s">
         <v>75</v>
       </c>
       <c r="BE19" t="s">
         <v>75</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>161</v>
+        <v>252</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
         <v>247</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>83</v>
       </c>
       <c r="BQ19" t="s">
         <v>75</v>
       </c>
       <c r="BR19">
         <v>7336</v>
       </c>
@@ -7647,51 +7725,51 @@
         <v>252</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
         <v>248</v>
       </c>
       <c r="BC20" t="s">
         <v>251</v>
       </c>
       <c r="BD20" t="s">
         <v>75</v>
       </c>
       <c r="BE20" t="s">
         <v>75</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>164</v>
+        <v>255</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>75</v>
       </c>
       <c r="BN20" t="s">
         <v>256</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>135</v>
       </c>
       <c r="BQ20" t="s">
         <v>75</v>
       </c>
       <c r="BR20">
         <v>5362.2</v>
       </c>
@@ -7838,51 +7916,51 @@
         <v>260</v>
       </c>
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21"/>
       <c r="BB21" t="s">
         <v>257</v>
       </c>
       <c r="BC21" t="s">
         <v>251</v>
       </c>
       <c r="BD21" t="s">
         <v>75</v>
       </c>
       <c r="BE21" t="s">
         <v>75</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>164</v>
+        <v>255</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>75</v>
       </c>
       <c r="BN21" t="s">
         <v>263</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>135</v>
       </c>
       <c r="BQ21" t="s">
         <v>75</v>
       </c>
       <c r="BR21">
         <v>5958</v>
       </c>
@@ -8031,51 +8109,51 @@
         <v>269</v>
       </c>
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
         <v>264</v>
       </c>
       <c r="BC22" t="s">
         <v>268</v>
       </c>
       <c r="BD22" t="s">
         <v>75</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>167</v>
+        <v>258</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>75</v>
       </c>
       <c r="BN22" t="s">
         <v>274</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>83</v>
       </c>
       <c r="BQ22" t="s">
         <v>75</v>
       </c>
       <c r="BR22">
         <v>7121</v>
       </c>
@@ -8228,51 +8306,51 @@
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
         <v>281</v>
       </c>
       <c r="BB23" t="s">
         <v>275</v>
       </c>
       <c r="BC23" t="s">
         <v>268</v>
       </c>
       <c r="BD23" t="s">
         <v>75</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>168</v>
+        <v>259</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>75</v>
       </c>
       <c r="BN23" t="s">
         <v>282</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>83</v>
       </c>
       <c r="BQ23" t="s">
         <v>75</v>
       </c>
       <c r="BR23">
         <v>6302</v>
       </c>
@@ -8421,51 +8499,51 @@
         <v>287</v>
       </c>
       <c r="AZ24" t="s">
         <v>74</v>
       </c>
       <c r="BA24"/>
       <c r="BB24" t="s">
         <v>283</v>
       </c>
       <c r="BC24" t="s">
         <v>286</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>168</v>
+        <v>259</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>75</v>
       </c>
       <c r="BN24" t="s">
         <v>292</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>83</v>
       </c>
       <c r="BQ24" t="s">
         <v>75</v>
       </c>
       <c r="BR24">
         <v>5613</v>
       </c>
@@ -8614,51 +8692,51 @@
         <v>297</v>
       </c>
       <c r="AZ25" t="s">
         <v>74</v>
       </c>
       <c r="BA25"/>
       <c r="BB25" t="s">
         <v>293</v>
       </c>
       <c r="BC25" t="s">
         <v>296</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>170</v>
+        <v>261</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>75</v>
       </c>
       <c r="BN25" t="s">
         <v>302</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>83</v>
       </c>
       <c r="BQ25" t="s">
         <v>75</v>
       </c>
       <c r="BR25">
         <v>7336</v>
       </c>
@@ -8811,51 +8889,51 @@
       <c r="AZ26" t="s">
         <v>74</v>
       </c>
       <c r="BA26" t="s">
         <v>281</v>
       </c>
       <c r="BB26" t="s">
         <v>303</v>
       </c>
       <c r="BC26" t="s">
         <v>306</v>
       </c>
       <c r="BD26" t="s">
         <v>312</v>
       </c>
       <c r="BE26" t="s">
         <v>75</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>171</v>
+        <v>262</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>313</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>83</v>
       </c>
       <c r="BQ26" t="s">
         <v>75</v>
       </c>
       <c r="BR26">
         <v>7423</v>
       </c>
@@ -9008,51 +9086,51 @@
       <c r="AZ27" t="s">
         <v>74</v>
       </c>
       <c r="BA27" t="s">
         <v>281</v>
       </c>
       <c r="BB27" t="s">
         <v>314</v>
       </c>
       <c r="BC27" t="s">
         <v>317</v>
       </c>
       <c r="BD27" t="s">
         <v>322</v>
       </c>
       <c r="BE27" t="s">
         <v>75</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>173</v>
+        <v>264</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>75</v>
       </c>
       <c r="BN27" t="s">
         <v>323</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>83</v>
       </c>
       <c r="BQ27" t="s">
         <v>75</v>
       </c>
       <c r="BR27">
         <v>5613</v>
       </c>
@@ -9205,51 +9283,51 @@
       <c r="AZ28" t="s">
         <v>74</v>
       </c>
       <c r="BA28" t="s">
         <v>281</v>
       </c>
       <c r="BB28" t="s">
         <v>324</v>
       </c>
       <c r="BC28" t="s">
         <v>317</v>
       </c>
       <c r="BD28" t="s">
         <v>75</v>
       </c>
       <c r="BE28" t="s">
         <v>75</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>174</v>
+        <v>265</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>75</v>
       </c>
       <c r="BN28" t="s">
         <v>329</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>83</v>
       </c>
       <c r="BQ28" t="s">
         <v>75</v>
       </c>
       <c r="BR28">
         <v>6001</v>
       </c>
@@ -9402,51 +9480,51 @@
       <c r="AZ29" t="s">
         <v>74</v>
       </c>
       <c r="BA29" t="s">
         <v>281</v>
       </c>
       <c r="BB29" t="s">
         <v>330</v>
       </c>
       <c r="BC29" t="s">
         <v>317</v>
       </c>
       <c r="BD29" t="s">
         <v>75</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>174</v>
+        <v>265</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>75</v>
       </c>
       <c r="BN29" t="s">
         <v>337</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>83</v>
       </c>
       <c r="BQ29" t="s">
         <v>75</v>
       </c>
       <c r="BR29">
         <v>5958</v>
       </c>
@@ -9599,51 +9677,51 @@
       <c r="AZ30" t="s">
         <v>74</v>
       </c>
       <c r="BA30" t="s">
         <v>281</v>
       </c>
       <c r="BB30" t="s">
         <v>338</v>
       </c>
       <c r="BC30" t="s">
         <v>341</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>75</v>
       </c>
       <c r="BN30" t="s">
         <v>345</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>83</v>
       </c>
       <c r="BQ30" t="s">
         <v>75</v>
       </c>
       <c r="BR30">
         <v>5613</v>
       </c>
@@ -9796,51 +9874,51 @@
       <c r="AZ31" t="s">
         <v>74</v>
       </c>
       <c r="BA31" t="s">
         <v>281</v>
       </c>
       <c r="BB31" t="s">
         <v>346</v>
       </c>
       <c r="BC31" t="s">
         <v>349</v>
       </c>
       <c r="BD31" t="s">
         <v>75</v>
       </c>
       <c r="BE31" t="s">
         <v>75</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>181</v>
+        <v>272</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>75</v>
       </c>
       <c r="BN31" t="s">
         <v>354</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>83</v>
       </c>
       <c r="BQ31" t="s">
         <v>75</v>
       </c>
       <c r="BR31">
         <v>5613</v>
       </c>
@@ -9993,51 +10071,51 @@
       <c r="AZ32" t="s">
         <v>74</v>
       </c>
       <c r="BA32" t="s">
         <v>281</v>
       </c>
       <c r="BB32" t="s">
         <v>355</v>
       </c>
       <c r="BC32" t="s">
         <v>358</v>
       </c>
       <c r="BD32" t="s">
         <v>75</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>184</v>
+        <v>275</v>
       </c>
       <c r="BI32" t="s">
         <v>86</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>75</v>
       </c>
       <c r="BN32" t="s">
         <v>364</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>83</v>
       </c>
       <c r="BQ32" t="s">
         <v>75</v>
       </c>
       <c r="BR32">
         <v>6302</v>
       </c>
@@ -10186,51 +10264,51 @@
         <v>369</v>
       </c>
       <c r="AZ33" t="s">
         <v>74</v>
       </c>
       <c r="BA33"/>
       <c r="BB33" t="s">
         <v>365</v>
       </c>
       <c r="BC33" t="s">
         <v>368</v>
       </c>
       <c r="BD33" t="s">
         <v>75</v>
       </c>
       <c r="BE33" t="s">
         <v>75</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>187</v>
+        <v>278</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>75</v>
       </c>
       <c r="BN33" t="s">
         <v>374</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>83</v>
       </c>
       <c r="BQ33" t="s">
         <v>75</v>
       </c>
       <c r="BR33">
         <v>8241</v>
       </c>
@@ -10379,51 +10457,51 @@
         <v>378</v>
       </c>
       <c r="AZ34" t="s">
         <v>74</v>
       </c>
       <c r="BA34"/>
       <c r="BB34" t="s">
         <v>375</v>
       </c>
       <c r="BC34" t="s">
         <v>368</v>
       </c>
       <c r="BD34" t="s">
         <v>75</v>
       </c>
       <c r="BE34" t="s">
         <v>75</v>
       </c>
       <c r="BF34" t="s">
         <v>75</v>
       </c>
       <c r="BG34" t="s">
         <v>75</v>
       </c>
       <c r="BH34">
-        <v>187</v>
+        <v>278</v>
       </c>
       <c r="BI34" t="s">
         <v>86</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>75</v>
       </c>
       <c r="BN34" t="s">
         <v>379</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
         <v>83</v>
       </c>
       <c r="BQ34" t="s">
         <v>75</v>
       </c>
       <c r="BR34">
         <v>5613</v>
       </c>
@@ -10572,51 +10650,51 @@
         <v>383</v>
       </c>
       <c r="AZ35" t="s">
         <v>74</v>
       </c>
       <c r="BA35"/>
       <c r="BB35" t="s">
         <v>380</v>
       </c>
       <c r="BC35" t="s">
         <v>368</v>
       </c>
       <c r="BD35" t="s">
         <v>75</v>
       </c>
       <c r="BE35" t="s">
         <v>75</v>
       </c>
       <c r="BF35" t="s">
         <v>75</v>
       </c>
       <c r="BG35" t="s">
         <v>75</v>
       </c>
       <c r="BH35">
-        <v>188</v>
+        <v>279</v>
       </c>
       <c r="BI35" t="s">
         <v>86</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>75</v>
       </c>
       <c r="BN35" t="s">
         <v>388</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
         <v>83</v>
       </c>
       <c r="BQ35" t="s">
         <v>75</v>
       </c>
       <c r="BR35">
         <v>4708</v>
       </c>
@@ -10765,51 +10843,51 @@
         <v>393</v>
       </c>
       <c r="AZ36" t="s">
         <v>74</v>
       </c>
       <c r="BA36"/>
       <c r="BB36" t="s">
         <v>389</v>
       </c>
       <c r="BC36" t="s">
         <v>392</v>
       </c>
       <c r="BD36" t="s">
         <v>75</v>
       </c>
       <c r="BE36" t="s">
         <v>75</v>
       </c>
       <c r="BF36" t="s">
         <v>75</v>
       </c>
       <c r="BG36" t="s">
         <v>75</v>
       </c>
       <c r="BH36">
-        <v>189</v>
+        <v>280</v>
       </c>
       <c r="BI36" t="s">
         <v>86</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>75</v>
       </c>
       <c r="BN36" t="s">
         <v>396</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
         <v>83</v>
       </c>
       <c r="BQ36" t="s">
         <v>75</v>
       </c>
       <c r="BR36">
         <v>7336</v>
       </c>
@@ -10958,51 +11036,51 @@
         <v>401</v>
       </c>
       <c r="AZ37" t="s">
         <v>74</v>
       </c>
       <c r="BA37"/>
       <c r="BB37" t="s">
         <v>397</v>
       </c>
       <c r="BC37" t="s">
         <v>400</v>
       </c>
       <c r="BD37" t="s">
         <v>75</v>
       </c>
       <c r="BE37" t="s">
         <v>75</v>
       </c>
       <c r="BF37" t="s">
         <v>75</v>
       </c>
       <c r="BG37" t="s">
         <v>75</v>
       </c>
       <c r="BH37">
-        <v>191</v>
+        <v>282</v>
       </c>
       <c r="BI37" t="s">
         <v>86</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>75</v>
       </c>
       <c r="BN37" t="s">
         <v>402</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
         <v>83</v>
       </c>
       <c r="BQ37" t="s">
         <v>75</v>
       </c>
       <c r="BR37">
         <v>6475</v>
       </c>
@@ -11151,15529 +11229,16484 @@
         <v>406</v>
       </c>
       <c r="AZ38" t="s">
         <v>74</v>
       </c>
       <c r="BA38"/>
       <c r="BB38" t="s">
         <v>403</v>
       </c>
       <c r="BC38" t="s">
         <v>405</v>
       </c>
       <c r="BD38" t="s">
         <v>75</v>
       </c>
       <c r="BE38" t="s">
         <v>75</v>
       </c>
       <c r="BF38" t="s">
         <v>75</v>
       </c>
       <c r="BG38" t="s">
         <v>75</v>
       </c>
       <c r="BH38">
-        <v>194</v>
+        <v>285</v>
       </c>
       <c r="BI38" t="s">
         <v>86</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>75</v>
       </c>
       <c r="BN38" t="s">
         <v>407</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
         <v>83</v>
       </c>
       <c r="BQ38" t="s">
         <v>75</v>
       </c>
       <c r="BR38">
         <v>6613</v>
       </c>
       <c r="BS38"/>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>408</v>
       </c>
-      <c r="C39" t="s">
-        <v>409</v>
+      <c r="C39">
+        <v>1230063823</v>
       </c>
       <c r="D39">
-        <v>588428</v>
+        <v>588318</v>
       </c>
       <c r="E39">
         <v>272.48</v>
       </c>
       <c r="F39" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="G39" t="s">
         <v>69</v>
       </c>
       <c r="H39" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="I39">
         <v>79.99</v>
       </c>
       <c r="J39" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="K39" t="s">
-        <v>83</v>
+        <v>129</v>
       </c>
       <c r="L39">
-        <v>3452555444</v>
+        <v>9292177672</v>
       </c>
       <c r="M39" t="s">
         <v>74</v>
       </c>
       <c r="N39" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O39"/>
       <c r="P39">
-        <v>20990737965</v>
+        <v>4982931787</v>
       </c>
       <c r="Q39" t="s">
         <v>408</v>
       </c>
       <c r="R39" t="s">
         <v>75</v>
       </c>
       <c r="S39" t="s">
         <v>75</v>
       </c>
       <c r="T39" t="s">
         <v>76</v>
       </c>
-      <c r="U39" t="s">
-        <v>409</v>
+      <c r="U39">
+        <v>1230063823</v>
       </c>
       <c r="V39">
-        <v>588428</v>
+        <v>588318</v>
       </c>
       <c r="W39" t="s">
         <v>75</v>
       </c>
       <c r="X39">
         <v>272.48</v>
       </c>
       <c r="Y39">
         <v>20.6</v>
       </c>
       <c r="Z39" t="s">
         <v>75</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>77</v>
       </c>
       <c r="AC39" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="AD39">
-        <v>20990737965</v>
-[...5 lines deleted...]
-        <v>414</v>
+        <v>4982931787</v>
+      </c>
+      <c r="AE39">
+        <v>2226893600</v>
+      </c>
+      <c r="AF39">
+        <v>2226893600</v>
       </c>
       <c r="AG39" t="s">
         <v>75</v>
       </c>
       <c r="AH39" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="AK39" t="s">
         <v>69</v>
       </c>
       <c r="AL39" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="AM39" t="s">
         <v>81</v>
       </c>
       <c r="AN39" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="AO39">
         <v>79.99</v>
       </c>
       <c r="AP39" t="s">
-        <v>96</v>
+        <v>415</v>
       </c>
       <c r="AQ39" t="s">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="AR39" t="s">
         <v>84</v>
       </c>
-      <c r="AS39">
-[...1 lines deleted...]
-      </c>
+      <c r="AS39"/>
       <c r="AT39" t="s">
         <v>75</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39">
         <v>0</v>
       </c>
       <c r="AX39" t="s">
         <v>85</v>
       </c>
       <c r="AY39">
-        <v>3452555444</v>
+        <v>9292177672</v>
       </c>
       <c r="AZ39" t="s">
         <v>74</v>
       </c>
       <c r="BA39" t="s">
         <v>281</v>
       </c>
       <c r="BB39" t="s">
         <v>408</v>
       </c>
       <c r="BC39" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="BD39" t="s">
         <v>75</v>
       </c>
       <c r="BE39" t="s">
-        <v>417</v>
+        <v>75</v>
       </c>
       <c r="BF39" t="s">
         <v>75</v>
       </c>
       <c r="BG39" t="s">
         <v>75</v>
       </c>
       <c r="BH39">
-        <v>197</v>
+        <v>291</v>
       </c>
       <c r="BI39" t="s">
         <v>86</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>75</v>
       </c>
       <c r="BN39" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="BQ39" t="s">
         <v>75</v>
       </c>
       <c r="BR39">
         <v>5613</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C40">
-        <v>1230063823</v>
+        <v>4470063774</v>
       </c>
       <c r="D40">
-        <v>588318</v>
+        <v>588303</v>
       </c>
       <c r="E40">
-        <v>272.48</v>
+        <v>345.68</v>
       </c>
       <c r="F40" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="G40" t="s">
         <v>69</v>
       </c>
       <c r="H40" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="I40">
-        <v>79.99</v>
+        <v>114.99</v>
       </c>
       <c r="J40" t="s">
-        <v>422</v>
+        <v>411</v>
       </c>
       <c r="K40" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>9292177672</v>
+        <v>72</v>
+      </c>
+      <c r="L40" t="s">
+        <v>420</v>
       </c>
       <c r="M40" t="s">
         <v>74</v>
       </c>
-      <c r="N40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N40"/>
       <c r="O40"/>
       <c r="P40">
-        <v>4982931787</v>
+        <v>8728349950</v>
       </c>
       <c r="Q40" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="R40" t="s">
         <v>75</v>
       </c>
       <c r="S40" t="s">
         <v>75</v>
       </c>
       <c r="T40" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U40">
-        <v>1230063823</v>
+        <v>4470063774</v>
       </c>
       <c r="V40">
-        <v>588318</v>
+        <v>588303</v>
       </c>
       <c r="W40" t="s">
         <v>75</v>
       </c>
       <c r="X40">
-        <v>272.48</v>
+        <v>345.68</v>
       </c>
       <c r="Y40">
         <v>20.6</v>
       </c>
       <c r="Z40" t="s">
         <v>75</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>77</v>
       </c>
       <c r="AC40" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="AD40">
-        <v>4982931787</v>
-[...5 lines deleted...]
-        <v>2226893600</v>
+        <v>8728349950</v>
+      </c>
+      <c r="AE40" t="s">
+        <v>421</v>
+      </c>
+      <c r="AF40" t="s">
+        <v>421</v>
       </c>
       <c r="AG40" t="s">
         <v>75</v>
       </c>
       <c r="AH40" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="AK40" t="s">
         <v>69</v>
       </c>
       <c r="AL40" t="s">
-        <v>422</v>
+        <v>411</v>
       </c>
       <c r="AM40" t="s">
         <v>81</v>
       </c>
       <c r="AN40" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="AO40">
-        <v>79.99</v>
+        <v>114.99</v>
       </c>
       <c r="AP40" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="AQ40" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR40" t="s">
         <v>84</v>
       </c>
-      <c r="AS40"/>
+      <c r="AS40">
+        <v>287643379899</v>
+      </c>
       <c r="AT40" t="s">
         <v>75</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
-      <c r="AW40">
-[...1 lines deleted...]
-      </c>
+      <c r="AW40"/>
       <c r="AX40" t="s">
         <v>85</v>
       </c>
-      <c r="AY40">
-        <v>9292177672</v>
+      <c r="AY40" t="s">
+        <v>420</v>
       </c>
       <c r="AZ40" t="s">
         <v>74</v>
       </c>
-      <c r="BA40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA40"/>
       <c r="BB40" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="BC40" t="s">
-        <v>422</v>
+        <v>411</v>
       </c>
       <c r="BD40" t="s">
         <v>75</v>
       </c>
       <c r="BE40" t="s">
         <v>75</v>
       </c>
       <c r="BF40" t="s">
         <v>75</v>
       </c>
       <c r="BG40" t="s">
         <v>75</v>
       </c>
       <c r="BH40">
-        <v>200</v>
+        <v>292</v>
       </c>
       <c r="BI40" t="s">
         <v>86</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>75</v>
       </c>
       <c r="BN40" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ40" t="s">
         <v>75</v>
       </c>
       <c r="BR40">
-        <v>5613</v>
+        <v>7121</v>
       </c>
       <c r="BS40"/>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
+        <v>426</v>
+      </c>
+      <c r="C41" t="s">
         <v>427</v>
       </c>
-      <c r="C41">
-[...1 lines deleted...]
-      </c>
       <c r="D41">
-        <v>588260</v>
+        <v>587898</v>
       </c>
       <c r="E41">
-        <v>228.54</v>
+        <v>198.57</v>
       </c>
       <c r="F41" t="s">
         <v>428</v>
       </c>
       <c r="G41" t="s">
         <v>69</v>
       </c>
       <c r="H41" t="s">
         <v>429</v>
       </c>
       <c r="I41">
-        <v>58.99</v>
+        <v>55.2</v>
       </c>
       <c r="J41" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="K41" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>8226614572</v>
+        <v>431</v>
+      </c>
+      <c r="L41" t="s">
+        <v>432</v>
       </c>
       <c r="M41" t="s">
         <v>74</v>
       </c>
-      <c r="N41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N41"/>
       <c r="O41"/>
       <c r="P41">
-        <v>30767604254</v>
+        <v>15323104096</v>
       </c>
       <c r="Q41" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="R41" t="s">
         <v>75</v>
       </c>
       <c r="S41" t="s">
         <v>75</v>
       </c>
       <c r="T41" t="s">
         <v>76</v>
       </c>
-      <c r="U41">
-        <v>6240063653</v>
+      <c r="U41" t="s">
+        <v>427</v>
       </c>
       <c r="V41">
-        <v>588260</v>
+        <v>587898</v>
       </c>
       <c r="W41" t="s">
         <v>75</v>
       </c>
       <c r="X41">
-        <v>228.54</v>
+        <v>198.57</v>
       </c>
       <c r="Y41">
         <v>20.6</v>
       </c>
       <c r="Z41" t="s">
         <v>75</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>77</v>
       </c>
       <c r="AC41" t="s">
         <v>428</v>
       </c>
       <c r="AD41">
-        <v>30767604254</v>
+        <v>15323104096</v>
       </c>
       <c r="AE41" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="AF41" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="AG41" t="s">
         <v>75</v>
       </c>
       <c r="AH41" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>432</v>
+        <v>255</v>
       </c>
       <c r="AK41" t="s">
         <v>69</v>
       </c>
       <c r="AL41" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="AM41" t="s">
         <v>81</v>
       </c>
       <c r="AN41" t="s">
         <v>429</v>
       </c>
       <c r="AO41">
-        <v>58.99</v>
+        <v>55.2</v>
       </c>
       <c r="AP41" t="s">
-        <v>387</v>
+        <v>435</v>
       </c>
       <c r="AQ41" t="s">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="AR41" t="s">
         <v>84</v>
       </c>
-      <c r="AS41">
-[...1 lines deleted...]
-      </c>
+      <c r="AS41"/>
       <c r="AT41" t="s">
         <v>75</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
-      <c r="AW41">
-[...1 lines deleted...]
-      </c>
+      <c r="AW41"/>
       <c r="AX41" t="s">
         <v>85</v>
       </c>
-      <c r="AY41">
-        <v>8226614572</v>
+      <c r="AY41" t="s">
+        <v>432</v>
       </c>
       <c r="AZ41" t="s">
         <v>74</v>
       </c>
-      <c r="BA41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA41"/>
       <c r="BB41" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="BC41" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="BD41" t="s">
-        <v>433</v>
+        <v>75</v>
       </c>
       <c r="BE41" t="s">
-        <v>434</v>
+        <v>75</v>
       </c>
       <c r="BF41" t="s">
         <v>75</v>
       </c>
       <c r="BG41" t="s">
         <v>75</v>
       </c>
       <c r="BH41">
-        <v>201</v>
+        <v>303</v>
       </c>
       <c r="BI41" t="s">
         <v>86</v>
       </c>
       <c r="BJ41"/>
-      <c r="BK41"/>
-      <c r="BL41"/>
+      <c r="BK41" t="s">
+        <v>146</v>
+      </c>
+      <c r="BL41" t="s">
+        <v>436</v>
+      </c>
       <c r="BM41" t="s">
-        <v>75</v>
+        <v>437</v>
       </c>
       <c r="BN41" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="BO41">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BP41" t="s">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="BQ41" t="s">
         <v>75</v>
       </c>
       <c r="BR41">
-        <v>4708</v>
-[...1 lines deleted...]
-      <c r="BS41"/>
+        <v>4090.5</v>
+      </c>
+      <c r="BS41" t="s">
+        <v>150</v>
+      </c>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>4470063774</v>
+        <v>439</v>
+      </c>
+      <c r="C42" t="s">
+        <v>440</v>
       </c>
       <c r="D42">
-        <v>588303</v>
+        <v>587578</v>
       </c>
       <c r="E42">
-        <v>345.68</v>
+        <v>354.08</v>
       </c>
       <c r="F42" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G42" t="s">
         <v>69</v>
       </c>
       <c r="H42" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="I42">
-        <v>114.99</v>
+        <v>119</v>
       </c>
       <c r="J42" t="s">
-        <v>422</v>
+        <v>443</v>
       </c>
       <c r="K42" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>129</v>
+      </c>
+      <c r="L42">
+        <v>5583972192</v>
       </c>
       <c r="M42" t="s">
         <v>74</v>
       </c>
-      <c r="N42"/>
+      <c r="N42" t="s">
+        <v>412</v>
+      </c>
       <c r="O42"/>
       <c r="P42">
-        <v>8728349950</v>
+        <v>30479385673</v>
       </c>
       <c r="Q42" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="R42" t="s">
         <v>75</v>
       </c>
       <c r="S42" t="s">
         <v>75</v>
       </c>
       <c r="T42" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>4470063774</v>
+        <v>76</v>
+      </c>
+      <c r="U42" t="s">
+        <v>440</v>
       </c>
       <c r="V42">
-        <v>588303</v>
+        <v>587578</v>
       </c>
       <c r="W42" t="s">
         <v>75</v>
       </c>
       <c r="X42">
-        <v>345.68</v>
+        <v>354.08</v>
       </c>
       <c r="Y42">
         <v>20.6</v>
       </c>
       <c r="Z42" t="s">
         <v>75</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>77</v>
       </c>
       <c r="AC42" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="AD42">
-        <v>8728349950</v>
+        <v>30479385673</v>
       </c>
       <c r="AE42" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="AF42" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="AG42" t="s">
         <v>75</v>
       </c>
       <c r="AH42" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="AK42" t="s">
         <v>69</v>
       </c>
       <c r="AL42" t="s">
-        <v>422</v>
+        <v>443</v>
       </c>
       <c r="AM42" t="s">
         <v>81</v>
       </c>
       <c r="AN42" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="AO42">
-        <v>114.99</v>
+        <v>119</v>
       </c>
       <c r="AP42" t="s">
-        <v>443</v>
+        <v>167</v>
       </c>
       <c r="AQ42" t="s">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="AR42" t="s">
         <v>84</v>
       </c>
-      <c r="AS42">
-[...1 lines deleted...]
-      </c>
+      <c r="AS42"/>
       <c r="AT42" t="s">
         <v>75</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
-      <c r="AW42"/>
+      <c r="AW42">
+        <v>0</v>
+      </c>
       <c r="AX42" t="s">
         <v>85</v>
       </c>
-      <c r="AY42" t="s">
-        <v>439</v>
+      <c r="AY42">
+        <v>5583972192</v>
       </c>
       <c r="AZ42" t="s">
         <v>74</v>
       </c>
-      <c r="BA42"/>
+      <c r="BA42" t="s">
+        <v>281</v>
+      </c>
       <c r="BB42" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="BC42" t="s">
-        <v>422</v>
+        <v>443</v>
       </c>
       <c r="BD42" t="s">
         <v>75</v>
       </c>
       <c r="BE42" t="s">
         <v>75</v>
       </c>
       <c r="BF42" t="s">
         <v>75</v>
       </c>
       <c r="BG42" t="s">
         <v>75</v>
       </c>
       <c r="BH42">
-        <v>201</v>
+        <v>312</v>
       </c>
       <c r="BI42" t="s">
         <v>86</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>75</v>
       </c>
       <c r="BN42" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="BQ42" t="s">
         <v>75</v>
       </c>
       <c r="BR42">
-        <v>7121</v>
+        <v>7294</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="C43" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D43">
-        <v>588088</v>
+        <v>586663</v>
       </c>
       <c r="E43">
-        <v>236.94</v>
+        <v>322.67</v>
       </c>
       <c r="F43" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="G43" t="s">
         <v>69</v>
       </c>
       <c r="H43" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="I43">
-        <v>63</v>
+        <v>103.99</v>
       </c>
       <c r="J43" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="K43" t="s">
         <v>83</v>
       </c>
       <c r="L43">
-        <v>3394239494</v>
+        <v>6109302743</v>
       </c>
       <c r="M43" t="s">
         <v>74</v>
       </c>
       <c r="N43" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O43"/>
-      <c r="P43" t="s">
-        <v>450</v>
+      <c r="P43">
+        <v>10652907855</v>
       </c>
       <c r="Q43" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="R43" t="s">
         <v>75</v>
       </c>
       <c r="S43" t="s">
         <v>75</v>
       </c>
       <c r="T43" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U43" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="V43">
-        <v>588088</v>
+        <v>586663</v>
       </c>
       <c r="W43" t="s">
         <v>75</v>
       </c>
       <c r="X43">
-        <v>236.94</v>
+        <v>322.67</v>
       </c>
       <c r="Y43">
         <v>20.6</v>
       </c>
       <c r="Z43" t="s">
         <v>75</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>77</v>
       </c>
       <c r="AC43" t="s">
-        <v>447</v>
-[...1 lines deleted...]
-      <c r="AD43" t="s">
         <v>450</v>
       </c>
-      <c r="AE43">
-[...3 lines deleted...]
-        <v>7351677204</v>
+      <c r="AD43">
+        <v>10652907855</v>
+      </c>
+      <c r="AE43" t="s">
+        <v>453</v>
+      </c>
+      <c r="AF43" t="s">
+        <v>453</v>
       </c>
       <c r="AG43" t="s">
         <v>75</v>
       </c>
       <c r="AH43" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="AK43" t="s">
         <v>69</v>
       </c>
       <c r="AL43" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="AM43" t="s">
         <v>81</v>
       </c>
       <c r="AN43" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="AO43">
-        <v>63</v>
+        <v>103.99</v>
       </c>
       <c r="AP43" t="s">
-        <v>192</v>
+        <v>456</v>
       </c>
       <c r="AQ43" t="s">
         <v>83</v>
       </c>
       <c r="AR43" t="s">
         <v>84</v>
       </c>
       <c r="AS43">
-        <v>286582758293</v>
+        <v>771992305648</v>
       </c>
       <c r="AT43" t="s">
         <v>75</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
-      <c r="AW43">
-[...1 lines deleted...]
-      </c>
+      <c r="AW43"/>
       <c r="AX43" t="s">
         <v>85</v>
       </c>
       <c r="AY43">
-        <v>3394239494</v>
+        <v>6109302743</v>
       </c>
       <c r="AZ43" t="s">
         <v>74</v>
       </c>
       <c r="BA43" t="s">
         <v>281</v>
       </c>
       <c r="BB43" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="BC43" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="BD43" t="s">
-        <v>75</v>
+        <v>457</v>
       </c>
       <c r="BE43" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="BF43" t="s">
         <v>75</v>
       </c>
       <c r="BG43" t="s">
         <v>75</v>
       </c>
       <c r="BH43">
-        <v>206</v>
+        <v>337</v>
       </c>
       <c r="BI43" t="s">
         <v>86</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>75</v>
       </c>
       <c r="BN43" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43" t="s">
         <v>83</v>
       </c>
       <c r="BQ43" t="s">
         <v>75</v>
       </c>
       <c r="BR43">
-        <v>4881</v>
+        <v>6647</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C44">
-        <v>1620062938</v>
+        <v>8200059949</v>
       </c>
       <c r="D44">
-        <v>588059</v>
+        <v>586619</v>
       </c>
       <c r="E44">
-        <v>354.03</v>
+        <v>291.31</v>
       </c>
       <c r="F44" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="G44" t="s">
         <v>69</v>
       </c>
       <c r="H44" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="I44">
-        <v>118.99</v>
+        <v>89</v>
       </c>
       <c r="J44" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="K44" t="s">
         <v>83</v>
       </c>
       <c r="L44">
-        <v>6028527422</v>
+        <v>2076568896</v>
       </c>
       <c r="M44" t="s">
         <v>74</v>
       </c>
       <c r="N44" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O44"/>
       <c r="P44">
-        <v>16759395637</v>
+        <v>28953755049</v>
       </c>
       <c r="Q44" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="R44" t="s">
         <v>75</v>
       </c>
       <c r="S44" t="s">
         <v>75</v>
       </c>
       <c r="T44" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U44">
-        <v>1620062938</v>
+        <v>8200059949</v>
       </c>
       <c r="V44">
-        <v>588059</v>
+        <v>586619</v>
       </c>
       <c r="W44" t="s">
         <v>75</v>
       </c>
       <c r="X44">
-        <v>354.03</v>
+        <v>291.31</v>
       </c>
       <c r="Y44">
         <v>20.6</v>
       </c>
       <c r="Z44" t="s">
         <v>75</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>77</v>
       </c>
       <c r="AC44" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="AD44">
-        <v>16759395637</v>
+        <v>28953755049</v>
       </c>
       <c r="AE44">
-        <v>4611598300</v>
+        <v>2226893600</v>
       </c>
       <c r="AF44">
-        <v>4611598300</v>
+        <v>2226893600</v>
       </c>
       <c r="AG44" t="s">
         <v>75</v>
       </c>
       <c r="AH44" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="AK44" t="s">
         <v>69</v>
       </c>
       <c r="AL44" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="AM44" t="s">
         <v>81</v>
       </c>
       <c r="AN44" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="AO44">
-        <v>118.99</v>
+        <v>89</v>
       </c>
       <c r="AP44" t="s">
-        <v>145</v>
+        <v>464</v>
       </c>
       <c r="AQ44" t="s">
         <v>83</v>
       </c>
       <c r="AR44" t="s">
         <v>84</v>
       </c>
       <c r="AS44">
-        <v>880607855042</v>
+        <v>285139464065</v>
       </c>
       <c r="AT44" t="s">
         <v>75</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
-      <c r="AW44">
-[...1 lines deleted...]
-      </c>
+      <c r="AW44"/>
       <c r="AX44" t="s">
         <v>85</v>
       </c>
       <c r="AY44">
-        <v>6028527422</v>
+        <v>2076568896</v>
       </c>
       <c r="AZ44" t="s">
         <v>74</v>
       </c>
       <c r="BA44" t="s">
         <v>281</v>
       </c>
       <c r="BB44" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="BC44" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="BD44" t="s">
         <v>75</v>
       </c>
       <c r="BE44" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="BF44" t="s">
         <v>75</v>
       </c>
       <c r="BG44" t="s">
         <v>75</v>
       </c>
       <c r="BH44">
-        <v>207</v>
+        <v>338</v>
       </c>
       <c r="BI44" t="s">
         <v>86</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>75</v>
       </c>
       <c r="BN44" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
         <v>83</v>
       </c>
       <c r="BQ44" t="s">
         <v>75</v>
       </c>
       <c r="BR44">
-        <v>7293</v>
+        <v>6001</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C45">
-        <v>8680062982</v>
+        <v>4200060319</v>
       </c>
       <c r="D45">
-        <v>587993</v>
+        <v>586513</v>
       </c>
       <c r="E45">
         <v>272.48</v>
       </c>
       <c r="F45" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="G45" t="s">
         <v>69</v>
       </c>
       <c r="H45" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="I45">
         <v>79.99</v>
       </c>
       <c r="J45" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="K45" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="L45">
-        <v>3394230755</v>
+        <v>2076567581</v>
       </c>
       <c r="M45" t="s">
         <v>74</v>
       </c>
       <c r="N45" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O45"/>
       <c r="P45">
-        <v>11174263765</v>
+        <v>22083167895</v>
       </c>
       <c r="Q45" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="R45" t="s">
         <v>75</v>
       </c>
       <c r="S45" t="s">
         <v>75</v>
       </c>
       <c r="T45" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U45">
-        <v>8680062982</v>
+        <v>4200060319</v>
       </c>
       <c r="V45">
-        <v>587993</v>
+        <v>586513</v>
       </c>
       <c r="W45" t="s">
         <v>75</v>
       </c>
       <c r="X45">
         <v>272.48</v>
       </c>
       <c r="Y45">
         <v>20.6</v>
       </c>
       <c r="Z45" t="s">
         <v>75</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>77</v>
       </c>
       <c r="AC45" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="AD45">
-        <v>11174263765</v>
+        <v>22083167895</v>
       </c>
       <c r="AE45">
-        <v>5550771300</v>
+        <v>2281411100</v>
       </c>
       <c r="AF45">
-        <v>5550771300</v>
+        <v>2281411100</v>
       </c>
       <c r="AG45" t="s">
         <v>75</v>
       </c>
       <c r="AH45" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="AK45" t="s">
         <v>69</v>
       </c>
       <c r="AL45" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="AM45" t="s">
         <v>81</v>
       </c>
       <c r="AN45" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="AO45">
         <v>79.99</v>
       </c>
       <c r="AP45" t="s">
-        <v>211</v>
+        <v>158</v>
       </c>
       <c r="AQ45" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR45" t="s">
         <v>84</v>
       </c>
-      <c r="AS45"/>
+      <c r="AS45">
+        <v>285072514048</v>
+      </c>
       <c r="AT45" t="s">
         <v>75</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
-      <c r="AW45">
-[...1 lines deleted...]
-      </c>
+      <c r="AW45"/>
       <c r="AX45" t="s">
         <v>85</v>
       </c>
       <c r="AY45">
-        <v>3394230755</v>
+        <v>2076567581</v>
       </c>
       <c r="AZ45" t="s">
         <v>74</v>
       </c>
       <c r="BA45" t="s">
         <v>281</v>
       </c>
       <c r="BB45" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="BC45" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="BD45" t="s">
         <v>75</v>
       </c>
       <c r="BE45" t="s">
-        <v>75</v>
+        <v>473</v>
       </c>
       <c r="BF45" t="s">
         <v>75</v>
       </c>
       <c r="BG45" t="s">
         <v>75</v>
       </c>
       <c r="BH45">
-        <v>209</v>
+        <v>339</v>
       </c>
       <c r="BI45" t="s">
         <v>86</v>
       </c>
-      <c r="BJ45" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BJ45"/>
+      <c r="BK45"/>
+      <c r="BL45"/>
       <c r="BM45" t="s">
-        <v>472</v>
+        <v>75</v>
       </c>
       <c r="BN45" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="BO45">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="BP45" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ45" t="s">
         <v>75</v>
       </c>
       <c r="BR45">
         <v>5613</v>
       </c>
-      <c r="BS45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BS45"/>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="C46" t="s">
         <v>475</v>
       </c>
+      <c r="C46">
+        <v>2530060434</v>
+      </c>
       <c r="D46">
-        <v>587898</v>
+        <v>586376</v>
       </c>
       <c r="E46">
-        <v>198.57</v>
+        <v>289.22</v>
       </c>
       <c r="F46" t="s">
         <v>476</v>
       </c>
       <c r="G46" t="s">
         <v>69</v>
       </c>
       <c r="H46" t="s">
         <v>477</v>
       </c>
       <c r="I46">
-        <v>55.2</v>
+        <v>87.99</v>
       </c>
       <c r="J46" t="s">
         <v>478</v>
       </c>
       <c r="K46" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>83</v>
+      </c>
+      <c r="L46">
+        <v>2076566096</v>
       </c>
       <c r="M46" t="s">
         <v>74</v>
       </c>
-      <c r="N46"/>
+      <c r="N46" t="s">
+        <v>412</v>
+      </c>
       <c r="O46"/>
-      <c r="P46">
-        <v>15323104096</v>
+      <c r="P46" t="s">
+        <v>479</v>
       </c>
       <c r="Q46" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="R46" t="s">
         <v>75</v>
       </c>
       <c r="S46" t="s">
         <v>75</v>
       </c>
       <c r="T46" t="s">
         <v>76</v>
       </c>
-      <c r="U46" t="s">
-        <v>475</v>
+      <c r="U46">
+        <v>2530060434</v>
       </c>
       <c r="V46">
-        <v>587898</v>
+        <v>586376</v>
       </c>
       <c r="W46" t="s">
         <v>75</v>
       </c>
       <c r="X46">
-        <v>198.57</v>
+        <v>289.22</v>
       </c>
       <c r="Y46">
         <v>20.6</v>
       </c>
       <c r="Z46" t="s">
         <v>75</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>77</v>
       </c>
       <c r="AC46" t="s">
         <v>476</v>
       </c>
-      <c r="AD46">
-[...6 lines deleted...]
-        <v>481</v>
+      <c r="AD46" t="s">
+        <v>479</v>
+      </c>
+      <c r="AE46">
+        <v>3317245397</v>
+      </c>
+      <c r="AF46">
+        <v>3317245397</v>
       </c>
       <c r="AG46" t="s">
         <v>75</v>
       </c>
       <c r="AH46" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>255</v>
+        <v>481</v>
       </c>
       <c r="AK46" t="s">
         <v>69</v>
       </c>
       <c r="AL46" t="s">
         <v>478</v>
       </c>
       <c r="AM46" t="s">
         <v>81</v>
       </c>
       <c r="AN46" t="s">
         <v>477</v>
       </c>
       <c r="AO46">
-        <v>55.2</v>
+        <v>87.99</v>
       </c>
       <c r="AP46" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="AQ46" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR46" t="s">
         <v>84</v>
       </c>
-      <c r="AS46"/>
+      <c r="AS46">
+        <v>771847713825</v>
+      </c>
       <c r="AT46" t="s">
         <v>75</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46" t="s">
         <v>85</v>
       </c>
-      <c r="AY46" t="s">
-        <v>480</v>
+      <c r="AY46">
+        <v>2076566096</v>
       </c>
       <c r="AZ46" t="s">
         <v>74</v>
       </c>
-      <c r="BA46"/>
+      <c r="BA46" t="s">
+        <v>281</v>
+      </c>
       <c r="BB46" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="BC46" t="s">
         <v>478</v>
       </c>
       <c r="BD46" t="s">
-        <v>75</v>
+        <v>483</v>
       </c>
       <c r="BE46" t="s">
-        <v>75</v>
+        <v>484</v>
       </c>
       <c r="BF46" t="s">
         <v>75</v>
       </c>
       <c r="BG46" t="s">
         <v>75</v>
       </c>
       <c r="BH46">
-        <v>212</v>
+        <v>342</v>
       </c>
       <c r="BI46" t="s">
         <v>86</v>
       </c>
       <c r="BJ46"/>
-      <c r="BK46" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BK46"/>
+      <c r="BL46"/>
       <c r="BM46" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN46" t="s">
         <v>485</v>
       </c>
-      <c r="BN46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO46">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="BP46" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ46" t="s">
         <v>75</v>
       </c>
       <c r="BR46">
-        <v>4090.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>5958</v>
+      </c>
+      <c r="BS46"/>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
+        <v>486</v>
+      </c>
+      <c r="C47">
+        <v>1040059217</v>
+      </c>
+      <c r="D47">
+        <v>586078</v>
+      </c>
+      <c r="E47">
+        <v>308.06</v>
+      </c>
+      <c r="F47" t="s">
         <v>487</v>
-      </c>
-[...10 lines deleted...]
-        <v>489</v>
       </c>
       <c r="G47" t="s">
         <v>69</v>
       </c>
       <c r="H47" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="I47">
-        <v>118.99</v>
+        <v>96.99</v>
       </c>
       <c r="J47" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="K47" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="L47">
-        <v>2376743530</v>
+        <v>2061907875</v>
       </c>
       <c r="M47" t="s">
         <v>74</v>
       </c>
       <c r="N47" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O47"/>
       <c r="P47">
-        <v>13966763803</v>
+        <v>29401620467</v>
       </c>
       <c r="Q47" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="R47" t="s">
         <v>75</v>
       </c>
       <c r="S47" t="s">
         <v>75</v>
       </c>
       <c r="T47" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>299</v>
+      </c>
+      <c r="U47">
+        <v>1040059217</v>
       </c>
       <c r="V47">
-        <v>587818</v>
+        <v>586078</v>
       </c>
       <c r="W47" t="s">
         <v>75</v>
       </c>
       <c r="X47">
-        <v>354.03</v>
+        <v>308.06</v>
       </c>
       <c r="Y47">
         <v>20.6</v>
       </c>
       <c r="Z47" t="s">
         <v>75</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>77</v>
       </c>
       <c r="AC47" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="AD47">
-        <v>13966763803</v>
-[...5 lines deleted...]
-        <v>3336786700</v>
+        <v>29401620467</v>
+      </c>
+      <c r="AE47" t="s">
+        <v>490</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>490</v>
       </c>
       <c r="AG47" t="s">
         <v>75</v>
       </c>
       <c r="AH47" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="AK47" t="s">
         <v>69</v>
       </c>
       <c r="AL47" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="AM47" t="s">
         <v>81</v>
       </c>
       <c r="AN47" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="AO47">
-        <v>118.99</v>
+        <v>96.99</v>
       </c>
       <c r="AP47" t="s">
-        <v>145</v>
+        <v>493</v>
       </c>
       <c r="AQ47" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR47" t="s">
         <v>84</v>
       </c>
-      <c r="AS47"/>
+      <c r="AS47">
+        <v>284831987256</v>
+      </c>
       <c r="AT47" t="s">
         <v>75</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
-      <c r="AW47">
-[...1 lines deleted...]
-      </c>
+      <c r="AW47"/>
       <c r="AX47" t="s">
         <v>85</v>
       </c>
       <c r="AY47">
-        <v>2376743530</v>
+        <v>2061907875</v>
       </c>
       <c r="AZ47" t="s">
         <v>74</v>
       </c>
       <c r="BA47" t="s">
         <v>281</v>
       </c>
       <c r="BB47" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="BC47" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="BD47" t="s">
         <v>75</v>
       </c>
       <c r="BE47" t="s">
-        <v>75</v>
+        <v>494</v>
       </c>
       <c r="BF47" t="s">
         <v>75</v>
       </c>
       <c r="BG47" t="s">
         <v>75</v>
       </c>
       <c r="BH47">
-        <v>213</v>
+        <v>346</v>
       </c>
       <c r="BI47" t="s">
         <v>86</v>
       </c>
-      <c r="BJ47" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BJ47"/>
+      <c r="BK47"/>
+      <c r="BL47"/>
       <c r="BM47" t="s">
-        <v>494</v>
+        <v>75</v>
       </c>
       <c r="BN47" t="s">
         <v>495</v>
       </c>
       <c r="BO47">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="BP47" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ47" t="s">
         <v>75</v>
       </c>
       <c r="BR47">
-        <v>7293</v>
-[...3 lines deleted...]
-      </c>
+        <v>6346</v>
+      </c>
+      <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
         <v>496</v>
       </c>
       <c r="C48">
-        <v>2730062074</v>
+        <v>5010059517</v>
       </c>
       <c r="D48">
-        <v>587786</v>
+        <v>586074</v>
       </c>
       <c r="E48">
-        <v>270.39</v>
+        <v>356.12</v>
       </c>
       <c r="F48" t="s">
         <v>497</v>
       </c>
       <c r="G48" t="s">
         <v>69</v>
       </c>
       <c r="H48" t="s">
         <v>498</v>
       </c>
       <c r="I48">
-        <v>79</v>
+        <v>119.99</v>
       </c>
       <c r="J48" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="K48" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="L48">
-        <v>4316761772</v>
+        <v>2061907385</v>
       </c>
       <c r="M48" t="s">
         <v>74</v>
       </c>
       <c r="N48" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O48"/>
       <c r="P48">
-        <v>14127013488</v>
+        <v>15520175195</v>
       </c>
       <c r="Q48" t="s">
         <v>496</v>
       </c>
       <c r="R48" t="s">
         <v>75</v>
       </c>
       <c r="S48" t="s">
         <v>75</v>
       </c>
       <c r="T48" t="s">
         <v>76</v>
       </c>
       <c r="U48">
-        <v>2730062074</v>
+        <v>5010059517</v>
       </c>
       <c r="V48">
-        <v>587786</v>
+        <v>586074</v>
       </c>
       <c r="W48" t="s">
         <v>75</v>
       </c>
       <c r="X48">
-        <v>270.39</v>
+        <v>356.12</v>
       </c>
       <c r="Y48">
         <v>20.6</v>
       </c>
       <c r="Z48" t="s">
         <v>75</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>77</v>
       </c>
       <c r="AC48" t="s">
         <v>497</v>
       </c>
       <c r="AD48">
-        <v>14127013488</v>
+        <v>15520175195</v>
       </c>
       <c r="AE48">
-        <v>9999427200</v>
+        <v>8444684500</v>
       </c>
       <c r="AF48">
-        <v>9999427200</v>
+        <v>8444684500</v>
       </c>
       <c r="AG48" t="s">
         <v>75</v>
       </c>
       <c r="AH48" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="AK48" t="s">
         <v>69</v>
       </c>
       <c r="AL48" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="AM48" t="s">
         <v>81</v>
       </c>
       <c r="AN48" t="s">
         <v>498</v>
       </c>
       <c r="AO48">
-        <v>79</v>
+        <v>119.99</v>
       </c>
       <c r="AP48" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="AQ48" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR48" t="s">
         <v>84</v>
       </c>
-      <c r="AS48"/>
+      <c r="AS48">
+        <v>284854562138</v>
+      </c>
       <c r="AT48" t="s">
         <v>75</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
-      <c r="AW48">
-[...1 lines deleted...]
-      </c>
+      <c r="AW48"/>
       <c r="AX48" t="s">
         <v>85</v>
       </c>
       <c r="AY48">
-        <v>4316761772</v>
+        <v>2061907385</v>
       </c>
       <c r="AZ48" t="s">
         <v>74</v>
       </c>
       <c r="BA48" t="s">
         <v>281</v>
       </c>
       <c r="BB48" t="s">
         <v>496</v>
       </c>
       <c r="BC48" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="BD48" t="s">
         <v>75</v>
       </c>
       <c r="BE48" t="s">
-        <v>75</v>
+        <v>502</v>
       </c>
       <c r="BF48" t="s">
         <v>75</v>
       </c>
       <c r="BG48" t="s">
         <v>75</v>
       </c>
       <c r="BH48">
-        <v>214</v>
+        <v>347</v>
       </c>
       <c r="BI48" t="s">
         <v>86</v>
       </c>
-      <c r="BJ48" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BJ48"/>
+      <c r="BK48"/>
+      <c r="BL48"/>
       <c r="BM48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN48" t="s">
         <v>503</v>
       </c>
-      <c r="BN48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO48">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="BP48" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ48" t="s">
         <v>75</v>
       </c>
       <c r="BR48">
-        <v>5570</v>
-[...3 lines deleted...]
-      </c>
+        <v>7336</v>
+      </c>
+      <c r="BS48"/>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C49">
-        <v>5920062222</v>
+        <v>3750058816</v>
       </c>
       <c r="D49">
-        <v>587764</v>
+        <v>585996</v>
       </c>
       <c r="E49">
-        <v>521.8</v>
+        <v>272.48</v>
       </c>
       <c r="F49" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="G49" t="s">
         <v>69</v>
       </c>
       <c r="H49" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I49">
-        <v>199.2</v>
+        <v>79.99</v>
       </c>
       <c r="J49" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="K49" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="L49">
-        <v>4316761595</v>
+        <v>2825665091</v>
       </c>
       <c r="M49" t="s">
         <v>74</v>
       </c>
       <c r="N49" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O49"/>
       <c r="P49">
-        <v>27000190193</v>
+        <v>14246290298</v>
       </c>
       <c r="Q49" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="R49" t="s">
         <v>75</v>
       </c>
       <c r="S49" t="s">
         <v>75</v>
       </c>
       <c r="T49" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U49">
-        <v>5920062222</v>
+        <v>3750058816</v>
       </c>
       <c r="V49">
-        <v>587764</v>
+        <v>585996</v>
       </c>
       <c r="W49" t="s">
         <v>75</v>
       </c>
       <c r="X49">
-        <v>521.8</v>
+        <v>272.48</v>
       </c>
       <c r="Y49">
         <v>20.6</v>
       </c>
       <c r="Z49" t="s">
         <v>75</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>77</v>
       </c>
       <c r="AC49" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="AD49">
-        <v>27000190193</v>
+        <v>14246290298</v>
       </c>
       <c r="AE49" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="AF49" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="AG49" t="s">
         <v>75</v>
       </c>
       <c r="AH49" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="AK49" t="s">
         <v>69</v>
       </c>
       <c r="AL49" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="AM49" t="s">
         <v>81</v>
       </c>
       <c r="AN49" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="AO49">
-        <v>199.2</v>
+        <v>79.99</v>
       </c>
       <c r="AP49" t="s">
-        <v>513</v>
+        <v>211</v>
       </c>
       <c r="AQ49" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR49" t="s">
         <v>84</v>
       </c>
-      <c r="AS49"/>
+      <c r="AS49">
+        <v>284782594998</v>
+      </c>
       <c r="AT49" t="s">
         <v>75</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
-      <c r="AW49">
-[...1 lines deleted...]
-      </c>
+      <c r="AW49"/>
       <c r="AX49" t="s">
         <v>85</v>
       </c>
       <c r="AY49">
-        <v>4316761595</v>
+        <v>2825665091</v>
       </c>
       <c r="AZ49" t="s">
         <v>74</v>
       </c>
       <c r="BA49" t="s">
         <v>281</v>
       </c>
       <c r="BB49" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="BC49" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="BD49" t="s">
         <v>75</v>
       </c>
       <c r="BE49" t="s">
-        <v>75</v>
+        <v>511</v>
       </c>
       <c r="BF49" t="s">
         <v>75</v>
       </c>
       <c r="BG49" t="s">
         <v>75</v>
       </c>
       <c r="BH49">
-        <v>215</v>
+        <v>349</v>
       </c>
       <c r="BI49" t="s">
         <v>86</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>75</v>
       </c>
       <c r="BN49" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ49" t="s">
         <v>75</v>
       </c>
       <c r="BR49">
-        <v>10749</v>
+        <v>5613</v>
       </c>
       <c r="BS49"/>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
+        <v>513</v>
+      </c>
+      <c r="C50" t="s">
+        <v>514</v>
+      </c>
+      <c r="D50">
+        <v>585991</v>
+      </c>
+      <c r="E50">
+        <v>474.32</v>
+      </c>
+      <c r="F50" t="s">
         <v>515</v>
-      </c>
-[...10 lines deleted...]
-        <v>516</v>
       </c>
       <c r="G50" t="s">
         <v>69</v>
       </c>
       <c r="H50" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="I50">
-        <v>118.99</v>
+        <v>126.2</v>
       </c>
       <c r="J50" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="K50" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="L50">
-        <v>4316761536</v>
+        <v>5742752364</v>
       </c>
       <c r="M50" t="s">
         <v>74</v>
       </c>
       <c r="N50" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O50"/>
-      <c r="P50" t="s">
-        <v>519</v>
+      <c r="P50">
+        <v>3763593986</v>
       </c>
       <c r="Q50" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="R50" t="s">
         <v>75</v>
       </c>
       <c r="S50" t="s">
         <v>75</v>
       </c>
       <c r="T50" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>7230061898</v>
+        <v>299</v>
+      </c>
+      <c r="U50" t="s">
+        <v>514</v>
       </c>
       <c r="V50">
-        <v>587679</v>
+        <v>585991</v>
       </c>
       <c r="W50" t="s">
         <v>75</v>
       </c>
       <c r="X50">
-        <v>354.03</v>
+        <v>474.32</v>
       </c>
       <c r="Y50">
         <v>20.6</v>
       </c>
       <c r="Z50" t="s">
         <v>75</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>77</v>
       </c>
       <c r="AC50" t="s">
-        <v>516</v>
-[...8 lines deleted...]
-        <v>5539082834</v>
+        <v>515</v>
+      </c>
+      <c r="AD50">
+        <v>3763593986</v>
+      </c>
+      <c r="AE50" t="s">
+        <v>517</v>
+      </c>
+      <c r="AF50" t="s">
+        <v>517</v>
       </c>
       <c r="AG50" t="s">
         <v>75</v>
       </c>
       <c r="AH50" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>521</v>
+        <v>95</v>
       </c>
       <c r="AK50" t="s">
         <v>69</v>
       </c>
       <c r="AL50" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="AM50" t="s">
         <v>81</v>
       </c>
       <c r="AN50" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="AO50">
-        <v>118.99</v>
+        <v>126.2</v>
       </c>
       <c r="AP50" t="s">
-        <v>145</v>
+        <v>519</v>
       </c>
       <c r="AQ50" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR50" t="s">
         <v>84</v>
       </c>
-      <c r="AS50"/>
+      <c r="AS50">
+        <v>284781824721</v>
+      </c>
       <c r="AT50" t="s">
         <v>75</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
-      <c r="AW50">
-[...1 lines deleted...]
-      </c>
+      <c r="AW50"/>
       <c r="AX50" t="s">
         <v>85</v>
       </c>
       <c r="AY50">
-        <v>4316761536</v>
+        <v>5742752364</v>
       </c>
       <c r="AZ50" t="s">
         <v>74</v>
       </c>
       <c r="BA50" t="s">
         <v>281</v>
       </c>
       <c r="BB50" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="BC50" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="BD50" t="s">
-        <v>75</v>
+        <v>520</v>
       </c>
       <c r="BE50" t="s">
-        <v>75</v>
+        <v>521</v>
       </c>
       <c r="BF50" t="s">
         <v>75</v>
       </c>
       <c r="BG50" t="s">
         <v>75</v>
       </c>
       <c r="BH50">
-        <v>218</v>
+        <v>349</v>
       </c>
       <c r="BI50" t="s">
         <v>86</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>75</v>
       </c>
       <c r="BN50" t="s">
         <v>522</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ50" t="s">
         <v>75</v>
       </c>
       <c r="BR50">
-        <v>7293</v>
+        <v>9771</v>
       </c>
       <c r="BS50"/>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
         <v>523</v>
       </c>
       <c r="C51">
-        <v>7160061927</v>
+        <v>3070112048</v>
       </c>
       <c r="D51">
-        <v>587618</v>
+        <v>585986</v>
       </c>
       <c r="E51">
-        <v>368.69</v>
+        <v>321.02</v>
       </c>
       <c r="F51" t="s">
         <v>524</v>
       </c>
       <c r="G51" t="s">
         <v>69</v>
       </c>
       <c r="H51" t="s">
         <v>525</v>
       </c>
       <c r="I51">
-        <v>125.99</v>
+        <v>89.99</v>
       </c>
       <c r="J51" t="s">
-        <v>526</v>
+        <v>507</v>
       </c>
       <c r="K51" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="L51">
-        <v>9067633853</v>
+        <v>2061906210</v>
       </c>
       <c r="M51" t="s">
         <v>74</v>
       </c>
       <c r="N51" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O51"/>
       <c r="P51">
-        <v>12279279875</v>
+        <v>10563488084</v>
       </c>
       <c r="Q51" t="s">
         <v>523</v>
       </c>
       <c r="R51" t="s">
         <v>75</v>
       </c>
       <c r="S51" t="s">
         <v>75</v>
       </c>
       <c r="T51" t="s">
         <v>76</v>
       </c>
       <c r="U51">
-        <v>7160061927</v>
+        <v>3070112048</v>
       </c>
       <c r="V51">
-        <v>587618</v>
+        <v>585986</v>
       </c>
       <c r="W51" t="s">
         <v>75</v>
       </c>
       <c r="X51">
-        <v>368.69</v>
+        <v>321.02</v>
       </c>
       <c r="Y51">
         <v>20.6</v>
       </c>
       <c r="Z51" t="s">
         <v>75</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>77</v>
       </c>
       <c r="AC51" t="s">
         <v>524</v>
       </c>
       <c r="AD51">
-        <v>12279279875</v>
-[...5 lines deleted...]
-        <v>527</v>
+        <v>10563488084</v>
+      </c>
+      <c r="AE51">
+        <v>4421961800</v>
+      </c>
+      <c r="AF51">
+        <v>4421961800</v>
       </c>
       <c r="AG51" t="s">
         <v>75</v>
       </c>
       <c r="AH51" t="s">
-        <v>528</v>
+        <v>103</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>529</v>
+        <v>104</v>
       </c>
       <c r="AK51" t="s">
         <v>69</v>
       </c>
       <c r="AL51" t="s">
-        <v>526</v>
+        <v>507</v>
       </c>
       <c r="AM51" t="s">
         <v>81</v>
       </c>
       <c r="AN51" t="s">
         <v>525</v>
       </c>
       <c r="AO51">
-        <v>125.99</v>
+        <v>89.99</v>
       </c>
       <c r="AP51" t="s">
-        <v>530</v>
+        <v>237</v>
       </c>
       <c r="AQ51" t="s">
         <v>83</v>
       </c>
       <c r="AR51" t="s">
         <v>84</v>
       </c>
       <c r="AS51">
-        <v>286098653879</v>
+        <v>284782016268</v>
       </c>
       <c r="AT51" t="s">
         <v>75</v>
       </c>
       <c r="AU51"/>
       <c r="AV51"/>
-      <c r="AW51">
-[...1 lines deleted...]
-      </c>
+      <c r="AW51"/>
       <c r="AX51" t="s">
         <v>85</v>
       </c>
       <c r="AY51">
-        <v>9067633853</v>
+        <v>2061906210</v>
       </c>
       <c r="AZ51" t="s">
         <v>74</v>
       </c>
       <c r="BA51" t="s">
         <v>281</v>
       </c>
       <c r="BB51" t="s">
         <v>523</v>
       </c>
       <c r="BC51" t="s">
+        <v>507</v>
+      </c>
+      <c r="BD51" t="s">
         <v>526</v>
       </c>
-      <c r="BD51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE51" t="s">
-        <v>75</v>
+        <v>526</v>
       </c>
       <c r="BF51" t="s">
         <v>75</v>
       </c>
       <c r="BG51" t="s">
         <v>75</v>
       </c>
       <c r="BH51">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="BI51" t="s">
         <v>86</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>75</v>
       </c>
       <c r="BN51" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51" t="s">
         <v>83</v>
       </c>
       <c r="BQ51" t="s">
         <v>75</v>
       </c>
       <c r="BR51">
-        <v>7595</v>
+        <v>6613</v>
       </c>
       <c r="BS51"/>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>528</v>
+      </c>
+      <c r="C52">
+        <v>4230058309</v>
       </c>
       <c r="D52">
-        <v>587578</v>
+        <v>585942</v>
       </c>
       <c r="E52">
-        <v>354.08</v>
+        <v>312.23</v>
       </c>
       <c r="F52" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="G52" t="s">
         <v>69</v>
       </c>
       <c r="H52" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="I52">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="J52" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="K52" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="L52">
-        <v>5583972192</v>
+        <v>2061905554</v>
       </c>
       <c r="M52" t="s">
         <v>74</v>
       </c>
       <c r="N52" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O52"/>
-      <c r="P52">
-        <v>30479385673</v>
+      <c r="P52" t="s">
+        <v>532</v>
       </c>
       <c r="Q52" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="R52" t="s">
         <v>75</v>
       </c>
       <c r="S52" t="s">
         <v>75</v>
       </c>
       <c r="T52" t="s">
         <v>76</v>
       </c>
-      <c r="U52" t="s">
-        <v>533</v>
+      <c r="U52">
+        <v>4230058309</v>
       </c>
       <c r="V52">
-        <v>587578</v>
+        <v>585942</v>
       </c>
       <c r="W52" t="s">
         <v>75</v>
       </c>
       <c r="X52">
-        <v>354.08</v>
+        <v>312.23</v>
       </c>
       <c r="Y52">
         <v>20.6</v>
       </c>
       <c r="Z52" t="s">
         <v>75</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>77</v>
       </c>
       <c r="AC52" t="s">
-        <v>534</v>
-[...8 lines deleted...]
-        <v>537</v>
+        <v>529</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>532</v>
+      </c>
+      <c r="AE52">
+        <v>8124262369</v>
+      </c>
+      <c r="AF52">
+        <v>8124262369</v>
       </c>
       <c r="AG52" t="s">
         <v>75</v>
       </c>
       <c r="AH52" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>539</v>
+        <v>200</v>
       </c>
       <c r="AK52" t="s">
         <v>69</v>
       </c>
       <c r="AL52" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="AM52" t="s">
         <v>81</v>
       </c>
       <c r="AN52" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="AO52">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="AP52" t="s">
-        <v>167</v>
+        <v>534</v>
       </c>
       <c r="AQ52" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR52" t="s">
         <v>84</v>
       </c>
-      <c r="AS52"/>
+      <c r="AS52">
+        <v>771666025885</v>
+      </c>
       <c r="AT52" t="s">
         <v>75</v>
       </c>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52">
         <v>0</v>
       </c>
       <c r="AX52" t="s">
         <v>85</v>
       </c>
       <c r="AY52">
-        <v>5583972192</v>
+        <v>2061905554</v>
       </c>
       <c r="AZ52" t="s">
         <v>74</v>
       </c>
       <c r="BA52" t="s">
         <v>281</v>
       </c>
       <c r="BB52" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="BC52" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="BD52" t="s">
         <v>75</v>
       </c>
       <c r="BE52" t="s">
-        <v>75</v>
+        <v>535</v>
       </c>
       <c r="BF52" t="s">
         <v>75</v>
       </c>
       <c r="BG52" t="s">
         <v>75</v>
       </c>
       <c r="BH52">
-        <v>221</v>
+        <v>351</v>
       </c>
       <c r="BI52" t="s">
         <v>86</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>75</v>
       </c>
       <c r="BN52" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ52" t="s">
         <v>75</v>
       </c>
       <c r="BR52">
-        <v>7294</v>
+        <v>6432</v>
       </c>
       <c r="BS52"/>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C53">
-        <v>2100061552</v>
+        <v>5930058878</v>
       </c>
       <c r="D53">
-        <v>587377</v>
+        <v>585887</v>
       </c>
       <c r="E53">
-        <v>451.26</v>
+        <v>270.39</v>
       </c>
       <c r="F53" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="G53" t="s">
         <v>69</v>
       </c>
       <c r="H53" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="I53">
-        <v>115.19</v>
+        <v>79</v>
       </c>
       <c r="J53" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="K53" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="L53">
-        <v>9933265845</v>
+        <v>2061904795</v>
       </c>
       <c r="M53" t="s">
         <v>74</v>
       </c>
       <c r="N53" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O53"/>
       <c r="P53">
-        <v>18158453214</v>
+        <v>7027663831</v>
       </c>
       <c r="Q53" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="R53" t="s">
         <v>75</v>
       </c>
       <c r="S53" t="s">
         <v>75</v>
       </c>
       <c r="T53" t="s">
         <v>76</v>
       </c>
       <c r="U53">
-        <v>2100061552</v>
+        <v>5930058878</v>
       </c>
       <c r="V53">
-        <v>587377</v>
+        <v>585887</v>
       </c>
       <c r="W53" t="s">
         <v>75</v>
       </c>
       <c r="X53">
-        <v>451.26</v>
+        <v>270.39</v>
       </c>
       <c r="Y53">
         <v>20.6</v>
       </c>
       <c r="Z53" t="s">
         <v>75</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>77</v>
       </c>
       <c r="AC53" t="s">
+        <v>538</v>
+      </c>
+      <c r="AD53">
+        <v>7027663831</v>
+      </c>
+      <c r="AE53" t="s">
+        <v>541</v>
+      </c>
+      <c r="AF53" t="s">
+        <v>541</v>
+      </c>
+      <c r="AG53" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH53" t="s">
         <v>542</v>
-      </c>
-[...13 lines deleted...]
-        <v>546</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="AK53" t="s">
         <v>69</v>
       </c>
       <c r="AL53" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="AM53" t="s">
         <v>81</v>
       </c>
       <c r="AN53" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="AO53">
-        <v>115.19</v>
+        <v>79</v>
       </c>
       <c r="AP53" t="s">
-        <v>548</v>
+        <v>415</v>
       </c>
       <c r="AQ53" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR53" t="s">
         <v>84</v>
       </c>
-      <c r="AS53"/>
+      <c r="AS53">
+        <v>284655554976</v>
+      </c>
       <c r="AT53" t="s">
         <v>75</v>
       </c>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53">
         <v>0</v>
       </c>
       <c r="AX53" t="s">
         <v>85</v>
       </c>
       <c r="AY53">
-        <v>9933265845</v>
+        <v>2061904795</v>
       </c>
       <c r="AZ53" t="s">
         <v>74</v>
       </c>
       <c r="BA53" t="s">
         <v>281</v>
       </c>
       <c r="BB53" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="BC53" t="s">
+        <v>540</v>
+      </c>
+      <c r="BD53" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE53" t="s">
         <v>544</v>
       </c>
-      <c r="BD53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF53" t="s">
         <v>75</v>
       </c>
       <c r="BG53" t="s">
         <v>75</v>
       </c>
       <c r="BH53">
-        <v>226</v>
+        <v>352</v>
       </c>
       <c r="BI53" t="s">
         <v>86</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>75</v>
       </c>
       <c r="BN53" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ53" t="s">
         <v>75</v>
       </c>
       <c r="BR53">
-        <v>9296</v>
+        <v>5570</v>
       </c>
       <c r="BS53"/>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="C54">
-        <v>2040061753</v>
+        <v>7480058183</v>
       </c>
       <c r="D54">
-        <v>587376</v>
+        <v>585692</v>
       </c>
       <c r="E54">
-        <v>220.63</v>
+        <v>289.22</v>
       </c>
       <c r="F54" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="G54" t="s">
         <v>69</v>
       </c>
       <c r="H54" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="I54">
-        <v>55.2</v>
+        <v>87.99</v>
       </c>
       <c r="J54" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="K54" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="L54">
-        <v>7101406336</v>
+        <v>3145361100</v>
       </c>
       <c r="M54" t="s">
         <v>74</v>
       </c>
       <c r="N54" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O54"/>
       <c r="P54">
-        <v>15365583888</v>
+        <v>15292848227</v>
       </c>
       <c r="Q54" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="R54" t="s">
         <v>75</v>
       </c>
       <c r="S54" t="s">
         <v>75</v>
       </c>
       <c r="T54" t="s">
         <v>76</v>
       </c>
       <c r="U54">
-        <v>2040061753</v>
+        <v>7480058183</v>
       </c>
       <c r="V54">
-        <v>587376</v>
+        <v>585692</v>
       </c>
       <c r="W54" t="s">
         <v>75</v>
       </c>
       <c r="X54">
-        <v>220.63</v>
+        <v>289.22</v>
       </c>
       <c r="Y54">
         <v>20.6</v>
       </c>
       <c r="Z54" t="s">
         <v>75</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>77</v>
       </c>
       <c r="AC54" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="AD54">
-        <v>15365583888</v>
+        <v>15292848227</v>
       </c>
       <c r="AE54">
-        <v>5558361100</v>
+        <v>3336481700</v>
       </c>
       <c r="AF54">
-        <v>5558361100</v>
+        <v>3336481700</v>
       </c>
       <c r="AG54" t="s">
         <v>75</v>
       </c>
       <c r="AH54" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="AK54" t="s">
         <v>69</v>
       </c>
       <c r="AL54" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="AM54" t="s">
         <v>81</v>
       </c>
       <c r="AN54" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="AO54">
-        <v>55.2</v>
+        <v>87.99</v>
       </c>
       <c r="AP54" t="s">
-        <v>555</v>
+        <v>482</v>
       </c>
       <c r="AQ54" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR54" t="s">
         <v>84</v>
       </c>
-      <c r="AS54"/>
+      <c r="AS54">
+        <v>284553786386</v>
+      </c>
       <c r="AT54" t="s">
         <v>75</v>
       </c>
       <c r="AU54"/>
       <c r="AV54"/>
-      <c r="AW54">
-[...1 lines deleted...]
-      </c>
+      <c r="AW54"/>
       <c r="AX54" t="s">
         <v>85</v>
       </c>
       <c r="AY54">
-        <v>7101406336</v>
+        <v>3145361100</v>
       </c>
       <c r="AZ54" t="s">
         <v>74</v>
       </c>
       <c r="BA54" t="s">
         <v>281</v>
       </c>
       <c r="BB54" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="BC54" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="BD54" t="s">
         <v>75</v>
       </c>
       <c r="BE54" t="s">
-        <v>75</v>
+        <v>552</v>
       </c>
       <c r="BF54" t="s">
         <v>75</v>
       </c>
       <c r="BG54" t="s">
         <v>75</v>
       </c>
       <c r="BH54">
-        <v>226</v>
+        <v>355</v>
       </c>
       <c r="BI54" t="s">
         <v>86</v>
       </c>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>75</v>
       </c>
       <c r="BN54" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ54" t="s">
         <v>75</v>
       </c>
       <c r="BR54">
-        <v>4545</v>
+        <v>5958</v>
       </c>
       <c r="BS54"/>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="C55">
-        <v>4610063356</v>
+        <v>3730058223</v>
       </c>
       <c r="D55">
-        <v>587150</v>
+        <v>585668</v>
       </c>
       <c r="E55">
-        <v>220.63</v>
+        <v>322.67</v>
       </c>
       <c r="F55" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="G55" t="s">
         <v>69</v>
       </c>
       <c r="H55" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="I55">
-        <v>55.2</v>
+        <v>103.99</v>
       </c>
       <c r="J55" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="K55" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="L55">
-        <v>9933264121</v>
+        <v>3145360385</v>
       </c>
       <c r="M55" t="s">
         <v>74</v>
       </c>
       <c r="N55" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O55"/>
-      <c r="P55">
-        <v>4716805934</v>
+      <c r="P55" t="s">
+        <v>558</v>
       </c>
       <c r="Q55" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="R55" t="s">
         <v>75</v>
       </c>
       <c r="S55" t="s">
         <v>75</v>
       </c>
       <c r="T55" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U55">
-        <v>4610063356</v>
+        <v>3730058223</v>
       </c>
       <c r="V55">
-        <v>587150</v>
+        <v>585668</v>
       </c>
       <c r="W55" t="s">
         <v>75</v>
       </c>
       <c r="X55">
-        <v>220.63</v>
+        <v>322.67</v>
       </c>
       <c r="Y55">
         <v>20.6</v>
       </c>
       <c r="Z55" t="s">
         <v>75</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>77</v>
       </c>
       <c r="AC55" t="s">
+        <v>555</v>
+      </c>
+      <c r="AD55" t="s">
         <v>558</v>
       </c>
-      <c r="AD55">
-[...6 lines deleted...]
-        <v>561</v>
+      <c r="AE55">
+        <v>9717193527</v>
+      </c>
+      <c r="AF55">
+        <v>9717193527</v>
       </c>
       <c r="AG55" t="s">
         <v>75</v>
       </c>
       <c r="AH55" t="s">
-        <v>562</v>
+        <v>361</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>563</v>
+        <v>362</v>
       </c>
       <c r="AK55" t="s">
         <v>69</v>
       </c>
       <c r="AL55" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="AM55" t="s">
         <v>81</v>
       </c>
       <c r="AN55" t="s">
+        <v>556</v>
+      </c>
+      <c r="AO55">
+        <v>103.99</v>
+      </c>
+      <c r="AP55" t="s">
         <v>559</v>
       </c>
-      <c r="AO55">
-[...4 lines deleted...]
-      </c>
       <c r="AQ55" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR55" t="s">
         <v>84</v>
       </c>
-      <c r="AS55"/>
+      <c r="AS55">
+        <v>284565956990</v>
+      </c>
       <c r="AT55" t="s">
         <v>75</v>
       </c>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55">
         <v>0</v>
       </c>
       <c r="AX55" t="s">
         <v>85</v>
       </c>
       <c r="AY55">
-        <v>9933264121</v>
+        <v>3145360385</v>
       </c>
       <c r="AZ55" t="s">
         <v>74</v>
       </c>
       <c r="BA55" t="s">
         <v>281</v>
       </c>
       <c r="BB55" t="s">
+        <v>554</v>
+      </c>
+      <c r="BC55" t="s">
         <v>557</v>
       </c>
-      <c r="BC55" t="s">
+      <c r="BD55" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE55" t="s">
         <v>560</v>
       </c>
-      <c r="BD55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF55" t="s">
         <v>75</v>
       </c>
       <c r="BG55" t="s">
         <v>75</v>
       </c>
       <c r="BH55">
-        <v>234</v>
+        <v>355</v>
       </c>
       <c r="BI55" t="s">
         <v>86</v>
       </c>
-      <c r="BJ55" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BJ55"/>
+      <c r="BK55"/>
+      <c r="BL55"/>
       <c r="BM55" t="s">
-        <v>565</v>
+        <v>75</v>
       </c>
       <c r="BN55" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="BO55">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="BP55" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ55" t="s">
         <v>75</v>
       </c>
       <c r="BR55">
-        <v>4545</v>
-[...3 lines deleted...]
-      </c>
+        <v>6647</v>
+      </c>
+      <c r="BS55"/>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="C56">
-        <v>8640060253</v>
+        <v>7700058091</v>
       </c>
       <c r="D56">
-        <v>586875</v>
+        <v>585633</v>
       </c>
       <c r="E56">
-        <v>425.19</v>
+        <v>220.63</v>
       </c>
       <c r="F56" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="G56" t="s">
         <v>69</v>
       </c>
       <c r="H56" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="I56">
-        <v>153</v>
+        <v>55.2</v>
       </c>
       <c r="J56" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="K56" t="s">
         <v>83</v>
       </c>
       <c r="L56">
-        <v>4891226126</v>
+        <v>7502670836</v>
       </c>
       <c r="M56" t="s">
         <v>74</v>
       </c>
       <c r="N56" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O56"/>
       <c r="P56">
-        <v>3816015347</v>
+        <v>18158453214</v>
       </c>
       <c r="Q56" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="R56" t="s">
         <v>75</v>
       </c>
       <c r="S56" t="s">
         <v>75</v>
       </c>
       <c r="T56" t="s">
         <v>76</v>
       </c>
       <c r="U56">
-        <v>8640060253</v>
+        <v>7700058091</v>
       </c>
       <c r="V56">
-        <v>586875</v>
+        <v>585633</v>
       </c>
       <c r="W56" t="s">
         <v>75</v>
       </c>
       <c r="X56">
-        <v>425.19</v>
+        <v>220.63</v>
       </c>
       <c r="Y56">
         <v>20.6</v>
       </c>
       <c r="Z56" t="s">
         <v>75</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>77</v>
       </c>
       <c r="AC56" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="AD56">
-        <v>3816015347</v>
+        <v>18158453214</v>
       </c>
       <c r="AE56" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="AF56" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="AG56" t="s">
         <v>75</v>
       </c>
       <c r="AH56" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="AK56" t="s">
         <v>69</v>
       </c>
       <c r="AL56" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="AM56" t="s">
         <v>81</v>
       </c>
       <c r="AN56" t="s">
+        <v>564</v>
+      </c>
+      <c r="AO56">
+        <v>55.2</v>
+      </c>
+      <c r="AP56" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>574</v>
       </c>
       <c r="AQ56" t="s">
         <v>83</v>
       </c>
       <c r="AR56" t="s">
         <v>84</v>
       </c>
       <c r="AS56">
-        <v>285383518108</v>
+        <v>284542792248</v>
       </c>
       <c r="AT56" t="s">
         <v>75</v>
       </c>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56" t="s">
         <v>85</v>
       </c>
       <c r="AY56">
-        <v>4891226126</v>
+        <v>7502670836</v>
       </c>
       <c r="AZ56" t="s">
         <v>74</v>
       </c>
       <c r="BA56" t="s">
         <v>281</v>
       </c>
       <c r="BB56" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="BC56" t="s">
+        <v>565</v>
+      </c>
+      <c r="BD56" t="s">
         <v>570</v>
       </c>
-      <c r="BD56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE56" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="BF56" t="s">
         <v>75</v>
       </c>
       <c r="BG56" t="s">
         <v>75</v>
       </c>
       <c r="BH56">
-        <v>240</v>
+        <v>356</v>
       </c>
       <c r="BI56" t="s">
         <v>86</v>
       </c>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>75</v>
       </c>
       <c r="BN56" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56" t="s">
         <v>83</v>
       </c>
       <c r="BQ56" t="s">
         <v>75</v>
       </c>
       <c r="BR56">
-        <v>8759</v>
+        <v>4545</v>
       </c>
       <c r="BS56"/>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="C57">
-        <v>4170062785</v>
+        <v>7830057735</v>
       </c>
       <c r="D57">
-        <v>586858</v>
+        <v>585598</v>
       </c>
       <c r="E57">
-        <v>289.22</v>
+        <v>277.25</v>
       </c>
       <c r="F57" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="G57" t="s">
         <v>69</v>
       </c>
       <c r="H57" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="I57">
-        <v>87.99</v>
+        <v>96.99</v>
       </c>
       <c r="J57" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="K57" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="L57">
-        <v>4891226314</v>
+        <v>9530411284</v>
       </c>
       <c r="M57" t="s">
         <v>74</v>
       </c>
       <c r="N57" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O57"/>
       <c r="P57">
-        <v>127728807</v>
+        <v>14881007973</v>
       </c>
       <c r="Q57" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="R57" t="s">
         <v>75</v>
       </c>
       <c r="S57" t="s">
         <v>75</v>
       </c>
       <c r="T57" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U57">
-        <v>4170062785</v>
+        <v>7830057735</v>
       </c>
       <c r="V57">
-        <v>586858</v>
+        <v>585598</v>
       </c>
       <c r="W57" t="s">
         <v>75</v>
       </c>
       <c r="X57">
-        <v>289.22</v>
+        <v>277.25</v>
       </c>
       <c r="Y57">
         <v>20.6</v>
       </c>
       <c r="Z57" t="s">
         <v>75</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>77</v>
       </c>
       <c r="AC57" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="AD57">
-        <v>127728807</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>14881007973</v>
+      </c>
+      <c r="AE57">
+        <v>2212662375</v>
+      </c>
+      <c r="AF57">
+        <v>2212662375</v>
       </c>
       <c r="AG57" t="s">
         <v>75</v>
       </c>
       <c r="AH57" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>583</v>
+        <v>414</v>
       </c>
       <c r="AK57" t="s">
         <v>69</v>
       </c>
       <c r="AL57" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="AM57" t="s">
         <v>81</v>
       </c>
       <c r="AN57" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="AO57">
-        <v>87.99</v>
+        <v>96.99</v>
       </c>
       <c r="AP57" t="s">
-        <v>584</v>
+        <v>493</v>
       </c>
       <c r="AQ57" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="AR57" t="s">
         <v>84</v>
       </c>
-      <c r="AS57"/>
+      <c r="AS57">
+        <v>284493263213</v>
+      </c>
       <c r="AT57" t="s">
         <v>75</v>
       </c>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57">
         <v>0</v>
       </c>
       <c r="AX57" t="s">
         <v>85</v>
       </c>
       <c r="AY57">
-        <v>4891226314</v>
+        <v>9530411284</v>
       </c>
       <c r="AZ57" t="s">
         <v>74</v>
       </c>
       <c r="BA57" t="s">
         <v>281</v>
       </c>
       <c r="BB57" t="s">
+        <v>573</v>
+      </c>
+      <c r="BC57" t="s">
+        <v>576</v>
+      </c>
+      <c r="BD57" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE57" t="s">
         <v>578</v>
       </c>
-      <c r="BC57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BF57" t="s">
         <v>75</v>
       </c>
       <c r="BG57" t="s">
         <v>75</v>
       </c>
       <c r="BH57">
-        <v>241</v>
+        <v>357</v>
       </c>
       <c r="BI57" t="s">
         <v>86</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>75</v>
       </c>
       <c r="BN57" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="BQ57" t="s">
         <v>75</v>
       </c>
       <c r="BR57">
-        <v>5958</v>
+        <v>5711.4</v>
       </c>
       <c r="BS57"/>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>580</v>
+      </c>
+      <c r="C58">
+        <v>6550057768</v>
       </c>
       <c r="D58">
-        <v>586786</v>
+        <v>585564</v>
       </c>
       <c r="E58">
-        <v>321.02</v>
+        <v>272.48</v>
       </c>
       <c r="F58" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="G58" t="s">
         <v>69</v>
       </c>
       <c r="H58" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="I58">
-        <v>89.99</v>
+        <v>79.99</v>
       </c>
       <c r="J58" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="K58" t="s">
         <v>83</v>
       </c>
       <c r="L58">
-        <v>1557269416</v>
+        <v>7502670711</v>
       </c>
       <c r="M58" t="s">
         <v>74</v>
       </c>
       <c r="N58" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O58"/>
       <c r="P58">
-        <v>22513424112</v>
+        <v>5205982359</v>
       </c>
       <c r="Q58" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="R58" t="s">
         <v>75</v>
       </c>
       <c r="S58" t="s">
         <v>75</v>
       </c>
       <c r="T58" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>299</v>
+      </c>
+      <c r="U58">
+        <v>6550057768</v>
       </c>
       <c r="V58">
-        <v>586786</v>
+        <v>585564</v>
       </c>
       <c r="W58" t="s">
         <v>75</v>
       </c>
       <c r="X58">
-        <v>321.02</v>
+        <v>272.48</v>
       </c>
       <c r="Y58">
         <v>20.6</v>
       </c>
       <c r="Z58" t="s">
         <v>75</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>77</v>
       </c>
       <c r="AC58" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="AD58">
-        <v>22513424112</v>
+        <v>5205982359</v>
       </c>
       <c r="AE58" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="AF58" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="AG58" t="s">
         <v>75</v>
       </c>
       <c r="AH58" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="AK58" t="s">
         <v>69</v>
       </c>
       <c r="AL58" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="AM58" t="s">
         <v>81</v>
       </c>
       <c r="AN58" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="AO58">
-        <v>89.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP58" t="s">
-        <v>237</v>
+        <v>96</v>
       </c>
       <c r="AQ58" t="s">
         <v>83</v>
       </c>
       <c r="AR58" t="s">
         <v>84</v>
       </c>
       <c r="AS58">
-        <v>285285774776</v>
+        <v>284482838222</v>
       </c>
       <c r="AT58" t="s">
         <v>75</v>
       </c>
       <c r="AU58"/>
       <c r="AV58"/>
-      <c r="AW58"/>
+      <c r="AW58">
+        <v>0</v>
+      </c>
       <c r="AX58" t="s">
         <v>85</v>
       </c>
       <c r="AY58">
-        <v>1557269416</v>
+        <v>7502670711</v>
       </c>
       <c r="AZ58" t="s">
         <v>74</v>
       </c>
       <c r="BA58" t="s">
         <v>281</v>
       </c>
       <c r="BB58" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="BC58" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="BD58" t="s">
-        <v>594</v>
+        <v>75</v>
       </c>
       <c r="BE58" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="BF58" t="s">
         <v>75</v>
       </c>
       <c r="BG58" t="s">
         <v>75</v>
       </c>
       <c r="BH58">
-        <v>242</v>
+        <v>358</v>
       </c>
       <c r="BI58" t="s">
         <v>86</v>
       </c>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>75</v>
       </c>
       <c r="BN58" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58" t="s">
         <v>83</v>
       </c>
       <c r="BQ58" t="s">
         <v>75</v>
       </c>
       <c r="BR58">
-        <v>6613</v>
+        <v>5613</v>
       </c>
       <c r="BS58"/>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="C59">
-        <v>4930060123</v>
+        <v>5170057611</v>
       </c>
       <c r="D59">
-        <v>586807</v>
+        <v>585395</v>
       </c>
       <c r="E59">
-        <v>308.06</v>
+        <v>237.38</v>
       </c>
       <c r="F59" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="G59" t="s">
         <v>69</v>
       </c>
       <c r="H59" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="I59">
-        <v>96.99</v>
+        <v>63.2</v>
       </c>
       <c r="J59" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="K59" t="s">
         <v>83</v>
       </c>
       <c r="L59">
-        <v>1557270551</v>
+        <v>4957868090</v>
       </c>
       <c r="M59" t="s">
         <v>74</v>
       </c>
       <c r="N59" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O59"/>
       <c r="P59">
-        <v>30200958726</v>
+        <v>3826973410</v>
       </c>
       <c r="Q59" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="R59" t="s">
         <v>75</v>
       </c>
       <c r="S59" t="s">
         <v>75</v>
       </c>
       <c r="T59" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U59">
-        <v>4930060123</v>
+        <v>5170057611</v>
       </c>
       <c r="V59">
-        <v>586807</v>
+        <v>585395</v>
       </c>
       <c r="W59" t="s">
         <v>75</v>
       </c>
       <c r="X59">
-        <v>308.06</v>
+        <v>237.38</v>
       </c>
       <c r="Y59">
         <v>20.6</v>
       </c>
       <c r="Z59" t="s">
         <v>75</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>77</v>
       </c>
       <c r="AC59" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="AD59">
-        <v>30200958726</v>
+        <v>3826973410</v>
       </c>
       <c r="AE59" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="AF59" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="AG59" t="s">
         <v>75</v>
       </c>
       <c r="AH59" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
       <c r="AK59" t="s">
         <v>69</v>
       </c>
       <c r="AL59" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="AM59" t="s">
         <v>81</v>
       </c>
       <c r="AN59" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="AO59">
-        <v>96.99</v>
+        <v>63.2</v>
       </c>
       <c r="AP59" t="s">
-        <v>603</v>
+        <v>596</v>
       </c>
       <c r="AQ59" t="s">
         <v>83</v>
       </c>
       <c r="AR59" t="s">
         <v>84</v>
       </c>
       <c r="AS59">
-        <v>771993216627</v>
+        <v>284301023541</v>
       </c>
       <c r="AT59" t="s">
         <v>75</v>
       </c>
       <c r="AU59"/>
       <c r="AV59"/>
-      <c r="AW59"/>
+      <c r="AW59">
+        <v>0</v>
+      </c>
       <c r="AX59" t="s">
         <v>85</v>
       </c>
       <c r="AY59">
-        <v>1557270551</v>
+        <v>4957868090</v>
       </c>
       <c r="AZ59" t="s">
         <v>74</v>
       </c>
       <c r="BA59" t="s">
         <v>281</v>
       </c>
       <c r="BB59" t="s">
+        <v>589</v>
+      </c>
+      <c r="BC59" t="s">
+        <v>592</v>
+      </c>
+      <c r="BD59" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE59" t="s">
         <v>597</v>
       </c>
-      <c r="BC59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BF59" t="s">
         <v>75</v>
       </c>
       <c r="BG59" t="s">
         <v>75</v>
       </c>
       <c r="BH59">
-        <v>242</v>
+        <v>361</v>
       </c>
       <c r="BI59" t="s">
         <v>86</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>75</v>
       </c>
       <c r="BN59" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59" t="s">
         <v>83</v>
       </c>
       <c r="BQ59" t="s">
         <v>75</v>
       </c>
       <c r="BR59">
-        <v>6346</v>
+        <v>4890</v>
       </c>
       <c r="BS59"/>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="C60">
-        <v>8200059949</v>
+        <v>1800126605</v>
       </c>
       <c r="D60">
-        <v>586619</v>
+        <v>585362</v>
       </c>
       <c r="E60">
-        <v>291.31</v>
+        <v>215.63</v>
       </c>
       <c r="F60" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="G60" t="s">
         <v>69</v>
       </c>
       <c r="H60" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="I60">
-        <v>89</v>
+        <v>52.8</v>
       </c>
       <c r="J60" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="K60" t="s">
         <v>83</v>
       </c>
       <c r="L60">
-        <v>2076568896</v>
+        <v>6484437470</v>
       </c>
       <c r="M60" t="s">
         <v>74</v>
       </c>
       <c r="N60" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O60"/>
       <c r="P60">
-        <v>28953755049</v>
+        <v>21457681888</v>
       </c>
       <c r="Q60" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="R60" t="s">
         <v>75</v>
       </c>
       <c r="S60" t="s">
         <v>75</v>
       </c>
       <c r="T60" t="s">
         <v>299</v>
       </c>
       <c r="U60">
-        <v>8200059949</v>
+        <v>1800126605</v>
       </c>
       <c r="V60">
-        <v>586619</v>
+        <v>585362</v>
       </c>
       <c r="W60" t="s">
         <v>75</v>
       </c>
       <c r="X60">
-        <v>291.31</v>
+        <v>215.63</v>
       </c>
       <c r="Y60">
         <v>20.6</v>
       </c>
       <c r="Z60" t="s">
         <v>75</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>77</v>
       </c>
       <c r="AC60" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="AD60">
-        <v>28953755049</v>
+        <v>21457681888</v>
       </c>
       <c r="AE60">
-        <v>2226893600</v>
+        <v>5556361100</v>
       </c>
       <c r="AF60">
-        <v>2226893600</v>
+        <v>5556361100</v>
       </c>
       <c r="AG60" t="s">
         <v>75</v>
       </c>
       <c r="AH60" t="s">
-        <v>423</v>
+        <v>603</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>424</v>
+        <v>604</v>
       </c>
       <c r="AK60" t="s">
         <v>69</v>
       </c>
       <c r="AL60" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="AM60" t="s">
         <v>81</v>
       </c>
       <c r="AN60" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="AO60">
-        <v>89</v>
+        <v>52.8</v>
       </c>
       <c r="AP60" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="AQ60" t="s">
         <v>83</v>
       </c>
       <c r="AR60" t="s">
         <v>84</v>
       </c>
       <c r="AS60">
-        <v>285139464065</v>
+        <v>771395831023</v>
       </c>
       <c r="AT60" t="s">
         <v>75</v>
       </c>
       <c r="AU60"/>
       <c r="AV60"/>
-      <c r="AW60"/>
+      <c r="AW60">
+        <v>0</v>
+      </c>
       <c r="AX60" t="s">
         <v>85</v>
       </c>
       <c r="AY60">
-        <v>2076568896</v>
+        <v>6484437470</v>
       </c>
       <c r="AZ60" t="s">
         <v>74</v>
       </c>
       <c r="BA60" t="s">
         <v>281</v>
       </c>
       <c r="BB60" t="s">
+        <v>599</v>
+      </c>
+      <c r="BC60" t="s">
+        <v>602</v>
+      </c>
+      <c r="BD60" t="s">
+        <v>606</v>
+      </c>
+      <c r="BE60" t="s">
         <v>607</v>
       </c>
-      <c r="BC60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BF60" t="s">
         <v>75</v>
       </c>
       <c r="BG60" t="s">
         <v>75</v>
       </c>
       <c r="BH60">
-        <v>247</v>
+        <v>362</v>
       </c>
       <c r="BI60" t="s">
         <v>86</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>75</v>
       </c>
       <c r="BN60" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60" t="s">
         <v>83</v>
       </c>
       <c r="BQ60" t="s">
         <v>75</v>
       </c>
       <c r="BR60">
-        <v>6001</v>
+        <v>4442</v>
       </c>
       <c r="BS60"/>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="C61">
-        <v>4200060319</v>
+        <v>4510057550</v>
       </c>
       <c r="D61">
-        <v>586513</v>
+        <v>585350</v>
       </c>
       <c r="E61">
-        <v>272.48</v>
+        <v>220.63</v>
       </c>
       <c r="F61" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="G61" t="s">
         <v>69</v>
       </c>
       <c r="H61" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="I61">
-        <v>79.99</v>
+        <v>55.2</v>
       </c>
       <c r="J61" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="K61" t="s">
         <v>83</v>
       </c>
       <c r="L61">
-        <v>2076567581</v>
+        <v>4957863890</v>
       </c>
       <c r="M61" t="s">
         <v>74</v>
       </c>
       <c r="N61" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O61"/>
-      <c r="P61">
-        <v>22083167895</v>
+      <c r="P61" t="s">
+        <v>613</v>
       </c>
       <c r="Q61" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="R61" t="s">
         <v>75</v>
       </c>
       <c r="S61" t="s">
         <v>75</v>
       </c>
       <c r="T61" t="s">
         <v>299</v>
       </c>
       <c r="U61">
-        <v>4200060319</v>
+        <v>4510057550</v>
       </c>
       <c r="V61">
-        <v>586513</v>
+        <v>585350</v>
       </c>
       <c r="W61" t="s">
         <v>75</v>
       </c>
       <c r="X61">
-        <v>272.48</v>
+        <v>220.63</v>
       </c>
       <c r="Y61">
         <v>20.6</v>
       </c>
       <c r="Z61" t="s">
         <v>75</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>77</v>
       </c>
       <c r="AC61" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>22083167895</v>
+        <v>610</v>
+      </c>
+      <c r="AD61" t="s">
+        <v>613</v>
       </c>
       <c r="AE61">
-        <v>2281411100</v>
+        <v>3141470865</v>
       </c>
       <c r="AF61">
-        <v>2281411100</v>
+        <v>3141470865</v>
       </c>
       <c r="AG61" t="s">
         <v>75</v>
       </c>
       <c r="AH61" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="AK61" t="s">
         <v>69</v>
       </c>
       <c r="AL61" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="AM61" t="s">
         <v>81</v>
       </c>
       <c r="AN61" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="AO61">
-        <v>79.99</v>
+        <v>55.2</v>
       </c>
       <c r="AP61" t="s">
-        <v>158</v>
+        <v>569</v>
       </c>
       <c r="AQ61" t="s">
         <v>83</v>
       </c>
       <c r="AR61" t="s">
         <v>84</v>
       </c>
       <c r="AS61">
-        <v>285072514048</v>
+        <v>771431668612</v>
       </c>
       <c r="AT61" t="s">
         <v>75</v>
       </c>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61" t="s">
         <v>85</v>
       </c>
       <c r="AY61">
-        <v>2076567581</v>
+        <v>4957863890</v>
       </c>
       <c r="AZ61" t="s">
         <v>74</v>
       </c>
       <c r="BA61" t="s">
         <v>281</v>
       </c>
       <c r="BB61" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="BC61" t="s">
+        <v>612</v>
+      </c>
+      <c r="BD61" t="s">
+        <v>616</v>
+      </c>
+      <c r="BE61" t="s">
         <v>617</v>
       </c>
-      <c r="BD61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF61" t="s">
         <v>75</v>
       </c>
       <c r="BG61" t="s">
         <v>75</v>
       </c>
       <c r="BH61">
-        <v>248</v>
+        <v>363</v>
       </c>
       <c r="BI61" t="s">
         <v>86</v>
       </c>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>75</v>
       </c>
       <c r="BN61" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61" t="s">
         <v>83</v>
       </c>
       <c r="BQ61" t="s">
         <v>75</v>
       </c>
       <c r="BR61">
-        <v>5613</v>
+        <v>4545</v>
       </c>
       <c r="BS61"/>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="C62">
-        <v>2530060434</v>
+        <v>5300057409</v>
       </c>
       <c r="D62">
-        <v>586376</v>
+        <v>585280</v>
       </c>
       <c r="E62">
-        <v>289.22</v>
+        <v>272.48</v>
       </c>
       <c r="F62" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="G62" t="s">
         <v>69</v>
       </c>
       <c r="H62" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="I62">
-        <v>87.99</v>
+        <v>79.99</v>
       </c>
       <c r="J62" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="K62" t="s">
         <v>83</v>
       </c>
       <c r="L62">
-        <v>2076566096</v>
+        <v>4957861171</v>
       </c>
       <c r="M62" t="s">
         <v>74</v>
       </c>
       <c r="N62" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O62"/>
-      <c r="P62" t="s">
-        <v>626</v>
+      <c r="P62">
+        <v>10320826394</v>
       </c>
       <c r="Q62" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="R62" t="s">
         <v>75</v>
       </c>
       <c r="S62" t="s">
         <v>75</v>
       </c>
       <c r="T62" t="s">
         <v>76</v>
       </c>
       <c r="U62">
-        <v>2530060434</v>
+        <v>5300057409</v>
       </c>
       <c r="V62">
-        <v>586376</v>
+        <v>585280</v>
       </c>
       <c r="W62" t="s">
         <v>75</v>
       </c>
       <c r="X62">
-        <v>289.22</v>
+        <v>272.48</v>
       </c>
       <c r="Y62">
         <v>20.6</v>
       </c>
       <c r="Z62" t="s">
         <v>75</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>77</v>
       </c>
       <c r="AC62" t="s">
+        <v>620</v>
+      </c>
+      <c r="AD62">
+        <v>10320826394</v>
+      </c>
+      <c r="AE62" t="s">
         <v>623</v>
       </c>
-      <c r="AD62" t="s">
-[...6 lines deleted...]
-        <v>3317245397</v>
+      <c r="AF62" t="s">
+        <v>623</v>
       </c>
       <c r="AG62" t="s">
         <v>75</v>
       </c>
       <c r="AH62" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="AK62" t="s">
         <v>69</v>
       </c>
       <c r="AL62" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="AM62" t="s">
         <v>81</v>
       </c>
       <c r="AN62" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="AO62">
-        <v>87.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP62" t="s">
-        <v>584</v>
+        <v>96</v>
       </c>
       <c r="AQ62" t="s">
         <v>83</v>
       </c>
       <c r="AR62" t="s">
         <v>84</v>
       </c>
       <c r="AS62">
-        <v>771847713825</v>
+        <v>771431846510</v>
       </c>
       <c r="AT62" t="s">
         <v>75</v>
       </c>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62"/>
       <c r="AX62" t="s">
         <v>85</v>
       </c>
       <c r="AY62">
-        <v>2076566096</v>
+        <v>4957861171</v>
       </c>
       <c r="AZ62" t="s">
         <v>74</v>
       </c>
       <c r="BA62" t="s">
         <v>281</v>
       </c>
       <c r="BB62" t="s">
+        <v>619</v>
+      </c>
+      <c r="BC62" t="s">
         <v>622</v>
       </c>
-      <c r="BC62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD62" t="s">
-        <v>629</v>
+        <v>75</v>
       </c>
       <c r="BE62" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="BF62" t="s">
         <v>75</v>
       </c>
       <c r="BG62" t="s">
         <v>75</v>
       </c>
       <c r="BH62">
-        <v>251</v>
+        <v>364</v>
       </c>
       <c r="BI62" t="s">
         <v>86</v>
       </c>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>75</v>
       </c>
       <c r="BN62" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
         <v>83</v>
       </c>
       <c r="BQ62" t="s">
         <v>75</v>
       </c>
       <c r="BR62">
-        <v>5958</v>
+        <v>5613</v>
       </c>
       <c r="BS62"/>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="C63" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="D63">
-        <v>585991</v>
+        <v>585271</v>
       </c>
       <c r="E63">
-        <v>474.32</v>
+        <v>335.24</v>
       </c>
       <c r="F63" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="G63" t="s">
         <v>69</v>
       </c>
       <c r="H63" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="I63">
-        <v>126.2</v>
+        <v>109.99</v>
       </c>
       <c r="J63" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="K63" t="s">
         <v>83</v>
       </c>
       <c r="L63">
-        <v>5742752364</v>
+        <v>4957859234</v>
       </c>
       <c r="M63" t="s">
         <v>74</v>
       </c>
       <c r="N63" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O63"/>
       <c r="P63">
-        <v>3763593986</v>
+        <v>5059189075</v>
       </c>
       <c r="Q63" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="R63" t="s">
         <v>75</v>
       </c>
       <c r="S63" t="s">
         <v>75</v>
       </c>
       <c r="T63" t="s">
         <v>299</v>
       </c>
       <c r="U63" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="V63">
-        <v>585991</v>
+        <v>585271</v>
       </c>
       <c r="W63" t="s">
         <v>75</v>
       </c>
       <c r="X63">
-        <v>474.32</v>
+        <v>335.24</v>
       </c>
       <c r="Y63">
         <v>20.6</v>
       </c>
       <c r="Z63" t="s">
         <v>75</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>77</v>
       </c>
       <c r="AC63" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="AD63">
-        <v>3763593986</v>
-[...5 lines deleted...]
-        <v>637</v>
+        <v>5059189075</v>
+      </c>
+      <c r="AE63">
+        <v>2222297500</v>
+      </c>
+      <c r="AF63">
+        <v>2222297500</v>
       </c>
       <c r="AG63" t="s">
         <v>75</v>
       </c>
       <c r="AH63" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>95</v>
+        <v>634</v>
       </c>
       <c r="AK63" t="s">
         <v>69</v>
       </c>
       <c r="AL63" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="AM63" t="s">
         <v>81</v>
       </c>
       <c r="AN63" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="AO63">
-        <v>126.2</v>
+        <v>109.99</v>
       </c>
       <c r="AP63" t="s">
-        <v>639</v>
+        <v>534</v>
       </c>
       <c r="AQ63" t="s">
         <v>83</v>
       </c>
       <c r="AR63" t="s">
         <v>84</v>
       </c>
       <c r="AS63">
-        <v>284781824721</v>
+        <v>771431712689</v>
       </c>
       <c r="AT63" t="s">
         <v>75</v>
       </c>
       <c r="AU63"/>
       <c r="AV63"/>
       <c r="AW63"/>
       <c r="AX63" t="s">
         <v>85</v>
       </c>
       <c r="AY63">
-        <v>5742752364</v>
+        <v>4957859234</v>
       </c>
       <c r="AZ63" t="s">
         <v>74</v>
       </c>
       <c r="BA63" t="s">
         <v>281</v>
       </c>
       <c r="BB63" t="s">
+        <v>628</v>
+      </c>
+      <c r="BC63" t="s">
         <v>632</v>
       </c>
-      <c r="BC63" t="s">
+      <c r="BD63" t="s">
+        <v>635</v>
+      </c>
+      <c r="BE63" t="s">
         <v>636</v>
       </c>
-      <c r="BD63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF63" t="s">
         <v>75</v>
       </c>
       <c r="BG63" t="s">
         <v>75</v>
       </c>
       <c r="BH63">
-        <v>258</v>
+        <v>365</v>
       </c>
       <c r="BI63" t="s">
         <v>86</v>
       </c>
       <c r="BJ63"/>
       <c r="BK63"/>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>75</v>
       </c>
       <c r="BN63" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="BO63">
         <v>0</v>
       </c>
       <c r="BP63" t="s">
         <v>83</v>
       </c>
       <c r="BQ63" t="s">
         <v>75</v>
       </c>
       <c r="BR63">
-        <v>9771</v>
+        <v>6906</v>
       </c>
       <c r="BS63"/>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="C64">
-        <v>6890057919</v>
+        <v>7770056961</v>
       </c>
       <c r="D64">
-        <v>585574</v>
+        <v>585159</v>
       </c>
       <c r="E64">
-        <v>345.68</v>
+        <v>593.5</v>
       </c>
       <c r="F64" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="G64" t="s">
         <v>69</v>
       </c>
       <c r="H64" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="I64">
-        <v>114.99</v>
+        <v>168.98</v>
       </c>
       <c r="J64" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="K64" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="L64">
-        <v>1333192324</v>
+        <v>1261859723</v>
       </c>
       <c r="M64" t="s">
         <v>74</v>
       </c>
       <c r="N64" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O64"/>
       <c r="P64">
-        <v>18810107334</v>
+        <v>10289372360</v>
       </c>
       <c r="Q64" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="R64" t="s">
         <v>75</v>
       </c>
       <c r="S64" t="s">
         <v>75</v>
       </c>
       <c r="T64" t="s">
         <v>76</v>
       </c>
       <c r="U64">
-        <v>6890057919</v>
+        <v>7770056961</v>
       </c>
       <c r="V64">
-        <v>585574</v>
+        <v>585159</v>
       </c>
       <c r="W64" t="s">
         <v>75</v>
       </c>
       <c r="X64">
-        <v>345.68</v>
+        <v>593.5</v>
       </c>
       <c r="Y64">
         <v>20.6</v>
       </c>
       <c r="Z64" t="s">
         <v>75</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>77</v>
       </c>
       <c r="AC64" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="AD64">
-        <v>18810107334</v>
-[...5 lines deleted...]
-        <v>647</v>
+        <v>10289372360</v>
+      </c>
+      <c r="AE64">
+        <v>9616173500</v>
+      </c>
+      <c r="AF64">
+        <v>9616173500</v>
       </c>
       <c r="AG64" t="s">
         <v>75</v>
       </c>
       <c r="AH64" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="AK64" t="s">
         <v>69</v>
       </c>
       <c r="AL64" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="AM64" t="s">
         <v>81</v>
       </c>
       <c r="AN64" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="AO64">
-        <v>114.99</v>
+        <v>168.98</v>
       </c>
       <c r="AP64" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="AQ64" t="s">
         <v>83</v>
       </c>
       <c r="AR64" t="s">
         <v>84</v>
       </c>
       <c r="AS64">
-        <v>771515693480</v>
+        <v>284147918109</v>
       </c>
       <c r="AT64" t="s">
         <v>75</v>
       </c>
       <c r="AU64"/>
       <c r="AV64"/>
       <c r="AW64">
         <v>0</v>
       </c>
       <c r="AX64" t="s">
         <v>85</v>
       </c>
       <c r="AY64">
-        <v>1333192324</v>
+        <v>1261859723</v>
       </c>
       <c r="AZ64" t="s">
         <v>74</v>
       </c>
       <c r="BA64" t="s">
         <v>281</v>
       </c>
       <c r="BB64" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="BC64" t="s">
+        <v>641</v>
+      </c>
+      <c r="BD64" t="s">
+        <v>645</v>
+      </c>
+      <c r="BE64" t="s">
         <v>646</v>
       </c>
-      <c r="BD64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF64" t="s">
         <v>75</v>
       </c>
       <c r="BG64" t="s">
         <v>75</v>
       </c>
       <c r="BH64">
-        <v>267</v>
+        <v>366</v>
       </c>
       <c r="BI64" t="s">
         <v>86</v>
       </c>
-      <c r="BJ64" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BJ64"/>
+      <c r="BK64"/>
+      <c r="BL64"/>
       <c r="BM64" t="s">
-        <v>652</v>
+        <v>75</v>
       </c>
       <c r="BN64" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="BO64">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BP64" t="s">
         <v>83</v>
       </c>
       <c r="BQ64" t="s">
         <v>75</v>
       </c>
       <c r="BR64">
-        <v>7121</v>
-[...3 lines deleted...]
-      </c>
+        <v>12226</v>
+      </c>
+      <c r="BS64"/>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="C65">
-        <v>5170057611</v>
+        <v>7830056749</v>
       </c>
       <c r="D65">
-        <v>585395</v>
+        <v>585163</v>
       </c>
       <c r="E65">
-        <v>237.38</v>
+        <v>345.68</v>
       </c>
       <c r="F65" t="s">
-        <v>655</v>
+        <v>497</v>
       </c>
       <c r="G65" t="s">
         <v>69</v>
       </c>
       <c r="H65" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="I65">
-        <v>63.2</v>
+        <v>114.99</v>
       </c>
       <c r="J65" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="K65" t="s">
         <v>83</v>
       </c>
       <c r="L65">
-        <v>4957868090</v>
+        <v>1261856315</v>
       </c>
       <c r="M65" t="s">
         <v>74</v>
       </c>
       <c r="N65" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O65"/>
       <c r="P65">
-        <v>3826973410</v>
+        <v>15520175195</v>
       </c>
       <c r="Q65" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="R65" t="s">
         <v>75</v>
       </c>
       <c r="S65" t="s">
         <v>75</v>
       </c>
       <c r="T65" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="U65">
-        <v>5170057611</v>
+        <v>7830056749</v>
       </c>
       <c r="V65">
-        <v>585395</v>
+        <v>585163</v>
       </c>
       <c r="W65" t="s">
         <v>75</v>
       </c>
       <c r="X65">
-        <v>237.38</v>
+        <v>345.68</v>
       </c>
       <c r="Y65">
         <v>20.6</v>
       </c>
       <c r="Z65" t="s">
         <v>75</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>77</v>
       </c>
       <c r="AC65" t="s">
-        <v>655</v>
+        <v>497</v>
       </c>
       <c r="AD65">
-        <v>3826973410</v>
-[...5 lines deleted...]
-        <v>658</v>
+        <v>15520175195</v>
+      </c>
+      <c r="AE65">
+        <v>8444684500</v>
+      </c>
+      <c r="AF65">
+        <v>8444684500</v>
       </c>
       <c r="AG65" t="s">
         <v>75</v>
       </c>
       <c r="AH65" t="s">
-        <v>659</v>
+        <v>499</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>660</v>
+        <v>500</v>
       </c>
       <c r="AK65" t="s">
         <v>69</v>
       </c>
       <c r="AL65" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="AM65" t="s">
         <v>81</v>
       </c>
       <c r="AN65" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="AO65">
-        <v>63.2</v>
+        <v>114.99</v>
       </c>
       <c r="AP65" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
       <c r="AQ65" t="s">
         <v>83</v>
       </c>
       <c r="AR65" t="s">
         <v>84</v>
       </c>
       <c r="AS65">
-        <v>284301023541</v>
+        <v>771306085615</v>
       </c>
       <c r="AT65" t="s">
         <v>75</v>
       </c>
       <c r="AU65"/>
       <c r="AV65"/>
-      <c r="AW65">
-[...1 lines deleted...]
-      </c>
+      <c r="AW65"/>
       <c r="AX65" t="s">
         <v>85</v>
       </c>
       <c r="AY65">
-        <v>4957868090</v>
+        <v>1261856315</v>
       </c>
       <c r="AZ65" t="s">
         <v>74</v>
       </c>
       <c r="BA65" t="s">
         <v>281</v>
       </c>
       <c r="BB65" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="BC65" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="BD65" t="s">
-        <v>75</v>
+        <v>651</v>
       </c>
       <c r="BE65" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="BF65" t="s">
         <v>75</v>
       </c>
       <c r="BG65" t="s">
         <v>75</v>
       </c>
       <c r="BH65">
-        <v>270</v>
+        <v>366</v>
       </c>
       <c r="BI65" t="s">
         <v>86</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>75</v>
       </c>
       <c r="BN65" t="s">
-        <v>663</v>
+        <v>653</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65" t="s">
         <v>83</v>
       </c>
       <c r="BQ65" t="s">
         <v>75</v>
       </c>
       <c r="BR65">
-        <v>4890</v>
+        <v>7121</v>
       </c>
       <c r="BS65"/>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="C66">
-        <v>4510057550</v>
+        <v>7870057239</v>
       </c>
       <c r="D66">
-        <v>585350</v>
+        <v>585147</v>
       </c>
       <c r="E66">
-        <v>220.63</v>
+        <v>272.48</v>
       </c>
       <c r="F66" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="G66" t="s">
         <v>69</v>
       </c>
       <c r="H66" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="I66">
-        <v>55.2</v>
+        <v>79.99</v>
       </c>
       <c r="J66" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="K66" t="s">
         <v>83</v>
       </c>
       <c r="L66">
-        <v>4957863890</v>
+        <v>6781921403</v>
       </c>
       <c r="M66" t="s">
         <v>74</v>
       </c>
       <c r="N66" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O66"/>
-      <c r="P66" t="s">
-        <v>668</v>
+      <c r="P66">
+        <v>331305985</v>
       </c>
       <c r="Q66" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="R66" t="s">
         <v>75</v>
       </c>
       <c r="S66" t="s">
         <v>75</v>
       </c>
       <c r="T66" t="s">
         <v>299</v>
       </c>
       <c r="U66">
-        <v>4510057550</v>
+        <v>7870057239</v>
       </c>
       <c r="V66">
-        <v>585350</v>
+        <v>585147</v>
       </c>
       <c r="W66" t="s">
         <v>75</v>
       </c>
       <c r="X66">
-        <v>220.63</v>
+        <v>272.48</v>
       </c>
       <c r="Y66">
         <v>20.6</v>
       </c>
       <c r="Z66" t="s">
         <v>75</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>77</v>
       </c>
       <c r="AC66" t="s">
-        <v>665</v>
-[...8 lines deleted...]
-        <v>3141470865</v>
+        <v>655</v>
+      </c>
+      <c r="AD66">
+        <v>331305985</v>
+      </c>
+      <c r="AE66" t="s">
+        <v>658</v>
+      </c>
+      <c r="AF66" t="s">
+        <v>658</v>
       </c>
       <c r="AG66" t="s">
         <v>75</v>
       </c>
       <c r="AH66" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="AK66" t="s">
         <v>69</v>
       </c>
       <c r="AL66" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="AM66" t="s">
         <v>81</v>
       </c>
       <c r="AN66" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="AO66">
-        <v>55.2</v>
+        <v>79.99</v>
       </c>
       <c r="AP66" t="s">
-        <v>671</v>
+        <v>158</v>
       </c>
       <c r="AQ66" t="s">
         <v>83</v>
       </c>
       <c r="AR66" t="s">
         <v>84</v>
       </c>
       <c r="AS66">
-        <v>771431668612</v>
+        <v>284122932510</v>
       </c>
       <c r="AT66" t="s">
         <v>75</v>
       </c>
       <c r="AU66"/>
       <c r="AV66"/>
-      <c r="AW66"/>
+      <c r="AW66">
+        <v>0</v>
+      </c>
       <c r="AX66" t="s">
         <v>85</v>
       </c>
       <c r="AY66">
-        <v>4957863890</v>
+        <v>6781921403</v>
       </c>
       <c r="AZ66" t="s">
         <v>74</v>
       </c>
       <c r="BA66" t="s">
         <v>281</v>
       </c>
       <c r="BB66" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="BC66" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="BD66" t="s">
-        <v>672</v>
+        <v>75</v>
       </c>
       <c r="BE66" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
       <c r="BF66" t="s">
         <v>75</v>
       </c>
       <c r="BG66" t="s">
         <v>75</v>
       </c>
       <c r="BH66">
-        <v>272</v>
+        <v>367</v>
       </c>
       <c r="BI66" t="s">
         <v>86</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>75</v>
       </c>
       <c r="BN66" t="s">
-        <v>674</v>
+        <v>662</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66" t="s">
         <v>83</v>
       </c>
       <c r="BQ66" t="s">
         <v>75</v>
       </c>
       <c r="BR66">
-        <v>4545</v>
+        <v>5613</v>
       </c>
       <c r="BS66"/>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>675</v>
+        <v>663</v>
       </c>
       <c r="C67">
-        <v>5300057409</v>
+        <v>8180055860</v>
       </c>
       <c r="D67">
-        <v>585280</v>
+        <v>584851</v>
       </c>
       <c r="E67">
-        <v>272.48</v>
+        <v>215.63</v>
       </c>
       <c r="F67" t="s">
-        <v>676</v>
+        <v>664</v>
       </c>
       <c r="G67" t="s">
         <v>69</v>
       </c>
       <c r="H67" t="s">
-        <v>677</v>
+        <v>665</v>
       </c>
       <c r="I67">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="J67" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
       <c r="K67" t="s">
         <v>83</v>
       </c>
       <c r="L67">
-        <v>4957861171</v>
+        <v>7076904402</v>
       </c>
       <c r="M67" t="s">
         <v>74</v>
       </c>
       <c r="N67" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O67"/>
       <c r="P67">
-        <v>10320826394</v>
+        <v>18031749906</v>
       </c>
       <c r="Q67" t="s">
-        <v>675</v>
+        <v>663</v>
       </c>
       <c r="R67" t="s">
         <v>75</v>
       </c>
       <c r="S67" t="s">
         <v>75</v>
       </c>
       <c r="T67" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U67">
-        <v>5300057409</v>
+        <v>8180055860</v>
       </c>
       <c r="V67">
-        <v>585280</v>
+        <v>584851</v>
       </c>
       <c r="W67" t="s">
         <v>75</v>
       </c>
       <c r="X67">
-        <v>272.48</v>
+        <v>215.63</v>
       </c>
       <c r="Y67">
         <v>20.6</v>
       </c>
       <c r="Z67" t="s">
         <v>75</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>77</v>
       </c>
       <c r="AC67" t="s">
-        <v>676</v>
+        <v>664</v>
       </c>
       <c r="AD67">
-        <v>10320826394</v>
+        <v>18031749906</v>
       </c>
       <c r="AE67" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="AF67" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="AG67" t="s">
         <v>75</v>
       </c>
       <c r="AH67" t="s">
-        <v>680</v>
+        <v>668</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="AK67" t="s">
         <v>69</v>
       </c>
       <c r="AL67" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
       <c r="AM67" t="s">
         <v>81</v>
       </c>
       <c r="AN67" t="s">
-        <v>677</v>
+        <v>665</v>
       </c>
       <c r="AO67">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP67" t="s">
-        <v>96</v>
+        <v>670</v>
       </c>
       <c r="AQ67" t="s">
         <v>83</v>
       </c>
       <c r="AR67" t="s">
         <v>84</v>
       </c>
       <c r="AS67">
-        <v>771431846510</v>
+        <v>771166437912</v>
       </c>
       <c r="AT67" t="s">
         <v>75</v>
       </c>
       <c r="AU67"/>
       <c r="AV67"/>
       <c r="AW67"/>
       <c r="AX67" t="s">
         <v>85</v>
       </c>
       <c r="AY67">
-        <v>4957861171</v>
+        <v>7076904402</v>
       </c>
       <c r="AZ67" t="s">
         <v>74</v>
       </c>
       <c r="BA67" t="s">
         <v>281</v>
       </c>
       <c r="BB67" t="s">
-        <v>675</v>
+        <v>663</v>
       </c>
       <c r="BC67" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
       <c r="BD67" t="s">
         <v>75</v>
       </c>
       <c r="BE67" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
       <c r="BF67" t="s">
         <v>75</v>
       </c>
       <c r="BG67" t="s">
         <v>75</v>
       </c>
       <c r="BH67">
-        <v>273</v>
+        <v>372</v>
       </c>
       <c r="BI67" t="s">
         <v>86</v>
       </c>
       <c r="BJ67"/>
       <c r="BK67"/>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>75</v>
       </c>
       <c r="BN67" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67" t="s">
         <v>83</v>
       </c>
       <c r="BQ67" t="s">
         <v>75</v>
       </c>
       <c r="BR67">
-        <v>5613</v>
+        <v>4442</v>
       </c>
       <c r="BS67"/>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>673</v>
+      </c>
+      <c r="C68">
+        <v>7140055861</v>
       </c>
       <c r="D68">
-        <v>585271</v>
+        <v>584614</v>
       </c>
       <c r="E68">
-        <v>335.24</v>
+        <v>272.48</v>
       </c>
       <c r="F68" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
       <c r="G68" t="s">
         <v>69</v>
       </c>
       <c r="H68" t="s">
-        <v>687</v>
+        <v>675</v>
       </c>
       <c r="I68">
-        <v>109.99</v>
+        <v>79.99</v>
       </c>
       <c r="J68" t="s">
-        <v>688</v>
+        <v>676</v>
       </c>
       <c r="K68" t="s">
         <v>83</v>
       </c>
       <c r="L68">
-        <v>4957859234</v>
+        <v>2111561686</v>
       </c>
       <c r="M68" t="s">
         <v>74</v>
       </c>
       <c r="N68" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O68"/>
       <c r="P68">
-        <v>5059189075</v>
+        <v>8618818331</v>
       </c>
       <c r="Q68" t="s">
-        <v>684</v>
+        <v>673</v>
       </c>
       <c r="R68" t="s">
         <v>75</v>
       </c>
       <c r="S68" t="s">
         <v>75</v>
       </c>
       <c r="T68" t="s">
         <v>299</v>
       </c>
-      <c r="U68" t="s">
-        <v>685</v>
+      <c r="U68">
+        <v>7140055861</v>
       </c>
       <c r="V68">
-        <v>585271</v>
+        <v>584614</v>
       </c>
       <c r="W68" t="s">
         <v>75</v>
       </c>
       <c r="X68">
-        <v>335.24</v>
+        <v>272.48</v>
       </c>
       <c r="Y68">
         <v>20.6</v>
       </c>
       <c r="Z68" t="s">
         <v>75</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>77</v>
       </c>
       <c r="AC68" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
       <c r="AD68">
-        <v>5059189075</v>
+        <v>8618818331</v>
       </c>
       <c r="AE68">
-        <v>2222297500</v>
+        <v>5591284600</v>
       </c>
       <c r="AF68">
-        <v>2222297500</v>
+        <v>5591284600</v>
       </c>
       <c r="AG68" t="s">
         <v>75</v>
       </c>
       <c r="AH68" t="s">
-        <v>689</v>
+        <v>677</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="AK68" t="s">
         <v>69</v>
       </c>
       <c r="AL68" t="s">
-        <v>688</v>
+        <v>676</v>
       </c>
       <c r="AM68" t="s">
         <v>81</v>
       </c>
       <c r="AN68" t="s">
-        <v>687</v>
+        <v>675</v>
       </c>
       <c r="AO68">
-        <v>109.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP68" t="s">
-        <v>691</v>
+        <v>158</v>
       </c>
       <c r="AQ68" t="s">
         <v>83</v>
       </c>
       <c r="AR68" t="s">
         <v>84</v>
       </c>
       <c r="AS68">
-        <v>771431712689</v>
+        <v>283837203083</v>
       </c>
       <c r="AT68" t="s">
         <v>75</v>
       </c>
       <c r="AU68"/>
       <c r="AV68"/>
       <c r="AW68"/>
       <c r="AX68" t="s">
         <v>85</v>
       </c>
       <c r="AY68">
-        <v>4957859234</v>
+        <v>2111561686</v>
       </c>
       <c r="AZ68" t="s">
         <v>74</v>
       </c>
       <c r="BA68" t="s">
         <v>281</v>
       </c>
       <c r="BB68" t="s">
-        <v>684</v>
+        <v>673</v>
       </c>
       <c r="BC68" t="s">
-        <v>688</v>
+        <v>676</v>
       </c>
       <c r="BD68" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
       <c r="BE68" t="s">
-        <v>693</v>
+        <v>680</v>
       </c>
       <c r="BF68" t="s">
         <v>75</v>
       </c>
       <c r="BG68" t="s">
         <v>75</v>
       </c>
       <c r="BH68">
-        <v>274</v>
+        <v>376</v>
       </c>
       <c r="BI68" t="s">
         <v>86</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>75</v>
       </c>
       <c r="BN68" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
         <v>83</v>
       </c>
       <c r="BQ68" t="s">
         <v>75</v>
       </c>
       <c r="BR68">
-        <v>6906</v>
+        <v>5613</v>
       </c>
       <c r="BS68"/>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>696</v>
+        <v>682</v>
+      </c>
+      <c r="C69">
+        <v>7920055572</v>
       </c>
       <c r="D69">
-        <v>584660</v>
+        <v>584583</v>
       </c>
       <c r="E69">
-        <v>272.48</v>
+        <v>308.06</v>
       </c>
       <c r="F69" t="s">
-        <v>697</v>
+        <v>683</v>
       </c>
       <c r="G69" t="s">
         <v>69</v>
       </c>
       <c r="H69" t="s">
-        <v>698</v>
+        <v>684</v>
       </c>
       <c r="I69">
-        <v>79.99</v>
+        <v>96.99</v>
       </c>
       <c r="J69" t="s">
-        <v>699</v>
+        <v>676</v>
       </c>
       <c r="K69" t="s">
         <v>83</v>
       </c>
       <c r="L69">
-        <v>2372946100</v>
+        <v>2111560883</v>
       </c>
       <c r="M69" t="s">
         <v>74</v>
       </c>
       <c r="N69" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O69"/>
-      <c r="P69">
-        <v>4525014125</v>
+      <c r="P69" t="s">
+        <v>685</v>
       </c>
       <c r="Q69" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="R69" t="s">
         <v>75</v>
       </c>
       <c r="S69" t="s">
         <v>75</v>
       </c>
       <c r="T69" t="s">
         <v>299</v>
       </c>
-      <c r="U69" t="s">
-        <v>696</v>
+      <c r="U69">
+        <v>7920055572</v>
       </c>
       <c r="V69">
-        <v>584660</v>
+        <v>584583</v>
       </c>
       <c r="W69" t="s">
         <v>75</v>
       </c>
       <c r="X69">
-        <v>272.48</v>
+        <v>308.06</v>
       </c>
       <c r="Y69">
         <v>20.6</v>
       </c>
       <c r="Z69" t="s">
         <v>75</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>77</v>
       </c>
       <c r="AC69" t="s">
-        <v>697</v>
-[...8 lines deleted...]
-        <v>700</v>
+        <v>683</v>
+      </c>
+      <c r="AD69" t="s">
+        <v>685</v>
+      </c>
+      <c r="AE69">
+        <v>3315871119</v>
+      </c>
+      <c r="AF69">
+        <v>3315871119</v>
       </c>
       <c r="AG69" t="s">
         <v>75</v>
       </c>
       <c r="AH69" t="s">
-        <v>701</v>
+        <v>686</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>702</v>
+        <v>687</v>
       </c>
       <c r="AK69" t="s">
         <v>69</v>
       </c>
       <c r="AL69" t="s">
-        <v>699</v>
+        <v>676</v>
       </c>
       <c r="AM69" t="s">
         <v>81</v>
       </c>
       <c r="AN69" t="s">
-        <v>698</v>
+        <v>684</v>
       </c>
       <c r="AO69">
-        <v>79.99</v>
+        <v>96.99</v>
       </c>
       <c r="AP69" t="s">
-        <v>158</v>
+        <v>493</v>
       </c>
       <c r="AQ69" t="s">
         <v>83</v>
       </c>
       <c r="AR69" t="s">
         <v>84</v>
       </c>
       <c r="AS69">
-        <v>283832949645</v>
+        <v>283834862837</v>
       </c>
       <c r="AT69" t="s">
         <v>75</v>
       </c>
       <c r="AU69"/>
       <c r="AV69"/>
       <c r="AW69"/>
       <c r="AX69" t="s">
         <v>85</v>
       </c>
       <c r="AY69">
-        <v>2372946100</v>
+        <v>2111560883</v>
       </c>
       <c r="AZ69" t="s">
         <v>74</v>
       </c>
       <c r="BA69" t="s">
         <v>281</v>
       </c>
       <c r="BB69" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="BC69" t="s">
-        <v>699</v>
+        <v>676</v>
       </c>
       <c r="BD69" t="s">
         <v>75</v>
       </c>
       <c r="BE69" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="BF69" t="s">
         <v>75</v>
       </c>
       <c r="BG69" t="s">
         <v>75</v>
       </c>
       <c r="BH69">
-        <v>284</v>
+        <v>376</v>
       </c>
       <c r="BI69" t="s">
         <v>86</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>75</v>
       </c>
       <c r="BN69" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69" t="s">
         <v>83</v>
       </c>
       <c r="BQ69" t="s">
         <v>75</v>
       </c>
       <c r="BR69">
-        <v>5613</v>
+        <v>6346</v>
       </c>
       <c r="BS69"/>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="C70">
-        <v>3120085459</v>
+        <v>1030116891</v>
       </c>
       <c r="D70">
-        <v>584656</v>
+        <v>584565</v>
       </c>
       <c r="E70">
-        <v>215.63</v>
+        <v>322.67</v>
       </c>
       <c r="F70" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="G70" t="s">
         <v>69</v>
       </c>
       <c r="H70" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="I70">
-        <v>52.8</v>
+        <v>103.99</v>
       </c>
       <c r="J70" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="K70" t="s">
         <v>83</v>
       </c>
       <c r="L70">
-        <v>2372945245</v>
+        <v>2111559811</v>
       </c>
       <c r="M70" t="s">
         <v>74</v>
       </c>
       <c r="N70" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O70"/>
-      <c r="P70">
-        <v>241795095</v>
+      <c r="P70" t="s">
+        <v>694</v>
       </c>
       <c r="Q70" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="R70" t="s">
         <v>75</v>
       </c>
       <c r="S70" t="s">
         <v>75</v>
       </c>
       <c r="T70" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="U70">
-        <v>3120085459</v>
+        <v>1030116891</v>
       </c>
       <c r="V70">
-        <v>584656</v>
+        <v>584565</v>
       </c>
       <c r="W70" t="s">
         <v>75</v>
       </c>
       <c r="X70">
-        <v>215.63</v>
+        <v>322.67</v>
       </c>
       <c r="Y70">
         <v>20.6</v>
       </c>
       <c r="Z70" t="s">
         <v>75</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>77</v>
       </c>
       <c r="AC70" t="s">
-        <v>706</v>
-[...8 lines deleted...]
-        <v>708</v>
+        <v>691</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>694</v>
+      </c>
+      <c r="AE70">
+        <v>2283043593</v>
+      </c>
+      <c r="AF70">
+        <v>2283043593</v>
       </c>
       <c r="AG70" t="s">
         <v>75</v>
       </c>
       <c r="AH70" t="s">
-        <v>709</v>
+        <v>695</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c r="AK70" t="s">
         <v>69</v>
       </c>
       <c r="AL70" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="AM70" t="s">
         <v>81</v>
       </c>
       <c r="AN70" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="AO70">
-        <v>52.8</v>
+        <v>103.99</v>
       </c>
       <c r="AP70" t="s">
-        <v>711</v>
+        <v>559</v>
       </c>
       <c r="AQ70" t="s">
         <v>83</v>
       </c>
       <c r="AR70" t="s">
         <v>84</v>
       </c>
       <c r="AS70">
-        <v>771111146897</v>
+        <v>283834819778</v>
       </c>
       <c r="AT70" t="s">
         <v>75</v>
       </c>
       <c r="AU70"/>
       <c r="AV70"/>
       <c r="AW70"/>
       <c r="AX70" t="s">
         <v>85</v>
       </c>
       <c r="AY70">
-        <v>2372945245</v>
+        <v>2111559811</v>
       </c>
       <c r="AZ70" t="s">
         <v>74</v>
       </c>
       <c r="BA70" t="s">
         <v>281</v>
       </c>
       <c r="BB70" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="BC70" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="BD70" t="s">
         <v>75</v>
       </c>
       <c r="BE70" t="s">
-        <v>712</v>
+        <v>697</v>
       </c>
       <c r="BF70" t="s">
         <v>75</v>
       </c>
       <c r="BG70" t="s">
         <v>75</v>
       </c>
       <c r="BH70">
-        <v>284</v>
+        <v>377</v>
       </c>
       <c r="BI70" t="s">
         <v>86</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70"/>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>75</v>
       </c>
       <c r="BN70" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70" t="s">
         <v>83</v>
       </c>
       <c r="BQ70" t="s">
         <v>75</v>
       </c>
       <c r="BR70">
-        <v>4442</v>
+        <v>6647</v>
       </c>
       <c r="BS70"/>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
-        <v>714</v>
+        <v>699</v>
       </c>
       <c r="C71">
-        <v>7140055861</v>
+        <v>7060055170</v>
       </c>
       <c r="D71">
-        <v>584614</v>
+        <v>584190</v>
       </c>
       <c r="E71">
         <v>272.48</v>
       </c>
       <c r="F71" t="s">
-        <v>715</v>
+        <v>700</v>
       </c>
       <c r="G71" t="s">
         <v>69</v>
       </c>
       <c r="H71" t="s">
-        <v>716</v>
+        <v>701</v>
       </c>
       <c r="I71">
         <v>79.99</v>
       </c>
       <c r="J71" t="s">
-        <v>717</v>
+        <v>702</v>
       </c>
       <c r="K71" t="s">
         <v>83</v>
       </c>
       <c r="L71">
-        <v>2111561686</v>
+        <v>7612406804</v>
       </c>
       <c r="M71" t="s">
         <v>74</v>
       </c>
       <c r="N71" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O71"/>
       <c r="P71">
-        <v>8618818331</v>
+        <v>28467134584</v>
       </c>
       <c r="Q71" t="s">
-        <v>714</v>
+        <v>699</v>
       </c>
       <c r="R71" t="s">
         <v>75</v>
       </c>
       <c r="S71" t="s">
         <v>75</v>
       </c>
       <c r="T71" t="s">
         <v>299</v>
       </c>
       <c r="U71">
-        <v>7140055861</v>
+        <v>7060055170</v>
       </c>
       <c r="V71">
-        <v>584614</v>
+        <v>584190</v>
       </c>
       <c r="W71" t="s">
         <v>75</v>
       </c>
       <c r="X71">
         <v>272.48</v>
       </c>
       <c r="Y71">
         <v>20.6</v>
       </c>
       <c r="Z71" t="s">
         <v>75</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>77</v>
       </c>
       <c r="AC71" t="s">
-        <v>715</v>
+        <v>700</v>
       </c>
       <c r="AD71">
-        <v>8618818331</v>
-[...5 lines deleted...]
-        <v>5591284600</v>
+        <v>28467134584</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>703</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>703</v>
       </c>
       <c r="AG71" t="s">
         <v>75</v>
       </c>
       <c r="AH71" t="s">
-        <v>718</v>
+        <v>704</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>719</v>
+        <v>255</v>
       </c>
       <c r="AK71" t="s">
         <v>69</v>
       </c>
       <c r="AL71" t="s">
-        <v>717</v>
+        <v>702</v>
       </c>
       <c r="AM71" t="s">
         <v>81</v>
       </c>
       <c r="AN71" t="s">
-        <v>716</v>
+        <v>701</v>
       </c>
       <c r="AO71">
         <v>79.99</v>
       </c>
       <c r="AP71" t="s">
         <v>158</v>
       </c>
       <c r="AQ71" t="s">
         <v>83</v>
       </c>
       <c r="AR71" t="s">
         <v>84</v>
       </c>
       <c r="AS71">
-        <v>283837203083</v>
+        <v>283718377116</v>
       </c>
       <c r="AT71" t="s">
         <v>75</v>
       </c>
       <c r="AU71"/>
       <c r="AV71"/>
       <c r="AW71"/>
       <c r="AX71" t="s">
         <v>85</v>
       </c>
       <c r="AY71">
-        <v>2111561686</v>
+        <v>7612406804</v>
       </c>
       <c r="AZ71" t="s">
         <v>74</v>
       </c>
       <c r="BA71" t="s">
         <v>281</v>
       </c>
       <c r="BB71" t="s">
-        <v>714</v>
+        <v>699</v>
       </c>
       <c r="BC71" t="s">
-        <v>717</v>
+        <v>702</v>
       </c>
       <c r="BD71" t="s">
-        <v>720</v>
+        <v>75</v>
       </c>
       <c r="BE71" t="s">
-        <v>721</v>
+        <v>705</v>
       </c>
       <c r="BF71" t="s">
         <v>75</v>
       </c>
       <c r="BG71" t="s">
         <v>75</v>
       </c>
       <c r="BH71">
-        <v>285</v>
+        <v>381</v>
       </c>
       <c r="BI71" t="s">
         <v>86</v>
       </c>
       <c r="BJ71"/>
       <c r="BK71"/>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>75</v>
       </c>
       <c r="BN71" t="s">
-        <v>722</v>
+        <v>706</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71" t="s">
         <v>83</v>
       </c>
       <c r="BQ71" t="s">
         <v>75</v>
       </c>
       <c r="BR71">
         <v>5613</v>
       </c>
       <c r="BS71"/>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="C72">
-        <v>7920055572</v>
+        <v>3150054572</v>
       </c>
       <c r="D72">
-        <v>584583</v>
+        <v>584145</v>
       </c>
       <c r="E72">
-        <v>308.06</v>
+        <v>245.23</v>
       </c>
       <c r="F72" t="s">
-        <v>724</v>
+        <v>505</v>
       </c>
       <c r="G72" t="s">
         <v>69</v>
       </c>
       <c r="H72" t="s">
-        <v>725</v>
+        <v>708</v>
       </c>
       <c r="I72">
-        <v>96.99</v>
+        <v>79.99</v>
       </c>
       <c r="J72" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="K72" t="s">
         <v>83</v>
       </c>
       <c r="L72">
-        <v>2111560883</v>
+        <v>7612405791</v>
       </c>
       <c r="M72" t="s">
         <v>74</v>
       </c>
       <c r="N72" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O72"/>
-      <c r="P72" t="s">
-        <v>726</v>
+      <c r="P72">
+        <v>14246290298</v>
       </c>
       <c r="Q72" t="s">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="R72" t="s">
         <v>75</v>
       </c>
       <c r="S72" t="s">
         <v>75</v>
       </c>
       <c r="T72" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="U72">
-        <v>7920055572</v>
+        <v>3150054572</v>
       </c>
       <c r="V72">
-        <v>584583</v>
+        <v>584145</v>
       </c>
       <c r="W72" t="s">
         <v>75</v>
       </c>
       <c r="X72">
-        <v>308.06</v>
+        <v>245.23</v>
       </c>
       <c r="Y72">
         <v>20.6</v>
       </c>
       <c r="Z72" t="s">
         <v>75</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>77</v>
       </c>
       <c r="AC72" t="s">
-        <v>724</v>
-[...8 lines deleted...]
-        <v>3315871119</v>
+        <v>505</v>
+      </c>
+      <c r="AD72">
+        <v>14246290298</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>508</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>508</v>
       </c>
       <c r="AG72" t="s">
         <v>75</v>
       </c>
       <c r="AH72" t="s">
-        <v>727</v>
+        <v>509</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>728</v>
+        <v>510</v>
       </c>
       <c r="AK72" t="s">
         <v>69</v>
       </c>
       <c r="AL72" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="AM72" t="s">
         <v>81</v>
       </c>
       <c r="AN72" t="s">
-        <v>725</v>
+        <v>708</v>
       </c>
       <c r="AO72">
-        <v>96.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP72" t="s">
-        <v>603</v>
+        <v>211</v>
       </c>
       <c r="AQ72" t="s">
         <v>83</v>
       </c>
       <c r="AR72" t="s">
         <v>84</v>
       </c>
       <c r="AS72">
-        <v>283834862837</v>
+        <v>283666670601</v>
       </c>
       <c r="AT72" t="s">
         <v>75</v>
       </c>
       <c r="AU72"/>
       <c r="AV72"/>
       <c r="AW72"/>
       <c r="AX72" t="s">
         <v>85</v>
       </c>
       <c r="AY72">
-        <v>2111560883</v>
+        <v>7612405791</v>
       </c>
       <c r="AZ72" t="s">
         <v>74</v>
       </c>
       <c r="BA72" t="s">
         <v>281</v>
       </c>
       <c r="BB72" t="s">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="BC72" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="BD72" t="s">
         <v>75</v>
       </c>
       <c r="BE72" t="s">
-        <v>729</v>
+        <v>710</v>
       </c>
       <c r="BF72" t="s">
         <v>75</v>
       </c>
       <c r="BG72" t="s">
         <v>75</v>
       </c>
       <c r="BH72">
-        <v>285</v>
+        <v>382</v>
       </c>
       <c r="BI72" t="s">
         <v>86</v>
       </c>
       <c r="BJ72"/>
       <c r="BK72"/>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>75</v>
       </c>
       <c r="BN72" t="s">
-        <v>730</v>
+        <v>711</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72" t="s">
         <v>83</v>
       </c>
       <c r="BQ72" t="s">
         <v>75</v>
       </c>
       <c r="BR72">
-        <v>6346</v>
+        <v>5051.7</v>
       </c>
       <c r="BS72"/>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
         <v>66</v>
       </c>
       <c r="B73" t="s">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c r="C73">
-        <v>1030116891</v>
+        <v>7610054534</v>
       </c>
       <c r="D73">
-        <v>584565</v>
+        <v>584110</v>
       </c>
       <c r="E73">
-        <v>322.67</v>
+        <v>531.84</v>
       </c>
       <c r="F73" t="s">
-        <v>732</v>
+        <v>713</v>
       </c>
       <c r="G73" t="s">
         <v>69</v>
       </c>
       <c r="H73" t="s">
-        <v>733</v>
+        <v>714</v>
       </c>
       <c r="I73">
-        <v>103.99</v>
+        <v>204</v>
       </c>
       <c r="J73" t="s">
-        <v>734</v>
+        <v>709</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
       <c r="L73">
-        <v>2111559811</v>
+        <v>6651545272</v>
       </c>
       <c r="M73" t="s">
         <v>74</v>
       </c>
       <c r="N73" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O73"/>
       <c r="P73" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
       <c r="Q73" t="s">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c r="R73" t="s">
         <v>75</v>
       </c>
       <c r="S73" t="s">
         <v>75</v>
       </c>
       <c r="T73" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U73">
-        <v>1030116891</v>
+        <v>7610054534</v>
       </c>
       <c r="V73">
-        <v>584565</v>
+        <v>584110</v>
       </c>
       <c r="W73" t="s">
         <v>75</v>
       </c>
       <c r="X73">
-        <v>322.67</v>
+        <v>531.84</v>
       </c>
       <c r="Y73">
         <v>20.6</v>
       </c>
       <c r="Z73" t="s">
         <v>75</v>
       </c>
       <c r="AA73" t="s">
         <v>66</v>
       </c>
       <c r="AB73" t="s">
         <v>77</v>
       </c>
       <c r="AC73" t="s">
-        <v>732</v>
+        <v>713</v>
       </c>
       <c r="AD73" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
       <c r="AE73">
-        <v>2283043593</v>
+        <v>7471735516</v>
       </c>
       <c r="AF73">
-        <v>2283043593</v>
+        <v>7471735516</v>
       </c>
       <c r="AG73" t="s">
         <v>75</v>
       </c>
       <c r="AH73" t="s">
-        <v>736</v>
+        <v>716</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73" t="s">
-        <v>737</v>
+        <v>717</v>
       </c>
       <c r="AK73" t="s">
         <v>69</v>
       </c>
       <c r="AL73" t="s">
-        <v>734</v>
+        <v>709</v>
       </c>
       <c r="AM73" t="s">
         <v>81</v>
       </c>
       <c r="AN73" t="s">
-        <v>733</v>
+        <v>714</v>
       </c>
       <c r="AO73">
-        <v>103.99</v>
+        <v>204</v>
       </c>
       <c r="AP73" t="s">
-        <v>738</v>
+        <v>464</v>
       </c>
       <c r="AQ73" t="s">
         <v>83</v>
       </c>
       <c r="AR73" t="s">
         <v>84</v>
       </c>
       <c r="AS73">
-        <v>283834819778</v>
+        <v>283648726311</v>
       </c>
       <c r="AT73" t="s">
         <v>75</v>
       </c>
       <c r="AU73"/>
       <c r="AV73"/>
-      <c r="AW73"/>
+      <c r="AW73">
+        <v>0</v>
+      </c>
       <c r="AX73" t="s">
         <v>85</v>
       </c>
       <c r="AY73">
-        <v>2111559811</v>
+        <v>6651545272</v>
       </c>
       <c r="AZ73" t="s">
         <v>74</v>
       </c>
       <c r="BA73" t="s">
         <v>281</v>
       </c>
       <c r="BB73" t="s">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c r="BC73" t="s">
-        <v>734</v>
+        <v>709</v>
       </c>
       <c r="BD73" t="s">
-        <v>75</v>
+        <v>718</v>
       </c>
       <c r="BE73" t="s">
-        <v>739</v>
+        <v>719</v>
       </c>
       <c r="BF73" t="s">
         <v>75</v>
       </c>
       <c r="BG73" t="s">
         <v>75</v>
       </c>
       <c r="BH73">
-        <v>286</v>
+        <v>383</v>
       </c>
       <c r="BI73" t="s">
         <v>86</v>
       </c>
       <c r="BJ73"/>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>75</v>
       </c>
       <c r="BN73" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73" t="s">
         <v>83</v>
       </c>
       <c r="BQ73" t="s">
         <v>75</v>
       </c>
       <c r="BR73">
-        <v>6647</v>
+        <v>10956</v>
       </c>
       <c r="BS73"/>
     </row>
     <row r="74" spans="1:71">
       <c r="A74" t="s">
         <v>66</v>
       </c>
       <c r="B74" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
       <c r="C74">
-        <v>1540055480</v>
+        <v>6030054840</v>
       </c>
       <c r="D74">
-        <v>584561</v>
+        <v>584095</v>
       </c>
       <c r="E74">
-        <v>321.02</v>
+        <v>345.68</v>
       </c>
       <c r="F74" t="s">
-        <v>742</v>
+        <v>722</v>
       </c>
       <c r="G74" t="s">
         <v>69</v>
       </c>
       <c r="H74" t="s">
-        <v>743</v>
+        <v>723</v>
       </c>
       <c r="I74">
-        <v>89.99</v>
+        <v>114.99</v>
       </c>
       <c r="J74" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="K74" t="s">
         <v>83</v>
       </c>
       <c r="L74">
-        <v>2372940566</v>
+        <v>6651543662</v>
       </c>
       <c r="M74" t="s">
         <v>74</v>
       </c>
       <c r="N74" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O74"/>
       <c r="P74">
-        <v>2420852886</v>
+        <v>2125051638</v>
       </c>
       <c r="Q74" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
       <c r="R74" t="s">
         <v>75</v>
       </c>
       <c r="S74" t="s">
         <v>75</v>
       </c>
       <c r="T74" t="s">
         <v>299</v>
       </c>
       <c r="U74">
-        <v>1540055480</v>
+        <v>6030054840</v>
       </c>
       <c r="V74">
-        <v>584561</v>
+        <v>584095</v>
       </c>
       <c r="W74" t="s">
         <v>75</v>
       </c>
       <c r="X74">
-        <v>321.02</v>
+        <v>345.68</v>
       </c>
       <c r="Y74">
         <v>20.6</v>
       </c>
       <c r="Z74" t="s">
         <v>75</v>
       </c>
       <c r="AA74" t="s">
         <v>66</v>
       </c>
       <c r="AB74" t="s">
         <v>77</v>
       </c>
       <c r="AC74" t="s">
-        <v>742</v>
+        <v>722</v>
       </c>
       <c r="AD74">
-        <v>2420852886</v>
-[...5 lines deleted...]
-        <v>744</v>
+        <v>2125051638</v>
+      </c>
+      <c r="AE74">
+        <v>9999427200</v>
+      </c>
+      <c r="AF74">
+        <v>9999427200</v>
       </c>
       <c r="AG74" t="s">
         <v>75</v>
       </c>
       <c r="AH74" t="s">
-        <v>745</v>
+        <v>725</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74" t="s">
-        <v>746</v>
+        <v>726</v>
       </c>
       <c r="AK74" t="s">
         <v>69</v>
       </c>
       <c r="AL74" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="AM74" t="s">
         <v>81</v>
       </c>
       <c r="AN74" t="s">
-        <v>743</v>
+        <v>723</v>
       </c>
       <c r="AO74">
-        <v>89.99</v>
+        <v>114.99</v>
       </c>
       <c r="AP74" t="s">
-        <v>237</v>
+        <v>650</v>
       </c>
       <c r="AQ74" t="s">
         <v>83</v>
       </c>
       <c r="AR74" t="s">
         <v>84</v>
       </c>
       <c r="AS74">
-        <v>283835293825</v>
+        <v>771043764737</v>
       </c>
       <c r="AT74" t="s">
         <v>75</v>
       </c>
       <c r="AU74"/>
       <c r="AV74"/>
       <c r="AW74"/>
       <c r="AX74" t="s">
         <v>85</v>
       </c>
       <c r="AY74">
-        <v>2372940566</v>
+        <v>6651543662</v>
       </c>
       <c r="AZ74" t="s">
         <v>74</v>
       </c>
       <c r="BA74" t="s">
         <v>281</v>
       </c>
       <c r="BB74" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
       <c r="BC74" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="BD74" t="s">
-        <v>75</v>
+        <v>727</v>
       </c>
       <c r="BE74" t="s">
-        <v>747</v>
+        <v>728</v>
       </c>
       <c r="BF74" t="s">
         <v>75</v>
       </c>
       <c r="BG74" t="s">
         <v>75</v>
       </c>
       <c r="BH74">
-        <v>286</v>
+        <v>383</v>
       </c>
       <c r="BI74" t="s">
         <v>86</v>
       </c>
       <c r="BJ74"/>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>75</v>
       </c>
       <c r="BN74" t="s">
-        <v>748</v>
+        <v>729</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74" t="s">
         <v>83</v>
       </c>
       <c r="BQ74" t="s">
         <v>75</v>
       </c>
       <c r="BR74">
-        <v>6613</v>
+        <v>7121</v>
       </c>
       <c r="BS74"/>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
         <v>66</v>
       </c>
       <c r="B75" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>730</v>
+      </c>
+      <c r="C75">
+        <v>1760064388</v>
       </c>
       <c r="D75">
-        <v>584465</v>
+        <v>584025</v>
       </c>
       <c r="E75">
-        <v>521.8</v>
+        <v>228.54</v>
       </c>
       <c r="F75" t="s">
-        <v>751</v>
+        <v>731</v>
       </c>
       <c r="G75" t="s">
         <v>69</v>
       </c>
       <c r="H75" t="s">
-        <v>752</v>
+        <v>732</v>
       </c>
       <c r="I75">
-        <v>199.2</v>
+        <v>58.99</v>
       </c>
       <c r="J75" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="K75" t="s">
         <v>83</v>
       </c>
       <c r="L75">
-        <v>6107233635</v>
+        <v>6651540593</v>
       </c>
       <c r="M75" t="s">
         <v>74</v>
       </c>
       <c r="N75" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O75"/>
       <c r="P75">
-        <v>9359748378</v>
+        <v>14191017639</v>
       </c>
       <c r="Q75" t="s">
-        <v>749</v>
+        <v>730</v>
       </c>
       <c r="R75" t="s">
         <v>75</v>
       </c>
       <c r="S75" t="s">
         <v>75</v>
       </c>
       <c r="T75" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>76</v>
+      </c>
+      <c r="U75">
+        <v>1760064388</v>
       </c>
       <c r="V75">
-        <v>584465</v>
+        <v>584025</v>
       </c>
       <c r="W75" t="s">
         <v>75</v>
       </c>
       <c r="X75">
-        <v>521.8</v>
+        <v>228.54</v>
       </c>
       <c r="Y75">
         <v>20.6</v>
       </c>
       <c r="Z75" t="s">
         <v>75</v>
       </c>
       <c r="AA75" t="s">
         <v>66</v>
       </c>
       <c r="AB75" t="s">
         <v>77</v>
       </c>
       <c r="AC75" t="s">
-        <v>751</v>
+        <v>731</v>
       </c>
       <c r="AD75">
-        <v>9359748378</v>
-[...5 lines deleted...]
-        <v>754</v>
+        <v>14191017639</v>
+      </c>
+      <c r="AE75">
+        <v>3336786700</v>
+      </c>
+      <c r="AF75">
+        <v>3336786700</v>
       </c>
       <c r="AG75" t="s">
         <v>75</v>
       </c>
       <c r="AH75" t="s">
-        <v>755</v>
+        <v>734</v>
       </c>
       <c r="AI75"/>
       <c r="AJ75" t="s">
-        <v>756</v>
+        <v>735</v>
       </c>
       <c r="AK75" t="s">
         <v>69</v>
       </c>
       <c r="AL75" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="AM75" t="s">
         <v>81</v>
       </c>
       <c r="AN75" t="s">
-        <v>752</v>
+        <v>732</v>
       </c>
       <c r="AO75">
-        <v>199.2</v>
+        <v>58.99</v>
       </c>
       <c r="AP75" t="s">
-        <v>513</v>
+        <v>387</v>
       </c>
       <c r="AQ75" t="s">
         <v>83</v>
       </c>
       <c r="AR75" t="s">
         <v>84</v>
       </c>
       <c r="AS75">
-        <v>283759126186</v>
+        <v>283590021804</v>
       </c>
       <c r="AT75" t="s">
         <v>75</v>
       </c>
       <c r="AU75"/>
       <c r="AV75"/>
       <c r="AW75"/>
       <c r="AX75" t="s">
         <v>85</v>
       </c>
       <c r="AY75">
-        <v>6107233635</v>
+        <v>6651540593</v>
       </c>
       <c r="AZ75" t="s">
         <v>74</v>
       </c>
       <c r="BA75" t="s">
         <v>281</v>
       </c>
       <c r="BB75" t="s">
-        <v>749</v>
+        <v>730</v>
       </c>
       <c r="BC75" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="BD75" t="s">
-        <v>757</v>
+        <v>75</v>
       </c>
       <c r="BE75" t="s">
-        <v>758</v>
+        <v>736</v>
       </c>
       <c r="BF75" t="s">
         <v>75</v>
       </c>
       <c r="BG75" t="s">
         <v>75</v>
       </c>
       <c r="BH75">
-        <v>287</v>
+        <v>385</v>
       </c>
       <c r="BI75" t="s">
         <v>86</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>75</v>
       </c>
       <c r="BN75" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="BO75">
         <v>0</v>
       </c>
       <c r="BP75" t="s">
         <v>83</v>
       </c>
       <c r="BQ75" t="s">
         <v>75</v>
       </c>
       <c r="BR75">
-        <v>10749</v>
+        <v>4708</v>
       </c>
       <c r="BS75"/>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
         <v>66</v>
       </c>
       <c r="B76" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>738</v>
+      </c>
+      <c r="C76">
+        <v>3670054811</v>
       </c>
       <c r="D76">
-        <v>584143</v>
+        <v>583817</v>
       </c>
       <c r="E76">
-        <v>236.94</v>
+        <v>237.38</v>
       </c>
       <c r="F76" t="s">
-        <v>762</v>
+        <v>739</v>
       </c>
       <c r="G76" t="s">
         <v>69</v>
       </c>
       <c r="H76" t="s">
-        <v>763</v>
+        <v>740</v>
       </c>
       <c r="I76">
-        <v>63</v>
+        <v>63.2</v>
       </c>
       <c r="J76" t="s">
-        <v>764</v>
+        <v>741</v>
       </c>
       <c r="K76" t="s">
         <v>83</v>
       </c>
       <c r="L76">
-        <v>1652438852</v>
+        <v>5789043573</v>
       </c>
       <c r="M76" t="s">
         <v>74</v>
       </c>
       <c r="N76" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O76"/>
-      <c r="P76" t="s">
-        <v>765</v>
+      <c r="P76">
+        <v>11451356014</v>
       </c>
       <c r="Q76" t="s">
-        <v>760</v>
+        <v>738</v>
       </c>
       <c r="R76" t="s">
         <v>75</v>
       </c>
       <c r="S76" t="s">
         <v>75</v>
       </c>
       <c r="T76" t="s">
         <v>299</v>
       </c>
-      <c r="U76" t="s">
-        <v>761</v>
+      <c r="U76">
+        <v>3670054811</v>
       </c>
       <c r="V76">
-        <v>584143</v>
+        <v>583817</v>
       </c>
       <c r="W76" t="s">
         <v>75</v>
       </c>
       <c r="X76">
-        <v>236.94</v>
+        <v>237.38</v>
       </c>
       <c r="Y76">
         <v>20.6</v>
       </c>
       <c r="Z76" t="s">
         <v>75</v>
       </c>
       <c r="AA76" t="s">
         <v>66</v>
       </c>
       <c r="AB76" t="s">
         <v>77</v>
       </c>
       <c r="AC76" t="s">
-        <v>762</v>
-[...8 lines deleted...]
-        <v>5535518145</v>
+        <v>739</v>
+      </c>
+      <c r="AD76">
+        <v>11451356014</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>742</v>
+      </c>
+      <c r="AF76" t="s">
+        <v>742</v>
       </c>
       <c r="AG76" t="s">
         <v>75</v>
       </c>
       <c r="AH76" t="s">
-        <v>766</v>
+        <v>743</v>
       </c>
       <c r="AI76"/>
       <c r="AJ76" t="s">
-        <v>767</v>
+        <v>744</v>
       </c>
       <c r="AK76" t="s">
         <v>69</v>
       </c>
       <c r="AL76" t="s">
-        <v>764</v>
+        <v>741</v>
       </c>
       <c r="AM76" t="s">
         <v>81</v>
       </c>
       <c r="AN76" t="s">
-        <v>763</v>
+        <v>740</v>
       </c>
       <c r="AO76">
-        <v>63</v>
+        <v>63.2</v>
       </c>
       <c r="AP76" t="s">
-        <v>192</v>
+        <v>745</v>
       </c>
       <c r="AQ76" t="s">
         <v>83</v>
       </c>
       <c r="AR76" t="s">
         <v>84</v>
       </c>
       <c r="AS76">
-        <v>283662083128</v>
+        <v>283419017897</v>
       </c>
       <c r="AT76" t="s">
         <v>75</v>
       </c>
       <c r="AU76"/>
       <c r="AV76"/>
-      <c r="AW76"/>
+      <c r="AW76">
+        <v>0</v>
+      </c>
       <c r="AX76" t="s">
         <v>85</v>
       </c>
       <c r="AY76">
-        <v>1652438852</v>
+        <v>5789043573</v>
       </c>
       <c r="AZ76" t="s">
         <v>74</v>
       </c>
       <c r="BA76" t="s">
         <v>281</v>
       </c>
       <c r="BB76" t="s">
-        <v>760</v>
+        <v>738</v>
       </c>
       <c r="BC76" t="s">
-        <v>764</v>
+        <v>741</v>
       </c>
       <c r="BD76" t="s">
-        <v>75</v>
+        <v>746</v>
       </c>
       <c r="BE76" t="s">
-        <v>768</v>
+        <v>747</v>
       </c>
       <c r="BF76" t="s">
         <v>75</v>
       </c>
       <c r="BG76" t="s">
         <v>75</v>
       </c>
       <c r="BH76">
-        <v>291</v>
+        <v>388</v>
       </c>
       <c r="BI76" t="s">
         <v>86</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>75</v>
       </c>
       <c r="BN76" t="s">
-        <v>769</v>
+        <v>748</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76" t="s">
         <v>83</v>
       </c>
       <c r="BQ76" t="s">
         <v>75</v>
       </c>
       <c r="BR76">
-        <v>4881</v>
+        <v>4890</v>
       </c>
       <c r="BS76"/>
     </row>
     <row r="77" spans="1:71">
       <c r="A77" t="s">
         <v>66</v>
       </c>
       <c r="B77" t="s">
-        <v>770</v>
+        <v>749</v>
       </c>
       <c r="C77">
         <v>2950054472</v>
       </c>
       <c r="D77">
         <v>583766</v>
       </c>
       <c r="E77">
         <v>270.83</v>
       </c>
       <c r="F77" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="G77" t="s">
         <v>69</v>
       </c>
       <c r="H77" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="I77">
         <v>79.2</v>
       </c>
       <c r="J77" t="s">
-        <v>773</v>
+        <v>741</v>
       </c>
       <c r="K77" t="s">
         <v>83</v>
       </c>
       <c r="L77">
         <v>4710416185</v>
       </c>
       <c r="M77" t="s">
         <v>74</v>
       </c>
       <c r="N77" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O77"/>
       <c r="P77" t="s">
-        <v>774</v>
+        <v>752</v>
       </c>
       <c r="Q77" t="s">
-        <v>770</v>
+        <v>749</v>
       </c>
       <c r="R77" t="s">
         <v>75</v>
       </c>
       <c r="S77" t="s">
         <v>75</v>
       </c>
       <c r="T77" t="s">
         <v>299</v>
       </c>
       <c r="U77">
         <v>2950054472</v>
       </c>
       <c r="V77">
         <v>583766</v>
       </c>
       <c r="W77" t="s">
         <v>75</v>
       </c>
       <c r="X77">
         <v>270.83</v>
       </c>
       <c r="Y77">
         <v>20.6</v>
       </c>
       <c r="Z77" t="s">
         <v>75</v>
       </c>
       <c r="AA77" t="s">
         <v>66</v>
       </c>
       <c r="AB77" t="s">
         <v>77</v>
       </c>
       <c r="AC77" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="AD77" t="s">
-        <v>774</v>
+        <v>752</v>
       </c>
       <c r="AE77">
         <v>2299836344</v>
       </c>
       <c r="AF77">
         <v>2299836344</v>
       </c>
       <c r="AG77" t="s">
         <v>75</v>
       </c>
       <c r="AH77" t="s">
-        <v>775</v>
+        <v>753</v>
       </c>
       <c r="AI77"/>
       <c r="AJ77" t="s">
-        <v>776</v>
+        <v>754</v>
       </c>
       <c r="AK77" t="s">
         <v>69</v>
       </c>
       <c r="AL77" t="s">
-        <v>773</v>
+        <v>741</v>
       </c>
       <c r="AM77" t="s">
         <v>81</v>
       </c>
       <c r="AN77" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="AO77">
         <v>79.2</v>
       </c>
       <c r="AP77" t="s">
-        <v>777</v>
+        <v>755</v>
       </c>
       <c r="AQ77" t="s">
         <v>83</v>
       </c>
       <c r="AR77" t="s">
         <v>84</v>
       </c>
       <c r="AS77">
         <v>283429382993</v>
       </c>
       <c r="AT77" t="s">
         <v>75</v>
       </c>
       <c r="AU77"/>
       <c r="AV77"/>
       <c r="AW77">
         <v>0</v>
       </c>
       <c r="AX77" t="s">
         <v>85</v>
       </c>
       <c r="AY77">
         <v>4710416185</v>
       </c>
       <c r="AZ77" t="s">
         <v>74</v>
       </c>
       <c r="BA77" t="s">
         <v>281</v>
       </c>
       <c r="BB77" t="s">
-        <v>770</v>
+        <v>749</v>
       </c>
       <c r="BC77" t="s">
-        <v>773</v>
+        <v>741</v>
       </c>
       <c r="BD77" t="s">
         <v>75</v>
       </c>
       <c r="BE77" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
       <c r="BF77" t="s">
         <v>75</v>
       </c>
       <c r="BG77" t="s">
         <v>75</v>
       </c>
       <c r="BH77">
-        <v>298</v>
+        <v>389</v>
       </c>
       <c r="BI77" t="s">
         <v>86</v>
       </c>
       <c r="BJ77"/>
       <c r="BK77"/>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>75</v>
       </c>
       <c r="BN77" t="s">
-        <v>779</v>
+        <v>757</v>
       </c>
       <c r="BO77">
         <v>0</v>
       </c>
       <c r="BP77" t="s">
         <v>83</v>
       </c>
       <c r="BQ77" t="s">
         <v>75</v>
       </c>
       <c r="BR77">
         <v>5579</v>
       </c>
       <c r="BS77"/>
     </row>
     <row r="78" spans="1:71">
       <c r="A78" t="s">
         <v>66</v>
       </c>
       <c r="B78" t="s">
-        <v>780</v>
+        <v>758</v>
       </c>
       <c r="C78">
         <v>3360054250</v>
       </c>
       <c r="D78">
         <v>583716</v>
       </c>
       <c r="E78">
         <v>274.56</v>
       </c>
       <c r="F78" t="s">
-        <v>781</v>
+        <v>759</v>
       </c>
       <c r="G78" t="s">
         <v>69</v>
       </c>
       <c r="H78" t="s">
-        <v>782</v>
+        <v>760</v>
       </c>
       <c r="I78">
         <v>80.99</v>
       </c>
       <c r="J78" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="K78" t="s">
         <v>83</v>
       </c>
       <c r="L78" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="M78" t="s">
         <v>74</v>
       </c>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78">
         <v>7757611180</v>
       </c>
       <c r="Q78" t="s">
-        <v>780</v>
+        <v>758</v>
       </c>
       <c r="R78" t="s">
         <v>75</v>
       </c>
       <c r="S78" t="s">
         <v>75</v>
       </c>
       <c r="T78" t="s">
         <v>299</v>
       </c>
       <c r="U78">
         <v>3360054250</v>
       </c>
       <c r="V78">
         <v>583716</v>
       </c>
       <c r="W78" t="s">
         <v>75</v>
       </c>
       <c r="X78">
         <v>274.56</v>
       </c>
       <c r="Y78">
         <v>20.6</v>
       </c>
       <c r="Z78" t="s">
         <v>75</v>
       </c>
       <c r="AA78" t="s">
         <v>66</v>
       </c>
       <c r="AB78" t="s">
         <v>77</v>
       </c>
       <c r="AC78" t="s">
-        <v>781</v>
+        <v>759</v>
       </c>
       <c r="AD78">
         <v>7757611180</v>
       </c>
       <c r="AE78" t="s">
-        <v>785</v>
+        <v>763</v>
       </c>
       <c r="AF78" t="s">
-        <v>785</v>
+        <v>763</v>
       </c>
       <c r="AG78" t="s">
         <v>75</v>
       </c>
       <c r="AH78" t="s">
-        <v>786</v>
+        <v>764</v>
       </c>
       <c r="AI78"/>
       <c r="AJ78" t="s">
-        <v>787</v>
+        <v>765</v>
       </c>
       <c r="AK78" t="s">
         <v>69</v>
       </c>
       <c r="AL78" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="AM78" t="s">
         <v>81</v>
       </c>
       <c r="AN78" t="s">
-        <v>782</v>
+        <v>760</v>
       </c>
       <c r="AO78">
         <v>80.99</v>
       </c>
       <c r="AP78" t="s">
-        <v>788</v>
+        <v>766</v>
       </c>
       <c r="AQ78" t="s">
         <v>83</v>
       </c>
       <c r="AR78" t="s">
         <v>84</v>
       </c>
       <c r="AS78">
         <v>283331427143</v>
       </c>
       <c r="AT78" t="s">
         <v>75</v>
       </c>
       <c r="AU78"/>
       <c r="AV78"/>
       <c r="AW78"/>
       <c r="AX78" t="s">
         <v>85</v>
       </c>
       <c r="AY78" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="AZ78" t="s">
         <v>74</v>
       </c>
       <c r="BA78" t="s">
         <v>281</v>
       </c>
       <c r="BB78" t="s">
-        <v>780</v>
+        <v>758</v>
       </c>
       <c r="BC78" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="BD78" t="s">
         <v>75</v>
       </c>
       <c r="BE78" t="s">
-        <v>789</v>
+        <v>767</v>
       </c>
       <c r="BF78" t="s">
         <v>75</v>
       </c>
       <c r="BG78" t="s">
         <v>75</v>
       </c>
       <c r="BH78">
-        <v>298</v>
+        <v>389</v>
       </c>
       <c r="BI78" t="s">
         <v>86</v>
       </c>
       <c r="BJ78"/>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>75</v>
       </c>
       <c r="BN78" t="s">
-        <v>790</v>
+        <v>768</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78" t="s">
         <v>83</v>
       </c>
       <c r="BQ78" t="s">
         <v>75</v>
       </c>
       <c r="BR78">
         <v>5656</v>
       </c>
       <c r="BS78"/>
     </row>
     <row r="79" spans="1:71">
       <c r="A79" t="s">
         <v>66</v>
       </c>
       <c r="B79" t="s">
-        <v>791</v>
+        <v>769</v>
       </c>
       <c r="C79">
         <v>2700054807</v>
       </c>
       <c r="D79">
         <v>583699</v>
       </c>
       <c r="E79">
         <v>237.38</v>
       </c>
       <c r="F79" t="s">
-        <v>792</v>
+        <v>770</v>
       </c>
       <c r="G79" t="s">
         <v>69</v>
       </c>
       <c r="H79" t="s">
-        <v>793</v>
+        <v>771</v>
       </c>
       <c r="I79">
         <v>63.2</v>
       </c>
       <c r="J79" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="K79" t="s">
         <v>83</v>
       </c>
       <c r="L79" t="s">
-        <v>794</v>
+        <v>772</v>
       </c>
       <c r="M79" t="s">
         <v>74</v>
       </c>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79">
         <v>11638798096</v>
       </c>
       <c r="Q79" t="s">
-        <v>791</v>
+        <v>769</v>
       </c>
       <c r="R79" t="s">
         <v>75</v>
       </c>
       <c r="S79" t="s">
         <v>75</v>
       </c>
       <c r="T79" t="s">
         <v>299</v>
       </c>
       <c r="U79">
         <v>2700054807</v>
       </c>
       <c r="V79">
         <v>583699</v>
       </c>
       <c r="W79" t="s">
         <v>75</v>
       </c>
       <c r="X79">
         <v>237.38</v>
       </c>
       <c r="Y79">
         <v>20.6</v>
       </c>
       <c r="Z79" t="s">
         <v>75</v>
       </c>
       <c r="AA79" t="s">
         <v>66</v>
       </c>
       <c r="AB79" t="s">
         <v>77</v>
       </c>
       <c r="AC79" t="s">
-        <v>792</v>
+        <v>770</v>
       </c>
       <c r="AD79">
         <v>11638798096</v>
       </c>
       <c r="AE79" t="s">
-        <v>795</v>
+        <v>773</v>
       </c>
       <c r="AF79" t="s">
-        <v>795</v>
+        <v>773</v>
       </c>
       <c r="AG79" t="s">
         <v>75</v>
       </c>
       <c r="AH79" t="s">
-        <v>796</v>
+        <v>774</v>
       </c>
       <c r="AI79"/>
       <c r="AJ79" t="s">
-        <v>797</v>
+        <v>775</v>
       </c>
       <c r="AK79" t="s">
         <v>69</v>
       </c>
       <c r="AL79" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="AM79" t="s">
         <v>81</v>
       </c>
       <c r="AN79" t="s">
-        <v>793</v>
+        <v>771</v>
       </c>
       <c r="AO79">
         <v>63.2</v>
       </c>
       <c r="AP79" t="s">
-        <v>798</v>
+        <v>745</v>
       </c>
       <c r="AQ79" t="s">
         <v>83</v>
       </c>
       <c r="AR79" t="s">
         <v>84</v>
       </c>
       <c r="AS79">
         <v>283335693579</v>
       </c>
       <c r="AT79" t="s">
         <v>75</v>
       </c>
       <c r="AU79"/>
       <c r="AV79"/>
       <c r="AW79"/>
       <c r="AX79" t="s">
         <v>85</v>
       </c>
       <c r="AY79" t="s">
-        <v>794</v>
+        <v>772</v>
       </c>
       <c r="AZ79" t="s">
         <v>74</v>
       </c>
       <c r="BA79" t="s">
         <v>281</v>
       </c>
       <c r="BB79" t="s">
-        <v>791</v>
+        <v>769</v>
       </c>
       <c r="BC79" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="BD79" t="s">
-        <v>799</v>
+        <v>776</v>
       </c>
       <c r="BE79" t="s">
-        <v>800</v>
+        <v>777</v>
       </c>
       <c r="BF79" t="s">
         <v>75</v>
       </c>
       <c r="BG79" t="s">
         <v>75</v>
       </c>
       <c r="BH79">
-        <v>298</v>
+        <v>389</v>
       </c>
       <c r="BI79" t="s">
         <v>86</v>
       </c>
       <c r="BJ79"/>
       <c r="BK79"/>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>75</v>
       </c>
       <c r="BN79" t="s">
-        <v>801</v>
+        <v>778</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79" t="s">
         <v>83</v>
       </c>
       <c r="BQ79" t="s">
         <v>75</v>
       </c>
       <c r="BR79">
         <v>4890</v>
       </c>
       <c r="BS79"/>
     </row>
     <row r="80" spans="1:71">
       <c r="A80" t="s">
         <v>66</v>
       </c>
       <c r="B80" t="s">
-        <v>802</v>
+        <v>779</v>
       </c>
       <c r="C80">
         <v>6410054677</v>
       </c>
       <c r="D80">
         <v>583611</v>
       </c>
       <c r="E80">
         <v>393.79</v>
       </c>
       <c r="F80" t="s">
-        <v>803</v>
+        <v>780</v>
       </c>
       <c r="G80" t="s">
         <v>69</v>
       </c>
       <c r="H80" t="s">
-        <v>804</v>
+        <v>781</v>
       </c>
       <c r="I80">
         <v>138</v>
       </c>
       <c r="J80" t="s">
-        <v>805</v>
+        <v>782</v>
       </c>
       <c r="K80" t="s">
         <v>83</v>
       </c>
       <c r="L80" t="s">
-        <v>806</v>
+        <v>783</v>
       </c>
       <c r="M80" t="s">
         <v>74</v>
       </c>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80">
         <v>24427560989</v>
       </c>
       <c r="Q80" t="s">
-        <v>802</v>
+        <v>779</v>
       </c>
       <c r="R80" t="s">
         <v>75</v>
       </c>
       <c r="S80" t="s">
         <v>75</v>
       </c>
       <c r="T80" t="s">
         <v>76</v>
       </c>
       <c r="U80">
         <v>6410054677</v>
       </c>
       <c r="V80">
         <v>583611</v>
       </c>
       <c r="W80" t="s">
         <v>75</v>
       </c>
       <c r="X80">
         <v>393.79</v>
       </c>
       <c r="Y80">
         <v>20.6</v>
       </c>
       <c r="Z80" t="s">
         <v>75</v>
       </c>
       <c r="AA80" t="s">
         <v>66</v>
       </c>
       <c r="AB80" t="s">
         <v>77</v>
       </c>
       <c r="AC80" t="s">
-        <v>803</v>
+        <v>780</v>
       </c>
       <c r="AD80">
         <v>24427560989</v>
       </c>
       <c r="AE80">
         <v>4272683000</v>
       </c>
       <c r="AF80">
         <v>4272683000</v>
       </c>
       <c r="AG80" t="s">
         <v>75</v>
       </c>
       <c r="AH80" t="s">
-        <v>807</v>
+        <v>784</v>
       </c>
       <c r="AI80"/>
       <c r="AJ80" t="s">
-        <v>808</v>
+        <v>785</v>
       </c>
       <c r="AK80" t="s">
         <v>69</v>
       </c>
       <c r="AL80" t="s">
-        <v>805</v>
+        <v>782</v>
       </c>
       <c r="AM80" t="s">
         <v>81</v>
       </c>
       <c r="AN80" t="s">
-        <v>804</v>
+        <v>781</v>
       </c>
       <c r="AO80">
         <v>138</v>
       </c>
       <c r="AP80" t="s">
-        <v>809</v>
+        <v>786</v>
       </c>
       <c r="AQ80" t="s">
         <v>83</v>
       </c>
       <c r="AR80" t="s">
         <v>84</v>
       </c>
       <c r="AS80">
         <v>283336429939</v>
       </c>
       <c r="AT80" t="s">
         <v>75</v>
       </c>
       <c r="AU80"/>
       <c r="AV80"/>
       <c r="AW80"/>
       <c r="AX80" t="s">
         <v>85</v>
       </c>
       <c r="AY80" t="s">
-        <v>806</v>
+        <v>783</v>
       </c>
       <c r="AZ80" t="s">
         <v>74</v>
       </c>
       <c r="BA80" t="s">
         <v>281</v>
       </c>
       <c r="BB80" t="s">
-        <v>802</v>
+        <v>779</v>
       </c>
       <c r="BC80" t="s">
-        <v>805</v>
+        <v>782</v>
       </c>
       <c r="BD80" t="s">
         <v>75</v>
       </c>
       <c r="BE80" t="s">
-        <v>810</v>
+        <v>787</v>
       </c>
       <c r="BF80" t="s">
         <v>75</v>
       </c>
       <c r="BG80" t="s">
         <v>75</v>
       </c>
       <c r="BH80">
-        <v>299</v>
+        <v>390</v>
       </c>
       <c r="BI80" t="s">
         <v>86</v>
       </c>
       <c r="BJ80"/>
       <c r="BK80"/>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>75</v>
       </c>
       <c r="BN80" t="s">
-        <v>811</v>
+        <v>788</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80" t="s">
         <v>83</v>
       </c>
       <c r="BQ80" t="s">
         <v>75</v>
       </c>
       <c r="BR80">
         <v>8112</v>
       </c>
       <c r="BS80"/>
     </row>
     <row r="81" spans="1:71">
       <c r="A81" t="s">
         <v>66</v>
       </c>
       <c r="B81" t="s">
-        <v>812</v>
+        <v>789</v>
       </c>
       <c r="C81">
         <v>8290054493</v>
       </c>
       <c r="D81">
         <v>583565</v>
       </c>
       <c r="E81">
         <v>289.22</v>
       </c>
       <c r="F81" t="s">
-        <v>813</v>
+        <v>790</v>
       </c>
       <c r="G81" t="s">
         <v>69</v>
       </c>
       <c r="H81" t="s">
-        <v>814</v>
+        <v>791</v>
       </c>
       <c r="I81">
         <v>87.99</v>
       </c>
       <c r="J81" t="s">
-        <v>815</v>
+        <v>792</v>
       </c>
       <c r="K81" t="s">
         <v>83</v>
       </c>
       <c r="L81" t="s">
-        <v>816</v>
+        <v>793</v>
       </c>
       <c r="M81" t="s">
         <v>74</v>
       </c>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81">
         <v>25214145559</v>
       </c>
       <c r="Q81" t="s">
-        <v>812</v>
+        <v>789</v>
       </c>
       <c r="R81" t="s">
         <v>75</v>
       </c>
       <c r="S81" t="s">
         <v>75</v>
       </c>
       <c r="T81" t="s">
         <v>299</v>
       </c>
       <c r="U81">
         <v>8290054493</v>
       </c>
       <c r="V81">
         <v>583565</v>
       </c>
       <c r="W81" t="s">
         <v>75</v>
       </c>
       <c r="X81">
         <v>289.22</v>
       </c>
       <c r="Y81">
         <v>20.6</v>
       </c>
       <c r="Z81" t="s">
         <v>75</v>
       </c>
       <c r="AA81" t="s">
         <v>66</v>
       </c>
       <c r="AB81" t="s">
         <v>77</v>
       </c>
       <c r="AC81" t="s">
-        <v>813</v>
+        <v>790</v>
       </c>
       <c r="AD81">
         <v>25214145559</v>
       </c>
       <c r="AE81" t="s">
-        <v>817</v>
+        <v>794</v>
       </c>
       <c r="AF81" t="s">
-        <v>817</v>
+        <v>794</v>
       </c>
       <c r="AG81" t="s">
         <v>75</v>
       </c>
       <c r="AH81" t="s">
-        <v>818</v>
+        <v>795</v>
       </c>
       <c r="AI81"/>
       <c r="AJ81" t="s">
-        <v>819</v>
+        <v>796</v>
       </c>
       <c r="AK81" t="s">
         <v>69</v>
       </c>
       <c r="AL81" t="s">
-        <v>815</v>
+        <v>792</v>
       </c>
       <c r="AM81" t="s">
         <v>81</v>
       </c>
       <c r="AN81" t="s">
-        <v>814</v>
+        <v>791</v>
       </c>
       <c r="AO81">
         <v>87.99</v>
       </c>
       <c r="AP81" t="s">
-        <v>584</v>
+        <v>482</v>
       </c>
       <c r="AQ81" t="s">
         <v>83</v>
       </c>
       <c r="AR81" t="s">
         <v>84</v>
       </c>
       <c r="AS81">
         <v>283332367357</v>
       </c>
       <c r="AT81" t="s">
         <v>75</v>
       </c>
       <c r="AU81"/>
       <c r="AV81"/>
       <c r="AW81"/>
       <c r="AX81" t="s">
         <v>85</v>
       </c>
       <c r="AY81" t="s">
-        <v>816</v>
+        <v>793</v>
       </c>
       <c r="AZ81" t="s">
         <v>74</v>
       </c>
       <c r="BA81" t="s">
         <v>281</v>
       </c>
       <c r="BB81" t="s">
-        <v>812</v>
+        <v>789</v>
       </c>
       <c r="BC81" t="s">
-        <v>815</v>
+        <v>792</v>
       </c>
       <c r="BD81" t="s">
         <v>75</v>
       </c>
       <c r="BE81" t="s">
-        <v>820</v>
+        <v>797</v>
       </c>
       <c r="BF81" t="s">
         <v>75</v>
       </c>
       <c r="BG81" t="s">
         <v>75</v>
       </c>
       <c r="BH81">
-        <v>300</v>
+        <v>391</v>
       </c>
       <c r="BI81" t="s">
         <v>86</v>
       </c>
       <c r="BJ81"/>
       <c r="BK81"/>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>75</v>
       </c>
       <c r="BN81" t="s">
-        <v>821</v>
+        <v>798</v>
       </c>
       <c r="BO81">
         <v>0</v>
       </c>
       <c r="BP81" t="s">
         <v>83</v>
       </c>
       <c r="BQ81" t="s">
         <v>75</v>
       </c>
       <c r="BR81">
         <v>5958</v>
       </c>
       <c r="BS81"/>
     </row>
     <row r="82" spans="1:71">
       <c r="A82" t="s">
         <v>66</v>
       </c>
       <c r="B82" t="s">
-        <v>822</v>
+        <v>799</v>
       </c>
       <c r="C82">
         <v>5010054569</v>
       </c>
       <c r="D82">
         <v>583423</v>
       </c>
       <c r="E82">
         <v>244.08</v>
       </c>
       <c r="F82" t="s">
-        <v>742</v>
+        <v>800</v>
       </c>
       <c r="G82" t="s">
         <v>69</v>
       </c>
       <c r="H82" t="s">
-        <v>823</v>
+        <v>801</v>
       </c>
       <c r="I82">
         <v>66.4</v>
       </c>
       <c r="J82" t="s">
-        <v>824</v>
+        <v>802</v>
       </c>
       <c r="K82" t="s">
         <v>83</v>
       </c>
       <c r="L82" t="s">
-        <v>825</v>
+        <v>803</v>
       </c>
       <c r="M82" t="s">
         <v>74</v>
       </c>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82">
         <v>2420852886</v>
       </c>
       <c r="Q82" t="s">
-        <v>822</v>
+        <v>799</v>
       </c>
       <c r="R82" t="s">
         <v>75</v>
       </c>
       <c r="S82" t="s">
         <v>75</v>
       </c>
       <c r="T82" t="s">
         <v>299</v>
       </c>
       <c r="U82">
         <v>5010054569</v>
       </c>
       <c r="V82">
         <v>583423</v>
       </c>
       <c r="W82" t="s">
         <v>75</v>
       </c>
       <c r="X82">
         <v>244.08</v>
       </c>
       <c r="Y82">
         <v>20.6</v>
       </c>
       <c r="Z82" t="s">
         <v>75</v>
       </c>
       <c r="AA82" t="s">
         <v>66</v>
       </c>
       <c r="AB82" t="s">
         <v>77</v>
       </c>
       <c r="AC82" t="s">
-        <v>742</v>
+        <v>800</v>
       </c>
       <c r="AD82">
         <v>2420852886</v>
       </c>
       <c r="AE82" t="s">
-        <v>744</v>
+        <v>804</v>
       </c>
       <c r="AF82" t="s">
-        <v>744</v>
+        <v>804</v>
       </c>
       <c r="AG82" t="s">
         <v>75</v>
       </c>
       <c r="AH82" t="s">
-        <v>745</v>
+        <v>805</v>
       </c>
       <c r="AI82"/>
       <c r="AJ82" t="s">
-        <v>746</v>
+        <v>806</v>
       </c>
       <c r="AK82" t="s">
         <v>69</v>
       </c>
       <c r="AL82" t="s">
-        <v>824</v>
+        <v>802</v>
       </c>
       <c r="AM82" t="s">
         <v>81</v>
       </c>
       <c r="AN82" t="s">
-        <v>823</v>
+        <v>801</v>
       </c>
       <c r="AO82">
         <v>66.4</v>
       </c>
       <c r="AP82" t="s">
-        <v>826</v>
+        <v>807</v>
       </c>
       <c r="AQ82" t="s">
         <v>83</v>
       </c>
       <c r="AR82" t="s">
         <v>84</v>
       </c>
       <c r="AS82">
         <v>283174021093</v>
       </c>
       <c r="AT82" t="s">
         <v>75</v>
       </c>
       <c r="AU82"/>
       <c r="AV82"/>
       <c r="AW82"/>
       <c r="AX82" t="s">
         <v>85</v>
       </c>
       <c r="AY82" t="s">
-        <v>825</v>
+        <v>803</v>
       </c>
       <c r="AZ82" t="s">
         <v>74</v>
       </c>
       <c r="BA82" t="s">
         <v>281</v>
       </c>
       <c r="BB82" t="s">
-        <v>822</v>
+        <v>799</v>
       </c>
       <c r="BC82" t="s">
-        <v>824</v>
+        <v>802</v>
       </c>
       <c r="BD82" t="s">
-        <v>827</v>
+        <v>808</v>
       </c>
       <c r="BE82" t="s">
-        <v>828</v>
+        <v>809</v>
       </c>
       <c r="BF82" t="s">
         <v>75</v>
       </c>
       <c r="BG82" t="s">
         <v>75</v>
       </c>
       <c r="BH82">
-        <v>302</v>
+        <v>393</v>
       </c>
       <c r="BI82" t="s">
         <v>86</v>
       </c>
       <c r="BJ82"/>
       <c r="BK82"/>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>75</v>
       </c>
       <c r="BN82" t="s">
-        <v>829</v>
+        <v>810</v>
       </c>
       <c r="BO82">
         <v>0</v>
       </c>
       <c r="BP82" t="s">
         <v>83</v>
       </c>
       <c r="BQ82" t="s">
         <v>75</v>
       </c>
       <c r="BR82">
         <v>5028</v>
       </c>
       <c r="BS82"/>
     </row>
     <row r="83" spans="1:71">
       <c r="A83" t="s">
         <v>66</v>
       </c>
       <c r="B83" t="s">
-        <v>830</v>
+        <v>811</v>
       </c>
       <c r="C83">
         <v>2420054298</v>
       </c>
       <c r="D83">
         <v>583258</v>
       </c>
       <c r="E83">
         <v>320.58</v>
       </c>
       <c r="F83" t="s">
-        <v>831</v>
+        <v>812</v>
       </c>
       <c r="G83" t="s">
         <v>69</v>
       </c>
       <c r="H83" t="s">
-        <v>832</v>
+        <v>813</v>
       </c>
       <c r="I83">
         <v>102.99</v>
       </c>
       <c r="J83" t="s">
-        <v>833</v>
+        <v>814</v>
       </c>
       <c r="K83" t="s">
         <v>83</v>
       </c>
       <c r="L83" t="s">
-        <v>834</v>
+        <v>815</v>
       </c>
       <c r="M83" t="s">
         <v>74</v>
       </c>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83">
         <v>307988722</v>
       </c>
       <c r="Q83" t="s">
-        <v>830</v>
+        <v>811</v>
       </c>
       <c r="R83" t="s">
         <v>75</v>
       </c>
       <c r="S83" t="s">
         <v>75</v>
       </c>
       <c r="T83" t="s">
         <v>299</v>
       </c>
       <c r="U83">
         <v>2420054298</v>
       </c>
       <c r="V83">
         <v>583258</v>
       </c>
       <c r="W83" t="s">
         <v>75</v>
       </c>
       <c r="X83">
         <v>320.58</v>
       </c>
       <c r="Y83">
         <v>20.6</v>
       </c>
       <c r="Z83" t="s">
         <v>75</v>
       </c>
       <c r="AA83" t="s">
         <v>66</v>
       </c>
       <c r="AB83" t="s">
         <v>77</v>
       </c>
       <c r="AC83" t="s">
-        <v>831</v>
+        <v>812</v>
       </c>
       <c r="AD83">
         <v>307988722</v>
       </c>
       <c r="AE83" t="s">
-        <v>835</v>
+        <v>816</v>
       </c>
       <c r="AF83" t="s">
-        <v>835</v>
+        <v>816</v>
       </c>
       <c r="AG83" t="s">
         <v>75</v>
       </c>
       <c r="AH83" t="s">
-        <v>836</v>
+        <v>817</v>
       </c>
       <c r="AI83"/>
       <c r="AJ83" t="s">
-        <v>563</v>
+        <v>818</v>
       </c>
       <c r="AK83" t="s">
         <v>69</v>
       </c>
       <c r="AL83" t="s">
-        <v>833</v>
+        <v>814</v>
       </c>
       <c r="AM83" t="s">
         <v>81</v>
       </c>
       <c r="AN83" t="s">
-        <v>832</v>
+        <v>813</v>
       </c>
       <c r="AO83">
         <v>102.99</v>
       </c>
       <c r="AP83" t="s">
         <v>321</v>
       </c>
       <c r="AQ83" t="s">
         <v>83</v>
       </c>
       <c r="AR83" t="s">
         <v>84</v>
       </c>
       <c r="AS83">
         <v>283037163073</v>
       </c>
       <c r="AT83" t="s">
         <v>75</v>
       </c>
       <c r="AU83"/>
       <c r="AV83"/>
       <c r="AW83"/>
       <c r="AX83" t="s">
         <v>85</v>
       </c>
       <c r="AY83" t="s">
-        <v>834</v>
+        <v>815</v>
       </c>
       <c r="AZ83" t="s">
         <v>74</v>
       </c>
       <c r="BA83" t="s">
         <v>281</v>
       </c>
       <c r="BB83" t="s">
-        <v>830</v>
+        <v>811</v>
       </c>
       <c r="BC83" t="s">
-        <v>833</v>
+        <v>814</v>
       </c>
       <c r="BD83" t="s">
-        <v>837</v>
+        <v>819</v>
       </c>
       <c r="BE83" t="s">
-        <v>838</v>
+        <v>820</v>
       </c>
       <c r="BF83" t="s">
         <v>75</v>
       </c>
       <c r="BG83" t="s">
         <v>75</v>
       </c>
       <c r="BH83">
-        <v>304</v>
+        <v>395</v>
       </c>
       <c r="BI83" t="s">
         <v>86</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>75</v>
       </c>
       <c r="BN83" t="s">
-        <v>839</v>
+        <v>821</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83" t="s">
         <v>83</v>
       </c>
       <c r="BQ83" t="s">
         <v>75</v>
       </c>
       <c r="BR83">
         <v>6604</v>
       </c>
       <c r="BS83"/>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
         <v>66</v>
       </c>
       <c r="B84" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="C84">
         <v>1590053622</v>
       </c>
       <c r="D84">
         <v>583153</v>
       </c>
       <c r="E84">
         <v>321.02</v>
       </c>
       <c r="F84" t="s">
-        <v>841</v>
+        <v>823</v>
       </c>
       <c r="G84" t="s">
         <v>69</v>
       </c>
       <c r="H84" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="I84">
         <v>85.99</v>
       </c>
       <c r="J84" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="K84" t="s">
         <v>83</v>
       </c>
       <c r="L84" t="s">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="M84" t="s">
         <v>74</v>
       </c>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84">
         <v>29194550832</v>
       </c>
       <c r="Q84" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="R84" t="s">
         <v>75</v>
       </c>
       <c r="S84" t="s">
         <v>75</v>
       </c>
       <c r="T84" t="s">
         <v>76</v>
       </c>
       <c r="U84">
         <v>1590053622</v>
       </c>
       <c r="V84">
         <v>583153</v>
       </c>
       <c r="W84" t="s">
         <v>75</v>
       </c>
       <c r="X84">
         <v>321.02</v>
       </c>
       <c r="Y84">
         <v>20.6</v>
       </c>
       <c r="Z84" t="s">
         <v>75</v>
       </c>
       <c r="AA84" t="s">
         <v>66</v>
       </c>
       <c r="AB84" t="s">
         <v>77</v>
       </c>
       <c r="AC84" t="s">
-        <v>841</v>
+        <v>823</v>
       </c>
       <c r="AD84">
         <v>29194550832</v>
       </c>
       <c r="AE84">
         <v>58988700</v>
       </c>
       <c r="AF84">
         <v>58988700</v>
       </c>
       <c r="AG84" t="s">
         <v>75</v>
       </c>
       <c r="AH84" t="s">
-        <v>845</v>
+        <v>827</v>
       </c>
       <c r="AI84"/>
       <c r="AJ84" t="s">
-        <v>846</v>
+        <v>828</v>
       </c>
       <c r="AK84" t="s">
         <v>69</v>
       </c>
       <c r="AL84" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="AM84" t="s">
         <v>81</v>
       </c>
       <c r="AN84" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="AO84">
         <v>85.99</v>
       </c>
       <c r="AP84" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="AQ84" t="s">
         <v>83</v>
       </c>
       <c r="AR84" t="s">
         <v>84</v>
       </c>
       <c r="AS84">
         <v>282999185534</v>
       </c>
       <c r="AT84" t="s">
         <v>75</v>
       </c>
       <c r="AU84"/>
       <c r="AV84"/>
       <c r="AW84">
         <v>0</v>
       </c>
       <c r="AX84" t="s">
         <v>85</v>
       </c>
       <c r="AY84" t="s">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="AZ84" t="s">
         <v>74</v>
       </c>
       <c r="BA84" t="s">
         <v>281</v>
       </c>
       <c r="BB84" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="BC84" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="BD84" t="s">
-        <v>848</v>
+        <v>830</v>
       </c>
       <c r="BE84" t="s">
-        <v>849</v>
+        <v>831</v>
       </c>
       <c r="BF84" t="s">
         <v>75</v>
       </c>
       <c r="BG84" t="s">
         <v>75</v>
       </c>
       <c r="BH84">
-        <v>305</v>
+        <v>396</v>
       </c>
       <c r="BI84" t="s">
         <v>86</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>75</v>
       </c>
       <c r="BN84" t="s">
-        <v>850</v>
+        <v>832</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84" t="s">
         <v>83</v>
       </c>
       <c r="BQ84" t="s">
         <v>75</v>
       </c>
       <c r="BR84">
         <v>6613</v>
       </c>
       <c r="BS84"/>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
         <v>66</v>
       </c>
       <c r="B85" t="s">
-        <v>851</v>
+        <v>833</v>
       </c>
       <c r="C85">
         <v>8000053403</v>
       </c>
       <c r="D85">
         <v>583151</v>
       </c>
       <c r="E85">
         <v>272.48</v>
       </c>
       <c r="F85" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G85" t="s">
         <v>69</v>
       </c>
       <c r="H85" t="s">
-        <v>853</v>
+        <v>835</v>
       </c>
       <c r="I85">
         <v>79.99</v>
       </c>
       <c r="J85" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="K85" t="s">
         <v>83</v>
       </c>
       <c r="L85" t="s">
-        <v>854</v>
+        <v>836</v>
       </c>
       <c r="M85" t="s">
         <v>74</v>
       </c>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85">
         <v>1078383069</v>
       </c>
       <c r="Q85" t="s">
-        <v>851</v>
+        <v>833</v>
       </c>
       <c r="R85" t="s">
         <v>75</v>
       </c>
       <c r="S85" t="s">
         <v>75</v>
       </c>
       <c r="T85" t="s">
         <v>76</v>
       </c>
       <c r="U85">
         <v>8000053403</v>
       </c>
       <c r="V85">
         <v>583151</v>
       </c>
       <c r="W85" t="s">
         <v>75</v>
       </c>
       <c r="X85">
         <v>272.48</v>
       </c>
       <c r="Y85">
         <v>20.6</v>
       </c>
       <c r="Z85" t="s">
         <v>75</v>
       </c>
       <c r="AA85" t="s">
         <v>66</v>
       </c>
       <c r="AB85" t="s">
         <v>77</v>
       </c>
       <c r="AC85" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="AD85">
         <v>1078383069</v>
       </c>
       <c r="AE85">
         <v>5553286400</v>
       </c>
       <c r="AF85">
         <v>5553286400</v>
       </c>
       <c r="AG85" t="s">
         <v>75</v>
       </c>
       <c r="AH85" t="s">
-        <v>855</v>
+        <v>837</v>
       </c>
       <c r="AI85"/>
       <c r="AJ85" t="s">
-        <v>856</v>
+        <v>838</v>
       </c>
       <c r="AK85" t="s">
         <v>69</v>
       </c>
       <c r="AL85" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="AM85" t="s">
         <v>81</v>
       </c>
       <c r="AN85" t="s">
-        <v>853</v>
+        <v>835</v>
       </c>
       <c r="AO85">
         <v>79.99</v>
       </c>
       <c r="AP85" t="s">
         <v>158</v>
       </c>
       <c r="AQ85" t="s">
         <v>83</v>
       </c>
       <c r="AR85" t="s">
         <v>84</v>
       </c>
       <c r="AS85">
         <v>282999791124</v>
       </c>
       <c r="AT85" t="s">
         <v>75</v>
       </c>
       <c r="AU85"/>
       <c r="AV85"/>
       <c r="AW85">
         <v>0</v>
       </c>
       <c r="AX85" t="s">
         <v>85</v>
       </c>
       <c r="AY85" t="s">
-        <v>854</v>
+        <v>836</v>
       </c>
       <c r="AZ85" t="s">
         <v>74</v>
       </c>
       <c r="BA85" t="s">
         <v>281</v>
       </c>
       <c r="BB85" t="s">
-        <v>851</v>
+        <v>833</v>
       </c>
       <c r="BC85" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="BD85" t="s">
-        <v>857</v>
+        <v>839</v>
       </c>
       <c r="BE85" t="s">
-        <v>858</v>
+        <v>840</v>
       </c>
       <c r="BF85" t="s">
         <v>75</v>
       </c>
       <c r="BG85" t="s">
         <v>75</v>
       </c>
       <c r="BH85">
-        <v>305</v>
+        <v>396</v>
       </c>
       <c r="BI85" t="s">
         <v>86</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>75</v>
       </c>
       <c r="BN85" t="s">
-        <v>859</v>
+        <v>841</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85" t="s">
         <v>83</v>
       </c>
       <c r="BQ85" t="s">
         <v>75</v>
       </c>
       <c r="BR85">
         <v>5613</v>
       </c>
       <c r="BS85"/>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
         <v>66</v>
       </c>
       <c r="B86" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="C86">
         <v>2090053970</v>
       </c>
       <c r="D86">
         <v>583150</v>
       </c>
       <c r="E86">
         <v>358.25</v>
       </c>
       <c r="F86" t="s">
-        <v>861</v>
+        <v>843</v>
       </c>
       <c r="G86" t="s">
         <v>69</v>
       </c>
       <c r="H86" t="s">
-        <v>862</v>
+        <v>844</v>
       </c>
       <c r="I86">
         <v>120.99</v>
       </c>
       <c r="J86" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="K86" t="s">
         <v>83</v>
       </c>
       <c r="L86" t="s">
-        <v>863</v>
+        <v>845</v>
       </c>
       <c r="M86" t="s">
         <v>74</v>
       </c>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86">
         <v>10224242790</v>
       </c>
       <c r="Q86" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="R86" t="s">
         <v>75</v>
       </c>
       <c r="S86" t="s">
         <v>75</v>
       </c>
       <c r="T86" t="s">
         <v>76</v>
       </c>
       <c r="U86">
         <v>2090053970</v>
       </c>
       <c r="V86">
         <v>583150</v>
       </c>
       <c r="W86" t="s">
         <v>75</v>
       </c>
       <c r="X86">
         <v>358.25</v>
       </c>
       <c r="Y86">
         <v>20.6</v>
       </c>
       <c r="Z86" t="s">
         <v>75</v>
       </c>
       <c r="AA86" t="s">
         <v>66</v>
       </c>
       <c r="AB86" t="s">
         <v>77</v>
       </c>
       <c r="AC86" t="s">
-        <v>861</v>
+        <v>843</v>
       </c>
       <c r="AD86">
         <v>10224242790</v>
       </c>
       <c r="AE86" t="s">
-        <v>864</v>
+        <v>846</v>
       </c>
       <c r="AF86" t="s">
-        <v>864</v>
+        <v>846</v>
       </c>
       <c r="AG86" t="s">
         <v>75</v>
       </c>
       <c r="AH86" t="s">
-        <v>865</v>
+        <v>847</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86" t="s">
         <v>272</v>
       </c>
       <c r="AK86" t="s">
         <v>69</v>
       </c>
       <c r="AL86" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="AM86" t="s">
         <v>81</v>
       </c>
       <c r="AN86" t="s">
-        <v>862</v>
+        <v>844</v>
       </c>
       <c r="AO86">
         <v>120.99</v>
       </c>
       <c r="AP86" t="s">
         <v>328</v>
       </c>
       <c r="AQ86" t="s">
         <v>83</v>
       </c>
       <c r="AR86" t="s">
         <v>84</v>
       </c>
       <c r="AS86">
         <v>282999427985</v>
       </c>
       <c r="AT86" t="s">
         <v>75</v>
       </c>
       <c r="AU86"/>
       <c r="AV86"/>
       <c r="AW86"/>
       <c r="AX86" t="s">
         <v>85</v>
       </c>
       <c r="AY86" t="s">
-        <v>863</v>
+        <v>845</v>
       </c>
       <c r="AZ86" t="s">
         <v>74</v>
       </c>
       <c r="BA86" t="s">
         <v>281</v>
       </c>
       <c r="BB86" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="BC86" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="BD86" t="s">
-        <v>866</v>
+        <v>848</v>
       </c>
       <c r="BE86" t="s">
-        <v>867</v>
+        <v>849</v>
       </c>
       <c r="BF86" t="s">
         <v>75</v>
       </c>
       <c r="BG86" t="s">
         <v>75</v>
       </c>
       <c r="BH86">
-        <v>305</v>
+        <v>396</v>
       </c>
       <c r="BI86" t="s">
         <v>86</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>75</v>
       </c>
       <c r="BN86" t="s">
-        <v>868</v>
+        <v>850</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86" t="s">
         <v>83</v>
       </c>
       <c r="BQ86" t="s">
         <v>75</v>
       </c>
       <c r="BR86">
         <v>7380</v>
       </c>
       <c r="BS86"/>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
         <v>66</v>
       </c>
       <c r="B87" t="s">
-        <v>869</v>
+        <v>851</v>
       </c>
       <c r="C87">
         <v>7290052967</v>
       </c>
       <c r="D87">
         <v>583066</v>
       </c>
       <c r="E87">
         <v>270.83</v>
       </c>
       <c r="F87" t="s">
-        <v>870</v>
+        <v>852</v>
       </c>
       <c r="G87" t="s">
         <v>69</v>
       </c>
       <c r="H87" t="s">
-        <v>871</v>
+        <v>853</v>
       </c>
       <c r="I87">
         <v>79.2</v>
       </c>
       <c r="J87" t="s">
-        <v>872</v>
+        <v>854</v>
       </c>
       <c r="K87" t="s">
         <v>83</v>
       </c>
       <c r="L87" t="s">
-        <v>873</v>
+        <v>855</v>
       </c>
       <c r="M87" t="s">
         <v>74</v>
       </c>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87">
         <v>10549369439</v>
       </c>
       <c r="Q87" t="s">
-        <v>869</v>
+        <v>851</v>
       </c>
       <c r="R87" t="s">
         <v>75</v>
       </c>
       <c r="S87" t="s">
         <v>75</v>
       </c>
       <c r="T87" t="s">
         <v>76</v>
       </c>
       <c r="U87">
         <v>7290052967</v>
       </c>
       <c r="V87">
         <v>583066</v>
       </c>
       <c r="W87" t="s">
         <v>75</v>
       </c>
       <c r="X87">
         <v>270.83</v>
       </c>
       <c r="Y87">
         <v>20.6</v>
       </c>
       <c r="Z87" t="s">
         <v>75</v>
       </c>
       <c r="AA87" t="s">
         <v>66</v>
       </c>
       <c r="AB87" t="s">
         <v>77</v>
       </c>
       <c r="AC87" t="s">
-        <v>870</v>
+        <v>852</v>
       </c>
       <c r="AD87">
         <v>10549369439</v>
       </c>
       <c r="AE87" t="s">
-        <v>874</v>
+        <v>856</v>
       </c>
       <c r="AF87" t="s">
-        <v>874</v>
+        <v>856</v>
       </c>
       <c r="AG87" t="s">
         <v>75</v>
       </c>
       <c r="AH87" t="s">
-        <v>875</v>
+        <v>857</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="AK87" t="s">
         <v>69</v>
       </c>
       <c r="AL87" t="s">
-        <v>872</v>
+        <v>854</v>
       </c>
       <c r="AM87" t="s">
         <v>81</v>
       </c>
       <c r="AN87" t="s">
-        <v>871</v>
+        <v>853</v>
       </c>
       <c r="AO87">
         <v>79.2</v>
       </c>
       <c r="AP87" t="s">
-        <v>876</v>
+        <v>858</v>
       </c>
       <c r="AQ87" t="s">
         <v>83</v>
       </c>
       <c r="AR87" t="s">
         <v>84</v>
       </c>
       <c r="AS87">
         <v>282979883296</v>
       </c>
       <c r="AT87" t="s">
         <v>75</v>
       </c>
       <c r="AU87"/>
       <c r="AV87"/>
       <c r="AW87"/>
       <c r="AX87" t="s">
         <v>85</v>
       </c>
       <c r="AY87" t="s">
-        <v>873</v>
+        <v>855</v>
       </c>
       <c r="AZ87" t="s">
         <v>74</v>
       </c>
       <c r="BA87" t="s">
         <v>281</v>
       </c>
       <c r="BB87" t="s">
-        <v>869</v>
+        <v>851</v>
       </c>
       <c r="BC87" t="s">
-        <v>872</v>
+        <v>854</v>
       </c>
       <c r="BD87" t="s">
-        <v>877</v>
+        <v>859</v>
       </c>
       <c r="BE87" t="s">
-        <v>878</v>
+        <v>860</v>
       </c>
       <c r="BF87" t="s">
         <v>75</v>
       </c>
       <c r="BG87" t="s">
         <v>75</v>
       </c>
       <c r="BH87">
-        <v>306</v>
+        <v>397</v>
       </c>
       <c r="BI87" t="s">
         <v>86</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>75</v>
       </c>
       <c r="BN87" t="s">
-        <v>879</v>
+        <v>861</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87" t="s">
         <v>83</v>
       </c>
       <c r="BQ87" t="s">
         <v>75</v>
       </c>
       <c r="BR87">
         <v>5579</v>
       </c>
       <c r="BS87"/>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
         <v>66</v>
       </c>
       <c r="B88" t="s">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="C88">
         <v>1790052842</v>
       </c>
       <c r="D88">
         <v>582968</v>
       </c>
       <c r="E88">
         <v>406.36</v>
       </c>
       <c r="F88" t="s">
-        <v>881</v>
+        <v>863</v>
       </c>
       <c r="G88" t="s">
         <v>69</v>
       </c>
       <c r="H88" t="s">
-        <v>882</v>
+        <v>864</v>
       </c>
       <c r="I88">
         <v>144</v>
       </c>
       <c r="J88" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="K88" t="s">
         <v>83</v>
       </c>
       <c r="L88" t="s">
-        <v>884</v>
+        <v>866</v>
       </c>
       <c r="M88" t="s">
         <v>74</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88">
         <v>4631934855</v>
       </c>
       <c r="Q88" t="s">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="R88" t="s">
         <v>75</v>
       </c>
       <c r="S88" t="s">
         <v>75</v>
       </c>
       <c r="T88" t="s">
         <v>76</v>
       </c>
       <c r="U88">
         <v>1790052842</v>
       </c>
       <c r="V88">
         <v>582968</v>
       </c>
       <c r="W88" t="s">
         <v>75</v>
       </c>
       <c r="X88">
         <v>406.36</v>
       </c>
       <c r="Y88">
         <v>20.6</v>
       </c>
       <c r="Z88" t="s">
         <v>75</v>
       </c>
       <c r="AA88" t="s">
         <v>66</v>
       </c>
       <c r="AB88" t="s">
         <v>77</v>
       </c>
       <c r="AC88" t="s">
-        <v>881</v>
+        <v>863</v>
       </c>
       <c r="AD88">
         <v>4631934855</v>
       </c>
       <c r="AE88">
         <v>9626289500</v>
       </c>
       <c r="AF88">
         <v>9626289500</v>
       </c>
       <c r="AG88" t="s">
         <v>75</v>
       </c>
       <c r="AH88" t="s">
-        <v>885</v>
+        <v>867</v>
       </c>
       <c r="AI88"/>
       <c r="AJ88" t="s">
-        <v>886</v>
+        <v>868</v>
       </c>
       <c r="AK88" t="s">
         <v>69</v>
       </c>
       <c r="AL88" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="AM88" t="s">
         <v>81</v>
       </c>
       <c r="AN88" t="s">
-        <v>882</v>
+        <v>864</v>
       </c>
       <c r="AO88">
         <v>144</v>
       </c>
       <c r="AP88" t="s">
         <v>105</v>
       </c>
       <c r="AQ88" t="s">
         <v>83</v>
       </c>
       <c r="AR88" t="s">
         <v>84</v>
       </c>
       <c r="AS88">
         <v>282885593876</v>
       </c>
       <c r="AT88" t="s">
         <v>75</v>
       </c>
       <c r="AU88"/>
       <c r="AV88"/>
       <c r="AW88">
         <v>0</v>
       </c>
       <c r="AX88" t="s">
         <v>85</v>
       </c>
       <c r="AY88" t="s">
-        <v>884</v>
+        <v>866</v>
       </c>
       <c r="AZ88" t="s">
         <v>74</v>
       </c>
       <c r="BA88" t="s">
         <v>281</v>
       </c>
       <c r="BB88" t="s">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="BC88" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="BD88" t="s">
-        <v>887</v>
+        <v>869</v>
       </c>
       <c r="BE88" t="s">
-        <v>888</v>
+        <v>870</v>
       </c>
       <c r="BF88" t="s">
         <v>75</v>
       </c>
       <c r="BG88" t="s">
         <v>75</v>
       </c>
       <c r="BH88">
-        <v>308</v>
+        <v>399</v>
       </c>
       <c r="BI88" t="s">
         <v>86</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>75</v>
       </c>
       <c r="BN88" t="s">
-        <v>889</v>
+        <v>871</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88" t="s">
         <v>83</v>
       </c>
       <c r="BQ88" t="s">
         <v>75</v>
       </c>
       <c r="BR88">
         <v>8371</v>
       </c>
       <c r="BS88"/>
     </row>
     <row r="89" spans="1:71">
       <c r="A89" t="s">
         <v>66</v>
       </c>
       <c r="B89" t="s">
-        <v>890</v>
+        <v>872</v>
       </c>
       <c r="C89">
         <v>1020114892</v>
       </c>
       <c r="D89">
         <v>582963</v>
       </c>
       <c r="E89">
         <v>358.25</v>
       </c>
       <c r="F89" t="s">
-        <v>891</v>
+        <v>873</v>
       </c>
       <c r="G89" t="s">
         <v>69</v>
       </c>
       <c r="H89" t="s">
-        <v>892</v>
+        <v>874</v>
       </c>
       <c r="I89">
         <v>120.99</v>
       </c>
       <c r="J89" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="K89" t="s">
         <v>83</v>
       </c>
       <c r="L89" t="s">
-        <v>893</v>
+        <v>875</v>
       </c>
       <c r="M89" t="s">
         <v>74</v>
       </c>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89">
         <v>9728678500</v>
       </c>
       <c r="Q89" t="s">
-        <v>890</v>
+        <v>872</v>
       </c>
       <c r="R89" t="s">
         <v>75</v>
       </c>
       <c r="S89" t="s">
         <v>75</v>
       </c>
       <c r="T89" t="s">
         <v>299</v>
       </c>
       <c r="U89">
         <v>1020114892</v>
       </c>
       <c r="V89">
         <v>582963</v>
       </c>
       <c r="W89" t="s">
         <v>75</v>
       </c>
       <c r="X89">
         <v>358.25</v>
       </c>
       <c r="Y89">
         <v>20.6</v>
       </c>
       <c r="Z89" t="s">
         <v>75</v>
       </c>
       <c r="AA89" t="s">
         <v>66</v>
       </c>
       <c r="AB89" t="s">
         <v>77</v>
       </c>
       <c r="AC89" t="s">
-        <v>891</v>
+        <v>873</v>
       </c>
       <c r="AD89">
         <v>9728678500</v>
       </c>
       <c r="AE89">
         <v>9838351000</v>
       </c>
       <c r="AF89">
         <v>9838351000</v>
       </c>
       <c r="AG89" t="s">
         <v>75</v>
       </c>
       <c r="AH89" t="s">
-        <v>894</v>
+        <v>876</v>
       </c>
       <c r="AI89"/>
       <c r="AJ89" t="s">
-        <v>895</v>
+        <v>877</v>
       </c>
       <c r="AK89" t="s">
         <v>69</v>
       </c>
       <c r="AL89" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="AM89" t="s">
         <v>81</v>
       </c>
       <c r="AN89" t="s">
-        <v>892</v>
+        <v>874</v>
       </c>
       <c r="AO89">
         <v>120.99</v>
       </c>
       <c r="AP89" t="s">
         <v>328</v>
       </c>
       <c r="AQ89" t="s">
         <v>83</v>
       </c>
       <c r="AR89" t="s">
         <v>84</v>
       </c>
       <c r="AS89">
         <v>282881075341</v>
       </c>
       <c r="AT89" t="s">
         <v>75</v>
       </c>
       <c r="AU89"/>
       <c r="AV89"/>
       <c r="AW89">
         <v>0</v>
       </c>
       <c r="AX89" t="s">
         <v>85</v>
       </c>
       <c r="AY89" t="s">
-        <v>893</v>
+        <v>875</v>
       </c>
       <c r="AZ89" t="s">
         <v>74</v>
       </c>
       <c r="BA89" t="s">
         <v>281</v>
       </c>
       <c r="BB89" t="s">
-        <v>890</v>
+        <v>872</v>
       </c>
       <c r="BC89" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="BD89" t="s">
-        <v>896</v>
+        <v>878</v>
       </c>
       <c r="BE89" t="s">
-        <v>897</v>
+        <v>879</v>
       </c>
       <c r="BF89" t="s">
         <v>75</v>
       </c>
       <c r="BG89" t="s">
         <v>75</v>
       </c>
       <c r="BH89">
-        <v>308</v>
+        <v>399</v>
       </c>
       <c r="BI89" t="s">
         <v>86</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89"/>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>75</v>
       </c>
       <c r="BN89" t="s">
-        <v>898</v>
+        <v>880</v>
       </c>
       <c r="BO89">
         <v>0</v>
       </c>
       <c r="BP89" t="s">
         <v>83</v>
       </c>
       <c r="BQ89" t="s">
         <v>75</v>
       </c>
       <c r="BR89">
         <v>7380</v>
       </c>
       <c r="BS89"/>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
         <v>66</v>
       </c>
       <c r="B90" t="s">
-        <v>899</v>
+        <v>881</v>
       </c>
       <c r="C90">
         <v>3540056332</v>
       </c>
       <c r="D90">
         <v>582962</v>
       </c>
       <c r="E90">
         <v>225.63</v>
       </c>
       <c r="F90" t="s">
-        <v>900</v>
+        <v>882</v>
       </c>
       <c r="G90" t="s">
         <v>69</v>
       </c>
       <c r="H90" t="s">
-        <v>901</v>
+        <v>883</v>
       </c>
       <c r="I90">
         <v>57.6</v>
       </c>
       <c r="J90" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="K90" t="s">
         <v>83</v>
       </c>
       <c r="L90" t="s">
-        <v>902</v>
+        <v>884</v>
       </c>
       <c r="M90" t="s">
         <v>74</v>
       </c>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90">
         <v>3655131509</v>
       </c>
       <c r="Q90" t="s">
-        <v>899</v>
+        <v>881</v>
       </c>
       <c r="R90" t="s">
         <v>75</v>
       </c>
       <c r="S90" t="s">
         <v>75</v>
       </c>
       <c r="T90" t="s">
         <v>76</v>
       </c>
       <c r="U90">
         <v>3540056332</v>
       </c>
       <c r="V90">
         <v>582962</v>
       </c>
       <c r="W90" t="s">
         <v>75</v>
       </c>
       <c r="X90">
         <v>225.63</v>
       </c>
       <c r="Y90">
         <v>20.6</v>
       </c>
       <c r="Z90" t="s">
         <v>75</v>
       </c>
       <c r="AA90" t="s">
         <v>66</v>
       </c>
       <c r="AB90" t="s">
         <v>77</v>
       </c>
       <c r="AC90" t="s">
-        <v>900</v>
+        <v>882</v>
       </c>
       <c r="AD90">
         <v>3655131509</v>
       </c>
       <c r="AE90" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="AF90" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="AG90" t="s">
         <v>75</v>
       </c>
       <c r="AH90" t="s">
-        <v>904</v>
+        <v>886</v>
       </c>
       <c r="AI90"/>
       <c r="AJ90" t="s">
         <v>191</v>
       </c>
       <c r="AK90" t="s">
         <v>69</v>
       </c>
       <c r="AL90" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="AM90" t="s">
         <v>81</v>
       </c>
       <c r="AN90" t="s">
-        <v>901</v>
+        <v>883</v>
       </c>
       <c r="AO90">
         <v>57.6</v>
       </c>
       <c r="AP90" t="s">
-        <v>905</v>
+        <v>887</v>
       </c>
       <c r="AQ90" t="s">
         <v>83</v>
       </c>
       <c r="AR90" t="s">
         <v>84</v>
       </c>
       <c r="AS90">
         <v>282881294228</v>
       </c>
       <c r="AT90" t="s">
         <v>75</v>
       </c>
       <c r="AU90"/>
       <c r="AV90"/>
       <c r="AW90">
         <v>0</v>
       </c>
       <c r="AX90" t="s">
         <v>85</v>
       </c>
       <c r="AY90" t="s">
-        <v>902</v>
+        <v>884</v>
       </c>
       <c r="AZ90" t="s">
         <v>74</v>
       </c>
       <c r="BA90" t="s">
         <v>281</v>
       </c>
       <c r="BB90" t="s">
-        <v>899</v>
+        <v>881</v>
       </c>
       <c r="BC90" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="BD90" t="s">
-        <v>906</v>
+        <v>888</v>
       </c>
       <c r="BE90" t="s">
-        <v>907</v>
+        <v>889</v>
       </c>
       <c r="BF90" t="s">
         <v>75</v>
       </c>
       <c r="BG90" t="s">
         <v>75</v>
       </c>
       <c r="BH90">
-        <v>308</v>
+        <v>399</v>
       </c>
       <c r="BI90" t="s">
         <v>86</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>75</v>
       </c>
       <c r="BN90" t="s">
-        <v>908</v>
+        <v>890</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90" t="s">
         <v>83</v>
       </c>
       <c r="BQ90" t="s">
         <v>75</v>
       </c>
       <c r="BR90">
         <v>4648</v>
       </c>
       <c r="BS90"/>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
         <v>66</v>
       </c>
       <c r="B91" t="s">
-        <v>909</v>
+        <v>891</v>
       </c>
       <c r="C91">
         <v>2320052421</v>
       </c>
       <c r="D91">
         <v>582954</v>
       </c>
       <c r="E91">
         <v>322.67</v>
       </c>
       <c r="F91" t="s">
-        <v>910</v>
+        <v>892</v>
       </c>
       <c r="G91" t="s">
         <v>69</v>
       </c>
       <c r="H91" t="s">
-        <v>911</v>
+        <v>893</v>
       </c>
       <c r="I91">
         <v>103.99</v>
       </c>
       <c r="J91" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="K91" t="s">
         <v>83</v>
       </c>
       <c r="L91" t="s">
-        <v>912</v>
+        <v>894</v>
       </c>
       <c r="M91" t="s">
         <v>74</v>
       </c>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91">
         <v>29122423329</v>
       </c>
       <c r="Q91" t="s">
-        <v>909</v>
+        <v>891</v>
       </c>
       <c r="R91" t="s">
         <v>75</v>
       </c>
       <c r="S91" t="s">
         <v>75</v>
       </c>
       <c r="T91" t="s">
         <v>299</v>
       </c>
       <c r="U91">
         <v>2320052421</v>
       </c>
       <c r="V91">
         <v>582954</v>
       </c>
       <c r="W91" t="s">
         <v>75</v>
       </c>
       <c r="X91">
         <v>322.67</v>
       </c>
       <c r="Y91">
         <v>20.6</v>
       </c>
       <c r="Z91" t="s">
         <v>75</v>
       </c>
       <c r="AA91" t="s">
         <v>66</v>
       </c>
       <c r="AB91" t="s">
         <v>77</v>
       </c>
       <c r="AC91" t="s">
-        <v>910</v>
+        <v>892</v>
       </c>
       <c r="AD91">
         <v>29122423329</v>
       </c>
       <c r="AE91">
         <v>8717491200</v>
       </c>
       <c r="AF91">
         <v>8717491200</v>
       </c>
       <c r="AG91" t="s">
         <v>75</v>
       </c>
       <c r="AH91" t="s">
-        <v>913</v>
+        <v>895</v>
       </c>
       <c r="AI91"/>
       <c r="AJ91" t="s">
-        <v>914</v>
+        <v>896</v>
       </c>
       <c r="AK91" t="s">
         <v>69</v>
       </c>
       <c r="AL91" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="AM91" t="s">
         <v>81</v>
       </c>
       <c r="AN91" t="s">
-        <v>911</v>
+        <v>893</v>
       </c>
       <c r="AO91">
         <v>103.99</v>
       </c>
       <c r="AP91" t="s">
-        <v>738</v>
+        <v>559</v>
       </c>
       <c r="AQ91" t="s">
         <v>83</v>
       </c>
       <c r="AR91" t="s">
         <v>84</v>
       </c>
       <c r="AS91">
         <v>282877205234</v>
       </c>
       <c r="AT91" t="s">
         <v>75</v>
       </c>
       <c r="AU91"/>
       <c r="AV91"/>
       <c r="AW91">
         <v>0</v>
       </c>
       <c r="AX91" t="s">
         <v>85</v>
       </c>
       <c r="AY91" t="s">
-        <v>912</v>
+        <v>894</v>
       </c>
       <c r="AZ91" t="s">
         <v>74</v>
       </c>
       <c r="BA91" t="s">
         <v>281</v>
       </c>
       <c r="BB91" t="s">
-        <v>909</v>
+        <v>891</v>
       </c>
       <c r="BC91" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="BD91" t="s">
-        <v>915</v>
+        <v>897</v>
       </c>
       <c r="BE91" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="BF91" t="s">
         <v>75</v>
       </c>
       <c r="BG91" t="s">
         <v>75</v>
       </c>
       <c r="BH91">
-        <v>308</v>
+        <v>399</v>
       </c>
       <c r="BI91" t="s">
         <v>86</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>75</v>
       </c>
       <c r="BN91" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91" t="s">
         <v>83</v>
       </c>
       <c r="BQ91" t="s">
         <v>75</v>
       </c>
       <c r="BR91">
         <v>6647</v>
       </c>
       <c r="BS91"/>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
         <v>66</v>
       </c>
       <c r="B92" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="C92">
         <v>4190052611</v>
       </c>
       <c r="D92">
         <v>582947</v>
       </c>
       <c r="E92">
         <v>320.58</v>
       </c>
       <c r="F92" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="G92" t="s">
         <v>69</v>
       </c>
       <c r="H92" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
       <c r="I92">
         <v>102.99</v>
       </c>
       <c r="J92" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="K92" t="s">
         <v>83</v>
       </c>
       <c r="L92" t="s">
-        <v>921</v>
+        <v>903</v>
       </c>
       <c r="M92" t="s">
         <v>74</v>
       </c>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92">
         <v>22621619919</v>
       </c>
       <c r="Q92" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="R92" t="s">
         <v>75</v>
       </c>
       <c r="S92" t="s">
         <v>75</v>
       </c>
       <c r="T92" t="s">
         <v>299</v>
       </c>
       <c r="U92">
         <v>4190052611</v>
       </c>
       <c r="V92">
         <v>582947</v>
       </c>
       <c r="W92" t="s">
         <v>75</v>
       </c>
       <c r="X92">
         <v>320.58</v>
       </c>
       <c r="Y92">
         <v>20.6</v>
       </c>
       <c r="Z92" t="s">
         <v>75</v>
       </c>
       <c r="AA92" t="s">
         <v>66</v>
       </c>
       <c r="AB92" t="s">
         <v>77</v>
       </c>
       <c r="AC92" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="AD92">
         <v>22621619919</v>
       </c>
       <c r="AE92" t="s">
-        <v>922</v>
+        <v>904</v>
       </c>
       <c r="AF92" t="s">
-        <v>922</v>
+        <v>904</v>
       </c>
       <c r="AG92" t="s">
         <v>75</v>
       </c>
       <c r="AH92" t="s">
-        <v>923</v>
+        <v>905</v>
       </c>
       <c r="AI92"/>
       <c r="AJ92" t="s">
-        <v>924</v>
+        <v>510</v>
       </c>
       <c r="AK92" t="s">
         <v>69</v>
       </c>
       <c r="AL92" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="AM92" t="s">
         <v>81</v>
       </c>
       <c r="AN92" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
       <c r="AO92">
         <v>102.99</v>
       </c>
       <c r="AP92" t="s">
         <v>321</v>
       </c>
       <c r="AQ92" t="s">
         <v>83</v>
       </c>
       <c r="AR92" t="s">
         <v>84</v>
       </c>
       <c r="AS92">
         <v>282866759962</v>
       </c>
       <c r="AT92" t="s">
         <v>75</v>
       </c>
       <c r="AU92"/>
       <c r="AV92"/>
       <c r="AW92">
         <v>0</v>
       </c>
       <c r="AX92" t="s">
         <v>85</v>
       </c>
       <c r="AY92" t="s">
-        <v>921</v>
+        <v>903</v>
       </c>
       <c r="AZ92" t="s">
         <v>74</v>
       </c>
       <c r="BA92" t="s">
         <v>281</v>
       </c>
       <c r="BB92" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="BC92" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="BD92" t="s">
-        <v>925</v>
+        <v>906</v>
       </c>
       <c r="BE92" t="s">
-        <v>926</v>
+        <v>907</v>
       </c>
       <c r="BF92" t="s">
         <v>75</v>
       </c>
       <c r="BG92" t="s">
         <v>75</v>
       </c>
       <c r="BH92">
-        <v>308</v>
+        <v>399</v>
       </c>
       <c r="BI92" t="s">
         <v>86</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92"/>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>75</v>
       </c>
       <c r="BN92" t="s">
-        <v>927</v>
+        <v>908</v>
       </c>
       <c r="BO92">
         <v>0</v>
       </c>
       <c r="BP92" t="s">
         <v>83</v>
       </c>
       <c r="BQ92" t="s">
         <v>75</v>
       </c>
       <c r="BR92">
         <v>6604</v>
       </c>
       <c r="BS92"/>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
         <v>66</v>
       </c>
       <c r="B93" t="s">
-        <v>928</v>
+        <v>909</v>
       </c>
       <c r="C93">
-        <v>2930052223</v>
+        <v>4580099240</v>
       </c>
       <c r="D93">
-        <v>582666</v>
+        <v>582700</v>
       </c>
       <c r="E93">
-        <v>473.88</v>
+        <v>389.61</v>
       </c>
       <c r="F93" t="s">
-        <v>929</v>
+        <v>910</v>
       </c>
       <c r="G93" t="s">
         <v>69</v>
       </c>
       <c r="H93" t="s">
-        <v>930</v>
+        <v>911</v>
       </c>
       <c r="I93">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="J93" t="s">
-        <v>931</v>
+        <v>912</v>
       </c>
       <c r="K93" t="s">
         <v>83</v>
       </c>
       <c r="L93">
-        <v>9168864994</v>
+        <v>5094867374</v>
       </c>
       <c r="M93" t="s">
         <v>74</v>
       </c>
       <c r="N93" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O93"/>
       <c r="P93">
-        <v>13184958692</v>
+        <v>2875919315</v>
       </c>
       <c r="Q93" t="s">
-        <v>928</v>
+        <v>909</v>
       </c>
       <c r="R93" t="s">
         <v>75</v>
       </c>
       <c r="S93" t="s">
         <v>75</v>
       </c>
       <c r="T93" t="s">
         <v>76</v>
       </c>
       <c r="U93">
-        <v>2930052223</v>
+        <v>4580099240</v>
       </c>
       <c r="V93">
-        <v>582666</v>
+        <v>582700</v>
       </c>
       <c r="W93" t="s">
         <v>75</v>
       </c>
       <c r="X93">
-        <v>473.88</v>
+        <v>389.61</v>
       </c>
       <c r="Y93">
         <v>20.6</v>
       </c>
       <c r="Z93" t="s">
         <v>75</v>
       </c>
       <c r="AA93" t="s">
         <v>66</v>
       </c>
       <c r="AB93" t="s">
         <v>77</v>
       </c>
       <c r="AC93" t="s">
-        <v>929</v>
+        <v>910</v>
       </c>
       <c r="AD93">
-        <v>13184958692</v>
+        <v>2875919315</v>
       </c>
       <c r="AE93" t="s">
-        <v>932</v>
+        <v>913</v>
       </c>
       <c r="AF93" t="s">
-        <v>932</v>
+        <v>913</v>
       </c>
       <c r="AG93" t="s">
         <v>75</v>
       </c>
       <c r="AH93" t="s">
-        <v>933</v>
+        <v>914</v>
       </c>
       <c r="AI93"/>
       <c r="AJ93" t="s">
-        <v>934</v>
+        <v>915</v>
       </c>
       <c r="AK93" t="s">
         <v>69</v>
       </c>
       <c r="AL93" t="s">
-        <v>931</v>
+        <v>912</v>
       </c>
       <c r="AM93" t="s">
         <v>81</v>
       </c>
       <c r="AN93" t="s">
-        <v>930</v>
+        <v>911</v>
       </c>
       <c r="AO93">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="AP93" t="s">
-        <v>192</v>
+        <v>916</v>
       </c>
       <c r="AQ93" t="s">
         <v>83</v>
       </c>
       <c r="AR93" t="s">
         <v>84</v>
       </c>
       <c r="AS93">
-        <v>282655519033</v>
+        <v>282652533108</v>
       </c>
       <c r="AT93" t="s">
         <v>75</v>
       </c>
       <c r="AU93"/>
       <c r="AV93"/>
       <c r="AW93">
         <v>0</v>
       </c>
       <c r="AX93" t="s">
         <v>85</v>
       </c>
       <c r="AY93">
-        <v>9168864994</v>
+        <v>5094867374</v>
       </c>
       <c r="AZ93" t="s">
         <v>74</v>
       </c>
       <c r="BA93" t="s">
         <v>281</v>
       </c>
       <c r="BB93" t="s">
-        <v>928</v>
+        <v>909</v>
       </c>
       <c r="BC93" t="s">
-        <v>931</v>
+        <v>912</v>
       </c>
       <c r="BD93" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="BE93" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="BF93" t="s">
         <v>75</v>
       </c>
       <c r="BG93" t="s">
         <v>75</v>
       </c>
       <c r="BH93">
-        <v>311</v>
+        <v>402</v>
       </c>
       <c r="BI93" t="s">
         <v>86</v>
       </c>
       <c r="BJ93"/>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>75</v>
       </c>
       <c r="BN93" t="s">
-        <v>937</v>
+        <v>919</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93" t="s">
         <v>83</v>
       </c>
       <c r="BQ93" t="s">
         <v>75</v>
       </c>
       <c r="BR93">
-        <v>9762</v>
+        <v>8026</v>
       </c>
       <c r="BS93"/>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
         <v>66</v>
       </c>
       <c r="B94" t="s">
-        <v>938</v>
+        <v>920</v>
       </c>
       <c r="C94">
-        <v>4480052112</v>
+        <v>2930052223</v>
       </c>
       <c r="D94">
-        <v>582618</v>
+        <v>582666</v>
       </c>
       <c r="E94">
-        <v>270.83</v>
+        <v>473.88</v>
       </c>
       <c r="F94" t="s">
-        <v>939</v>
+        <v>921</v>
       </c>
       <c r="G94" t="s">
         <v>69</v>
       </c>
       <c r="H94" t="s">
-        <v>940</v>
+        <v>922</v>
       </c>
       <c r="I94">
-        <v>79.2</v>
+        <v>126</v>
       </c>
       <c r="J94" t="s">
-        <v>941</v>
+        <v>912</v>
       </c>
       <c r="K94" t="s">
         <v>83</v>
       </c>
       <c r="L94">
-        <v>9168834393</v>
+        <v>9168864994</v>
       </c>
       <c r="M94" t="s">
         <v>74</v>
       </c>
       <c r="N94" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O94"/>
       <c r="P94">
-        <v>3753846771</v>
+        <v>13184958692</v>
       </c>
       <c r="Q94" t="s">
-        <v>938</v>
+        <v>920</v>
       </c>
       <c r="R94" t="s">
         <v>75</v>
       </c>
       <c r="S94" t="s">
         <v>75</v>
       </c>
       <c r="T94" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="U94">
-        <v>4480052112</v>
+        <v>2930052223</v>
       </c>
       <c r="V94">
-        <v>582618</v>
+        <v>582666</v>
       </c>
       <c r="W94" t="s">
         <v>75</v>
       </c>
       <c r="X94">
-        <v>270.83</v>
+        <v>473.88</v>
       </c>
       <c r="Y94">
         <v>20.6</v>
       </c>
       <c r="Z94" t="s">
         <v>75</v>
       </c>
       <c r="AA94" t="s">
         <v>66</v>
       </c>
       <c r="AB94" t="s">
         <v>77</v>
       </c>
       <c r="AC94" t="s">
-        <v>939</v>
+        <v>921</v>
       </c>
       <c r="AD94">
-        <v>3753846771</v>
-[...5 lines deleted...]
-        <v>9516890600</v>
+        <v>13184958692</v>
+      </c>
+      <c r="AE94" t="s">
+        <v>923</v>
+      </c>
+      <c r="AF94" t="s">
+        <v>923</v>
       </c>
       <c r="AG94" t="s">
         <v>75</v>
       </c>
       <c r="AH94" t="s">
-        <v>942</v>
+        <v>924</v>
       </c>
       <c r="AI94"/>
       <c r="AJ94" t="s">
-        <v>943</v>
+        <v>925</v>
       </c>
       <c r="AK94" t="s">
         <v>69</v>
       </c>
       <c r="AL94" t="s">
-        <v>941</v>
+        <v>912</v>
       </c>
       <c r="AM94" t="s">
         <v>81</v>
       </c>
       <c r="AN94" t="s">
-        <v>940</v>
+        <v>922</v>
       </c>
       <c r="AO94">
-        <v>79.2</v>
+        <v>126</v>
       </c>
       <c r="AP94" t="s">
-        <v>876</v>
+        <v>192</v>
       </c>
       <c r="AQ94" t="s">
         <v>83</v>
       </c>
       <c r="AR94" t="s">
         <v>84</v>
       </c>
       <c r="AS94">
-        <v>282613690978</v>
+        <v>282655519033</v>
       </c>
       <c r="AT94" t="s">
         <v>75</v>
       </c>
       <c r="AU94"/>
       <c r="AV94"/>
       <c r="AW94">
         <v>0</v>
       </c>
       <c r="AX94" t="s">
         <v>85</v>
       </c>
       <c r="AY94">
-        <v>9168834393</v>
+        <v>9168864994</v>
       </c>
       <c r="AZ94" t="s">
         <v>74</v>
       </c>
       <c r="BA94" t="s">
         <v>281</v>
       </c>
       <c r="BB94" t="s">
-        <v>938</v>
+        <v>920</v>
       </c>
       <c r="BC94" t="s">
-        <v>941</v>
+        <v>912</v>
       </c>
       <c r="BD94" t="s">
-        <v>944</v>
+        <v>926</v>
       </c>
       <c r="BE94" t="s">
-        <v>945</v>
+        <v>927</v>
       </c>
       <c r="BF94" t="s">
         <v>75</v>
       </c>
       <c r="BG94" t="s">
         <v>75</v>
       </c>
       <c r="BH94">
-        <v>312</v>
+        <v>402</v>
       </c>
       <c r="BI94" t="s">
         <v>86</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>75</v>
       </c>
       <c r="BN94" t="s">
-        <v>946</v>
+        <v>928</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94" t="s">
         <v>83</v>
       </c>
       <c r="BQ94" t="s">
         <v>75</v>
       </c>
       <c r="BR94">
-        <v>5579</v>
+        <v>9762</v>
       </c>
       <c r="BS94"/>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
         <v>66</v>
       </c>
       <c r="B95" t="s">
-        <v>947</v>
+        <v>929</v>
       </c>
       <c r="C95">
-        <v>5280051787</v>
+        <v>4480052112</v>
       </c>
       <c r="D95">
-        <v>582552</v>
+        <v>582618</v>
       </c>
       <c r="E95">
-        <v>322.67</v>
+        <v>270.83</v>
       </c>
       <c r="F95" t="s">
-        <v>948</v>
+        <v>930</v>
       </c>
       <c r="G95" t="s">
         <v>69</v>
       </c>
       <c r="H95" t="s">
-        <v>949</v>
+        <v>931</v>
       </c>
       <c r="I95">
-        <v>103.99</v>
+        <v>79.2</v>
       </c>
       <c r="J95" t="s">
-        <v>941</v>
+        <v>932</v>
       </c>
       <c r="K95" t="s">
         <v>83</v>
       </c>
       <c r="L95">
-        <v>9168818665</v>
+        <v>9168834393</v>
       </c>
       <c r="M95" t="s">
         <v>74</v>
       </c>
       <c r="N95" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O95"/>
       <c r="P95">
-        <v>27949848240</v>
+        <v>3753846771</v>
       </c>
       <c r="Q95" t="s">
-        <v>947</v>
+        <v>929</v>
       </c>
       <c r="R95" t="s">
         <v>75</v>
       </c>
       <c r="S95" t="s">
         <v>75</v>
       </c>
       <c r="T95" t="s">
         <v>299</v>
       </c>
       <c r="U95">
-        <v>5280051787</v>
+        <v>4480052112</v>
       </c>
       <c r="V95">
-        <v>582552</v>
+        <v>582618</v>
       </c>
       <c r="W95" t="s">
         <v>75</v>
       </c>
       <c r="X95">
-        <v>322.67</v>
+        <v>270.83</v>
       </c>
       <c r="Y95">
         <v>20.6</v>
       </c>
       <c r="Z95" t="s">
         <v>75</v>
       </c>
       <c r="AA95" t="s">
         <v>66</v>
       </c>
       <c r="AB95" t="s">
         <v>77</v>
       </c>
       <c r="AC95" t="s">
-        <v>948</v>
+        <v>930</v>
       </c>
       <c r="AD95">
-        <v>27949848240</v>
+        <v>3753846771</v>
       </c>
       <c r="AE95">
-        <v>7474942800</v>
+        <v>9516890600</v>
       </c>
       <c r="AF95">
-        <v>7474942800</v>
+        <v>9516890600</v>
       </c>
       <c r="AG95" t="s">
         <v>75</v>
       </c>
       <c r="AH95" t="s">
-        <v>950</v>
+        <v>933</v>
       </c>
       <c r="AI95"/>
       <c r="AJ95" t="s">
-        <v>951</v>
+        <v>934</v>
       </c>
       <c r="AK95" t="s">
         <v>69</v>
       </c>
       <c r="AL95" t="s">
-        <v>941</v>
+        <v>932</v>
       </c>
       <c r="AM95" t="s">
         <v>81</v>
       </c>
       <c r="AN95" t="s">
-        <v>949</v>
+        <v>931</v>
       </c>
       <c r="AO95">
-        <v>103.99</v>
+        <v>79.2</v>
       </c>
       <c r="AP95" t="s">
-        <v>738</v>
+        <v>858</v>
       </c>
       <c r="AQ95" t="s">
         <v>83</v>
       </c>
       <c r="AR95" t="s">
         <v>84</v>
       </c>
       <c r="AS95">
-        <v>282609713053</v>
+        <v>282613690978</v>
       </c>
       <c r="AT95" t="s">
         <v>75</v>
       </c>
       <c r="AU95"/>
       <c r="AV95"/>
       <c r="AW95">
         <v>0</v>
       </c>
       <c r="AX95" t="s">
         <v>85</v>
       </c>
       <c r="AY95">
-        <v>9168818665</v>
+        <v>9168834393</v>
       </c>
       <c r="AZ95" t="s">
         <v>74</v>
       </c>
       <c r="BA95" t="s">
         <v>281</v>
       </c>
       <c r="BB95" t="s">
-        <v>947</v>
+        <v>929</v>
       </c>
       <c r="BC95" t="s">
-        <v>941</v>
+        <v>932</v>
       </c>
       <c r="BD95" t="s">
-        <v>952</v>
+        <v>935</v>
       </c>
       <c r="BE95" t="s">
-        <v>953</v>
+        <v>936</v>
       </c>
       <c r="BF95" t="s">
         <v>75</v>
       </c>
       <c r="BG95" t="s">
         <v>75</v>
       </c>
       <c r="BH95">
-        <v>312</v>
+        <v>403</v>
       </c>
       <c r="BI95" t="s">
         <v>86</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95"/>
       <c r="BL95"/>
       <c r="BM95" t="s">
         <v>75</v>
       </c>
       <c r="BN95" t="s">
-        <v>954</v>
+        <v>937</v>
       </c>
       <c r="BO95">
         <v>0</v>
       </c>
       <c r="BP95" t="s">
         <v>83</v>
       </c>
       <c r="BQ95" t="s">
         <v>75</v>
       </c>
       <c r="BR95">
-        <v>6647</v>
+        <v>5579</v>
       </c>
       <c r="BS95"/>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
         <v>66</v>
       </c>
       <c r="B96" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="C96">
-        <v>6470051484</v>
+        <v>5280051787</v>
       </c>
       <c r="D96">
-        <v>581523</v>
+        <v>582552</v>
       </c>
       <c r="E96">
-        <v>270.83</v>
+        <v>322.67</v>
       </c>
       <c r="F96" t="s">
-        <v>956</v>
+        <v>939</v>
       </c>
       <c r="G96" t="s">
         <v>69</v>
       </c>
       <c r="H96" t="s">
-        <v>957</v>
+        <v>940</v>
       </c>
       <c r="I96">
-        <v>79.2</v>
+        <v>103.99</v>
       </c>
       <c r="J96" t="s">
-        <v>958</v>
+        <v>932</v>
       </c>
       <c r="K96" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="L96">
-        <v>2026444361</v>
+        <v>9168818665</v>
       </c>
       <c r="M96" t="s">
         <v>74</v>
       </c>
       <c r="N96" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O96"/>
       <c r="P96">
-        <v>9601934332</v>
+        <v>27949848240</v>
       </c>
       <c r="Q96" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="R96" t="s">
         <v>75</v>
       </c>
       <c r="S96" t="s">
         <v>75</v>
       </c>
       <c r="T96" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U96">
-        <v>6470051484</v>
+        <v>5280051787</v>
       </c>
       <c r="V96">
-        <v>581523</v>
+        <v>582552</v>
       </c>
       <c r="W96" t="s">
         <v>75</v>
       </c>
       <c r="X96">
-        <v>270.83</v>
+        <v>322.67</v>
       </c>
       <c r="Y96">
         <v>20.6</v>
       </c>
       <c r="Z96" t="s">
         <v>75</v>
       </c>
       <c r="AA96" t="s">
         <v>66</v>
       </c>
       <c r="AB96" t="s">
         <v>77</v>
       </c>
       <c r="AC96" t="s">
-        <v>956</v>
+        <v>939</v>
       </c>
       <c r="AD96">
-        <v>9601934332</v>
-[...5 lines deleted...]
-        <v>959</v>
+        <v>27949848240</v>
+      </c>
+      <c r="AE96">
+        <v>7474942800</v>
+      </c>
+      <c r="AF96">
+        <v>7474942800</v>
       </c>
       <c r="AG96" t="s">
         <v>75</v>
       </c>
       <c r="AH96" t="s">
-        <v>960</v>
+        <v>941</v>
       </c>
       <c r="AI96"/>
       <c r="AJ96" t="s">
-        <v>961</v>
+        <v>942</v>
       </c>
       <c r="AK96" t="s">
         <v>69</v>
       </c>
       <c r="AL96" t="s">
-        <v>958</v>
+        <v>932</v>
       </c>
       <c r="AM96" t="s">
         <v>81</v>
       </c>
       <c r="AN96" t="s">
-        <v>957</v>
+        <v>940</v>
       </c>
       <c r="AO96">
-        <v>79.2</v>
+        <v>103.99</v>
       </c>
       <c r="AP96" t="s">
-        <v>876</v>
+        <v>559</v>
       </c>
       <c r="AQ96" t="s">
         <v>83</v>
       </c>
       <c r="AR96" t="s">
         <v>84</v>
       </c>
       <c r="AS96">
-        <v>282316752249</v>
+        <v>282609713053</v>
       </c>
       <c r="AT96" t="s">
         <v>75</v>
       </c>
       <c r="AU96"/>
       <c r="AV96"/>
       <c r="AW96">
         <v>0</v>
       </c>
       <c r="AX96" t="s">
         <v>85</v>
       </c>
       <c r="AY96">
-        <v>2026444361</v>
+        <v>9168818665</v>
       </c>
       <c r="AZ96" t="s">
         <v>74</v>
       </c>
       <c r="BA96" t="s">
         <v>281</v>
       </c>
       <c r="BB96" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="BC96" t="s">
-        <v>958</v>
+        <v>932</v>
       </c>
       <c r="BD96" t="s">
-        <v>75</v>
+        <v>943</v>
       </c>
       <c r="BE96" t="s">
-        <v>75</v>
+        <v>944</v>
       </c>
       <c r="BF96" t="s">
         <v>75</v>
       </c>
       <c r="BG96" t="s">
         <v>75</v>
       </c>
       <c r="BH96">
-        <v>318</v>
+        <v>403</v>
       </c>
       <c r="BI96" t="s">
         <v>86</v>
       </c>
       <c r="BJ96"/>
       <c r="BK96"/>
       <c r="BL96"/>
       <c r="BM96" t="s">
         <v>75</v>
       </c>
       <c r="BN96" t="s">
-        <v>962</v>
+        <v>945</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96" t="s">
         <v>83</v>
       </c>
       <c r="BQ96" t="s">
         <v>75</v>
       </c>
       <c r="BR96">
-        <v>5579</v>
+        <v>6647</v>
       </c>
       <c r="BS96"/>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
         <v>66</v>
       </c>
       <c r="B97" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="C97">
-        <v>8920050145</v>
+        <v>1190051636</v>
       </c>
       <c r="D97">
-        <v>581021</v>
+        <v>582361</v>
       </c>
       <c r="E97">
-        <v>229.61</v>
+        <v>320.58</v>
       </c>
       <c r="F97" t="s">
-        <v>964</v>
+        <v>947</v>
       </c>
       <c r="G97" t="s">
         <v>69</v>
       </c>
       <c r="H97" t="s">
-        <v>965</v>
+        <v>948</v>
       </c>
       <c r="I97">
-        <v>63</v>
+        <v>102.99</v>
       </c>
       <c r="J97" t="s">
-        <v>966</v>
+        <v>949</v>
       </c>
       <c r="K97" t="s">
         <v>83</v>
       </c>
       <c r="L97">
-        <v>1650231376</v>
+        <v>3792626670</v>
       </c>
       <c r="M97" t="s">
         <v>74</v>
       </c>
       <c r="N97" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O97"/>
-      <c r="P97">
-        <v>10601387731</v>
+      <c r="P97" t="s">
+        <v>950</v>
       </c>
       <c r="Q97" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="R97" t="s">
         <v>75</v>
       </c>
       <c r="S97" t="s">
         <v>75</v>
       </c>
       <c r="T97" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U97">
-        <v>8920050145</v>
+        <v>1190051636</v>
       </c>
       <c r="V97">
-        <v>581021</v>
+        <v>582361</v>
       </c>
       <c r="W97" t="s">
         <v>75</v>
       </c>
       <c r="X97">
-        <v>229.61</v>
+        <v>320.58</v>
       </c>
       <c r="Y97">
         <v>20.6</v>
       </c>
       <c r="Z97" t="s">
         <v>75</v>
       </c>
       <c r="AA97" t="s">
         <v>66</v>
       </c>
       <c r="AB97" t="s">
         <v>77</v>
       </c>
       <c r="AC97" t="s">
-        <v>964</v>
-[...8 lines deleted...]
-        <v>967</v>
+        <v>947</v>
+      </c>
+      <c r="AD97" t="s">
+        <v>950</v>
+      </c>
+      <c r="AE97">
+        <v>3251007902</v>
+      </c>
+      <c r="AF97">
+        <v>3251007902</v>
       </c>
       <c r="AG97" t="s">
         <v>75</v>
       </c>
       <c r="AH97" t="s">
-        <v>968</v>
+        <v>951</v>
       </c>
       <c r="AI97"/>
       <c r="AJ97" t="s">
-        <v>969</v>
+        <v>952</v>
       </c>
       <c r="AK97" t="s">
         <v>69</v>
       </c>
       <c r="AL97" t="s">
-        <v>966</v>
+        <v>949</v>
       </c>
       <c r="AM97" t="s">
         <v>81</v>
       </c>
       <c r="AN97" t="s">
-        <v>965</v>
+        <v>948</v>
       </c>
       <c r="AO97">
-        <v>63</v>
+        <v>102.99</v>
       </c>
       <c r="AP97" t="s">
-        <v>192</v>
+        <v>321</v>
       </c>
       <c r="AQ97" t="s">
         <v>83</v>
       </c>
       <c r="AR97" t="s">
         <v>84</v>
       </c>
       <c r="AS97">
-        <v>282007912720</v>
+        <v>282608102720</v>
       </c>
       <c r="AT97" t="s">
         <v>75</v>
       </c>
       <c r="AU97"/>
       <c r="AV97"/>
       <c r="AW97">
         <v>0</v>
       </c>
       <c r="AX97" t="s">
         <v>85</v>
       </c>
       <c r="AY97">
-        <v>1650231376</v>
+        <v>3792626670</v>
       </c>
       <c r="AZ97" t="s">
         <v>74</v>
       </c>
       <c r="BA97" t="s">
         <v>281</v>
       </c>
       <c r="BB97" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="BC97" t="s">
-        <v>966</v>
+        <v>949</v>
       </c>
       <c r="BD97" t="s">
-        <v>970</v>
+        <v>953</v>
       </c>
       <c r="BE97" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="BF97" t="s">
         <v>75</v>
       </c>
       <c r="BG97" t="s">
         <v>75</v>
       </c>
       <c r="BH97">
-        <v>326</v>
+        <v>404</v>
       </c>
       <c r="BI97" t="s">
         <v>86</v>
       </c>
       <c r="BJ97"/>
       <c r="BK97"/>
       <c r="BL97"/>
       <c r="BM97" t="s">
         <v>75</v>
       </c>
       <c r="BN97" t="s">
-        <v>972</v>
+        <v>955</v>
       </c>
       <c r="BO97">
         <v>0</v>
       </c>
       <c r="BP97" t="s">
         <v>83</v>
       </c>
       <c r="BQ97" t="s">
         <v>75</v>
       </c>
       <c r="BR97">
-        <v>4730</v>
+        <v>6604</v>
       </c>
       <c r="BS97"/>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
         <v>66</v>
       </c>
       <c r="B98" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="C98">
-        <v>3040081556</v>
+        <v>6470051484</v>
       </c>
       <c r="D98">
-        <v>581019</v>
+        <v>581523</v>
       </c>
       <c r="E98">
-        <v>265.78</v>
+        <v>270.83</v>
       </c>
       <c r="F98" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="G98" t="s">
         <v>69</v>
       </c>
       <c r="H98" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="I98">
-        <v>79.99</v>
+        <v>79.2</v>
       </c>
       <c r="J98" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="K98" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="L98">
-        <v>1650067926</v>
+        <v>2026444361</v>
       </c>
       <c r="M98" t="s">
         <v>74</v>
       </c>
       <c r="N98" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O98"/>
       <c r="P98">
-        <v>17809249832</v>
+        <v>9601934332</v>
       </c>
       <c r="Q98" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="R98" t="s">
         <v>75</v>
       </c>
       <c r="S98" t="s">
         <v>75</v>
       </c>
       <c r="T98" t="s">
         <v>76</v>
       </c>
       <c r="U98">
-        <v>3040081556</v>
+        <v>6470051484</v>
       </c>
       <c r="V98">
-        <v>581019</v>
+        <v>581523</v>
       </c>
       <c r="W98" t="s">
         <v>75</v>
       </c>
       <c r="X98">
-        <v>265.78</v>
+        <v>270.83</v>
       </c>
       <c r="Y98">
         <v>20.6</v>
       </c>
       <c r="Z98" t="s">
         <v>75</v>
       </c>
       <c r="AA98" t="s">
         <v>66</v>
       </c>
       <c r="AB98" t="s">
         <v>77</v>
       </c>
       <c r="AC98" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="AD98">
-        <v>17809249832</v>
+        <v>9601934332</v>
       </c>
       <c r="AE98" t="s">
-        <v>976</v>
+        <v>960</v>
       </c>
       <c r="AF98" t="s">
-        <v>976</v>
+        <v>960</v>
       </c>
       <c r="AG98" t="s">
         <v>75</v>
       </c>
       <c r="AH98" t="s">
-        <v>977</v>
+        <v>961</v>
       </c>
       <c r="AI98"/>
       <c r="AJ98" t="s">
-        <v>978</v>
+        <v>962</v>
       </c>
       <c r="AK98" t="s">
         <v>69</v>
       </c>
       <c r="AL98" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="AM98" t="s">
         <v>81</v>
       </c>
       <c r="AN98" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="AO98">
-        <v>79.99</v>
+        <v>79.2</v>
       </c>
       <c r="AP98" t="s">
-        <v>211</v>
+        <v>858</v>
       </c>
       <c r="AQ98" t="s">
         <v>83</v>
       </c>
       <c r="AR98" t="s">
         <v>84</v>
       </c>
       <c r="AS98">
-        <v>282007587793</v>
+        <v>282316752249</v>
       </c>
       <c r="AT98" t="s">
         <v>75</v>
       </c>
       <c r="AU98"/>
       <c r="AV98"/>
-      <c r="AW98"/>
+      <c r="AW98">
+        <v>0</v>
+      </c>
       <c r="AX98" t="s">
         <v>85</v>
       </c>
       <c r="AY98">
-        <v>1650067926</v>
+        <v>2026444361</v>
       </c>
       <c r="AZ98" t="s">
         <v>74</v>
       </c>
       <c r="BA98" t="s">
         <v>281</v>
       </c>
       <c r="BB98" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="BC98" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="BD98" t="s">
-        <v>979</v>
+        <v>75</v>
       </c>
       <c r="BE98" t="s">
-        <v>980</v>
+        <v>75</v>
       </c>
       <c r="BF98" t="s">
         <v>75</v>
       </c>
       <c r="BG98" t="s">
         <v>75</v>
       </c>
       <c r="BH98">
-        <v>327</v>
+        <v>409</v>
       </c>
       <c r="BI98" t="s">
         <v>86</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>75</v>
       </c>
       <c r="BN98" t="s">
-        <v>981</v>
+        <v>963</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98" t="s">
         <v>83</v>
       </c>
       <c r="BQ98" t="s">
         <v>75</v>
       </c>
       <c r="BR98">
-        <v>5475</v>
+        <v>5579</v>
       </c>
       <c r="BS98"/>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
         <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="C99">
-        <v>7350048995</v>
+        <v>2890051372</v>
       </c>
       <c r="D99">
-        <v>581017</v>
+        <v>581408</v>
       </c>
       <c r="E99">
-        <v>229.61</v>
+        <v>272.48</v>
       </c>
       <c r="F99" t="s">
-        <v>983</v>
+        <v>965</v>
       </c>
       <c r="G99" t="s">
         <v>69</v>
       </c>
       <c r="H99" t="s">
-        <v>984</v>
+        <v>966</v>
       </c>
       <c r="I99">
-        <v>63</v>
+        <v>79.99</v>
       </c>
       <c r="J99" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="K99" t="s">
         <v>83</v>
       </c>
       <c r="L99">
-        <v>1649989541</v>
+        <v>3764049811</v>
       </c>
       <c r="M99" t="s">
         <v>74</v>
       </c>
       <c r="N99" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O99"/>
       <c r="P99">
-        <v>10219737334</v>
+        <v>411542645</v>
       </c>
       <c r="Q99" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="R99" t="s">
         <v>75</v>
       </c>
       <c r="S99" t="s">
         <v>75</v>
       </c>
       <c r="T99" t="s">
         <v>76</v>
       </c>
       <c r="U99">
-        <v>7350048995</v>
+        <v>2890051372</v>
       </c>
       <c r="V99">
-        <v>581017</v>
+        <v>581408</v>
       </c>
       <c r="W99" t="s">
         <v>75</v>
       </c>
       <c r="X99">
-        <v>229.61</v>
+        <v>272.48</v>
       </c>
       <c r="Y99">
         <v>20.6</v>
       </c>
       <c r="Z99" t="s">
         <v>75</v>
       </c>
       <c r="AA99" t="s">
         <v>66</v>
       </c>
       <c r="AB99" t="s">
         <v>77</v>
       </c>
       <c r="AC99" t="s">
-        <v>983</v>
+        <v>965</v>
       </c>
       <c r="AD99">
-        <v>10219737334</v>
-[...5 lines deleted...]
-        <v>985</v>
+        <v>411542645</v>
+      </c>
+      <c r="AE99">
+        <v>5591284600</v>
+      </c>
+      <c r="AF99">
+        <v>5591284600</v>
       </c>
       <c r="AG99" t="s">
         <v>75</v>
       </c>
       <c r="AH99" t="s">
-        <v>986</v>
+        <v>677</v>
       </c>
       <c r="AI99"/>
       <c r="AJ99" t="s">
-        <v>987</v>
+        <v>678</v>
       </c>
       <c r="AK99" t="s">
         <v>69</v>
       </c>
       <c r="AL99" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="AM99" t="s">
         <v>81</v>
       </c>
       <c r="AN99" t="s">
-        <v>984</v>
+        <v>966</v>
       </c>
       <c r="AO99">
-        <v>63</v>
+        <v>79.99</v>
       </c>
       <c r="AP99" t="s">
-        <v>192</v>
+        <v>211</v>
       </c>
       <c r="AQ99" t="s">
         <v>83</v>
       </c>
       <c r="AR99" t="s">
         <v>84</v>
       </c>
       <c r="AS99">
-        <v>282008034689</v>
+        <v>282253921670</v>
       </c>
       <c r="AT99" t="s">
         <v>75</v>
       </c>
       <c r="AU99"/>
       <c r="AV99"/>
       <c r="AW99">
         <v>0</v>
       </c>
       <c r="AX99" t="s">
         <v>85</v>
       </c>
       <c r="AY99">
-        <v>1649989541</v>
+        <v>3764049811</v>
       </c>
       <c r="AZ99" t="s">
         <v>74</v>
       </c>
       <c r="BA99" t="s">
         <v>281</v>
       </c>
       <c r="BB99" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="BC99" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="BD99" t="s">
-        <v>988</v>
+        <v>968</v>
       </c>
       <c r="BE99" t="s">
-        <v>989</v>
+        <v>969</v>
       </c>
       <c r="BF99" t="s">
         <v>75</v>
       </c>
       <c r="BG99" t="s">
         <v>75</v>
       </c>
       <c r="BH99">
-        <v>327</v>
+        <v>410</v>
       </c>
       <c r="BI99" t="s">
         <v>86</v>
       </c>
       <c r="BJ99"/>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>75</v>
       </c>
       <c r="BN99" t="s">
-        <v>990</v>
+        <v>970</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99" t="s">
         <v>83</v>
       </c>
       <c r="BQ99" t="s">
         <v>75</v>
       </c>
       <c r="BR99">
-        <v>4730</v>
+        <v>5613</v>
       </c>
       <c r="BS99"/>
     </row>
     <row r="100" spans="1:71">
       <c r="A100" t="s">
         <v>66</v>
       </c>
       <c r="B100" t="s">
-        <v>991</v>
+        <v>971</v>
       </c>
       <c r="C100">
-        <v>6670049414</v>
+        <v>1570051619</v>
       </c>
       <c r="D100">
-        <v>581016</v>
+        <v>581378</v>
       </c>
       <c r="E100">
-        <v>376.36</v>
+        <v>237.38</v>
       </c>
       <c r="F100" t="s">
-        <v>992</v>
+        <v>972</v>
       </c>
       <c r="G100" t="s">
         <v>69</v>
       </c>
       <c r="H100" t="s">
-        <v>993</v>
+        <v>973</v>
       </c>
       <c r="I100">
-        <v>136</v>
+        <v>63.2</v>
       </c>
       <c r="J100" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="K100" t="s">
         <v>83</v>
       </c>
       <c r="L100">
-        <v>1649981314</v>
+        <v>3764021914</v>
       </c>
       <c r="M100" t="s">
         <v>74</v>
       </c>
       <c r="N100" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O100"/>
       <c r="P100">
-        <v>5293801395</v>
+        <v>3129629182</v>
       </c>
       <c r="Q100" t="s">
-        <v>991</v>
+        <v>971</v>
       </c>
       <c r="R100" t="s">
         <v>75</v>
       </c>
       <c r="S100" t="s">
         <v>75</v>
       </c>
       <c r="T100" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="U100">
-        <v>6670049414</v>
+        <v>1570051619</v>
       </c>
       <c r="V100">
-        <v>581016</v>
+        <v>581378</v>
       </c>
       <c r="W100" t="s">
         <v>75</v>
       </c>
       <c r="X100">
-        <v>376.36</v>
+        <v>237.38</v>
       </c>
       <c r="Y100">
         <v>20.6</v>
       </c>
       <c r="Z100" t="s">
         <v>75</v>
       </c>
       <c r="AA100" t="s">
         <v>66</v>
       </c>
       <c r="AB100" t="s">
         <v>77</v>
       </c>
       <c r="AC100" t="s">
-        <v>992</v>
+        <v>972</v>
       </c>
       <c r="AD100">
-        <v>5293801395</v>
-[...5 lines deleted...]
-        <v>6862004291</v>
+        <v>3129629182</v>
+      </c>
+      <c r="AE100" t="s">
+        <v>974</v>
+      </c>
+      <c r="AF100" t="s">
+        <v>974</v>
       </c>
       <c r="AG100" t="s">
         <v>75</v>
       </c>
       <c r="AH100" t="s">
-        <v>279</v>
+        <v>975</v>
       </c>
       <c r="AI100"/>
       <c r="AJ100" t="s">
-        <v>280</v>
+        <v>976</v>
       </c>
       <c r="AK100" t="s">
         <v>69</v>
       </c>
       <c r="AL100" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="AM100" t="s">
         <v>81</v>
       </c>
       <c r="AN100" t="s">
-        <v>993</v>
+        <v>973</v>
       </c>
       <c r="AO100">
-        <v>136</v>
+        <v>63.2</v>
       </c>
       <c r="AP100" t="s">
-        <v>994</v>
+        <v>977</v>
       </c>
       <c r="AQ100" t="s">
         <v>83</v>
       </c>
       <c r="AR100" t="s">
         <v>84</v>
       </c>
       <c r="AS100">
-        <v>282008068941</v>
+        <v>282253862152</v>
       </c>
       <c r="AT100" t="s">
         <v>75</v>
       </c>
       <c r="AU100"/>
       <c r="AV100"/>
       <c r="AW100">
         <v>0</v>
       </c>
       <c r="AX100" t="s">
         <v>85</v>
       </c>
       <c r="AY100">
-        <v>1649981314</v>
+        <v>3764021914</v>
       </c>
       <c r="AZ100" t="s">
         <v>74</v>
       </c>
       <c r="BA100" t="s">
         <v>281</v>
       </c>
       <c r="BB100" t="s">
-        <v>991</v>
+        <v>971</v>
       </c>
       <c r="BC100" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="BD100" t="s">
-        <v>75</v>
+        <v>978</v>
       </c>
       <c r="BE100" t="s">
-        <v>995</v>
+        <v>979</v>
       </c>
       <c r="BF100" t="s">
         <v>75</v>
       </c>
       <c r="BG100" t="s">
         <v>75</v>
       </c>
       <c r="BH100">
-        <v>327</v>
+        <v>411</v>
       </c>
       <c r="BI100" t="s">
         <v>86</v>
       </c>
       <c r="BJ100"/>
       <c r="BK100"/>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>75</v>
       </c>
       <c r="BN100" t="s">
-        <v>996</v>
+        <v>980</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100" t="s">
         <v>83</v>
       </c>
       <c r="BQ100" t="s">
         <v>75</v>
       </c>
       <c r="BR100">
-        <v>7753</v>
+        <v>4890</v>
       </c>
       <c r="BS100"/>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
         <v>66</v>
       </c>
       <c r="B101" t="s">
-        <v>997</v>
+        <v>981</v>
       </c>
       <c r="C101">
-        <v>8190049345</v>
+        <v>7060051014</v>
       </c>
       <c r="D101">
-        <v>581018</v>
+        <v>581246</v>
       </c>
       <c r="E101">
-        <v>265.78</v>
+        <v>270.83</v>
       </c>
       <c r="F101" t="s">
-        <v>998</v>
+        <v>982</v>
       </c>
       <c r="G101" t="s">
         <v>69</v>
       </c>
       <c r="H101" t="s">
-        <v>999</v>
+        <v>983</v>
       </c>
       <c r="I101">
-        <v>79.99</v>
+        <v>79.2</v>
       </c>
       <c r="J101" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="K101" t="s">
         <v>83</v>
       </c>
       <c r="L101">
-        <v>1650054744</v>
+        <v>3763987673</v>
       </c>
       <c r="M101" t="s">
         <v>74</v>
       </c>
       <c r="N101" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O101"/>
       <c r="P101">
-        <v>13240792956</v>
+        <v>19391985508</v>
       </c>
       <c r="Q101" t="s">
-        <v>997</v>
+        <v>981</v>
       </c>
       <c r="R101" t="s">
         <v>75</v>
       </c>
       <c r="S101" t="s">
         <v>75</v>
       </c>
       <c r="T101" t="s">
         <v>299</v>
       </c>
       <c r="U101">
-        <v>8190049345</v>
+        <v>7060051014</v>
       </c>
       <c r="V101">
-        <v>581018</v>
+        <v>581246</v>
       </c>
       <c r="W101" t="s">
         <v>75</v>
       </c>
       <c r="X101">
-        <v>265.78</v>
+        <v>270.83</v>
       </c>
       <c r="Y101">
         <v>20.6</v>
       </c>
       <c r="Z101" t="s">
         <v>75</v>
       </c>
       <c r="AA101" t="s">
         <v>66</v>
       </c>
       <c r="AB101" t="s">
         <v>77</v>
       </c>
       <c r="AC101" t="s">
-        <v>998</v>
+        <v>982</v>
       </c>
       <c r="AD101">
-        <v>13240792956</v>
+        <v>19391985508</v>
       </c>
       <c r="AE101" t="s">
-        <v>1000</v>
+        <v>985</v>
       </c>
       <c r="AF101" t="s">
-        <v>1000</v>
+        <v>985</v>
       </c>
       <c r="AG101" t="s">
         <v>75</v>
       </c>
       <c r="AH101" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="AI101"/>
       <c r="AJ101" t="s">
-        <v>1002</v>
+        <v>987</v>
       </c>
       <c r="AK101" t="s">
         <v>69</v>
       </c>
       <c r="AL101" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="AM101" t="s">
         <v>81</v>
       </c>
       <c r="AN101" t="s">
-        <v>999</v>
+        <v>983</v>
       </c>
       <c r="AO101">
-        <v>79.99</v>
+        <v>79.2</v>
       </c>
       <c r="AP101" t="s">
-        <v>211</v>
+        <v>755</v>
       </c>
       <c r="AQ101" t="s">
         <v>83</v>
       </c>
       <c r="AR101" t="s">
         <v>84</v>
       </c>
       <c r="AS101">
-        <v>282007541060</v>
+        <v>282266545184</v>
       </c>
       <c r="AT101" t="s">
         <v>75</v>
       </c>
       <c r="AU101"/>
       <c r="AV101"/>
       <c r="AW101">
         <v>0</v>
       </c>
       <c r="AX101" t="s">
         <v>85</v>
       </c>
       <c r="AY101">
-        <v>1650054744</v>
+        <v>3763987673</v>
       </c>
       <c r="AZ101" t="s">
         <v>74</v>
       </c>
       <c r="BA101" t="s">
         <v>281</v>
       </c>
       <c r="BB101" t="s">
-        <v>997</v>
+        <v>981</v>
       </c>
       <c r="BC101" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="BD101" t="s">
-        <v>75</v>
+        <v>988</v>
       </c>
       <c r="BE101" t="s">
-        <v>1003</v>
+        <v>989</v>
       </c>
       <c r="BF101" t="s">
         <v>75</v>
       </c>
       <c r="BG101" t="s">
         <v>75</v>
       </c>
       <c r="BH101">
-        <v>327</v>
+        <v>413</v>
       </c>
       <c r="BI101" t="s">
         <v>86</v>
       </c>
       <c r="BJ101"/>
       <c r="BK101"/>
       <c r="BL101"/>
       <c r="BM101" t="s">
         <v>75</v>
       </c>
       <c r="BN101" t="s">
-        <v>1004</v>
+        <v>990</v>
       </c>
       <c r="BO101">
         <v>0</v>
       </c>
       <c r="BP101" t="s">
         <v>83</v>
       </c>
       <c r="BQ101" t="s">
         <v>75</v>
       </c>
       <c r="BR101">
-        <v>5475</v>
+        <v>5579</v>
       </c>
       <c r="BS101"/>
     </row>
     <row r="102" spans="1:71">
       <c r="A102" t="s">
         <v>66</v>
       </c>
       <c r="B102" t="s">
-        <v>1005</v>
+        <v>991</v>
       </c>
       <c r="C102">
-        <v>2800048756</v>
+        <v>4060050782</v>
       </c>
       <c r="D102">
-        <v>581011</v>
+        <v>581088</v>
       </c>
       <c r="E102">
-        <v>344.17</v>
+        <v>272.48</v>
       </c>
       <c r="F102" t="s">
-        <v>1006</v>
+        <v>992</v>
       </c>
       <c r="G102" t="s">
         <v>69</v>
       </c>
       <c r="H102" t="s">
-        <v>1007</v>
+        <v>993</v>
       </c>
       <c r="I102">
-        <v>119.99</v>
+        <v>79.99</v>
       </c>
       <c r="J102" t="s">
-        <v>966</v>
+        <v>994</v>
       </c>
       <c r="K102" t="s">
         <v>83</v>
       </c>
       <c r="L102">
-        <v>5102824742</v>
+        <v>2195600923</v>
       </c>
       <c r="M102" t="s">
         <v>74</v>
       </c>
       <c r="N102" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O102"/>
-      <c r="P102">
-        <v>7143884222</v>
+      <c r="P102" t="s">
+        <v>995</v>
       </c>
       <c r="Q102" t="s">
-        <v>1005</v>
+        <v>991</v>
       </c>
       <c r="R102" t="s">
         <v>75</v>
       </c>
       <c r="S102" t="s">
         <v>75</v>
       </c>
       <c r="T102" t="s">
         <v>299</v>
       </c>
       <c r="U102">
-        <v>2800048756</v>
+        <v>4060050782</v>
       </c>
       <c r="V102">
-        <v>581011</v>
+        <v>581088</v>
       </c>
       <c r="W102" t="s">
         <v>75</v>
       </c>
       <c r="X102">
-        <v>344.17</v>
+        <v>272.48</v>
       </c>
       <c r="Y102">
         <v>20.6</v>
       </c>
       <c r="Z102" t="s">
         <v>75</v>
       </c>
       <c r="AA102" t="s">
         <v>66</v>
       </c>
       <c r="AB102" t="s">
         <v>77</v>
       </c>
       <c r="AC102" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>7143884222</v>
+        <v>992</v>
+      </c>
+      <c r="AD102" t="s">
+        <v>995</v>
       </c>
       <c r="AE102">
-        <v>3338837100</v>
+        <v>5561439301</v>
       </c>
       <c r="AF102">
-        <v>3338837100</v>
+        <v>5561439301</v>
       </c>
       <c r="AG102" t="s">
         <v>75</v>
       </c>
       <c r="AH102" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="AI102"/>
       <c r="AJ102" t="s">
-        <v>1009</v>
+        <v>997</v>
       </c>
       <c r="AK102" t="s">
         <v>69</v>
       </c>
       <c r="AL102" t="s">
-        <v>966</v>
+        <v>994</v>
       </c>
       <c r="AM102" t="s">
         <v>81</v>
       </c>
       <c r="AN102" t="s">
-        <v>1007</v>
+        <v>993</v>
       </c>
       <c r="AO102">
-        <v>119.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP102" t="s">
-        <v>1010</v>
+        <v>96</v>
       </c>
       <c r="AQ102" t="s">
         <v>83</v>
       </c>
       <c r="AR102" t="s">
         <v>84</v>
       </c>
       <c r="AS102">
-        <v>282007325675</v>
+        <v>282065495184</v>
       </c>
       <c r="AT102" t="s">
         <v>75</v>
       </c>
       <c r="AU102"/>
       <c r="AV102"/>
       <c r="AW102">
         <v>0</v>
       </c>
       <c r="AX102" t="s">
         <v>85</v>
       </c>
       <c r="AY102">
-        <v>5102824742</v>
+        <v>2195600923</v>
       </c>
       <c r="AZ102" t="s">
         <v>74</v>
       </c>
       <c r="BA102" t="s">
         <v>281</v>
       </c>
       <c r="BB102" t="s">
-        <v>1005</v>
+        <v>991</v>
       </c>
       <c r="BC102" t="s">
-        <v>966</v>
+        <v>994</v>
       </c>
       <c r="BD102" t="s">
-        <v>1011</v>
+        <v>998</v>
       </c>
       <c r="BE102" t="s">
-        <v>1012</v>
+        <v>999</v>
       </c>
       <c r="BF102" t="s">
         <v>75</v>
       </c>
       <c r="BG102" t="s">
         <v>75</v>
       </c>
       <c r="BH102">
-        <v>331</v>
+        <v>415</v>
       </c>
       <c r="BI102" t="s">
         <v>86</v>
       </c>
       <c r="BJ102"/>
       <c r="BK102"/>
       <c r="BL102"/>
       <c r="BM102" t="s">
         <v>75</v>
       </c>
       <c r="BN102" t="s">
-        <v>1013</v>
+        <v>1000</v>
       </c>
       <c r="BO102">
         <v>0</v>
       </c>
       <c r="BP102" t="s">
         <v>83</v>
       </c>
       <c r="BQ102" t="s">
         <v>75</v>
       </c>
       <c r="BR102">
-        <v>7090</v>
+        <v>5613</v>
       </c>
       <c r="BS102"/>
     </row>
     <row r="103" spans="1:71">
       <c r="A103" t="s">
         <v>66</v>
       </c>
       <c r="B103" t="s">
-        <v>1014</v>
+        <v>1001</v>
       </c>
       <c r="C103">
-        <v>2360048234</v>
+        <v>2600049994</v>
       </c>
       <c r="D103">
-        <v>581010</v>
+        <v>581023</v>
       </c>
       <c r="E103">
-        <v>344.17</v>
+        <v>297.96</v>
       </c>
       <c r="F103" t="s">
-        <v>1015</v>
+        <v>1002</v>
       </c>
       <c r="G103" t="s">
         <v>69</v>
       </c>
       <c r="H103" t="s">
-        <v>1016</v>
+        <v>1003</v>
       </c>
       <c r="I103">
-        <v>109.99</v>
+        <v>96.99</v>
       </c>
       <c r="J103" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="K103" t="s">
         <v>83</v>
       </c>
       <c r="L103">
-        <v>2799184640</v>
+        <v>8309833206</v>
       </c>
       <c r="M103" t="s">
         <v>74</v>
       </c>
       <c r="N103" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O103"/>
       <c r="P103">
-        <v>21947076821</v>
+        <v>2547848341</v>
       </c>
       <c r="Q103" t="s">
-        <v>1014</v>
+        <v>1001</v>
       </c>
       <c r="R103" t="s">
         <v>75</v>
       </c>
       <c r="S103" t="s">
         <v>75</v>
       </c>
       <c r="T103" t="s">
         <v>76</v>
       </c>
       <c r="U103">
-        <v>2360048234</v>
+        <v>2600049994</v>
       </c>
       <c r="V103">
-        <v>581010</v>
+        <v>581023</v>
       </c>
       <c r="W103" t="s">
         <v>75</v>
       </c>
       <c r="X103">
-        <v>344.17</v>
+        <v>297.96</v>
       </c>
       <c r="Y103">
         <v>20.6</v>
       </c>
       <c r="Z103" t="s">
         <v>75</v>
       </c>
       <c r="AA103" t="s">
         <v>66</v>
       </c>
       <c r="AB103" t="s">
         <v>77</v>
       </c>
       <c r="AC103" t="s">
-        <v>1015</v>
+        <v>1002</v>
       </c>
       <c r="AD103">
-        <v>21947076821</v>
+        <v>2547848341</v>
       </c>
       <c r="AE103" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
       <c r="AF103" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
       <c r="AG103" t="s">
         <v>75</v>
       </c>
       <c r="AH103" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="AI103"/>
       <c r="AJ103" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
       <c r="AK103" t="s">
         <v>69</v>
       </c>
       <c r="AL103" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="AM103" t="s">
         <v>81</v>
       </c>
       <c r="AN103" t="s">
-        <v>1016</v>
+        <v>1003</v>
       </c>
       <c r="AO103">
-        <v>109.99</v>
+        <v>96.99</v>
       </c>
       <c r="AP103" t="s">
-        <v>691</v>
+        <v>493</v>
       </c>
       <c r="AQ103" t="s">
         <v>83</v>
       </c>
       <c r="AR103" t="s">
         <v>84</v>
       </c>
       <c r="AS103">
-        <v>282007361640</v>
+        <v>282007659546</v>
       </c>
       <c r="AT103" t="s">
         <v>75</v>
       </c>
       <c r="AU103"/>
       <c r="AV103"/>
       <c r="AW103">
         <v>0</v>
       </c>
       <c r="AX103" t="s">
         <v>85</v>
       </c>
       <c r="AY103">
-        <v>2799184640</v>
+        <v>8309833206</v>
       </c>
       <c r="AZ103" t="s">
         <v>74</v>
       </c>
       <c r="BA103" t="s">
         <v>281</v>
       </c>
       <c r="BB103" t="s">
-        <v>1014</v>
+        <v>1001</v>
       </c>
       <c r="BC103" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="BD103" t="s">
-        <v>75</v>
+        <v>1008</v>
       </c>
       <c r="BE103" t="s">
-        <v>1020</v>
+        <v>1009</v>
       </c>
       <c r="BF103" t="s">
         <v>75</v>
       </c>
       <c r="BG103" t="s">
         <v>75</v>
       </c>
       <c r="BH103">
-        <v>334</v>
+        <v>416</v>
       </c>
       <c r="BI103" t="s">
         <v>86</v>
       </c>
       <c r="BJ103"/>
       <c r="BK103"/>
       <c r="BL103"/>
       <c r="BM103" t="s">
         <v>75</v>
       </c>
       <c r="BN103" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
       <c r="BO103">
         <v>0</v>
       </c>
       <c r="BP103" t="s">
         <v>83</v>
       </c>
       <c r="BQ103" t="s">
         <v>75</v>
       </c>
       <c r="BR103">
-        <v>7090</v>
+        <v>6138</v>
       </c>
       <c r="BS103"/>
     </row>
     <row r="104" spans="1:71">
       <c r="A104" t="s">
         <v>66</v>
       </c>
       <c r="B104" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="C104">
-        <v>7190047727</v>
+        <v>8020050466</v>
       </c>
       <c r="D104">
-        <v>581009</v>
+        <v>581024</v>
       </c>
       <c r="E104">
-        <v>230</v>
+        <v>376.36</v>
       </c>
       <c r="F104" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="G104" t="s">
         <v>69</v>
       </c>
       <c r="H104" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="I104">
-        <v>63.2</v>
+        <v>136</v>
       </c>
       <c r="J104" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="K104" t="s">
         <v>83</v>
       </c>
       <c r="L104">
-        <v>2799170986</v>
+        <v>8309837410</v>
       </c>
       <c r="M104" t="s">
         <v>74</v>
       </c>
       <c r="N104" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O104"/>
       <c r="P104">
-        <v>5459167681</v>
+        <v>19338743549</v>
       </c>
       <c r="Q104" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="R104" t="s">
         <v>75</v>
       </c>
       <c r="S104" t="s">
         <v>75</v>
       </c>
       <c r="T104" t="s">
         <v>76</v>
       </c>
       <c r="U104">
-        <v>7190047727</v>
+        <v>8020050466</v>
       </c>
       <c r="V104">
-        <v>581009</v>
+        <v>581024</v>
       </c>
       <c r="W104" t="s">
         <v>75</v>
       </c>
       <c r="X104">
-        <v>230</v>
+        <v>376.36</v>
       </c>
       <c r="Y104">
         <v>20.6</v>
       </c>
       <c r="Z104" t="s">
         <v>75</v>
       </c>
       <c r="AA104" t="s">
         <v>66</v>
       </c>
       <c r="AB104" t="s">
         <v>77</v>
       </c>
       <c r="AC104" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="AD104">
-        <v>5459167681</v>
+        <v>19338743549</v>
       </c>
       <c r="AE104" t="s">
-        <v>1025</v>
+        <v>1014</v>
       </c>
       <c r="AF104" t="s">
-        <v>1025</v>
+        <v>1014</v>
       </c>
       <c r="AG104" t="s">
         <v>75</v>
       </c>
       <c r="AH104" t="s">
-        <v>1026</v>
+        <v>1015</v>
       </c>
       <c r="AI104"/>
       <c r="AJ104" t="s">
-        <v>756</v>
+        <v>1016</v>
       </c>
       <c r="AK104" t="s">
         <v>69</v>
       </c>
       <c r="AL104" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="AM104" t="s">
         <v>81</v>
       </c>
       <c r="AN104" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="AO104">
-        <v>63.2</v>
+        <v>136</v>
       </c>
       <c r="AP104" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="AQ104" t="s">
         <v>83</v>
       </c>
       <c r="AR104" t="s">
         <v>84</v>
       </c>
       <c r="AS104">
-        <v>282007455475</v>
+        <v>282007992955</v>
       </c>
       <c r="AT104" t="s">
         <v>75</v>
       </c>
       <c r="AU104"/>
       <c r="AV104"/>
       <c r="AW104">
         <v>0</v>
       </c>
       <c r="AX104" t="s">
         <v>85</v>
       </c>
       <c r="AY104">
-        <v>2799170986</v>
+        <v>8309837410</v>
       </c>
       <c r="AZ104" t="s">
         <v>74</v>
       </c>
       <c r="BA104" t="s">
         <v>281</v>
       </c>
       <c r="BB104" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="BC104" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="BD104" t="s">
-        <v>75</v>
+        <v>1018</v>
       </c>
       <c r="BE104" t="s">
-        <v>1028</v>
+        <v>1019</v>
       </c>
       <c r="BF104" t="s">
         <v>75</v>
       </c>
       <c r="BG104" t="s">
         <v>75</v>
       </c>
       <c r="BH104">
-        <v>334</v>
+        <v>416</v>
       </c>
       <c r="BI104" t="s">
         <v>86</v>
       </c>
       <c r="BJ104"/>
       <c r="BK104"/>
       <c r="BL104"/>
       <c r="BM104" t="s">
         <v>75</v>
       </c>
       <c r="BN104" t="s">
-        <v>1029</v>
+        <v>1020</v>
       </c>
       <c r="BO104">
         <v>0</v>
       </c>
       <c r="BP104" t="s">
         <v>83</v>
       </c>
       <c r="BQ104" t="s">
         <v>75</v>
       </c>
       <c r="BR104">
-        <v>4738</v>
+        <v>7753</v>
       </c>
       <c r="BS104"/>
     </row>
     <row r="105" spans="1:71">
       <c r="A105" t="s">
         <v>66</v>
       </c>
       <c r="B105" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="C105">
-        <v>5280047509</v>
+        <v>8920050145</v>
       </c>
       <c r="D105">
-        <v>581008</v>
+        <v>581021</v>
       </c>
       <c r="E105">
         <v>229.61</v>
       </c>
       <c r="F105" t="s">
-        <v>1031</v>
+        <v>1022</v>
       </c>
       <c r="G105" t="s">
         <v>69</v>
       </c>
       <c r="H105" t="s">
-        <v>1032</v>
+        <v>1023</v>
       </c>
       <c r="I105">
         <v>63</v>
       </c>
       <c r="J105" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="K105" t="s">
         <v>83</v>
       </c>
       <c r="L105">
-        <v>2799164104</v>
+        <v>1650231376</v>
       </c>
       <c r="M105" t="s">
         <v>74</v>
       </c>
       <c r="N105" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O105"/>
       <c r="P105">
-        <v>12902021219</v>
+        <v>10601387731</v>
       </c>
       <c r="Q105" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="R105" t="s">
         <v>75</v>
       </c>
       <c r="S105" t="s">
         <v>75</v>
       </c>
       <c r="T105" t="s">
         <v>76</v>
       </c>
       <c r="U105">
-        <v>5280047509</v>
+        <v>8920050145</v>
       </c>
       <c r="V105">
-        <v>581008</v>
+        <v>581021</v>
       </c>
       <c r="W105" t="s">
         <v>75</v>
       </c>
       <c r="X105">
         <v>229.61</v>
       </c>
       <c r="Y105">
         <v>20.6</v>
       </c>
       <c r="Z105" t="s">
         <v>75</v>
       </c>
       <c r="AA105" t="s">
         <v>66</v>
       </c>
       <c r="AB105" t="s">
         <v>77</v>
       </c>
       <c r="AC105" t="s">
-        <v>1031</v>
+        <v>1022</v>
       </c>
       <c r="AD105">
-        <v>12902021219</v>
-[...5 lines deleted...]
-        <v>6144320100</v>
+        <v>10601387731</v>
+      </c>
+      <c r="AE105" t="s">
+        <v>1024</v>
+      </c>
+      <c r="AF105" t="s">
+        <v>1024</v>
       </c>
       <c r="AG105" t="s">
         <v>75</v>
       </c>
       <c r="AH105" t="s">
-        <v>143</v>
+        <v>1025</v>
       </c>
       <c r="AI105"/>
       <c r="AJ105" t="s">
-        <v>144</v>
+        <v>1026</v>
       </c>
       <c r="AK105" t="s">
         <v>69</v>
       </c>
       <c r="AL105" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="AM105" t="s">
         <v>81</v>
       </c>
       <c r="AN105" t="s">
-        <v>1032</v>
+        <v>1023</v>
       </c>
       <c r="AO105">
         <v>63</v>
       </c>
       <c r="AP105" t="s">
-        <v>1033</v>
+        <v>192</v>
       </c>
       <c r="AQ105" t="s">
         <v>83</v>
       </c>
       <c r="AR105" t="s">
         <v>84</v>
       </c>
       <c r="AS105">
-        <v>282007500173</v>
+        <v>282007912720</v>
       </c>
       <c r="AT105" t="s">
         <v>75</v>
       </c>
       <c r="AU105"/>
       <c r="AV105"/>
       <c r="AW105">
         <v>0</v>
       </c>
       <c r="AX105" t="s">
         <v>85</v>
       </c>
       <c r="AY105">
-        <v>2799164104</v>
+        <v>1650231376</v>
       </c>
       <c r="AZ105" t="s">
         <v>74</v>
       </c>
       <c r="BA105" t="s">
         <v>281</v>
       </c>
       <c r="BB105" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="BC105" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="BD105" t="s">
-        <v>1034</v>
+        <v>1027</v>
       </c>
       <c r="BE105" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="BF105" t="s">
         <v>75</v>
       </c>
       <c r="BG105" t="s">
         <v>75</v>
       </c>
       <c r="BH105">
-        <v>335</v>
+        <v>417</v>
       </c>
       <c r="BI105" t="s">
         <v>86</v>
       </c>
       <c r="BJ105"/>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>75</v>
       </c>
       <c r="BN105" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105" t="s">
         <v>83</v>
       </c>
       <c r="BQ105" t="s">
         <v>75</v>
       </c>
       <c r="BR105">
         <v>4730</v>
       </c>
       <c r="BS105"/>
     </row>
     <row r="106" spans="1:71">
       <c r="A106" t="s">
         <v>66</v>
       </c>
       <c r="B106" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="C106">
-        <v>4710056268</v>
+        <v>1130087506</v>
       </c>
       <c r="D106">
-        <v>579263</v>
+        <v>581020</v>
       </c>
       <c r="E106">
-        <v>280.71</v>
+        <v>344.17</v>
       </c>
       <c r="F106" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="G106" t="s">
         <v>69</v>
       </c>
       <c r="H106" t="s">
-        <v>1039</v>
+        <v>1032</v>
       </c>
       <c r="I106">
-        <v>82.99</v>
+        <v>109.99</v>
       </c>
       <c r="J106" t="s">
-        <v>1040</v>
+        <v>1004</v>
       </c>
       <c r="K106" t="s">
         <v>83</v>
       </c>
       <c r="L106">
-        <v>7965619583</v>
+        <v>8309825764</v>
       </c>
       <c r="M106" t="s">
         <v>74</v>
       </c>
       <c r="N106" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O106"/>
       <c r="P106">
-        <v>129919602</v>
+        <v>22881393125</v>
       </c>
       <c r="Q106" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="R106" t="s">
         <v>75</v>
       </c>
       <c r="S106" t="s">
         <v>75</v>
       </c>
       <c r="T106" t="s">
         <v>299</v>
       </c>
       <c r="U106">
-        <v>4710056268</v>
+        <v>1130087506</v>
       </c>
       <c r="V106">
-        <v>579263</v>
+        <v>581020</v>
       </c>
       <c r="W106" t="s">
         <v>75</v>
       </c>
       <c r="X106">
-        <v>280.71</v>
+        <v>344.17</v>
       </c>
       <c r="Y106">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z106" t="s">
         <v>75</v>
       </c>
       <c r="AA106" t="s">
         <v>66</v>
       </c>
       <c r="AB106" t="s">
         <v>77</v>
       </c>
       <c r="AC106" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="AD106">
-        <v>129919602</v>
-[...5 lines deleted...]
-        <v>1041</v>
+        <v>22881393125</v>
+      </c>
+      <c r="AE106">
+        <v>4646418600</v>
+      </c>
+      <c r="AF106">
+        <v>4646418600</v>
       </c>
       <c r="AG106" t="s">
         <v>75</v>
       </c>
       <c r="AH106" t="s">
-        <v>1042</v>
+        <v>1033</v>
       </c>
       <c r="AI106"/>
       <c r="AJ106" t="s">
-        <v>80</v>
+        <v>1034</v>
       </c>
       <c r="AK106" t="s">
         <v>69</v>
       </c>
       <c r="AL106" t="s">
-        <v>1040</v>
+        <v>1004</v>
       </c>
       <c r="AM106" t="s">
         <v>81</v>
       </c>
       <c r="AN106" t="s">
-        <v>1039</v>
+        <v>1032</v>
       </c>
       <c r="AO106">
-        <v>82.99</v>
+        <v>109.99</v>
       </c>
       <c r="AP106" t="s">
-        <v>96</v>
+        <v>534</v>
       </c>
       <c r="AQ106" t="s">
         <v>83</v>
       </c>
       <c r="AR106" t="s">
         <v>84</v>
       </c>
       <c r="AS106">
-        <v>280929212040</v>
+        <v>282007625375</v>
       </c>
       <c r="AT106" t="s">
         <v>75</v>
       </c>
       <c r="AU106"/>
       <c r="AV106"/>
       <c r="AW106">
         <v>0</v>
       </c>
       <c r="AX106" t="s">
         <v>85</v>
       </c>
       <c r="AY106">
-        <v>7965619583</v>
+        <v>8309825764</v>
       </c>
       <c r="AZ106" t="s">
         <v>74</v>
       </c>
       <c r="BA106" t="s">
         <v>281</v>
       </c>
       <c r="BB106" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="BC106" t="s">
-        <v>1040</v>
+        <v>1004</v>
       </c>
       <c r="BD106" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="BE106" t="s">
-        <v>1044</v>
+        <v>1036</v>
       </c>
       <c r="BF106" t="s">
         <v>75</v>
       </c>
       <c r="BG106" t="s">
         <v>75</v>
       </c>
       <c r="BH106">
-        <v>354</v>
+        <v>418</v>
       </c>
       <c r="BI106" t="s">
         <v>86</v>
       </c>
       <c r="BJ106"/>
       <c r="BK106"/>
       <c r="BL106"/>
       <c r="BM106" t="s">
         <v>75</v>
       </c>
       <c r="BN106" t="s">
-        <v>1045</v>
+        <v>1037</v>
       </c>
       <c r="BO106">
         <v>0</v>
       </c>
       <c r="BP106" t="s">
         <v>83</v>
       </c>
       <c r="BQ106" t="s">
         <v>75</v>
       </c>
       <c r="BR106">
-        <v>5558</v>
+        <v>7090</v>
       </c>
       <c r="BS106"/>
     </row>
     <row r="107" spans="1:71">
       <c r="A107" t="s">
         <v>66</v>
       </c>
       <c r="B107" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="C107">
-        <v>7570046712</v>
+        <v>3040081556</v>
       </c>
       <c r="D107">
-        <v>578901</v>
+        <v>581019</v>
       </c>
       <c r="E107">
-        <v>276.52</v>
+        <v>265.78</v>
       </c>
       <c r="F107" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
       <c r="G107" t="s">
         <v>69</v>
       </c>
       <c r="H107" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="I107">
-        <v>80.99</v>
+        <v>79.99</v>
       </c>
       <c r="J107" t="s">
-        <v>1049</v>
+        <v>1004</v>
       </c>
       <c r="K107" t="s">
         <v>83</v>
       </c>
       <c r="L107">
-        <v>5196420821</v>
+        <v>1650067926</v>
       </c>
       <c r="M107" t="s">
         <v>74</v>
       </c>
       <c r="N107" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O107"/>
-      <c r="P107" t="s">
-        <v>1050</v>
+      <c r="P107">
+        <v>17809249832</v>
       </c>
       <c r="Q107" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="R107" t="s">
         <v>75</v>
       </c>
       <c r="S107" t="s">
         <v>75</v>
       </c>
       <c r="T107" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="U107">
-        <v>7570046712</v>
+        <v>3040081556</v>
       </c>
       <c r="V107">
-        <v>578901</v>
+        <v>581019</v>
       </c>
       <c r="W107" t="s">
         <v>75</v>
       </c>
       <c r="X107">
-        <v>276.52</v>
+        <v>265.78</v>
       </c>
       <c r="Y107">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z107" t="s">
         <v>75</v>
       </c>
       <c r="AA107" t="s">
         <v>66</v>
       </c>
       <c r="AB107" t="s">
         <v>77</v>
       </c>
       <c r="AC107" t="s">
-        <v>1047</v>
-[...8 lines deleted...]
-        <v>4681803548</v>
+        <v>1039</v>
+      </c>
+      <c r="AD107">
+        <v>17809249832</v>
+      </c>
+      <c r="AE107" t="s">
+        <v>1041</v>
+      </c>
+      <c r="AF107" t="s">
+        <v>1041</v>
       </c>
       <c r="AG107" t="s">
         <v>75</v>
       </c>
       <c r="AH107" t="s">
-        <v>1051</v>
+        <v>1042</v>
       </c>
       <c r="AI107"/>
       <c r="AJ107" t="s">
-        <v>1052</v>
+        <v>1043</v>
       </c>
       <c r="AK107" t="s">
         <v>69</v>
       </c>
       <c r="AL107" t="s">
-        <v>1049</v>
+        <v>1004</v>
       </c>
       <c r="AM107" t="s">
         <v>81</v>
       </c>
       <c r="AN107" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="AO107">
-        <v>80.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP107" t="s">
-        <v>788</v>
+        <v>211</v>
       </c>
       <c r="AQ107" t="s">
         <v>83</v>
       </c>
       <c r="AR107" t="s">
         <v>84</v>
       </c>
       <c r="AS107">
-        <v>280716550720</v>
+        <v>282007587793</v>
       </c>
       <c r="AT107" t="s">
         <v>75</v>
       </c>
       <c r="AU107"/>
       <c r="AV107"/>
-      <c r="AW107">
-[...1 lines deleted...]
-      </c>
+      <c r="AW107"/>
       <c r="AX107" t="s">
         <v>85</v>
       </c>
       <c r="AY107">
-        <v>5196420821</v>
+        <v>1650067926</v>
       </c>
       <c r="AZ107" t="s">
         <v>74</v>
       </c>
       <c r="BA107" t="s">
         <v>281</v>
       </c>
       <c r="BB107" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="BC107" t="s">
-        <v>1049</v>
+        <v>1004</v>
       </c>
       <c r="BD107" t="s">
-        <v>1053</v>
+        <v>1044</v>
       </c>
       <c r="BE107" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="BF107" t="s">
         <v>75</v>
       </c>
       <c r="BG107" t="s">
         <v>75</v>
       </c>
       <c r="BH107">
-        <v>359</v>
+        <v>418</v>
       </c>
       <c r="BI107" t="s">
         <v>86</v>
       </c>
       <c r="BJ107"/>
       <c r="BK107"/>
       <c r="BL107"/>
       <c r="BM107" t="s">
         <v>75</v>
       </c>
       <c r="BN107" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="BO107">
         <v>0</v>
       </c>
       <c r="BP107" t="s">
         <v>83</v>
       </c>
       <c r="BQ107" t="s">
         <v>75</v>
       </c>
       <c r="BR107">
         <v>5475</v>
       </c>
       <c r="BS107"/>
     </row>
     <row r="108" spans="1:71">
       <c r="A108" t="s">
         <v>66</v>
       </c>
       <c r="B108" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="C108">
-        <v>2550046091</v>
+        <v>7350048995</v>
       </c>
       <c r="D108">
-        <v>578823</v>
+        <v>581017</v>
       </c>
       <c r="E108">
-        <v>307.88</v>
+        <v>229.61</v>
       </c>
       <c r="F108" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="G108" t="s">
         <v>69</v>
       </c>
       <c r="H108" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="I108">
-        <v>95.99</v>
+        <v>63</v>
       </c>
       <c r="J108" t="s">
-        <v>1059</v>
+        <v>1004</v>
       </c>
       <c r="K108" t="s">
         <v>83</v>
       </c>
       <c r="L108">
-        <v>1016773026</v>
+        <v>1649989541</v>
       </c>
       <c r="M108" t="s">
         <v>74</v>
       </c>
       <c r="N108" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O108"/>
       <c r="P108">
-        <v>2785534147</v>
+        <v>10219737334</v>
       </c>
       <c r="Q108" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="R108" t="s">
         <v>75</v>
       </c>
       <c r="S108" t="s">
         <v>75</v>
       </c>
       <c r="T108" t="s">
         <v>76</v>
       </c>
       <c r="U108">
-        <v>2550046091</v>
+        <v>7350048995</v>
       </c>
       <c r="V108">
-        <v>578823</v>
+        <v>581017</v>
       </c>
       <c r="W108" t="s">
         <v>75</v>
       </c>
       <c r="X108">
-        <v>307.88</v>
+        <v>229.61</v>
       </c>
       <c r="Y108">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z108" t="s">
         <v>75</v>
       </c>
       <c r="AA108" t="s">
         <v>66</v>
       </c>
       <c r="AB108" t="s">
         <v>77</v>
       </c>
       <c r="AC108" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="AD108">
-        <v>2785534147</v>
-[...5 lines deleted...]
-        <v>3336481700</v>
+        <v>10219737334</v>
+      </c>
+      <c r="AE108" t="s">
+        <v>1050</v>
+      </c>
+      <c r="AF108" t="s">
+        <v>1050</v>
       </c>
       <c r="AG108" t="s">
         <v>75</v>
       </c>
       <c r="AH108" t="s">
-        <v>1060</v>
+        <v>1051</v>
       </c>
       <c r="AI108"/>
       <c r="AJ108" t="s">
-        <v>1061</v>
+        <v>1052</v>
       </c>
       <c r="AK108" t="s">
         <v>69</v>
       </c>
       <c r="AL108" t="s">
-        <v>1059</v>
+        <v>1004</v>
       </c>
       <c r="AM108" t="s">
         <v>81</v>
       </c>
       <c r="AN108" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="AO108">
-        <v>95.99</v>
+        <v>63</v>
       </c>
       <c r="AP108" t="s">
-        <v>1062</v>
+        <v>192</v>
       </c>
       <c r="AQ108" t="s">
         <v>83</v>
       </c>
       <c r="AR108" t="s">
         <v>84</v>
       </c>
       <c r="AS108">
-        <v>280668368000</v>
+        <v>282008034689</v>
       </c>
       <c r="AT108" t="s">
         <v>75</v>
       </c>
       <c r="AU108"/>
       <c r="AV108"/>
       <c r="AW108">
         <v>0</v>
       </c>
       <c r="AX108" t="s">
         <v>85</v>
       </c>
       <c r="AY108">
-        <v>1016773026</v>
+        <v>1649989541</v>
       </c>
       <c r="AZ108" t="s">
         <v>74</v>
       </c>
       <c r="BA108" t="s">
         <v>281</v>
       </c>
       <c r="BB108" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="BC108" t="s">
-        <v>1059</v>
+        <v>1004</v>
       </c>
       <c r="BD108" t="s">
-        <v>1063</v>
+        <v>1053</v>
       </c>
       <c r="BE108" t="s">
-        <v>1064</v>
+        <v>1054</v>
       </c>
       <c r="BF108" t="s">
         <v>75</v>
       </c>
       <c r="BG108" t="s">
         <v>75</v>
       </c>
       <c r="BH108">
-        <v>360</v>
+        <v>418</v>
       </c>
       <c r="BI108" t="s">
         <v>86</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>75</v>
       </c>
       <c r="BN108" t="s">
-        <v>1065</v>
+        <v>1055</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108" t="s">
         <v>83</v>
       </c>
       <c r="BQ108" t="s">
         <v>75</v>
       </c>
       <c r="BR108">
-        <v>6096</v>
+        <v>4730</v>
       </c>
       <c r="BS108"/>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
         <v>66</v>
       </c>
       <c r="B109" t="s">
-        <v>1066</v>
+        <v>1056</v>
       </c>
       <c r="C109">
-        <v>8660045759</v>
+        <v>6670049414</v>
       </c>
       <c r="D109">
-        <v>578714</v>
+        <v>581016</v>
       </c>
       <c r="E109">
-        <v>292.63</v>
+        <v>376.36</v>
       </c>
       <c r="F109" t="s">
-        <v>1067</v>
+        <v>1057</v>
       </c>
       <c r="G109" t="s">
         <v>69</v>
       </c>
-      <c r="H109"/>
+      <c r="H109" t="s">
+        <v>1058</v>
+      </c>
       <c r="I109">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="J109" t="s">
-        <v>75</v>
+        <v>1004</v>
       </c>
       <c r="K109" t="s">
-        <v>1068</v>
+        <v>83</v>
       </c>
       <c r="L109">
-        <v>1016765890</v>
+        <v>1649981314</v>
       </c>
       <c r="M109" t="s">
         <v>74</v>
       </c>
       <c r="N109" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O109"/>
       <c r="P109">
-        <v>5528123139</v>
+        <v>5293801395</v>
       </c>
       <c r="Q109" t="s">
-        <v>1066</v>
+        <v>1056</v>
       </c>
       <c r="R109" t="s">
         <v>75</v>
       </c>
       <c r="S109" t="s">
         <v>75</v>
       </c>
       <c r="T109" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U109">
-        <v>8660045759</v>
+        <v>6670049414</v>
       </c>
       <c r="V109">
-        <v>578714</v>
+        <v>581016</v>
       </c>
       <c r="W109" t="s">
         <v>75</v>
       </c>
       <c r="X109">
-        <v>292.63</v>
+        <v>376.36</v>
       </c>
       <c r="Y109">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z109" t="s">
         <v>75</v>
       </c>
       <c r="AA109" t="s">
         <v>66</v>
       </c>
       <c r="AB109" t="s">
         <v>77</v>
       </c>
       <c r="AC109" t="s">
-        <v>1067</v>
+        <v>1057</v>
       </c>
       <c r="AD109">
-        <v>5528123139</v>
-[...5 lines deleted...]
-        <v>1069</v>
+        <v>5293801395</v>
+      </c>
+      <c r="AE109">
+        <v>6862004291</v>
+      </c>
+      <c r="AF109">
+        <v>6862004291</v>
       </c>
       <c r="AG109" t="s">
         <v>75</v>
       </c>
       <c r="AH109" t="s">
-        <v>1070</v>
+        <v>279</v>
       </c>
       <c r="AI109"/>
       <c r="AJ109" t="s">
-        <v>1071</v>
+        <v>280</v>
       </c>
       <c r="AK109" t="s">
         <v>69</v>
       </c>
       <c r="AL109" t="s">
-        <v>75</v>
+        <v>1004</v>
       </c>
       <c r="AM109" t="s">
-        <v>1072</v>
-[...1 lines deleted...]
-      <c r="AN109"/>
+        <v>81</v>
+      </c>
+      <c r="AN109" t="s">
+        <v>1058</v>
+      </c>
       <c r="AO109">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="AP109" t="s">
-        <v>1073</v>
-[...3 lines deleted...]
-      <c r="AS109"/>
+        <v>1059</v>
+      </c>
+      <c r="AQ109" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR109" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS109">
+        <v>282008068941</v>
+      </c>
       <c r="AT109" t="s">
         <v>75</v>
       </c>
       <c r="AU109"/>
       <c r="AV109"/>
       <c r="AW109">
         <v>0</v>
       </c>
       <c r="AX109" t="s">
         <v>85</v>
       </c>
       <c r="AY109">
-        <v>1016765890</v>
+        <v>1649981314</v>
       </c>
       <c r="AZ109" t="s">
         <v>74</v>
       </c>
       <c r="BA109" t="s">
         <v>281</v>
       </c>
       <c r="BB109" t="s">
-        <v>1066</v>
+        <v>1056</v>
       </c>
       <c r="BC109" t="s">
-        <v>75</v>
+        <v>1004</v>
       </c>
       <c r="BD109" t="s">
         <v>75</v>
       </c>
       <c r="BE109" t="s">
-        <v>75</v>
+        <v>1060</v>
       </c>
       <c r="BF109" t="s">
         <v>75</v>
       </c>
       <c r="BG109" t="s">
         <v>75</v>
       </c>
       <c r="BH109">
-        <v>362</v>
+        <v>418</v>
       </c>
       <c r="BI109" t="s">
-        <v>1074</v>
-[...9 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="BJ109"/>
+      <c r="BK109"/>
+      <c r="BL109"/>
       <c r="BM109" t="s">
-        <v>1076</v>
+        <v>75</v>
       </c>
       <c r="BN109" t="s">
-        <v>1077</v>
+        <v>1061</v>
       </c>
       <c r="BO109">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="BP109"/>
+        <v>0</v>
+      </c>
+      <c r="BP109" t="s">
+        <v>83</v>
+      </c>
       <c r="BQ109" t="s">
         <v>75</v>
       </c>
       <c r="BR109">
-        <v>5794</v>
-[...3 lines deleted...]
-      </c>
+        <v>7753</v>
+      </c>
+      <c r="BS109"/>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
         <v>66</v>
       </c>
       <c r="B110" t="s">
-        <v>1078</v>
+        <v>1062</v>
       </c>
       <c r="C110">
-        <v>1940080050</v>
+        <v>8190049345</v>
       </c>
       <c r="D110">
-        <v>578407</v>
+        <v>581018</v>
       </c>
       <c r="E110">
-        <v>358.08</v>
+        <v>265.78</v>
       </c>
       <c r="F110" t="s">
-        <v>1079</v>
+        <v>1063</v>
       </c>
       <c r="G110" t="s">
         <v>69</v>
       </c>
       <c r="H110" t="s">
-        <v>1080</v>
+        <v>1064</v>
       </c>
       <c r="I110">
-        <v>119.99</v>
+        <v>79.99</v>
       </c>
       <c r="J110" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="K110" t="s">
         <v>83</v>
       </c>
       <c r="L110">
-        <v>6854675144</v>
+        <v>1650054744</v>
       </c>
       <c r="M110" t="s">
         <v>74</v>
       </c>
       <c r="N110" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O110"/>
       <c r="P110">
-        <v>839216102</v>
+        <v>13240792956</v>
       </c>
       <c r="Q110" t="s">
-        <v>1078</v>
+        <v>1062</v>
       </c>
       <c r="R110" t="s">
         <v>75</v>
       </c>
       <c r="S110" t="s">
         <v>75</v>
       </c>
       <c r="T110" t="s">
         <v>299</v>
       </c>
       <c r="U110">
-        <v>1940080050</v>
+        <v>8190049345</v>
       </c>
       <c r="V110">
-        <v>578407</v>
+        <v>581018</v>
       </c>
       <c r="W110" t="s">
         <v>75</v>
       </c>
       <c r="X110">
-        <v>358.08</v>
+        <v>265.78</v>
       </c>
       <c r="Y110">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z110" t="s">
         <v>75</v>
       </c>
       <c r="AA110" t="s">
         <v>66</v>
       </c>
       <c r="AB110" t="s">
         <v>77</v>
       </c>
       <c r="AC110" t="s">
-        <v>1079</v>
+        <v>1063</v>
       </c>
       <c r="AD110">
-        <v>839216102</v>
-[...5 lines deleted...]
-        <v>8183895500</v>
+        <v>13240792956</v>
+      </c>
+      <c r="AE110" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AF110" t="s">
+        <v>1065</v>
       </c>
       <c r="AG110" t="s">
         <v>75</v>
       </c>
       <c r="AH110" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="AI110"/>
       <c r="AJ110" t="s">
-        <v>1083</v>
+        <v>1067</v>
       </c>
       <c r="AK110" t="s">
         <v>69</v>
       </c>
       <c r="AL110" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="AM110" t="s">
         <v>81</v>
       </c>
       <c r="AN110" t="s">
-        <v>1080</v>
+        <v>1064</v>
       </c>
       <c r="AO110">
-        <v>119.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP110" t="s">
-        <v>691</v>
+        <v>211</v>
       </c>
       <c r="AQ110" t="s">
         <v>83</v>
       </c>
       <c r="AR110" t="s">
         <v>84</v>
       </c>
       <c r="AS110">
-        <v>280357985791</v>
+        <v>282007541060</v>
       </c>
       <c r="AT110" t="s">
         <v>75</v>
       </c>
       <c r="AU110"/>
       <c r="AV110"/>
       <c r="AW110">
         <v>0</v>
       </c>
       <c r="AX110" t="s">
         <v>85</v>
       </c>
       <c r="AY110">
-        <v>6854675144</v>
+        <v>1650054744</v>
       </c>
       <c r="AZ110" t="s">
         <v>74</v>
       </c>
       <c r="BA110" t="s">
         <v>281</v>
       </c>
       <c r="BB110" t="s">
-        <v>1078</v>
+        <v>1062</v>
       </c>
       <c r="BC110" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="BD110" t="s">
         <v>75</v>
       </c>
       <c r="BE110" t="s">
-        <v>1084</v>
+        <v>1068</v>
       </c>
       <c r="BF110" t="s">
         <v>75</v>
       </c>
       <c r="BG110" t="s">
         <v>75</v>
       </c>
       <c r="BH110">
-        <v>368</v>
+        <v>418</v>
       </c>
       <c r="BI110" t="s">
         <v>86</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>75</v>
       </c>
       <c r="BN110" t="s">
-        <v>1085</v>
+        <v>1069</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110" t="s">
         <v>83</v>
       </c>
       <c r="BQ110" t="s">
         <v>75</v>
       </c>
       <c r="BR110">
-        <v>7090</v>
+        <v>5475</v>
       </c>
       <c r="BS110"/>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
         <v>66</v>
       </c>
       <c r="B111" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
       <c r="C111">
-        <v>4870045097</v>
+        <v>8920049283</v>
       </c>
       <c r="D111">
-        <v>578339</v>
+        <v>581014</v>
       </c>
       <c r="E111">
-        <v>239.29</v>
+        <v>318.06</v>
       </c>
       <c r="F111" t="s">
-        <v>1087</v>
+        <v>1071</v>
       </c>
       <c r="G111" t="s">
         <v>69</v>
       </c>
       <c r="H111" t="s">
-        <v>1088</v>
+        <v>1072</v>
       </c>
       <c r="I111">
-        <v>63.2</v>
+        <v>99.99</v>
       </c>
       <c r="J111" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="K111" t="s">
         <v>83</v>
       </c>
       <c r="L111">
-        <v>6854670325</v>
+        <v>1055803151</v>
       </c>
       <c r="M111" t="s">
         <v>74</v>
       </c>
       <c r="N111" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O111"/>
       <c r="P111">
-        <v>1521258104</v>
+        <v>23798867338</v>
       </c>
       <c r="Q111" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
       <c r="R111" t="s">
         <v>75</v>
       </c>
       <c r="S111" t="s">
         <v>75</v>
       </c>
       <c r="T111" t="s">
         <v>299</v>
       </c>
       <c r="U111">
-        <v>4870045097</v>
+        <v>8920049283</v>
       </c>
       <c r="V111">
-        <v>578339</v>
+        <v>581014</v>
       </c>
       <c r="W111" t="s">
         <v>75</v>
       </c>
       <c r="X111">
-        <v>239.29</v>
+        <v>318.06</v>
       </c>
       <c r="Y111">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z111" t="s">
         <v>75</v>
       </c>
       <c r="AA111" t="s">
         <v>66</v>
       </c>
       <c r="AB111" t="s">
         <v>77</v>
       </c>
       <c r="AC111" t="s">
-        <v>1087</v>
+        <v>1071</v>
       </c>
       <c r="AD111">
-        <v>1521258104</v>
-[...5 lines deleted...]
-        <v>1089</v>
+        <v>23798867338</v>
+      </c>
+      <c r="AE111">
+        <v>6862004291</v>
+      </c>
+      <c r="AF111">
+        <v>6862004291</v>
       </c>
       <c r="AG111" t="s">
         <v>75</v>
       </c>
       <c r="AH111" t="s">
-        <v>1090</v>
+        <v>279</v>
       </c>
       <c r="AI111"/>
       <c r="AJ111" t="s">
-        <v>924</v>
+        <v>280</v>
       </c>
       <c r="AK111" t="s">
         <v>69</v>
       </c>
       <c r="AL111" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="AM111" t="s">
         <v>81</v>
       </c>
       <c r="AN111" t="s">
-        <v>1088</v>
+        <v>1072</v>
       </c>
       <c r="AO111">
-        <v>63.2</v>
+        <v>99.99</v>
       </c>
       <c r="AP111" t="s">
-        <v>1091</v>
+        <v>424</v>
       </c>
       <c r="AQ111" t="s">
         <v>83</v>
       </c>
       <c r="AR111" t="s">
         <v>84</v>
       </c>
       <c r="AS111">
-        <v>280345631778</v>
+        <v>282007166912</v>
       </c>
       <c r="AT111" t="s">
         <v>75</v>
       </c>
       <c r="AU111"/>
       <c r="AV111"/>
       <c r="AW111">
         <v>0</v>
       </c>
       <c r="AX111" t="s">
         <v>85</v>
       </c>
       <c r="AY111">
-        <v>6854670325</v>
+        <v>1055803151</v>
       </c>
       <c r="AZ111" t="s">
         <v>74</v>
       </c>
       <c r="BA111" t="s">
         <v>281</v>
       </c>
       <c r="BB111" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
       <c r="BC111" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="BD111" t="s">
         <v>75</v>
       </c>
       <c r="BE111" t="s">
-        <v>1092</v>
+        <v>1073</v>
       </c>
       <c r="BF111" t="s">
         <v>75</v>
       </c>
       <c r="BG111" t="s">
         <v>75</v>
       </c>
       <c r="BH111">
-        <v>369</v>
+        <v>419</v>
       </c>
       <c r="BI111" t="s">
         <v>86</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>75</v>
       </c>
       <c r="BN111" t="s">
-        <v>1093</v>
+        <v>1074</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111" t="s">
         <v>83</v>
       </c>
       <c r="BQ111" t="s">
         <v>75</v>
       </c>
       <c r="BR111">
-        <v>4738</v>
+        <v>6552</v>
       </c>
       <c r="BS111"/>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
         <v>66</v>
       </c>
       <c r="B112" t="s">
-        <v>1094</v>
+        <v>1075</v>
       </c>
       <c r="C112">
-        <v>7220044730</v>
+        <v>6380048108</v>
       </c>
       <c r="D112">
-        <v>578336</v>
+        <v>581012</v>
       </c>
       <c r="E112">
-        <v>386.32</v>
+        <v>334.13</v>
       </c>
       <c r="F112" t="s">
-        <v>1095</v>
+        <v>1076</v>
       </c>
       <c r="G112" t="s">
         <v>69</v>
       </c>
       <c r="H112" t="s">
-        <v>1096</v>
+        <v>1077</v>
       </c>
       <c r="I112">
-        <v>154</v>
+        <v>114.99</v>
       </c>
       <c r="J112" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="K112" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="L112">
-        <v>6854668796</v>
+        <v>1055757393</v>
       </c>
       <c r="M112" t="s">
         <v>74</v>
       </c>
       <c r="N112" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O112"/>
-      <c r="P112">
-        <v>27124837097</v>
+      <c r="P112" t="s">
+        <v>1078</v>
       </c>
       <c r="Q112" t="s">
-        <v>1094</v>
+        <v>1075</v>
       </c>
       <c r="R112" t="s">
         <v>75</v>
       </c>
       <c r="S112" t="s">
         <v>75</v>
       </c>
       <c r="T112" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U112">
-        <v>7220044730</v>
+        <v>6380048108</v>
       </c>
       <c r="V112">
-        <v>578336</v>
+        <v>581012</v>
       </c>
       <c r="W112" t="s">
         <v>75</v>
       </c>
       <c r="X112">
-        <v>386.32</v>
+        <v>334.13</v>
       </c>
       <c r="Y112">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z112" t="s">
         <v>75</v>
       </c>
       <c r="AA112" t="s">
         <v>66</v>
       </c>
       <c r="AB112" t="s">
         <v>77</v>
       </c>
       <c r="AC112" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>27124837097</v>
+        <v>1076</v>
+      </c>
+      <c r="AD112" t="s">
+        <v>1078</v>
       </c>
       <c r="AE112">
-        <v>2383842400</v>
+        <v>6673488935</v>
       </c>
       <c r="AF112">
-        <v>2383842400</v>
+        <v>6673488935</v>
       </c>
       <c r="AG112" t="s">
         <v>75</v>
       </c>
       <c r="AH112" t="s">
-        <v>1097</v>
+        <v>132</v>
       </c>
       <c r="AI112"/>
       <c r="AJ112" t="s">
-        <v>1098</v>
+        <v>133</v>
       </c>
       <c r="AK112" t="s">
         <v>69</v>
       </c>
       <c r="AL112" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="AM112" t="s">
         <v>81</v>
       </c>
       <c r="AN112" t="s">
-        <v>1096</v>
+        <v>1077</v>
       </c>
       <c r="AO112">
-        <v>154</v>
+        <v>114.99</v>
       </c>
       <c r="AP112" t="s">
-        <v>1099</v>
+        <v>650</v>
       </c>
       <c r="AQ112" t="s">
         <v>83</v>
       </c>
       <c r="AR112" t="s">
         <v>84</v>
       </c>
       <c r="AS112">
-        <v>280344065019</v>
+        <v>282007266710</v>
       </c>
       <c r="AT112" t="s">
         <v>75</v>
       </c>
       <c r="AU112"/>
       <c r="AV112"/>
       <c r="AW112">
         <v>0</v>
       </c>
       <c r="AX112" t="s">
         <v>85</v>
       </c>
       <c r="AY112">
-        <v>6854668796</v>
+        <v>1055757393</v>
       </c>
       <c r="AZ112" t="s">
         <v>74</v>
       </c>
       <c r="BA112" t="s">
         <v>281</v>
       </c>
       <c r="BB112" t="s">
-        <v>1094</v>
+        <v>1075</v>
       </c>
       <c r="BC112" t="s">
-        <v>1081</v>
+        <v>1004</v>
       </c>
       <c r="BD112" t="s">
-        <v>75</v>
+        <v>1079</v>
       </c>
       <c r="BE112" t="s">
-        <v>75</v>
+        <v>1080</v>
       </c>
       <c r="BF112" t="s">
         <v>75</v>
       </c>
       <c r="BG112" t="s">
         <v>75</v>
       </c>
       <c r="BH112">
-        <v>369</v>
+        <v>421</v>
       </c>
       <c r="BI112" t="s">
         <v>86</v>
       </c>
-      <c r="BJ112" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BJ112"/>
+      <c r="BK112"/>
+      <c r="BL112"/>
       <c r="BM112" t="s">
-        <v>1101</v>
+        <v>75</v>
       </c>
       <c r="BN112" t="s">
-        <v>1102</v>
+        <v>1081</v>
       </c>
       <c r="BO112">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="BP112" t="s">
         <v>83</v>
       </c>
       <c r="BQ112" t="s">
         <v>75</v>
       </c>
       <c r="BR112">
-        <v>7649.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>6883</v>
+      </c>
+      <c r="BS112"/>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
         <v>66</v>
       </c>
       <c r="B113" t="s">
-        <v>1103</v>
+        <v>1082</v>
       </c>
       <c r="C113">
-        <v>3690044247</v>
+        <v>2800048756</v>
       </c>
       <c r="D113">
-        <v>578298</v>
+        <v>581011</v>
       </c>
       <c r="E113">
-        <v>391.57</v>
+        <v>344.17</v>
       </c>
       <c r="F113" t="s">
-        <v>1104</v>
+        <v>1083</v>
       </c>
       <c r="G113" t="s">
         <v>69</v>
       </c>
       <c r="H113" t="s">
-        <v>1105</v>
+        <v>1084</v>
       </c>
       <c r="I113">
-        <v>136</v>
+        <v>119.99</v>
       </c>
       <c r="J113" t="s">
-        <v>1106</v>
+        <v>1004</v>
       </c>
       <c r="K113" t="s">
         <v>83</v>
       </c>
       <c r="L113">
-        <v>6854661192</v>
+        <v>5102824742</v>
       </c>
       <c r="M113" t="s">
         <v>74</v>
       </c>
       <c r="N113" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O113"/>
-      <c r="P113" t="s">
-        <v>1107</v>
+      <c r="P113">
+        <v>7143884222</v>
       </c>
       <c r="Q113" t="s">
-        <v>1103</v>
+        <v>1082</v>
       </c>
       <c r="R113" t="s">
         <v>75</v>
       </c>
       <c r="S113" t="s">
         <v>75</v>
       </c>
       <c r="T113" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="U113">
-        <v>3690044247</v>
+        <v>2800048756</v>
       </c>
       <c r="V113">
-        <v>578298</v>
+        <v>581011</v>
       </c>
       <c r="W113" t="s">
         <v>75</v>
       </c>
       <c r="X113">
-        <v>391.57</v>
+        <v>344.17</v>
       </c>
       <c r="Y113">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z113" t="s">
         <v>75</v>
       </c>
       <c r="AA113" t="s">
         <v>66</v>
       </c>
       <c r="AB113" t="s">
         <v>77</v>
       </c>
       <c r="AC113" t="s">
-        <v>1104</v>
-[...2 lines deleted...]
-        <v>1107</v>
+        <v>1083</v>
+      </c>
+      <c r="AD113">
+        <v>7143884222</v>
       </c>
       <c r="AE113">
-        <v>2711079773</v>
+        <v>3338837100</v>
       </c>
       <c r="AF113">
-        <v>2711079773</v>
+        <v>3338837100</v>
       </c>
       <c r="AG113" t="s">
         <v>75</v>
       </c>
       <c r="AH113" t="s">
-        <v>1108</v>
+        <v>1085</v>
       </c>
       <c r="AI113"/>
       <c r="AJ113" t="s">
-        <v>1109</v>
+        <v>1086</v>
       </c>
       <c r="AK113" t="s">
         <v>69</v>
       </c>
       <c r="AL113" t="s">
-        <v>1106</v>
+        <v>1004</v>
       </c>
       <c r="AM113" t="s">
         <v>81</v>
       </c>
       <c r="AN113" t="s">
-        <v>1105</v>
+        <v>1084</v>
       </c>
       <c r="AO113">
-        <v>136</v>
+        <v>119.99</v>
       </c>
       <c r="AP113" t="s">
-        <v>994</v>
+        <v>1087</v>
       </c>
       <c r="AQ113" t="s">
         <v>83</v>
       </c>
       <c r="AR113" t="s">
         <v>84</v>
       </c>
       <c r="AS113">
-        <v>280342375107</v>
+        <v>282007325675</v>
       </c>
       <c r="AT113" t="s">
         <v>75</v>
       </c>
       <c r="AU113"/>
       <c r="AV113"/>
       <c r="AW113">
         <v>0</v>
       </c>
       <c r="AX113" t="s">
         <v>85</v>
       </c>
       <c r="AY113">
-        <v>6854661192</v>
+        <v>5102824742</v>
       </c>
       <c r="AZ113" t="s">
         <v>74</v>
       </c>
       <c r="BA113" t="s">
         <v>281</v>
       </c>
       <c r="BB113" t="s">
-        <v>1103</v>
+        <v>1082</v>
       </c>
       <c r="BC113" t="s">
-        <v>1106</v>
+        <v>1004</v>
       </c>
       <c r="BD113" t="s">
-        <v>1110</v>
+        <v>1088</v>
       </c>
       <c r="BE113" t="s">
-        <v>1111</v>
+        <v>1089</v>
       </c>
       <c r="BF113" t="s">
         <v>75</v>
       </c>
       <c r="BG113" t="s">
         <v>75</v>
       </c>
       <c r="BH113">
-        <v>371</v>
+        <v>422</v>
       </c>
       <c r="BI113" t="s">
         <v>86</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>75</v>
       </c>
       <c r="BN113" t="s">
-        <v>1112</v>
+        <v>1090</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113" t="s">
         <v>83</v>
       </c>
       <c r="BQ113" t="s">
         <v>75</v>
       </c>
       <c r="BR113">
-        <v>7753</v>
+        <v>7090</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
         <v>66</v>
       </c>
       <c r="B114" t="s">
-        <v>1113</v>
+        <v>1091</v>
       </c>
       <c r="C114">
-        <v>3940043808</v>
+        <v>7190047727</v>
       </c>
       <c r="D114">
-        <v>577843</v>
+        <v>581009</v>
       </c>
       <c r="E114">
-        <v>388.99</v>
+        <v>230</v>
       </c>
       <c r="F114" t="s">
-        <v>1114</v>
+        <v>1092</v>
       </c>
       <c r="G114" t="s">
         <v>69</v>
       </c>
       <c r="H114" t="s">
-        <v>1115</v>
+        <v>1093</v>
       </c>
       <c r="I114">
-        <v>135.99</v>
+        <v>63.2</v>
       </c>
       <c r="J114" t="s">
-        <v>1116</v>
+        <v>1004</v>
       </c>
       <c r="K114" t="s">
         <v>83</v>
       </c>
       <c r="L114">
-        <v>8199923546</v>
+        <v>2799170986</v>
       </c>
       <c r="M114" t="s">
         <v>74</v>
       </c>
       <c r="N114" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O114"/>
       <c r="P114">
-        <v>5861968863</v>
+        <v>5459167681</v>
       </c>
       <c r="Q114" t="s">
-        <v>1113</v>
+        <v>1091</v>
       </c>
       <c r="R114" t="s">
         <v>75</v>
       </c>
       <c r="S114" t="s">
         <v>75</v>
       </c>
       <c r="T114" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="U114">
-        <v>3940043808</v>
+        <v>7190047727</v>
       </c>
       <c r="V114">
-        <v>577843</v>
+        <v>581009</v>
       </c>
       <c r="W114" t="s">
         <v>75</v>
       </c>
       <c r="X114">
-        <v>388.99</v>
+        <v>230</v>
       </c>
       <c r="Y114">
-        <v>19.8</v>
+        <v>20.6</v>
       </c>
       <c r="Z114" t="s">
         <v>75</v>
       </c>
       <c r="AA114" t="s">
         <v>66</v>
       </c>
       <c r="AB114" t="s">
         <v>77</v>
       </c>
       <c r="AC114" t="s">
-        <v>1114</v>
+        <v>1092</v>
       </c>
       <c r="AD114">
-        <v>5861968863</v>
+        <v>5459167681</v>
       </c>
       <c r="AE114" t="s">
-        <v>1117</v>
+        <v>1094</v>
       </c>
       <c r="AF114" t="s">
-        <v>1117</v>
+        <v>1094</v>
       </c>
       <c r="AG114" t="s">
         <v>75</v>
       </c>
       <c r="AH114" t="s">
-        <v>1118</v>
+        <v>1095</v>
       </c>
       <c r="AI114"/>
       <c r="AJ114" t="s">
-        <v>191</v>
+        <v>1096</v>
       </c>
       <c r="AK114" t="s">
         <v>69</v>
       </c>
       <c r="AL114" t="s">
-        <v>1116</v>
+        <v>1004</v>
       </c>
       <c r="AM114" t="s">
         <v>81</v>
       </c>
       <c r="AN114" t="s">
-        <v>1115</v>
+        <v>1093</v>
       </c>
       <c r="AO114">
-        <v>135.99</v>
+        <v>63.2</v>
       </c>
       <c r="AP114" t="s">
-        <v>1119</v>
+        <v>1097</v>
       </c>
       <c r="AQ114" t="s">
         <v>83</v>
       </c>
       <c r="AR114" t="s">
         <v>84</v>
       </c>
       <c r="AS114">
-        <v>280008930939</v>
+        <v>282007455475</v>
       </c>
       <c r="AT114" t="s">
         <v>75</v>
       </c>
       <c r="AU114"/>
       <c r="AV114"/>
       <c r="AW114">
         <v>0</v>
       </c>
       <c r="AX114" t="s">
         <v>85</v>
       </c>
       <c r="AY114">
-        <v>8199923546</v>
+        <v>2799170986</v>
       </c>
       <c r="AZ114" t="s">
         <v>74</v>
       </c>
       <c r="BA114" t="s">
         <v>281</v>
       </c>
       <c r="BB114" t="s">
-        <v>1113</v>
+        <v>1091</v>
       </c>
       <c r="BC114" t="s">
-        <v>1116</v>
+        <v>1004</v>
       </c>
       <c r="BD114" t="s">
-        <v>1120</v>
+        <v>75</v>
       </c>
       <c r="BE114" t="s">
-        <v>1121</v>
+        <v>1098</v>
       </c>
       <c r="BF114" t="s">
         <v>75</v>
       </c>
       <c r="BG114" t="s">
         <v>75</v>
       </c>
       <c r="BH114">
-        <v>379</v>
+        <v>425</v>
       </c>
       <c r="BI114" t="s">
         <v>86</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>75</v>
       </c>
       <c r="BN114" t="s">
-        <v>1122</v>
+        <v>1099</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114" t="s">
         <v>83</v>
       </c>
       <c r="BQ114" t="s">
         <v>75</v>
       </c>
       <c r="BR114">
-        <v>7702</v>
+        <v>4738</v>
       </c>
       <c r="BS114"/>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
         <v>66</v>
       </c>
       <c r="B115" t="s">
-        <v>1123</v>
+        <v>1100</v>
       </c>
       <c r="C115">
-        <v>2050043889</v>
+        <v>2490046591</v>
       </c>
       <c r="D115">
-        <v>577842</v>
+        <v>579382</v>
       </c>
       <c r="E115">
-        <v>248.99</v>
+        <v>230.51</v>
       </c>
       <c r="F115" t="s">
-        <v>1124</v>
+        <v>1101</v>
       </c>
       <c r="G115" t="s">
         <v>69</v>
       </c>
       <c r="H115" t="s">
-        <v>1125</v>
+        <v>1102</v>
       </c>
       <c r="I115">
-        <v>68.99</v>
+        <v>58.99</v>
       </c>
       <c r="J115" t="s">
-        <v>1116</v>
+        <v>1103</v>
       </c>
       <c r="K115" t="s">
         <v>83</v>
       </c>
       <c r="L115">
-        <v>8199919114</v>
+        <v>3167081783</v>
       </c>
       <c r="M115" t="s">
         <v>74</v>
       </c>
       <c r="N115" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O115"/>
       <c r="P115">
-        <v>4370524681</v>
+        <v>19633945492</v>
       </c>
       <c r="Q115" t="s">
-        <v>1123</v>
+        <v>1100</v>
       </c>
       <c r="R115" t="s">
         <v>75</v>
       </c>
       <c r="S115" t="s">
         <v>75</v>
       </c>
       <c r="T115" t="s">
         <v>299</v>
       </c>
       <c r="U115">
-        <v>2050043889</v>
+        <v>2490046591</v>
       </c>
       <c r="V115">
-        <v>577842</v>
+        <v>579382</v>
       </c>
       <c r="W115" t="s">
         <v>75</v>
       </c>
       <c r="X115">
-        <v>248.99</v>
+        <v>230.51</v>
       </c>
       <c r="Y115">
         <v>19.8</v>
       </c>
       <c r="Z115" t="s">
         <v>75</v>
       </c>
       <c r="AA115" t="s">
         <v>66</v>
       </c>
       <c r="AB115" t="s">
         <v>77</v>
       </c>
       <c r="AC115" t="s">
-        <v>1124</v>
+        <v>1101</v>
       </c>
       <c r="AD115">
-        <v>4370524681</v>
+        <v>19633945492</v>
       </c>
       <c r="AE115" t="s">
-        <v>1126</v>
+        <v>75</v>
       </c>
       <c r="AF115" t="s">
-        <v>1126</v>
+        <v>75</v>
       </c>
       <c r="AG115" t="s">
         <v>75</v>
       </c>
       <c r="AH115" t="s">
-        <v>1127</v>
+        <v>1104</v>
       </c>
       <c r="AI115"/>
       <c r="AJ115" t="s">
-        <v>1128</v>
+        <v>1105</v>
       </c>
       <c r="AK115" t="s">
         <v>69</v>
       </c>
       <c r="AL115" t="s">
-        <v>1116</v>
+        <v>1103</v>
       </c>
       <c r="AM115" t="s">
         <v>81</v>
       </c>
       <c r="AN115" t="s">
-        <v>1125</v>
+        <v>1102</v>
       </c>
       <c r="AO115">
-        <v>68.99</v>
+        <v>58.99</v>
       </c>
       <c r="AP115" t="s">
-        <v>1129</v>
+        <v>387</v>
       </c>
       <c r="AQ115" t="s">
         <v>83</v>
       </c>
       <c r="AR115" t="s">
         <v>84</v>
       </c>
       <c r="AS115">
-        <v>280008871292</v>
+        <v>281024929445</v>
       </c>
       <c r="AT115" t="s">
         <v>75</v>
       </c>
       <c r="AU115"/>
       <c r="AV115"/>
       <c r="AW115">
         <v>0</v>
       </c>
       <c r="AX115" t="s">
         <v>85</v>
       </c>
       <c r="AY115">
-        <v>8199919114</v>
+        <v>3167081783</v>
       </c>
       <c r="AZ115" t="s">
         <v>74</v>
       </c>
       <c r="BA115" t="s">
         <v>281</v>
       </c>
       <c r="BB115" t="s">
-        <v>1123</v>
+        <v>1100</v>
       </c>
       <c r="BC115" t="s">
-        <v>1116</v>
+        <v>1103</v>
       </c>
       <c r="BD115" t="s">
-        <v>1130</v>
+        <v>1106</v>
       </c>
       <c r="BE115" t="s">
-        <v>1131</v>
+        <v>1107</v>
       </c>
       <c r="BF115" t="s">
         <v>75</v>
       </c>
       <c r="BG115" t="s">
         <v>75</v>
       </c>
       <c r="BH115">
-        <v>380</v>
+        <v>443</v>
       </c>
       <c r="BI115" t="s">
         <v>86</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115"/>
       <c r="BL115"/>
       <c r="BM115" t="s">
         <v>75</v>
       </c>
       <c r="BN115" t="s">
-        <v>1132</v>
+        <v>1108</v>
       </c>
       <c r="BO115">
         <v>0</v>
       </c>
       <c r="BP115" t="s">
         <v>83</v>
       </c>
       <c r="BQ115" t="s">
         <v>75</v>
       </c>
       <c r="BR115">
-        <v>4930</v>
+        <v>4564</v>
       </c>
       <c r="BS115"/>
     </row>
     <row r="116" spans="1:71">
       <c r="A116" t="s">
         <v>66</v>
       </c>
       <c r="B116" t="s">
-        <v>1133</v>
+        <v>1109</v>
       </c>
       <c r="C116">
-        <v>8210043476</v>
+        <v>4710056268</v>
       </c>
       <c r="D116">
-        <v>577746</v>
+        <v>579263</v>
       </c>
       <c r="E116">
-        <v>220</v>
+        <v>280.71</v>
       </c>
       <c r="F116" t="s">
-        <v>1134</v>
+        <v>1110</v>
       </c>
       <c r="G116" t="s">
         <v>69</v>
       </c>
       <c r="H116" t="s">
-        <v>1135</v>
+        <v>1111</v>
       </c>
       <c r="I116">
-        <v>55.2</v>
+        <v>82.99</v>
       </c>
       <c r="J116" t="s">
-        <v>1136</v>
+        <v>1112</v>
       </c>
       <c r="K116" t="s">
         <v>83</v>
       </c>
       <c r="L116">
-        <v>8202334324</v>
+        <v>7965619583</v>
       </c>
       <c r="M116" t="s">
         <v>74</v>
       </c>
       <c r="N116" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="O116"/>
       <c r="P116">
-        <v>11848893763</v>
+        <v>129919602</v>
       </c>
       <c r="Q116" t="s">
-        <v>1133</v>
+        <v>1109</v>
       </c>
       <c r="R116" t="s">
         <v>75</v>
       </c>
       <c r="S116" t="s">
         <v>75</v>
       </c>
       <c r="T116" t="s">
         <v>299</v>
       </c>
       <c r="U116">
-        <v>8210043476</v>
+        <v>4710056268</v>
       </c>
       <c r="V116">
-        <v>577746</v>
+        <v>579263</v>
       </c>
       <c r="W116" t="s">
         <v>75</v>
       </c>
       <c r="X116">
-        <v>220</v>
+        <v>280.71</v>
       </c>
       <c r="Y116">
         <v>19.8</v>
       </c>
       <c r="Z116" t="s">
         <v>75</v>
       </c>
       <c r="AA116" t="s">
         <v>66</v>
       </c>
       <c r="AB116" t="s">
         <v>77</v>
       </c>
       <c r="AC116" t="s">
-        <v>1134</v>
+        <v>1110</v>
       </c>
       <c r="AD116">
-        <v>11848893763</v>
+        <v>129919602</v>
       </c>
       <c r="AE116" t="s">
-        <v>1137</v>
+        <v>1113</v>
       </c>
       <c r="AF116" t="s">
-        <v>1137</v>
+        <v>1113</v>
       </c>
       <c r="AG116" t="s">
         <v>75</v>
       </c>
       <c r="AH116" t="s">
-        <v>1138</v>
+        <v>1114</v>
       </c>
       <c r="AI116"/>
       <c r="AJ116" t="s">
-        <v>1139</v>
+        <v>80</v>
       </c>
       <c r="AK116" t="s">
         <v>69</v>
       </c>
       <c r="AL116" t="s">
-        <v>1136</v>
+        <v>1112</v>
       </c>
       <c r="AM116" t="s">
         <v>81</v>
       </c>
       <c r="AN116" t="s">
-        <v>1135</v>
+        <v>1111</v>
       </c>
       <c r="AO116">
-        <v>55.2</v>
+        <v>82.99</v>
       </c>
       <c r="AP116" t="s">
-        <v>671</v>
+        <v>96</v>
       </c>
       <c r="AQ116" t="s">
         <v>83</v>
       </c>
       <c r="AR116" t="s">
         <v>84</v>
       </c>
       <c r="AS116">
-        <v>279949494238</v>
+        <v>280929212040</v>
       </c>
       <c r="AT116" t="s">
         <v>75</v>
       </c>
       <c r="AU116"/>
       <c r="AV116"/>
       <c r="AW116">
         <v>0</v>
       </c>
       <c r="AX116" t="s">
         <v>85</v>
       </c>
       <c r="AY116">
-        <v>8202334324</v>
+        <v>7965619583</v>
       </c>
       <c r="AZ116" t="s">
         <v>74</v>
       </c>
       <c r="BA116" t="s">
         <v>281</v>
       </c>
       <c r="BB116" t="s">
-        <v>1133</v>
+        <v>1109</v>
       </c>
       <c r="BC116" t="s">
-        <v>1136</v>
+        <v>1112</v>
       </c>
       <c r="BD116" t="s">
-        <v>1140</v>
+        <v>1115</v>
       </c>
       <c r="BE116" t="s">
-        <v>1141</v>
+        <v>1116</v>
       </c>
       <c r="BF116" t="s">
         <v>75</v>
       </c>
       <c r="BG116" t="s">
         <v>75</v>
       </c>
       <c r="BH116">
-        <v>381</v>
+        <v>445</v>
       </c>
       <c r="BI116" t="s">
         <v>86</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>75</v>
       </c>
       <c r="BN116" t="s">
-        <v>1142</v>
+        <v>1117</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116" t="s">
         <v>83</v>
       </c>
       <c r="BQ116" t="s">
         <v>75</v>
       </c>
       <c r="BR116">
-        <v>4356</v>
+        <v>5558</v>
       </c>
       <c r="BS116"/>
+    </row>
+    <row r="117" spans="1:71">
+      <c r="A117" t="s">
+        <v>66</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C117">
+        <v>2550046091</v>
+      </c>
+      <c r="D117">
+        <v>578823</v>
+      </c>
+      <c r="E117">
+        <v>307.88</v>
+      </c>
+      <c r="F117" t="s">
+        <v>1119</v>
+      </c>
+      <c r="G117" t="s">
+        <v>69</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I117">
+        <v>95.99</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K117" t="s">
+        <v>83</v>
+      </c>
+      <c r="L117">
+        <v>1016773026</v>
+      </c>
+      <c r="M117" t="s">
+        <v>74</v>
+      </c>
+      <c r="N117" t="s">
+        <v>412</v>
+      </c>
+      <c r="O117"/>
+      <c r="P117">
+        <v>2785534147</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>1118</v>
+      </c>
+      <c r="R117" t="s">
+        <v>75</v>
+      </c>
+      <c r="S117" t="s">
+        <v>75</v>
+      </c>
+      <c r="T117" t="s">
+        <v>76</v>
+      </c>
+      <c r="U117">
+        <v>2550046091</v>
+      </c>
+      <c r="V117">
+        <v>578823</v>
+      </c>
+      <c r="W117" t="s">
+        <v>75</v>
+      </c>
+      <c r="X117">
+        <v>307.88</v>
+      </c>
+      <c r="Y117">
+        <v>19.8</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>1119</v>
+      </c>
+      <c r="AD117">
+        <v>2785534147</v>
+      </c>
+      <c r="AE117">
+        <v>3336481700</v>
+      </c>
+      <c r="AF117">
+        <v>3336481700</v>
+      </c>
+      <c r="AG117" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH117" t="s">
+        <v>550</v>
+      </c>
+      <c r="AI117"/>
+      <c r="AJ117" t="s">
+        <v>551</v>
+      </c>
+      <c r="AK117" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL117" t="s">
+        <v>1121</v>
+      </c>
+      <c r="AM117" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN117" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AO117">
+        <v>95.99</v>
+      </c>
+      <c r="AP117" t="s">
+        <v>1122</v>
+      </c>
+      <c r="AQ117" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR117" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS117">
+        <v>280668368000</v>
+      </c>
+      <c r="AT117" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU117"/>
+      <c r="AV117"/>
+      <c r="AW117">
+        <v>0</v>
+      </c>
+      <c r="AX117" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY117">
+        <v>1016773026</v>
+      </c>
+      <c r="AZ117" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA117" t="s">
+        <v>281</v>
+      </c>
+      <c r="BB117" t="s">
+        <v>1118</v>
+      </c>
+      <c r="BC117" t="s">
+        <v>1121</v>
+      </c>
+      <c r="BD117" t="s">
+        <v>1123</v>
+      </c>
+      <c r="BE117" t="s">
+        <v>1124</v>
+      </c>
+      <c r="BF117" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG117" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH117">
+        <v>451</v>
+      </c>
+      <c r="BI117" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ117"/>
+      <c r="BK117"/>
+      <c r="BL117"/>
+      <c r="BM117" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN117" t="s">
+        <v>1125</v>
+      </c>
+      <c r="BO117">
+        <v>0</v>
+      </c>
+      <c r="BP117" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ117" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR117">
+        <v>6096</v>
+      </c>
+      <c r="BS117"/>
+    </row>
+    <row r="118" spans="1:71">
+      <c r="A118" t="s">
+        <v>66</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C118">
+        <v>8660045759</v>
+      </c>
+      <c r="D118">
+        <v>578714</v>
+      </c>
+      <c r="E118">
+        <v>292.63</v>
+      </c>
+      <c r="F118" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G118" t="s">
+        <v>69</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118">
+        <v>0</v>
+      </c>
+      <c r="J118" t="s">
+        <v>75</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L118">
+        <v>1016765890</v>
+      </c>
+      <c r="M118" t="s">
+        <v>74</v>
+      </c>
+      <c r="N118" t="s">
+        <v>412</v>
+      </c>
+      <c r="O118"/>
+      <c r="P118">
+        <v>5528123139</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>1126</v>
+      </c>
+      <c r="R118" t="s">
+        <v>75</v>
+      </c>
+      <c r="S118" t="s">
+        <v>75</v>
+      </c>
+      <c r="T118" t="s">
+        <v>76</v>
+      </c>
+      <c r="U118">
+        <v>8660045759</v>
+      </c>
+      <c r="V118">
+        <v>578714</v>
+      </c>
+      <c r="W118" t="s">
+        <v>75</v>
+      </c>
+      <c r="X118">
+        <v>292.63</v>
+      </c>
+      <c r="Y118">
+        <v>19.8</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>1127</v>
+      </c>
+      <c r="AD118">
+        <v>5528123139</v>
+      </c>
+      <c r="AE118" t="s">
+        <v>1129</v>
+      </c>
+      <c r="AF118" t="s">
+        <v>1129</v>
+      </c>
+      <c r="AG118" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH118" t="s">
+        <v>1130</v>
+      </c>
+      <c r="AI118"/>
+      <c r="AJ118" t="s">
+        <v>1131</v>
+      </c>
+      <c r="AK118" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL118" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM118" t="s">
+        <v>1132</v>
+      </c>
+      <c r="AN118"/>
+      <c r="AO118">
+        <v>0</v>
+      </c>
+      <c r="AP118" t="s">
+        <v>1133</v>
+      </c>
+      <c r="AQ118"/>
+      <c r="AR118"/>
+      <c r="AS118"/>
+      <c r="AT118" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU118"/>
+      <c r="AV118"/>
+      <c r="AW118">
+        <v>0</v>
+      </c>
+      <c r="AX118" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY118">
+        <v>1016765890</v>
+      </c>
+      <c r="AZ118" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA118" t="s">
+        <v>281</v>
+      </c>
+      <c r="BB118" t="s">
+        <v>1126</v>
+      </c>
+      <c r="BC118" t="s">
+        <v>75</v>
+      </c>
+      <c r="BD118" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE118" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF118" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG118" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH118">
+        <v>453</v>
+      </c>
+      <c r="BI118" t="s">
+        <v>1134</v>
+      </c>
+      <c r="BJ118" t="s">
+        <v>1135</v>
+      </c>
+      <c r="BK118" t="s">
+        <v>146</v>
+      </c>
+      <c r="BL118" t="s">
+        <v>1136</v>
+      </c>
+      <c r="BM118" t="s">
+        <v>1137</v>
+      </c>
+      <c r="BN118" t="s">
+        <v>1138</v>
+      </c>
+      <c r="BO118">
+        <v>5</v>
+      </c>
+      <c r="BP118"/>
+      <c r="BQ118" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR118">
+        <v>5794</v>
+      </c>
+      <c r="BS118" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="119" spans="1:71">
+      <c r="A119" t="s">
+        <v>66</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C119">
+        <v>8880045392</v>
+      </c>
+      <c r="D119">
+        <v>578323</v>
+      </c>
+      <c r="E119">
+        <v>246.01</v>
+      </c>
+      <c r="F119" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G119" t="s">
+        <v>69</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I119">
+        <v>66.4</v>
+      </c>
+      <c r="J119" t="s">
+        <v>1142</v>
+      </c>
+      <c r="K119" t="s">
+        <v>83</v>
+      </c>
+      <c r="L119">
+        <v>4099827841</v>
+      </c>
+      <c r="M119" t="s">
+        <v>74</v>
+      </c>
+      <c r="N119" t="s">
+        <v>412</v>
+      </c>
+      <c r="O119"/>
+      <c r="P119" t="s">
+        <v>1143</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>1139</v>
+      </c>
+      <c r="R119" t="s">
+        <v>75</v>
+      </c>
+      <c r="S119" t="s">
+        <v>75</v>
+      </c>
+      <c r="T119" t="s">
+        <v>299</v>
+      </c>
+      <c r="U119">
+        <v>8880045392</v>
+      </c>
+      <c r="V119">
+        <v>578323</v>
+      </c>
+      <c r="W119" t="s">
+        <v>75</v>
+      </c>
+      <c r="X119">
+        <v>246.01</v>
+      </c>
+      <c r="Y119">
+        <v>19.8</v>
+      </c>
+      <c r="Z119" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA119" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB119" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC119" t="s">
+        <v>1140</v>
+      </c>
+      <c r="AD119" t="s">
+        <v>1143</v>
+      </c>
+      <c r="AE119">
+        <v>8332324116</v>
+      </c>
+      <c r="AF119">
+        <v>8332324116</v>
+      </c>
+      <c r="AG119" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH119" t="s">
+        <v>1144</v>
+      </c>
+      <c r="AI119"/>
+      <c r="AJ119" t="s">
+        <v>1145</v>
+      </c>
+      <c r="AK119" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL119" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AM119" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN119" t="s">
+        <v>1141</v>
+      </c>
+      <c r="AO119">
+        <v>66.4</v>
+      </c>
+      <c r="AP119" t="s">
+        <v>1146</v>
+      </c>
+      <c r="AQ119" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR119" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS119">
+        <v>280342260888</v>
+      </c>
+      <c r="AT119" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU119"/>
+      <c r="AV119"/>
+      <c r="AW119">
+        <v>0</v>
+      </c>
+      <c r="AX119" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY119">
+        <v>4099827841</v>
+      </c>
+      <c r="AZ119" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA119" t="s">
+        <v>281</v>
+      </c>
+      <c r="BB119" t="s">
+        <v>1139</v>
+      </c>
+      <c r="BC119" t="s">
+        <v>1142</v>
+      </c>
+      <c r="BD119" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE119" t="s">
+        <v>1147</v>
+      </c>
+      <c r="BF119" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG119" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH119">
+        <v>461</v>
+      </c>
+      <c r="BI119" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ119"/>
+      <c r="BK119"/>
+      <c r="BL119"/>
+      <c r="BM119" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN119" t="s">
+        <v>1148</v>
+      </c>
+      <c r="BO119">
+        <v>0</v>
+      </c>
+      <c r="BP119" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ119" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR119">
+        <v>4871</v>
+      </c>
+      <c r="BS119"/>
+    </row>
+    <row r="120" spans="1:71">
+      <c r="A120" t="s">
+        <v>66</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C120">
+        <v>3940043808</v>
+      </c>
+      <c r="D120">
+        <v>577843</v>
+      </c>
+      <c r="E120">
+        <v>388.99</v>
+      </c>
+      <c r="F120" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G120" t="s">
+        <v>69</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I120">
+        <v>135.99</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K120" t="s">
+        <v>83</v>
+      </c>
+      <c r="L120">
+        <v>8199923546</v>
+      </c>
+      <c r="M120" t="s">
+        <v>74</v>
+      </c>
+      <c r="N120" t="s">
+        <v>412</v>
+      </c>
+      <c r="O120"/>
+      <c r="P120">
+        <v>5861968863</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>1149</v>
+      </c>
+      <c r="R120" t="s">
+        <v>75</v>
+      </c>
+      <c r="S120" t="s">
+        <v>75</v>
+      </c>
+      <c r="T120" t="s">
+        <v>299</v>
+      </c>
+      <c r="U120">
+        <v>3940043808</v>
+      </c>
+      <c r="V120">
+        <v>577843</v>
+      </c>
+      <c r="W120" t="s">
+        <v>75</v>
+      </c>
+      <c r="X120">
+        <v>388.99</v>
+      </c>
+      <c r="Y120">
+        <v>19.8</v>
+      </c>
+      <c r="Z120" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA120" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB120" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC120" t="s">
+        <v>1150</v>
+      </c>
+      <c r="AD120">
+        <v>5861968863</v>
+      </c>
+      <c r="AE120" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AF120" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AG120" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH120" t="s">
+        <v>1154</v>
+      </c>
+      <c r="AI120"/>
+      <c r="AJ120" t="s">
+        <v>191</v>
+      </c>
+      <c r="AK120" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL120" t="s">
+        <v>1152</v>
+      </c>
+      <c r="AM120" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN120" t="s">
+        <v>1151</v>
+      </c>
+      <c r="AO120">
+        <v>135.99</v>
+      </c>
+      <c r="AP120" t="s">
+        <v>1155</v>
+      </c>
+      <c r="AQ120" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR120" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS120">
+        <v>280008930939</v>
+      </c>
+      <c r="AT120" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU120"/>
+      <c r="AV120"/>
+      <c r="AW120">
+        <v>0</v>
+      </c>
+      <c r="AX120" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY120">
+        <v>8199923546</v>
+      </c>
+      <c r="AZ120" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA120" t="s">
+        <v>281</v>
+      </c>
+      <c r="BB120" t="s">
+        <v>1149</v>
+      </c>
+      <c r="BC120" t="s">
+        <v>1152</v>
+      </c>
+      <c r="BD120" t="s">
+        <v>1156</v>
+      </c>
+      <c r="BE120" t="s">
+        <v>1157</v>
+      </c>
+      <c r="BF120" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG120" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH120">
+        <v>470</v>
+      </c>
+      <c r="BI120" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ120"/>
+      <c r="BK120"/>
+      <c r="BL120"/>
+      <c r="BM120" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN120" t="s">
+        <v>1158</v>
+      </c>
+      <c r="BO120">
+        <v>0</v>
+      </c>
+      <c r="BP120" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ120" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR120">
+        <v>7702</v>
+      </c>
+      <c r="BS120"/>
+    </row>
+    <row r="121" spans="1:71">
+      <c r="A121" t="s">
+        <v>66</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C121">
+        <v>2050043889</v>
+      </c>
+      <c r="D121">
+        <v>577842</v>
+      </c>
+      <c r="E121">
+        <v>248.99</v>
+      </c>
+      <c r="F121" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G121" t="s">
+        <v>69</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1161</v>
+      </c>
+      <c r="I121">
+        <v>68.99</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K121" t="s">
+        <v>83</v>
+      </c>
+      <c r="L121">
+        <v>8199919114</v>
+      </c>
+      <c r="M121" t="s">
+        <v>74</v>
+      </c>
+      <c r="N121" t="s">
+        <v>412</v>
+      </c>
+      <c r="O121"/>
+      <c r="P121">
+        <v>4370524681</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>1159</v>
+      </c>
+      <c r="R121" t="s">
+        <v>75</v>
+      </c>
+      <c r="S121" t="s">
+        <v>75</v>
+      </c>
+      <c r="T121" t="s">
+        <v>299</v>
+      </c>
+      <c r="U121">
+        <v>2050043889</v>
+      </c>
+      <c r="V121">
+        <v>577842</v>
+      </c>
+      <c r="W121" t="s">
+        <v>75</v>
+      </c>
+      <c r="X121">
+        <v>248.99</v>
+      </c>
+      <c r="Y121">
+        <v>19.8</v>
+      </c>
+      <c r="Z121" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC121" t="s">
+        <v>1160</v>
+      </c>
+      <c r="AD121">
+        <v>4370524681</v>
+      </c>
+      <c r="AE121" t="s">
+        <v>1162</v>
+      </c>
+      <c r="AF121" t="s">
+        <v>1162</v>
+      </c>
+      <c r="AG121" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH121" t="s">
+        <v>1163</v>
+      </c>
+      <c r="AI121"/>
+      <c r="AJ121" t="s">
+        <v>1164</v>
+      </c>
+      <c r="AK121" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL121" t="s">
+        <v>1152</v>
+      </c>
+      <c r="AM121" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN121" t="s">
+        <v>1161</v>
+      </c>
+      <c r="AO121">
+        <v>68.99</v>
+      </c>
+      <c r="AP121" t="s">
+        <v>1165</v>
+      </c>
+      <c r="AQ121" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR121" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS121">
+        <v>280008871292</v>
+      </c>
+      <c r="AT121" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU121"/>
+      <c r="AV121"/>
+      <c r="AW121">
+        <v>0</v>
+      </c>
+      <c r="AX121" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY121">
+        <v>8199919114</v>
+      </c>
+      <c r="AZ121" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA121" t="s">
+        <v>281</v>
+      </c>
+      <c r="BB121" t="s">
+        <v>1159</v>
+      </c>
+      <c r="BC121" t="s">
+        <v>1152</v>
+      </c>
+      <c r="BD121" t="s">
+        <v>1166</v>
+      </c>
+      <c r="BE121" t="s">
+        <v>1167</v>
+      </c>
+      <c r="BF121" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG121" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH121">
+        <v>471</v>
+      </c>
+      <c r="BI121" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ121"/>
+      <c r="BK121"/>
+      <c r="BL121"/>
+      <c r="BM121" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN121" t="s">
+        <v>1168</v>
+      </c>
+      <c r="BO121">
+        <v>0</v>
+      </c>
+      <c r="BP121" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ121" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR121">
+        <v>4930</v>
+      </c>
+      <c r="BS121"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>