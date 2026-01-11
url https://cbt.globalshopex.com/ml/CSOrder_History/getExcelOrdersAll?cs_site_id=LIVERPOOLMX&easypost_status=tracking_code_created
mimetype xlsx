--- v1 (2026-01-10)
+++ v2 (2026-01-11)
@@ -4253,51 +4253,51 @@
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>6302</v>
       </c>
@@ -4446,51 +4446,51 @@
         <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>97</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>75</v>
       </c>
       <c r="BR3">
         <v>5958</v>
       </c>
@@ -4639,51 +4639,51 @@
         <v>102</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>98</v>
       </c>
       <c r="BC4" t="s">
         <v>101</v>
       </c>
       <c r="BD4" t="s">
         <v>75</v>
       </c>
       <c r="BE4" t="s">
         <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
       <c r="BQ4" t="s">
         <v>75</v>
       </c>
       <c r="BR4">
         <v>6259</v>
       </c>
@@ -4832,51 +4832,51 @@
         <v>111</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>110</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>115</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>83</v>
       </c>
       <c r="BQ5" t="s">
         <v>75</v>
       </c>
       <c r="BR5">
         <v>5484</v>
       </c>
@@ -5025,51 +5025,51 @@
         <v>119</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
         <v>116</v>
       </c>
       <c r="BC6" t="s">
         <v>110</v>
       </c>
       <c r="BD6" t="s">
         <v>75</v>
       </c>
       <c r="BE6" t="s">
         <v>75</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>83</v>
       </c>
       <c r="BQ6" t="s">
         <v>75</v>
       </c>
       <c r="BR6">
         <v>5958</v>
       </c>
@@ -5216,51 +5216,51 @@
         <v>130</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>128</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
         <v>75</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>136</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>135</v>
       </c>
       <c r="BQ7" t="s">
         <v>75</v>
       </c>
       <c r="BR7">
         <v>7423</v>
       </c>
@@ -5407,51 +5407,51 @@
         <v>142</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>137</v>
       </c>
       <c r="BC8" t="s">
         <v>140</v>
       </c>
       <c r="BD8" t="s">
         <v>75</v>
       </c>
       <c r="BE8" t="s">
         <v>75</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8" t="s">
         <v>146</v>
       </c>
       <c r="BL8" t="s">
         <v>147</v>
       </c>
       <c r="BM8" t="s">
         <v>148</v>
       </c>
       <c r="BN8" t="s">
         <v>149</v>
       </c>
       <c r="BO8">
         <v>31</v>
       </c>
       <c r="BP8" t="s">
         <v>135</v>
       </c>
       <c r="BQ8" t="s">
         <v>75</v>
@@ -5606,51 +5606,51 @@
         <v>154</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
         <v>151</v>
       </c>
       <c r="BC9" t="s">
         <v>140</v>
       </c>
       <c r="BD9" t="s">
         <v>75</v>
       </c>
       <c r="BE9" t="s">
         <v>75</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>160</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>83</v>
       </c>
       <c r="BQ9" t="s">
         <v>75</v>
       </c>
       <c r="BR9">
         <v>5613</v>
       </c>
@@ -5799,51 +5799,51 @@
         <v>164</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10"/>
       <c r="BB10" t="s">
         <v>161</v>
       </c>
       <c r="BC10" t="s">
         <v>140</v>
       </c>
       <c r="BD10" t="s">
         <v>75</v>
       </c>
       <c r="BE10" t="s">
         <v>75</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>168</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>83</v>
       </c>
       <c r="BQ10" t="s">
         <v>75</v>
       </c>
       <c r="BR10">
         <v>7336</v>
       </c>
@@ -5990,51 +5990,51 @@
         <v>172</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>169</v>
       </c>
       <c r="BC11" t="s">
         <v>140</v>
       </c>
       <c r="BD11" t="s">
         <v>75</v>
       </c>
       <c r="BE11" t="s">
         <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>176</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>135</v>
       </c>
       <c r="BQ11" t="s">
         <v>75</v>
       </c>
       <c r="BR11">
         <v>7423</v>
       </c>
@@ -6183,51 +6183,51 @@
         <v>180</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12"/>
       <c r="BB12" t="s">
         <v>177</v>
       </c>
       <c r="BC12" t="s">
         <v>140</v>
       </c>
       <c r="BD12" t="s">
         <v>75</v>
       </c>
       <c r="BE12" t="s">
         <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>184</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>83</v>
       </c>
       <c r="BQ12" t="s">
         <v>75</v>
       </c>
       <c r="BR12">
         <v>6259</v>
       </c>
@@ -6376,51 +6376,51 @@
         <v>188</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
         <v>185</v>
       </c>
       <c r="BC13" t="s">
         <v>140</v>
       </c>
       <c r="BD13" t="s">
         <v>75</v>
       </c>
       <c r="BE13" t="s">
         <v>75</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>193</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>83</v>
       </c>
       <c r="BQ13" t="s">
         <v>75</v>
       </c>
       <c r="BR13">
         <v>4890</v>
       </c>
@@ -6569,51 +6569,51 @@
         <v>197</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
         <v>194</v>
       </c>
       <c r="BC14" t="s">
         <v>140</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
         <v>75</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>202</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>83</v>
       </c>
       <c r="BQ14" t="s">
         <v>75</v>
       </c>
       <c r="BR14">
         <v>5613</v>
       </c>
@@ -6762,51 +6762,51 @@
         <v>207</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
         <v>203</v>
       </c>
       <c r="BC15" t="s">
         <v>140</v>
       </c>
       <c r="BD15" t="s">
         <v>75</v>
       </c>
       <c r="BE15" t="s">
         <v>75</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>212</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>83</v>
       </c>
       <c r="BQ15" t="s">
         <v>75</v>
       </c>
       <c r="BR15">
         <v>5656</v>
       </c>
@@ -6955,51 +6955,51 @@
         <v>216</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
         <v>213</v>
       </c>
       <c r="BC16" t="s">
         <v>140</v>
       </c>
       <c r="BD16" t="s">
         <v>75</v>
       </c>
       <c r="BE16" t="s">
         <v>75</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
         <v>220</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>83</v>
       </c>
       <c r="BQ16" t="s">
         <v>75</v>
       </c>
       <c r="BR16">
         <v>5958</v>
       </c>
@@ -7148,51 +7148,51 @@
         <v>225</v>
       </c>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
         <v>221</v>
       </c>
       <c r="BC17" t="s">
         <v>140</v>
       </c>
       <c r="BD17" t="s">
         <v>75</v>
       </c>
       <c r="BE17" t="s">
         <v>75</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
         <v>229</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>83</v>
       </c>
       <c r="BQ17" t="s">
         <v>75</v>
       </c>
       <c r="BR17">
         <v>4442</v>
       </c>
@@ -7341,51 +7341,51 @@
         <v>233</v>
       </c>
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
         <v>230</v>
       </c>
       <c r="BC18" t="s">
         <v>140</v>
       </c>
       <c r="BD18" t="s">
         <v>75</v>
       </c>
       <c r="BE18" t="s">
         <v>75</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>238</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>83</v>
       </c>
       <c r="BQ18" t="s">
         <v>75</v>
       </c>
       <c r="BR18">
         <v>6613</v>
       </c>
@@ -7534,51 +7534,51 @@
         <v>243</v>
       </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
         <v>239</v>
       </c>
       <c r="BC19" t="s">
         <v>242</v>
       </c>
       <c r="BD19" t="s">
         <v>75</v>
       </c>
       <c r="BE19" t="s">
         <v>75</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
         <v>247</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>83</v>
       </c>
       <c r="BQ19" t="s">
         <v>75</v>
       </c>
       <c r="BR19">
         <v>7336</v>
       </c>
@@ -7725,51 +7725,51 @@
         <v>252</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
         <v>248</v>
       </c>
       <c r="BC20" t="s">
         <v>251</v>
       </c>
       <c r="BD20" t="s">
         <v>75</v>
       </c>
       <c r="BE20" t="s">
         <v>75</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>75</v>
       </c>
       <c r="BN20" t="s">
         <v>256</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>135</v>
       </c>
       <c r="BQ20" t="s">
         <v>75</v>
       </c>
       <c r="BR20">
         <v>5362.2</v>
       </c>
@@ -7916,51 +7916,51 @@
         <v>260</v>
       </c>
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21"/>
       <c r="BB21" t="s">
         <v>257</v>
       </c>
       <c r="BC21" t="s">
         <v>251</v>
       </c>
       <c r="BD21" t="s">
         <v>75</v>
       </c>
       <c r="BE21" t="s">
         <v>75</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>75</v>
       </c>
       <c r="BN21" t="s">
         <v>263</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>135</v>
       </c>
       <c r="BQ21" t="s">
         <v>75</v>
       </c>
       <c r="BR21">
         <v>5958</v>
       </c>
@@ -8109,51 +8109,51 @@
         <v>269</v>
       </c>
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
         <v>264</v>
       </c>
       <c r="BC22" t="s">
         <v>268</v>
       </c>
       <c r="BD22" t="s">
         <v>75</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>75</v>
       </c>
       <c r="BN22" t="s">
         <v>274</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>83</v>
       </c>
       <c r="BQ22" t="s">
         <v>75</v>
       </c>
       <c r="BR22">
         <v>7121</v>
       </c>
@@ -8306,51 +8306,51 @@
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
         <v>281</v>
       </c>
       <c r="BB23" t="s">
         <v>275</v>
       </c>
       <c r="BC23" t="s">
         <v>268</v>
       </c>
       <c r="BD23" t="s">
         <v>75</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>75</v>
       </c>
       <c r="BN23" t="s">
         <v>282</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>83</v>
       </c>
       <c r="BQ23" t="s">
         <v>75</v>
       </c>
       <c r="BR23">
         <v>6302</v>
       </c>
@@ -8499,51 +8499,51 @@
         <v>287</v>
       </c>
       <c r="AZ24" t="s">
         <v>74</v>
       </c>
       <c r="BA24"/>
       <c r="BB24" t="s">
         <v>283</v>
       </c>
       <c r="BC24" t="s">
         <v>286</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>75</v>
       </c>
       <c r="BN24" t="s">
         <v>292</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>83</v>
       </c>
       <c r="BQ24" t="s">
         <v>75</v>
       </c>
       <c r="BR24">
         <v>5613</v>
       </c>
@@ -8692,51 +8692,51 @@
         <v>297</v>
       </c>
       <c r="AZ25" t="s">
         <v>74</v>
       </c>
       <c r="BA25"/>
       <c r="BB25" t="s">
         <v>293</v>
       </c>
       <c r="BC25" t="s">
         <v>296</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>75</v>
       </c>
       <c r="BN25" t="s">
         <v>302</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>83</v>
       </c>
       <c r="BQ25" t="s">
         <v>75</v>
       </c>
       <c r="BR25">
         <v>7336</v>
       </c>
@@ -8889,51 +8889,51 @@
       <c r="AZ26" t="s">
         <v>74</v>
       </c>
       <c r="BA26" t="s">
         <v>281</v>
       </c>
       <c r="BB26" t="s">
         <v>303</v>
       </c>
       <c r="BC26" t="s">
         <v>306</v>
       </c>
       <c r="BD26" t="s">
         <v>312</v>
       </c>
       <c r="BE26" t="s">
         <v>75</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>313</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>83</v>
       </c>
       <c r="BQ26" t="s">
         <v>75</v>
       </c>
       <c r="BR26">
         <v>7423</v>
       </c>
@@ -9086,51 +9086,51 @@
       <c r="AZ27" t="s">
         <v>74</v>
       </c>
       <c r="BA27" t="s">
         <v>281</v>
       </c>
       <c r="BB27" t="s">
         <v>314</v>
       </c>
       <c r="BC27" t="s">
         <v>317</v>
       </c>
       <c r="BD27" t="s">
         <v>322</v>
       </c>
       <c r="BE27" t="s">
         <v>75</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>75</v>
       </c>
       <c r="BN27" t="s">
         <v>323</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>83</v>
       </c>
       <c r="BQ27" t="s">
         <v>75</v>
       </c>
       <c r="BR27">
         <v>5613</v>
       </c>
@@ -9283,51 +9283,51 @@
       <c r="AZ28" t="s">
         <v>74</v>
       </c>
       <c r="BA28" t="s">
         <v>281</v>
       </c>
       <c r="BB28" t="s">
         <v>324</v>
       </c>
       <c r="BC28" t="s">
         <v>317</v>
       </c>
       <c r="BD28" t="s">
         <v>75</v>
       </c>
       <c r="BE28" t="s">
         <v>75</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>75</v>
       </c>
       <c r="BN28" t="s">
         <v>329</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>83</v>
       </c>
       <c r="BQ28" t="s">
         <v>75</v>
       </c>
       <c r="BR28">
         <v>6001</v>
       </c>
@@ -9480,51 +9480,51 @@
       <c r="AZ29" t="s">
         <v>74</v>
       </c>
       <c r="BA29" t="s">
         <v>281</v>
       </c>
       <c r="BB29" t="s">
         <v>330</v>
       </c>
       <c r="BC29" t="s">
         <v>317</v>
       </c>
       <c r="BD29" t="s">
         <v>75</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>75</v>
       </c>
       <c r="BN29" t="s">
         <v>337</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>83</v>
       </c>
       <c r="BQ29" t="s">
         <v>75</v>
       </c>
       <c r="BR29">
         <v>5958</v>
       </c>
@@ -9677,51 +9677,51 @@
       <c r="AZ30" t="s">
         <v>74</v>
       </c>
       <c r="BA30" t="s">
         <v>281</v>
       </c>
       <c r="BB30" t="s">
         <v>338</v>
       </c>
       <c r="BC30" t="s">
         <v>341</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>75</v>
       </c>
       <c r="BN30" t="s">
         <v>345</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>83</v>
       </c>
       <c r="BQ30" t="s">
         <v>75</v>
       </c>
       <c r="BR30">
         <v>5613</v>
       </c>
@@ -9874,51 +9874,51 @@
       <c r="AZ31" t="s">
         <v>74</v>
       </c>
       <c r="BA31" t="s">
         <v>281</v>
       </c>
       <c r="BB31" t="s">
         <v>346</v>
       </c>
       <c r="BC31" t="s">
         <v>349</v>
       </c>
       <c r="BD31" t="s">
         <v>75</v>
       </c>
       <c r="BE31" t="s">
         <v>75</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>75</v>
       </c>
       <c r="BN31" t="s">
         <v>354</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>83</v>
       </c>
       <c r="BQ31" t="s">
         <v>75</v>
       </c>
       <c r="BR31">
         <v>5613</v>
       </c>
@@ -10071,51 +10071,51 @@
       <c r="AZ32" t="s">
         <v>74</v>
       </c>
       <c r="BA32" t="s">
         <v>281</v>
       </c>
       <c r="BB32" t="s">
         <v>355</v>
       </c>
       <c r="BC32" t="s">
         <v>358</v>
       </c>
       <c r="BD32" t="s">
         <v>75</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="BI32" t="s">
         <v>86</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>75</v>
       </c>
       <c r="BN32" t="s">
         <v>364</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>83</v>
       </c>
       <c r="BQ32" t="s">
         <v>75</v>
       </c>
       <c r="BR32">
         <v>6302</v>
       </c>
@@ -10264,51 +10264,51 @@
         <v>369</v>
       </c>
       <c r="AZ33" t="s">
         <v>74</v>
       </c>
       <c r="BA33"/>
       <c r="BB33" t="s">
         <v>365</v>
       </c>
       <c r="BC33" t="s">
         <v>368</v>
       </c>
       <c r="BD33" t="s">
         <v>75</v>
       </c>
       <c r="BE33" t="s">
         <v>75</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>75</v>
       </c>
       <c r="BN33" t="s">
         <v>374</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>83</v>
       </c>
       <c r="BQ33" t="s">
         <v>75</v>
       </c>
       <c r="BR33">
         <v>8241</v>
       </c>
@@ -10457,51 +10457,51 @@
         <v>378</v>
       </c>
       <c r="AZ34" t="s">
         <v>74</v>
       </c>
       <c r="BA34"/>
       <c r="BB34" t="s">
         <v>375</v>
       </c>
       <c r="BC34" t="s">
         <v>368</v>
       </c>
       <c r="BD34" t="s">
         <v>75</v>
       </c>
       <c r="BE34" t="s">
         <v>75</v>
       </c>
       <c r="BF34" t="s">
         <v>75</v>
       </c>
       <c r="BG34" t="s">
         <v>75</v>
       </c>
       <c r="BH34">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="BI34" t="s">
         <v>86</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>75</v>
       </c>
       <c r="BN34" t="s">
         <v>379</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
         <v>83</v>
       </c>
       <c r="BQ34" t="s">
         <v>75</v>
       </c>
       <c r="BR34">
         <v>5613</v>
       </c>
@@ -10650,51 +10650,51 @@
         <v>383</v>
       </c>
       <c r="AZ35" t="s">
         <v>74</v>
       </c>
       <c r="BA35"/>
       <c r="BB35" t="s">
         <v>380</v>
       </c>
       <c r="BC35" t="s">
         <v>368</v>
       </c>
       <c r="BD35" t="s">
         <v>75</v>
       </c>
       <c r="BE35" t="s">
         <v>75</v>
       </c>
       <c r="BF35" t="s">
         <v>75</v>
       </c>
       <c r="BG35" t="s">
         <v>75</v>
       </c>
       <c r="BH35">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="BI35" t="s">
         <v>86</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>75</v>
       </c>
       <c r="BN35" t="s">
         <v>388</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
         <v>83</v>
       </c>
       <c r="BQ35" t="s">
         <v>75</v>
       </c>
       <c r="BR35">
         <v>4708</v>
       </c>
@@ -10843,51 +10843,51 @@
         <v>393</v>
       </c>
       <c r="AZ36" t="s">
         <v>74</v>
       </c>
       <c r="BA36"/>
       <c r="BB36" t="s">
         <v>389</v>
       </c>
       <c r="BC36" t="s">
         <v>392</v>
       </c>
       <c r="BD36" t="s">
         <v>75</v>
       </c>
       <c r="BE36" t="s">
         <v>75</v>
       </c>
       <c r="BF36" t="s">
         <v>75</v>
       </c>
       <c r="BG36" t="s">
         <v>75</v>
       </c>
       <c r="BH36">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="BI36" t="s">
         <v>86</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>75</v>
       </c>
       <c r="BN36" t="s">
         <v>396</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
         <v>83</v>
       </c>
       <c r="BQ36" t="s">
         <v>75</v>
       </c>
       <c r="BR36">
         <v>7336</v>
       </c>
@@ -11036,51 +11036,51 @@
         <v>401</v>
       </c>
       <c r="AZ37" t="s">
         <v>74</v>
       </c>
       <c r="BA37"/>
       <c r="BB37" t="s">
         <v>397</v>
       </c>
       <c r="BC37" t="s">
         <v>400</v>
       </c>
       <c r="BD37" t="s">
         <v>75</v>
       </c>
       <c r="BE37" t="s">
         <v>75</v>
       </c>
       <c r="BF37" t="s">
         <v>75</v>
       </c>
       <c r="BG37" t="s">
         <v>75</v>
       </c>
       <c r="BH37">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="BI37" t="s">
         <v>86</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>75</v>
       </c>
       <c r="BN37" t="s">
         <v>402</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
         <v>83</v>
       </c>
       <c r="BQ37" t="s">
         <v>75</v>
       </c>
       <c r="BR37">
         <v>6475</v>
       </c>
@@ -11229,51 +11229,51 @@
         <v>406</v>
       </c>
       <c r="AZ38" t="s">
         <v>74</v>
       </c>
       <c r="BA38"/>
       <c r="BB38" t="s">
         <v>403</v>
       </c>
       <c r="BC38" t="s">
         <v>405</v>
       </c>
       <c r="BD38" t="s">
         <v>75</v>
       </c>
       <c r="BE38" t="s">
         <v>75</v>
       </c>
       <c r="BF38" t="s">
         <v>75</v>
       </c>
       <c r="BG38" t="s">
         <v>75</v>
       </c>
       <c r="BH38">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="BI38" t="s">
         <v>86</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>75</v>
       </c>
       <c r="BN38" t="s">
         <v>407</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
         <v>83</v>
       </c>
       <c r="BQ38" t="s">
         <v>75</v>
       </c>
       <c r="BR38">
         <v>6613</v>
       </c>
@@ -11426,51 +11426,51 @@
       <c r="AZ39" t="s">
         <v>74</v>
       </c>
       <c r="BA39" t="s">
         <v>281</v>
       </c>
       <c r="BB39" t="s">
         <v>408</v>
       </c>
       <c r="BC39" t="s">
         <v>411</v>
       </c>
       <c r="BD39" t="s">
         <v>75</v>
       </c>
       <c r="BE39" t="s">
         <v>75</v>
       </c>
       <c r="BF39" t="s">
         <v>75</v>
       </c>
       <c r="BG39" t="s">
         <v>75</v>
       </c>
       <c r="BH39">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="BI39" t="s">
         <v>86</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>75</v>
       </c>
       <c r="BN39" t="s">
         <v>416</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
         <v>135</v>
       </c>
       <c r="BQ39" t="s">
         <v>75</v>
       </c>
       <c r="BR39">
         <v>5613</v>
       </c>
@@ -11619,51 +11619,51 @@
         <v>420</v>
       </c>
       <c r="AZ40" t="s">
         <v>74</v>
       </c>
       <c r="BA40"/>
       <c r="BB40" t="s">
         <v>417</v>
       </c>
       <c r="BC40" t="s">
         <v>411</v>
       </c>
       <c r="BD40" t="s">
         <v>75</v>
       </c>
       <c r="BE40" t="s">
         <v>75</v>
       </c>
       <c r="BF40" t="s">
         <v>75</v>
       </c>
       <c r="BG40" t="s">
         <v>75</v>
       </c>
       <c r="BH40">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="BI40" t="s">
         <v>86</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>75</v>
       </c>
       <c r="BN40" t="s">
         <v>425</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
         <v>83</v>
       </c>
       <c r="BQ40" t="s">
         <v>75</v>
       </c>
       <c r="BR40">
         <v>7121</v>
       </c>
@@ -11810,51 +11810,51 @@
         <v>432</v>
       </c>
       <c r="AZ41" t="s">
         <v>74</v>
       </c>
       <c r="BA41"/>
       <c r="BB41" t="s">
         <v>426</v>
       </c>
       <c r="BC41" t="s">
         <v>430</v>
       </c>
       <c r="BD41" t="s">
         <v>75</v>
       </c>
       <c r="BE41" t="s">
         <v>75</v>
       </c>
       <c r="BF41" t="s">
         <v>75</v>
       </c>
       <c r="BG41" t="s">
         <v>75</v>
       </c>
       <c r="BH41">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="BI41" t="s">
         <v>86</v>
       </c>
       <c r="BJ41"/>
       <c r="BK41" t="s">
         <v>146</v>
       </c>
       <c r="BL41" t="s">
         <v>436</v>
       </c>
       <c r="BM41" t="s">
         <v>437</v>
       </c>
       <c r="BN41" t="s">
         <v>438</v>
       </c>
       <c r="BO41">
         <v>6</v>
       </c>
       <c r="BP41" t="s">
         <v>135</v>
       </c>
       <c r="BQ41" t="s">
         <v>75</v>
@@ -12013,51 +12013,51 @@
       <c r="AZ42" t="s">
         <v>74</v>
       </c>
       <c r="BA42" t="s">
         <v>281</v>
       </c>
       <c r="BB42" t="s">
         <v>439</v>
       </c>
       <c r="BC42" t="s">
         <v>443</v>
       </c>
       <c r="BD42" t="s">
         <v>75</v>
       </c>
       <c r="BE42" t="s">
         <v>75</v>
       </c>
       <c r="BF42" t="s">
         <v>75</v>
       </c>
       <c r="BG42" t="s">
         <v>75</v>
       </c>
       <c r="BH42">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="BI42" t="s">
         <v>86</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>75</v>
       </c>
       <c r="BN42" t="s">
         <v>447</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
         <v>135</v>
       </c>
       <c r="BQ42" t="s">
         <v>75</v>
       </c>
       <c r="BR42">
         <v>7294</v>
       </c>
@@ -12210,51 +12210,51 @@
       <c r="AZ43" t="s">
         <v>74</v>
       </c>
       <c r="BA43" t="s">
         <v>281</v>
       </c>
       <c r="BB43" t="s">
         <v>448</v>
       </c>
       <c r="BC43" t="s">
         <v>452</v>
       </c>
       <c r="BD43" t="s">
         <v>457</v>
       </c>
       <c r="BE43" t="s">
         <v>458</v>
       </c>
       <c r="BF43" t="s">
         <v>75</v>
       </c>
       <c r="BG43" t="s">
         <v>75</v>
       </c>
       <c r="BH43">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="BI43" t="s">
         <v>86</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>75</v>
       </c>
       <c r="BN43" t="s">
         <v>459</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43" t="s">
         <v>83</v>
       </c>
       <c r="BQ43" t="s">
         <v>75</v>
       </c>
       <c r="BR43">
         <v>6647</v>
       </c>
@@ -12407,51 +12407,51 @@
       <c r="AZ44" t="s">
         <v>74</v>
       </c>
       <c r="BA44" t="s">
         <v>281</v>
       </c>
       <c r="BB44" t="s">
         <v>460</v>
       </c>
       <c r="BC44" t="s">
         <v>463</v>
       </c>
       <c r="BD44" t="s">
         <v>75</v>
       </c>
       <c r="BE44" t="s">
         <v>465</v>
       </c>
       <c r="BF44" t="s">
         <v>75</v>
       </c>
       <c r="BG44" t="s">
         <v>75</v>
       </c>
       <c r="BH44">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="BI44" t="s">
         <v>86</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>75</v>
       </c>
       <c r="BN44" t="s">
         <v>466</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
         <v>83</v>
       </c>
       <c r="BQ44" t="s">
         <v>75</v>
       </c>
       <c r="BR44">
         <v>6001</v>
       </c>
@@ -12604,51 +12604,51 @@
       <c r="AZ45" t="s">
         <v>74</v>
       </c>
       <c r="BA45" t="s">
         <v>281</v>
       </c>
       <c r="BB45" t="s">
         <v>467</v>
       </c>
       <c r="BC45" t="s">
         <v>470</v>
       </c>
       <c r="BD45" t="s">
         <v>75</v>
       </c>
       <c r="BE45" t="s">
         <v>473</v>
       </c>
       <c r="BF45" t="s">
         <v>75</v>
       </c>
       <c r="BG45" t="s">
         <v>75</v>
       </c>
       <c r="BH45">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="BI45" t="s">
         <v>86</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>75</v>
       </c>
       <c r="BN45" t="s">
         <v>474</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45" t="s">
         <v>83</v>
       </c>
       <c r="BQ45" t="s">
         <v>75</v>
       </c>
       <c r="BR45">
         <v>5613</v>
       </c>
@@ -12801,51 +12801,51 @@
       <c r="AZ46" t="s">
         <v>74</v>
       </c>
       <c r="BA46" t="s">
         <v>281</v>
       </c>
       <c r="BB46" t="s">
         <v>475</v>
       </c>
       <c r="BC46" t="s">
         <v>478</v>
       </c>
       <c r="BD46" t="s">
         <v>483</v>
       </c>
       <c r="BE46" t="s">
         <v>484</v>
       </c>
       <c r="BF46" t="s">
         <v>75</v>
       </c>
       <c r="BG46" t="s">
         <v>75</v>
       </c>
       <c r="BH46">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="BI46" t="s">
         <v>86</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>75</v>
       </c>
       <c r="BN46" t="s">
         <v>485</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46" t="s">
         <v>83</v>
       </c>
       <c r="BQ46" t="s">
         <v>75</v>
       </c>
       <c r="BR46">
         <v>5958</v>
       </c>
@@ -12998,51 +12998,51 @@
       <c r="AZ47" t="s">
         <v>74</v>
       </c>
       <c r="BA47" t="s">
         <v>281</v>
       </c>
       <c r="BB47" t="s">
         <v>486</v>
       </c>
       <c r="BC47" t="s">
         <v>489</v>
       </c>
       <c r="BD47" t="s">
         <v>75</v>
       </c>
       <c r="BE47" t="s">
         <v>494</v>
       </c>
       <c r="BF47" t="s">
         <v>75</v>
       </c>
       <c r="BG47" t="s">
         <v>75</v>
       </c>
       <c r="BH47">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="BI47" t="s">
         <v>86</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>75</v>
       </c>
       <c r="BN47" t="s">
         <v>495</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47" t="s">
         <v>83</v>
       </c>
       <c r="BQ47" t="s">
         <v>75</v>
       </c>
       <c r="BR47">
         <v>6346</v>
       </c>
@@ -13195,51 +13195,51 @@
       <c r="AZ48" t="s">
         <v>74</v>
       </c>
       <c r="BA48" t="s">
         <v>281</v>
       </c>
       <c r="BB48" t="s">
         <v>496</v>
       </c>
       <c r="BC48" t="s">
         <v>489</v>
       </c>
       <c r="BD48" t="s">
         <v>75</v>
       </c>
       <c r="BE48" t="s">
         <v>502</v>
       </c>
       <c r="BF48" t="s">
         <v>75</v>
       </c>
       <c r="BG48" t="s">
         <v>75</v>
       </c>
       <c r="BH48">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="BI48" t="s">
         <v>86</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>75</v>
       </c>
       <c r="BN48" t="s">
         <v>503</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48" t="s">
         <v>83</v>
       </c>
       <c r="BQ48" t="s">
         <v>75</v>
       </c>
       <c r="BR48">
         <v>7336</v>
       </c>
@@ -13392,51 +13392,51 @@
       <c r="AZ49" t="s">
         <v>74</v>
       </c>
       <c r="BA49" t="s">
         <v>281</v>
       </c>
       <c r="BB49" t="s">
         <v>504</v>
       </c>
       <c r="BC49" t="s">
         <v>507</v>
       </c>
       <c r="BD49" t="s">
         <v>75</v>
       </c>
       <c r="BE49" t="s">
         <v>511</v>
       </c>
       <c r="BF49" t="s">
         <v>75</v>
       </c>
       <c r="BG49" t="s">
         <v>75</v>
       </c>
       <c r="BH49">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="BI49" t="s">
         <v>86</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>75</v>
       </c>
       <c r="BN49" t="s">
         <v>512</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49" t="s">
         <v>83</v>
       </c>
       <c r="BQ49" t="s">
         <v>75</v>
       </c>
       <c r="BR49">
         <v>5613</v>
       </c>
@@ -13589,51 +13589,51 @@
       <c r="AZ50" t="s">
         <v>74</v>
       </c>
       <c r="BA50" t="s">
         <v>281</v>
       </c>
       <c r="BB50" t="s">
         <v>513</v>
       </c>
       <c r="BC50" t="s">
         <v>507</v>
       </c>
       <c r="BD50" t="s">
         <v>520</v>
       </c>
       <c r="BE50" t="s">
         <v>521</v>
       </c>
       <c r="BF50" t="s">
         <v>75</v>
       </c>
       <c r="BG50" t="s">
         <v>75</v>
       </c>
       <c r="BH50">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="BI50" t="s">
         <v>86</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>75</v>
       </c>
       <c r="BN50" t="s">
         <v>522</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
         <v>83</v>
       </c>
       <c r="BQ50" t="s">
         <v>75</v>
       </c>
       <c r="BR50">
         <v>9771</v>
       </c>
@@ -13786,51 +13786,51 @@
       <c r="AZ51" t="s">
         <v>74</v>
       </c>
       <c r="BA51" t="s">
         <v>281</v>
       </c>
       <c r="BB51" t="s">
         <v>523</v>
       </c>
       <c r="BC51" t="s">
         <v>507</v>
       </c>
       <c r="BD51" t="s">
         <v>526</v>
       </c>
       <c r="BE51" t="s">
         <v>526</v>
       </c>
       <c r="BF51" t="s">
         <v>75</v>
       </c>
       <c r="BG51" t="s">
         <v>75</v>
       </c>
       <c r="BH51">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="BI51" t="s">
         <v>86</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>75</v>
       </c>
       <c r="BN51" t="s">
         <v>527</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51" t="s">
         <v>83</v>
       </c>
       <c r="BQ51" t="s">
         <v>75</v>
       </c>
       <c r="BR51">
         <v>6613</v>
       </c>
@@ -13985,51 +13985,51 @@
       <c r="AZ52" t="s">
         <v>74</v>
       </c>
       <c r="BA52" t="s">
         <v>281</v>
       </c>
       <c r="BB52" t="s">
         <v>528</v>
       </c>
       <c r="BC52" t="s">
         <v>531</v>
       </c>
       <c r="BD52" t="s">
         <v>75</v>
       </c>
       <c r="BE52" t="s">
         <v>535</v>
       </c>
       <c r="BF52" t="s">
         <v>75</v>
       </c>
       <c r="BG52" t="s">
         <v>75</v>
       </c>
       <c r="BH52">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="BI52" t="s">
         <v>86</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>75</v>
       </c>
       <c r="BN52" t="s">
         <v>536</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52" t="s">
         <v>83</v>
       </c>
       <c r="BQ52" t="s">
         <v>75</v>
       </c>
       <c r="BR52">
         <v>6432</v>
       </c>
@@ -14184,51 +14184,51 @@
       <c r="AZ53" t="s">
         <v>74</v>
       </c>
       <c r="BA53" t="s">
         <v>281</v>
       </c>
       <c r="BB53" t="s">
         <v>537</v>
       </c>
       <c r="BC53" t="s">
         <v>540</v>
       </c>
       <c r="BD53" t="s">
         <v>75</v>
       </c>
       <c r="BE53" t="s">
         <v>544</v>
       </c>
       <c r="BF53" t="s">
         <v>75</v>
       </c>
       <c r="BG53" t="s">
         <v>75</v>
       </c>
       <c r="BH53">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="BI53" t="s">
         <v>86</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>75</v>
       </c>
       <c r="BN53" t="s">
         <v>545</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53" t="s">
         <v>83</v>
       </c>
       <c r="BQ53" t="s">
         <v>75</v>
       </c>
       <c r="BR53">
         <v>5570</v>
       </c>
@@ -14381,51 +14381,51 @@
       <c r="AZ54" t="s">
         <v>74</v>
       </c>
       <c r="BA54" t="s">
         <v>281</v>
       </c>
       <c r="BB54" t="s">
         <v>546</v>
       </c>
       <c r="BC54" t="s">
         <v>549</v>
       </c>
       <c r="BD54" t="s">
         <v>75</v>
       </c>
       <c r="BE54" t="s">
         <v>552</v>
       </c>
       <c r="BF54" t="s">
         <v>75</v>
       </c>
       <c r="BG54" t="s">
         <v>75</v>
       </c>
       <c r="BH54">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="BI54" t="s">
         <v>86</v>
       </c>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>75</v>
       </c>
       <c r="BN54" t="s">
         <v>553</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54" t="s">
         <v>83</v>
       </c>
       <c r="BQ54" t="s">
         <v>75</v>
       </c>
       <c r="BR54">
         <v>5958</v>
       </c>
@@ -14580,51 +14580,51 @@
       <c r="AZ55" t="s">
         <v>74</v>
       </c>
       <c r="BA55" t="s">
         <v>281</v>
       </c>
       <c r="BB55" t="s">
         <v>554</v>
       </c>
       <c r="BC55" t="s">
         <v>557</v>
       </c>
       <c r="BD55" t="s">
         <v>75</v>
       </c>
       <c r="BE55" t="s">
         <v>560</v>
       </c>
       <c r="BF55" t="s">
         <v>75</v>
       </c>
       <c r="BG55" t="s">
         <v>75</v>
       </c>
       <c r="BH55">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="BI55" t="s">
         <v>86</v>
       </c>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>75</v>
       </c>
       <c r="BN55" t="s">
         <v>561</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55" t="s">
         <v>83</v>
       </c>
       <c r="BQ55" t="s">
         <v>75</v>
       </c>
       <c r="BR55">
         <v>6647</v>
       </c>
@@ -14777,51 +14777,51 @@
       <c r="AZ56" t="s">
         <v>74</v>
       </c>
       <c r="BA56" t="s">
         <v>281</v>
       </c>
       <c r="BB56" t="s">
         <v>562</v>
       </c>
       <c r="BC56" t="s">
         <v>565</v>
       </c>
       <c r="BD56" t="s">
         <v>570</v>
       </c>
       <c r="BE56" t="s">
         <v>571</v>
       </c>
       <c r="BF56" t="s">
         <v>75</v>
       </c>
       <c r="BG56" t="s">
         <v>75</v>
       </c>
       <c r="BH56">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="BI56" t="s">
         <v>86</v>
       </c>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>75</v>
       </c>
       <c r="BN56" t="s">
         <v>572</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56" t="s">
         <v>83</v>
       </c>
       <c r="BQ56" t="s">
         <v>75</v>
       </c>
       <c r="BR56">
         <v>4545</v>
       </c>
@@ -14976,51 +14976,51 @@
       <c r="AZ57" t="s">
         <v>74</v>
       </c>
       <c r="BA57" t="s">
         <v>281</v>
       </c>
       <c r="BB57" t="s">
         <v>573</v>
       </c>
       <c r="BC57" t="s">
         <v>576</v>
       </c>
       <c r="BD57" t="s">
         <v>75</v>
       </c>
       <c r="BE57" t="s">
         <v>578</v>
       </c>
       <c r="BF57" t="s">
         <v>75</v>
       </c>
       <c r="BG57" t="s">
         <v>75</v>
       </c>
       <c r="BH57">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="BI57" t="s">
         <v>86</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>75</v>
       </c>
       <c r="BN57" t="s">
         <v>579</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57" t="s">
         <v>83</v>
       </c>
       <c r="BQ57" t="s">
         <v>75</v>
       </c>
       <c r="BR57">
         <v>5711.4</v>
       </c>
@@ -15175,51 +15175,51 @@
       <c r="AZ58" t="s">
         <v>74</v>
       </c>
       <c r="BA58" t="s">
         <v>281</v>
       </c>
       <c r="BB58" t="s">
         <v>580</v>
       </c>
       <c r="BC58" t="s">
         <v>583</v>
       </c>
       <c r="BD58" t="s">
         <v>75</v>
       </c>
       <c r="BE58" t="s">
         <v>587</v>
       </c>
       <c r="BF58" t="s">
         <v>75</v>
       </c>
       <c r="BG58" t="s">
         <v>75</v>
       </c>
       <c r="BH58">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="BI58" t="s">
         <v>86</v>
       </c>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>75</v>
       </c>
       <c r="BN58" t="s">
         <v>588</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58" t="s">
         <v>83</v>
       </c>
       <c r="BQ58" t="s">
         <v>75</v>
       </c>
       <c r="BR58">
         <v>5613</v>
       </c>
@@ -15374,51 +15374,51 @@
       <c r="AZ59" t="s">
         <v>74</v>
       </c>
       <c r="BA59" t="s">
         <v>281</v>
       </c>
       <c r="BB59" t="s">
         <v>589</v>
       </c>
       <c r="BC59" t="s">
         <v>592</v>
       </c>
       <c r="BD59" t="s">
         <v>75</v>
       </c>
       <c r="BE59" t="s">
         <v>597</v>
       </c>
       <c r="BF59" t="s">
         <v>75</v>
       </c>
       <c r="BG59" t="s">
         <v>75</v>
       </c>
       <c r="BH59">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="BI59" t="s">
         <v>86</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>75</v>
       </c>
       <c r="BN59" t="s">
         <v>598</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59" t="s">
         <v>83</v>
       </c>
       <c r="BQ59" t="s">
         <v>75</v>
       </c>
       <c r="BR59">
         <v>4890</v>
       </c>
@@ -15573,51 +15573,51 @@
       <c r="AZ60" t="s">
         <v>74</v>
       </c>
       <c r="BA60" t="s">
         <v>281</v>
       </c>
       <c r="BB60" t="s">
         <v>599</v>
       </c>
       <c r="BC60" t="s">
         <v>602</v>
       </c>
       <c r="BD60" t="s">
         <v>606</v>
       </c>
       <c r="BE60" t="s">
         <v>607</v>
       </c>
       <c r="BF60" t="s">
         <v>75</v>
       </c>
       <c r="BG60" t="s">
         <v>75</v>
       </c>
       <c r="BH60">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="BI60" t="s">
         <v>86</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>75</v>
       </c>
       <c r="BN60" t="s">
         <v>608</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60" t="s">
         <v>83</v>
       </c>
       <c r="BQ60" t="s">
         <v>75</v>
       </c>
       <c r="BR60">
         <v>4442</v>
       </c>
@@ -15770,51 +15770,51 @@
       <c r="AZ61" t="s">
         <v>74</v>
       </c>
       <c r="BA61" t="s">
         <v>281</v>
       </c>
       <c r="BB61" t="s">
         <v>609</v>
       </c>
       <c r="BC61" t="s">
         <v>612</v>
       </c>
       <c r="BD61" t="s">
         <v>616</v>
       </c>
       <c r="BE61" t="s">
         <v>617</v>
       </c>
       <c r="BF61" t="s">
         <v>75</v>
       </c>
       <c r="BG61" t="s">
         <v>75</v>
       </c>
       <c r="BH61">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="BI61" t="s">
         <v>86</v>
       </c>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>75</v>
       </c>
       <c r="BN61" t="s">
         <v>618</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61" t="s">
         <v>83</v>
       </c>
       <c r="BQ61" t="s">
         <v>75</v>
       </c>
       <c r="BR61">
         <v>4545</v>
       </c>
@@ -15967,51 +15967,51 @@
       <c r="AZ62" t="s">
         <v>74</v>
       </c>
       <c r="BA62" t="s">
         <v>281</v>
       </c>
       <c r="BB62" t="s">
         <v>619</v>
       </c>
       <c r="BC62" t="s">
         <v>622</v>
       </c>
       <c r="BD62" t="s">
         <v>75</v>
       </c>
       <c r="BE62" t="s">
         <v>626</v>
       </c>
       <c r="BF62" t="s">
         <v>75</v>
       </c>
       <c r="BG62" t="s">
         <v>75</v>
       </c>
       <c r="BH62">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="BI62" t="s">
         <v>86</v>
       </c>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>75</v>
       </c>
       <c r="BN62" t="s">
         <v>627</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
         <v>83</v>
       </c>
       <c r="BQ62" t="s">
         <v>75</v>
       </c>
       <c r="BR62">
         <v>5613</v>
       </c>
@@ -16164,51 +16164,51 @@
       <c r="AZ63" t="s">
         <v>74</v>
       </c>
       <c r="BA63" t="s">
         <v>281</v>
       </c>
       <c r="BB63" t="s">
         <v>628</v>
       </c>
       <c r="BC63" t="s">
         <v>632</v>
       </c>
       <c r="BD63" t="s">
         <v>635</v>
       </c>
       <c r="BE63" t="s">
         <v>636</v>
       </c>
       <c r="BF63" t="s">
         <v>75</v>
       </c>
       <c r="BG63" t="s">
         <v>75</v>
       </c>
       <c r="BH63">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="BI63" t="s">
         <v>86</v>
       </c>
       <c r="BJ63"/>
       <c r="BK63"/>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>75</v>
       </c>
       <c r="BN63" t="s">
         <v>637</v>
       </c>
       <c r="BO63">
         <v>0</v>
       </c>
       <c r="BP63" t="s">
         <v>83</v>
       </c>
       <c r="BQ63" t="s">
         <v>75</v>
       </c>
       <c r="BR63">
         <v>6906</v>
       </c>
@@ -16363,51 +16363,51 @@
       <c r="AZ64" t="s">
         <v>74</v>
       </c>
       <c r="BA64" t="s">
         <v>281</v>
       </c>
       <c r="BB64" t="s">
         <v>638</v>
       </c>
       <c r="BC64" t="s">
         <v>641</v>
       </c>
       <c r="BD64" t="s">
         <v>645</v>
       </c>
       <c r="BE64" t="s">
         <v>646</v>
       </c>
       <c r="BF64" t="s">
         <v>75</v>
       </c>
       <c r="BG64" t="s">
         <v>75</v>
       </c>
       <c r="BH64">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="BI64" t="s">
         <v>86</v>
       </c>
       <c r="BJ64"/>
       <c r="BK64"/>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>75</v>
       </c>
       <c r="BN64" t="s">
         <v>647</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64" t="s">
         <v>83</v>
       </c>
       <c r="BQ64" t="s">
         <v>75</v>
       </c>
       <c r="BR64">
         <v>12226</v>
       </c>
@@ -16560,51 +16560,51 @@
       <c r="AZ65" t="s">
         <v>74</v>
       </c>
       <c r="BA65" t="s">
         <v>281</v>
       </c>
       <c r="BB65" t="s">
         <v>648</v>
       </c>
       <c r="BC65" t="s">
         <v>641</v>
       </c>
       <c r="BD65" t="s">
         <v>651</v>
       </c>
       <c r="BE65" t="s">
         <v>652</v>
       </c>
       <c r="BF65" t="s">
         <v>75</v>
       </c>
       <c r="BG65" t="s">
         <v>75</v>
       </c>
       <c r="BH65">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="BI65" t="s">
         <v>86</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>75</v>
       </c>
       <c r="BN65" t="s">
         <v>653</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65" t="s">
         <v>83</v>
       </c>
       <c r="BQ65" t="s">
         <v>75</v>
       </c>
       <c r="BR65">
         <v>7121</v>
       </c>
@@ -16759,51 +16759,51 @@
       <c r="AZ66" t="s">
         <v>74</v>
       </c>
       <c r="BA66" t="s">
         <v>281</v>
       </c>
       <c r="BB66" t="s">
         <v>654</v>
       </c>
       <c r="BC66" t="s">
         <v>657</v>
       </c>
       <c r="BD66" t="s">
         <v>75</v>
       </c>
       <c r="BE66" t="s">
         <v>661</v>
       </c>
       <c r="BF66" t="s">
         <v>75</v>
       </c>
       <c r="BG66" t="s">
         <v>75</v>
       </c>
       <c r="BH66">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="BI66" t="s">
         <v>86</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>75</v>
       </c>
       <c r="BN66" t="s">
         <v>662</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66" t="s">
         <v>83</v>
       </c>
       <c r="BQ66" t="s">
         <v>75</v>
       </c>
       <c r="BR66">
         <v>5613</v>
       </c>
@@ -16956,51 +16956,51 @@
       <c r="AZ67" t="s">
         <v>74</v>
       </c>
       <c r="BA67" t="s">
         <v>281</v>
       </c>
       <c r="BB67" t="s">
         <v>663</v>
       </c>
       <c r="BC67" t="s">
         <v>666</v>
       </c>
       <c r="BD67" t="s">
         <v>75</v>
       </c>
       <c r="BE67" t="s">
         <v>671</v>
       </c>
       <c r="BF67" t="s">
         <v>75</v>
       </c>
       <c r="BG67" t="s">
         <v>75</v>
       </c>
       <c r="BH67">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="BI67" t="s">
         <v>86</v>
       </c>
       <c r="BJ67"/>
       <c r="BK67"/>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>75</v>
       </c>
       <c r="BN67" t="s">
         <v>672</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67" t="s">
         <v>83</v>
       </c>
       <c r="BQ67" t="s">
         <v>75</v>
       </c>
       <c r="BR67">
         <v>4442</v>
       </c>
@@ -17153,51 +17153,51 @@
       <c r="AZ68" t="s">
         <v>74</v>
       </c>
       <c r="BA68" t="s">
         <v>281</v>
       </c>
       <c r="BB68" t="s">
         <v>673</v>
       </c>
       <c r="BC68" t="s">
         <v>676</v>
       </c>
       <c r="BD68" t="s">
         <v>679</v>
       </c>
       <c r="BE68" t="s">
         <v>680</v>
       </c>
       <c r="BF68" t="s">
         <v>75</v>
       </c>
       <c r="BG68" t="s">
         <v>75</v>
       </c>
       <c r="BH68">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="BI68" t="s">
         <v>86</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>75</v>
       </c>
       <c r="BN68" t="s">
         <v>681</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
         <v>83</v>
       </c>
       <c r="BQ68" t="s">
         <v>75</v>
       </c>
       <c r="BR68">
         <v>5613</v>
       </c>
@@ -17350,51 +17350,51 @@
       <c r="AZ69" t="s">
         <v>74</v>
       </c>
       <c r="BA69" t="s">
         <v>281</v>
       </c>
       <c r="BB69" t="s">
         <v>682</v>
       </c>
       <c r="BC69" t="s">
         <v>676</v>
       </c>
       <c r="BD69" t="s">
         <v>75</v>
       </c>
       <c r="BE69" t="s">
         <v>688</v>
       </c>
       <c r="BF69" t="s">
         <v>75</v>
       </c>
       <c r="BG69" t="s">
         <v>75</v>
       </c>
       <c r="BH69">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="BI69" t="s">
         <v>86</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>75</v>
       </c>
       <c r="BN69" t="s">
         <v>689</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69" t="s">
         <v>83</v>
       </c>
       <c r="BQ69" t="s">
         <v>75</v>
       </c>
       <c r="BR69">
         <v>6346</v>
       </c>
@@ -17547,51 +17547,51 @@
       <c r="AZ70" t="s">
         <v>74</v>
       </c>
       <c r="BA70" t="s">
         <v>281</v>
       </c>
       <c r="BB70" t="s">
         <v>690</v>
       </c>
       <c r="BC70" t="s">
         <v>693</v>
       </c>
       <c r="BD70" t="s">
         <v>75</v>
       </c>
       <c r="BE70" t="s">
         <v>697</v>
       </c>
       <c r="BF70" t="s">
         <v>75</v>
       </c>
       <c r="BG70" t="s">
         <v>75</v>
       </c>
       <c r="BH70">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="BI70" t="s">
         <v>86</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70"/>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>75</v>
       </c>
       <c r="BN70" t="s">
         <v>698</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70" t="s">
         <v>83</v>
       </c>
       <c r="BQ70" t="s">
         <v>75</v>
       </c>
       <c r="BR70">
         <v>6647</v>
       </c>
@@ -17744,51 +17744,51 @@
       <c r="AZ71" t="s">
         <v>74</v>
       </c>
       <c r="BA71" t="s">
         <v>281</v>
       </c>
       <c r="BB71" t="s">
         <v>699</v>
       </c>
       <c r="BC71" t="s">
         <v>702</v>
       </c>
       <c r="BD71" t="s">
         <v>75</v>
       </c>
       <c r="BE71" t="s">
         <v>705</v>
       </c>
       <c r="BF71" t="s">
         <v>75</v>
       </c>
       <c r="BG71" t="s">
         <v>75</v>
       </c>
       <c r="BH71">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="BI71" t="s">
         <v>86</v>
       </c>
       <c r="BJ71"/>
       <c r="BK71"/>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>75</v>
       </c>
       <c r="BN71" t="s">
         <v>706</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71" t="s">
         <v>83</v>
       </c>
       <c r="BQ71" t="s">
         <v>75</v>
       </c>
       <c r="BR71">
         <v>5613</v>
       </c>
@@ -17941,51 +17941,51 @@
       <c r="AZ72" t="s">
         <v>74</v>
       </c>
       <c r="BA72" t="s">
         <v>281</v>
       </c>
       <c r="BB72" t="s">
         <v>707</v>
       </c>
       <c r="BC72" t="s">
         <v>709</v>
       </c>
       <c r="BD72" t="s">
         <v>75</v>
       </c>
       <c r="BE72" t="s">
         <v>710</v>
       </c>
       <c r="BF72" t="s">
         <v>75</v>
       </c>
       <c r="BG72" t="s">
         <v>75</v>
       </c>
       <c r="BH72">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="BI72" t="s">
         <v>86</v>
       </c>
       <c r="BJ72"/>
       <c r="BK72"/>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>75</v>
       </c>
       <c r="BN72" t="s">
         <v>711</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72" t="s">
         <v>83</v>
       </c>
       <c r="BQ72" t="s">
         <v>75</v>
       </c>
       <c r="BR72">
         <v>5051.7</v>
       </c>
@@ -18140,51 +18140,51 @@
       <c r="AZ73" t="s">
         <v>74</v>
       </c>
       <c r="BA73" t="s">
         <v>281</v>
       </c>
       <c r="BB73" t="s">
         <v>712</v>
       </c>
       <c r="BC73" t="s">
         <v>709</v>
       </c>
       <c r="BD73" t="s">
         <v>718</v>
       </c>
       <c r="BE73" t="s">
         <v>719</v>
       </c>
       <c r="BF73" t="s">
         <v>75</v>
       </c>
       <c r="BG73" t="s">
         <v>75</v>
       </c>
       <c r="BH73">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="BI73" t="s">
         <v>86</v>
       </c>
       <c r="BJ73"/>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>75</v>
       </c>
       <c r="BN73" t="s">
         <v>720</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73" t="s">
         <v>83</v>
       </c>
       <c r="BQ73" t="s">
         <v>75</v>
       </c>
       <c r="BR73">
         <v>10956</v>
       </c>
@@ -18337,51 +18337,51 @@
       <c r="AZ74" t="s">
         <v>74</v>
       </c>
       <c r="BA74" t="s">
         <v>281</v>
       </c>
       <c r="BB74" t="s">
         <v>721</v>
       </c>
       <c r="BC74" t="s">
         <v>724</v>
       </c>
       <c r="BD74" t="s">
         <v>727</v>
       </c>
       <c r="BE74" t="s">
         <v>728</v>
       </c>
       <c r="BF74" t="s">
         <v>75</v>
       </c>
       <c r="BG74" t="s">
         <v>75</v>
       </c>
       <c r="BH74">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="BI74" t="s">
         <v>86</v>
       </c>
       <c r="BJ74"/>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>75</v>
       </c>
       <c r="BN74" t="s">
         <v>729</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74" t="s">
         <v>83</v>
       </c>
       <c r="BQ74" t="s">
         <v>75</v>
       </c>
       <c r="BR74">
         <v>7121</v>
       </c>
@@ -18534,51 +18534,51 @@
       <c r="AZ75" t="s">
         <v>74</v>
       </c>
       <c r="BA75" t="s">
         <v>281</v>
       </c>
       <c r="BB75" t="s">
         <v>730</v>
       </c>
       <c r="BC75" t="s">
         <v>733</v>
       </c>
       <c r="BD75" t="s">
         <v>75</v>
       </c>
       <c r="BE75" t="s">
         <v>736</v>
       </c>
       <c r="BF75" t="s">
         <v>75</v>
       </c>
       <c r="BG75" t="s">
         <v>75</v>
       </c>
       <c r="BH75">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="BI75" t="s">
         <v>86</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>75</v>
       </c>
       <c r="BN75" t="s">
         <v>737</v>
       </c>
       <c r="BO75">
         <v>0</v>
       </c>
       <c r="BP75" t="s">
         <v>83</v>
       </c>
       <c r="BQ75" t="s">
         <v>75</v>
       </c>
       <c r="BR75">
         <v>4708</v>
       </c>
@@ -18733,51 +18733,51 @@
       <c r="AZ76" t="s">
         <v>74</v>
       </c>
       <c r="BA76" t="s">
         <v>281</v>
       </c>
       <c r="BB76" t="s">
         <v>738</v>
       </c>
       <c r="BC76" t="s">
         <v>741</v>
       </c>
       <c r="BD76" t="s">
         <v>746</v>
       </c>
       <c r="BE76" t="s">
         <v>747</v>
       </c>
       <c r="BF76" t="s">
         <v>75</v>
       </c>
       <c r="BG76" t="s">
         <v>75</v>
       </c>
       <c r="BH76">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="BI76" t="s">
         <v>86</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>75</v>
       </c>
       <c r="BN76" t="s">
         <v>748</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76" t="s">
         <v>83</v>
       </c>
       <c r="BQ76" t="s">
         <v>75</v>
       </c>
       <c r="BR76">
         <v>4890</v>
       </c>
@@ -18932,51 +18932,51 @@
       <c r="AZ77" t="s">
         <v>74</v>
       </c>
       <c r="BA77" t="s">
         <v>281</v>
       </c>
       <c r="BB77" t="s">
         <v>749</v>
       </c>
       <c r="BC77" t="s">
         <v>741</v>
       </c>
       <c r="BD77" t="s">
         <v>75</v>
       </c>
       <c r="BE77" t="s">
         <v>756</v>
       </c>
       <c r="BF77" t="s">
         <v>75</v>
       </c>
       <c r="BG77" t="s">
         <v>75</v>
       </c>
       <c r="BH77">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="BI77" t="s">
         <v>86</v>
       </c>
       <c r="BJ77"/>
       <c r="BK77"/>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>75</v>
       </c>
       <c r="BN77" t="s">
         <v>757</v>
       </c>
       <c r="BO77">
         <v>0</v>
       </c>
       <c r="BP77" t="s">
         <v>83</v>
       </c>
       <c r="BQ77" t="s">
         <v>75</v>
       </c>
       <c r="BR77">
         <v>5579</v>
       </c>
@@ -19127,51 +19127,51 @@
       <c r="AZ78" t="s">
         <v>74</v>
       </c>
       <c r="BA78" t="s">
         <v>281</v>
       </c>
       <c r="BB78" t="s">
         <v>758</v>
       </c>
       <c r="BC78" t="s">
         <v>761</v>
       </c>
       <c r="BD78" t="s">
         <v>75</v>
       </c>
       <c r="BE78" t="s">
         <v>767</v>
       </c>
       <c r="BF78" t="s">
         <v>75</v>
       </c>
       <c r="BG78" t="s">
         <v>75</v>
       </c>
       <c r="BH78">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="BI78" t="s">
         <v>86</v>
       </c>
       <c r="BJ78"/>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>75</v>
       </c>
       <c r="BN78" t="s">
         <v>768</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78" t="s">
         <v>83</v>
       </c>
       <c r="BQ78" t="s">
         <v>75</v>
       </c>
       <c r="BR78">
         <v>5656</v>
       </c>
@@ -19322,51 +19322,51 @@
       <c r="AZ79" t="s">
         <v>74</v>
       </c>
       <c r="BA79" t="s">
         <v>281</v>
       </c>
       <c r="BB79" t="s">
         <v>769</v>
       </c>
       <c r="BC79" t="s">
         <v>761</v>
       </c>
       <c r="BD79" t="s">
         <v>776</v>
       </c>
       <c r="BE79" t="s">
         <v>777</v>
       </c>
       <c r="BF79" t="s">
         <v>75</v>
       </c>
       <c r="BG79" t="s">
         <v>75</v>
       </c>
       <c r="BH79">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="BI79" t="s">
         <v>86</v>
       </c>
       <c r="BJ79"/>
       <c r="BK79"/>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>75</v>
       </c>
       <c r="BN79" t="s">
         <v>778</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79" t="s">
         <v>83</v>
       </c>
       <c r="BQ79" t="s">
         <v>75</v>
       </c>
       <c r="BR79">
         <v>4890</v>
       </c>
@@ -19517,51 +19517,51 @@
       <c r="AZ80" t="s">
         <v>74</v>
       </c>
       <c r="BA80" t="s">
         <v>281</v>
       </c>
       <c r="BB80" t="s">
         <v>779</v>
       </c>
       <c r="BC80" t="s">
         <v>782</v>
       </c>
       <c r="BD80" t="s">
         <v>75</v>
       </c>
       <c r="BE80" t="s">
         <v>787</v>
       </c>
       <c r="BF80" t="s">
         <v>75</v>
       </c>
       <c r="BG80" t="s">
         <v>75</v>
       </c>
       <c r="BH80">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="BI80" t="s">
         <v>86</v>
       </c>
       <c r="BJ80"/>
       <c r="BK80"/>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>75</v>
       </c>
       <c r="BN80" t="s">
         <v>788</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80" t="s">
         <v>83</v>
       </c>
       <c r="BQ80" t="s">
         <v>75</v>
       </c>
       <c r="BR80">
         <v>8112</v>
       </c>
@@ -19712,51 +19712,51 @@
       <c r="AZ81" t="s">
         <v>74</v>
       </c>
       <c r="BA81" t="s">
         <v>281</v>
       </c>
       <c r="BB81" t="s">
         <v>789</v>
       </c>
       <c r="BC81" t="s">
         <v>792</v>
       </c>
       <c r="BD81" t="s">
         <v>75</v>
       </c>
       <c r="BE81" t="s">
         <v>797</v>
       </c>
       <c r="BF81" t="s">
         <v>75</v>
       </c>
       <c r="BG81" t="s">
         <v>75</v>
       </c>
       <c r="BH81">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="BI81" t="s">
         <v>86</v>
       </c>
       <c r="BJ81"/>
       <c r="BK81"/>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>75</v>
       </c>
       <c r="BN81" t="s">
         <v>798</v>
       </c>
       <c r="BO81">
         <v>0</v>
       </c>
       <c r="BP81" t="s">
         <v>83</v>
       </c>
       <c r="BQ81" t="s">
         <v>75</v>
       </c>
       <c r="BR81">
         <v>5958</v>
       </c>
@@ -19907,51 +19907,51 @@
       <c r="AZ82" t="s">
         <v>74</v>
       </c>
       <c r="BA82" t="s">
         <v>281</v>
       </c>
       <c r="BB82" t="s">
         <v>799</v>
       </c>
       <c r="BC82" t="s">
         <v>802</v>
       </c>
       <c r="BD82" t="s">
         <v>808</v>
       </c>
       <c r="BE82" t="s">
         <v>809</v>
       </c>
       <c r="BF82" t="s">
         <v>75</v>
       </c>
       <c r="BG82" t="s">
         <v>75</v>
       </c>
       <c r="BH82">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="BI82" t="s">
         <v>86</v>
       </c>
       <c r="BJ82"/>
       <c r="BK82"/>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>75</v>
       </c>
       <c r="BN82" t="s">
         <v>810</v>
       </c>
       <c r="BO82">
         <v>0</v>
       </c>
       <c r="BP82" t="s">
         <v>83</v>
       </c>
       <c r="BQ82" t="s">
         <v>75</v>
       </c>
       <c r="BR82">
         <v>5028</v>
       </c>
@@ -20102,51 +20102,51 @@
       <c r="AZ83" t="s">
         <v>74</v>
       </c>
       <c r="BA83" t="s">
         <v>281</v>
       </c>
       <c r="BB83" t="s">
         <v>811</v>
       </c>
       <c r="BC83" t="s">
         <v>814</v>
       </c>
       <c r="BD83" t="s">
         <v>819</v>
       </c>
       <c r="BE83" t="s">
         <v>820</v>
       </c>
       <c r="BF83" t="s">
         <v>75</v>
       </c>
       <c r="BG83" t="s">
         <v>75</v>
       </c>
       <c r="BH83">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="BI83" t="s">
         <v>86</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>75</v>
       </c>
       <c r="BN83" t="s">
         <v>821</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83" t="s">
         <v>83</v>
       </c>
       <c r="BQ83" t="s">
         <v>75</v>
       </c>
       <c r="BR83">
         <v>6604</v>
       </c>
@@ -20299,51 +20299,51 @@
       <c r="AZ84" t="s">
         <v>74</v>
       </c>
       <c r="BA84" t="s">
         <v>281</v>
       </c>
       <c r="BB84" t="s">
         <v>822</v>
       </c>
       <c r="BC84" t="s">
         <v>825</v>
       </c>
       <c r="BD84" t="s">
         <v>830</v>
       </c>
       <c r="BE84" t="s">
         <v>831</v>
       </c>
       <c r="BF84" t="s">
         <v>75</v>
       </c>
       <c r="BG84" t="s">
         <v>75</v>
       </c>
       <c r="BH84">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="BI84" t="s">
         <v>86</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>75</v>
       </c>
       <c r="BN84" t="s">
         <v>832</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84" t="s">
         <v>83</v>
       </c>
       <c r="BQ84" t="s">
         <v>75</v>
       </c>
       <c r="BR84">
         <v>6613</v>
       </c>
@@ -20496,51 +20496,51 @@
       <c r="AZ85" t="s">
         <v>74</v>
       </c>
       <c r="BA85" t="s">
         <v>281</v>
       </c>
       <c r="BB85" t="s">
         <v>833</v>
       </c>
       <c r="BC85" t="s">
         <v>825</v>
       </c>
       <c r="BD85" t="s">
         <v>839</v>
       </c>
       <c r="BE85" t="s">
         <v>840</v>
       </c>
       <c r="BF85" t="s">
         <v>75</v>
       </c>
       <c r="BG85" t="s">
         <v>75</v>
       </c>
       <c r="BH85">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="BI85" t="s">
         <v>86</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>75</v>
       </c>
       <c r="BN85" t="s">
         <v>841</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85" t="s">
         <v>83</v>
       </c>
       <c r="BQ85" t="s">
         <v>75</v>
       </c>
       <c r="BR85">
         <v>5613</v>
       </c>
@@ -20691,51 +20691,51 @@
       <c r="AZ86" t="s">
         <v>74</v>
       </c>
       <c r="BA86" t="s">
         <v>281</v>
       </c>
       <c r="BB86" t="s">
         <v>842</v>
       </c>
       <c r="BC86" t="s">
         <v>825</v>
       </c>
       <c r="BD86" t="s">
         <v>848</v>
       </c>
       <c r="BE86" t="s">
         <v>849</v>
       </c>
       <c r="BF86" t="s">
         <v>75</v>
       </c>
       <c r="BG86" t="s">
         <v>75</v>
       </c>
       <c r="BH86">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="BI86" t="s">
         <v>86</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>75</v>
       </c>
       <c r="BN86" t="s">
         <v>850</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86" t="s">
         <v>83</v>
       </c>
       <c r="BQ86" t="s">
         <v>75</v>
       </c>
       <c r="BR86">
         <v>7380</v>
       </c>
@@ -20886,51 +20886,51 @@
       <c r="AZ87" t="s">
         <v>74</v>
       </c>
       <c r="BA87" t="s">
         <v>281</v>
       </c>
       <c r="BB87" t="s">
         <v>851</v>
       </c>
       <c r="BC87" t="s">
         <v>854</v>
       </c>
       <c r="BD87" t="s">
         <v>859</v>
       </c>
       <c r="BE87" t="s">
         <v>860</v>
       </c>
       <c r="BF87" t="s">
         <v>75</v>
       </c>
       <c r="BG87" t="s">
         <v>75</v>
       </c>
       <c r="BH87">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="BI87" t="s">
         <v>86</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>75</v>
       </c>
       <c r="BN87" t="s">
         <v>861</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87" t="s">
         <v>83</v>
       </c>
       <c r="BQ87" t="s">
         <v>75</v>
       </c>
       <c r="BR87">
         <v>5579</v>
       </c>
@@ -21083,51 +21083,51 @@
       <c r="AZ88" t="s">
         <v>74</v>
       </c>
       <c r="BA88" t="s">
         <v>281</v>
       </c>
       <c r="BB88" t="s">
         <v>862</v>
       </c>
       <c r="BC88" t="s">
         <v>865</v>
       </c>
       <c r="BD88" t="s">
         <v>869</v>
       </c>
       <c r="BE88" t="s">
         <v>870</v>
       </c>
       <c r="BF88" t="s">
         <v>75</v>
       </c>
       <c r="BG88" t="s">
         <v>75</v>
       </c>
       <c r="BH88">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="BI88" t="s">
         <v>86</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>75</v>
       </c>
       <c r="BN88" t="s">
         <v>871</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88" t="s">
         <v>83</v>
       </c>
       <c r="BQ88" t="s">
         <v>75</v>
       </c>
       <c r="BR88">
         <v>8371</v>
       </c>
@@ -21280,51 +21280,51 @@
       <c r="AZ89" t="s">
         <v>74</v>
       </c>
       <c r="BA89" t="s">
         <v>281</v>
       </c>
       <c r="BB89" t="s">
         <v>872</v>
       </c>
       <c r="BC89" t="s">
         <v>865</v>
       </c>
       <c r="BD89" t="s">
         <v>878</v>
       </c>
       <c r="BE89" t="s">
         <v>879</v>
       </c>
       <c r="BF89" t="s">
         <v>75</v>
       </c>
       <c r="BG89" t="s">
         <v>75</v>
       </c>
       <c r="BH89">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="BI89" t="s">
         <v>86</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89"/>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>75</v>
       </c>
       <c r="BN89" t="s">
         <v>880</v>
       </c>
       <c r="BO89">
         <v>0</v>
       </c>
       <c r="BP89" t="s">
         <v>83</v>
       </c>
       <c r="BQ89" t="s">
         <v>75</v>
       </c>
       <c r="BR89">
         <v>7380</v>
       </c>
@@ -21477,51 +21477,51 @@
       <c r="AZ90" t="s">
         <v>74</v>
       </c>
       <c r="BA90" t="s">
         <v>281</v>
       </c>
       <c r="BB90" t="s">
         <v>881</v>
       </c>
       <c r="BC90" t="s">
         <v>865</v>
       </c>
       <c r="BD90" t="s">
         <v>888</v>
       </c>
       <c r="BE90" t="s">
         <v>889</v>
       </c>
       <c r="BF90" t="s">
         <v>75</v>
       </c>
       <c r="BG90" t="s">
         <v>75</v>
       </c>
       <c r="BH90">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="BI90" t="s">
         <v>86</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>75</v>
       </c>
       <c r="BN90" t="s">
         <v>890</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90" t="s">
         <v>83</v>
       </c>
       <c r="BQ90" t="s">
         <v>75</v>
       </c>
       <c r="BR90">
         <v>4648</v>
       </c>
@@ -21674,51 +21674,51 @@
       <c r="AZ91" t="s">
         <v>74</v>
       </c>
       <c r="BA91" t="s">
         <v>281</v>
       </c>
       <c r="BB91" t="s">
         <v>891</v>
       </c>
       <c r="BC91" t="s">
         <v>865</v>
       </c>
       <c r="BD91" t="s">
         <v>897</v>
       </c>
       <c r="BE91" t="s">
         <v>898</v>
       </c>
       <c r="BF91" t="s">
         <v>75</v>
       </c>
       <c r="BG91" t="s">
         <v>75</v>
       </c>
       <c r="BH91">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="BI91" t="s">
         <v>86</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>75</v>
       </c>
       <c r="BN91" t="s">
         <v>899</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91" t="s">
         <v>83</v>
       </c>
       <c r="BQ91" t="s">
         <v>75</v>
       </c>
       <c r="BR91">
         <v>6647</v>
       </c>
@@ -21871,51 +21871,51 @@
       <c r="AZ92" t="s">
         <v>74</v>
       </c>
       <c r="BA92" t="s">
         <v>281</v>
       </c>
       <c r="BB92" t="s">
         <v>900</v>
       </c>
       <c r="BC92" t="s">
         <v>865</v>
       </c>
       <c r="BD92" t="s">
         <v>906</v>
       </c>
       <c r="BE92" t="s">
         <v>907</v>
       </c>
       <c r="BF92" t="s">
         <v>75</v>
       </c>
       <c r="BG92" t="s">
         <v>75</v>
       </c>
       <c r="BH92">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="BI92" t="s">
         <v>86</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92"/>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>75</v>
       </c>
       <c r="BN92" t="s">
         <v>908</v>
       </c>
       <c r="BO92">
         <v>0</v>
       </c>
       <c r="BP92" t="s">
         <v>83</v>
       </c>
       <c r="BQ92" t="s">
         <v>75</v>
       </c>
       <c r="BR92">
         <v>6604</v>
       </c>
@@ -22070,51 +22070,51 @@
       <c r="AZ93" t="s">
         <v>74</v>
       </c>
       <c r="BA93" t="s">
         <v>281</v>
       </c>
       <c r="BB93" t="s">
         <v>909</v>
       </c>
       <c r="BC93" t="s">
         <v>912</v>
       </c>
       <c r="BD93" t="s">
         <v>917</v>
       </c>
       <c r="BE93" t="s">
         <v>918</v>
       </c>
       <c r="BF93" t="s">
         <v>75</v>
       </c>
       <c r="BG93" t="s">
         <v>75</v>
       </c>
       <c r="BH93">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="BI93" t="s">
         <v>86</v>
       </c>
       <c r="BJ93"/>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>75</v>
       </c>
       <c r="BN93" t="s">
         <v>919</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93" t="s">
         <v>83</v>
       </c>
       <c r="BQ93" t="s">
         <v>75</v>
       </c>
       <c r="BR93">
         <v>8026</v>
       </c>
@@ -22269,51 +22269,51 @@
       <c r="AZ94" t="s">
         <v>74</v>
       </c>
       <c r="BA94" t="s">
         <v>281</v>
       </c>
       <c r="BB94" t="s">
         <v>920</v>
       </c>
       <c r="BC94" t="s">
         <v>912</v>
       </c>
       <c r="BD94" t="s">
         <v>926</v>
       </c>
       <c r="BE94" t="s">
         <v>927</v>
       </c>
       <c r="BF94" t="s">
         <v>75</v>
       </c>
       <c r="BG94" t="s">
         <v>75</v>
       </c>
       <c r="BH94">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="BI94" t="s">
         <v>86</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>75</v>
       </c>
       <c r="BN94" t="s">
         <v>928</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94" t="s">
         <v>83</v>
       </c>
       <c r="BQ94" t="s">
         <v>75</v>
       </c>
       <c r="BR94">
         <v>9762</v>
       </c>
@@ -22468,51 +22468,51 @@
       <c r="AZ95" t="s">
         <v>74</v>
       </c>
       <c r="BA95" t="s">
         <v>281</v>
       </c>
       <c r="BB95" t="s">
         <v>929</v>
       </c>
       <c r="BC95" t="s">
         <v>932</v>
       </c>
       <c r="BD95" t="s">
         <v>935</v>
       </c>
       <c r="BE95" t="s">
         <v>936</v>
       </c>
       <c r="BF95" t="s">
         <v>75</v>
       </c>
       <c r="BG95" t="s">
         <v>75</v>
       </c>
       <c r="BH95">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="BI95" t="s">
         <v>86</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95"/>
       <c r="BL95"/>
       <c r="BM95" t="s">
         <v>75</v>
       </c>
       <c r="BN95" t="s">
         <v>937</v>
       </c>
       <c r="BO95">
         <v>0</v>
       </c>
       <c r="BP95" t="s">
         <v>83</v>
       </c>
       <c r="BQ95" t="s">
         <v>75</v>
       </c>
       <c r="BR95">
         <v>5579</v>
       </c>
@@ -22667,51 +22667,51 @@
       <c r="AZ96" t="s">
         <v>74</v>
       </c>
       <c r="BA96" t="s">
         <v>281</v>
       </c>
       <c r="BB96" t="s">
         <v>938</v>
       </c>
       <c r="BC96" t="s">
         <v>932</v>
       </c>
       <c r="BD96" t="s">
         <v>943</v>
       </c>
       <c r="BE96" t="s">
         <v>944</v>
       </c>
       <c r="BF96" t="s">
         <v>75</v>
       </c>
       <c r="BG96" t="s">
         <v>75</v>
       </c>
       <c r="BH96">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="BI96" t="s">
         <v>86</v>
       </c>
       <c r="BJ96"/>
       <c r="BK96"/>
       <c r="BL96"/>
       <c r="BM96" t="s">
         <v>75</v>
       </c>
       <c r="BN96" t="s">
         <v>945</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96" t="s">
         <v>83</v>
       </c>
       <c r="BQ96" t="s">
         <v>75</v>
       </c>
       <c r="BR96">
         <v>6647</v>
       </c>
@@ -22866,51 +22866,51 @@
       <c r="AZ97" t="s">
         <v>74</v>
       </c>
       <c r="BA97" t="s">
         <v>281</v>
       </c>
       <c r="BB97" t="s">
         <v>946</v>
       </c>
       <c r="BC97" t="s">
         <v>949</v>
       </c>
       <c r="BD97" t="s">
         <v>953</v>
       </c>
       <c r="BE97" t="s">
         <v>954</v>
       </c>
       <c r="BF97" t="s">
         <v>75</v>
       </c>
       <c r="BG97" t="s">
         <v>75</v>
       </c>
       <c r="BH97">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="BI97" t="s">
         <v>86</v>
       </c>
       <c r="BJ97"/>
       <c r="BK97"/>
       <c r="BL97"/>
       <c r="BM97" t="s">
         <v>75</v>
       </c>
       <c r="BN97" t="s">
         <v>955</v>
       </c>
       <c r="BO97">
         <v>0</v>
       </c>
       <c r="BP97" t="s">
         <v>83</v>
       </c>
       <c r="BQ97" t="s">
         <v>75</v>
       </c>
       <c r="BR97">
         <v>6604</v>
       </c>
@@ -23065,51 +23065,51 @@
       <c r="AZ98" t="s">
         <v>74</v>
       </c>
       <c r="BA98" t="s">
         <v>281</v>
       </c>
       <c r="BB98" t="s">
         <v>956</v>
       </c>
       <c r="BC98" t="s">
         <v>959</v>
       </c>
       <c r="BD98" t="s">
         <v>75</v>
       </c>
       <c r="BE98" t="s">
         <v>75</v>
       </c>
       <c r="BF98" t="s">
         <v>75</v>
       </c>
       <c r="BG98" t="s">
         <v>75</v>
       </c>
       <c r="BH98">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="BI98" t="s">
         <v>86</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>75</v>
       </c>
       <c r="BN98" t="s">
         <v>963</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98" t="s">
         <v>83</v>
       </c>
       <c r="BQ98" t="s">
         <v>75</v>
       </c>
       <c r="BR98">
         <v>5579</v>
       </c>
@@ -23264,51 +23264,51 @@
       <c r="AZ99" t="s">
         <v>74</v>
       </c>
       <c r="BA99" t="s">
         <v>281</v>
       </c>
       <c r="BB99" t="s">
         <v>964</v>
       </c>
       <c r="BC99" t="s">
         <v>967</v>
       </c>
       <c r="BD99" t="s">
         <v>968</v>
       </c>
       <c r="BE99" t="s">
         <v>969</v>
       </c>
       <c r="BF99" t="s">
         <v>75</v>
       </c>
       <c r="BG99" t="s">
         <v>75</v>
       </c>
       <c r="BH99">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="BI99" t="s">
         <v>86</v>
       </c>
       <c r="BJ99"/>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>75</v>
       </c>
       <c r="BN99" t="s">
         <v>970</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99" t="s">
         <v>83</v>
       </c>
       <c r="BQ99" t="s">
         <v>75</v>
       </c>
       <c r="BR99">
         <v>5613</v>
       </c>
@@ -23463,51 +23463,51 @@
       <c r="AZ100" t="s">
         <v>74</v>
       </c>
       <c r="BA100" t="s">
         <v>281</v>
       </c>
       <c r="BB100" t="s">
         <v>971</v>
       </c>
       <c r="BC100" t="s">
         <v>967</v>
       </c>
       <c r="BD100" t="s">
         <v>978</v>
       </c>
       <c r="BE100" t="s">
         <v>979</v>
       </c>
       <c r="BF100" t="s">
         <v>75</v>
       </c>
       <c r="BG100" t="s">
         <v>75</v>
       </c>
       <c r="BH100">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="BI100" t="s">
         <v>86</v>
       </c>
       <c r="BJ100"/>
       <c r="BK100"/>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>75</v>
       </c>
       <c r="BN100" t="s">
         <v>980</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100" t="s">
         <v>83</v>
       </c>
       <c r="BQ100" t="s">
         <v>75</v>
       </c>
       <c r="BR100">
         <v>4890</v>
       </c>
@@ -23662,51 +23662,51 @@
       <c r="AZ101" t="s">
         <v>74</v>
       </c>
       <c r="BA101" t="s">
         <v>281</v>
       </c>
       <c r="BB101" t="s">
         <v>981</v>
       </c>
       <c r="BC101" t="s">
         <v>984</v>
       </c>
       <c r="BD101" t="s">
         <v>988</v>
       </c>
       <c r="BE101" t="s">
         <v>989</v>
       </c>
       <c r="BF101" t="s">
         <v>75</v>
       </c>
       <c r="BG101" t="s">
         <v>75</v>
       </c>
       <c r="BH101">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="BI101" t="s">
         <v>86</v>
       </c>
       <c r="BJ101"/>
       <c r="BK101"/>
       <c r="BL101"/>
       <c r="BM101" t="s">
         <v>75</v>
       </c>
       <c r="BN101" t="s">
         <v>990</v>
       </c>
       <c r="BO101">
         <v>0</v>
       </c>
       <c r="BP101" t="s">
         <v>83</v>
       </c>
       <c r="BQ101" t="s">
         <v>75</v>
       </c>
       <c r="BR101">
         <v>5579</v>
       </c>
@@ -23861,51 +23861,51 @@
       <c r="AZ102" t="s">
         <v>74</v>
       </c>
       <c r="BA102" t="s">
         <v>281</v>
       </c>
       <c r="BB102" t="s">
         <v>991</v>
       </c>
       <c r="BC102" t="s">
         <v>994</v>
       </c>
       <c r="BD102" t="s">
         <v>998</v>
       </c>
       <c r="BE102" t="s">
         <v>999</v>
       </c>
       <c r="BF102" t="s">
         <v>75</v>
       </c>
       <c r="BG102" t="s">
         <v>75</v>
       </c>
       <c r="BH102">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="BI102" t="s">
         <v>86</v>
       </c>
       <c r="BJ102"/>
       <c r="BK102"/>
       <c r="BL102"/>
       <c r="BM102" t="s">
         <v>75</v>
       </c>
       <c r="BN102" t="s">
         <v>1000</v>
       </c>
       <c r="BO102">
         <v>0</v>
       </c>
       <c r="BP102" t="s">
         <v>83</v>
       </c>
       <c r="BQ102" t="s">
         <v>75</v>
       </c>
       <c r="BR102">
         <v>5613</v>
       </c>
@@ -24060,51 +24060,51 @@
       <c r="AZ103" t="s">
         <v>74</v>
       </c>
       <c r="BA103" t="s">
         <v>281</v>
       </c>
       <c r="BB103" t="s">
         <v>1001</v>
       </c>
       <c r="BC103" t="s">
         <v>1004</v>
       </c>
       <c r="BD103" t="s">
         <v>1008</v>
       </c>
       <c r="BE103" t="s">
         <v>1009</v>
       </c>
       <c r="BF103" t="s">
         <v>75</v>
       </c>
       <c r="BG103" t="s">
         <v>75</v>
       </c>
       <c r="BH103">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="BI103" t="s">
         <v>86</v>
       </c>
       <c r="BJ103"/>
       <c r="BK103"/>
       <c r="BL103"/>
       <c r="BM103" t="s">
         <v>75</v>
       </c>
       <c r="BN103" t="s">
         <v>1010</v>
       </c>
       <c r="BO103">
         <v>0</v>
       </c>
       <c r="BP103" t="s">
         <v>83</v>
       </c>
       <c r="BQ103" t="s">
         <v>75</v>
       </c>
       <c r="BR103">
         <v>6138</v>
       </c>
@@ -24259,51 +24259,51 @@
       <c r="AZ104" t="s">
         <v>74</v>
       </c>
       <c r="BA104" t="s">
         <v>281</v>
       </c>
       <c r="BB104" t="s">
         <v>1011</v>
       </c>
       <c r="BC104" t="s">
         <v>1004</v>
       </c>
       <c r="BD104" t="s">
         <v>1018</v>
       </c>
       <c r="BE104" t="s">
         <v>1019</v>
       </c>
       <c r="BF104" t="s">
         <v>75</v>
       </c>
       <c r="BG104" t="s">
         <v>75</v>
       </c>
       <c r="BH104">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="BI104" t="s">
         <v>86</v>
       </c>
       <c r="BJ104"/>
       <c r="BK104"/>
       <c r="BL104"/>
       <c r="BM104" t="s">
         <v>75</v>
       </c>
       <c r="BN104" t="s">
         <v>1020</v>
       </c>
       <c r="BO104">
         <v>0</v>
       </c>
       <c r="BP104" t="s">
         <v>83</v>
       </c>
       <c r="BQ104" t="s">
         <v>75</v>
       </c>
       <c r="BR104">
         <v>7753</v>
       </c>
@@ -24458,51 +24458,51 @@
       <c r="AZ105" t="s">
         <v>74</v>
       </c>
       <c r="BA105" t="s">
         <v>281</v>
       </c>
       <c r="BB105" t="s">
         <v>1021</v>
       </c>
       <c r="BC105" t="s">
         <v>1004</v>
       </c>
       <c r="BD105" t="s">
         <v>1027</v>
       </c>
       <c r="BE105" t="s">
         <v>1028</v>
       </c>
       <c r="BF105" t="s">
         <v>75</v>
       </c>
       <c r="BG105" t="s">
         <v>75</v>
       </c>
       <c r="BH105">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="BI105" t="s">
         <v>86</v>
       </c>
       <c r="BJ105"/>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>75</v>
       </c>
       <c r="BN105" t="s">
         <v>1029</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105" t="s">
         <v>83</v>
       </c>
       <c r="BQ105" t="s">
         <v>75</v>
       </c>
       <c r="BR105">
         <v>4730</v>
       </c>
@@ -24657,51 +24657,51 @@
       <c r="AZ106" t="s">
         <v>74</v>
       </c>
       <c r="BA106" t="s">
         <v>281</v>
       </c>
       <c r="BB106" t="s">
         <v>1030</v>
       </c>
       <c r="BC106" t="s">
         <v>1004</v>
       </c>
       <c r="BD106" t="s">
         <v>1035</v>
       </c>
       <c r="BE106" t="s">
         <v>1036</v>
       </c>
       <c r="BF106" t="s">
         <v>75</v>
       </c>
       <c r="BG106" t="s">
         <v>75</v>
       </c>
       <c r="BH106">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="BI106" t="s">
         <v>86</v>
       </c>
       <c r="BJ106"/>
       <c r="BK106"/>
       <c r="BL106"/>
       <c r="BM106" t="s">
         <v>75</v>
       </c>
       <c r="BN106" t="s">
         <v>1037</v>
       </c>
       <c r="BO106">
         <v>0</v>
       </c>
       <c r="BP106" t="s">
         <v>83</v>
       </c>
       <c r="BQ106" t="s">
         <v>75</v>
       </c>
       <c r="BR106">
         <v>7090</v>
       </c>
@@ -24854,51 +24854,51 @@
       <c r="AZ107" t="s">
         <v>74</v>
       </c>
       <c r="BA107" t="s">
         <v>281</v>
       </c>
       <c r="BB107" t="s">
         <v>1038</v>
       </c>
       <c r="BC107" t="s">
         <v>1004</v>
       </c>
       <c r="BD107" t="s">
         <v>1044</v>
       </c>
       <c r="BE107" t="s">
         <v>1045</v>
       </c>
       <c r="BF107" t="s">
         <v>75</v>
       </c>
       <c r="BG107" t="s">
         <v>75</v>
       </c>
       <c r="BH107">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="BI107" t="s">
         <v>86</v>
       </c>
       <c r="BJ107"/>
       <c r="BK107"/>
       <c r="BL107"/>
       <c r="BM107" t="s">
         <v>75</v>
       </c>
       <c r="BN107" t="s">
         <v>1046</v>
       </c>
       <c r="BO107">
         <v>0</v>
       </c>
       <c r="BP107" t="s">
         <v>83</v>
       </c>
       <c r="BQ107" t="s">
         <v>75</v>
       </c>
       <c r="BR107">
         <v>5475</v>
       </c>
@@ -25053,51 +25053,51 @@
       <c r="AZ108" t="s">
         <v>74</v>
       </c>
       <c r="BA108" t="s">
         <v>281</v>
       </c>
       <c r="BB108" t="s">
         <v>1047</v>
       </c>
       <c r="BC108" t="s">
         <v>1004</v>
       </c>
       <c r="BD108" t="s">
         <v>1053</v>
       </c>
       <c r="BE108" t="s">
         <v>1054</v>
       </c>
       <c r="BF108" t="s">
         <v>75</v>
       </c>
       <c r="BG108" t="s">
         <v>75</v>
       </c>
       <c r="BH108">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="BI108" t="s">
         <v>86</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>75</v>
       </c>
       <c r="BN108" t="s">
         <v>1055</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108" t="s">
         <v>83</v>
       </c>
       <c r="BQ108" t="s">
         <v>75</v>
       </c>
       <c r="BR108">
         <v>4730</v>
       </c>
@@ -25252,51 +25252,51 @@
       <c r="AZ109" t="s">
         <v>74</v>
       </c>
       <c r="BA109" t="s">
         <v>281</v>
       </c>
       <c r="BB109" t="s">
         <v>1056</v>
       </c>
       <c r="BC109" t="s">
         <v>1004</v>
       </c>
       <c r="BD109" t="s">
         <v>75</v>
       </c>
       <c r="BE109" t="s">
         <v>1060</v>
       </c>
       <c r="BF109" t="s">
         <v>75</v>
       </c>
       <c r="BG109" t="s">
         <v>75</v>
       </c>
       <c r="BH109">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="BI109" t="s">
         <v>86</v>
       </c>
       <c r="BJ109"/>
       <c r="BK109"/>
       <c r="BL109"/>
       <c r="BM109" t="s">
         <v>75</v>
       </c>
       <c r="BN109" t="s">
         <v>1061</v>
       </c>
       <c r="BO109">
         <v>0</v>
       </c>
       <c r="BP109" t="s">
         <v>83</v>
       </c>
       <c r="BQ109" t="s">
         <v>75</v>
       </c>
       <c r="BR109">
         <v>7753</v>
       </c>
@@ -25451,51 +25451,51 @@
       <c r="AZ110" t="s">
         <v>74</v>
       </c>
       <c r="BA110" t="s">
         <v>281</v>
       </c>
       <c r="BB110" t="s">
         <v>1062</v>
       </c>
       <c r="BC110" t="s">
         <v>1004</v>
       </c>
       <c r="BD110" t="s">
         <v>75</v>
       </c>
       <c r="BE110" t="s">
         <v>1068</v>
       </c>
       <c r="BF110" t="s">
         <v>75</v>
       </c>
       <c r="BG110" t="s">
         <v>75</v>
       </c>
       <c r="BH110">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="BI110" t="s">
         <v>86</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>75</v>
       </c>
       <c r="BN110" t="s">
         <v>1069</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110" t="s">
         <v>83</v>
       </c>
       <c r="BQ110" t="s">
         <v>75</v>
       </c>
       <c r="BR110">
         <v>5475</v>
       </c>
@@ -25650,51 +25650,51 @@
       <c r="AZ111" t="s">
         <v>74</v>
       </c>
       <c r="BA111" t="s">
         <v>281</v>
       </c>
       <c r="BB111" t="s">
         <v>1070</v>
       </c>
       <c r="BC111" t="s">
         <v>1004</v>
       </c>
       <c r="BD111" t="s">
         <v>75</v>
       </c>
       <c r="BE111" t="s">
         <v>1073</v>
       </c>
       <c r="BF111" t="s">
         <v>75</v>
       </c>
       <c r="BG111" t="s">
         <v>75</v>
       </c>
       <c r="BH111">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="BI111" t="s">
         <v>86</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>75</v>
       </c>
       <c r="BN111" t="s">
         <v>1074</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111" t="s">
         <v>83</v>
       </c>
       <c r="BQ111" t="s">
         <v>75</v>
       </c>
       <c r="BR111">
         <v>6552</v>
       </c>
@@ -25849,51 +25849,51 @@
       <c r="AZ112" t="s">
         <v>74</v>
       </c>
       <c r="BA112" t="s">
         <v>281</v>
       </c>
       <c r="BB112" t="s">
         <v>1075</v>
       </c>
       <c r="BC112" t="s">
         <v>1004</v>
       </c>
       <c r="BD112" t="s">
         <v>1079</v>
       </c>
       <c r="BE112" t="s">
         <v>1080</v>
       </c>
       <c r="BF112" t="s">
         <v>75</v>
       </c>
       <c r="BG112" t="s">
         <v>75</v>
       </c>
       <c r="BH112">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="BI112" t="s">
         <v>86</v>
       </c>
       <c r="BJ112"/>
       <c r="BK112"/>
       <c r="BL112"/>
       <c r="BM112" t="s">
         <v>75</v>
       </c>
       <c r="BN112" t="s">
         <v>1081</v>
       </c>
       <c r="BO112">
         <v>0</v>
       </c>
       <c r="BP112" t="s">
         <v>83</v>
       </c>
       <c r="BQ112" t="s">
         <v>75</v>
       </c>
       <c r="BR112">
         <v>6883</v>
       </c>
@@ -26048,51 +26048,51 @@
       <c r="AZ113" t="s">
         <v>74</v>
       </c>
       <c r="BA113" t="s">
         <v>281</v>
       </c>
       <c r="BB113" t="s">
         <v>1082</v>
       </c>
       <c r="BC113" t="s">
         <v>1004</v>
       </c>
       <c r="BD113" t="s">
         <v>1088</v>
       </c>
       <c r="BE113" t="s">
         <v>1089</v>
       </c>
       <c r="BF113" t="s">
         <v>75</v>
       </c>
       <c r="BG113" t="s">
         <v>75</v>
       </c>
       <c r="BH113">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="BI113" t="s">
         <v>86</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>75</v>
       </c>
       <c r="BN113" t="s">
         <v>1090</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113" t="s">
         <v>83</v>
       </c>
       <c r="BQ113" t="s">
         <v>75</v>
       </c>
       <c r="BR113">
         <v>7090</v>
       </c>
@@ -26247,51 +26247,51 @@
       <c r="AZ114" t="s">
         <v>74</v>
       </c>
       <c r="BA114" t="s">
         <v>281</v>
       </c>
       <c r="BB114" t="s">
         <v>1091</v>
       </c>
       <c r="BC114" t="s">
         <v>1004</v>
       </c>
       <c r="BD114" t="s">
         <v>75</v>
       </c>
       <c r="BE114" t="s">
         <v>1098</v>
       </c>
       <c r="BF114" t="s">
         <v>75</v>
       </c>
       <c r="BG114" t="s">
         <v>75</v>
       </c>
       <c r="BH114">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="BI114" t="s">
         <v>86</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>75</v>
       </c>
       <c r="BN114" t="s">
         <v>1099</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114" t="s">
         <v>83</v>
       </c>
       <c r="BQ114" t="s">
         <v>75</v>
       </c>
       <c r="BR114">
         <v>4738</v>
       </c>
@@ -26446,51 +26446,51 @@
       <c r="AZ115" t="s">
         <v>74</v>
       </c>
       <c r="BA115" t="s">
         <v>281</v>
       </c>
       <c r="BB115" t="s">
         <v>1100</v>
       </c>
       <c r="BC115" t="s">
         <v>1103</v>
       </c>
       <c r="BD115" t="s">
         <v>1106</v>
       </c>
       <c r="BE115" t="s">
         <v>1107</v>
       </c>
       <c r="BF115" t="s">
         <v>75</v>
       </c>
       <c r="BG115" t="s">
         <v>75</v>
       </c>
       <c r="BH115">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="BI115" t="s">
         <v>86</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115"/>
       <c r="BL115"/>
       <c r="BM115" t="s">
         <v>75</v>
       </c>
       <c r="BN115" t="s">
         <v>1108</v>
       </c>
       <c r="BO115">
         <v>0</v>
       </c>
       <c r="BP115" t="s">
         <v>83</v>
       </c>
       <c r="BQ115" t="s">
         <v>75</v>
       </c>
       <c r="BR115">
         <v>4564</v>
       </c>
@@ -26645,51 +26645,51 @@
       <c r="AZ116" t="s">
         <v>74</v>
       </c>
       <c r="BA116" t="s">
         <v>281</v>
       </c>
       <c r="BB116" t="s">
         <v>1109</v>
       </c>
       <c r="BC116" t="s">
         <v>1112</v>
       </c>
       <c r="BD116" t="s">
         <v>1115</v>
       </c>
       <c r="BE116" t="s">
         <v>1116</v>
       </c>
       <c r="BF116" t="s">
         <v>75</v>
       </c>
       <c r="BG116" t="s">
         <v>75</v>
       </c>
       <c r="BH116">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="BI116" t="s">
         <v>86</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>75</v>
       </c>
       <c r="BN116" t="s">
         <v>1117</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116" t="s">
         <v>83</v>
       </c>
       <c r="BQ116" t="s">
         <v>75</v>
       </c>
       <c r="BR116">
         <v>5558</v>
       </c>
@@ -26844,51 +26844,51 @@
       <c r="AZ117" t="s">
         <v>74</v>
       </c>
       <c r="BA117" t="s">
         <v>281</v>
       </c>
       <c r="BB117" t="s">
         <v>1118</v>
       </c>
       <c r="BC117" t="s">
         <v>1121</v>
       </c>
       <c r="BD117" t="s">
         <v>1123</v>
       </c>
       <c r="BE117" t="s">
         <v>1124</v>
       </c>
       <c r="BF117" t="s">
         <v>75</v>
       </c>
       <c r="BG117" t="s">
         <v>75</v>
       </c>
       <c r="BH117">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="BI117" t="s">
         <v>86</v>
       </c>
       <c r="BJ117"/>
       <c r="BK117"/>
       <c r="BL117"/>
       <c r="BM117" t="s">
         <v>75</v>
       </c>
       <c r="BN117" t="s">
         <v>1125</v>
       </c>
       <c r="BO117">
         <v>0</v>
       </c>
       <c r="BP117" t="s">
         <v>83</v>
       </c>
       <c r="BQ117" t="s">
         <v>75</v>
       </c>
       <c r="BR117">
         <v>6096</v>
       </c>
@@ -27033,51 +27033,51 @@
       <c r="AZ118" t="s">
         <v>74</v>
       </c>
       <c r="BA118" t="s">
         <v>281</v>
       </c>
       <c r="BB118" t="s">
         <v>1126</v>
       </c>
       <c r="BC118" t="s">
         <v>75</v>
       </c>
       <c r="BD118" t="s">
         <v>75</v>
       </c>
       <c r="BE118" t="s">
         <v>75</v>
       </c>
       <c r="BF118" t="s">
         <v>75</v>
       </c>
       <c r="BG118" t="s">
         <v>75</v>
       </c>
       <c r="BH118">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="BI118" t="s">
         <v>1134</v>
       </c>
       <c r="BJ118" t="s">
         <v>1135</v>
       </c>
       <c r="BK118" t="s">
         <v>146</v>
       </c>
       <c r="BL118" t="s">
         <v>1136</v>
       </c>
       <c r="BM118" t="s">
         <v>1137</v>
       </c>
       <c r="BN118" t="s">
         <v>1138</v>
       </c>
       <c r="BO118">
         <v>5</v>
       </c>
       <c r="BP118"/>
       <c r="BQ118" t="s">
         <v>75</v>
@@ -27238,51 +27238,51 @@
       <c r="AZ119" t="s">
         <v>74</v>
       </c>
       <c r="BA119" t="s">
         <v>281</v>
       </c>
       <c r="BB119" t="s">
         <v>1139</v>
       </c>
       <c r="BC119" t="s">
         <v>1142</v>
       </c>
       <c r="BD119" t="s">
         <v>75</v>
       </c>
       <c r="BE119" t="s">
         <v>1147</v>
       </c>
       <c r="BF119" t="s">
         <v>75</v>
       </c>
       <c r="BG119" t="s">
         <v>75</v>
       </c>
       <c r="BH119">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="BI119" t="s">
         <v>86</v>
       </c>
       <c r="BJ119"/>
       <c r="BK119"/>
       <c r="BL119"/>
       <c r="BM119" t="s">
         <v>75</v>
       </c>
       <c r="BN119" t="s">
         <v>1148</v>
       </c>
       <c r="BO119">
         <v>0</v>
       </c>
       <c r="BP119" t="s">
         <v>83</v>
       </c>
       <c r="BQ119" t="s">
         <v>75</v>
       </c>
       <c r="BR119">
         <v>4871</v>
       </c>
@@ -27437,51 +27437,51 @@
       <c r="AZ120" t="s">
         <v>74</v>
       </c>
       <c r="BA120" t="s">
         <v>281</v>
       </c>
       <c r="BB120" t="s">
         <v>1149</v>
       </c>
       <c r="BC120" t="s">
         <v>1152</v>
       </c>
       <c r="BD120" t="s">
         <v>1156</v>
       </c>
       <c r="BE120" t="s">
         <v>1157</v>
       </c>
       <c r="BF120" t="s">
         <v>75</v>
       </c>
       <c r="BG120" t="s">
         <v>75</v>
       </c>
       <c r="BH120">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="BI120" t="s">
         <v>86</v>
       </c>
       <c r="BJ120"/>
       <c r="BK120"/>
       <c r="BL120"/>
       <c r="BM120" t="s">
         <v>75</v>
       </c>
       <c r="BN120" t="s">
         <v>1158</v>
       </c>
       <c r="BO120">
         <v>0</v>
       </c>
       <c r="BP120" t="s">
         <v>83</v>
       </c>
       <c r="BQ120" t="s">
         <v>75</v>
       </c>
       <c r="BR120">
         <v>7702</v>
       </c>
@@ -27636,51 +27636,51 @@
       <c r="AZ121" t="s">
         <v>74</v>
       </c>
       <c r="BA121" t="s">
         <v>281</v>
       </c>
       <c r="BB121" t="s">
         <v>1159</v>
       </c>
       <c r="BC121" t="s">
         <v>1152</v>
       </c>
       <c r="BD121" t="s">
         <v>1166</v>
       </c>
       <c r="BE121" t="s">
         <v>1167</v>
       </c>
       <c r="BF121" t="s">
         <v>75</v>
       </c>
       <c r="BG121" t="s">
         <v>75</v>
       </c>
       <c r="BH121">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="BI121" t="s">
         <v>86</v>
       </c>
       <c r="BJ121"/>
       <c r="BK121"/>
       <c r="BL121"/>
       <c r="BM121" t="s">
         <v>75</v>
       </c>
       <c r="BN121" t="s">
         <v>1168</v>
       </c>
       <c r="BO121">
         <v>0</v>
       </c>
       <c r="BP121" t="s">
         <v>83</v>
       </c>
       <c r="BQ121" t="s">
         <v>75</v>
       </c>
       <c r="BR121">
         <v>4930</v>
       </c>