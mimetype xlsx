--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1829,51 +1829,51 @@
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>144</v>
+        <v>190</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>6302</v>
       </c>
@@ -2022,51 +2022,51 @@
         <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>149</v>
+        <v>195</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>97</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>75</v>
       </c>
       <c r="BR3">
         <v>5958</v>
       </c>
@@ -2215,51 +2215,51 @@
         <v>102</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>98</v>
       </c>
       <c r="BC4" t="s">
         <v>101</v>
       </c>
       <c r="BD4" t="s">
         <v>75</v>
       </c>
       <c r="BE4" t="s">
         <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
       <c r="BQ4" t="s">
         <v>75</v>
       </c>
       <c r="BR4">
         <v>6259</v>
       </c>
@@ -2408,51 +2408,51 @@
         <v>111</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>110</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>151</v>
+        <v>197</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>115</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>83</v>
       </c>
       <c r="BQ5" t="s">
         <v>75</v>
       </c>
       <c r="BR5">
         <v>5484</v>
       </c>
@@ -2601,51 +2601,51 @@
         <v>119</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
         <v>116</v>
       </c>
       <c r="BC6" t="s">
         <v>110</v>
       </c>
       <c r="BD6" t="s">
         <v>75</v>
       </c>
       <c r="BE6" t="s">
         <v>75</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>152</v>
+        <v>198</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>83</v>
       </c>
       <c r="BQ6" t="s">
         <v>75</v>
       </c>
       <c r="BR6">
         <v>5958</v>
       </c>
@@ -2794,51 +2794,51 @@
         <v>129</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>128</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
         <v>75</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>135</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>83</v>
       </c>
       <c r="BQ7" t="s">
         <v>75</v>
       </c>
       <c r="BR7">
         <v>5613</v>
       </c>
@@ -2987,51 +2987,51 @@
         <v>139</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>136</v>
       </c>
       <c r="BC8" t="s">
         <v>128</v>
       </c>
       <c r="BD8" t="s">
         <v>75</v>
       </c>
       <c r="BE8" t="s">
         <v>75</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>143</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>83</v>
       </c>
       <c r="BQ8" t="s">
         <v>75</v>
       </c>
       <c r="BR8">
         <v>7336</v>
       </c>
@@ -3180,51 +3180,51 @@
         <v>147</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
         <v>144</v>
       </c>
       <c r="BC9" t="s">
         <v>128</v>
       </c>
       <c r="BD9" t="s">
         <v>75</v>
       </c>
       <c r="BE9" t="s">
         <v>75</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>151</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>83</v>
       </c>
       <c r="BQ9" t="s">
         <v>75</v>
       </c>
       <c r="BR9">
         <v>6259</v>
       </c>
@@ -3373,51 +3373,51 @@
         <v>155</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10"/>
       <c r="BB10" t="s">
         <v>152</v>
       </c>
       <c r="BC10" t="s">
         <v>128</v>
       </c>
       <c r="BD10" t="s">
         <v>75</v>
       </c>
       <c r="BE10" t="s">
         <v>75</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>160</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>83</v>
       </c>
       <c r="BQ10" t="s">
         <v>75</v>
       </c>
       <c r="BR10">
         <v>4890</v>
       </c>
@@ -3566,51 +3566,51 @@
         <v>164</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>161</v>
       </c>
       <c r="BC11" t="s">
         <v>128</v>
       </c>
       <c r="BD11" t="s">
         <v>75</v>
       </c>
       <c r="BE11" t="s">
         <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>169</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>83</v>
       </c>
       <c r="BQ11" t="s">
         <v>75</v>
       </c>
       <c r="BR11">
         <v>5613</v>
       </c>
@@ -3759,51 +3759,51 @@
         <v>174</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12"/>
       <c r="BB12" t="s">
         <v>170</v>
       </c>
       <c r="BC12" t="s">
         <v>128</v>
       </c>
       <c r="BD12" t="s">
         <v>75</v>
       </c>
       <c r="BE12" t="s">
         <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>179</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>83</v>
       </c>
       <c r="BQ12" t="s">
         <v>75</v>
       </c>
       <c r="BR12">
         <v>5656</v>
       </c>
@@ -3952,51 +3952,51 @@
         <v>183</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
         <v>180</v>
       </c>
       <c r="BC13" t="s">
         <v>128</v>
       </c>
       <c r="BD13" t="s">
         <v>75</v>
       </c>
       <c r="BE13" t="s">
         <v>75</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>187</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>83</v>
       </c>
       <c r="BQ13" t="s">
         <v>75</v>
       </c>
       <c r="BR13">
         <v>5958</v>
       </c>
@@ -4145,51 +4145,51 @@
         <v>192</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
         <v>188</v>
       </c>
       <c r="BC14" t="s">
         <v>128</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
         <v>75</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>196</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>83</v>
       </c>
       <c r="BQ14" t="s">
         <v>75</v>
       </c>
       <c r="BR14">
         <v>4442</v>
       </c>
@@ -4338,51 +4338,51 @@
         <v>200</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
         <v>197</v>
       </c>
       <c r="BC15" t="s">
         <v>128</v>
       </c>
       <c r="BD15" t="s">
         <v>75</v>
       </c>
       <c r="BE15" t="s">
         <v>75</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>160</v>
+        <v>206</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>205</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>83</v>
       </c>
       <c r="BQ15" t="s">
         <v>75</v>
       </c>
       <c r="BR15">
         <v>6613</v>
       </c>
@@ -4531,51 +4531,51 @@
         <v>210</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
         <v>206</v>
       </c>
       <c r="BC16" t="s">
         <v>209</v>
       </c>
       <c r="BD16" t="s">
         <v>75</v>
       </c>
       <c r="BE16" t="s">
         <v>75</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>161</v>
+        <v>207</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
         <v>214</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>83</v>
       </c>
       <c r="BQ16" t="s">
         <v>75</v>
       </c>
       <c r="BR16">
         <v>7336</v>
       </c>
@@ -4724,51 +4724,51 @@
         <v>220</v>
       </c>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
         <v>215</v>
       </c>
       <c r="BC17" t="s">
         <v>219</v>
       </c>
       <c r="BD17" t="s">
         <v>75</v>
       </c>
       <c r="BE17" t="s">
         <v>75</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>167</v>
+        <v>213</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
         <v>225</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>83</v>
       </c>
       <c r="BQ17" t="s">
         <v>75</v>
       </c>
       <c r="BR17">
         <v>7121</v>
       </c>
@@ -4921,51 +4921,51 @@
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
       <c r="BA18" t="s">
         <v>232</v>
       </c>
       <c r="BB18" t="s">
         <v>226</v>
       </c>
       <c r="BC18" t="s">
         <v>219</v>
       </c>
       <c r="BD18" t="s">
         <v>75</v>
       </c>
       <c r="BE18" t="s">
         <v>75</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>168</v>
+        <v>214</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>233</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>83</v>
       </c>
       <c r="BQ18" t="s">
         <v>75</v>
       </c>
       <c r="BR18">
         <v>6302</v>
       </c>
@@ -5114,51 +5114,51 @@
         <v>238</v>
       </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
         <v>234</v>
       </c>
       <c r="BC19" t="s">
         <v>237</v>
       </c>
       <c r="BD19" t="s">
         <v>75</v>
       </c>
       <c r="BE19" t="s">
         <v>75</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>168</v>
+        <v>214</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
         <v>243</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>83</v>
       </c>
       <c r="BQ19" t="s">
         <v>75</v>
       </c>
       <c r="BR19">
         <v>5613</v>
       </c>
@@ -5307,51 +5307,51 @@
         <v>248</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
         <v>244</v>
       </c>
       <c r="BC20" t="s">
         <v>247</v>
       </c>
       <c r="BD20" t="s">
         <v>75</v>
       </c>
       <c r="BE20" t="s">
         <v>75</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>170</v>
+        <v>216</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>75</v>
       </c>
       <c r="BN20" t="s">
         <v>253</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>83</v>
       </c>
       <c r="BQ20" t="s">
         <v>75</v>
       </c>
       <c r="BR20">
         <v>7336</v>
       </c>
@@ -5504,51 +5504,51 @@
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21" t="s">
         <v>232</v>
       </c>
       <c r="BB21" t="s">
         <v>254</v>
       </c>
       <c r="BC21" t="s">
         <v>257</v>
       </c>
       <c r="BD21" t="s">
         <v>75</v>
       </c>
       <c r="BE21" t="s">
         <v>75</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>174</v>
+        <v>220</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>75</v>
       </c>
       <c r="BN21" t="s">
         <v>260</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>83</v>
       </c>
       <c r="BQ21" t="s">
         <v>75</v>
       </c>
       <c r="BR21">
         <v>6001</v>
       </c>
@@ -5701,51 +5701,51 @@
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22" t="s">
         <v>232</v>
       </c>
       <c r="BB22" t="s">
         <v>261</v>
       </c>
       <c r="BC22" t="s">
         <v>257</v>
       </c>
       <c r="BD22" t="s">
         <v>75</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>174</v>
+        <v>220</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>75</v>
       </c>
       <c r="BN22" t="s">
         <v>269</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>83</v>
       </c>
       <c r="BQ22" t="s">
         <v>75</v>
       </c>
       <c r="BR22">
         <v>5958</v>
       </c>
@@ -5898,51 +5898,51 @@
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
         <v>232</v>
       </c>
       <c r="BB23" t="s">
         <v>270</v>
       </c>
       <c r="BC23" t="s">
         <v>273</v>
       </c>
       <c r="BD23" t="s">
         <v>75</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>75</v>
       </c>
       <c r="BN23" t="s">
         <v>277</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>83</v>
       </c>
       <c r="BQ23" t="s">
         <v>75</v>
       </c>
       <c r="BR23">
         <v>5613</v>
       </c>
@@ -6095,51 +6095,51 @@
       <c r="AZ24" t="s">
         <v>74</v>
       </c>
       <c r="BA24" t="s">
         <v>232</v>
       </c>
       <c r="BB24" t="s">
         <v>278</v>
       </c>
       <c r="BC24" t="s">
         <v>281</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>181</v>
+        <v>227</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>75</v>
       </c>
       <c r="BN24" t="s">
         <v>286</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>83</v>
       </c>
       <c r="BQ24" t="s">
         <v>75</v>
       </c>
       <c r="BR24">
         <v>5613</v>
       </c>
@@ -6292,51 +6292,51 @@
       <c r="AZ25" t="s">
         <v>74</v>
       </c>
       <c r="BA25" t="s">
         <v>232</v>
       </c>
       <c r="BB25" t="s">
         <v>287</v>
       </c>
       <c r="BC25" t="s">
         <v>290</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>184</v>
+        <v>230</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>75</v>
       </c>
       <c r="BN25" t="s">
         <v>296</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>83</v>
       </c>
       <c r="BQ25" t="s">
         <v>75</v>
       </c>
       <c r="BR25">
         <v>6302</v>
       </c>
@@ -6485,51 +6485,51 @@
         <v>301</v>
       </c>
       <c r="AZ26" t="s">
         <v>74</v>
       </c>
       <c r="BA26"/>
       <c r="BB26" t="s">
         <v>297</v>
       </c>
       <c r="BC26" t="s">
         <v>300</v>
       </c>
       <c r="BD26" t="s">
         <v>75</v>
       </c>
       <c r="BE26" t="s">
         <v>75</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>187</v>
+        <v>233</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>306</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>83</v>
       </c>
       <c r="BQ26" t="s">
         <v>75</v>
       </c>
       <c r="BR26">
         <v>8241</v>
       </c>
@@ -6678,51 +6678,51 @@
         <v>310</v>
       </c>
       <c r="AZ27" t="s">
         <v>74</v>
       </c>
       <c r="BA27"/>
       <c r="BB27" t="s">
         <v>307</v>
       </c>
       <c r="BC27" t="s">
         <v>300</v>
       </c>
       <c r="BD27" t="s">
         <v>75</v>
       </c>
       <c r="BE27" t="s">
         <v>75</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>187</v>
+        <v>233</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>75</v>
       </c>
       <c r="BN27" t="s">
         <v>312</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>83</v>
       </c>
       <c r="BQ27" t="s">
         <v>75</v>
       </c>
       <c r="BR27">
         <v>5613</v>
       </c>
@@ -6871,51 +6871,51 @@
         <v>316</v>
       </c>
       <c r="AZ28" t="s">
         <v>74</v>
       </c>
       <c r="BA28"/>
       <c r="BB28" t="s">
         <v>313</v>
       </c>
       <c r="BC28" t="s">
         <v>300</v>
       </c>
       <c r="BD28" t="s">
         <v>75</v>
       </c>
       <c r="BE28" t="s">
         <v>75</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>188</v>
+        <v>234</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>75</v>
       </c>
       <c r="BN28" t="s">
         <v>321</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>83</v>
       </c>
       <c r="BQ28" t="s">
         <v>75</v>
       </c>
       <c r="BR28">
         <v>4708</v>
       </c>
@@ -7064,51 +7064,51 @@
         <v>326</v>
       </c>
       <c r="AZ29" t="s">
         <v>74</v>
       </c>
       <c r="BA29"/>
       <c r="BB29" t="s">
         <v>322</v>
       </c>
       <c r="BC29" t="s">
         <v>325</v>
       </c>
       <c r="BD29" t="s">
         <v>75</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>189</v>
+        <v>235</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>75</v>
       </c>
       <c r="BN29" t="s">
         <v>329</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>83</v>
       </c>
       <c r="BQ29" t="s">
         <v>75</v>
       </c>
       <c r="BR29">
         <v>7336</v>
       </c>
@@ -7257,51 +7257,51 @@
         <v>334</v>
       </c>
       <c r="AZ30" t="s">
         <v>74</v>
       </c>
       <c r="BA30"/>
       <c r="BB30" t="s">
         <v>330</v>
       </c>
       <c r="BC30" t="s">
         <v>333</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>75</v>
       </c>
       <c r="BN30" t="s">
         <v>335</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>83</v>
       </c>
       <c r="BQ30" t="s">
         <v>75</v>
       </c>
       <c r="BR30">
         <v>6475</v>
       </c>
@@ -7450,51 +7450,51 @@
         <v>339</v>
       </c>
       <c r="AZ31" t="s">
         <v>74</v>
       </c>
       <c r="BA31"/>
       <c r="BB31" t="s">
         <v>336</v>
       </c>
       <c r="BC31" t="s">
         <v>338</v>
       </c>
       <c r="BD31" t="s">
         <v>75</v>
       </c>
       <c r="BE31" t="s">
         <v>75</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>194</v>
+        <v>240</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>75</v>
       </c>
       <c r="BN31" t="s">
         <v>340</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>83</v>
       </c>
       <c r="BQ31" t="s">
         <v>75</v>
       </c>
       <c r="BR31">
         <v>6613</v>
       </c>
@@ -7643,51 +7643,51 @@
         <v>345</v>
       </c>
       <c r="AZ32" t="s">
         <v>74</v>
       </c>
       <c r="BA32"/>
       <c r="BB32" t="s">
         <v>341</v>
       </c>
       <c r="BC32" t="s">
         <v>344</v>
       </c>
       <c r="BD32" t="s">
         <v>75</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>201</v>
+        <v>247</v>
       </c>
       <c r="BI32" t="s">
         <v>86</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>75</v>
       </c>
       <c r="BN32" t="s">
         <v>350</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>83</v>
       </c>
       <c r="BQ32" t="s">
         <v>75</v>
       </c>
       <c r="BR32">
         <v>7121</v>
       </c>
@@ -7842,51 +7842,51 @@
       <c r="AZ33" t="s">
         <v>74</v>
       </c>
       <c r="BA33" t="s">
         <v>232</v>
       </c>
       <c r="BB33" t="s">
         <v>351</v>
       </c>
       <c r="BC33" t="s">
         <v>354</v>
       </c>
       <c r="BD33" t="s">
         <v>75</v>
       </c>
       <c r="BE33" t="s">
         <v>75</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>318</v>
+        <v>364</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>75</v>
       </c>
       <c r="BN33" t="s">
         <v>360</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>83</v>
       </c>
       <c r="BQ33" t="s">
         <v>75</v>
       </c>
       <c r="BR33">
         <v>5579</v>
       </c>