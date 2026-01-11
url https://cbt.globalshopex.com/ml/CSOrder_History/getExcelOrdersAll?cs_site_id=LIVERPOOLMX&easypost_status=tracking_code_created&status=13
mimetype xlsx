--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1829,51 +1829,51 @@
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>190</v>
+        <v>236</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>6302</v>
       </c>
@@ -2022,51 +2022,51 @@
         <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>195</v>
+        <v>241</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>97</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>75</v>
       </c>
       <c r="BR3">
         <v>5958</v>
       </c>
@@ -2215,51 +2215,51 @@
         <v>102</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>98</v>
       </c>
       <c r="BC4" t="s">
         <v>101</v>
       </c>
       <c r="BD4" t="s">
         <v>75</v>
       </c>
       <c r="BE4" t="s">
         <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
       <c r="BQ4" t="s">
         <v>75</v>
       </c>
       <c r="BR4">
         <v>6259</v>
       </c>
@@ -2408,51 +2408,51 @@
         <v>111</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>110</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>197</v>
+        <v>243</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>115</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>83</v>
       </c>
       <c r="BQ5" t="s">
         <v>75</v>
       </c>
       <c r="BR5">
         <v>5484</v>
       </c>
@@ -2601,51 +2601,51 @@
         <v>119</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
         <v>116</v>
       </c>
       <c r="BC6" t="s">
         <v>110</v>
       </c>
       <c r="BD6" t="s">
         <v>75</v>
       </c>
       <c r="BE6" t="s">
         <v>75</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>198</v>
+        <v>244</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>83</v>
       </c>
       <c r="BQ6" t="s">
         <v>75</v>
       </c>
       <c r="BR6">
         <v>5958</v>
       </c>
@@ -2794,51 +2794,51 @@
         <v>129</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>128</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
         <v>75</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>135</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>83</v>
       </c>
       <c r="BQ7" t="s">
         <v>75</v>
       </c>
       <c r="BR7">
         <v>5613</v>
       </c>
@@ -2987,51 +2987,51 @@
         <v>139</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>136</v>
       </c>
       <c r="BC8" t="s">
         <v>128</v>
       </c>
       <c r="BD8" t="s">
         <v>75</v>
       </c>
       <c r="BE8" t="s">
         <v>75</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>143</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>83</v>
       </c>
       <c r="BQ8" t="s">
         <v>75</v>
       </c>
       <c r="BR8">
         <v>7336</v>
       </c>
@@ -3180,51 +3180,51 @@
         <v>147</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
         <v>144</v>
       </c>
       <c r="BC9" t="s">
         <v>128</v>
       </c>
       <c r="BD9" t="s">
         <v>75</v>
       </c>
       <c r="BE9" t="s">
         <v>75</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>151</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>83</v>
       </c>
       <c r="BQ9" t="s">
         <v>75</v>
       </c>
       <c r="BR9">
         <v>6259</v>
       </c>
@@ -3373,51 +3373,51 @@
         <v>155</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10"/>
       <c r="BB10" t="s">
         <v>152</v>
       </c>
       <c r="BC10" t="s">
         <v>128</v>
       </c>
       <c r="BD10" t="s">
         <v>75</v>
       </c>
       <c r="BE10" t="s">
         <v>75</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>160</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>83</v>
       </c>
       <c r="BQ10" t="s">
         <v>75</v>
       </c>
       <c r="BR10">
         <v>4890</v>
       </c>
@@ -3566,51 +3566,51 @@
         <v>164</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>161</v>
       </c>
       <c r="BC11" t="s">
         <v>128</v>
       </c>
       <c r="BD11" t="s">
         <v>75</v>
       </c>
       <c r="BE11" t="s">
         <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>169</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>83</v>
       </c>
       <c r="BQ11" t="s">
         <v>75</v>
       </c>
       <c r="BR11">
         <v>5613</v>
       </c>
@@ -3759,51 +3759,51 @@
         <v>174</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12"/>
       <c r="BB12" t="s">
         <v>170</v>
       </c>
       <c r="BC12" t="s">
         <v>128</v>
       </c>
       <c r="BD12" t="s">
         <v>75</v>
       </c>
       <c r="BE12" t="s">
         <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>179</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>83</v>
       </c>
       <c r="BQ12" t="s">
         <v>75</v>
       </c>
       <c r="BR12">
         <v>5656</v>
       </c>
@@ -3952,51 +3952,51 @@
         <v>183</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
         <v>180</v>
       </c>
       <c r="BC13" t="s">
         <v>128</v>
       </c>
       <c r="BD13" t="s">
         <v>75</v>
       </c>
       <c r="BE13" t="s">
         <v>75</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>187</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>83</v>
       </c>
       <c r="BQ13" t="s">
         <v>75</v>
       </c>
       <c r="BR13">
         <v>5958</v>
       </c>
@@ -4145,51 +4145,51 @@
         <v>192</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
         <v>188</v>
       </c>
       <c r="BC14" t="s">
         <v>128</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
         <v>75</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>196</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>83</v>
       </c>
       <c r="BQ14" t="s">
         <v>75</v>
       </c>
       <c r="BR14">
         <v>4442</v>
       </c>
@@ -4338,51 +4338,51 @@
         <v>200</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
         <v>197</v>
       </c>
       <c r="BC15" t="s">
         <v>128</v>
       </c>
       <c r="BD15" t="s">
         <v>75</v>
       </c>
       <c r="BE15" t="s">
         <v>75</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>206</v>
+        <v>252</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>205</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>83</v>
       </c>
       <c r="BQ15" t="s">
         <v>75</v>
       </c>
       <c r="BR15">
         <v>6613</v>
       </c>
@@ -4531,51 +4531,51 @@
         <v>210</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
         <v>206</v>
       </c>
       <c r="BC16" t="s">
         <v>209</v>
       </c>
       <c r="BD16" t="s">
         <v>75</v>
       </c>
       <c r="BE16" t="s">
         <v>75</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>207</v>
+        <v>253</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
         <v>214</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>83</v>
       </c>
       <c r="BQ16" t="s">
         <v>75</v>
       </c>
       <c r="BR16">
         <v>7336</v>
       </c>
@@ -4724,51 +4724,51 @@
         <v>220</v>
       </c>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
         <v>215</v>
       </c>
       <c r="BC17" t="s">
         <v>219</v>
       </c>
       <c r="BD17" t="s">
         <v>75</v>
       </c>
       <c r="BE17" t="s">
         <v>75</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>213</v>
+        <v>259</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
         <v>225</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>83</v>
       </c>
       <c r="BQ17" t="s">
         <v>75</v>
       </c>
       <c r="BR17">
         <v>7121</v>
       </c>
@@ -4921,51 +4921,51 @@
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
       <c r="BA18" t="s">
         <v>232</v>
       </c>
       <c r="BB18" t="s">
         <v>226</v>
       </c>
       <c r="BC18" t="s">
         <v>219</v>
       </c>
       <c r="BD18" t="s">
         <v>75</v>
       </c>
       <c r="BE18" t="s">
         <v>75</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>214</v>
+        <v>260</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>233</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>83</v>
       </c>
       <c r="BQ18" t="s">
         <v>75</v>
       </c>
       <c r="BR18">
         <v>6302</v>
       </c>
@@ -5114,51 +5114,51 @@
         <v>238</v>
       </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
         <v>234</v>
       </c>
       <c r="BC19" t="s">
         <v>237</v>
       </c>
       <c r="BD19" t="s">
         <v>75</v>
       </c>
       <c r="BE19" t="s">
         <v>75</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>214</v>
+        <v>260</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
         <v>243</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>83</v>
       </c>
       <c r="BQ19" t="s">
         <v>75</v>
       </c>
       <c r="BR19">
         <v>5613</v>
       </c>
@@ -5307,51 +5307,51 @@
         <v>248</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
         <v>244</v>
       </c>
       <c r="BC20" t="s">
         <v>247</v>
       </c>
       <c r="BD20" t="s">
         <v>75</v>
       </c>
       <c r="BE20" t="s">
         <v>75</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>216</v>
+        <v>262</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>75</v>
       </c>
       <c r="BN20" t="s">
         <v>253</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>83</v>
       </c>
       <c r="BQ20" t="s">
         <v>75</v>
       </c>
       <c r="BR20">
         <v>7336</v>
       </c>
@@ -5504,51 +5504,51 @@
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21" t="s">
         <v>232</v>
       </c>
       <c r="BB21" t="s">
         <v>254</v>
       </c>
       <c r="BC21" t="s">
         <v>257</v>
       </c>
       <c r="BD21" t="s">
         <v>75</v>
       </c>
       <c r="BE21" t="s">
         <v>75</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>220</v>
+        <v>266</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>75</v>
       </c>
       <c r="BN21" t="s">
         <v>260</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>83</v>
       </c>
       <c r="BQ21" t="s">
         <v>75</v>
       </c>
       <c r="BR21">
         <v>6001</v>
       </c>
@@ -5701,51 +5701,51 @@
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22" t="s">
         <v>232</v>
       </c>
       <c r="BB22" t="s">
         <v>261</v>
       </c>
       <c r="BC22" t="s">
         <v>257</v>
       </c>
       <c r="BD22" t="s">
         <v>75</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>220</v>
+        <v>266</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>75</v>
       </c>
       <c r="BN22" t="s">
         <v>269</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>83</v>
       </c>
       <c r="BQ22" t="s">
         <v>75</v>
       </c>
       <c r="BR22">
         <v>5958</v>
       </c>
@@ -5898,51 +5898,51 @@
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
         <v>232</v>
       </c>
       <c r="BB23" t="s">
         <v>270</v>
       </c>
       <c r="BC23" t="s">
         <v>273</v>
       </c>
       <c r="BD23" t="s">
         <v>75</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>222</v>
+        <v>268</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>75</v>
       </c>
       <c r="BN23" t="s">
         <v>277</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>83</v>
       </c>
       <c r="BQ23" t="s">
         <v>75</v>
       </c>
       <c r="BR23">
         <v>5613</v>
       </c>
@@ -6095,51 +6095,51 @@
       <c r="AZ24" t="s">
         <v>74</v>
       </c>
       <c r="BA24" t="s">
         <v>232</v>
       </c>
       <c r="BB24" t="s">
         <v>278</v>
       </c>
       <c r="BC24" t="s">
         <v>281</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>75</v>
       </c>
       <c r="BN24" t="s">
         <v>286</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>83</v>
       </c>
       <c r="BQ24" t="s">
         <v>75</v>
       </c>
       <c r="BR24">
         <v>5613</v>
       </c>
@@ -6292,51 +6292,51 @@
       <c r="AZ25" t="s">
         <v>74</v>
       </c>
       <c r="BA25" t="s">
         <v>232</v>
       </c>
       <c r="BB25" t="s">
         <v>287</v>
       </c>
       <c r="BC25" t="s">
         <v>290</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>230</v>
+        <v>276</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>75</v>
       </c>
       <c r="BN25" t="s">
         <v>296</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>83</v>
       </c>
       <c r="BQ25" t="s">
         <v>75</v>
       </c>
       <c r="BR25">
         <v>6302</v>
       </c>
@@ -6485,51 +6485,51 @@
         <v>301</v>
       </c>
       <c r="AZ26" t="s">
         <v>74</v>
       </c>
       <c r="BA26"/>
       <c r="BB26" t="s">
         <v>297</v>
       </c>
       <c r="BC26" t="s">
         <v>300</v>
       </c>
       <c r="BD26" t="s">
         <v>75</v>
       </c>
       <c r="BE26" t="s">
         <v>75</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>233</v>
+        <v>279</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>306</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>83</v>
       </c>
       <c r="BQ26" t="s">
         <v>75</v>
       </c>
       <c r="BR26">
         <v>8241</v>
       </c>
@@ -6678,51 +6678,51 @@
         <v>310</v>
       </c>
       <c r="AZ27" t="s">
         <v>74</v>
       </c>
       <c r="BA27"/>
       <c r="BB27" t="s">
         <v>307</v>
       </c>
       <c r="BC27" t="s">
         <v>300</v>
       </c>
       <c r="BD27" t="s">
         <v>75</v>
       </c>
       <c r="BE27" t="s">
         <v>75</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>233</v>
+        <v>279</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>75</v>
       </c>
       <c r="BN27" t="s">
         <v>312</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>83</v>
       </c>
       <c r="BQ27" t="s">
         <v>75</v>
       </c>
       <c r="BR27">
         <v>5613</v>
       </c>
@@ -6871,51 +6871,51 @@
         <v>316</v>
       </c>
       <c r="AZ28" t="s">
         <v>74</v>
       </c>
       <c r="BA28"/>
       <c r="BB28" t="s">
         <v>313</v>
       </c>
       <c r="BC28" t="s">
         <v>300</v>
       </c>
       <c r="BD28" t="s">
         <v>75</v>
       </c>
       <c r="BE28" t="s">
         <v>75</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>234</v>
+        <v>280</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>75</v>
       </c>
       <c r="BN28" t="s">
         <v>321</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>83</v>
       </c>
       <c r="BQ28" t="s">
         <v>75</v>
       </c>
       <c r="BR28">
         <v>4708</v>
       </c>
@@ -7064,51 +7064,51 @@
         <v>326</v>
       </c>
       <c r="AZ29" t="s">
         <v>74</v>
       </c>
       <c r="BA29"/>
       <c r="BB29" t="s">
         <v>322</v>
       </c>
       <c r="BC29" t="s">
         <v>325</v>
       </c>
       <c r="BD29" t="s">
         <v>75</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>235</v>
+        <v>281</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>75</v>
       </c>
       <c r="BN29" t="s">
         <v>329</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>83</v>
       </c>
       <c r="BQ29" t="s">
         <v>75</v>
       </c>
       <c r="BR29">
         <v>7336</v>
       </c>
@@ -7257,51 +7257,51 @@
         <v>334</v>
       </c>
       <c r="AZ30" t="s">
         <v>74</v>
       </c>
       <c r="BA30"/>
       <c r="BB30" t="s">
         <v>330</v>
       </c>
       <c r="BC30" t="s">
         <v>333</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>237</v>
+        <v>283</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>75</v>
       </c>
       <c r="BN30" t="s">
         <v>335</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>83</v>
       </c>
       <c r="BQ30" t="s">
         <v>75</v>
       </c>
       <c r="BR30">
         <v>6475</v>
       </c>
@@ -7450,51 +7450,51 @@
         <v>339</v>
       </c>
       <c r="AZ31" t="s">
         <v>74</v>
       </c>
       <c r="BA31"/>
       <c r="BB31" t="s">
         <v>336</v>
       </c>
       <c r="BC31" t="s">
         <v>338</v>
       </c>
       <c r="BD31" t="s">
         <v>75</v>
       </c>
       <c r="BE31" t="s">
         <v>75</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>75</v>
       </c>
       <c r="BN31" t="s">
         <v>340</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>83</v>
       </c>
       <c r="BQ31" t="s">
         <v>75</v>
       </c>
       <c r="BR31">
         <v>6613</v>
       </c>
@@ -7643,51 +7643,51 @@
         <v>345</v>
       </c>
       <c r="AZ32" t="s">
         <v>74</v>
       </c>
       <c r="BA32"/>
       <c r="BB32" t="s">
         <v>341</v>
       </c>
       <c r="BC32" t="s">
         <v>344</v>
       </c>
       <c r="BD32" t="s">
         <v>75</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>247</v>
+        <v>293</v>
       </c>
       <c r="BI32" t="s">
         <v>86</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>75</v>
       </c>
       <c r="BN32" t="s">
         <v>350</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>83</v>
       </c>
       <c r="BQ32" t="s">
         <v>75</v>
       </c>
       <c r="BR32">
         <v>7121</v>
       </c>
@@ -7842,51 +7842,51 @@
       <c r="AZ33" t="s">
         <v>74</v>
       </c>
       <c r="BA33" t="s">
         <v>232</v>
       </c>
       <c r="BB33" t="s">
         <v>351</v>
       </c>
       <c r="BC33" t="s">
         <v>354</v>
       </c>
       <c r="BD33" t="s">
         <v>75</v>
       </c>
       <c r="BE33" t="s">
         <v>75</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>364</v>
+        <v>410</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>75</v>
       </c>
       <c r="BN33" t="s">
         <v>360</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>83</v>
       </c>
       <c r="BQ33" t="s">
         <v>75</v>
       </c>
       <c r="BR33">
         <v>5579</v>
       </c>