--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -389,165 +389,90 @@
   <si>
     <t>/11298747</t>
   </si>
   <si>
     <t>2025-03-24 00:00:00</t>
   </si>
   <si>
     <t>easypost</t>
   </si>
   <si>
     <t>Liverpool Parque Puebla</t>
   </si>
   <si>
     <t>Puebla</t>
   </si>
   <si>
     <t>/VSP1F2821</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-03-24 21:23:22</t>
   </si>
   <si>
-    <t>2025-03-09 03:22:35</t>
-[...49 lines deleted...]
-  <si>
     <t>2025-03-03 07:16:45</t>
   </si>
   <si>
     <t>0800061379</t>
   </si>
   <si>
     <t xml:space="preserve">Lupita Gonzalez </t>
   </si>
   <si>
     <t>/11286420</t>
   </si>
   <si>
     <t>2025-03-03 00:00:00</t>
   </si>
   <si>
     <t>73-45897882</t>
   </si>
   <si>
     <t>Calle:San jose de castellanos ,Numero:10,</t>
   </si>
   <si>
     <t>Pinos</t>
   </si>
   <si>
     <t>/VSP171121</t>
   </si>
   <si>
     <t>2025-03-03 19:22:27</t>
   </si>
   <si>
-    <t>2025-02-26 12:50:43</t>
-[...5 lines deleted...]
-    <t>/11282837</t>
+    <t>2025-02-26 12:27:34</t>
+  </si>
+  <si>
+    <t>Cristina Rojas</t>
+  </si>
+  <si>
+    <t>/11282838</t>
   </si>
   <si>
     <t>2025-02-26 00:00:00</t>
-  </si>
-[...22 lines deleted...]
-    <t>/11282838</t>
   </si>
   <si>
     <t>Liverpool Ecatepec</t>
   </si>
   <si>
     <t>Plaza Las Américas</t>
   </si>
   <si>
     <t>/VSP1R2821</t>
   </si>
   <si>
     <t>2025-02-26 01:08:02</t>
   </si>
   <si>
     <t>2025-02-11 11:01:19</t>
   </si>
   <si>
     <t xml:space="preserve">MARÍA LOPEZ </t>
   </si>
   <si>
     <t>/11273998</t>
   </si>
   <si>
     <t>2025-02-12 00:00:00</t>
   </si>
@@ -889,51 +814,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS12"/>
+  <dimension ref="A1:BS9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1275,51 +1200,51 @@
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>76</v>
       </c>
       <c r="BE2" t="s">
         <v>76</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>153</v>
+        <v>200</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>76</v>
       </c>
       <c r="BR2">
         <v>7423</v>
       </c>
@@ -1466,51 +1391,51 @@
         <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>76</v>
       </c>
       <c r="BE3" t="s">
         <v>76</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>157</v>
+        <v>204</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>96</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>76</v>
       </c>
       <c r="BR3">
         <v>7423</v>
       </c>
@@ -1657,51 +1582,51 @@
         <v>101</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>100</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
         <v>76</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
       <c r="BQ4" t="s">
         <v>76</v>
       </c>
       <c r="BR4">
         <v>5362.2</v>
       </c>
@@ -1848,51 +1773,51 @@
         <v>110</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>100</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
         <v>76</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>76</v>
       </c>
       <c r="BH5">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
         <v>114</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>83</v>
       </c>
       <c r="BQ5" t="s">
         <v>76</v>
       </c>
       <c r="BR5">
         <v>5958</v>
       </c>
@@ -2045,1259 +1970,668 @@
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>123</v>
       </c>
       <c r="BB6" t="s">
         <v>115</v>
       </c>
       <c r="BC6" t="s">
         <v>118</v>
       </c>
       <c r="BD6" t="s">
         <v>76</v>
       </c>
       <c r="BE6" t="s">
         <v>76</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
         <v>76</v>
       </c>
       <c r="BH6">
-        <v>199</v>
+        <v>246</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>83</v>
       </c>
       <c r="BQ6" t="s">
         <v>76</v>
       </c>
       <c r="BR6">
         <v>5613</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>125</v>
       </c>
-      <c r="C7">
-        <v>5920062222</v>
+      <c r="C7" t="s">
+        <v>126</v>
       </c>
       <c r="D7">
-        <v>587764</v>
+        <v>587578</v>
       </c>
       <c r="E7">
-        <v>521.8</v>
+        <v>354.08</v>
       </c>
       <c r="F7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I7">
-        <v>199.2</v>
+        <v>119</v>
       </c>
       <c r="J7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7">
-        <v>4316761595</v>
+        <v>5583972192</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>119</v>
       </c>
       <c r="O7"/>
       <c r="P7">
-        <v>27000190193</v>
+        <v>30479385673</v>
       </c>
       <c r="Q7" t="s">
         <v>125</v>
       </c>
       <c r="R7" t="s">
         <v>76</v>
       </c>
       <c r="S7" t="s">
         <v>76</v>
       </c>
       <c r="T7" t="s">
         <v>77</v>
       </c>
-      <c r="U7">
-        <v>5920062222</v>
+      <c r="U7" t="s">
+        <v>126</v>
       </c>
       <c r="V7">
-        <v>587764</v>
+        <v>587578</v>
       </c>
       <c r="W7" t="s">
         <v>76</v>
       </c>
       <c r="X7">
-        <v>521.8</v>
+        <v>354.08</v>
       </c>
       <c r="Y7">
         <v>20.6</v>
       </c>
       <c r="Z7" t="s">
         <v>76</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>78</v>
       </c>
       <c r="AC7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AD7">
-        <v>27000190193</v>
+        <v>30479385673</v>
       </c>
       <c r="AE7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AF7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AG7" t="s">
         <v>76</v>
       </c>
       <c r="AH7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AM7" t="s">
         <v>81</v>
       </c>
       <c r="AN7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AO7">
-        <v>199.2</v>
+        <v>119</v>
       </c>
       <c r="AP7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AQ7" t="s">
         <v>83</v>
       </c>
       <c r="AR7" t="s">
         <v>84</v>
       </c>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>76</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7" t="s">
         <v>85</v>
       </c>
       <c r="AY7">
-        <v>4316761595</v>
+        <v>5583972192</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
         <v>123</v>
       </c>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="BD7" t="s">
         <v>76</v>
       </c>
       <c r="BE7" t="s">
         <v>76</v>
       </c>
       <c r="BF7" t="s">
         <v>76</v>
       </c>
       <c r="BG7" t="s">
         <v>76</v>
       </c>
       <c r="BH7">
-        <v>214</v>
+        <v>267</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>76</v>
       </c>
       <c r="BN7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>83</v>
       </c>
       <c r="BQ7" t="s">
         <v>76</v>
       </c>
       <c r="BR7">
-        <v>10749</v>
+        <v>7294</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C8">
-        <v>7230061898</v>
+        <v>2040061753</v>
       </c>
       <c r="D8">
-        <v>587679</v>
+        <v>587376</v>
       </c>
       <c r="E8">
-        <v>354.03</v>
+        <v>220.63</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I8">
-        <v>118.99</v>
+        <v>55.2</v>
       </c>
       <c r="J8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8">
-        <v>4316761536</v>
+        <v>7101406336</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
         <v>119</v>
       </c>
       <c r="O8"/>
-      <c r="P8" t="s">
-        <v>138</v>
+      <c r="P8">
+        <v>15365583888</v>
       </c>
       <c r="Q8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R8" t="s">
         <v>76</v>
       </c>
       <c r="S8" t="s">
         <v>76</v>
       </c>
       <c r="T8" t="s">
         <v>77</v>
       </c>
       <c r="U8">
-        <v>7230061898</v>
+        <v>2040061753</v>
       </c>
       <c r="V8">
-        <v>587679</v>
+        <v>587376</v>
       </c>
       <c r="W8" t="s">
         <v>76</v>
       </c>
       <c r="X8">
-        <v>354.03</v>
+        <v>220.63</v>
       </c>
       <c r="Y8">
         <v>20.6</v>
       </c>
       <c r="Z8" t="s">
         <v>76</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>78</v>
       </c>
       <c r="AC8" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>136</v>
+      </c>
+      <c r="AD8">
+        <v>15365583888</v>
       </c>
       <c r="AE8">
-        <v>5539082834</v>
+        <v>5558361100</v>
       </c>
       <c r="AF8">
-        <v>5539082834</v>
+        <v>5558361100</v>
       </c>
       <c r="AG8" t="s">
         <v>76</v>
       </c>
       <c r="AH8" t="s">
         <v>139</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
         <v>140</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AM8" t="s">
         <v>81</v>
       </c>
       <c r="AN8" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AO8">
-        <v>118.99</v>
+        <v>55.2</v>
       </c>
       <c r="AP8" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
       <c r="AQ8" t="s">
         <v>83</v>
       </c>
       <c r="AR8" t="s">
         <v>84</v>
       </c>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>76</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8" t="s">
         <v>85</v>
       </c>
       <c r="AY8">
-        <v>4316761536</v>
+        <v>7101406336</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
         <v>123</v>
       </c>
       <c r="BB8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BC8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="BD8" t="s">
         <v>76</v>
       </c>
       <c r="BE8" t="s">
         <v>76</v>
       </c>
       <c r="BF8" t="s">
         <v>76</v>
       </c>
       <c r="BG8" t="s">
         <v>76</v>
       </c>
       <c r="BH8">
-        <v>217</v>
+        <v>272</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>76</v>
       </c>
       <c r="BN8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>83</v>
       </c>
       <c r="BQ8" t="s">
         <v>76</v>
       </c>
       <c r="BR8">
-        <v>7293</v>
+        <v>4545</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C9" t="s">
         <v>143</v>
       </c>
+      <c r="C9">
+        <v>4170062785</v>
+      </c>
       <c r="D9">
-        <v>587578</v>
+        <v>586858</v>
       </c>
       <c r="E9">
-        <v>354.08</v>
+        <v>289.22</v>
       </c>
       <c r="F9" t="s">
         <v>144</v>
       </c>
       <c r="G9" t="s">
         <v>69</v>
       </c>
       <c r="H9" t="s">
         <v>145</v>
       </c>
       <c r="I9">
-        <v>119</v>
+        <v>87.99</v>
       </c>
       <c r="J9" t="s">
         <v>146</v>
       </c>
       <c r="K9" t="s">
         <v>72</v>
       </c>
       <c r="L9">
-        <v>5583972192</v>
+        <v>4891226314</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>119</v>
       </c>
       <c r="O9"/>
       <c r="P9">
-        <v>30479385673</v>
+        <v>127728807</v>
       </c>
       <c r="Q9" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="R9" t="s">
         <v>76</v>
       </c>
       <c r="S9" t="s">
         <v>76</v>
       </c>
       <c r="T9" t="s">
         <v>77</v>
       </c>
-      <c r="U9" t="s">
-        <v>143</v>
+      <c r="U9">
+        <v>4170062785</v>
       </c>
       <c r="V9">
-        <v>587578</v>
+        <v>586858</v>
       </c>
       <c r="W9" t="s">
         <v>76</v>
       </c>
       <c r="X9">
-        <v>354.08</v>
+        <v>289.22</v>
       </c>
       <c r="Y9">
         <v>20.6</v>
       </c>
       <c r="Z9" t="s">
         <v>76</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>78</v>
       </c>
       <c r="AC9" t="s">
         <v>144</v>
       </c>
       <c r="AD9">
-        <v>30479385673</v>
+        <v>127728807</v>
       </c>
       <c r="AE9" t="s">
         <v>147</v>
       </c>
       <c r="AF9" t="s">
         <v>147</v>
       </c>
       <c r="AG9" t="s">
         <v>76</v>
       </c>
       <c r="AH9" t="s">
         <v>148</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
         <v>149</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
         <v>146</v>
       </c>
       <c r="AM9" t="s">
         <v>81</v>
       </c>
       <c r="AN9" t="s">
         <v>145</v>
       </c>
       <c r="AO9">
-        <v>119</v>
+        <v>87.99</v>
       </c>
       <c r="AP9" t="s">
         <v>150</v>
       </c>
       <c r="AQ9" t="s">
         <v>83</v>
       </c>
       <c r="AR9" t="s">
         <v>84</v>
       </c>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>76</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9" t="s">
         <v>85</v>
       </c>
       <c r="AY9">
-        <v>5583972192</v>
+        <v>4891226314</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
         <v>123</v>
       </c>
       <c r="BB9" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BC9" t="s">
         <v>146</v>
       </c>
       <c r="BD9" t="s">
         <v>76</v>
       </c>
       <c r="BE9" t="s">
         <v>76</v>
       </c>
       <c r="BF9" t="s">
         <v>76</v>
       </c>
       <c r="BG9" t="s">
         <v>76</v>
       </c>
       <c r="BH9">
-        <v>220</v>
+        <v>287</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>76</v>
       </c>
       <c r="BN9" t="s">
         <v>151</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>83</v>
       </c>
       <c r="BQ9" t="s">
         <v>76</v>
       </c>
       <c r="BR9">
-        <v>7294</v>
+        <v>5958</v>
       </c>
       <c r="BS9"/>
-    </row>
-[...589 lines deleted...]
-      <c r="BS12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>