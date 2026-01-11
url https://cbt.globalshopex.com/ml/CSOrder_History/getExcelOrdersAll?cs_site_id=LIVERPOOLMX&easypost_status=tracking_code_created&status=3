--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -417,101 +417,50 @@
     <t>0800061379</t>
   </si>
   <si>
     <t xml:space="preserve">Lupita Gonzalez </t>
   </si>
   <si>
     <t>/11286420</t>
   </si>
   <si>
     <t>2025-03-03 00:00:00</t>
   </si>
   <si>
     <t>73-45897882</t>
   </si>
   <si>
     <t>Calle:San jose de castellanos ,Numero:10,</t>
   </si>
   <si>
     <t>Pinos</t>
   </si>
   <si>
     <t>/VSP171121</t>
   </si>
   <si>
     <t>2025-03-03 19:22:27</t>
-  </si>
-[...49 lines deleted...]
-    <t>2025-02-12 14:10:18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -814,51 +763,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS9"/>
+  <dimension ref="A1:BS7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1200,51 +1149,51 @@
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>76</v>
       </c>
       <c r="BE2" t="s">
         <v>76</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>200</v>
+        <v>246</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>76</v>
       </c>
       <c r="BR2">
         <v>7423</v>
       </c>
@@ -1391,51 +1340,51 @@
         <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>76</v>
       </c>
       <c r="BE3" t="s">
         <v>76</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>96</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>76</v>
       </c>
       <c r="BR3">
         <v>7423</v>
       </c>
@@ -1582,51 +1531,51 @@
         <v>101</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>100</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
         <v>76</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>210</v>
+        <v>256</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
       <c r="BQ4" t="s">
         <v>76</v>
       </c>
       <c r="BR4">
         <v>5362.2</v>
       </c>
@@ -1773,51 +1722,51 @@
         <v>110</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>100</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
         <v>76</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>76</v>
       </c>
       <c r="BH5">
-        <v>210</v>
+        <v>256</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
         <v>114</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>83</v>
       </c>
       <c r="BQ5" t="s">
         <v>76</v>
       </c>
       <c r="BR5">
         <v>5958</v>
       </c>
@@ -1970,51 +1919,51 @@
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>123</v>
       </c>
       <c r="BB6" t="s">
         <v>115</v>
       </c>
       <c r="BC6" t="s">
         <v>118</v>
       </c>
       <c r="BD6" t="s">
         <v>76</v>
       </c>
       <c r="BE6" t="s">
         <v>76</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
         <v>76</v>
       </c>
       <c r="BH6">
-        <v>246</v>
+        <v>292</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>83</v>
       </c>
       <c r="BQ6" t="s">
         <v>76</v>
       </c>
       <c r="BR6">
         <v>5613</v>
       </c>
@@ -2167,471 +2116,77 @@
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
         <v>123</v>
       </c>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>129</v>
       </c>
       <c r="BD7" t="s">
         <v>76</v>
       </c>
       <c r="BE7" t="s">
         <v>76</v>
       </c>
       <c r="BF7" t="s">
         <v>76</v>
       </c>
       <c r="BG7" t="s">
         <v>76</v>
       </c>
       <c r="BH7">
-        <v>267</v>
+        <v>313</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>76</v>
       </c>
       <c r="BN7" t="s">
         <v>134</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>83</v>
       </c>
       <c r="BQ7" t="s">
         <v>76</v>
       </c>
       <c r="BR7">
         <v>7294</v>
       </c>
       <c r="BS7"/>
-    </row>
-[...392 lines deleted...]
-      <c r="BS9"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>