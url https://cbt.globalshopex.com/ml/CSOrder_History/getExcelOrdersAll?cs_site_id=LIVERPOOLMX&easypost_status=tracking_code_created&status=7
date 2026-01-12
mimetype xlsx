--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -1050,51 +1050,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>87</v>
       </c>
       <c r="BE2" t="s">
         <v>76</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>171</v>
+        <v>264</v>
       </c>
       <c r="BI2" t="s">
         <v>88</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>89</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>76</v>
       </c>
       <c r="BR2">
         <v>7423</v>
       </c>
@@ -1247,51 +1247,51 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>90</v>
       </c>
       <c r="BC3" t="s">
         <v>93</v>
       </c>
       <c r="BD3" t="s">
         <v>98</v>
       </c>
       <c r="BE3" t="s">
         <v>76</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>173</v>
+        <v>266</v>
       </c>
       <c r="BI3" t="s">
         <v>88</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>76</v>
       </c>
       <c r="BR3">
         <v>5613</v>
       </c>