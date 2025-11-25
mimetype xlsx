--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -2732,51 +2732,51 @@
   <si>
     <t>2024-04-10 17:25:36</t>
   </si>
   <si>
     <t>2024-04-09 08:33:29</t>
   </si>
   <si>
     <t>0570030009-A</t>
   </si>
   <si>
     <t>Mariana Vasquez</t>
   </si>
   <si>
     <t>/11091489</t>
   </si>
   <si>
     <t>Liverpool Oaxaca</t>
   </si>
   <si>
     <t>Agencia Municipal Candiani</t>
   </si>
   <si>
     <t>/VSPLD1421</t>
   </si>
   <si>
-    <t>2024-04-15 12:18:23</t>
+    <t>2024-04-16 09:23:31</t>
   </si>
   <si>
     <t>2024-04-15 12:19:43</t>
   </si>
   <si>
     <t>2024-04-10 17:25:32</t>
   </si>
   <si>
     <t>2024-04-04 10:39:59</t>
   </si>
   <si>
     <t>3640067928-A</t>
   </si>
   <si>
     <t>Ivette Teja</t>
   </si>
   <si>
     <t>/11089505</t>
   </si>
   <si>
     <t>2024-04-05 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Parque Las Antenas</t>
   </si>
@@ -3681,51 +3681,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>74</v>
       </c>
       <c r="BE2" t="s">
         <v>74</v>
       </c>
       <c r="BF2" t="s">
         <v>74</v>
       </c>
       <c r="BG2" t="s">
         <v>74</v>
       </c>
       <c r="BH2">
-        <v>137</v>
+        <v>182</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>74</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>81</v>
       </c>
       <c r="BQ2" t="s">
         <v>74</v>
       </c>
       <c r="BR2">
         <v>7336</v>
       </c>
@@ -3872,51 +3872,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>74</v>
       </c>
       <c r="BE3" t="s">
         <v>74</v>
       </c>
       <c r="BF3" t="s">
         <v>74</v>
       </c>
       <c r="BG3" t="s">
         <v>74</v>
       </c>
       <c r="BH3">
-        <v>143</v>
+        <v>188</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>74</v>
       </c>
       <c r="BN3" t="s">
         <v>93</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>81</v>
       </c>
       <c r="BQ3" t="s">
         <v>74</v>
       </c>
       <c r="BR3">
         <v>7336</v>
       </c>
@@ -4065,51 +4065,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>94</v>
       </c>
       <c r="BC4" t="s">
         <v>97</v>
       </c>
       <c r="BD4" t="s">
         <v>104</v>
       </c>
       <c r="BE4" t="s">
         <v>105</v>
       </c>
       <c r="BF4" t="s">
         <v>74</v>
       </c>
       <c r="BG4" t="s">
         <v>74</v>
       </c>
       <c r="BH4">
-        <v>281</v>
+        <v>326</v>
       </c>
       <c r="BI4" t="s">
         <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>74</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>81</v>
       </c>
       <c r="BQ4" t="s">
         <v>74</v>
       </c>
       <c r="BR4">
         <v>4890</v>
       </c>
@@ -4256,51 +4256,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>83</v>
       </c>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>110</v>
       </c>
       <c r="BD5" t="s">
         <v>115</v>
       </c>
       <c r="BE5" t="s">
         <v>116</v>
       </c>
       <c r="BF5" t="s">
         <v>74</v>
       </c>
       <c r="BG5" t="s">
         <v>74</v>
       </c>
       <c r="BH5">
-        <v>304</v>
+        <v>349</v>
       </c>
       <c r="BI5" t="s">
         <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>74</v>
       </c>
       <c r="BN5" t="s">
         <v>117</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>81</v>
       </c>
       <c r="BQ5" t="s">
         <v>74</v>
       </c>
       <c r="BR5">
         <v>4821</v>
       </c>
@@ -4447,51 +4447,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
         <v>118</v>
       </c>
       <c r="BC6" t="s">
         <v>110</v>
       </c>
       <c r="BD6" t="s">
         <v>125</v>
       </c>
       <c r="BE6" t="s">
         <v>126</v>
       </c>
       <c r="BF6" t="s">
         <v>74</v>
       </c>
       <c r="BG6" t="s">
         <v>74</v>
       </c>
       <c r="BH6">
-        <v>304</v>
+        <v>349</v>
       </c>
       <c r="BI6" t="s">
         <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>74</v>
       </c>
       <c r="BN6" t="s">
         <v>127</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>81</v>
       </c>
       <c r="BQ6" t="s">
         <v>74</v>
       </c>
       <c r="BR6">
         <v>7121</v>
       </c>
@@ -4636,51 +4636,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
         <v>128</v>
       </c>
       <c r="BC7" t="s">
         <v>131</v>
       </c>
       <c r="BD7" t="s">
         <v>136</v>
       </c>
       <c r="BE7" t="s">
         <v>137</v>
       </c>
       <c r="BF7" t="s">
         <v>74</v>
       </c>
       <c r="BG7" t="s">
         <v>74</v>
       </c>
       <c r="BH7">
-        <v>306</v>
+        <v>351</v>
       </c>
       <c r="BI7" t="s">
         <v>84</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>74</v>
       </c>
       <c r="BN7" t="s">
         <v>138</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>81</v>
       </c>
       <c r="BQ7" t="s">
         <v>74</v>
       </c>
       <c r="BR7">
         <v>6475</v>
       </c>
@@ -4825,51 +4825,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
         <v>139</v>
       </c>
       <c r="BC8" t="s">
         <v>143</v>
       </c>
       <c r="BD8" t="s">
         <v>148</v>
       </c>
       <c r="BE8" t="s">
         <v>149</v>
       </c>
       <c r="BF8" t="s">
         <v>74</v>
       </c>
       <c r="BG8" t="s">
         <v>74</v>
       </c>
       <c r="BH8">
-        <v>307</v>
+        <v>352</v>
       </c>
       <c r="BI8" t="s">
         <v>84</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>74</v>
       </c>
       <c r="BN8" t="s">
         <v>150</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>81</v>
       </c>
       <c r="BQ8" t="s">
         <v>74</v>
       </c>
       <c r="BR8">
         <v>11473</v>
       </c>
@@ -5016,51 +5016,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
         <v>151</v>
       </c>
       <c r="BC9" t="s">
         <v>154</v>
       </c>
       <c r="BD9" t="s">
         <v>158</v>
       </c>
       <c r="BE9" t="s">
         <v>159</v>
       </c>
       <c r="BF9" t="s">
         <v>74</v>
       </c>
       <c r="BG9" t="s">
         <v>74</v>
       </c>
       <c r="BH9">
-        <v>310</v>
+        <v>355</v>
       </c>
       <c r="BI9" t="s">
         <v>84</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>74</v>
       </c>
       <c r="BN9" t="s">
         <v>160</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>81</v>
       </c>
       <c r="BQ9" t="s">
         <v>74</v>
       </c>
       <c r="BR9">
         <v>5613</v>
       </c>
@@ -5207,51 +5207,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>161</v>
       </c>
       <c r="BC10" t="s">
         <v>165</v>
       </c>
       <c r="BD10" t="s">
         <v>169</v>
       </c>
       <c r="BE10" t="s">
         <v>170</v>
       </c>
       <c r="BF10" t="s">
         <v>74</v>
       </c>
       <c r="BG10" t="s">
         <v>74</v>
       </c>
       <c r="BH10">
-        <v>314</v>
+        <v>359</v>
       </c>
       <c r="BI10" t="s">
         <v>84</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>74</v>
       </c>
       <c r="BN10" t="s">
         <v>171</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>81</v>
       </c>
       <c r="BQ10" t="s">
         <v>74</v>
       </c>
       <c r="BR10">
         <v>5613</v>
       </c>
@@ -5400,51 +5400,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>83</v>
       </c>
       <c r="BB11" t="s">
         <v>172</v>
       </c>
       <c r="BC11" t="s">
         <v>176</v>
       </c>
       <c r="BD11" t="s">
         <v>180</v>
       </c>
       <c r="BE11" t="s">
         <v>181</v>
       </c>
       <c r="BF11" t="s">
         <v>74</v>
       </c>
       <c r="BG11" t="s">
         <v>74</v>
       </c>
       <c r="BH11">
-        <v>315</v>
+        <v>360</v>
       </c>
       <c r="BI11" t="s">
         <v>84</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>74</v>
       </c>
       <c r="BN11" t="s">
         <v>182</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>81</v>
       </c>
       <c r="BQ11" t="s">
         <v>74</v>
       </c>
       <c r="BR11">
         <v>6001</v>
       </c>
@@ -5593,51 +5593,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>83</v>
       </c>
       <c r="BB12" t="s">
         <v>183</v>
       </c>
       <c r="BC12" t="s">
         <v>186</v>
       </c>
       <c r="BD12" t="s">
         <v>188</v>
       </c>
       <c r="BE12" t="s">
         <v>189</v>
       </c>
       <c r="BF12" t="s">
         <v>74</v>
       </c>
       <c r="BG12" t="s">
         <v>74</v>
       </c>
       <c r="BH12">
-        <v>323</v>
+        <v>368</v>
       </c>
       <c r="BI12" t="s">
         <v>84</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>74</v>
       </c>
       <c r="BN12" t="s">
         <v>190</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>81</v>
       </c>
       <c r="BQ12" t="s">
         <v>74</v>
       </c>
       <c r="BR12">
         <v>6647</v>
       </c>
@@ -5786,51 +5786,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>191</v>
       </c>
       <c r="BC13" t="s">
         <v>194</v>
       </c>
       <c r="BD13" t="s">
         <v>199</v>
       </c>
       <c r="BE13" t="s">
         <v>200</v>
       </c>
       <c r="BF13" t="s">
         <v>74</v>
       </c>
       <c r="BG13" t="s">
         <v>74</v>
       </c>
       <c r="BH13">
-        <v>326</v>
+        <v>371</v>
       </c>
       <c r="BI13" t="s">
         <v>84</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>74</v>
       </c>
       <c r="BN13" t="s">
         <v>201</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>81</v>
       </c>
       <c r="BQ13" t="s">
         <v>74</v>
       </c>
       <c r="BR13">
         <v>7132</v>
       </c>
@@ -5979,51 +5979,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>83</v>
       </c>
       <c r="BB14" t="s">
         <v>202</v>
       </c>
       <c r="BC14" t="s">
         <v>194</v>
       </c>
       <c r="BD14" t="s">
         <v>74</v>
       </c>
       <c r="BE14" t="s">
         <v>209</v>
       </c>
       <c r="BF14" t="s">
         <v>74</v>
       </c>
       <c r="BG14" t="s">
         <v>74</v>
       </c>
       <c r="BH14">
-        <v>328</v>
+        <v>373</v>
       </c>
       <c r="BI14" t="s">
         <v>84</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>74</v>
       </c>
       <c r="BN14" t="s">
         <v>210</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>81</v>
       </c>
       <c r="BQ14" t="s">
         <v>74</v>
       </c>
       <c r="BR14">
         <v>7090</v>
       </c>
@@ -6170,51 +6170,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
         <v>211</v>
       </c>
       <c r="BC15" t="s">
         <v>194</v>
       </c>
       <c r="BD15" t="s">
         <v>216</v>
       </c>
       <c r="BE15" t="s">
         <v>217</v>
       </c>
       <c r="BF15" t="s">
         <v>74</v>
       </c>
       <c r="BG15" t="s">
         <v>74</v>
       </c>
       <c r="BH15">
-        <v>329</v>
+        <v>374</v>
       </c>
       <c r="BI15" t="s">
         <v>84</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>74</v>
       </c>
       <c r="BN15" t="s">
         <v>218</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>81</v>
       </c>
       <c r="BQ15" t="s">
         <v>74</v>
       </c>
       <c r="BR15">
         <v>6428</v>
       </c>
@@ -6363,51 +6363,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>83</v>
       </c>
       <c r="BB16" t="s">
         <v>219</v>
       </c>
       <c r="BC16" t="s">
         <v>223</v>
       </c>
       <c r="BD16" t="s">
         <v>74</v>
       </c>
       <c r="BE16" t="s">
         <v>228</v>
       </c>
       <c r="BF16" t="s">
         <v>74</v>
       </c>
       <c r="BG16" t="s">
         <v>74</v>
       </c>
       <c r="BH16">
-        <v>354</v>
+        <v>399</v>
       </c>
       <c r="BI16" t="s">
         <v>84</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>74</v>
       </c>
       <c r="BN16" t="s">
         <v>229</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>81</v>
       </c>
       <c r="BQ16" t="s">
         <v>74</v>
       </c>
       <c r="BR16">
         <v>6428</v>
       </c>
@@ -6556,51 +6556,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>83</v>
       </c>
       <c r="BB17" t="s">
         <v>230</v>
       </c>
       <c r="BC17" t="s">
         <v>234</v>
       </c>
       <c r="BD17" t="s">
         <v>238</v>
       </c>
       <c r="BE17" t="s">
         <v>239</v>
       </c>
       <c r="BF17" t="s">
         <v>74</v>
       </c>
       <c r="BG17" t="s">
         <v>74</v>
       </c>
       <c r="BH17">
-        <v>388</v>
+        <v>433</v>
       </c>
       <c r="BI17" t="s">
         <v>84</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>74</v>
       </c>
       <c r="BN17" t="s">
         <v>240</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>81</v>
       </c>
       <c r="BQ17" t="s">
         <v>74</v>
       </c>
       <c r="BR17">
         <v>389</v>
       </c>
@@ -6747,51 +6747,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>83</v>
       </c>
       <c r="BB18" t="s">
         <v>241</v>
       </c>
       <c r="BC18" t="s">
         <v>234</v>
       </c>
       <c r="BD18" t="s">
         <v>249</v>
       </c>
       <c r="BE18" t="s">
         <v>250</v>
       </c>
       <c r="BF18" t="s">
         <v>74</v>
       </c>
       <c r="BG18" t="s">
         <v>74</v>
       </c>
       <c r="BH18">
-        <v>389</v>
+        <v>434</v>
       </c>
       <c r="BI18" t="s">
         <v>84</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>74</v>
       </c>
       <c r="BN18" t="s">
         <v>251</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>81</v>
       </c>
       <c r="BQ18" t="s">
         <v>74</v>
       </c>
       <c r="BR18">
         <v>249</v>
       </c>
@@ -6940,51 +6940,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>83</v>
       </c>
       <c r="BB19" t="s">
         <v>252</v>
       </c>
       <c r="BC19" t="s">
         <v>256</v>
       </c>
       <c r="BD19" t="s">
         <v>260</v>
       </c>
       <c r="BE19" t="s">
         <v>261</v>
       </c>
       <c r="BF19" t="s">
         <v>74</v>
       </c>
       <c r="BG19" t="s">
         <v>74</v>
       </c>
       <c r="BH19">
-        <v>396</v>
+        <v>441</v>
       </c>
       <c r="BI19" t="s">
         <v>84</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>74</v>
       </c>
       <c r="BN19" t="s">
         <v>262</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>81</v>
       </c>
       <c r="BQ19" t="s">
         <v>74</v>
       </c>
       <c r="BR19">
         <v>551</v>
       </c>
@@ -7133,51 +7133,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>83</v>
       </c>
       <c r="BB20" t="s">
         <v>263</v>
       </c>
       <c r="BC20" t="s">
         <v>267</v>
       </c>
       <c r="BD20" t="s">
         <v>272</v>
       </c>
       <c r="BE20" t="s">
         <v>273</v>
       </c>
       <c r="BF20" t="s">
         <v>74</v>
       </c>
       <c r="BG20" t="s">
         <v>74</v>
       </c>
       <c r="BH20">
-        <v>398</v>
+        <v>443</v>
       </c>
       <c r="BI20" t="s">
         <v>84</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>74</v>
       </c>
       <c r="BN20" t="s">
         <v>274</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>81</v>
       </c>
       <c r="BQ20" t="s">
         <v>74</v>
       </c>
       <c r="BR20">
         <v>355</v>
       </c>
@@ -7326,51 +7326,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>83</v>
       </c>
       <c r="BB21" t="s">
         <v>275</v>
       </c>
       <c r="BC21" t="s">
         <v>279</v>
       </c>
       <c r="BD21" t="s">
         <v>284</v>
       </c>
       <c r="BE21" t="s">
         <v>285</v>
       </c>
       <c r="BF21" t="s">
         <v>74</v>
       </c>
       <c r="BG21" t="s">
         <v>74</v>
       </c>
       <c r="BH21">
-        <v>400</v>
+        <v>445</v>
       </c>
       <c r="BI21" t="s">
         <v>84</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>74</v>
       </c>
       <c r="BN21" t="s">
         <v>286</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>81</v>
       </c>
       <c r="BQ21" t="s">
         <v>74</v>
       </c>
       <c r="BR21">
         <v>240.14</v>
       </c>
@@ -7519,51 +7519,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>83</v>
       </c>
       <c r="BB22" t="s">
         <v>287</v>
       </c>
       <c r="BC22" t="s">
         <v>291</v>
       </c>
       <c r="BD22" t="s">
         <v>296</v>
       </c>
       <c r="BE22" t="s">
         <v>297</v>
       </c>
       <c r="BF22" t="s">
         <v>74</v>
       </c>
       <c r="BG22" t="s">
         <v>74</v>
       </c>
       <c r="BH22">
-        <v>417</v>
+        <v>462</v>
       </c>
       <c r="BI22" t="s">
         <v>84</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>74</v>
       </c>
       <c r="BN22" t="s">
         <v>298</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>81</v>
       </c>
       <c r="BQ22" t="s">
         <v>74</v>
       </c>
       <c r="BR22">
         <v>251.84</v>
       </c>
@@ -7712,51 +7712,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>83</v>
       </c>
       <c r="BB23" t="s">
         <v>299</v>
       </c>
       <c r="BC23" t="s">
         <v>291</v>
       </c>
       <c r="BD23" t="s">
         <v>307</v>
       </c>
       <c r="BE23" t="s">
         <v>308</v>
       </c>
       <c r="BF23" t="s">
         <v>74</v>
       </c>
       <c r="BG23" t="s">
         <v>74</v>
       </c>
       <c r="BH23">
-        <v>417</v>
+        <v>462</v>
       </c>
       <c r="BI23" t="s">
         <v>84</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>74</v>
       </c>
       <c r="BN23" t="s">
         <v>309</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>81</v>
       </c>
       <c r="BQ23" t="s">
         <v>74</v>
       </c>
       <c r="BR23">
         <v>221.4</v>
       </c>
@@ -7905,51 +7905,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>310</v>
       </c>
       <c r="BC24" t="s">
         <v>291</v>
       </c>
       <c r="BD24" t="s">
         <v>317</v>
       </c>
       <c r="BE24" t="s">
         <v>318</v>
       </c>
       <c r="BF24" t="s">
         <v>74</v>
       </c>
       <c r="BG24" t="s">
         <v>74</v>
       </c>
       <c r="BH24">
-        <v>417</v>
+        <v>462</v>
       </c>
       <c r="BI24" t="s">
         <v>84</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>74</v>
       </c>
       <c r="BN24" t="s">
         <v>319</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>81</v>
       </c>
       <c r="BQ24" t="s">
         <v>74</v>
       </c>
       <c r="BR24">
         <v>272.65</v>
       </c>
@@ -8096,51 +8096,51 @@
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>83</v>
       </c>
       <c r="BB25" t="s">
         <v>320</v>
       </c>
       <c r="BC25" t="s">
         <v>324</v>
       </c>
       <c r="BD25" t="s">
         <v>328</v>
       </c>
       <c r="BE25" t="s">
         <v>329</v>
       </c>
       <c r="BF25" t="s">
         <v>74</v>
       </c>
       <c r="BG25" t="s">
         <v>74</v>
       </c>
       <c r="BH25">
-        <v>426</v>
+        <v>471</v>
       </c>
       <c r="BI25" t="s">
         <v>84</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>74</v>
       </c>
       <c r="BN25" t="s">
         <v>330</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>81</v>
       </c>
       <c r="BQ25" t="s">
         <v>74</v>
       </c>
       <c r="BR25">
         <v>972.71</v>
       </c>
@@ -8289,51 +8289,51 @@
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>83</v>
       </c>
       <c r="BB26" t="s">
         <v>331</v>
       </c>
       <c r="BC26" t="s">
         <v>324</v>
       </c>
       <c r="BD26" t="s">
         <v>338</v>
       </c>
       <c r="BE26" t="s">
         <v>339</v>
       </c>
       <c r="BF26" t="s">
         <v>74</v>
       </c>
       <c r="BG26" t="s">
         <v>74</v>
       </c>
       <c r="BH26">
-        <v>427</v>
+        <v>472</v>
       </c>
       <c r="BI26" t="s">
         <v>84</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>74</v>
       </c>
       <c r="BN26" t="s">
         <v>340</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>81</v>
       </c>
       <c r="BQ26" t="s">
         <v>74</v>
       </c>
       <c r="BR26">
         <v>364.9</v>
       </c>
@@ -8482,51 +8482,51 @@
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>83</v>
       </c>
       <c r="BB27" t="s">
         <v>341</v>
       </c>
       <c r="BC27" t="s">
         <v>345</v>
       </c>
       <c r="BD27" t="s">
         <v>350</v>
       </c>
       <c r="BE27" t="s">
         <v>351</v>
       </c>
       <c r="BF27" t="s">
         <v>74</v>
       </c>
       <c r="BG27" t="s">
         <v>74</v>
       </c>
       <c r="BH27">
-        <v>431</v>
+        <v>476</v>
       </c>
       <c r="BI27" t="s">
         <v>84</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>74</v>
       </c>
       <c r="BN27" t="s">
         <v>352</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>81</v>
       </c>
       <c r="BQ27" t="s">
         <v>74</v>
       </c>
       <c r="BR27">
         <v>299.68</v>
       </c>
@@ -8673,51 +8673,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>83</v>
       </c>
       <c r="BB28" t="s">
         <v>353</v>
       </c>
       <c r="BC28" t="s">
         <v>345</v>
       </c>
       <c r="BD28" t="s">
         <v>361</v>
       </c>
       <c r="BE28" t="s">
         <v>362</v>
       </c>
       <c r="BF28" t="s">
         <v>74</v>
       </c>
       <c r="BG28" t="s">
         <v>74</v>
       </c>
       <c r="BH28">
-        <v>433</v>
+        <v>478</v>
       </c>
       <c r="BI28" t="s">
         <v>84</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>74</v>
       </c>
       <c r="BN28" t="s">
         <v>363</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>81</v>
       </c>
       <c r="BQ28" t="s">
         <v>74</v>
       </c>
       <c r="BR28">
         <v>234</v>
       </c>
@@ -8866,51 +8866,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>83</v>
       </c>
       <c r="BB29" t="s">
         <v>364</v>
       </c>
       <c r="BC29" t="s">
         <v>368</v>
       </c>
       <c r="BD29" t="s">
         <v>372</v>
       </c>
       <c r="BE29" t="s">
         <v>373</v>
       </c>
       <c r="BF29" t="s">
         <v>74</v>
       </c>
       <c r="BG29" t="s">
         <v>74</v>
       </c>
       <c r="BH29">
-        <v>435</v>
+        <v>480</v>
       </c>
       <c r="BI29" t="s">
         <v>84</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>74</v>
       </c>
       <c r="BN29" t="s">
         <v>374</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>81</v>
       </c>
       <c r="BQ29" t="s">
         <v>74</v>
       </c>
       <c r="BR29">
         <v>369.47</v>
       </c>
@@ -9059,51 +9059,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>83</v>
       </c>
       <c r="BB30" t="s">
         <v>375</v>
       </c>
       <c r="BC30" t="s">
         <v>368</v>
       </c>
       <c r="BD30" t="s">
         <v>381</v>
       </c>
       <c r="BE30" t="s">
         <v>382</v>
       </c>
       <c r="BF30" t="s">
         <v>74</v>
       </c>
       <c r="BG30" t="s">
         <v>74</v>
       </c>
       <c r="BH30">
-        <v>435</v>
+        <v>480</v>
       </c>
       <c r="BI30" t="s">
         <v>84</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>74</v>
       </c>
       <c r="BN30" t="s">
         <v>383</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>81</v>
       </c>
       <c r="BQ30" t="s">
         <v>74</v>
       </c>
       <c r="BR30">
         <v>246.32</v>
       </c>
@@ -9252,51 +9252,51 @@
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
         <v>83</v>
       </c>
       <c r="BB31" t="s">
         <v>384</v>
       </c>
       <c r="BC31" t="s">
         <v>368</v>
       </c>
       <c r="BD31" t="s">
         <v>392</v>
       </c>
       <c r="BE31" t="s">
         <v>393</v>
       </c>
       <c r="BF31" t="s">
         <v>74</v>
       </c>
       <c r="BG31" t="s">
         <v>74</v>
       </c>
       <c r="BH31">
-        <v>435</v>
+        <v>480</v>
       </c>
       <c r="BI31" t="s">
         <v>84</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>74</v>
       </c>
       <c r="BN31" t="s">
         <v>394</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>81</v>
       </c>
       <c r="BQ31" t="s">
         <v>74</v>
       </c>
       <c r="BR31">
         <v>282.24</v>
       </c>
@@ -9445,51 +9445,51 @@
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
         <v>83</v>
       </c>
       <c r="BB32" t="s">
         <v>395</v>
       </c>
       <c r="BC32" t="s">
         <v>368</v>
       </c>
       <c r="BD32" t="s">
         <v>403</v>
       </c>
       <c r="BE32" t="s">
         <v>404</v>
       </c>
       <c r="BF32" t="s">
         <v>74</v>
       </c>
       <c r="BG32" t="s">
         <v>74</v>
       </c>
       <c r="BH32">
-        <v>435</v>
+        <v>480</v>
       </c>
       <c r="BI32" t="s">
         <v>84</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>74</v>
       </c>
       <c r="BN32" t="s">
         <v>405</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>81</v>
       </c>
       <c r="BQ32" t="s">
         <v>74</v>
       </c>
       <c r="BR32">
         <v>283.26</v>
       </c>
@@ -9638,51 +9638,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>83</v>
       </c>
       <c r="BB33" t="s">
         <v>406</v>
       </c>
       <c r="BC33" t="s">
         <v>368</v>
       </c>
       <c r="BD33" t="s">
         <v>413</v>
       </c>
       <c r="BE33" t="s">
         <v>414</v>
       </c>
       <c r="BF33" t="s">
         <v>74</v>
       </c>
       <c r="BG33" t="s">
         <v>74</v>
       </c>
       <c r="BH33">
-        <v>436</v>
+        <v>481</v>
       </c>
       <c r="BI33" t="s">
         <v>84</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>74</v>
       </c>
       <c r="BN33" t="s">
         <v>415</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>81</v>
       </c>
       <c r="BQ33" t="s">
         <v>74</v>
       </c>
       <c r="BR33">
         <v>369.47</v>
       </c>
@@ -9831,51 +9831,51 @@
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
         <v>83</v>
       </c>
       <c r="BB34" t="s">
         <v>416</v>
       </c>
       <c r="BC34" t="s">
         <v>420</v>
       </c>
       <c r="BD34" t="s">
         <v>425</v>
       </c>
       <c r="BE34" t="s">
         <v>426</v>
       </c>
       <c r="BF34" t="s">
         <v>74</v>
       </c>
       <c r="BG34" t="s">
         <v>74</v>
       </c>
       <c r="BH34">
-        <v>437</v>
+        <v>482</v>
       </c>
       <c r="BI34" t="s">
         <v>84</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>74</v>
       </c>
       <c r="BN34" t="s">
         <v>427</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
         <v>81</v>
       </c>
       <c r="BQ34" t="s">
         <v>74</v>
       </c>
       <c r="BR34">
         <v>5997.4</v>
       </c>
@@ -10022,51 +10022,51 @@
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
         <v>83</v>
       </c>
       <c r="BB35" t="s">
         <v>428</v>
       </c>
       <c r="BC35" t="s">
         <v>420</v>
       </c>
       <c r="BD35" t="s">
         <v>435</v>
       </c>
       <c r="BE35" t="s">
         <v>436</v>
       </c>
       <c r="BF35" t="s">
         <v>74</v>
       </c>
       <c r="BG35" t="s">
         <v>74</v>
       </c>
       <c r="BH35">
-        <v>437</v>
+        <v>482</v>
       </c>
       <c r="BI35" t="s">
         <v>84</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>74</v>
       </c>
       <c r="BN35" t="s">
         <v>437</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
         <v>81</v>
       </c>
       <c r="BQ35" t="s">
         <v>74</v>
       </c>
       <c r="BR35">
         <v>278.91</v>
       </c>
@@ -10213,51 +10213,51 @@
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
         <v>83</v>
       </c>
       <c r="BB36" t="s">
         <v>438</v>
       </c>
       <c r="BC36" t="s">
         <v>420</v>
       </c>
       <c r="BD36" t="s">
         <v>446</v>
       </c>
       <c r="BE36" t="s">
         <v>447</v>
       </c>
       <c r="BF36" t="s">
         <v>74</v>
       </c>
       <c r="BG36" t="s">
         <v>74</v>
       </c>
       <c r="BH36">
-        <v>437</v>
+        <v>482</v>
       </c>
       <c r="BI36" t="s">
         <v>84</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>74</v>
       </c>
       <c r="BN36" t="s">
         <v>448</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
         <v>81</v>
       </c>
       <c r="BQ36" t="s">
         <v>74</v>
       </c>
       <c r="BR36">
         <v>7545.6</v>
       </c>
@@ -10404,51 +10404,51 @@
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
         <v>83</v>
       </c>
       <c r="BB37" t="s">
         <v>449</v>
       </c>
       <c r="BC37" t="s">
         <v>420</v>
       </c>
       <c r="BD37" t="s">
         <v>456</v>
       </c>
       <c r="BE37" t="s">
         <v>457</v>
       </c>
       <c r="BF37" t="s">
         <v>74</v>
       </c>
       <c r="BG37" t="s">
         <v>74</v>
       </c>
       <c r="BH37">
-        <v>439</v>
+        <v>484</v>
       </c>
       <c r="BI37" t="s">
         <v>84</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>74</v>
       </c>
       <c r="BN37" t="s">
         <v>458</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
         <v>81</v>
       </c>
       <c r="BQ37" t="s">
         <v>74</v>
       </c>
       <c r="BR37">
         <v>278.91</v>
       </c>
@@ -10597,51 +10597,51 @@
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
         <v>83</v>
       </c>
       <c r="BB38" t="s">
         <v>459</v>
       </c>
       <c r="BC38" t="s">
         <v>463</v>
       </c>
       <c r="BD38" t="s">
         <v>468</v>
       </c>
       <c r="BE38" t="s">
         <v>469</v>
       </c>
       <c r="BF38" t="s">
         <v>74</v>
       </c>
       <c r="BG38" t="s">
         <v>74</v>
       </c>
       <c r="BH38">
-        <v>441</v>
+        <v>486</v>
       </c>
       <c r="BI38" t="s">
         <v>84</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>74</v>
       </c>
       <c r="BN38" t="s">
         <v>470</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
         <v>81</v>
       </c>
       <c r="BQ38" t="s">
         <v>74</v>
       </c>
       <c r="BR38">
         <v>7446.6</v>
       </c>
@@ -10790,51 +10790,51 @@
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
         <v>83</v>
       </c>
       <c r="BB39" t="s">
         <v>471</v>
       </c>
       <c r="BC39" t="s">
         <v>463</v>
       </c>
       <c r="BD39" t="s">
         <v>74</v>
       </c>
       <c r="BE39" t="s">
         <v>478</v>
       </c>
       <c r="BF39" t="s">
         <v>74</v>
       </c>
       <c r="BG39" t="s">
         <v>74</v>
       </c>
       <c r="BH39">
-        <v>441</v>
+        <v>486</v>
       </c>
       <c r="BI39" t="s">
         <v>84</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>74</v>
       </c>
       <c r="BN39" t="s">
         <v>479</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
         <v>81</v>
       </c>
       <c r="BQ39" t="s">
         <v>74</v>
       </c>
       <c r="BR39">
         <v>6060.2</v>
       </c>
@@ -10983,51 +10983,51 @@
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
         <v>83</v>
       </c>
       <c r="BB40" t="s">
         <v>480</v>
       </c>
       <c r="BC40" t="s">
         <v>463</v>
       </c>
       <c r="BD40" t="s">
         <v>488</v>
       </c>
       <c r="BE40" t="s">
         <v>489</v>
       </c>
       <c r="BF40" t="s">
         <v>74</v>
       </c>
       <c r="BG40" t="s">
         <v>74</v>
       </c>
       <c r="BH40">
-        <v>441</v>
+        <v>486</v>
       </c>
       <c r="BI40" t="s">
         <v>84</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>74</v>
       </c>
       <c r="BN40" t="s">
         <v>490</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
         <v>81</v>
       </c>
       <c r="BQ40" t="s">
         <v>74</v>
       </c>
       <c r="BR40">
         <v>4214.7</v>
       </c>
@@ -11176,51 +11176,51 @@
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
         <v>83</v>
       </c>
       <c r="BB41" t="s">
         <v>491</v>
       </c>
       <c r="BC41" t="s">
         <v>494</v>
       </c>
       <c r="BD41" t="s">
         <v>74</v>
       </c>
       <c r="BE41" t="s">
         <v>495</v>
       </c>
       <c r="BF41" t="s">
         <v>74</v>
       </c>
       <c r="BG41" t="s">
         <v>74</v>
       </c>
       <c r="BH41">
-        <v>442</v>
+        <v>487</v>
       </c>
       <c r="BI41" t="s">
         <v>84</v>
       </c>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>74</v>
       </c>
       <c r="BN41" t="s">
         <v>496</v>
       </c>
       <c r="BO41">
         <v>0</v>
       </c>
       <c r="BP41" t="s">
         <v>81</v>
       </c>
       <c r="BQ41" t="s">
         <v>74</v>
       </c>
       <c r="BR41">
         <v>326.83</v>
       </c>
@@ -11367,51 +11367,51 @@
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
         <v>83</v>
       </c>
       <c r="BB42" t="s">
         <v>497</v>
       </c>
       <c r="BC42" t="s">
         <v>494</v>
       </c>
       <c r="BD42" t="s">
         <v>501</v>
       </c>
       <c r="BE42" t="s">
         <v>502</v>
       </c>
       <c r="BF42" t="s">
         <v>74</v>
       </c>
       <c r="BG42" t="s">
         <v>74</v>
       </c>
       <c r="BH42">
-        <v>442</v>
+        <v>487</v>
       </c>
       <c r="BI42" t="s">
         <v>84</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>74</v>
       </c>
       <c r="BN42" t="s">
         <v>503</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
         <v>81</v>
       </c>
       <c r="BQ42" t="s">
         <v>74</v>
       </c>
       <c r="BR42">
         <v>232.28</v>
       </c>
@@ -11560,51 +11560,51 @@
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
         <v>83</v>
       </c>
       <c r="BB43" t="s">
         <v>504</v>
       </c>
       <c r="BC43" t="s">
         <v>494</v>
       </c>
       <c r="BD43" t="s">
         <v>508</v>
       </c>
       <c r="BE43" t="s">
         <v>509</v>
       </c>
       <c r="BF43" t="s">
         <v>74</v>
       </c>
       <c r="BG43" t="s">
         <v>74</v>
       </c>
       <c r="BH43">
-        <v>442</v>
+        <v>487</v>
       </c>
       <c r="BI43" t="s">
         <v>84</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>74</v>
       </c>
       <c r="BN43" t="s">
         <v>510</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43" t="s">
         <v>81</v>
       </c>
       <c r="BQ43" t="s">
         <v>74</v>
       </c>
       <c r="BR43">
         <v>336.51</v>
       </c>
@@ -11753,51 +11753,51 @@
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
         <v>83</v>
       </c>
       <c r="BB44" t="s">
         <v>511</v>
       </c>
       <c r="BC44" t="s">
         <v>494</v>
       </c>
       <c r="BD44" t="s">
         <v>74</v>
       </c>
       <c r="BE44" t="s">
         <v>515</v>
       </c>
       <c r="BF44" t="s">
         <v>74</v>
       </c>
       <c r="BG44" t="s">
         <v>74</v>
       </c>
       <c r="BH44">
-        <v>442</v>
+        <v>487</v>
       </c>
       <c r="BI44" t="s">
         <v>84</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>74</v>
       </c>
       <c r="BN44" t="s">
         <v>516</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
         <v>81</v>
       </c>
       <c r="BQ44" t="s">
         <v>74</v>
       </c>
       <c r="BR44">
         <v>242.56</v>
       </c>
@@ -11944,51 +11944,51 @@
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45" t="s">
         <v>83</v>
       </c>
       <c r="BB45" t="s">
         <v>517</v>
       </c>
       <c r="BC45" t="s">
         <v>521</v>
       </c>
       <c r="BD45" t="s">
         <v>523</v>
       </c>
       <c r="BE45" t="s">
         <v>524</v>
       </c>
       <c r="BF45" t="s">
         <v>74</v>
       </c>
       <c r="BG45" t="s">
         <v>74</v>
       </c>
       <c r="BH45">
-        <v>445</v>
+        <v>490</v>
       </c>
       <c r="BI45" t="s">
         <v>84</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>74</v>
       </c>
       <c r="BN45" t="s">
         <v>525</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45" t="s">
         <v>81</v>
       </c>
       <c r="BQ45" t="s">
         <v>74</v>
       </c>
       <c r="BR45">
         <v>385.42</v>
       </c>
@@ -12135,51 +12135,51 @@
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46" t="s">
         <v>83</v>
       </c>
       <c r="BB46" t="s">
         <v>526</v>
       </c>
       <c r="BC46" t="s">
         <v>521</v>
       </c>
       <c r="BD46" t="s">
         <v>534</v>
       </c>
       <c r="BE46" t="s">
         <v>535</v>
       </c>
       <c r="BF46" t="s">
         <v>74</v>
       </c>
       <c r="BG46" t="s">
         <v>74</v>
       </c>
       <c r="BH46">
-        <v>446</v>
+        <v>491</v>
       </c>
       <c r="BI46" t="s">
         <v>84</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>74</v>
       </c>
       <c r="BN46" t="s">
         <v>536</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46" t="s">
         <v>81</v>
       </c>
       <c r="BQ46" t="s">
         <v>74</v>
       </c>
       <c r="BR46">
         <v>260.03</v>
       </c>
@@ -12326,51 +12326,51 @@
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47" t="s">
         <v>83</v>
       </c>
       <c r="BB47" t="s">
         <v>537</v>
       </c>
       <c r="BC47" t="s">
         <v>521</v>
       </c>
       <c r="BD47" t="s">
         <v>544</v>
       </c>
       <c r="BE47" t="s">
         <v>545</v>
       </c>
       <c r="BF47" t="s">
         <v>74</v>
       </c>
       <c r="BG47" t="s">
         <v>74</v>
       </c>
       <c r="BH47">
-        <v>446</v>
+        <v>491</v>
       </c>
       <c r="BI47" t="s">
         <v>84</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>74</v>
       </c>
       <c r="BN47" t="s">
         <v>546</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47" t="s">
         <v>81</v>
       </c>
       <c r="BQ47" t="s">
         <v>74</v>
       </c>
       <c r="BR47">
         <v>319.64</v>
       </c>
@@ -12519,51 +12519,51 @@
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48" t="s">
         <v>83</v>
       </c>
       <c r="BB48" t="s">
         <v>547</v>
       </c>
       <c r="BC48" t="s">
         <v>551</v>
       </c>
       <c r="BD48" t="s">
         <v>74</v>
       </c>
       <c r="BE48" t="s">
         <v>554</v>
       </c>
       <c r="BF48" t="s">
         <v>74</v>
       </c>
       <c r="BG48" t="s">
         <v>74</v>
       </c>
       <c r="BH48">
-        <v>448</v>
+        <v>493</v>
       </c>
       <c r="BI48" t="s">
         <v>84</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>74</v>
       </c>
       <c r="BN48" t="s">
         <v>555</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48" t="s">
         <v>81</v>
       </c>
       <c r="BQ48" t="s">
         <v>74</v>
       </c>
       <c r="BR48">
         <v>278.53</v>
       </c>
@@ -12712,51 +12712,51 @@
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49" t="s">
         <v>83</v>
       </c>
       <c r="BB49" t="s">
         <v>556</v>
       </c>
       <c r="BC49" t="s">
         <v>560</v>
       </c>
       <c r="BD49" t="s">
         <v>565</v>
       </c>
       <c r="BE49" t="s">
         <v>566</v>
       </c>
       <c r="BF49" t="s">
         <v>74</v>
       </c>
       <c r="BG49" t="s">
         <v>74</v>
       </c>
       <c r="BH49">
-        <v>454</v>
+        <v>499</v>
       </c>
       <c r="BI49" t="s">
         <v>84</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>74</v>
       </c>
       <c r="BN49" t="s">
         <v>567</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49" t="s">
         <v>81</v>
       </c>
       <c r="BQ49" t="s">
         <v>74</v>
       </c>
       <c r="BR49">
         <v>288.75</v>
       </c>
@@ -12905,51 +12905,51 @@
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50" t="s">
         <v>83</v>
       </c>
       <c r="BB50" t="s">
         <v>568</v>
       </c>
       <c r="BC50" t="s">
         <v>560</v>
       </c>
       <c r="BD50" t="s">
         <v>575</v>
       </c>
       <c r="BE50" t="s">
         <v>576</v>
       </c>
       <c r="BF50" t="s">
         <v>74</v>
       </c>
       <c r="BG50" t="s">
         <v>74</v>
       </c>
       <c r="BH50">
-        <v>455</v>
+        <v>500</v>
       </c>
       <c r="BI50" t="s">
         <v>84</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>74</v>
       </c>
       <c r="BN50" t="s">
         <v>577</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
         <v>81</v>
       </c>
       <c r="BQ50" t="s">
         <v>74</v>
       </c>
       <c r="BR50">
         <v>247.69</v>
       </c>
@@ -13096,51 +13096,51 @@
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51" t="s">
         <v>83</v>
       </c>
       <c r="BB51" t="s">
         <v>578</v>
       </c>
       <c r="BC51" t="s">
         <v>560</v>
       </c>
       <c r="BD51" t="s">
         <v>585</v>
       </c>
       <c r="BE51" t="s">
         <v>586</v>
       </c>
       <c r="BF51" t="s">
         <v>74</v>
       </c>
       <c r="BG51" t="s">
         <v>74</v>
       </c>
       <c r="BH51">
-        <v>455</v>
+        <v>500</v>
       </c>
       <c r="BI51" t="s">
         <v>84</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>74</v>
       </c>
       <c r="BN51" t="s">
         <v>587</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51" t="s">
         <v>81</v>
       </c>
       <c r="BQ51" t="s">
         <v>74</v>
       </c>
       <c r="BR51">
         <v>253.05</v>
       </c>
@@ -13287,51 +13287,51 @@
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52" t="s">
         <v>83</v>
       </c>
       <c r="BB52" t="s">
         <v>588</v>
       </c>
       <c r="BC52" t="s">
         <v>592</v>
       </c>
       <c r="BD52" t="s">
         <v>597</v>
       </c>
       <c r="BE52" t="s">
         <v>598</v>
       </c>
       <c r="BF52" t="s">
         <v>74</v>
       </c>
       <c r="BG52" t="s">
         <v>74</v>
       </c>
       <c r="BH52">
-        <v>457</v>
+        <v>502</v>
       </c>
       <c r="BI52" t="s">
         <v>84</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>74</v>
       </c>
       <c r="BN52" t="s">
         <v>599</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52" t="s">
         <v>81</v>
       </c>
       <c r="BQ52" t="s">
         <v>74</v>
       </c>
       <c r="BR52">
         <v>298.2</v>
       </c>
@@ -13478,51 +13478,51 @@
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53" t="s">
         <v>83</v>
       </c>
       <c r="BB53" t="s">
         <v>600</v>
       </c>
       <c r="BC53" t="s">
         <v>604</v>
       </c>
       <c r="BD53" t="s">
         <v>609</v>
       </c>
       <c r="BE53" t="s">
         <v>610</v>
       </c>
       <c r="BF53" t="s">
         <v>74</v>
       </c>
       <c r="BG53" t="s">
         <v>74</v>
       </c>
       <c r="BH53">
-        <v>460</v>
+        <v>505</v>
       </c>
       <c r="BI53" t="s">
         <v>84</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>74</v>
       </c>
       <c r="BN53" t="s">
         <v>611</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53" t="s">
         <v>81</v>
       </c>
       <c r="BQ53" t="s">
         <v>74</v>
       </c>
       <c r="BR53">
         <v>324.45</v>
       </c>
@@ -13669,51 +13669,51 @@
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54" t="s">
         <v>83</v>
       </c>
       <c r="BB54" t="s">
         <v>612</v>
       </c>
       <c r="BC54" t="s">
         <v>604</v>
       </c>
       <c r="BD54" t="s">
         <v>620</v>
       </c>
       <c r="BE54" t="s">
         <v>621</v>
       </c>
       <c r="BF54" t="s">
         <v>74</v>
       </c>
       <c r="BG54" t="s">
         <v>74</v>
       </c>
       <c r="BH54">
-        <v>460</v>
+        <v>505</v>
       </c>
       <c r="BI54" t="s">
         <v>84</v>
       </c>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>74</v>
       </c>
       <c r="BN54" t="s">
         <v>622</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54" t="s">
         <v>81</v>
       </c>
       <c r="BQ54" t="s">
         <v>74</v>
       </c>
       <c r="BR54">
         <v>290.85</v>
       </c>
@@ -13860,51 +13860,51 @@
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55" t="s">
         <v>83</v>
       </c>
       <c r="BB55" t="s">
         <v>623</v>
       </c>
       <c r="BC55" t="s">
         <v>604</v>
       </c>
       <c r="BD55" t="s">
         <v>630</v>
       </c>
       <c r="BE55" t="s">
         <v>631</v>
       </c>
       <c r="BF55" t="s">
         <v>74</v>
       </c>
       <c r="BG55" t="s">
         <v>74</v>
       </c>
       <c r="BH55">
-        <v>461</v>
+        <v>506</v>
       </c>
       <c r="BI55" t="s">
         <v>84</v>
       </c>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>74</v>
       </c>
       <c r="BN55" t="s">
         <v>632</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55" t="s">
         <v>81</v>
       </c>
       <c r="BQ55" t="s">
         <v>74</v>
       </c>
       <c r="BR55">
         <v>290.85</v>
       </c>
@@ -14051,51 +14051,51 @@
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56" t="s">
         <v>83</v>
       </c>
       <c r="BB56" t="s">
         <v>633</v>
       </c>
       <c r="BC56" t="s">
         <v>604</v>
       </c>
       <c r="BD56" t="s">
         <v>641</v>
       </c>
       <c r="BE56" t="s">
         <v>642</v>
       </c>
       <c r="BF56" t="s">
         <v>74</v>
       </c>
       <c r="BG56" t="s">
         <v>74</v>
       </c>
       <c r="BH56">
-        <v>461</v>
+        <v>506</v>
       </c>
       <c r="BI56" t="s">
         <v>84</v>
       </c>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>74</v>
       </c>
       <c r="BN56" t="s">
         <v>643</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56" t="s">
         <v>81</v>
       </c>
       <c r="BQ56" t="s">
         <v>74</v>
       </c>
       <c r="BR56">
         <v>496.65</v>
       </c>
@@ -14242,51 +14242,51 @@
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57" t="s">
         <v>83</v>
       </c>
       <c r="BB57" t="s">
         <v>644</v>
       </c>
       <c r="BC57" t="s">
         <v>648</v>
       </c>
       <c r="BD57" t="s">
         <v>652</v>
       </c>
       <c r="BE57" t="s">
         <v>653</v>
       </c>
       <c r="BF57" t="s">
         <v>74</v>
       </c>
       <c r="BG57" t="s">
         <v>74</v>
       </c>
       <c r="BH57">
-        <v>464</v>
+        <v>509</v>
       </c>
       <c r="BI57" t="s">
         <v>84</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>74</v>
       </c>
       <c r="BN57" t="s">
         <v>654</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57" t="s">
         <v>81</v>
       </c>
       <c r="BQ57" t="s">
         <v>74</v>
       </c>
       <c r="BR57">
         <v>308.7</v>
       </c>
@@ -14433,51 +14433,51 @@
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58" t="s">
         <v>83</v>
       </c>
       <c r="BB58" t="s">
         <v>655</v>
       </c>
       <c r="BC58" t="s">
         <v>648</v>
       </c>
       <c r="BD58" t="s">
         <v>663</v>
       </c>
       <c r="BE58" t="s">
         <v>664</v>
       </c>
       <c r="BF58" t="s">
         <v>74</v>
       </c>
       <c r="BG58" t="s">
         <v>74</v>
       </c>
       <c r="BH58">
-        <v>464</v>
+        <v>509</v>
       </c>
       <c r="BI58" t="s">
         <v>84</v>
       </c>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>74</v>
       </c>
       <c r="BN58" t="s">
         <v>665</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58" t="s">
         <v>81</v>
       </c>
       <c r="BQ58" t="s">
         <v>74</v>
       </c>
       <c r="BR58">
         <v>308.7</v>
       </c>
@@ -14624,51 +14624,51 @@
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59" t="s">
         <v>83</v>
       </c>
       <c r="BB59" t="s">
         <v>666</v>
       </c>
       <c r="BC59" t="s">
         <v>670</v>
       </c>
       <c r="BD59" t="s">
         <v>675</v>
       </c>
       <c r="BE59" t="s">
         <v>676</v>
       </c>
       <c r="BF59" t="s">
         <v>74</v>
       </c>
       <c r="BG59" t="s">
         <v>74</v>
       </c>
       <c r="BH59">
-        <v>468</v>
+        <v>513</v>
       </c>
       <c r="BI59" t="s">
         <v>84</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>74</v>
       </c>
       <c r="BN59" t="s">
         <v>677</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59" t="s">
         <v>81</v>
       </c>
       <c r="BQ59" t="s">
         <v>74</v>
       </c>
       <c r="BR59">
         <v>598.5</v>
       </c>
@@ -14815,51 +14815,51 @@
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60" t="s">
         <v>83</v>
       </c>
       <c r="BB60" t="s">
         <v>678</v>
       </c>
       <c r="BC60" t="s">
         <v>682</v>
       </c>
       <c r="BD60" t="s">
         <v>684</v>
       </c>
       <c r="BE60" t="s">
         <v>685</v>
       </c>
       <c r="BF60" t="s">
         <v>74</v>
       </c>
       <c r="BG60" t="s">
         <v>74</v>
       </c>
       <c r="BH60">
-        <v>471</v>
+        <v>516</v>
       </c>
       <c r="BI60" t="s">
         <v>84</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>74</v>
       </c>
       <c r="BN60" t="s">
         <v>686</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60" t="s">
         <v>81</v>
       </c>
       <c r="BQ60" t="s">
         <v>74</v>
       </c>
       <c r="BR60">
         <v>393.75</v>
       </c>
@@ -15006,51 +15006,51 @@
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61" t="s">
         <v>83</v>
       </c>
       <c r="BB61" t="s">
         <v>687</v>
       </c>
       <c r="BC61" t="s">
         <v>691</v>
       </c>
       <c r="BD61" t="s">
         <v>694</v>
       </c>
       <c r="BE61" t="s">
         <v>695</v>
       </c>
       <c r="BF61" t="s">
         <v>74</v>
       </c>
       <c r="BG61" t="s">
         <v>74</v>
       </c>
       <c r="BH61">
-        <v>472</v>
+        <v>517</v>
       </c>
       <c r="BI61" t="s">
         <v>84</v>
       </c>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>74</v>
       </c>
       <c r="BN61" t="s">
         <v>696</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61" t="s">
         <v>81</v>
       </c>
       <c r="BQ61" t="s">
         <v>74</v>
       </c>
       <c r="BR61">
         <v>311.85</v>
       </c>
@@ -15197,51 +15197,51 @@
       <c r="AZ62" t="s">
         <v>73</v>
       </c>
       <c r="BA62" t="s">
         <v>83</v>
       </c>
       <c r="BB62" t="s">
         <v>697</v>
       </c>
       <c r="BC62" t="s">
         <v>691</v>
       </c>
       <c r="BD62" t="s">
         <v>705</v>
       </c>
       <c r="BE62" t="s">
         <v>706</v>
       </c>
       <c r="BF62" t="s">
         <v>74</v>
       </c>
       <c r="BG62" t="s">
         <v>74</v>
       </c>
       <c r="BH62">
-        <v>472</v>
+        <v>517</v>
       </c>
       <c r="BI62" t="s">
         <v>84</v>
       </c>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>74</v>
       </c>
       <c r="BN62" t="s">
         <v>707</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
         <v>81</v>
       </c>
       <c r="BQ62" t="s">
         <v>74</v>
       </c>
       <c r="BR62">
         <v>308.7</v>
       </c>
@@ -15388,51 +15388,51 @@
       <c r="AZ63" t="s">
         <v>73</v>
       </c>
       <c r="BA63" t="s">
         <v>83</v>
       </c>
       <c r="BB63" t="s">
         <v>708</v>
       </c>
       <c r="BC63" t="s">
         <v>691</v>
       </c>
       <c r="BD63" t="s">
         <v>715</v>
       </c>
       <c r="BE63" t="s">
         <v>716</v>
       </c>
       <c r="BF63" t="s">
         <v>74</v>
       </c>
       <c r="BG63" t="s">
         <v>74</v>
       </c>
       <c r="BH63">
-        <v>473</v>
+        <v>518</v>
       </c>
       <c r="BI63" t="s">
         <v>84</v>
       </c>
       <c r="BJ63"/>
       <c r="BK63"/>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>74</v>
       </c>
       <c r="BN63" t="s">
         <v>717</v>
       </c>
       <c r="BO63">
         <v>0</v>
       </c>
       <c r="BP63" t="s">
         <v>81</v>
       </c>
       <c r="BQ63" t="s">
         <v>74</v>
       </c>
       <c r="BR63">
         <v>254.1</v>
       </c>
@@ -15579,51 +15579,51 @@
       <c r="AZ64" t="s">
         <v>73</v>
       </c>
       <c r="BA64" t="s">
         <v>83</v>
       </c>
       <c r="BB64" t="s">
         <v>718</v>
       </c>
       <c r="BC64" t="s">
         <v>722</v>
       </c>
       <c r="BD64" t="s">
         <v>726</v>
       </c>
       <c r="BE64" t="s">
         <v>727</v>
       </c>
       <c r="BF64" t="s">
         <v>74</v>
       </c>
       <c r="BG64" t="s">
         <v>74</v>
       </c>
       <c r="BH64">
-        <v>478</v>
+        <v>523</v>
       </c>
       <c r="BI64" t="s">
         <v>84</v>
       </c>
       <c r="BJ64"/>
       <c r="BK64"/>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>74</v>
       </c>
       <c r="BN64" t="s">
         <v>728</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64" t="s">
         <v>81</v>
       </c>
       <c r="BQ64" t="s">
         <v>74</v>
       </c>
       <c r="BR64">
         <v>301.69</v>
       </c>
@@ -15770,51 +15770,51 @@
       <c r="AZ65" t="s">
         <v>73</v>
       </c>
       <c r="BA65" t="s">
         <v>83</v>
       </c>
       <c r="BB65" t="s">
         <v>729</v>
       </c>
       <c r="BC65" t="s">
         <v>733</v>
       </c>
       <c r="BD65" t="s">
         <v>737</v>
       </c>
       <c r="BE65" t="s">
         <v>738</v>
       </c>
       <c r="BF65" t="s">
         <v>74</v>
       </c>
       <c r="BG65" t="s">
         <v>74</v>
       </c>
       <c r="BH65">
-        <v>480</v>
+        <v>525</v>
       </c>
       <c r="BI65" t="s">
         <v>84</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>74</v>
       </c>
       <c r="BN65" t="s">
         <v>739</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65" t="s">
         <v>81</v>
       </c>
       <c r="BQ65" t="s">
         <v>74</v>
       </c>
       <c r="BR65">
         <v>299.66</v>
       </c>
@@ -15961,51 +15961,51 @@
       <c r="AZ66" t="s">
         <v>73</v>
       </c>
       <c r="BA66" t="s">
         <v>83</v>
       </c>
       <c r="BB66" t="s">
         <v>740</v>
       </c>
       <c r="BC66" t="s">
         <v>733</v>
       </c>
       <c r="BD66" t="s">
         <v>748</v>
       </c>
       <c r="BE66" t="s">
         <v>749</v>
       </c>
       <c r="BF66" t="s">
         <v>74</v>
       </c>
       <c r="BG66" t="s">
         <v>74</v>
       </c>
       <c r="BH66">
-        <v>480</v>
+        <v>525</v>
       </c>
       <c r="BI66" t="s">
         <v>84</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>74</v>
       </c>
       <c r="BN66" t="s">
         <v>750</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66" t="s">
         <v>81</v>
       </c>
       <c r="BQ66" t="s">
         <v>74</v>
       </c>
       <c r="BR66">
         <v>254.96</v>
       </c>
@@ -16152,51 +16152,51 @@
       <c r="AZ67" t="s">
         <v>73</v>
       </c>
       <c r="BA67" t="s">
         <v>83</v>
       </c>
       <c r="BB67" t="s">
         <v>751</v>
       </c>
       <c r="BC67" t="s">
         <v>733</v>
       </c>
       <c r="BD67" t="s">
         <v>759</v>
       </c>
       <c r="BE67" t="s">
         <v>760</v>
       </c>
       <c r="BF67" t="s">
         <v>74</v>
       </c>
       <c r="BG67" t="s">
         <v>74</v>
       </c>
       <c r="BH67">
-        <v>481</v>
+        <v>526</v>
       </c>
       <c r="BI67" t="s">
         <v>84</v>
       </c>
       <c r="BJ67"/>
       <c r="BK67"/>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>74</v>
       </c>
       <c r="BN67" t="s">
         <v>761</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67" t="s">
         <v>81</v>
       </c>
       <c r="BQ67" t="s">
         <v>74</v>
       </c>
       <c r="BR67">
         <v>316.93</v>
       </c>
@@ -16343,51 +16343,51 @@
       <c r="AZ68" t="s">
         <v>73</v>
       </c>
       <c r="BA68" t="s">
         <v>83</v>
       </c>
       <c r="BB68" t="s">
         <v>762</v>
       </c>
       <c r="BC68" t="s">
         <v>733</v>
       </c>
       <c r="BD68" t="s">
         <v>769</v>
       </c>
       <c r="BE68" t="s">
         <v>770</v>
       </c>
       <c r="BF68" t="s">
         <v>74</v>
       </c>
       <c r="BG68" t="s">
         <v>74</v>
       </c>
       <c r="BH68">
-        <v>482</v>
+        <v>527</v>
       </c>
       <c r="BI68" t="s">
         <v>84</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>74</v>
       </c>
       <c r="BN68" t="s">
         <v>771</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
         <v>81</v>
       </c>
       <c r="BQ68" t="s">
         <v>74</v>
       </c>
       <c r="BR68">
         <v>245.82</v>
       </c>
@@ -16534,51 +16534,51 @@
       <c r="AZ69" t="s">
         <v>73</v>
       </c>
       <c r="BA69" t="s">
         <v>83</v>
       </c>
       <c r="BB69" t="s">
         <v>772</v>
       </c>
       <c r="BC69" t="s">
         <v>733</v>
       </c>
       <c r="BD69" t="s">
         <v>780</v>
       </c>
       <c r="BE69" t="s">
         <v>781</v>
       </c>
       <c r="BF69" t="s">
         <v>74</v>
       </c>
       <c r="BG69" t="s">
         <v>74</v>
       </c>
       <c r="BH69">
-        <v>483</v>
+        <v>528</v>
       </c>
       <c r="BI69" t="s">
         <v>84</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>74</v>
       </c>
       <c r="BN69" t="s">
         <v>782</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69" t="s">
         <v>81</v>
       </c>
       <c r="BQ69" t="s">
         <v>74</v>
       </c>
       <c r="BR69">
         <v>301.69</v>
       </c>
@@ -16727,51 +16727,51 @@
       <c r="AZ70" t="s">
         <v>73</v>
       </c>
       <c r="BA70" t="s">
         <v>83</v>
       </c>
       <c r="BB70" t="s">
         <v>783</v>
       </c>
       <c r="BC70" t="s">
         <v>733</v>
       </c>
       <c r="BD70" t="s">
         <v>790</v>
       </c>
       <c r="BE70" t="s">
         <v>791</v>
       </c>
       <c r="BF70" t="s">
         <v>74</v>
       </c>
       <c r="BG70" t="s">
         <v>74</v>
       </c>
       <c r="BH70">
-        <v>483</v>
+        <v>528</v>
       </c>
       <c r="BI70" t="s">
         <v>84</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70"/>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>74</v>
       </c>
       <c r="BN70" t="s">
         <v>792</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70" t="s">
         <v>81</v>
       </c>
       <c r="BQ70" t="s">
         <v>74</v>
       </c>
       <c r="BR70">
         <v>380.92</v>
       </c>
@@ -16918,51 +16918,51 @@
       <c r="AZ71" t="s">
         <v>73</v>
       </c>
       <c r="BA71" t="s">
         <v>83</v>
       </c>
       <c r="BB71" t="s">
         <v>793</v>
       </c>
       <c r="BC71" t="s">
         <v>797</v>
       </c>
       <c r="BD71" t="s">
         <v>802</v>
       </c>
       <c r="BE71" t="s">
         <v>803</v>
       </c>
       <c r="BF71" t="s">
         <v>74</v>
       </c>
       <c r="BG71" t="s">
         <v>74</v>
       </c>
       <c r="BH71">
-        <v>484</v>
+        <v>529</v>
       </c>
       <c r="BI71" t="s">
         <v>84</v>
       </c>
       <c r="BJ71"/>
       <c r="BK71"/>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>74</v>
       </c>
       <c r="BN71" t="s">
         <v>804</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71" t="s">
         <v>81</v>
       </c>
       <c r="BQ71" t="s">
         <v>74</v>
       </c>
       <c r="BR71">
         <v>305.6</v>
       </c>
@@ -17109,51 +17109,51 @@
       <c r="AZ72" t="s">
         <v>73</v>
       </c>
       <c r="BA72" t="s">
         <v>83</v>
       </c>
       <c r="BB72" t="s">
         <v>805</v>
       </c>
       <c r="BC72" t="s">
         <v>809</v>
       </c>
       <c r="BD72" t="s">
         <v>814</v>
       </c>
       <c r="BE72" t="s">
         <v>815</v>
       </c>
       <c r="BF72" t="s">
         <v>74</v>
       </c>
       <c r="BG72" t="s">
         <v>74</v>
       </c>
       <c r="BH72">
-        <v>487</v>
+        <v>532</v>
       </c>
       <c r="BI72" t="s">
         <v>84</v>
       </c>
       <c r="BJ72"/>
       <c r="BK72"/>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>74</v>
       </c>
       <c r="BN72" t="s">
         <v>816</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72" t="s">
         <v>81</v>
       </c>
       <c r="BQ72" t="s">
         <v>74</v>
       </c>
       <c r="BR72">
         <v>331.74</v>
       </c>
@@ -17300,51 +17300,51 @@
       <c r="AZ73" t="s">
         <v>73</v>
       </c>
       <c r="BA73" t="s">
         <v>83</v>
       </c>
       <c r="BB73" t="s">
         <v>817</v>
       </c>
       <c r="BC73" t="s">
         <v>809</v>
       </c>
       <c r="BD73" t="s">
         <v>824</v>
       </c>
       <c r="BE73" t="s">
         <v>825</v>
       </c>
       <c r="BF73" t="s">
         <v>74</v>
       </c>
       <c r="BG73" t="s">
         <v>74</v>
       </c>
       <c r="BH73">
-        <v>488</v>
+        <v>533</v>
       </c>
       <c r="BI73" t="s">
         <v>84</v>
       </c>
       <c r="BJ73"/>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>74</v>
       </c>
       <c r="BN73" t="s">
         <v>826</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73" t="s">
         <v>81</v>
       </c>
       <c r="BQ73" t="s">
         <v>74</v>
       </c>
       <c r="BR73">
         <v>301.58</v>
       </c>
@@ -17491,51 +17491,51 @@
       <c r="AZ74" t="s">
         <v>73</v>
       </c>
       <c r="BA74" t="s">
         <v>83</v>
       </c>
       <c r="BB74" t="s">
         <v>827</v>
       </c>
       <c r="BC74" t="s">
         <v>809</v>
       </c>
       <c r="BD74" t="s">
         <v>834</v>
       </c>
       <c r="BE74" t="s">
         <v>835</v>
       </c>
       <c r="BF74" t="s">
         <v>74</v>
       </c>
       <c r="BG74" t="s">
         <v>74</v>
       </c>
       <c r="BH74">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="BI74" t="s">
         <v>84</v>
       </c>
       <c r="BJ74"/>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>74</v>
       </c>
       <c r="BN74" t="s">
         <v>836</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74" t="s">
         <v>81</v>
       </c>
       <c r="BQ74" t="s">
         <v>74</v>
       </c>
       <c r="BR74">
         <v>301.58</v>
       </c>
@@ -17684,51 +17684,51 @@
       <c r="AZ75" t="s">
         <v>73</v>
       </c>
       <c r="BA75" t="s">
         <v>83</v>
       </c>
       <c r="BB75" t="s">
         <v>837</v>
       </c>
       <c r="BC75" t="s">
         <v>809</v>
       </c>
       <c r="BD75" t="s">
         <v>844</v>
       </c>
       <c r="BE75" t="s">
         <v>845</v>
       </c>
       <c r="BF75" t="s">
         <v>74</v>
       </c>
       <c r="BG75" t="s">
         <v>74</v>
       </c>
       <c r="BH75">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="BI75" t="s">
         <v>84</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>74</v>
       </c>
       <c r="BN75" t="s">
         <v>846</v>
       </c>
       <c r="BO75">
         <v>0</v>
       </c>
       <c r="BP75" t="s">
         <v>81</v>
       </c>
       <c r="BQ75" t="s">
         <v>74</v>
       </c>
       <c r="BR75">
         <v>307.61</v>
       </c>
@@ -17877,51 +17877,51 @@
       <c r="AZ76" t="s">
         <v>73</v>
       </c>
       <c r="BA76" t="s">
         <v>83</v>
       </c>
       <c r="BB76" t="s">
         <v>847</v>
       </c>
       <c r="BC76" t="s">
         <v>809</v>
       </c>
       <c r="BD76" t="s">
         <v>854</v>
       </c>
       <c r="BE76" t="s">
         <v>855</v>
       </c>
       <c r="BF76" t="s">
         <v>74</v>
       </c>
       <c r="BG76" t="s">
         <v>74</v>
       </c>
       <c r="BH76">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="BI76" t="s">
         <v>84</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>74</v>
       </c>
       <c r="BN76" t="s">
         <v>856</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76" t="s">
         <v>81</v>
       </c>
       <c r="BQ76" t="s">
         <v>74</v>
       </c>
       <c r="BR76">
         <v>298.65</v>
       </c>
@@ -18068,51 +18068,51 @@
       <c r="AZ77" t="s">
         <v>73</v>
       </c>
       <c r="BA77" t="s">
         <v>83</v>
       </c>
       <c r="BB77" t="s">
         <v>857</v>
       </c>
       <c r="BC77" t="s">
         <v>861</v>
       </c>
       <c r="BD77" t="s">
         <v>865</v>
       </c>
       <c r="BE77" t="s">
         <v>866</v>
       </c>
       <c r="BF77" t="s">
         <v>74</v>
       </c>
       <c r="BG77" t="s">
         <v>74</v>
       </c>
       <c r="BH77">
-        <v>514</v>
+        <v>559</v>
       </c>
       <c r="BI77" t="s">
         <v>84</v>
       </c>
       <c r="BJ77"/>
       <c r="BK77"/>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>74</v>
       </c>
       <c r="BN77" t="s">
         <v>867</v>
       </c>
       <c r="BO77">
         <v>0</v>
       </c>
       <c r="BP77" t="s">
         <v>81</v>
       </c>
       <c r="BQ77" t="s">
         <v>74</v>
       </c>
       <c r="BR77">
         <v>347.92</v>
       </c>
@@ -18261,51 +18261,51 @@
       <c r="AZ78" t="s">
         <v>73</v>
       </c>
       <c r="BA78" t="s">
         <v>83</v>
       </c>
       <c r="BB78" t="s">
         <v>868</v>
       </c>
       <c r="BC78" t="s">
         <v>872</v>
       </c>
       <c r="BD78" t="s">
         <v>877</v>
       </c>
       <c r="BE78" t="s">
         <v>878</v>
       </c>
       <c r="BF78" t="s">
         <v>74</v>
       </c>
       <c r="BG78" t="s">
         <v>74</v>
       </c>
       <c r="BH78">
-        <v>515</v>
+        <v>560</v>
       </c>
       <c r="BI78" t="s">
         <v>84</v>
       </c>
       <c r="BJ78"/>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>74</v>
       </c>
       <c r="BN78" t="s">
         <v>879</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78" t="s">
         <v>81</v>
       </c>
       <c r="BQ78" t="s">
         <v>74</v>
       </c>
       <c r="BR78">
         <v>298.65</v>
       </c>
@@ -18452,51 +18452,51 @@
       <c r="AZ79" t="s">
         <v>73</v>
       </c>
       <c r="BA79" t="s">
         <v>83</v>
       </c>
       <c r="BB79" t="s">
         <v>880</v>
       </c>
       <c r="BC79" t="s">
         <v>872</v>
       </c>
       <c r="BD79" t="s">
         <v>887</v>
       </c>
       <c r="BE79" t="s">
         <v>888</v>
       </c>
       <c r="BF79" t="s">
         <v>74</v>
       </c>
       <c r="BG79" t="s">
         <v>74</v>
       </c>
       <c r="BH79">
-        <v>517</v>
+        <v>562</v>
       </c>
       <c r="BI79" t="s">
         <v>84</v>
       </c>
       <c r="BJ79"/>
       <c r="BK79"/>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>74</v>
       </c>
       <c r="BN79" t="s">
         <v>889</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79" t="s">
         <v>81</v>
       </c>
       <c r="BQ79" t="s">
         <v>74</v>
       </c>
       <c r="BR79">
         <v>244.35</v>
       </c>
@@ -18643,51 +18643,51 @@
       <c r="AZ80" t="s">
         <v>73</v>
       </c>
       <c r="BA80" t="s">
         <v>83</v>
       </c>
       <c r="BB80" t="s">
         <v>890</v>
       </c>
       <c r="BC80" t="s">
         <v>894</v>
       </c>
       <c r="BD80" t="s">
         <v>896</v>
       </c>
       <c r="BE80" t="s">
         <v>897</v>
       </c>
       <c r="BF80" t="s">
         <v>74</v>
       </c>
       <c r="BG80" t="s">
         <v>74</v>
       </c>
       <c r="BH80">
-        <v>549</v>
+        <v>594</v>
       </c>
       <c r="BI80" t="s">
         <v>84</v>
       </c>
       <c r="BJ80"/>
       <c r="BK80"/>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>74</v>
       </c>
       <c r="BN80" t="s">
         <v>898</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80" t="s">
         <v>81</v>
       </c>
       <c r="BQ80" t="s">
         <v>74</v>
       </c>
       <c r="BR80">
         <v>153.07</v>
       </c>
@@ -18834,51 +18834,51 @@
       <c r="AZ81" t="s">
         <v>73</v>
       </c>
       <c r="BA81" t="s">
         <v>83</v>
       </c>
       <c r="BB81" t="s">
         <v>899</v>
       </c>
       <c r="BC81" t="s">
         <v>894</v>
       </c>
       <c r="BD81" t="s">
         <v>906</v>
       </c>
       <c r="BE81" t="s">
         <v>907</v>
       </c>
       <c r="BF81" t="s">
         <v>74</v>
       </c>
       <c r="BG81" t="s">
         <v>74</v>
       </c>
       <c r="BH81">
-        <v>549</v>
+        <v>594</v>
       </c>
       <c r="BI81" t="s">
         <v>84</v>
       </c>
       <c r="BJ81"/>
       <c r="BK81"/>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>74</v>
       </c>
       <c r="BN81" t="s">
         <v>908</v>
       </c>
       <c r="BO81">
         <v>0</v>
       </c>
       <c r="BP81" t="s">
         <v>81</v>
       </c>
       <c r="BQ81" t="s">
         <v>74</v>
       </c>
       <c r="BR81">
         <v>181.27</v>
       </c>
@@ -19027,51 +19027,51 @@
       <c r="AZ82" t="s">
         <v>73</v>
       </c>
       <c r="BA82" t="s">
         <v>83</v>
       </c>
       <c r="BB82" t="s">
         <v>909</v>
       </c>
       <c r="BC82" t="s">
         <v>913</v>
       </c>
       <c r="BD82" t="s">
         <v>916</v>
       </c>
       <c r="BE82" t="s">
         <v>917</v>
       </c>
       <c r="BF82" t="s">
         <v>74</v>
       </c>
       <c r="BG82" t="s">
         <v>74</v>
       </c>
       <c r="BH82">
-        <v>554</v>
+        <v>599</v>
       </c>
       <c r="BI82" t="s">
         <v>84</v>
       </c>
       <c r="BJ82"/>
       <c r="BK82"/>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>74</v>
       </c>
       <c r="BN82" t="s">
         <v>918</v>
       </c>
       <c r="BO82">
         <v>0</v>
       </c>
       <c r="BP82" t="s">
         <v>81</v>
       </c>
       <c r="BQ82" t="s">
         <v>74</v>
       </c>
       <c r="BR82">
         <v>155.09</v>
       </c>
@@ -19218,51 +19218,51 @@
       <c r="AZ83" t="s">
         <v>73</v>
       </c>
       <c r="BA83" t="s">
         <v>83</v>
       </c>
       <c r="BB83" t="s">
         <v>919</v>
       </c>
       <c r="BC83" t="s">
         <v>913</v>
       </c>
       <c r="BD83" t="s">
         <v>927</v>
       </c>
       <c r="BE83" t="s">
         <v>928</v>
       </c>
       <c r="BF83" t="s">
         <v>74</v>
       </c>
       <c r="BG83" t="s">
         <v>74</v>
       </c>
       <c r="BH83">
-        <v>554</v>
+        <v>599</v>
       </c>
       <c r="BI83" t="s">
         <v>84</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>74</v>
       </c>
       <c r="BN83" t="s">
         <v>929</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83" t="s">
         <v>81</v>
       </c>
       <c r="BQ83" t="s">
         <v>74</v>
       </c>
       <c r="BR83">
         <v>188.32</v>
       </c>
@@ -19409,51 +19409,51 @@
       <c r="AZ84" t="s">
         <v>73</v>
       </c>
       <c r="BA84" t="s">
         <v>83</v>
       </c>
       <c r="BB84" t="s">
         <v>930</v>
       </c>
       <c r="BC84" t="s">
         <v>913</v>
       </c>
       <c r="BD84" t="s">
         <v>937</v>
       </c>
       <c r="BE84" t="s">
         <v>938</v>
       </c>
       <c r="BF84" t="s">
         <v>74</v>
       </c>
       <c r="BG84" t="s">
         <v>74</v>
       </c>
       <c r="BH84">
-        <v>554</v>
+        <v>599</v>
       </c>
       <c r="BI84" t="s">
         <v>84</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>74</v>
       </c>
       <c r="BN84" t="s">
         <v>939</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84" t="s">
         <v>81</v>
       </c>
       <c r="BQ84" t="s">
         <v>74</v>
       </c>
       <c r="BR84">
         <v>120.85</v>
       </c>
@@ -19600,51 +19600,51 @@
       <c r="AZ85" t="s">
         <v>73</v>
       </c>
       <c r="BA85" t="s">
         <v>83</v>
       </c>
       <c r="BB85" t="s">
         <v>940</v>
       </c>
       <c r="BC85" t="s">
         <v>913</v>
       </c>
       <c r="BD85" t="s">
         <v>947</v>
       </c>
       <c r="BE85" t="s">
         <v>948</v>
       </c>
       <c r="BF85" t="s">
         <v>74</v>
       </c>
       <c r="BG85" t="s">
         <v>74</v>
       </c>
       <c r="BH85">
-        <v>554</v>
+        <v>599</v>
       </c>
       <c r="BI85" t="s">
         <v>84</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>74</v>
       </c>
       <c r="BN85" t="s">
         <v>949</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85" t="s">
         <v>81</v>
       </c>
       <c r="BQ85" t="s">
         <v>74</v>
       </c>
       <c r="BR85">
         <v>118.73</v>
       </c>
@@ -19791,51 +19791,51 @@
       <c r="AZ86" t="s">
         <v>73</v>
       </c>
       <c r="BA86" t="s">
         <v>83</v>
       </c>
       <c r="BB86" t="s">
         <v>950</v>
       </c>
       <c r="BC86" t="s">
         <v>913</v>
       </c>
       <c r="BD86" t="s">
         <v>956</v>
       </c>
       <c r="BE86" t="s">
         <v>957</v>
       </c>
       <c r="BF86" t="s">
         <v>74</v>
       </c>
       <c r="BG86" t="s">
         <v>74</v>
       </c>
       <c r="BH86">
-        <v>555</v>
+        <v>600</v>
       </c>
       <c r="BI86" t="s">
         <v>84</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>74</v>
       </c>
       <c r="BN86" t="s">
         <v>958</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86" t="s">
         <v>81</v>
       </c>
       <c r="BQ86" t="s">
         <v>74</v>
       </c>
       <c r="BR86">
         <v>100.71</v>
       </c>
@@ -19984,51 +19984,51 @@
       <c r="AZ87" t="s">
         <v>73</v>
       </c>
       <c r="BA87" t="s">
         <v>83</v>
       </c>
       <c r="BB87" t="s">
         <v>959</v>
       </c>
       <c r="BC87" t="s">
         <v>913</v>
       </c>
       <c r="BD87" t="s">
         <v>966</v>
       </c>
       <c r="BE87" t="s">
         <v>967</v>
       </c>
       <c r="BF87" t="s">
         <v>74</v>
       </c>
       <c r="BG87" t="s">
         <v>74</v>
       </c>
       <c r="BH87">
-        <v>556</v>
+        <v>601</v>
       </c>
       <c r="BI87" t="s">
         <v>84</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>74</v>
       </c>
       <c r="BN87" t="s">
         <v>968</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87" t="s">
         <v>81</v>
       </c>
       <c r="BQ87" t="s">
         <v>74</v>
       </c>
       <c r="BR87">
         <v>827.8</v>
       </c>
@@ -20177,51 +20177,51 @@
       <c r="AZ88" t="s">
         <v>73</v>
       </c>
       <c r="BA88" t="s">
         <v>83</v>
       </c>
       <c r="BB88" t="s">
         <v>969</v>
       </c>
       <c r="BC88" t="s">
         <v>913</v>
       </c>
       <c r="BD88" t="s">
         <v>976</v>
       </c>
       <c r="BE88" t="s">
         <v>977</v>
       </c>
       <c r="BF88" t="s">
         <v>74</v>
       </c>
       <c r="BG88" t="s">
         <v>74</v>
       </c>
       <c r="BH88">
-        <v>556</v>
+        <v>601</v>
       </c>
       <c r="BI88" t="s">
         <v>84</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>74</v>
       </c>
       <c r="BN88" t="s">
         <v>978</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88" t="s">
         <v>81</v>
       </c>
       <c r="BQ88" t="s">
         <v>74</v>
       </c>
       <c r="BR88">
         <v>377.65</v>
       </c>