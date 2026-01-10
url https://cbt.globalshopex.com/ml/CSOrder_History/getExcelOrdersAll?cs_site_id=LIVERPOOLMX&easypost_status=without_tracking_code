--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -2732,51 +2732,51 @@
   <si>
     <t>2024-04-10 17:25:36</t>
   </si>
   <si>
     <t>2024-04-09 08:33:29</t>
   </si>
   <si>
     <t>0570030009-A</t>
   </si>
   <si>
     <t>Mariana Vasquez</t>
   </si>
   <si>
     <t>/11091489</t>
   </si>
   <si>
     <t>Liverpool Oaxaca</t>
   </si>
   <si>
     <t>Agencia Municipal Candiani</t>
   </si>
   <si>
     <t>/VSPLD1421</t>
   </si>
   <si>
-    <t>2024-04-16 09:23:31</t>
+    <t>2024-04-15 12:18:23</t>
   </si>
   <si>
     <t>2024-04-15 12:19:43</t>
   </si>
   <si>
     <t>2024-04-10 17:25:32</t>
   </si>
   <si>
     <t>2024-04-04 10:39:59</t>
   </si>
   <si>
     <t>3640067928-A</t>
   </si>
   <si>
     <t>Ivette Teja</t>
   </si>
   <si>
     <t>/11089505</t>
   </si>
   <si>
     <t>2024-04-05 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Parque Las Antenas</t>
   </si>
@@ -3681,51 +3681,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>74</v>
       </c>
       <c r="BE2" t="s">
         <v>74</v>
       </c>
       <c r="BF2" t="s">
         <v>74</v>
       </c>
       <c r="BG2" t="s">
         <v>74</v>
       </c>
       <c r="BH2">
-        <v>182</v>
+        <v>228</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>74</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>81</v>
       </c>
       <c r="BQ2" t="s">
         <v>74</v>
       </c>
       <c r="BR2">
         <v>7336</v>
       </c>
@@ -3872,51 +3872,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>74</v>
       </c>
       <c r="BE3" t="s">
         <v>74</v>
       </c>
       <c r="BF3" t="s">
         <v>74</v>
       </c>
       <c r="BG3" t="s">
         <v>74</v>
       </c>
       <c r="BH3">
-        <v>188</v>
+        <v>234</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>74</v>
       </c>
       <c r="BN3" t="s">
         <v>93</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>81</v>
       </c>
       <c r="BQ3" t="s">
         <v>74</v>
       </c>
       <c r="BR3">
         <v>7336</v>
       </c>
@@ -4065,51 +4065,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>94</v>
       </c>
       <c r="BC4" t="s">
         <v>97</v>
       </c>
       <c r="BD4" t="s">
         <v>104</v>
       </c>
       <c r="BE4" t="s">
         <v>105</v>
       </c>
       <c r="BF4" t="s">
         <v>74</v>
       </c>
       <c r="BG4" t="s">
         <v>74</v>
       </c>
       <c r="BH4">
-        <v>326</v>
+        <v>372</v>
       </c>
       <c r="BI4" t="s">
         <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>74</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>81</v>
       </c>
       <c r="BQ4" t="s">
         <v>74</v>
       </c>
       <c r="BR4">
         <v>4890</v>
       </c>
@@ -4256,51 +4256,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>83</v>
       </c>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>110</v>
       </c>
       <c r="BD5" t="s">
         <v>115</v>
       </c>
       <c r="BE5" t="s">
         <v>116</v>
       </c>
       <c r="BF5" t="s">
         <v>74</v>
       </c>
       <c r="BG5" t="s">
         <v>74</v>
       </c>
       <c r="BH5">
-        <v>349</v>
+        <v>395</v>
       </c>
       <c r="BI5" t="s">
         <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>74</v>
       </c>
       <c r="BN5" t="s">
         <v>117</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>81</v>
       </c>
       <c r="BQ5" t="s">
         <v>74</v>
       </c>
       <c r="BR5">
         <v>4821</v>
       </c>
@@ -4447,51 +4447,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
         <v>118</v>
       </c>
       <c r="BC6" t="s">
         <v>110</v>
       </c>
       <c r="BD6" t="s">
         <v>125</v>
       </c>
       <c r="BE6" t="s">
         <v>126</v>
       </c>
       <c r="BF6" t="s">
         <v>74</v>
       </c>
       <c r="BG6" t="s">
         <v>74</v>
       </c>
       <c r="BH6">
-        <v>349</v>
+        <v>395</v>
       </c>
       <c r="BI6" t="s">
         <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>74</v>
       </c>
       <c r="BN6" t="s">
         <v>127</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>81</v>
       </c>
       <c r="BQ6" t="s">
         <v>74</v>
       </c>
       <c r="BR6">
         <v>7121</v>
       </c>
@@ -4636,51 +4636,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
         <v>128</v>
       </c>
       <c r="BC7" t="s">
         <v>131</v>
       </c>
       <c r="BD7" t="s">
         <v>136</v>
       </c>
       <c r="BE7" t="s">
         <v>137</v>
       </c>
       <c r="BF7" t="s">
         <v>74</v>
       </c>
       <c r="BG7" t="s">
         <v>74</v>
       </c>
       <c r="BH7">
-        <v>351</v>
+        <v>397</v>
       </c>
       <c r="BI7" t="s">
         <v>84</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>74</v>
       </c>
       <c r="BN7" t="s">
         <v>138</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>81</v>
       </c>
       <c r="BQ7" t="s">
         <v>74</v>
       </c>
       <c r="BR7">
         <v>6475</v>
       </c>
@@ -4825,51 +4825,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
         <v>139</v>
       </c>
       <c r="BC8" t="s">
         <v>143</v>
       </c>
       <c r="BD8" t="s">
         <v>148</v>
       </c>
       <c r="BE8" t="s">
         <v>149</v>
       </c>
       <c r="BF8" t="s">
         <v>74</v>
       </c>
       <c r="BG8" t="s">
         <v>74</v>
       </c>
       <c r="BH8">
-        <v>352</v>
+        <v>398</v>
       </c>
       <c r="BI8" t="s">
         <v>84</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>74</v>
       </c>
       <c r="BN8" t="s">
         <v>150</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>81</v>
       </c>
       <c r="BQ8" t="s">
         <v>74</v>
       </c>
       <c r="BR8">
         <v>11473</v>
       </c>
@@ -5016,51 +5016,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
         <v>151</v>
       </c>
       <c r="BC9" t="s">
         <v>154</v>
       </c>
       <c r="BD9" t="s">
         <v>158</v>
       </c>
       <c r="BE9" t="s">
         <v>159</v>
       </c>
       <c r="BF9" t="s">
         <v>74</v>
       </c>
       <c r="BG9" t="s">
         <v>74</v>
       </c>
       <c r="BH9">
-        <v>355</v>
+        <v>401</v>
       </c>
       <c r="BI9" t="s">
         <v>84</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>74</v>
       </c>
       <c r="BN9" t="s">
         <v>160</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>81</v>
       </c>
       <c r="BQ9" t="s">
         <v>74</v>
       </c>
       <c r="BR9">
         <v>5613</v>
       </c>
@@ -5207,51 +5207,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>161</v>
       </c>
       <c r="BC10" t="s">
         <v>165</v>
       </c>
       <c r="BD10" t="s">
         <v>169</v>
       </c>
       <c r="BE10" t="s">
         <v>170</v>
       </c>
       <c r="BF10" t="s">
         <v>74</v>
       </c>
       <c r="BG10" t="s">
         <v>74</v>
       </c>
       <c r="BH10">
-        <v>359</v>
+        <v>405</v>
       </c>
       <c r="BI10" t="s">
         <v>84</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>74</v>
       </c>
       <c r="BN10" t="s">
         <v>171</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>81</v>
       </c>
       <c r="BQ10" t="s">
         <v>74</v>
       </c>
       <c r="BR10">
         <v>5613</v>
       </c>
@@ -5400,51 +5400,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>83</v>
       </c>
       <c r="BB11" t="s">
         <v>172</v>
       </c>
       <c r="BC11" t="s">
         <v>176</v>
       </c>
       <c r="BD11" t="s">
         <v>180</v>
       </c>
       <c r="BE11" t="s">
         <v>181</v>
       </c>
       <c r="BF11" t="s">
         <v>74</v>
       </c>
       <c r="BG11" t="s">
         <v>74</v>
       </c>
       <c r="BH11">
-        <v>360</v>
+        <v>406</v>
       </c>
       <c r="BI11" t="s">
         <v>84</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>74</v>
       </c>
       <c r="BN11" t="s">
         <v>182</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>81</v>
       </c>
       <c r="BQ11" t="s">
         <v>74</v>
       </c>
       <c r="BR11">
         <v>6001</v>
       </c>
@@ -5593,51 +5593,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>83</v>
       </c>
       <c r="BB12" t="s">
         <v>183</v>
       </c>
       <c r="BC12" t="s">
         <v>186</v>
       </c>
       <c r="BD12" t="s">
         <v>188</v>
       </c>
       <c r="BE12" t="s">
         <v>189</v>
       </c>
       <c r="BF12" t="s">
         <v>74</v>
       </c>
       <c r="BG12" t="s">
         <v>74</v>
       </c>
       <c r="BH12">
-        <v>368</v>
+        <v>414</v>
       </c>
       <c r="BI12" t="s">
         <v>84</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>74</v>
       </c>
       <c r="BN12" t="s">
         <v>190</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>81</v>
       </c>
       <c r="BQ12" t="s">
         <v>74</v>
       </c>
       <c r="BR12">
         <v>6647</v>
       </c>
@@ -5786,51 +5786,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>191</v>
       </c>
       <c r="BC13" t="s">
         <v>194</v>
       </c>
       <c r="BD13" t="s">
         <v>199</v>
       </c>
       <c r="BE13" t="s">
         <v>200</v>
       </c>
       <c r="BF13" t="s">
         <v>74</v>
       </c>
       <c r="BG13" t="s">
         <v>74</v>
       </c>
       <c r="BH13">
-        <v>371</v>
+        <v>417</v>
       </c>
       <c r="BI13" t="s">
         <v>84</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>74</v>
       </c>
       <c r="BN13" t="s">
         <v>201</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>81</v>
       </c>
       <c r="BQ13" t="s">
         <v>74</v>
       </c>
       <c r="BR13">
         <v>7132</v>
       </c>
@@ -5979,51 +5979,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>83</v>
       </c>
       <c r="BB14" t="s">
         <v>202</v>
       </c>
       <c r="BC14" t="s">
         <v>194</v>
       </c>
       <c r="BD14" t="s">
         <v>74</v>
       </c>
       <c r="BE14" t="s">
         <v>209</v>
       </c>
       <c r="BF14" t="s">
         <v>74</v>
       </c>
       <c r="BG14" t="s">
         <v>74</v>
       </c>
       <c r="BH14">
-        <v>373</v>
+        <v>419</v>
       </c>
       <c r="BI14" t="s">
         <v>84</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>74</v>
       </c>
       <c r="BN14" t="s">
         <v>210</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>81</v>
       </c>
       <c r="BQ14" t="s">
         <v>74</v>
       </c>
       <c r="BR14">
         <v>7090</v>
       </c>
@@ -6170,51 +6170,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
         <v>211</v>
       </c>
       <c r="BC15" t="s">
         <v>194</v>
       </c>
       <c r="BD15" t="s">
         <v>216</v>
       </c>
       <c r="BE15" t="s">
         <v>217</v>
       </c>
       <c r="BF15" t="s">
         <v>74</v>
       </c>
       <c r="BG15" t="s">
         <v>74</v>
       </c>
       <c r="BH15">
-        <v>374</v>
+        <v>420</v>
       </c>
       <c r="BI15" t="s">
         <v>84</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>74</v>
       </c>
       <c r="BN15" t="s">
         <v>218</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>81</v>
       </c>
       <c r="BQ15" t="s">
         <v>74</v>
       </c>
       <c r="BR15">
         <v>6428</v>
       </c>
@@ -6363,51 +6363,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>83</v>
       </c>
       <c r="BB16" t="s">
         <v>219</v>
       </c>
       <c r="BC16" t="s">
         <v>223</v>
       </c>
       <c r="BD16" t="s">
         <v>74</v>
       </c>
       <c r="BE16" t="s">
         <v>228</v>
       </c>
       <c r="BF16" t="s">
         <v>74</v>
       </c>
       <c r="BG16" t="s">
         <v>74</v>
       </c>
       <c r="BH16">
-        <v>399</v>
+        <v>445</v>
       </c>
       <c r="BI16" t="s">
         <v>84</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>74</v>
       </c>
       <c r="BN16" t="s">
         <v>229</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>81</v>
       </c>
       <c r="BQ16" t="s">
         <v>74</v>
       </c>
       <c r="BR16">
         <v>6428</v>
       </c>
@@ -6556,51 +6556,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>83</v>
       </c>
       <c r="BB17" t="s">
         <v>230</v>
       </c>
       <c r="BC17" t="s">
         <v>234</v>
       </c>
       <c r="BD17" t="s">
         <v>238</v>
       </c>
       <c r="BE17" t="s">
         <v>239</v>
       </c>
       <c r="BF17" t="s">
         <v>74</v>
       </c>
       <c r="BG17" t="s">
         <v>74</v>
       </c>
       <c r="BH17">
-        <v>433</v>
+        <v>479</v>
       </c>
       <c r="BI17" t="s">
         <v>84</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>74</v>
       </c>
       <c r="BN17" t="s">
         <v>240</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>81</v>
       </c>
       <c r="BQ17" t="s">
         <v>74</v>
       </c>
       <c r="BR17">
         <v>389</v>
       </c>
@@ -6747,51 +6747,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>83</v>
       </c>
       <c r="BB18" t="s">
         <v>241</v>
       </c>
       <c r="BC18" t="s">
         <v>234</v>
       </c>
       <c r="BD18" t="s">
         <v>249</v>
       </c>
       <c r="BE18" t="s">
         <v>250</v>
       </c>
       <c r="BF18" t="s">
         <v>74</v>
       </c>
       <c r="BG18" t="s">
         <v>74</v>
       </c>
       <c r="BH18">
-        <v>434</v>
+        <v>480</v>
       </c>
       <c r="BI18" t="s">
         <v>84</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>74</v>
       </c>
       <c r="BN18" t="s">
         <v>251</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>81</v>
       </c>
       <c r="BQ18" t="s">
         <v>74</v>
       </c>
       <c r="BR18">
         <v>249</v>
       </c>
@@ -6940,51 +6940,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>83</v>
       </c>
       <c r="BB19" t="s">
         <v>252</v>
       </c>
       <c r="BC19" t="s">
         <v>256</v>
       </c>
       <c r="BD19" t="s">
         <v>260</v>
       </c>
       <c r="BE19" t="s">
         <v>261</v>
       </c>
       <c r="BF19" t="s">
         <v>74</v>
       </c>
       <c r="BG19" t="s">
         <v>74</v>
       </c>
       <c r="BH19">
-        <v>441</v>
+        <v>487</v>
       </c>
       <c r="BI19" t="s">
         <v>84</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>74</v>
       </c>
       <c r="BN19" t="s">
         <v>262</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>81</v>
       </c>
       <c r="BQ19" t="s">
         <v>74</v>
       </c>
       <c r="BR19">
         <v>551</v>
       </c>
@@ -7133,51 +7133,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>83</v>
       </c>
       <c r="BB20" t="s">
         <v>263</v>
       </c>
       <c r="BC20" t="s">
         <v>267</v>
       </c>
       <c r="BD20" t="s">
         <v>272</v>
       </c>
       <c r="BE20" t="s">
         <v>273</v>
       </c>
       <c r="BF20" t="s">
         <v>74</v>
       </c>
       <c r="BG20" t="s">
         <v>74</v>
       </c>
       <c r="BH20">
-        <v>443</v>
+        <v>489</v>
       </c>
       <c r="BI20" t="s">
         <v>84</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>74</v>
       </c>
       <c r="BN20" t="s">
         <v>274</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>81</v>
       </c>
       <c r="BQ20" t="s">
         <v>74</v>
       </c>
       <c r="BR20">
         <v>355</v>
       </c>
@@ -7326,51 +7326,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>83</v>
       </c>
       <c r="BB21" t="s">
         <v>275</v>
       </c>
       <c r="BC21" t="s">
         <v>279</v>
       </c>
       <c r="BD21" t="s">
         <v>284</v>
       </c>
       <c r="BE21" t="s">
         <v>285</v>
       </c>
       <c r="BF21" t="s">
         <v>74</v>
       </c>
       <c r="BG21" t="s">
         <v>74</v>
       </c>
       <c r="BH21">
-        <v>445</v>
+        <v>491</v>
       </c>
       <c r="BI21" t="s">
         <v>84</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>74</v>
       </c>
       <c r="BN21" t="s">
         <v>286</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>81</v>
       </c>
       <c r="BQ21" t="s">
         <v>74</v>
       </c>
       <c r="BR21">
         <v>240.14</v>
       </c>
@@ -7519,51 +7519,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>83</v>
       </c>
       <c r="BB22" t="s">
         <v>287</v>
       </c>
       <c r="BC22" t="s">
         <v>291</v>
       </c>
       <c r="BD22" t="s">
         <v>296</v>
       </c>
       <c r="BE22" t="s">
         <v>297</v>
       </c>
       <c r="BF22" t="s">
         <v>74</v>
       </c>
       <c r="BG22" t="s">
         <v>74</v>
       </c>
       <c r="BH22">
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="BI22" t="s">
         <v>84</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>74</v>
       </c>
       <c r="BN22" t="s">
         <v>298</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>81</v>
       </c>
       <c r="BQ22" t="s">
         <v>74</v>
       </c>
       <c r="BR22">
         <v>251.84</v>
       </c>
@@ -7712,51 +7712,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>83</v>
       </c>
       <c r="BB23" t="s">
         <v>299</v>
       </c>
       <c r="BC23" t="s">
         <v>291</v>
       </c>
       <c r="BD23" t="s">
         <v>307</v>
       </c>
       <c r="BE23" t="s">
         <v>308</v>
       </c>
       <c r="BF23" t="s">
         <v>74</v>
       </c>
       <c r="BG23" t="s">
         <v>74</v>
       </c>
       <c r="BH23">
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="BI23" t="s">
         <v>84</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>74</v>
       </c>
       <c r="BN23" t="s">
         <v>309</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>81</v>
       </c>
       <c r="BQ23" t="s">
         <v>74</v>
       </c>
       <c r="BR23">
         <v>221.4</v>
       </c>
@@ -7905,51 +7905,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>310</v>
       </c>
       <c r="BC24" t="s">
         <v>291</v>
       </c>
       <c r="BD24" t="s">
         <v>317</v>
       </c>
       <c r="BE24" t="s">
         <v>318</v>
       </c>
       <c r="BF24" t="s">
         <v>74</v>
       </c>
       <c r="BG24" t="s">
         <v>74</v>
       </c>
       <c r="BH24">
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="BI24" t="s">
         <v>84</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>74</v>
       </c>
       <c r="BN24" t="s">
         <v>319</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>81</v>
       </c>
       <c r="BQ24" t="s">
         <v>74</v>
       </c>
       <c r="BR24">
         <v>272.65</v>
       </c>
@@ -8096,51 +8096,51 @@
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>83</v>
       </c>
       <c r="BB25" t="s">
         <v>320</v>
       </c>
       <c r="BC25" t="s">
         <v>324</v>
       </c>
       <c r="BD25" t="s">
         <v>328</v>
       </c>
       <c r="BE25" t="s">
         <v>329</v>
       </c>
       <c r="BF25" t="s">
         <v>74</v>
       </c>
       <c r="BG25" t="s">
         <v>74</v>
       </c>
       <c r="BH25">
-        <v>471</v>
+        <v>517</v>
       </c>
       <c r="BI25" t="s">
         <v>84</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>74</v>
       </c>
       <c r="BN25" t="s">
         <v>330</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>81</v>
       </c>
       <c r="BQ25" t="s">
         <v>74</v>
       </c>
       <c r="BR25">
         <v>972.71</v>
       </c>
@@ -8289,51 +8289,51 @@
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>83</v>
       </c>
       <c r="BB26" t="s">
         <v>331</v>
       </c>
       <c r="BC26" t="s">
         <v>324</v>
       </c>
       <c r="BD26" t="s">
         <v>338</v>
       </c>
       <c r="BE26" t="s">
         <v>339</v>
       </c>
       <c r="BF26" t="s">
         <v>74</v>
       </c>
       <c r="BG26" t="s">
         <v>74</v>
       </c>
       <c r="BH26">
-        <v>472</v>
+        <v>518</v>
       </c>
       <c r="BI26" t="s">
         <v>84</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>74</v>
       </c>
       <c r="BN26" t="s">
         <v>340</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>81</v>
       </c>
       <c r="BQ26" t="s">
         <v>74</v>
       </c>
       <c r="BR26">
         <v>364.9</v>
       </c>
@@ -8482,51 +8482,51 @@
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>83</v>
       </c>
       <c r="BB27" t="s">
         <v>341</v>
       </c>
       <c r="BC27" t="s">
         <v>345</v>
       </c>
       <c r="BD27" t="s">
         <v>350</v>
       </c>
       <c r="BE27" t="s">
         <v>351</v>
       </c>
       <c r="BF27" t="s">
         <v>74</v>
       </c>
       <c r="BG27" t="s">
         <v>74</v>
       </c>
       <c r="BH27">
-        <v>476</v>
+        <v>522</v>
       </c>
       <c r="BI27" t="s">
         <v>84</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>74</v>
       </c>
       <c r="BN27" t="s">
         <v>352</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>81</v>
       </c>
       <c r="BQ27" t="s">
         <v>74</v>
       </c>
       <c r="BR27">
         <v>299.68</v>
       </c>
@@ -8673,51 +8673,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>83</v>
       </c>
       <c r="BB28" t="s">
         <v>353</v>
       </c>
       <c r="BC28" t="s">
         <v>345</v>
       </c>
       <c r="BD28" t="s">
         <v>361</v>
       </c>
       <c r="BE28" t="s">
         <v>362</v>
       </c>
       <c r="BF28" t="s">
         <v>74</v>
       </c>
       <c r="BG28" t="s">
         <v>74</v>
       </c>
       <c r="BH28">
-        <v>478</v>
+        <v>524</v>
       </c>
       <c r="BI28" t="s">
         <v>84</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>74</v>
       </c>
       <c r="BN28" t="s">
         <v>363</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>81</v>
       </c>
       <c r="BQ28" t="s">
         <v>74</v>
       </c>
       <c r="BR28">
         <v>234</v>
       </c>
@@ -8866,51 +8866,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>83</v>
       </c>
       <c r="BB29" t="s">
         <v>364</v>
       </c>
       <c r="BC29" t="s">
         <v>368</v>
       </c>
       <c r="BD29" t="s">
         <v>372</v>
       </c>
       <c r="BE29" t="s">
         <v>373</v>
       </c>
       <c r="BF29" t="s">
         <v>74</v>
       </c>
       <c r="BG29" t="s">
         <v>74</v>
       </c>
       <c r="BH29">
-        <v>480</v>
+        <v>526</v>
       </c>
       <c r="BI29" t="s">
         <v>84</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>74</v>
       </c>
       <c r="BN29" t="s">
         <v>374</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>81</v>
       </c>
       <c r="BQ29" t="s">
         <v>74</v>
       </c>
       <c r="BR29">
         <v>369.47</v>
       </c>
@@ -9059,51 +9059,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>83</v>
       </c>
       <c r="BB30" t="s">
         <v>375</v>
       </c>
       <c r="BC30" t="s">
         <v>368</v>
       </c>
       <c r="BD30" t="s">
         <v>381</v>
       </c>
       <c r="BE30" t="s">
         <v>382</v>
       </c>
       <c r="BF30" t="s">
         <v>74</v>
       </c>
       <c r="BG30" t="s">
         <v>74</v>
       </c>
       <c r="BH30">
-        <v>480</v>
+        <v>526</v>
       </c>
       <c r="BI30" t="s">
         <v>84</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>74</v>
       </c>
       <c r="BN30" t="s">
         <v>383</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>81</v>
       </c>
       <c r="BQ30" t="s">
         <v>74</v>
       </c>
       <c r="BR30">
         <v>246.32</v>
       </c>
@@ -9252,51 +9252,51 @@
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
         <v>83</v>
       </c>
       <c r="BB31" t="s">
         <v>384</v>
       </c>
       <c r="BC31" t="s">
         <v>368</v>
       </c>
       <c r="BD31" t="s">
         <v>392</v>
       </c>
       <c r="BE31" t="s">
         <v>393</v>
       </c>
       <c r="BF31" t="s">
         <v>74</v>
       </c>
       <c r="BG31" t="s">
         <v>74</v>
       </c>
       <c r="BH31">
-        <v>480</v>
+        <v>526</v>
       </c>
       <c r="BI31" t="s">
         <v>84</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>74</v>
       </c>
       <c r="BN31" t="s">
         <v>394</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>81</v>
       </c>
       <c r="BQ31" t="s">
         <v>74</v>
       </c>
       <c r="BR31">
         <v>282.24</v>
       </c>
@@ -9445,51 +9445,51 @@
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
         <v>83</v>
       </c>
       <c r="BB32" t="s">
         <v>395</v>
       </c>
       <c r="BC32" t="s">
         <v>368</v>
       </c>
       <c r="BD32" t="s">
         <v>403</v>
       </c>
       <c r="BE32" t="s">
         <v>404</v>
       </c>
       <c r="BF32" t="s">
         <v>74</v>
       </c>
       <c r="BG32" t="s">
         <v>74</v>
       </c>
       <c r="BH32">
-        <v>480</v>
+        <v>526</v>
       </c>
       <c r="BI32" t="s">
         <v>84</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>74</v>
       </c>
       <c r="BN32" t="s">
         <v>405</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>81</v>
       </c>
       <c r="BQ32" t="s">
         <v>74</v>
       </c>
       <c r="BR32">
         <v>283.26</v>
       </c>
@@ -9638,51 +9638,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>83</v>
       </c>
       <c r="BB33" t="s">
         <v>406</v>
       </c>
       <c r="BC33" t="s">
         <v>368</v>
       </c>
       <c r="BD33" t="s">
         <v>413</v>
       </c>
       <c r="BE33" t="s">
         <v>414</v>
       </c>
       <c r="BF33" t="s">
         <v>74</v>
       </c>
       <c r="BG33" t="s">
         <v>74</v>
       </c>
       <c r="BH33">
-        <v>481</v>
+        <v>527</v>
       </c>
       <c r="BI33" t="s">
         <v>84</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>74</v>
       </c>
       <c r="BN33" t="s">
         <v>415</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>81</v>
       </c>
       <c r="BQ33" t="s">
         <v>74</v>
       </c>
       <c r="BR33">
         <v>369.47</v>
       </c>
@@ -9831,51 +9831,51 @@
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
         <v>83</v>
       </c>
       <c r="BB34" t="s">
         <v>416</v>
       </c>
       <c r="BC34" t="s">
         <v>420</v>
       </c>
       <c r="BD34" t="s">
         <v>425</v>
       </c>
       <c r="BE34" t="s">
         <v>426</v>
       </c>
       <c r="BF34" t="s">
         <v>74</v>
       </c>
       <c r="BG34" t="s">
         <v>74</v>
       </c>
       <c r="BH34">
-        <v>482</v>
+        <v>528</v>
       </c>
       <c r="BI34" t="s">
         <v>84</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>74</v>
       </c>
       <c r="BN34" t="s">
         <v>427</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
         <v>81</v>
       </c>
       <c r="BQ34" t="s">
         <v>74</v>
       </c>
       <c r="BR34">
         <v>5997.4</v>
       </c>
@@ -10022,51 +10022,51 @@
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
         <v>83</v>
       </c>
       <c r="BB35" t="s">
         <v>428</v>
       </c>
       <c r="BC35" t="s">
         <v>420</v>
       </c>
       <c r="BD35" t="s">
         <v>435</v>
       </c>
       <c r="BE35" t="s">
         <v>436</v>
       </c>
       <c r="BF35" t="s">
         <v>74</v>
       </c>
       <c r="BG35" t="s">
         <v>74</v>
       </c>
       <c r="BH35">
-        <v>482</v>
+        <v>528</v>
       </c>
       <c r="BI35" t="s">
         <v>84</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>74</v>
       </c>
       <c r="BN35" t="s">
         <v>437</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
         <v>81</v>
       </c>
       <c r="BQ35" t="s">
         <v>74</v>
       </c>
       <c r="BR35">
         <v>278.91</v>
       </c>
@@ -10213,51 +10213,51 @@
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
         <v>83</v>
       </c>
       <c r="BB36" t="s">
         <v>438</v>
       </c>
       <c r="BC36" t="s">
         <v>420</v>
       </c>
       <c r="BD36" t="s">
         <v>446</v>
       </c>
       <c r="BE36" t="s">
         <v>447</v>
       </c>
       <c r="BF36" t="s">
         <v>74</v>
       </c>
       <c r="BG36" t="s">
         <v>74</v>
       </c>
       <c r="BH36">
-        <v>482</v>
+        <v>528</v>
       </c>
       <c r="BI36" t="s">
         <v>84</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>74</v>
       </c>
       <c r="BN36" t="s">
         <v>448</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
         <v>81</v>
       </c>
       <c r="BQ36" t="s">
         <v>74</v>
       </c>
       <c r="BR36">
         <v>7545.6</v>
       </c>
@@ -10404,51 +10404,51 @@
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
         <v>83</v>
       </c>
       <c r="BB37" t="s">
         <v>449</v>
       </c>
       <c r="BC37" t="s">
         <v>420</v>
       </c>
       <c r="BD37" t="s">
         <v>456</v>
       </c>
       <c r="BE37" t="s">
         <v>457</v>
       </c>
       <c r="BF37" t="s">
         <v>74</v>
       </c>
       <c r="BG37" t="s">
         <v>74</v>
       </c>
       <c r="BH37">
-        <v>484</v>
+        <v>530</v>
       </c>
       <c r="BI37" t="s">
         <v>84</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>74</v>
       </c>
       <c r="BN37" t="s">
         <v>458</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
         <v>81</v>
       </c>
       <c r="BQ37" t="s">
         <v>74</v>
       </c>
       <c r="BR37">
         <v>278.91</v>
       </c>
@@ -10597,51 +10597,51 @@
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
         <v>83</v>
       </c>
       <c r="BB38" t="s">
         <v>459</v>
       </c>
       <c r="BC38" t="s">
         <v>463</v>
       </c>
       <c r="BD38" t="s">
         <v>468</v>
       </c>
       <c r="BE38" t="s">
         <v>469</v>
       </c>
       <c r="BF38" t="s">
         <v>74</v>
       </c>
       <c r="BG38" t="s">
         <v>74</v>
       </c>
       <c r="BH38">
-        <v>486</v>
+        <v>532</v>
       </c>
       <c r="BI38" t="s">
         <v>84</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>74</v>
       </c>
       <c r="BN38" t="s">
         <v>470</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
         <v>81</v>
       </c>
       <c r="BQ38" t="s">
         <v>74</v>
       </c>
       <c r="BR38">
         <v>7446.6</v>
       </c>
@@ -10790,51 +10790,51 @@
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
         <v>83</v>
       </c>
       <c r="BB39" t="s">
         <v>471</v>
       </c>
       <c r="BC39" t="s">
         <v>463</v>
       </c>
       <c r="BD39" t="s">
         <v>74</v>
       </c>
       <c r="BE39" t="s">
         <v>478</v>
       </c>
       <c r="BF39" t="s">
         <v>74</v>
       </c>
       <c r="BG39" t="s">
         <v>74</v>
       </c>
       <c r="BH39">
-        <v>486</v>
+        <v>532</v>
       </c>
       <c r="BI39" t="s">
         <v>84</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>74</v>
       </c>
       <c r="BN39" t="s">
         <v>479</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
         <v>81</v>
       </c>
       <c r="BQ39" t="s">
         <v>74</v>
       </c>
       <c r="BR39">
         <v>6060.2</v>
       </c>
@@ -10983,51 +10983,51 @@
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
         <v>83</v>
       </c>
       <c r="BB40" t="s">
         <v>480</v>
       </c>
       <c r="BC40" t="s">
         <v>463</v>
       </c>
       <c r="BD40" t="s">
         <v>488</v>
       </c>
       <c r="BE40" t="s">
         <v>489</v>
       </c>
       <c r="BF40" t="s">
         <v>74</v>
       </c>
       <c r="BG40" t="s">
         <v>74</v>
       </c>
       <c r="BH40">
-        <v>486</v>
+        <v>532</v>
       </c>
       <c r="BI40" t="s">
         <v>84</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>74</v>
       </c>
       <c r="BN40" t="s">
         <v>490</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
         <v>81</v>
       </c>
       <c r="BQ40" t="s">
         <v>74</v>
       </c>
       <c r="BR40">
         <v>4214.7</v>
       </c>
@@ -11176,51 +11176,51 @@
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
         <v>83</v>
       </c>
       <c r="BB41" t="s">
         <v>491</v>
       </c>
       <c r="BC41" t="s">
         <v>494</v>
       </c>
       <c r="BD41" t="s">
         <v>74</v>
       </c>
       <c r="BE41" t="s">
         <v>495</v>
       </c>
       <c r="BF41" t="s">
         <v>74</v>
       </c>
       <c r="BG41" t="s">
         <v>74</v>
       </c>
       <c r="BH41">
-        <v>487</v>
+        <v>533</v>
       </c>
       <c r="BI41" t="s">
         <v>84</v>
       </c>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>74</v>
       </c>
       <c r="BN41" t="s">
         <v>496</v>
       </c>
       <c r="BO41">
         <v>0</v>
       </c>
       <c r="BP41" t="s">
         <v>81</v>
       </c>
       <c r="BQ41" t="s">
         <v>74</v>
       </c>
       <c r="BR41">
         <v>326.83</v>
       </c>
@@ -11367,51 +11367,51 @@
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
         <v>83</v>
       </c>
       <c r="BB42" t="s">
         <v>497</v>
       </c>
       <c r="BC42" t="s">
         <v>494</v>
       </c>
       <c r="BD42" t="s">
         <v>501</v>
       </c>
       <c r="BE42" t="s">
         <v>502</v>
       </c>
       <c r="BF42" t="s">
         <v>74</v>
       </c>
       <c r="BG42" t="s">
         <v>74</v>
       </c>
       <c r="BH42">
-        <v>487</v>
+        <v>533</v>
       </c>
       <c r="BI42" t="s">
         <v>84</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>74</v>
       </c>
       <c r="BN42" t="s">
         <v>503</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
         <v>81</v>
       </c>
       <c r="BQ42" t="s">
         <v>74</v>
       </c>
       <c r="BR42">
         <v>232.28</v>
       </c>
@@ -11560,51 +11560,51 @@
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
         <v>83</v>
       </c>
       <c r="BB43" t="s">
         <v>504</v>
       </c>
       <c r="BC43" t="s">
         <v>494</v>
       </c>
       <c r="BD43" t="s">
         <v>508</v>
       </c>
       <c r="BE43" t="s">
         <v>509</v>
       </c>
       <c r="BF43" t="s">
         <v>74</v>
       </c>
       <c r="BG43" t="s">
         <v>74</v>
       </c>
       <c r="BH43">
-        <v>487</v>
+        <v>533</v>
       </c>
       <c r="BI43" t="s">
         <v>84</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>74</v>
       </c>
       <c r="BN43" t="s">
         <v>510</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43" t="s">
         <v>81</v>
       </c>
       <c r="BQ43" t="s">
         <v>74</v>
       </c>
       <c r="BR43">
         <v>336.51</v>
       </c>
@@ -11753,51 +11753,51 @@
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
         <v>83</v>
       </c>
       <c r="BB44" t="s">
         <v>511</v>
       </c>
       <c r="BC44" t="s">
         <v>494</v>
       </c>
       <c r="BD44" t="s">
         <v>74</v>
       </c>
       <c r="BE44" t="s">
         <v>515</v>
       </c>
       <c r="BF44" t="s">
         <v>74</v>
       </c>
       <c r="BG44" t="s">
         <v>74</v>
       </c>
       <c r="BH44">
-        <v>487</v>
+        <v>533</v>
       </c>
       <c r="BI44" t="s">
         <v>84</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>74</v>
       </c>
       <c r="BN44" t="s">
         <v>516</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
         <v>81</v>
       </c>
       <c r="BQ44" t="s">
         <v>74</v>
       </c>
       <c r="BR44">
         <v>242.56</v>
       </c>
@@ -11944,51 +11944,51 @@
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45" t="s">
         <v>83</v>
       </c>
       <c r="BB45" t="s">
         <v>517</v>
       </c>
       <c r="BC45" t="s">
         <v>521</v>
       </c>
       <c r="BD45" t="s">
         <v>523</v>
       </c>
       <c r="BE45" t="s">
         <v>524</v>
       </c>
       <c r="BF45" t="s">
         <v>74</v>
       </c>
       <c r="BG45" t="s">
         <v>74</v>
       </c>
       <c r="BH45">
-        <v>490</v>
+        <v>536</v>
       </c>
       <c r="BI45" t="s">
         <v>84</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>74</v>
       </c>
       <c r="BN45" t="s">
         <v>525</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45" t="s">
         <v>81</v>
       </c>
       <c r="BQ45" t="s">
         <v>74</v>
       </c>
       <c r="BR45">
         <v>385.42</v>
       </c>
@@ -12135,51 +12135,51 @@
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46" t="s">
         <v>83</v>
       </c>
       <c r="BB46" t="s">
         <v>526</v>
       </c>
       <c r="BC46" t="s">
         <v>521</v>
       </c>
       <c r="BD46" t="s">
         <v>534</v>
       </c>
       <c r="BE46" t="s">
         <v>535</v>
       </c>
       <c r="BF46" t="s">
         <v>74</v>
       </c>
       <c r="BG46" t="s">
         <v>74</v>
       </c>
       <c r="BH46">
-        <v>491</v>
+        <v>537</v>
       </c>
       <c r="BI46" t="s">
         <v>84</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>74</v>
       </c>
       <c r="BN46" t="s">
         <v>536</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46" t="s">
         <v>81</v>
       </c>
       <c r="BQ46" t="s">
         <v>74</v>
       </c>
       <c r="BR46">
         <v>260.03</v>
       </c>
@@ -12326,51 +12326,51 @@
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47" t="s">
         <v>83</v>
       </c>
       <c r="BB47" t="s">
         <v>537</v>
       </c>
       <c r="BC47" t="s">
         <v>521</v>
       </c>
       <c r="BD47" t="s">
         <v>544</v>
       </c>
       <c r="BE47" t="s">
         <v>545</v>
       </c>
       <c r="BF47" t="s">
         <v>74</v>
       </c>
       <c r="BG47" t="s">
         <v>74</v>
       </c>
       <c r="BH47">
-        <v>491</v>
+        <v>537</v>
       </c>
       <c r="BI47" t="s">
         <v>84</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>74</v>
       </c>
       <c r="BN47" t="s">
         <v>546</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47" t="s">
         <v>81</v>
       </c>
       <c r="BQ47" t="s">
         <v>74</v>
       </c>
       <c r="BR47">
         <v>319.64</v>
       </c>
@@ -12519,51 +12519,51 @@
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48" t="s">
         <v>83</v>
       </c>
       <c r="BB48" t="s">
         <v>547</v>
       </c>
       <c r="BC48" t="s">
         <v>551</v>
       </c>
       <c r="BD48" t="s">
         <v>74</v>
       </c>
       <c r="BE48" t="s">
         <v>554</v>
       </c>
       <c r="BF48" t="s">
         <v>74</v>
       </c>
       <c r="BG48" t="s">
         <v>74</v>
       </c>
       <c r="BH48">
-        <v>493</v>
+        <v>539</v>
       </c>
       <c r="BI48" t="s">
         <v>84</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>74</v>
       </c>
       <c r="BN48" t="s">
         <v>555</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48" t="s">
         <v>81</v>
       </c>
       <c r="BQ48" t="s">
         <v>74</v>
       </c>
       <c r="BR48">
         <v>278.53</v>
       </c>
@@ -12712,51 +12712,51 @@
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49" t="s">
         <v>83</v>
       </c>
       <c r="BB49" t="s">
         <v>556</v>
       </c>
       <c r="BC49" t="s">
         <v>560</v>
       </c>
       <c r="BD49" t="s">
         <v>565</v>
       </c>
       <c r="BE49" t="s">
         <v>566</v>
       </c>
       <c r="BF49" t="s">
         <v>74</v>
       </c>
       <c r="BG49" t="s">
         <v>74</v>
       </c>
       <c r="BH49">
-        <v>499</v>
+        <v>545</v>
       </c>
       <c r="BI49" t="s">
         <v>84</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>74</v>
       </c>
       <c r="BN49" t="s">
         <v>567</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49" t="s">
         <v>81</v>
       </c>
       <c r="BQ49" t="s">
         <v>74</v>
       </c>
       <c r="BR49">
         <v>288.75</v>
       </c>
@@ -12905,51 +12905,51 @@
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50" t="s">
         <v>83</v>
       </c>
       <c r="BB50" t="s">
         <v>568</v>
       </c>
       <c r="BC50" t="s">
         <v>560</v>
       </c>
       <c r="BD50" t="s">
         <v>575</v>
       </c>
       <c r="BE50" t="s">
         <v>576</v>
       </c>
       <c r="BF50" t="s">
         <v>74</v>
       </c>
       <c r="BG50" t="s">
         <v>74</v>
       </c>
       <c r="BH50">
-        <v>500</v>
+        <v>546</v>
       </c>
       <c r="BI50" t="s">
         <v>84</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>74</v>
       </c>
       <c r="BN50" t="s">
         <v>577</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
         <v>81</v>
       </c>
       <c r="BQ50" t="s">
         <v>74</v>
       </c>
       <c r="BR50">
         <v>247.69</v>
       </c>
@@ -13096,51 +13096,51 @@
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51" t="s">
         <v>83</v>
       </c>
       <c r="BB51" t="s">
         <v>578</v>
       </c>
       <c r="BC51" t="s">
         <v>560</v>
       </c>
       <c r="BD51" t="s">
         <v>585</v>
       </c>
       <c r="BE51" t="s">
         <v>586</v>
       </c>
       <c r="BF51" t="s">
         <v>74</v>
       </c>
       <c r="BG51" t="s">
         <v>74</v>
       </c>
       <c r="BH51">
-        <v>500</v>
+        <v>546</v>
       </c>
       <c r="BI51" t="s">
         <v>84</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>74</v>
       </c>
       <c r="BN51" t="s">
         <v>587</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51" t="s">
         <v>81</v>
       </c>
       <c r="BQ51" t="s">
         <v>74</v>
       </c>
       <c r="BR51">
         <v>253.05</v>
       </c>
@@ -13287,51 +13287,51 @@
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52" t="s">
         <v>83</v>
       </c>
       <c r="BB52" t="s">
         <v>588</v>
       </c>
       <c r="BC52" t="s">
         <v>592</v>
       </c>
       <c r="BD52" t="s">
         <v>597</v>
       </c>
       <c r="BE52" t="s">
         <v>598</v>
       </c>
       <c r="BF52" t="s">
         <v>74</v>
       </c>
       <c r="BG52" t="s">
         <v>74</v>
       </c>
       <c r="BH52">
-        <v>502</v>
+        <v>548</v>
       </c>
       <c r="BI52" t="s">
         <v>84</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>74</v>
       </c>
       <c r="BN52" t="s">
         <v>599</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52" t="s">
         <v>81</v>
       </c>
       <c r="BQ52" t="s">
         <v>74</v>
       </c>
       <c r="BR52">
         <v>298.2</v>
       </c>
@@ -13478,51 +13478,51 @@
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53" t="s">
         <v>83</v>
       </c>
       <c r="BB53" t="s">
         <v>600</v>
       </c>
       <c r="BC53" t="s">
         <v>604</v>
       </c>
       <c r="BD53" t="s">
         <v>609</v>
       </c>
       <c r="BE53" t="s">
         <v>610</v>
       </c>
       <c r="BF53" t="s">
         <v>74</v>
       </c>
       <c r="BG53" t="s">
         <v>74</v>
       </c>
       <c r="BH53">
-        <v>505</v>
+        <v>551</v>
       </c>
       <c r="BI53" t="s">
         <v>84</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>74</v>
       </c>
       <c r="BN53" t="s">
         <v>611</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53" t="s">
         <v>81</v>
       </c>
       <c r="BQ53" t="s">
         <v>74</v>
       </c>
       <c r="BR53">
         <v>324.45</v>
       </c>
@@ -13669,51 +13669,51 @@
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54" t="s">
         <v>83</v>
       </c>
       <c r="BB54" t="s">
         <v>612</v>
       </c>
       <c r="BC54" t="s">
         <v>604</v>
       </c>
       <c r="BD54" t="s">
         <v>620</v>
       </c>
       <c r="BE54" t="s">
         <v>621</v>
       </c>
       <c r="BF54" t="s">
         <v>74</v>
       </c>
       <c r="BG54" t="s">
         <v>74</v>
       </c>
       <c r="BH54">
-        <v>505</v>
+        <v>551</v>
       </c>
       <c r="BI54" t="s">
         <v>84</v>
       </c>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>74</v>
       </c>
       <c r="BN54" t="s">
         <v>622</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54" t="s">
         <v>81</v>
       </c>
       <c r="BQ54" t="s">
         <v>74</v>
       </c>
       <c r="BR54">
         <v>290.85</v>
       </c>
@@ -13860,51 +13860,51 @@
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55" t="s">
         <v>83</v>
       </c>
       <c r="BB55" t="s">
         <v>623</v>
       </c>
       <c r="BC55" t="s">
         <v>604</v>
       </c>
       <c r="BD55" t="s">
         <v>630</v>
       </c>
       <c r="BE55" t="s">
         <v>631</v>
       </c>
       <c r="BF55" t="s">
         <v>74</v>
       </c>
       <c r="BG55" t="s">
         <v>74</v>
       </c>
       <c r="BH55">
-        <v>506</v>
+        <v>552</v>
       </c>
       <c r="BI55" t="s">
         <v>84</v>
       </c>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>74</v>
       </c>
       <c r="BN55" t="s">
         <v>632</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55" t="s">
         <v>81</v>
       </c>
       <c r="BQ55" t="s">
         <v>74</v>
       </c>
       <c r="BR55">
         <v>290.85</v>
       </c>
@@ -14051,51 +14051,51 @@
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56" t="s">
         <v>83</v>
       </c>
       <c r="BB56" t="s">
         <v>633</v>
       </c>
       <c r="BC56" t="s">
         <v>604</v>
       </c>
       <c r="BD56" t="s">
         <v>641</v>
       </c>
       <c r="BE56" t="s">
         <v>642</v>
       </c>
       <c r="BF56" t="s">
         <v>74</v>
       </c>
       <c r="BG56" t="s">
         <v>74</v>
       </c>
       <c r="BH56">
-        <v>506</v>
+        <v>552</v>
       </c>
       <c r="BI56" t="s">
         <v>84</v>
       </c>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>74</v>
       </c>
       <c r="BN56" t="s">
         <v>643</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56" t="s">
         <v>81</v>
       </c>
       <c r="BQ56" t="s">
         <v>74</v>
       </c>
       <c r="BR56">
         <v>496.65</v>
       </c>
@@ -14242,51 +14242,51 @@
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57" t="s">
         <v>83</v>
       </c>
       <c r="BB57" t="s">
         <v>644</v>
       </c>
       <c r="BC57" t="s">
         <v>648</v>
       </c>
       <c r="BD57" t="s">
         <v>652</v>
       </c>
       <c r="BE57" t="s">
         <v>653</v>
       </c>
       <c r="BF57" t="s">
         <v>74</v>
       </c>
       <c r="BG57" t="s">
         <v>74</v>
       </c>
       <c r="BH57">
-        <v>509</v>
+        <v>555</v>
       </c>
       <c r="BI57" t="s">
         <v>84</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>74</v>
       </c>
       <c r="BN57" t="s">
         <v>654</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57" t="s">
         <v>81</v>
       </c>
       <c r="BQ57" t="s">
         <v>74</v>
       </c>
       <c r="BR57">
         <v>308.7</v>
       </c>
@@ -14433,51 +14433,51 @@
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58" t="s">
         <v>83</v>
       </c>
       <c r="BB58" t="s">
         <v>655</v>
       </c>
       <c r="BC58" t="s">
         <v>648</v>
       </c>
       <c r="BD58" t="s">
         <v>663</v>
       </c>
       <c r="BE58" t="s">
         <v>664</v>
       </c>
       <c r="BF58" t="s">
         <v>74</v>
       </c>
       <c r="BG58" t="s">
         <v>74</v>
       </c>
       <c r="BH58">
-        <v>509</v>
+        <v>555</v>
       </c>
       <c r="BI58" t="s">
         <v>84</v>
       </c>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>74</v>
       </c>
       <c r="BN58" t="s">
         <v>665</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58" t="s">
         <v>81</v>
       </c>
       <c r="BQ58" t="s">
         <v>74</v>
       </c>
       <c r="BR58">
         <v>308.7</v>
       </c>
@@ -14624,51 +14624,51 @@
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59" t="s">
         <v>83</v>
       </c>
       <c r="BB59" t="s">
         <v>666</v>
       </c>
       <c r="BC59" t="s">
         <v>670</v>
       </c>
       <c r="BD59" t="s">
         <v>675</v>
       </c>
       <c r="BE59" t="s">
         <v>676</v>
       </c>
       <c r="BF59" t="s">
         <v>74</v>
       </c>
       <c r="BG59" t="s">
         <v>74</v>
       </c>
       <c r="BH59">
-        <v>513</v>
+        <v>559</v>
       </c>
       <c r="BI59" t="s">
         <v>84</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>74</v>
       </c>
       <c r="BN59" t="s">
         <v>677</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59" t="s">
         <v>81</v>
       </c>
       <c r="BQ59" t="s">
         <v>74</v>
       </c>
       <c r="BR59">
         <v>598.5</v>
       </c>
@@ -14815,51 +14815,51 @@
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60" t="s">
         <v>83</v>
       </c>
       <c r="BB60" t="s">
         <v>678</v>
       </c>
       <c r="BC60" t="s">
         <v>682</v>
       </c>
       <c r="BD60" t="s">
         <v>684</v>
       </c>
       <c r="BE60" t="s">
         <v>685</v>
       </c>
       <c r="BF60" t="s">
         <v>74</v>
       </c>
       <c r="BG60" t="s">
         <v>74</v>
       </c>
       <c r="BH60">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="BI60" t="s">
         <v>84</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>74</v>
       </c>
       <c r="BN60" t="s">
         <v>686</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60" t="s">
         <v>81</v>
       </c>
       <c r="BQ60" t="s">
         <v>74</v>
       </c>
       <c r="BR60">
         <v>393.75</v>
       </c>
@@ -15006,51 +15006,51 @@
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61" t="s">
         <v>83</v>
       </c>
       <c r="BB61" t="s">
         <v>687</v>
       </c>
       <c r="BC61" t="s">
         <v>691</v>
       </c>
       <c r="BD61" t="s">
         <v>694</v>
       </c>
       <c r="BE61" t="s">
         <v>695</v>
       </c>
       <c r="BF61" t="s">
         <v>74</v>
       </c>
       <c r="BG61" t="s">
         <v>74</v>
       </c>
       <c r="BH61">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="BI61" t="s">
         <v>84</v>
       </c>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>74</v>
       </c>
       <c r="BN61" t="s">
         <v>696</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61" t="s">
         <v>81</v>
       </c>
       <c r="BQ61" t="s">
         <v>74</v>
       </c>
       <c r="BR61">
         <v>311.85</v>
       </c>
@@ -15197,51 +15197,51 @@
       <c r="AZ62" t="s">
         <v>73</v>
       </c>
       <c r="BA62" t="s">
         <v>83</v>
       </c>
       <c r="BB62" t="s">
         <v>697</v>
       </c>
       <c r="BC62" t="s">
         <v>691</v>
       </c>
       <c r="BD62" t="s">
         <v>705</v>
       </c>
       <c r="BE62" t="s">
         <v>706</v>
       </c>
       <c r="BF62" t="s">
         <v>74</v>
       </c>
       <c r="BG62" t="s">
         <v>74</v>
       </c>
       <c r="BH62">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="BI62" t="s">
         <v>84</v>
       </c>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>74</v>
       </c>
       <c r="BN62" t="s">
         <v>707</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
         <v>81</v>
       </c>
       <c r="BQ62" t="s">
         <v>74</v>
       </c>
       <c r="BR62">
         <v>308.7</v>
       </c>
@@ -15388,51 +15388,51 @@
       <c r="AZ63" t="s">
         <v>73</v>
       </c>
       <c r="BA63" t="s">
         <v>83</v>
       </c>
       <c r="BB63" t="s">
         <v>708</v>
       </c>
       <c r="BC63" t="s">
         <v>691</v>
       </c>
       <c r="BD63" t="s">
         <v>715</v>
       </c>
       <c r="BE63" t="s">
         <v>716</v>
       </c>
       <c r="BF63" t="s">
         <v>74</v>
       </c>
       <c r="BG63" t="s">
         <v>74</v>
       </c>
       <c r="BH63">
-        <v>518</v>
+        <v>564</v>
       </c>
       <c r="BI63" t="s">
         <v>84</v>
       </c>
       <c r="BJ63"/>
       <c r="BK63"/>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>74</v>
       </c>
       <c r="BN63" t="s">
         <v>717</v>
       </c>
       <c r="BO63">
         <v>0</v>
       </c>
       <c r="BP63" t="s">
         <v>81</v>
       </c>
       <c r="BQ63" t="s">
         <v>74</v>
       </c>
       <c r="BR63">
         <v>254.1</v>
       </c>
@@ -15579,51 +15579,51 @@
       <c r="AZ64" t="s">
         <v>73</v>
       </c>
       <c r="BA64" t="s">
         <v>83</v>
       </c>
       <c r="BB64" t="s">
         <v>718</v>
       </c>
       <c r="BC64" t="s">
         <v>722</v>
       </c>
       <c r="BD64" t="s">
         <v>726</v>
       </c>
       <c r="BE64" t="s">
         <v>727</v>
       </c>
       <c r="BF64" t="s">
         <v>74</v>
       </c>
       <c r="BG64" t="s">
         <v>74</v>
       </c>
       <c r="BH64">
-        <v>523</v>
+        <v>569</v>
       </c>
       <c r="BI64" t="s">
         <v>84</v>
       </c>
       <c r="BJ64"/>
       <c r="BK64"/>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>74</v>
       </c>
       <c r="BN64" t="s">
         <v>728</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64" t="s">
         <v>81</v>
       </c>
       <c r="BQ64" t="s">
         <v>74</v>
       </c>
       <c r="BR64">
         <v>301.69</v>
       </c>
@@ -15770,51 +15770,51 @@
       <c r="AZ65" t="s">
         <v>73</v>
       </c>
       <c r="BA65" t="s">
         <v>83</v>
       </c>
       <c r="BB65" t="s">
         <v>729</v>
       </c>
       <c r="BC65" t="s">
         <v>733</v>
       </c>
       <c r="BD65" t="s">
         <v>737</v>
       </c>
       <c r="BE65" t="s">
         <v>738</v>
       </c>
       <c r="BF65" t="s">
         <v>74</v>
       </c>
       <c r="BG65" t="s">
         <v>74</v>
       </c>
       <c r="BH65">
-        <v>525</v>
+        <v>571</v>
       </c>
       <c r="BI65" t="s">
         <v>84</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>74</v>
       </c>
       <c r="BN65" t="s">
         <v>739</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65" t="s">
         <v>81</v>
       </c>
       <c r="BQ65" t="s">
         <v>74</v>
       </c>
       <c r="BR65">
         <v>299.66</v>
       </c>
@@ -15961,51 +15961,51 @@
       <c r="AZ66" t="s">
         <v>73</v>
       </c>
       <c r="BA66" t="s">
         <v>83</v>
       </c>
       <c r="BB66" t="s">
         <v>740</v>
       </c>
       <c r="BC66" t="s">
         <v>733</v>
       </c>
       <c r="BD66" t="s">
         <v>748</v>
       </c>
       <c r="BE66" t="s">
         <v>749</v>
       </c>
       <c r="BF66" t="s">
         <v>74</v>
       </c>
       <c r="BG66" t="s">
         <v>74</v>
       </c>
       <c r="BH66">
-        <v>525</v>
+        <v>571</v>
       </c>
       <c r="BI66" t="s">
         <v>84</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>74</v>
       </c>
       <c r="BN66" t="s">
         <v>750</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66" t="s">
         <v>81</v>
       </c>
       <c r="BQ66" t="s">
         <v>74</v>
       </c>
       <c r="BR66">
         <v>254.96</v>
       </c>
@@ -16152,51 +16152,51 @@
       <c r="AZ67" t="s">
         <v>73</v>
       </c>
       <c r="BA67" t="s">
         <v>83</v>
       </c>
       <c r="BB67" t="s">
         <v>751</v>
       </c>
       <c r="BC67" t="s">
         <v>733</v>
       </c>
       <c r="BD67" t="s">
         <v>759</v>
       </c>
       <c r="BE67" t="s">
         <v>760</v>
       </c>
       <c r="BF67" t="s">
         <v>74</v>
       </c>
       <c r="BG67" t="s">
         <v>74</v>
       </c>
       <c r="BH67">
-        <v>526</v>
+        <v>572</v>
       </c>
       <c r="BI67" t="s">
         <v>84</v>
       </c>
       <c r="BJ67"/>
       <c r="BK67"/>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>74</v>
       </c>
       <c r="BN67" t="s">
         <v>761</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67" t="s">
         <v>81</v>
       </c>
       <c r="BQ67" t="s">
         <v>74</v>
       </c>
       <c r="BR67">
         <v>316.93</v>
       </c>
@@ -16343,51 +16343,51 @@
       <c r="AZ68" t="s">
         <v>73</v>
       </c>
       <c r="BA68" t="s">
         <v>83</v>
       </c>
       <c r="BB68" t="s">
         <v>762</v>
       </c>
       <c r="BC68" t="s">
         <v>733</v>
       </c>
       <c r="BD68" t="s">
         <v>769</v>
       </c>
       <c r="BE68" t="s">
         <v>770</v>
       </c>
       <c r="BF68" t="s">
         <v>74</v>
       </c>
       <c r="BG68" t="s">
         <v>74</v>
       </c>
       <c r="BH68">
-        <v>527</v>
+        <v>573</v>
       </c>
       <c r="BI68" t="s">
         <v>84</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>74</v>
       </c>
       <c r="BN68" t="s">
         <v>771</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
         <v>81</v>
       </c>
       <c r="BQ68" t="s">
         <v>74</v>
       </c>
       <c r="BR68">
         <v>245.82</v>
       </c>
@@ -16534,51 +16534,51 @@
       <c r="AZ69" t="s">
         <v>73</v>
       </c>
       <c r="BA69" t="s">
         <v>83</v>
       </c>
       <c r="BB69" t="s">
         <v>772</v>
       </c>
       <c r="BC69" t="s">
         <v>733</v>
       </c>
       <c r="BD69" t="s">
         <v>780</v>
       </c>
       <c r="BE69" t="s">
         <v>781</v>
       </c>
       <c r="BF69" t="s">
         <v>74</v>
       </c>
       <c r="BG69" t="s">
         <v>74</v>
       </c>
       <c r="BH69">
-        <v>528</v>
+        <v>574</v>
       </c>
       <c r="BI69" t="s">
         <v>84</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>74</v>
       </c>
       <c r="BN69" t="s">
         <v>782</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69" t="s">
         <v>81</v>
       </c>
       <c r="BQ69" t="s">
         <v>74</v>
       </c>
       <c r="BR69">
         <v>301.69</v>
       </c>
@@ -16727,51 +16727,51 @@
       <c r="AZ70" t="s">
         <v>73</v>
       </c>
       <c r="BA70" t="s">
         <v>83</v>
       </c>
       <c r="BB70" t="s">
         <v>783</v>
       </c>
       <c r="BC70" t="s">
         <v>733</v>
       </c>
       <c r="BD70" t="s">
         <v>790</v>
       </c>
       <c r="BE70" t="s">
         <v>791</v>
       </c>
       <c r="BF70" t="s">
         <v>74</v>
       </c>
       <c r="BG70" t="s">
         <v>74</v>
       </c>
       <c r="BH70">
-        <v>528</v>
+        <v>574</v>
       </c>
       <c r="BI70" t="s">
         <v>84</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70"/>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>74</v>
       </c>
       <c r="BN70" t="s">
         <v>792</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70" t="s">
         <v>81</v>
       </c>
       <c r="BQ70" t="s">
         <v>74</v>
       </c>
       <c r="BR70">
         <v>380.92</v>
       </c>
@@ -16918,51 +16918,51 @@
       <c r="AZ71" t="s">
         <v>73</v>
       </c>
       <c r="BA71" t="s">
         <v>83</v>
       </c>
       <c r="BB71" t="s">
         <v>793</v>
       </c>
       <c r="BC71" t="s">
         <v>797</v>
       </c>
       <c r="BD71" t="s">
         <v>802</v>
       </c>
       <c r="BE71" t="s">
         <v>803</v>
       </c>
       <c r="BF71" t="s">
         <v>74</v>
       </c>
       <c r="BG71" t="s">
         <v>74</v>
       </c>
       <c r="BH71">
-        <v>529</v>
+        <v>575</v>
       </c>
       <c r="BI71" t="s">
         <v>84</v>
       </c>
       <c r="BJ71"/>
       <c r="BK71"/>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>74</v>
       </c>
       <c r="BN71" t="s">
         <v>804</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71" t="s">
         <v>81</v>
       </c>
       <c r="BQ71" t="s">
         <v>74</v>
       </c>
       <c r="BR71">
         <v>305.6</v>
       </c>
@@ -17109,51 +17109,51 @@
       <c r="AZ72" t="s">
         <v>73</v>
       </c>
       <c r="BA72" t="s">
         <v>83</v>
       </c>
       <c r="BB72" t="s">
         <v>805</v>
       </c>
       <c r="BC72" t="s">
         <v>809</v>
       </c>
       <c r="BD72" t="s">
         <v>814</v>
       </c>
       <c r="BE72" t="s">
         <v>815</v>
       </c>
       <c r="BF72" t="s">
         <v>74</v>
       </c>
       <c r="BG72" t="s">
         <v>74</v>
       </c>
       <c r="BH72">
-        <v>532</v>
+        <v>578</v>
       </c>
       <c r="BI72" t="s">
         <v>84</v>
       </c>
       <c r="BJ72"/>
       <c r="BK72"/>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>74</v>
       </c>
       <c r="BN72" t="s">
         <v>816</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72" t="s">
         <v>81</v>
       </c>
       <c r="BQ72" t="s">
         <v>74</v>
       </c>
       <c r="BR72">
         <v>331.74</v>
       </c>
@@ -17300,51 +17300,51 @@
       <c r="AZ73" t="s">
         <v>73</v>
       </c>
       <c r="BA73" t="s">
         <v>83</v>
       </c>
       <c r="BB73" t="s">
         <v>817</v>
       </c>
       <c r="BC73" t="s">
         <v>809</v>
       </c>
       <c r="BD73" t="s">
         <v>824</v>
       </c>
       <c r="BE73" t="s">
         <v>825</v>
       </c>
       <c r="BF73" t="s">
         <v>74</v>
       </c>
       <c r="BG73" t="s">
         <v>74</v>
       </c>
       <c r="BH73">
-        <v>533</v>
+        <v>579</v>
       </c>
       <c r="BI73" t="s">
         <v>84</v>
       </c>
       <c r="BJ73"/>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>74</v>
       </c>
       <c r="BN73" t="s">
         <v>826</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73" t="s">
         <v>81</v>
       </c>
       <c r="BQ73" t="s">
         <v>74</v>
       </c>
       <c r="BR73">
         <v>301.58</v>
       </c>
@@ -17491,51 +17491,51 @@
       <c r="AZ74" t="s">
         <v>73</v>
       </c>
       <c r="BA74" t="s">
         <v>83</v>
       </c>
       <c r="BB74" t="s">
         <v>827</v>
       </c>
       <c r="BC74" t="s">
         <v>809</v>
       </c>
       <c r="BD74" t="s">
         <v>834</v>
       </c>
       <c r="BE74" t="s">
         <v>835</v>
       </c>
       <c r="BF74" t="s">
         <v>74</v>
       </c>
       <c r="BG74" t="s">
         <v>74</v>
       </c>
       <c r="BH74">
-        <v>534</v>
+        <v>580</v>
       </c>
       <c r="BI74" t="s">
         <v>84</v>
       </c>
       <c r="BJ74"/>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>74</v>
       </c>
       <c r="BN74" t="s">
         <v>836</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74" t="s">
         <v>81</v>
       </c>
       <c r="BQ74" t="s">
         <v>74</v>
       </c>
       <c r="BR74">
         <v>301.58</v>
       </c>
@@ -17684,51 +17684,51 @@
       <c r="AZ75" t="s">
         <v>73</v>
       </c>
       <c r="BA75" t="s">
         <v>83</v>
       </c>
       <c r="BB75" t="s">
         <v>837</v>
       </c>
       <c r="BC75" t="s">
         <v>809</v>
       </c>
       <c r="BD75" t="s">
         <v>844</v>
       </c>
       <c r="BE75" t="s">
         <v>845</v>
       </c>
       <c r="BF75" t="s">
         <v>74</v>
       </c>
       <c r="BG75" t="s">
         <v>74</v>
       </c>
       <c r="BH75">
-        <v>534</v>
+        <v>580</v>
       </c>
       <c r="BI75" t="s">
         <v>84</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>74</v>
       </c>
       <c r="BN75" t="s">
         <v>846</v>
       </c>
       <c r="BO75">
         <v>0</v>
       </c>
       <c r="BP75" t="s">
         <v>81</v>
       </c>
       <c r="BQ75" t="s">
         <v>74</v>
       </c>
       <c r="BR75">
         <v>307.61</v>
       </c>
@@ -17877,51 +17877,51 @@
       <c r="AZ76" t="s">
         <v>73</v>
       </c>
       <c r="BA76" t="s">
         <v>83</v>
       </c>
       <c r="BB76" t="s">
         <v>847</v>
       </c>
       <c r="BC76" t="s">
         <v>809</v>
       </c>
       <c r="BD76" t="s">
         <v>854</v>
       </c>
       <c r="BE76" t="s">
         <v>855</v>
       </c>
       <c r="BF76" t="s">
         <v>74</v>
       </c>
       <c r="BG76" t="s">
         <v>74</v>
       </c>
       <c r="BH76">
-        <v>534</v>
+        <v>580</v>
       </c>
       <c r="BI76" t="s">
         <v>84</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>74</v>
       </c>
       <c r="BN76" t="s">
         <v>856</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76" t="s">
         <v>81</v>
       </c>
       <c r="BQ76" t="s">
         <v>74</v>
       </c>
       <c r="BR76">
         <v>298.65</v>
       </c>
@@ -18068,51 +18068,51 @@
       <c r="AZ77" t="s">
         <v>73</v>
       </c>
       <c r="BA77" t="s">
         <v>83</v>
       </c>
       <c r="BB77" t="s">
         <v>857</v>
       </c>
       <c r="BC77" t="s">
         <v>861</v>
       </c>
       <c r="BD77" t="s">
         <v>865</v>
       </c>
       <c r="BE77" t="s">
         <v>866</v>
       </c>
       <c r="BF77" t="s">
         <v>74</v>
       </c>
       <c r="BG77" t="s">
         <v>74</v>
       </c>
       <c r="BH77">
-        <v>559</v>
+        <v>605</v>
       </c>
       <c r="BI77" t="s">
         <v>84</v>
       </c>
       <c r="BJ77"/>
       <c r="BK77"/>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>74</v>
       </c>
       <c r="BN77" t="s">
         <v>867</v>
       </c>
       <c r="BO77">
         <v>0</v>
       </c>
       <c r="BP77" t="s">
         <v>81</v>
       </c>
       <c r="BQ77" t="s">
         <v>74</v>
       </c>
       <c r="BR77">
         <v>347.92</v>
       </c>
@@ -18261,51 +18261,51 @@
       <c r="AZ78" t="s">
         <v>73</v>
       </c>
       <c r="BA78" t="s">
         <v>83</v>
       </c>
       <c r="BB78" t="s">
         <v>868</v>
       </c>
       <c r="BC78" t="s">
         <v>872</v>
       </c>
       <c r="BD78" t="s">
         <v>877</v>
       </c>
       <c r="BE78" t="s">
         <v>878</v>
       </c>
       <c r="BF78" t="s">
         <v>74</v>
       </c>
       <c r="BG78" t="s">
         <v>74</v>
       </c>
       <c r="BH78">
-        <v>560</v>
+        <v>606</v>
       </c>
       <c r="BI78" t="s">
         <v>84</v>
       </c>
       <c r="BJ78"/>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>74</v>
       </c>
       <c r="BN78" t="s">
         <v>879</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78" t="s">
         <v>81</v>
       </c>
       <c r="BQ78" t="s">
         <v>74</v>
       </c>
       <c r="BR78">
         <v>298.65</v>
       </c>
@@ -18452,51 +18452,51 @@
       <c r="AZ79" t="s">
         <v>73</v>
       </c>
       <c r="BA79" t="s">
         <v>83</v>
       </c>
       <c r="BB79" t="s">
         <v>880</v>
       </c>
       <c r="BC79" t="s">
         <v>872</v>
       </c>
       <c r="BD79" t="s">
         <v>887</v>
       </c>
       <c r="BE79" t="s">
         <v>888</v>
       </c>
       <c r="BF79" t="s">
         <v>74</v>
       </c>
       <c r="BG79" t="s">
         <v>74</v>
       </c>
       <c r="BH79">
-        <v>562</v>
+        <v>608</v>
       </c>
       <c r="BI79" t="s">
         <v>84</v>
       </c>
       <c r="BJ79"/>
       <c r="BK79"/>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>74</v>
       </c>
       <c r="BN79" t="s">
         <v>889</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79" t="s">
         <v>81</v>
       </c>
       <c r="BQ79" t="s">
         <v>74</v>
       </c>
       <c r="BR79">
         <v>244.35</v>
       </c>
@@ -18643,51 +18643,51 @@
       <c r="AZ80" t="s">
         <v>73</v>
       </c>
       <c r="BA80" t="s">
         <v>83</v>
       </c>
       <c r="BB80" t="s">
         <v>890</v>
       </c>
       <c r="BC80" t="s">
         <v>894</v>
       </c>
       <c r="BD80" t="s">
         <v>896</v>
       </c>
       <c r="BE80" t="s">
         <v>897</v>
       </c>
       <c r="BF80" t="s">
         <v>74</v>
       </c>
       <c r="BG80" t="s">
         <v>74</v>
       </c>
       <c r="BH80">
-        <v>594</v>
+        <v>640</v>
       </c>
       <c r="BI80" t="s">
         <v>84</v>
       </c>
       <c r="BJ80"/>
       <c r="BK80"/>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>74</v>
       </c>
       <c r="BN80" t="s">
         <v>898</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80" t="s">
         <v>81</v>
       </c>
       <c r="BQ80" t="s">
         <v>74</v>
       </c>
       <c r="BR80">
         <v>153.07</v>
       </c>
@@ -18834,51 +18834,51 @@
       <c r="AZ81" t="s">
         <v>73</v>
       </c>
       <c r="BA81" t="s">
         <v>83</v>
       </c>
       <c r="BB81" t="s">
         <v>899</v>
       </c>
       <c r="BC81" t="s">
         <v>894</v>
       </c>
       <c r="BD81" t="s">
         <v>906</v>
       </c>
       <c r="BE81" t="s">
         <v>907</v>
       </c>
       <c r="BF81" t="s">
         <v>74</v>
       </c>
       <c r="BG81" t="s">
         <v>74</v>
       </c>
       <c r="BH81">
-        <v>594</v>
+        <v>640</v>
       </c>
       <c r="BI81" t="s">
         <v>84</v>
       </c>
       <c r="BJ81"/>
       <c r="BK81"/>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>74</v>
       </c>
       <c r="BN81" t="s">
         <v>908</v>
       </c>
       <c r="BO81">
         <v>0</v>
       </c>
       <c r="BP81" t="s">
         <v>81</v>
       </c>
       <c r="BQ81" t="s">
         <v>74</v>
       </c>
       <c r="BR81">
         <v>181.27</v>
       </c>
@@ -19027,51 +19027,51 @@
       <c r="AZ82" t="s">
         <v>73</v>
       </c>
       <c r="BA82" t="s">
         <v>83</v>
       </c>
       <c r="BB82" t="s">
         <v>909</v>
       </c>
       <c r="BC82" t="s">
         <v>913</v>
       </c>
       <c r="BD82" t="s">
         <v>916</v>
       </c>
       <c r="BE82" t="s">
         <v>917</v>
       </c>
       <c r="BF82" t="s">
         <v>74</v>
       </c>
       <c r="BG82" t="s">
         <v>74</v>
       </c>
       <c r="BH82">
-        <v>599</v>
+        <v>645</v>
       </c>
       <c r="BI82" t="s">
         <v>84</v>
       </c>
       <c r="BJ82"/>
       <c r="BK82"/>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>74</v>
       </c>
       <c r="BN82" t="s">
         <v>918</v>
       </c>
       <c r="BO82">
         <v>0</v>
       </c>
       <c r="BP82" t="s">
         <v>81</v>
       </c>
       <c r="BQ82" t="s">
         <v>74</v>
       </c>
       <c r="BR82">
         <v>155.09</v>
       </c>
@@ -19218,51 +19218,51 @@
       <c r="AZ83" t="s">
         <v>73</v>
       </c>
       <c r="BA83" t="s">
         <v>83</v>
       </c>
       <c r="BB83" t="s">
         <v>919</v>
       </c>
       <c r="BC83" t="s">
         <v>913</v>
       </c>
       <c r="BD83" t="s">
         <v>927</v>
       </c>
       <c r="BE83" t="s">
         <v>928</v>
       </c>
       <c r="BF83" t="s">
         <v>74</v>
       </c>
       <c r="BG83" t="s">
         <v>74</v>
       </c>
       <c r="BH83">
-        <v>599</v>
+        <v>645</v>
       </c>
       <c r="BI83" t="s">
         <v>84</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>74</v>
       </c>
       <c r="BN83" t="s">
         <v>929</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83" t="s">
         <v>81</v>
       </c>
       <c r="BQ83" t="s">
         <v>74</v>
       </c>
       <c r="BR83">
         <v>188.32</v>
       </c>
@@ -19409,51 +19409,51 @@
       <c r="AZ84" t="s">
         <v>73</v>
       </c>
       <c r="BA84" t="s">
         <v>83</v>
       </c>
       <c r="BB84" t="s">
         <v>930</v>
       </c>
       <c r="BC84" t="s">
         <v>913</v>
       </c>
       <c r="BD84" t="s">
         <v>937</v>
       </c>
       <c r="BE84" t="s">
         <v>938</v>
       </c>
       <c r="BF84" t="s">
         <v>74</v>
       </c>
       <c r="BG84" t="s">
         <v>74</v>
       </c>
       <c r="BH84">
-        <v>599</v>
+        <v>645</v>
       </c>
       <c r="BI84" t="s">
         <v>84</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>74</v>
       </c>
       <c r="BN84" t="s">
         <v>939</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84" t="s">
         <v>81</v>
       </c>
       <c r="BQ84" t="s">
         <v>74</v>
       </c>
       <c r="BR84">
         <v>120.85</v>
       </c>
@@ -19600,51 +19600,51 @@
       <c r="AZ85" t="s">
         <v>73</v>
       </c>
       <c r="BA85" t="s">
         <v>83</v>
       </c>
       <c r="BB85" t="s">
         <v>940</v>
       </c>
       <c r="BC85" t="s">
         <v>913</v>
       </c>
       <c r="BD85" t="s">
         <v>947</v>
       </c>
       <c r="BE85" t="s">
         <v>948</v>
       </c>
       <c r="BF85" t="s">
         <v>74</v>
       </c>
       <c r="BG85" t="s">
         <v>74</v>
       </c>
       <c r="BH85">
-        <v>599</v>
+        <v>645</v>
       </c>
       <c r="BI85" t="s">
         <v>84</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>74</v>
       </c>
       <c r="BN85" t="s">
         <v>949</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85" t="s">
         <v>81</v>
       </c>
       <c r="BQ85" t="s">
         <v>74</v>
       </c>
       <c r="BR85">
         <v>118.73</v>
       </c>
@@ -19791,51 +19791,51 @@
       <c r="AZ86" t="s">
         <v>73</v>
       </c>
       <c r="BA86" t="s">
         <v>83</v>
       </c>
       <c r="BB86" t="s">
         <v>950</v>
       </c>
       <c r="BC86" t="s">
         <v>913</v>
       </c>
       <c r="BD86" t="s">
         <v>956</v>
       </c>
       <c r="BE86" t="s">
         <v>957</v>
       </c>
       <c r="BF86" t="s">
         <v>74</v>
       </c>
       <c r="BG86" t="s">
         <v>74</v>
       </c>
       <c r="BH86">
-        <v>600</v>
+        <v>646</v>
       </c>
       <c r="BI86" t="s">
         <v>84</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>74</v>
       </c>
       <c r="BN86" t="s">
         <v>958</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86" t="s">
         <v>81</v>
       </c>
       <c r="BQ86" t="s">
         <v>74</v>
       </c>
       <c r="BR86">
         <v>100.71</v>
       </c>
@@ -19984,51 +19984,51 @@
       <c r="AZ87" t="s">
         <v>73</v>
       </c>
       <c r="BA87" t="s">
         <v>83</v>
       </c>
       <c r="BB87" t="s">
         <v>959</v>
       </c>
       <c r="BC87" t="s">
         <v>913</v>
       </c>
       <c r="BD87" t="s">
         <v>966</v>
       </c>
       <c r="BE87" t="s">
         <v>967</v>
       </c>
       <c r="BF87" t="s">
         <v>74</v>
       </c>
       <c r="BG87" t="s">
         <v>74</v>
       </c>
       <c r="BH87">
-        <v>601</v>
+        <v>647</v>
       </c>
       <c r="BI87" t="s">
         <v>84</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>74</v>
       </c>
       <c r="BN87" t="s">
         <v>968</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87" t="s">
         <v>81</v>
       </c>
       <c r="BQ87" t="s">
         <v>74</v>
       </c>
       <c r="BR87">
         <v>827.8</v>
       </c>
@@ -20177,51 +20177,51 @@
       <c r="AZ88" t="s">
         <v>73</v>
       </c>
       <c r="BA88" t="s">
         <v>83</v>
       </c>
       <c r="BB88" t="s">
         <v>969</v>
       </c>
       <c r="BC88" t="s">
         <v>913</v>
       </c>
       <c r="BD88" t="s">
         <v>976</v>
       </c>
       <c r="BE88" t="s">
         <v>977</v>
       </c>
       <c r="BF88" t="s">
         <v>74</v>
       </c>
       <c r="BG88" t="s">
         <v>74</v>
       </c>
       <c r="BH88">
-        <v>601</v>
+        <v>647</v>
       </c>
       <c r="BI88" t="s">
         <v>84</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>74</v>
       </c>
       <c r="BN88" t="s">
         <v>978</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88" t="s">
         <v>81</v>
       </c>
       <c r="BQ88" t="s">
         <v>74</v>
       </c>
       <c r="BR88">
         <v>377.65</v>
       </c>