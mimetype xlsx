--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1026,51 +1026,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>74</v>
       </c>
       <c r="BE2" t="s">
         <v>74</v>
       </c>
       <c r="BF2" t="s">
         <v>74</v>
       </c>
       <c r="BG2" t="s">
         <v>74</v>
       </c>
       <c r="BH2">
-        <v>137</v>
+        <v>183</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>74</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>81</v>
       </c>
       <c r="BQ2" t="s">
         <v>74</v>
       </c>
       <c r="BR2">
         <v>7336</v>
       </c>
@@ -1217,51 +1217,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>74</v>
       </c>
       <c r="BE3" t="s">
         <v>74</v>
       </c>
       <c r="BF3" t="s">
         <v>74</v>
       </c>
       <c r="BG3" t="s">
         <v>74</v>
       </c>
       <c r="BH3">
-        <v>143</v>
+        <v>189</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>74</v>
       </c>
       <c r="BN3" t="s">
         <v>93</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>81</v>
       </c>
       <c r="BQ3" t="s">
         <v>74</v>
       </c>
       <c r="BR3">
         <v>7336</v>
       </c>