--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1026,51 +1026,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>74</v>
       </c>
       <c r="BE2" t="s">
         <v>74</v>
       </c>
       <c r="BF2" t="s">
         <v>74</v>
       </c>
       <c r="BG2" t="s">
         <v>74</v>
       </c>
       <c r="BH2">
-        <v>183</v>
+        <v>229</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>74</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>81</v>
       </c>
       <c r="BQ2" t="s">
         <v>74</v>
       </c>
       <c r="BR2">
         <v>7336</v>
       </c>
@@ -1217,51 +1217,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>74</v>
       </c>
       <c r="BE3" t="s">
         <v>74</v>
       </c>
       <c r="BF3" t="s">
         <v>74</v>
       </c>
       <c r="BG3" t="s">
         <v>74</v>
       </c>
       <c r="BH3">
-        <v>189</v>
+        <v>235</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>74</v>
       </c>
       <c r="BN3" t="s">
         <v>93</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>81</v>
       </c>
       <c r="BQ3" t="s">
         <v>74</v>
       </c>
       <c r="BR3">
         <v>7336</v>
       </c>