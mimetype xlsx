--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -1118,111 +1118,114 @@
   <si>
     <t>Calle:Venustiano Carranza,Numero:203,</t>
   </si>
   <si>
     <t>Tres Valles</t>
   </si>
   <si>
     <t>/VSP1F3121</t>
   </si>
   <si>
     <t>2025-03-24 14:26:28</t>
   </si>
   <si>
     <t>2025-03-04 11:28:44</t>
   </si>
   <si>
     <t>Ivan Alejandro  Lopez</t>
   </si>
   <si>
     <t>/11287085</t>
   </si>
   <si>
     <t>2025-03-05 00:00:00</t>
   </si>
   <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>dhl - Delivered</t>
+  </si>
+  <si>
+    <t>81-32718015</t>
+  </si>
+  <si>
+    <t>Calle:Jean paul sartre,Numero:709,</t>
+  </si>
+  <si>
+    <t>Guadalupe</t>
+  </si>
+  <si>
+    <t>/VSP1F2921</t>
+  </si>
+  <si>
+    <t>2025-10-14 10:33:29</t>
+  </si>
+  <si>
+    <t>2025-03-05 00:22:29</t>
+  </si>
+  <si>
+    <t>2025-02-14 11:50:37</t>
+  </si>
+  <si>
+    <t>Gricel Molina</t>
+  </si>
+  <si>
+    <t>/11275664</t>
+  </si>
+  <si>
+    <t>2025-02-15 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Oaxaca Plaza Bella</t>
+  </si>
+  <si>
+    <t>Agencia Montoya</t>
+  </si>
+  <si>
+    <t>/VSP1F3221</t>
+  </si>
+  <si>
+    <t>2025-09-19 10:14:25</t>
+  </si>
+  <si>
+    <t>2025-02-15 02:29:08</t>
+  </si>
+  <si>
+    <t>2024-11-26 04:16:53</t>
+  </si>
+  <si>
+    <t>Jose Ramos</t>
+  </si>
+  <si>
+    <t>/11213875</t>
+  </si>
+  <si>
+    <t>2024-11-26 00:00:00</t>
+  </si>
+  <si>
     <t>easypost</t>
-  </si>
-[...58 lines deleted...]
-    <t>2024-11-26 00:00:00</t>
   </si>
   <si>
     <t>951-4273062</t>
   </si>
   <si>
     <t>Calle:Andador Transfiguraciones,Numero:18,NumeroInt:19</t>
   </si>
   <si>
     <t>Oaxaca</t>
   </si>
   <si>
     <t>/VSPQ15021</t>
   </si>
   <si>
     <t>2024-11-26 17:49:56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1926,51 +1929,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>74</v>
       </c>
       <c r="BE2" t="s">
         <v>74</v>
       </c>
       <c r="BF2" t="s">
         <v>74</v>
       </c>
       <c r="BG2" t="s">
         <v>74</v>
       </c>
       <c r="BH2">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>74</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>81</v>
       </c>
       <c r="BQ2" t="s">
         <v>74</v>
       </c>
       <c r="BR2">
         <v>7336</v>
       </c>
@@ -2117,51 +2120,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>74</v>
       </c>
       <c r="BE3" t="s">
         <v>74</v>
       </c>
       <c r="BF3" t="s">
         <v>74</v>
       </c>
       <c r="BG3" t="s">
         <v>74</v>
       </c>
       <c r="BH3">
-        <v>142</v>
+        <v>188</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>74</v>
       </c>
       <c r="BN3" t="s">
         <v>93</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>81</v>
       </c>
       <c r="BQ3" t="s">
         <v>74</v>
       </c>
       <c r="BR3">
         <v>7336</v>
       </c>
@@ -2310,51 +2313,51 @@
         <v>98</v>
       </c>
       <c r="AZ4" t="s">
         <v>99</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>94</v>
       </c>
       <c r="BC4" t="s">
         <v>97</v>
       </c>
       <c r="BD4" t="s">
         <v>74</v>
       </c>
       <c r="BE4" t="s">
         <v>74</v>
       </c>
       <c r="BF4" t="s">
         <v>74</v>
       </c>
       <c r="BG4" t="s">
         <v>74</v>
       </c>
       <c r="BH4">
-        <v>143</v>
+        <v>189</v>
       </c>
       <c r="BI4" t="s">
         <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>74</v>
       </c>
       <c r="BN4" t="s">
         <v>105</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>81</v>
       </c>
       <c r="BQ4" t="s">
         <v>74</v>
       </c>
       <c r="BR4">
         <v>6302</v>
       </c>
@@ -2503,51 +2506,51 @@
         <v>110</v>
       </c>
       <c r="AZ5" t="s">
         <v>99</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>106</v>
       </c>
       <c r="BC5" t="s">
         <v>109</v>
       </c>
       <c r="BD5" t="s">
         <v>74</v>
       </c>
       <c r="BE5" t="s">
         <v>74</v>
       </c>
       <c r="BF5" t="s">
         <v>74</v>
       </c>
       <c r="BG5" t="s">
         <v>74</v>
       </c>
       <c r="BH5">
-        <v>148</v>
+        <v>194</v>
       </c>
       <c r="BI5" t="s">
         <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>74</v>
       </c>
       <c r="BN5" t="s">
         <v>115</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>81</v>
       </c>
       <c r="BQ5" t="s">
         <v>74</v>
       </c>
       <c r="BR5">
         <v>5958</v>
       </c>
@@ -2696,51 +2699,51 @@
         <v>120</v>
       </c>
       <c r="AZ6" t="s">
         <v>99</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
         <v>116</v>
       </c>
       <c r="BC6" t="s">
         <v>119</v>
       </c>
       <c r="BD6" t="s">
         <v>74</v>
       </c>
       <c r="BE6" t="s">
         <v>74</v>
       </c>
       <c r="BF6" t="s">
         <v>74</v>
       </c>
       <c r="BG6" t="s">
         <v>74</v>
       </c>
       <c r="BH6">
-        <v>149</v>
+        <v>195</v>
       </c>
       <c r="BI6" t="s">
         <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>74</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>81</v>
       </c>
       <c r="BQ6" t="s">
         <v>74</v>
       </c>
       <c r="BR6">
         <v>6259</v>
       </c>
@@ -2889,51 +2892,51 @@
         <v>129</v>
       </c>
       <c r="AZ7" t="s">
         <v>99</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>128</v>
       </c>
       <c r="BD7" t="s">
         <v>74</v>
       </c>
       <c r="BE7" t="s">
         <v>74</v>
       </c>
       <c r="BF7" t="s">
         <v>74</v>
       </c>
       <c r="BG7" t="s">
         <v>74</v>
       </c>
       <c r="BH7">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="BI7" t="s">
         <v>84</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>74</v>
       </c>
       <c r="BN7" t="s">
         <v>133</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>81</v>
       </c>
       <c r="BQ7" t="s">
         <v>74</v>
       </c>
       <c r="BR7">
         <v>5484</v>
       </c>
@@ -3082,51 +3085,51 @@
         <v>137</v>
       </c>
       <c r="AZ8" t="s">
         <v>99</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>134</v>
       </c>
       <c r="BC8" t="s">
         <v>128</v>
       </c>
       <c r="BD8" t="s">
         <v>74</v>
       </c>
       <c r="BE8" t="s">
         <v>74</v>
       </c>
       <c r="BF8" t="s">
         <v>74</v>
       </c>
       <c r="BG8" t="s">
         <v>74</v>
       </c>
       <c r="BH8">
-        <v>151</v>
+        <v>197</v>
       </c>
       <c r="BI8" t="s">
         <v>84</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>74</v>
       </c>
       <c r="BN8" t="s">
         <v>142</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>81</v>
       </c>
       <c r="BQ8" t="s">
         <v>74</v>
       </c>
       <c r="BR8">
         <v>5958</v>
       </c>
@@ -3275,51 +3278,51 @@
         <v>147</v>
       </c>
       <c r="AZ9" t="s">
         <v>99</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
         <v>143</v>
       </c>
       <c r="BC9" t="s">
         <v>146</v>
       </c>
       <c r="BD9" t="s">
         <v>74</v>
       </c>
       <c r="BE9" t="s">
         <v>74</v>
       </c>
       <c r="BF9" t="s">
         <v>74</v>
       </c>
       <c r="BG9" t="s">
         <v>74</v>
       </c>
       <c r="BH9">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="BI9" t="s">
         <v>84</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>74</v>
       </c>
       <c r="BN9" t="s">
         <v>153</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>81</v>
       </c>
       <c r="BQ9" t="s">
         <v>74</v>
       </c>
       <c r="BR9">
         <v>5613</v>
       </c>
@@ -3468,51 +3471,51 @@
         <v>157</v>
       </c>
       <c r="AZ10" t="s">
         <v>99</v>
       </c>
       <c r="BA10"/>
       <c r="BB10" t="s">
         <v>154</v>
       </c>
       <c r="BC10" t="s">
         <v>146</v>
       </c>
       <c r="BD10" t="s">
         <v>74</v>
       </c>
       <c r="BE10" t="s">
         <v>74</v>
       </c>
       <c r="BF10" t="s">
         <v>74</v>
       </c>
       <c r="BG10" t="s">
         <v>74</v>
       </c>
       <c r="BH10">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="BI10" t="s">
         <v>84</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>74</v>
       </c>
       <c r="BN10" t="s">
         <v>160</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>81</v>
       </c>
       <c r="BQ10" t="s">
         <v>74</v>
       </c>
       <c r="BR10">
         <v>7336</v>
       </c>
@@ -3661,51 +3664,51 @@
         <v>164</v>
       </c>
       <c r="AZ11" t="s">
         <v>99</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>161</v>
       </c>
       <c r="BC11" t="s">
         <v>146</v>
       </c>
       <c r="BD11" t="s">
         <v>74</v>
       </c>
       <c r="BE11" t="s">
         <v>74</v>
       </c>
       <c r="BF11" t="s">
         <v>74</v>
       </c>
       <c r="BG11" t="s">
         <v>74</v>
       </c>
       <c r="BH11">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="BI11" t="s">
         <v>84</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>74</v>
       </c>
       <c r="BN11" t="s">
         <v>168</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>81</v>
       </c>
       <c r="BQ11" t="s">
         <v>74</v>
       </c>
       <c r="BR11">
         <v>6259</v>
       </c>
@@ -3854,51 +3857,51 @@
         <v>172</v>
       </c>
       <c r="AZ12" t="s">
         <v>99</v>
       </c>
       <c r="BA12"/>
       <c r="BB12" t="s">
         <v>169</v>
       </c>
       <c r="BC12" t="s">
         <v>146</v>
       </c>
       <c r="BD12" t="s">
         <v>74</v>
       </c>
       <c r="BE12" t="s">
         <v>74</v>
       </c>
       <c r="BF12" t="s">
         <v>74</v>
       </c>
       <c r="BG12" t="s">
         <v>74</v>
       </c>
       <c r="BH12">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="BI12" t="s">
         <v>84</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>74</v>
       </c>
       <c r="BN12" t="s">
         <v>177</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>81</v>
       </c>
       <c r="BQ12" t="s">
         <v>74</v>
       </c>
       <c r="BR12">
         <v>4890</v>
       </c>
@@ -4047,51 +4050,51 @@
         <v>181</v>
       </c>
       <c r="AZ13" t="s">
         <v>99</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
         <v>178</v>
       </c>
       <c r="BC13" t="s">
         <v>146</v>
       </c>
       <c r="BD13" t="s">
         <v>74</v>
       </c>
       <c r="BE13" t="s">
         <v>74</v>
       </c>
       <c r="BF13" t="s">
         <v>74</v>
       </c>
       <c r="BG13" t="s">
         <v>74</v>
       </c>
       <c r="BH13">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI13" t="s">
         <v>84</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>74</v>
       </c>
       <c r="BN13" t="s">
         <v>186</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>81</v>
       </c>
       <c r="BQ13" t="s">
         <v>74</v>
       </c>
       <c r="BR13">
         <v>5613</v>
       </c>
@@ -4240,51 +4243,51 @@
         <v>191</v>
       </c>
       <c r="AZ14" t="s">
         <v>99</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
         <v>187</v>
       </c>
       <c r="BC14" t="s">
         <v>146</v>
       </c>
       <c r="BD14" t="s">
         <v>74</v>
       </c>
       <c r="BE14" t="s">
         <v>74</v>
       </c>
       <c r="BF14" t="s">
         <v>74</v>
       </c>
       <c r="BG14" t="s">
         <v>74</v>
       </c>
       <c r="BH14">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI14" t="s">
         <v>84</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>74</v>
       </c>
       <c r="BN14" t="s">
         <v>196</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>81</v>
       </c>
       <c r="BQ14" t="s">
         <v>74</v>
       </c>
       <c r="BR14">
         <v>5656</v>
       </c>
@@ -4433,51 +4436,51 @@
         <v>200</v>
       </c>
       <c r="AZ15" t="s">
         <v>99</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
         <v>197</v>
       </c>
       <c r="BC15" t="s">
         <v>146</v>
       </c>
       <c r="BD15" t="s">
         <v>74</v>
       </c>
       <c r="BE15" t="s">
         <v>74</v>
       </c>
       <c r="BF15" t="s">
         <v>74</v>
       </c>
       <c r="BG15" t="s">
         <v>74</v>
       </c>
       <c r="BH15">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI15" t="s">
         <v>84</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>74</v>
       </c>
       <c r="BN15" t="s">
         <v>204</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>81</v>
       </c>
       <c r="BQ15" t="s">
         <v>74</v>
       </c>
       <c r="BR15">
         <v>5958</v>
       </c>
@@ -4626,51 +4629,51 @@
         <v>209</v>
       </c>
       <c r="AZ16" t="s">
         <v>99</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
         <v>205</v>
       </c>
       <c r="BC16" t="s">
         <v>146</v>
       </c>
       <c r="BD16" t="s">
         <v>74</v>
       </c>
       <c r="BE16" t="s">
         <v>74</v>
       </c>
       <c r="BF16" t="s">
         <v>74</v>
       </c>
       <c r="BG16" t="s">
         <v>74</v>
       </c>
       <c r="BH16">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="BI16" t="s">
         <v>84</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>74</v>
       </c>
       <c r="BN16" t="s">
         <v>213</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>81</v>
       </c>
       <c r="BQ16" t="s">
         <v>74</v>
       </c>
       <c r="BR16">
         <v>4442</v>
       </c>
@@ -4819,51 +4822,51 @@
         <v>217</v>
       </c>
       <c r="AZ17" t="s">
         <v>99</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
         <v>214</v>
       </c>
       <c r="BC17" t="s">
         <v>146</v>
       </c>
       <c r="BD17" t="s">
         <v>74</v>
       </c>
       <c r="BE17" t="s">
         <v>74</v>
       </c>
       <c r="BF17" t="s">
         <v>74</v>
       </c>
       <c r="BG17" t="s">
         <v>74</v>
       </c>
       <c r="BH17">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="BI17" t="s">
         <v>84</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>74</v>
       </c>
       <c r="BN17" t="s">
         <v>222</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>81</v>
       </c>
       <c r="BQ17" t="s">
         <v>74</v>
       </c>
       <c r="BR17">
         <v>6613</v>
       </c>
@@ -5012,51 +5015,51 @@
         <v>227</v>
       </c>
       <c r="AZ18" t="s">
         <v>99</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
         <v>223</v>
       </c>
       <c r="BC18" t="s">
         <v>226</v>
       </c>
       <c r="BD18" t="s">
         <v>74</v>
       </c>
       <c r="BE18" t="s">
         <v>74</v>
       </c>
       <c r="BF18" t="s">
         <v>74</v>
       </c>
       <c r="BG18" t="s">
         <v>74</v>
       </c>
       <c r="BH18">
-        <v>160</v>
+        <v>206</v>
       </c>
       <c r="BI18" t="s">
         <v>84</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>74</v>
       </c>
       <c r="BN18" t="s">
         <v>231</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>81</v>
       </c>
       <c r="BQ18" t="s">
         <v>74</v>
       </c>
       <c r="BR18">
         <v>7336</v>
       </c>
@@ -5205,51 +5208,51 @@
         <v>237</v>
       </c>
       <c r="AZ19" t="s">
         <v>99</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
         <v>232</v>
       </c>
       <c r="BC19" t="s">
         <v>236</v>
       </c>
       <c r="BD19" t="s">
         <v>74</v>
       </c>
       <c r="BE19" t="s">
         <v>74</v>
       </c>
       <c r="BF19" t="s">
         <v>74</v>
       </c>
       <c r="BG19" t="s">
         <v>74</v>
       </c>
       <c r="BH19">
-        <v>166</v>
+        <v>212</v>
       </c>
       <c r="BI19" t="s">
         <v>84</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>74</v>
       </c>
       <c r="BN19" t="s">
         <v>242</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>81</v>
       </c>
       <c r="BQ19" t="s">
         <v>74</v>
       </c>
       <c r="BR19">
         <v>7121</v>
       </c>
@@ -5402,51 +5405,51 @@
       <c r="AZ20" t="s">
         <v>99</v>
       </c>
       <c r="BA20" t="s">
         <v>83</v>
       </c>
       <c r="BB20" t="s">
         <v>243</v>
       </c>
       <c r="BC20" t="s">
         <v>236</v>
       </c>
       <c r="BD20" t="s">
         <v>74</v>
       </c>
       <c r="BE20" t="s">
         <v>74</v>
       </c>
       <c r="BF20" t="s">
         <v>74</v>
       </c>
       <c r="BG20" t="s">
         <v>74</v>
       </c>
       <c r="BH20">
-        <v>167</v>
+        <v>213</v>
       </c>
       <c r="BI20" t="s">
         <v>84</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>74</v>
       </c>
       <c r="BN20" t="s">
         <v>249</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>81</v>
       </c>
       <c r="BQ20" t="s">
         <v>74</v>
       </c>
       <c r="BR20">
         <v>6302</v>
       </c>
@@ -5595,51 +5598,51 @@
         <v>254</v>
       </c>
       <c r="AZ21" t="s">
         <v>99</v>
       </c>
       <c r="BA21"/>
       <c r="BB21" t="s">
         <v>250</v>
       </c>
       <c r="BC21" t="s">
         <v>253</v>
       </c>
       <c r="BD21" t="s">
         <v>74</v>
       </c>
       <c r="BE21" t="s">
         <v>74</v>
       </c>
       <c r="BF21" t="s">
         <v>74</v>
       </c>
       <c r="BG21" t="s">
         <v>74</v>
       </c>
       <c r="BH21">
-        <v>167</v>
+        <v>213</v>
       </c>
       <c r="BI21" t="s">
         <v>84</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>74</v>
       </c>
       <c r="BN21" t="s">
         <v>259</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>81</v>
       </c>
       <c r="BQ21" t="s">
         <v>74</v>
       </c>
       <c r="BR21">
         <v>5613</v>
       </c>
@@ -5788,51 +5791,51 @@
         <v>264</v>
       </c>
       <c r="AZ22" t="s">
         <v>99</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
         <v>260</v>
       </c>
       <c r="BC22" t="s">
         <v>263</v>
       </c>
       <c r="BD22" t="s">
         <v>74</v>
       </c>
       <c r="BE22" t="s">
         <v>74</v>
       </c>
       <c r="BF22" t="s">
         <v>74</v>
       </c>
       <c r="BG22" t="s">
         <v>74</v>
       </c>
       <c r="BH22">
-        <v>169</v>
+        <v>215</v>
       </c>
       <c r="BI22" t="s">
         <v>84</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>74</v>
       </c>
       <c r="BN22" t="s">
         <v>269</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>81</v>
       </c>
       <c r="BQ22" t="s">
         <v>74</v>
       </c>
       <c r="BR22">
         <v>7336</v>
       </c>
@@ -5985,51 +5988,51 @@
       <c r="AZ23" t="s">
         <v>99</v>
       </c>
       <c r="BA23" t="s">
         <v>83</v>
       </c>
       <c r="BB23" t="s">
         <v>270</v>
       </c>
       <c r="BC23" t="s">
         <v>273</v>
       </c>
       <c r="BD23" t="s">
         <v>74</v>
       </c>
       <c r="BE23" t="s">
         <v>74</v>
       </c>
       <c r="BF23" t="s">
         <v>74</v>
       </c>
       <c r="BG23" t="s">
         <v>74</v>
       </c>
       <c r="BH23">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="BI23" t="s">
         <v>84</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>74</v>
       </c>
       <c r="BN23" t="s">
         <v>276</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>81</v>
       </c>
       <c r="BQ23" t="s">
         <v>74</v>
       </c>
       <c r="BR23">
         <v>6001</v>
       </c>
@@ -6182,51 +6185,51 @@
       <c r="AZ24" t="s">
         <v>99</v>
       </c>
       <c r="BA24" t="s">
         <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>277</v>
       </c>
       <c r="BC24" t="s">
         <v>273</v>
       </c>
       <c r="BD24" t="s">
         <v>74</v>
       </c>
       <c r="BE24" t="s">
         <v>74</v>
       </c>
       <c r="BF24" t="s">
         <v>74</v>
       </c>
       <c r="BG24" t="s">
         <v>74</v>
       </c>
       <c r="BH24">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="BI24" t="s">
         <v>84</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>74</v>
       </c>
       <c r="BN24" t="s">
         <v>285</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>81</v>
       </c>
       <c r="BQ24" t="s">
         <v>74</v>
       </c>
       <c r="BR24">
         <v>5958</v>
       </c>
@@ -6379,51 +6382,51 @@
       <c r="AZ25" t="s">
         <v>99</v>
       </c>
       <c r="BA25" t="s">
         <v>83</v>
       </c>
       <c r="BB25" t="s">
         <v>286</v>
       </c>
       <c r="BC25" t="s">
         <v>289</v>
       </c>
       <c r="BD25" t="s">
         <v>74</v>
       </c>
       <c r="BE25" t="s">
         <v>74</v>
       </c>
       <c r="BF25" t="s">
         <v>74</v>
       </c>
       <c r="BG25" t="s">
         <v>74</v>
       </c>
       <c r="BH25">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="BI25" t="s">
         <v>84</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>74</v>
       </c>
       <c r="BN25" t="s">
         <v>293</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>81</v>
       </c>
       <c r="BQ25" t="s">
         <v>74</v>
       </c>
       <c r="BR25">
         <v>5613</v>
       </c>
@@ -6576,51 +6579,51 @@
       <c r="AZ26" t="s">
         <v>99</v>
       </c>
       <c r="BA26" t="s">
         <v>83</v>
       </c>
       <c r="BB26" t="s">
         <v>294</v>
       </c>
       <c r="BC26" t="s">
         <v>297</v>
       </c>
       <c r="BD26" t="s">
         <v>74</v>
       </c>
       <c r="BE26" t="s">
         <v>74</v>
       </c>
       <c r="BF26" t="s">
         <v>74</v>
       </c>
       <c r="BG26" t="s">
         <v>74</v>
       </c>
       <c r="BH26">
-        <v>180</v>
+        <v>226</v>
       </c>
       <c r="BI26" t="s">
         <v>84</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>74</v>
       </c>
       <c r="BN26" t="s">
         <v>302</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>81</v>
       </c>
       <c r="BQ26" t="s">
         <v>74</v>
       </c>
       <c r="BR26">
         <v>5613</v>
       </c>
@@ -6773,51 +6776,51 @@
       <c r="AZ27" t="s">
         <v>99</v>
       </c>
       <c r="BA27" t="s">
         <v>83</v>
       </c>
       <c r="BB27" t="s">
         <v>303</v>
       </c>
       <c r="BC27" t="s">
         <v>306</v>
       </c>
       <c r="BD27" t="s">
         <v>74</v>
       </c>
       <c r="BE27" t="s">
         <v>74</v>
       </c>
       <c r="BF27" t="s">
         <v>74</v>
       </c>
       <c r="BG27" t="s">
         <v>74</v>
       </c>
       <c r="BH27">
-        <v>183</v>
+        <v>229</v>
       </c>
       <c r="BI27" t="s">
         <v>84</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>74</v>
       </c>
       <c r="BN27" t="s">
         <v>312</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>81</v>
       </c>
       <c r="BQ27" t="s">
         <v>74</v>
       </c>
       <c r="BR27">
         <v>6302</v>
       </c>
@@ -6966,51 +6969,51 @@
         <v>317</v>
       </c>
       <c r="AZ28" t="s">
         <v>99</v>
       </c>
       <c r="BA28"/>
       <c r="BB28" t="s">
         <v>313</v>
       </c>
       <c r="BC28" t="s">
         <v>316</v>
       </c>
       <c r="BD28" t="s">
         <v>74</v>
       </c>
       <c r="BE28" t="s">
         <v>74</v>
       </c>
       <c r="BF28" t="s">
         <v>74</v>
       </c>
       <c r="BG28" t="s">
         <v>74</v>
       </c>
       <c r="BH28">
-        <v>186</v>
+        <v>232</v>
       </c>
       <c r="BI28" t="s">
         <v>84</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>74</v>
       </c>
       <c r="BN28" t="s">
         <v>322</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>81</v>
       </c>
       <c r="BQ28" t="s">
         <v>74</v>
       </c>
       <c r="BR28">
         <v>8241</v>
       </c>
@@ -7159,51 +7162,51 @@
         <v>326</v>
       </c>
       <c r="AZ29" t="s">
         <v>99</v>
       </c>
       <c r="BA29"/>
       <c r="BB29" t="s">
         <v>323</v>
       </c>
       <c r="BC29" t="s">
         <v>316</v>
       </c>
       <c r="BD29" t="s">
         <v>74</v>
       </c>
       <c r="BE29" t="s">
         <v>74</v>
       </c>
       <c r="BF29" t="s">
         <v>74</v>
       </c>
       <c r="BG29" t="s">
         <v>74</v>
       </c>
       <c r="BH29">
-        <v>186</v>
+        <v>232</v>
       </c>
       <c r="BI29" t="s">
         <v>84</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>74</v>
       </c>
       <c r="BN29" t="s">
         <v>328</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>81</v>
       </c>
       <c r="BQ29" t="s">
         <v>74</v>
       </c>
       <c r="BR29">
         <v>5613</v>
       </c>
@@ -7352,51 +7355,51 @@
         <v>332</v>
       </c>
       <c r="AZ30" t="s">
         <v>99</v>
       </c>
       <c r="BA30"/>
       <c r="BB30" t="s">
         <v>329</v>
       </c>
       <c r="BC30" t="s">
         <v>316</v>
       </c>
       <c r="BD30" t="s">
         <v>74</v>
       </c>
       <c r="BE30" t="s">
         <v>74</v>
       </c>
       <c r="BF30" t="s">
         <v>74</v>
       </c>
       <c r="BG30" t="s">
         <v>74</v>
       </c>
       <c r="BH30">
-        <v>187</v>
+        <v>233</v>
       </c>
       <c r="BI30" t="s">
         <v>84</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>74</v>
       </c>
       <c r="BN30" t="s">
         <v>337</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>81</v>
       </c>
       <c r="BQ30" t="s">
         <v>74</v>
       </c>
       <c r="BR30">
         <v>4708</v>
       </c>
@@ -7545,51 +7548,51 @@
         <v>341</v>
       </c>
       <c r="AZ31" t="s">
         <v>99</v>
       </c>
       <c r="BA31"/>
       <c r="BB31" t="s">
         <v>338</v>
       </c>
       <c r="BC31" t="s">
         <v>340</v>
       </c>
       <c r="BD31" t="s">
         <v>74</v>
       </c>
       <c r="BE31" t="s">
         <v>74</v>
       </c>
       <c r="BF31" t="s">
         <v>74</v>
       </c>
       <c r="BG31" t="s">
         <v>74</v>
       </c>
       <c r="BH31">
-        <v>188</v>
+        <v>234</v>
       </c>
       <c r="BI31" t="s">
         <v>84</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>74</v>
       </c>
       <c r="BN31" t="s">
         <v>342</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>81</v>
       </c>
       <c r="BQ31" t="s">
         <v>74</v>
       </c>
       <c r="BR31">
         <v>7336</v>
       </c>
@@ -7738,51 +7741,51 @@
         <v>347</v>
       </c>
       <c r="AZ32" t="s">
         <v>99</v>
       </c>
       <c r="BA32"/>
       <c r="BB32" t="s">
         <v>343</v>
       </c>
       <c r="BC32" t="s">
         <v>346</v>
       </c>
       <c r="BD32" t="s">
         <v>74</v>
       </c>
       <c r="BE32" t="s">
         <v>74</v>
       </c>
       <c r="BF32" t="s">
         <v>74</v>
       </c>
       <c r="BG32" t="s">
         <v>74</v>
       </c>
       <c r="BH32">
-        <v>190</v>
+        <v>236</v>
       </c>
       <c r="BI32" t="s">
         <v>84</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>74</v>
       </c>
       <c r="BN32" t="s">
         <v>348</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>81</v>
       </c>
       <c r="BQ32" t="s">
         <v>74</v>
       </c>
       <c r="BR32">
         <v>6475</v>
       </c>
@@ -7931,51 +7934,51 @@
         <v>352</v>
       </c>
       <c r="AZ33" t="s">
         <v>99</v>
       </c>
       <c r="BA33"/>
       <c r="BB33" t="s">
         <v>349</v>
       </c>
       <c r="BC33" t="s">
         <v>351</v>
       </c>
       <c r="BD33" t="s">
         <v>74</v>
       </c>
       <c r="BE33" t="s">
         <v>74</v>
       </c>
       <c r="BF33" t="s">
         <v>74</v>
       </c>
       <c r="BG33" t="s">
         <v>74</v>
       </c>
       <c r="BH33">
-        <v>193</v>
+        <v>239</v>
       </c>
       <c r="BI33" t="s">
         <v>84</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>74</v>
       </c>
       <c r="BN33" t="s">
         <v>353</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>81</v>
       </c>
       <c r="BQ33" t="s">
         <v>74</v>
       </c>
       <c r="BR33">
         <v>6613</v>
       </c>
@@ -8124,51 +8127,51 @@
         <v>358</v>
       </c>
       <c r="AZ34" t="s">
         <v>99</v>
       </c>
       <c r="BA34"/>
       <c r="BB34" t="s">
         <v>354</v>
       </c>
       <c r="BC34" t="s">
         <v>357</v>
       </c>
       <c r="BD34" t="s">
         <v>74</v>
       </c>
       <c r="BE34" t="s">
         <v>74</v>
       </c>
       <c r="BF34" t="s">
         <v>74</v>
       </c>
       <c r="BG34" t="s">
         <v>74</v>
       </c>
       <c r="BH34">
-        <v>200</v>
+        <v>246</v>
       </c>
       <c r="BI34" t="s">
         <v>84</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>74</v>
       </c>
       <c r="BN34" t="s">
         <v>363</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
         <v>81</v>
       </c>
       <c r="BQ34" t="s">
         <v>74</v>
       </c>
       <c r="BR34">
         <v>7121</v>
       </c>
@@ -8190,368 +8193,368 @@
       <c r="E35">
         <v>368.69</v>
       </c>
       <c r="F35" t="s">
         <v>365</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35" t="s">
         <v>366</v>
       </c>
       <c r="I35">
         <v>125.99</v>
       </c>
       <c r="J35" t="s">
         <v>367</v>
       </c>
       <c r="K35" t="s">
         <v>72</v>
       </c>
       <c r="L35">
         <v>9067633853</v>
       </c>
       <c r="M35" t="s">
-        <v>99</v>
+        <v>368</v>
       </c>
       <c r="N35" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="O35"/>
       <c r="P35">
         <v>12279279875</v>
       </c>
       <c r="Q35" t="s">
         <v>364</v>
       </c>
       <c r="R35" t="s">
         <v>74</v>
       </c>
       <c r="S35" t="s">
         <v>74</v>
       </c>
       <c r="T35" t="s">
         <v>75</v>
       </c>
       <c r="U35">
         <v>7160061927</v>
       </c>
       <c r="V35">
         <v>587618</v>
       </c>
       <c r="W35" t="s">
         <v>74</v>
       </c>
       <c r="X35">
         <v>368.69</v>
       </c>
       <c r="Y35">
         <v>20.6</v>
       </c>
       <c r="Z35" t="s">
         <v>74</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>76</v>
       </c>
       <c r="AC35" t="s">
         <v>365</v>
       </c>
       <c r="AD35">
         <v>12279279875</v>
       </c>
       <c r="AE35" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="AF35" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="AG35" t="s">
         <v>74</v>
       </c>
       <c r="AH35" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="AK35" t="s">
         <v>69</v>
       </c>
       <c r="AL35" t="s">
         <v>367</v>
       </c>
       <c r="AM35" t="s">
         <v>79</v>
       </c>
       <c r="AN35" t="s">
         <v>366</v>
       </c>
       <c r="AO35">
         <v>125.99</v>
       </c>
       <c r="AP35" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="AQ35" t="s">
         <v>81</v>
       </c>
       <c r="AR35" t="s">
         <v>82</v>
       </c>
       <c r="AS35">
         <v>286098653879</v>
       </c>
       <c r="AT35" t="s">
         <v>74</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35">
         <v>0</v>
       </c>
       <c r="AX35" t="s">
         <v>104</v>
       </c>
       <c r="AY35">
         <v>9067633853</v>
       </c>
       <c r="AZ35" t="s">
-        <v>99</v>
+        <v>368</v>
       </c>
       <c r="BA35" t="s">
         <v>83</v>
       </c>
       <c r="BB35" t="s">
         <v>364</v>
       </c>
       <c r="BC35" t="s">
         <v>367</v>
       </c>
       <c r="BD35" t="s">
         <v>74</v>
       </c>
       <c r="BE35" t="s">
         <v>74</v>
       </c>
       <c r="BF35" t="s">
         <v>74</v>
       </c>
       <c r="BG35" t="s">
-        <v>74</v>
+        <v>374</v>
       </c>
       <c r="BH35">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="BI35" t="s">
         <v>84</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>74</v>
       </c>
       <c r="BN35" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
         <v>81</v>
       </c>
       <c r="BQ35" t="s">
         <v>74</v>
       </c>
       <c r="BR35">
         <v>7595</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C36">
         <v>3210060363</v>
       </c>
       <c r="D36">
         <v>586975</v>
       </c>
       <c r="E36">
         <v>314.32</v>
       </c>
       <c r="F36" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="G36" t="s">
         <v>69</v>
       </c>
       <c r="H36" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="I36">
         <v>99.99</v>
       </c>
       <c r="J36" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K36" t="s">
         <v>72</v>
       </c>
       <c r="L36">
         <v>8589175711</v>
       </c>
       <c r="M36" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="N36" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="O36"/>
       <c r="P36">
         <v>4658674140</v>
       </c>
       <c r="Q36" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="R36" t="s">
         <v>74</v>
       </c>
       <c r="S36" t="s">
         <v>74</v>
       </c>
       <c r="T36" t="s">
         <v>75</v>
       </c>
       <c r="U36">
         <v>3210060363</v>
       </c>
       <c r="V36">
         <v>586975</v>
       </c>
       <c r="W36" t="s">
         <v>74</v>
       </c>
       <c r="X36">
         <v>314.32</v>
       </c>
       <c r="Y36">
         <v>20.6</v>
       </c>
       <c r="Z36" t="s">
         <v>74</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>76</v>
       </c>
       <c r="AC36" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="AD36">
         <v>4658674140</v>
       </c>
       <c r="AE36">
         <v>9516890600</v>
       </c>
       <c r="AF36">
         <v>9516890600</v>
       </c>
       <c r="AG36" t="s">
         <v>74</v>
       </c>
       <c r="AH36" t="s">
         <v>380</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
         <v>381</v>
       </c>
       <c r="AK36" t="s">
         <v>69</v>
       </c>
       <c r="AL36" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="AM36" t="s">
         <v>79</v>
       </c>
       <c r="AN36" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="AO36">
         <v>99.99</v>
       </c>
       <c r="AP36" t="s">
         <v>382</v>
       </c>
       <c r="AQ36" t="s">
         <v>81</v>
       </c>
       <c r="AR36" t="s">
         <v>82</v>
       </c>
       <c r="AS36">
         <v>285505837087</v>
       </c>
       <c r="AT36" t="s">
         <v>74</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36">
         <v>0</v>
       </c>
       <c r="AX36" t="s">
         <v>104</v>
       </c>
       <c r="AY36">
         <v>8589175711</v>
       </c>
       <c r="AZ36" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="BA36" t="s">
         <v>83</v>
       </c>
       <c r="BB36" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="BC36" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="BD36" t="s">
         <v>74</v>
       </c>
       <c r="BE36" t="s">
         <v>74</v>
       </c>
       <c r="BF36" t="s">
         <v>74</v>
       </c>
       <c r="BG36" t="s">
         <v>383</v>
       </c>
       <c r="BH36">
         <v>216</v>
       </c>
       <c r="BI36" t="s">
         <v>84</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>74</v>
       </c>
@@ -8591,193 +8594,193 @@
       <c r="F37" t="s">
         <v>386</v>
       </c>
       <c r="G37" t="s">
         <v>69</v>
       </c>
       <c r="H37" t="s">
         <v>387</v>
       </c>
       <c r="I37">
         <v>79.2</v>
       </c>
       <c r="J37" t="s">
         <v>388</v>
       </c>
       <c r="K37" t="s">
         <v>72</v>
       </c>
       <c r="L37">
         <v>2026444361</v>
       </c>
       <c r="M37" t="s">
         <v>99</v>
       </c>
       <c r="N37" t="s">
-        <v>368</v>
+        <v>389</v>
       </c>
       <c r="O37"/>
       <c r="P37">
         <v>9601934332</v>
       </c>
       <c r="Q37" t="s">
         <v>385</v>
       </c>
       <c r="R37" t="s">
         <v>74</v>
       </c>
       <c r="S37" t="s">
         <v>74</v>
       </c>
       <c r="T37" t="s">
         <v>75</v>
       </c>
       <c r="U37">
         <v>6470051484</v>
       </c>
       <c r="V37">
         <v>581523</v>
       </c>
       <c r="W37" t="s">
         <v>74</v>
       </c>
       <c r="X37">
         <v>270.83</v>
       </c>
       <c r="Y37">
         <v>20.6</v>
       </c>
       <c r="Z37" t="s">
         <v>74</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>76</v>
       </c>
       <c r="AC37" t="s">
         <v>386</v>
       </c>
       <c r="AD37">
         <v>9601934332</v>
       </c>
       <c r="AE37" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="AF37" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="AG37" t="s">
         <v>74</v>
       </c>
       <c r="AH37" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="AK37" t="s">
         <v>69</v>
       </c>
       <c r="AL37" t="s">
         <v>388</v>
       </c>
       <c r="AM37" t="s">
         <v>79</v>
       </c>
       <c r="AN37" t="s">
         <v>387</v>
       </c>
       <c r="AO37">
         <v>79.2</v>
       </c>
       <c r="AP37" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="AQ37" t="s">
         <v>81</v>
       </c>
       <c r="AR37" t="s">
         <v>82</v>
       </c>
       <c r="AS37">
         <v>282316752249</v>
       </c>
       <c r="AT37" t="s">
         <v>74</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37">
         <v>0</v>
       </c>
       <c r="AX37" t="s">
         <v>104</v>
       </c>
       <c r="AY37">
         <v>2026444361</v>
       </c>
       <c r="AZ37" t="s">
         <v>99</v>
       </c>
       <c r="BA37" t="s">
         <v>83</v>
       </c>
       <c r="BB37" t="s">
         <v>385</v>
       </c>
       <c r="BC37" t="s">
         <v>388</v>
       </c>
       <c r="BD37" t="s">
         <v>74</v>
       </c>
       <c r="BE37" t="s">
         <v>74</v>
       </c>
       <c r="BF37" t="s">
         <v>74</v>
       </c>
       <c r="BG37" t="s">
         <v>74</v>
       </c>
       <c r="BH37">
-        <v>317</v>
+        <v>363</v>
       </c>
       <c r="BI37" t="s">
         <v>84</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>74</v>
       </c>
       <c r="BN37" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
         <v>81</v>
       </c>
       <c r="BQ37" t="s">
         <v>74</v>
       </c>
       <c r="BR37">
         <v>5579</v>
       </c>
       <c r="BS37"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>