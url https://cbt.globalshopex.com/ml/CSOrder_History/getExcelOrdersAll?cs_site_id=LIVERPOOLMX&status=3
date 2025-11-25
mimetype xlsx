--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -401,86 +401,98 @@
   <si>
     <t>Puebla</t>
   </si>
   <si>
     <t>/VSP1F2821</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-03-24 21:23:22</t>
   </si>
   <si>
     <t>2025-03-09 03:22:35</t>
   </si>
   <si>
     <t>Angelica Munoz</t>
   </si>
   <si>
     <t>/11289742</t>
   </si>
   <si>
     <t>2025-03-09 00:00:00</t>
   </si>
   <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>dhl - Delivered</t>
+  </si>
+  <si>
     <t>282-1045936</t>
   </si>
   <si>
     <t>Calle:Juan de la barrera sur,Numero:31,</t>
   </si>
   <si>
     <t>Perote</t>
   </si>
   <si>
     <t>/SFYP00722</t>
   </si>
   <si>
+    <t>2025-10-16 11:44:41</t>
+  </si>
+  <si>
     <t>2025-03-09 16:22:40</t>
   </si>
   <si>
     <t>2025-03-06 08:22:16</t>
   </si>
   <si>
     <t>Marco  Saavedra Diaz Marco  Saavedra Diaz</t>
   </si>
   <si>
     <t>/11288128</t>
   </si>
   <si>
     <t>2025-03-06 00:00:00</t>
   </si>
   <si>
     <t>0046578653</t>
   </si>
   <si>
     <t>0766 LIV Liverpool Tepeyac AV EDUARDO MOLINA 6730</t>
   </si>
   <si>
     <t>GRANJAS MODERNAS</t>
   </si>
   <si>
+    <t>2025-10-16 15:56:17</t>
+  </si>
+  <si>
     <t>2025-03-06 21:22:33</t>
   </si>
   <si>
     <t>2025-03-03 07:16:45</t>
   </si>
   <si>
     <t>0800061379</t>
   </si>
   <si>
     <t xml:space="preserve">Lupita Gonzalez </t>
   </si>
   <si>
     <t>/11286420</t>
   </si>
   <si>
     <t>2025-03-03 00:00:00</t>
   </si>
   <si>
     <t>73-45897882</t>
   </si>
   <si>
     <t>Calle:San jose de castellanos ,Numero:10,</t>
   </si>
   <si>
     <t>Pinos</t>
@@ -494,87 +506,84 @@
   <si>
     <t>2025-02-26 12:50:43</t>
   </si>
   <si>
     <t xml:space="preserve">Yareli Cercas </t>
   </si>
   <si>
     <t>/11282837</t>
   </si>
   <si>
     <t>2025-02-26 00:00:00</t>
   </si>
   <si>
     <t>775-2053422</t>
   </si>
   <si>
     <t>Calle:Francisco Montes de Oca,Numero:500 ,</t>
   </si>
   <si>
     <t>Tulancingo</t>
   </si>
   <si>
     <t>/VSPOY7821/VSPOY8421</t>
   </si>
   <si>
+    <t>2025-10-24 10:13:20</t>
+  </si>
+  <si>
     <t>2025-02-26 01:18:01</t>
   </si>
   <si>
     <t>2025-02-26 12:27:34</t>
   </si>
   <si>
     <t>Cristina Rojas</t>
   </si>
   <si>
     <t>/11282838</t>
   </si>
   <si>
     <t>Liverpool Ecatepec</t>
   </si>
   <si>
     <t>Plaza Las Américas</t>
   </si>
   <si>
     <t>/VSP1R2821</t>
   </si>
   <si>
     <t>2025-02-26 01:08:02</t>
   </si>
   <si>
     <t>2025-02-26 06:09:18</t>
   </si>
   <si>
     <t>juan pablo cruz</t>
   </si>
   <si>
     <t>/11283276</t>
-  </si>
-[...4 lines deleted...]
-    <t>dhl - Delivered</t>
   </si>
   <si>
     <t>868-8240201</t>
   </si>
   <si>
     <t>Calle:av.marte R.Gomez,Numero:411,</t>
   </si>
   <si>
     <t xml:space="preserve">Matamoros </t>
   </si>
   <si>
     <t>/VSPEN4221</t>
   </si>
   <si>
     <t>2025-10-07 13:29:03</t>
   </si>
   <si>
     <t>2025-02-26 19:08:04</t>
   </si>
   <si>
     <t>2025-02-16 04:17:33</t>
   </si>
   <si>
     <t>rael luis</t>
   </si>
@@ -1338,51 +1347,51 @@
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>76</v>
       </c>
       <c r="BE2" t="s">
         <v>76</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>153</v>
+        <v>199</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>76</v>
       </c>
       <c r="BR2">
         <v>7423</v>
       </c>
@@ -1529,51 +1538,51 @@
         <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>76</v>
       </c>
       <c r="BE3" t="s">
         <v>76</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>96</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>83</v>
       </c>
       <c r="BQ3" t="s">
         <v>76</v>
       </c>
       <c r="BR3">
         <v>7423</v>
       </c>
@@ -1720,51 +1729,51 @@
         <v>101</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>100</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
         <v>76</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>163</v>
+        <v>209</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
         <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>83</v>
       </c>
       <c r="BQ4" t="s">
         <v>76</v>
       </c>
       <c r="BR4">
         <v>5362.2</v>
       </c>
@@ -1911,51 +1920,51 @@
         <v>110</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>100</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
         <v>76</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>76</v>
       </c>
       <c r="BH5">
-        <v>163</v>
+        <v>209</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
         <v>114</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>83</v>
       </c>
       <c r="BQ5" t="s">
         <v>76</v>
       </c>
       <c r="BR5">
         <v>5958</v>
       </c>
@@ -2108,51 +2117,51 @@
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>123</v>
       </c>
       <c r="BB6" t="s">
         <v>115</v>
       </c>
       <c r="BC6" t="s">
         <v>118</v>
       </c>
       <c r="BD6" t="s">
         <v>76</v>
       </c>
       <c r="BE6" t="s">
         <v>76</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
         <v>76</v>
       </c>
       <c r="BH6">
-        <v>199</v>
+        <v>245</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>83</v>
       </c>
       <c r="BQ6" t="s">
         <v>76</v>
       </c>
       <c r="BR6">
         <v>5613</v>
       </c>
@@ -2174,1573 +2183,1573 @@
       <c r="E7">
         <v>521.8</v>
       </c>
       <c r="F7" t="s">
         <v>126</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
         <v>127</v>
       </c>
       <c r="I7">
         <v>199.2</v>
       </c>
       <c r="J7" t="s">
         <v>128</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7">
         <v>4316761595</v>
       </c>
       <c r="M7" t="s">
-        <v>74</v>
+        <v>129</v>
       </c>
       <c r="N7" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="O7"/>
       <c r="P7">
         <v>27000190193</v>
       </c>
       <c r="Q7" t="s">
         <v>125</v>
       </c>
       <c r="R7" t="s">
         <v>76</v>
       </c>
       <c r="S7" t="s">
         <v>76</v>
       </c>
       <c r="T7" t="s">
         <v>77</v>
       </c>
       <c r="U7">
         <v>5920062222</v>
       </c>
       <c r="V7">
         <v>587764</v>
       </c>
       <c r="W7" t="s">
         <v>76</v>
       </c>
       <c r="X7">
         <v>521.8</v>
       </c>
       <c r="Y7">
         <v>20.6</v>
       </c>
       <c r="Z7" t="s">
         <v>76</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>78</v>
       </c>
       <c r="AC7" t="s">
         <v>126</v>
       </c>
       <c r="AD7">
         <v>27000190193</v>
       </c>
       <c r="AE7" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AF7" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AG7" t="s">
         <v>76</v>
       </c>
       <c r="AH7" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
         <v>128</v>
       </c>
       <c r="AM7" t="s">
         <v>81</v>
       </c>
       <c r="AN7" t="s">
         <v>127</v>
       </c>
       <c r="AO7">
         <v>199.2</v>
       </c>
       <c r="AP7" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="AQ7" t="s">
         <v>83</v>
       </c>
       <c r="AR7" t="s">
         <v>84</v>
       </c>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>76</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7" t="s">
         <v>85</v>
       </c>
       <c r="AY7">
         <v>4316761595</v>
       </c>
       <c r="AZ7" t="s">
-        <v>74</v>
+        <v>129</v>
       </c>
       <c r="BA7" t="s">
         <v>123</v>
       </c>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>128</v>
       </c>
       <c r="BD7" t="s">
         <v>76</v>
       </c>
       <c r="BE7" t="s">
         <v>76</v>
       </c>
       <c r="BF7" t="s">
         <v>76</v>
       </c>
       <c r="BG7" t="s">
-        <v>76</v>
+        <v>135</v>
       </c>
       <c r="BH7">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>76</v>
       </c>
       <c r="BN7" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>83</v>
       </c>
       <c r="BQ7" t="s">
         <v>76</v>
       </c>
       <c r="BR7">
         <v>10749</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C8">
         <v>7230061898</v>
       </c>
       <c r="D8">
         <v>587679</v>
       </c>
       <c r="E8">
         <v>354.03</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="I8">
         <v>118.99</v>
       </c>
       <c r="J8" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8">
         <v>4316761536</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>129</v>
       </c>
       <c r="N8" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="Q8" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="R8" t="s">
         <v>76</v>
       </c>
       <c r="S8" t="s">
         <v>76</v>
       </c>
       <c r="T8" t="s">
         <v>77</v>
       </c>
       <c r="U8">
         <v>7230061898</v>
       </c>
       <c r="V8">
         <v>587679</v>
       </c>
       <c r="W8" t="s">
         <v>76</v>
       </c>
       <c r="X8">
         <v>354.03</v>
       </c>
       <c r="Y8">
         <v>20.6</v>
       </c>
       <c r="Z8" t="s">
         <v>76</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>78</v>
       </c>
       <c r="AC8" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="AD8" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="AE8">
         <v>5539082834</v>
       </c>
       <c r="AF8">
         <v>5539082834</v>
       </c>
       <c r="AG8" t="s">
         <v>76</v>
       </c>
       <c r="AH8" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="AM8" t="s">
         <v>81</v>
       </c>
       <c r="AN8" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="AO8">
         <v>118.99</v>
       </c>
       <c r="AP8" t="s">
         <v>105</v>
       </c>
       <c r="AQ8" t="s">
         <v>83</v>
       </c>
       <c r="AR8" t="s">
         <v>84</v>
       </c>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>76</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8" t="s">
         <v>85</v>
       </c>
       <c r="AY8">
         <v>4316761536</v>
       </c>
       <c r="AZ8" t="s">
-        <v>74</v>
+        <v>129</v>
       </c>
       <c r="BA8" t="s">
         <v>123</v>
       </c>
       <c r="BB8" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="BC8" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="BD8" t="s">
         <v>76</v>
       </c>
       <c r="BE8" t="s">
         <v>76</v>
       </c>
       <c r="BF8" t="s">
         <v>76</v>
       </c>
       <c r="BG8" t="s">
-        <v>76</v>
+        <v>144</v>
       </c>
       <c r="BH8">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>76</v>
       </c>
       <c r="BN8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>83</v>
       </c>
       <c r="BQ8" t="s">
         <v>76</v>
       </c>
       <c r="BR8">
         <v>7293</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C9" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="D9">
         <v>587578</v>
       </c>
       <c r="E9">
         <v>354.08</v>
       </c>
       <c r="F9" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G9" t="s">
         <v>69</v>
       </c>
       <c r="H9" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="I9">
         <v>119</v>
       </c>
       <c r="J9" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="K9" t="s">
         <v>72</v>
       </c>
       <c r="L9">
         <v>5583972192</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>119</v>
       </c>
       <c r="O9"/>
       <c r="P9">
         <v>30479385673</v>
       </c>
       <c r="Q9" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="R9" t="s">
         <v>76</v>
       </c>
       <c r="S9" t="s">
         <v>76</v>
       </c>
       <c r="T9" t="s">
         <v>77</v>
       </c>
       <c r="U9" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="V9">
         <v>587578</v>
       </c>
       <c r="W9" t="s">
         <v>76</v>
       </c>
       <c r="X9">
         <v>354.08</v>
       </c>
       <c r="Y9">
         <v>20.6</v>
       </c>
       <c r="Z9" t="s">
         <v>76</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>78</v>
       </c>
       <c r="AC9" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="AD9">
         <v>30479385673</v>
       </c>
       <c r="AE9" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="AF9" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="AG9" t="s">
         <v>76</v>
       </c>
       <c r="AH9" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="AM9" t="s">
         <v>81</v>
       </c>
       <c r="AN9" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="AO9">
         <v>119</v>
       </c>
       <c r="AP9" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="AQ9" t="s">
         <v>83</v>
       </c>
       <c r="AR9" t="s">
         <v>84</v>
       </c>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>76</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9" t="s">
         <v>85</v>
       </c>
       <c r="AY9">
         <v>5583972192</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
         <v>123</v>
       </c>
       <c r="BB9" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="BC9" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="BD9" t="s">
         <v>76</v>
       </c>
       <c r="BE9" t="s">
         <v>76</v>
       </c>
       <c r="BF9" t="s">
         <v>76</v>
       </c>
       <c r="BG9" t="s">
         <v>76</v>
       </c>
       <c r="BH9">
-        <v>220</v>
+        <v>266</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>76</v>
       </c>
       <c r="BN9" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>83</v>
       </c>
       <c r="BQ9" t="s">
         <v>76</v>
       </c>
       <c r="BR9">
         <v>7294</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C10">
         <v>2100061552</v>
       </c>
       <c r="D10">
         <v>587377</v>
       </c>
       <c r="E10">
         <v>451.26</v>
       </c>
       <c r="F10" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="I10">
         <v>115.19</v>
       </c>
       <c r="J10" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="K10" t="s">
         <v>72</v>
       </c>
       <c r="L10">
         <v>9933265845</v>
       </c>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>129</v>
       </c>
       <c r="N10" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="O10"/>
       <c r="P10">
         <v>18158453214</v>
       </c>
       <c r="Q10" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="R10" t="s">
         <v>76</v>
       </c>
       <c r="S10" t="s">
         <v>76</v>
       </c>
       <c r="T10" t="s">
         <v>77</v>
       </c>
       <c r="U10">
         <v>2100061552</v>
       </c>
       <c r="V10">
         <v>587377</v>
       </c>
       <c r="W10" t="s">
         <v>76</v>
       </c>
       <c r="X10">
         <v>451.26</v>
       </c>
       <c r="Y10">
         <v>20.6</v>
       </c>
       <c r="Z10" t="s">
         <v>76</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>78</v>
       </c>
       <c r="AC10" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="AD10">
         <v>18158453214</v>
       </c>
       <c r="AE10" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="AF10" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="AG10" t="s">
         <v>76</v>
       </c>
       <c r="AH10" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="AK10" t="s">
         <v>69</v>
       </c>
       <c r="AL10" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="AM10" t="s">
         <v>81</v>
       </c>
       <c r="AN10" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="AO10">
         <v>115.19</v>
       </c>
       <c r="AP10" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="AQ10" t="s">
         <v>83</v>
       </c>
       <c r="AR10" t="s">
         <v>84</v>
       </c>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>76</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10" t="s">
         <v>85</v>
       </c>
       <c r="AY10">
         <v>9933265845</v>
       </c>
       <c r="AZ10" t="s">
-        <v>74</v>
+        <v>129</v>
       </c>
       <c r="BA10" t="s">
         <v>123</v>
       </c>
       <c r="BB10" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="BC10" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="BD10" t="s">
         <v>76</v>
       </c>
       <c r="BE10" t="s">
         <v>76</v>
       </c>
       <c r="BF10" t="s">
         <v>76</v>
       </c>
       <c r="BG10" t="s">
-        <v>76</v>
+        <v>164</v>
       </c>
       <c r="BH10">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>76</v>
       </c>
       <c r="BN10" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>83</v>
       </c>
       <c r="BQ10" t="s">
         <v>76</v>
       </c>
       <c r="BR10">
         <v>9296</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C11">
         <v>2040061753</v>
       </c>
       <c r="D11">
         <v>587376</v>
       </c>
       <c r="E11">
         <v>220.63</v>
       </c>
       <c r="F11" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="I11">
         <v>55.2</v>
       </c>
       <c r="J11" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="K11" t="s">
         <v>72</v>
       </c>
       <c r="L11">
         <v>7101406336</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>119</v>
       </c>
       <c r="O11"/>
       <c r="P11">
         <v>15365583888</v>
       </c>
       <c r="Q11" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="R11" t="s">
         <v>76</v>
       </c>
       <c r="S11" t="s">
         <v>76</v>
       </c>
       <c r="T11" t="s">
         <v>77</v>
       </c>
       <c r="U11">
         <v>2040061753</v>
       </c>
       <c r="V11">
         <v>587376</v>
       </c>
       <c r="W11" t="s">
         <v>76</v>
       </c>
       <c r="X11">
         <v>220.63</v>
       </c>
       <c r="Y11">
         <v>20.6</v>
       </c>
       <c r="Z11" t="s">
         <v>76</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>78</v>
       </c>
       <c r="AC11" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="AD11">
         <v>15365583888</v>
       </c>
       <c r="AE11">
         <v>5558361100</v>
       </c>
       <c r="AF11">
         <v>5558361100</v>
       </c>
       <c r="AG11" t="s">
         <v>76</v>
       </c>
       <c r="AH11" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="AK11" t="s">
         <v>69</v>
       </c>
       <c r="AL11" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="AM11" t="s">
         <v>81</v>
       </c>
       <c r="AN11" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="AO11">
         <v>55.2</v>
       </c>
       <c r="AP11" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="AQ11" t="s">
         <v>83</v>
       </c>
       <c r="AR11" t="s">
         <v>84</v>
       </c>
       <c r="AS11"/>
       <c r="AT11" t="s">
         <v>76</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11" t="s">
         <v>85</v>
       </c>
       <c r="AY11">
         <v>7101406336</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11" t="s">
         <v>123</v>
       </c>
       <c r="BB11" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="BC11" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="BD11" t="s">
         <v>76</v>
       </c>
       <c r="BE11" t="s">
         <v>76</v>
       </c>
       <c r="BF11" t="s">
         <v>76</v>
       </c>
       <c r="BG11" t="s">
         <v>76</v>
       </c>
       <c r="BH11">
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>76</v>
       </c>
       <c r="BN11" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>83</v>
       </c>
       <c r="BQ11" t="s">
         <v>76</v>
       </c>
       <c r="BR11">
         <v>4545</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C12">
         <v>8460063198</v>
       </c>
       <c r="D12">
         <v>587402</v>
       </c>
       <c r="E12">
         <v>303.83</v>
       </c>
       <c r="F12" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G12" t="s">
         <v>69</v>
       </c>
       <c r="H12" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="I12">
         <v>94.99</v>
       </c>
       <c r="J12" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="K12" t="s">
         <v>72</v>
       </c>
       <c r="L12">
         <v>3067583761</v>
       </c>
       <c r="M12" t="s">
-        <v>171</v>
+        <v>129</v>
       </c>
       <c r="N12" t="s">
-        <v>172</v>
+        <v>130</v>
       </c>
       <c r="O12"/>
       <c r="P12">
         <v>7182186064</v>
       </c>
       <c r="Q12" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="R12" t="s">
         <v>76</v>
       </c>
       <c r="S12" t="s">
         <v>76</v>
       </c>
       <c r="T12" t="s">
         <v>77</v>
       </c>
       <c r="U12">
         <v>8460063198</v>
       </c>
       <c r="V12">
         <v>587402</v>
       </c>
       <c r="W12" t="s">
         <v>76</v>
       </c>
       <c r="X12">
         <v>303.83</v>
       </c>
       <c r="Y12">
         <v>20.6</v>
       </c>
       <c r="Z12" t="s">
         <v>76</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>78</v>
       </c>
       <c r="AC12" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="AD12">
         <v>7182186064</v>
       </c>
       <c r="AE12" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="AF12" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="AG12" t="s">
         <v>76</v>
       </c>
       <c r="AH12" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="AK12" t="s">
         <v>69</v>
       </c>
       <c r="AL12" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="AM12" t="s">
         <v>81</v>
       </c>
       <c r="AN12" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="AO12">
         <v>94.99</v>
       </c>
       <c r="AP12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="AQ12" t="s">
         <v>83</v>
       </c>
       <c r="AR12" t="s">
         <v>84</v>
       </c>
       <c r="AS12"/>
       <c r="AT12" t="s">
         <v>76</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12" t="s">
         <v>85</v>
       </c>
       <c r="AY12">
         <v>3067583761</v>
       </c>
       <c r="AZ12" t="s">
-        <v>171</v>
+        <v>129</v>
       </c>
       <c r="BA12" t="s">
         <v>123</v>
       </c>
       <c r="BB12" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="BC12" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="BD12" t="s">
         <v>76</v>
       </c>
       <c r="BE12" t="s">
         <v>76</v>
       </c>
       <c r="BF12" t="s">
         <v>76</v>
       </c>
       <c r="BG12" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="BH12">
         <v>223</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>76</v>
       </c>
       <c r="BN12" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>83</v>
       </c>
       <c r="BQ12" t="s">
         <v>76</v>
       </c>
       <c r="BR12">
         <v>6259</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C13">
         <v>3790065034</v>
       </c>
       <c r="D13">
         <v>587039</v>
       </c>
       <c r="E13">
         <v>291.31</v>
       </c>
       <c r="F13" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="I13">
         <v>89</v>
       </c>
       <c r="J13" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
       <c r="L13">
         <v>1026579960</v>
       </c>
       <c r="M13" t="s">
-        <v>171</v>
+        <v>129</v>
       </c>
       <c r="N13" t="s">
-        <v>172</v>
+        <v>130</v>
       </c>
       <c r="O13"/>
       <c r="P13">
         <v>10485257069</v>
       </c>
       <c r="Q13" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="R13" t="s">
         <v>76</v>
       </c>
       <c r="S13" t="s">
         <v>76</v>
       </c>
       <c r="T13" t="s">
         <v>77</v>
       </c>
       <c r="U13">
         <v>3790065034</v>
       </c>
       <c r="V13">
         <v>587039</v>
       </c>
       <c r="W13" t="s">
         <v>76</v>
       </c>
       <c r="X13">
         <v>291.31</v>
       </c>
       <c r="Y13">
         <v>20.6</v>
       </c>
       <c r="Z13" t="s">
         <v>76</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>78</v>
       </c>
       <c r="AC13" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="AD13">
         <v>10485257069</v>
       </c>
       <c r="AE13" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="AF13" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="AG13" t="s">
         <v>76</v>
       </c>
       <c r="AH13" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="AK13" t="s">
         <v>69</v>
       </c>
       <c r="AL13" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="AM13" t="s">
         <v>81</v>
       </c>
       <c r="AN13" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="AO13">
         <v>89</v>
       </c>
       <c r="AP13" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="AQ13" t="s">
         <v>83</v>
       </c>
       <c r="AR13" t="s">
         <v>84</v>
       </c>
       <c r="AS13"/>
       <c r="AT13" t="s">
         <v>76</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13" t="s">
         <v>85</v>
       </c>
       <c r="AY13">
         <v>1026579960</v>
       </c>
       <c r="AZ13" t="s">
-        <v>171</v>
+        <v>129</v>
       </c>
       <c r="BA13" t="s">
         <v>123</v>
       </c>
       <c r="BB13" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="BC13" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="BD13" t="s">
         <v>76</v>
       </c>
       <c r="BE13" t="s">
         <v>76</v>
       </c>
       <c r="BF13" t="s">
         <v>76</v>
       </c>
       <c r="BG13" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="BH13">
         <v>219</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>76</v>
       </c>
       <c r="BN13" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>83</v>
       </c>
       <c r="BQ13" t="s">
         <v>76</v>
       </c>
       <c r="BR13">
         <v>6001</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C14">
         <v>4170062785</v>
       </c>
       <c r="D14">
         <v>586858</v>
       </c>
       <c r="E14">
         <v>289.22</v>
       </c>
       <c r="F14" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="G14" t="s">
         <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I14">
         <v>87.99</v>
       </c>
       <c r="J14" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="K14" t="s">
         <v>72</v>
       </c>
       <c r="L14">
         <v>4891226314</v>
       </c>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14" t="s">
         <v>119</v>
       </c>
       <c r="O14"/>
       <c r="P14">
         <v>127728807</v>
       </c>
       <c r="Q14" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="R14" t="s">
         <v>76</v>
       </c>
       <c r="S14" t="s">
         <v>76</v>
       </c>
       <c r="T14" t="s">
         <v>77</v>
       </c>
       <c r="U14">
         <v>4170062785</v>
       </c>
       <c r="V14">
         <v>586858</v>
       </c>
       <c r="W14" t="s">
         <v>76</v>
       </c>
       <c r="X14">
         <v>289.22</v>
       </c>
       <c r="Y14">
         <v>20.6</v>
       </c>
       <c r="Z14" t="s">
         <v>76</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>78</v>
       </c>
       <c r="AC14" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="AD14">
         <v>127728807</v>
       </c>
       <c r="AE14" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="AF14" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="AG14" t="s">
         <v>76</v>
       </c>
       <c r="AH14" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="AK14" t="s">
         <v>69</v>
       </c>
       <c r="AL14" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="AM14" t="s">
         <v>81</v>
       </c>
       <c r="AN14" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="AO14">
         <v>87.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="AQ14" t="s">
         <v>83</v>
       </c>
       <c r="AR14" t="s">
         <v>84</v>
       </c>
       <c r="AS14"/>
       <c r="AT14" t="s">
         <v>76</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14" t="s">
         <v>85</v>
       </c>
       <c r="AY14">
         <v>4891226314</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14" t="s">
         <v>123</v>
       </c>
       <c r="BB14" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="BC14" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="BD14" t="s">
         <v>76</v>
       </c>
       <c r="BE14" t="s">
         <v>76</v>
       </c>
       <c r="BF14" t="s">
         <v>76</v>
       </c>
       <c r="BG14" t="s">
         <v>76</v>
       </c>
       <c r="BH14">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>76</v>
       </c>
       <c r="BN14" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>83</v>
       </c>
       <c r="BQ14" t="s">
         <v>76</v>
       </c>
       <c r="BR14">
         <v>5958</v>
       </c>
       <c r="BS14"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>