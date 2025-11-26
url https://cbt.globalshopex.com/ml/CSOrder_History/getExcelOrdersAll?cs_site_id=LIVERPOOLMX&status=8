--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2053">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2058">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -236,209 +236,224 @@
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>2025-03-27 03:17:33</t>
   </si>
   <si>
     <t>0850063356</t>
   </si>
   <si>
     <t>Mayra Trujillo</t>
   </si>
   <si>
     <t>MEXICO</t>
   </si>
   <si>
     <t>/11300023</t>
   </si>
   <si>
     <t>2025-03-27 00:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
+    <t>return_to_sender</t>
+  </si>
+  <si>
+    <t>dhl - Returned to shipper</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>REFUNDED</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>477-6906425</t>
+  </si>
+  <si>
+    <t>Calle:Marsella,Numero:208,</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/BB0005S-30006545-001</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-04-30 14:11:59</t>
+  </si>
+  <si>
+    <t>2025-11-05 17:46:47</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-03-27 15:20:50</t>
+  </si>
+  <si>
+    <t>2025-03-23 12:47:02</t>
+  </si>
+  <si>
+    <t>marie esperanza fong</t>
+  </si>
+  <si>
+    <t>/11298542</t>
+  </si>
+  <si>
+    <t>2025-03-24 00:00:00</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>dhl - Delivered</t>
+  </si>
+  <si>
+    <t>55-79759828</t>
+  </si>
+  <si>
+    <t>Calle:andres soler,Numero:24,</t>
+  </si>
+  <si>
+    <t>mexico</t>
+  </si>
+  <si>
+    <t>/VSPCD1A21</t>
+  </si>
+  <si>
+    <t>2025-04-21 11:42:33</t>
+  </si>
+  <si>
+    <t>2025-04-21 11:45:24</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:28:45</t>
+  </si>
+  <si>
+    <t>2025-03-24 13:18:22</t>
+  </si>
+  <si>
+    <t>2025-03-18 05:16:14</t>
+  </si>
+  <si>
+    <t>0760062861</t>
+  </si>
+  <si>
+    <t>JUAN CARLOS MARTINEZ ZAVALA</t>
+  </si>
+  <si>
+    <t>/11295154</t>
+  </si>
+  <si>
+    <t>2025-03-18 00:00:00</t>
+  </si>
+  <si>
     <t>tracking_code_created</t>
   </si>
   <si>
     <t>easypost</t>
   </si>
   <si>
-    <t>--</t>
-[...88 lines deleted...]
-  <si>
     <t>0065528014</t>
   </si>
   <si>
     <t>0192 LIV Liverpool Cuautla - Recoge en tu auto CAMINO REAL TETELCINGO 23</t>
   </si>
   <si>
     <t>CUAUTLA</t>
   </si>
   <si>
     <t>/VSPOQ1G21</t>
   </si>
   <si>
     <t>2025-04-21 12:03:48</t>
   </si>
   <si>
     <t>2025-03-18 19:28:38</t>
   </si>
   <si>
     <t>2025-03-17 08:26:45</t>
   </si>
   <si>
     <t>Cristian Alonso Almanza</t>
   </si>
   <si>
     <t>/11294558</t>
   </si>
   <si>
     <t>2025-03-17 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Galerías Celaya</t>
   </si>
   <si>
     <t>Las Compuertas Del Campestre</t>
   </si>
   <si>
     <t>/VSP1P1621</t>
   </si>
   <si>
     <t>2025-04-21 12:04:06</t>
   </si>
   <si>
+    <t>2025-10-27 18:25:48</t>
+  </si>
+  <si>
     <t>2025-03-17 22:10:29</t>
   </si>
   <si>
     <t>2025-02-13 12:48:23</t>
   </si>
   <si>
     <t>ANA HERNANDEZ</t>
   </si>
   <si>
     <t>/11274503</t>
   </si>
   <si>
     <t>2025-02-13 00:00:00</t>
   </si>
   <si>
-    <t>delivered</t>
-[...4 lines deleted...]
-  <si>
     <t>55-57954131</t>
   </si>
   <si>
     <t>Calle:LUCRECIA TORIS,Numero:43,</t>
   </si>
   <si>
     <t>/VSP1F2821</t>
   </si>
   <si>
     <t>2025-03-06 14:22:52</t>
   </si>
   <si>
     <t>2025-03-06 14:23:10</t>
   </si>
   <si>
     <t>2025-09-23 09:58:10</t>
   </si>
   <si>
     <t>2025-02-13 05:47:20</t>
   </si>
   <si>
     <t>2025-02-13 05:49:40</t>
   </si>
   <si>
     <t>0160060685</t>
@@ -575,80 +590,86 @@
   <si>
     <t xml:space="preserve">Oscar Alvarado </t>
   </si>
   <si>
     <t>/11272621</t>
   </si>
   <si>
     <t>444-3027074</t>
   </si>
   <si>
     <t>Calle:Cerro Del chopo ,Numero:204,</t>
   </si>
   <si>
     <t xml:space="preserve">San Luis Potosi </t>
   </si>
   <si>
     <t>/VSP263321</t>
   </si>
   <si>
     <t>2025-03-10 13:31:25</t>
   </si>
   <si>
     <t>2025-03-10 13:31:31</t>
   </si>
   <si>
+    <t>2025-10-17 10:39:55</t>
+  </si>
+  <si>
     <t>2025-02-10 14:20:36</t>
   </si>
   <si>
     <t>2025-02-10 03:55:08</t>
   </si>
   <si>
     <t>Alejandro Gonzalez</t>
   </si>
   <si>
     <t>/11272712</t>
   </si>
   <si>
     <t>81-44441199</t>
   </si>
   <si>
     <t>Calle:fuentes Del Valle ,Numero:469 Ote,</t>
   </si>
   <si>
     <t>san pedro garza garcia</t>
   </si>
   <si>
     <t>/VSPLD1321</t>
   </si>
   <si>
     <t>2025-03-10 13:32:32</t>
   </si>
   <si>
     <t>2025-03-10 13:32:45</t>
   </si>
   <si>
+    <t>2025-10-16 14:01:14</t>
+  </si>
+  <si>
     <t>2025-02-10 18:00:23</t>
   </si>
   <si>
     <t>2025-02-06 10:40:22</t>
   </si>
   <si>
     <t>0740060459</t>
   </si>
   <si>
     <t>Francisco javier Marquez</t>
   </si>
   <si>
     <t>/11270572</t>
   </si>
   <si>
     <t>2025-02-07 00:00:00</t>
   </si>
   <si>
     <t>33-12633265</t>
   </si>
   <si>
     <t>Calle:Arco de claudio,Numero:750,</t>
   </si>
   <si>
     <t>Zapopan</t>
@@ -3629,69 +3650,63 @@
   <si>
     <t>/VSPOQ2B21</t>
   </si>
   <si>
     <t>2025-04-10 13:45:18</t>
   </si>
   <si>
     <t>2025-04-10 13:45:32</t>
   </si>
   <si>
     <t>2024-11-19 19:35:59</t>
   </si>
   <si>
     <t>2024-10-28 09:21:29</t>
   </si>
   <si>
     <t>Nancy Paloma Meza</t>
   </si>
   <si>
     <t>/11195148</t>
   </si>
   <si>
     <t>2024-10-28 00:00:00</t>
   </si>
   <si>
-    <t>in_transit</t>
-[...4 lines deleted...]
-  <si>
     <t>Liverpool Mazatlán</t>
   </si>
   <si>
     <t>Col. Desarrollo Marina Mazatlán</t>
   </si>
   <si>
     <t>/VSPBH8521</t>
   </si>
   <si>
     <t>2024-11-05 07:50:26</t>
   </si>
   <si>
-    <t>2025-10-10 10:21:10</t>
+    <t>2025-10-15 10:26:27</t>
   </si>
   <si>
     <t>2024-10-28 22:21:54</t>
   </si>
   <si>
     <t>2024-10-23 11:14:26</t>
   </si>
   <si>
     <t xml:space="preserve">Claudia Ivonne  Balderas </t>
   </si>
   <si>
     <t>/11193128</t>
   </si>
   <si>
     <t>2024-10-24 00:00:00</t>
   </si>
   <si>
     <t>Calle:5 de febrero,Numero:40,</t>
   </si>
   <si>
     <t>Cdmx</t>
   </si>
   <si>
     <t>2024-10-29 14:02:29</t>
   </si>
@@ -5960,51 +5975,51 @@
   <si>
     <t>2024-04-10 17:25:36</t>
   </si>
   <si>
     <t>2024-04-09 08:33:29</t>
   </si>
   <si>
     <t>0570030009-A</t>
   </si>
   <si>
     <t>Mariana Vasquez</t>
   </si>
   <si>
     <t>/11091489</t>
   </si>
   <si>
     <t>Liverpool Oaxaca</t>
   </si>
   <si>
     <t>Agencia Municipal Candiani</t>
   </si>
   <si>
     <t>/VSPLD1421</t>
   </si>
   <si>
-    <t>2024-04-15 12:18:23</t>
+    <t>2024-04-16 09:23:31</t>
   </si>
   <si>
     <t>2024-04-15 12:19:43</t>
   </si>
   <si>
     <t>2024-04-10 17:25:32</t>
   </si>
   <si>
     <t>2024-04-04 10:39:59</t>
   </si>
   <si>
     <t>3640067928-A</t>
   </si>
   <si>
     <t>Ivette Teja</t>
   </si>
   <si>
     <t>/11089505</t>
   </si>
   <si>
     <t>2024-04-05 00:00:00</t>
   </si>
   <si>
     <t>2024-04-11 14:23:53</t>
   </si>
@@ -6164,51 +6179,51 @@
   <si>
     <t>2024-04-05 18:15:12</t>
   </si>
   <si>
     <t>2024-04-02 05:46:55</t>
   </si>
   <si>
     <t>3050029588-A</t>
   </si>
   <si>
     <t>Alejandro Mijares</t>
   </si>
   <si>
     <t>/11089404</t>
   </si>
   <si>
     <t>22-23490231</t>
   </si>
   <si>
     <t>Calle:Vista del Ángel,Numero:19,NumeroInt:A</t>
   </si>
   <si>
     <t>/VSPZQ1121</t>
   </si>
   <si>
-    <t>2024-04-10 17:19:02</t>
+    <t>2024-04-10 08:19:56</t>
   </si>
   <si>
     <t>2024-04-11 12:49:57</t>
   </si>
   <si>
     <t>2024-04-05 17:31:12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -6908,39311 +6923,39311 @@
       <c r="AY2">
         <v>3452555444</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>76</v>
       </c>
       <c r="BE2" t="s">
         <v>87</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="BH2">
-        <v>196</v>
+        <v>223</v>
       </c>
       <c r="BI2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>73</v>
       </c>
       <c r="BQ2" t="s">
         <v>76</v>
       </c>
       <c r="BR2">
         <v>5613</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C3">
         <v>6240063653</v>
       </c>
       <c r="D3">
         <v>588260</v>
       </c>
       <c r="E3">
         <v>228.54</v>
       </c>
       <c r="F3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I3">
         <v>58.99</v>
       </c>
       <c r="J3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3">
         <v>8226614572</v>
       </c>
       <c r="M3" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="N3" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="O3"/>
       <c r="P3">
         <v>30767604254</v>
       </c>
       <c r="Q3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="R3" t="s">
         <v>76</v>
       </c>
       <c r="S3" t="s">
         <v>76</v>
       </c>
       <c r="T3" t="s">
         <v>77</v>
       </c>
       <c r="U3">
         <v>6240063653</v>
       </c>
       <c r="V3">
         <v>588260</v>
       </c>
       <c r="W3" t="s">
         <v>76</v>
       </c>
       <c r="X3">
         <v>228.54</v>
       </c>
       <c r="Y3">
         <v>20.6</v>
       </c>
       <c r="Z3" t="s">
         <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>78</v>
       </c>
       <c r="AC3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AD3">
         <v>30767604254</v>
       </c>
       <c r="AE3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="AF3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="AG3" t="s">
         <v>76</v>
       </c>
       <c r="AH3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AM3" t="s">
         <v>82</v>
       </c>
       <c r="AN3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AO3">
         <v>58.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="AQ3" t="s">
         <v>73</v>
       </c>
       <c r="AR3" t="s">
         <v>84</v>
       </c>
       <c r="AS3">
         <v>880607888478</v>
       </c>
       <c r="AT3" t="s">
         <v>76</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
         <v>85</v>
       </c>
       <c r="AY3">
         <v>8226614572</v>
       </c>
       <c r="AZ3" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="BC3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="BD3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="BE3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="BH3">
-        <v>200</v>
+        <v>221</v>
       </c>
       <c r="BI3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>73</v>
       </c>
       <c r="BQ3" t="s">
         <v>76</v>
       </c>
       <c r="BR3">
         <v>4708</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C4" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D4">
         <v>588088</v>
       </c>
       <c r="E4">
         <v>236.94</v>
       </c>
       <c r="F4" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="I4">
         <v>63</v>
       </c>
       <c r="J4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4">
         <v>3394239494</v>
       </c>
       <c r="M4" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N4" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="Q4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="R4" t="s">
         <v>76</v>
       </c>
       <c r="S4" t="s">
         <v>76</v>
       </c>
       <c r="T4" t="s">
         <v>77</v>
       </c>
       <c r="U4" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="V4">
         <v>588088</v>
       </c>
       <c r="W4" t="s">
         <v>76</v>
       </c>
       <c r="X4">
         <v>236.94</v>
       </c>
       <c r="Y4">
         <v>20.6</v>
       </c>
       <c r="Z4" t="s">
         <v>76</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>78</v>
       </c>
       <c r="AC4" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="AD4" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="AE4">
         <v>7351677204</v>
       </c>
       <c r="AF4">
         <v>7351677204</v>
       </c>
       <c r="AG4" t="s">
         <v>76</v>
       </c>
       <c r="AH4" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="AM4" t="s">
         <v>82</v>
       </c>
       <c r="AN4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="AO4">
         <v>63</v>
       </c>
       <c r="AP4" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AQ4" t="s">
         <v>73</v>
       </c>
       <c r="AR4" t="s">
         <v>84</v>
       </c>
       <c r="AS4">
         <v>286582758293</v>
       </c>
       <c r="AT4" t="s">
         <v>76</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
         <v>85</v>
       </c>
       <c r="AY4">
         <v>3394239494</v>
       </c>
       <c r="AZ4" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA4" t="s">
         <v>86</v>
       </c>
       <c r="BB4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="BC4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>205</v>
+        <v>252</v>
       </c>
       <c r="BI4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>73</v>
       </c>
       <c r="BQ4" t="s">
         <v>76</v>
       </c>
       <c r="BR4">
         <v>4881</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C5">
         <v>1620062938</v>
       </c>
       <c r="D5">
         <v>588059</v>
       </c>
       <c r="E5">
         <v>354.03</v>
       </c>
       <c r="F5" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="I5">
         <v>118.99</v>
       </c>
       <c r="J5" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5">
         <v>6028527422</v>
       </c>
       <c r="M5" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="N5" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="O5"/>
       <c r="P5">
         <v>16759395637</v>
       </c>
       <c r="Q5" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="R5" t="s">
         <v>76</v>
       </c>
       <c r="S5" t="s">
         <v>76</v>
       </c>
       <c r="T5" t="s">
         <v>77</v>
       </c>
       <c r="U5">
         <v>1620062938</v>
       </c>
       <c r="V5">
         <v>588059</v>
       </c>
       <c r="W5" t="s">
         <v>76</v>
       </c>
       <c r="X5">
         <v>354.03</v>
       </c>
       <c r="Y5">
         <v>20.6</v>
       </c>
       <c r="Z5" t="s">
         <v>76</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>78</v>
       </c>
       <c r="AC5" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="AD5">
         <v>16759395637</v>
       </c>
       <c r="AE5">
         <v>4611598300</v>
       </c>
       <c r="AF5">
         <v>4611598300</v>
       </c>
       <c r="AG5" t="s">
         <v>76</v>
       </c>
       <c r="AH5" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="AM5" t="s">
         <v>82</v>
       </c>
       <c r="AN5" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="AO5">
         <v>118.99</v>
       </c>
       <c r="AP5" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="AQ5" t="s">
         <v>73</v>
       </c>
       <c r="AR5" t="s">
         <v>84</v>
       </c>
       <c r="AS5">
         <v>880607855042</v>
       </c>
       <c r="AT5" t="s">
         <v>76</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5" t="s">
         <v>85</v>
       </c>
       <c r="AY5">
         <v>6028527422</v>
       </c>
       <c r="AZ5" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="BC5" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
-        <v>76</v>
+        <v>126</v>
       </c>
       <c r="BH5">
-        <v>206</v>
+        <v>224</v>
       </c>
       <c r="BI5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>73</v>
       </c>
       <c r="BQ5" t="s">
         <v>76</v>
       </c>
       <c r="BR5">
         <v>7293</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="C6">
         <v>6620060499</v>
       </c>
       <c r="D6">
         <v>586895</v>
       </c>
       <c r="E6">
         <v>270.39</v>
       </c>
       <c r="F6" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="I6">
         <v>79</v>
       </c>
       <c r="J6" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6">
         <v>4143629965</v>
       </c>
       <c r="M6" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N6" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O6"/>
       <c r="P6">
         <v>347423229</v>
       </c>
       <c r="Q6" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="R6" t="s">
         <v>76</v>
       </c>
       <c r="S6" t="s">
         <v>76</v>
       </c>
       <c r="T6" t="s">
         <v>77</v>
       </c>
       <c r="U6">
         <v>6620060499</v>
       </c>
       <c r="V6">
         <v>586895</v>
       </c>
       <c r="W6" t="s">
         <v>76</v>
       </c>
       <c r="X6">
         <v>270.39</v>
       </c>
       <c r="Y6">
         <v>20.6</v>
       </c>
       <c r="Z6" t="s">
         <v>76</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>78</v>
       </c>
       <c r="AC6" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="AD6">
         <v>347423229</v>
       </c>
       <c r="AE6" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="AF6" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="AG6" t="s">
         <v>76</v>
       </c>
       <c r="AH6" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>70</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="AM6" t="s">
         <v>82</v>
       </c>
       <c r="AN6" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="AO6">
         <v>79</v>
       </c>
       <c r="AP6" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AQ6" t="s">
         <v>73</v>
       </c>
       <c r="AR6" t="s">
         <v>84</v>
       </c>
       <c r="AS6">
         <v>285403546787</v>
       </c>
       <c r="AT6" t="s">
         <v>76</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6" t="s">
         <v>85</v>
       </c>
       <c r="AY6">
         <v>4143629965</v>
       </c>
       <c r="AZ6" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="BC6" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="BD6" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="BE6" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="BH6">
         <v>221</v>
       </c>
       <c r="BI6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>73</v>
       </c>
       <c r="BQ6" t="s">
         <v>76</v>
       </c>
       <c r="BR6">
         <v>5570</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C7" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D7">
         <v>586903</v>
       </c>
       <c r="E7">
         <v>270.39</v>
       </c>
       <c r="F7" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="I7">
         <v>79</v>
       </c>
       <c r="J7" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7">
         <v>5109131742</v>
       </c>
       <c r="M7" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N7" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O7"/>
       <c r="P7">
         <v>347423229</v>
       </c>
       <c r="Q7" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="R7" t="s">
         <v>76</v>
       </c>
       <c r="S7" t="s">
         <v>76</v>
       </c>
       <c r="T7" t="s">
         <v>77</v>
       </c>
       <c r="U7" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="V7">
         <v>586903</v>
       </c>
       <c r="W7" t="s">
         <v>76</v>
       </c>
       <c r="X7">
         <v>270.39</v>
       </c>
       <c r="Y7">
         <v>20.6</v>
       </c>
       <c r="Z7" t="s">
         <v>76</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>78</v>
       </c>
       <c r="AC7" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="AD7">
         <v>347423229</v>
       </c>
       <c r="AE7" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="AF7" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="AG7" t="s">
         <v>76</v>
       </c>
       <c r="AH7" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
         <v>70</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="AM7" t="s">
         <v>82</v>
       </c>
       <c r="AN7" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="AO7">
         <v>79</v>
       </c>
       <c r="AP7" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AQ7" t="s">
         <v>73</v>
       </c>
       <c r="AR7" t="s">
         <v>84</v>
       </c>
       <c r="AS7">
         <v>285406129186</v>
       </c>
       <c r="AT7" t="s">
         <v>76</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7" t="s">
         <v>85</v>
       </c>
       <c r="AY7">
         <v>5109131742</v>
       </c>
       <c r="AZ7" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA7" t="s">
         <v>86</v>
       </c>
       <c r="BB7" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="BC7" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="BD7" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="BE7" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="BF7" t="s">
         <v>76</v>
       </c>
       <c r="BG7" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="BH7">
         <v>221</v>
       </c>
       <c r="BI7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>76</v>
       </c>
       <c r="BN7" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>73</v>
       </c>
       <c r="BQ7" t="s">
         <v>76</v>
       </c>
       <c r="BR7">
         <v>5570</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C8">
         <v>8640060253</v>
       </c>
       <c r="D8">
         <v>586875</v>
       </c>
       <c r="E8">
         <v>425.19</v>
       </c>
       <c r="F8" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="I8">
         <v>153</v>
       </c>
       <c r="J8" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8">
         <v>4891226126</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O8"/>
       <c r="P8">
         <v>3816015347</v>
       </c>
       <c r="Q8" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="R8" t="s">
         <v>76</v>
       </c>
       <c r="S8" t="s">
         <v>76</v>
       </c>
       <c r="T8" t="s">
         <v>77</v>
       </c>
       <c r="U8">
         <v>8640060253</v>
       </c>
       <c r="V8">
         <v>586875</v>
       </c>
       <c r="W8" t="s">
         <v>76</v>
       </c>
       <c r="X8">
         <v>425.19</v>
       </c>
       <c r="Y8">
         <v>20.6</v>
       </c>
       <c r="Z8" t="s">
         <v>76</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>78</v>
       </c>
       <c r="AC8" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="AD8">
         <v>3816015347</v>
       </c>
       <c r="AE8" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="AF8" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="AG8" t="s">
         <v>76</v>
       </c>
       <c r="AH8" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="AM8" t="s">
         <v>82</v>
       </c>
       <c r="AN8" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="AO8">
         <v>153</v>
       </c>
       <c r="AP8" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="AQ8" t="s">
         <v>73</v>
       </c>
       <c r="AR8" t="s">
         <v>84</v>
       </c>
       <c r="AS8">
         <v>285383518108</v>
       </c>
       <c r="AT8" t="s">
         <v>76</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
         <v>85</v>
       </c>
       <c r="AY8">
         <v>4891226126</v>
       </c>
       <c r="AZ8" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA8" t="s">
         <v>86</v>
       </c>
       <c r="BB8" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="BC8" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="BD8" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="BE8" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="BF8" t="s">
         <v>76</v>
       </c>
       <c r="BG8" t="s">
         <v>76</v>
       </c>
       <c r="BH8">
-        <v>239</v>
+        <v>286</v>
       </c>
       <c r="BI8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>76</v>
       </c>
       <c r="BN8" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>73</v>
       </c>
       <c r="BQ8" t="s">
         <v>76</v>
       </c>
       <c r="BR8">
         <v>8759</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C9">
         <v>7710060906</v>
       </c>
       <c r="D9">
         <v>586850</v>
       </c>
       <c r="E9">
         <v>220.63</v>
       </c>
       <c r="F9" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="I9">
         <v>55.2</v>
       </c>
       <c r="J9" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9">
         <v>4143630330</v>
       </c>
       <c r="M9" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N9" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="Q9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="R9" t="s">
         <v>76</v>
       </c>
       <c r="S9" t="s">
         <v>76</v>
       </c>
       <c r="T9" t="s">
         <v>77</v>
       </c>
       <c r="U9">
         <v>7710060906</v>
       </c>
       <c r="V9">
         <v>586850</v>
       </c>
       <c r="W9" t="s">
         <v>76</v>
       </c>
       <c r="X9">
         <v>220.63</v>
       </c>
       <c r="Y9">
         <v>20.6</v>
       </c>
       <c r="Z9" t="s">
         <v>76</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>78</v>
       </c>
       <c r="AC9" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="AD9" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="AE9">
         <v>4731710389</v>
       </c>
       <c r="AF9">
         <v>4731710389</v>
       </c>
       <c r="AG9" t="s">
         <v>76</v>
       </c>
       <c r="AH9" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="AM9" t="s">
         <v>82</v>
       </c>
       <c r="AN9" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="AO9">
         <v>55.2</v>
       </c>
       <c r="AP9" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="AQ9" t="s">
         <v>73</v>
       </c>
       <c r="AR9" t="s">
         <v>84</v>
       </c>
       <c r="AS9">
         <v>285339986194</v>
       </c>
       <c r="AT9" t="s">
         <v>76</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9" t="s">
         <v>85</v>
       </c>
       <c r="AY9">
         <v>4143630330</v>
       </c>
       <c r="AZ9" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA9" t="s">
         <v>86</v>
       </c>
       <c r="BB9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="BC9" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="BD9" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="BE9" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="BF9" t="s">
         <v>76</v>
       </c>
       <c r="BG9" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="BH9">
         <v>224</v>
       </c>
       <c r="BI9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>76</v>
       </c>
       <c r="BN9" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>73</v>
       </c>
       <c r="BQ9" t="s">
         <v>76</v>
       </c>
       <c r="BR9">
         <v>4545</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C10">
         <v>5080060581</v>
       </c>
       <c r="D10">
         <v>586820</v>
       </c>
       <c r="E10">
         <v>270.39</v>
       </c>
       <c r="F10" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="I10">
         <v>79</v>
       </c>
       <c r="J10" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10">
         <v>4085137571</v>
       </c>
       <c r="M10" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="Q10" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="R10" t="s">
         <v>76</v>
       </c>
       <c r="S10" t="s">
         <v>76</v>
       </c>
       <c r="T10" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U10">
         <v>5080060581</v>
       </c>
       <c r="V10">
         <v>586820</v>
       </c>
       <c r="W10" t="s">
         <v>76</v>
       </c>
       <c r="X10">
         <v>270.39</v>
       </c>
       <c r="Y10">
         <v>20.6</v>
       </c>
       <c r="Z10" t="s">
         <v>76</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>78</v>
       </c>
       <c r="AC10" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="AD10" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="AE10">
         <v>2283043593</v>
       </c>
       <c r="AF10">
         <v>2283043593</v>
       </c>
       <c r="AG10" t="s">
         <v>76</v>
       </c>
       <c r="AH10" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="AM10" t="s">
         <v>82</v>
       </c>
       <c r="AN10" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="AO10">
         <v>79</v>
       </c>
       <c r="AP10" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="AQ10" t="s">
         <v>73</v>
       </c>
       <c r="AR10" t="s">
         <v>84</v>
       </c>
       <c r="AS10">
         <v>285341404444</v>
       </c>
       <c r="AT10" t="s">
         <v>76</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10" t="s">
         <v>85</v>
       </c>
       <c r="AY10">
         <v>4085137571</v>
       </c>
       <c r="AZ10" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA10" t="s">
         <v>86</v>
       </c>
       <c r="BB10" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="BC10" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="BD10" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="BE10" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="BF10" t="s">
         <v>76</v>
       </c>
       <c r="BG10" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="BH10">
         <v>241</v>
       </c>
       <c r="BI10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>76</v>
       </c>
       <c r="BN10" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>73</v>
       </c>
       <c r="BQ10" t="s">
         <v>76</v>
       </c>
       <c r="BR10">
         <v>5570</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C11" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D11">
         <v>586786</v>
       </c>
       <c r="E11">
         <v>321.02</v>
       </c>
       <c r="F11" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="I11">
         <v>89.99</v>
       </c>
       <c r="J11" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
       <c r="L11">
         <v>1557269416</v>
       </c>
       <c r="M11" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="O11"/>
       <c r="P11">
         <v>22513424112</v>
       </c>
       <c r="Q11" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="R11" t="s">
         <v>76</v>
       </c>
       <c r="S11" t="s">
         <v>76</v>
       </c>
       <c r="T11" t="s">
         <v>77</v>
       </c>
       <c r="U11" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="V11">
         <v>586786</v>
       </c>
       <c r="W11" t="s">
         <v>76</v>
       </c>
       <c r="X11">
         <v>321.02</v>
       </c>
       <c r="Y11">
         <v>20.6</v>
       </c>
       <c r="Z11" t="s">
         <v>76</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>78</v>
       </c>
       <c r="AC11" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="AD11">
         <v>22513424112</v>
       </c>
       <c r="AE11" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="AF11" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="AG11" t="s">
         <v>76</v>
       </c>
       <c r="AH11" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="AM11" t="s">
         <v>82</v>
       </c>
       <c r="AN11" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="AO11">
         <v>89.99</v>
       </c>
       <c r="AP11" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="AQ11" t="s">
         <v>73</v>
       </c>
       <c r="AR11" t="s">
         <v>84</v>
       </c>
       <c r="AS11">
         <v>285285774776</v>
       </c>
       <c r="AT11" t="s">
         <v>76</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11" t="s">
         <v>85</v>
       </c>
       <c r="AY11">
         <v>1557269416</v>
       </c>
       <c r="AZ11" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="BA11" t="s">
         <v>86</v>
       </c>
       <c r="BB11" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="BC11" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="BD11" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="BE11" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="BF11" t="s">
         <v>76</v>
       </c>
       <c r="BG11" t="s">
-        <v>76</v>
+        <v>192</v>
       </c>
       <c r="BH11">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="BI11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>76</v>
       </c>
       <c r="BN11" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
         <v>73</v>
       </c>
       <c r="BQ11" t="s">
         <v>76</v>
       </c>
       <c r="BR11">
         <v>6613</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C12">
         <v>4930060123</v>
       </c>
       <c r="D12">
         <v>586807</v>
       </c>
       <c r="E12">
         <v>308.06</v>
       </c>
       <c r="F12" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="I12">
         <v>96.99</v>
       </c>
       <c r="J12" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12">
         <v>1557270551</v>
       </c>
       <c r="M12" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="N12" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="O12"/>
       <c r="P12">
         <v>30200958726</v>
       </c>
       <c r="Q12" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="R12" t="s">
         <v>76</v>
       </c>
       <c r="S12" t="s">
         <v>76</v>
       </c>
       <c r="T12" t="s">
         <v>77</v>
       </c>
       <c r="U12">
         <v>4930060123</v>
       </c>
       <c r="V12">
         <v>586807</v>
       </c>
       <c r="W12" t="s">
         <v>76</v>
       </c>
       <c r="X12">
         <v>308.06</v>
       </c>
       <c r="Y12">
         <v>20.6</v>
       </c>
       <c r="Z12" t="s">
         <v>76</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>78</v>
       </c>
       <c r="AC12" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="AD12">
         <v>30200958726</v>
       </c>
       <c r="AE12" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="AF12" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="AG12" t="s">
         <v>76</v>
       </c>
       <c r="AH12" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="AM12" t="s">
         <v>82</v>
       </c>
       <c r="AN12" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="AO12">
         <v>96.99</v>
       </c>
       <c r="AP12" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AQ12" t="s">
         <v>73</v>
       </c>
       <c r="AR12" t="s">
         <v>84</v>
       </c>
       <c r="AS12">
         <v>771993216627</v>
       </c>
       <c r="AT12" t="s">
         <v>76</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12" t="s">
         <v>85</v>
       </c>
       <c r="AY12">
         <v>1557270551</v>
       </c>
       <c r="AZ12" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="BA12" t="s">
         <v>86</v>
       </c>
       <c r="BB12" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="BC12" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="BD12" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="BE12" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="BF12" t="s">
         <v>76</v>
       </c>
       <c r="BG12" t="s">
-        <v>76</v>
+        <v>203</v>
       </c>
       <c r="BH12">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="BI12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>76</v>
       </c>
       <c r="BN12" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
         <v>73</v>
       </c>
       <c r="BQ12" t="s">
         <v>76</v>
       </c>
       <c r="BR12">
         <v>6346</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C13" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="D13">
         <v>586663</v>
       </c>
       <c r="E13">
         <v>322.67</v>
       </c>
       <c r="F13" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="I13">
         <v>103.99</v>
       </c>
       <c r="J13" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13">
         <v>6109302743</v>
       </c>
       <c r="M13" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O13"/>
       <c r="P13">
         <v>10652907855</v>
       </c>
       <c r="Q13" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="R13" t="s">
         <v>76</v>
       </c>
       <c r="S13" t="s">
         <v>76</v>
       </c>
       <c r="T13" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U13" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="V13">
         <v>586663</v>
       </c>
       <c r="W13" t="s">
         <v>76</v>
       </c>
       <c r="X13">
         <v>322.67</v>
       </c>
       <c r="Y13">
         <v>20.6</v>
       </c>
       <c r="Z13" t="s">
         <v>76</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>78</v>
       </c>
       <c r="AC13" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="AD13">
         <v>10652907855</v>
       </c>
       <c r="AE13" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="AF13" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="AG13" t="s">
         <v>76</v>
       </c>
       <c r="AH13" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="AM13" t="s">
         <v>82</v>
       </c>
       <c r="AN13" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="AO13">
         <v>103.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="AQ13" t="s">
         <v>73</v>
       </c>
       <c r="AR13" t="s">
         <v>84</v>
       </c>
       <c r="AS13">
         <v>771992305648</v>
       </c>
       <c r="AT13" t="s">
         <v>76</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13" t="s">
         <v>85</v>
       </c>
       <c r="AY13">
         <v>6109302743</v>
       </c>
       <c r="AZ13" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA13" t="s">
         <v>86</v>
       </c>
       <c r="BB13" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="BC13" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="BD13" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="BE13" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="BF13" t="s">
         <v>76</v>
       </c>
       <c r="BG13" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="BH13">
         <v>221</v>
       </c>
       <c r="BI13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>76</v>
       </c>
       <c r="BN13" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>73</v>
       </c>
       <c r="BQ13" t="s">
         <v>76</v>
       </c>
       <c r="BR13">
         <v>6647</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="C14" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="D14">
         <v>586657</v>
       </c>
       <c r="E14">
         <v>308.06</v>
       </c>
       <c r="F14" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="I14">
         <v>96.99</v>
       </c>
       <c r="J14" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="K14" t="s">
         <v>73</v>
       </c>
       <c r="L14">
         <v>4684765901</v>
       </c>
       <c r="M14" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N14" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O14"/>
       <c r="P14">
         <v>19431983657</v>
       </c>
       <c r="Q14" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="R14" t="s">
         <v>76</v>
       </c>
       <c r="S14" t="s">
         <v>76</v>
       </c>
       <c r="T14" t="s">
         <v>77</v>
       </c>
       <c r="U14" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="V14">
         <v>586657</v>
       </c>
       <c r="W14" t="s">
         <v>76</v>
       </c>
       <c r="X14">
         <v>308.06</v>
       </c>
       <c r="Y14">
         <v>20.6</v>
       </c>
       <c r="Z14" t="s">
         <v>76</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>78</v>
       </c>
       <c r="AC14" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="AD14">
         <v>19431983657</v>
       </c>
       <c r="AE14" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="AF14" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="AG14" t="s">
         <v>76</v>
       </c>
       <c r="AH14" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="AM14" t="s">
         <v>82</v>
       </c>
       <c r="AN14" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="AO14">
         <v>96.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AQ14" t="s">
         <v>73</v>
       </c>
       <c r="AR14" t="s">
         <v>84</v>
       </c>
       <c r="AS14">
         <v>285171750769</v>
       </c>
       <c r="AT14" t="s">
         <v>76</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14" t="s">
         <v>85</v>
       </c>
       <c r="AY14">
         <v>4684765901</v>
       </c>
       <c r="AZ14" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA14" t="s">
         <v>86</v>
       </c>
       <c r="BB14" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="BC14" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="BD14" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="BE14" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="BF14" t="s">
         <v>76</v>
       </c>
       <c r="BG14" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="BH14">
         <v>246</v>
       </c>
       <c r="BI14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>76</v>
       </c>
       <c r="BN14" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>73</v>
       </c>
       <c r="BQ14" t="s">
         <v>76</v>
       </c>
       <c r="BR14">
         <v>6346</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="C15">
         <v>8200059949</v>
       </c>
       <c r="D15">
         <v>586619</v>
       </c>
       <c r="E15">
         <v>291.31</v>
       </c>
       <c r="F15" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="I15">
         <v>89</v>
       </c>
       <c r="J15" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="K15" t="s">
         <v>73</v>
       </c>
       <c r="L15">
         <v>2076568896</v>
       </c>
       <c r="M15" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N15" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O15"/>
       <c r="P15">
         <v>28953755049</v>
       </c>
       <c r="Q15" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="R15" t="s">
         <v>76</v>
       </c>
       <c r="S15" t="s">
         <v>76</v>
       </c>
       <c r="T15" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U15">
         <v>8200059949</v>
       </c>
       <c r="V15">
         <v>586619</v>
       </c>
       <c r="W15" t="s">
         <v>76</v>
       </c>
       <c r="X15">
         <v>291.31</v>
       </c>
       <c r="Y15">
         <v>20.6</v>
       </c>
       <c r="Z15" t="s">
         <v>76</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>78</v>
       </c>
       <c r="AC15" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="AD15">
         <v>28953755049</v>
       </c>
       <c r="AE15">
         <v>2226893600</v>
       </c>
       <c r="AF15">
         <v>2226893600</v>
       </c>
       <c r="AG15" t="s">
         <v>76</v>
       </c>
       <c r="AH15" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="AM15" t="s">
         <v>82</v>
       </c>
       <c r="AN15" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="AO15">
         <v>89</v>
       </c>
       <c r="AP15" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="AQ15" t="s">
         <v>73</v>
       </c>
       <c r="AR15" t="s">
         <v>84</v>
       </c>
       <c r="AS15">
         <v>285139464065</v>
       </c>
       <c r="AT15" t="s">
         <v>76</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15" t="s">
         <v>85</v>
       </c>
       <c r="AY15">
         <v>2076568896</v>
       </c>
       <c r="AZ15" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA15" t="s">
         <v>86</v>
       </c>
       <c r="BB15" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="BC15" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="BD15" t="s">
         <v>76</v>
       </c>
       <c r="BE15" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="BF15" t="s">
         <v>76</v>
       </c>
       <c r="BG15" t="s">
         <v>76</v>
       </c>
       <c r="BH15">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="BI15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>76</v>
       </c>
       <c r="BN15" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>73</v>
       </c>
       <c r="BQ15" t="s">
         <v>76</v>
       </c>
       <c r="BR15">
         <v>6001</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C16">
         <v>7950060116</v>
       </c>
       <c r="D16">
         <v>586618</v>
       </c>
       <c r="E16">
         <v>314.32</v>
       </c>
       <c r="F16" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="I16">
         <v>99.99</v>
       </c>
       <c r="J16" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="K16" t="s">
         <v>73</v>
       </c>
       <c r="L16">
         <v>9509410853</v>
       </c>
       <c r="M16" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N16" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O16"/>
       <c r="P16">
         <v>2396650774</v>
       </c>
       <c r="Q16" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="R16" t="s">
         <v>76</v>
       </c>
       <c r="S16" t="s">
         <v>76</v>
       </c>
       <c r="T16" t="s">
         <v>77</v>
       </c>
       <c r="U16">
         <v>7950060116</v>
       </c>
       <c r="V16">
         <v>586618</v>
       </c>
       <c r="W16" t="s">
         <v>76</v>
       </c>
       <c r="X16">
         <v>314.32</v>
       </c>
       <c r="Y16">
         <v>20.6</v>
       </c>
       <c r="Z16" t="s">
         <v>76</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>78</v>
       </c>
       <c r="AC16" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="AD16">
         <v>2396650774</v>
       </c>
       <c r="AE16" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="AF16" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="AG16" t="s">
         <v>76</v>
       </c>
       <c r="AH16" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="AM16" t="s">
         <v>82</v>
       </c>
       <c r="AN16" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="AO16">
         <v>99.99</v>
       </c>
       <c r="AP16" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="AQ16" t="s">
         <v>73</v>
       </c>
       <c r="AR16" t="s">
         <v>84</v>
       </c>
       <c r="AS16">
         <v>285139352231</v>
       </c>
       <c r="AT16" t="s">
         <v>76</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16" t="s">
         <v>85</v>
       </c>
       <c r="AY16">
         <v>9509410853</v>
       </c>
       <c r="AZ16" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA16" t="s">
         <v>86</v>
       </c>
       <c r="BB16" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="BC16" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="BD16" t="s">
         <v>76</v>
       </c>
       <c r="BE16" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="BF16" t="s">
         <v>76</v>
       </c>
       <c r="BG16" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="BH16">
         <v>229</v>
       </c>
       <c r="BI16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>76</v>
       </c>
       <c r="BN16" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>73</v>
       </c>
       <c r="BQ16" t="s">
         <v>76</v>
       </c>
       <c r="BR16">
         <v>6475</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C17">
         <v>4200060319</v>
       </c>
       <c r="D17">
         <v>586513</v>
       </c>
       <c r="E17">
         <v>272.48</v>
       </c>
       <c r="F17" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="I17">
         <v>79.99</v>
       </c>
       <c r="J17" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="K17" t="s">
         <v>73</v>
       </c>
       <c r="L17">
         <v>2076567581</v>
       </c>
       <c r="M17" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N17" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O17"/>
       <c r="P17">
         <v>22083167895</v>
       </c>
       <c r="Q17" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="R17" t="s">
         <v>76</v>
       </c>
       <c r="S17" t="s">
         <v>76</v>
       </c>
       <c r="T17" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U17">
         <v>4200060319</v>
       </c>
       <c r="V17">
         <v>586513</v>
       </c>
       <c r="W17" t="s">
         <v>76</v>
       </c>
       <c r="X17">
         <v>272.48</v>
       </c>
       <c r="Y17">
         <v>20.6</v>
       </c>
       <c r="Z17" t="s">
         <v>76</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>78</v>
       </c>
       <c r="AC17" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="AD17">
         <v>22083167895</v>
       </c>
       <c r="AE17">
         <v>2281411100</v>
       </c>
       <c r="AF17">
         <v>2281411100</v>
       </c>
       <c r="AG17" t="s">
         <v>76</v>
       </c>
       <c r="AH17" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="AM17" t="s">
         <v>82</v>
       </c>
       <c r="AN17" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="AO17">
         <v>79.99</v>
       </c>
       <c r="AP17" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ17" t="s">
         <v>73</v>
       </c>
       <c r="AR17" t="s">
         <v>84</v>
       </c>
       <c r="AS17">
         <v>285072514048</v>
       </c>
       <c r="AT17" t="s">
         <v>76</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17" t="s">
         <v>85</v>
       </c>
       <c r="AY17">
         <v>2076567581</v>
       </c>
       <c r="AZ17" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA17" t="s">
         <v>86</v>
       </c>
       <c r="BB17" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="BC17" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="BD17" t="s">
         <v>76</v>
       </c>
       <c r="BE17" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="BF17" t="s">
         <v>76</v>
       </c>
       <c r="BG17" t="s">
         <v>76</v>
       </c>
       <c r="BH17">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="BI17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>76</v>
       </c>
       <c r="BN17" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>73</v>
       </c>
       <c r="BQ17" t="s">
         <v>76</v>
       </c>
       <c r="BR17">
         <v>5613</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C18">
         <v>2840060003</v>
       </c>
       <c r="D18">
         <v>586508</v>
       </c>
       <c r="E18">
         <v>312.23</v>
       </c>
       <c r="F18" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="I18">
         <v>99</v>
       </c>
       <c r="J18" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="K18" t="s">
         <v>73</v>
       </c>
       <c r="L18">
         <v>2523734010</v>
       </c>
       <c r="M18" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N18" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="Q18" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="R18" t="s">
         <v>76</v>
       </c>
       <c r="S18" t="s">
         <v>76</v>
       </c>
       <c r="T18" t="s">
         <v>77</v>
       </c>
       <c r="U18">
         <v>2840060003</v>
       </c>
       <c r="V18">
         <v>586508</v>
       </c>
       <c r="W18" t="s">
         <v>76</v>
       </c>
       <c r="X18">
         <v>312.23</v>
       </c>
       <c r="Y18">
         <v>20.6</v>
       </c>
       <c r="Z18" t="s">
         <v>76</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>78</v>
       </c>
       <c r="AC18" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="AD18" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="AE18">
         <v>6672717884</v>
       </c>
       <c r="AF18">
         <v>6672717884</v>
       </c>
       <c r="AG18" t="s">
         <v>76</v>
       </c>
       <c r="AH18" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="AM18" t="s">
         <v>82</v>
       </c>
       <c r="AN18" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="AO18">
         <v>99</v>
       </c>
       <c r="AP18" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ18" t="s">
         <v>73</v>
       </c>
       <c r="AR18" t="s">
         <v>84</v>
       </c>
       <c r="AS18">
         <v>771872609154</v>
       </c>
       <c r="AT18" t="s">
         <v>76</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18" t="s">
         <v>85</v>
       </c>
       <c r="AY18">
         <v>2523734010</v>
       </c>
       <c r="AZ18" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA18" t="s">
         <v>86</v>
       </c>
       <c r="BB18" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="BC18" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="BD18" t="s">
         <v>76</v>
       </c>
       <c r="BE18" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="BF18" t="s">
         <v>76</v>
       </c>
       <c r="BG18" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="BH18">
         <v>227</v>
       </c>
       <c r="BI18" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>76</v>
       </c>
       <c r="BN18" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>73</v>
       </c>
       <c r="BQ18" t="s">
         <v>76</v>
       </c>
       <c r="BR18">
         <v>6432</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C19">
         <v>4900059919</v>
       </c>
       <c r="D19">
         <v>586427</v>
       </c>
       <c r="E19">
         <v>236.94</v>
       </c>
       <c r="F19" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="I19">
         <v>63</v>
       </c>
       <c r="J19" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="K19" t="s">
         <v>73</v>
       </c>
       <c r="L19">
         <v>9509409722</v>
       </c>
       <c r="M19" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N19" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O19"/>
       <c r="P19">
         <v>4217384443</v>
       </c>
       <c r="Q19" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="R19" t="s">
         <v>76</v>
       </c>
       <c r="S19" t="s">
         <v>76</v>
       </c>
       <c r="T19" t="s">
         <v>77</v>
       </c>
       <c r="U19">
         <v>4900059919</v>
       </c>
       <c r="V19">
         <v>586427</v>
       </c>
       <c r="W19" t="s">
         <v>76</v>
       </c>
       <c r="X19">
         <v>236.94</v>
       </c>
       <c r="Y19">
         <v>20.6</v>
       </c>
       <c r="Z19" t="s">
         <v>76</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>78</v>
       </c>
       <c r="AC19" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="AD19">
         <v>4217384443</v>
       </c>
       <c r="AE19">
         <v>4448264800</v>
       </c>
       <c r="AF19">
         <v>4448264800</v>
       </c>
       <c r="AG19" t="s">
         <v>76</v>
       </c>
       <c r="AH19" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="AM19" t="s">
         <v>82</v>
       </c>
       <c r="AN19" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="AO19">
         <v>63</v>
       </c>
       <c r="AP19" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AQ19" t="s">
         <v>73</v>
       </c>
       <c r="AR19" t="s">
         <v>84</v>
       </c>
       <c r="AS19">
         <v>285025669751</v>
       </c>
       <c r="AT19" t="s">
         <v>76</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19" t="s">
         <v>85</v>
       </c>
       <c r="AY19">
         <v>9509409722</v>
       </c>
       <c r="AZ19" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA19" t="s">
         <v>86</v>
       </c>
       <c r="BB19" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="BC19" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="BD19" t="s">
         <v>76</v>
       </c>
       <c r="BE19" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="BF19" t="s">
         <v>76</v>
       </c>
       <c r="BG19" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="BH19">
         <v>233</v>
       </c>
       <c r="BI19" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>76</v>
       </c>
       <c r="BN19" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>73</v>
       </c>
       <c r="BQ19" t="s">
         <v>76</v>
       </c>
       <c r="BR19">
         <v>4881</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="C20">
         <v>4300059654</v>
       </c>
       <c r="D20">
         <v>586425</v>
       </c>
       <c r="E20">
         <v>274.56</v>
       </c>
       <c r="F20" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="I20">
         <v>80.99</v>
       </c>
       <c r="J20" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="K20" t="s">
         <v>73</v>
       </c>
       <c r="L20">
         <v>9509409206</v>
       </c>
       <c r="M20" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N20" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O20"/>
       <c r="P20">
         <v>19273859074</v>
       </c>
       <c r="Q20" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="R20" t="s">
         <v>76</v>
       </c>
       <c r="S20" t="s">
         <v>76</v>
       </c>
       <c r="T20" t="s">
         <v>77</v>
       </c>
       <c r="U20">
         <v>4300059654</v>
       </c>
       <c r="V20">
         <v>586425</v>
       </c>
       <c r="W20" t="s">
         <v>76</v>
       </c>
       <c r="X20">
         <v>274.56</v>
       </c>
       <c r="Y20">
         <v>20.6</v>
       </c>
       <c r="Z20" t="s">
         <v>76</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>78</v>
       </c>
       <c r="AC20" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="AD20">
         <v>19273859074</v>
       </c>
       <c r="AE20" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="AF20" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="AG20" t="s">
         <v>76</v>
       </c>
       <c r="AH20" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="AM20" t="s">
         <v>82</v>
       </c>
       <c r="AN20" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="AO20">
         <v>80.99</v>
       </c>
       <c r="AP20" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="AQ20" t="s">
         <v>73</v>
       </c>
       <c r="AR20" t="s">
         <v>84</v>
       </c>
       <c r="AS20">
         <v>771847851299</v>
       </c>
       <c r="AT20" t="s">
         <v>76</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20" t="s">
         <v>85</v>
       </c>
       <c r="AY20">
         <v>9509409206</v>
       </c>
       <c r="AZ20" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA20" t="s">
         <v>86</v>
       </c>
       <c r="BB20" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="BC20" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="BD20" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="BE20" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="BF20" t="s">
         <v>76</v>
       </c>
       <c r="BG20" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="BH20">
         <v>232</v>
       </c>
       <c r="BI20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>76</v>
       </c>
       <c r="BN20" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>73</v>
       </c>
       <c r="BQ20" t="s">
         <v>76</v>
       </c>
       <c r="BR20">
         <v>5656</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C21">
         <v>2530060434</v>
       </c>
       <c r="D21">
         <v>586376</v>
       </c>
       <c r="E21">
         <v>289.22</v>
       </c>
       <c r="F21" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="I21">
         <v>87.99</v>
       </c>
       <c r="J21" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="K21" t="s">
         <v>73</v>
       </c>
       <c r="L21">
         <v>2076566096</v>
       </c>
       <c r="M21" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N21" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="Q21" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="R21" t="s">
         <v>76</v>
       </c>
       <c r="S21" t="s">
         <v>76</v>
       </c>
       <c r="T21" t="s">
         <v>77</v>
       </c>
       <c r="U21">
         <v>2530060434</v>
       </c>
       <c r="V21">
         <v>586376</v>
       </c>
       <c r="W21" t="s">
         <v>76</v>
       </c>
       <c r="X21">
         <v>289.22</v>
       </c>
       <c r="Y21">
         <v>20.6</v>
       </c>
       <c r="Z21" t="s">
         <v>76</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>78</v>
       </c>
       <c r="AC21" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="AD21" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="AE21">
         <v>3317245397</v>
       </c>
       <c r="AF21">
         <v>3317245397</v>
       </c>
       <c r="AG21" t="s">
         <v>76</v>
       </c>
       <c r="AH21" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="AM21" t="s">
         <v>82</v>
       </c>
       <c r="AN21" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="AO21">
         <v>87.99</v>
       </c>
       <c r="AP21" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="AQ21" t="s">
         <v>73</v>
       </c>
       <c r="AR21" t="s">
         <v>84</v>
       </c>
       <c r="AS21">
         <v>771847713825</v>
       </c>
       <c r="AT21" t="s">
         <v>76</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21" t="s">
         <v>85</v>
       </c>
       <c r="AY21">
         <v>2076566096</v>
       </c>
       <c r="AZ21" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA21" t="s">
         <v>86</v>
       </c>
       <c r="BB21" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="BC21" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="BD21" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="BE21" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="BF21" t="s">
         <v>76</v>
       </c>
       <c r="BG21" t="s">
         <v>76</v>
       </c>
       <c r="BH21">
-        <v>250</v>
+        <v>297</v>
       </c>
       <c r="BI21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>76</v>
       </c>
       <c r="BN21" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>73</v>
       </c>
       <c r="BQ21" t="s">
         <v>76</v>
       </c>
       <c r="BR21">
         <v>5958</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="C22">
         <v>8810059530</v>
       </c>
       <c r="D22">
         <v>586417</v>
       </c>
       <c r="E22">
         <v>333.16</v>
       </c>
       <c r="F22" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="I22">
         <v>109</v>
       </c>
       <c r="J22" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="K22" t="s">
         <v>73</v>
       </c>
       <c r="L22">
         <v>9509408871</v>
       </c>
       <c r="M22" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="N22" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="O22"/>
       <c r="P22">
         <v>10414255029</v>
       </c>
       <c r="Q22" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="R22" t="s">
         <v>76</v>
       </c>
       <c r="S22" t="s">
         <v>76</v>
       </c>
       <c r="T22" t="s">
         <v>77</v>
       </c>
       <c r="U22">
         <v>8810059530</v>
       </c>
       <c r="V22">
         <v>586417</v>
       </c>
       <c r="W22" t="s">
         <v>76</v>
       </c>
       <c r="X22">
         <v>333.16</v>
       </c>
       <c r="Y22">
         <v>20.6</v>
       </c>
       <c r="Z22" t="s">
         <v>76</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>78</v>
       </c>
       <c r="AC22" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="AD22">
         <v>10414255029</v>
       </c>
       <c r="AE22" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="AF22" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="AG22" t="s">
         <v>76</v>
       </c>
       <c r="AH22" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="AM22" t="s">
         <v>82</v>
       </c>
       <c r="AN22" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="AO22">
         <v>109</v>
       </c>
       <c r="AP22" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="AQ22" t="s">
         <v>73</v>
       </c>
       <c r="AR22" t="s">
         <v>84</v>
       </c>
       <c r="AS22">
         <v>285025780303</v>
       </c>
       <c r="AT22" t="s">
         <v>76</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22" t="s">
         <v>85</v>
       </c>
       <c r="AY22">
         <v>9509408871</v>
       </c>
       <c r="AZ22" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="BA22" t="s">
         <v>86</v>
       </c>
       <c r="BB22" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="BC22" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="BD22" t="s">
         <v>76</v>
       </c>
       <c r="BE22" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="BF22" t="s">
         <v>76</v>
       </c>
       <c r="BG22" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="BH22">
         <v>230</v>
       </c>
       <c r="BI22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>76</v>
       </c>
       <c r="BN22" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>73</v>
       </c>
       <c r="BQ22" t="s">
         <v>76</v>
       </c>
       <c r="BR22">
         <v>6863</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C23">
         <v>1490059643</v>
       </c>
       <c r="D23">
         <v>586370</v>
       </c>
       <c r="E23">
         <v>291.31</v>
       </c>
       <c r="F23" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="I23">
         <v>89</v>
       </c>
       <c r="J23" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="K23" t="s">
         <v>73</v>
       </c>
       <c r="L23">
         <v>2523735480</v>
       </c>
       <c r="M23" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N23" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O23"/>
       <c r="P23">
         <v>19742046631</v>
       </c>
       <c r="Q23" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="R23" t="s">
         <v>76</v>
       </c>
       <c r="S23" t="s">
         <v>76</v>
       </c>
       <c r="T23" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U23">
         <v>1490059643</v>
       </c>
       <c r="V23">
         <v>586370</v>
       </c>
       <c r="W23" t="s">
         <v>76</v>
       </c>
       <c r="X23">
         <v>291.31</v>
       </c>
       <c r="Y23">
         <v>20.6</v>
       </c>
       <c r="Z23" t="s">
         <v>76</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>78</v>
       </c>
       <c r="AC23" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="AD23">
         <v>19742046631</v>
       </c>
       <c r="AE23" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="AF23" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="AG23" t="s">
         <v>76</v>
       </c>
       <c r="AH23" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="AM23" t="s">
         <v>82</v>
       </c>
       <c r="AN23" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="AO23">
         <v>89</v>
       </c>
       <c r="AP23" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="AQ23" t="s">
         <v>73</v>
       </c>
       <c r="AR23" t="s">
         <v>84</v>
       </c>
       <c r="AS23">
         <v>285052879935</v>
       </c>
       <c r="AT23" t="s">
         <v>76</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23" t="s">
         <v>85</v>
       </c>
       <c r="AY23">
         <v>2523735480</v>
       </c>
       <c r="AZ23" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA23" t="s">
         <v>86</v>
       </c>
       <c r="BB23" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="BC23" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="BD23" t="s">
         <v>76</v>
       </c>
       <c r="BE23" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="BF23" t="s">
         <v>76</v>
       </c>
       <c r="BG23" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="BH23">
         <v>230</v>
       </c>
       <c r="BI23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>76</v>
       </c>
       <c r="BN23" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>73</v>
       </c>
       <c r="BQ23" t="s">
         <v>76</v>
       </c>
       <c r="BR23">
         <v>6001</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="C24">
         <v>2360059693</v>
       </c>
       <c r="D24">
         <v>586102</v>
       </c>
       <c r="E24">
         <v>237.38</v>
       </c>
       <c r="F24" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="I24">
         <v>63.2</v>
       </c>
       <c r="J24" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="K24" t="s">
         <v>73</v>
       </c>
       <c r="L24">
         <v>9509408031</v>
       </c>
       <c r="M24" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N24" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O24"/>
       <c r="P24">
         <v>27094388789</v>
       </c>
       <c r="Q24" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="R24" t="s">
         <v>76</v>
       </c>
       <c r="S24" t="s">
         <v>76</v>
       </c>
       <c r="T24" t="s">
         <v>77</v>
       </c>
       <c r="U24">
         <v>2360059693</v>
       </c>
       <c r="V24">
         <v>586102</v>
       </c>
       <c r="W24" t="s">
         <v>76</v>
       </c>
       <c r="X24">
         <v>237.38</v>
       </c>
       <c r="Y24">
         <v>20.6</v>
       </c>
       <c r="Z24" t="s">
         <v>76</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>78</v>
       </c>
       <c r="AC24" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="AD24">
         <v>27094388789</v>
       </c>
       <c r="AE24" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="AF24" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="AG24" t="s">
         <v>76</v>
       </c>
       <c r="AH24" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="AM24" t="s">
         <v>82</v>
       </c>
       <c r="AN24" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="AO24">
         <v>63.2</v>
       </c>
       <c r="AP24" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="AQ24" t="s">
         <v>73</v>
       </c>
       <c r="AR24" t="s">
         <v>84</v>
       </c>
       <c r="AS24">
         <v>284852455347</v>
       </c>
       <c r="AT24" t="s">
         <v>76</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24" t="s">
         <v>85</v>
       </c>
       <c r="AY24">
         <v>9509408031</v>
       </c>
       <c r="AZ24" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA24" t="s">
         <v>86</v>
       </c>
       <c r="BB24" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="BC24" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="BD24" t="s">
         <v>76</v>
       </c>
       <c r="BE24" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="BF24" t="s">
         <v>76</v>
       </c>
       <c r="BG24" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="BH24">
         <v>237</v>
       </c>
       <c r="BI24" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>76</v>
       </c>
       <c r="BN24" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>73</v>
       </c>
       <c r="BQ24" t="s">
         <v>76</v>
       </c>
       <c r="BR24">
         <v>4890</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="C25">
         <v>1040059217</v>
       </c>
       <c r="D25">
         <v>586078</v>
       </c>
       <c r="E25">
         <v>308.06</v>
       </c>
       <c r="F25" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="I25">
         <v>96.99</v>
       </c>
       <c r="J25" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="K25" t="s">
         <v>73</v>
       </c>
       <c r="L25">
         <v>2061907875</v>
       </c>
       <c r="M25" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N25" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O25"/>
       <c r="P25">
         <v>29401620467</v>
       </c>
       <c r="Q25" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="R25" t="s">
         <v>76</v>
       </c>
       <c r="S25" t="s">
         <v>76</v>
       </c>
       <c r="T25" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U25">
         <v>1040059217</v>
       </c>
       <c r="V25">
         <v>586078</v>
       </c>
       <c r="W25" t="s">
         <v>76</v>
       </c>
       <c r="X25">
         <v>308.06</v>
       </c>
       <c r="Y25">
         <v>20.6</v>
       </c>
       <c r="Z25" t="s">
         <v>76</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>78</v>
       </c>
       <c r="AC25" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="AD25">
         <v>29401620467</v>
       </c>
       <c r="AE25" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="AF25" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="AG25" t="s">
         <v>76</v>
       </c>
       <c r="AH25" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="AM25" t="s">
         <v>82</v>
       </c>
       <c r="AN25" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="AO25">
         <v>96.99</v>
       </c>
       <c r="AP25" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AQ25" t="s">
         <v>73</v>
       </c>
       <c r="AR25" t="s">
         <v>84</v>
       </c>
       <c r="AS25">
         <v>284831987256</v>
       </c>
       <c r="AT25" t="s">
         <v>76</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25" t="s">
         <v>85</v>
       </c>
       <c r="AY25">
         <v>2061907875</v>
       </c>
       <c r="AZ25" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA25" t="s">
         <v>86</v>
       </c>
       <c r="BB25" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="BC25" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="BD25" t="s">
         <v>76</v>
       </c>
       <c r="BE25" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="BF25" t="s">
         <v>76</v>
       </c>
       <c r="BG25" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="BH25">
         <v>218</v>
       </c>
       <c r="BI25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>76</v>
       </c>
       <c r="BN25" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>73</v>
       </c>
       <c r="BQ25" t="s">
         <v>76</v>
       </c>
       <c r="BR25">
         <v>6346</v>
       </c>
       <c r="BS25"/>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="C26">
         <v>5010059517</v>
       </c>
       <c r="D26">
         <v>586074</v>
       </c>
       <c r="E26">
         <v>356.12</v>
       </c>
       <c r="F26" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="I26">
         <v>119.99</v>
       </c>
       <c r="J26" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="K26" t="s">
         <v>73</v>
       </c>
       <c r="L26">
         <v>2061907385</v>
       </c>
       <c r="M26" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="N26" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="O26"/>
       <c r="P26">
         <v>15520175195</v>
       </c>
       <c r="Q26" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="R26" t="s">
         <v>76</v>
       </c>
       <c r="S26" t="s">
         <v>76</v>
       </c>
       <c r="T26" t="s">
         <v>77</v>
       </c>
       <c r="U26">
         <v>5010059517</v>
       </c>
       <c r="V26">
         <v>586074</v>
       </c>
       <c r="W26" t="s">
         <v>76</v>
       </c>
       <c r="X26">
         <v>356.12</v>
       </c>
       <c r="Y26">
         <v>20.6</v>
       </c>
       <c r="Z26" t="s">
         <v>76</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>78</v>
       </c>
       <c r="AC26" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="AD26">
         <v>15520175195</v>
       </c>
       <c r="AE26">
         <v>8444684500</v>
       </c>
       <c r="AF26">
         <v>8444684500</v>
       </c>
       <c r="AG26" t="s">
         <v>76</v>
       </c>
       <c r="AH26" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="AM26" t="s">
         <v>82</v>
       </c>
       <c r="AN26" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="AO26">
         <v>119.99</v>
       </c>
       <c r="AP26" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="AQ26" t="s">
         <v>73</v>
       </c>
       <c r="AR26" t="s">
         <v>84</v>
       </c>
       <c r="AS26">
         <v>284854562138</v>
       </c>
       <c r="AT26" t="s">
         <v>76</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26" t="s">
         <v>85</v>
       </c>
       <c r="AY26">
         <v>2061907385</v>
       </c>
       <c r="AZ26" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="BA26" t="s">
         <v>86</v>
       </c>
       <c r="BB26" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="BC26" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="BD26" t="s">
         <v>76</v>
       </c>
       <c r="BE26" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="BF26" t="s">
         <v>76</v>
       </c>
       <c r="BG26" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="BH26">
         <v>216</v>
       </c>
       <c r="BI26" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>76</v>
       </c>
       <c r="BN26" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>73</v>
       </c>
       <c r="BQ26" t="s">
         <v>76</v>
       </c>
       <c r="BR26">
         <v>7336</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="C27">
         <v>3750058816</v>
       </c>
       <c r="D27">
         <v>585996</v>
       </c>
       <c r="E27">
         <v>272.48</v>
       </c>
       <c r="F27" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="G27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="I27">
         <v>79.99</v>
       </c>
       <c r="J27" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="K27" t="s">
         <v>73</v>
       </c>
       <c r="L27">
         <v>2825665091</v>
       </c>
       <c r="M27" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N27" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O27"/>
       <c r="P27">
         <v>14246290298</v>
       </c>
       <c r="Q27" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="R27" t="s">
         <v>76</v>
       </c>
       <c r="S27" t="s">
         <v>76</v>
       </c>
       <c r="T27" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U27">
         <v>3750058816</v>
       </c>
       <c r="V27">
         <v>585996</v>
       </c>
       <c r="W27" t="s">
         <v>76</v>
       </c>
       <c r="X27">
         <v>272.48</v>
       </c>
       <c r="Y27">
         <v>20.6</v>
       </c>
       <c r="Z27" t="s">
         <v>76</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>78</v>
       </c>
       <c r="AC27" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="AD27">
         <v>14246290298</v>
       </c>
       <c r="AE27" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="AF27" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="AG27" t="s">
         <v>76</v>
       </c>
       <c r="AH27" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="AM27" t="s">
         <v>82</v>
       </c>
       <c r="AN27" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="AO27">
         <v>79.99</v>
       </c>
       <c r="AP27" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ27" t="s">
         <v>73</v>
       </c>
       <c r="AR27" t="s">
         <v>84</v>
       </c>
       <c r="AS27">
         <v>284782594998</v>
       </c>
       <c r="AT27" t="s">
         <v>76</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27" t="s">
         <v>85</v>
       </c>
       <c r="AY27">
         <v>2825665091</v>
       </c>
       <c r="AZ27" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA27" t="s">
         <v>86</v>
       </c>
       <c r="BB27" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="BC27" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="BD27" t="s">
         <v>76</v>
       </c>
       <c r="BE27" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="BF27" t="s">
         <v>76</v>
       </c>
       <c r="BG27" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="BH27">
         <v>227</v>
       </c>
       <c r="BI27" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>76</v>
       </c>
       <c r="BN27" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>73</v>
       </c>
       <c r="BQ27" t="s">
         <v>76</v>
       </c>
       <c r="BR27">
         <v>5613</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="C28" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="D28">
         <v>585991</v>
       </c>
       <c r="E28">
         <v>474.32</v>
       </c>
       <c r="F28" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="I28">
         <v>126.2</v>
       </c>
       <c r="J28" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="K28" t="s">
         <v>73</v>
       </c>
       <c r="L28">
         <v>5742752364</v>
       </c>
       <c r="M28" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N28" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O28"/>
       <c r="P28">
         <v>3763593986</v>
       </c>
       <c r="Q28" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="R28" t="s">
         <v>76</v>
       </c>
       <c r="S28" t="s">
         <v>76</v>
       </c>
       <c r="T28" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U28" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="V28">
         <v>585991</v>
       </c>
       <c r="W28" t="s">
         <v>76</v>
       </c>
       <c r="X28">
         <v>474.32</v>
       </c>
       <c r="Y28">
         <v>20.6</v>
       </c>
       <c r="Z28" t="s">
         <v>76</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>78</v>
       </c>
       <c r="AC28" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="AD28">
         <v>3763593986</v>
       </c>
       <c r="AE28" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="AF28" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="AG28" t="s">
         <v>76</v>
       </c>
       <c r="AH28" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="AM28" t="s">
         <v>82</v>
       </c>
       <c r="AN28" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="AO28">
         <v>126.2</v>
       </c>
       <c r="AP28" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="AQ28" t="s">
         <v>73</v>
       </c>
       <c r="AR28" t="s">
         <v>84</v>
       </c>
       <c r="AS28">
         <v>284781824721</v>
       </c>
       <c r="AT28" t="s">
         <v>76</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28" t="s">
         <v>85</v>
       </c>
       <c r="AY28">
         <v>5742752364</v>
       </c>
       <c r="AZ28" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA28" t="s">
         <v>86</v>
       </c>
       <c r="BB28" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="BC28" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="BD28" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="BE28" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="BF28" t="s">
         <v>76</v>
       </c>
       <c r="BG28" t="s">
         <v>76</v>
       </c>
       <c r="BH28">
-        <v>257</v>
+        <v>304</v>
       </c>
       <c r="BI28" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>76</v>
       </c>
       <c r="BN28" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>73</v>
       </c>
       <c r="BQ28" t="s">
         <v>76</v>
       </c>
       <c r="BR28">
         <v>9771</v>
       </c>
       <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="C29">
         <v>3070112048</v>
       </c>
       <c r="D29">
         <v>585986</v>
       </c>
       <c r="E29">
         <v>321.02</v>
       </c>
       <c r="F29" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="G29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="I29">
         <v>89.99</v>
       </c>
       <c r="J29" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="K29" t="s">
         <v>73</v>
       </c>
       <c r="L29">
         <v>2061906210</v>
       </c>
       <c r="M29" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N29" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O29"/>
       <c r="P29">
         <v>10563488084</v>
       </c>
       <c r="Q29" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="R29" t="s">
         <v>76</v>
       </c>
       <c r="S29" t="s">
         <v>76</v>
       </c>
       <c r="T29" t="s">
         <v>77</v>
       </c>
       <c r="U29">
         <v>3070112048</v>
       </c>
       <c r="V29">
         <v>585986</v>
       </c>
       <c r="W29" t="s">
         <v>76</v>
       </c>
       <c r="X29">
         <v>321.02</v>
       </c>
       <c r="Y29">
         <v>20.6</v>
       </c>
       <c r="Z29" t="s">
         <v>76</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>78</v>
       </c>
       <c r="AC29" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="AD29">
         <v>10563488084</v>
       </c>
       <c r="AE29">
         <v>4421961800</v>
       </c>
       <c r="AF29">
         <v>4421961800</v>
       </c>
       <c r="AG29" t="s">
         <v>76</v>
       </c>
       <c r="AH29" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="AK29" t="s">
         <v>70</v>
       </c>
       <c r="AL29" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="AM29" t="s">
         <v>82</v>
       </c>
       <c r="AN29" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="AO29">
         <v>89.99</v>
       </c>
       <c r="AP29" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="AQ29" t="s">
         <v>73</v>
       </c>
       <c r="AR29" t="s">
         <v>84</v>
       </c>
       <c r="AS29">
         <v>284782016268</v>
       </c>
       <c r="AT29" t="s">
         <v>76</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29" t="s">
         <v>85</v>
       </c>
       <c r="AY29">
         <v>2061906210</v>
       </c>
       <c r="AZ29" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA29" t="s">
         <v>86</v>
       </c>
       <c r="BB29" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="BC29" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="BD29" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="BE29" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="BF29" t="s">
         <v>76</v>
       </c>
       <c r="BG29" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="BH29">
         <v>224</v>
       </c>
       <c r="BI29" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>76</v>
       </c>
       <c r="BN29" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>73</v>
       </c>
       <c r="BQ29" t="s">
         <v>76</v>
       </c>
       <c r="BR29">
         <v>6613</v>
       </c>
       <c r="BS29"/>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="C30">
         <v>4230058309</v>
       </c>
       <c r="D30">
         <v>585942</v>
       </c>
       <c r="E30">
         <v>312.23</v>
       </c>
       <c r="F30" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="I30">
         <v>99</v>
       </c>
       <c r="J30" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="K30" t="s">
         <v>73</v>
       </c>
       <c r="L30">
         <v>2061905554</v>
       </c>
       <c r="M30" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N30" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O30"/>
       <c r="P30" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="Q30" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="R30" t="s">
         <v>76</v>
       </c>
       <c r="S30" t="s">
         <v>76</v>
       </c>
       <c r="T30" t="s">
         <v>77</v>
       </c>
       <c r="U30">
         <v>4230058309</v>
       </c>
       <c r="V30">
         <v>585942</v>
       </c>
       <c r="W30" t="s">
         <v>76</v>
       </c>
       <c r="X30">
         <v>312.23</v>
       </c>
       <c r="Y30">
         <v>20.6</v>
       </c>
       <c r="Z30" t="s">
         <v>76</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>78</v>
       </c>
       <c r="AC30" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="AD30" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="AE30">
         <v>8124262369</v>
       </c>
       <c r="AF30">
         <v>8124262369</v>
       </c>
       <c r="AG30" t="s">
         <v>76</v>
       </c>
       <c r="AH30" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="AK30" t="s">
         <v>70</v>
       </c>
       <c r="AL30" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="AM30" t="s">
         <v>82</v>
       </c>
       <c r="AN30" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="AO30">
         <v>99</v>
       </c>
       <c r="AP30" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ30" t="s">
         <v>73</v>
       </c>
       <c r="AR30" t="s">
         <v>84</v>
       </c>
       <c r="AS30">
         <v>771666025885</v>
       </c>
       <c r="AT30" t="s">
         <v>76</v>
       </c>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30">
         <v>0</v>
       </c>
       <c r="AX30" t="s">
         <v>85</v>
       </c>
       <c r="AY30">
         <v>2061905554</v>
       </c>
       <c r="AZ30" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA30" t="s">
         <v>86</v>
       </c>
       <c r="BB30" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="BC30" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="BD30" t="s">
         <v>76</v>
       </c>
       <c r="BE30" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="BF30" t="s">
         <v>76</v>
       </c>
       <c r="BG30" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="BH30">
         <v>222</v>
       </c>
       <c r="BI30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>76</v>
       </c>
       <c r="BN30" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>73</v>
       </c>
       <c r="BQ30" t="s">
         <v>76</v>
       </c>
       <c r="BR30">
         <v>6432</v>
       </c>
       <c r="BS30"/>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="C31">
         <v>5930058878</v>
       </c>
       <c r="D31">
         <v>585887</v>
       </c>
       <c r="E31">
         <v>270.39</v>
       </c>
       <c r="F31" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="I31">
         <v>79</v>
       </c>
       <c r="J31" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="K31" t="s">
         <v>73</v>
       </c>
       <c r="L31">
         <v>2061904795</v>
       </c>
       <c r="M31" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N31" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O31"/>
       <c r="P31">
         <v>7027663831</v>
       </c>
       <c r="Q31" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="R31" t="s">
         <v>76</v>
       </c>
       <c r="S31" t="s">
         <v>76</v>
       </c>
       <c r="T31" t="s">
         <v>77</v>
       </c>
       <c r="U31">
         <v>5930058878</v>
       </c>
       <c r="V31">
         <v>585887</v>
       </c>
       <c r="W31" t="s">
         <v>76</v>
       </c>
       <c r="X31">
         <v>270.39</v>
       </c>
       <c r="Y31">
         <v>20.6</v>
       </c>
       <c r="Z31" t="s">
         <v>76</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>78</v>
       </c>
       <c r="AC31" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="AD31">
         <v>7027663831</v>
       </c>
       <c r="AE31" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AF31" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AG31" t="s">
         <v>76</v>
       </c>
       <c r="AH31" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="AK31" t="s">
         <v>70</v>
       </c>
       <c r="AL31" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="AM31" t="s">
         <v>82</v>
       </c>
       <c r="AN31" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="AO31">
         <v>79</v>
       </c>
       <c r="AP31" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AQ31" t="s">
         <v>73</v>
       </c>
       <c r="AR31" t="s">
         <v>84</v>
       </c>
       <c r="AS31">
         <v>284655554976</v>
       </c>
       <c r="AT31" t="s">
         <v>76</v>
       </c>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31">
         <v>0</v>
       </c>
       <c r="AX31" t="s">
         <v>85</v>
       </c>
       <c r="AY31">
         <v>2061904795</v>
       </c>
       <c r="AZ31" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA31" t="s">
         <v>86</v>
       </c>
       <c r="BB31" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="BC31" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="BD31" t="s">
         <v>76</v>
       </c>
       <c r="BE31" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="BF31" t="s">
         <v>76</v>
       </c>
       <c r="BG31" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="BH31">
         <v>225</v>
       </c>
       <c r="BI31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>76</v>
       </c>
       <c r="BN31" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>73</v>
       </c>
       <c r="BQ31" t="s">
         <v>76</v>
       </c>
       <c r="BR31">
         <v>5570</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C32">
         <v>1070058648</v>
       </c>
       <c r="D32">
         <v>585699</v>
       </c>
       <c r="E32">
         <v>356.12</v>
       </c>
       <c r="F32" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="I32">
         <v>119.99</v>
       </c>
       <c r="J32" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="K32" t="s">
         <v>73</v>
       </c>
       <c r="L32">
         <v>5569739416</v>
       </c>
       <c r="M32" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N32" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O32"/>
       <c r="P32" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="Q32" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="R32" t="s">
         <v>76</v>
       </c>
       <c r="S32" t="s">
         <v>76</v>
       </c>
       <c r="T32" t="s">
         <v>77</v>
       </c>
       <c r="U32">
         <v>1070058648</v>
       </c>
       <c r="V32">
         <v>585699</v>
       </c>
       <c r="W32" t="s">
         <v>76</v>
       </c>
       <c r="X32">
         <v>356.12</v>
       </c>
       <c r="Y32">
         <v>20.6</v>
       </c>
       <c r="Z32" t="s">
         <v>76</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>78</v>
       </c>
       <c r="AC32" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="AD32" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="AE32">
         <v>9212332132</v>
       </c>
       <c r="AF32">
         <v>9212332132</v>
       </c>
       <c r="AG32" t="s">
         <v>76</v>
       </c>
       <c r="AH32" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="AK32" t="s">
         <v>70</v>
       </c>
       <c r="AL32" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="AM32" t="s">
         <v>82</v>
       </c>
       <c r="AN32" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="AO32">
         <v>119.99</v>
       </c>
       <c r="AP32" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="AQ32" t="s">
         <v>73</v>
       </c>
       <c r="AR32" t="s">
         <v>84</v>
       </c>
       <c r="AS32">
         <v>284565987326</v>
       </c>
       <c r="AT32" t="s">
         <v>76</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32" t="s">
         <v>85</v>
       </c>
       <c r="AY32">
         <v>5569739416</v>
       </c>
       <c r="AZ32" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA32" t="s">
         <v>86</v>
       </c>
       <c r="BB32" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="BC32" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="BD32" t="s">
         <v>76</v>
       </c>
       <c r="BE32" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="BF32" t="s">
         <v>76</v>
       </c>
       <c r="BG32" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="BH32">
         <v>243</v>
       </c>
       <c r="BI32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>76</v>
       </c>
       <c r="BN32" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>73</v>
       </c>
       <c r="BQ32" t="s">
         <v>76</v>
       </c>
       <c r="BR32">
         <v>7336</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C33">
         <v>7480058183</v>
       </c>
       <c r="D33">
         <v>585692</v>
       </c>
       <c r="E33">
         <v>289.22</v>
       </c>
       <c r="F33" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="I33">
         <v>87.99</v>
       </c>
       <c r="J33" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="K33" t="s">
         <v>73</v>
       </c>
       <c r="L33">
         <v>3145361100</v>
       </c>
       <c r="M33" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N33" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O33"/>
       <c r="P33">
         <v>15292848227</v>
       </c>
       <c r="Q33" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="R33" t="s">
         <v>76</v>
       </c>
       <c r="S33" t="s">
         <v>76</v>
       </c>
       <c r="T33" t="s">
         <v>77</v>
       </c>
       <c r="U33">
         <v>7480058183</v>
       </c>
       <c r="V33">
         <v>585692</v>
       </c>
       <c r="W33" t="s">
         <v>76</v>
       </c>
       <c r="X33">
         <v>289.22</v>
       </c>
       <c r="Y33">
         <v>20.6</v>
       </c>
       <c r="Z33" t="s">
         <v>76</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>78</v>
       </c>
       <c r="AC33" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="AD33">
         <v>15292848227</v>
       </c>
       <c r="AE33">
         <v>3336481700</v>
       </c>
       <c r="AF33">
         <v>3336481700</v>
       </c>
       <c r="AG33" t="s">
         <v>76</v>
       </c>
       <c r="AH33" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="AK33" t="s">
         <v>70</v>
       </c>
       <c r="AL33" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="AM33" t="s">
         <v>82</v>
       </c>
       <c r="AN33" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="AO33">
         <v>87.99</v>
       </c>
       <c r="AP33" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="AQ33" t="s">
         <v>73</v>
       </c>
       <c r="AR33" t="s">
         <v>84</v>
       </c>
       <c r="AS33">
         <v>284553786386</v>
       </c>
       <c r="AT33" t="s">
         <v>76</v>
       </c>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33" t="s">
         <v>85</v>
       </c>
       <c r="AY33">
         <v>3145361100</v>
       </c>
       <c r="AZ33" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA33" t="s">
         <v>86</v>
       </c>
       <c r="BB33" t="s">
+        <v>410</v>
+      </c>
+      <c r="BC33" t="s">
         <v>403</v>
       </c>
-      <c r="BC33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD33" t="s">
         <v>76</v>
       </c>
       <c r="BE33" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="BF33" t="s">
         <v>76</v>
       </c>
       <c r="BG33" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="BH33">
         <v>225</v>
       </c>
       <c r="BI33" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>76</v>
       </c>
       <c r="BN33" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>73</v>
       </c>
       <c r="BQ33" t="s">
         <v>76</v>
       </c>
       <c r="BR33">
         <v>5958</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="C34">
         <v>3730058223</v>
       </c>
       <c r="D34">
         <v>585668</v>
       </c>
       <c r="E34">
         <v>322.67</v>
       </c>
       <c r="F34" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="I34">
         <v>103.99</v>
       </c>
       <c r="J34" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="K34" t="s">
         <v>73</v>
       </c>
       <c r="L34">
         <v>3145360385</v>
       </c>
       <c r="M34" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N34" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O34"/>
       <c r="P34" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="Q34" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="R34" t="s">
         <v>76</v>
       </c>
       <c r="S34" t="s">
         <v>76</v>
       </c>
       <c r="T34" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U34">
         <v>3730058223</v>
       </c>
       <c r="V34">
         <v>585668</v>
       </c>
       <c r="W34" t="s">
         <v>76</v>
       </c>
       <c r="X34">
         <v>322.67</v>
       </c>
       <c r="Y34">
         <v>20.6</v>
       </c>
       <c r="Z34" t="s">
         <v>76</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>78</v>
       </c>
       <c r="AC34" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="AD34" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="AE34">
         <v>9717193527</v>
       </c>
       <c r="AF34">
         <v>9717193527</v>
       </c>
       <c r="AG34" t="s">
         <v>76</v>
       </c>
       <c r="AH34" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="AM34" t="s">
         <v>82</v>
       </c>
       <c r="AN34" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="AO34">
         <v>103.99</v>
       </c>
       <c r="AP34" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="AQ34" t="s">
         <v>73</v>
       </c>
       <c r="AR34" t="s">
         <v>84</v>
       </c>
       <c r="AS34">
         <v>284565956990</v>
       </c>
       <c r="AT34" t="s">
         <v>76</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34">
         <v>0</v>
       </c>
       <c r="AX34" t="s">
         <v>85</v>
       </c>
       <c r="AY34">
         <v>3145360385</v>
       </c>
       <c r="AZ34" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA34" t="s">
         <v>86</v>
       </c>
       <c r="BB34" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="BC34" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="BD34" t="s">
         <v>76</v>
       </c>
       <c r="BE34" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="BF34" t="s">
         <v>76</v>
       </c>
       <c r="BG34" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="BH34">
         <v>220</v>
       </c>
       <c r="BI34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>76</v>
       </c>
       <c r="BN34" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
         <v>73</v>
       </c>
       <c r="BQ34" t="s">
         <v>76</v>
       </c>
       <c r="BR34">
         <v>6647</v>
       </c>
       <c r="BS34"/>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="C35">
         <v>7700058091</v>
       </c>
       <c r="D35">
         <v>585633</v>
       </c>
       <c r="E35">
         <v>220.63</v>
       </c>
       <c r="F35" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="I35">
         <v>55.2</v>
       </c>
       <c r="J35" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="K35" t="s">
         <v>73</v>
       </c>
       <c r="L35">
         <v>7502670836</v>
       </c>
       <c r="M35" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N35" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O35"/>
       <c r="P35">
         <v>18158453214</v>
       </c>
       <c r="Q35" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="R35" t="s">
         <v>76</v>
       </c>
       <c r="S35" t="s">
         <v>76</v>
       </c>
       <c r="T35" t="s">
         <v>77</v>
       </c>
       <c r="U35">
         <v>7700058091</v>
       </c>
       <c r="V35">
         <v>585633</v>
       </c>
       <c r="W35" t="s">
         <v>76</v>
       </c>
       <c r="X35">
         <v>220.63</v>
       </c>
       <c r="Y35">
         <v>20.6</v>
       </c>
       <c r="Z35" t="s">
         <v>76</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>78</v>
       </c>
       <c r="AC35" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="AD35">
         <v>18158453214</v>
       </c>
       <c r="AE35" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="AF35" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="AG35" t="s">
         <v>76</v>
       </c>
       <c r="AH35" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="AK35" t="s">
         <v>70</v>
       </c>
       <c r="AL35" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="AM35" t="s">
         <v>82</v>
       </c>
       <c r="AN35" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="AO35">
         <v>55.2</v>
       </c>
       <c r="AP35" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AQ35" t="s">
         <v>73</v>
       </c>
       <c r="AR35" t="s">
         <v>84</v>
       </c>
       <c r="AS35">
         <v>284542792248</v>
       </c>
       <c r="AT35" t="s">
         <v>76</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35" t="s">
         <v>85</v>
       </c>
       <c r="AY35">
         <v>7502670836</v>
       </c>
       <c r="AZ35" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA35" t="s">
         <v>86</v>
       </c>
       <c r="BB35" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="BC35" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="BD35" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="BE35" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="BF35" t="s">
         <v>76</v>
       </c>
       <c r="BG35" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="BH35">
         <v>226</v>
       </c>
       <c r="BI35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>76</v>
       </c>
       <c r="BN35" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
         <v>73</v>
       </c>
       <c r="BQ35" t="s">
         <v>76</v>
       </c>
       <c r="BR35">
         <v>4545</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="C36">
         <v>7830057735</v>
       </c>
       <c r="D36">
         <v>585598</v>
       </c>
       <c r="E36">
         <v>277.25</v>
       </c>
       <c r="F36" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="I36">
         <v>96.99</v>
       </c>
       <c r="J36" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="K36" t="s">
         <v>73</v>
       </c>
       <c r="L36">
         <v>9530411284</v>
       </c>
       <c r="M36" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N36" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O36"/>
       <c r="P36">
         <v>14881007973</v>
       </c>
       <c r="Q36" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="R36" t="s">
         <v>76</v>
       </c>
       <c r="S36" t="s">
         <v>76</v>
       </c>
       <c r="T36" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U36">
         <v>7830057735</v>
       </c>
       <c r="V36">
         <v>585598</v>
       </c>
       <c r="W36" t="s">
         <v>76</v>
       </c>
       <c r="X36">
         <v>277.25</v>
       </c>
       <c r="Y36">
         <v>20.6</v>
       </c>
       <c r="Z36" t="s">
         <v>76</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>78</v>
       </c>
       <c r="AC36" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="AD36">
         <v>14881007973</v>
       </c>
       <c r="AE36">
         <v>2212662375</v>
       </c>
       <c r="AF36">
         <v>2212662375</v>
       </c>
       <c r="AG36" t="s">
         <v>76</v>
       </c>
       <c r="AH36" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="AK36" t="s">
         <v>70</v>
       </c>
       <c r="AL36" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="AM36" t="s">
         <v>82</v>
       </c>
       <c r="AN36" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="AO36">
         <v>96.99</v>
       </c>
       <c r="AP36" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AQ36" t="s">
         <v>73</v>
       </c>
       <c r="AR36" t="s">
         <v>84</v>
       </c>
       <c r="AS36">
         <v>284493263213</v>
       </c>
       <c r="AT36" t="s">
         <v>76</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36">
         <v>0</v>
       </c>
       <c r="AX36" t="s">
         <v>85</v>
       </c>
       <c r="AY36">
         <v>9530411284</v>
       </c>
       <c r="AZ36" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA36" t="s">
         <v>86</v>
       </c>
       <c r="BB36" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="BC36" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="BD36" t="s">
         <v>76</v>
       </c>
       <c r="BE36" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="BF36" t="s">
         <v>76</v>
       </c>
       <c r="BG36" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="BH36">
         <v>222</v>
       </c>
       <c r="BI36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>76</v>
       </c>
       <c r="BN36" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
         <v>73</v>
       </c>
       <c r="BQ36" t="s">
         <v>76</v>
       </c>
       <c r="BR36">
         <v>5711.4</v>
       </c>
       <c r="BS36"/>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="C37">
         <v>6550057768</v>
       </c>
       <c r="D37">
         <v>585564</v>
       </c>
       <c r="E37">
         <v>272.48</v>
       </c>
       <c r="F37" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="I37">
         <v>79.99</v>
       </c>
       <c r="J37" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="K37" t="s">
         <v>73</v>
       </c>
       <c r="L37">
         <v>7502670711</v>
       </c>
       <c r="M37" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N37" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O37"/>
       <c r="P37">
         <v>5205982359</v>
       </c>
       <c r="Q37" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="R37" t="s">
         <v>76</v>
       </c>
       <c r="S37" t="s">
         <v>76</v>
       </c>
       <c r="T37" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U37">
         <v>6550057768</v>
       </c>
       <c r="V37">
         <v>585564</v>
       </c>
       <c r="W37" t="s">
         <v>76</v>
       </c>
       <c r="X37">
         <v>272.48</v>
       </c>
       <c r="Y37">
         <v>20.6</v>
       </c>
       <c r="Z37" t="s">
         <v>76</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>78</v>
       </c>
       <c r="AC37" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="AD37">
         <v>5205982359</v>
       </c>
       <c r="AE37" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="AF37" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="AG37" t="s">
         <v>76</v>
       </c>
       <c r="AH37" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="AK37" t="s">
         <v>70</v>
       </c>
       <c r="AL37" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="AM37" t="s">
         <v>82</v>
       </c>
       <c r="AN37" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="AO37">
         <v>79.99</v>
       </c>
       <c r="AP37" t="s">
         <v>83</v>
       </c>
       <c r="AQ37" t="s">
         <v>73</v>
       </c>
       <c r="AR37" t="s">
         <v>84</v>
       </c>
       <c r="AS37">
         <v>284482838222</v>
       </c>
       <c r="AT37" t="s">
         <v>76</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37">
         <v>0</v>
       </c>
       <c r="AX37" t="s">
         <v>85</v>
       </c>
       <c r="AY37">
         <v>7502670711</v>
       </c>
       <c r="AZ37" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA37" t="s">
         <v>86</v>
       </c>
       <c r="BB37" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="BC37" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="BD37" t="s">
         <v>76</v>
       </c>
       <c r="BE37" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="BF37" t="s">
         <v>76</v>
       </c>
       <c r="BG37" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="BH37">
         <v>230</v>
       </c>
       <c r="BI37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>76</v>
       </c>
       <c r="BN37" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
         <v>73</v>
       </c>
       <c r="BQ37" t="s">
         <v>76</v>
       </c>
       <c r="BR37">
         <v>5613</v>
       </c>
       <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="C38">
         <v>5170057611</v>
       </c>
       <c r="D38">
         <v>585395</v>
       </c>
       <c r="E38">
         <v>237.38</v>
       </c>
       <c r="F38" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="I38">
         <v>63.2</v>
       </c>
       <c r="J38" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="K38" t="s">
         <v>73</v>
       </c>
       <c r="L38">
         <v>4957868090</v>
       </c>
       <c r="M38" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N38" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O38"/>
       <c r="P38">
         <v>3826973410</v>
       </c>
       <c r="Q38" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="R38" t="s">
         <v>76</v>
       </c>
       <c r="S38" t="s">
         <v>76</v>
       </c>
       <c r="T38" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U38">
         <v>5170057611</v>
       </c>
       <c r="V38">
         <v>585395</v>
       </c>
       <c r="W38" t="s">
         <v>76</v>
       </c>
       <c r="X38">
         <v>237.38</v>
       </c>
       <c r="Y38">
         <v>20.6</v>
       </c>
       <c r="Z38" t="s">
         <v>76</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>78</v>
       </c>
       <c r="AC38" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="AD38">
         <v>3826973410</v>
       </c>
       <c r="AE38" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="AF38" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="AG38" t="s">
         <v>76</v>
       </c>
       <c r="AH38" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="AK38" t="s">
         <v>70</v>
       </c>
       <c r="AL38" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="AM38" t="s">
         <v>82</v>
       </c>
       <c r="AN38" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="AO38">
         <v>63.2</v>
       </c>
       <c r="AP38" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="AQ38" t="s">
         <v>73</v>
       </c>
       <c r="AR38" t="s">
         <v>84</v>
       </c>
       <c r="AS38">
         <v>284301023541</v>
       </c>
       <c r="AT38" t="s">
         <v>76</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38">
         <v>0</v>
       </c>
       <c r="AX38" t="s">
         <v>85</v>
       </c>
       <c r="AY38">
         <v>4957868090</v>
       </c>
       <c r="AZ38" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA38" t="s">
         <v>86</v>
       </c>
       <c r="BB38" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="BC38" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="BD38" t="s">
         <v>76</v>
       </c>
       <c r="BE38" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="BF38" t="s">
         <v>76</v>
       </c>
       <c r="BG38" t="s">
         <v>76</v>
       </c>
       <c r="BH38">
-        <v>269</v>
+        <v>316</v>
       </c>
       <c r="BI38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>76</v>
       </c>
       <c r="BN38" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
         <v>73</v>
       </c>
       <c r="BQ38" t="s">
         <v>76</v>
       </c>
       <c r="BR38">
         <v>4890</v>
       </c>
       <c r="BS38"/>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="C39">
         <v>1800126605</v>
       </c>
       <c r="D39">
         <v>585362</v>
       </c>
       <c r="E39">
         <v>215.63</v>
       </c>
       <c r="F39" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
       <c r="H39" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="I39">
         <v>52.8</v>
       </c>
       <c r="J39" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="K39" t="s">
         <v>73</v>
       </c>
       <c r="L39">
         <v>6484437470</v>
       </c>
       <c r="M39" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N39" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O39"/>
       <c r="P39">
         <v>21457681888</v>
       </c>
       <c r="Q39" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="R39" t="s">
         <v>76</v>
       </c>
       <c r="S39" t="s">
         <v>76</v>
       </c>
       <c r="T39" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U39">
         <v>1800126605</v>
       </c>
       <c r="V39">
         <v>585362</v>
       </c>
       <c r="W39" t="s">
         <v>76</v>
       </c>
       <c r="X39">
         <v>215.63</v>
       </c>
       <c r="Y39">
         <v>20.6</v>
       </c>
       <c r="Z39" t="s">
         <v>76</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>78</v>
       </c>
       <c r="AC39" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="AD39">
         <v>21457681888</v>
       </c>
       <c r="AE39">
         <v>5556361100</v>
       </c>
       <c r="AF39">
         <v>5556361100</v>
       </c>
       <c r="AG39" t="s">
         <v>76</v>
       </c>
       <c r="AH39" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="AM39" t="s">
         <v>82</v>
       </c>
       <c r="AN39" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="AO39">
         <v>52.8</v>
       </c>
       <c r="AP39" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="AQ39" t="s">
         <v>73</v>
       </c>
       <c r="AR39" t="s">
         <v>84</v>
       </c>
       <c r="AS39">
         <v>771395831023</v>
       </c>
       <c r="AT39" t="s">
         <v>76</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39">
         <v>0</v>
       </c>
       <c r="AX39" t="s">
         <v>85</v>
       </c>
       <c r="AY39">
         <v>6484437470</v>
       </c>
       <c r="AZ39" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA39" t="s">
         <v>86</v>
       </c>
       <c r="BB39" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="BC39" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="BD39" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="BE39" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="BF39" t="s">
         <v>76</v>
       </c>
       <c r="BG39" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="BH39">
         <v>231</v>
       </c>
       <c r="BI39" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>76</v>
       </c>
       <c r="BN39" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
         <v>73</v>
       </c>
       <c r="BQ39" t="s">
         <v>76</v>
       </c>
       <c r="BR39">
         <v>4442</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="C40">
         <v>4510057550</v>
       </c>
       <c r="D40">
         <v>585350</v>
       </c>
       <c r="E40">
         <v>220.63</v>
       </c>
       <c r="F40" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="I40">
         <v>55.2</v>
       </c>
       <c r="J40" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="K40" t="s">
         <v>73</v>
       </c>
       <c r="L40">
         <v>4957863890</v>
       </c>
       <c r="M40" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N40" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="Q40" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="R40" t="s">
         <v>76</v>
       </c>
       <c r="S40" t="s">
         <v>76</v>
       </c>
       <c r="T40" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U40">
         <v>4510057550</v>
       </c>
       <c r="V40">
         <v>585350</v>
       </c>
       <c r="W40" t="s">
         <v>76</v>
       </c>
       <c r="X40">
         <v>220.63</v>
       </c>
       <c r="Y40">
         <v>20.6</v>
       </c>
       <c r="Z40" t="s">
         <v>76</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>78</v>
       </c>
       <c r="AC40" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="AD40" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="AE40">
         <v>3141470865</v>
       </c>
       <c r="AF40">
         <v>3141470865</v>
       </c>
       <c r="AG40" t="s">
         <v>76</v>
       </c>
       <c r="AH40" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="AK40" t="s">
         <v>70</v>
       </c>
       <c r="AL40" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="AM40" t="s">
         <v>82</v>
       </c>
       <c r="AN40" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="AO40">
         <v>55.2</v>
       </c>
       <c r="AP40" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AQ40" t="s">
         <v>73</v>
       </c>
       <c r="AR40" t="s">
         <v>84</v>
       </c>
       <c r="AS40">
         <v>771431668612</v>
       </c>
       <c r="AT40" t="s">
         <v>76</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40" t="s">
         <v>85</v>
       </c>
       <c r="AY40">
         <v>4957863890</v>
       </c>
       <c r="AZ40" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA40" t="s">
         <v>86</v>
       </c>
       <c r="BB40" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="BC40" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="BD40" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="BE40" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="BF40" t="s">
         <v>76</v>
       </c>
       <c r="BG40" t="s">
         <v>76</v>
       </c>
       <c r="BH40">
-        <v>271</v>
+        <v>318</v>
       </c>
       <c r="BI40" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>76</v>
       </c>
       <c r="BN40" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
         <v>73</v>
       </c>
       <c r="BQ40" t="s">
         <v>76</v>
       </c>
       <c r="BR40">
         <v>4545</v>
       </c>
       <c r="BS40"/>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="C41">
         <v>5300057409</v>
       </c>
       <c r="D41">
         <v>585280</v>
       </c>
       <c r="E41">
         <v>272.48</v>
       </c>
       <c r="F41" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="G41" t="s">
         <v>70</v>
       </c>
       <c r="H41" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="I41">
         <v>79.99</v>
       </c>
       <c r="J41" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="K41" t="s">
         <v>73</v>
       </c>
       <c r="L41">
         <v>4957861171</v>
       </c>
       <c r="M41" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N41" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O41"/>
       <c r="P41">
         <v>10320826394</v>
       </c>
       <c r="Q41" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="R41" t="s">
         <v>76</v>
       </c>
       <c r="S41" t="s">
         <v>76</v>
       </c>
       <c r="T41" t="s">
         <v>77</v>
       </c>
       <c r="U41">
         <v>5300057409</v>
       </c>
       <c r="V41">
         <v>585280</v>
       </c>
       <c r="W41" t="s">
         <v>76</v>
       </c>
       <c r="X41">
         <v>272.48</v>
       </c>
       <c r="Y41">
         <v>20.6</v>
       </c>
       <c r="Z41" t="s">
         <v>76</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>78</v>
       </c>
       <c r="AC41" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="AD41">
         <v>10320826394</v>
       </c>
       <c r="AE41" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="AF41" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="AG41" t="s">
         <v>76</v>
       </c>
       <c r="AH41" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="AM41" t="s">
         <v>82</v>
       </c>
       <c r="AN41" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="AO41">
         <v>79.99</v>
       </c>
       <c r="AP41" t="s">
         <v>83</v>
       </c>
       <c r="AQ41" t="s">
         <v>73</v>
       </c>
       <c r="AR41" t="s">
         <v>84</v>
       </c>
       <c r="AS41">
         <v>771431846510</v>
       </c>
       <c r="AT41" t="s">
         <v>76</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41" t="s">
         <v>85</v>
       </c>
       <c r="AY41">
         <v>4957861171</v>
       </c>
       <c r="AZ41" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA41" t="s">
         <v>86</v>
       </c>
       <c r="BB41" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="BC41" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="BD41" t="s">
         <v>76</v>
       </c>
       <c r="BE41" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="BF41" t="s">
         <v>76</v>
       </c>
       <c r="BG41" t="s">
         <v>76</v>
       </c>
       <c r="BH41">
-        <v>272</v>
+        <v>319</v>
       </c>
       <c r="BI41" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>76</v>
       </c>
       <c r="BN41" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="BO41">
         <v>0</v>
       </c>
       <c r="BP41" t="s">
         <v>73</v>
       </c>
       <c r="BQ41" t="s">
         <v>76</v>
       </c>
       <c r="BR41">
         <v>5613</v>
       </c>
       <c r="BS41"/>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="C42" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="D42">
         <v>585271</v>
       </c>
       <c r="E42">
         <v>335.24</v>
       </c>
       <c r="F42" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="G42" t="s">
         <v>70</v>
       </c>
       <c r="H42" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="I42">
         <v>109.99</v>
       </c>
       <c r="J42" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="K42" t="s">
         <v>73</v>
       </c>
       <c r="L42">
         <v>4957859234</v>
       </c>
       <c r="M42" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N42" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O42"/>
       <c r="P42">
         <v>5059189075</v>
       </c>
       <c r="Q42" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="R42" t="s">
         <v>76</v>
       </c>
       <c r="S42" t="s">
         <v>76</v>
       </c>
       <c r="T42" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U42" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="V42">
         <v>585271</v>
       </c>
       <c r="W42" t="s">
         <v>76</v>
       </c>
       <c r="X42">
         <v>335.24</v>
       </c>
       <c r="Y42">
         <v>20.6</v>
       </c>
       <c r="Z42" t="s">
         <v>76</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>78</v>
       </c>
       <c r="AC42" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="AD42">
         <v>5059189075</v>
       </c>
       <c r="AE42">
         <v>2222297500</v>
       </c>
       <c r="AF42">
         <v>2222297500</v>
       </c>
       <c r="AG42" t="s">
         <v>76</v>
       </c>
       <c r="AH42" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="AK42" t="s">
         <v>70</v>
       </c>
       <c r="AL42" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="AM42" t="s">
         <v>82</v>
       </c>
       <c r="AN42" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="AO42">
         <v>109.99</v>
       </c>
       <c r="AP42" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ42" t="s">
         <v>73</v>
       </c>
       <c r="AR42" t="s">
         <v>84</v>
       </c>
       <c r="AS42">
         <v>771431712689</v>
       </c>
       <c r="AT42" t="s">
         <v>76</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42" t="s">
         <v>85</v>
       </c>
       <c r="AY42">
         <v>4957859234</v>
       </c>
       <c r="AZ42" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA42" t="s">
         <v>86</v>
       </c>
       <c r="BB42" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="BC42" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="BD42" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="BE42" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="BF42" t="s">
         <v>76</v>
       </c>
       <c r="BG42" t="s">
         <v>76</v>
       </c>
       <c r="BH42">
-        <v>273</v>
+        <v>320</v>
       </c>
       <c r="BI42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>76</v>
       </c>
       <c r="BN42" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
         <v>73</v>
       </c>
       <c r="BQ42" t="s">
         <v>76</v>
       </c>
       <c r="BR42">
         <v>6906</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="C43">
         <v>7770056961</v>
       </c>
       <c r="D43">
         <v>585159</v>
       </c>
       <c r="E43">
         <v>593.5</v>
       </c>
       <c r="F43" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="G43" t="s">
         <v>70</v>
       </c>
       <c r="H43" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="I43">
         <v>168.98</v>
       </c>
       <c r="J43" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="K43" t="s">
         <v>73</v>
       </c>
       <c r="L43">
         <v>1261859723</v>
       </c>
       <c r="M43" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="N43" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="O43"/>
       <c r="P43">
         <v>10289372360</v>
       </c>
       <c r="Q43" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="R43" t="s">
         <v>76</v>
       </c>
       <c r="S43" t="s">
         <v>76</v>
       </c>
       <c r="T43" t="s">
         <v>77</v>
       </c>
       <c r="U43">
         <v>7770056961</v>
       </c>
       <c r="V43">
         <v>585159</v>
       </c>
       <c r="W43" t="s">
         <v>76</v>
       </c>
       <c r="X43">
         <v>593.5</v>
       </c>
       <c r="Y43">
         <v>20.6</v>
       </c>
       <c r="Z43" t="s">
         <v>76</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>78</v>
       </c>
       <c r="AC43" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="AD43">
         <v>10289372360</v>
       </c>
       <c r="AE43">
         <v>9616173500</v>
       </c>
       <c r="AF43">
         <v>9616173500</v>
       </c>
       <c r="AG43" t="s">
         <v>76</v>
       </c>
       <c r="AH43" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="AK43" t="s">
         <v>70</v>
       </c>
       <c r="AL43" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="AM43" t="s">
         <v>82</v>
       </c>
       <c r="AN43" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="AO43">
         <v>168.98</v>
       </c>
       <c r="AP43" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="AQ43" t="s">
         <v>73</v>
       </c>
       <c r="AR43" t="s">
         <v>84</v>
       </c>
       <c r="AS43">
         <v>284147918109</v>
       </c>
       <c r="AT43" t="s">
         <v>76</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43">
         <v>0</v>
       </c>
       <c r="AX43" t="s">
         <v>85</v>
       </c>
       <c r="AY43">
         <v>1261859723</v>
       </c>
       <c r="AZ43" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="BA43" t="s">
         <v>86</v>
       </c>
       <c r="BB43" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="BC43" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="BD43" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="BE43" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="BF43" t="s">
         <v>76</v>
       </c>
       <c r="BG43" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="BH43">
         <v>225</v>
       </c>
       <c r="BI43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>76</v>
       </c>
       <c r="BN43" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43" t="s">
         <v>73</v>
       </c>
       <c r="BQ43" t="s">
         <v>76</v>
       </c>
       <c r="BR43">
         <v>12226</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="C44">
         <v>7830056749</v>
       </c>
       <c r="D44">
         <v>585163</v>
       </c>
       <c r="E44">
         <v>345.68</v>
       </c>
       <c r="F44" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="G44" t="s">
         <v>70</v>
       </c>
       <c r="H44" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="I44">
         <v>114.99</v>
       </c>
       <c r="J44" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="K44" t="s">
         <v>73</v>
       </c>
       <c r="L44">
         <v>1261856315</v>
       </c>
       <c r="M44" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N44" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O44"/>
       <c r="P44">
         <v>15520175195</v>
       </c>
       <c r="Q44" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="R44" t="s">
         <v>76</v>
       </c>
       <c r="S44" t="s">
         <v>76</v>
       </c>
       <c r="T44" t="s">
         <v>77</v>
       </c>
       <c r="U44">
         <v>7830056749</v>
       </c>
       <c r="V44">
         <v>585163</v>
       </c>
       <c r="W44" t="s">
         <v>76</v>
       </c>
       <c r="X44">
         <v>345.68</v>
       </c>
       <c r="Y44">
         <v>20.6</v>
       </c>
       <c r="Z44" t="s">
         <v>76</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>78</v>
       </c>
       <c r="AC44" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="AD44">
         <v>15520175195</v>
       </c>
       <c r="AE44">
         <v>8444684500</v>
       </c>
       <c r="AF44">
         <v>8444684500</v>
       </c>
       <c r="AG44" t="s">
         <v>76</v>
       </c>
       <c r="AH44" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="AK44" t="s">
         <v>70</v>
       </c>
       <c r="AL44" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="AM44" t="s">
         <v>82</v>
       </c>
       <c r="AN44" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="AO44">
         <v>114.99</v>
       </c>
       <c r="AP44" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="AQ44" t="s">
         <v>73</v>
       </c>
       <c r="AR44" t="s">
         <v>84</v>
       </c>
       <c r="AS44">
         <v>771306085615</v>
       </c>
       <c r="AT44" t="s">
         <v>76</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44" t="s">
         <v>85</v>
       </c>
       <c r="AY44">
         <v>1261856315</v>
       </c>
       <c r="AZ44" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA44" t="s">
         <v>86</v>
       </c>
       <c r="BB44" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="BC44" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="BD44" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="BE44" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="BF44" t="s">
         <v>76</v>
       </c>
       <c r="BG44" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="BH44">
         <v>231</v>
       </c>
       <c r="BI44" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>76</v>
       </c>
       <c r="BN44" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
         <v>73</v>
       </c>
       <c r="BQ44" t="s">
         <v>76</v>
       </c>
       <c r="BR44">
         <v>7121</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="C45">
         <v>7870057239</v>
       </c>
       <c r="D45">
         <v>585147</v>
       </c>
       <c r="E45">
         <v>272.48</v>
       </c>
       <c r="F45" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="G45" t="s">
         <v>70</v>
       </c>
       <c r="H45" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="I45">
         <v>79.99</v>
       </c>
       <c r="J45" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="K45" t="s">
         <v>73</v>
       </c>
       <c r="L45">
         <v>6781921403</v>
       </c>
       <c r="M45" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N45" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O45"/>
       <c r="P45">
         <v>331305985</v>
       </c>
       <c r="Q45" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="R45" t="s">
         <v>76</v>
       </c>
       <c r="S45" t="s">
         <v>76</v>
       </c>
       <c r="T45" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U45">
         <v>7870057239</v>
       </c>
       <c r="V45">
         <v>585147</v>
       </c>
       <c r="W45" t="s">
         <v>76</v>
       </c>
       <c r="X45">
         <v>272.48</v>
       </c>
       <c r="Y45">
         <v>20.6</v>
       </c>
       <c r="Z45" t="s">
         <v>76</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>78</v>
       </c>
       <c r="AC45" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="AD45">
         <v>331305985</v>
       </c>
       <c r="AE45" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="AF45" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="AG45" t="s">
         <v>76</v>
       </c>
       <c r="AH45" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="AM45" t="s">
         <v>82</v>
       </c>
       <c r="AN45" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="AO45">
         <v>79.99</v>
       </c>
       <c r="AP45" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ45" t="s">
         <v>73</v>
       </c>
       <c r="AR45" t="s">
         <v>84</v>
       </c>
       <c r="AS45">
         <v>284122932510</v>
       </c>
       <c r="AT45" t="s">
         <v>76</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45">
         <v>0</v>
       </c>
       <c r="AX45" t="s">
         <v>85</v>
       </c>
       <c r="AY45">
         <v>6781921403</v>
       </c>
       <c r="AZ45" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA45" t="s">
         <v>86</v>
       </c>
       <c r="BB45" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="BC45" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="BD45" t="s">
         <v>76</v>
       </c>
       <c r="BE45" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="BF45" t="s">
         <v>76</v>
       </c>
       <c r="BG45" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="BH45">
         <v>212</v>
       </c>
       <c r="BI45" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>76</v>
       </c>
       <c r="BN45" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45" t="s">
         <v>73</v>
       </c>
       <c r="BQ45" t="s">
         <v>76</v>
       </c>
       <c r="BR45">
         <v>5613</v>
       </c>
       <c r="BS45"/>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="C46">
         <v>2240055950</v>
       </c>
       <c r="D46">
         <v>584894</v>
       </c>
       <c r="E46">
         <v>237.38</v>
       </c>
       <c r="F46" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="G46" t="s">
         <v>70</v>
       </c>
       <c r="H46" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="I46">
         <v>63.2</v>
       </c>
       <c r="J46" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="K46" t="s">
         <v>73</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="Q46" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="R46" t="s">
         <v>76</v>
       </c>
       <c r="S46" t="s">
         <v>76</v>
       </c>
       <c r="T46" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U46">
         <v>2240055950</v>
       </c>
       <c r="V46">
         <v>584894</v>
       </c>
       <c r="W46" t="s">
         <v>76</v>
       </c>
       <c r="X46">
         <v>237.38</v>
       </c>
       <c r="Y46">
         <v>20.6</v>
       </c>
       <c r="Z46" t="s">
         <v>76</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>78</v>
       </c>
       <c r="AC46" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="AD46" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="AE46">
         <v>2281443204</v>
       </c>
       <c r="AF46">
         <v>2281443204</v>
       </c>
       <c r="AG46" t="s">
         <v>76</v>
       </c>
       <c r="AH46" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="AM46" t="s">
         <v>82</v>
       </c>
       <c r="AN46" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="AO46">
         <v>63.2</v>
       </c>
       <c r="AP46" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="AQ46" t="s">
         <v>73</v>
       </c>
       <c r="AR46" t="s">
         <v>84</v>
       </c>
       <c r="AS46">
         <v>283972914257</v>
       </c>
       <c r="AT46" t="s">
         <v>76</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46">
         <v>0</v>
       </c>
       <c r="AX46" t="s">
         <v>85</v>
       </c>
       <c r="AY46"/>
       <c r="AZ46" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA46" t="s">
         <v>86</v>
       </c>
       <c r="BB46" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="BC46" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="BD46" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="BE46" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="BF46" t="s">
         <v>76</v>
       </c>
       <c r="BG46" t="s">
         <v>76</v>
       </c>
       <c r="BH46">
-        <v>280</v>
+        <v>327</v>
       </c>
       <c r="BI46" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>76</v>
       </c>
       <c r="BN46" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46" t="s">
         <v>73</v>
       </c>
       <c r="BQ46" t="s">
         <v>76</v>
       </c>
       <c r="BR46">
         <v>4890</v>
       </c>
       <c r="BS46"/>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C47">
         <v>8180055860</v>
       </c>
       <c r="D47">
         <v>584851</v>
       </c>
       <c r="E47">
         <v>215.63</v>
       </c>
       <c r="F47" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="G47" t="s">
         <v>70</v>
       </c>
       <c r="H47" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="I47">
         <v>52.8</v>
       </c>
       <c r="J47" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="K47" t="s">
         <v>73</v>
       </c>
       <c r="L47">
         <v>7076904402</v>
       </c>
       <c r="M47" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N47" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O47"/>
       <c r="P47">
         <v>18031749906</v>
       </c>
       <c r="Q47" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="R47" t="s">
         <v>76</v>
       </c>
       <c r="S47" t="s">
         <v>76</v>
       </c>
       <c r="T47" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U47">
         <v>8180055860</v>
       </c>
       <c r="V47">
         <v>584851</v>
       </c>
       <c r="W47" t="s">
         <v>76</v>
       </c>
       <c r="X47">
         <v>215.63</v>
       </c>
       <c r="Y47">
         <v>20.6</v>
       </c>
       <c r="Z47" t="s">
         <v>76</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>78</v>
       </c>
       <c r="AC47" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="AD47">
         <v>18031749906</v>
       </c>
       <c r="AE47" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="AF47" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="AG47" t="s">
         <v>76</v>
       </c>
       <c r="AH47" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="AM47" t="s">
         <v>82</v>
       </c>
       <c r="AN47" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="AO47">
         <v>52.8</v>
       </c>
       <c r="AP47" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="AQ47" t="s">
         <v>73</v>
       </c>
       <c r="AR47" t="s">
         <v>84</v>
       </c>
       <c r="AS47">
         <v>771166437912</v>
       </c>
       <c r="AT47" t="s">
         <v>76</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47" t="s">
         <v>85</v>
       </c>
       <c r="AY47">
         <v>7076904402</v>
       </c>
       <c r="AZ47" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA47" t="s">
         <v>86</v>
       </c>
       <c r="BB47" t="s">
+        <v>546</v>
+      </c>
+      <c r="BC47" t="s">
         <v>539</v>
       </c>
-      <c r="BC47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD47" t="s">
         <v>76</v>
       </c>
       <c r="BE47" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="BF47" t="s">
         <v>76</v>
       </c>
       <c r="BG47" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="BH47">
         <v>210</v>
       </c>
       <c r="BI47" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>76</v>
       </c>
       <c r="BN47" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47" t="s">
         <v>73</v>
       </c>
       <c r="BQ47" t="s">
         <v>76</v>
       </c>
       <c r="BR47">
         <v>4442</v>
       </c>
       <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="C48">
         <v>8200055799</v>
       </c>
       <c r="D48">
         <v>584771</v>
       </c>
       <c r="E48">
         <v>321.02</v>
       </c>
       <c r="F48" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="G48" t="s">
         <v>70</v>
       </c>
       <c r="H48" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="I48">
         <v>88.99</v>
       </c>
       <c r="J48" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="K48" t="s">
         <v>73</v>
       </c>
       <c r="L48">
         <v>9984684743</v>
       </c>
       <c r="M48" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N48" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O48"/>
       <c r="P48">
         <v>5481978789</v>
       </c>
       <c r="Q48" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="R48" t="s">
         <v>76</v>
       </c>
       <c r="S48" t="s">
         <v>76</v>
       </c>
       <c r="T48" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U48">
         <v>8200055799</v>
       </c>
       <c r="V48">
         <v>584771</v>
       </c>
       <c r="W48" t="s">
         <v>76</v>
       </c>
       <c r="X48">
         <v>321.02</v>
       </c>
       <c r="Y48">
         <v>20.6</v>
       </c>
       <c r="Z48" t="s">
         <v>76</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>78</v>
       </c>
       <c r="AC48" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="AD48">
         <v>5481978789</v>
       </c>
       <c r="AE48" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="AF48" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="AG48" t="s">
         <v>76</v>
       </c>
       <c r="AH48" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="AM48" t="s">
         <v>82</v>
       </c>
       <c r="AN48" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="AO48">
         <v>88.99</v>
       </c>
       <c r="AP48" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="AQ48" t="s">
         <v>73</v>
       </c>
       <c r="AR48" t="s">
         <v>84</v>
       </c>
       <c r="AS48">
         <v>283931170255</v>
       </c>
       <c r="AT48" t="s">
         <v>76</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48" t="s">
         <v>85</v>
       </c>
       <c r="AY48">
         <v>9984684743</v>
       </c>
       <c r="AZ48" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA48" t="s">
         <v>86</v>
       </c>
       <c r="BB48" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="BC48" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="BD48" t="s">
         <v>76</v>
       </c>
       <c r="BE48" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="BF48" t="s">
         <v>76</v>
       </c>
       <c r="BG48" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="BH48">
         <v>282</v>
       </c>
       <c r="BI48" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>76</v>
       </c>
       <c r="BN48" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48" t="s">
         <v>73</v>
       </c>
       <c r="BQ48" t="s">
         <v>76</v>
       </c>
       <c r="BR48">
         <v>6613</v>
       </c>
       <c r="BS48"/>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="C49" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="D49">
         <v>584660</v>
       </c>
       <c r="E49">
         <v>272.48</v>
       </c>
       <c r="F49" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="G49" t="s">
         <v>70</v>
       </c>
       <c r="H49" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="I49">
         <v>79.99</v>
       </c>
       <c r="J49" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="K49" t="s">
         <v>73</v>
       </c>
       <c r="L49">
         <v>2372946100</v>
       </c>
       <c r="M49" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N49" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O49"/>
       <c r="P49">
         <v>4525014125</v>
       </c>
       <c r="Q49" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="R49" t="s">
         <v>76</v>
       </c>
       <c r="S49" t="s">
         <v>76</v>
       </c>
       <c r="T49" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U49" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="V49">
         <v>584660</v>
       </c>
       <c r="W49" t="s">
         <v>76</v>
       </c>
       <c r="X49">
         <v>272.48</v>
       </c>
       <c r="Y49">
         <v>20.6</v>
       </c>
       <c r="Z49" t="s">
         <v>76</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>78</v>
       </c>
       <c r="AC49" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="AD49">
         <v>4525014125</v>
       </c>
       <c r="AE49" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="AF49" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="AG49" t="s">
         <v>76</v>
       </c>
       <c r="AH49" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="AM49" t="s">
         <v>82</v>
       </c>
       <c r="AN49" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="AO49">
         <v>79.99</v>
       </c>
       <c r="AP49" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ49" t="s">
         <v>73</v>
       </c>
       <c r="AR49" t="s">
         <v>84</v>
       </c>
       <c r="AS49">
         <v>283832949645</v>
       </c>
       <c r="AT49" t="s">
         <v>76</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49" t="s">
         <v>85</v>
       </c>
       <c r="AY49">
         <v>2372946100</v>
       </c>
       <c r="AZ49" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA49" t="s">
         <v>86</v>
       </c>
       <c r="BB49" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="BC49" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="BD49" t="s">
         <v>76</v>
       </c>
       <c r="BE49" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="BF49" t="s">
         <v>76</v>
       </c>
       <c r="BG49" t="s">
         <v>76</v>
       </c>
       <c r="BH49">
-        <v>283</v>
+        <v>330</v>
       </c>
       <c r="BI49" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>76</v>
       </c>
       <c r="BN49" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49" t="s">
         <v>73</v>
       </c>
       <c r="BQ49" t="s">
         <v>76</v>
       </c>
       <c r="BR49">
         <v>5613</v>
       </c>
       <c r="BS49"/>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="C50">
         <v>3120085459</v>
       </c>
       <c r="D50">
         <v>584656</v>
       </c>
       <c r="E50">
         <v>215.63</v>
       </c>
       <c r="F50" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="G50" t="s">
         <v>70</v>
       </c>
       <c r="H50" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="I50">
         <v>52.8</v>
       </c>
       <c r="J50" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="K50" t="s">
         <v>73</v>
       </c>
       <c r="L50">
         <v>2372945245</v>
       </c>
       <c r="M50" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N50" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O50"/>
       <c r="P50">
         <v>241795095</v>
       </c>
       <c r="Q50" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="R50" t="s">
         <v>76</v>
       </c>
       <c r="S50" t="s">
         <v>76</v>
       </c>
       <c r="T50" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U50">
         <v>3120085459</v>
       </c>
       <c r="V50">
         <v>584656</v>
       </c>
       <c r="W50" t="s">
         <v>76</v>
       </c>
       <c r="X50">
         <v>215.63</v>
       </c>
       <c r="Y50">
         <v>20.6</v>
       </c>
       <c r="Z50" t="s">
         <v>76</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>78</v>
       </c>
       <c r="AC50" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="AD50">
         <v>241795095</v>
       </c>
       <c r="AE50" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="AF50" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="AG50" t="s">
         <v>76</v>
       </c>
       <c r="AH50" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="AM50" t="s">
         <v>82</v>
       </c>
       <c r="AN50" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="AO50">
         <v>52.8</v>
       </c>
       <c r="AP50" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="AQ50" t="s">
         <v>73</v>
       </c>
       <c r="AR50" t="s">
         <v>84</v>
       </c>
       <c r="AS50">
         <v>771111146897</v>
       </c>
       <c r="AT50" t="s">
         <v>76</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50" t="s">
         <v>85</v>
       </c>
       <c r="AY50">
         <v>2372945245</v>
       </c>
       <c r="AZ50" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA50" t="s">
         <v>86</v>
       </c>
       <c r="BB50" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="BC50" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="BD50" t="s">
         <v>76</v>
       </c>
       <c r="BE50" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="BF50" t="s">
         <v>76</v>
       </c>
       <c r="BG50" t="s">
         <v>76</v>
       </c>
       <c r="BH50">
-        <v>283</v>
+        <v>330</v>
       </c>
       <c r="BI50" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>76</v>
       </c>
       <c r="BN50" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
         <v>73</v>
       </c>
       <c r="BQ50" t="s">
         <v>76</v>
       </c>
       <c r="BR50">
         <v>4442</v>
       </c>
       <c r="BS50"/>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="C51">
         <v>7140055861</v>
       </c>
       <c r="D51">
         <v>584614</v>
       </c>
       <c r="E51">
         <v>272.48</v>
       </c>
       <c r="F51" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="G51" t="s">
         <v>70</v>
       </c>
       <c r="H51" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="I51">
         <v>79.99</v>
       </c>
       <c r="J51" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="K51" t="s">
         <v>73</v>
       </c>
       <c r="L51">
         <v>2111561686</v>
       </c>
       <c r="M51" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N51" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O51"/>
       <c r="P51">
         <v>8618818331</v>
       </c>
       <c r="Q51" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="R51" t="s">
         <v>76</v>
       </c>
       <c r="S51" t="s">
         <v>76</v>
       </c>
       <c r="T51" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U51">
         <v>7140055861</v>
       </c>
       <c r="V51">
         <v>584614</v>
       </c>
       <c r="W51" t="s">
         <v>76</v>
       </c>
       <c r="X51">
         <v>272.48</v>
       </c>
       <c r="Y51">
         <v>20.6</v>
       </c>
       <c r="Z51" t="s">
         <v>76</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>78</v>
       </c>
       <c r="AC51" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="AD51">
         <v>8618818331</v>
       </c>
       <c r="AE51">
         <v>5591284600</v>
       </c>
       <c r="AF51">
         <v>5591284600</v>
       </c>
       <c r="AG51" t="s">
         <v>76</v>
       </c>
       <c r="AH51" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="AM51" t="s">
         <v>82</v>
       </c>
       <c r="AN51" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="AO51">
         <v>79.99</v>
       </c>
       <c r="AP51" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ51" t="s">
         <v>73</v>
       </c>
       <c r="AR51" t="s">
         <v>84</v>
       </c>
       <c r="AS51">
         <v>283837203083</v>
       </c>
       <c r="AT51" t="s">
         <v>76</v>
       </c>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51"/>
       <c r="AX51" t="s">
         <v>85</v>
       </c>
       <c r="AY51">
         <v>2111561686</v>
       </c>
       <c r="AZ51" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA51" t="s">
         <v>86</v>
       </c>
       <c r="BB51" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="BC51" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="BD51" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="BE51" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="BF51" t="s">
         <v>76</v>
       </c>
       <c r="BG51" t="s">
         <v>76</v>
       </c>
       <c r="BH51">
-        <v>284</v>
+        <v>331</v>
       </c>
       <c r="BI51" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>76</v>
       </c>
       <c r="BN51" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51" t="s">
         <v>73</v>
       </c>
       <c r="BQ51" t="s">
         <v>76</v>
       </c>
       <c r="BR51">
         <v>5613</v>
       </c>
       <c r="BS51"/>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="C52">
         <v>7920055572</v>
       </c>
       <c r="D52">
         <v>584583</v>
       </c>
       <c r="E52">
         <v>308.06</v>
       </c>
       <c r="F52" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
       <c r="H52" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="I52">
         <v>96.99</v>
       </c>
       <c r="J52" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="K52" t="s">
         <v>73</v>
       </c>
       <c r="L52">
         <v>2111560883</v>
       </c>
       <c r="M52" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N52" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O52"/>
       <c r="P52" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="Q52" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="R52" t="s">
         <v>76</v>
       </c>
       <c r="S52" t="s">
         <v>76</v>
       </c>
       <c r="T52" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U52">
         <v>7920055572</v>
       </c>
       <c r="V52">
         <v>584583</v>
       </c>
       <c r="W52" t="s">
         <v>76</v>
       </c>
       <c r="X52">
         <v>308.06</v>
       </c>
       <c r="Y52">
         <v>20.6</v>
       </c>
       <c r="Z52" t="s">
         <v>76</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>78</v>
       </c>
       <c r="AC52" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="AD52" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="AE52">
         <v>3315871119</v>
       </c>
       <c r="AF52">
         <v>3315871119</v>
       </c>
       <c r="AG52" t="s">
         <v>76</v>
       </c>
       <c r="AH52" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="AM52" t="s">
         <v>82</v>
       </c>
       <c r="AN52" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="AO52">
         <v>96.99</v>
       </c>
       <c r="AP52" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AQ52" t="s">
         <v>73</v>
       </c>
       <c r="AR52" t="s">
         <v>84</v>
       </c>
       <c r="AS52">
         <v>283834862837</v>
       </c>
       <c r="AT52" t="s">
         <v>76</v>
       </c>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52"/>
       <c r="AX52" t="s">
         <v>85</v>
       </c>
       <c r="AY52">
         <v>2111560883</v>
       </c>
       <c r="AZ52" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA52" t="s">
         <v>86</v>
       </c>
       <c r="BB52" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="BC52" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="BD52" t="s">
         <v>76</v>
       </c>
       <c r="BE52" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="BF52" t="s">
         <v>76</v>
       </c>
       <c r="BG52" t="s">
         <v>76</v>
       </c>
       <c r="BH52">
-        <v>284</v>
+        <v>331</v>
       </c>
       <c r="BI52" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>76</v>
       </c>
       <c r="BN52" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52" t="s">
         <v>73</v>
       </c>
       <c r="BQ52" t="s">
         <v>76</v>
       </c>
       <c r="BR52">
         <v>6346</v>
       </c>
       <c r="BS52"/>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="C53">
         <v>1030116891</v>
       </c>
       <c r="D53">
         <v>584565</v>
       </c>
       <c r="E53">
         <v>322.67</v>
       </c>
       <c r="F53" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
       <c r="H53" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="I53">
         <v>103.99</v>
       </c>
       <c r="J53" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="K53" t="s">
         <v>73</v>
       </c>
       <c r="L53">
         <v>2111559811</v>
       </c>
       <c r="M53" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N53" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O53"/>
       <c r="P53" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="Q53" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="R53" t="s">
         <v>76</v>
       </c>
       <c r="S53" t="s">
         <v>76</v>
       </c>
       <c r="T53" t="s">
         <v>77</v>
       </c>
       <c r="U53">
         <v>1030116891</v>
       </c>
       <c r="V53">
         <v>584565</v>
       </c>
       <c r="W53" t="s">
         <v>76</v>
       </c>
       <c r="X53">
         <v>322.67</v>
       </c>
       <c r="Y53">
         <v>20.6</v>
       </c>
       <c r="Z53" t="s">
         <v>76</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>78</v>
       </c>
       <c r="AC53" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="AD53" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="AE53">
         <v>2283043593</v>
       </c>
       <c r="AF53">
         <v>2283043593</v>
       </c>
       <c r="AG53" t="s">
         <v>76</v>
       </c>
       <c r="AH53" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="AM53" t="s">
         <v>82</v>
       </c>
       <c r="AN53" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="AO53">
         <v>103.99</v>
       </c>
       <c r="AP53" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="AQ53" t="s">
         <v>73</v>
       </c>
       <c r="AR53" t="s">
         <v>84</v>
       </c>
       <c r="AS53">
         <v>283834819778</v>
       </c>
       <c r="AT53" t="s">
         <v>76</v>
       </c>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53"/>
       <c r="AX53" t="s">
         <v>85</v>
       </c>
       <c r="AY53">
         <v>2111559811</v>
       </c>
       <c r="AZ53" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA53" t="s">
         <v>86</v>
       </c>
       <c r="BB53" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="BC53" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="BD53" t="s">
         <v>76</v>
       </c>
       <c r="BE53" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="BF53" t="s">
         <v>76</v>
       </c>
       <c r="BG53" t="s">
         <v>76</v>
       </c>
       <c r="BH53">
-        <v>285</v>
+        <v>332</v>
       </c>
       <c r="BI53" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>76</v>
       </c>
       <c r="BN53" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53" t="s">
         <v>73</v>
       </c>
       <c r="BQ53" t="s">
         <v>76</v>
       </c>
       <c r="BR53">
         <v>6647</v>
       </c>
       <c r="BS53"/>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="C54">
         <v>1540055480</v>
       </c>
       <c r="D54">
         <v>584561</v>
       </c>
       <c r="E54">
         <v>321.02</v>
       </c>
       <c r="F54" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="G54" t="s">
         <v>70</v>
       </c>
       <c r="H54" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="I54">
         <v>89.99</v>
       </c>
       <c r="J54" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="K54" t="s">
         <v>73</v>
       </c>
       <c r="L54">
         <v>2372940566</v>
       </c>
       <c r="M54" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N54" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O54"/>
       <c r="P54">
         <v>2420852886</v>
       </c>
       <c r="Q54" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="R54" t="s">
         <v>76</v>
       </c>
       <c r="S54" t="s">
         <v>76</v>
       </c>
       <c r="T54" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U54">
         <v>1540055480</v>
       </c>
       <c r="V54">
         <v>584561</v>
       </c>
       <c r="W54" t="s">
         <v>76</v>
       </c>
       <c r="X54">
         <v>321.02</v>
       </c>
       <c r="Y54">
         <v>20.6</v>
       </c>
       <c r="Z54" t="s">
         <v>76</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>78</v>
       </c>
       <c r="AC54" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="AD54">
         <v>2420852886</v>
       </c>
       <c r="AE54" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="AF54" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="AG54" t="s">
         <v>76</v>
       </c>
       <c r="AH54" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="AM54" t="s">
         <v>82</v>
       </c>
       <c r="AN54" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="AO54">
         <v>89.99</v>
       </c>
       <c r="AP54" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="AQ54" t="s">
         <v>73</v>
       </c>
       <c r="AR54" t="s">
         <v>84</v>
       </c>
       <c r="AS54">
         <v>283835293825</v>
       </c>
       <c r="AT54" t="s">
         <v>76</v>
       </c>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54"/>
       <c r="AX54" t="s">
         <v>85</v>
       </c>
       <c r="AY54">
         <v>2372940566</v>
       </c>
       <c r="AZ54" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA54" t="s">
         <v>86</v>
       </c>
       <c r="BB54" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="BC54" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="BD54" t="s">
         <v>76</v>
       </c>
       <c r="BE54" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="BF54" t="s">
         <v>76</v>
       </c>
       <c r="BG54" t="s">
         <v>76</v>
       </c>
       <c r="BH54">
-        <v>285</v>
+        <v>332</v>
       </c>
       <c r="BI54" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>76</v>
       </c>
       <c r="BN54" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54" t="s">
         <v>73</v>
       </c>
       <c r="BQ54" t="s">
         <v>76</v>
       </c>
       <c r="BR54">
         <v>6613</v>
       </c>
       <c r="BS54"/>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="C55" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="D55">
         <v>584465</v>
       </c>
       <c r="E55">
         <v>521.8</v>
       </c>
       <c r="F55" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="G55" t="s">
         <v>70</v>
       </c>
       <c r="H55" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="I55">
         <v>199.2</v>
       </c>
       <c r="J55" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="K55" t="s">
         <v>73</v>
       </c>
       <c r="L55">
         <v>6107233635</v>
       </c>
       <c r="M55" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N55" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O55"/>
       <c r="P55">
         <v>9359748378</v>
       </c>
       <c r="Q55" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="R55" t="s">
         <v>76</v>
       </c>
       <c r="S55" t="s">
         <v>76</v>
       </c>
       <c r="T55" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U55" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="V55">
         <v>584465</v>
       </c>
       <c r="W55" t="s">
         <v>76</v>
       </c>
       <c r="X55">
         <v>521.8</v>
       </c>
       <c r="Y55">
         <v>20.6</v>
       </c>
       <c r="Z55" t="s">
         <v>76</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>78</v>
       </c>
       <c r="AC55" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="AD55">
         <v>9359748378</v>
       </c>
       <c r="AE55" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="AF55" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="AG55" t="s">
         <v>76</v>
       </c>
       <c r="AH55" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="AM55" t="s">
         <v>82</v>
       </c>
       <c r="AN55" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="AO55">
         <v>199.2</v>
       </c>
       <c r="AP55" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="AQ55" t="s">
         <v>73</v>
       </c>
       <c r="AR55" t="s">
         <v>84</v>
       </c>
       <c r="AS55">
         <v>283759126186</v>
       </c>
       <c r="AT55" t="s">
         <v>76</v>
       </c>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55"/>
       <c r="AX55" t="s">
         <v>85</v>
       </c>
       <c r="AY55">
         <v>6107233635</v>
       </c>
       <c r="AZ55" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA55" t="s">
         <v>86</v>
       </c>
       <c r="BB55" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="BC55" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="BD55" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="BE55" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="BF55" t="s">
         <v>76</v>
       </c>
       <c r="BG55" t="s">
         <v>76</v>
       </c>
       <c r="BH55">
-        <v>286</v>
+        <v>333</v>
       </c>
       <c r="BI55" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>76</v>
       </c>
       <c r="BN55" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55" t="s">
         <v>73</v>
       </c>
       <c r="BQ55" t="s">
         <v>76</v>
       </c>
       <c r="BR55">
         <v>10749</v>
       </c>
       <c r="BS55"/>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="C56">
         <v>7060055170</v>
       </c>
       <c r="D56">
         <v>584190</v>
       </c>
       <c r="E56">
         <v>272.48</v>
       </c>
       <c r="F56" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
       <c r="H56" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="I56">
         <v>79.99</v>
       </c>
       <c r="J56" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="K56" t="s">
         <v>73</v>
       </c>
       <c r="L56">
         <v>7612406804</v>
       </c>
       <c r="M56" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N56" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O56"/>
       <c r="P56">
         <v>28467134584</v>
       </c>
       <c r="Q56" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="R56" t="s">
         <v>76</v>
       </c>
       <c r="S56" t="s">
         <v>76</v>
       </c>
       <c r="T56" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U56">
         <v>7060055170</v>
       </c>
       <c r="V56">
         <v>584190</v>
       </c>
       <c r="W56" t="s">
         <v>76</v>
       </c>
       <c r="X56">
         <v>272.48</v>
       </c>
       <c r="Y56">
         <v>20.6</v>
       </c>
       <c r="Z56" t="s">
         <v>76</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>78</v>
       </c>
       <c r="AC56" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="AD56">
         <v>28467134584</v>
       </c>
       <c r="AE56" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="AF56" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="AG56" t="s">
         <v>76</v>
       </c>
       <c r="AH56" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="AM56" t="s">
         <v>82</v>
       </c>
       <c r="AN56" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="AO56">
         <v>79.99</v>
       </c>
       <c r="AP56" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ56" t="s">
         <v>73</v>
       </c>
       <c r="AR56" t="s">
         <v>84</v>
       </c>
       <c r="AS56">
         <v>283718377116</v>
       </c>
       <c r="AT56" t="s">
         <v>76</v>
       </c>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56" t="s">
         <v>85</v>
       </c>
       <c r="AY56">
         <v>7612406804</v>
       </c>
       <c r="AZ56" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA56" t="s">
         <v>86</v>
       </c>
       <c r="BB56" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="BC56" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="BD56" t="s">
         <v>76</v>
       </c>
       <c r="BE56" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="BF56" t="s">
         <v>76</v>
       </c>
       <c r="BG56" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="BH56">
         <v>247</v>
       </c>
       <c r="BI56" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>76</v>
       </c>
       <c r="BN56" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56" t="s">
         <v>73</v>
       </c>
       <c r="BQ56" t="s">
         <v>76</v>
       </c>
       <c r="BR56">
         <v>5613</v>
       </c>
       <c r="BS56"/>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="C57">
         <v>3150054572</v>
       </c>
       <c r="D57">
         <v>584145</v>
       </c>
       <c r="E57">
         <v>245.23</v>
       </c>
       <c r="F57" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="G57" t="s">
         <v>70</v>
       </c>
       <c r="H57" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="I57">
         <v>79.99</v>
       </c>
       <c r="J57" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="K57" t="s">
         <v>73</v>
       </c>
       <c r="L57">
         <v>7612405791</v>
       </c>
       <c r="M57" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N57" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O57"/>
       <c r="P57">
         <v>14246290298</v>
       </c>
       <c r="Q57" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="R57" t="s">
         <v>76</v>
       </c>
       <c r="S57" t="s">
         <v>76</v>
       </c>
       <c r="T57" t="s">
         <v>77</v>
       </c>
       <c r="U57">
         <v>3150054572</v>
       </c>
       <c r="V57">
         <v>584145</v>
       </c>
       <c r="W57" t="s">
         <v>76</v>
       </c>
       <c r="X57">
         <v>245.23</v>
       </c>
       <c r="Y57">
         <v>20.6</v>
       </c>
       <c r="Z57" t="s">
         <v>76</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>78</v>
       </c>
       <c r="AC57" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="AD57">
         <v>14246290298</v>
       </c>
       <c r="AE57" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="AF57" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="AG57" t="s">
         <v>76</v>
       </c>
       <c r="AH57" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="AK57" t="s">
         <v>70</v>
       </c>
       <c r="AL57" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="AM57" t="s">
         <v>82</v>
       </c>
       <c r="AN57" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="AO57">
         <v>79.99</v>
       </c>
       <c r="AP57" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ57" t="s">
         <v>73</v>
       </c>
       <c r="AR57" t="s">
         <v>84</v>
       </c>
       <c r="AS57">
         <v>283666670601</v>
       </c>
       <c r="AT57" t="s">
         <v>76</v>
       </c>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57"/>
       <c r="AX57" t="s">
         <v>85</v>
       </c>
       <c r="AY57">
         <v>7612405791</v>
       </c>
       <c r="AZ57" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA57" t="s">
         <v>86</v>
       </c>
       <c r="BB57" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="BC57" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="BD57" t="s">
         <v>76</v>
       </c>
       <c r="BE57" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="BF57" t="s">
         <v>76</v>
       </c>
       <c r="BG57" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="BH57">
         <v>248</v>
       </c>
       <c r="BI57" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>76</v>
       </c>
       <c r="BN57" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57" t="s">
         <v>73</v>
       </c>
       <c r="BQ57" t="s">
         <v>76</v>
       </c>
       <c r="BR57">
         <v>5051.7</v>
       </c>
       <c r="BS57"/>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="C58" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="D58">
         <v>584143</v>
       </c>
       <c r="E58">
         <v>236.94</v>
       </c>
       <c r="F58" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="G58" t="s">
         <v>70</v>
       </c>
       <c r="H58" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="I58">
         <v>63</v>
       </c>
       <c r="J58" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="K58" t="s">
         <v>73</v>
       </c>
       <c r="L58">
         <v>1652438852</v>
       </c>
       <c r="M58" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N58" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="Q58" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="R58" t="s">
         <v>76</v>
       </c>
       <c r="S58" t="s">
         <v>76</v>
       </c>
       <c r="T58" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U58" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="V58">
         <v>584143</v>
       </c>
       <c r="W58" t="s">
         <v>76</v>
       </c>
       <c r="X58">
         <v>236.94</v>
       </c>
       <c r="Y58">
         <v>20.6</v>
       </c>
       <c r="Z58" t="s">
         <v>76</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>78</v>
       </c>
       <c r="AC58" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="AD58" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="AE58">
         <v>5535518145</v>
       </c>
       <c r="AF58">
         <v>5535518145</v>
       </c>
       <c r="AG58" t="s">
         <v>76</v>
       </c>
       <c r="AH58" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="AK58" t="s">
         <v>70</v>
       </c>
       <c r="AL58" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="AM58" t="s">
         <v>82</v>
       </c>
       <c r="AN58" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="AO58">
         <v>63</v>
       </c>
       <c r="AP58" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AQ58" t="s">
         <v>73</v>
       </c>
       <c r="AR58" t="s">
         <v>84</v>
       </c>
       <c r="AS58">
         <v>283662083128</v>
       </c>
       <c r="AT58" t="s">
         <v>76</v>
       </c>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58"/>
       <c r="AX58" t="s">
         <v>85</v>
       </c>
       <c r="AY58">
         <v>1652438852</v>
       </c>
       <c r="AZ58" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA58" t="s">
         <v>86</v>
       </c>
       <c r="BB58" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="BC58" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="BD58" t="s">
         <v>76</v>
       </c>
       <c r="BE58" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="BF58" t="s">
         <v>76</v>
       </c>
       <c r="BG58" t="s">
         <v>76</v>
       </c>
       <c r="BH58">
-        <v>290</v>
+        <v>337</v>
       </c>
       <c r="BI58" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>76</v>
       </c>
       <c r="BN58" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58" t="s">
         <v>73</v>
       </c>
       <c r="BQ58" t="s">
         <v>76</v>
       </c>
       <c r="BR58">
         <v>4881</v>
       </c>
       <c r="BS58"/>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="C59">
         <v>7610054534</v>
       </c>
       <c r="D59">
         <v>584110</v>
       </c>
       <c r="E59">
         <v>531.84</v>
       </c>
       <c r="F59" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="G59" t="s">
         <v>70</v>
       </c>
       <c r="H59" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="I59">
         <v>204</v>
       </c>
       <c r="J59" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="K59" t="s">
         <v>73</v>
       </c>
       <c r="L59">
         <v>6651545272</v>
       </c>
       <c r="M59" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N59" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O59"/>
       <c r="P59" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="Q59" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="R59" t="s">
         <v>76</v>
       </c>
       <c r="S59" t="s">
         <v>76</v>
       </c>
       <c r="T59" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U59">
         <v>7610054534</v>
       </c>
       <c r="V59">
         <v>584110</v>
       </c>
       <c r="W59" t="s">
         <v>76</v>
       </c>
       <c r="X59">
         <v>531.84</v>
       </c>
       <c r="Y59">
         <v>20.6</v>
       </c>
       <c r="Z59" t="s">
         <v>76</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>78</v>
       </c>
       <c r="AC59" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="AD59" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="AE59">
         <v>7471735516</v>
       </c>
       <c r="AF59">
         <v>7471735516</v>
       </c>
       <c r="AG59" t="s">
         <v>76</v>
       </c>
       <c r="AH59" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="AK59" t="s">
         <v>70</v>
       </c>
       <c r="AL59" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="AM59" t="s">
         <v>82</v>
       </c>
       <c r="AN59" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="AO59">
         <v>204</v>
       </c>
       <c r="AP59" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="AQ59" t="s">
         <v>73</v>
       </c>
       <c r="AR59" t="s">
         <v>84</v>
       </c>
       <c r="AS59">
         <v>283648726311</v>
       </c>
       <c r="AT59" t="s">
         <v>76</v>
       </c>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59">
         <v>0</v>
       </c>
       <c r="AX59" t="s">
         <v>85</v>
       </c>
       <c r="AY59">
         <v>6651545272</v>
       </c>
       <c r="AZ59" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA59" t="s">
         <v>86</v>
       </c>
       <c r="BB59" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="BC59" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="BD59" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="BE59" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="BF59" t="s">
         <v>76</v>
       </c>
       <c r="BG59" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="BH59">
         <v>213</v>
       </c>
       <c r="BI59" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>76</v>
       </c>
       <c r="BN59" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59" t="s">
         <v>73</v>
       </c>
       <c r="BQ59" t="s">
         <v>76</v>
       </c>
       <c r="BR59">
         <v>10956</v>
       </c>
       <c r="BS59"/>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="C60">
         <v>6030054840</v>
       </c>
       <c r="D60">
         <v>584095</v>
       </c>
       <c r="E60">
         <v>345.68</v>
       </c>
       <c r="F60" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="G60" t="s">
         <v>70</v>
       </c>
       <c r="H60" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="I60">
         <v>114.99</v>
       </c>
       <c r="J60" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="K60" t="s">
         <v>73</v>
       </c>
       <c r="L60">
         <v>6651543662</v>
       </c>
       <c r="M60" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N60" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O60"/>
       <c r="P60">
         <v>2125051638</v>
       </c>
       <c r="Q60" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="R60" t="s">
         <v>76</v>
       </c>
       <c r="S60" t="s">
         <v>76</v>
       </c>
       <c r="T60" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U60">
         <v>6030054840</v>
       </c>
       <c r="V60">
         <v>584095</v>
       </c>
       <c r="W60" t="s">
         <v>76</v>
       </c>
       <c r="X60">
         <v>345.68</v>
       </c>
       <c r="Y60">
         <v>20.6</v>
       </c>
       <c r="Z60" t="s">
         <v>76</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>78</v>
       </c>
       <c r="AC60" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="AD60">
         <v>2125051638</v>
       </c>
       <c r="AE60">
         <v>9999427200</v>
       </c>
       <c r="AF60">
         <v>9999427200</v>
       </c>
       <c r="AG60" t="s">
         <v>76</v>
       </c>
       <c r="AH60" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="AK60" t="s">
         <v>70</v>
       </c>
       <c r="AL60" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="AM60" t="s">
         <v>82</v>
       </c>
       <c r="AN60" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="AO60">
         <v>114.99</v>
       </c>
       <c r="AP60" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="AQ60" t="s">
         <v>73</v>
       </c>
       <c r="AR60" t="s">
         <v>84</v>
       </c>
       <c r="AS60">
         <v>771043764737</v>
       </c>
       <c r="AT60" t="s">
         <v>76</v>
       </c>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60"/>
       <c r="AX60" t="s">
         <v>85</v>
       </c>
       <c r="AY60">
         <v>6651543662</v>
       </c>
       <c r="AZ60" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA60" t="s">
         <v>86</v>
       </c>
       <c r="BB60" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="BC60" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="BD60" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="BE60" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="BF60" t="s">
         <v>76</v>
       </c>
       <c r="BG60" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="BH60">
         <v>214</v>
       </c>
       <c r="BI60" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>76</v>
       </c>
       <c r="BN60" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60" t="s">
         <v>73</v>
       </c>
       <c r="BQ60" t="s">
         <v>76</v>
       </c>
       <c r="BR60">
         <v>7121</v>
       </c>
       <c r="BS60"/>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="C61">
         <v>1760064388</v>
       </c>
       <c r="D61">
         <v>584025</v>
       </c>
       <c r="E61">
         <v>228.54</v>
       </c>
       <c r="F61" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="G61" t="s">
         <v>70</v>
       </c>
       <c r="H61" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="I61">
         <v>58.99</v>
       </c>
       <c r="J61" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="K61" t="s">
         <v>73</v>
       </c>
       <c r="L61">
         <v>6651540593</v>
       </c>
       <c r="M61" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N61" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O61"/>
       <c r="P61">
         <v>14191017639</v>
       </c>
       <c r="Q61" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="R61" t="s">
         <v>76</v>
       </c>
       <c r="S61" t="s">
         <v>76</v>
       </c>
       <c r="T61" t="s">
         <v>77</v>
       </c>
       <c r="U61">
         <v>1760064388</v>
       </c>
       <c r="V61">
         <v>584025</v>
       </c>
       <c r="W61" t="s">
         <v>76</v>
       </c>
       <c r="X61">
         <v>228.54</v>
       </c>
       <c r="Y61">
         <v>20.6</v>
       </c>
       <c r="Z61" t="s">
         <v>76</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>78</v>
       </c>
       <c r="AC61" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="AD61">
         <v>14191017639</v>
       </c>
       <c r="AE61">
         <v>3336786700</v>
       </c>
       <c r="AF61">
         <v>3336786700</v>
       </c>
       <c r="AG61" t="s">
         <v>76</v>
       </c>
       <c r="AH61" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="AK61" t="s">
         <v>70</v>
       </c>
       <c r="AL61" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="AM61" t="s">
         <v>82</v>
       </c>
       <c r="AN61" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="AO61">
         <v>58.99</v>
       </c>
       <c r="AP61" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="AQ61" t="s">
         <v>73</v>
       </c>
       <c r="AR61" t="s">
         <v>84</v>
       </c>
       <c r="AS61">
         <v>283590021804</v>
       </c>
       <c r="AT61" t="s">
         <v>76</v>
       </c>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61" t="s">
         <v>85</v>
       </c>
       <c r="AY61">
         <v>6651540593</v>
       </c>
       <c r="AZ61" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA61" t="s">
         <v>86</v>
       </c>
       <c r="BB61" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="BC61" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="BD61" t="s">
         <v>76</v>
       </c>
       <c r="BE61" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="BF61" t="s">
         <v>76</v>
       </c>
       <c r="BG61" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="BH61">
         <v>222</v>
       </c>
       <c r="BI61" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>76</v>
       </c>
       <c r="BN61" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61" t="s">
         <v>73</v>
       </c>
       <c r="BQ61" t="s">
         <v>76</v>
       </c>
       <c r="BR61">
         <v>4708</v>
       </c>
       <c r="BS61"/>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="C62">
         <v>3670054811</v>
       </c>
       <c r="D62">
         <v>583817</v>
       </c>
       <c r="E62">
         <v>237.38</v>
       </c>
       <c r="F62" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="G62" t="s">
         <v>70</v>
       </c>
       <c r="H62" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="I62">
         <v>63.2</v>
       </c>
       <c r="J62" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="K62" t="s">
         <v>73</v>
       </c>
       <c r="L62">
         <v>5789043573</v>
       </c>
       <c r="M62" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="N62" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="O62"/>
       <c r="P62">
         <v>11451356014</v>
       </c>
       <c r="Q62" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="R62" t="s">
         <v>76</v>
       </c>
       <c r="S62" t="s">
         <v>76</v>
       </c>
       <c r="T62" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U62">
         <v>3670054811</v>
       </c>
       <c r="V62">
         <v>583817</v>
       </c>
       <c r="W62" t="s">
         <v>76</v>
       </c>
       <c r="X62">
         <v>237.38</v>
       </c>
       <c r="Y62">
         <v>20.6</v>
       </c>
       <c r="Z62" t="s">
         <v>76</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>78</v>
       </c>
       <c r="AC62" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="AD62">
         <v>11451356014</v>
       </c>
       <c r="AE62" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="AF62" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="AG62" t="s">
         <v>76</v>
       </c>
       <c r="AH62" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="AK62" t="s">
         <v>70</v>
       </c>
       <c r="AL62" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="AM62" t="s">
         <v>82</v>
       </c>
       <c r="AN62" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="AO62">
         <v>63.2</v>
       </c>
       <c r="AP62" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="AQ62" t="s">
         <v>73</v>
       </c>
       <c r="AR62" t="s">
         <v>84</v>
       </c>
       <c r="AS62">
         <v>283419017897</v>
       </c>
       <c r="AT62" t="s">
         <v>76</v>
       </c>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62">
         <v>0</v>
       </c>
       <c r="AX62" t="s">
         <v>85</v>
       </c>
       <c r="AY62">
         <v>5789043573</v>
       </c>
       <c r="AZ62" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="BA62" t="s">
         <v>86</v>
       </c>
       <c r="BB62" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="BC62" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="BD62" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="BE62" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="BF62" t="s">
         <v>76</v>
       </c>
       <c r="BG62" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="BH62">
         <v>228</v>
       </c>
       <c r="BI62" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>76</v>
       </c>
       <c r="BN62" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
         <v>73</v>
       </c>
       <c r="BQ62" t="s">
         <v>76</v>
       </c>
       <c r="BR62">
         <v>4890</v>
       </c>
       <c r="BS62"/>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C63">
         <v>2950054472</v>
       </c>
       <c r="D63">
         <v>583766</v>
       </c>
       <c r="E63">
         <v>270.83</v>
       </c>
       <c r="F63" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="G63" t="s">
         <v>70</v>
       </c>
       <c r="H63" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="I63">
         <v>79.2</v>
       </c>
       <c r="J63" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
       <c r="L63">
         <v>4710416185</v>
       </c>
       <c r="M63" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N63" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O63"/>
       <c r="P63" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="Q63" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="R63" t="s">
         <v>76</v>
       </c>
       <c r="S63" t="s">
         <v>76</v>
       </c>
       <c r="T63" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U63">
         <v>2950054472</v>
       </c>
       <c r="V63">
         <v>583766</v>
       </c>
       <c r="W63" t="s">
         <v>76</v>
       </c>
       <c r="X63">
         <v>270.83</v>
       </c>
       <c r="Y63">
         <v>20.6</v>
       </c>
       <c r="Z63" t="s">
         <v>76</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>78</v>
       </c>
       <c r="AC63" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="AD63" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="AE63">
         <v>2299836344</v>
       </c>
       <c r="AF63">
         <v>2299836344</v>
       </c>
       <c r="AG63" t="s">
         <v>76</v>
       </c>
       <c r="AH63" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="AK63" t="s">
         <v>70</v>
       </c>
       <c r="AL63" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="AM63" t="s">
         <v>82</v>
       </c>
       <c r="AN63" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="AO63">
         <v>79.2</v>
       </c>
       <c r="AP63" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="AQ63" t="s">
         <v>73</v>
       </c>
       <c r="AR63" t="s">
         <v>84</v>
       </c>
       <c r="AS63">
         <v>283429382993</v>
       </c>
       <c r="AT63" t="s">
         <v>76</v>
       </c>
       <c r="AU63"/>
       <c r="AV63"/>
       <c r="AW63">
         <v>0</v>
       </c>
       <c r="AX63" t="s">
         <v>85</v>
       </c>
       <c r="AY63">
         <v>4710416185</v>
       </c>
       <c r="AZ63" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA63" t="s">
         <v>86</v>
       </c>
       <c r="BB63" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="BC63" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="BD63" t="s">
         <v>76</v>
       </c>
       <c r="BE63" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="BF63" t="s">
         <v>76</v>
       </c>
       <c r="BG63" t="s">
         <v>76</v>
       </c>
       <c r="BH63">
-        <v>297</v>
+        <v>344</v>
       </c>
       <c r="BI63" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ63"/>
       <c r="BK63"/>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>76</v>
       </c>
       <c r="BN63" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="BO63">
         <v>0</v>
       </c>
       <c r="BP63" t="s">
         <v>73</v>
       </c>
       <c r="BQ63" t="s">
         <v>76</v>
       </c>
       <c r="BR63">
         <v>5579</v>
       </c>
       <c r="BS63"/>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C64">
         <v>3360054250</v>
       </c>
       <c r="D64">
         <v>583716</v>
       </c>
       <c r="E64">
         <v>274.56</v>
       </c>
       <c r="F64" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="G64" t="s">
         <v>70</v>
       </c>
       <c r="H64" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="I64">
         <v>80.99</v>
       </c>
       <c r="J64" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="K64" t="s">
         <v>73</v>
       </c>
       <c r="L64" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="M64" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64">
         <v>7757611180</v>
       </c>
       <c r="Q64" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="R64" t="s">
         <v>76</v>
       </c>
       <c r="S64" t="s">
         <v>76</v>
       </c>
       <c r="T64" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U64">
         <v>3360054250</v>
       </c>
       <c r="V64">
         <v>583716</v>
       </c>
       <c r="W64" t="s">
         <v>76</v>
       </c>
       <c r="X64">
         <v>274.56</v>
       </c>
       <c r="Y64">
         <v>20.6</v>
       </c>
       <c r="Z64" t="s">
         <v>76</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>78</v>
       </c>
       <c r="AC64" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="AD64">
         <v>7757611180</v>
       </c>
       <c r="AE64" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="AF64" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="AG64" t="s">
         <v>76</v>
       </c>
       <c r="AH64" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="AK64" t="s">
         <v>70</v>
       </c>
       <c r="AL64" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="AM64" t="s">
         <v>82</v>
       </c>
       <c r="AN64" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="AO64">
         <v>80.99</v>
       </c>
       <c r="AP64" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="AQ64" t="s">
         <v>73</v>
       </c>
       <c r="AR64" t="s">
         <v>84</v>
       </c>
       <c r="AS64">
         <v>283331427143</v>
       </c>
       <c r="AT64" t="s">
         <v>76</v>
       </c>
       <c r="AU64"/>
       <c r="AV64"/>
       <c r="AW64"/>
       <c r="AX64" t="s">
         <v>85</v>
       </c>
       <c r="AY64" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="AZ64" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA64" t="s">
         <v>86</v>
       </c>
       <c r="BB64" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="BC64" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="BD64" t="s">
         <v>76</v>
       </c>
       <c r="BE64" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="BF64" t="s">
         <v>76</v>
       </c>
       <c r="BG64" t="s">
         <v>76</v>
       </c>
       <c r="BH64">
-        <v>297</v>
+        <v>344</v>
       </c>
       <c r="BI64" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ64"/>
       <c r="BK64"/>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>76</v>
       </c>
       <c r="BN64" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64" t="s">
         <v>73</v>
       </c>
       <c r="BQ64" t="s">
         <v>76</v>
       </c>
       <c r="BR64">
         <v>5656</v>
       </c>
       <c r="BS64"/>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="C65">
         <v>2700054807</v>
       </c>
       <c r="D65">
         <v>583699</v>
       </c>
       <c r="E65">
         <v>237.38</v>
       </c>
       <c r="F65" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="G65" t="s">
         <v>70</v>
       </c>
       <c r="H65" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="I65">
         <v>63.2</v>
       </c>
       <c r="J65" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="K65" t="s">
         <v>73</v>
       </c>
       <c r="L65" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="M65" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65">
         <v>11638798096</v>
       </c>
       <c r="Q65" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="R65" t="s">
         <v>76</v>
       </c>
       <c r="S65" t="s">
         <v>76</v>
       </c>
       <c r="T65" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U65">
         <v>2700054807</v>
       </c>
       <c r="V65">
         <v>583699</v>
       </c>
       <c r="W65" t="s">
         <v>76</v>
       </c>
       <c r="X65">
         <v>237.38</v>
       </c>
       <c r="Y65">
         <v>20.6</v>
       </c>
       <c r="Z65" t="s">
         <v>76</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>78</v>
       </c>
       <c r="AC65" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="AD65">
         <v>11638798096</v>
       </c>
       <c r="AE65" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="AF65" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="AG65" t="s">
         <v>76</v>
       </c>
       <c r="AH65" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="AK65" t="s">
         <v>70</v>
       </c>
       <c r="AL65" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="AM65" t="s">
         <v>82</v>
       </c>
       <c r="AN65" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="AO65">
         <v>63.2</v>
       </c>
       <c r="AP65" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="AQ65" t="s">
         <v>73</v>
       </c>
       <c r="AR65" t="s">
         <v>84</v>
       </c>
       <c r="AS65">
         <v>283335693579</v>
       </c>
       <c r="AT65" t="s">
         <v>76</v>
       </c>
       <c r="AU65"/>
       <c r="AV65"/>
       <c r="AW65"/>
       <c r="AX65" t="s">
         <v>85</v>
       </c>
       <c r="AY65" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="AZ65" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA65" t="s">
         <v>86</v>
       </c>
       <c r="BB65" t="s">
+        <v>711</v>
+      </c>
+      <c r="BC65" t="s">
         <v>704</v>
       </c>
-      <c r="BC65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD65" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="BE65" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="BF65" t="s">
         <v>76</v>
       </c>
       <c r="BG65" t="s">
         <v>76</v>
       </c>
       <c r="BH65">
-        <v>297</v>
+        <v>344</v>
       </c>
       <c r="BI65" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>76</v>
       </c>
       <c r="BN65" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65" t="s">
         <v>73</v>
       </c>
       <c r="BQ65" t="s">
         <v>76</v>
       </c>
       <c r="BR65">
         <v>4890</v>
       </c>
       <c r="BS65"/>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="C66">
         <v>6410054677</v>
       </c>
       <c r="D66">
         <v>583611</v>
       </c>
       <c r="E66">
         <v>393.79</v>
       </c>
       <c r="F66" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="G66" t="s">
         <v>70</v>
       </c>
       <c r="H66" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="I66">
         <v>138</v>
       </c>
       <c r="J66" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="K66" t="s">
         <v>73</v>
       </c>
       <c r="L66" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="M66" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66">
         <v>24427560989</v>
       </c>
       <c r="Q66" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="R66" t="s">
         <v>76</v>
       </c>
       <c r="S66" t="s">
         <v>76</v>
       </c>
       <c r="T66" t="s">
         <v>77</v>
       </c>
       <c r="U66">
         <v>6410054677</v>
       </c>
       <c r="V66">
         <v>583611</v>
       </c>
       <c r="W66" t="s">
         <v>76</v>
       </c>
       <c r="X66">
         <v>393.79</v>
       </c>
       <c r="Y66">
         <v>20.6</v>
       </c>
       <c r="Z66" t="s">
         <v>76</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>78</v>
       </c>
       <c r="AC66" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="AD66">
         <v>24427560989</v>
       </c>
       <c r="AE66">
         <v>4272683000</v>
       </c>
       <c r="AF66">
         <v>4272683000</v>
       </c>
       <c r="AG66" t="s">
         <v>76</v>
       </c>
       <c r="AH66" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="AK66" t="s">
         <v>70</v>
       </c>
       <c r="AL66" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="AM66" t="s">
         <v>82</v>
       </c>
       <c r="AN66" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="AO66">
         <v>138</v>
       </c>
       <c r="AP66" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="AQ66" t="s">
         <v>73</v>
       </c>
       <c r="AR66" t="s">
         <v>84</v>
       </c>
       <c r="AS66">
         <v>283336429939</v>
       </c>
       <c r="AT66" t="s">
         <v>76</v>
       </c>
       <c r="AU66"/>
       <c r="AV66"/>
       <c r="AW66"/>
       <c r="AX66" t="s">
         <v>85</v>
       </c>
       <c r="AY66" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="AZ66" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA66" t="s">
         <v>86</v>
       </c>
       <c r="BB66" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="BC66" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="BD66" t="s">
         <v>76</v>
       </c>
       <c r="BE66" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="BF66" t="s">
         <v>76</v>
       </c>
       <c r="BG66" t="s">
         <v>76</v>
       </c>
       <c r="BH66">
-        <v>298</v>
+        <v>345</v>
       </c>
       <c r="BI66" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>76</v>
       </c>
       <c r="BN66" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66" t="s">
         <v>73</v>
       </c>
       <c r="BQ66" t="s">
         <v>76</v>
       </c>
       <c r="BR66">
         <v>8112</v>
       </c>
       <c r="BS66"/>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="C67">
         <v>8290054493</v>
       </c>
       <c r="D67">
         <v>583565</v>
       </c>
       <c r="E67">
         <v>289.22</v>
       </c>
       <c r="F67" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="G67" t="s">
         <v>70</v>
       </c>
       <c r="H67" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="I67">
         <v>87.99</v>
       </c>
       <c r="J67" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="K67" t="s">
         <v>73</v>
       </c>
       <c r="L67" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="M67" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67">
         <v>25214145559</v>
       </c>
       <c r="Q67" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="R67" t="s">
         <v>76</v>
       </c>
       <c r="S67" t="s">
         <v>76</v>
       </c>
       <c r="T67" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U67">
         <v>8290054493</v>
       </c>
       <c r="V67">
         <v>583565</v>
       </c>
       <c r="W67" t="s">
         <v>76</v>
       </c>
       <c r="X67">
         <v>289.22</v>
       </c>
       <c r="Y67">
         <v>20.6</v>
       </c>
       <c r="Z67" t="s">
         <v>76</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>78</v>
       </c>
       <c r="AC67" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="AD67">
         <v>25214145559</v>
       </c>
       <c r="AE67" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="AF67" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="AG67" t="s">
         <v>76</v>
       </c>
       <c r="AH67" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="AK67" t="s">
         <v>70</v>
       </c>
       <c r="AL67" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="AM67" t="s">
         <v>82</v>
       </c>
       <c r="AN67" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="AO67">
         <v>87.99</v>
       </c>
       <c r="AP67" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="AQ67" t="s">
         <v>73</v>
       </c>
       <c r="AR67" t="s">
         <v>84</v>
       </c>
       <c r="AS67">
         <v>283332367357</v>
       </c>
       <c r="AT67" t="s">
         <v>76</v>
       </c>
       <c r="AU67"/>
       <c r="AV67"/>
       <c r="AW67"/>
       <c r="AX67" t="s">
         <v>85</v>
       </c>
       <c r="AY67" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="AZ67" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA67" t="s">
         <v>86</v>
       </c>
       <c r="BB67" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="BC67" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="BD67" t="s">
         <v>76</v>
       </c>
       <c r="BE67" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="BF67" t="s">
         <v>76</v>
       </c>
       <c r="BG67" t="s">
         <v>76</v>
       </c>
       <c r="BH67">
-        <v>299</v>
+        <v>346</v>
       </c>
       <c r="BI67" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ67"/>
       <c r="BK67"/>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>76</v>
       </c>
       <c r="BN67" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67" t="s">
         <v>73</v>
       </c>
       <c r="BQ67" t="s">
         <v>76</v>
       </c>
       <c r="BR67">
         <v>5958</v>
       </c>
       <c r="BS67"/>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="C68">
         <v>5010054569</v>
       </c>
       <c r="D68">
         <v>583423</v>
       </c>
       <c r="E68">
         <v>244.08</v>
       </c>
       <c r="F68" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="G68" t="s">
         <v>70</v>
       </c>
       <c r="H68" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="I68">
         <v>66.4</v>
       </c>
       <c r="J68" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="K68" t="s">
         <v>73</v>
       </c>
       <c r="L68" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="M68" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68">
         <v>2420852886</v>
       </c>
       <c r="Q68" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="R68" t="s">
         <v>76</v>
       </c>
       <c r="S68" t="s">
         <v>76</v>
       </c>
       <c r="T68" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U68">
         <v>5010054569</v>
       </c>
       <c r="V68">
         <v>583423</v>
       </c>
       <c r="W68" t="s">
         <v>76</v>
       </c>
       <c r="X68">
         <v>244.08</v>
       </c>
       <c r="Y68">
         <v>20.6</v>
       </c>
       <c r="Z68" t="s">
         <v>76</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>78</v>
       </c>
       <c r="AC68" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="AD68">
         <v>2420852886</v>
       </c>
       <c r="AE68" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="AF68" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="AG68" t="s">
         <v>76</v>
       </c>
       <c r="AH68" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="AK68" t="s">
         <v>70</v>
       </c>
       <c r="AL68" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="AM68" t="s">
         <v>82</v>
       </c>
       <c r="AN68" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="AO68">
         <v>66.4</v>
       </c>
       <c r="AP68" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="AQ68" t="s">
         <v>73</v>
       </c>
       <c r="AR68" t="s">
         <v>84</v>
       </c>
       <c r="AS68">
         <v>283174021093</v>
       </c>
       <c r="AT68" t="s">
         <v>76</v>
       </c>
       <c r="AU68"/>
       <c r="AV68"/>
       <c r="AW68"/>
       <c r="AX68" t="s">
         <v>85</v>
       </c>
       <c r="AY68" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="AZ68" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA68" t="s">
         <v>86</v>
       </c>
       <c r="BB68" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="BC68" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="BD68" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="BE68" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="BF68" t="s">
         <v>76</v>
       </c>
       <c r="BG68" t="s">
         <v>76</v>
       </c>
       <c r="BH68">
-        <v>301</v>
+        <v>348</v>
       </c>
       <c r="BI68" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>76</v>
       </c>
       <c r="BN68" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
         <v>73</v>
       </c>
       <c r="BQ68" t="s">
         <v>76</v>
       </c>
       <c r="BR68">
         <v>5028</v>
       </c>
       <c r="BS68"/>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C69">
         <v>7970054024</v>
       </c>
       <c r="D69">
         <v>583300</v>
       </c>
       <c r="E69">
         <v>234.03</v>
       </c>
       <c r="F69" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="G69" t="s">
         <v>70</v>
       </c>
       <c r="H69" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="I69">
         <v>61.6</v>
       </c>
       <c r="J69" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="K69" t="s">
         <v>73</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69">
         <v>290556422</v>
       </c>
       <c r="Q69" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="R69" t="s">
         <v>76</v>
       </c>
       <c r="S69" t="s">
         <v>76</v>
       </c>
       <c r="T69" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U69">
         <v>7970054024</v>
       </c>
       <c r="V69">
         <v>583300</v>
       </c>
       <c r="W69" t="s">
         <v>76</v>
       </c>
       <c r="X69">
         <v>234.03</v>
       </c>
       <c r="Y69">
         <v>20.6</v>
       </c>
       <c r="Z69" t="s">
         <v>76</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>78</v>
       </c>
       <c r="AC69" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="AD69">
         <v>290556422</v>
       </c>
       <c r="AE69" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="AF69" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="AG69" t="s">
         <v>76</v>
       </c>
       <c r="AH69" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="AK69" t="s">
         <v>70</v>
       </c>
       <c r="AL69" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="AM69" t="s">
         <v>82</v>
       </c>
       <c r="AN69" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="AO69">
         <v>61.6</v>
       </c>
       <c r="AP69" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="AQ69" t="s">
         <v>73</v>
       </c>
       <c r="AR69" t="s">
         <v>84</v>
       </c>
       <c r="AS69">
         <v>283065656384</v>
       </c>
       <c r="AT69" t="s">
         <v>76</v>
       </c>
       <c r="AU69"/>
       <c r="AV69"/>
       <c r="AW69">
         <v>0</v>
       </c>
       <c r="AX69"/>
       <c r="AY69"/>
       <c r="AZ69" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA69" t="s">
         <v>86</v>
       </c>
       <c r="BB69" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="BC69" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="BD69" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="BE69" t="s">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="BF69" t="s">
         <v>76</v>
       </c>
       <c r="BG69" t="s">
         <v>76</v>
       </c>
       <c r="BH69">
-        <v>303</v>
+        <v>350</v>
       </c>
       <c r="BI69" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>76</v>
       </c>
       <c r="BN69" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69" t="s">
         <v>73</v>
       </c>
       <c r="BQ69" t="s">
         <v>76</v>
       </c>
       <c r="BR69">
         <v>4821</v>
       </c>
       <c r="BS69"/>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="C70">
         <v>2420054298</v>
       </c>
       <c r="D70">
         <v>583258</v>
       </c>
       <c r="E70">
         <v>320.58</v>
       </c>
       <c r="F70" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="G70" t="s">
         <v>70</v>
       </c>
       <c r="H70" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="I70">
         <v>102.99</v>
       </c>
       <c r="J70" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="K70" t="s">
         <v>73</v>
       </c>
       <c r="L70" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="M70" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70">
         <v>307988722</v>
       </c>
       <c r="Q70" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="R70" t="s">
         <v>76</v>
       </c>
       <c r="S70" t="s">
         <v>76</v>
       </c>
       <c r="T70" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U70">
         <v>2420054298</v>
       </c>
       <c r="V70">
         <v>583258</v>
       </c>
       <c r="W70" t="s">
         <v>76</v>
       </c>
       <c r="X70">
         <v>320.58</v>
       </c>
       <c r="Y70">
         <v>20.6</v>
       </c>
       <c r="Z70" t="s">
         <v>76</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>78</v>
       </c>
       <c r="AC70" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="AD70">
         <v>307988722</v>
       </c>
       <c r="AE70" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="AF70" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="AG70" t="s">
         <v>76</v>
       </c>
       <c r="AH70" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="AK70" t="s">
         <v>70</v>
       </c>
       <c r="AL70" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="AM70" t="s">
         <v>82</v>
       </c>
       <c r="AN70" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="AO70">
         <v>102.99</v>
       </c>
       <c r="AP70" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="AQ70" t="s">
         <v>73</v>
       </c>
       <c r="AR70" t="s">
         <v>84</v>
       </c>
       <c r="AS70">
         <v>283037163073</v>
       </c>
       <c r="AT70" t="s">
         <v>76</v>
       </c>
       <c r="AU70"/>
       <c r="AV70"/>
       <c r="AW70"/>
       <c r="AX70" t="s">
         <v>85</v>
       </c>
       <c r="AY70" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="AZ70" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA70" t="s">
         <v>86</v>
       </c>
       <c r="BB70" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="BC70" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="BD70" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="BE70" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="BF70" t="s">
         <v>76</v>
       </c>
       <c r="BG70" t="s">
         <v>76</v>
       </c>
       <c r="BH70">
-        <v>303</v>
+        <v>350</v>
       </c>
       <c r="BI70" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70"/>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>76</v>
       </c>
       <c r="BN70" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70" t="s">
         <v>73</v>
       </c>
       <c r="BQ70" t="s">
         <v>76</v>
       </c>
       <c r="BR70">
         <v>6604</v>
       </c>
       <c r="BS70"/>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="C71">
         <v>5340053934</v>
       </c>
       <c r="D71">
         <v>583252</v>
       </c>
       <c r="E71">
         <v>345.68</v>
       </c>
       <c r="F71" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="G71" t="s">
         <v>70</v>
       </c>
       <c r="H71" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="I71">
         <v>114.99</v>
       </c>
       <c r="J71" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="K71" t="s">
         <v>73</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71">
         <v>5481978789</v>
       </c>
       <c r="Q71" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="R71" t="s">
         <v>76</v>
       </c>
       <c r="S71" t="s">
         <v>76</v>
       </c>
       <c r="T71" t="s">
         <v>77</v>
       </c>
       <c r="U71">
         <v>5340053934</v>
       </c>
       <c r="V71">
         <v>583252</v>
       </c>
       <c r="W71" t="s">
         <v>76</v>
       </c>
       <c r="X71">
         <v>345.68</v>
       </c>
       <c r="Y71">
         <v>20.6</v>
       </c>
       <c r="Z71" t="s">
         <v>76</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>78</v>
       </c>
       <c r="AC71" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="AD71">
         <v>5481978789</v>
       </c>
       <c r="AE71" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="AF71" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="AG71" t="s">
         <v>76</v>
       </c>
       <c r="AH71" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="AK71" t="s">
         <v>70</v>
       </c>
       <c r="AL71" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="AM71" t="s">
         <v>82</v>
       </c>
       <c r="AN71" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="AO71">
         <v>114.99</v>
       </c>
       <c r="AP71" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="AQ71" t="s">
         <v>73</v>
       </c>
       <c r="AR71" t="s">
         <v>84</v>
       </c>
       <c r="AS71">
         <v>283036953825</v>
       </c>
       <c r="AT71" t="s">
         <v>76</v>
       </c>
       <c r="AU71"/>
       <c r="AV71"/>
       <c r="AW71">
         <v>0</v>
       </c>
       <c r="AX71"/>
       <c r="AY71"/>
       <c r="AZ71" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA71" t="s">
         <v>86</v>
       </c>
       <c r="BB71" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="BC71" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="BD71" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="BE71" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="BF71" t="s">
         <v>76</v>
       </c>
       <c r="BG71" t="s">
         <v>76</v>
       </c>
       <c r="BH71">
-        <v>303</v>
+        <v>350</v>
       </c>
       <c r="BI71" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ71"/>
       <c r="BK71"/>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>76</v>
       </c>
       <c r="BN71" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71" t="s">
         <v>73</v>
       </c>
       <c r="BQ71" t="s">
         <v>76</v>
       </c>
       <c r="BR71">
         <v>7121</v>
       </c>
       <c r="BS71"/>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="C72">
         <v>1590053622</v>
       </c>
       <c r="D72">
         <v>583153</v>
       </c>
       <c r="E72">
         <v>321.02</v>
       </c>
       <c r="F72" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="G72" t="s">
         <v>70</v>
       </c>
       <c r="H72" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="I72">
         <v>85.99</v>
       </c>
       <c r="J72" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="K72" t="s">
         <v>73</v>
       </c>
       <c r="L72" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="M72" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72">
         <v>29194550832</v>
       </c>
       <c r="Q72" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="R72" t="s">
         <v>76</v>
       </c>
       <c r="S72" t="s">
         <v>76</v>
       </c>
       <c r="T72" t="s">
         <v>77</v>
       </c>
       <c r="U72">
         <v>1590053622</v>
       </c>
       <c r="V72">
         <v>583153</v>
       </c>
       <c r="W72" t="s">
         <v>76</v>
       </c>
       <c r="X72">
         <v>321.02</v>
       </c>
       <c r="Y72">
         <v>20.6</v>
       </c>
       <c r="Z72" t="s">
         <v>76</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>78</v>
       </c>
       <c r="AC72" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="AD72">
         <v>29194550832</v>
       </c>
       <c r="AE72">
         <v>58988700</v>
       </c>
       <c r="AF72">
         <v>58988700</v>
       </c>
       <c r="AG72" t="s">
         <v>76</v>
       </c>
       <c r="AH72" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="AK72" t="s">
         <v>70</v>
       </c>
       <c r="AL72" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="AM72" t="s">
         <v>82</v>
       </c>
       <c r="AN72" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="AO72">
         <v>85.99</v>
       </c>
       <c r="AP72" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="AQ72" t="s">
         <v>73</v>
       </c>
       <c r="AR72" t="s">
         <v>84</v>
       </c>
       <c r="AS72">
         <v>282999185534</v>
       </c>
       <c r="AT72" t="s">
         <v>76</v>
       </c>
       <c r="AU72"/>
       <c r="AV72"/>
       <c r="AW72">
         <v>0</v>
       </c>
       <c r="AX72" t="s">
         <v>85</v>
       </c>
       <c r="AY72" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="AZ72" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA72" t="s">
         <v>86</v>
       </c>
       <c r="BB72" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="BC72" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="BD72" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="BE72" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="BF72" t="s">
         <v>76</v>
       </c>
       <c r="BG72" t="s">
         <v>76</v>
       </c>
       <c r="BH72">
-        <v>304</v>
+        <v>351</v>
       </c>
       <c r="BI72" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ72"/>
       <c r="BK72"/>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>76</v>
       </c>
       <c r="BN72" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72" t="s">
         <v>73</v>
       </c>
       <c r="BQ72" t="s">
         <v>76</v>
       </c>
       <c r="BR72">
         <v>6613</v>
       </c>
       <c r="BS72"/>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
         <v>66</v>
       </c>
       <c r="B73" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="C73">
         <v>8000053403</v>
       </c>
       <c r="D73">
         <v>583151</v>
       </c>
       <c r="E73">
         <v>272.48</v>
       </c>
       <c r="F73" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="G73" t="s">
         <v>70</v>
       </c>
       <c r="H73" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="I73">
         <v>79.99</v>
       </c>
       <c r="J73" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="K73" t="s">
         <v>73</v>
       </c>
       <c r="L73" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="M73" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73">
         <v>1078383069</v>
       </c>
       <c r="Q73" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="R73" t="s">
         <v>76</v>
       </c>
       <c r="S73" t="s">
         <v>76</v>
       </c>
       <c r="T73" t="s">
         <v>77</v>
       </c>
       <c r="U73">
         <v>8000053403</v>
       </c>
       <c r="V73">
         <v>583151</v>
       </c>
       <c r="W73" t="s">
         <v>76</v>
       </c>
       <c r="X73">
         <v>272.48</v>
       </c>
       <c r="Y73">
         <v>20.6</v>
       </c>
       <c r="Z73" t="s">
         <v>76</v>
       </c>
       <c r="AA73" t="s">
         <v>66</v>
       </c>
       <c r="AB73" t="s">
         <v>78</v>
       </c>
       <c r="AC73" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="AD73">
         <v>1078383069</v>
       </c>
       <c r="AE73">
         <v>5553286400</v>
       </c>
       <c r="AF73">
         <v>5553286400</v>
       </c>
       <c r="AG73" t="s">
         <v>76</v>
       </c>
       <c r="AH73" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="AK73" t="s">
         <v>70</v>
       </c>
       <c r="AL73" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="AM73" t="s">
         <v>82</v>
       </c>
       <c r="AN73" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="AO73">
         <v>79.99</v>
       </c>
       <c r="AP73" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ73" t="s">
         <v>73</v>
       </c>
       <c r="AR73" t="s">
         <v>84</v>
       </c>
       <c r="AS73">
         <v>282999791124</v>
       </c>
       <c r="AT73" t="s">
         <v>76</v>
       </c>
       <c r="AU73"/>
       <c r="AV73"/>
       <c r="AW73">
         <v>0</v>
       </c>
       <c r="AX73" t="s">
         <v>85</v>
       </c>
       <c r="AY73" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="AZ73" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA73" t="s">
         <v>86</v>
       </c>
       <c r="BB73" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="BC73" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="BD73" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="BE73" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="BF73" t="s">
         <v>76</v>
       </c>
       <c r="BG73" t="s">
         <v>76</v>
       </c>
       <c r="BH73">
-        <v>304</v>
+        <v>351</v>
       </c>
       <c r="BI73" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ73"/>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>76</v>
       </c>
       <c r="BN73" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73" t="s">
         <v>73</v>
       </c>
       <c r="BQ73" t="s">
         <v>76</v>
       </c>
       <c r="BR73">
         <v>5613</v>
       </c>
       <c r="BS73"/>
     </row>
     <row r="74" spans="1:71">
       <c r="A74" t="s">
         <v>66</v>
       </c>
       <c r="B74" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="C74">
         <v>2090053970</v>
       </c>
       <c r="D74">
         <v>583150</v>
       </c>
       <c r="E74">
         <v>358.25</v>
       </c>
       <c r="F74" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="G74" t="s">
         <v>70</v>
       </c>
       <c r="H74" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="I74">
         <v>120.99</v>
       </c>
       <c r="J74" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="K74" t="s">
         <v>73</v>
       </c>
       <c r="L74" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="M74" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74">
         <v>10224242790</v>
       </c>
       <c r="Q74" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="R74" t="s">
         <v>76</v>
       </c>
       <c r="S74" t="s">
         <v>76</v>
       </c>
       <c r="T74" t="s">
         <v>77</v>
       </c>
       <c r="U74">
         <v>2090053970</v>
       </c>
       <c r="V74">
         <v>583150</v>
       </c>
       <c r="W74" t="s">
         <v>76</v>
       </c>
       <c r="X74">
         <v>358.25</v>
       </c>
       <c r="Y74">
         <v>20.6</v>
       </c>
       <c r="Z74" t="s">
         <v>76</v>
       </c>
       <c r="AA74" t="s">
         <v>66</v>
       </c>
       <c r="AB74" t="s">
         <v>78</v>
       </c>
       <c r="AC74" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="AD74">
         <v>10224242790</v>
       </c>
       <c r="AE74" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="AF74" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="AG74" t="s">
         <v>76</v>
       </c>
       <c r="AH74" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="AK74" t="s">
         <v>70</v>
       </c>
       <c r="AL74" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="AM74" t="s">
         <v>82</v>
       </c>
       <c r="AN74" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="AO74">
         <v>120.99</v>
       </c>
       <c r="AP74" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="AQ74" t="s">
         <v>73</v>
       </c>
       <c r="AR74" t="s">
         <v>84</v>
       </c>
       <c r="AS74">
         <v>282999427985</v>
       </c>
       <c r="AT74" t="s">
         <v>76</v>
       </c>
       <c r="AU74"/>
       <c r="AV74"/>
       <c r="AW74"/>
       <c r="AX74" t="s">
         <v>85</v>
       </c>
       <c r="AY74" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="AZ74" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA74" t="s">
         <v>86</v>
       </c>
       <c r="BB74" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="BC74" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="BD74" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="BE74" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="BF74" t="s">
         <v>76</v>
       </c>
       <c r="BG74" t="s">
         <v>76</v>
       </c>
       <c r="BH74">
-        <v>304</v>
+        <v>351</v>
       </c>
       <c r="BI74" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ74"/>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>76</v>
       </c>
       <c r="BN74" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74" t="s">
         <v>73</v>
       </c>
       <c r="BQ74" t="s">
         <v>76</v>
       </c>
       <c r="BR74">
         <v>7380</v>
       </c>
       <c r="BS74"/>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
         <v>66</v>
       </c>
       <c r="B75" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C75">
         <v>4110052865</v>
       </c>
       <c r="D75">
         <v>583078</v>
       </c>
       <c r="E75">
         <v>314.32</v>
       </c>
       <c r="F75" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="G75" t="s">
         <v>70</v>
       </c>
       <c r="H75" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="I75">
         <v>99.99</v>
       </c>
       <c r="J75" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="K75" t="s">
         <v>73</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75">
         <v>21039765813</v>
       </c>
       <c r="Q75" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="R75" t="s">
         <v>76</v>
       </c>
       <c r="S75" t="s">
         <v>76</v>
       </c>
       <c r="T75" t="s">
         <v>77</v>
       </c>
       <c r="U75">
         <v>4110052865</v>
       </c>
       <c r="V75">
         <v>583078</v>
       </c>
       <c r="W75" t="s">
         <v>76</v>
       </c>
       <c r="X75">
         <v>314.32</v>
       </c>
       <c r="Y75">
         <v>20.6</v>
       </c>
       <c r="Z75" t="s">
         <v>76</v>
       </c>
       <c r="AA75" t="s">
         <v>66</v>
       </c>
       <c r="AB75" t="s">
         <v>78</v>
       </c>
       <c r="AC75" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="AD75">
         <v>21039765813</v>
       </c>
       <c r="AE75" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="AF75" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="AG75" t="s">
         <v>76</v>
       </c>
       <c r="AH75" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="AI75"/>
       <c r="AJ75" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="AK75" t="s">
         <v>70</v>
       </c>
       <c r="AL75" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="AM75" t="s">
         <v>82</v>
       </c>
       <c r="AN75" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="AO75">
         <v>99.99</v>
       </c>
       <c r="AP75" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="AQ75" t="s">
         <v>73</v>
       </c>
       <c r="AR75" t="s">
         <v>84</v>
       </c>
       <c r="AS75">
         <v>282978159024</v>
       </c>
       <c r="AT75" t="s">
         <v>76</v>
       </c>
       <c r="AU75"/>
       <c r="AV75"/>
       <c r="AW75"/>
       <c r="AX75"/>
       <c r="AY75"/>
       <c r="AZ75" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA75" t="s">
         <v>86</v>
       </c>
       <c r="BB75" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="BC75" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="BD75" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="BE75" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="BF75" t="s">
         <v>76</v>
       </c>
       <c r="BG75" t="s">
         <v>76</v>
       </c>
       <c r="BH75">
-        <v>305</v>
+        <v>352</v>
       </c>
       <c r="BI75" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>76</v>
       </c>
       <c r="BN75" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="BO75">
         <v>0</v>
       </c>
       <c r="BP75" t="s">
         <v>73</v>
       </c>
       <c r="BQ75" t="s">
         <v>76</v>
       </c>
       <c r="BR75">
         <v>6475</v>
       </c>
       <c r="BS75"/>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
         <v>66</v>
       </c>
       <c r="B76" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="C76">
         <v>7290052967</v>
       </c>
       <c r="D76">
         <v>583066</v>
       </c>
       <c r="E76">
         <v>270.83</v>
       </c>
       <c r="F76" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="G76" t="s">
         <v>70</v>
       </c>
       <c r="H76" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="I76">
         <v>79.2</v>
       </c>
       <c r="J76" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="K76" t="s">
         <v>73</v>
       </c>
       <c r="L76" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="M76" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76">
         <v>10549369439</v>
       </c>
       <c r="Q76" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="R76" t="s">
         <v>76</v>
       </c>
       <c r="S76" t="s">
         <v>76</v>
       </c>
       <c r="T76" t="s">
         <v>77</v>
       </c>
       <c r="U76">
         <v>7290052967</v>
       </c>
       <c r="V76">
         <v>583066</v>
       </c>
       <c r="W76" t="s">
         <v>76</v>
       </c>
       <c r="X76">
         <v>270.83</v>
       </c>
       <c r="Y76">
         <v>20.6</v>
       </c>
       <c r="Z76" t="s">
         <v>76</v>
       </c>
       <c r="AA76" t="s">
         <v>66</v>
       </c>
       <c r="AB76" t="s">
         <v>78</v>
       </c>
       <c r="AC76" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="AD76">
         <v>10549369439</v>
       </c>
       <c r="AE76" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="AF76" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="AG76" t="s">
         <v>76</v>
       </c>
       <c r="AH76" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="AI76"/>
       <c r="AJ76" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="AK76" t="s">
         <v>70</v>
       </c>
       <c r="AL76" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="AM76" t="s">
         <v>82</v>
       </c>
       <c r="AN76" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="AO76">
         <v>79.2</v>
       </c>
       <c r="AP76" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="AQ76" t="s">
         <v>73</v>
       </c>
       <c r="AR76" t="s">
         <v>84</v>
       </c>
       <c r="AS76">
         <v>282979883296</v>
       </c>
       <c r="AT76" t="s">
         <v>76</v>
       </c>
       <c r="AU76"/>
       <c r="AV76"/>
       <c r="AW76"/>
       <c r="AX76" t="s">
         <v>85</v>
       </c>
       <c r="AY76" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="AZ76" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA76" t="s">
         <v>86</v>
       </c>
       <c r="BB76" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="BC76" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="BD76" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="BE76" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="BF76" t="s">
         <v>76</v>
       </c>
       <c r="BG76" t="s">
         <v>76</v>
       </c>
       <c r="BH76">
-        <v>305</v>
+        <v>352</v>
       </c>
       <c r="BI76" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>76</v>
       </c>
       <c r="BN76" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76" t="s">
         <v>73</v>
       </c>
       <c r="BQ76" t="s">
         <v>76</v>
       </c>
       <c r="BR76">
         <v>5579</v>
       </c>
       <c r="BS76"/>
     </row>
     <row r="77" spans="1:71">
       <c r="A77" t="s">
         <v>66</v>
       </c>
       <c r="B77" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="C77" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="D77">
         <v>583007</v>
       </c>
       <c r="E77">
         <v>556.94</v>
       </c>
       <c r="F77" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="G77" t="s">
         <v>70</v>
       </c>
       <c r="H77" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="I77">
         <v>216</v>
       </c>
       <c r="J77" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="K77" t="s">
         <v>73</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77">
         <v>11815733900</v>
       </c>
       <c r="Q77" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="R77" t="s">
         <v>76</v>
       </c>
       <c r="S77" t="s">
         <v>76</v>
       </c>
       <c r="T77" t="s">
         <v>77</v>
       </c>
       <c r="U77" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="V77">
         <v>583007</v>
       </c>
       <c r="W77" t="s">
         <v>76</v>
       </c>
       <c r="X77">
         <v>556.94</v>
       </c>
       <c r="Y77">
         <v>20.6</v>
       </c>
       <c r="Z77" t="s">
         <v>76</v>
       </c>
       <c r="AA77" t="s">
         <v>66</v>
       </c>
       <c r="AB77" t="s">
         <v>78</v>
       </c>
       <c r="AC77" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="AD77">
         <v>11815733900</v>
       </c>
       <c r="AE77" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="AF77" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="AG77" t="s">
         <v>76</v>
       </c>
       <c r="AH77" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="AI77"/>
       <c r="AJ77" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="AK77" t="s">
         <v>70</v>
       </c>
       <c r="AL77" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="AM77" t="s">
         <v>82</v>
       </c>
       <c r="AN77" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="AO77">
         <v>216</v>
       </c>
       <c r="AP77" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="AQ77" t="s">
         <v>73</v>
       </c>
       <c r="AR77" t="s">
         <v>84</v>
       </c>
       <c r="AS77">
         <v>282959136771</v>
       </c>
       <c r="AT77" t="s">
         <v>76</v>
       </c>
       <c r="AU77"/>
       <c r="AV77"/>
       <c r="AW77"/>
       <c r="AX77"/>
       <c r="AY77"/>
       <c r="AZ77" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA77" t="s">
         <v>86</v>
       </c>
       <c r="BB77" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="BC77" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="BD77" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="BE77" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="BF77" t="s">
         <v>76</v>
       </c>
       <c r="BG77" t="s">
         <v>76</v>
       </c>
       <c r="BH77">
-        <v>306</v>
+        <v>353</v>
       </c>
       <c r="BI77" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ77"/>
       <c r="BK77"/>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>76</v>
       </c>
       <c r="BN77" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="BO77">
         <v>0</v>
       </c>
       <c r="BP77" t="s">
         <v>73</v>
       </c>
       <c r="BQ77" t="s">
         <v>76</v>
       </c>
       <c r="BR77">
         <v>11473</v>
       </c>
       <c r="BS77"/>
     </row>
     <row r="78" spans="1:71">
       <c r="A78" t="s">
         <v>66</v>
       </c>
       <c r="B78" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="C78">
         <v>1790052842</v>
       </c>
       <c r="D78">
         <v>582968</v>
       </c>
       <c r="E78">
         <v>406.36</v>
       </c>
       <c r="F78" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="G78" t="s">
         <v>70</v>
       </c>
       <c r="H78" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="I78">
         <v>144</v>
       </c>
       <c r="J78" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="K78" t="s">
         <v>73</v>
       </c>
       <c r="L78" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="M78" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78">
         <v>4631934855</v>
       </c>
       <c r="Q78" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="R78" t="s">
         <v>76</v>
       </c>
       <c r="S78" t="s">
         <v>76</v>
       </c>
       <c r="T78" t="s">
         <v>77</v>
       </c>
       <c r="U78">
         <v>1790052842</v>
       </c>
       <c r="V78">
         <v>582968</v>
       </c>
       <c r="W78" t="s">
         <v>76</v>
       </c>
       <c r="X78">
         <v>406.36</v>
       </c>
       <c r="Y78">
         <v>20.6</v>
       </c>
       <c r="Z78" t="s">
         <v>76</v>
       </c>
       <c r="AA78" t="s">
         <v>66</v>
       </c>
       <c r="AB78" t="s">
         <v>78</v>
       </c>
       <c r="AC78" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="AD78">
         <v>4631934855</v>
       </c>
       <c r="AE78">
         <v>9626289500</v>
       </c>
       <c r="AF78">
         <v>9626289500</v>
       </c>
       <c r="AG78" t="s">
         <v>76</v>
       </c>
       <c r="AH78" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="AI78"/>
       <c r="AJ78" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="AK78" t="s">
         <v>70</v>
       </c>
       <c r="AL78" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="AM78" t="s">
         <v>82</v>
       </c>
       <c r="AN78" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="AO78">
         <v>144</v>
       </c>
       <c r="AP78" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="AQ78" t="s">
         <v>73</v>
       </c>
       <c r="AR78" t="s">
         <v>84</v>
       </c>
       <c r="AS78">
         <v>282885593876</v>
       </c>
       <c r="AT78" t="s">
         <v>76</v>
       </c>
       <c r="AU78"/>
       <c r="AV78"/>
       <c r="AW78">
         <v>0</v>
       </c>
       <c r="AX78" t="s">
         <v>85</v>
       </c>
       <c r="AY78" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="AZ78" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA78" t="s">
         <v>86</v>
       </c>
       <c r="BB78" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="BC78" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="BD78" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="BE78" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="BF78" t="s">
         <v>76</v>
       </c>
       <c r="BG78" t="s">
         <v>76</v>
       </c>
       <c r="BH78">
-        <v>307</v>
+        <v>354</v>
       </c>
       <c r="BI78" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ78"/>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>76</v>
       </c>
       <c r="BN78" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78" t="s">
         <v>73</v>
       </c>
       <c r="BQ78" t="s">
         <v>76</v>
       </c>
       <c r="BR78">
         <v>8371</v>
       </c>
       <c r="BS78"/>
     </row>
     <row r="79" spans="1:71">
       <c r="A79" t="s">
         <v>66</v>
       </c>
       <c r="B79" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="C79">
         <v>1020114892</v>
       </c>
       <c r="D79">
         <v>582963</v>
       </c>
       <c r="E79">
         <v>358.25</v>
       </c>
       <c r="F79" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="G79" t="s">
         <v>70</v>
       </c>
       <c r="H79" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="I79">
         <v>120.99</v>
       </c>
       <c r="J79" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="K79" t="s">
         <v>73</v>
       </c>
       <c r="L79" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="M79" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79">
         <v>9728678500</v>
       </c>
       <c r="Q79" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="R79" t="s">
         <v>76</v>
       </c>
       <c r="S79" t="s">
         <v>76</v>
       </c>
       <c r="T79" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U79">
         <v>1020114892</v>
       </c>
       <c r="V79">
         <v>582963</v>
       </c>
       <c r="W79" t="s">
         <v>76</v>
       </c>
       <c r="X79">
         <v>358.25</v>
       </c>
       <c r="Y79">
         <v>20.6</v>
       </c>
       <c r="Z79" t="s">
         <v>76</v>
       </c>
       <c r="AA79" t="s">
         <v>66</v>
       </c>
       <c r="AB79" t="s">
         <v>78</v>
       </c>
       <c r="AC79" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="AD79">
         <v>9728678500</v>
       </c>
       <c r="AE79">
         <v>9838351000</v>
       </c>
       <c r="AF79">
         <v>9838351000</v>
       </c>
       <c r="AG79" t="s">
         <v>76</v>
       </c>
       <c r="AH79" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="AI79"/>
       <c r="AJ79" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="AK79" t="s">
         <v>70</v>
       </c>
       <c r="AL79" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="AM79" t="s">
         <v>82</v>
       </c>
       <c r="AN79" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="AO79">
         <v>120.99</v>
       </c>
       <c r="AP79" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="AQ79" t="s">
         <v>73</v>
       </c>
       <c r="AR79" t="s">
         <v>84</v>
       </c>
       <c r="AS79">
         <v>282881075341</v>
       </c>
       <c r="AT79" t="s">
         <v>76</v>
       </c>
       <c r="AU79"/>
       <c r="AV79"/>
       <c r="AW79">
         <v>0</v>
       </c>
       <c r="AX79" t="s">
         <v>85</v>
       </c>
       <c r="AY79" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="AZ79" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA79" t="s">
         <v>86</v>
       </c>
       <c r="BB79" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="BC79" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="BD79" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="BE79" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="BF79" t="s">
         <v>76</v>
       </c>
       <c r="BG79" t="s">
         <v>76</v>
       </c>
       <c r="BH79">
-        <v>307</v>
+        <v>354</v>
       </c>
       <c r="BI79" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ79"/>
       <c r="BK79"/>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>76</v>
       </c>
       <c r="BN79" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79" t="s">
         <v>73</v>
       </c>
       <c r="BQ79" t="s">
         <v>76</v>
       </c>
       <c r="BR79">
         <v>7380</v>
       </c>
       <c r="BS79"/>
     </row>
     <row r="80" spans="1:71">
       <c r="A80" t="s">
         <v>66</v>
       </c>
       <c r="B80" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="C80">
         <v>3540056332</v>
       </c>
       <c r="D80">
         <v>582962</v>
       </c>
       <c r="E80">
         <v>225.63</v>
       </c>
       <c r="F80" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="G80" t="s">
         <v>70</v>
       </c>
       <c r="H80" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="I80">
         <v>57.6</v>
       </c>
       <c r="J80" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="K80" t="s">
         <v>73</v>
       </c>
       <c r="L80" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="M80" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80">
         <v>3655131509</v>
       </c>
       <c r="Q80" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="R80" t="s">
         <v>76</v>
       </c>
       <c r="S80" t="s">
         <v>76</v>
       </c>
       <c r="T80" t="s">
         <v>77</v>
       </c>
       <c r="U80">
         <v>3540056332</v>
       </c>
       <c r="V80">
         <v>582962</v>
       </c>
       <c r="W80" t="s">
         <v>76</v>
       </c>
       <c r="X80">
         <v>225.63</v>
       </c>
       <c r="Y80">
         <v>20.6</v>
       </c>
       <c r="Z80" t="s">
         <v>76</v>
       </c>
       <c r="AA80" t="s">
         <v>66</v>
       </c>
       <c r="AB80" t="s">
         <v>78</v>
       </c>
       <c r="AC80" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="AD80">
         <v>3655131509</v>
       </c>
       <c r="AE80" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="AF80" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="AG80" t="s">
         <v>76</v>
       </c>
       <c r="AH80" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="AI80"/>
       <c r="AJ80" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="AK80" t="s">
         <v>70</v>
       </c>
       <c r="AL80" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="AM80" t="s">
         <v>82</v>
       </c>
       <c r="AN80" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="AO80">
         <v>57.6</v>
       </c>
       <c r="AP80" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="AQ80" t="s">
         <v>73</v>
       </c>
       <c r="AR80" t="s">
         <v>84</v>
       </c>
       <c r="AS80">
         <v>282881294228</v>
       </c>
       <c r="AT80" t="s">
         <v>76</v>
       </c>
       <c r="AU80"/>
       <c r="AV80"/>
       <c r="AW80">
         <v>0</v>
       </c>
       <c r="AX80" t="s">
         <v>85</v>
       </c>
       <c r="AY80" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="AZ80" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA80" t="s">
         <v>86</v>
       </c>
       <c r="BB80" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="BC80" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="BD80" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="BE80" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="BF80" t="s">
         <v>76</v>
       </c>
       <c r="BG80" t="s">
         <v>76</v>
       </c>
       <c r="BH80">
-        <v>307</v>
+        <v>354</v>
       </c>
       <c r="BI80" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ80"/>
       <c r="BK80"/>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>76</v>
       </c>
       <c r="BN80" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80" t="s">
         <v>73</v>
       </c>
       <c r="BQ80" t="s">
         <v>76</v>
       </c>
       <c r="BR80">
         <v>4648</v>
       </c>
       <c r="BS80"/>
     </row>
     <row r="81" spans="1:71">
       <c r="A81" t="s">
         <v>66</v>
       </c>
       <c r="B81" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="C81">
         <v>2320052421</v>
       </c>
       <c r="D81">
         <v>582954</v>
       </c>
       <c r="E81">
         <v>322.67</v>
       </c>
       <c r="F81" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="G81" t="s">
         <v>70</v>
       </c>
       <c r="H81" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="I81">
         <v>103.99</v>
       </c>
       <c r="J81" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="K81" t="s">
         <v>73</v>
       </c>
       <c r="L81" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="M81" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81">
         <v>29122423329</v>
       </c>
       <c r="Q81" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="R81" t="s">
         <v>76</v>
       </c>
       <c r="S81" t="s">
         <v>76</v>
       </c>
       <c r="T81" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U81">
         <v>2320052421</v>
       </c>
       <c r="V81">
         <v>582954</v>
       </c>
       <c r="W81" t="s">
         <v>76</v>
       </c>
       <c r="X81">
         <v>322.67</v>
       </c>
       <c r="Y81">
         <v>20.6</v>
       </c>
       <c r="Z81" t="s">
         <v>76</v>
       </c>
       <c r="AA81" t="s">
         <v>66</v>
       </c>
       <c r="AB81" t="s">
         <v>78</v>
       </c>
       <c r="AC81" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="AD81">
         <v>29122423329</v>
       </c>
       <c r="AE81">
         <v>8717491200</v>
       </c>
       <c r="AF81">
         <v>8717491200</v>
       </c>
       <c r="AG81" t="s">
         <v>76</v>
       </c>
       <c r="AH81" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="AI81"/>
       <c r="AJ81" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="AK81" t="s">
         <v>70</v>
       </c>
       <c r="AL81" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="AM81" t="s">
         <v>82</v>
       </c>
       <c r="AN81" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="AO81">
         <v>103.99</v>
       </c>
       <c r="AP81" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="AQ81" t="s">
         <v>73</v>
       </c>
       <c r="AR81" t="s">
         <v>84</v>
       </c>
       <c r="AS81">
         <v>282877205234</v>
       </c>
       <c r="AT81" t="s">
         <v>76</v>
       </c>
       <c r="AU81"/>
       <c r="AV81"/>
       <c r="AW81">
         <v>0</v>
       </c>
       <c r="AX81" t="s">
         <v>85</v>
       </c>
       <c r="AY81" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="AZ81" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA81" t="s">
         <v>86</v>
       </c>
       <c r="BB81" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="BC81" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="BD81" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="BE81" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="BF81" t="s">
         <v>76</v>
       </c>
       <c r="BG81" t="s">
         <v>76</v>
       </c>
       <c r="BH81">
-        <v>307</v>
+        <v>354</v>
       </c>
       <c r="BI81" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ81"/>
       <c r="BK81"/>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>76</v>
       </c>
       <c r="BN81" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="BO81">
         <v>0</v>
       </c>
       <c r="BP81" t="s">
         <v>73</v>
       </c>
       <c r="BQ81" t="s">
         <v>76</v>
       </c>
       <c r="BR81">
         <v>6647</v>
       </c>
       <c r="BS81"/>
     </row>
     <row r="82" spans="1:71">
       <c r="A82" t="s">
         <v>66</v>
       </c>
       <c r="B82" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C82">
         <v>4190052611</v>
       </c>
       <c r="D82">
         <v>582947</v>
       </c>
       <c r="E82">
         <v>320.58</v>
       </c>
       <c r="F82" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="G82" t="s">
         <v>70</v>
       </c>
       <c r="H82" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="I82">
         <v>102.99</v>
       </c>
       <c r="J82" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="K82" t="s">
         <v>73</v>
       </c>
       <c r="L82" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="M82" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82">
         <v>22621619919</v>
       </c>
       <c r="Q82" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="R82" t="s">
         <v>76</v>
       </c>
       <c r="S82" t="s">
         <v>76</v>
       </c>
       <c r="T82" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U82">
         <v>4190052611</v>
       </c>
       <c r="V82">
         <v>582947</v>
       </c>
       <c r="W82" t="s">
         <v>76</v>
       </c>
       <c r="X82">
         <v>320.58</v>
       </c>
       <c r="Y82">
         <v>20.6</v>
       </c>
       <c r="Z82" t="s">
         <v>76</v>
       </c>
       <c r="AA82" t="s">
         <v>66</v>
       </c>
       <c r="AB82" t="s">
         <v>78</v>
       </c>
       <c r="AC82" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="AD82">
         <v>22621619919</v>
       </c>
       <c r="AE82" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="AF82" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="AG82" t="s">
         <v>76</v>
       </c>
       <c r="AH82" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="AI82"/>
       <c r="AJ82" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="AK82" t="s">
         <v>70</v>
       </c>
       <c r="AL82" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="AM82" t="s">
         <v>82</v>
       </c>
       <c r="AN82" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="AO82">
         <v>102.99</v>
       </c>
       <c r="AP82" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="AQ82" t="s">
         <v>73</v>
       </c>
       <c r="AR82" t="s">
         <v>84</v>
       </c>
       <c r="AS82">
         <v>282866759962</v>
       </c>
       <c r="AT82" t="s">
         <v>76</v>
       </c>
       <c r="AU82"/>
       <c r="AV82"/>
       <c r="AW82">
         <v>0</v>
       </c>
       <c r="AX82" t="s">
         <v>85</v>
       </c>
       <c r="AY82" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="AZ82" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA82" t="s">
         <v>86</v>
       </c>
       <c r="BB82" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="BC82" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="BD82" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="BE82" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="BF82" t="s">
         <v>76</v>
       </c>
       <c r="BG82" t="s">
         <v>76</v>
       </c>
       <c r="BH82">
-        <v>307</v>
+        <v>354</v>
       </c>
       <c r="BI82" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ82"/>
       <c r="BK82"/>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>76</v>
       </c>
       <c r="BN82" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="BO82">
         <v>0</v>
       </c>
       <c r="BP82" t="s">
         <v>73</v>
       </c>
       <c r="BQ82" t="s">
         <v>76</v>
       </c>
       <c r="BR82">
         <v>6604</v>
       </c>
       <c r="BS82"/>
     </row>
     <row r="83" spans="1:71">
       <c r="A83" t="s">
         <v>66</v>
       </c>
       <c r="B83" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="C83">
         <v>1170150029</v>
       </c>
       <c r="D83">
         <v>582806</v>
       </c>
       <c r="E83">
         <v>272.48</v>
       </c>
       <c r="F83" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="G83" t="s">
         <v>70</v>
       </c>
       <c r="H83" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="I83">
         <v>79.99</v>
       </c>
       <c r="J83" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="K83" t="s">
         <v>73</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83">
         <v>10999477932</v>
       </c>
       <c r="Q83" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="R83" t="s">
         <v>76</v>
       </c>
       <c r="S83" t="s">
         <v>76</v>
       </c>
       <c r="T83" t="s">
         <v>77</v>
       </c>
       <c r="U83">
         <v>1170150029</v>
       </c>
       <c r="V83">
         <v>582806</v>
       </c>
       <c r="W83" t="s">
         <v>76</v>
       </c>
       <c r="X83">
         <v>272.48</v>
       </c>
       <c r="Y83">
         <v>20.6</v>
       </c>
       <c r="Z83" t="s">
         <v>76</v>
       </c>
       <c r="AA83" t="s">
         <v>66</v>
       </c>
       <c r="AB83" t="s">
         <v>78</v>
       </c>
       <c r="AC83" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="AD83">
         <v>10999477932</v>
       </c>
       <c r="AE83" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="AF83" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="AG83" t="s">
         <v>76</v>
       </c>
       <c r="AH83" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="AI83"/>
       <c r="AJ83" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="AK83" t="s">
         <v>70</v>
       </c>
       <c r="AL83" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="AM83" t="s">
         <v>82</v>
       </c>
       <c r="AN83" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="AO83">
         <v>79.99</v>
       </c>
       <c r="AP83" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ83" t="s">
         <v>73</v>
       </c>
       <c r="AR83" t="s">
         <v>84</v>
       </c>
       <c r="AS83">
         <v>282768041870</v>
       </c>
       <c r="AT83" t="s">
         <v>76</v>
       </c>
       <c r="AU83"/>
       <c r="AV83"/>
       <c r="AW83">
         <v>0</v>
       </c>
       <c r="AX83"/>
       <c r="AY83"/>
       <c r="AZ83" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA83" t="s">
         <v>86</v>
       </c>
       <c r="BB83" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="BC83" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="BD83" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="BE83" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="BF83" t="s">
         <v>76</v>
       </c>
       <c r="BG83" t="s">
         <v>76</v>
       </c>
       <c r="BH83">
-        <v>309</v>
+        <v>356</v>
       </c>
       <c r="BI83" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>76</v>
       </c>
       <c r="BN83" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83" t="s">
         <v>73</v>
       </c>
       <c r="BQ83" t="s">
         <v>76</v>
       </c>
       <c r="BR83">
         <v>5613</v>
       </c>
       <c r="BS83"/>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
         <v>66</v>
       </c>
       <c r="B84" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="C84">
         <v>4580099240</v>
       </c>
       <c r="D84">
         <v>582700</v>
       </c>
       <c r="E84">
         <v>389.61</v>
       </c>
       <c r="F84" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="G84" t="s">
         <v>70</v>
       </c>
       <c r="H84" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="I84">
         <v>136</v>
       </c>
       <c r="J84" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="K84" t="s">
         <v>73</v>
       </c>
       <c r="L84">
         <v>5094867374</v>
       </c>
       <c r="M84" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N84" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O84"/>
       <c r="P84">
         <v>2875919315</v>
       </c>
       <c r="Q84" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="R84" t="s">
         <v>76</v>
       </c>
       <c r="S84" t="s">
         <v>76</v>
       </c>
       <c r="T84" t="s">
         <v>77</v>
       </c>
       <c r="U84">
         <v>4580099240</v>
       </c>
       <c r="V84">
         <v>582700</v>
       </c>
       <c r="W84" t="s">
         <v>76</v>
       </c>
       <c r="X84">
         <v>389.61</v>
       </c>
       <c r="Y84">
         <v>20.6</v>
       </c>
       <c r="Z84" t="s">
         <v>76</v>
       </c>
       <c r="AA84" t="s">
         <v>66</v>
       </c>
       <c r="AB84" t="s">
         <v>78</v>
       </c>
       <c r="AC84" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="AD84">
         <v>2875919315</v>
       </c>
       <c r="AE84" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="AF84" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="AG84" t="s">
         <v>76</v>
       </c>
       <c r="AH84" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="AI84"/>
       <c r="AJ84" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="AK84" t="s">
         <v>70</v>
       </c>
       <c r="AL84" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="AM84" t="s">
         <v>82</v>
       </c>
       <c r="AN84" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="AO84">
         <v>136</v>
       </c>
       <c r="AP84" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="AQ84" t="s">
         <v>73</v>
       </c>
       <c r="AR84" t="s">
         <v>84</v>
       </c>
       <c r="AS84">
         <v>282652533108</v>
       </c>
       <c r="AT84" t="s">
         <v>76</v>
       </c>
       <c r="AU84"/>
       <c r="AV84"/>
       <c r="AW84">
         <v>0</v>
       </c>
       <c r="AX84" t="s">
         <v>85</v>
       </c>
       <c r="AY84">
         <v>5094867374</v>
       </c>
       <c r="AZ84" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA84" t="s">
         <v>86</v>
       </c>
       <c r="BB84" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="BC84" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="BD84" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="BE84" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="BF84" t="s">
         <v>76</v>
       </c>
       <c r="BG84" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="BH84">
         <v>243</v>
       </c>
       <c r="BI84" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>76</v>
       </c>
       <c r="BN84" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84" t="s">
         <v>73</v>
       </c>
       <c r="BQ84" t="s">
         <v>76</v>
       </c>
       <c r="BR84">
         <v>8026</v>
       </c>
       <c r="BS84"/>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
         <v>66</v>
       </c>
       <c r="B85" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="C85">
         <v>2930052223</v>
       </c>
       <c r="D85">
         <v>582666</v>
       </c>
       <c r="E85">
         <v>473.88</v>
       </c>
       <c r="F85" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="G85" t="s">
         <v>70</v>
       </c>
       <c r="H85" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="I85">
         <v>126</v>
       </c>
       <c r="J85" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="K85" t="s">
         <v>73</v>
       </c>
       <c r="L85">
         <v>9168864994</v>
       </c>
       <c r="M85" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N85" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O85"/>
       <c r="P85">
         <v>13184958692</v>
       </c>
       <c r="Q85" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="R85" t="s">
         <v>76</v>
       </c>
       <c r="S85" t="s">
         <v>76</v>
       </c>
       <c r="T85" t="s">
         <v>77</v>
       </c>
       <c r="U85">
         <v>2930052223</v>
       </c>
       <c r="V85">
         <v>582666</v>
       </c>
       <c r="W85" t="s">
         <v>76</v>
       </c>
       <c r="X85">
         <v>473.88</v>
       </c>
       <c r="Y85">
         <v>20.6</v>
       </c>
       <c r="Z85" t="s">
         <v>76</v>
       </c>
       <c r="AA85" t="s">
         <v>66</v>
       </c>
       <c r="AB85" t="s">
         <v>78</v>
       </c>
       <c r="AC85" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="AD85">
         <v>13184958692</v>
       </c>
       <c r="AE85" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="AF85" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="AG85" t="s">
         <v>76</v>
       </c>
       <c r="AH85" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="AI85"/>
       <c r="AJ85" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="AK85" t="s">
         <v>70</v>
       </c>
       <c r="AL85" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="AM85" t="s">
         <v>82</v>
       </c>
       <c r="AN85" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="AO85">
         <v>126</v>
       </c>
       <c r="AP85" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AQ85" t="s">
         <v>73</v>
       </c>
       <c r="AR85" t="s">
         <v>84</v>
       </c>
       <c r="AS85">
         <v>282655519033</v>
       </c>
       <c r="AT85" t="s">
         <v>76</v>
       </c>
       <c r="AU85"/>
       <c r="AV85"/>
       <c r="AW85">
         <v>0</v>
       </c>
       <c r="AX85" t="s">
         <v>85</v>
       </c>
       <c r="AY85">
         <v>9168864994</v>
       </c>
       <c r="AZ85" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA85" t="s">
         <v>86</v>
       </c>
       <c r="BB85" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="BC85" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="BD85" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="BE85" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="BF85" t="s">
         <v>76</v>
       </c>
       <c r="BG85" t="s">
         <v>76</v>
       </c>
       <c r="BH85">
-        <v>310</v>
+        <v>357</v>
       </c>
       <c r="BI85" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>76</v>
       </c>
       <c r="BN85" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85" t="s">
         <v>73</v>
       </c>
       <c r="BQ85" t="s">
         <v>76</v>
       </c>
       <c r="BR85">
         <v>9762</v>
       </c>
       <c r="BS85"/>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
         <v>66</v>
       </c>
       <c r="B86" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="C86">
         <v>4480052112</v>
       </c>
       <c r="D86">
         <v>582618</v>
       </c>
       <c r="E86">
         <v>270.83</v>
       </c>
       <c r="F86" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="G86" t="s">
         <v>70</v>
       </c>
       <c r="H86" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="I86">
         <v>79.2</v>
       </c>
       <c r="J86" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="K86" t="s">
         <v>73</v>
       </c>
       <c r="L86">
         <v>9168834393</v>
       </c>
       <c r="M86" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N86" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O86"/>
       <c r="P86">
         <v>3753846771</v>
       </c>
       <c r="Q86" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="R86" t="s">
         <v>76</v>
       </c>
       <c r="S86" t="s">
         <v>76</v>
       </c>
       <c r="T86" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U86">
         <v>4480052112</v>
       </c>
       <c r="V86">
         <v>582618</v>
       </c>
       <c r="W86" t="s">
         <v>76</v>
       </c>
       <c r="X86">
         <v>270.83</v>
       </c>
       <c r="Y86">
         <v>20.6</v>
       </c>
       <c r="Z86" t="s">
         <v>76</v>
       </c>
       <c r="AA86" t="s">
         <v>66</v>
       </c>
       <c r="AB86" t="s">
         <v>78</v>
       </c>
       <c r="AC86" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="AD86">
         <v>3753846771</v>
       </c>
       <c r="AE86">
         <v>9516890600</v>
       </c>
       <c r="AF86">
         <v>9516890600</v>
       </c>
       <c r="AG86" t="s">
         <v>76</v>
       </c>
       <c r="AH86" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="AK86" t="s">
         <v>70</v>
       </c>
       <c r="AL86" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="AM86" t="s">
         <v>82</v>
       </c>
       <c r="AN86" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="AO86">
         <v>79.2</v>
       </c>
       <c r="AP86" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="AQ86" t="s">
         <v>73</v>
       </c>
       <c r="AR86" t="s">
         <v>84</v>
       </c>
       <c r="AS86">
         <v>282613690978</v>
       </c>
       <c r="AT86" t="s">
         <v>76</v>
       </c>
       <c r="AU86"/>
       <c r="AV86"/>
       <c r="AW86">
         <v>0</v>
       </c>
       <c r="AX86" t="s">
         <v>85</v>
       </c>
       <c r="AY86">
         <v>9168834393</v>
       </c>
       <c r="AZ86" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA86" t="s">
         <v>86</v>
       </c>
       <c r="BB86" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="BC86" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="BD86" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="BE86" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="BF86" t="s">
         <v>76</v>
       </c>
       <c r="BG86" t="s">
         <v>76</v>
       </c>
       <c r="BH86">
-        <v>311</v>
+        <v>358</v>
       </c>
       <c r="BI86" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>76</v>
       </c>
       <c r="BN86" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86" t="s">
         <v>73</v>
       </c>
       <c r="BQ86" t="s">
         <v>76</v>
       </c>
       <c r="BR86">
         <v>5579</v>
       </c>
       <c r="BS86"/>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
         <v>66</v>
       </c>
       <c r="B87" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="C87">
         <v>5280051787</v>
       </c>
       <c r="D87">
         <v>582552</v>
       </c>
       <c r="E87">
         <v>322.67</v>
       </c>
       <c r="F87" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="G87" t="s">
         <v>70</v>
       </c>
       <c r="H87" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="I87">
         <v>103.99</v>
       </c>
       <c r="J87" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="K87" t="s">
         <v>73</v>
       </c>
       <c r="L87">
         <v>9168818665</v>
       </c>
       <c r="M87" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N87" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O87"/>
       <c r="P87">
         <v>27949848240</v>
       </c>
       <c r="Q87" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="R87" t="s">
         <v>76</v>
       </c>
       <c r="S87" t="s">
         <v>76</v>
       </c>
       <c r="T87" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U87">
         <v>5280051787</v>
       </c>
       <c r="V87">
         <v>582552</v>
       </c>
       <c r="W87" t="s">
         <v>76</v>
       </c>
       <c r="X87">
         <v>322.67</v>
       </c>
       <c r="Y87">
         <v>20.6</v>
       </c>
       <c r="Z87" t="s">
         <v>76</v>
       </c>
       <c r="AA87" t="s">
         <v>66</v>
       </c>
       <c r="AB87" t="s">
         <v>78</v>
       </c>
       <c r="AC87" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="AD87">
         <v>27949848240</v>
       </c>
       <c r="AE87">
         <v>7474942800</v>
       </c>
       <c r="AF87">
         <v>7474942800</v>
       </c>
       <c r="AG87" t="s">
         <v>76</v>
       </c>
       <c r="AH87" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="AK87" t="s">
         <v>70</v>
       </c>
       <c r="AL87" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="AM87" t="s">
         <v>82</v>
       </c>
       <c r="AN87" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="AO87">
         <v>103.99</v>
       </c>
       <c r="AP87" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="AQ87" t="s">
         <v>73</v>
       </c>
       <c r="AR87" t="s">
         <v>84</v>
       </c>
       <c r="AS87">
         <v>282609713053</v>
       </c>
       <c r="AT87" t="s">
         <v>76</v>
       </c>
       <c r="AU87"/>
       <c r="AV87"/>
       <c r="AW87">
         <v>0</v>
       </c>
       <c r="AX87" t="s">
         <v>85</v>
       </c>
       <c r="AY87">
         <v>9168818665</v>
       </c>
       <c r="AZ87" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA87" t="s">
         <v>86</v>
       </c>
       <c r="BB87" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="BC87" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="BD87" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="BE87" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="BF87" t="s">
         <v>76</v>
       </c>
       <c r="BG87" t="s">
         <v>76</v>
       </c>
       <c r="BH87">
-        <v>311</v>
+        <v>358</v>
       </c>
       <c r="BI87" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>76</v>
       </c>
       <c r="BN87" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87" t="s">
         <v>73</v>
       </c>
       <c r="BQ87" t="s">
         <v>76</v>
       </c>
       <c r="BR87">
         <v>6647</v>
       </c>
       <c r="BS87"/>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
         <v>66</v>
       </c>
       <c r="B88" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="C88">
         <v>6110051792</v>
       </c>
       <c r="D88">
         <v>582445</v>
       </c>
       <c r="E88">
         <v>270.83</v>
       </c>
       <c r="F88" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="G88" t="s">
         <v>70</v>
       </c>
       <c r="H88" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="I88">
         <v>79.2</v>
       </c>
       <c r="J88" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="K88" t="s">
         <v>73</v>
       </c>
       <c r="L88">
         <v>4702523350</v>
       </c>
       <c r="M88" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N88" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O88"/>
       <c r="P88">
         <v>97246612</v>
       </c>
       <c r="Q88" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="R88" t="s">
         <v>76</v>
       </c>
       <c r="S88" t="s">
         <v>76</v>
       </c>
       <c r="T88" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U88">
         <v>6110051792</v>
       </c>
       <c r="V88">
         <v>582445</v>
       </c>
       <c r="W88" t="s">
         <v>76</v>
       </c>
       <c r="X88">
         <v>270.83</v>
       </c>
       <c r="Y88">
         <v>20.6</v>
       </c>
       <c r="Z88" t="s">
         <v>76</v>
       </c>
       <c r="AA88" t="s">
         <v>66</v>
       </c>
       <c r="AB88" t="s">
         <v>78</v>
       </c>
       <c r="AC88" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="AD88">
         <v>97246612</v>
       </c>
       <c r="AE88">
         <v>8336890200</v>
       </c>
       <c r="AF88">
         <v>8336890200</v>
       </c>
       <c r="AG88" t="s">
         <v>76</v>
       </c>
       <c r="AH88" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="AI88"/>
       <c r="AJ88" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="AK88" t="s">
         <v>70</v>
       </c>
       <c r="AL88" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="AM88" t="s">
         <v>82</v>
       </c>
       <c r="AN88" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="AO88">
         <v>79.2</v>
       </c>
       <c r="AP88" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="AQ88" t="s">
         <v>73</v>
       </c>
       <c r="AR88" t="s">
         <v>84</v>
       </c>
       <c r="AS88">
         <v>282582931312</v>
       </c>
       <c r="AT88" t="s">
         <v>76</v>
       </c>
       <c r="AU88"/>
       <c r="AV88"/>
       <c r="AW88">
         <v>0</v>
       </c>
       <c r="AX88" t="s">
         <v>85</v>
       </c>
       <c r="AY88">
         <v>4702523350</v>
       </c>
       <c r="AZ88" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA88" t="s">
         <v>86</v>
       </c>
       <c r="BB88" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="BC88" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="BD88" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="BE88" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="BF88" t="s">
         <v>76</v>
       </c>
       <c r="BG88" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="BH88">
         <v>299</v>
       </c>
       <c r="BI88" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>76</v>
       </c>
       <c r="BN88" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88" t="s">
         <v>73</v>
       </c>
       <c r="BQ88" t="s">
         <v>76</v>
       </c>
       <c r="BR88">
         <v>5579</v>
       </c>
       <c r="BS88"/>
     </row>
     <row r="89" spans="1:71">
       <c r="A89" t="s">
         <v>66</v>
       </c>
       <c r="B89" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="C89">
         <v>4900051913</v>
       </c>
       <c r="D89">
         <v>582411</v>
       </c>
       <c r="E89">
         <v>228.54</v>
       </c>
       <c r="F89" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="G89" t="s">
         <v>70</v>
       </c>
       <c r="H89" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="I89">
         <v>58.99</v>
       </c>
       <c r="J89" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="K89" t="s">
         <v>73</v>
       </c>
       <c r="L89">
         <v>4702513896</v>
       </c>
       <c r="M89" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N89" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O89"/>
       <c r="P89">
         <v>7063823662</v>
       </c>
       <c r="Q89" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="R89" t="s">
         <v>76</v>
       </c>
       <c r="S89" t="s">
         <v>76</v>
       </c>
       <c r="T89" t="s">
         <v>77</v>
       </c>
       <c r="U89">
         <v>4900051913</v>
       </c>
       <c r="V89">
         <v>582411</v>
       </c>
       <c r="W89" t="s">
         <v>76</v>
       </c>
       <c r="X89">
         <v>228.54</v>
       </c>
       <c r="Y89">
         <v>20.6</v>
       </c>
       <c r="Z89" t="s">
         <v>76</v>
       </c>
       <c r="AA89" t="s">
         <v>66</v>
       </c>
       <c r="AB89" t="s">
         <v>78</v>
       </c>
       <c r="AC89" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="AD89">
         <v>7063823662</v>
       </c>
       <c r="AE89" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="AF89" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="AG89" t="s">
         <v>76</v>
       </c>
       <c r="AH89" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="AI89"/>
       <c r="AJ89" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="AK89" t="s">
         <v>70</v>
       </c>
       <c r="AL89" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="AM89" t="s">
         <v>82</v>
       </c>
       <c r="AN89" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="AO89">
         <v>58.99</v>
       </c>
       <c r="AP89" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="AQ89" t="s">
         <v>73</v>
       </c>
       <c r="AR89" t="s">
         <v>84</v>
       </c>
       <c r="AS89">
         <v>282584998289</v>
       </c>
       <c r="AT89" t="s">
         <v>76</v>
       </c>
       <c r="AU89"/>
       <c r="AV89"/>
       <c r="AW89">
         <v>0</v>
       </c>
       <c r="AX89" t="s">
         <v>85</v>
       </c>
       <c r="AY89">
         <v>4702513896</v>
       </c>
       <c r="AZ89" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA89" t="s">
         <v>86</v>
       </c>
       <c r="BB89" t="s">
+        <v>945</v>
+      </c>
+      <c r="BC89" t="s">
         <v>938</v>
       </c>
-      <c r="BC89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD89" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="BE89" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="BF89" t="s">
         <v>76</v>
       </c>
       <c r="BG89" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="BH89">
         <v>298</v>
       </c>
       <c r="BI89" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89"/>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>76</v>
       </c>
       <c r="BN89" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="BO89">
         <v>0</v>
       </c>
       <c r="BP89" t="s">
         <v>73</v>
       </c>
       <c r="BQ89" t="s">
         <v>76</v>
       </c>
       <c r="BR89">
         <v>4708</v>
       </c>
       <c r="BS89"/>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
         <v>66</v>
       </c>
       <c r="B90" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="C90">
         <v>1190051636</v>
       </c>
       <c r="D90">
         <v>582361</v>
       </c>
       <c r="E90">
         <v>320.58</v>
       </c>
       <c r="F90" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="G90" t="s">
         <v>70</v>
       </c>
       <c r="H90" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="I90">
         <v>102.99</v>
       </c>
       <c r="J90" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="K90" t="s">
         <v>73</v>
       </c>
       <c r="L90">
         <v>3792626670</v>
       </c>
       <c r="M90" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N90" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O90"/>
       <c r="P90" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="Q90" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="R90" t="s">
         <v>76</v>
       </c>
       <c r="S90" t="s">
         <v>76</v>
       </c>
       <c r="T90" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U90">
         <v>1190051636</v>
       </c>
       <c r="V90">
         <v>582361</v>
       </c>
       <c r="W90" t="s">
         <v>76</v>
       </c>
       <c r="X90">
         <v>320.58</v>
       </c>
       <c r="Y90">
         <v>20.6</v>
       </c>
       <c r="Z90" t="s">
         <v>76</v>
       </c>
       <c r="AA90" t="s">
         <v>66</v>
       </c>
       <c r="AB90" t="s">
         <v>78</v>
       </c>
       <c r="AC90" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="AD90" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="AE90">
         <v>3251007902</v>
       </c>
       <c r="AF90">
         <v>3251007902</v>
       </c>
       <c r="AG90" t="s">
         <v>76</v>
       </c>
       <c r="AH90" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="AI90"/>
       <c r="AJ90" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="AK90" t="s">
         <v>70</v>
       </c>
       <c r="AL90" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="AM90" t="s">
         <v>82</v>
       </c>
       <c r="AN90" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="AO90">
         <v>102.99</v>
       </c>
       <c r="AP90" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="AQ90" t="s">
         <v>73</v>
       </c>
       <c r="AR90" t="s">
         <v>84</v>
       </c>
       <c r="AS90">
         <v>282608102720</v>
       </c>
       <c r="AT90" t="s">
         <v>76</v>
       </c>
       <c r="AU90"/>
       <c r="AV90"/>
       <c r="AW90">
         <v>0</v>
       </c>
       <c r="AX90" t="s">
         <v>85</v>
       </c>
       <c r="AY90">
         <v>3792626670</v>
       </c>
       <c r="AZ90" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA90" t="s">
         <v>86</v>
       </c>
       <c r="BB90" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="BC90" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="BD90" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="BE90" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="BF90" t="s">
         <v>76</v>
       </c>
       <c r="BG90" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="BH90">
         <v>267</v>
       </c>
       <c r="BI90" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>76</v>
       </c>
       <c r="BN90" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90" t="s">
         <v>73</v>
       </c>
       <c r="BQ90" t="s">
         <v>76</v>
       </c>
       <c r="BR90">
         <v>6604</v>
       </c>
       <c r="BS90"/>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
         <v>66</v>
       </c>
       <c r="B91" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="C91">
         <v>4490051745</v>
       </c>
       <c r="D91">
         <v>582341</v>
       </c>
       <c r="E91">
         <v>220.63</v>
       </c>
       <c r="F91" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="G91" t="s">
         <v>70</v>
       </c>
       <c r="H91" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="I91">
         <v>55.2</v>
       </c>
       <c r="J91" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="K91" t="s">
         <v>73</v>
       </c>
       <c r="L91">
         <v>4702467070</v>
       </c>
       <c r="M91" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N91" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O91"/>
       <c r="P91">
         <v>6713871404</v>
       </c>
       <c r="Q91" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="R91" t="s">
         <v>76</v>
       </c>
       <c r="S91" t="s">
         <v>76</v>
       </c>
       <c r="T91" t="s">
         <v>77</v>
       </c>
       <c r="U91">
         <v>4490051745</v>
       </c>
       <c r="V91">
         <v>582341</v>
       </c>
       <c r="W91" t="s">
         <v>76</v>
       </c>
       <c r="X91">
         <v>220.63</v>
       </c>
       <c r="Y91">
         <v>20.6</v>
       </c>
       <c r="Z91" t="s">
         <v>76</v>
       </c>
       <c r="AA91" t="s">
         <v>66</v>
       </c>
       <c r="AB91" t="s">
         <v>78</v>
       </c>
       <c r="AC91" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="AD91">
         <v>6713871404</v>
       </c>
       <c r="AE91" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="AF91" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="AG91" t="s">
         <v>76</v>
       </c>
       <c r="AH91" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
       <c r="AI91"/>
       <c r="AJ91" t="s">
-        <v>962</v>
+        <v>969</v>
       </c>
       <c r="AK91" t="s">
         <v>70</v>
       </c>
       <c r="AL91" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="AM91" t="s">
         <v>82</v>
       </c>
       <c r="AN91" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="AO91">
         <v>55.2</v>
       </c>
       <c r="AP91" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="AQ91" t="s">
         <v>73</v>
       </c>
       <c r="AR91" t="s">
         <v>84</v>
       </c>
       <c r="AS91">
         <v>282608217379</v>
       </c>
       <c r="AT91" t="s">
         <v>76</v>
       </c>
       <c r="AU91"/>
       <c r="AV91"/>
       <c r="AW91"/>
       <c r="AX91" t="s">
         <v>85</v>
       </c>
       <c r="AY91">
         <v>4702467070</v>
       </c>
       <c r="AZ91" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA91" t="s">
         <v>86</v>
       </c>
       <c r="BB91" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="BC91" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="BD91" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
       <c r="BE91" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="BF91" t="s">
         <v>76</v>
       </c>
       <c r="BG91" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="BH91">
         <v>299</v>
       </c>
       <c r="BI91" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>76</v>
       </c>
       <c r="BN91" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91" t="s">
         <v>73</v>
       </c>
       <c r="BQ91" t="s">
         <v>76</v>
       </c>
       <c r="BR91">
         <v>4545</v>
       </c>
       <c r="BS91"/>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
         <v>66</v>
       </c>
       <c r="B92" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="C92">
         <v>2560051478</v>
       </c>
       <c r="D92">
         <v>582241</v>
       </c>
       <c r="E92">
         <v>244.08</v>
       </c>
       <c r="F92" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="G92" t="s">
         <v>70</v>
       </c>
       <c r="H92" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="I92">
         <v>66.4</v>
       </c>
       <c r="J92" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="K92" t="s">
         <v>73</v>
       </c>
       <c r="L92">
         <v>4702436944</v>
       </c>
       <c r="M92" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N92" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O92"/>
       <c r="P92">
         <v>28953755049</v>
       </c>
       <c r="Q92" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="R92" t="s">
         <v>76</v>
       </c>
       <c r="S92" t="s">
         <v>76</v>
       </c>
       <c r="T92" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U92">
         <v>2560051478</v>
       </c>
       <c r="V92">
         <v>582241</v>
       </c>
       <c r="W92" t="s">
         <v>76</v>
       </c>
       <c r="X92">
         <v>244.08</v>
       </c>
       <c r="Y92">
         <v>20.6</v>
       </c>
       <c r="Z92" t="s">
         <v>76</v>
       </c>
       <c r="AA92" t="s">
         <v>66</v>
       </c>
       <c r="AB92" t="s">
         <v>78</v>
       </c>
       <c r="AC92" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="AD92">
         <v>28953755049</v>
       </c>
       <c r="AE92">
         <v>2226893600</v>
       </c>
       <c r="AF92">
         <v>2226893600</v>
       </c>
       <c r="AG92" t="s">
         <v>76</v>
       </c>
       <c r="AH92" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="AI92"/>
       <c r="AJ92" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="AK92" t="s">
         <v>70</v>
       </c>
       <c r="AL92" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="AM92" t="s">
         <v>82</v>
       </c>
       <c r="AN92" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="AO92">
         <v>66.4</v>
       </c>
       <c r="AP92" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="AQ92" t="s">
         <v>73</v>
       </c>
       <c r="AR92" t="s">
         <v>84</v>
       </c>
       <c r="AS92">
         <v>282607640967</v>
       </c>
       <c r="AT92" t="s">
         <v>76</v>
       </c>
       <c r="AU92"/>
       <c r="AV92"/>
       <c r="AW92"/>
       <c r="AX92" t="s">
         <v>85</v>
       </c>
       <c r="AY92">
         <v>4702436944</v>
       </c>
       <c r="AZ92" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA92" t="s">
         <v>86</v>
       </c>
       <c r="BB92" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="BC92" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="BD92" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="BE92" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="BF92" t="s">
         <v>76</v>
       </c>
       <c r="BG92" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="BH92">
         <v>300</v>
       </c>
       <c r="BI92" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92"/>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>76</v>
       </c>
       <c r="BN92" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="BO92">
         <v>0</v>
       </c>
       <c r="BP92" t="s">
         <v>73</v>
       </c>
       <c r="BQ92" t="s">
         <v>76</v>
       </c>
       <c r="BR92">
         <v>5028</v>
       </c>
       <c r="BS92"/>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
         <v>66</v>
       </c>
       <c r="B93" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="C93" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="D93">
         <v>582203</v>
       </c>
       <c r="E93">
         <v>272.48</v>
       </c>
       <c r="F93" t="s">
-        <v>978</v>
+        <v>985</v>
       </c>
       <c r="G93" t="s">
         <v>70</v>
       </c>
       <c r="H93" t="s">
-        <v>979</v>
+        <v>986</v>
       </c>
       <c r="I93">
         <v>79.99</v>
       </c>
       <c r="J93" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="K93" t="s">
         <v>73</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93">
         <v>12014315409</v>
       </c>
       <c r="Q93" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="R93" t="s">
         <v>76</v>
       </c>
       <c r="S93" t="s">
         <v>76</v>
       </c>
       <c r="T93" t="s">
         <v>77</v>
       </c>
       <c r="U93" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="V93">
         <v>582203</v>
       </c>
       <c r="W93" t="s">
         <v>76</v>
       </c>
       <c r="X93">
         <v>272.48</v>
       </c>
       <c r="Y93">
         <v>20.6</v>
       </c>
       <c r="Z93" t="s">
         <v>76</v>
       </c>
       <c r="AA93" t="s">
         <v>66</v>
       </c>
       <c r="AB93" t="s">
         <v>78</v>
       </c>
       <c r="AC93" t="s">
-        <v>978</v>
+        <v>985</v>
       </c>
       <c r="AD93">
         <v>12014315409</v>
       </c>
       <c r="AE93">
         <v>4421961800</v>
       </c>
       <c r="AF93">
         <v>4421961800</v>
       </c>
       <c r="AG93" t="s">
         <v>76</v>
       </c>
       <c r="AH93" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="AI93"/>
       <c r="AJ93" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="AK93" t="s">
         <v>70</v>
       </c>
       <c r="AL93" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="AM93" t="s">
         <v>82</v>
       </c>
       <c r="AN93" t="s">
-        <v>979</v>
+        <v>986</v>
       </c>
       <c r="AO93">
         <v>79.99</v>
       </c>
       <c r="AP93" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ93" t="s">
         <v>73</v>
       </c>
       <c r="AR93" t="s">
         <v>84</v>
       </c>
       <c r="AS93">
         <v>282475527656</v>
       </c>
       <c r="AT93" t="s">
         <v>76</v>
       </c>
       <c r="AU93"/>
       <c r="AV93"/>
       <c r="AW93"/>
       <c r="AX93" t="s">
         <v>85</v>
       </c>
       <c r="AY93"/>
       <c r="AZ93" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA93" t="s">
         <v>86</v>
       </c>
       <c r="BB93" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="BC93" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="BD93" t="s">
-        <v>980</v>
+        <v>987</v>
       </c>
       <c r="BE93" t="s">
-        <v>981</v>
+        <v>988</v>
       </c>
       <c r="BF93" t="s">
         <v>76</v>
       </c>
       <c r="BG93" t="s">
         <v>76</v>
       </c>
       <c r="BH93">
-        <v>313</v>
+        <v>360</v>
       </c>
       <c r="BI93" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ93"/>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>76</v>
       </c>
       <c r="BN93" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93" t="s">
         <v>73</v>
       </c>
       <c r="BQ93" t="s">
         <v>76</v>
       </c>
       <c r="BR93">
         <v>5613</v>
       </c>
       <c r="BS93"/>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
         <v>66</v>
       </c>
       <c r="B94" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="C94">
         <v>6190051749</v>
       </c>
       <c r="D94">
         <v>582175</v>
       </c>
       <c r="E94">
         <v>272.48</v>
       </c>
       <c r="F94" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="G94" t="s">
         <v>70</v>
       </c>
       <c r="H94" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="I94">
         <v>79.99</v>
       </c>
       <c r="J94" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="K94" t="s">
         <v>73</v>
       </c>
       <c r="L94">
         <v>4702393835</v>
       </c>
       <c r="M94" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N94" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O94"/>
       <c r="P94">
         <v>28381089842</v>
       </c>
       <c r="Q94" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="R94" t="s">
         <v>76</v>
       </c>
       <c r="S94" t="s">
         <v>76</v>
       </c>
       <c r="T94" t="s">
         <v>77</v>
       </c>
       <c r="U94">
         <v>6190051749</v>
       </c>
       <c r="V94">
         <v>582175</v>
       </c>
       <c r="W94" t="s">
         <v>76</v>
       </c>
       <c r="X94">
         <v>272.48</v>
       </c>
       <c r="Y94">
         <v>20.6</v>
       </c>
       <c r="Z94" t="s">
         <v>76</v>
       </c>
       <c r="AA94" t="s">
         <v>66</v>
       </c>
       <c r="AB94" t="s">
         <v>78</v>
       </c>
       <c r="AC94" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="AD94">
         <v>28381089842</v>
       </c>
       <c r="AE94" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="AF94" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="AG94" t="s">
         <v>76</v>
       </c>
       <c r="AH94" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="AI94"/>
       <c r="AJ94" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="AK94" t="s">
         <v>70</v>
       </c>
       <c r="AL94" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="AM94" t="s">
         <v>82</v>
       </c>
       <c r="AN94" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="AO94">
         <v>79.99</v>
       </c>
       <c r="AP94" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ94" t="s">
         <v>73</v>
       </c>
       <c r="AR94" t="s">
         <v>84</v>
       </c>
       <c r="AS94">
         <v>282476392592</v>
       </c>
       <c r="AT94" t="s">
         <v>76</v>
       </c>
       <c r="AU94"/>
       <c r="AV94"/>
       <c r="AW94">
         <v>0</v>
       </c>
       <c r="AX94" t="s">
         <v>85</v>
       </c>
       <c r="AY94">
         <v>4702393835</v>
       </c>
       <c r="AZ94" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA94" t="s">
         <v>86</v>
       </c>
       <c r="BB94" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="BC94" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="BD94" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="BE94" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="BF94" t="s">
         <v>76</v>
       </c>
       <c r="BG94" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="BH94">
         <v>313</v>
       </c>
       <c r="BI94" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>76</v>
       </c>
       <c r="BN94" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94" t="s">
         <v>73</v>
       </c>
       <c r="BQ94" t="s">
         <v>76</v>
       </c>
       <c r="BR94">
         <v>5613</v>
       </c>
       <c r="BS94"/>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
         <v>66</v>
       </c>
       <c r="B95" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="C95" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="D95">
         <v>582119</v>
       </c>
       <c r="E95">
         <v>291.31</v>
       </c>
       <c r="F95" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="G95" t="s">
         <v>70</v>
       </c>
       <c r="H95" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="I95">
         <v>88.99</v>
       </c>
       <c r="J95" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="K95" t="s">
         <v>73</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95">
         <v>18687474671</v>
       </c>
       <c r="Q95" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="R95" t="s">
         <v>76</v>
       </c>
       <c r="S95" t="s">
         <v>76</v>
       </c>
       <c r="T95" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U95" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="V95">
         <v>582119</v>
       </c>
       <c r="W95" t="s">
         <v>76</v>
       </c>
       <c r="X95">
         <v>291.31</v>
       </c>
       <c r="Y95">
         <v>20.6</v>
       </c>
       <c r="Z95" t="s">
         <v>76</v>
       </c>
       <c r="AA95" t="s">
         <v>66</v>
       </c>
       <c r="AB95" t="s">
         <v>78</v>
       </c>
       <c r="AC95" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="AD95">
         <v>18687474671</v>
       </c>
       <c r="AE95">
         <v>6862004291</v>
       </c>
       <c r="AF95">
         <v>6862004291</v>
       </c>
       <c r="AG95" t="s">
         <v>76</v>
       </c>
       <c r="AH95" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="AI95"/>
       <c r="AJ95" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="AK95" t="s">
         <v>70</v>
       </c>
       <c r="AL95" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="AM95" t="s">
         <v>82</v>
       </c>
       <c r="AN95" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="AO95">
         <v>88.99</v>
       </c>
       <c r="AP95" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="AQ95" t="s">
         <v>73</v>
       </c>
       <c r="AR95" t="s">
         <v>84</v>
       </c>
       <c r="AS95">
         <v>282448842180</v>
       </c>
       <c r="AT95" t="s">
         <v>76</v>
       </c>
       <c r="AU95"/>
       <c r="AV95"/>
       <c r="AW95">
         <v>0</v>
       </c>
       <c r="AX95" t="s">
         <v>85</v>
       </c>
       <c r="AY95"/>
       <c r="AZ95" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA95" t="s">
         <v>86</v>
       </c>
       <c r="BB95" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="BC95" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="BD95" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="BE95" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="BF95" t="s">
         <v>76</v>
       </c>
       <c r="BG95" t="s">
         <v>76</v>
       </c>
       <c r="BH95">
-        <v>314</v>
+        <v>361</v>
       </c>
       <c r="BI95" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95"/>
       <c r="BL95"/>
       <c r="BM95" t="s">
         <v>76</v>
       </c>
       <c r="BN95" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="BO95">
         <v>0</v>
       </c>
       <c r="BP95" t="s">
         <v>73</v>
       </c>
       <c r="BQ95" t="s">
         <v>76</v>
       </c>
       <c r="BR95">
         <v>6001</v>
       </c>
       <c r="BS95"/>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
         <v>66</v>
       </c>
       <c r="B96" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="C96">
         <v>2890051372</v>
       </c>
       <c r="D96">
         <v>581408</v>
       </c>
       <c r="E96">
         <v>272.48</v>
       </c>
       <c r="F96" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="G96" t="s">
         <v>70</v>
       </c>
       <c r="H96" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="I96">
         <v>79.99</v>
       </c>
       <c r="J96" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="K96" t="s">
         <v>73</v>
       </c>
       <c r="L96">
         <v>3764049811</v>
       </c>
       <c r="M96" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N96" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O96"/>
       <c r="P96">
         <v>411542645</v>
       </c>
       <c r="Q96" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="R96" t="s">
         <v>76</v>
       </c>
       <c r="S96" t="s">
         <v>76</v>
       </c>
       <c r="T96" t="s">
         <v>77</v>
       </c>
       <c r="U96">
         <v>2890051372</v>
       </c>
       <c r="V96">
         <v>581408</v>
       </c>
       <c r="W96" t="s">
         <v>76</v>
       </c>
       <c r="X96">
         <v>272.48</v>
       </c>
       <c r="Y96">
         <v>20.6</v>
       </c>
       <c r="Z96" t="s">
         <v>76</v>
       </c>
       <c r="AA96" t="s">
         <v>66</v>
       </c>
       <c r="AB96" t="s">
         <v>78</v>
       </c>
       <c r="AC96" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="AD96">
         <v>411542645</v>
       </c>
       <c r="AE96">
         <v>5591284600</v>
       </c>
       <c r="AF96">
         <v>5591284600</v>
       </c>
       <c r="AG96" t="s">
         <v>76</v>
       </c>
       <c r="AH96" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="AI96"/>
       <c r="AJ96" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="AK96" t="s">
         <v>70</v>
       </c>
       <c r="AL96" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="AM96" t="s">
         <v>82</v>
       </c>
       <c r="AN96" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="AO96">
         <v>79.99</v>
       </c>
       <c r="AP96" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ96" t="s">
         <v>73</v>
       </c>
       <c r="AR96" t="s">
         <v>84</v>
       </c>
       <c r="AS96">
         <v>282253921670</v>
       </c>
       <c r="AT96" t="s">
         <v>76</v>
       </c>
       <c r="AU96"/>
       <c r="AV96"/>
       <c r="AW96">
         <v>0</v>
       </c>
       <c r="AX96" t="s">
         <v>85</v>
       </c>
       <c r="AY96">
         <v>3764049811</v>
       </c>
       <c r="AZ96" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA96" t="s">
         <v>86</v>
       </c>
       <c r="BB96" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="BC96" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="BD96" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="BE96" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
       <c r="BF96" t="s">
         <v>76</v>
       </c>
       <c r="BG96" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="BH96">
         <v>224</v>
       </c>
       <c r="BI96" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ96"/>
       <c r="BK96"/>
       <c r="BL96"/>
       <c r="BM96" t="s">
         <v>76</v>
       </c>
       <c r="BN96" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96" t="s">
         <v>73</v>
       </c>
       <c r="BQ96" t="s">
         <v>76</v>
       </c>
       <c r="BR96">
         <v>5613</v>
       </c>
       <c r="BS96"/>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
         <v>66</v>
       </c>
       <c r="B97" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="C97">
         <v>1570051619</v>
       </c>
       <c r="D97">
         <v>581378</v>
       </c>
       <c r="E97">
         <v>237.38</v>
       </c>
       <c r="F97" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="G97" t="s">
         <v>70</v>
       </c>
       <c r="H97" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="I97">
         <v>63.2</v>
       </c>
       <c r="J97" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="K97" t="s">
         <v>73</v>
       </c>
       <c r="L97">
         <v>3764021914</v>
       </c>
       <c r="M97" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N97" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O97"/>
       <c r="P97">
         <v>3129629182</v>
       </c>
       <c r="Q97" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="R97" t="s">
         <v>76</v>
       </c>
       <c r="S97" t="s">
         <v>76</v>
       </c>
       <c r="T97" t="s">
         <v>77</v>
       </c>
       <c r="U97">
         <v>1570051619</v>
       </c>
       <c r="V97">
         <v>581378</v>
       </c>
       <c r="W97" t="s">
         <v>76</v>
       </c>
       <c r="X97">
         <v>237.38</v>
       </c>
       <c r="Y97">
         <v>20.6</v>
       </c>
       <c r="Z97" t="s">
         <v>76</v>
       </c>
       <c r="AA97" t="s">
         <v>66</v>
       </c>
       <c r="AB97" t="s">
         <v>78</v>
       </c>
       <c r="AC97" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="AD97">
         <v>3129629182</v>
       </c>
       <c r="AE97" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="AF97" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="AG97" t="s">
         <v>76</v>
       </c>
       <c r="AH97" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="AI97"/>
       <c r="AJ97" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="AK97" t="s">
         <v>70</v>
       </c>
       <c r="AL97" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="AM97" t="s">
         <v>82</v>
       </c>
       <c r="AN97" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="AO97">
         <v>63.2</v>
       </c>
       <c r="AP97" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="AQ97" t="s">
         <v>73</v>
       </c>
       <c r="AR97" t="s">
         <v>84</v>
       </c>
       <c r="AS97">
         <v>282253862152</v>
       </c>
       <c r="AT97" t="s">
         <v>76</v>
       </c>
       <c r="AU97"/>
       <c r="AV97"/>
       <c r="AW97">
         <v>0</v>
       </c>
       <c r="AX97" t="s">
         <v>85</v>
       </c>
       <c r="AY97">
         <v>3764021914</v>
       </c>
       <c r="AZ97" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA97" t="s">
         <v>86</v>
       </c>
       <c r="BB97" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="BC97" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="BD97" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
       <c r="BE97" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="BF97" t="s">
         <v>76</v>
       </c>
       <c r="BG97" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="BH97">
         <v>221</v>
       </c>
       <c r="BI97" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ97"/>
       <c r="BK97"/>
       <c r="BL97"/>
       <c r="BM97" t="s">
         <v>76</v>
       </c>
       <c r="BN97" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="BO97">
         <v>0</v>
       </c>
       <c r="BP97" t="s">
         <v>73</v>
       </c>
       <c r="BQ97" t="s">
         <v>76</v>
       </c>
       <c r="BR97">
         <v>4890</v>
       </c>
       <c r="BS97"/>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
         <v>66</v>
       </c>
       <c r="B98" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="C98">
         <v>7060051014</v>
       </c>
       <c r="D98">
         <v>581246</v>
       </c>
       <c r="E98">
         <v>270.83</v>
       </c>
       <c r="F98" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="G98" t="s">
         <v>70</v>
       </c>
       <c r="H98" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="I98">
         <v>79.2</v>
       </c>
       <c r="J98" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="K98" t="s">
         <v>73</v>
       </c>
       <c r="L98">
         <v>3763987673</v>
       </c>
       <c r="M98" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N98" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O98"/>
       <c r="P98">
         <v>19391985508</v>
       </c>
       <c r="Q98" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="R98" t="s">
         <v>76</v>
       </c>
       <c r="S98" t="s">
         <v>76</v>
       </c>
       <c r="T98" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U98">
         <v>7060051014</v>
       </c>
       <c r="V98">
         <v>581246</v>
       </c>
       <c r="W98" t="s">
         <v>76</v>
       </c>
       <c r="X98">
         <v>270.83</v>
       </c>
       <c r="Y98">
         <v>20.6</v>
       </c>
       <c r="Z98" t="s">
         <v>76</v>
       </c>
       <c r="AA98" t="s">
         <v>66</v>
       </c>
       <c r="AB98" t="s">
         <v>78</v>
       </c>
       <c r="AC98" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="AD98">
         <v>19391985508</v>
       </c>
       <c r="AE98" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="AF98" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="AG98" t="s">
         <v>76</v>
       </c>
       <c r="AH98" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="AI98"/>
       <c r="AJ98" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="AK98" t="s">
         <v>70</v>
       </c>
       <c r="AL98" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="AM98" t="s">
         <v>82</v>
       </c>
       <c r="AN98" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="AO98">
         <v>79.2</v>
       </c>
       <c r="AP98" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="AQ98" t="s">
         <v>73</v>
       </c>
       <c r="AR98" t="s">
         <v>84</v>
       </c>
       <c r="AS98">
         <v>282266545184</v>
       </c>
       <c r="AT98" t="s">
         <v>76</v>
       </c>
       <c r="AU98"/>
       <c r="AV98"/>
       <c r="AW98">
         <v>0</v>
       </c>
       <c r="AX98" t="s">
         <v>85</v>
       </c>
       <c r="AY98">
         <v>3763987673</v>
       </c>
       <c r="AZ98" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA98" t="s">
         <v>86</v>
       </c>
       <c r="BB98" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="BC98" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="BD98" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="BE98" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="BF98" t="s">
         <v>76</v>
       </c>
       <c r="BG98" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="BH98">
         <v>225</v>
       </c>
       <c r="BI98" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>76</v>
       </c>
       <c r="BN98" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98" t="s">
         <v>73</v>
       </c>
       <c r="BQ98" t="s">
         <v>76</v>
       </c>
       <c r="BR98">
         <v>5579</v>
       </c>
       <c r="BS98"/>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
         <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="C99">
         <v>5300051210</v>
       </c>
       <c r="D99">
         <v>581168</v>
       </c>
       <c r="E99">
         <v>322.67</v>
       </c>
       <c r="F99" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="G99" t="s">
         <v>70</v>
       </c>
       <c r="H99" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="I99">
         <v>103.99</v>
       </c>
       <c r="J99" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="K99" t="s">
         <v>73</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99">
         <v>19549054055</v>
       </c>
       <c r="Q99" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="R99" t="s">
         <v>76</v>
       </c>
       <c r="S99" t="s">
         <v>76</v>
       </c>
       <c r="T99" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U99">
         <v>5300051210</v>
       </c>
       <c r="V99">
         <v>581168</v>
       </c>
       <c r="W99" t="s">
         <v>76</v>
       </c>
       <c r="X99">
         <v>322.67</v>
       </c>
       <c r="Y99">
         <v>20.6</v>
       </c>
       <c r="Z99" t="s">
         <v>76</v>
       </c>
       <c r="AA99" t="s">
         <v>66</v>
       </c>
       <c r="AB99" t="s">
         <v>78</v>
       </c>
       <c r="AC99" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="AD99">
         <v>19549054055</v>
       </c>
       <c r="AE99">
         <v>4421961800</v>
       </c>
       <c r="AF99">
         <v>4421961800</v>
       </c>
       <c r="AG99" t="s">
         <v>76</v>
       </c>
       <c r="AH99" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="AI99"/>
       <c r="AJ99" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="AK99" t="s">
         <v>70</v>
       </c>
       <c r="AL99" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="AM99" t="s">
         <v>82</v>
       </c>
       <c r="AN99" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="AO99">
         <v>103.99</v>
       </c>
       <c r="AP99" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="AQ99" t="s">
         <v>73</v>
       </c>
       <c r="AR99" t="s">
         <v>84</v>
       </c>
       <c r="AS99">
         <v>282115462283</v>
       </c>
       <c r="AT99" t="s">
         <v>76</v>
       </c>
       <c r="AU99"/>
       <c r="AV99"/>
       <c r="AW99">
         <v>0</v>
       </c>
       <c r="AX99" t="s">
         <v>85</v>
       </c>
       <c r="AY99"/>
       <c r="AZ99" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA99" t="s">
         <v>86</v>
       </c>
       <c r="BB99" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="BC99" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="BD99" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="BE99" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="BF99" t="s">
         <v>76</v>
       </c>
       <c r="BG99" t="s">
         <v>76</v>
       </c>
       <c r="BH99">
-        <v>322</v>
+        <v>369</v>
       </c>
       <c r="BI99" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ99"/>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>76</v>
       </c>
       <c r="BN99" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99" t="s">
         <v>73</v>
       </c>
       <c r="BQ99" t="s">
         <v>76</v>
       </c>
       <c r="BR99">
         <v>6647</v>
       </c>
       <c r="BS99"/>
     </row>
     <row r="100" spans="1:71">
       <c r="A100" t="s">
         <v>66</v>
       </c>
       <c r="B100" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="C100">
         <v>4060050782</v>
       </c>
       <c r="D100">
         <v>581088</v>
       </c>
       <c r="E100">
         <v>272.48</v>
       </c>
       <c r="F100" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="G100" t="s">
         <v>70</v>
       </c>
       <c r="H100" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="I100">
         <v>79.99</v>
       </c>
       <c r="J100" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="K100" t="s">
         <v>73</v>
       </c>
       <c r="L100">
         <v>2195600923</v>
       </c>
       <c r="M100" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N100" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O100"/>
       <c r="P100" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="Q100" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="R100" t="s">
         <v>76</v>
       </c>
       <c r="S100" t="s">
         <v>76</v>
       </c>
       <c r="T100" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U100">
         <v>4060050782</v>
       </c>
       <c r="V100">
         <v>581088</v>
       </c>
       <c r="W100" t="s">
         <v>76</v>
       </c>
       <c r="X100">
         <v>272.48</v>
       </c>
       <c r="Y100">
         <v>20.6</v>
       </c>
       <c r="Z100" t="s">
         <v>76</v>
       </c>
       <c r="AA100" t="s">
         <v>66</v>
       </c>
       <c r="AB100" t="s">
         <v>78</v>
       </c>
       <c r="AC100" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="AD100" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="AE100">
         <v>5561439301</v>
       </c>
       <c r="AF100">
         <v>5561439301</v>
       </c>
       <c r="AG100" t="s">
         <v>76</v>
       </c>
       <c r="AH100" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="AI100"/>
       <c r="AJ100" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="AK100" t="s">
         <v>70</v>
       </c>
       <c r="AL100" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="AM100" t="s">
         <v>82</v>
       </c>
       <c r="AN100" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="AO100">
         <v>79.99</v>
       </c>
       <c r="AP100" t="s">
         <v>83</v>
       </c>
       <c r="AQ100" t="s">
         <v>73</v>
       </c>
       <c r="AR100" t="s">
         <v>84</v>
       </c>
       <c r="AS100">
         <v>282065495184</v>
       </c>
       <c r="AT100" t="s">
         <v>76</v>
       </c>
       <c r="AU100"/>
       <c r="AV100"/>
       <c r="AW100">
         <v>0</v>
       </c>
       <c r="AX100" t="s">
         <v>85</v>
       </c>
       <c r="AY100">
         <v>2195600923</v>
       </c>
       <c r="AZ100" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA100" t="s">
         <v>86</v>
       </c>
       <c r="BB100" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="BC100" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="BD100" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="BE100" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="BF100" t="s">
         <v>76</v>
       </c>
       <c r="BG100" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
       <c r="BH100">
         <v>219</v>
       </c>
       <c r="BI100" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ100"/>
       <c r="BK100"/>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>76</v>
       </c>
       <c r="BN100" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100" t="s">
         <v>73</v>
       </c>
       <c r="BQ100" t="s">
         <v>76</v>
       </c>
       <c r="BR100">
         <v>5613</v>
       </c>
       <c r="BS100"/>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
         <v>66</v>
       </c>
       <c r="B101" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="C101">
         <v>2600049994</v>
       </c>
       <c r="D101">
         <v>581023</v>
       </c>
       <c r="E101">
         <v>297.96</v>
       </c>
       <c r="F101" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="G101" t="s">
         <v>70</v>
       </c>
       <c r="H101" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="I101">
         <v>96.99</v>
       </c>
       <c r="J101" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K101" t="s">
         <v>73</v>
       </c>
       <c r="L101">
         <v>8309833206</v>
       </c>
       <c r="M101" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N101" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O101"/>
       <c r="P101">
         <v>2547848341</v>
       </c>
       <c r="Q101" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="R101" t="s">
         <v>76</v>
       </c>
       <c r="S101" t="s">
         <v>76</v>
       </c>
       <c r="T101" t="s">
         <v>77</v>
       </c>
       <c r="U101">
         <v>2600049994</v>
       </c>
       <c r="V101">
         <v>581023</v>
       </c>
       <c r="W101" t="s">
         <v>76</v>
       </c>
       <c r="X101">
         <v>297.96</v>
       </c>
       <c r="Y101">
         <v>20.6</v>
       </c>
       <c r="Z101" t="s">
         <v>76</v>
       </c>
       <c r="AA101" t="s">
         <v>66</v>
       </c>
       <c r="AB101" t="s">
         <v>78</v>
       </c>
       <c r="AC101" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="AD101">
         <v>2547848341</v>
       </c>
       <c r="AE101" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="AF101" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="AG101" t="s">
         <v>76</v>
       </c>
       <c r="AH101" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="AI101"/>
       <c r="AJ101" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="AK101" t="s">
         <v>70</v>
       </c>
       <c r="AL101" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM101" t="s">
         <v>82</v>
       </c>
       <c r="AN101" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="AO101">
         <v>96.99</v>
       </c>
       <c r="AP101" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AQ101" t="s">
         <v>73</v>
       </c>
       <c r="AR101" t="s">
         <v>84</v>
       </c>
       <c r="AS101">
         <v>282007659546</v>
       </c>
       <c r="AT101" t="s">
         <v>76</v>
       </c>
       <c r="AU101"/>
       <c r="AV101"/>
       <c r="AW101">
         <v>0</v>
       </c>
       <c r="AX101" t="s">
         <v>85</v>
       </c>
       <c r="AY101">
         <v>8309833206</v>
       </c>
       <c r="AZ101" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA101" t="s">
         <v>86</v>
       </c>
       <c r="BB101" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="BC101" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD101" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="BE101" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="BF101" t="s">
         <v>76</v>
       </c>
       <c r="BG101" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="BH101">
         <v>216</v>
       </c>
       <c r="BI101" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ101"/>
       <c r="BK101"/>
       <c r="BL101"/>
       <c r="BM101" t="s">
         <v>76</v>
       </c>
       <c r="BN101" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="BO101">
         <v>0</v>
       </c>
       <c r="BP101" t="s">
         <v>73</v>
       </c>
       <c r="BQ101" t="s">
         <v>76</v>
       </c>
       <c r="BR101">
         <v>6138</v>
       </c>
       <c r="BS101"/>
     </row>
     <row r="102" spans="1:71">
       <c r="A102" t="s">
         <v>66</v>
       </c>
       <c r="B102" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="C102">
         <v>8020050466</v>
       </c>
       <c r="D102">
         <v>581024</v>
       </c>
       <c r="E102">
         <v>376.36</v>
       </c>
       <c r="F102" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="G102" t="s">
         <v>70</v>
       </c>
       <c r="H102" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="I102">
         <v>136</v>
       </c>
       <c r="J102" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K102" t="s">
         <v>73</v>
       </c>
       <c r="L102">
         <v>8309837410</v>
       </c>
       <c r="M102" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="N102" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="O102"/>
       <c r="P102">
         <v>19338743549</v>
       </c>
       <c r="Q102" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="R102" t="s">
         <v>76</v>
       </c>
       <c r="S102" t="s">
         <v>76</v>
       </c>
       <c r="T102" t="s">
         <v>77</v>
       </c>
       <c r="U102">
         <v>8020050466</v>
       </c>
       <c r="V102">
         <v>581024</v>
       </c>
       <c r="W102" t="s">
         <v>76</v>
       </c>
       <c r="X102">
         <v>376.36</v>
       </c>
       <c r="Y102">
         <v>20.6</v>
       </c>
       <c r="Z102" t="s">
         <v>76</v>
       </c>
       <c r="AA102" t="s">
         <v>66</v>
       </c>
       <c r="AB102" t="s">
         <v>78</v>
       </c>
       <c r="AC102" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="AD102">
         <v>19338743549</v>
       </c>
       <c r="AE102" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="AF102" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="AG102" t="s">
         <v>76</v>
       </c>
       <c r="AH102" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="AI102"/>
       <c r="AJ102" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="AK102" t="s">
         <v>70</v>
       </c>
       <c r="AL102" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM102" t="s">
         <v>82</v>
       </c>
       <c r="AN102" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="AO102">
         <v>136</v>
       </c>
       <c r="AP102" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="AQ102" t="s">
         <v>73</v>
       </c>
       <c r="AR102" t="s">
         <v>84</v>
       </c>
       <c r="AS102">
         <v>282007992955</v>
       </c>
       <c r="AT102" t="s">
         <v>76</v>
       </c>
       <c r="AU102"/>
       <c r="AV102"/>
       <c r="AW102">
         <v>0</v>
       </c>
       <c r="AX102" t="s">
         <v>85</v>
       </c>
       <c r="AY102">
         <v>8309837410</v>
       </c>
       <c r="AZ102" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="BA102" t="s">
         <v>86</v>
       </c>
       <c r="BB102" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="BC102" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD102" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="BE102" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="BF102" t="s">
         <v>76</v>
       </c>
       <c r="BG102" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="BH102">
         <v>212</v>
       </c>
       <c r="BI102" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ102"/>
       <c r="BK102"/>
       <c r="BL102"/>
       <c r="BM102" t="s">
         <v>76</v>
       </c>
       <c r="BN102" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="BO102">
         <v>0</v>
       </c>
       <c r="BP102" t="s">
         <v>73</v>
       </c>
       <c r="BQ102" t="s">
         <v>76</v>
       </c>
       <c r="BR102">
         <v>7753</v>
       </c>
       <c r="BS102"/>
     </row>
     <row r="103" spans="1:71">
       <c r="A103" t="s">
         <v>66</v>
       </c>
       <c r="B103" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="C103">
         <v>6540050135</v>
       </c>
       <c r="D103">
         <v>581022</v>
       </c>
       <c r="E103">
         <v>346.21</v>
       </c>
       <c r="F103" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="G103" t="s">
         <v>70</v>
       </c>
       <c r="H103" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="I103">
         <v>120.99</v>
       </c>
       <c r="J103" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K103" t="s">
         <v>73</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103">
         <v>18578453001</v>
       </c>
       <c r="Q103" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="R103" t="s">
         <v>76</v>
       </c>
       <c r="S103" t="s">
         <v>76</v>
       </c>
       <c r="T103" t="s">
         <v>77</v>
       </c>
       <c r="U103">
         <v>6540050135</v>
       </c>
       <c r="V103">
         <v>581022</v>
       </c>
       <c r="W103" t="s">
         <v>76</v>
       </c>
       <c r="X103">
         <v>346.21</v>
       </c>
       <c r="Y103">
         <v>20.6</v>
       </c>
       <c r="Z103" t="s">
         <v>76</v>
       </c>
       <c r="AA103" t="s">
         <v>66</v>
       </c>
       <c r="AB103" t="s">
         <v>78</v>
       </c>
       <c r="AC103" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="AD103">
         <v>18578453001</v>
       </c>
       <c r="AE103" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="AF103" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="AG103" t="s">
         <v>76</v>
       </c>
       <c r="AH103" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="AI103"/>
       <c r="AJ103" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="AK103" t="s">
         <v>70</v>
       </c>
       <c r="AL103" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM103" t="s">
         <v>82</v>
       </c>
       <c r="AN103" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="AO103">
         <v>120.99</v>
       </c>
       <c r="AP103" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="AQ103" t="s">
         <v>73</v>
       </c>
       <c r="AR103" t="s">
         <v>84</v>
       </c>
       <c r="AS103">
         <v>282007957850</v>
       </c>
       <c r="AT103" t="s">
         <v>76</v>
       </c>
       <c r="AU103"/>
       <c r="AV103"/>
       <c r="AW103">
         <v>0</v>
       </c>
       <c r="AX103" t="s">
         <v>85</v>
       </c>
       <c r="AY103"/>
       <c r="AZ103" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA103" t="s">
         <v>86</v>
       </c>
       <c r="BB103" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="BC103" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD103" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="BE103" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="BF103" t="s">
         <v>76</v>
       </c>
       <c r="BG103" t="s">
         <v>76</v>
       </c>
       <c r="BH103">
-        <v>325</v>
+        <v>372</v>
       </c>
       <c r="BI103" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ103"/>
       <c r="BK103"/>
       <c r="BL103"/>
       <c r="BM103" t="s">
         <v>76</v>
       </c>
       <c r="BN103" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="BO103">
         <v>0</v>
       </c>
       <c r="BP103" t="s">
         <v>73</v>
       </c>
       <c r="BQ103" t="s">
         <v>76</v>
       </c>
       <c r="BR103">
         <v>7132</v>
       </c>
       <c r="BS103"/>
     </row>
     <row r="104" spans="1:71">
       <c r="A104" t="s">
         <v>66</v>
       </c>
       <c r="B104" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="C104">
         <v>8920050145</v>
       </c>
       <c r="D104">
         <v>581021</v>
       </c>
       <c r="E104">
         <v>229.61</v>
       </c>
       <c r="F104" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="G104" t="s">
         <v>70</v>
       </c>
       <c r="H104" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="I104">
         <v>63</v>
       </c>
       <c r="J104" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K104" t="s">
         <v>73</v>
       </c>
       <c r="L104">
         <v>1650231376</v>
       </c>
       <c r="M104" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N104" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O104"/>
       <c r="P104">
         <v>10601387731</v>
       </c>
       <c r="Q104" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="R104" t="s">
         <v>76</v>
       </c>
       <c r="S104" t="s">
         <v>76</v>
       </c>
       <c r="T104" t="s">
         <v>77</v>
       </c>
       <c r="U104">
         <v>8920050145</v>
       </c>
       <c r="V104">
         <v>581021</v>
       </c>
       <c r="W104" t="s">
         <v>76</v>
       </c>
       <c r="X104">
         <v>229.61</v>
       </c>
       <c r="Y104">
         <v>20.6</v>
       </c>
       <c r="Z104" t="s">
         <v>76</v>
       </c>
       <c r="AA104" t="s">
         <v>66</v>
       </c>
       <c r="AB104" t="s">
         <v>78</v>
       </c>
       <c r="AC104" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="AD104">
         <v>10601387731</v>
       </c>
       <c r="AE104" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
       <c r="AF104" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
       <c r="AG104" t="s">
         <v>76</v>
       </c>
       <c r="AH104" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
       <c r="AI104"/>
       <c r="AJ104" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="AK104" t="s">
         <v>70</v>
       </c>
       <c r="AL104" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM104" t="s">
         <v>82</v>
       </c>
       <c r="AN104" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="AO104">
         <v>63</v>
       </c>
       <c r="AP104" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AQ104" t="s">
         <v>73</v>
       </c>
       <c r="AR104" t="s">
         <v>84</v>
       </c>
       <c r="AS104">
         <v>282007912720</v>
       </c>
       <c r="AT104" t="s">
         <v>76</v>
       </c>
       <c r="AU104"/>
       <c r="AV104"/>
       <c r="AW104">
         <v>0</v>
       </c>
       <c r="AX104" t="s">
         <v>85</v>
       </c>
       <c r="AY104">
         <v>1650231376</v>
       </c>
       <c r="AZ104" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA104" t="s">
         <v>86</v>
       </c>
       <c r="BB104" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="BC104" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD104" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
       <c r="BE104" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
       <c r="BF104" t="s">
         <v>76</v>
       </c>
       <c r="BG104" t="s">
         <v>76</v>
       </c>
       <c r="BH104">
-        <v>325</v>
+        <v>372</v>
       </c>
       <c r="BI104" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ104"/>
       <c r="BK104"/>
       <c r="BL104"/>
       <c r="BM104" t="s">
         <v>76</v>
       </c>
       <c r="BN104" t="s">
-        <v>1095</v>
+        <v>1102</v>
       </c>
       <c r="BO104">
         <v>0</v>
       </c>
       <c r="BP104" t="s">
         <v>73</v>
       </c>
       <c r="BQ104" t="s">
         <v>76</v>
       </c>
       <c r="BR104">
         <v>4730</v>
       </c>
       <c r="BS104"/>
     </row>
     <row r="105" spans="1:71">
       <c r="A105" t="s">
         <v>66</v>
       </c>
       <c r="B105" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="C105">
         <v>1130087506</v>
       </c>
       <c r="D105">
         <v>581020</v>
       </c>
       <c r="E105">
         <v>344.17</v>
       </c>
       <c r="F105" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="G105" t="s">
         <v>70</v>
       </c>
       <c r="H105" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="I105">
         <v>109.99</v>
       </c>
       <c r="J105" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K105" t="s">
         <v>73</v>
       </c>
       <c r="L105">
         <v>8309825764</v>
       </c>
       <c r="M105" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N105" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O105"/>
       <c r="P105">
         <v>22881393125</v>
       </c>
       <c r="Q105" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="R105" t="s">
         <v>76</v>
       </c>
       <c r="S105" t="s">
         <v>76</v>
       </c>
       <c r="T105" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U105">
         <v>1130087506</v>
       </c>
       <c r="V105">
         <v>581020</v>
       </c>
       <c r="W105" t="s">
         <v>76</v>
       </c>
       <c r="X105">
         <v>344.17</v>
       </c>
       <c r="Y105">
         <v>20.6</v>
       </c>
       <c r="Z105" t="s">
         <v>76</v>
       </c>
       <c r="AA105" t="s">
         <v>66</v>
       </c>
       <c r="AB105" t="s">
         <v>78</v>
       </c>
       <c r="AC105" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="AD105">
         <v>22881393125</v>
       </c>
       <c r="AE105">
         <v>4646418600</v>
       </c>
       <c r="AF105">
         <v>4646418600</v>
       </c>
       <c r="AG105" t="s">
         <v>76</v>
       </c>
       <c r="AH105" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
       <c r="AI105"/>
       <c r="AJ105" t="s">
-        <v>1100</v>
+        <v>1107</v>
       </c>
       <c r="AK105" t="s">
         <v>70</v>
       </c>
       <c r="AL105" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM105" t="s">
         <v>82</v>
       </c>
       <c r="AN105" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="AO105">
         <v>109.99</v>
       </c>
       <c r="AP105" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ105" t="s">
         <v>73</v>
       </c>
       <c r="AR105" t="s">
         <v>84</v>
       </c>
       <c r="AS105">
         <v>282007625375</v>
       </c>
       <c r="AT105" t="s">
         <v>76</v>
       </c>
       <c r="AU105"/>
       <c r="AV105"/>
       <c r="AW105">
         <v>0</v>
       </c>
       <c r="AX105" t="s">
         <v>85</v>
       </c>
       <c r="AY105">
         <v>8309825764</v>
       </c>
       <c r="AZ105" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA105" t="s">
         <v>86</v>
       </c>
       <c r="BB105" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="BC105" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD105" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="BE105" t="s">
-        <v>1102</v>
+        <v>1109</v>
       </c>
       <c r="BF105" t="s">
         <v>76</v>
       </c>
       <c r="BG105" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="BH105">
         <v>215</v>
       </c>
       <c r="BI105" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ105"/>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>76</v>
       </c>
       <c r="BN105" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105" t="s">
         <v>73</v>
       </c>
       <c r="BQ105" t="s">
         <v>76</v>
       </c>
       <c r="BR105">
         <v>7090</v>
       </c>
       <c r="BS105"/>
     </row>
     <row r="106" spans="1:71">
       <c r="A106" t="s">
         <v>66</v>
       </c>
       <c r="B106" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="C106">
         <v>3040081556</v>
       </c>
       <c r="D106">
         <v>581019</v>
       </c>
       <c r="E106">
         <v>265.78</v>
       </c>
       <c r="F106" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="G106" t="s">
         <v>70</v>
       </c>
       <c r="H106" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="I106">
         <v>79.99</v>
       </c>
       <c r="J106" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K106" t="s">
         <v>73</v>
       </c>
       <c r="L106">
         <v>1650067926</v>
       </c>
       <c r="M106" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N106" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O106"/>
       <c r="P106">
         <v>17809249832</v>
       </c>
       <c r="Q106" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="R106" t="s">
         <v>76</v>
       </c>
       <c r="S106" t="s">
         <v>76</v>
       </c>
       <c r="T106" t="s">
         <v>77</v>
       </c>
       <c r="U106">
         <v>3040081556</v>
       </c>
       <c r="V106">
         <v>581019</v>
       </c>
       <c r="W106" t="s">
         <v>76</v>
       </c>
       <c r="X106">
         <v>265.78</v>
       </c>
       <c r="Y106">
         <v>20.6</v>
       </c>
       <c r="Z106" t="s">
         <v>76</v>
       </c>
       <c r="AA106" t="s">
         <v>66</v>
       </c>
       <c r="AB106" t="s">
         <v>78</v>
       </c>
       <c r="AC106" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="AD106">
         <v>17809249832</v>
       </c>
       <c r="AE106" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="AF106" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="AG106" t="s">
         <v>76</v>
       </c>
       <c r="AH106" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="AI106"/>
       <c r="AJ106" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
       <c r="AK106" t="s">
         <v>70</v>
       </c>
       <c r="AL106" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM106" t="s">
         <v>82</v>
       </c>
       <c r="AN106" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="AO106">
         <v>79.99</v>
       </c>
       <c r="AP106" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ106" t="s">
         <v>73</v>
       </c>
       <c r="AR106" t="s">
         <v>84</v>
       </c>
       <c r="AS106">
         <v>282007587793</v>
       </c>
       <c r="AT106" t="s">
         <v>76</v>
       </c>
       <c r="AU106"/>
       <c r="AV106"/>
       <c r="AW106"/>
       <c r="AX106" t="s">
         <v>85</v>
       </c>
       <c r="AY106">
         <v>1650067926</v>
       </c>
       <c r="AZ106" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA106" t="s">
         <v>86</v>
       </c>
       <c r="BB106" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="BC106" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD106" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
       <c r="BE106" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="BF106" t="s">
         <v>76</v>
       </c>
       <c r="BG106" t="s">
         <v>76</v>
       </c>
       <c r="BH106">
-        <v>326</v>
+        <v>373</v>
       </c>
       <c r="BI106" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ106"/>
       <c r="BK106"/>
       <c r="BL106"/>
       <c r="BM106" t="s">
         <v>76</v>
       </c>
       <c r="BN106" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
       <c r="BO106">
         <v>0</v>
       </c>
       <c r="BP106" t="s">
         <v>73</v>
       </c>
       <c r="BQ106" t="s">
         <v>76</v>
       </c>
       <c r="BR106">
         <v>5475</v>
       </c>
       <c r="BS106"/>
     </row>
     <row r="107" spans="1:71">
       <c r="A107" t="s">
         <v>66</v>
       </c>
       <c r="B107" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="C107">
         <v>7350048995</v>
       </c>
       <c r="D107">
         <v>581017</v>
       </c>
       <c r="E107">
         <v>229.61</v>
       </c>
       <c r="F107" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="G107" t="s">
         <v>70</v>
       </c>
       <c r="H107" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="I107">
         <v>63</v>
       </c>
       <c r="J107" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K107" t="s">
         <v>73</v>
       </c>
       <c r="L107">
         <v>1649989541</v>
       </c>
       <c r="M107" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N107" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O107"/>
       <c r="P107">
         <v>10219737334</v>
       </c>
       <c r="Q107" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="R107" t="s">
         <v>76</v>
       </c>
       <c r="S107" t="s">
         <v>76</v>
       </c>
       <c r="T107" t="s">
         <v>77</v>
       </c>
       <c r="U107">
         <v>7350048995</v>
       </c>
       <c r="V107">
         <v>581017</v>
       </c>
       <c r="W107" t="s">
         <v>76</v>
       </c>
       <c r="X107">
         <v>229.61</v>
       </c>
       <c r="Y107">
         <v>20.6</v>
       </c>
       <c r="Z107" t="s">
         <v>76</v>
       </c>
       <c r="AA107" t="s">
         <v>66</v>
       </c>
       <c r="AB107" t="s">
         <v>78</v>
       </c>
       <c r="AC107" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="AD107">
         <v>10219737334</v>
       </c>
       <c r="AE107" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="AF107" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="AG107" t="s">
         <v>76</v>
       </c>
       <c r="AH107" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="AI107"/>
       <c r="AJ107" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="AK107" t="s">
         <v>70</v>
       </c>
       <c r="AL107" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM107" t="s">
         <v>82</v>
       </c>
       <c r="AN107" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="AO107">
         <v>63</v>
       </c>
       <c r="AP107" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AQ107" t="s">
         <v>73</v>
       </c>
       <c r="AR107" t="s">
         <v>84</v>
       </c>
       <c r="AS107">
         <v>282008034689</v>
       </c>
       <c r="AT107" t="s">
         <v>76</v>
       </c>
       <c r="AU107"/>
       <c r="AV107"/>
       <c r="AW107">
         <v>0</v>
       </c>
       <c r="AX107" t="s">
         <v>85</v>
       </c>
       <c r="AY107">
         <v>1649989541</v>
       </c>
       <c r="AZ107" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA107" t="s">
         <v>86</v>
       </c>
       <c r="BB107" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="BC107" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD107" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="BE107" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="BF107" t="s">
         <v>76</v>
       </c>
       <c r="BG107" t="s">
         <v>76</v>
       </c>
       <c r="BH107">
-        <v>326</v>
+        <v>373</v>
       </c>
       <c r="BI107" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ107"/>
       <c r="BK107"/>
       <c r="BL107"/>
       <c r="BM107" t="s">
         <v>76</v>
       </c>
       <c r="BN107" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="BO107">
         <v>0</v>
       </c>
       <c r="BP107" t="s">
         <v>73</v>
       </c>
       <c r="BQ107" t="s">
         <v>76</v>
       </c>
       <c r="BR107">
         <v>4730</v>
       </c>
       <c r="BS107"/>
     </row>
     <row r="108" spans="1:71">
       <c r="A108" t="s">
         <v>66</v>
       </c>
       <c r="B108" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="C108">
         <v>6670049414</v>
       </c>
       <c r="D108">
         <v>581016</v>
       </c>
       <c r="E108">
         <v>376.36</v>
       </c>
       <c r="F108" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="G108" t="s">
         <v>70</v>
       </c>
       <c r="H108" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="I108">
         <v>136</v>
       </c>
       <c r="J108" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K108" t="s">
         <v>73</v>
       </c>
       <c r="L108">
         <v>1649981314</v>
       </c>
       <c r="M108" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N108" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O108"/>
       <c r="P108">
         <v>5293801395</v>
       </c>
       <c r="Q108" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="R108" t="s">
         <v>76</v>
       </c>
       <c r="S108" t="s">
         <v>76</v>
       </c>
       <c r="T108" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U108">
         <v>6670049414</v>
       </c>
       <c r="V108">
         <v>581016</v>
       </c>
       <c r="W108" t="s">
         <v>76</v>
       </c>
       <c r="X108">
         <v>376.36</v>
       </c>
       <c r="Y108">
         <v>20.6</v>
       </c>
       <c r="Z108" t="s">
         <v>76</v>
       </c>
       <c r="AA108" t="s">
         <v>66</v>
       </c>
       <c r="AB108" t="s">
         <v>78</v>
       </c>
       <c r="AC108" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="AD108">
         <v>5293801395</v>
       </c>
       <c r="AE108">
         <v>6862004291</v>
       </c>
       <c r="AF108">
         <v>6862004291</v>
       </c>
       <c r="AG108" t="s">
         <v>76</v>
       </c>
       <c r="AH108" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="AI108"/>
       <c r="AJ108" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="AK108" t="s">
         <v>70</v>
       </c>
       <c r="AL108" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM108" t="s">
         <v>82</v>
       </c>
       <c r="AN108" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="AO108">
         <v>136</v>
       </c>
       <c r="AP108" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="AQ108" t="s">
         <v>73</v>
       </c>
       <c r="AR108" t="s">
         <v>84</v>
       </c>
       <c r="AS108">
         <v>282008068941</v>
       </c>
       <c r="AT108" t="s">
         <v>76</v>
       </c>
       <c r="AU108"/>
       <c r="AV108"/>
       <c r="AW108">
         <v>0</v>
       </c>
       <c r="AX108" t="s">
         <v>85</v>
       </c>
       <c r="AY108">
         <v>1649981314</v>
       </c>
       <c r="AZ108" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA108" t="s">
         <v>86</v>
       </c>
       <c r="BB108" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="BC108" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD108" t="s">
         <v>76</v>
       </c>
       <c r="BE108" t="s">
-        <v>1127</v>
+        <v>1134</v>
       </c>
       <c r="BF108" t="s">
         <v>76</v>
       </c>
       <c r="BG108" t="s">
         <v>76</v>
       </c>
       <c r="BH108">
-        <v>326</v>
+        <v>373</v>
       </c>
       <c r="BI108" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>76</v>
       </c>
       <c r="BN108" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108" t="s">
         <v>73</v>
       </c>
       <c r="BQ108" t="s">
         <v>76</v>
       </c>
       <c r="BR108">
         <v>7753</v>
       </c>
       <c r="BS108"/>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
         <v>66</v>
       </c>
       <c r="B109" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="C109">
         <v>8190049345</v>
       </c>
       <c r="D109">
         <v>581018</v>
       </c>
       <c r="E109">
         <v>265.78</v>
       </c>
       <c r="F109" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="G109" t="s">
         <v>70</v>
       </c>
       <c r="H109" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c r="I109">
         <v>79.99</v>
       </c>
       <c r="J109" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K109" t="s">
         <v>73</v>
       </c>
       <c r="L109">
         <v>1650054744</v>
       </c>
       <c r="M109" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N109" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O109"/>
       <c r="P109">
         <v>13240792956</v>
       </c>
       <c r="Q109" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="R109" t="s">
         <v>76</v>
       </c>
       <c r="S109" t="s">
         <v>76</v>
       </c>
       <c r="T109" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U109">
         <v>8190049345</v>
       </c>
       <c r="V109">
         <v>581018</v>
       </c>
       <c r="W109" t="s">
         <v>76</v>
       </c>
       <c r="X109">
         <v>265.78</v>
       </c>
       <c r="Y109">
         <v>20.6</v>
       </c>
       <c r="Z109" t="s">
         <v>76</v>
       </c>
       <c r="AA109" t="s">
         <v>66</v>
       </c>
       <c r="AB109" t="s">
         <v>78</v>
       </c>
       <c r="AC109" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="AD109">
         <v>13240792956</v>
       </c>
       <c r="AE109" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="AF109" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="AG109" t="s">
         <v>76</v>
       </c>
       <c r="AH109" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
       <c r="AI109"/>
       <c r="AJ109" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="AK109" t="s">
         <v>70</v>
       </c>
       <c r="AL109" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM109" t="s">
         <v>82</v>
       </c>
       <c r="AN109" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c r="AO109">
         <v>79.99</v>
       </c>
       <c r="AP109" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ109" t="s">
         <v>73</v>
       </c>
       <c r="AR109" t="s">
         <v>84</v>
       </c>
       <c r="AS109">
         <v>282007541060</v>
       </c>
       <c r="AT109" t="s">
         <v>76</v>
       </c>
       <c r="AU109"/>
       <c r="AV109"/>
       <c r="AW109">
         <v>0</v>
       </c>
       <c r="AX109" t="s">
         <v>85</v>
       </c>
       <c r="AY109">
         <v>1650054744</v>
       </c>
       <c r="AZ109" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA109" t="s">
         <v>86</v>
       </c>
       <c r="BB109" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="BC109" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD109" t="s">
         <v>76</v>
       </c>
       <c r="BE109" t="s">
-        <v>1135</v>
+        <v>1142</v>
       </c>
       <c r="BF109" t="s">
         <v>76</v>
       </c>
       <c r="BG109" t="s">
         <v>76</v>
       </c>
       <c r="BH109">
-        <v>326</v>
+        <v>373</v>
       </c>
       <c r="BI109" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ109"/>
       <c r="BK109"/>
       <c r="BL109"/>
       <c r="BM109" t="s">
         <v>76</v>
       </c>
       <c r="BN109" t="s">
-        <v>1136</v>
+        <v>1143</v>
       </c>
       <c r="BO109">
         <v>0</v>
       </c>
       <c r="BP109" t="s">
         <v>73</v>
       </c>
       <c r="BQ109" t="s">
         <v>76</v>
       </c>
       <c r="BR109">
         <v>5475</v>
       </c>
       <c r="BS109"/>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
         <v>66</v>
       </c>
       <c r="B110" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="C110" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="D110">
         <v>581015</v>
       </c>
       <c r="E110">
         <v>344.17</v>
       </c>
       <c r="F110" t="s">
-        <v>1139</v>
+        <v>1146</v>
       </c>
       <c r="G110" t="s">
         <v>70</v>
       </c>
       <c r="H110" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
       <c r="I110">
         <v>119.99</v>
       </c>
       <c r="J110" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K110" t="s">
         <v>73</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110">
         <v>5387779129</v>
       </c>
       <c r="Q110" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="R110" t="s">
         <v>76</v>
       </c>
       <c r="S110" t="s">
         <v>76</v>
       </c>
       <c r="T110" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U110" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="V110">
         <v>581015</v>
       </c>
       <c r="W110" t="s">
         <v>76</v>
       </c>
       <c r="X110">
         <v>344.17</v>
       </c>
       <c r="Y110">
         <v>20.6</v>
       </c>
       <c r="Z110" t="s">
         <v>76</v>
       </c>
       <c r="AA110" t="s">
         <v>66</v>
       </c>
       <c r="AB110" t="s">
         <v>78</v>
       </c>
       <c r="AC110" t="s">
-        <v>1139</v>
+        <v>1146</v>
       </c>
       <c r="AD110">
         <v>5387779129</v>
       </c>
       <c r="AE110">
         <v>5557293100</v>
       </c>
       <c r="AF110">
         <v>5557293100</v>
       </c>
       <c r="AG110" t="s">
         <v>76</v>
       </c>
       <c r="AH110" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="AI110"/>
       <c r="AJ110" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="AK110" t="s">
         <v>70</v>
       </c>
       <c r="AL110" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM110" t="s">
         <v>82</v>
       </c>
       <c r="AN110" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
       <c r="AO110">
         <v>119.99</v>
       </c>
       <c r="AP110" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="AQ110" t="s">
         <v>73</v>
       </c>
       <c r="AR110" t="s">
         <v>84</v>
       </c>
       <c r="AS110">
         <v>282007409730</v>
       </c>
       <c r="AT110" t="s">
         <v>76</v>
       </c>
       <c r="AU110"/>
       <c r="AV110"/>
       <c r="AW110">
         <v>0</v>
       </c>
       <c r="AX110" t="s">
         <v>85</v>
       </c>
       <c r="AY110"/>
       <c r="AZ110" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA110" t="s">
         <v>86</v>
       </c>
       <c r="BB110" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="BC110" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD110" t="s">
         <v>76</v>
       </c>
       <c r="BE110" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="BF110" t="s">
         <v>76</v>
       </c>
       <c r="BG110" t="s">
         <v>76</v>
       </c>
       <c r="BH110">
-        <v>327</v>
+        <v>374</v>
       </c>
       <c r="BI110" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>76</v>
       </c>
       <c r="BN110" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110" t="s">
         <v>73</v>
       </c>
       <c r="BQ110" t="s">
         <v>76</v>
       </c>
       <c r="BR110">
         <v>7090</v>
       </c>
       <c r="BS110"/>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
         <v>66</v>
       </c>
       <c r="B111" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="C111">
         <v>8920049283</v>
       </c>
       <c r="D111">
         <v>581014</v>
       </c>
       <c r="E111">
         <v>318.06</v>
       </c>
       <c r="F111" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="G111" t="s">
         <v>70</v>
       </c>
       <c r="H111" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="I111">
         <v>99.99</v>
       </c>
       <c r="J111" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K111" t="s">
         <v>73</v>
       </c>
       <c r="L111">
         <v>1055803151</v>
       </c>
       <c r="M111" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N111" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O111"/>
       <c r="P111">
         <v>23798867338</v>
       </c>
       <c r="Q111" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="R111" t="s">
         <v>76</v>
       </c>
       <c r="S111" t="s">
         <v>76</v>
       </c>
       <c r="T111" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U111">
         <v>8920049283</v>
       </c>
       <c r="V111">
         <v>581014</v>
       </c>
       <c r="W111" t="s">
         <v>76</v>
       </c>
       <c r="X111">
         <v>318.06</v>
       </c>
       <c r="Y111">
         <v>20.6</v>
       </c>
       <c r="Z111" t="s">
         <v>76</v>
       </c>
       <c r="AA111" t="s">
         <v>66</v>
       </c>
       <c r="AB111" t="s">
         <v>78</v>
       </c>
       <c r="AC111" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="AD111">
         <v>23798867338</v>
       </c>
       <c r="AE111">
         <v>6862004291</v>
       </c>
       <c r="AF111">
         <v>6862004291</v>
       </c>
       <c r="AG111" t="s">
         <v>76</v>
       </c>
       <c r="AH111" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="AI111"/>
       <c r="AJ111" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="AK111" t="s">
         <v>70</v>
       </c>
       <c r="AL111" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM111" t="s">
         <v>82</v>
       </c>
       <c r="AN111" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="AO111">
         <v>99.99</v>
       </c>
       <c r="AP111" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="AQ111" t="s">
         <v>73</v>
       </c>
       <c r="AR111" t="s">
         <v>84</v>
       </c>
       <c r="AS111">
         <v>282007166912</v>
       </c>
       <c r="AT111" t="s">
         <v>76</v>
       </c>
       <c r="AU111"/>
       <c r="AV111"/>
       <c r="AW111">
         <v>0</v>
       </c>
       <c r="AX111" t="s">
         <v>85</v>
       </c>
       <c r="AY111">
         <v>1055803151</v>
       </c>
       <c r="AZ111" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA111" t="s">
         <v>86</v>
       </c>
       <c r="BB111" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="BC111" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD111" t="s">
         <v>76</v>
       </c>
       <c r="BE111" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="BF111" t="s">
         <v>76</v>
       </c>
       <c r="BG111" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="BH111">
         <v>230</v>
       </c>
       <c r="BI111" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>76</v>
       </c>
       <c r="BN111" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111" t="s">
         <v>73</v>
       </c>
       <c r="BQ111" t="s">
         <v>76</v>
       </c>
       <c r="BR111">
         <v>6552</v>
       </c>
       <c r="BS111"/>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
         <v>66</v>
       </c>
       <c r="B112" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="C112" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="D112">
         <v>581013</v>
       </c>
       <c r="E112">
         <v>312.04</v>
       </c>
       <c r="F112" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="G112" t="s">
         <v>70</v>
       </c>
       <c r="H112" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="I112">
         <v>103.99</v>
       </c>
       <c r="J112" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K112" t="s">
         <v>73</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112">
         <v>2446078243</v>
       </c>
       <c r="Q112" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="R112" t="s">
         <v>76</v>
       </c>
       <c r="S112" t="s">
         <v>76</v>
       </c>
       <c r="T112" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U112" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="V112">
         <v>581013</v>
       </c>
       <c r="W112" t="s">
         <v>76</v>
       </c>
       <c r="X112">
         <v>312.04</v>
       </c>
       <c r="Y112">
         <v>20.6</v>
       </c>
       <c r="Z112" t="s">
         <v>76</v>
       </c>
       <c r="AA112" t="s">
         <v>66</v>
       </c>
       <c r="AB112" t="s">
         <v>78</v>
       </c>
       <c r="AC112" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="AD112">
         <v>2446078243</v>
       </c>
       <c r="AE112">
         <v>4421961800</v>
       </c>
       <c r="AF112">
         <v>4421961800</v>
       </c>
       <c r="AG112" t="s">
         <v>76</v>
       </c>
       <c r="AH112" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="AI112"/>
       <c r="AJ112" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="AK112" t="s">
         <v>70</v>
       </c>
       <c r="AL112" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM112" t="s">
         <v>82</v>
       </c>
       <c r="AN112" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="AO112">
         <v>103.99</v>
       </c>
       <c r="AP112" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="AQ112" t="s">
         <v>73</v>
       </c>
       <c r="AR112" t="s">
         <v>84</v>
       </c>
       <c r="AS112">
         <v>282007226473</v>
       </c>
       <c r="AT112" t="s">
         <v>76</v>
       </c>
       <c r="AU112"/>
       <c r="AV112"/>
       <c r="AW112"/>
       <c r="AX112" t="s">
         <v>85</v>
       </c>
       <c r="AY112"/>
       <c r="AZ112" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA112" t="s">
         <v>86</v>
       </c>
       <c r="BB112" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="BC112" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD112" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="BE112" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="BF112" t="s">
         <v>76</v>
       </c>
       <c r="BG112" t="s">
         <v>76</v>
       </c>
       <c r="BH112">
-        <v>328</v>
+        <v>375</v>
       </c>
       <c r="BI112" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ112"/>
       <c r="BK112"/>
       <c r="BL112"/>
       <c r="BM112" t="s">
         <v>76</v>
       </c>
       <c r="BN112" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="BO112">
         <v>0</v>
       </c>
       <c r="BP112" t="s">
         <v>73</v>
       </c>
       <c r="BQ112" t="s">
         <v>76</v>
       </c>
       <c r="BR112">
         <v>6428</v>
       </c>
       <c r="BS112"/>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
         <v>66</v>
       </c>
       <c r="B113" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="C113">
         <v>6380048108</v>
       </c>
       <c r="D113">
         <v>581012</v>
       </c>
       <c r="E113">
         <v>334.13</v>
       </c>
       <c r="F113" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="G113" t="s">
         <v>70</v>
       </c>
       <c r="H113" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="I113">
         <v>114.99</v>
       </c>
       <c r="J113" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K113" t="s">
         <v>73</v>
       </c>
       <c r="L113">
         <v>1055757393</v>
       </c>
       <c r="M113" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N113" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O113"/>
       <c r="P113" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="Q113" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="R113" t="s">
         <v>76</v>
       </c>
       <c r="S113" t="s">
         <v>76</v>
       </c>
       <c r="T113" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U113">
         <v>6380048108</v>
       </c>
       <c r="V113">
         <v>581012</v>
       </c>
       <c r="W113" t="s">
         <v>76</v>
       </c>
       <c r="X113">
         <v>334.13</v>
       </c>
       <c r="Y113">
         <v>20.6</v>
       </c>
       <c r="Z113" t="s">
         <v>76</v>
       </c>
       <c r="AA113" t="s">
         <v>66</v>
       </c>
       <c r="AB113" t="s">
         <v>78</v>
       </c>
       <c r="AC113" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="AD113" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="AE113">
         <v>6673488935</v>
       </c>
       <c r="AF113">
         <v>6673488935</v>
       </c>
       <c r="AG113" t="s">
         <v>76</v>
       </c>
       <c r="AH113" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="AI113"/>
       <c r="AJ113" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="AK113" t="s">
         <v>70</v>
       </c>
       <c r="AL113" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM113" t="s">
         <v>82</v>
       </c>
       <c r="AN113" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="AO113">
         <v>114.99</v>
       </c>
       <c r="AP113" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="AQ113" t="s">
         <v>73</v>
       </c>
       <c r="AR113" t="s">
         <v>84</v>
       </c>
       <c r="AS113">
         <v>282007266710</v>
       </c>
       <c r="AT113" t="s">
         <v>76</v>
       </c>
       <c r="AU113"/>
       <c r="AV113"/>
       <c r="AW113">
         <v>0</v>
       </c>
       <c r="AX113" t="s">
         <v>85</v>
       </c>
       <c r="AY113">
         <v>1055757393</v>
       </c>
       <c r="AZ113" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA113" t="s">
         <v>86</v>
       </c>
       <c r="BB113" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="BC113" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD113" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="BE113" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="BF113" t="s">
         <v>76</v>
       </c>
       <c r="BG113" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="BH113">
         <v>236</v>
       </c>
       <c r="BI113" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>76</v>
       </c>
       <c r="BN113" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113" t="s">
         <v>73</v>
       </c>
       <c r="BQ113" t="s">
         <v>76</v>
       </c>
       <c r="BR113">
         <v>6883</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
         <v>66</v>
       </c>
       <c r="B114" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="C114">
         <v>2800048756</v>
       </c>
       <c r="D114">
         <v>581011</v>
       </c>
       <c r="E114">
         <v>344.17</v>
       </c>
       <c r="F114" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="G114" t="s">
         <v>70</v>
       </c>
       <c r="H114" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="I114">
         <v>119.99</v>
       </c>
       <c r="J114" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K114" t="s">
         <v>73</v>
       </c>
       <c r="L114">
         <v>5102824742</v>
       </c>
       <c r="M114" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N114" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O114"/>
       <c r="P114">
         <v>7143884222</v>
       </c>
       <c r="Q114" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="R114" t="s">
         <v>76</v>
       </c>
       <c r="S114" t="s">
         <v>76</v>
       </c>
       <c r="T114" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U114">
         <v>2800048756</v>
       </c>
       <c r="V114">
         <v>581011</v>
       </c>
       <c r="W114" t="s">
         <v>76</v>
       </c>
       <c r="X114">
         <v>344.17</v>
       </c>
       <c r="Y114">
         <v>20.6</v>
       </c>
       <c r="Z114" t="s">
         <v>76</v>
       </c>
       <c r="AA114" t="s">
         <v>66</v>
       </c>
       <c r="AB114" t="s">
         <v>78</v>
       </c>
       <c r="AC114" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="AD114">
         <v>7143884222</v>
       </c>
       <c r="AE114">
         <v>3338837100</v>
       </c>
       <c r="AF114">
         <v>3338837100</v>
       </c>
       <c r="AG114" t="s">
         <v>76</v>
       </c>
       <c r="AH114" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="AI114"/>
       <c r="AJ114" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="AK114" t="s">
         <v>70</v>
       </c>
       <c r="AL114" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM114" t="s">
         <v>82</v>
       </c>
       <c r="AN114" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="AO114">
         <v>119.99</v>
       </c>
       <c r="AP114" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="AQ114" t="s">
         <v>73</v>
       </c>
       <c r="AR114" t="s">
         <v>84</v>
       </c>
       <c r="AS114">
         <v>282007325675</v>
       </c>
       <c r="AT114" t="s">
         <v>76</v>
       </c>
       <c r="AU114"/>
       <c r="AV114"/>
       <c r="AW114">
         <v>0</v>
       </c>
       <c r="AX114" t="s">
         <v>85</v>
       </c>
       <c r="AY114">
         <v>5102824742</v>
       </c>
       <c r="AZ114" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA114" t="s">
         <v>86</v>
       </c>
       <c r="BB114" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="BC114" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD114" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="BE114" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="BF114" t="s">
         <v>76</v>
       </c>
       <c r="BG114" t="s">
         <v>76</v>
       </c>
       <c r="BH114">
-        <v>330</v>
+        <v>377</v>
       </c>
       <c r="BI114" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>76</v>
       </c>
       <c r="BN114" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114" t="s">
         <v>73</v>
       </c>
       <c r="BQ114" t="s">
         <v>76</v>
       </c>
       <c r="BR114">
         <v>7090</v>
       </c>
       <c r="BS114"/>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
         <v>66</v>
       </c>
       <c r="B115" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="C115">
         <v>2360048234</v>
       </c>
       <c r="D115">
         <v>581010</v>
       </c>
       <c r="E115">
         <v>344.17</v>
       </c>
       <c r="F115" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="G115" t="s">
         <v>70</v>
       </c>
       <c r="H115" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="I115">
         <v>109.99</v>
       </c>
       <c r="J115" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K115" t="s">
         <v>73</v>
       </c>
       <c r="L115">
         <v>2799184640</v>
       </c>
       <c r="M115" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N115" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O115"/>
       <c r="P115">
         <v>21947076821</v>
       </c>
       <c r="Q115" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="R115" t="s">
         <v>76</v>
       </c>
       <c r="S115" t="s">
         <v>76</v>
       </c>
       <c r="T115" t="s">
         <v>77</v>
       </c>
       <c r="U115">
         <v>2360048234</v>
       </c>
       <c r="V115">
         <v>581010</v>
       </c>
       <c r="W115" t="s">
         <v>76</v>
       </c>
       <c r="X115">
         <v>344.17</v>
       </c>
       <c r="Y115">
         <v>20.6</v>
       </c>
       <c r="Z115" t="s">
         <v>76</v>
       </c>
       <c r="AA115" t="s">
         <v>66</v>
       </c>
       <c r="AB115" t="s">
         <v>78</v>
       </c>
       <c r="AC115" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="AD115">
         <v>21947076821</v>
       </c>
       <c r="AE115" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="AF115" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="AG115" t="s">
         <v>76</v>
       </c>
       <c r="AH115" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
       <c r="AI115"/>
       <c r="AJ115" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="AK115" t="s">
         <v>70</v>
       </c>
       <c r="AL115" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM115" t="s">
         <v>82</v>
       </c>
       <c r="AN115" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="AO115">
         <v>109.99</v>
       </c>
       <c r="AP115" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ115" t="s">
         <v>73</v>
       </c>
       <c r="AR115" t="s">
         <v>84</v>
       </c>
       <c r="AS115">
         <v>282007361640</v>
       </c>
       <c r="AT115" t="s">
         <v>76</v>
       </c>
       <c r="AU115"/>
       <c r="AV115"/>
       <c r="AW115">
         <v>0</v>
       </c>
       <c r="AX115" t="s">
         <v>85</v>
       </c>
       <c r="AY115">
         <v>2799184640</v>
       </c>
       <c r="AZ115" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA115" t="s">
         <v>86</v>
       </c>
       <c r="BB115" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="BC115" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD115" t="s">
         <v>76</v>
       </c>
       <c r="BE115" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="BF115" t="s">
         <v>76</v>
       </c>
       <c r="BG115" t="s">
         <v>76</v>
       </c>
       <c r="BH115">
-        <v>333</v>
+        <v>380</v>
       </c>
       <c r="BI115" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115"/>
       <c r="BL115"/>
       <c r="BM115" t="s">
         <v>76</v>
       </c>
       <c r="BN115" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="BO115">
         <v>0</v>
       </c>
       <c r="BP115" t="s">
         <v>73</v>
       </c>
       <c r="BQ115" t="s">
         <v>76</v>
       </c>
       <c r="BR115">
         <v>7090</v>
       </c>
       <c r="BS115"/>
     </row>
     <row r="116" spans="1:71">
       <c r="A116" t="s">
         <v>66</v>
       </c>
       <c r="B116" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="C116">
         <v>7190047727</v>
       </c>
       <c r="D116">
         <v>581009</v>
       </c>
       <c r="E116">
         <v>230</v>
       </c>
       <c r="F116" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="G116" t="s">
         <v>70</v>
       </c>
       <c r="H116" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="I116">
         <v>63.2</v>
       </c>
       <c r="J116" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K116" t="s">
         <v>73</v>
       </c>
       <c r="L116">
         <v>2799170986</v>
       </c>
       <c r="M116" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N116" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O116"/>
       <c r="P116">
         <v>5459167681</v>
       </c>
       <c r="Q116" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="R116" t="s">
         <v>76</v>
       </c>
       <c r="S116" t="s">
         <v>76</v>
       </c>
       <c r="T116" t="s">
         <v>77</v>
       </c>
       <c r="U116">
         <v>7190047727</v>
       </c>
       <c r="V116">
         <v>581009</v>
       </c>
       <c r="W116" t="s">
         <v>76</v>
       </c>
       <c r="X116">
         <v>230</v>
       </c>
       <c r="Y116">
         <v>20.6</v>
       </c>
       <c r="Z116" t="s">
         <v>76</v>
       </c>
       <c r="AA116" t="s">
         <v>66</v>
       </c>
       <c r="AB116" t="s">
         <v>78</v>
       </c>
       <c r="AC116" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="AD116">
         <v>5459167681</v>
       </c>
       <c r="AE116" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="AF116" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="AG116" t="s">
         <v>76</v>
       </c>
       <c r="AH116" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="AI116"/>
       <c r="AJ116" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="AK116" t="s">
         <v>70</v>
       </c>
       <c r="AL116" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM116" t="s">
         <v>82</v>
       </c>
       <c r="AN116" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="AO116">
         <v>63.2</v>
       </c>
       <c r="AP116" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="AQ116" t="s">
         <v>73</v>
       </c>
       <c r="AR116" t="s">
         <v>84</v>
       </c>
       <c r="AS116">
         <v>282007455475</v>
       </c>
       <c r="AT116" t="s">
         <v>76</v>
       </c>
       <c r="AU116"/>
       <c r="AV116"/>
       <c r="AW116">
         <v>0</v>
       </c>
       <c r="AX116" t="s">
         <v>85</v>
       </c>
       <c r="AY116">
         <v>2799170986</v>
       </c>
       <c r="AZ116" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA116" t="s">
         <v>86</v>
       </c>
       <c r="BB116" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="BC116" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD116" t="s">
         <v>76</v>
       </c>
       <c r="BE116" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="BF116" t="s">
         <v>76</v>
       </c>
       <c r="BG116" t="s">
         <v>76</v>
       </c>
       <c r="BH116">
-        <v>333</v>
+        <v>380</v>
       </c>
       <c r="BI116" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>76</v>
       </c>
       <c r="BN116" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116" t="s">
         <v>73</v>
       </c>
       <c r="BQ116" t="s">
         <v>76</v>
       </c>
       <c r="BR116">
         <v>4738</v>
       </c>
       <c r="BS116"/>
     </row>
     <row r="117" spans="1:71">
       <c r="A117" t="s">
         <v>66</v>
       </c>
       <c r="B117" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="C117">
         <v>5280047509</v>
       </c>
       <c r="D117">
         <v>581008</v>
       </c>
       <c r="E117">
         <v>229.61</v>
       </c>
       <c r="F117" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="G117" t="s">
         <v>70</v>
       </c>
       <c r="H117" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="I117">
         <v>63</v>
       </c>
       <c r="J117" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K117" t="s">
         <v>73</v>
       </c>
       <c r="L117">
         <v>2799164104</v>
       </c>
       <c r="M117" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N117" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O117"/>
       <c r="P117">
         <v>12902021219</v>
       </c>
       <c r="Q117" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="R117" t="s">
         <v>76</v>
       </c>
       <c r="S117" t="s">
         <v>76</v>
       </c>
       <c r="T117" t="s">
         <v>77</v>
       </c>
       <c r="U117">
         <v>5280047509</v>
       </c>
       <c r="V117">
         <v>581008</v>
       </c>
       <c r="W117" t="s">
         <v>76</v>
       </c>
       <c r="X117">
         <v>229.61</v>
       </c>
       <c r="Y117">
         <v>20.6</v>
       </c>
       <c r="Z117" t="s">
         <v>76</v>
       </c>
       <c r="AA117" t="s">
         <v>66</v>
       </c>
       <c r="AB117" t="s">
         <v>78</v>
       </c>
       <c r="AC117" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="AD117">
         <v>12902021219</v>
       </c>
       <c r="AE117">
         <v>6144320100</v>
       </c>
       <c r="AF117">
         <v>6144320100</v>
       </c>
       <c r="AG117" t="s">
         <v>76</v>
       </c>
       <c r="AH117" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="AI117"/>
       <c r="AJ117" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="AK117" t="s">
         <v>70</v>
       </c>
       <c r="AL117" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="AM117" t="s">
         <v>82</v>
       </c>
       <c r="AN117" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="AO117">
         <v>63</v>
       </c>
       <c r="AP117" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="AQ117" t="s">
         <v>73</v>
       </c>
       <c r="AR117" t="s">
         <v>84</v>
       </c>
       <c r="AS117">
         <v>282007500173</v>
       </c>
       <c r="AT117" t="s">
         <v>76</v>
       </c>
       <c r="AU117"/>
       <c r="AV117"/>
       <c r="AW117">
         <v>0</v>
       </c>
       <c r="AX117" t="s">
         <v>85</v>
       </c>
       <c r="AY117">
         <v>2799164104</v>
       </c>
       <c r="AZ117" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA117" t="s">
         <v>86</v>
       </c>
       <c r="BB117" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="BC117" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BD117" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="BE117" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="BF117" t="s">
         <v>76</v>
       </c>
       <c r="BG117" t="s">
         <v>76</v>
       </c>
       <c r="BH117">
-        <v>334</v>
+        <v>381</v>
       </c>
       <c r="BI117" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ117"/>
       <c r="BK117"/>
       <c r="BL117"/>
       <c r="BM117" t="s">
         <v>76</v>
       </c>
       <c r="BN117" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="BO117">
         <v>0</v>
       </c>
       <c r="BP117" t="s">
         <v>73</v>
       </c>
       <c r="BQ117" t="s">
         <v>76</v>
       </c>
       <c r="BR117">
         <v>4730</v>
       </c>
       <c r="BS117"/>
     </row>
     <row r="118" spans="1:71">
       <c r="A118" t="s">
         <v>66</v>
       </c>
       <c r="B118" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="C118">
         <v>4440046818</v>
       </c>
       <c r="D118">
         <v>579661</v>
       </c>
       <c r="E118">
         <v>293.23</v>
       </c>
       <c r="F118" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="G118" t="s">
         <v>70</v>
       </c>
       <c r="H118" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="I118">
         <v>88.99</v>
       </c>
       <c r="J118" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="K118" t="s">
         <v>73</v>
       </c>
       <c r="L118">
         <v>6326519894</v>
       </c>
       <c r="M118" t="s">
-        <v>1205</v>
+        <v>95</v>
       </c>
       <c r="N118" t="s">
-        <v>1206</v>
+        <v>96</v>
       </c>
       <c r="O118"/>
       <c r="P118">
         <v>7990791257</v>
       </c>
       <c r="Q118" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="R118" t="s">
         <v>76</v>
       </c>
       <c r="S118" t="s">
         <v>76</v>
       </c>
       <c r="T118" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U118">
         <v>4440046818</v>
       </c>
       <c r="V118">
         <v>579661</v>
       </c>
       <c r="W118" t="s">
         <v>76</v>
       </c>
       <c r="X118">
         <v>293.23</v>
       </c>
       <c r="Y118">
         <v>19.8</v>
       </c>
       <c r="Z118" t="s">
         <v>76</v>
       </c>
       <c r="AA118" t="s">
         <v>66</v>
       </c>
       <c r="AB118" t="s">
         <v>78</v>
       </c>
       <c r="AC118" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="AD118">
         <v>7990791257</v>
       </c>
       <c r="AE118">
         <v>6699891900</v>
       </c>
       <c r="AF118">
         <v>6699891900</v>
       </c>
       <c r="AG118" t="s">
         <v>76</v>
       </c>
       <c r="AH118" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="AI118"/>
       <c r="AJ118" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="AK118" t="s">
         <v>70</v>
       </c>
       <c r="AL118" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="AM118" t="s">
         <v>82</v>
       </c>
       <c r="AN118" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="AO118">
         <v>88.99</v>
       </c>
       <c r="AP118" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="AQ118" t="s">
         <v>73</v>
       </c>
       <c r="AR118" t="s">
         <v>84</v>
       </c>
       <c r="AS118">
         <v>281189407399</v>
       </c>
       <c r="AT118" t="s">
         <v>76</v>
       </c>
       <c r="AU118"/>
       <c r="AV118"/>
       <c r="AW118">
         <v>0</v>
       </c>
       <c r="AX118" t="s">
         <v>85</v>
       </c>
       <c r="AY118">
         <v>6326519894</v>
       </c>
       <c r="AZ118" t="s">
-        <v>1205</v>
+        <v>95</v>
       </c>
       <c r="BA118" t="s">
         <v>86</v>
       </c>
       <c r="BB118" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="BC118" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="BD118" t="s">
         <v>76</v>
       </c>
       <c r="BE118" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="BF118" t="s">
         <v>76</v>
       </c>
       <c r="BG118" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="BH118">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="BI118" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ118"/>
       <c r="BK118"/>
       <c r="BL118"/>
       <c r="BM118" t="s">
         <v>76</v>
       </c>
       <c r="BN118" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="BO118">
         <v>0</v>
       </c>
       <c r="BP118" t="s">
         <v>73</v>
       </c>
       <c r="BQ118" t="s">
         <v>76</v>
       </c>
       <c r="BR118">
         <v>5806</v>
       </c>
       <c r="BS118"/>
     </row>
     <row r="119" spans="1:71">
       <c r="A119" t="s">
         <v>66</v>
       </c>
       <c r="B119" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="C119">
         <v>2490046591</v>
       </c>
       <c r="D119">
         <v>579382</v>
       </c>
       <c r="E119">
         <v>230.51</v>
       </c>
       <c r="F119" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="G119" t="s">
         <v>70</v>
       </c>
       <c r="H119" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="I119">
         <v>58.99</v>
       </c>
       <c r="J119" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="K119" t="s">
         <v>73</v>
       </c>
       <c r="L119">
         <v>3167081783</v>
       </c>
       <c r="M119" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="N119" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="O119"/>
       <c r="P119">
         <v>19633945492</v>
       </c>
       <c r="Q119" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="R119" t="s">
         <v>76</v>
       </c>
       <c r="S119" t="s">
         <v>76</v>
       </c>
       <c r="T119" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U119">
         <v>2490046591</v>
       </c>
       <c r="V119">
         <v>579382</v>
       </c>
       <c r="W119" t="s">
         <v>76</v>
       </c>
       <c r="X119">
         <v>230.51</v>
       </c>
       <c r="Y119">
         <v>19.8</v>
       </c>
       <c r="Z119" t="s">
         <v>76</v>
       </c>
       <c r="AA119" t="s">
         <v>66</v>
       </c>
       <c r="AB119" t="s">
         <v>78</v>
       </c>
       <c r="AC119" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="AD119">
         <v>19633945492</v>
       </c>
       <c r="AE119" t="s">
         <v>76</v>
       </c>
       <c r="AF119" t="s">
         <v>76</v>
       </c>
       <c r="AG119" t="s">
         <v>76</v>
       </c>
       <c r="AH119" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="AI119"/>
       <c r="AJ119" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="AK119" t="s">
         <v>70</v>
       </c>
       <c r="AL119" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="AM119" t="s">
         <v>82</v>
       </c>
       <c r="AN119" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="AO119">
         <v>58.99</v>
       </c>
       <c r="AP119" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="AQ119" t="s">
         <v>73</v>
       </c>
       <c r="AR119" t="s">
         <v>84</v>
       </c>
       <c r="AS119">
         <v>281024929445</v>
       </c>
       <c r="AT119" t="s">
         <v>76</v>
       </c>
       <c r="AU119"/>
       <c r="AV119"/>
       <c r="AW119">
         <v>0</v>
       </c>
       <c r="AX119" t="s">
         <v>85</v>
       </c>
       <c r="AY119">
         <v>3167081783</v>
       </c>
       <c r="AZ119" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="BA119" t="s">
         <v>86</v>
       </c>
       <c r="BB119" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="BC119" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="BD119" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="BE119" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="BF119" t="s">
         <v>76</v>
       </c>
       <c r="BG119" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="BH119">
         <v>253</v>
       </c>
       <c r="BI119" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ119"/>
       <c r="BK119"/>
       <c r="BL119"/>
       <c r="BM119" t="s">
         <v>76</v>
       </c>
       <c r="BN119" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="BO119">
         <v>0</v>
       </c>
       <c r="BP119" t="s">
         <v>73</v>
       </c>
       <c r="BQ119" t="s">
         <v>76</v>
       </c>
       <c r="BR119">
         <v>4564</v>
       </c>
       <c r="BS119"/>
     </row>
     <row r="120" spans="1:71">
       <c r="A120" t="s">
         <v>66</v>
       </c>
       <c r="B120" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="C120">
         <v>4710056268</v>
       </c>
       <c r="D120">
         <v>579263</v>
       </c>
       <c r="E120">
         <v>280.71</v>
       </c>
       <c r="F120" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="G120" t="s">
         <v>70</v>
       </c>
       <c r="H120" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="I120">
         <v>82.99</v>
       </c>
       <c r="J120" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="K120" t="s">
         <v>73</v>
       </c>
       <c r="L120">
         <v>7965619583</v>
       </c>
       <c r="M120" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N120" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O120"/>
       <c r="P120">
         <v>129919602</v>
       </c>
       <c r="Q120" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="R120" t="s">
         <v>76</v>
       </c>
       <c r="S120" t="s">
         <v>76</v>
       </c>
       <c r="T120" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U120">
         <v>4710056268</v>
       </c>
       <c r="V120">
         <v>579263</v>
       </c>
       <c r="W120" t="s">
         <v>76</v>
       </c>
       <c r="X120">
         <v>280.71</v>
       </c>
       <c r="Y120">
         <v>19.8</v>
       </c>
       <c r="Z120" t="s">
         <v>76</v>
       </c>
       <c r="AA120" t="s">
         <v>66</v>
       </c>
       <c r="AB120" t="s">
         <v>78</v>
       </c>
       <c r="AC120" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="AD120">
         <v>129919602</v>
       </c>
       <c r="AE120" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="AF120" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="AG120" t="s">
         <v>76</v>
       </c>
       <c r="AH120" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="AI120"/>
       <c r="AJ120" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="AK120" t="s">
         <v>70</v>
       </c>
       <c r="AL120" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="AM120" t="s">
         <v>82</v>
       </c>
       <c r="AN120" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="AO120">
         <v>82.99</v>
       </c>
       <c r="AP120" t="s">
         <v>83</v>
       </c>
       <c r="AQ120" t="s">
         <v>73</v>
       </c>
       <c r="AR120" t="s">
         <v>84</v>
       </c>
       <c r="AS120">
         <v>280929212040</v>
       </c>
       <c r="AT120" t="s">
         <v>76</v>
       </c>
       <c r="AU120"/>
       <c r="AV120"/>
       <c r="AW120">
         <v>0</v>
       </c>
       <c r="AX120" t="s">
         <v>85</v>
       </c>
       <c r="AY120">
         <v>7965619583</v>
       </c>
       <c r="AZ120" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA120" t="s">
         <v>86</v>
       </c>
       <c r="BB120" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="BC120" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="BD120" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="BE120" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="BF120" t="s">
         <v>76</v>
       </c>
       <c r="BG120" t="s">
         <v>76</v>
       </c>
       <c r="BH120">
-        <v>353</v>
+        <v>400</v>
       </c>
       <c r="BI120" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ120"/>
       <c r="BK120"/>
       <c r="BL120"/>
       <c r="BM120" t="s">
         <v>76</v>
       </c>
       <c r="BN120" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="BO120">
         <v>0</v>
       </c>
       <c r="BP120" t="s">
         <v>73</v>
       </c>
       <c r="BQ120" t="s">
         <v>76</v>
       </c>
       <c r="BR120">
         <v>5558</v>
       </c>
       <c r="BS120"/>
     </row>
     <row r="121" spans="1:71">
       <c r="A121" t="s">
         <v>66</v>
       </c>
       <c r="B121" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="C121" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="D121">
         <v>579233</v>
       </c>
       <c r="E121">
         <v>324.65</v>
       </c>
       <c r="F121" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="G121" t="s">
         <v>70</v>
       </c>
       <c r="H121" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="I121">
         <v>103.99</v>
       </c>
       <c r="J121" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="K121" t="s">
         <v>73</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121">
         <v>9242254367</v>
       </c>
       <c r="Q121" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="R121" t="s">
         <v>76</v>
       </c>
       <c r="S121" t="s">
         <v>76</v>
       </c>
       <c r="T121" t="s">
         <v>77</v>
       </c>
       <c r="U121" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="V121">
         <v>579233</v>
       </c>
       <c r="W121" t="s">
         <v>76</v>
       </c>
       <c r="X121">
         <v>324.65</v>
       </c>
       <c r="Y121">
         <v>19.8</v>
       </c>
       <c r="Z121" t="s">
         <v>76</v>
       </c>
       <c r="AA121" t="s">
         <v>66</v>
       </c>
       <c r="AB121" t="s">
         <v>78</v>
       </c>
       <c r="AC121" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="AD121">
         <v>9242254367</v>
       </c>
       <c r="AE121" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="AF121" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="AG121" t="s">
         <v>76</v>
       </c>
       <c r="AH121" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="AI121"/>
       <c r="AJ121" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="AK121" t="s">
         <v>70</v>
       </c>
       <c r="AL121" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="AM121" t="s">
         <v>82</v>
       </c>
       <c r="AN121" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="AO121">
         <v>103.99</v>
       </c>
       <c r="AP121" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="AQ121" t="s">
         <v>73</v>
       </c>
       <c r="AR121" t="s">
         <v>84</v>
       </c>
       <c r="AS121">
         <v>280887130002</v>
       </c>
       <c r="AT121" t="s">
         <v>76</v>
       </c>
       <c r="AU121"/>
       <c r="AV121"/>
       <c r="AW121">
         <v>0</v>
       </c>
       <c r="AX121" t="s">
         <v>85</v>
       </c>
       <c r="AY121"/>
       <c r="AZ121" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA121" t="s">
         <v>86</v>
       </c>
       <c r="BB121" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="BC121" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="BD121" t="s">
         <v>76</v>
       </c>
       <c r="BE121" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="BF121" t="s">
         <v>76</v>
       </c>
       <c r="BG121" t="s">
         <v>76</v>
       </c>
       <c r="BH121">
-        <v>353</v>
+        <v>400</v>
       </c>
       <c r="BI121" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ121"/>
       <c r="BK121"/>
       <c r="BL121"/>
       <c r="BM121" t="s">
         <v>76</v>
       </c>
       <c r="BN121" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="BO121">
         <v>0</v>
       </c>
       <c r="BP121" t="s">
         <v>73</v>
       </c>
       <c r="BQ121" t="s">
         <v>76</v>
       </c>
       <c r="BR121">
         <v>6428</v>
       </c>
       <c r="BS121"/>
     </row>
     <row r="122" spans="1:71">
       <c r="A122" t="s">
         <v>66</v>
       </c>
       <c r="B122" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="C122">
         <v>7570046712</v>
       </c>
       <c r="D122">
         <v>578901</v>
       </c>
       <c r="E122">
         <v>276.52</v>
       </c>
       <c r="F122" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="G122" t="s">
         <v>70</v>
       </c>
       <c r="H122" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="I122">
         <v>80.99</v>
       </c>
       <c r="J122" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="K122" t="s">
         <v>73</v>
       </c>
       <c r="L122">
         <v>5196420821</v>
       </c>
       <c r="M122" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N122" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O122"/>
       <c r="P122" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="Q122" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="R122" t="s">
         <v>76</v>
       </c>
       <c r="S122" t="s">
         <v>76</v>
       </c>
       <c r="T122" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U122">
         <v>7570046712</v>
       </c>
       <c r="V122">
         <v>578901</v>
       </c>
       <c r="W122" t="s">
         <v>76</v>
       </c>
       <c r="X122">
         <v>276.52</v>
       </c>
       <c r="Y122">
         <v>19.8</v>
       </c>
       <c r="Z122" t="s">
         <v>76</v>
       </c>
       <c r="AA122" t="s">
         <v>66</v>
       </c>
       <c r="AB122" t="s">
         <v>78</v>
       </c>
       <c r="AC122" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="AD122" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="AE122">
         <v>4681803548</v>
       </c>
       <c r="AF122">
         <v>4681803548</v>
       </c>
       <c r="AG122" t="s">
         <v>76</v>
       </c>
       <c r="AH122" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="AI122"/>
       <c r="AJ122" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="AK122" t="s">
         <v>70</v>
       </c>
       <c r="AL122" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="AM122" t="s">
         <v>82</v>
       </c>
       <c r="AN122" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="AO122">
         <v>80.99</v>
       </c>
       <c r="AP122" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="AQ122" t="s">
         <v>73</v>
       </c>
       <c r="AR122" t="s">
         <v>84</v>
       </c>
       <c r="AS122">
         <v>280716550720</v>
       </c>
       <c r="AT122" t="s">
         <v>76</v>
       </c>
       <c r="AU122"/>
       <c r="AV122"/>
       <c r="AW122">
         <v>0</v>
       </c>
       <c r="AX122" t="s">
         <v>85</v>
       </c>
       <c r="AY122">
         <v>5196420821</v>
       </c>
       <c r="AZ122" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA122" t="s">
         <v>86</v>
       </c>
       <c r="BB122" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="BC122" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="BD122" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="BE122" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="BF122" t="s">
         <v>76</v>
       </c>
       <c r="BG122" t="s">
         <v>76</v>
       </c>
       <c r="BH122">
-        <v>358</v>
+        <v>405</v>
       </c>
       <c r="BI122" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ122"/>
       <c r="BK122"/>
       <c r="BL122"/>
       <c r="BM122" t="s">
         <v>76</v>
       </c>
       <c r="BN122" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="BO122">
         <v>0</v>
       </c>
       <c r="BP122" t="s">
         <v>73</v>
       </c>
       <c r="BQ122" t="s">
         <v>76</v>
       </c>
       <c r="BR122">
         <v>5475</v>
       </c>
       <c r="BS122"/>
     </row>
     <row r="123" spans="1:71">
       <c r="A123" t="s">
         <v>66</v>
       </c>
       <c r="B123" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="C123">
         <v>2550046091</v>
       </c>
       <c r="D123">
         <v>578823</v>
       </c>
       <c r="E123">
         <v>307.88</v>
       </c>
       <c r="F123" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="G123" t="s">
         <v>70</v>
       </c>
       <c r="H123" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="I123">
         <v>95.99</v>
       </c>
       <c r="J123" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="K123" t="s">
         <v>73</v>
       </c>
       <c r="L123">
         <v>1016773026</v>
       </c>
       <c r="M123" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N123" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O123"/>
       <c r="P123">
         <v>2785534147</v>
       </c>
       <c r="Q123" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="R123" t="s">
         <v>76</v>
       </c>
       <c r="S123" t="s">
         <v>76</v>
       </c>
       <c r="T123" t="s">
         <v>77</v>
       </c>
       <c r="U123">
         <v>2550046091</v>
       </c>
       <c r="V123">
         <v>578823</v>
       </c>
       <c r="W123" t="s">
         <v>76</v>
       </c>
       <c r="X123">
         <v>307.88</v>
       </c>
       <c r="Y123">
         <v>19.8</v>
       </c>
       <c r="Z123" t="s">
         <v>76</v>
       </c>
       <c r="AA123" t="s">
         <v>66</v>
       </c>
       <c r="AB123" t="s">
         <v>78</v>
       </c>
       <c r="AC123" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="AD123">
         <v>2785534147</v>
       </c>
       <c r="AE123">
         <v>3336481700</v>
       </c>
       <c r="AF123">
         <v>3336481700</v>
       </c>
       <c r="AG123" t="s">
         <v>76</v>
       </c>
       <c r="AH123" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="AI123"/>
       <c r="AJ123" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="AK123" t="s">
         <v>70</v>
       </c>
       <c r="AL123" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="AM123" t="s">
         <v>82</v>
       </c>
       <c r="AN123" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="AO123">
         <v>95.99</v>
       </c>
       <c r="AP123" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="AQ123" t="s">
         <v>73</v>
       </c>
       <c r="AR123" t="s">
         <v>84</v>
       </c>
       <c r="AS123">
         <v>280668368000</v>
       </c>
       <c r="AT123" t="s">
         <v>76</v>
       </c>
       <c r="AU123"/>
       <c r="AV123"/>
       <c r="AW123">
         <v>0</v>
       </c>
       <c r="AX123" t="s">
         <v>85</v>
       </c>
       <c r="AY123">
         <v>1016773026</v>
       </c>
       <c r="AZ123" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA123" t="s">
         <v>86</v>
       </c>
       <c r="BB123" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="BC123" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="BD123" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="BE123" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="BF123" t="s">
         <v>76</v>
       </c>
       <c r="BG123" t="s">
         <v>76</v>
       </c>
       <c r="BH123">
-        <v>359</v>
+        <v>406</v>
       </c>
       <c r="BI123" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ123"/>
       <c r="BK123"/>
       <c r="BL123"/>
       <c r="BM123" t="s">
         <v>76</v>
       </c>
       <c r="BN123" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="BO123">
         <v>0</v>
       </c>
       <c r="BP123" t="s">
         <v>73</v>
       </c>
       <c r="BQ123" t="s">
         <v>76</v>
       </c>
       <c r="BR123">
         <v>6096</v>
       </c>
       <c r="BS123"/>
     </row>
     <row r="124" spans="1:71">
       <c r="A124" t="s">
         <v>66</v>
       </c>
       <c r="B124" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="C124">
         <v>1940080050</v>
       </c>
       <c r="D124">
         <v>578407</v>
       </c>
       <c r="E124">
         <v>358.08</v>
       </c>
       <c r="F124" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="G124" t="s">
         <v>70</v>
       </c>
       <c r="H124" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="I124">
         <v>119.99</v>
       </c>
       <c r="J124" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="K124" t="s">
         <v>73</v>
       </c>
       <c r="L124">
         <v>6854675144</v>
       </c>
       <c r="M124" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N124" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O124"/>
       <c r="P124">
         <v>839216102</v>
       </c>
       <c r="Q124" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="R124" t="s">
         <v>76</v>
       </c>
       <c r="S124" t="s">
         <v>76</v>
       </c>
       <c r="T124" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U124">
         <v>1940080050</v>
       </c>
       <c r="V124">
         <v>578407</v>
       </c>
       <c r="W124" t="s">
         <v>76</v>
       </c>
       <c r="X124">
         <v>358.08</v>
       </c>
       <c r="Y124">
         <v>19.8</v>
       </c>
       <c r="Z124" t="s">
         <v>76</v>
       </c>
       <c r="AA124" t="s">
         <v>66</v>
       </c>
       <c r="AB124" t="s">
         <v>78</v>
       </c>
       <c r="AC124" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="AD124">
         <v>839216102</v>
       </c>
       <c r="AE124">
         <v>8183895500</v>
       </c>
       <c r="AF124">
         <v>8183895500</v>
       </c>
       <c r="AG124" t="s">
         <v>76</v>
       </c>
       <c r="AH124" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="AI124"/>
       <c r="AJ124" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="AK124" t="s">
         <v>70</v>
       </c>
       <c r="AL124" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="AM124" t="s">
         <v>82</v>
       </c>
       <c r="AN124" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="AO124">
         <v>119.99</v>
       </c>
       <c r="AP124" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ124" t="s">
         <v>73</v>
       </c>
       <c r="AR124" t="s">
         <v>84</v>
       </c>
       <c r="AS124">
         <v>280357985791</v>
       </c>
       <c r="AT124" t="s">
         <v>76</v>
       </c>
       <c r="AU124"/>
       <c r="AV124"/>
       <c r="AW124">
         <v>0</v>
       </c>
       <c r="AX124" t="s">
         <v>85</v>
       </c>
       <c r="AY124">
         <v>6854675144</v>
       </c>
       <c r="AZ124" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA124" t="s">
         <v>86</v>
       </c>
       <c r="BB124" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="BC124" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="BD124" t="s">
         <v>76</v>
       </c>
       <c r="BE124" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="BF124" t="s">
         <v>76</v>
       </c>
       <c r="BG124" t="s">
         <v>76</v>
       </c>
       <c r="BH124">
-        <v>367</v>
+        <v>414</v>
       </c>
       <c r="BI124" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ124"/>
       <c r="BK124"/>
       <c r="BL124"/>
       <c r="BM124" t="s">
         <v>76</v>
       </c>
       <c r="BN124" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="BO124">
         <v>0</v>
       </c>
       <c r="BP124" t="s">
         <v>73</v>
       </c>
       <c r="BQ124" t="s">
         <v>76</v>
       </c>
       <c r="BR124">
         <v>7090</v>
       </c>
       <c r="BS124"/>
     </row>
     <row r="125" spans="1:71">
       <c r="A125" t="s">
         <v>66</v>
       </c>
       <c r="B125" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="C125">
         <v>4870045097</v>
       </c>
       <c r="D125">
         <v>578339</v>
       </c>
       <c r="E125">
         <v>239.29</v>
       </c>
       <c r="F125" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="G125" t="s">
         <v>70</v>
       </c>
       <c r="H125" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="I125">
         <v>63.2</v>
       </c>
       <c r="J125" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="K125" t="s">
         <v>73</v>
       </c>
       <c r="L125">
         <v>6854670325</v>
       </c>
       <c r="M125" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N125" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O125"/>
       <c r="P125">
         <v>1521258104</v>
       </c>
       <c r="Q125" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="R125" t="s">
         <v>76</v>
       </c>
       <c r="S125" t="s">
         <v>76</v>
       </c>
       <c r="T125" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U125">
         <v>4870045097</v>
       </c>
       <c r="V125">
         <v>578339</v>
       </c>
       <c r="W125" t="s">
         <v>76</v>
       </c>
       <c r="X125">
         <v>239.29</v>
       </c>
       <c r="Y125">
         <v>19.8</v>
       </c>
       <c r="Z125" t="s">
         <v>76</v>
       </c>
       <c r="AA125" t="s">
         <v>66</v>
       </c>
       <c r="AB125" t="s">
         <v>78</v>
       </c>
       <c r="AC125" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="AD125">
         <v>1521258104</v>
       </c>
       <c r="AE125" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="AF125" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="AG125" t="s">
         <v>76</v>
       </c>
       <c r="AH125" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="AI125"/>
       <c r="AJ125" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="AK125" t="s">
         <v>70</v>
       </c>
       <c r="AL125" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="AM125" t="s">
         <v>82</v>
       </c>
       <c r="AN125" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="AO125">
         <v>63.2</v>
       </c>
       <c r="AP125" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="AQ125" t="s">
         <v>73</v>
       </c>
       <c r="AR125" t="s">
         <v>84</v>
       </c>
       <c r="AS125">
         <v>280345631778</v>
       </c>
       <c r="AT125" t="s">
         <v>76</v>
       </c>
       <c r="AU125"/>
       <c r="AV125"/>
       <c r="AW125">
         <v>0</v>
       </c>
       <c r="AX125" t="s">
         <v>85</v>
       </c>
       <c r="AY125">
         <v>6854670325</v>
       </c>
       <c r="AZ125" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA125" t="s">
         <v>86</v>
       </c>
       <c r="BB125" t="s">
+        <v>1272</v>
+      </c>
+      <c r="BC125" t="s">
         <v>1267</v>
       </c>
-      <c r="BC125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD125" t="s">
         <v>76</v>
       </c>
       <c r="BE125" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="BF125" t="s">
         <v>76</v>
       </c>
       <c r="BG125" t="s">
         <v>76</v>
       </c>
       <c r="BH125">
-        <v>368</v>
+        <v>415</v>
       </c>
       <c r="BI125" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ125"/>
       <c r="BK125"/>
       <c r="BL125"/>
       <c r="BM125" t="s">
         <v>76</v>
       </c>
       <c r="BN125" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="BO125">
         <v>0</v>
       </c>
       <c r="BP125" t="s">
         <v>73</v>
       </c>
       <c r="BQ125" t="s">
         <v>76</v>
       </c>
       <c r="BR125">
         <v>4738</v>
       </c>
       <c r="BS125"/>
     </row>
     <row r="126" spans="1:71">
       <c r="A126" t="s">
         <v>66</v>
       </c>
       <c r="B126" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="C126">
         <v>8880045392</v>
       </c>
       <c r="D126">
         <v>578323</v>
       </c>
       <c r="E126">
         <v>246.01</v>
       </c>
       <c r="F126" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="G126" t="s">
         <v>70</v>
       </c>
       <c r="H126" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="I126">
         <v>66.4</v>
       </c>
       <c r="J126" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="K126" t="s">
         <v>73</v>
       </c>
       <c r="L126">
         <v>4099827841</v>
       </c>
       <c r="M126" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="N126" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="O126"/>
       <c r="P126" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="Q126" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="R126" t="s">
         <v>76</v>
       </c>
       <c r="S126" t="s">
         <v>76</v>
       </c>
       <c r="T126" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U126">
         <v>8880045392</v>
       </c>
       <c r="V126">
         <v>578323</v>
       </c>
       <c r="W126" t="s">
         <v>76</v>
       </c>
       <c r="X126">
         <v>246.01</v>
       </c>
       <c r="Y126">
         <v>19.8</v>
       </c>
       <c r="Z126" t="s">
         <v>76</v>
       </c>
       <c r="AA126" t="s">
         <v>66</v>
       </c>
       <c r="AB126" t="s">
         <v>78</v>
       </c>
       <c r="AC126" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="AD126" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="AE126">
         <v>8332324116</v>
       </c>
       <c r="AF126">
         <v>8332324116</v>
       </c>
       <c r="AG126" t="s">
         <v>76</v>
       </c>
       <c r="AH126" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="AI126"/>
       <c r="AJ126" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="AK126" t="s">
         <v>70</v>
       </c>
       <c r="AL126" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="AM126" t="s">
         <v>82</v>
       </c>
       <c r="AN126" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="AO126">
         <v>66.4</v>
       </c>
       <c r="AP126" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="AQ126" t="s">
         <v>73</v>
       </c>
       <c r="AR126" t="s">
         <v>84</v>
       </c>
       <c r="AS126">
         <v>280342260888</v>
       </c>
       <c r="AT126" t="s">
         <v>76</v>
       </c>
       <c r="AU126"/>
       <c r="AV126"/>
       <c r="AW126">
         <v>0</v>
       </c>
       <c r="AX126" t="s">
         <v>85</v>
       </c>
       <c r="AY126">
         <v>4099827841</v>
       </c>
       <c r="AZ126" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="BA126" t="s">
         <v>86</v>
       </c>
       <c r="BB126" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="BC126" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="BD126" t="s">
         <v>76</v>
       </c>
       <c r="BE126" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="BF126" t="s">
         <v>76</v>
       </c>
       <c r="BG126" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="BH126">
         <v>317</v>
       </c>
       <c r="BI126" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ126"/>
       <c r="BK126"/>
       <c r="BL126"/>
       <c r="BM126" t="s">
         <v>76</v>
       </c>
       <c r="BN126" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="BO126">
         <v>0</v>
       </c>
       <c r="BP126" t="s">
         <v>73</v>
       </c>
       <c r="BQ126" t="s">
         <v>76</v>
       </c>
       <c r="BR126">
         <v>4871</v>
       </c>
       <c r="BS126"/>
     </row>
     <row r="127" spans="1:71">
       <c r="A127" t="s">
         <v>66</v>
       </c>
       <c r="B127" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="C127">
         <v>3690044247</v>
       </c>
       <c r="D127">
         <v>578298</v>
       </c>
       <c r="E127">
         <v>391.57</v>
       </c>
       <c r="F127" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="G127" t="s">
         <v>70</v>
       </c>
       <c r="H127" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="I127">
         <v>136</v>
       </c>
       <c r="J127" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="K127" t="s">
         <v>73</v>
       </c>
       <c r="L127">
         <v>6854661192</v>
       </c>
       <c r="M127" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N127" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O127"/>
       <c r="P127" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="Q127" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="R127" t="s">
         <v>76</v>
       </c>
       <c r="S127" t="s">
         <v>76</v>
       </c>
       <c r="T127" t="s">
         <v>77</v>
       </c>
       <c r="U127">
         <v>3690044247</v>
       </c>
       <c r="V127">
         <v>578298</v>
       </c>
       <c r="W127" t="s">
         <v>76</v>
       </c>
       <c r="X127">
         <v>391.57</v>
       </c>
       <c r="Y127">
         <v>19.8</v>
       </c>
       <c r="Z127" t="s">
         <v>76</v>
       </c>
       <c r="AA127" t="s">
         <v>66</v>
       </c>
       <c r="AB127" t="s">
         <v>78</v>
       </c>
       <c r="AC127" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="AD127" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="AE127">
         <v>2711079773</v>
       </c>
       <c r="AF127">
         <v>2711079773</v>
       </c>
       <c r="AG127" t="s">
         <v>76</v>
       </c>
       <c r="AH127" t="s">
-        <v>1289</v>
+        <v>1294</v>
       </c>
       <c r="AI127"/>
       <c r="AJ127" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
       <c r="AK127" t="s">
         <v>70</v>
       </c>
       <c r="AL127" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="AM127" t="s">
         <v>82</v>
       </c>
       <c r="AN127" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="AO127">
         <v>136</v>
       </c>
       <c r="AP127" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="AQ127" t="s">
         <v>73</v>
       </c>
       <c r="AR127" t="s">
         <v>84</v>
       </c>
       <c r="AS127">
         <v>280342375107</v>
       </c>
       <c r="AT127" t="s">
         <v>76</v>
       </c>
       <c r="AU127"/>
       <c r="AV127"/>
       <c r="AW127">
         <v>0</v>
       </c>
       <c r="AX127" t="s">
         <v>85</v>
       </c>
       <c r="AY127">
         <v>6854661192</v>
       </c>
       <c r="AZ127" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA127" t="s">
         <v>86</v>
       </c>
       <c r="BB127" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="BC127" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="BD127" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="BE127" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="BF127" t="s">
         <v>76</v>
       </c>
       <c r="BG127" t="s">
         <v>76</v>
       </c>
       <c r="BH127">
-        <v>370</v>
+        <v>417</v>
       </c>
       <c r="BI127" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ127"/>
       <c r="BK127"/>
       <c r="BL127"/>
       <c r="BM127" t="s">
         <v>76</v>
       </c>
       <c r="BN127" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="BO127">
         <v>0</v>
       </c>
       <c r="BP127" t="s">
         <v>73</v>
       </c>
       <c r="BQ127" t="s">
         <v>76</v>
       </c>
       <c r="BR127">
         <v>7753</v>
       </c>
       <c r="BS127"/>
     </row>
     <row r="128" spans="1:71">
       <c r="A128" t="s">
         <v>66</v>
       </c>
       <c r="B128" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="C128">
         <v>3940043808</v>
       </c>
       <c r="D128">
         <v>577843</v>
       </c>
       <c r="E128">
         <v>388.99</v>
       </c>
       <c r="F128" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="G128" t="s">
         <v>70</v>
       </c>
       <c r="H128" t="s">
-        <v>1296</v>
+        <v>1301</v>
       </c>
       <c r="I128">
         <v>135.99</v>
       </c>
       <c r="J128" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="K128" t="s">
         <v>73</v>
       </c>
       <c r="L128">
         <v>8199923546</v>
       </c>
       <c r="M128" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N128" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O128"/>
       <c r="P128">
         <v>5861968863</v>
       </c>
       <c r="Q128" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="R128" t="s">
         <v>76</v>
       </c>
       <c r="S128" t="s">
         <v>76</v>
       </c>
       <c r="T128" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U128">
         <v>3940043808</v>
       </c>
       <c r="V128">
         <v>577843</v>
       </c>
       <c r="W128" t="s">
         <v>76</v>
       </c>
       <c r="X128">
         <v>388.99</v>
       </c>
       <c r="Y128">
         <v>19.8</v>
       </c>
       <c r="Z128" t="s">
         <v>76</v>
       </c>
       <c r="AA128" t="s">
         <v>66</v>
       </c>
       <c r="AB128" t="s">
         <v>78</v>
       </c>
       <c r="AC128" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="AD128">
         <v>5861968863</v>
       </c>
       <c r="AE128" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="AF128" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="AG128" t="s">
         <v>76</v>
       </c>
       <c r="AH128" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="AI128"/>
       <c r="AJ128" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="AK128" t="s">
         <v>70</v>
       </c>
       <c r="AL128" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="AM128" t="s">
         <v>82</v>
       </c>
       <c r="AN128" t="s">
-        <v>1296</v>
+        <v>1301</v>
       </c>
       <c r="AO128">
         <v>135.99</v>
       </c>
       <c r="AP128" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="AQ128" t="s">
         <v>73</v>
       </c>
       <c r="AR128" t="s">
         <v>84</v>
       </c>
       <c r="AS128">
         <v>280008930939</v>
       </c>
       <c r="AT128" t="s">
         <v>76</v>
       </c>
       <c r="AU128"/>
       <c r="AV128"/>
       <c r="AW128">
         <v>0</v>
       </c>
       <c r="AX128" t="s">
         <v>85</v>
       </c>
       <c r="AY128">
         <v>8199923546</v>
       </c>
       <c r="AZ128" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA128" t="s">
         <v>86</v>
       </c>
       <c r="BB128" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="BC128" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="BD128" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
       <c r="BE128" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="BF128" t="s">
         <v>76</v>
       </c>
       <c r="BG128" t="s">
         <v>76</v>
       </c>
       <c r="BH128">
-        <v>378</v>
+        <v>425</v>
       </c>
       <c r="BI128" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ128"/>
       <c r="BK128"/>
       <c r="BL128"/>
       <c r="BM128" t="s">
         <v>76</v>
       </c>
       <c r="BN128" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="BO128">
         <v>0</v>
       </c>
       <c r="BP128" t="s">
         <v>73</v>
       </c>
       <c r="BQ128" t="s">
         <v>76</v>
       </c>
       <c r="BR128">
         <v>7702</v>
       </c>
       <c r="BS128"/>
     </row>
     <row r="129" spans="1:71">
       <c r="A129" t="s">
         <v>66</v>
       </c>
       <c r="B129" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
       <c r="C129">
         <v>2050043889</v>
       </c>
       <c r="D129">
         <v>577842</v>
       </c>
       <c r="E129">
         <v>248.99</v>
       </c>
       <c r="F129" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="G129" t="s">
         <v>70</v>
       </c>
       <c r="H129" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="I129">
         <v>68.99</v>
       </c>
       <c r="J129" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="K129" t="s">
         <v>73</v>
       </c>
       <c r="L129">
         <v>8199919114</v>
       </c>
       <c r="M129" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N129" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O129"/>
       <c r="P129">
         <v>4370524681</v>
       </c>
       <c r="Q129" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
       <c r="R129" t="s">
         <v>76</v>
       </c>
       <c r="S129" t="s">
         <v>76</v>
       </c>
       <c r="T129" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U129">
         <v>2050043889</v>
       </c>
       <c r="V129">
         <v>577842</v>
       </c>
       <c r="W129" t="s">
         <v>76</v>
       </c>
       <c r="X129">
         <v>248.99</v>
       </c>
       <c r="Y129">
         <v>19.8</v>
       </c>
       <c r="Z129" t="s">
         <v>76</v>
       </c>
       <c r="AA129" t="s">
         <v>66</v>
       </c>
       <c r="AB129" t="s">
         <v>78</v>
       </c>
       <c r="AC129" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="AD129">
         <v>4370524681</v>
       </c>
       <c r="AE129" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
       <c r="AF129" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
       <c r="AG129" t="s">
         <v>76</v>
       </c>
       <c r="AH129" t="s">
-        <v>1308</v>
+        <v>1313</v>
       </c>
       <c r="AI129"/>
       <c r="AJ129" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="AK129" t="s">
         <v>70</v>
       </c>
       <c r="AL129" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="AM129" t="s">
         <v>82</v>
       </c>
       <c r="AN129" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="AO129">
         <v>68.99</v>
       </c>
       <c r="AP129" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="AQ129" t="s">
         <v>73</v>
       </c>
       <c r="AR129" t="s">
         <v>84</v>
       </c>
       <c r="AS129">
         <v>280008871292</v>
       </c>
       <c r="AT129" t="s">
         <v>76</v>
       </c>
       <c r="AU129"/>
       <c r="AV129"/>
       <c r="AW129">
         <v>0</v>
       </c>
       <c r="AX129" t="s">
         <v>85</v>
       </c>
       <c r="AY129">
         <v>8199919114</v>
       </c>
       <c r="AZ129" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA129" t="s">
         <v>86</v>
       </c>
       <c r="BB129" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
       <c r="BC129" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="BD129" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="BE129" t="s">
-        <v>1312</v>
+        <v>1317</v>
       </c>
       <c r="BF129" t="s">
         <v>76</v>
       </c>
       <c r="BG129" t="s">
         <v>76</v>
       </c>
       <c r="BH129">
-        <v>379</v>
+        <v>426</v>
       </c>
       <c r="BI129" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ129"/>
       <c r="BK129"/>
       <c r="BL129"/>
       <c r="BM129" t="s">
         <v>76</v>
       </c>
       <c r="BN129" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="BO129">
         <v>0</v>
       </c>
       <c r="BP129" t="s">
         <v>73</v>
       </c>
       <c r="BQ129" t="s">
         <v>76</v>
       </c>
       <c r="BR129">
         <v>4930</v>
       </c>
       <c r="BS129"/>
     </row>
     <row r="130" spans="1:71">
       <c r="A130" t="s">
         <v>66</v>
       </c>
       <c r="B130" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="C130">
         <v>8210043476</v>
       </c>
       <c r="D130">
         <v>577746</v>
       </c>
       <c r="E130">
         <v>220</v>
       </c>
       <c r="F130" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="G130" t="s">
         <v>70</v>
       </c>
       <c r="H130" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="I130">
         <v>55.2</v>
       </c>
       <c r="J130" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="K130" t="s">
         <v>73</v>
       </c>
       <c r="L130">
         <v>8202334324</v>
       </c>
       <c r="M130" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="N130" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="O130"/>
       <c r="P130">
         <v>11848893763</v>
       </c>
       <c r="Q130" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="R130" t="s">
         <v>76</v>
       </c>
       <c r="S130" t="s">
         <v>76</v>
       </c>
       <c r="T130" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U130">
         <v>8210043476</v>
       </c>
       <c r="V130">
         <v>577746</v>
       </c>
       <c r="W130" t="s">
         <v>76</v>
       </c>
       <c r="X130">
         <v>220</v>
       </c>
       <c r="Y130">
         <v>19.8</v>
       </c>
       <c r="Z130" t="s">
         <v>76</v>
       </c>
       <c r="AA130" t="s">
         <v>66</v>
       </c>
       <c r="AB130" t="s">
         <v>78</v>
       </c>
       <c r="AC130" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="AD130">
         <v>11848893763</v>
       </c>
       <c r="AE130" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="AF130" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="AG130" t="s">
         <v>76</v>
       </c>
       <c r="AH130" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="AI130"/>
       <c r="AJ130" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="AK130" t="s">
         <v>70</v>
       </c>
       <c r="AL130" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="AM130" t="s">
         <v>82</v>
       </c>
       <c r="AN130" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="AO130">
         <v>55.2</v>
       </c>
       <c r="AP130" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AQ130" t="s">
         <v>73</v>
       </c>
       <c r="AR130" t="s">
         <v>84</v>
       </c>
       <c r="AS130">
         <v>279949494238</v>
       </c>
       <c r="AT130" t="s">
         <v>76</v>
       </c>
       <c r="AU130"/>
       <c r="AV130"/>
       <c r="AW130">
         <v>0</v>
       </c>
       <c r="AX130" t="s">
         <v>85</v>
       </c>
       <c r="AY130">
         <v>8202334324</v>
       </c>
       <c r="AZ130" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="BA130" t="s">
         <v>86</v>
       </c>
       <c r="BB130" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="BC130" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="BD130" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="BE130" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="BF130" t="s">
         <v>76</v>
       </c>
       <c r="BG130" t="s">
         <v>76</v>
       </c>
       <c r="BH130">
-        <v>380</v>
+        <v>427</v>
       </c>
       <c r="BI130" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ130"/>
       <c r="BK130"/>
       <c r="BL130"/>
       <c r="BM130" t="s">
         <v>76</v>
       </c>
       <c r="BN130" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="BO130">
         <v>0</v>
       </c>
       <c r="BP130" t="s">
         <v>73</v>
       </c>
       <c r="BQ130" t="s">
         <v>76</v>
       </c>
       <c r="BR130">
         <v>4356</v>
       </c>
       <c r="BS130"/>
     </row>
     <row r="131" spans="1:71">
       <c r="A131" t="s">
         <v>66</v>
       </c>
       <c r="B131" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="C131" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="D131">
         <v>577365</v>
       </c>
       <c r="E131">
         <v>389</v>
       </c>
       <c r="F131" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="G131" t="s">
         <v>70</v>
       </c>
       <c r="H131" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="I131">
         <v>135.99</v>
       </c>
       <c r="J131" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="K131" t="s">
         <v>73</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131">
         <v>1043508258</v>
       </c>
       <c r="Q131" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="R131" t="s">
         <v>76</v>
       </c>
       <c r="S131" t="s">
         <v>76</v>
       </c>
       <c r="T131" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U131" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="V131">
         <v>577365</v>
       </c>
       <c r="W131" t="s">
         <v>76</v>
       </c>
       <c r="X131">
         <v>389</v>
       </c>
       <c r="Y131">
         <v>1</v>
       </c>
       <c r="Z131" t="s">
         <v>76</v>
       </c>
       <c r="AA131" t="s">
         <v>66</v>
       </c>
       <c r="AB131" t="s">
         <v>78</v>
       </c>
       <c r="AC131" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="AD131">
         <v>1043508258</v>
       </c>
       <c r="AE131">
         <v>4491393400</v>
       </c>
       <c r="AF131">
         <v>4491393400</v>
       </c>
       <c r="AG131" t="s">
         <v>76</v>
       </c>
       <c r="AH131" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="AI131"/>
       <c r="AJ131" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="AK131" t="s">
         <v>70</v>
       </c>
       <c r="AL131" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="AM131" t="s">
         <v>82</v>
       </c>
       <c r="AN131" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="AO131">
         <v>135.99</v>
       </c>
       <c r="AP131" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="AQ131" t="s">
         <v>73</v>
       </c>
       <c r="AR131" t="s">
         <v>84</v>
       </c>
       <c r="AS131">
         <v>279608181713</v>
       </c>
       <c r="AT131" t="s">
         <v>76</v>
       </c>
       <c r="AU131"/>
       <c r="AV131"/>
       <c r="AW131">
         <v>0</v>
       </c>
       <c r="AX131" t="s">
         <v>85</v>
       </c>
       <c r="AY131"/>
       <c r="AZ131" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA131" t="s">
         <v>86</v>
       </c>
       <c r="BB131" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="BC131" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="BD131" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="BE131" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="BF131" t="s">
         <v>76</v>
       </c>
       <c r="BG131" t="s">
         <v>76</v>
       </c>
       <c r="BH131">
-        <v>387</v>
+        <v>434</v>
       </c>
       <c r="BI131" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ131"/>
       <c r="BK131"/>
       <c r="BL131"/>
       <c r="BM131" t="s">
         <v>76</v>
       </c>
       <c r="BN131" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="BO131">
         <v>0</v>
       </c>
       <c r="BP131" t="s">
         <v>73</v>
       </c>
       <c r="BQ131" t="s">
         <v>76</v>
       </c>
       <c r="BR131">
         <v>389</v>
       </c>
       <c r="BS131"/>
     </row>
     <row r="132" spans="1:71">
       <c r="A132" t="s">
         <v>66</v>
       </c>
       <c r="B132" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="C132" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="D132">
         <v>577364</v>
       </c>
       <c r="E132">
         <v>249</v>
       </c>
       <c r="F132" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="G132" t="s">
         <v>70</v>
       </c>
       <c r="H132" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="I132">
         <v>68.99</v>
       </c>
       <c r="J132" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="K132" t="s">
         <v>73</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132">
         <v>11846820115</v>
       </c>
       <c r="Q132" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="R132" t="s">
         <v>76</v>
       </c>
       <c r="S132" t="s">
         <v>76</v>
       </c>
       <c r="T132" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U132" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="V132">
         <v>577364</v>
       </c>
       <c r="W132" t="s">
         <v>76</v>
       </c>
       <c r="X132">
         <v>249</v>
       </c>
       <c r="Y132">
         <v>1</v>
       </c>
       <c r="Z132" t="s">
         <v>76</v>
       </c>
       <c r="AA132" t="s">
         <v>66</v>
       </c>
       <c r="AB132" t="s">
         <v>78</v>
       </c>
       <c r="AC132" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="AD132">
         <v>11846820115</v>
       </c>
       <c r="AE132">
         <v>7444693000</v>
       </c>
       <c r="AF132">
         <v>7444693000</v>
       </c>
       <c r="AG132" t="s">
         <v>76</v>
       </c>
       <c r="AH132" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="AI132"/>
       <c r="AJ132" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="AK132" t="s">
         <v>70</v>
       </c>
       <c r="AL132" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="AM132" t="s">
         <v>82</v>
       </c>
       <c r="AN132" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="AO132">
         <v>68.99</v>
       </c>
       <c r="AP132" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="AQ132" t="s">
         <v>73</v>
       </c>
       <c r="AR132" t="s">
         <v>84</v>
       </c>
       <c r="AS132">
         <v>279612957893</v>
       </c>
       <c r="AT132" t="s">
         <v>76</v>
       </c>
       <c r="AU132"/>
       <c r="AV132"/>
       <c r="AW132"/>
       <c r="AX132" t="s">
         <v>85</v>
       </c>
       <c r="AY132"/>
       <c r="AZ132" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA132" t="s">
         <v>86</v>
       </c>
       <c r="BB132" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="BC132" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="BD132" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="BE132" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="BF132" t="s">
         <v>76</v>
       </c>
       <c r="BG132" t="s">
         <v>76</v>
       </c>
       <c r="BH132">
-        <v>388</v>
+        <v>435</v>
       </c>
       <c r="BI132" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ132"/>
       <c r="BK132"/>
       <c r="BL132"/>
       <c r="BM132" t="s">
         <v>76</v>
       </c>
       <c r="BN132" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="BO132">
         <v>0</v>
       </c>
       <c r="BP132" t="s">
         <v>73</v>
       </c>
       <c r="BQ132" t="s">
         <v>76</v>
       </c>
       <c r="BR132">
         <v>249</v>
       </c>
       <c r="BS132"/>
     </row>
     <row r="133" spans="1:71">
       <c r="A133" t="s">
         <v>66</v>
       </c>
       <c r="B133" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="C133" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="D133">
         <v>576942</v>
       </c>
       <c r="E133">
         <v>551</v>
       </c>
       <c r="F133" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="G133" t="s">
         <v>70</v>
       </c>
       <c r="H133" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="I133">
         <v>213.5</v>
       </c>
       <c r="J133" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="K133" t="s">
         <v>73</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133">
         <v>839216102</v>
       </c>
       <c r="Q133" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="R133" t="s">
         <v>76</v>
       </c>
       <c r="S133" t="s">
         <v>76</v>
       </c>
       <c r="T133" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U133" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="V133">
         <v>576942</v>
       </c>
       <c r="W133" t="s">
         <v>76</v>
       </c>
       <c r="X133">
         <v>551</v>
       </c>
       <c r="Y133">
         <v>1</v>
       </c>
       <c r="Z133" t="s">
         <v>76</v>
       </c>
       <c r="AA133" t="s">
         <v>66</v>
       </c>
       <c r="AB133" t="s">
         <v>78</v>
       </c>
       <c r="AC133" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="AD133">
         <v>839216102</v>
       </c>
       <c r="AE133">
         <v>8181211300</v>
       </c>
       <c r="AF133">
         <v>8181211300</v>
       </c>
       <c r="AG133" t="s">
         <v>76</v>
       </c>
       <c r="AH133" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="AI133"/>
       <c r="AJ133" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="AK133" t="s">
         <v>70</v>
       </c>
       <c r="AL133" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="AM133" t="s">
         <v>82</v>
       </c>
       <c r="AN133" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="AO133">
         <v>213.5</v>
       </c>
       <c r="AP133" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="AQ133" t="s">
         <v>73</v>
       </c>
       <c r="AR133" t="s">
         <v>84</v>
       </c>
       <c r="AS133">
         <v>279327986585</v>
       </c>
       <c r="AT133" t="s">
         <v>76</v>
       </c>
       <c r="AU133"/>
       <c r="AV133"/>
       <c r="AW133">
         <v>0</v>
       </c>
       <c r="AX133" t="s">
         <v>85</v>
       </c>
       <c r="AY133"/>
       <c r="AZ133" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA133" t="s">
         <v>86</v>
       </c>
       <c r="BB133" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="BC133" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="BD133" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="BE133" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="BF133" t="s">
         <v>76</v>
       </c>
       <c r="BG133" t="s">
         <v>76</v>
       </c>
       <c r="BH133">
-        <v>395</v>
+        <v>442</v>
       </c>
       <c r="BI133" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ133"/>
       <c r="BK133"/>
       <c r="BL133"/>
       <c r="BM133" t="s">
         <v>76</v>
       </c>
       <c r="BN133" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="BO133">
         <v>0</v>
       </c>
       <c r="BP133" t="s">
         <v>73</v>
       </c>
       <c r="BQ133" t="s">
         <v>76</v>
       </c>
       <c r="BR133">
         <v>551</v>
       </c>
       <c r="BS133"/>
     </row>
     <row r="134" spans="1:71">
       <c r="A134" t="s">
         <v>66</v>
       </c>
       <c r="B134" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C134" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="D134">
         <v>576891</v>
       </c>
       <c r="E134">
         <v>355</v>
       </c>
       <c r="F134" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="G134" t="s">
         <v>70</v>
       </c>
       <c r="H134" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="I134">
         <v>119.99</v>
       </c>
       <c r="J134" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="K134" t="s">
         <v>73</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134">
         <v>10799715572</v>
       </c>
       <c r="Q134" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="R134" t="s">
         <v>76</v>
       </c>
       <c r="S134" t="s">
         <v>76</v>
       </c>
       <c r="T134" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U134" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="V134">
         <v>576891</v>
       </c>
       <c r="W134" t="s">
         <v>76</v>
       </c>
       <c r="X134">
         <v>355</v>
       </c>
       <c r="Y134">
         <v>1</v>
       </c>
       <c r="Z134" t="s">
         <v>76</v>
       </c>
       <c r="AA134" t="s">
         <v>66</v>
       </c>
       <c r="AB134" t="s">
         <v>78</v>
       </c>
       <c r="AC134" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="AD134">
         <v>10799715572</v>
       </c>
       <c r="AE134" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="AF134" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="AG134" t="s">
         <v>76</v>
       </c>
       <c r="AH134" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="AI134"/>
       <c r="AJ134" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="AK134" t="s">
         <v>70</v>
       </c>
       <c r="AL134" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="AM134" t="s">
         <v>82</v>
       </c>
       <c r="AN134" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="AO134">
         <v>119.99</v>
       </c>
       <c r="AP134" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="AQ134" t="s">
         <v>73</v>
       </c>
       <c r="AR134" t="s">
         <v>84</v>
       </c>
       <c r="AS134">
         <v>279281005434</v>
       </c>
       <c r="AT134" t="s">
         <v>76</v>
       </c>
       <c r="AU134"/>
       <c r="AV134"/>
       <c r="AW134">
         <v>0</v>
       </c>
       <c r="AX134" t="s">
         <v>85</v>
       </c>
       <c r="AY134"/>
       <c r="AZ134" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA134" t="s">
         <v>86</v>
       </c>
       <c r="BB134" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="BC134" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="BD134" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="BE134" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="BF134" t="s">
         <v>76</v>
       </c>
       <c r="BG134" t="s">
         <v>76</v>
       </c>
       <c r="BH134">
-        <v>397</v>
+        <v>444</v>
       </c>
       <c r="BI134" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ134"/>
       <c r="BK134"/>
       <c r="BL134"/>
       <c r="BM134" t="s">
         <v>76</v>
       </c>
       <c r="BN134" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="BO134">
         <v>0</v>
       </c>
       <c r="BP134" t="s">
         <v>73</v>
       </c>
       <c r="BQ134" t="s">
         <v>76</v>
       </c>
       <c r="BR134">
         <v>355</v>
       </c>
       <c r="BS134"/>
     </row>
     <row r="135" spans="1:71">
       <c r="A135" t="s">
         <v>66</v>
       </c>
       <c r="B135" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="C135" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="D135">
         <v>576799</v>
       </c>
       <c r="E135">
         <v>240.14</v>
       </c>
       <c r="F135" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="G135" t="s">
         <v>70</v>
       </c>
       <c r="H135" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="I135">
         <v>63</v>
       </c>
       <c r="J135" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="K135" t="s">
         <v>73</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135">
         <v>568059053</v>
       </c>
       <c r="Q135" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="R135" t="s">
         <v>76</v>
       </c>
       <c r="S135" t="s">
         <v>76</v>
       </c>
       <c r="T135" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U135" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="V135">
         <v>576799</v>
       </c>
       <c r="W135" t="s">
         <v>76</v>
       </c>
       <c r="X135">
         <v>240.14</v>
       </c>
       <c r="Y135">
         <v>1</v>
       </c>
       <c r="Z135" t="s">
         <v>76</v>
       </c>
       <c r="AA135" t="s">
         <v>66</v>
       </c>
       <c r="AB135" t="s">
         <v>78</v>
       </c>
       <c r="AC135" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="AD135">
         <v>568059053</v>
       </c>
       <c r="AE135" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="AF135" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="AG135" t="s">
         <v>76</v>
       </c>
       <c r="AH135" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="AI135"/>
       <c r="AJ135" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="AK135" t="s">
         <v>70</v>
       </c>
       <c r="AL135" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="AM135" t="s">
         <v>82</v>
       </c>
       <c r="AN135" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="AO135">
         <v>63</v>
       </c>
       <c r="AP135" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="AQ135" t="s">
         <v>73</v>
       </c>
       <c r="AR135" t="s">
         <v>84</v>
       </c>
       <c r="AS135">
         <v>279256811213</v>
       </c>
       <c r="AT135" t="s">
         <v>76</v>
       </c>
       <c r="AU135"/>
       <c r="AV135"/>
       <c r="AW135">
         <v>0</v>
       </c>
       <c r="AX135" t="s">
         <v>85</v>
       </c>
       <c r="AY135"/>
       <c r="AZ135" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA135" t="s">
         <v>86</v>
       </c>
       <c r="BB135" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="BC135" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="BD135" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="BE135" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="BF135" t="s">
         <v>76</v>
       </c>
       <c r="BG135" t="s">
         <v>76</v>
       </c>
       <c r="BH135">
-        <v>399</v>
+        <v>446</v>
       </c>
       <c r="BI135" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ135"/>
       <c r="BK135"/>
       <c r="BL135"/>
       <c r="BM135" t="s">
         <v>76</v>
       </c>
       <c r="BN135" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="BO135">
         <v>0</v>
       </c>
       <c r="BP135" t="s">
         <v>73</v>
       </c>
       <c r="BQ135" t="s">
         <v>76</v>
       </c>
       <c r="BR135">
         <v>240.14</v>
       </c>
       <c r="BS135"/>
     </row>
     <row r="136" spans="1:71">
       <c r="A136" t="s">
         <v>66</v>
       </c>
       <c r="B136" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C136" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="D136">
         <v>575681</v>
       </c>
       <c r="E136">
         <v>251.84</v>
       </c>
       <c r="F136" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="G136" t="s">
         <v>70</v>
       </c>
       <c r="H136" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="I136">
         <v>79.99</v>
       </c>
       <c r="J136" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="K136" t="s">
         <v>73</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136">
         <v>24525389932</v>
       </c>
       <c r="Q136" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="R136" t="s">
         <v>76</v>
       </c>
       <c r="S136" t="s">
         <v>76</v>
       </c>
       <c r="T136" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U136" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="V136">
         <v>575681</v>
       </c>
       <c r="W136" t="s">
         <v>76</v>
       </c>
       <c r="X136">
         <v>251.84</v>
       </c>
       <c r="Y136">
         <v>1</v>
       </c>
       <c r="Z136" t="s">
         <v>76</v>
       </c>
       <c r="AA136" t="s">
         <v>66</v>
       </c>
       <c r="AB136" t="s">
         <v>78</v>
       </c>
       <c r="AC136" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="AD136">
         <v>24525389932</v>
       </c>
       <c r="AE136" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="AF136" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="AG136" t="s">
         <v>76</v>
       </c>
       <c r="AH136" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="AI136"/>
       <c r="AJ136" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="AK136" t="s">
         <v>70</v>
       </c>
       <c r="AL136" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="AM136" t="s">
         <v>82</v>
       </c>
       <c r="AN136" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="AO136">
         <v>79.99</v>
       </c>
       <c r="AP136" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="AQ136" t="s">
         <v>73</v>
       </c>
       <c r="AR136" t="s">
         <v>84</v>
       </c>
       <c r="AS136">
         <v>278481094321</v>
       </c>
       <c r="AT136" t="s">
         <v>76</v>
       </c>
       <c r="AU136"/>
       <c r="AV136"/>
       <c r="AW136">
         <v>0</v>
       </c>
       <c r="AX136" t="s">
         <v>85</v>
       </c>
       <c r="AY136"/>
       <c r="AZ136" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA136" t="s">
         <v>86</v>
       </c>
       <c r="BB136" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="BC136" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="BD136" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="BE136" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="BF136" t="s">
         <v>76</v>
       </c>
       <c r="BG136" t="s">
         <v>76</v>
       </c>
       <c r="BH136">
-        <v>416</v>
+        <v>463</v>
       </c>
       <c r="BI136" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ136"/>
       <c r="BK136"/>
       <c r="BL136"/>
       <c r="BM136" t="s">
         <v>76</v>
       </c>
       <c r="BN136" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="BO136">
         <v>0</v>
       </c>
       <c r="BP136" t="s">
         <v>73</v>
       </c>
       <c r="BQ136" t="s">
         <v>76</v>
       </c>
       <c r="BR136">
         <v>251.84</v>
       </c>
       <c r="BS136"/>
     </row>
     <row r="137" spans="1:71">
       <c r="A137" t="s">
         <v>66</v>
       </c>
       <c r="B137" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="C137" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="D137">
         <v>575683</v>
       </c>
       <c r="E137">
         <v>221.4</v>
       </c>
       <c r="F137" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="G137" t="s">
         <v>70</v>
       </c>
       <c r="H137" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="I137">
         <v>52.8</v>
       </c>
       <c r="J137" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="K137" t="s">
         <v>73</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137">
         <v>3078949091</v>
       </c>
       <c r="Q137" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="R137" t="s">
         <v>76</v>
       </c>
       <c r="S137" t="s">
         <v>76</v>
       </c>
       <c r="T137" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U137" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="V137">
         <v>575683</v>
       </c>
       <c r="W137" t="s">
         <v>76</v>
       </c>
       <c r="X137">
         <v>221.4</v>
       </c>
       <c r="Y137">
         <v>1</v>
       </c>
       <c r="Z137" t="s">
         <v>76</v>
       </c>
       <c r="AA137" t="s">
         <v>66</v>
       </c>
       <c r="AB137" t="s">
         <v>78</v>
       </c>
       <c r="AC137" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="AD137">
         <v>3078949091</v>
       </c>
       <c r="AE137" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="AF137" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="AG137" t="s">
         <v>76</v>
       </c>
       <c r="AH137" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="AI137"/>
       <c r="AJ137" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="AK137" t="s">
         <v>70</v>
       </c>
       <c r="AL137" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="AM137" t="s">
         <v>82</v>
       </c>
       <c r="AN137" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="AO137">
         <v>52.8</v>
       </c>
       <c r="AP137" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="AQ137" t="s">
         <v>73</v>
       </c>
       <c r="AR137" t="s">
         <v>84</v>
       </c>
       <c r="AS137">
         <v>278481177480</v>
       </c>
       <c r="AT137" t="s">
         <v>76</v>
       </c>
       <c r="AU137"/>
       <c r="AV137"/>
       <c r="AW137">
         <v>0</v>
       </c>
       <c r="AX137" t="s">
         <v>85</v>
       </c>
       <c r="AY137"/>
       <c r="AZ137" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA137" t="s">
         <v>86</v>
       </c>
       <c r="BB137" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="BC137" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="BD137" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="BE137" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="BF137" t="s">
         <v>76</v>
       </c>
       <c r="BG137" t="s">
         <v>76</v>
       </c>
       <c r="BH137">
-        <v>416</v>
+        <v>463</v>
       </c>
       <c r="BI137" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ137"/>
       <c r="BK137"/>
       <c r="BL137"/>
       <c r="BM137" t="s">
         <v>76</v>
       </c>
       <c r="BN137" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="BO137">
         <v>0</v>
       </c>
       <c r="BP137" t="s">
         <v>73</v>
       </c>
       <c r="BQ137" t="s">
         <v>76</v>
       </c>
       <c r="BR137">
         <v>221.4</v>
       </c>
       <c r="BS137"/>
     </row>
     <row r="138" spans="1:71">
       <c r="A138" t="s">
         <v>66</v>
       </c>
       <c r="B138" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="C138" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="D138">
         <v>575682</v>
       </c>
       <c r="E138">
         <v>272.65</v>
       </c>
       <c r="F138" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="G138" t="s">
         <v>70</v>
       </c>
       <c r="H138" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="I138">
         <v>76.8</v>
       </c>
       <c r="J138" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="K138" t="s">
         <v>73</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138">
         <v>8311478142</v>
       </c>
       <c r="Q138" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="R138" t="s">
         <v>76</v>
       </c>
       <c r="S138" t="s">
         <v>76</v>
       </c>
       <c r="T138" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U138" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="V138">
         <v>575682</v>
       </c>
       <c r="W138" t="s">
         <v>76</v>
       </c>
       <c r="X138">
         <v>272.65</v>
       </c>
       <c r="Y138">
         <v>1</v>
       </c>
       <c r="Z138" t="s">
         <v>76</v>
       </c>
       <c r="AA138" t="s">
         <v>66</v>
       </c>
       <c r="AB138" t="s">
         <v>78</v>
       </c>
       <c r="AC138" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="AD138">
         <v>8311478142</v>
       </c>
       <c r="AE138">
         <v>6699891900</v>
       </c>
       <c r="AF138">
         <v>6699891900</v>
       </c>
       <c r="AG138" t="s">
         <v>76</v>
       </c>
       <c r="AH138" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="AI138"/>
       <c r="AJ138" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="AK138" t="s">
         <v>70</v>
       </c>
       <c r="AL138" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="AM138" t="s">
         <v>82</v>
       </c>
       <c r="AN138" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="AO138">
         <v>76.8</v>
       </c>
       <c r="AP138" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="AQ138" t="s">
         <v>73</v>
       </c>
       <c r="AR138" t="s">
         <v>84</v>
       </c>
       <c r="AS138">
         <v>278481061904</v>
       </c>
       <c r="AT138" t="s">
         <v>76</v>
       </c>
       <c r="AU138"/>
       <c r="AV138"/>
       <c r="AW138">
         <v>0</v>
       </c>
       <c r="AX138" t="s">
         <v>85</v>
       </c>
       <c r="AY138"/>
       <c r="AZ138" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA138" t="s">
         <v>86</v>
       </c>
       <c r="BB138" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="BC138" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="BD138" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="BE138" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="BF138" t="s">
         <v>76</v>
       </c>
       <c r="BG138" t="s">
         <v>76</v>
       </c>
       <c r="BH138">
-        <v>416</v>
+        <v>463</v>
       </c>
       <c r="BI138" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ138"/>
       <c r="BK138"/>
       <c r="BL138"/>
       <c r="BM138" t="s">
         <v>76</v>
       </c>
       <c r="BN138" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="BO138">
         <v>0</v>
       </c>
       <c r="BP138" t="s">
         <v>73</v>
       </c>
       <c r="BQ138" t="s">
         <v>76</v>
       </c>
       <c r="BR138">
         <v>272.65</v>
       </c>
       <c r="BS138"/>
     </row>
     <row r="139" spans="1:71">
       <c r="A139" t="s">
         <v>66</v>
       </c>
       <c r="B139" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="C139" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="D139">
         <v>575301</v>
       </c>
       <c r="E139">
         <v>972.71</v>
       </c>
       <c r="F139" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="G139" t="s">
         <v>70</v>
       </c>
       <c r="H139" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="I139">
         <v>302.38</v>
       </c>
       <c r="J139" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="K139" t="s">
         <v>73</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139">
         <v>1507040282</v>
       </c>
       <c r="Q139" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="R139" t="s">
         <v>76</v>
       </c>
       <c r="S139" t="s">
         <v>76</v>
       </c>
       <c r="T139" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U139" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="V139">
         <v>575301</v>
       </c>
       <c r="W139" t="s">
         <v>76</v>
       </c>
       <c r="X139">
         <v>972.71</v>
       </c>
       <c r="Y139">
         <v>1</v>
       </c>
       <c r="Z139" t="s">
         <v>76</v>
       </c>
       <c r="AA139" t="s">
         <v>66</v>
       </c>
       <c r="AB139" t="s">
         <v>78</v>
       </c>
       <c r="AC139" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="AD139">
         <v>1507040282</v>
       </c>
       <c r="AE139">
         <v>7222754600</v>
       </c>
       <c r="AF139">
         <v>7222754600</v>
       </c>
       <c r="AG139" t="s">
         <v>76</v>
       </c>
       <c r="AH139" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="AI139"/>
       <c r="AJ139" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="AK139" t="s">
         <v>70</v>
       </c>
       <c r="AL139" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="AM139" t="s">
         <v>82</v>
       </c>
       <c r="AN139" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="AO139">
         <v>302.38</v>
       </c>
       <c r="AP139" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="AQ139" t="s">
         <v>73</v>
       </c>
       <c r="AR139" t="s">
         <v>84</v>
       </c>
       <c r="AS139">
         <v>278229452988</v>
       </c>
       <c r="AT139" t="s">
         <v>76</v>
       </c>
       <c r="AU139"/>
       <c r="AV139"/>
       <c r="AW139"/>
       <c r="AX139" t="s">
         <v>85</v>
       </c>
       <c r="AY139"/>
       <c r="AZ139" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA139" t="s">
         <v>86</v>
       </c>
       <c r="BB139" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="BC139" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="BD139" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="BE139" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="BF139" t="s">
         <v>76</v>
       </c>
       <c r="BG139" t="s">
         <v>76</v>
       </c>
       <c r="BH139">
-        <v>425</v>
+        <v>472</v>
       </c>
       <c r="BI139" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ139"/>
       <c r="BK139"/>
       <c r="BL139"/>
       <c r="BM139" t="s">
         <v>76</v>
       </c>
       <c r="BN139" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="BO139">
         <v>0</v>
       </c>
       <c r="BP139" t="s">
         <v>73</v>
       </c>
       <c r="BQ139" t="s">
         <v>76</v>
       </c>
       <c r="BR139">
         <v>972.71</v>
       </c>
       <c r="BS139"/>
     </row>
     <row r="140" spans="1:71">
       <c r="A140" t="s">
         <v>66</v>
       </c>
       <c r="B140" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="C140" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="D140">
         <v>575278</v>
       </c>
       <c r="E140">
         <v>364.9</v>
       </c>
       <c r="F140" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="G140" t="s">
         <v>70</v>
       </c>
       <c r="H140" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="I140">
         <v>119.99</v>
       </c>
       <c r="J140" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="K140" t="s">
         <v>73</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140">
         <v>27329542585</v>
       </c>
       <c r="Q140" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="R140" t="s">
         <v>76</v>
       </c>
       <c r="S140" t="s">
         <v>76</v>
       </c>
       <c r="T140" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U140" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="V140">
         <v>575278</v>
       </c>
       <c r="W140" t="s">
         <v>76</v>
       </c>
       <c r="X140">
         <v>364.9</v>
       </c>
       <c r="Y140">
         <v>1</v>
       </c>
       <c r="Z140" t="s">
         <v>76</v>
       </c>
       <c r="AA140" t="s">
         <v>66</v>
       </c>
       <c r="AB140" t="s">
         <v>78</v>
       </c>
       <c r="AC140" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="AD140">
         <v>27329542585</v>
       </c>
       <c r="AE140" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="AF140" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="AG140" t="s">
         <v>76</v>
       </c>
       <c r="AH140" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="AI140"/>
       <c r="AJ140" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="AK140" t="s">
         <v>70</v>
       </c>
       <c r="AL140" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="AM140" t="s">
         <v>82</v>
       </c>
       <c r="AN140" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="AO140">
         <v>119.99</v>
       </c>
       <c r="AP140" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="AQ140" t="s">
         <v>73</v>
       </c>
       <c r="AR140" t="s">
         <v>84</v>
       </c>
       <c r="AS140">
         <v>278193009169</v>
       </c>
       <c r="AT140" t="s">
         <v>76</v>
       </c>
       <c r="AU140"/>
       <c r="AV140"/>
       <c r="AW140">
         <v>0</v>
       </c>
       <c r="AX140" t="s">
         <v>85</v>
       </c>
       <c r="AY140"/>
       <c r="AZ140" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA140" t="s">
         <v>86</v>
       </c>
       <c r="BB140" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="BC140" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="BD140" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="BE140" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="BF140" t="s">
         <v>76</v>
       </c>
       <c r="BG140" t="s">
         <v>76</v>
       </c>
       <c r="BH140">
-        <v>426</v>
+        <v>473</v>
       </c>
       <c r="BI140" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ140"/>
       <c r="BK140"/>
       <c r="BL140"/>
       <c r="BM140" t="s">
         <v>76</v>
       </c>
       <c r="BN140" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="BO140">
         <v>0</v>
       </c>
       <c r="BP140" t="s">
         <v>73</v>
       </c>
       <c r="BQ140" t="s">
         <v>76</v>
       </c>
       <c r="BR140">
         <v>364.9</v>
       </c>
       <c r="BS140"/>
     </row>
     <row r="141" spans="1:71">
       <c r="A141" t="s">
         <v>66</v>
       </c>
       <c r="B141" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="C141" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="D141">
         <v>574810</v>
       </c>
       <c r="E141">
         <v>299.68</v>
       </c>
       <c r="F141" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="G141" t="s">
         <v>70</v>
       </c>
       <c r="H141" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="I141">
         <v>87.99</v>
       </c>
       <c r="J141" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="K141" t="s">
         <v>73</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141">
         <v>749701798</v>
       </c>
       <c r="Q141" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="R141" t="s">
         <v>76</v>
       </c>
       <c r="S141" t="s">
         <v>76</v>
       </c>
       <c r="T141" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U141" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="V141">
         <v>574810</v>
       </c>
       <c r="W141" t="s">
         <v>76</v>
       </c>
       <c r="X141">
         <v>299.68</v>
       </c>
       <c r="Y141">
         <v>1</v>
       </c>
       <c r="Z141" t="s">
         <v>76</v>
       </c>
       <c r="AA141" t="s">
         <v>66</v>
       </c>
       <c r="AB141" t="s">
         <v>78</v>
       </c>
       <c r="AC141" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="AD141">
         <v>749701798</v>
       </c>
       <c r="AE141" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="AF141" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="AG141" t="s">
         <v>76</v>
       </c>
       <c r="AH141" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="AI141"/>
       <c r="AJ141" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="AK141" t="s">
         <v>70</v>
       </c>
       <c r="AL141" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="AM141" t="s">
         <v>82</v>
       </c>
       <c r="AN141" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="AO141">
         <v>87.99</v>
       </c>
       <c r="AP141" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="AQ141" t="s">
         <v>73</v>
       </c>
       <c r="AR141" t="s">
         <v>84</v>
       </c>
       <c r="AS141">
         <v>277929412472</v>
       </c>
       <c r="AT141" t="s">
         <v>76</v>
       </c>
       <c r="AU141"/>
       <c r="AV141"/>
       <c r="AW141">
         <v>0</v>
       </c>
       <c r="AX141" t="s">
         <v>85</v>
       </c>
       <c r="AY141"/>
       <c r="AZ141" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA141" t="s">
         <v>86</v>
       </c>
       <c r="BB141" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="BC141" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="BD141" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="BE141" t="s">
-        <v>1438</v>
+        <v>1443</v>
       </c>
       <c r="BF141" t="s">
         <v>76</v>
       </c>
       <c r="BG141" t="s">
         <v>76</v>
       </c>
       <c r="BH141">
-        <v>430</v>
+        <v>477</v>
       </c>
       <c r="BI141" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ141"/>
       <c r="BK141"/>
       <c r="BL141"/>
       <c r="BM141" t="s">
         <v>76</v>
       </c>
       <c r="BN141" t="s">
-        <v>1439</v>
+        <v>1444</v>
       </c>
       <c r="BO141">
         <v>0</v>
       </c>
       <c r="BP141" t="s">
         <v>73</v>
       </c>
       <c r="BQ141" t="s">
         <v>76</v>
       </c>
       <c r="BR141">
         <v>299.68</v>
       </c>
       <c r="BS141"/>
     </row>
     <row r="142" spans="1:71">
       <c r="A142" t="s">
         <v>66</v>
       </c>
       <c r="B142" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="C142" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="D142">
         <v>574809</v>
       </c>
       <c r="E142">
         <v>234</v>
       </c>
       <c r="F142" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="G142" t="s">
         <v>70</v>
       </c>
       <c r="H142" t="s">
-        <v>1443</v>
+        <v>1448</v>
       </c>
       <c r="I142">
         <v>57.6</v>
       </c>
       <c r="J142" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="K142" t="s">
         <v>73</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142">
         <v>18479483991</v>
       </c>
       <c r="Q142" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="R142" t="s">
         <v>76</v>
       </c>
       <c r="S142" t="s">
         <v>76</v>
       </c>
       <c r="T142" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U142" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="V142">
         <v>574809</v>
       </c>
       <c r="W142" t="s">
         <v>76</v>
       </c>
       <c r="X142">
         <v>234</v>
       </c>
       <c r="Y142">
         <v>1</v>
       </c>
       <c r="Z142" t="s">
         <v>76</v>
       </c>
       <c r="AA142" t="s">
         <v>66</v>
       </c>
       <c r="AB142" t="s">
         <v>78</v>
       </c>
       <c r="AC142" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="AD142">
         <v>18479483991</v>
       </c>
       <c r="AE142" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="AF142" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="AG142" t="s">
         <v>76</v>
       </c>
       <c r="AH142" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
       <c r="AI142"/>
       <c r="AJ142" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="AK142" t="s">
         <v>70</v>
       </c>
       <c r="AL142" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="AM142" t="s">
         <v>82</v>
       </c>
       <c r="AN142" t="s">
-        <v>1443</v>
+        <v>1448</v>
       </c>
       <c r="AO142">
         <v>57.6</v>
       </c>
       <c r="AP142" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="AQ142" t="s">
         <v>73</v>
       </c>
       <c r="AR142" t="s">
         <v>84</v>
       </c>
       <c r="AS142">
         <v>277929232192</v>
       </c>
       <c r="AT142" t="s">
         <v>76</v>
       </c>
       <c r="AU142"/>
       <c r="AV142"/>
       <c r="AW142"/>
       <c r="AX142" t="s">
         <v>85</v>
       </c>
       <c r="AY142"/>
       <c r="AZ142" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA142" t="s">
         <v>86</v>
       </c>
       <c r="BB142" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="BC142" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="BD142" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="BE142" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
       <c r="BF142" t="s">
         <v>76</v>
       </c>
       <c r="BG142" t="s">
         <v>76</v>
       </c>
       <c r="BH142">
-        <v>432</v>
+        <v>479</v>
       </c>
       <c r="BI142" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ142"/>
       <c r="BK142"/>
       <c r="BL142"/>
       <c r="BM142" t="s">
         <v>76</v>
       </c>
       <c r="BN142" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="BO142">
         <v>0</v>
       </c>
       <c r="BP142" t="s">
         <v>73</v>
       </c>
       <c r="BQ142" t="s">
         <v>76</v>
       </c>
       <c r="BR142">
         <v>234</v>
       </c>
       <c r="BS142"/>
     </row>
     <row r="143" spans="1:71">
       <c r="A143" t="s">
         <v>66</v>
       </c>
       <c r="B143" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="C143" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="D143">
         <v>574555</v>
       </c>
       <c r="E143">
         <v>369.47</v>
       </c>
       <c r="F143" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="G143" t="s">
         <v>70</v>
       </c>
       <c r="H143" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="I143">
         <v>119.99</v>
       </c>
       <c r="J143" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="K143" t="s">
         <v>73</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143">
         <v>5089493152</v>
       </c>
       <c r="Q143" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="R143" t="s">
         <v>76</v>
       </c>
       <c r="S143" t="s">
         <v>76</v>
       </c>
       <c r="T143" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U143" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="V143">
         <v>574555</v>
       </c>
       <c r="W143" t="s">
         <v>76</v>
       </c>
       <c r="X143">
         <v>369.47</v>
       </c>
       <c r="Y143">
         <v>1</v>
       </c>
       <c r="Z143" t="s">
         <v>76</v>
       </c>
       <c r="AA143" t="s">
         <v>66</v>
       </c>
       <c r="AB143" t="s">
         <v>78</v>
       </c>
       <c r="AC143" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="AD143">
         <v>5089493152</v>
       </c>
       <c r="AE143" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="AF143" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="AG143" t="s">
         <v>76</v>
       </c>
       <c r="AH143" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
       <c r="AI143"/>
       <c r="AJ143" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="AK143" t="s">
         <v>70</v>
       </c>
       <c r="AL143" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="AM143" t="s">
         <v>82</v>
       </c>
       <c r="AN143" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="AO143">
         <v>119.99</v>
       </c>
       <c r="AP143" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ143" t="s">
         <v>73</v>
       </c>
       <c r="AR143" t="s">
         <v>84</v>
       </c>
       <c r="AS143">
         <v>277783999469</v>
       </c>
       <c r="AT143" t="s">
         <v>76</v>
       </c>
       <c r="AU143"/>
       <c r="AV143"/>
       <c r="AW143">
         <v>0</v>
       </c>
       <c r="AX143" t="s">
         <v>85</v>
       </c>
       <c r="AY143"/>
       <c r="AZ143" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA143" t="s">
         <v>86</v>
       </c>
       <c r="BB143" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="BC143" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="BD143" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
       <c r="BE143" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="BF143" t="s">
         <v>76</v>
       </c>
       <c r="BG143" t="s">
         <v>76</v>
       </c>
       <c r="BH143">
-        <v>434</v>
+        <v>481</v>
       </c>
       <c r="BI143" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ143"/>
       <c r="BK143"/>
       <c r="BL143"/>
       <c r="BM143" t="s">
         <v>76</v>
       </c>
       <c r="BN143" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
       <c r="BO143">
         <v>0</v>
       </c>
       <c r="BP143" t="s">
         <v>73</v>
       </c>
       <c r="BQ143" t="s">
         <v>76</v>
       </c>
       <c r="BR143">
         <v>369.47</v>
       </c>
       <c r="BS143"/>
     </row>
     <row r="144" spans="1:71">
       <c r="A144" t="s">
         <v>66</v>
       </c>
       <c r="B144" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="C144" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="D144">
         <v>574554</v>
       </c>
       <c r="E144">
         <v>246.32</v>
       </c>
       <c r="F144" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="G144" t="s">
         <v>70</v>
       </c>
       <c r="H144" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="I144">
         <v>63</v>
       </c>
       <c r="J144" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="K144" t="s">
         <v>73</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144">
         <v>16260352416</v>
       </c>
       <c r="Q144" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="R144" t="s">
         <v>76</v>
       </c>
       <c r="S144" t="s">
         <v>76</v>
       </c>
       <c r="T144" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U144" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="V144">
         <v>574554</v>
       </c>
       <c r="W144" t="s">
         <v>76</v>
       </c>
       <c r="X144">
         <v>246.32</v>
       </c>
       <c r="Y144">
         <v>1</v>
       </c>
       <c r="Z144" t="s">
         <v>76</v>
       </c>
       <c r="AA144" t="s">
         <v>66</v>
       </c>
       <c r="AB144" t="s">
         <v>78</v>
       </c>
       <c r="AC144" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="AD144">
         <v>16260352416</v>
       </c>
       <c r="AE144">
         <v>2226893600</v>
       </c>
       <c r="AF144">
         <v>2226893600</v>
       </c>
       <c r="AG144" t="s">
         <v>76</v>
       </c>
       <c r="AH144" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="AI144"/>
       <c r="AJ144" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="AK144" t="s">
         <v>70</v>
       </c>
       <c r="AL144" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="AM144" t="s">
         <v>82</v>
       </c>
       <c r="AN144" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="AO144">
         <v>63</v>
       </c>
       <c r="AP144" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="AQ144" t="s">
         <v>73</v>
       </c>
       <c r="AR144" t="s">
         <v>84</v>
       </c>
       <c r="AS144">
         <v>277783906266</v>
       </c>
       <c r="AT144" t="s">
         <v>76</v>
       </c>
       <c r="AU144"/>
       <c r="AV144"/>
       <c r="AW144">
         <v>0</v>
       </c>
       <c r="AX144" t="s">
         <v>85</v>
       </c>
       <c r="AY144"/>
       <c r="AZ144" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA144" t="s">
         <v>86</v>
       </c>
       <c r="BB144" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="BC144" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="BD144" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="BE144" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="BF144" t="s">
         <v>76</v>
       </c>
       <c r="BG144" t="s">
         <v>76</v>
       </c>
       <c r="BH144">
-        <v>434</v>
+        <v>481</v>
       </c>
       <c r="BI144" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ144"/>
       <c r="BK144"/>
       <c r="BL144"/>
       <c r="BM144" t="s">
         <v>76</v>
       </c>
       <c r="BN144" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
       <c r="BO144">
         <v>0</v>
       </c>
       <c r="BP144" t="s">
         <v>73</v>
       </c>
       <c r="BQ144" t="s">
         <v>76</v>
       </c>
       <c r="BR144">
         <v>246.32</v>
       </c>
       <c r="BS144"/>
     </row>
     <row r="145" spans="1:71">
       <c r="A145" t="s">
         <v>66</v>
       </c>
       <c r="B145" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="C145" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="D145">
         <v>574553</v>
       </c>
       <c r="E145">
         <v>282.24</v>
       </c>
       <c r="F145" t="s">
-        <v>1469</v>
+        <v>1474</v>
       </c>
       <c r="G145" t="s">
         <v>70</v>
       </c>
       <c r="H145" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="I145">
         <v>79.99</v>
       </c>
       <c r="J145" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="K145" t="s">
         <v>73</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145">
         <v>10277307624</v>
       </c>
       <c r="Q145" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="R145" t="s">
         <v>76</v>
       </c>
       <c r="S145" t="s">
         <v>76</v>
       </c>
       <c r="T145" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U145" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="V145">
         <v>574553</v>
       </c>
       <c r="W145" t="s">
         <v>76</v>
       </c>
       <c r="X145">
         <v>282.24</v>
       </c>
       <c r="Y145">
         <v>1</v>
       </c>
       <c r="Z145" t="s">
         <v>76</v>
       </c>
       <c r="AA145" t="s">
         <v>66</v>
       </c>
       <c r="AB145" t="s">
         <v>78</v>
       </c>
       <c r="AC145" t="s">
-        <v>1469</v>
+        <v>1474</v>
       </c>
       <c r="AD145">
         <v>10277307624</v>
       </c>
       <c r="AE145" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="AF145" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="AG145" t="s">
         <v>76</v>
       </c>
       <c r="AH145" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
       <c r="AI145"/>
       <c r="AJ145" t="s">
-        <v>1473</v>
+        <v>1478</v>
       </c>
       <c r="AK145" t="s">
         <v>70</v>
       </c>
       <c r="AL145" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="AM145" t="s">
         <v>82</v>
       </c>
       <c r="AN145" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="AO145">
         <v>79.99</v>
       </c>
       <c r="AP145" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="AQ145" t="s">
         <v>73</v>
       </c>
       <c r="AR145" t="s">
         <v>84</v>
       </c>
       <c r="AS145">
         <v>277784173555</v>
       </c>
       <c r="AT145" t="s">
         <v>76</v>
       </c>
       <c r="AU145"/>
       <c r="AV145"/>
       <c r="AW145">
         <v>0</v>
       </c>
       <c r="AX145" t="s">
         <v>85</v>
       </c>
       <c r="AY145"/>
       <c r="AZ145" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA145" t="s">
         <v>86</v>
       </c>
       <c r="BB145" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="BC145" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="BD145" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="BE145" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="BF145" t="s">
         <v>76</v>
       </c>
       <c r="BG145" t="s">
         <v>76</v>
       </c>
       <c r="BH145">
-        <v>434</v>
+        <v>481</v>
       </c>
       <c r="BI145" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ145"/>
       <c r="BK145"/>
       <c r="BL145"/>
       <c r="BM145" t="s">
         <v>76</v>
       </c>
       <c r="BN145" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="BO145">
         <v>0</v>
       </c>
       <c r="BP145" t="s">
         <v>73</v>
       </c>
       <c r="BQ145" t="s">
         <v>76</v>
       </c>
       <c r="BR145">
         <v>282.24</v>
       </c>
       <c r="BS145"/>
     </row>
     <row r="146" spans="1:71">
       <c r="A146" t="s">
         <v>66</v>
       </c>
       <c r="B146" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="C146" t="s">
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="D146">
         <v>574552</v>
       </c>
       <c r="E146">
         <v>283.26</v>
       </c>
       <c r="F146" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
       <c r="G146" t="s">
         <v>70</v>
       </c>
       <c r="H146" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="I146">
         <v>79.99</v>
       </c>
       <c r="J146" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="K146" t="s">
         <v>73</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146">
         <v>9226759863</v>
       </c>
       <c r="Q146" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="R146" t="s">
         <v>76</v>
       </c>
       <c r="S146" t="s">
         <v>76</v>
       </c>
       <c r="T146" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U146" t="s">
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="V146">
         <v>574552</v>
       </c>
       <c r="W146" t="s">
         <v>76</v>
       </c>
       <c r="X146">
         <v>283.26</v>
       </c>
       <c r="Y146">
         <v>1</v>
       </c>
       <c r="Z146" t="s">
         <v>76</v>
       </c>
       <c r="AA146" t="s">
         <v>66</v>
       </c>
       <c r="AB146" t="s">
         <v>78</v>
       </c>
       <c r="AC146" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
       <c r="AD146">
         <v>9226759863</v>
       </c>
       <c r="AE146" t="s">
-        <v>1482</v>
+        <v>1487</v>
       </c>
       <c r="AF146" t="s">
-        <v>1482</v>
+        <v>1487</v>
       </c>
       <c r="AG146" t="s">
         <v>76</v>
       </c>
       <c r="AH146" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
       <c r="AI146"/>
       <c r="AJ146" t="s">
         <v>81</v>
       </c>
       <c r="AK146" t="s">
         <v>70</v>
       </c>
       <c r="AL146" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="AM146" t="s">
         <v>82</v>
       </c>
       <c r="AN146" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="AO146">
         <v>79.99</v>
       </c>
       <c r="AP146" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="AQ146" t="s">
         <v>73</v>
       </c>
       <c r="AR146" t="s">
         <v>84</v>
       </c>
       <c r="AS146">
         <v>277784520780</v>
       </c>
       <c r="AT146" t="s">
         <v>76</v>
       </c>
       <c r="AU146"/>
       <c r="AV146"/>
       <c r="AW146">
         <v>0</v>
       </c>
       <c r="AX146" t="s">
         <v>85</v>
       </c>
       <c r="AY146"/>
       <c r="AZ146" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA146" t="s">
         <v>86</v>
       </c>
       <c r="BB146" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="BC146" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="BD146" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
       <c r="BE146" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="BF146" t="s">
         <v>76</v>
       </c>
       <c r="BG146" t="s">
         <v>76</v>
       </c>
       <c r="BH146">
-        <v>434</v>
+        <v>481</v>
       </c>
       <c r="BI146" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ146"/>
       <c r="BK146"/>
       <c r="BL146"/>
       <c r="BM146" t="s">
         <v>76</v>
       </c>
       <c r="BN146" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="BO146">
         <v>0</v>
       </c>
       <c r="BP146" t="s">
         <v>73</v>
       </c>
       <c r="BQ146" t="s">
         <v>76</v>
       </c>
       <c r="BR146">
         <v>283.26</v>
       </c>
       <c r="BS146"/>
     </row>
     <row r="147" spans="1:71">
       <c r="A147" t="s">
         <v>66</v>
       </c>
       <c r="B147" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="C147" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="D147">
         <v>574551</v>
       </c>
       <c r="E147">
         <v>369.47</v>
       </c>
       <c r="F147" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="G147" t="s">
         <v>70</v>
       </c>
       <c r="H147" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="I147">
         <v>119.99</v>
       </c>
       <c r="J147" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="K147" t="s">
         <v>73</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147">
         <v>12399731312</v>
       </c>
       <c r="Q147" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="R147" t="s">
         <v>76</v>
       </c>
       <c r="S147" t="s">
         <v>76</v>
       </c>
       <c r="T147" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U147" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="V147">
         <v>574551</v>
       </c>
       <c r="W147" t="s">
         <v>76</v>
       </c>
       <c r="X147">
         <v>369.47</v>
       </c>
       <c r="Y147">
         <v>1</v>
       </c>
       <c r="Z147" t="s">
         <v>76</v>
       </c>
       <c r="AA147" t="s">
         <v>66</v>
       </c>
       <c r="AB147" t="s">
         <v>78</v>
       </c>
       <c r="AC147" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="AD147">
         <v>12399731312</v>
       </c>
       <c r="AE147" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="AF147" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="AG147" t="s">
         <v>76</v>
       </c>
       <c r="AH147" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="AI147"/>
       <c r="AJ147" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
       <c r="AK147" t="s">
         <v>70</v>
       </c>
       <c r="AL147" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="AM147" t="s">
         <v>82</v>
       </c>
       <c r="AN147" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="AO147">
         <v>119.99</v>
       </c>
       <c r="AP147" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ147" t="s">
         <v>73</v>
       </c>
       <c r="AR147" t="s">
         <v>84</v>
       </c>
       <c r="AS147">
         <v>277784124925</v>
       </c>
       <c r="AT147" t="s">
         <v>76</v>
       </c>
       <c r="AU147"/>
       <c r="AV147"/>
       <c r="AW147">
         <v>0</v>
       </c>
       <c r="AX147" t="s">
         <v>85</v>
       </c>
       <c r="AY147"/>
       <c r="AZ147" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA147" t="s">
         <v>86</v>
       </c>
       <c r="BB147" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="BC147" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="BD147" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="BE147" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="BF147" t="s">
         <v>76</v>
       </c>
       <c r="BG147" t="s">
         <v>76</v>
       </c>
       <c r="BH147">
-        <v>435</v>
+        <v>482</v>
       </c>
       <c r="BI147" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ147"/>
       <c r="BK147"/>
       <c r="BL147"/>
       <c r="BM147" t="s">
         <v>76</v>
       </c>
       <c r="BN147" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
       <c r="BO147">
         <v>0</v>
       </c>
       <c r="BP147" t="s">
         <v>73</v>
       </c>
       <c r="BQ147" t="s">
         <v>76</v>
       </c>
       <c r="BR147">
         <v>369.47</v>
       </c>
       <c r="BS147"/>
     </row>
     <row r="148" spans="1:71">
       <c r="A148" t="s">
         <v>66</v>
       </c>
       <c r="B148" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="C148" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="D148">
         <v>574368</v>
       </c>
       <c r="E148">
         <v>299.87</v>
       </c>
       <c r="F148" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="G148" t="s">
         <v>70</v>
       </c>
       <c r="H148" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="I148">
         <v>87.92</v>
       </c>
       <c r="J148" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="K148" t="s">
         <v>73</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148" t="s">
+        <v>1507</v>
+      </c>
+      <c r="Q148" t="s">
         <v>1502</v>
       </c>
-      <c r="Q148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R148" t="s">
         <v>76</v>
       </c>
       <c r="S148" t="s">
         <v>76</v>
       </c>
       <c r="T148" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U148" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="V148">
         <v>574368</v>
       </c>
       <c r="W148" t="s">
         <v>76</v>
       </c>
       <c r="X148">
         <v>299.87</v>
       </c>
       <c r="Y148">
         <v>20</v>
       </c>
       <c r="Z148" t="s">
         <v>76</v>
       </c>
       <c r="AA148" t="s">
         <v>66</v>
       </c>
       <c r="AB148" t="s">
         <v>78</v>
       </c>
       <c r="AC148" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="AD148" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="AE148">
         <v>6673895010</v>
       </c>
       <c r="AF148">
         <v>6673895010</v>
       </c>
       <c r="AG148" t="s">
         <v>76</v>
       </c>
       <c r="AH148" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="AI148"/>
       <c r="AJ148" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="AK148" t="s">
         <v>70</v>
       </c>
       <c r="AL148" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="AM148" t="s">
         <v>82</v>
       </c>
       <c r="AN148" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="AO148">
         <v>87.92</v>
       </c>
       <c r="AP148" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="AQ148" t="s">
         <v>73</v>
       </c>
       <c r="AR148" t="s">
         <v>84</v>
       </c>
       <c r="AS148">
         <v>277725811053</v>
       </c>
       <c r="AT148" t="s">
         <v>76</v>
       </c>
       <c r="AU148"/>
       <c r="AV148"/>
       <c r="AW148">
         <v>0</v>
       </c>
       <c r="AX148" t="s">
         <v>85</v>
       </c>
       <c r="AY148"/>
       <c r="AZ148" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA148" t="s">
         <v>86</v>
       </c>
       <c r="BB148" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="BC148" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="BD148" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="BE148" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="BF148" t="s">
         <v>76</v>
       </c>
       <c r="BG148" t="s">
         <v>76</v>
       </c>
       <c r="BH148">
-        <v>436</v>
+        <v>483</v>
       </c>
       <c r="BI148" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ148"/>
       <c r="BK148"/>
       <c r="BL148"/>
       <c r="BM148" t="s">
         <v>76</v>
       </c>
       <c r="BN148" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="BO148">
         <v>0</v>
       </c>
       <c r="BP148" t="s">
         <v>73</v>
       </c>
       <c r="BQ148" t="s">
         <v>76</v>
       </c>
       <c r="BR148">
         <v>5997.4</v>
       </c>
       <c r="BS148"/>
     </row>
     <row r="149" spans="1:71">
       <c r="A149" t="s">
         <v>66</v>
       </c>
       <c r="B149" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="C149" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="D149">
         <v>574371</v>
       </c>
       <c r="E149">
         <v>278.91</v>
       </c>
       <c r="F149" t="s">
-        <v>1509</v>
+        <v>1514</v>
       </c>
       <c r="G149" t="s">
         <v>70</v>
       </c>
       <c r="H149" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="I149">
         <v>80</v>
       </c>
       <c r="J149" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="K149" t="s">
         <v>73</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149">
         <v>104027234</v>
       </c>
       <c r="Q149" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="R149" t="s">
         <v>76</v>
       </c>
       <c r="S149" t="s">
         <v>76</v>
       </c>
       <c r="T149" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U149" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="V149">
         <v>574371</v>
       </c>
       <c r="W149" t="s">
         <v>76</v>
       </c>
       <c r="X149">
         <v>278.91</v>
       </c>
       <c r="Y149">
         <v>1</v>
       </c>
       <c r="Z149" t="s">
         <v>76</v>
       </c>
       <c r="AA149" t="s">
         <v>66</v>
       </c>
       <c r="AB149" t="s">
         <v>78</v>
       </c>
       <c r="AC149" t="s">
-        <v>1509</v>
+        <v>1514</v>
       </c>
       <c r="AD149">
         <v>104027234</v>
       </c>
       <c r="AE149">
         <v>5519404300</v>
       </c>
       <c r="AF149">
         <v>5519404300</v>
       </c>
       <c r="AG149" t="s">
         <v>76</v>
       </c>
       <c r="AH149" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="AI149"/>
       <c r="AJ149" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
       <c r="AK149" t="s">
         <v>70</v>
       </c>
       <c r="AL149" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="AM149" t="s">
         <v>82</v>
       </c>
       <c r="AN149" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="AO149">
         <v>80</v>
       </c>
       <c r="AP149" t="s">
-        <v>1513</v>
+        <v>1518</v>
       </c>
       <c r="AQ149" t="s">
         <v>73</v>
       </c>
       <c r="AR149" t="s">
         <v>84</v>
       </c>
       <c r="AS149">
         <v>277725610213</v>
       </c>
       <c r="AT149" t="s">
         <v>76</v>
       </c>
       <c r="AU149"/>
       <c r="AV149"/>
       <c r="AW149"/>
       <c r="AX149" t="s">
         <v>85</v>
       </c>
       <c r="AY149"/>
       <c r="AZ149" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA149" t="s">
         <v>86</v>
       </c>
       <c r="BB149" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="BC149" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="BD149" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="BE149" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="BF149" t="s">
         <v>76</v>
       </c>
       <c r="BG149" t="s">
         <v>76</v>
       </c>
       <c r="BH149">
-        <v>436</v>
+        <v>483</v>
       </c>
       <c r="BI149" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ149"/>
       <c r="BK149"/>
       <c r="BL149"/>
       <c r="BM149" t="s">
         <v>76</v>
       </c>
       <c r="BN149" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="BO149">
         <v>0</v>
       </c>
       <c r="BP149" t="s">
         <v>73</v>
       </c>
       <c r="BQ149" t="s">
         <v>76</v>
       </c>
       <c r="BR149">
         <v>278.91</v>
       </c>
       <c r="BS149"/>
     </row>
     <row r="150" spans="1:71">
       <c r="A150" t="s">
         <v>66</v>
       </c>
       <c r="B150" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="C150" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="D150">
         <v>574370</v>
       </c>
       <c r="E150">
         <v>377.28</v>
       </c>
       <c r="F150" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
       <c r="G150" t="s">
         <v>70</v>
       </c>
       <c r="H150" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="I150">
         <v>136</v>
       </c>
       <c r="J150" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="K150" t="s">
         <v>73</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150" t="s">
-        <v>1521</v>
+        <v>1526</v>
       </c>
       <c r="Q150" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="R150" t="s">
         <v>76</v>
       </c>
       <c r="S150" t="s">
         <v>76</v>
       </c>
       <c r="T150" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U150" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="V150">
         <v>574370</v>
       </c>
       <c r="W150" t="s">
         <v>76</v>
       </c>
       <c r="X150">
         <v>377.28</v>
       </c>
       <c r="Y150">
         <v>20</v>
       </c>
       <c r="Z150" t="s">
         <v>76</v>
       </c>
       <c r="AA150" t="s">
         <v>66</v>
       </c>
       <c r="AB150" t="s">
         <v>78</v>
       </c>
       <c r="AC150" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
       <c r="AD150" t="s">
-        <v>1521</v>
+        <v>1526</v>
       </c>
       <c r="AE150">
         <v>2961113221</v>
       </c>
       <c r="AF150">
         <v>2961113221</v>
       </c>
       <c r="AG150" t="s">
         <v>76</v>
       </c>
       <c r="AH150" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="AI150"/>
       <c r="AJ150" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="AK150" t="s">
         <v>70</v>
       </c>
       <c r="AL150" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="AM150" t="s">
         <v>82</v>
       </c>
       <c r="AN150" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="AO150">
         <v>136</v>
       </c>
       <c r="AP150" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="AQ150" t="s">
         <v>73</v>
       </c>
       <c r="AR150" t="s">
         <v>84</v>
       </c>
       <c r="AS150">
         <v>277725548865</v>
       </c>
       <c r="AT150" t="s">
         <v>76</v>
       </c>
       <c r="AU150"/>
       <c r="AV150"/>
       <c r="AW150"/>
       <c r="AX150" t="s">
         <v>85</v>
       </c>
       <c r="AY150"/>
       <c r="AZ150" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA150" t="s">
         <v>86</v>
       </c>
       <c r="BB150" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="BC150" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="BD150" t="s">
-        <v>1524</v>
+        <v>1529</v>
       </c>
       <c r="BE150" t="s">
-        <v>1525</v>
+        <v>1530</v>
       </c>
       <c r="BF150" t="s">
         <v>76</v>
       </c>
       <c r="BG150" t="s">
         <v>76</v>
       </c>
       <c r="BH150">
-        <v>436</v>
+        <v>483</v>
       </c>
       <c r="BI150" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ150"/>
       <c r="BK150"/>
       <c r="BL150"/>
       <c r="BM150" t="s">
         <v>76</v>
       </c>
       <c r="BN150" t="s">
-        <v>1526</v>
+        <v>1531</v>
       </c>
       <c r="BO150">
         <v>0</v>
       </c>
       <c r="BP150" t="s">
         <v>73</v>
       </c>
       <c r="BQ150" t="s">
         <v>76</v>
       </c>
       <c r="BR150">
         <v>7545.6</v>
       </c>
       <c r="BS150"/>
     </row>
     <row r="151" spans="1:71">
       <c r="A151" t="s">
         <v>66</v>
       </c>
       <c r="B151" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
       <c r="C151" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
       <c r="D151">
         <v>574367</v>
       </c>
       <c r="E151">
         <v>278.91</v>
       </c>
       <c r="F151" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="G151" t="s">
         <v>70</v>
       </c>
       <c r="H151" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="I151">
         <v>79.99</v>
       </c>
       <c r="J151" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="K151" t="s">
         <v>73</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151">
         <v>133003320</v>
       </c>
       <c r="Q151" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
       <c r="R151" t="s">
         <v>76</v>
       </c>
       <c r="S151" t="s">
         <v>76</v>
       </c>
       <c r="T151" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U151" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
       <c r="V151">
         <v>574367</v>
       </c>
       <c r="W151" t="s">
         <v>76</v>
       </c>
       <c r="X151">
         <v>278.91</v>
       </c>
       <c r="Y151">
         <v>1</v>
       </c>
       <c r="Z151" t="s">
         <v>76</v>
       </c>
       <c r="AA151" t="s">
         <v>66</v>
       </c>
       <c r="AB151" t="s">
         <v>78</v>
       </c>
       <c r="AC151" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="AD151">
         <v>133003320</v>
       </c>
       <c r="AE151" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="AF151" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="AG151" t="s">
         <v>76</v>
       </c>
       <c r="AH151" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="AI151"/>
       <c r="AJ151" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="AK151" t="s">
         <v>70</v>
       </c>
       <c r="AL151" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="AM151" t="s">
         <v>82</v>
       </c>
       <c r="AN151" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="AO151">
         <v>79.99</v>
       </c>
       <c r="AP151" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="AQ151" t="s">
         <v>73</v>
       </c>
       <c r="AR151" t="s">
         <v>84</v>
       </c>
       <c r="AS151">
         <v>277726070079</v>
       </c>
       <c r="AT151" t="s">
         <v>76</v>
       </c>
       <c r="AU151"/>
       <c r="AV151"/>
       <c r="AW151"/>
       <c r="AX151" t="s">
         <v>85</v>
       </c>
       <c r="AY151"/>
       <c r="AZ151" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA151" t="s">
         <v>86</v>
       </c>
       <c r="BB151" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
       <c r="BC151" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="BD151" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="BE151" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="BF151" t="s">
         <v>76</v>
       </c>
       <c r="BG151" t="s">
         <v>76</v>
       </c>
       <c r="BH151">
-        <v>438</v>
+        <v>485</v>
       </c>
       <c r="BI151" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ151"/>
       <c r="BK151"/>
       <c r="BL151"/>
       <c r="BM151" t="s">
         <v>76</v>
       </c>
       <c r="BN151" t="s">
-        <v>1536</v>
+        <v>1541</v>
       </c>
       <c r="BO151">
         <v>0</v>
       </c>
       <c r="BP151" t="s">
         <v>73</v>
       </c>
       <c r="BQ151" t="s">
         <v>76</v>
       </c>
       <c r="BR151">
         <v>278.91</v>
       </c>
       <c r="BS151"/>
     </row>
     <row r="152" spans="1:71">
       <c r="A152" t="s">
         <v>66</v>
       </c>
       <c r="B152" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="C152" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="D152">
         <v>574120</v>
       </c>
       <c r="E152">
         <v>372.33</v>
       </c>
       <c r="F152" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="G152" t="s">
         <v>70</v>
       </c>
       <c r="H152" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="I152">
         <v>115.6</v>
       </c>
       <c r="J152" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="K152" t="s">
         <v>73</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152" t="s">
+        <v>1547</v>
+      </c>
+      <c r="Q152" t="s">
         <v>1542</v>
       </c>
-      <c r="Q152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R152" t="s">
         <v>76</v>
       </c>
       <c r="S152" t="s">
         <v>76</v>
       </c>
       <c r="T152" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U152" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="V152">
         <v>574120</v>
       </c>
       <c r="W152" t="s">
         <v>76</v>
       </c>
       <c r="X152">
         <v>372.33</v>
       </c>
       <c r="Y152">
         <v>20</v>
       </c>
       <c r="Z152" t="s">
         <v>76</v>
       </c>
       <c r="AA152" t="s">
         <v>66</v>
       </c>
       <c r="AB152" t="s">
         <v>78</v>
       </c>
       <c r="AC152" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="AD152" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="AE152">
         <v>7226030721</v>
       </c>
       <c r="AF152">
         <v>7226030721</v>
       </c>
       <c r="AG152" t="s">
         <v>76</v>
       </c>
       <c r="AH152" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="AI152"/>
       <c r="AJ152" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="AK152" t="s">
         <v>70</v>
       </c>
       <c r="AL152" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="AM152" t="s">
         <v>82</v>
       </c>
       <c r="AN152" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="AO152">
         <v>115.6</v>
       </c>
       <c r="AP152" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="AQ152" t="s">
         <v>73</v>
       </c>
       <c r="AR152" t="s">
         <v>84</v>
       </c>
       <c r="AS152">
         <v>277555113466</v>
       </c>
       <c r="AT152" t="s">
         <v>76</v>
       </c>
       <c r="AU152"/>
       <c r="AV152"/>
       <c r="AW152">
         <v>0</v>
       </c>
       <c r="AX152" t="s">
         <v>85</v>
       </c>
       <c r="AY152"/>
       <c r="AZ152" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA152" t="s">
         <v>86</v>
       </c>
       <c r="BB152" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="BC152" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="BD152" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="BE152" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="BF152" t="s">
         <v>76</v>
       </c>
       <c r="BG152" t="s">
         <v>76</v>
       </c>
       <c r="BH152">
-        <v>440</v>
+        <v>487</v>
       </c>
       <c r="BI152" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ152"/>
       <c r="BK152"/>
       <c r="BL152"/>
       <c r="BM152" t="s">
         <v>76</v>
       </c>
       <c r="BN152" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="BO152">
         <v>0</v>
       </c>
       <c r="BP152" t="s">
         <v>73</v>
       </c>
       <c r="BQ152" t="s">
         <v>76</v>
       </c>
       <c r="BR152">
         <v>7446.6</v>
       </c>
       <c r="BS152"/>
     </row>
     <row r="153" spans="1:71">
       <c r="A153" t="s">
         <v>66</v>
       </c>
       <c r="B153" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="C153" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="D153">
         <v>574119</v>
       </c>
       <c r="E153">
         <v>303.01</v>
       </c>
       <c r="F153" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="G153" t="s">
         <v>70</v>
       </c>
       <c r="H153" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="I153">
         <v>102</v>
       </c>
       <c r="J153" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="K153" t="s">
         <v>73</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="Q153" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="R153" t="s">
         <v>76</v>
       </c>
       <c r="S153" t="s">
         <v>76</v>
       </c>
       <c r="T153" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U153" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="V153">
         <v>574119</v>
       </c>
       <c r="W153" t="s">
         <v>76</v>
       </c>
       <c r="X153">
         <v>303.01</v>
       </c>
       <c r="Y153">
         <v>20</v>
       </c>
       <c r="Z153" t="s">
         <v>76</v>
       </c>
       <c r="AA153" t="s">
         <v>66</v>
       </c>
       <c r="AB153" t="s">
         <v>78</v>
       </c>
       <c r="AC153" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="AD153" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="AE153">
         <v>3316070368</v>
       </c>
       <c r="AF153">
         <v>3316070368</v>
       </c>
       <c r="AG153" t="s">
         <v>76</v>
       </c>
       <c r="AH153" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="AI153"/>
       <c r="AJ153" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="AK153" t="s">
         <v>70</v>
       </c>
       <c r="AL153" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="AM153" t="s">
         <v>82</v>
       </c>
       <c r="AN153" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="AO153">
         <v>102</v>
       </c>
       <c r="AP153" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="AQ153" t="s">
         <v>73</v>
       </c>
       <c r="AR153" t="s">
         <v>84</v>
       </c>
       <c r="AS153">
         <v>277555069628</v>
       </c>
       <c r="AT153" t="s">
         <v>76</v>
       </c>
       <c r="AU153"/>
       <c r="AV153"/>
       <c r="AW153">
         <v>0</v>
       </c>
       <c r="AX153" t="s">
         <v>85</v>
       </c>
       <c r="AY153"/>
       <c r="AZ153" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA153" t="s">
         <v>86</v>
       </c>
       <c r="BB153" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="BC153" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="BD153" t="s">
         <v>76</v>
       </c>
       <c r="BE153" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="BF153" t="s">
         <v>76</v>
       </c>
       <c r="BG153" t="s">
         <v>76</v>
       </c>
       <c r="BH153">
-        <v>440</v>
+        <v>487</v>
       </c>
       <c r="BI153" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ153"/>
       <c r="BK153"/>
       <c r="BL153"/>
       <c r="BM153" t="s">
         <v>76</v>
       </c>
       <c r="BN153" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="BO153">
         <v>0</v>
       </c>
       <c r="BP153" t="s">
         <v>73</v>
       </c>
       <c r="BQ153" t="s">
         <v>76</v>
       </c>
       <c r="BR153">
         <v>6060.2</v>
       </c>
       <c r="BS153"/>
     </row>
     <row r="154" spans="1:71">
       <c r="A154" t="s">
         <v>66</v>
       </c>
       <c r="B154" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="C154" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="D154">
         <v>574117</v>
       </c>
       <c r="E154">
         <v>210.74</v>
       </c>
       <c r="F154" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="G154" t="s">
         <v>70</v>
       </c>
       <c r="H154" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="I154">
         <v>46.92</v>
       </c>
       <c r="J154" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="K154" t="s">
         <v>73</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="Q154" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="R154" t="s">
         <v>76</v>
       </c>
       <c r="S154" t="s">
         <v>76</v>
       </c>
       <c r="T154" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U154" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="V154">
         <v>574117</v>
       </c>
       <c r="W154" t="s">
         <v>76</v>
       </c>
       <c r="X154">
         <v>210.74</v>
       </c>
       <c r="Y154">
         <v>20</v>
       </c>
       <c r="Z154" t="s">
         <v>76</v>
       </c>
       <c r="AA154" t="s">
         <v>66</v>
       </c>
       <c r="AB154" t="s">
         <v>78</v>
       </c>
       <c r="AC154" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="AD154" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="AE154">
         <v>7711298250</v>
       </c>
       <c r="AF154">
         <v>7711298250</v>
       </c>
       <c r="AG154" t="s">
         <v>76</v>
       </c>
       <c r="AH154" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="AI154"/>
       <c r="AJ154" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="AK154" t="s">
         <v>70</v>
       </c>
       <c r="AL154" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="AM154" t="s">
         <v>82</v>
       </c>
       <c r="AN154" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="AO154">
         <v>46.92</v>
       </c>
       <c r="AP154" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="AQ154" t="s">
         <v>73</v>
       </c>
       <c r="AR154" t="s">
         <v>84</v>
       </c>
       <c r="AS154">
         <v>277554946268</v>
       </c>
       <c r="AT154" t="s">
         <v>76</v>
       </c>
       <c r="AU154"/>
       <c r="AV154"/>
       <c r="AW154">
         <v>0</v>
       </c>
       <c r="AX154" t="s">
         <v>85</v>
       </c>
       <c r="AY154"/>
       <c r="AZ154" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA154" t="s">
         <v>86</v>
       </c>
       <c r="BB154" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="BC154" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="BD154" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="BE154" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="BF154" t="s">
         <v>76</v>
       </c>
       <c r="BG154" t="s">
         <v>76</v>
       </c>
       <c r="BH154">
-        <v>440</v>
+        <v>487</v>
       </c>
       <c r="BI154" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ154"/>
       <c r="BK154"/>
       <c r="BL154"/>
       <c r="BM154" t="s">
         <v>76</v>
       </c>
       <c r="BN154" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="BO154">
         <v>0</v>
       </c>
       <c r="BP154" t="s">
         <v>73</v>
       </c>
       <c r="BQ154" t="s">
         <v>76</v>
       </c>
       <c r="BR154">
         <v>4214.7</v>
       </c>
       <c r="BS154"/>
     </row>
     <row r="155" spans="1:71">
       <c r="A155" t="s">
         <v>66</v>
       </c>
       <c r="B155" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="C155" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="D155">
         <v>574070</v>
       </c>
       <c r="E155">
         <v>326.83</v>
       </c>
       <c r="F155" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="G155" t="s">
         <v>70</v>
       </c>
       <c r="H155" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="I155">
         <v>84.15</v>
       </c>
       <c r="J155" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="K155" t="s">
         <v>73</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155">
         <v>11846820115</v>
       </c>
       <c r="Q155" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="R155" t="s">
         <v>76</v>
       </c>
       <c r="S155" t="s">
         <v>76</v>
       </c>
       <c r="T155" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U155" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="V155">
         <v>574070</v>
       </c>
       <c r="W155" t="s">
         <v>76</v>
       </c>
       <c r="X155">
         <v>326.83</v>
       </c>
       <c r="Y155">
         <v>1</v>
       </c>
       <c r="Z155" t="s">
         <v>76</v>
       </c>
       <c r="AA155" t="s">
         <v>66</v>
       </c>
       <c r="AB155" t="s">
         <v>78</v>
       </c>
       <c r="AC155" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="AD155">
         <v>11846820115</v>
       </c>
       <c r="AE155">
         <v>7444693000</v>
       </c>
       <c r="AF155">
         <v>7444693000</v>
       </c>
       <c r="AG155" t="s">
         <v>76</v>
       </c>
       <c r="AH155" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="AI155"/>
       <c r="AJ155" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="AK155" t="s">
         <v>70</v>
       </c>
       <c r="AL155" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="AM155" t="s">
         <v>82</v>
       </c>
       <c r="AN155" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="AO155">
         <v>84.15</v>
       </c>
       <c r="AP155" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="AQ155" t="s">
         <v>73</v>
       </c>
       <c r="AR155" t="s">
         <v>84</v>
       </c>
       <c r="AS155">
         <v>277516436722</v>
       </c>
       <c r="AT155" t="s">
         <v>76</v>
       </c>
       <c r="AU155"/>
       <c r="AV155"/>
       <c r="AW155">
         <v>0</v>
       </c>
       <c r="AX155" t="s">
         <v>85</v>
       </c>
       <c r="AY155"/>
       <c r="AZ155" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA155" t="s">
         <v>86</v>
       </c>
       <c r="BB155" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="BC155" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="BD155" t="s">
         <v>76</v>
       </c>
       <c r="BE155" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="BF155" t="s">
         <v>76</v>
       </c>
       <c r="BG155" t="s">
         <v>76</v>
       </c>
       <c r="BH155">
-        <v>441</v>
+        <v>488</v>
       </c>
       <c r="BI155" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ155"/>
       <c r="BK155"/>
       <c r="BL155"/>
       <c r="BM155" t="s">
         <v>76</v>
       </c>
       <c r="BN155" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="BO155">
         <v>0</v>
       </c>
       <c r="BP155" t="s">
         <v>73</v>
       </c>
       <c r="BQ155" t="s">
         <v>76</v>
       </c>
       <c r="BR155">
         <v>326.83</v>
       </c>
       <c r="BS155"/>
     </row>
     <row r="156" spans="1:71">
       <c r="A156" t="s">
         <v>66</v>
       </c>
       <c r="B156" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="C156" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="D156">
         <v>574069</v>
       </c>
       <c r="E156">
         <v>232.28</v>
       </c>
       <c r="F156" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="G156" t="s">
         <v>70</v>
       </c>
       <c r="H156" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="I156">
         <v>46.92</v>
       </c>
       <c r="J156" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="K156" t="s">
         <v>73</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156">
         <v>11846820115</v>
       </c>
       <c r="Q156" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="R156" t="s">
         <v>76</v>
       </c>
       <c r="S156" t="s">
         <v>76</v>
       </c>
       <c r="T156" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U156" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="V156">
         <v>574069</v>
       </c>
       <c r="W156" t="s">
         <v>76</v>
       </c>
       <c r="X156">
         <v>232.28</v>
       </c>
       <c r="Y156">
         <v>1</v>
       </c>
       <c r="Z156" t="s">
         <v>76</v>
       </c>
       <c r="AA156" t="s">
         <v>66</v>
       </c>
       <c r="AB156" t="s">
         <v>78</v>
       </c>
       <c r="AC156" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="AD156">
         <v>11846820115</v>
       </c>
       <c r="AE156">
         <v>7444693000</v>
       </c>
       <c r="AF156">
         <v>7444693000</v>
       </c>
       <c r="AG156" t="s">
         <v>76</v>
       </c>
       <c r="AH156" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="AI156"/>
       <c r="AJ156" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="AK156" t="s">
         <v>70</v>
       </c>
       <c r="AL156" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="AM156" t="s">
         <v>82</v>
       </c>
       <c r="AN156" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="AO156">
         <v>46.92</v>
       </c>
       <c r="AP156" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AQ156" t="s">
         <v>73</v>
       </c>
       <c r="AR156" t="s">
         <v>84</v>
       </c>
       <c r="AS156">
         <v>277516321999</v>
       </c>
       <c r="AT156" t="s">
         <v>76</v>
       </c>
       <c r="AU156"/>
       <c r="AV156"/>
       <c r="AW156"/>
       <c r="AX156" t="s">
         <v>85</v>
       </c>
       <c r="AY156"/>
       <c r="AZ156" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA156" t="s">
         <v>86</v>
       </c>
       <c r="BB156" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="BC156" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="BD156" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="BE156" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="BF156" t="s">
         <v>76</v>
       </c>
       <c r="BG156" t="s">
         <v>76</v>
       </c>
       <c r="BH156">
-        <v>441</v>
+        <v>488</v>
       </c>
       <c r="BI156" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ156"/>
       <c r="BK156"/>
       <c r="BL156"/>
       <c r="BM156" t="s">
         <v>76</v>
       </c>
       <c r="BN156" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="BO156">
         <v>0</v>
       </c>
       <c r="BP156" t="s">
         <v>73</v>
       </c>
       <c r="BQ156" t="s">
         <v>76</v>
       </c>
       <c r="BR156">
         <v>232.28</v>
       </c>
       <c r="BS156"/>
     </row>
     <row r="157" spans="1:71">
       <c r="A157" t="s">
         <v>66</v>
       </c>
       <c r="B157" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="C157" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="D157">
         <v>574081</v>
       </c>
       <c r="E157">
         <v>336.51</v>
       </c>
       <c r="F157" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="G157" t="s">
         <v>70</v>
       </c>
       <c r="H157" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="I157">
         <v>90.44</v>
       </c>
       <c r="J157" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="K157" t="s">
         <v>73</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157">
         <v>11846820115</v>
       </c>
       <c r="Q157" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="R157" t="s">
         <v>76</v>
       </c>
       <c r="S157" t="s">
         <v>76</v>
       </c>
       <c r="T157" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U157" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="V157">
         <v>574081</v>
       </c>
       <c r="W157" t="s">
         <v>76</v>
       </c>
       <c r="X157">
         <v>336.51</v>
       </c>
       <c r="Y157">
         <v>1</v>
       </c>
       <c r="Z157" t="s">
         <v>76</v>
       </c>
       <c r="AA157" t="s">
         <v>66</v>
       </c>
       <c r="AB157" t="s">
         <v>78</v>
       </c>
       <c r="AC157" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="AD157">
         <v>11846820115</v>
       </c>
       <c r="AE157">
         <v>7444693000</v>
       </c>
       <c r="AF157">
         <v>7444693000</v>
       </c>
       <c r="AG157" t="s">
         <v>76</v>
       </c>
       <c r="AH157" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="AI157"/>
       <c r="AJ157" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="AK157" t="s">
         <v>70</v>
       </c>
       <c r="AL157" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="AM157" t="s">
         <v>82</v>
       </c>
       <c r="AN157" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="AO157">
         <v>90.44</v>
       </c>
       <c r="AP157" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="AQ157" t="s">
         <v>73</v>
       </c>
       <c r="AR157" t="s">
         <v>84</v>
       </c>
       <c r="AS157">
         <v>277536393143</v>
       </c>
       <c r="AT157" t="s">
         <v>76</v>
       </c>
       <c r="AU157"/>
       <c r="AV157"/>
       <c r="AW157">
         <v>0</v>
       </c>
       <c r="AX157" t="s">
         <v>85</v>
       </c>
       <c r="AY157"/>
       <c r="AZ157" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA157" t="s">
         <v>86</v>
       </c>
       <c r="BB157" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="BC157" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="BD157" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="BE157" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="BF157" t="s">
         <v>76</v>
       </c>
       <c r="BG157" t="s">
         <v>76</v>
       </c>
       <c r="BH157">
-        <v>441</v>
+        <v>488</v>
       </c>
       <c r="BI157" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ157"/>
       <c r="BK157"/>
       <c r="BL157"/>
       <c r="BM157" t="s">
         <v>76</v>
       </c>
       <c r="BN157" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="BO157">
         <v>0</v>
       </c>
       <c r="BP157" t="s">
         <v>73</v>
       </c>
       <c r="BQ157" t="s">
         <v>76</v>
       </c>
       <c r="BR157">
         <v>336.51</v>
       </c>
       <c r="BS157"/>
     </row>
     <row r="158" spans="1:71">
       <c r="A158" t="s">
         <v>66</v>
       </c>
       <c r="B158" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="C158" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="D158">
         <v>574071</v>
       </c>
       <c r="E158">
         <v>242.56</v>
       </c>
       <c r="F158" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="G158" t="s">
         <v>70</v>
       </c>
       <c r="H158" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="I158">
         <v>51</v>
       </c>
       <c r="J158" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="K158" t="s">
         <v>73</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158">
         <v>11846820115</v>
       </c>
       <c r="Q158" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="R158" t="s">
         <v>76</v>
       </c>
       <c r="S158" t="s">
         <v>76</v>
       </c>
       <c r="T158" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U158" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="V158">
         <v>574071</v>
       </c>
       <c r="W158" t="s">
         <v>76</v>
       </c>
       <c r="X158">
         <v>242.56</v>
       </c>
       <c r="Y158">
         <v>1</v>
       </c>
       <c r="Z158" t="s">
         <v>76</v>
       </c>
       <c r="AA158" t="s">
         <v>66</v>
       </c>
       <c r="AB158" t="s">
         <v>78</v>
       </c>
       <c r="AC158" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="AD158">
         <v>11846820115</v>
       </c>
       <c r="AE158">
         <v>7444693000</v>
       </c>
       <c r="AF158">
         <v>7444693000</v>
       </c>
       <c r="AG158" t="s">
         <v>76</v>
       </c>
       <c r="AH158" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="AI158"/>
       <c r="AJ158" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="AK158" t="s">
         <v>70</v>
       </c>
       <c r="AL158" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="AM158" t="s">
         <v>82</v>
       </c>
       <c r="AN158" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="AO158">
         <v>51</v>
       </c>
       <c r="AP158" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="AQ158" t="s">
         <v>73</v>
       </c>
       <c r="AR158" t="s">
         <v>84</v>
       </c>
       <c r="AS158">
         <v>277516464001</v>
       </c>
       <c r="AT158" t="s">
         <v>76</v>
       </c>
       <c r="AU158"/>
       <c r="AV158"/>
       <c r="AW158">
         <v>0</v>
       </c>
       <c r="AX158" t="s">
         <v>85</v>
       </c>
       <c r="AY158"/>
       <c r="AZ158" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA158" t="s">
         <v>86</v>
       </c>
       <c r="BB158" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="BC158" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="BD158" t="s">
         <v>76</v>
       </c>
       <c r="BE158" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="BF158" t="s">
         <v>76</v>
       </c>
       <c r="BG158" t="s">
         <v>76</v>
       </c>
       <c r="BH158">
-        <v>441</v>
+        <v>488</v>
       </c>
       <c r="BI158" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ158"/>
       <c r="BK158"/>
       <c r="BL158"/>
       <c r="BM158" t="s">
         <v>76</v>
       </c>
       <c r="BN158" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="BO158">
         <v>0</v>
       </c>
       <c r="BP158" t="s">
         <v>73</v>
       </c>
       <c r="BQ158" t="s">
         <v>76</v>
       </c>
       <c r="BR158">
         <v>242.56</v>
       </c>
       <c r="BS158"/>
     </row>
     <row r="159" spans="1:71">
       <c r="A159" t="s">
         <v>66</v>
       </c>
       <c r="B159" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="C159" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="D159">
         <v>574010</v>
       </c>
       <c r="E159">
         <v>385.42</v>
       </c>
       <c r="F159" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="G159" t="s">
         <v>70</v>
       </c>
       <c r="H159" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="I159">
         <v>107.44</v>
       </c>
       <c r="J159" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="K159" t="s">
         <v>73</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159">
         <v>3655079858</v>
       </c>
       <c r="Q159" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="R159" t="s">
         <v>76</v>
       </c>
       <c r="S159" t="s">
         <v>76</v>
       </c>
       <c r="T159" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U159" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="V159">
         <v>574010</v>
       </c>
       <c r="W159" t="s">
         <v>76</v>
       </c>
       <c r="X159">
         <v>385.42</v>
       </c>
       <c r="Y159">
         <v>1</v>
       </c>
       <c r="Z159" t="s">
         <v>76</v>
       </c>
       <c r="AA159" t="s">
         <v>66</v>
       </c>
       <c r="AB159" t="s">
         <v>78</v>
       </c>
       <c r="AC159" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="AD159">
         <v>3655079858</v>
       </c>
       <c r="AE159">
         <v>8181211300</v>
       </c>
       <c r="AF159">
         <v>8181211300</v>
       </c>
       <c r="AG159" t="s">
         <v>76</v>
       </c>
       <c r="AH159" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="AI159"/>
       <c r="AJ159" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="AK159" t="s">
         <v>70</v>
       </c>
       <c r="AL159" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="AM159" t="s">
         <v>82</v>
       </c>
       <c r="AN159" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="AO159">
         <v>107.44</v>
       </c>
       <c r="AP159" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="AQ159" t="s">
         <v>73</v>
       </c>
       <c r="AR159" t="s">
         <v>84</v>
       </c>
       <c r="AS159">
         <v>277472743432</v>
       </c>
       <c r="AT159" t="s">
         <v>76</v>
       </c>
       <c r="AU159"/>
       <c r="AV159"/>
       <c r="AW159"/>
       <c r="AX159" t="s">
         <v>85</v>
       </c>
       <c r="AY159"/>
       <c r="AZ159" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA159" t="s">
         <v>86</v>
       </c>
       <c r="BB159" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="BC159" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="BD159" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="BE159" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="BF159" t="s">
         <v>76</v>
       </c>
       <c r="BG159" t="s">
         <v>76</v>
       </c>
       <c r="BH159">
-        <v>444</v>
+        <v>491</v>
       </c>
       <c r="BI159" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ159"/>
       <c r="BK159"/>
       <c r="BL159"/>
       <c r="BM159" t="s">
         <v>76</v>
       </c>
       <c r="BN159" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="BO159">
         <v>0</v>
       </c>
       <c r="BP159" t="s">
         <v>73</v>
       </c>
       <c r="BQ159" t="s">
         <v>76</v>
       </c>
       <c r="BR159">
         <v>385.42</v>
       </c>
       <c r="BS159"/>
     </row>
     <row r="160" spans="1:71">
       <c r="A160" t="s">
         <v>66</v>
       </c>
       <c r="B160" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="C160" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="D160">
         <v>574009</v>
       </c>
       <c r="E160">
         <v>260.03</v>
       </c>
       <c r="F160" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="G160" t="s">
         <v>70</v>
       </c>
       <c r="H160" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="I160">
         <v>57.8</v>
       </c>
       <c r="J160" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="K160" t="s">
         <v>73</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160">
         <v>10517758134</v>
       </c>
       <c r="Q160" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="R160" t="s">
         <v>76</v>
       </c>
       <c r="S160" t="s">
         <v>76</v>
       </c>
       <c r="T160" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U160" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="V160">
         <v>574009</v>
       </c>
       <c r="W160" t="s">
         <v>76</v>
       </c>
       <c r="X160">
         <v>260.03</v>
       </c>
       <c r="Y160">
         <v>1</v>
       </c>
       <c r="Z160" t="s">
         <v>76</v>
       </c>
       <c r="AA160" t="s">
         <v>66</v>
       </c>
       <c r="AB160" t="s">
         <v>78</v>
       </c>
       <c r="AC160" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="AD160">
         <v>10517758134</v>
       </c>
       <c r="AE160" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="AF160" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="AG160" t="s">
         <v>76</v>
       </c>
       <c r="AH160" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="AI160"/>
       <c r="AJ160" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="AK160" t="s">
         <v>70</v>
       </c>
       <c r="AL160" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="AM160" t="s">
         <v>82</v>
       </c>
       <c r="AN160" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="AO160">
         <v>57.8</v>
       </c>
       <c r="AP160" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="AQ160" t="s">
         <v>73</v>
       </c>
       <c r="AR160" t="s">
         <v>84</v>
       </c>
       <c r="AS160">
         <v>277472843376</v>
       </c>
       <c r="AT160" t="s">
         <v>76</v>
       </c>
       <c r="AU160"/>
       <c r="AV160"/>
       <c r="AW160"/>
       <c r="AX160" t="s">
         <v>85</v>
       </c>
       <c r="AY160"/>
       <c r="AZ160" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA160" t="s">
         <v>86</v>
       </c>
       <c r="BB160" t="s">
+        <v>1606</v>
+      </c>
+      <c r="BC160" t="s">
         <v>1601</v>
       </c>
-      <c r="BC160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD160" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="BE160" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="BF160" t="s">
         <v>76</v>
       </c>
       <c r="BG160" t="s">
         <v>76</v>
       </c>
       <c r="BH160">
-        <v>445</v>
+        <v>492</v>
       </c>
       <c r="BI160" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ160"/>
       <c r="BK160"/>
       <c r="BL160"/>
       <c r="BM160" t="s">
         <v>76</v>
       </c>
       <c r="BN160" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="BO160">
         <v>0</v>
       </c>
       <c r="BP160" t="s">
         <v>73</v>
       </c>
       <c r="BQ160" t="s">
         <v>76</v>
       </c>
       <c r="BR160">
         <v>260.03</v>
       </c>
       <c r="BS160"/>
     </row>
     <row r="161" spans="1:71">
       <c r="A161" t="s">
         <v>66</v>
       </c>
       <c r="B161" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="C161" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="D161">
         <v>574008</v>
       </c>
       <c r="E161">
         <v>319.64</v>
       </c>
       <c r="F161" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="G161" t="s">
         <v>70</v>
       </c>
       <c r="H161" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="I161">
         <v>81.6</v>
       </c>
       <c r="J161" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="K161" t="s">
         <v>73</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161">
         <v>4419302584</v>
       </c>
       <c r="Q161" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="R161" t="s">
         <v>76</v>
       </c>
       <c r="S161" t="s">
         <v>76</v>
       </c>
       <c r="T161" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U161" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="V161">
         <v>574008</v>
       </c>
       <c r="W161" t="s">
         <v>76</v>
       </c>
       <c r="X161">
         <v>319.64</v>
       </c>
       <c r="Y161">
         <v>1</v>
       </c>
       <c r="Z161" t="s">
         <v>76</v>
       </c>
       <c r="AA161" t="s">
         <v>66</v>
       </c>
       <c r="AB161" t="s">
         <v>78</v>
       </c>
       <c r="AC161" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="AD161">
         <v>4419302584</v>
       </c>
       <c r="AE161" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="AF161" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="AG161" t="s">
         <v>76</v>
       </c>
       <c r="AH161" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="AI161"/>
       <c r="AJ161" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="AK161" t="s">
         <v>70</v>
       </c>
       <c r="AL161" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="AM161" t="s">
         <v>82</v>
       </c>
       <c r="AN161" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="AO161">
         <v>81.6</v>
       </c>
       <c r="AP161" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="AQ161" t="s">
         <v>73</v>
       </c>
       <c r="AR161" t="s">
         <v>84</v>
       </c>
       <c r="AS161">
         <v>277472792095</v>
       </c>
       <c r="AT161" t="s">
         <v>76</v>
       </c>
       <c r="AU161"/>
       <c r="AV161"/>
       <c r="AW161"/>
       <c r="AX161" t="s">
         <v>85</v>
       </c>
       <c r="AY161"/>
       <c r="AZ161" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA161" t="s">
         <v>86</v>
       </c>
       <c r="BB161" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="BC161" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="BD161" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="BE161" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="BF161" t="s">
         <v>76</v>
       </c>
       <c r="BG161" t="s">
         <v>76</v>
       </c>
       <c r="BH161">
-        <v>445</v>
+        <v>492</v>
       </c>
       <c r="BI161" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ161"/>
       <c r="BK161"/>
       <c r="BL161"/>
       <c r="BM161" t="s">
         <v>76</v>
       </c>
       <c r="BN161" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="BO161">
         <v>0</v>
       </c>
       <c r="BP161" t="s">
         <v>73</v>
       </c>
       <c r="BQ161" t="s">
         <v>76</v>
       </c>
       <c r="BR161">
         <v>319.64</v>
       </c>
       <c r="BS161"/>
     </row>
     <row r="162" spans="1:71">
       <c r="A162" t="s">
         <v>66</v>
       </c>
       <c r="B162" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="C162" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="D162">
         <v>573737</v>
       </c>
       <c r="E162">
         <v>278.53</v>
       </c>
       <c r="F162" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="G162" t="s">
         <v>70</v>
       </c>
       <c r="H162" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
       <c r="I162">
         <v>65.28</v>
       </c>
       <c r="J162" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="K162" t="s">
         <v>73</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162">
         <v>25250853524</v>
       </c>
       <c r="Q162" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="R162" t="s">
         <v>76</v>
       </c>
       <c r="S162" t="s">
         <v>76</v>
       </c>
       <c r="T162" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U162" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="V162">
         <v>573737</v>
       </c>
       <c r="W162" t="s">
         <v>76</v>
       </c>
       <c r="X162">
         <v>278.53</v>
       </c>
       <c r="Y162">
         <v>1</v>
       </c>
       <c r="Z162" t="s">
         <v>76</v>
       </c>
       <c r="AA162" t="s">
         <v>66</v>
       </c>
       <c r="AB162" t="s">
         <v>78</v>
       </c>
       <c r="AC162" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="AD162">
         <v>25250853524</v>
       </c>
       <c r="AE162">
         <v>4424278700</v>
       </c>
       <c r="AF162">
         <v>4424278700</v>
       </c>
       <c r="AG162" t="s">
         <v>76</v>
       </c>
       <c r="AH162" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="AI162"/>
       <c r="AJ162" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="AK162" t="s">
         <v>70</v>
       </c>
       <c r="AL162" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="AM162" t="s">
         <v>82</v>
       </c>
       <c r="AN162" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
       <c r="AO162">
         <v>65.28</v>
       </c>
       <c r="AP162" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="AQ162" t="s">
         <v>73</v>
       </c>
       <c r="AR162" t="s">
         <v>84</v>
       </c>
       <c r="AS162">
         <v>277374222669</v>
       </c>
       <c r="AT162" t="s">
         <v>76</v>
       </c>
       <c r="AU162"/>
       <c r="AV162"/>
       <c r="AW162">
         <v>0</v>
       </c>
       <c r="AX162" t="s">
         <v>85</v>
       </c>
       <c r="AY162"/>
       <c r="AZ162" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA162" t="s">
         <v>86</v>
       </c>
       <c r="BB162" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="BC162" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="BD162" t="s">
         <v>76</v>
       </c>
       <c r="BE162" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="BF162" t="s">
         <v>76</v>
       </c>
       <c r="BG162" t="s">
         <v>76</v>
       </c>
       <c r="BH162">
-        <v>447</v>
+        <v>494</v>
       </c>
       <c r="BI162" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ162"/>
       <c r="BK162"/>
       <c r="BL162"/>
       <c r="BM162" t="s">
         <v>76</v>
       </c>
       <c r="BN162" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="BO162">
         <v>0</v>
       </c>
       <c r="BP162" t="s">
         <v>73</v>
       </c>
       <c r="BQ162" t="s">
         <v>76</v>
       </c>
       <c r="BR162">
         <v>278.53</v>
       </c>
       <c r="BS162"/>
     </row>
     <row r="163" spans="1:71">
       <c r="A163" t="s">
         <v>66</v>
       </c>
       <c r="B163" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="C163" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="D163">
         <v>573485</v>
       </c>
       <c r="E163">
         <v>288.75</v>
       </c>
       <c r="F163" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="G163" t="s">
         <v>70</v>
       </c>
       <c r="H163" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="I163">
         <v>67.32</v>
       </c>
       <c r="J163" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="K163" t="s">
         <v>73</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163">
         <v>5471256584</v>
       </c>
       <c r="Q163" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="R163" t="s">
         <v>76</v>
       </c>
       <c r="S163" t="s">
         <v>76</v>
       </c>
       <c r="T163" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U163" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="V163">
         <v>573485</v>
       </c>
       <c r="W163" t="s">
         <v>76</v>
       </c>
       <c r="X163">
         <v>288.75</v>
       </c>
       <c r="Y163">
         <v>1</v>
       </c>
       <c r="Z163" t="s">
         <v>76</v>
       </c>
       <c r="AA163" t="s">
         <v>66</v>
       </c>
       <c r="AB163" t="s">
         <v>78</v>
       </c>
       <c r="AC163" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="AD163">
         <v>5471256584</v>
       </c>
       <c r="AE163" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="AF163" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="AG163" t="s">
         <v>76</v>
       </c>
       <c r="AH163" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="AI163"/>
       <c r="AJ163" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="AK163" t="s">
         <v>70</v>
       </c>
       <c r="AL163" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="AM163" t="s">
         <v>82</v>
       </c>
       <c r="AN163" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="AO163">
         <v>67.32</v>
       </c>
       <c r="AP163" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="AQ163" t="s">
         <v>73</v>
       </c>
       <c r="AR163" t="s">
         <v>84</v>
       </c>
       <c r="AS163">
         <v>277112508214</v>
       </c>
       <c r="AT163" t="s">
         <v>76</v>
       </c>
       <c r="AU163"/>
       <c r="AV163"/>
       <c r="AW163">
         <v>0</v>
       </c>
       <c r="AX163" t="s">
         <v>85</v>
       </c>
       <c r="AY163"/>
       <c r="AZ163" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA163" t="s">
         <v>86</v>
       </c>
       <c r="BB163" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="BC163" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="BD163" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="BE163" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="BF163" t="s">
         <v>76</v>
       </c>
       <c r="BG163" t="s">
         <v>76</v>
       </c>
       <c r="BH163">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="BI163" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ163"/>
       <c r="BK163"/>
       <c r="BL163"/>
       <c r="BM163" t="s">
         <v>76</v>
       </c>
       <c r="BN163" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
       <c r="BO163">
         <v>0</v>
       </c>
       <c r="BP163" t="s">
         <v>73</v>
       </c>
       <c r="BQ163" t="s">
         <v>76</v>
       </c>
       <c r="BR163">
         <v>288.75</v>
       </c>
       <c r="BS163"/>
     </row>
     <row r="164" spans="1:71">
       <c r="A164" t="s">
         <v>66</v>
       </c>
       <c r="B164" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="C164" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="D164">
         <v>573484</v>
       </c>
       <c r="E164">
         <v>247.69</v>
       </c>
       <c r="F164" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="G164" t="s">
         <v>70</v>
       </c>
       <c r="H164" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="I164">
         <v>53.55</v>
       </c>
       <c r="J164" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="K164" t="s">
         <v>73</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164">
         <v>46362651</v>
       </c>
       <c r="Q164" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="R164" t="s">
         <v>76</v>
       </c>
       <c r="S164" t="s">
         <v>76</v>
       </c>
       <c r="T164" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U164" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="V164">
         <v>573484</v>
       </c>
       <c r="W164" t="s">
         <v>76</v>
       </c>
       <c r="X164">
         <v>247.69</v>
       </c>
       <c r="Y164">
         <v>1</v>
       </c>
       <c r="Z164" t="s">
         <v>76</v>
       </c>
       <c r="AA164" t="s">
         <v>66</v>
       </c>
       <c r="AB164" t="s">
         <v>78</v>
       </c>
       <c r="AC164" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="AD164">
         <v>46362651</v>
       </c>
       <c r="AE164" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="AF164" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="AG164" t="s">
         <v>76</v>
       </c>
       <c r="AH164" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="AI164"/>
       <c r="AJ164" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="AK164" t="s">
         <v>70</v>
       </c>
       <c r="AL164" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="AM164" t="s">
         <v>82</v>
       </c>
       <c r="AN164" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="AO164">
         <v>53.55</v>
       </c>
       <c r="AP164" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="AQ164" t="s">
         <v>73</v>
       </c>
       <c r="AR164" t="s">
         <v>84</v>
       </c>
       <c r="AS164">
         <v>277112385445</v>
       </c>
       <c r="AT164" t="s">
         <v>76</v>
       </c>
       <c r="AU164"/>
       <c r="AV164"/>
       <c r="AW164">
         <v>0</v>
       </c>
       <c r="AX164" t="s">
         <v>85</v>
       </c>
       <c r="AY164"/>
       <c r="AZ164" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA164" t="s">
         <v>86</v>
       </c>
       <c r="BB164" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="BC164" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="BD164" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="BE164" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="BF164" t="s">
         <v>76</v>
       </c>
       <c r="BG164" t="s">
         <v>76</v>
       </c>
       <c r="BH164">
-        <v>454</v>
+        <v>501</v>
       </c>
       <c r="BI164" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ164"/>
       <c r="BK164"/>
       <c r="BL164"/>
       <c r="BM164" t="s">
         <v>76</v>
       </c>
       <c r="BN164" t="s">
-        <v>1649</v>
+        <v>1654</v>
       </c>
       <c r="BO164">
         <v>0</v>
       </c>
       <c r="BP164" t="s">
         <v>73</v>
       </c>
       <c r="BQ164" t="s">
         <v>76</v>
       </c>
       <c r="BR164">
         <v>247.69</v>
       </c>
       <c r="BS164"/>
     </row>
     <row r="165" spans="1:71">
       <c r="A165" t="s">
         <v>66</v>
       </c>
       <c r="B165" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
       <c r="C165" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="D165">
         <v>573483</v>
       </c>
       <c r="E165">
         <v>245.7</v>
       </c>
       <c r="F165" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="G165" t="s">
         <v>70</v>
       </c>
       <c r="H165" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="I165">
         <v>50.49</v>
       </c>
       <c r="J165" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="K165" t="s">
         <v>73</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165">
         <v>10458932081</v>
       </c>
       <c r="Q165" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
       <c r="R165" t="s">
         <v>76</v>
       </c>
       <c r="S165" t="s">
         <v>76</v>
       </c>
       <c r="T165" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U165" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="V165">
         <v>573483</v>
       </c>
       <c r="W165" t="s">
         <v>76</v>
       </c>
       <c r="X165">
         <v>245.7</v>
       </c>
       <c r="Y165">
         <v>1</v>
       </c>
       <c r="Z165" t="s">
         <v>76</v>
       </c>
       <c r="AA165" t="s">
         <v>66</v>
       </c>
       <c r="AB165" t="s">
         <v>78</v>
       </c>
       <c r="AC165" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="AD165">
         <v>10458932081</v>
       </c>
       <c r="AE165" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="AF165" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="AG165" t="s">
         <v>76</v>
       </c>
       <c r="AH165" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="AI165"/>
       <c r="AJ165" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="AK165" t="s">
         <v>70</v>
       </c>
       <c r="AL165" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="AM165" t="s">
         <v>82</v>
       </c>
       <c r="AN165" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="AO165">
         <v>50.49</v>
       </c>
       <c r="AP165" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="AQ165" t="s">
         <v>73</v>
       </c>
       <c r="AR165" t="s">
         <v>84</v>
       </c>
       <c r="AS165">
         <v>277113090111</v>
       </c>
       <c r="AT165" t="s">
         <v>76</v>
       </c>
       <c r="AU165"/>
       <c r="AV165"/>
       <c r="AW165">
         <v>0</v>
       </c>
       <c r="AX165" t="s">
         <v>85</v>
       </c>
       <c r="AY165"/>
       <c r="AZ165" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="BA165" t="s">
         <v>86</v>
       </c>
       <c r="BB165" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
       <c r="BC165" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="BD165" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="BE165" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="BF165" t="s">
         <v>76</v>
       </c>
       <c r="BG165" t="s">
         <v>76</v>
       </c>
       <c r="BH165">
-        <v>454</v>
+        <v>501</v>
       </c>
       <c r="BI165" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ165" t="s">
         <v>73</v>
       </c>
       <c r="BK165"/>
       <c r="BL165"/>
       <c r="BM165" t="s">
         <v>76</v>
       </c>
       <c r="BN165" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="BO165">
         <v>0</v>
       </c>
       <c r="BP165" t="s">
         <v>73</v>
       </c>
       <c r="BQ165" t="s">
         <v>76</v>
       </c>
       <c r="BR165">
         <v>245.7</v>
       </c>
       <c r="BS165"/>
     </row>
     <row r="166" spans="1:71">
       <c r="A166" t="s">
         <v>66</v>
       </c>
       <c r="B166" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="C166" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="D166">
         <v>573482</v>
       </c>
       <c r="E166">
         <v>253.05</v>
       </c>
       <c r="F166" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="G166" t="s">
         <v>70</v>
       </c>
       <c r="H166" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="I166">
         <v>53.55</v>
       </c>
       <c r="J166" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="K166" t="s">
         <v>73</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166">
         <v>3837306409</v>
       </c>
       <c r="Q166" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="R166" t="s">
         <v>76</v>
       </c>
       <c r="S166" t="s">
         <v>76</v>
       </c>
       <c r="T166" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U166" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="V166">
         <v>573482</v>
       </c>
       <c r="W166" t="s">
         <v>76</v>
       </c>
       <c r="X166">
         <v>253.05</v>
       </c>
       <c r="Y166">
         <v>1</v>
       </c>
       <c r="Z166" t="s">
         <v>76</v>
       </c>
       <c r="AA166" t="s">
         <v>66</v>
       </c>
       <c r="AB166" t="s">
         <v>78</v>
       </c>
       <c r="AC166" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="AD166">
         <v>3837306409</v>
       </c>
       <c r="AE166" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="AF166" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="AG166" t="s">
         <v>76</v>
       </c>
       <c r="AH166" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
       <c r="AI166"/>
       <c r="AJ166" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="AK166" t="s">
         <v>70</v>
       </c>
       <c r="AL166" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="AM166" t="s">
         <v>82</v>
       </c>
       <c r="AN166" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="AO166">
         <v>53.55</v>
       </c>
       <c r="AP166" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="AQ166" t="s">
         <v>73</v>
       </c>
       <c r="AR166" t="s">
         <v>84</v>
       </c>
       <c r="AS166">
         <v>277112464303</v>
       </c>
       <c r="AT166" t="s">
         <v>76</v>
       </c>
       <c r="AU166"/>
       <c r="AV166"/>
       <c r="AW166"/>
       <c r="AX166" t="s">
         <v>85</v>
       </c>
       <c r="AY166"/>
       <c r="AZ166" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA166" t="s">
         <v>86</v>
       </c>
       <c r="BB166" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="BC166" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="BD166" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="BE166" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="BF166" t="s">
         <v>76</v>
       </c>
       <c r="BG166" t="s">
         <v>76</v>
       </c>
       <c r="BH166">
-        <v>454</v>
+        <v>501</v>
       </c>
       <c r="BI166" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ166"/>
       <c r="BK166"/>
       <c r="BL166"/>
       <c r="BM166" t="s">
         <v>76</v>
       </c>
       <c r="BN166" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="BO166">
         <v>0</v>
       </c>
       <c r="BP166" t="s">
         <v>73</v>
       </c>
       <c r="BQ166" t="s">
         <v>76</v>
       </c>
       <c r="BR166">
         <v>253.05</v>
       </c>
       <c r="BS166"/>
     </row>
     <row r="167" spans="1:71">
       <c r="A167" t="s">
         <v>66</v>
       </c>
       <c r="B167" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="C167" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="D167">
         <v>573282</v>
       </c>
       <c r="E167">
         <v>298.2</v>
       </c>
       <c r="F167" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="G167" t="s">
         <v>70</v>
       </c>
       <c r="H167" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="I167">
         <v>83.2</v>
       </c>
       <c r="J167" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="K167" t="s">
         <v>73</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167">
         <v>25956984060</v>
       </c>
       <c r="Q167" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="R167" t="s">
         <v>76</v>
       </c>
       <c r="S167" t="s">
         <v>76</v>
       </c>
       <c r="T167" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U167" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="V167">
         <v>573282</v>
       </c>
       <c r="W167" t="s">
         <v>76</v>
       </c>
       <c r="X167">
         <v>298.2</v>
       </c>
       <c r="Y167">
         <v>1</v>
       </c>
       <c r="Z167" t="s">
         <v>76</v>
       </c>
       <c r="AA167" t="s">
         <v>66</v>
       </c>
       <c r="AB167" t="s">
         <v>78</v>
       </c>
       <c r="AC167" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="AD167">
         <v>25956984060</v>
       </c>
       <c r="AE167" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="AF167" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="AG167" t="s">
         <v>76</v>
       </c>
       <c r="AH167" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="AI167"/>
       <c r="AJ167" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="AK167" t="s">
         <v>70</v>
       </c>
       <c r="AL167" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="AM167" t="s">
         <v>82</v>
       </c>
       <c r="AN167" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="AO167">
         <v>83.2</v>
       </c>
       <c r="AP167" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="AQ167" t="s">
         <v>73</v>
       </c>
       <c r="AR167" t="s">
         <v>84</v>
       </c>
       <c r="AS167">
         <v>276961948690</v>
       </c>
       <c r="AT167" t="s">
         <v>76</v>
       </c>
       <c r="AU167"/>
       <c r="AV167"/>
       <c r="AW167"/>
       <c r="AX167" t="s">
         <v>85</v>
       </c>
       <c r="AY167"/>
       <c r="AZ167" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA167" t="s">
         <v>86</v>
       </c>
       <c r="BB167" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="BC167" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="BD167" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
       <c r="BE167" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="BF167" t="s">
         <v>76</v>
       </c>
       <c r="BG167" t="s">
         <v>76</v>
       </c>
       <c r="BH167">
-        <v>456</v>
+        <v>503</v>
       </c>
       <c r="BI167" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ167"/>
       <c r="BK167"/>
       <c r="BL167"/>
       <c r="BM167" t="s">
         <v>76</v>
       </c>
       <c r="BN167" t="s">
-        <v>1681</v>
+        <v>1686</v>
       </c>
       <c r="BO167">
         <v>0</v>
       </c>
       <c r="BP167" t="s">
         <v>73</v>
       </c>
       <c r="BQ167" t="s">
         <v>76</v>
       </c>
       <c r="BR167">
         <v>298.2</v>
       </c>
       <c r="BS167"/>
     </row>
     <row r="168" spans="1:71">
       <c r="A168" t="s">
         <v>66</v>
       </c>
       <c r="B168" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="C168" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="D168">
         <v>573151</v>
       </c>
       <c r="E168">
         <v>324.45</v>
       </c>
       <c r="F168" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="G168" t="s">
         <v>70</v>
       </c>
       <c r="H168" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="I168">
         <v>95.2</v>
       </c>
       <c r="J168" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="K168" t="s">
         <v>73</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168">
         <v>19460187406</v>
       </c>
       <c r="Q168" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="R168" t="s">
         <v>76</v>
       </c>
       <c r="S168" t="s">
         <v>76</v>
       </c>
       <c r="T168" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U168" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="V168">
         <v>573151</v>
       </c>
       <c r="W168" t="s">
         <v>76</v>
       </c>
       <c r="X168">
         <v>324.45</v>
       </c>
       <c r="Y168">
         <v>1</v>
       </c>
       <c r="Z168" t="s">
         <v>76</v>
       </c>
       <c r="AA168" t="s">
         <v>66</v>
       </c>
       <c r="AB168" t="s">
         <v>78</v>
       </c>
       <c r="AC168" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="AD168">
         <v>19460187406</v>
       </c>
       <c r="AE168" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="AF168" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="AG168" t="s">
         <v>76</v>
       </c>
       <c r="AH168" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
       <c r="AI168"/>
       <c r="AJ168" t="s">
-        <v>1689</v>
+        <v>1694</v>
       </c>
       <c r="AK168" t="s">
         <v>70</v>
       </c>
       <c r="AL168" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="AM168" t="s">
         <v>82</v>
       </c>
       <c r="AN168" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AO168">
         <v>95.2</v>
       </c>
       <c r="AP168" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="AQ168" t="s">
         <v>73</v>
       </c>
       <c r="AR168" t="s">
         <v>84</v>
       </c>
       <c r="AS168">
         <v>276859934912</v>
       </c>
       <c r="AT168" t="s">
         <v>76</v>
       </c>
       <c r="AU168"/>
       <c r="AV168"/>
       <c r="AW168"/>
       <c r="AX168" t="s">
         <v>85</v>
       </c>
       <c r="AY168"/>
       <c r="AZ168" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA168" t="s">
         <v>86</v>
       </c>
       <c r="BB168" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="BC168" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="BD168" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="BE168" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="BF168" t="s">
         <v>76</v>
       </c>
       <c r="BG168" t="s">
         <v>76</v>
       </c>
       <c r="BH168">
-        <v>459</v>
+        <v>506</v>
       </c>
       <c r="BI168" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ168"/>
       <c r="BK168"/>
       <c r="BL168"/>
       <c r="BM168" t="s">
         <v>76</v>
       </c>
       <c r="BN168" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="BO168">
         <v>0</v>
       </c>
       <c r="BP168" t="s">
         <v>73</v>
       </c>
       <c r="BQ168" t="s">
         <v>76</v>
       </c>
       <c r="BR168">
         <v>324.45</v>
       </c>
       <c r="BS168"/>
     </row>
     <row r="169" spans="1:71">
       <c r="A169" t="s">
         <v>66</v>
       </c>
       <c r="B169" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="C169" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="D169">
         <v>573150</v>
       </c>
       <c r="E169">
         <v>290.85</v>
       </c>
       <c r="F169" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="G169" t="s">
         <v>70</v>
       </c>
       <c r="H169" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="I169">
         <v>79.99</v>
       </c>
       <c r="J169" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="K169" t="s">
         <v>73</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169">
         <v>10901506255</v>
       </c>
       <c r="Q169" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="R169" t="s">
         <v>76</v>
       </c>
       <c r="S169" t="s">
         <v>76</v>
       </c>
       <c r="T169" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U169" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="V169">
         <v>573150</v>
       </c>
       <c r="W169" t="s">
         <v>76</v>
       </c>
       <c r="X169">
         <v>290.85</v>
       </c>
       <c r="Y169">
         <v>1</v>
       </c>
       <c r="Z169" t="s">
         <v>76</v>
       </c>
       <c r="AA169" t="s">
         <v>66</v>
       </c>
       <c r="AB169" t="s">
         <v>78</v>
       </c>
       <c r="AC169" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="AD169">
         <v>10901506255</v>
       </c>
       <c r="AE169" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="AF169" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="AG169" t="s">
         <v>76</v>
       </c>
       <c r="AH169" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="AI169"/>
       <c r="AJ169" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
       <c r="AK169" t="s">
         <v>70</v>
       </c>
       <c r="AL169" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="AM169" t="s">
         <v>82</v>
       </c>
       <c r="AN169" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="AO169">
         <v>79.99</v>
       </c>
       <c r="AP169" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="AQ169" t="s">
         <v>73</v>
       </c>
       <c r="AR169" t="s">
         <v>84</v>
       </c>
       <c r="AS169">
         <v>276859972887</v>
       </c>
       <c r="AT169" t="s">
         <v>76</v>
       </c>
       <c r="AU169"/>
       <c r="AV169"/>
       <c r="AW169"/>
       <c r="AX169" t="s">
         <v>85</v>
       </c>
       <c r="AY169"/>
       <c r="AZ169" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA169" t="s">
         <v>86</v>
       </c>
       <c r="BB169" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="BC169" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="BD169" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="BE169" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="BF169" t="s">
         <v>76</v>
       </c>
       <c r="BG169" t="s">
         <v>76</v>
       </c>
       <c r="BH169">
-        <v>459</v>
+        <v>506</v>
       </c>
       <c r="BI169" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ169"/>
       <c r="BK169"/>
       <c r="BL169"/>
       <c r="BM169" t="s">
         <v>76</v>
       </c>
       <c r="BN169" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="BO169">
         <v>0</v>
       </c>
       <c r="BP169" t="s">
         <v>73</v>
       </c>
       <c r="BQ169" t="s">
         <v>76</v>
       </c>
       <c r="BR169">
         <v>290.85</v>
       </c>
       <c r="BS169"/>
     </row>
     <row r="170" spans="1:71">
       <c r="A170" t="s">
         <v>66</v>
       </c>
       <c r="B170" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="C170" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="D170">
         <v>573149</v>
       </c>
       <c r="E170">
         <v>290.85</v>
       </c>
       <c r="F170" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="G170" t="s">
         <v>70</v>
       </c>
       <c r="H170" t="s">
-        <v>1707</v>
+        <v>1712</v>
       </c>
       <c r="I170">
         <v>79.99</v>
       </c>
       <c r="J170" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="K170" t="s">
         <v>73</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170">
         <v>11851365811</v>
       </c>
       <c r="Q170" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="R170" t="s">
         <v>76</v>
       </c>
       <c r="S170" t="s">
         <v>76</v>
       </c>
       <c r="T170" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U170" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="V170">
         <v>573149</v>
       </c>
       <c r="W170" t="s">
         <v>76</v>
       </c>
       <c r="X170">
         <v>290.85</v>
       </c>
       <c r="Y170">
         <v>1</v>
       </c>
       <c r="Z170" t="s">
         <v>76</v>
       </c>
       <c r="AA170" t="s">
         <v>66</v>
       </c>
       <c r="AB170" t="s">
         <v>78</v>
       </c>
       <c r="AC170" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="AD170">
         <v>11851365811</v>
       </c>
       <c r="AE170" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="AF170" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="AG170" t="s">
         <v>76</v>
       </c>
       <c r="AH170" t="s">
-        <v>1709</v>
+        <v>1714</v>
       </c>
       <c r="AI170"/>
       <c r="AJ170" t="s">
-        <v>1710</v>
+        <v>1715</v>
       </c>
       <c r="AK170" t="s">
         <v>70</v>
       </c>
       <c r="AL170" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="AM170" t="s">
         <v>82</v>
       </c>
       <c r="AN170" t="s">
-        <v>1707</v>
+        <v>1712</v>
       </c>
       <c r="AO170">
         <v>79.99</v>
       </c>
       <c r="AP170" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="AQ170" t="s">
         <v>73</v>
       </c>
       <c r="AR170" t="s">
         <v>84</v>
       </c>
       <c r="AS170">
         <v>276860016978</v>
       </c>
       <c r="AT170" t="s">
         <v>76</v>
       </c>
       <c r="AU170"/>
       <c r="AV170"/>
       <c r="AW170"/>
       <c r="AX170" t="s">
         <v>85</v>
       </c>
       <c r="AY170"/>
       <c r="AZ170" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA170" t="s">
         <v>86</v>
       </c>
       <c r="BB170" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="BC170" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="BD170" t="s">
-        <v>1711</v>
+        <v>1716</v>
       </c>
       <c r="BE170" t="s">
-        <v>1712</v>
+        <v>1717</v>
       </c>
       <c r="BF170" t="s">
         <v>76</v>
       </c>
       <c r="BG170" t="s">
         <v>76</v>
       </c>
       <c r="BH170">
-        <v>460</v>
+        <v>507</v>
       </c>
       <c r="BI170" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ170"/>
       <c r="BK170"/>
       <c r="BL170"/>
       <c r="BM170" t="s">
         <v>76</v>
       </c>
       <c r="BN170" t="s">
-        <v>1713</v>
+        <v>1718</v>
       </c>
       <c r="BO170">
         <v>0</v>
       </c>
       <c r="BP170" t="s">
         <v>73</v>
       </c>
       <c r="BQ170" t="s">
         <v>76</v>
       </c>
       <c r="BR170">
         <v>290.85</v>
       </c>
       <c r="BS170"/>
     </row>
     <row r="171" spans="1:71">
       <c r="A171" t="s">
         <v>66</v>
       </c>
       <c r="B171" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
       <c r="C171" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="D171">
         <v>573148</v>
       </c>
       <c r="E171">
         <v>496.65</v>
       </c>
       <c r="F171" t="s">
-        <v>1716</v>
+        <v>1721</v>
       </c>
       <c r="G171" t="s">
         <v>70</v>
       </c>
       <c r="H171" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="I171">
         <v>121.6</v>
       </c>
       <c r="J171" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="K171" t="s">
         <v>73</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171">
         <v>12645745871</v>
       </c>
       <c r="Q171" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
       <c r="R171" t="s">
         <v>76</v>
       </c>
       <c r="S171" t="s">
         <v>76</v>
       </c>
       <c r="T171" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U171" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="V171">
         <v>573148</v>
       </c>
       <c r="W171" t="s">
         <v>76</v>
       </c>
       <c r="X171">
         <v>496.65</v>
       </c>
       <c r="Y171">
         <v>1</v>
       </c>
       <c r="Z171" t="s">
         <v>76</v>
       </c>
       <c r="AA171" t="s">
         <v>66</v>
       </c>
       <c r="AB171" t="s">
         <v>78</v>
       </c>
       <c r="AC171" t="s">
-        <v>1716</v>
+        <v>1721</v>
       </c>
       <c r="AD171">
         <v>12645745871</v>
       </c>
       <c r="AE171" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="AF171" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="AG171" t="s">
         <v>76</v>
       </c>
       <c r="AH171" t="s">
-        <v>1719</v>
+        <v>1724</v>
       </c>
       <c r="AI171"/>
       <c r="AJ171" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="AK171" t="s">
         <v>70</v>
       </c>
       <c r="AL171" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="AM171" t="s">
         <v>82</v>
       </c>
       <c r="AN171" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="AO171">
         <v>121.6</v>
       </c>
       <c r="AP171" t="s">
-        <v>1721</v>
+        <v>1726</v>
       </c>
       <c r="AQ171" t="s">
         <v>73</v>
       </c>
       <c r="AR171" t="s">
         <v>84</v>
       </c>
       <c r="AS171">
         <v>276860464400</v>
       </c>
       <c r="AT171" t="s">
         <v>76</v>
       </c>
       <c r="AU171"/>
       <c r="AV171"/>
       <c r="AW171"/>
       <c r="AX171" t="s">
         <v>85</v>
       </c>
       <c r="AY171"/>
       <c r="AZ171" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA171" t="s">
         <v>86</v>
       </c>
       <c r="BB171" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
       <c r="BC171" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="BD171" t="s">
-        <v>1722</v>
+        <v>1727</v>
       </c>
       <c r="BE171" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
       <c r="BF171" t="s">
         <v>76</v>
       </c>
       <c r="BG171" t="s">
         <v>76</v>
       </c>
       <c r="BH171">
-        <v>460</v>
+        <v>507</v>
       </c>
       <c r="BI171" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ171"/>
       <c r="BK171"/>
       <c r="BL171"/>
       <c r="BM171" t="s">
         <v>76</v>
       </c>
       <c r="BN171" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="BO171">
         <v>0</v>
       </c>
       <c r="BP171" t="s">
         <v>73</v>
       </c>
       <c r="BQ171" t="s">
         <v>76</v>
       </c>
       <c r="BR171">
         <v>496.65</v>
       </c>
       <c r="BS171"/>
     </row>
     <row r="172" spans="1:71">
       <c r="A172" t="s">
         <v>66</v>
       </c>
       <c r="B172" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="C172" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
       <c r="D172">
         <v>572866</v>
       </c>
       <c r="E172">
         <v>308.7</v>
       </c>
       <c r="F172" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="G172" t="s">
         <v>70</v>
       </c>
       <c r="H172" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="I172">
         <v>79.99</v>
       </c>
       <c r="J172" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="K172" t="s">
         <v>73</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172">
         <v>3763799598</v>
       </c>
       <c r="Q172" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="R172" t="s">
         <v>76</v>
       </c>
       <c r="S172" t="s">
         <v>76</v>
       </c>
       <c r="T172" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U172" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
       <c r="V172">
         <v>572866</v>
       </c>
       <c r="W172" t="s">
         <v>76</v>
       </c>
       <c r="X172">
         <v>308.7</v>
       </c>
       <c r="Y172">
         <v>1</v>
       </c>
       <c r="Z172" t="s">
         <v>76</v>
       </c>
       <c r="AA172" t="s">
         <v>66</v>
       </c>
       <c r="AB172" t="s">
         <v>78</v>
       </c>
       <c r="AC172" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="AD172">
         <v>3763799598</v>
       </c>
       <c r="AE172" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="AF172" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="AG172" t="s">
         <v>76</v>
       </c>
       <c r="AH172" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="AI172"/>
       <c r="AJ172" t="s">
-        <v>1732</v>
+        <v>1737</v>
       </c>
       <c r="AK172" t="s">
         <v>70</v>
       </c>
       <c r="AL172" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="AM172" t="s">
         <v>82</v>
       </c>
       <c r="AN172" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="AO172">
         <v>79.99</v>
       </c>
       <c r="AP172" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="AQ172" t="s">
         <v>73</v>
       </c>
       <c r="AR172" t="s">
         <v>84</v>
       </c>
       <c r="AS172">
         <v>276859732281</v>
       </c>
       <c r="AT172" t="s">
         <v>76</v>
       </c>
       <c r="AU172"/>
       <c r="AV172"/>
       <c r="AW172"/>
       <c r="AX172" t="s">
         <v>85</v>
       </c>
       <c r="AY172"/>
       <c r="AZ172" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA172" t="s">
         <v>86</v>
       </c>
       <c r="BB172" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="BC172" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="BD172" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="BE172" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="BF172" t="s">
         <v>76</v>
       </c>
       <c r="BG172" t="s">
         <v>76</v>
       </c>
       <c r="BH172">
-        <v>463</v>
+        <v>510</v>
       </c>
       <c r="BI172" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ172"/>
       <c r="BK172"/>
       <c r="BL172"/>
       <c r="BM172" t="s">
         <v>76</v>
       </c>
       <c r="BN172" t="s">
-        <v>1735</v>
+        <v>1740</v>
       </c>
       <c r="BO172">
         <v>0</v>
       </c>
       <c r="BP172" t="s">
         <v>73</v>
       </c>
       <c r="BQ172" t="s">
         <v>76</v>
       </c>
       <c r="BR172">
         <v>308.7</v>
       </c>
       <c r="BS172"/>
     </row>
     <row r="173" spans="1:71">
       <c r="A173" t="s">
         <v>66</v>
       </c>
       <c r="B173" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="C173" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="D173">
         <v>572865</v>
       </c>
       <c r="E173">
         <v>308.7</v>
       </c>
       <c r="F173" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="G173" t="s">
         <v>70</v>
       </c>
       <c r="H173" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="I173">
         <v>80</v>
       </c>
       <c r="J173" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="K173" t="s">
         <v>73</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173">
         <v>9433345373</v>
       </c>
       <c r="Q173" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="R173" t="s">
         <v>76</v>
       </c>
       <c r="S173" t="s">
         <v>76</v>
       </c>
       <c r="T173" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U173" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="V173">
         <v>572865</v>
       </c>
       <c r="W173" t="s">
         <v>76</v>
       </c>
       <c r="X173">
         <v>308.7</v>
       </c>
       <c r="Y173">
         <v>1</v>
       </c>
       <c r="Z173" t="s">
         <v>76</v>
       </c>
       <c r="AA173" t="s">
         <v>66</v>
       </c>
       <c r="AB173" t="s">
         <v>78</v>
       </c>
       <c r="AC173" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="AD173">
         <v>9433345373</v>
       </c>
       <c r="AE173" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="AF173" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="AG173" t="s">
         <v>76</v>
       </c>
       <c r="AH173" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
       <c r="AI173"/>
       <c r="AJ173" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="AK173" t="s">
         <v>70</v>
       </c>
       <c r="AL173" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="AM173" t="s">
         <v>82</v>
       </c>
       <c r="AN173" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="AO173">
         <v>80</v>
       </c>
       <c r="AP173" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="AQ173" t="s">
         <v>73</v>
       </c>
       <c r="AR173" t="s">
         <v>84</v>
       </c>
       <c r="AS173">
         <v>276860271852</v>
       </c>
       <c r="AT173" t="s">
         <v>76</v>
       </c>
       <c r="AU173"/>
       <c r="AV173"/>
       <c r="AW173"/>
       <c r="AX173" t="s">
         <v>85</v>
       </c>
       <c r="AY173"/>
       <c r="AZ173" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA173" t="s">
         <v>86</v>
       </c>
       <c r="BB173" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="BC173" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="BD173" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
       <c r="BE173" t="s">
-        <v>1744</v>
+        <v>1749</v>
       </c>
       <c r="BF173" t="s">
         <v>76</v>
       </c>
       <c r="BG173" t="s">
         <v>76</v>
       </c>
       <c r="BH173">
-        <v>463</v>
+        <v>510</v>
       </c>
       <c r="BI173" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ173"/>
       <c r="BK173"/>
       <c r="BL173"/>
       <c r="BM173" t="s">
         <v>76</v>
       </c>
       <c r="BN173" t="s">
-        <v>1745</v>
+        <v>1750</v>
       </c>
       <c r="BO173">
         <v>0</v>
       </c>
       <c r="BP173" t="s">
         <v>73</v>
       </c>
       <c r="BQ173" t="s">
         <v>76</v>
       </c>
       <c r="BR173">
         <v>308.7</v>
       </c>
       <c r="BS173"/>
     </row>
     <row r="174" spans="1:71">
       <c r="A174" t="s">
         <v>66</v>
       </c>
       <c r="B174" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="C174" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
       <c r="D174">
         <v>572743</v>
       </c>
       <c r="E174">
         <v>598.5</v>
       </c>
       <c r="F174" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="G174" t="s">
         <v>70</v>
       </c>
       <c r="H174" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="I174">
         <v>204</v>
       </c>
       <c r="J174" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
       <c r="K174" t="s">
         <v>73</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174">
         <v>10319752044</v>
       </c>
       <c r="Q174" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="R174" t="s">
         <v>76</v>
       </c>
       <c r="S174" t="s">
         <v>76</v>
       </c>
       <c r="T174" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U174" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
       <c r="V174">
         <v>572743</v>
       </c>
       <c r="W174" t="s">
         <v>76</v>
       </c>
       <c r="X174">
         <v>598.5</v>
       </c>
       <c r="Y174">
         <v>1</v>
       </c>
       <c r="Z174" t="s">
         <v>76</v>
       </c>
       <c r="AA174" t="s">
         <v>66</v>
       </c>
       <c r="AB174" t="s">
         <v>78</v>
       </c>
       <c r="AC174" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="AD174">
         <v>10319752044</v>
       </c>
       <c r="AE174" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="AF174" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="AG174" t="s">
         <v>76</v>
       </c>
       <c r="AH174" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
       <c r="AI174"/>
       <c r="AJ174" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="AK174" t="s">
         <v>70</v>
       </c>
       <c r="AL174" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
       <c r="AM174" t="s">
         <v>82</v>
       </c>
       <c r="AN174" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="AO174">
         <v>204</v>
       </c>
       <c r="AP174" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="AQ174" t="s">
         <v>73</v>
       </c>
       <c r="AR174" t="s">
         <v>84</v>
       </c>
       <c r="AS174">
         <v>276860355620</v>
       </c>
       <c r="AT174" t="s">
         <v>76</v>
       </c>
       <c r="AU174"/>
       <c r="AV174"/>
       <c r="AW174"/>
       <c r="AX174" t="s">
         <v>85</v>
       </c>
       <c r="AY174"/>
       <c r="AZ174" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA174" t="s">
         <v>86</v>
       </c>
       <c r="BB174" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="BC174" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
       <c r="BD174" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="BE174" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="BF174" t="s">
         <v>76</v>
       </c>
       <c r="BG174" t="s">
         <v>76</v>
       </c>
       <c r="BH174">
-        <v>467</v>
+        <v>514</v>
       </c>
       <c r="BI174" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ174"/>
       <c r="BK174"/>
       <c r="BL174"/>
       <c r="BM174" t="s">
         <v>76</v>
       </c>
       <c r="BN174" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="BO174">
         <v>0</v>
       </c>
       <c r="BP174" t="s">
         <v>73</v>
       </c>
       <c r="BQ174" t="s">
         <v>76</v>
       </c>
       <c r="BR174">
         <v>598.5</v>
       </c>
       <c r="BS174"/>
     </row>
     <row r="175" spans="1:71">
       <c r="A175" t="s">
         <v>66</v>
       </c>
       <c r="B175" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="C175" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="D175">
         <v>572575</v>
       </c>
       <c r="E175">
         <v>393.75</v>
       </c>
       <c r="F175" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="G175" t="s">
         <v>70</v>
       </c>
       <c r="H175" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="I175">
         <v>115.2</v>
       </c>
       <c r="J175" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="K175" t="s">
         <v>73</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175">
         <v>673426215</v>
       </c>
       <c r="Q175" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="R175" t="s">
         <v>76</v>
       </c>
       <c r="S175" t="s">
         <v>76</v>
       </c>
       <c r="T175" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U175" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="V175">
         <v>572575</v>
       </c>
       <c r="W175" t="s">
         <v>76</v>
       </c>
       <c r="X175">
         <v>393.75</v>
       </c>
       <c r="Y175">
         <v>1</v>
       </c>
       <c r="Z175" t="s">
         <v>76</v>
       </c>
       <c r="AA175" t="s">
         <v>66</v>
       </c>
       <c r="AB175" t="s">
         <v>78</v>
       </c>
       <c r="AC175" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="AD175">
         <v>673426215</v>
       </c>
       <c r="AE175">
         <v>5556467443</v>
       </c>
       <c r="AF175">
         <v>5556467443</v>
       </c>
       <c r="AG175" t="s">
         <v>76</v>
       </c>
       <c r="AH175" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="AI175"/>
       <c r="AJ175" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="AK175" t="s">
         <v>70</v>
       </c>
       <c r="AL175" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="AM175" t="s">
         <v>82</v>
       </c>
       <c r="AN175" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="AO175">
         <v>115.2</v>
       </c>
       <c r="AP175" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ175" t="s">
         <v>73</v>
       </c>
       <c r="AR175" t="s">
         <v>84</v>
       </c>
       <c r="AS175">
         <v>276393660041</v>
       </c>
       <c r="AT175" t="s">
         <v>76</v>
       </c>
       <c r="AU175"/>
       <c r="AV175"/>
       <c r="AW175"/>
       <c r="AX175" t="s">
         <v>85</v>
       </c>
       <c r="AY175"/>
       <c r="AZ175" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA175" t="s">
         <v>86</v>
       </c>
       <c r="BB175" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="BC175" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="BD175" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="BE175" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="BF175" t="s">
         <v>76</v>
       </c>
       <c r="BG175" t="s">
         <v>76</v>
       </c>
       <c r="BH175">
-        <v>470</v>
+        <v>517</v>
       </c>
       <c r="BI175" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ175"/>
       <c r="BK175"/>
       <c r="BL175"/>
       <c r="BM175" t="s">
         <v>76</v>
       </c>
       <c r="BN175" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="BO175">
         <v>0</v>
       </c>
       <c r="BP175" t="s">
         <v>73</v>
       </c>
       <c r="BQ175" t="s">
         <v>76</v>
       </c>
       <c r="BR175">
         <v>393.75</v>
       </c>
       <c r="BS175"/>
     </row>
     <row r="176" spans="1:71">
       <c r="A176" t="s">
         <v>66</v>
       </c>
       <c r="B176" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="C176" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="D176">
         <v>572539</v>
       </c>
       <c r="E176">
         <v>311.85</v>
       </c>
       <c r="F176" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="G176" t="s">
         <v>70</v>
       </c>
       <c r="H176" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="I176">
         <v>79.99</v>
       </c>
       <c r="J176" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="K176" t="s">
         <v>73</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176">
         <v>16560040472</v>
       </c>
       <c r="Q176" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="R176" t="s">
         <v>76</v>
       </c>
       <c r="S176" t="s">
         <v>76</v>
       </c>
       <c r="T176" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U176" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="V176">
         <v>572539</v>
       </c>
       <c r="W176" t="s">
         <v>76</v>
       </c>
       <c r="X176">
         <v>311.85</v>
       </c>
       <c r="Y176">
         <v>1</v>
       </c>
       <c r="Z176" t="s">
         <v>76</v>
       </c>
       <c r="AA176" t="s">
         <v>66</v>
       </c>
       <c r="AB176" t="s">
         <v>78</v>
       </c>
       <c r="AC176" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="AD176">
         <v>16560040472</v>
       </c>
       <c r="AE176">
         <v>3336481700</v>
       </c>
       <c r="AF176">
         <v>3336481700</v>
       </c>
       <c r="AG176" t="s">
         <v>76</v>
       </c>
       <c r="AH176" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="AI176"/>
       <c r="AJ176" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="AK176" t="s">
         <v>70</v>
       </c>
       <c r="AL176" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="AM176" t="s">
         <v>82</v>
       </c>
       <c r="AN176" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="AO176">
         <v>79.99</v>
       </c>
       <c r="AP176" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="AQ176" t="s">
         <v>73</v>
       </c>
       <c r="AR176" t="s">
         <v>84</v>
       </c>
       <c r="AS176">
         <v>276342084030</v>
       </c>
       <c r="AT176" t="s">
         <v>76</v>
       </c>
       <c r="AU176"/>
       <c r="AV176"/>
       <c r="AW176"/>
       <c r="AX176" t="s">
         <v>85</v>
       </c>
       <c r="AY176"/>
       <c r="AZ176" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA176" t="s">
         <v>86</v>
       </c>
       <c r="BB176" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="BC176" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="BD176" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="BE176" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="BF176" t="s">
         <v>76</v>
       </c>
       <c r="BG176" t="s">
         <v>76</v>
       </c>
       <c r="BH176">
-        <v>471</v>
+        <v>518</v>
       </c>
       <c r="BI176" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ176"/>
       <c r="BK176"/>
       <c r="BL176"/>
       <c r="BM176" t="s">
         <v>76</v>
       </c>
       <c r="BN176" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="BO176">
         <v>0</v>
       </c>
       <c r="BP176" t="s">
         <v>73</v>
       </c>
       <c r="BQ176" t="s">
         <v>76</v>
       </c>
       <c r="BR176">
         <v>311.85</v>
       </c>
       <c r="BS176"/>
     </row>
     <row r="177" spans="1:71">
       <c r="A177" t="s">
         <v>66</v>
       </c>
       <c r="B177" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="C177" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="D177">
         <v>572538</v>
       </c>
       <c r="E177">
         <v>308.7</v>
       </c>
       <c r="F177" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="G177" t="s">
         <v>70</v>
       </c>
       <c r="H177" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="I177">
         <v>79</v>
       </c>
       <c r="J177" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="K177" t="s">
         <v>73</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177">
         <v>12661752139</v>
       </c>
       <c r="Q177" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="R177" t="s">
         <v>76</v>
       </c>
       <c r="S177" t="s">
         <v>76</v>
       </c>
       <c r="T177" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U177" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="V177">
         <v>572538</v>
       </c>
       <c r="W177" t="s">
         <v>76</v>
       </c>
       <c r="X177">
         <v>308.7</v>
       </c>
       <c r="Y177">
         <v>1</v>
       </c>
       <c r="Z177" t="s">
         <v>76</v>
       </c>
       <c r="AA177" t="s">
         <v>66</v>
       </c>
       <c r="AB177" t="s">
         <v>78</v>
       </c>
       <c r="AC177" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="AD177">
         <v>12661752139</v>
       </c>
       <c r="AE177" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="AF177" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="AG177" t="s">
         <v>76</v>
       </c>
       <c r="AH177" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="AI177"/>
       <c r="AJ177" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="AK177" t="s">
         <v>70</v>
       </c>
       <c r="AL177" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="AM177" t="s">
         <v>82</v>
       </c>
       <c r="AN177" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="AO177">
         <v>79</v>
       </c>
       <c r="AP177" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="AQ177" t="s">
         <v>73</v>
       </c>
       <c r="AR177" t="s">
         <v>84</v>
       </c>
       <c r="AS177">
         <v>276344749280</v>
       </c>
       <c r="AT177" t="s">
         <v>76</v>
       </c>
       <c r="AU177"/>
       <c r="AV177"/>
       <c r="AW177"/>
       <c r="AX177" t="s">
         <v>85</v>
       </c>
       <c r="AY177"/>
       <c r="AZ177" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA177" t="s">
         <v>86</v>
       </c>
       <c r="BB177" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="BC177" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="BD177" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="BE177" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="BF177" t="s">
         <v>76</v>
       </c>
       <c r="BG177" t="s">
         <v>76</v>
       </c>
       <c r="BH177">
-        <v>471</v>
+        <v>518</v>
       </c>
       <c r="BI177" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ177"/>
       <c r="BK177"/>
       <c r="BL177"/>
       <c r="BM177" t="s">
         <v>76</v>
       </c>
       <c r="BN177" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="BO177">
         <v>0</v>
       </c>
       <c r="BP177" t="s">
         <v>73</v>
       </c>
       <c r="BQ177" t="s">
         <v>76</v>
       </c>
       <c r="BR177">
         <v>308.7</v>
       </c>
       <c r="BS177"/>
     </row>
     <row r="178" spans="1:71">
       <c r="A178" t="s">
         <v>66</v>
       </c>
       <c r="B178" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="C178" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="D178">
         <v>572537</v>
       </c>
       <c r="E178">
         <v>254.1</v>
       </c>
       <c r="F178" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="G178" t="s">
         <v>70</v>
       </c>
       <c r="H178" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="I178">
         <v>55.2</v>
       </c>
       <c r="J178" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="K178" t="s">
         <v>73</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178">
         <v>9501295197</v>
       </c>
       <c r="Q178" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="R178" t="s">
         <v>76</v>
       </c>
       <c r="S178" t="s">
         <v>76</v>
       </c>
       <c r="T178" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U178" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="V178">
         <v>572537</v>
       </c>
       <c r="W178" t="s">
         <v>76</v>
       </c>
       <c r="X178">
         <v>254.1</v>
       </c>
       <c r="Y178">
         <v>1</v>
       </c>
       <c r="Z178" t="s">
         <v>76</v>
       </c>
       <c r="AA178" t="s">
         <v>66</v>
       </c>
       <c r="AB178" t="s">
         <v>78</v>
       </c>
       <c r="AC178" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="AD178">
         <v>9501295197</v>
       </c>
       <c r="AE178" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="AF178" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="AG178" t="s">
         <v>76</v>
       </c>
       <c r="AH178" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="AI178"/>
       <c r="AJ178" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="AK178" t="s">
         <v>70</v>
       </c>
       <c r="AL178" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="AM178" t="s">
         <v>82</v>
       </c>
       <c r="AN178" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="AO178">
         <v>55.2</v>
       </c>
       <c r="AP178" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AQ178" t="s">
         <v>73</v>
       </c>
       <c r="AR178" t="s">
         <v>84</v>
       </c>
       <c r="AS178">
         <v>276342252887</v>
       </c>
       <c r="AT178" t="s">
         <v>76</v>
       </c>
       <c r="AU178"/>
       <c r="AV178"/>
       <c r="AW178"/>
       <c r="AX178" t="s">
         <v>85</v>
       </c>
       <c r="AY178"/>
       <c r="AZ178" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA178" t="s">
         <v>86</v>
       </c>
       <c r="BB178" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="BC178" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="BD178" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="BE178" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="BF178" t="s">
         <v>76</v>
       </c>
       <c r="BG178" t="s">
         <v>76</v>
       </c>
       <c r="BH178">
-        <v>472</v>
+        <v>519</v>
       </c>
       <c r="BI178" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ178"/>
       <c r="BK178"/>
       <c r="BL178"/>
       <c r="BM178" t="s">
         <v>76</v>
       </c>
       <c r="BN178" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="BO178">
         <v>0</v>
       </c>
       <c r="BP178" t="s">
         <v>73</v>
       </c>
       <c r="BQ178" t="s">
         <v>76</v>
       </c>
       <c r="BR178">
         <v>254.1</v>
       </c>
       <c r="BS178"/>
     </row>
     <row r="179" spans="1:71">
       <c r="A179" t="s">
         <v>66</v>
       </c>
       <c r="B179" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="C179" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="D179">
         <v>572378</v>
       </c>
       <c r="E179">
         <v>301.69</v>
       </c>
       <c r="F179" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="G179" t="s">
         <v>70</v>
       </c>
       <c r="H179" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="I179">
         <v>79.99</v>
       </c>
       <c r="J179" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="K179" t="s">
         <v>73</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179">
         <v>14423364765</v>
       </c>
       <c r="Q179" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="R179" t="s">
         <v>76</v>
       </c>
       <c r="S179" t="s">
         <v>76</v>
       </c>
       <c r="T179" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U179" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="V179">
         <v>572378</v>
       </c>
       <c r="W179" t="s">
         <v>76</v>
       </c>
       <c r="X179">
         <v>301.69</v>
       </c>
       <c r="Y179">
         <v>1</v>
       </c>
       <c r="Z179" t="s">
         <v>76</v>
       </c>
       <c r="AA179" t="s">
         <v>66</v>
       </c>
       <c r="AB179" t="s">
         <v>78</v>
       </c>
       <c r="AC179" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="AD179">
         <v>14423364765</v>
       </c>
       <c r="AE179" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="AF179" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="AG179" t="s">
         <v>76</v>
       </c>
       <c r="AH179" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="AI179"/>
       <c r="AJ179" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="AK179" t="s">
         <v>70</v>
       </c>
       <c r="AL179" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="AM179" t="s">
         <v>82</v>
       </c>
       <c r="AN179" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="AO179">
         <v>79.99</v>
       </c>
       <c r="AP179" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ179" t="s">
         <v>73</v>
       </c>
       <c r="AR179" t="s">
         <v>84</v>
       </c>
       <c r="AS179">
         <v>276158428940</v>
       </c>
       <c r="AT179" t="s">
         <v>76</v>
       </c>
       <c r="AU179"/>
       <c r="AV179"/>
       <c r="AW179"/>
       <c r="AX179" t="s">
         <v>85</v>
       </c>
       <c r="AY179"/>
       <c r="AZ179" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA179" t="s">
         <v>86</v>
       </c>
       <c r="BB179" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="BC179" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="BD179" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="BE179" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="BF179" t="s">
         <v>76</v>
       </c>
       <c r="BG179" t="s">
         <v>76</v>
       </c>
       <c r="BH179">
-        <v>477</v>
+        <v>524</v>
       </c>
       <c r="BI179" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ179"/>
       <c r="BK179"/>
       <c r="BL179"/>
       <c r="BM179" t="s">
         <v>76</v>
       </c>
       <c r="BN179" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="BO179">
         <v>0</v>
       </c>
       <c r="BP179" t="s">
         <v>73</v>
       </c>
       <c r="BQ179" t="s">
         <v>76</v>
       </c>
       <c r="BR179">
         <v>301.69</v>
       </c>
       <c r="BS179"/>
     </row>
     <row r="180" spans="1:71">
       <c r="A180" t="s">
         <v>66</v>
       </c>
       <c r="B180" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="C180" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="D180">
         <v>572315</v>
       </c>
       <c r="E180">
         <v>299.66</v>
       </c>
       <c r="F180" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="G180" t="s">
         <v>70</v>
       </c>
       <c r="H180" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
       <c r="I180">
         <v>79.2</v>
       </c>
       <c r="J180" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="K180" t="s">
         <v>73</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180">
         <v>3753943420</v>
       </c>
       <c r="Q180" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="R180" t="s">
         <v>76</v>
       </c>
       <c r="S180" t="s">
         <v>76</v>
       </c>
       <c r="T180" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U180" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="V180">
         <v>572315</v>
       </c>
       <c r="W180" t="s">
         <v>76</v>
       </c>
       <c r="X180">
         <v>299.66</v>
       </c>
       <c r="Y180">
         <v>1</v>
       </c>
       <c r="Z180" t="s">
         <v>76</v>
       </c>
       <c r="AA180" t="s">
         <v>66</v>
       </c>
       <c r="AB180" t="s">
         <v>78</v>
       </c>
       <c r="AC180" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="AD180">
         <v>3753943420</v>
       </c>
       <c r="AE180" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="AF180" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="AG180" t="s">
         <v>76</v>
       </c>
       <c r="AH180" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="AI180"/>
       <c r="AJ180" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="AK180" t="s">
         <v>70</v>
       </c>
       <c r="AL180" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="AM180" t="s">
         <v>82</v>
       </c>
       <c r="AN180" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
       <c r="AO180">
         <v>79.2</v>
       </c>
       <c r="AP180" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="AQ180" t="s">
         <v>73</v>
       </c>
       <c r="AR180" t="s">
         <v>84</v>
       </c>
       <c r="AS180">
         <v>276073126844</v>
       </c>
       <c r="AT180" t="s">
         <v>76</v>
       </c>
       <c r="AU180"/>
       <c r="AV180"/>
       <c r="AW180"/>
       <c r="AX180" t="s">
         <v>85</v>
       </c>
       <c r="AY180"/>
       <c r="AZ180" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA180" t="s">
         <v>86</v>
       </c>
       <c r="BB180" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="BC180" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="BD180" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="BE180" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
       <c r="BF180" t="s">
         <v>76</v>
       </c>
       <c r="BG180" t="s">
         <v>76</v>
       </c>
       <c r="BH180">
-        <v>479</v>
+        <v>526</v>
       </c>
       <c r="BI180" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ180"/>
       <c r="BK180"/>
       <c r="BL180"/>
       <c r="BM180" t="s">
         <v>76</v>
       </c>
       <c r="BN180" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="BO180">
         <v>0</v>
       </c>
       <c r="BP180" t="s">
         <v>73</v>
       </c>
       <c r="BQ180" t="s">
         <v>76</v>
       </c>
       <c r="BR180">
         <v>299.66</v>
       </c>
       <c r="BS180"/>
     </row>
     <row r="181" spans="1:71">
       <c r="A181" t="s">
         <v>66</v>
       </c>
       <c r="B181" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="C181" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="D181">
         <v>572316</v>
       </c>
       <c r="E181">
         <v>254.96</v>
       </c>
       <c r="F181" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="G181" t="s">
         <v>70</v>
       </c>
       <c r="H181" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="I181">
         <v>59.4</v>
       </c>
       <c r="J181" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="K181" t="s">
         <v>73</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181">
         <v>21740232097</v>
       </c>
       <c r="Q181" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="R181" t="s">
         <v>76</v>
       </c>
       <c r="S181" t="s">
         <v>76</v>
       </c>
       <c r="T181" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U181" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="V181">
         <v>572316</v>
       </c>
       <c r="W181" t="s">
         <v>76</v>
       </c>
       <c r="X181">
         <v>254.96</v>
       </c>
       <c r="Y181">
         <v>1</v>
       </c>
       <c r="Z181" t="s">
         <v>76</v>
       </c>
       <c r="AA181" t="s">
         <v>66</v>
       </c>
       <c r="AB181" t="s">
         <v>78</v>
       </c>
       <c r="AC181" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="AD181">
         <v>21740232097</v>
       </c>
       <c r="AE181" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="AF181" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="AG181" t="s">
         <v>76</v>
       </c>
       <c r="AH181" t="s">
-        <v>1823</v>
+        <v>1828</v>
       </c>
       <c r="AI181"/>
       <c r="AJ181" t="s">
-        <v>1824</v>
+        <v>1829</v>
       </c>
       <c r="AK181" t="s">
         <v>70</v>
       </c>
       <c r="AL181" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="AM181" t="s">
         <v>82</v>
       </c>
       <c r="AN181" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="AO181">
         <v>59.4</v>
       </c>
       <c r="AP181" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
       <c r="AQ181" t="s">
         <v>73</v>
       </c>
       <c r="AR181" t="s">
         <v>84</v>
       </c>
       <c r="AS181">
         <v>276073067587</v>
       </c>
       <c r="AT181" t="s">
         <v>76</v>
       </c>
       <c r="AU181"/>
       <c r="AV181"/>
       <c r="AW181"/>
       <c r="AX181" t="s">
         <v>85</v>
       </c>
       <c r="AY181"/>
       <c r="AZ181" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA181" t="s">
         <v>86</v>
       </c>
       <c r="BB181" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="BC181" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="BD181" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
       <c r="BE181" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="BF181" t="s">
         <v>76</v>
       </c>
       <c r="BG181" t="s">
         <v>76</v>
       </c>
       <c r="BH181">
-        <v>479</v>
+        <v>526</v>
       </c>
       <c r="BI181" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ181"/>
       <c r="BK181"/>
       <c r="BL181"/>
       <c r="BM181" t="s">
         <v>76</v>
       </c>
       <c r="BN181" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="BO181">
         <v>0</v>
       </c>
       <c r="BP181" t="s">
         <v>73</v>
       </c>
       <c r="BQ181" t="s">
         <v>76</v>
       </c>
       <c r="BR181">
         <v>254.96</v>
       </c>
       <c r="BS181"/>
     </row>
     <row r="182" spans="1:71">
       <c r="A182" t="s">
         <v>66</v>
       </c>
       <c r="B182" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="C182" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="D182">
         <v>572314</v>
       </c>
       <c r="E182">
         <v>316.93</v>
       </c>
       <c r="F182" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="G182" t="s">
         <v>70</v>
       </c>
       <c r="H182" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="I182">
         <v>87</v>
       </c>
       <c r="J182" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="K182" t="s">
         <v>73</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182">
         <v>5124768839</v>
       </c>
       <c r="Q182" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="R182" t="s">
         <v>76</v>
       </c>
       <c r="S182" t="s">
         <v>76</v>
       </c>
       <c r="T182" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U182" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="V182">
         <v>572314</v>
       </c>
       <c r="W182" t="s">
         <v>76</v>
       </c>
       <c r="X182">
         <v>316.93</v>
       </c>
       <c r="Y182">
         <v>1</v>
       </c>
       <c r="Z182" t="s">
         <v>76</v>
       </c>
       <c r="AA182" t="s">
         <v>66</v>
       </c>
       <c r="AB182" t="s">
         <v>78</v>
       </c>
       <c r="AC182" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="AD182">
         <v>5124768839</v>
       </c>
       <c r="AE182" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="AF182" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="AG182" t="s">
         <v>76</v>
       </c>
       <c r="AH182" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="AI182"/>
       <c r="AJ182" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="AK182" t="s">
         <v>70</v>
       </c>
       <c r="AL182" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="AM182" t="s">
         <v>82</v>
       </c>
       <c r="AN182" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="AO182">
         <v>87</v>
       </c>
       <c r="AP182" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="AQ182" t="s">
         <v>73</v>
       </c>
       <c r="AR182" t="s">
         <v>84</v>
       </c>
       <c r="AS182">
         <v>276073094786</v>
       </c>
       <c r="AT182" t="s">
         <v>76</v>
       </c>
       <c r="AU182"/>
       <c r="AV182"/>
       <c r="AW182"/>
       <c r="AX182" t="s">
         <v>85</v>
       </c>
       <c r="AY182"/>
       <c r="AZ182" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA182" t="s">
         <v>86</v>
       </c>
       <c r="BB182" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="BC182" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="BD182" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="BE182" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="BF182" t="s">
         <v>76</v>
       </c>
       <c r="BG182" t="s">
         <v>76</v>
       </c>
       <c r="BH182">
-        <v>480</v>
+        <v>527</v>
       </c>
       <c r="BI182" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ182"/>
       <c r="BK182"/>
       <c r="BL182"/>
       <c r="BM182" t="s">
         <v>76</v>
       </c>
       <c r="BN182" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="BO182">
         <v>0</v>
       </c>
       <c r="BP182" t="s">
         <v>73</v>
       </c>
       <c r="BQ182" t="s">
         <v>76</v>
       </c>
       <c r="BR182">
         <v>316.93</v>
       </c>
       <c r="BS182"/>
     </row>
     <row r="183" spans="1:71">
       <c r="A183" t="s">
         <v>66</v>
       </c>
       <c r="B183" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="C183" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="D183">
         <v>572312</v>
       </c>
       <c r="E183">
         <v>245.82</v>
       </c>
       <c r="F183" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="G183" t="s">
         <v>70</v>
       </c>
       <c r="H183" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="I183">
         <v>55.2</v>
       </c>
       <c r="J183" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="K183" t="s">
         <v>73</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183">
         <v>12920076699</v>
       </c>
       <c r="Q183" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="R183" t="s">
         <v>76</v>
       </c>
       <c r="S183" t="s">
         <v>76</v>
       </c>
       <c r="T183" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U183" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="V183">
         <v>572312</v>
       </c>
       <c r="W183" t="s">
         <v>76</v>
       </c>
       <c r="X183">
         <v>245.82</v>
       </c>
       <c r="Y183">
         <v>1</v>
       </c>
       <c r="Z183" t="s">
         <v>76</v>
       </c>
       <c r="AA183" t="s">
         <v>66</v>
       </c>
       <c r="AB183" t="s">
         <v>78</v>
       </c>
       <c r="AC183" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="AD183">
         <v>12920076699</v>
       </c>
       <c r="AE183" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="AF183" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="AG183" t="s">
         <v>76</v>
       </c>
       <c r="AH183" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="AI183"/>
       <c r="AJ183" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="AK183" t="s">
         <v>70</v>
       </c>
       <c r="AL183" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="AM183" t="s">
         <v>82</v>
       </c>
       <c r="AN183" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="AO183">
         <v>55.2</v>
       </c>
       <c r="AP183" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AQ183" t="s">
         <v>73</v>
       </c>
       <c r="AR183" t="s">
         <v>84</v>
       </c>
       <c r="AS183">
         <v>276073041348</v>
       </c>
       <c r="AT183" t="s">
         <v>76</v>
       </c>
       <c r="AU183"/>
       <c r="AV183"/>
       <c r="AW183"/>
       <c r="AX183" t="s">
         <v>85</v>
       </c>
       <c r="AY183"/>
       <c r="AZ183" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA183" t="s">
         <v>86</v>
       </c>
       <c r="BB183" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="BC183" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="BD183" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="BE183" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="BF183" t="s">
         <v>76</v>
       </c>
       <c r="BG183" t="s">
         <v>76</v>
       </c>
       <c r="BH183">
-        <v>481</v>
+        <v>528</v>
       </c>
       <c r="BI183" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ183"/>
       <c r="BK183"/>
       <c r="BL183"/>
       <c r="BM183" t="s">
         <v>76</v>
       </c>
       <c r="BN183" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="BO183">
         <v>0</v>
       </c>
       <c r="BP183" t="s">
         <v>73</v>
       </c>
       <c r="BQ183" t="s">
         <v>76</v>
       </c>
       <c r="BR183">
         <v>245.82</v>
       </c>
       <c r="BS183"/>
     </row>
     <row r="184" spans="1:71">
       <c r="A184" t="s">
         <v>66</v>
       </c>
       <c r="B184" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="C184" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="D184">
         <v>572311</v>
       </c>
       <c r="E184">
         <v>301.69</v>
       </c>
       <c r="F184" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="G184" t="s">
         <v>70</v>
       </c>
       <c r="H184" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="I184">
         <v>79.99</v>
       </c>
       <c r="J184" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="K184" t="s">
         <v>73</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184">
         <v>12034779831</v>
       </c>
       <c r="Q184" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="R184" t="s">
         <v>76</v>
       </c>
       <c r="S184" t="s">
         <v>76</v>
       </c>
       <c r="T184" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U184" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="V184">
         <v>572311</v>
       </c>
       <c r="W184" t="s">
         <v>76</v>
       </c>
       <c r="X184">
         <v>301.69</v>
       </c>
       <c r="Y184">
         <v>1</v>
       </c>
       <c r="Z184" t="s">
         <v>76</v>
       </c>
       <c r="AA184" t="s">
         <v>66</v>
       </c>
       <c r="AB184" t="s">
         <v>78</v>
       </c>
       <c r="AC184" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="AD184">
         <v>12034779831</v>
       </c>
       <c r="AE184" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="AF184" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="AG184" t="s">
         <v>76</v>
       </c>
       <c r="AH184" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="AI184"/>
       <c r="AJ184" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="AK184" t="s">
         <v>70</v>
       </c>
       <c r="AL184" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="AM184" t="s">
         <v>82</v>
       </c>
       <c r="AN184" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="AO184">
         <v>79.99</v>
       </c>
       <c r="AP184" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="AQ184" t="s">
         <v>73</v>
       </c>
       <c r="AR184" t="s">
         <v>84</v>
       </c>
       <c r="AS184">
         <v>276071804949</v>
       </c>
       <c r="AT184" t="s">
         <v>76</v>
       </c>
       <c r="AU184"/>
       <c r="AV184"/>
       <c r="AW184"/>
       <c r="AX184" t="s">
         <v>85</v>
       </c>
       <c r="AY184"/>
       <c r="AZ184" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA184" t="s">
         <v>86</v>
       </c>
       <c r="BB184" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="BC184" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="BD184" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="BE184" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="BF184" t="s">
         <v>76</v>
       </c>
       <c r="BG184" t="s">
         <v>76</v>
       </c>
       <c r="BH184">
-        <v>482</v>
+        <v>529</v>
       </c>
       <c r="BI184" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ184"/>
       <c r="BK184"/>
       <c r="BL184"/>
       <c r="BM184" t="s">
         <v>76</v>
       </c>
       <c r="BN184" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="BO184">
         <v>0</v>
       </c>
       <c r="BP184" t="s">
         <v>73</v>
       </c>
       <c r="BQ184" t="s">
         <v>76</v>
       </c>
       <c r="BR184">
         <v>301.69</v>
       </c>
       <c r="BS184"/>
     </row>
     <row r="185" spans="1:71">
       <c r="A185" t="s">
         <v>66</v>
       </c>
       <c r="B185" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="C185" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="D185">
         <v>572309</v>
       </c>
       <c r="E185">
         <v>380.92</v>
       </c>
       <c r="F185" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="G185" t="s">
         <v>70</v>
       </c>
       <c r="H185" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="I185">
         <v>115.2</v>
       </c>
       <c r="J185" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="K185" t="s">
         <v>73</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185">
         <v>1457474653</v>
       </c>
       <c r="Q185" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="R185" t="s">
         <v>76</v>
       </c>
       <c r="S185" t="s">
         <v>76</v>
       </c>
       <c r="T185" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U185" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="V185">
         <v>572309</v>
       </c>
       <c r="W185" t="s">
         <v>76</v>
       </c>
       <c r="X185">
         <v>380.92</v>
       </c>
       <c r="Y185">
         <v>1</v>
       </c>
       <c r="Z185" t="s">
         <v>76</v>
       </c>
       <c r="AA185" t="s">
         <v>66</v>
       </c>
       <c r="AB185" t="s">
         <v>78</v>
       </c>
       <c r="AC185" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="AD185">
         <v>1457474653</v>
       </c>
       <c r="AE185" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="AF185" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="AG185" t="s">
         <v>76</v>
       </c>
       <c r="AH185" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="AI185"/>
       <c r="AJ185" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="AK185" t="s">
         <v>70</v>
       </c>
       <c r="AL185" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="AM185" t="s">
         <v>82</v>
       </c>
       <c r="AN185" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="AO185">
         <v>115.2</v>
       </c>
       <c r="AP185" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="AQ185" t="s">
         <v>73</v>
       </c>
       <c r="AR185" t="s">
         <v>84</v>
       </c>
       <c r="AS185">
         <v>276071837491</v>
       </c>
       <c r="AT185" t="s">
         <v>76</v>
       </c>
       <c r="AU185"/>
       <c r="AV185"/>
       <c r="AW185">
         <v>0</v>
       </c>
       <c r="AX185" t="s">
         <v>85</v>
       </c>
       <c r="AY185"/>
       <c r="AZ185" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA185" t="s">
         <v>86</v>
       </c>
       <c r="BB185" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="BC185" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="BD185" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="BE185" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="BF185" t="s">
         <v>76</v>
       </c>
       <c r="BG185" t="s">
         <v>76</v>
       </c>
       <c r="BH185">
-        <v>482</v>
+        <v>529</v>
       </c>
       <c r="BI185" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ185"/>
       <c r="BK185"/>
       <c r="BL185"/>
       <c r="BM185" t="s">
         <v>76</v>
       </c>
       <c r="BN185" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="BO185">
         <v>0</v>
       </c>
       <c r="BP185" t="s">
         <v>73</v>
       </c>
       <c r="BQ185" t="s">
         <v>76</v>
       </c>
       <c r="BR185">
         <v>380.92</v>
       </c>
       <c r="BS185"/>
     </row>
     <row r="186" spans="1:71">
       <c r="A186" t="s">
         <v>66</v>
       </c>
       <c r="B186" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="C186" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="D186">
         <v>572182</v>
       </c>
       <c r="E186">
         <v>305.6</v>
       </c>
       <c r="F186" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="G186" t="s">
         <v>70</v>
       </c>
       <c r="H186" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="I186">
         <v>66.56</v>
       </c>
       <c r="J186" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="K186" t="s">
         <v>73</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186">
         <v>14969722185</v>
       </c>
       <c r="Q186" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="R186" t="s">
         <v>76</v>
       </c>
       <c r="S186" t="s">
         <v>76</v>
       </c>
       <c r="T186" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U186" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="V186">
         <v>572182</v>
       </c>
       <c r="W186" t="s">
         <v>76</v>
       </c>
       <c r="X186">
         <v>305.6</v>
       </c>
       <c r="Y186">
         <v>1</v>
       </c>
       <c r="Z186" t="s">
         <v>76</v>
       </c>
       <c r="AA186" t="s">
         <v>66</v>
       </c>
       <c r="AB186" t="s">
         <v>78</v>
       </c>
       <c r="AC186" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="AD186">
         <v>14969722185</v>
       </c>
       <c r="AE186" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="AF186" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="AG186" t="s">
         <v>76</v>
       </c>
       <c r="AH186" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="AI186"/>
       <c r="AJ186" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="AK186" t="s">
         <v>70</v>
       </c>
       <c r="AL186" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="AM186" t="s">
         <v>82</v>
       </c>
       <c r="AN186" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="AO186">
         <v>66.56</v>
       </c>
       <c r="AP186" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="AQ186" t="s">
         <v>73</v>
       </c>
       <c r="AR186" t="s">
         <v>84</v>
       </c>
       <c r="AS186">
         <v>275928407290</v>
       </c>
       <c r="AT186" t="s">
         <v>76</v>
       </c>
       <c r="AU186"/>
       <c r="AV186"/>
       <c r="AW186"/>
       <c r="AX186" t="s">
         <v>85</v>
       </c>
       <c r="AY186"/>
       <c r="AZ186" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA186" t="s">
         <v>86</v>
       </c>
       <c r="BB186" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="BC186" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="BD186" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="BE186" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="BF186" t="s">
         <v>76</v>
       </c>
       <c r="BG186" t="s">
         <v>76</v>
       </c>
       <c r="BH186">
-        <v>483</v>
+        <v>530</v>
       </c>
       <c r="BI186" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ186"/>
       <c r="BK186"/>
       <c r="BL186"/>
       <c r="BM186" t="s">
         <v>76</v>
       </c>
       <c r="BN186" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="BO186">
         <v>0</v>
       </c>
       <c r="BP186" t="s">
         <v>73</v>
       </c>
       <c r="BQ186" t="s">
         <v>76</v>
       </c>
       <c r="BR186">
         <v>305.6</v>
       </c>
       <c r="BS186"/>
     </row>
     <row r="187" spans="1:71">
       <c r="A187" t="s">
         <v>66</v>
       </c>
       <c r="B187" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="C187" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="D187">
         <v>572033</v>
       </c>
       <c r="E187">
         <v>331.74</v>
       </c>
       <c r="F187" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="G187" t="s">
         <v>70</v>
       </c>
       <c r="H187" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="I187">
         <v>95.2</v>
       </c>
       <c r="J187" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="K187" t="s">
         <v>73</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187">
         <v>1243661559</v>
       </c>
       <c r="Q187" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="R187" t="s">
         <v>76</v>
       </c>
       <c r="S187" t="s">
         <v>76</v>
       </c>
       <c r="T187" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U187" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="V187">
         <v>572033</v>
       </c>
       <c r="W187" t="s">
         <v>76</v>
       </c>
       <c r="X187">
         <v>331.74</v>
       </c>
       <c r="Y187">
         <v>1</v>
       </c>
       <c r="Z187" t="s">
         <v>76</v>
       </c>
       <c r="AA187" t="s">
         <v>66</v>
       </c>
       <c r="AB187" t="s">
         <v>78</v>
       </c>
       <c r="AC187" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="AD187">
         <v>1243661559</v>
       </c>
       <c r="AE187" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="AF187" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="AG187" t="s">
         <v>76</v>
       </c>
       <c r="AH187" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="AI187"/>
       <c r="AJ187" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="AK187" t="s">
         <v>70</v>
       </c>
       <c r="AL187" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="AM187" t="s">
         <v>82</v>
       </c>
       <c r="AN187" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="AO187">
         <v>95.2</v>
       </c>
       <c r="AP187" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="AQ187" t="s">
         <v>73</v>
       </c>
       <c r="AR187" t="s">
         <v>84</v>
       </c>
       <c r="AS187">
         <v>275746712902</v>
       </c>
       <c r="AT187" t="s">
         <v>76</v>
       </c>
       <c r="AU187"/>
       <c r="AV187"/>
       <c r="AW187"/>
       <c r="AX187" t="s">
         <v>85</v>
       </c>
       <c r="AY187"/>
       <c r="AZ187" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA187" t="s">
         <v>86</v>
       </c>
       <c r="BB187" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="BC187" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="BD187" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="BE187" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="BF187" t="s">
         <v>76</v>
       </c>
       <c r="BG187" t="s">
         <v>76</v>
       </c>
       <c r="BH187">
-        <v>486</v>
+        <v>533</v>
       </c>
       <c r="BI187" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ187"/>
       <c r="BK187"/>
       <c r="BL187"/>
       <c r="BM187" t="s">
         <v>76</v>
       </c>
       <c r="BN187" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="BO187">
         <v>0</v>
       </c>
       <c r="BP187" t="s">
         <v>73</v>
       </c>
       <c r="BQ187" t="s">
         <v>76</v>
       </c>
       <c r="BR187">
         <v>331.74</v>
       </c>
       <c r="BS187"/>
     </row>
     <row r="188" spans="1:71">
       <c r="A188" t="s">
         <v>66</v>
       </c>
       <c r="B188" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="C188" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="D188">
         <v>572032</v>
       </c>
       <c r="E188">
         <v>301.58</v>
       </c>
       <c r="F188" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="G188" t="s">
         <v>70</v>
       </c>
       <c r="H188" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="I188">
         <v>95.99</v>
       </c>
       <c r="J188" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="K188" t="s">
         <v>73</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188">
         <v>23773914304</v>
       </c>
       <c r="Q188" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="R188" t="s">
         <v>76</v>
       </c>
       <c r="S188" t="s">
         <v>76</v>
       </c>
       <c r="T188" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U188" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="V188">
         <v>572032</v>
       </c>
       <c r="W188" t="s">
         <v>76</v>
       </c>
       <c r="X188">
         <v>301.58</v>
       </c>
       <c r="Y188">
         <v>1</v>
       </c>
       <c r="Z188" t="s">
         <v>76</v>
       </c>
       <c r="AA188" t="s">
         <v>66</v>
       </c>
       <c r="AB188" t="s">
         <v>78</v>
       </c>
       <c r="AC188" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="AD188">
         <v>23773914304</v>
       </c>
       <c r="AE188">
         <v>5558649500</v>
       </c>
       <c r="AF188">
         <v>5558649500</v>
       </c>
       <c r="AG188" t="s">
         <v>76</v>
       </c>
       <c r="AH188" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="AI188"/>
       <c r="AJ188" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
       <c r="AK188" t="s">
         <v>70</v>
       </c>
       <c r="AL188" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="AM188" t="s">
         <v>82</v>
       </c>
       <c r="AN188" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="AO188">
         <v>95.99</v>
       </c>
       <c r="AP188" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="AQ188" t="s">
         <v>73</v>
       </c>
       <c r="AR188" t="s">
         <v>84</v>
       </c>
       <c r="AS188">
         <v>275746571939</v>
       </c>
       <c r="AT188" t="s">
         <v>76</v>
       </c>
       <c r="AU188"/>
       <c r="AV188"/>
       <c r="AW188"/>
       <c r="AX188" t="s">
         <v>85</v>
       </c>
       <c r="AY188"/>
       <c r="AZ188" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA188" t="s">
         <v>86</v>
       </c>
       <c r="BB188" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="BC188" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="BD188" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="BE188" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="BF188" t="s">
         <v>76</v>
       </c>
       <c r="BG188" t="s">
         <v>76</v>
       </c>
       <c r="BH188">
-        <v>487</v>
+        <v>534</v>
       </c>
       <c r="BI188" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ188"/>
       <c r="BK188"/>
       <c r="BL188"/>
       <c r="BM188" t="s">
         <v>76</v>
       </c>
       <c r="BN188" t="s">
-        <v>1900</v>
+        <v>1905</v>
       </c>
       <c r="BO188">
         <v>0</v>
       </c>
       <c r="BP188" t="s">
         <v>73</v>
       </c>
       <c r="BQ188" t="s">
         <v>76</v>
       </c>
       <c r="BR188">
         <v>301.58</v>
       </c>
       <c r="BS188"/>
     </row>
     <row r="189" spans="1:71">
       <c r="A189" t="s">
         <v>66</v>
       </c>
       <c r="B189" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="C189" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="D189">
         <v>572031</v>
       </c>
       <c r="E189">
         <v>301.58</v>
       </c>
       <c r="F189" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="G189" t="s">
         <v>70</v>
       </c>
       <c r="H189" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="I189">
         <v>95.99</v>
       </c>
       <c r="J189" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="K189" t="s">
         <v>73</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189">
         <v>10709400593</v>
       </c>
       <c r="Q189" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="R189" t="s">
         <v>76</v>
       </c>
       <c r="S189" t="s">
         <v>76</v>
       </c>
       <c r="T189" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U189" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="V189">
         <v>572031</v>
       </c>
       <c r="W189" t="s">
         <v>76</v>
       </c>
       <c r="X189">
         <v>301.58</v>
       </c>
       <c r="Y189">
         <v>1</v>
       </c>
       <c r="Z189" t="s">
         <v>76</v>
       </c>
       <c r="AA189" t="s">
         <v>66</v>
       </c>
       <c r="AB189" t="s">
         <v>78</v>
       </c>
       <c r="AC189" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="AD189">
         <v>10709400593</v>
       </c>
       <c r="AE189">
         <v>5556279600</v>
       </c>
       <c r="AF189">
         <v>5556279600</v>
       </c>
       <c r="AG189" t="s">
         <v>76</v>
       </c>
       <c r="AH189" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="AI189"/>
       <c r="AJ189" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
       <c r="AK189" t="s">
         <v>70</v>
       </c>
       <c r="AL189" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="AM189" t="s">
         <v>82</v>
       </c>
       <c r="AN189" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="AO189">
         <v>95.99</v>
       </c>
       <c r="AP189" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
       <c r="AQ189" t="s">
         <v>73</v>
       </c>
       <c r="AR189" t="s">
         <v>84</v>
       </c>
       <c r="AS189">
         <v>275746485428</v>
       </c>
       <c r="AT189" t="s">
         <v>76</v>
       </c>
       <c r="AU189"/>
       <c r="AV189"/>
       <c r="AW189"/>
       <c r="AX189" t="s">
         <v>85</v>
       </c>
       <c r="AY189"/>
       <c r="AZ189" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA189" t="s">
         <v>86</v>
       </c>
       <c r="BB189" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="BC189" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="BD189" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="BE189" t="s">
-        <v>1909</v>
+        <v>1914</v>
       </c>
       <c r="BF189" t="s">
         <v>76</v>
       </c>
       <c r="BG189" t="s">
         <v>76</v>
       </c>
       <c r="BH189">
-        <v>488</v>
+        <v>535</v>
       </c>
       <c r="BI189" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ189"/>
       <c r="BK189"/>
       <c r="BL189"/>
       <c r="BM189" t="s">
         <v>76</v>
       </c>
       <c r="BN189" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
       <c r="BO189">
         <v>0</v>
       </c>
       <c r="BP189" t="s">
         <v>73</v>
       </c>
       <c r="BQ189" t="s">
         <v>76</v>
       </c>
       <c r="BR189">
         <v>301.58</v>
       </c>
       <c r="BS189"/>
     </row>
     <row r="190" spans="1:71">
       <c r="A190" t="s">
         <v>66</v>
       </c>
       <c r="B190" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="C190" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="D190">
         <v>572030</v>
       </c>
       <c r="E190">
         <v>307.61</v>
       </c>
       <c r="F190" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="G190" t="s">
         <v>70</v>
       </c>
       <c r="H190" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="I190">
         <v>99</v>
       </c>
       <c r="J190" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="K190" t="s">
         <v>73</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190">
         <v>6209968825</v>
       </c>
       <c r="Q190" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="R190" t="s">
         <v>76</v>
       </c>
       <c r="S190" t="s">
         <v>76</v>
       </c>
       <c r="T190" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U190" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="V190">
         <v>572030</v>
       </c>
       <c r="W190" t="s">
         <v>76</v>
       </c>
       <c r="X190">
         <v>307.61</v>
       </c>
       <c r="Y190">
         <v>1</v>
       </c>
       <c r="Z190" t="s">
         <v>76</v>
       </c>
       <c r="AA190" t="s">
         <v>66</v>
       </c>
       <c r="AB190" t="s">
         <v>78</v>
       </c>
       <c r="AC190" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="AD190">
         <v>6209968825</v>
       </c>
       <c r="AE190" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="AF190" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="AG190" t="s">
         <v>76</v>
       </c>
       <c r="AH190" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="AI190"/>
       <c r="AJ190" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="AK190" t="s">
         <v>70</v>
       </c>
       <c r="AL190" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="AM190" t="s">
         <v>82</v>
       </c>
       <c r="AN190" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="AO190">
         <v>99</v>
       </c>
       <c r="AP190" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="AQ190" t="s">
         <v>73</v>
       </c>
       <c r="AR190" t="s">
         <v>84</v>
       </c>
       <c r="AS190">
         <v>275746606890</v>
       </c>
       <c r="AT190" t="s">
         <v>76</v>
       </c>
       <c r="AU190"/>
       <c r="AV190"/>
       <c r="AW190">
         <v>0</v>
       </c>
       <c r="AX190" t="s">
         <v>85</v>
       </c>
       <c r="AY190"/>
       <c r="AZ190" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA190" t="s">
         <v>86</v>
       </c>
       <c r="BB190" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="BC190" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="BD190" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="BE190" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="BF190" t="s">
         <v>76</v>
       </c>
       <c r="BG190" t="s">
         <v>76</v>
       </c>
       <c r="BH190">
-        <v>488</v>
+        <v>535</v>
       </c>
       <c r="BI190" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ190"/>
       <c r="BK190"/>
       <c r="BL190"/>
       <c r="BM190" t="s">
         <v>76</v>
       </c>
       <c r="BN190" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="BO190">
         <v>0</v>
       </c>
       <c r="BP190" t="s">
         <v>73</v>
       </c>
       <c r="BQ190" t="s">
         <v>76</v>
       </c>
       <c r="BR190">
         <v>307.61</v>
       </c>
       <c r="BS190"/>
     </row>
     <row r="191" spans="1:71">
       <c r="A191" t="s">
         <v>66</v>
       </c>
       <c r="B191" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="C191" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="D191">
         <v>572029</v>
       </c>
       <c r="E191">
         <v>298.65</v>
       </c>
       <c r="F191" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="G191" t="s">
         <v>70</v>
       </c>
       <c r="H191" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="I191">
         <v>79.99</v>
       </c>
       <c r="J191" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="K191" t="s">
         <v>73</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191">
         <v>937593567</v>
       </c>
       <c r="Q191" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="R191" t="s">
         <v>76</v>
       </c>
       <c r="S191" t="s">
         <v>76</v>
       </c>
       <c r="T191" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U191" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="V191">
         <v>572029</v>
       </c>
       <c r="W191" t="s">
         <v>76</v>
       </c>
       <c r="X191">
         <v>298.65</v>
       </c>
       <c r="Y191">
         <v>1</v>
       </c>
       <c r="Z191" t="s">
         <v>76</v>
       </c>
       <c r="AA191" t="s">
         <v>66</v>
       </c>
       <c r="AB191" t="s">
         <v>78</v>
       </c>
       <c r="AC191" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="AD191">
         <v>937593567</v>
       </c>
       <c r="AE191" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="AF191" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="AG191" t="s">
         <v>76</v>
       </c>
       <c r="AH191" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="AI191"/>
       <c r="AJ191" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="AK191" t="s">
         <v>70</v>
       </c>
       <c r="AL191" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="AM191" t="s">
         <v>82</v>
       </c>
       <c r="AN191" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="AO191">
         <v>79.99</v>
       </c>
       <c r="AP191" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AQ191" t="s">
         <v>73</v>
       </c>
       <c r="AR191" t="s">
         <v>84</v>
       </c>
       <c r="AS191">
         <v>275746678237</v>
       </c>
       <c r="AT191" t="s">
         <v>76</v>
       </c>
       <c r="AU191"/>
       <c r="AV191"/>
       <c r="AW191">
         <v>0</v>
       </c>
       <c r="AX191" t="s">
         <v>85</v>
       </c>
       <c r="AY191"/>
       <c r="AZ191" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA191" t="s">
         <v>86</v>
       </c>
       <c r="BB191" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="BC191" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="BD191" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="BE191" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="BF191" t="s">
         <v>76</v>
       </c>
       <c r="BG191" t="s">
         <v>76</v>
       </c>
       <c r="BH191">
-        <v>488</v>
+        <v>535</v>
       </c>
       <c r="BI191" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ191"/>
       <c r="BK191"/>
       <c r="BL191"/>
       <c r="BM191" t="s">
         <v>76</v>
       </c>
       <c r="BN191" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
       <c r="BO191">
         <v>0</v>
       </c>
       <c r="BP191" t="s">
         <v>73</v>
       </c>
       <c r="BQ191" t="s">
         <v>76</v>
       </c>
       <c r="BR191">
         <v>298.65</v>
       </c>
       <c r="BS191"/>
     </row>
     <row r="192" spans="1:71">
       <c r="A192" t="s">
         <v>66</v>
       </c>
       <c r="B192" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="C192" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="D192">
         <v>571150</v>
       </c>
       <c r="E192">
         <v>347.92</v>
       </c>
       <c r="F192" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="G192" t="s">
         <v>70</v>
       </c>
       <c r="H192" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="I192">
         <v>102.4</v>
       </c>
       <c r="J192" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="K192" t="s">
         <v>73</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192">
         <v>11752172660</v>
       </c>
       <c r="Q192" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="R192" t="s">
         <v>76</v>
       </c>
       <c r="S192" t="s">
         <v>76</v>
       </c>
       <c r="T192" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U192" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="V192">
         <v>571150</v>
       </c>
       <c r="W192" t="s">
         <v>76</v>
       </c>
       <c r="X192">
         <v>347.92</v>
       </c>
       <c r="Y192">
         <v>1</v>
       </c>
       <c r="Z192" t="s">
         <v>76</v>
       </c>
       <c r="AA192" t="s">
         <v>66</v>
       </c>
       <c r="AB192" t="s">
         <v>78</v>
       </c>
       <c r="AC192" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="AD192">
         <v>11752172660</v>
       </c>
       <c r="AE192" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="AF192" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="AG192" t="s">
         <v>76</v>
       </c>
       <c r="AH192" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="AI192"/>
       <c r="AJ192" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
       <c r="AK192" t="s">
         <v>70</v>
       </c>
       <c r="AL192" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="AM192" t="s">
         <v>82</v>
       </c>
       <c r="AN192" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="AO192">
         <v>102.4</v>
       </c>
       <c r="AP192" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="AQ192" t="s">
         <v>73</v>
       </c>
       <c r="AR192" t="s">
         <v>84</v>
       </c>
       <c r="AS192">
         <v>274787659095</v>
       </c>
       <c r="AT192" t="s">
         <v>76</v>
       </c>
       <c r="AU192"/>
       <c r="AV192"/>
       <c r="AW192"/>
       <c r="AX192" t="s">
         <v>85</v>
       </c>
       <c r="AY192"/>
       <c r="AZ192" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA192" t="s">
         <v>86</v>
       </c>
       <c r="BB192" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="BC192" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="BD192" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="BE192" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="BF192" t="s">
         <v>76</v>
       </c>
       <c r="BG192" t="s">
         <v>76</v>
       </c>
       <c r="BH192">
-        <v>513</v>
+        <v>560</v>
       </c>
       <c r="BI192" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ192"/>
       <c r="BK192"/>
       <c r="BL192"/>
       <c r="BM192" t="s">
         <v>76</v>
       </c>
       <c r="BN192" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="BO192">
         <v>0</v>
       </c>
       <c r="BP192" t="s">
         <v>73</v>
       </c>
       <c r="BQ192" t="s">
         <v>76</v>
       </c>
       <c r="BR192">
         <v>347.92</v>
       </c>
       <c r="BS192"/>
     </row>
     <row r="193" spans="1:71">
       <c r="A193" t="s">
         <v>66</v>
       </c>
       <c r="B193" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="C193" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="D193">
         <v>571051</v>
       </c>
       <c r="E193">
         <v>298.65</v>
       </c>
       <c r="F193" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="G193" t="s">
         <v>70</v>
       </c>
       <c r="H193" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
       <c r="I193">
         <v>79.99</v>
       </c>
       <c r="J193" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="K193" t="s">
         <v>73</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193">
         <v>2373374333</v>
       </c>
       <c r="Q193" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="R193" t="s">
         <v>76</v>
       </c>
       <c r="S193" t="s">
         <v>76</v>
       </c>
       <c r="T193" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U193" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="V193">
         <v>571051</v>
       </c>
       <c r="W193" t="s">
         <v>76</v>
       </c>
       <c r="X193">
         <v>298.65</v>
       </c>
       <c r="Y193">
         <v>1</v>
       </c>
       <c r="Z193" t="s">
         <v>76</v>
       </c>
       <c r="AA193" t="s">
         <v>66</v>
       </c>
       <c r="AB193" t="s">
         <v>78</v>
       </c>
       <c r="AC193" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="AD193">
         <v>2373374333</v>
       </c>
       <c r="AE193" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="AF193" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="AG193" t="s">
         <v>76</v>
       </c>
       <c r="AH193" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="AI193"/>
       <c r="AJ193" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="AK193" t="s">
         <v>70</v>
       </c>
       <c r="AL193" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="AM193" t="s">
         <v>82</v>
       </c>
       <c r="AN193" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
       <c r="AO193">
         <v>79.99</v>
       </c>
       <c r="AP193" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="AQ193" t="s">
         <v>73</v>
       </c>
       <c r="AR193" t="s">
         <v>84</v>
       </c>
       <c r="AS193">
         <v>274653073919</v>
       </c>
       <c r="AT193" t="s">
         <v>76</v>
       </c>
       <c r="AU193"/>
       <c r="AV193"/>
       <c r="AW193">
         <v>0</v>
       </c>
       <c r="AX193" t="s">
         <v>85</v>
       </c>
       <c r="AY193"/>
       <c r="AZ193" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA193" t="s">
         <v>86</v>
       </c>
       <c r="BB193" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="BC193" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="BD193" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="BE193" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="BF193" t="s">
         <v>76</v>
       </c>
       <c r="BG193" t="s">
         <v>76</v>
       </c>
       <c r="BH193">
-        <v>514</v>
+        <v>561</v>
       </c>
       <c r="BI193" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ193"/>
       <c r="BK193"/>
       <c r="BL193"/>
       <c r="BM193" t="s">
         <v>76</v>
       </c>
       <c r="BN193" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="BO193">
         <v>0</v>
       </c>
       <c r="BP193" t="s">
         <v>73</v>
       </c>
       <c r="BQ193" t="s">
         <v>76</v>
       </c>
       <c r="BR193">
         <v>298.65</v>
       </c>
       <c r="BS193"/>
     </row>
     <row r="194" spans="1:71">
       <c r="A194" t="s">
         <v>66</v>
       </c>
       <c r="B194" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="C194" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="D194">
         <v>571050</v>
       </c>
       <c r="E194">
         <v>244.35</v>
       </c>
       <c r="F194" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="G194" t="s">
         <v>70</v>
       </c>
       <c r="H194" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="I194">
         <v>55.99</v>
       </c>
       <c r="J194" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="K194" t="s">
         <v>73</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194">
         <v>10529965341</v>
       </c>
       <c r="Q194" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="R194" t="s">
         <v>76</v>
       </c>
       <c r="S194" t="s">
         <v>76</v>
       </c>
       <c r="T194" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U194" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="V194">
         <v>571050</v>
       </c>
       <c r="W194" t="s">
         <v>76</v>
       </c>
       <c r="X194">
         <v>244.35</v>
       </c>
       <c r="Y194">
         <v>1</v>
       </c>
       <c r="Z194" t="s">
         <v>76</v>
       </c>
       <c r="AA194" t="s">
         <v>66</v>
       </c>
       <c r="AB194" t="s">
         <v>78</v>
       </c>
       <c r="AC194" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="AD194">
         <v>10529965341</v>
       </c>
       <c r="AE194" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="AF194" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="AG194" t="s">
         <v>76</v>
       </c>
       <c r="AH194" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="AI194"/>
       <c r="AJ194" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="AK194" t="s">
         <v>70</v>
       </c>
       <c r="AL194" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="AM194" t="s">
         <v>82</v>
       </c>
       <c r="AN194" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="AO194">
         <v>55.99</v>
       </c>
       <c r="AP194" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="AQ194" t="s">
         <v>73</v>
       </c>
       <c r="AR194" t="s">
         <v>84</v>
       </c>
       <c r="AS194">
         <v>274653106215</v>
       </c>
       <c r="AT194" t="s">
         <v>76</v>
       </c>
       <c r="AU194"/>
       <c r="AV194"/>
       <c r="AW194"/>
       <c r="AX194" t="s">
         <v>85</v>
       </c>
       <c r="AY194"/>
       <c r="AZ194" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA194" t="s">
         <v>86</v>
       </c>
       <c r="BB194" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="BC194" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="BD194" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="BE194" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="BF194" t="s">
         <v>76</v>
       </c>
       <c r="BG194" t="s">
         <v>76</v>
       </c>
       <c r="BH194">
-        <v>516</v>
+        <v>563</v>
       </c>
       <c r="BI194" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ194"/>
       <c r="BK194"/>
       <c r="BL194"/>
       <c r="BM194" t="s">
         <v>76</v>
       </c>
       <c r="BN194" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="BO194">
         <v>0</v>
       </c>
       <c r="BP194" t="s">
         <v>73</v>
       </c>
       <c r="BQ194" t="s">
         <v>76</v>
       </c>
       <c r="BR194">
         <v>244.35</v>
       </c>
       <c r="BS194"/>
     </row>
     <row r="195" spans="1:71">
       <c r="A195" t="s">
         <v>66</v>
       </c>
       <c r="B195" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="C195" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="D195">
         <v>569810</v>
       </c>
       <c r="E195">
         <v>153.07</v>
       </c>
       <c r="F195" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="G195" t="s">
         <v>70</v>
       </c>
       <c r="H195" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="I195">
         <v>79.2</v>
       </c>
       <c r="J195" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="K195" t="s">
         <v>73</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195">
         <v>11006497054</v>
       </c>
       <c r="Q195" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="R195" t="s">
         <v>76</v>
       </c>
       <c r="S195" t="s">
         <v>76</v>
       </c>
       <c r="T195" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U195" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="V195">
         <v>569810</v>
       </c>
       <c r="W195" t="s">
         <v>76</v>
       </c>
       <c r="X195">
         <v>153.07</v>
       </c>
       <c r="Y195">
         <v>1</v>
       </c>
       <c r="Z195" t="s">
         <v>76</v>
       </c>
       <c r="AA195" t="s">
         <v>66</v>
       </c>
       <c r="AB195" t="s">
         <v>78</v>
       </c>
       <c r="AC195" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="AD195">
         <v>11006497054</v>
       </c>
       <c r="AE195">
         <v>4777102100</v>
       </c>
       <c r="AF195">
         <v>4777102100</v>
       </c>
       <c r="AG195" t="s">
         <v>76</v>
       </c>
       <c r="AH195" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="AI195"/>
       <c r="AJ195" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="AK195" t="s">
         <v>70</v>
       </c>
       <c r="AL195" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="AM195" t="s">
         <v>82</v>
       </c>
       <c r="AN195" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="AO195">
         <v>79.2</v>
       </c>
       <c r="AP195" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="AQ195" t="s">
         <v>73</v>
       </c>
       <c r="AR195" t="s">
         <v>84</v>
       </c>
       <c r="AS195">
         <v>273260168115</v>
       </c>
       <c r="AT195" t="s">
         <v>76</v>
       </c>
       <c r="AU195"/>
       <c r="AV195"/>
       <c r="AW195"/>
       <c r="AX195" t="s">
         <v>85</v>
       </c>
       <c r="AY195"/>
       <c r="AZ195" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA195" t="s">
         <v>86</v>
       </c>
       <c r="BB195" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="BC195" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="BD195" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="BE195" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="BF195" t="s">
         <v>76</v>
       </c>
       <c r="BG195" t="s">
         <v>76</v>
       </c>
       <c r="BH195">
-        <v>548</v>
+        <v>595</v>
       </c>
       <c r="BI195" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ195"/>
       <c r="BK195"/>
       <c r="BL195"/>
       <c r="BM195" t="s">
         <v>76</v>
       </c>
       <c r="BN195" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="BO195">
         <v>0</v>
       </c>
       <c r="BP195" t="s">
         <v>73</v>
       </c>
       <c r="BQ195" t="s">
         <v>76</v>
       </c>
       <c r="BR195">
         <v>153.07</v>
       </c>
       <c r="BS195"/>
     </row>
     <row r="196" spans="1:71">
       <c r="A196" t="s">
         <v>66</v>
       </c>
       <c r="B196" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="C196" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="D196">
         <v>569809</v>
       </c>
       <c r="E196">
         <v>181.27</v>
       </c>
       <c r="F196" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="G196" t="s">
         <v>70</v>
       </c>
       <c r="H196" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="I196">
         <v>95.99</v>
       </c>
       <c r="J196" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="K196" t="s">
         <v>73</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196">
         <v>15297557295</v>
       </c>
       <c r="Q196" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="R196" t="s">
         <v>76</v>
       </c>
       <c r="S196" t="s">
         <v>76</v>
       </c>
       <c r="T196" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U196" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="V196">
         <v>569809</v>
       </c>
       <c r="W196" t="s">
         <v>76</v>
       </c>
       <c r="X196">
         <v>181.27</v>
       </c>
       <c r="Y196">
         <v>1</v>
       </c>
       <c r="Z196" t="s">
         <v>76</v>
       </c>
       <c r="AA196" t="s">
         <v>66</v>
       </c>
       <c r="AB196" t="s">
         <v>78</v>
       </c>
       <c r="AC196" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="AD196">
         <v>15297557295</v>
       </c>
       <c r="AE196">
         <v>9515017000</v>
       </c>
       <c r="AF196">
         <v>9515017000</v>
       </c>
       <c r="AG196" t="s">
         <v>76</v>
       </c>
       <c r="AH196" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="AI196"/>
       <c r="AJ196" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="AK196" t="s">
         <v>70</v>
       </c>
       <c r="AL196" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="AM196" t="s">
         <v>82</v>
       </c>
       <c r="AN196" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="AO196">
         <v>95.99</v>
       </c>
       <c r="AP196" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="AQ196" t="s">
         <v>73</v>
       </c>
       <c r="AR196" t="s">
         <v>84</v>
       </c>
       <c r="AS196">
         <v>273260231235</v>
       </c>
       <c r="AT196" t="s">
         <v>76</v>
       </c>
       <c r="AU196"/>
       <c r="AV196"/>
       <c r="AW196"/>
       <c r="AX196" t="s">
         <v>85</v>
       </c>
       <c r="AY196"/>
       <c r="AZ196" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA196" t="s">
         <v>86</v>
       </c>
       <c r="BB196" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="BC196" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="BD196" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="BE196" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="BF196" t="s">
         <v>76</v>
       </c>
       <c r="BG196" t="s">
         <v>76</v>
       </c>
       <c r="BH196">
-        <v>548</v>
+        <v>595</v>
       </c>
       <c r="BI196" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ196"/>
       <c r="BK196"/>
       <c r="BL196"/>
       <c r="BM196" t="s">
         <v>76</v>
       </c>
       <c r="BN196" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="BO196">
         <v>0</v>
       </c>
       <c r="BP196" t="s">
         <v>73</v>
       </c>
       <c r="BQ196" t="s">
         <v>76</v>
       </c>
       <c r="BR196">
         <v>181.27</v>
       </c>
       <c r="BS196"/>
     </row>
     <row r="197" spans="1:71">
       <c r="A197" t="s">
         <v>66</v>
       </c>
       <c r="B197" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="C197" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="D197">
         <v>569653</v>
       </c>
       <c r="E197">
         <v>155.09</v>
       </c>
       <c r="F197" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="G197" t="s">
         <v>70</v>
       </c>
       <c r="H197" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="I197">
         <v>79.99</v>
       </c>
       <c r="J197" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="K197" t="s">
         <v>73</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197">
         <v>15439693818</v>
       </c>
       <c r="Q197" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="R197" t="s">
         <v>76</v>
       </c>
       <c r="S197" t="s">
         <v>76</v>
       </c>
       <c r="T197" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U197" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="V197">
         <v>569653</v>
       </c>
       <c r="W197" t="s">
         <v>76</v>
       </c>
       <c r="X197">
         <v>155.09</v>
       </c>
       <c r="Y197">
         <v>1</v>
       </c>
       <c r="Z197" t="s">
         <v>76</v>
       </c>
       <c r="AA197" t="s">
         <v>66</v>
       </c>
       <c r="AB197" t="s">
         <v>78</v>
       </c>
       <c r="AC197" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="AD197">
         <v>15439693818</v>
       </c>
       <c r="AE197">
         <v>5591284600</v>
       </c>
       <c r="AF197">
         <v>5591284600</v>
       </c>
       <c r="AG197" t="s">
         <v>76</v>
       </c>
       <c r="AH197" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="AI197"/>
       <c r="AJ197" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="AK197" t="s">
         <v>70</v>
       </c>
       <c r="AL197" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="AM197" t="s">
         <v>82</v>
       </c>
       <c r="AN197" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="AO197">
         <v>79.99</v>
       </c>
       <c r="AP197" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="AQ197" t="s">
         <v>73</v>
       </c>
       <c r="AR197" t="s">
         <v>84</v>
       </c>
       <c r="AS197">
         <v>273129982270</v>
       </c>
       <c r="AT197" t="s">
         <v>76</v>
       </c>
       <c r="AU197"/>
       <c r="AV197"/>
       <c r="AW197">
         <v>0</v>
       </c>
       <c r="AX197" t="s">
         <v>85</v>
       </c>
       <c r="AY197"/>
       <c r="AZ197" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA197" t="s">
         <v>86</v>
       </c>
       <c r="BB197" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="BC197" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="BD197" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="BE197" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="BF197" t="s">
         <v>76</v>
       </c>
       <c r="BG197" t="s">
         <v>76</v>
       </c>
       <c r="BH197">
-        <v>553</v>
+        <v>600</v>
       </c>
       <c r="BI197" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ197"/>
       <c r="BK197"/>
       <c r="BL197"/>
       <c r="BM197" t="s">
         <v>76</v>
       </c>
       <c r="BN197" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="BO197">
         <v>0</v>
       </c>
       <c r="BP197" t="s">
         <v>73</v>
       </c>
       <c r="BQ197" t="s">
         <v>76</v>
       </c>
       <c r="BR197">
         <v>155.09</v>
       </c>
       <c r="BS197"/>
     </row>
     <row r="198" spans="1:71">
       <c r="A198" t="s">
         <v>66</v>
       </c>
       <c r="B198" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="C198" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="D198">
         <v>569652</v>
       </c>
       <c r="E198">
         <v>188.32</v>
       </c>
       <c r="F198" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="G198" t="s">
         <v>70</v>
       </c>
       <c r="H198" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="I198">
         <v>100</v>
       </c>
       <c r="J198" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="K198" t="s">
         <v>73</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198">
         <v>152511069</v>
       </c>
       <c r="Q198" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="R198" t="s">
         <v>76</v>
       </c>
       <c r="S198" t="s">
         <v>76</v>
       </c>
       <c r="T198" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U198" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="V198">
         <v>569652</v>
       </c>
       <c r="W198" t="s">
         <v>76</v>
       </c>
       <c r="X198">
         <v>188.32</v>
       </c>
       <c r="Y198">
         <v>1</v>
       </c>
       <c r="Z198" t="s">
         <v>76</v>
       </c>
       <c r="AA198" t="s">
         <v>66</v>
       </c>
       <c r="AB198" t="s">
         <v>78</v>
       </c>
       <c r="AC198" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="AD198">
         <v>152511069</v>
       </c>
       <c r="AE198" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="AF198" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="AG198" t="s">
         <v>76</v>
       </c>
       <c r="AH198" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="AI198"/>
       <c r="AJ198" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="AK198" t="s">
         <v>70</v>
       </c>
       <c r="AL198" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="AM198" t="s">
         <v>82</v>
       </c>
       <c r="AN198" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="AO198">
         <v>100</v>
       </c>
       <c r="AP198" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="AQ198" t="s">
         <v>73</v>
       </c>
       <c r="AR198" t="s">
         <v>84</v>
       </c>
       <c r="AS198">
         <v>273128917095</v>
       </c>
       <c r="AT198" t="s">
         <v>76</v>
       </c>
       <c r="AU198"/>
       <c r="AV198"/>
       <c r="AW198"/>
       <c r="AX198" t="s">
         <v>85</v>
       </c>
       <c r="AY198"/>
       <c r="AZ198" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA198" t="s">
         <v>86</v>
       </c>
       <c r="BB198" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="BC198" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="BD198" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="BE198" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="BF198" t="s">
         <v>76</v>
       </c>
       <c r="BG198" t="s">
         <v>76</v>
       </c>
       <c r="BH198">
-        <v>553</v>
+        <v>600</v>
       </c>
       <c r="BI198" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ198"/>
       <c r="BK198"/>
       <c r="BL198"/>
       <c r="BM198" t="s">
         <v>76</v>
       </c>
       <c r="BN198" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="BO198">
         <v>0</v>
       </c>
       <c r="BP198" t="s">
         <v>73</v>
       </c>
       <c r="BQ198" t="s">
         <v>76</v>
       </c>
       <c r="BR198">
         <v>188.32</v>
       </c>
       <c r="BS198"/>
     </row>
     <row r="199" spans="1:71">
       <c r="A199" t="s">
         <v>66</v>
       </c>
       <c r="B199" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="C199" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="D199">
         <v>569651</v>
       </c>
       <c r="E199">
         <v>120.85</v>
       </c>
       <c r="F199" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="G199" t="s">
         <v>70</v>
       </c>
       <c r="H199" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I199">
         <v>60</v>
       </c>
       <c r="J199" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="K199" t="s">
         <v>73</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199">
         <v>6205959539</v>
       </c>
       <c r="Q199" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="R199" t="s">
         <v>76</v>
       </c>
       <c r="S199" t="s">
         <v>76</v>
       </c>
       <c r="T199" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U199" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="V199">
         <v>569651</v>
       </c>
       <c r="W199" t="s">
         <v>76</v>
       </c>
       <c r="X199">
         <v>120.85</v>
       </c>
       <c r="Y199">
         <v>1</v>
       </c>
       <c r="Z199" t="s">
         <v>76</v>
       </c>
       <c r="AA199" t="s">
         <v>66</v>
       </c>
       <c r="AB199" t="s">
         <v>78</v>
       </c>
       <c r="AC199" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="AD199">
         <v>6205959539</v>
       </c>
       <c r="AE199">
         <v>5550771300</v>
       </c>
       <c r="AF199">
         <v>5550771300</v>
       </c>
       <c r="AG199" t="s">
         <v>76</v>
       </c>
       <c r="AH199" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="AI199"/>
       <c r="AJ199" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="AK199" t="s">
         <v>70</v>
       </c>
       <c r="AL199" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="AM199" t="s">
         <v>82</v>
       </c>
       <c r="AN199" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="AO199">
         <v>60</v>
       </c>
       <c r="AP199" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="AQ199" t="s">
         <v>73</v>
       </c>
       <c r="AR199" t="s">
         <v>84</v>
       </c>
       <c r="AS199">
         <v>273129739220</v>
       </c>
       <c r="AT199" t="s">
         <v>76</v>
       </c>
       <c r="AU199"/>
       <c r="AV199"/>
       <c r="AW199"/>
       <c r="AX199" t="s">
         <v>85</v>
       </c>
       <c r="AY199"/>
       <c r="AZ199" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA199" t="s">
         <v>86</v>
       </c>
       <c r="BB199" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="BC199" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="BD199" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="BE199" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="BF199" t="s">
         <v>76</v>
       </c>
       <c r="BG199" t="s">
         <v>76</v>
       </c>
       <c r="BH199">
-        <v>553</v>
+        <v>600</v>
       </c>
       <c r="BI199" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ199"/>
       <c r="BK199"/>
       <c r="BL199"/>
       <c r="BM199" t="s">
         <v>76</v>
       </c>
       <c r="BN199" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="BO199">
         <v>0</v>
       </c>
       <c r="BP199" t="s">
         <v>73</v>
       </c>
       <c r="BQ199" t="s">
         <v>76</v>
       </c>
       <c r="BR199">
         <v>120.85</v>
       </c>
       <c r="BS199"/>
     </row>
     <row r="200" spans="1:71">
       <c r="A200" t="s">
         <v>66</v>
       </c>
       <c r="B200" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="C200" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="D200">
         <v>569649</v>
       </c>
       <c r="E200">
         <v>118.73</v>
       </c>
       <c r="F200" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="G200" t="s">
         <v>70</v>
       </c>
       <c r="H200" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="I200">
         <v>66.4</v>
       </c>
       <c r="J200" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="K200" t="s">
         <v>73</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200">
         <v>15323104096</v>
       </c>
       <c r="Q200" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="R200" t="s">
         <v>76</v>
       </c>
       <c r="S200" t="s">
         <v>76</v>
       </c>
       <c r="T200" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U200" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="V200">
         <v>569649</v>
       </c>
       <c r="W200" t="s">
         <v>76</v>
       </c>
       <c r="X200">
         <v>118.73</v>
       </c>
       <c r="Y200">
         <v>1</v>
       </c>
       <c r="Z200" t="s">
         <v>76</v>
       </c>
       <c r="AA200" t="s">
         <v>66</v>
       </c>
       <c r="AB200" t="s">
         <v>78</v>
       </c>
       <c r="AC200" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="AD200">
         <v>15323104096</v>
       </c>
       <c r="AE200" t="s">
         <v>76</v>
       </c>
       <c r="AF200" t="s">
         <v>76</v>
       </c>
       <c r="AG200" t="s">
         <v>76</v>
       </c>
       <c r="AH200" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="AI200"/>
       <c r="AJ200" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="AK200" t="s">
         <v>70</v>
       </c>
       <c r="AL200" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="AM200" t="s">
         <v>82</v>
       </c>
       <c r="AN200" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="AO200">
         <v>66.4</v>
       </c>
       <c r="AP200" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="AQ200" t="s">
         <v>73</v>
       </c>
       <c r="AR200" t="s">
         <v>84</v>
       </c>
       <c r="AS200">
         <v>273130286902</v>
       </c>
       <c r="AT200" t="s">
         <v>76</v>
       </c>
       <c r="AU200"/>
       <c r="AV200"/>
       <c r="AW200"/>
       <c r="AX200" t="s">
         <v>85</v>
       </c>
       <c r="AY200"/>
       <c r="AZ200" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA200" t="s">
         <v>86</v>
       </c>
       <c r="BB200" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="BC200" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="BD200" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="BE200" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="BF200" t="s">
         <v>76</v>
       </c>
       <c r="BG200" t="s">
         <v>76</v>
       </c>
       <c r="BH200">
-        <v>553</v>
+        <v>600</v>
       </c>
       <c r="BI200" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ200"/>
       <c r="BK200"/>
       <c r="BL200"/>
       <c r="BM200" t="s">
         <v>76</v>
       </c>
       <c r="BN200" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="BO200">
         <v>0</v>
       </c>
       <c r="BP200" t="s">
         <v>73</v>
       </c>
       <c r="BQ200" t="s">
         <v>76</v>
       </c>
       <c r="BR200">
         <v>118.73</v>
       </c>
       <c r="BS200"/>
     </row>
     <row r="201" spans="1:71">
       <c r="A201" t="s">
         <v>66</v>
       </c>
       <c r="B201" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="C201" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="D201">
         <v>569648</v>
       </c>
       <c r="E201">
         <v>100.71</v>
       </c>
       <c r="F201" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="G201" t="s">
         <v>70</v>
       </c>
       <c r="H201" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="I201">
         <v>47.99</v>
       </c>
       <c r="J201" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="K201" t="s">
         <v>73</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201">
         <v>21891070758</v>
       </c>
       <c r="Q201" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="R201" t="s">
         <v>76</v>
       </c>
       <c r="S201" t="s">
         <v>76</v>
       </c>
       <c r="T201" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U201" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="V201">
         <v>569648</v>
       </c>
       <c r="W201" t="s">
         <v>76</v>
       </c>
       <c r="X201">
         <v>100.71</v>
       </c>
       <c r="Y201">
         <v>1</v>
       </c>
       <c r="Z201" t="s">
         <v>76</v>
       </c>
       <c r="AA201" t="s">
         <v>66</v>
       </c>
       <c r="AB201" t="s">
         <v>78</v>
       </c>
       <c r="AC201" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="AD201">
         <v>21891070758</v>
       </c>
       <c r="AE201">
         <v>7222762700</v>
       </c>
       <c r="AF201">
         <v>7222762700</v>
       </c>
       <c r="AG201" t="s">
         <v>76</v>
       </c>
       <c r="AH201" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="AI201"/>
       <c r="AJ201" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="AK201" t="s">
         <v>70</v>
       </c>
       <c r="AL201" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="AM201" t="s">
         <v>82</v>
       </c>
       <c r="AN201" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="AO201">
         <v>47.99</v>
       </c>
       <c r="AP201" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="AQ201" t="s">
         <v>73</v>
       </c>
       <c r="AR201" t="s">
         <v>84</v>
       </c>
       <c r="AS201">
         <v>273129898920</v>
       </c>
       <c r="AT201" t="s">
         <v>76</v>
       </c>
       <c r="AU201"/>
       <c r="AV201"/>
       <c r="AW201"/>
       <c r="AX201" t="s">
         <v>85</v>
       </c>
       <c r="AY201"/>
       <c r="AZ201" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA201" t="s">
         <v>86</v>
       </c>
       <c r="BB201" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="BC201" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="BD201" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="BE201" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="BF201" t="s">
         <v>76</v>
       </c>
       <c r="BG201" t="s">
         <v>76</v>
       </c>
       <c r="BH201">
-        <v>554</v>
+        <v>601</v>
       </c>
       <c r="BI201" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ201"/>
       <c r="BK201"/>
       <c r="BL201"/>
       <c r="BM201" t="s">
         <v>76</v>
       </c>
       <c r="BN201" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="BO201">
         <v>0</v>
       </c>
       <c r="BP201" t="s">
         <v>73</v>
       </c>
       <c r="BQ201" t="s">
         <v>76</v>
       </c>
       <c r="BR201">
         <v>100.71</v>
       </c>
       <c r="BS201"/>
     </row>
     <row r="202" spans="1:71">
       <c r="A202" t="s">
         <v>66</v>
       </c>
       <c r="B202" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
       <c r="C202" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="D202">
         <v>569629</v>
       </c>
       <c r="E202">
         <v>827.8</v>
       </c>
       <c r="F202" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="G202" t="s">
         <v>70</v>
       </c>
       <c r="H202" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="I202">
         <v>479.2</v>
       </c>
       <c r="J202" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="K202" t="s">
         <v>73</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202">
         <v>12431626460</v>
       </c>
       <c r="Q202" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
       <c r="R202" t="s">
         <v>76</v>
       </c>
       <c r="S202" t="s">
         <v>76</v>
       </c>
       <c r="T202" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="U202" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="V202">
         <v>569629</v>
       </c>
       <c r="W202" t="s">
         <v>76</v>
       </c>
       <c r="X202">
         <v>827.8</v>
       </c>
       <c r="Y202">
         <v>1</v>
       </c>
       <c r="Z202" t="s">
         <v>76</v>
       </c>
       <c r="AA202" t="s">
         <v>66</v>
       </c>
       <c r="AB202" t="s">
         <v>78</v>
       </c>
       <c r="AC202" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="AD202">
         <v>12431626460</v>
       </c>
       <c r="AE202" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="AF202" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="AG202" t="s">
         <v>76</v>
       </c>
       <c r="AH202" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="AI202"/>
       <c r="AJ202" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="AK202" t="s">
         <v>70</v>
       </c>
       <c r="AL202" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="AM202" t="s">
         <v>82</v>
       </c>
       <c r="AN202" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="AO202">
         <v>479.2</v>
       </c>
       <c r="AP202" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
       <c r="AQ202" t="s">
         <v>73</v>
       </c>
       <c r="AR202" t="s">
         <v>84</v>
       </c>
       <c r="AS202">
         <v>273070227054</v>
       </c>
       <c r="AT202" t="s">
         <v>76</v>
       </c>
       <c r="AU202"/>
       <c r="AV202"/>
       <c r="AW202">
         <v>0</v>
       </c>
       <c r="AX202" t="s">
         <v>85</v>
       </c>
       <c r="AY202"/>
       <c r="AZ202" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA202" t="s">
         <v>86</v>
       </c>
       <c r="BB202" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
       <c r="BC202" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="BD202" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="BE202" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="BF202" t="s">
         <v>76</v>
       </c>
       <c r="BG202" t="s">
         <v>76</v>
       </c>
       <c r="BH202">
-        <v>555</v>
+        <v>602</v>
       </c>
       <c r="BI202" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ202"/>
       <c r="BK202"/>
       <c r="BL202"/>
       <c r="BM202" t="s">
         <v>76</v>
       </c>
       <c r="BN202" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
       <c r="BO202">
         <v>0</v>
       </c>
       <c r="BP202" t="s">
         <v>73</v>
       </c>
       <c r="BQ202" t="s">
         <v>76</v>
       </c>
       <c r="BR202">
         <v>827.8</v>
       </c>
       <c r="BS202"/>
     </row>
     <row r="203" spans="1:71">
       <c r="A203" t="s">
         <v>66</v>
       </c>
       <c r="B203" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="C203" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="D203">
         <v>569624</v>
       </c>
       <c r="E203">
         <v>377.65</v>
       </c>
       <c r="F203" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="G203" t="s">
         <v>70</v>
       </c>
       <c r="H203" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="I203">
         <v>212</v>
       </c>
       <c r="J203" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="K203" t="s">
         <v>73</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203">
         <v>6439365697</v>
       </c>
       <c r="Q203" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="R203" t="s">
         <v>76</v>
       </c>
       <c r="S203" t="s">
         <v>76</v>
       </c>
       <c r="T203" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="U203" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="V203">
         <v>569624</v>
       </c>
       <c r="W203" t="s">
         <v>76</v>
       </c>
       <c r="X203">
         <v>377.65</v>
       </c>
       <c r="Y203">
         <v>1</v>
       </c>
       <c r="Z203" t="s">
         <v>76</v>
       </c>
       <c r="AA203" t="s">
         <v>66</v>
       </c>
       <c r="AB203" t="s">
         <v>78</v>
       </c>
       <c r="AC203" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="AD203">
         <v>6439365697</v>
       </c>
       <c r="AE203" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="AF203" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="AG203" t="s">
         <v>76</v>
       </c>
       <c r="AH203" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
       <c r="AI203"/>
       <c r="AJ203" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="AK203" t="s">
         <v>70</v>
       </c>
       <c r="AL203" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="AM203" t="s">
         <v>82</v>
       </c>
       <c r="AN203" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="AO203">
         <v>212</v>
       </c>
       <c r="AP203" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
       <c r="AQ203" t="s">
         <v>73</v>
       </c>
       <c r="AR203" t="s">
         <v>84</v>
       </c>
       <c r="AS203">
         <v>273066343407</v>
       </c>
       <c r="AT203" t="s">
         <v>76</v>
       </c>
       <c r="AU203"/>
       <c r="AV203"/>
       <c r="AW203">
         <v>0</v>
       </c>
       <c r="AX203" t="s">
         <v>85</v>
       </c>
       <c r="AY203"/>
       <c r="AZ203" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="BA203" t="s">
         <v>86</v>
       </c>
       <c r="BB203" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="BC203" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="BD203" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="BE203" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="BF203" t="s">
         <v>76</v>
       </c>
       <c r="BG203" t="s">
         <v>76</v>
       </c>
       <c r="BH203">
-        <v>555</v>
+        <v>602</v>
       </c>
       <c r="BI203" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ203"/>
       <c r="BK203"/>
       <c r="BL203"/>
       <c r="BM203" t="s">
         <v>76</v>
       </c>
       <c r="BN203" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="BO203">
         <v>0</v>
       </c>
       <c r="BP203" t="s">
         <v>73</v>
       </c>
       <c r="BQ203" t="s">
         <v>76</v>
       </c>
       <c r="BR203">
         <v>377.65</v>
       </c>
       <c r="BS203"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>