--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2058">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2036">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -344,371 +344,374 @@
   <si>
     <t>2025-04-21 11:45:24</t>
   </si>
   <si>
     <t>2025-10-30 15:28:45</t>
   </si>
   <si>
     <t>2025-03-24 13:18:22</t>
   </si>
   <si>
     <t>2025-03-18 05:16:14</t>
   </si>
   <si>
     <t>0760062861</t>
   </si>
   <si>
     <t>JUAN CARLOS MARTINEZ ZAVALA</t>
   </si>
   <si>
     <t>/11295154</t>
   </si>
   <si>
     <t>2025-03-18 00:00:00</t>
   </si>
   <si>
+    <t>0065528014</t>
+  </si>
+  <si>
+    <t>0192 LIV Liverpool Cuautla - Recoge en tu auto CAMINO REAL TETELCINGO 23</t>
+  </si>
+  <si>
+    <t>CUAUTLA</t>
+  </si>
+  <si>
+    <t>/VSPOQ1G21</t>
+  </si>
+  <si>
+    <t>2025-04-21 12:03:48</t>
+  </si>
+  <si>
+    <t>2026-01-08 13:49:28</t>
+  </si>
+  <si>
+    <t>2025-03-18 19:28:38</t>
+  </si>
+  <si>
+    <t>2025-03-17 08:26:45</t>
+  </si>
+  <si>
+    <t>Cristian Alonso Almanza</t>
+  </si>
+  <si>
+    <t>/11294558</t>
+  </si>
+  <si>
+    <t>2025-03-17 00:00:00</t>
+  </si>
+  <si>
+    <t>Liverpool Galerías Celaya</t>
+  </si>
+  <si>
+    <t>Las Compuertas Del Campestre</t>
+  </si>
+  <si>
+    <t>/VSP1P1621</t>
+  </si>
+  <si>
+    <t>2025-04-21 12:04:06</t>
+  </si>
+  <si>
+    <t>2025-10-27 18:25:48</t>
+  </si>
+  <si>
+    <t>2025-03-17 22:10:29</t>
+  </si>
+  <si>
+    <t>2025-02-13 12:48:23</t>
+  </si>
+  <si>
+    <t>ANA HERNANDEZ</t>
+  </si>
+  <si>
+    <t>/11274503</t>
+  </si>
+  <si>
+    <t>2025-02-13 00:00:00</t>
+  </si>
+  <si>
+    <t>55-57954131</t>
+  </si>
+  <si>
+    <t>Calle:LUCRECIA TORIS,Numero:43,</t>
+  </si>
+  <si>
+    <t>/VSP1F2821</t>
+  </si>
+  <si>
+    <t>2025-03-06 14:22:52</t>
+  </si>
+  <si>
+    <t>2025-03-06 14:23:10</t>
+  </si>
+  <si>
+    <t>2025-09-23 09:58:10</t>
+  </si>
+  <si>
+    <t>2025-02-13 05:47:20</t>
+  </si>
+  <si>
+    <t>2025-02-13 05:49:40</t>
+  </si>
+  <si>
+    <t>0160060685</t>
+  </si>
+  <si>
+    <t>/11274658</t>
+  </si>
+  <si>
+    <t>2025-02-19 13:27:06</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:24:36</t>
+  </si>
+  <si>
+    <t>2025-09-22 10:10:44</t>
+  </si>
+  <si>
+    <t>2025-02-13 14:09:20</t>
+  </si>
+  <si>
+    <t>2025-02-12 02:38:43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citlali San pedro </t>
+  </si>
+  <si>
+    <t>/11274031</t>
+  </si>
+  <si>
+    <t>2025-02-12 00:00:00</t>
+  </si>
+  <si>
+    <t>271-7516373</t>
+  </si>
+  <si>
+    <t>Calle:Prolongación calle 8 norte ,Numero:34 a,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortin </t>
+  </si>
+  <si>
+    <t>/VSP1F2221</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:25:34</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:25:45</t>
+  </si>
+  <si>
+    <t>2025-11-17 14:45:00</t>
+  </si>
+  <si>
+    <t>2025-02-12 15:22:06</t>
+  </si>
+  <si>
+    <t>2025-02-11 06:38:33</t>
+  </si>
+  <si>
+    <t>KRISTINA SMOLINCKA X</t>
+  </si>
+  <si>
+    <t>/11273545</t>
+  </si>
+  <si>
+    <t>2025-02-11 00:00:00</t>
+  </si>
+  <si>
+    <t>0010689724</t>
+  </si>
+  <si>
+    <t>0454 LIV Liverpool Guanajuatonull EUQUERIO GUERRERO 139</t>
+  </si>
+  <si>
+    <t>GUANAJUATO</t>
+  </si>
+  <si>
+    <t>/VSPOY8821</t>
+  </si>
+  <si>
+    <t>2025-03-06 14:51:32</t>
+  </si>
+  <si>
+    <t>2025-03-06 14:51:41</t>
+  </si>
+  <si>
+    <t>2025-09-23 09:19:51</t>
+  </si>
+  <si>
+    <t>2025-02-11 19:52:49</t>
+  </si>
+  <si>
+    <t>2025-02-10 09:15:52</t>
+  </si>
+  <si>
+    <t>CISLA ITURRALDE JUAREZ</t>
+  </si>
+  <si>
+    <t>/11272905</t>
+  </si>
+  <si>
+    <t>2025-02-10 00:00:00</t>
+  </si>
+  <si>
+    <t>0061312586</t>
+  </si>
+  <si>
+    <t>RECEIVED</t>
+  </si>
+  <si>
+    <t>0082 LIV Liverpool Xalapa Plaza Americasnull CAR XALAPA VERACRUZ KM. 2 680</t>
+  </si>
+  <si>
+    <t>XALAPA</t>
+  </si>
+  <si>
+    <t>/VSP217121</t>
+  </si>
+  <si>
+    <t>2025-02-19 13:26:39</t>
+  </si>
+  <si>
+    <t>2025-04-10 13:51:22</t>
+  </si>
+  <si>
+    <t>2025-10-09 12:44:09</t>
+  </si>
+  <si>
+    <t>2025-02-10 22:05:47</t>
+  </si>
+  <si>
+    <t>2025-02-10 05:23:17</t>
+  </si>
+  <si>
+    <t>0460060011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oscar Alvarado </t>
+  </si>
+  <si>
+    <t>/11272621</t>
+  </si>
+  <si>
+    <t>444-3027074</t>
+  </si>
+  <si>
+    <t>Calle:Cerro Del chopo ,Numero:204,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">San Luis Potosi </t>
+  </si>
+  <si>
+    <t>/VSP263321</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:31:25</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:31:31</t>
+  </si>
+  <si>
+    <t>2025-10-17 10:39:55</t>
+  </si>
+  <si>
+    <t>2025-02-10 14:20:36</t>
+  </si>
+  <si>
+    <t>2025-02-10 03:55:08</t>
+  </si>
+  <si>
+    <t>Alejandro Gonzalez</t>
+  </si>
+  <si>
+    <t>/11272712</t>
+  </si>
+  <si>
+    <t>81-44441199</t>
+  </si>
+  <si>
+    <t>Calle:fuentes Del Valle ,Numero:469 Ote,</t>
+  </si>
+  <si>
+    <t>san pedro garza garcia</t>
+  </si>
+  <si>
+    <t>/VSPLD1321</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:32:32</t>
+  </si>
+  <si>
+    <t>2025-03-10 13:32:45</t>
+  </si>
+  <si>
+    <t>2025-10-16 14:01:14</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:00:23</t>
+  </si>
+  <si>
+    <t>2025-02-06 10:40:22</t>
+  </si>
+  <si>
+    <t>0740060459</t>
+  </si>
+  <si>
+    <t>Francisco javier Marquez</t>
+  </si>
+  <si>
+    <t>/11270572</t>
+  </si>
+  <si>
+    <t>2025-02-07 00:00:00</t>
+  </si>
+  <si>
     <t>tracking_code_created</t>
   </si>
   <si>
     <t>easypost</t>
   </si>
   <si>
-    <t>0065528014</t>
-[...292 lines deleted...]
-  <si>
     <t>33-12633265</t>
   </si>
   <si>
     <t>Calle:Arco de claudio,Numero:750,</t>
   </si>
   <si>
     <t>Zapopan</t>
   </si>
   <si>
     <t>/VSPOS5221</t>
   </si>
   <si>
     <t>2025-03-10 13:33:30</t>
   </si>
   <si>
     <t>2025-03-10 13:33:37</t>
   </si>
   <si>
-    <t>2025-09-15 20:26:37</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-02-07 17:31:08</t>
   </si>
   <si>
     <t>2025-02-06 04:45:03</t>
   </si>
   <si>
     <t>0710060233</t>
   </si>
   <si>
     <t>Manuel Martinez</t>
   </si>
   <si>
     <t>/11269843</t>
   </si>
   <si>
     <t>2025-02-06 00:00:00</t>
   </si>
   <si>
     <t>73-31263245</t>
   </si>
   <si>
     <t>Calle:Morelos,Numero:119,</t>
   </si>
   <si>
     <t>Iguala</t>
@@ -1031,113 +1034,104 @@
   <si>
     <t>2025-01-28 15:45:11</t>
   </si>
   <si>
     <t>2025-01-28 01:09:59</t>
   </si>
   <si>
     <t>Maury  MONTERO</t>
   </si>
   <si>
     <t>/11262928</t>
   </si>
   <si>
     <t>246-3605885</t>
   </si>
   <si>
     <t>Calle:Maurilio Cortes,Numero:101,</t>
   </si>
   <si>
     <t xml:space="preserve">Juan Rodriguez Clara </t>
   </si>
   <si>
     <t>2025-02-13 12:11:07</t>
   </si>
   <si>
-    <t>2025-09-03 11:32:05</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-28 01:45:10</t>
   </si>
   <si>
     <t>2025-01-27 11:02:05</t>
   </si>
   <si>
     <t>Mayela Guadalupe Sesatty</t>
   </si>
   <si>
     <t>/11262837</t>
   </si>
   <si>
     <t>Liverpool Galerías Saltillo</t>
   </si>
   <si>
     <t xml:space="preserve">Col. De Pena </t>
   </si>
   <si>
     <t>/VSPLP0419</t>
   </si>
   <si>
     <t>2025-02-13 12:16:46</t>
   </si>
   <si>
-    <t>2025-09-01 10:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-27 23:45:10</t>
   </si>
   <si>
     <t>2025-01-25 12:37:13</t>
   </si>
   <si>
     <t xml:space="preserve">Laura  Gómez </t>
   </si>
   <si>
     <t>/11260912</t>
   </si>
   <si>
     <t>2025-01-25 00:00:00</t>
   </si>
   <si>
     <t>55-27171522</t>
   </si>
   <si>
     <t>Calle:Av. De Las Pitahayas,Numero:36,NumeroInt:67</t>
   </si>
   <si>
     <t>Queretaro</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>2025-02-13 12:13:37</t>
   </si>
   <si>
-    <t>2025-09-09 14:41:01</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-25 12:45:09</t>
   </si>
   <si>
     <t>2025-01-25 01:54:57</t>
   </si>
   <si>
     <t>0470058842</t>
   </si>
   <si>
     <t>Ana Sanchez</t>
   </si>
   <si>
     <t>/11260742</t>
   </si>
   <si>
     <t>81-10504190</t>
   </si>
   <si>
     <t>Calle:Bosques del istmo,Numero:306,</t>
   </si>
   <si>
     <t>Monterrey</t>
   </si>
   <si>
     <t>/VSPOQ2B21/VSPOQ1D21</t>
@@ -1148,113 +1142,104 @@
   <si>
     <t>2025-03-10 13:35:14</t>
   </si>
   <si>
     <t>2025-01-25 02:45:09</t>
   </si>
   <si>
     <t>2025-01-24 10:58:45</t>
   </si>
   <si>
     <t>Maria Guadalupe Espinosa</t>
   </si>
   <si>
     <t>/11260618</t>
   </si>
   <si>
     <t>Liverpool Galerías Querétaro</t>
   </si>
   <si>
     <t>Col. Virreyes</t>
   </si>
   <si>
     <t>2025-02-13 12:15:12</t>
   </si>
   <si>
-    <t>2025-09-05 16:55:20</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-24 23:55:20</t>
   </si>
   <si>
     <t>2025-01-23 07:16:06</t>
   </si>
   <si>
     <t>José Ronaldo Lopez Cerda</t>
   </si>
   <si>
     <t>/11259717</t>
   </si>
   <si>
     <t>2025-01-23 00:00:00</t>
   </si>
   <si>
     <t>0065046431</t>
   </si>
   <si>
     <t>0113 LIV Liverpool Monterrey Cumbresnull HACIENDA DE PENUELAS 6769</t>
   </si>
   <si>
     <t>MONTERREY</t>
   </si>
   <si>
     <t>2025-02-13 12:12:15</t>
   </si>
   <si>
-    <t>2025-09-02 10:39:55</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-23 20:07:56</t>
   </si>
   <si>
     <t>2025-01-22 07:52:01</t>
   </si>
   <si>
     <t>Francisco Rolando Martínez</t>
   </si>
   <si>
     <t>/11259153</t>
   </si>
   <si>
     <t>2025-01-22 00:00:00</t>
   </si>
   <si>
     <t>81-12975452</t>
   </si>
   <si>
     <t>Calle:Atenco,Numero:341,</t>
   </si>
   <si>
     <t>Guadalupe</t>
   </si>
   <si>
     <t>2025-02-13 12:19:05</t>
   </si>
   <si>
-    <t>2025-09-04 17:48:03</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-22 21:34:02</t>
   </si>
   <si>
     <t>2025-01-19 10:52:43</t>
   </si>
   <si>
     <t>MARTIN VALLEJOS Rueda</t>
   </si>
   <si>
     <t>/11257685</t>
   </si>
   <si>
     <t>2025-01-20 00:00:00</t>
   </si>
   <si>
     <t>0006641367</t>
   </si>
   <si>
     <t>0085 LIV Liverpool Coatzacoalcosnull U VERACRUZANA KM 8 S/N</t>
   </si>
   <si>
     <t>COATZACOALCOS</t>
   </si>
   <si>
     <t>2025-02-13 12:13:52</t>
@@ -1262,176 +1247,161 @@
   <si>
     <t>2025-09-19 16:15:16</t>
   </si>
   <si>
     <t>2025-01-20 13:50:05</t>
   </si>
   <si>
     <t>2025-01-19 05:18:08</t>
   </si>
   <si>
     <t>Ari Renato RB</t>
   </si>
   <si>
     <t>/11257686</t>
   </si>
   <si>
     <t>Liverpool Andares</t>
   </si>
   <si>
     <t>Fracc. Plaza Andares</t>
   </si>
   <si>
     <t>2025-02-13 12:20:02</t>
   </si>
   <si>
-    <t>2025-09-01 21:07:48</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-20 13:50:03</t>
   </si>
   <si>
     <t>2025-01-19 01:30:33</t>
   </si>
   <si>
     <t>Jose Avel Robles Ramirez</t>
   </si>
   <si>
     <t>/11256816</t>
   </si>
   <si>
     <t>2025-01-19 00:00:00</t>
   </si>
   <si>
     <t>0056170742</t>
   </si>
   <si>
     <t>0310 LIV Liverpool Salina Cruznull CARR TRANSISTMICA KM 12 12</t>
   </si>
   <si>
     <t>SALINA CRUZ</t>
   </si>
   <si>
     <t>/VSPLD1621</t>
   </si>
   <si>
     <t>2025-02-13 12:14:16</t>
   </si>
   <si>
-    <t>2025-08-27 11:10:26</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-19 03:10:12</t>
   </si>
   <si>
     <t>2025-01-18 12:10:36</t>
   </si>
   <si>
     <t xml:space="preserve">Yareli Cercas </t>
   </si>
   <si>
     <t>/11256186</t>
   </si>
   <si>
     <t>2025-01-18 00:00:00</t>
   </si>
   <si>
     <t>775-2053422</t>
   </si>
   <si>
     <t>Calle:Francisco Montes de Oca,Numero:500 ,</t>
   </si>
   <si>
     <t>Tulancingo</t>
   </si>
   <si>
     <t>/VSPOY7721</t>
   </si>
   <si>
     <t>2025-02-10 12:19:36</t>
   </si>
   <si>
     <t>2025-02-13 12:18:24</t>
   </si>
   <si>
-    <t>2025-09-01 16:38:36</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-18 04:56:12</t>
   </si>
   <si>
     <t>2025-01-17 02:01:46</t>
   </si>
   <si>
     <t>Karla veronica Tenorio</t>
   </si>
   <si>
     <t>/11255499</t>
   </si>
   <si>
     <t>2025-01-17 00:00:00</t>
   </si>
   <si>
     <t>Calle:9 norte ,Numero:1411,</t>
   </si>
   <si>
     <t>2025-01-29 17:23:11</t>
   </si>
   <si>
-    <t>2025-08-27 15:58:27</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-17 04:19:21</t>
   </si>
   <si>
     <t>2025-01-16 06:40:11</t>
   </si>
   <si>
     <t>manuel andrew espinoza</t>
   </si>
   <si>
     <t>/11254972</t>
   </si>
   <si>
     <t>2025-01-16 00:00:00</t>
   </si>
   <si>
     <t>81-87080422</t>
   </si>
   <si>
     <t>Calle:Rancho san valentin,Numero:2820,</t>
   </si>
   <si>
     <t>Juarez</t>
   </si>
   <si>
     <t>2025-01-29 17:25:02</t>
   </si>
   <si>
-    <t>2025-09-03 11:38:38</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-16 14:31:16</t>
   </si>
   <si>
     <t>2025-01-13 03:45:08</t>
   </si>
   <si>
     <t>Isela Rodriguez</t>
   </si>
   <si>
     <t>/11252619</t>
   </si>
   <si>
     <t>2025-01-13 00:00:00</t>
   </si>
   <si>
     <t>449-1438687</t>
   </si>
   <si>
     <t>Calle:Sendero de los jarrones,Numero:415,</t>
   </si>
   <si>
     <t>Aguascalientes</t>
   </si>
   <si>
     <t>/VSPOQ2T21</t>
@@ -1448,53 +1418,50 @@
   <si>
     <t>Juan Ricardo Galicia</t>
   </si>
   <si>
     <t>/11251677</t>
   </si>
   <si>
     <t>2025-01-12 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Parque Delta</t>
   </si>
   <si>
     <t>Narvarte Poniente</t>
   </si>
   <si>
     <t>/VSPOY7021</t>
   </si>
   <si>
     <t>2025-01-15 11:42:35</t>
   </si>
   <si>
     <t>2025-01-24 08:38:04</t>
   </si>
   <si>
-    <t>2025-09-01 10:20:00</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-12 01:05:31</t>
   </si>
   <si>
     <t>2025-01-11 06:13:24</t>
   </si>
   <si>
     <t>MARIA DEL ROCIO GUTIERREZ GUZMAN MARIA DEL ROCIO GUTIERREZ GUZMAN</t>
   </si>
   <si>
     <t>/11251416</t>
   </si>
   <si>
     <t>2025-01-11 00:00:00</t>
   </si>
   <si>
     <t>0059033127</t>
   </si>
   <si>
     <t>0882 LIV Liverpool Express Manzanillo BOULEVARD COSTERA MIGUEL DE LA MADRID 3275</t>
   </si>
   <si>
     <t>MANZANILLO</t>
   </si>
   <si>
     <t>2025-01-16 11:43:52</t>
@@ -1568,101 +1535,92 @@
   <si>
     <t>Geovany David Tovillla</t>
   </si>
   <si>
     <t>/11249153</t>
   </si>
   <si>
     <t>2025-01-08 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Tuxtla</t>
   </si>
   <si>
     <t>Jardines De Tuxtla</t>
   </si>
   <si>
     <t>/VSPOS6121/VSPBH1C21</t>
   </si>
   <si>
     <t>2025-01-10 11:39:37</t>
   </si>
   <si>
     <t>2025-01-24 08:38:32</t>
   </si>
   <si>
-    <t>2025-08-22 12:06:09</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-08 01:05:29</t>
   </si>
   <si>
     <t>2025-01-08 02:46:29</t>
   </si>
   <si>
     <t>/11249202</t>
   </si>
   <si>
     <t>/VSPLP1421</t>
   </si>
   <si>
     <t>2025-01-14 12:13:07</t>
   </si>
   <si>
     <t>2025-01-24 08:38:41</t>
   </si>
   <si>
-    <t>2025-08-27 11:50:30</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-08 03:05:29</t>
   </si>
   <si>
     <t>2025-01-07 06:26:43</t>
   </si>
   <si>
     <t>catalina pazos</t>
   </si>
   <si>
     <t>/11249008</t>
   </si>
   <si>
     <t>2025-01-07 00:00:00</t>
   </si>
   <si>
     <t>55-76626523</t>
   </si>
   <si>
     <t>Calle:GABRIEL MANCERA ,Numero:1660,NumeroInt:203</t>
   </si>
   <si>
     <t>2025-01-24 08:38:15</t>
   </si>
   <si>
-    <t>2025-08-07 12:51:51</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-07 19:05:29</t>
   </si>
   <si>
     <t>2025-01-02 09:04:07</t>
   </si>
   <si>
     <t>YOLANDA CARRASCO PEREZ</t>
   </si>
   <si>
     <t>/11246483</t>
   </si>
   <si>
     <t>2025-01-02 00:00:00</t>
   </si>
   <si>
     <t>without_tracking_code</t>
   </si>
   <si>
     <t>0024570330</t>
   </si>
   <si>
     <t>/VSPOQ1K21</t>
   </si>
   <si>
     <t>2025-01-08 11:35:31</t>
@@ -1676,53 +1634,50 @@
   <si>
     <t>2025-01-02 02:42:30</t>
   </si>
   <si>
     <t>Sarai lara Lara</t>
   </si>
   <si>
     <t>/11246223</t>
   </si>
   <si>
     <t>229-1751915</t>
   </si>
   <si>
     <t>Calle:Heorismo,Numero:236,</t>
   </si>
   <si>
     <t>Veracruz</t>
   </si>
   <si>
     <t>/VSPOQ8321</t>
   </si>
   <si>
     <t>2025-01-24 08:39:08</t>
   </si>
   <si>
-    <t>2025-07-31 10:24:48</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-02 12:35:32</t>
   </si>
   <si>
     <t>2024-12-31 04:57:23</t>
   </si>
   <si>
     <t>Ari Josselyn Martinez</t>
   </si>
   <si>
     <t>/11245469</t>
   </si>
   <si>
     <t>2024-12-31 00:00:00</t>
   </si>
   <si>
     <t>938-1883441</t>
   </si>
   <si>
     <t>Calle:34,Numero:SN,NumeroInt:239</t>
   </si>
   <si>
     <t>Ciudad del Carmen</t>
   </si>
   <si>
     <t>/VSPBH1C21</t>
@@ -1742,74 +1697,80 @@
   <si>
     <t>0300056298</t>
   </si>
   <si>
     <t xml:space="preserve">Berenice  Cortés </t>
   </si>
   <si>
     <t>/11244689</t>
   </si>
   <si>
     <t>2024-12-30 00:00:00</t>
   </si>
   <si>
     <t>833-2149330</t>
   </si>
   <si>
     <t>Calle:emilio carranza ,Numero:407,</t>
   </si>
   <si>
     <t>tampico</t>
   </si>
   <si>
     <t>2025-01-24 08:39:53</t>
   </si>
   <si>
+    <t>2025-12-22 17:28:32</t>
+  </si>
+  <si>
     <t>2024-12-30 03:02:01</t>
   </si>
   <si>
     <t>2024-12-30 01:48:45</t>
   </si>
   <si>
     <t>Gustavo Martínez</t>
   </si>
   <si>
     <t>/11244656</t>
   </si>
   <si>
     <t>55-55162570</t>
   </si>
   <si>
     <t>Calle:General José María Mendivil,Numero:83,</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>2025-01-24 08:40:00</t>
   </si>
   <si>
+    <t>2025-12-15 11:17:04</t>
+  </si>
+  <si>
     <t>2024-12-30 02:02:01</t>
   </si>
   <si>
     <t>2024-12-29 04:47:01</t>
   </si>
   <si>
     <t>María Susana Arrevillaga</t>
   </si>
   <si>
     <t>/11244379</t>
   </si>
   <si>
     <t>2024-12-29 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Parque Las Antenas</t>
   </si>
   <si>
     <t>Iztapalapa</t>
   </si>
   <si>
     <t>2025-01-02 11:33:50</t>
   </si>
   <si>
     <t>2025-01-24 08:39:44</t>
@@ -1856,281 +1817,272 @@
   <si>
     <t>2024-12-28 20:02:00</t>
   </si>
   <si>
     <t>2024-12-28 04:10:09</t>
   </si>
   <si>
     <t>Mayra Castillo</t>
   </si>
   <si>
     <t>/11243821</t>
   </si>
   <si>
     <t>83-33067379</t>
   </si>
   <si>
     <t>Calle:Privada Gorqsol,Numero:104,</t>
   </si>
   <si>
     <t>Madero</t>
   </si>
   <si>
     <t>2025-01-24 08:39:16</t>
   </si>
   <si>
+    <t>2025-12-12 14:01:17</t>
+  </si>
+  <si>
     <t>2024-12-28 17:02:00</t>
   </si>
   <si>
     <t>2024-12-27 06:09:44</t>
   </si>
   <si>
     <t>0000055503</t>
   </si>
   <si>
     <t>Cristina  Acosta</t>
   </si>
   <si>
     <t>/11243148</t>
   </si>
   <si>
     <t>2024-12-27 00:00:00</t>
   </si>
   <si>
     <t>55-59324927</t>
   </si>
   <si>
     <t>Calle:Membrillos,Numero:124,NumeroInt:18</t>
   </si>
   <si>
     <t>Estado de mexico</t>
   </si>
   <si>
     <t>/SFYP00722</t>
   </si>
   <si>
     <t>2024-12-31 10:29:14</t>
   </si>
   <si>
     <t>2025-01-24 08:40:49</t>
   </si>
   <si>
+    <t>2025-12-09 11:44:45</t>
+  </si>
+  <si>
     <t>2024-12-27 13:49:00</t>
   </si>
   <si>
     <t>2024-12-24 03:02:20</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Gallegos </t>
   </si>
   <si>
     <t>/11241692</t>
   </si>
   <si>
     <t>2024-12-24 00:00:00</t>
   </si>
   <si>
     <t>55-53040488</t>
   </si>
   <si>
     <t>Calle:Vesubio,Numero:24,</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>2025-01-24 08:40:34</t>
   </si>
   <si>
-    <t>2025-08-28 13:18:17</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-24 16:00:53</t>
   </si>
   <si>
     <t>2024-12-23 06:12:50</t>
   </si>
   <si>
     <t>/11241328</t>
   </si>
   <si>
     <t>2024-12-23 00:00:00</t>
   </si>
   <si>
     <t>2025-01-24 08:41:16</t>
   </si>
   <si>
-    <t>2025-08-28 15:31:24</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-23 19:11:27</t>
   </si>
   <si>
     <t>2024-12-23 05:59:01</t>
   </si>
   <si>
     <t>0400054850</t>
   </si>
   <si>
     <t>TEREZA  LIRA PINEDA TEREZA  LIRA PINEDA</t>
   </si>
   <si>
     <t>/11241296</t>
   </si>
   <si>
     <t>0007799087</t>
   </si>
   <si>
     <t xml:space="preserve">Calle: SUR 149 Numero: 2015 Numero int: </t>
   </si>
   <si>
     <t>IZTACALCO</t>
   </si>
   <si>
     <t>2025-01-24 08:41:26</t>
   </si>
   <si>
+    <t>2025-11-25 13:51:11</t>
+  </si>
+  <si>
     <t>2024-12-23 18:03:56</t>
   </si>
   <si>
     <t>2024-12-22 09:36:21</t>
   </si>
   <si>
     <t>NORMA PATRICIA MEDINA ORGANISTA NORMA PATRICIA MEDINA ORGANISTA</t>
   </si>
   <si>
     <t>/11241149</t>
   </si>
   <si>
     <t>0049250079</t>
   </si>
   <si>
     <t>0303 LIV Liverpool Galerias Chilpancingo - Recoge en tu auto BLV. RENE JUAREZ CISNEROS 130</t>
   </si>
   <si>
     <t>CHILPANCINGO DE LOS BRAVO</t>
   </si>
   <si>
     <t>2024-12-26 11:40:05</t>
   </si>
   <si>
     <t>2025-01-24 08:41:36</t>
   </si>
   <si>
-    <t>2025-07-23 11:32:55</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-23 12:19:44</t>
   </si>
   <si>
     <t>2024-12-22 08:26:27</t>
   </si>
   <si>
     <t>mercedes rosique</t>
   </si>
   <si>
     <t>/11240837</t>
   </si>
   <si>
     <t>2024-12-22 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Galerías Mérida</t>
   </si>
   <si>
     <t>Revolución Mérida</t>
   </si>
   <si>
     <t>2024-12-31 10:29:12</t>
   </si>
   <si>
     <t>2025-01-24 08:41:07</t>
   </si>
   <si>
-    <t>2025-07-24 11:54:08</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-22 21:44:34</t>
   </si>
   <si>
     <t>2024-12-20 07:35:29</t>
   </si>
   <si>
     <t>Karina Enríquez</t>
   </si>
   <si>
     <t>/11239653</t>
   </si>
   <si>
     <t>2024-12-20 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Plaza Patria</t>
   </si>
   <si>
     <t>Sector Hidalgo</t>
   </si>
   <si>
     <t>2025-01-24 08:41:46</t>
   </si>
   <si>
-    <t>2025-07-30 11:58:38</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-20 21:44:58</t>
   </si>
   <si>
     <t>2024-12-17 02:01:50</t>
   </si>
   <si>
     <t>Lizbeth Mateos</t>
   </si>
   <si>
     <t>/11236794</t>
   </si>
   <si>
     <t>2024-12-17 00:00:00</t>
   </si>
   <si>
     <t>442-8274205</t>
   </si>
   <si>
     <t>Calle:veracruz,Numero:19,</t>
   </si>
   <si>
     <t>queretaro</t>
   </si>
   <si>
     <t>2024-12-19 11:39:20</t>
   </si>
   <si>
     <t>2025-01-24 08:42:02</t>
   </si>
   <si>
-    <t>2025-08-02 11:54:21</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-17 15:02:57</t>
   </si>
   <si>
     <t>2024-12-16 10:48:45</t>
   </si>
   <si>
     <t>MIRNA HERNANDEZ HERRERA</t>
   </si>
   <si>
     <t>/11236436</t>
   </si>
   <si>
     <t>0002209846</t>
   </si>
   <si>
     <t>0028 LIV Liverpool Veracruz Mocambonull SU SANTIDAD JUAN PABLO 2DO 48</t>
   </si>
   <si>
     <t>BOCA DEL RIO</t>
   </si>
   <si>
     <t>/VSPLM2521</t>
   </si>
   <si>
     <t>2025-01-24 08:42:14</t>
@@ -2735,53 +2687,50 @@
   <si>
     <t>/11223115</t>
   </si>
   <si>
     <t>2024-12-03 00:00:00</t>
   </si>
   <si>
     <t>871-7197187</t>
   </si>
   <si>
     <t>Calle:CIRCUITO DEL GRANADO,Numero:133,</t>
   </si>
   <si>
     <t>GOMEZ PALACIO</t>
   </si>
   <si>
     <t>/VSPBH1K21</t>
   </si>
   <si>
     <t>2024-12-05 14:59:43</t>
   </si>
   <si>
     <t>2024-12-09 08:32:35</t>
   </si>
   <si>
-    <t>2025-08-03 13:04:18</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-03 06:50:31</t>
   </si>
   <si>
     <t>2024-12-03 01:23:03</t>
   </si>
   <si>
     <t>MARIA ISABEL DORADO</t>
   </si>
   <si>
     <t>/11222640</t>
   </si>
   <si>
     <t>72-27154664</t>
   </si>
   <si>
     <t>Calle:GRANIZO,Numero:106,</t>
   </si>
   <si>
     <t>METEPEC</t>
   </si>
   <si>
     <t>2024-12-05 14:56:37</t>
   </si>
   <si>
     <t>2024-12-09 08:35:53</t>
@@ -2900,53 +2849,50 @@
   <si>
     <t>2024-12-01 03:25:37</t>
   </si>
   <si>
     <t>Claudia Macedo Ruiz</t>
   </si>
   <si>
     <t>/11219882</t>
   </si>
   <si>
     <t>0063875262</t>
   </si>
   <si>
     <t>0088 LIV Liverpool Tepic - Recoge en autonull BOULEVARD LUIS DONALDO 680</t>
   </si>
   <si>
     <t>TEPIC</t>
   </si>
   <si>
     <t>2024-12-04 15:26:04</t>
   </si>
   <si>
     <t>2024-12-05 15:09:43</t>
   </si>
   <si>
-    <t>2025-08-25 11:16:07</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-01 03:50:28</t>
   </si>
   <si>
     <t>2024-11-30 11:18:25</t>
   </si>
   <si>
     <t>Veronica Hernandez</t>
   </si>
   <si>
     <t>/11219597</t>
   </si>
   <si>
     <t>427-2741582</t>
   </si>
   <si>
     <t>Calle:Rio Caribe,Numero:65,</t>
   </si>
   <si>
     <t>San Juan Del Rio</t>
   </si>
   <si>
     <t>/VSP1R1421</t>
   </si>
   <si>
     <t>2024-12-05 13:01:25</t>
@@ -3065,119 +3011,110 @@
   <si>
     <t>2024-12-04 12:21:31</t>
   </si>
   <si>
     <t>2024-11-29 18:08:23</t>
   </si>
   <si>
     <t>2024-11-25 05:41:37</t>
   </si>
   <si>
     <t>ROBERTO CORREA</t>
   </si>
   <si>
     <t>/11212810</t>
   </si>
   <si>
     <t>2024-11-25 00:00:00</t>
   </si>
   <si>
     <t>2024-11-27 13:02:02</t>
   </si>
   <si>
     <t>2024-11-27 13:08:49</t>
   </si>
   <si>
-    <t>2025-07-07 14:33:54</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-25 13:56:36</t>
   </si>
   <si>
     <t>2024-11-24 08:12:28</t>
   </si>
   <si>
     <t>Beatriz Luna</t>
   </si>
   <si>
     <t>/11212811</t>
   </si>
   <si>
     <t>951-2047788</t>
   </si>
   <si>
     <t>Calle:ALERCE,Numero:6,NumeroInt:1a Seccion</t>
   </si>
   <si>
     <t>OAXACA</t>
   </si>
   <si>
     <t>/VSPOQ2K21</t>
   </si>
   <si>
     <t>2024-11-27 13:12:44</t>
   </si>
   <si>
     <t>2024-11-27 13:14:13</t>
   </si>
   <si>
-    <t>2025-07-03 10:26:52</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-25 13:49:50</t>
   </si>
   <si>
     <t>2024-11-22 11:21:51</t>
   </si>
   <si>
     <t>Jose Antonio Hidalgo</t>
   </si>
   <si>
     <t>/11211442</t>
   </si>
   <si>
     <t>2024-11-23 00:00:00</t>
   </si>
   <si>
     <t>773 732 2202</t>
   </si>
   <si>
     <t>Liverpool Express Tula</t>
   </si>
   <si>
     <t>Tula de Allende</t>
   </si>
   <si>
     <t>2024-11-27 13:16:33</t>
   </si>
   <si>
     <t>2024-11-27 13:17:43</t>
   </si>
   <si>
-    <t>2025-07-05 11:35:50</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-23 21:30:37</t>
   </si>
   <si>
     <t>2024-11-21 09:30:16</t>
   </si>
   <si>
     <t>Nuria Ortego</t>
   </si>
   <si>
     <t>/11209888</t>
   </si>
   <si>
     <t>2024-11-21 00:00:00</t>
   </si>
   <si>
     <t>/VSP640418</t>
   </si>
   <si>
     <t>2024-11-25 12:13:30</t>
   </si>
   <si>
     <t>2024-11-25 16:01:41</t>
   </si>
   <si>
     <t>2024-11-21 22:07:04</t>
@@ -3188,125 +3125,110 @@
   <si>
     <t>Jose Maria Jimenez Colin</t>
   </si>
   <si>
     <t>/11209188</t>
   </si>
   <si>
     <t>2024-11-20 00:00:00</t>
   </si>
   <si>
     <t>0063706479</t>
   </si>
   <si>
     <t>0007 LIV Liverpool Santa Fenull AV VASCO DE QUIROGA 3800</t>
   </si>
   <si>
     <t>CUAJIMALPA DE MORELOS</t>
   </si>
   <si>
     <t>2024-11-22 15:22:46</t>
   </si>
   <si>
     <t>2024-11-26 11:43:41</t>
   </si>
   <si>
-    <t>2025-06-27 11:03:49</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-20 21:16:18</t>
   </si>
   <si>
     <t>2024-11-19 12:11:25</t>
   </si>
   <si>
     <t>Patsy Tovar</t>
   </si>
   <si>
     <t>/11208465</t>
   </si>
   <si>
     <t>2024-11-19 00:00:00</t>
   </si>
   <si>
     <t>55-16432424</t>
   </si>
   <si>
     <t>Calle:Pt 17,Numero:Lt 8,</t>
   </si>
   <si>
     <t>Estado de Mexico</t>
   </si>
   <si>
     <t>2024-11-21 14:44:10</t>
   </si>
   <si>
     <t>2024-11-21 14:47:17</t>
   </si>
   <si>
-    <t>2025-06-23 18:26:37</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-19 19:36:40</t>
   </si>
   <si>
     <t>2024-11-19 01:02:37</t>
   </si>
   <si>
     <t>Nelly Balderas</t>
   </si>
   <si>
     <t>/11208464</t>
   </si>
   <si>
-    <t>out_for_delivery</t>
-[...4 lines deleted...]
-  <si>
     <t>844-1143666</t>
   </si>
   <si>
     <t>Calle:Santa Renata,Numero:239,</t>
   </si>
   <si>
     <t>Saltillo</t>
   </si>
   <si>
     <t>/VSP216721</t>
   </si>
   <si>
     <t>2025-04-10 14:01:13</t>
   </si>
   <si>
     <t>2025-04-10 14:01:25</t>
   </si>
   <si>
-    <t>2025-06-19 07:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-19 19:36:45</t>
   </si>
   <si>
     <t>2024-11-18 03:47:37</t>
   </si>
   <si>
     <t>Ana gabriela Chavez</t>
   </si>
   <si>
     <t>/11208466</t>
   </si>
   <si>
     <t>77-11792735</t>
   </si>
   <si>
     <t>Calle:Costa de colle privada trentino,Numero:124,</t>
   </si>
   <si>
     <t>Hidalgo</t>
   </si>
   <si>
     <t>/VSPCD2L21</t>
   </si>
   <si>
     <t>2024-11-21 12:56:32</t>
@@ -3344,53 +3266,50 @@
   <si>
     <t>2024-11-19 19:36:36</t>
   </si>
   <si>
     <t>2024-11-17 08:50:50</t>
   </si>
   <si>
     <t>Karla janette Flores</t>
   </si>
   <si>
     <t>/11208468</t>
   </si>
   <si>
     <t>Liverpool Salamanca</t>
   </si>
   <si>
     <t>Fracc. las Glorias</t>
   </si>
   <si>
     <t>2025-04-10 14:01:47</t>
   </si>
   <si>
     <t>2025-04-10 14:02:10</t>
   </si>
   <si>
-    <t>2025-06-20 09:47:43</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-19 19:36:33</t>
   </si>
   <si>
     <t>2024-11-17 06:13:40</t>
   </si>
   <si>
     <t>ALICIA GONZALEZ</t>
   </si>
   <si>
     <t>/11208469</t>
   </si>
   <si>
     <t>867-1860078</t>
   </si>
   <si>
     <t>Calle:AGUA MARINA,Numero:14,</t>
   </si>
   <si>
     <t>NUEVO LAREDO</t>
   </si>
   <si>
     <t>2024-11-21 13:26:22</t>
   </si>
   <si>
     <t>2024-11-21 13:26:52</t>
@@ -3485,98 +3404,92 @@
   <si>
     <t>Ciudad Satélite</t>
   </si>
   <si>
     <t>/VSP170321</t>
   </si>
   <si>
     <t>2024-11-22 08:58:06</t>
   </si>
   <si>
     <t>2024-11-19 19:36:19</t>
   </si>
   <si>
     <t>2024-11-16 04:47:53</t>
   </si>
   <si>
     <t>Dulce Carolina Salazar</t>
   </si>
   <si>
     <t>/11208474</t>
   </si>
   <si>
     <t>2024-11-22 08:56:46</t>
   </si>
   <si>
-    <t>2025-07-04 19:33:06</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-19 19:36:16</t>
   </si>
   <si>
     <t>2024-11-15 03:43:31</t>
   </si>
   <si>
     <t>0880048145</t>
   </si>
   <si>
     <t>Cecilia Guerrero</t>
   </si>
   <si>
     <t>/11208475</t>
   </si>
   <si>
     <t>2024-11-21 13:27:22</t>
   </si>
   <si>
     <t>2024-11-21 13:27:48</t>
   </si>
   <si>
     <t>2024-11-19 19:36:13</t>
   </si>
   <si>
     <t>2024-11-14 06:28:15</t>
   </si>
   <si>
     <t>MARIA LUISA  FUENTES ROSAS MARIA LUISA  FUENTES ROSAS</t>
   </si>
   <si>
     <t>/11208476</t>
   </si>
   <si>
     <t>0055871630</t>
   </si>
   <si>
     <t>2025-01-24 11:01:14</t>
   </si>
   <si>
     <t>2025-01-24 11:01:33</t>
   </si>
   <si>
-    <t>2025-07-08 12:58:29</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-19 19:36:11</t>
   </si>
   <si>
     <t>2024-11-13 08:00:27</t>
   </si>
   <si>
     <t>Alma Higuera</t>
   </si>
   <si>
     <t>/11208477</t>
   </si>
   <si>
     <t>Liverpool Oblatos Guadalajara</t>
   </si>
   <si>
     <t>Oblatos</t>
   </si>
   <si>
     <t>/VSP646021</t>
   </si>
   <si>
     <t>2024-11-21 12:14:43</t>
   </si>
   <si>
     <t>2025-01-24 11:02:50</t>
@@ -3584,50 +3497,53 @@
   <si>
     <t>2024-11-19 19:36:08</t>
   </si>
   <si>
     <t>2024-11-10 11:21:17</t>
   </si>
   <si>
     <t>Bernhardette Alicia  Azamar</t>
   </si>
   <si>
     <t>/11208478</t>
   </si>
   <si>
     <t>444-8202293</t>
   </si>
   <si>
     <t>Calle:Fuente de hercules,Numero:189,</t>
   </si>
   <si>
     <t>San luis potosi</t>
   </si>
   <si>
     <t>2024-11-22 08:55:04</t>
   </si>
   <si>
+    <t>2025-12-20 12:07:46</t>
+  </si>
+  <si>
     <t>2024-11-19 19:36:05</t>
   </si>
   <si>
     <t>2024-11-10 01:45:46</t>
   </si>
   <si>
     <t>Anahi Cruz</t>
   </si>
   <si>
     <t>/11208479</t>
   </si>
   <si>
     <t>55-54525325</t>
   </si>
   <si>
     <t>Calle:Cuauhtemoc sur,Numero:14,NumeroInt:0</t>
   </si>
   <si>
     <t>/VSPOQ1H21</t>
   </si>
   <si>
     <t>2024-11-25 11:16:40</t>
   </si>
   <si>
     <t>2024-11-19 19:36:02</t>
@@ -3635,50 +3551,53 @@
   <si>
     <t>2024-11-09 06:33:45</t>
   </si>
   <si>
     <t>Dafne Yamile Ortega</t>
   </si>
   <si>
     <t>/11208480</t>
   </si>
   <si>
     <t>Liverpool Chihuahua Fashion Mall</t>
   </si>
   <si>
     <t>Quintas Del Sol</t>
   </si>
   <si>
     <t>/VSPOQ2B21</t>
   </si>
   <si>
     <t>2025-04-10 13:45:18</t>
   </si>
   <si>
     <t>2025-04-10 13:45:32</t>
   </si>
   <si>
+    <t>2025-12-19 10:30:11</t>
+  </si>
+  <si>
     <t>2024-11-19 19:35:59</t>
   </si>
   <si>
     <t>2024-10-28 09:21:29</t>
   </si>
   <si>
     <t>Nancy Paloma Meza</t>
   </si>
   <si>
     <t>/11195148</t>
   </si>
   <si>
     <t>2024-10-28 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Mazatlán</t>
   </si>
   <si>
     <t>Col. Desarrollo Marina Mazatlán</t>
   </si>
   <si>
     <t>/VSPBH8521</t>
   </si>
   <si>
     <t>2024-11-05 07:50:26</t>
@@ -3692,53 +3611,50 @@
   <si>
     <t>2024-10-23 11:14:26</t>
   </si>
   <si>
     <t xml:space="preserve">Claudia Ivonne  Balderas </t>
   </si>
   <si>
     <t>/11193128</t>
   </si>
   <si>
     <t>2024-10-24 00:00:00</t>
   </si>
   <si>
     <t>Calle:5 de febrero,Numero:40,</t>
   </si>
   <si>
     <t>Cdmx</t>
   </si>
   <si>
     <t>2024-10-29 14:02:29</t>
   </si>
   <si>
     <t>2024-10-29 14:05:07</t>
   </si>
   <si>
-    <t>2025-07-04 11:09:46</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-10-24 14:50:41</t>
   </si>
   <si>
     <t>2024-10-21 06:00:41</t>
   </si>
   <si>
     <t>Aracely Lopez</t>
   </si>
   <si>
     <t>/11191794</t>
   </si>
   <si>
     <t>2024-10-21 00:00:00</t>
   </si>
   <si>
     <t>228-1063114</t>
   </si>
   <si>
     <t>Calle:Estambul 6/11 (entregar despues de las 2),Numero:6,NumeroInt:11</t>
   </si>
   <si>
     <t>Xalapa</t>
   </si>
   <si>
     <t>2024-10-24 11:57:30</t>
@@ -3767,191 +3683,206 @@
   <si>
     <t>Calle:Principal Entrada A Malpaso,Numero:SN,NumeroInt:SN</t>
   </si>
   <si>
     <t>Raudales Malpazo Mezcalpa</t>
   </si>
   <si>
     <t>2024-11-05 07:32:47</t>
   </si>
   <si>
     <t>2024-10-21 14:41:05</t>
   </si>
   <si>
     <t>2024-10-16 01:26:36</t>
   </si>
   <si>
     <t>Jose Luis Cardenas  Camacho</t>
   </si>
   <si>
     <t>/11188145</t>
   </si>
   <si>
     <t>2024-10-16 00:00:00</t>
   </si>
   <si>
+    <t>in_transit</t>
+  </si>
+  <si>
+    <t>dhl - Clearance Event</t>
+  </si>
+  <si>
     <t>0062801788</t>
   </si>
   <si>
     <t xml:space="preserve">Calle: SANTOS DEGOLLADO, Número: 24, Número Int: </t>
   </si>
   <si>
     <t>2024-10-21 10:09:42</t>
   </si>
   <si>
     <t>2024-10-21 10:11:25</t>
   </si>
   <si>
+    <t>2026-01-09 09:26:09</t>
+  </si>
+  <si>
     <t>2024-10-16 14:25:01</t>
   </si>
   <si>
     <t>2024-10-15 02:04:54</t>
   </si>
   <si>
     <t>LIZETTE SARAI MACIAS</t>
   </si>
   <si>
     <t>/11187616</t>
   </si>
   <si>
     <t>2024-10-15 00:00:00</t>
   </si>
   <si>
     <t>/VSPHF3321</t>
   </si>
   <si>
     <t>2024-10-24 12:39:00</t>
   </si>
   <si>
     <t>2024-10-24 12:39:45</t>
   </si>
   <si>
     <t>2024-10-15 14:50:18</t>
   </si>
   <si>
     <t>2024-10-07 09:16:43</t>
   </si>
   <si>
     <t>Iván Marroquin</t>
   </si>
   <si>
     <t>/11182776</t>
   </si>
   <si>
     <t>2024-10-07 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Galerías Monterrey</t>
   </si>
   <si>
     <t>Vista Hermosa</t>
   </si>
   <si>
     <t>2024-11-05 07:30:06</t>
   </si>
   <si>
+    <t>2025-12-18 10:14:03</t>
+  </si>
+  <si>
     <t>2024-10-07 15:33:29</t>
   </si>
   <si>
     <t>2024-10-06 04:35:09</t>
   </si>
   <si>
     <t xml:space="preserve">Leticia del c Arellano </t>
   </si>
   <si>
     <t>/11182751</t>
   </si>
   <si>
     <t>442-2162221</t>
   </si>
   <si>
     <t>Calle:E. Perusquia ,Numero:4,</t>
   </si>
   <si>
     <t>2024-11-05 07:27:01</t>
   </si>
   <si>
+    <t>2025-12-29 10:19:38</t>
+  </si>
+  <si>
     <t>2024-10-07 14:26:37</t>
   </si>
   <si>
     <t>2024-10-05 07:12:14</t>
   </si>
   <si>
     <t>Ma De Kos Angeles Dominguez Vargas</t>
   </si>
   <si>
     <t>/11181926</t>
   </si>
   <si>
     <t>2024-10-06 00:00:00</t>
   </si>
   <si>
     <t>0062573115</t>
   </si>
   <si>
     <t>0041 LIV Liverpool Tampiconull PROLONGACION AVENIDA HIDALGO 4902</t>
   </si>
   <si>
     <t>TAMPICO</t>
   </si>
   <si>
     <t>/VSPOY5321</t>
   </si>
   <si>
     <t>2024-11-05 07:26:04</t>
   </si>
   <si>
-    <t>2025-08-18 10:24:50</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-10-05 23:30:41</t>
   </si>
   <si>
     <t>2024-10-04 11:22:33</t>
   </si>
   <si>
     <t>jonatan Rosas SALGADO</t>
   </si>
   <si>
     <t>/11181931</t>
   </si>
   <si>
     <t>0007107015</t>
   </si>
   <si>
     <t>0011 LIV Liverpool Cordoba Cristalnull AUTOPISTA CORDOBA ORIZABA KM 1 S/N</t>
   </si>
   <si>
     <t>CORDOBA</t>
   </si>
   <si>
     <t>2024-10-09 11:10:14</t>
   </si>
   <si>
     <t>2024-10-24 15:50:30</t>
   </si>
   <si>
+    <t>2025-12-18 16:49:32</t>
+  </si>
+  <si>
     <t>2024-10-05 23:22:22</t>
   </si>
   <si>
     <t>2024-09-26 03:31:57</t>
   </si>
   <si>
     <t>Héctor  Mata</t>
   </si>
   <si>
     <t>/11177903</t>
   </si>
   <si>
     <t>2024-09-27 00:00:00</t>
   </si>
   <si>
     <t>55-70705461</t>
   </si>
   <si>
     <t>Calle:Sur 79,Numero:433,</t>
   </si>
   <si>
     <t>/VSPLN2721</t>
   </si>
   <si>
     <t>2024-10-07 11:12:54</t>
@@ -3998,50 +3929,53 @@
   <si>
     <t>Victor Hugo Solis</t>
   </si>
   <si>
     <t>/11177157</t>
   </si>
   <si>
     <t>2024-09-26 00:00:00</t>
   </si>
   <si>
     <t>417-1240977</t>
   </si>
   <si>
     <t>Calle:Manuel Doblado ,Numero:554,</t>
   </si>
   <si>
     <t>Acámbaro</t>
   </si>
   <si>
     <t>2024-10-07 11:11:33</t>
   </si>
   <si>
     <t>2024-10-07 11:11:56</t>
   </si>
   <si>
+    <t>2025-12-02 11:08:06</t>
+  </si>
+  <si>
     <t>2024-09-26 00:52:01</t>
   </si>
   <si>
     <t>2024-09-17 12:38:45</t>
   </si>
   <si>
     <t>8210042955-A</t>
   </si>
   <si>
     <t>Fernando Zurita</t>
   </si>
   <si>
     <t>/11171112</t>
   </si>
   <si>
     <t>2024-09-17 00:00:00</t>
   </si>
   <si>
     <t>Liverpool Ags. Altaria</t>
   </si>
   <si>
     <t>Trojes De Alonso</t>
   </si>
   <si>
     <t>2024-09-20 13:48:31</t>
@@ -4988,71 +4922,71 @@
   <si>
     <t>Calle:palma datilera,Numero:138,</t>
   </si>
   <si>
     <t>veracruz</t>
   </si>
   <si>
     <t>2024-07-25 08:52:36</t>
   </si>
   <si>
     <t>2024-07-25 08:56:06</t>
   </si>
   <si>
     <t>2024-07-15 23:11:32</t>
   </si>
   <si>
     <t>2024-07-12 05:31:11</t>
   </si>
   <si>
     <t>3070091305-A</t>
   </si>
   <si>
     <t>María Elena González</t>
   </si>
   <si>
-    <t>/11138920</t>
-[...1 lines deleted...]
-  <si>
     <t>shipped</t>
   </si>
   <si>
     <t>55-33249574</t>
   </si>
   <si>
     <t>Calle:Dolores,Numero:30,NumeroInt:30</t>
   </si>
   <si>
     <t>/VSPOQ8621</t>
   </si>
   <si>
     <t>2024-07-25 08:43:33</t>
   </si>
   <si>
     <t>2024-07-25 08:46:11</t>
   </si>
   <si>
+    <t>unknown</t>
+  </si>
+  <si>
     <t>2024-07-15 23:11:27</t>
   </si>
   <si>
     <t>2024-07-12 03:27:38</t>
   </si>
   <si>
     <t>6230038692-A</t>
   </si>
   <si>
     <t>Alejandra vazquez</t>
   </si>
   <si>
     <t>/11138921</t>
   </si>
   <si>
     <t>783-5814270</t>
   </si>
   <si>
     <t>Calle:ixtapatongo,Numero:8,</t>
   </si>
   <si>
     <t>tuxpan</t>
   </si>
   <si>
     <t>2024-07-25 08:47:03</t>
@@ -5975,51 +5909,51 @@
   <si>
     <t>2024-04-10 17:25:36</t>
   </si>
   <si>
     <t>2024-04-09 08:33:29</t>
   </si>
   <si>
     <t>0570030009-A</t>
   </si>
   <si>
     <t>Mariana Vasquez</t>
   </si>
   <si>
     <t>/11091489</t>
   </si>
   <si>
     <t>Liverpool Oaxaca</t>
   </si>
   <si>
     <t>Agencia Municipal Candiani</t>
   </si>
   <si>
     <t>/VSPLD1421</t>
   </si>
   <si>
-    <t>2024-04-16 09:23:31</t>
+    <t>2024-04-15 12:18:23</t>
   </si>
   <si>
     <t>2024-04-15 12:19:43</t>
   </si>
   <si>
     <t>2024-04-10 17:25:32</t>
   </si>
   <si>
     <t>2024-04-04 10:39:59</t>
   </si>
   <si>
     <t>3640067928-A</t>
   </si>
   <si>
     <t>Ivette Teja</t>
   </si>
   <si>
     <t>/11089505</t>
   </si>
   <si>
     <t>2024-04-05 00:00:00</t>
   </si>
   <si>
     <t>2024-04-11 14:23:53</t>
   </si>
@@ -6179,51 +6113,51 @@
   <si>
     <t>2024-04-05 18:15:12</t>
   </si>
   <si>
     <t>2024-04-02 05:46:55</t>
   </si>
   <si>
     <t>3050029588-A</t>
   </si>
   <si>
     <t>Alejandro Mijares</t>
   </si>
   <si>
     <t>/11089404</t>
   </si>
   <si>
     <t>22-23490231</t>
   </si>
   <si>
     <t>Calle:Vista del Ángel,Numero:19,NumeroInt:A</t>
   </si>
   <si>
     <t>/VSPZQ1121</t>
   </si>
   <si>
-    <t>2024-04-10 08:19:56</t>
+    <t>2024-04-10 17:19:02</t>
   </si>
   <si>
     <t>2024-04-11 12:49:57</t>
   </si>
   <si>
     <t>2024-04-05 17:31:12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -7191,974 +7125,974 @@
       <c r="E4">
         <v>236.94</v>
       </c>
       <c r="F4" t="s">
         <v>107</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>108</v>
       </c>
       <c r="I4">
         <v>63</v>
       </c>
       <c r="J4" t="s">
         <v>109</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4">
         <v>3394239494</v>
       </c>
       <c r="M4" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N4" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="Q4" t="s">
         <v>105</v>
       </c>
       <c r="R4" t="s">
         <v>76</v>
       </c>
       <c r="S4" t="s">
         <v>76</v>
       </c>
       <c r="T4" t="s">
         <v>77</v>
       </c>
       <c r="U4" t="s">
         <v>106</v>
       </c>
       <c r="V4">
         <v>588088</v>
       </c>
       <c r="W4" t="s">
         <v>76</v>
       </c>
       <c r="X4">
         <v>236.94</v>
       </c>
       <c r="Y4">
         <v>20.6</v>
       </c>
       <c r="Z4" t="s">
         <v>76</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>78</v>
       </c>
       <c r="AC4" t="s">
         <v>107</v>
       </c>
       <c r="AD4" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="AE4">
         <v>7351677204</v>
       </c>
       <c r="AF4">
         <v>7351677204</v>
       </c>
       <c r="AG4" t="s">
         <v>76</v>
       </c>
       <c r="AH4" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
         <v>109</v>
       </c>
       <c r="AM4" t="s">
         <v>82</v>
       </c>
       <c r="AN4" t="s">
         <v>108</v>
       </c>
       <c r="AO4">
         <v>63</v>
       </c>
       <c r="AP4" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AQ4" t="s">
         <v>73</v>
       </c>
       <c r="AR4" t="s">
         <v>84</v>
       </c>
       <c r="AS4">
         <v>286582758293</v>
       </c>
       <c r="AT4" t="s">
         <v>76</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
         <v>85</v>
       </c>
       <c r="AY4">
         <v>3394239494</v>
       </c>
       <c r="AZ4" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA4" t="s">
         <v>86</v>
       </c>
       <c r="BB4" t="s">
         <v>105</v>
       </c>
       <c r="BC4" t="s">
         <v>109</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
-        <v>76</v>
+        <v>115</v>
       </c>
       <c r="BH4">
-        <v>252</v>
+        <v>296</v>
       </c>
       <c r="BI4" t="s">
         <v>89</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>73</v>
       </c>
       <c r="BQ4" t="s">
         <v>76</v>
       </c>
       <c r="BR4">
         <v>4881</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C5">
         <v>1620062938</v>
       </c>
       <c r="D5">
         <v>588059</v>
       </c>
       <c r="E5">
         <v>354.03</v>
       </c>
       <c r="F5" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I5">
         <v>118.99</v>
       </c>
       <c r="J5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5">
         <v>6028527422</v>
       </c>
       <c r="M5" t="s">
         <v>95</v>
       </c>
       <c r="N5" t="s">
         <v>96</v>
       </c>
       <c r="O5"/>
       <c r="P5">
         <v>16759395637</v>
       </c>
       <c r="Q5" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="R5" t="s">
         <v>76</v>
       </c>
       <c r="S5" t="s">
         <v>76</v>
       </c>
       <c r="T5" t="s">
         <v>77</v>
       </c>
       <c r="U5">
         <v>1620062938</v>
       </c>
       <c r="V5">
         <v>588059</v>
       </c>
       <c r="W5" t="s">
         <v>76</v>
       </c>
       <c r="X5">
         <v>354.03</v>
       </c>
       <c r="Y5">
         <v>20.6</v>
       </c>
       <c r="Z5" t="s">
         <v>76</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>78</v>
       </c>
       <c r="AC5" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AD5">
         <v>16759395637</v>
       </c>
       <c r="AE5">
         <v>4611598300</v>
       </c>
       <c r="AF5">
         <v>4611598300</v>
       </c>
       <c r="AG5" t="s">
         <v>76</v>
       </c>
       <c r="AH5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AM5" t="s">
         <v>82</v>
       </c>
       <c r="AN5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AO5">
         <v>118.99</v>
       </c>
       <c r="AP5" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AQ5" t="s">
         <v>73</v>
       </c>
       <c r="AR5" t="s">
         <v>84</v>
       </c>
       <c r="AS5">
         <v>880607855042</v>
       </c>
       <c r="AT5" t="s">
         <v>76</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5" t="s">
         <v>85</v>
       </c>
       <c r="AY5">
         <v>6028527422</v>
       </c>
       <c r="AZ5" t="s">
         <v>95</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="BC5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
+        <v>124</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG5" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="BH5">
         <v>224</v>
       </c>
       <c r="BI5" t="s">
         <v>89</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>73</v>
       </c>
       <c r="BQ5" t="s">
         <v>76</v>
       </c>
       <c r="BR5">
         <v>7293</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C6">
         <v>6620060499</v>
       </c>
       <c r="D6">
         <v>586895</v>
       </c>
       <c r="E6">
         <v>270.39</v>
       </c>
       <c r="F6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I6">
         <v>79</v>
       </c>
       <c r="J6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6">
         <v>4143629965</v>
       </c>
       <c r="M6" t="s">
         <v>95</v>
       </c>
       <c r="N6" t="s">
         <v>96</v>
       </c>
       <c r="O6"/>
       <c r="P6">
         <v>347423229</v>
       </c>
       <c r="Q6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="R6" t="s">
         <v>76</v>
       </c>
       <c r="S6" t="s">
         <v>76</v>
       </c>
       <c r="T6" t="s">
         <v>77</v>
       </c>
       <c r="U6">
         <v>6620060499</v>
       </c>
       <c r="V6">
         <v>586895</v>
       </c>
       <c r="W6" t="s">
         <v>76</v>
       </c>
       <c r="X6">
         <v>270.39</v>
       </c>
       <c r="Y6">
         <v>20.6</v>
       </c>
       <c r="Z6" t="s">
         <v>76</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>78</v>
       </c>
       <c r="AC6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AD6">
         <v>347423229</v>
       </c>
       <c r="AE6" t="s">
+        <v>131</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>131</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH6" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>70</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AM6" t="s">
         <v>82</v>
       </c>
       <c r="AN6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AO6">
         <v>79</v>
       </c>
       <c r="AP6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AQ6" t="s">
         <v>73</v>
       </c>
       <c r="AR6" t="s">
         <v>84</v>
       </c>
       <c r="AS6">
         <v>285403546787</v>
       </c>
       <c r="AT6" t="s">
         <v>76</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6" t="s">
         <v>85</v>
       </c>
       <c r="AY6">
         <v>4143629965</v>
       </c>
       <c r="AZ6" t="s">
         <v>95</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="BC6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="BD6" t="s">
+        <v>134</v>
+      </c>
+      <c r="BE6" t="s">
         <v>135</v>
       </c>
-      <c r="BE6" t="s">
+      <c r="BF6" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG6" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="BH6">
         <v>221</v>
       </c>
       <c r="BI6" t="s">
         <v>89</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>73</v>
       </c>
       <c r="BQ6" t="s">
         <v>76</v>
       </c>
       <c r="BR6">
         <v>5570</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C7" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D7">
         <v>586903</v>
       </c>
       <c r="E7">
         <v>270.39</v>
       </c>
       <c r="F7" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I7">
         <v>79</v>
       </c>
       <c r="J7" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7">
         <v>5109131742</v>
       </c>
       <c r="M7" t="s">
         <v>95</v>
       </c>
       <c r="N7" t="s">
         <v>96</v>
       </c>
       <c r="O7"/>
       <c r="P7">
         <v>347423229</v>
       </c>
       <c r="Q7" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="R7" t="s">
         <v>76</v>
       </c>
       <c r="S7" t="s">
         <v>76</v>
       </c>
       <c r="T7" t="s">
         <v>77</v>
       </c>
       <c r="U7" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="V7">
         <v>586903</v>
       </c>
       <c r="W7" t="s">
         <v>76</v>
       </c>
       <c r="X7">
         <v>270.39</v>
       </c>
       <c r="Y7">
         <v>20.6</v>
       </c>
       <c r="Z7" t="s">
         <v>76</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>78</v>
       </c>
       <c r="AC7" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AD7">
         <v>347423229</v>
       </c>
       <c r="AE7" t="s">
+        <v>131</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>131</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH7" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
         <v>70</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AM7" t="s">
         <v>82</v>
       </c>
       <c r="AN7" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AO7">
         <v>79</v>
       </c>
       <c r="AP7" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AQ7" t="s">
         <v>73</v>
       </c>
       <c r="AR7" t="s">
         <v>84</v>
       </c>
       <c r="AS7">
         <v>285406129186</v>
       </c>
       <c r="AT7" t="s">
         <v>76</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7" t="s">
         <v>85</v>
       </c>
       <c r="AY7">
         <v>5109131742</v>
       </c>
       <c r="AZ7" t="s">
         <v>95</v>
       </c>
       <c r="BA7" t="s">
         <v>86</v>
       </c>
       <c r="BB7" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="BC7" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="BD7" t="s">
+        <v>141</v>
+      </c>
+      <c r="BE7" t="s">
         <v>142</v>
       </c>
-      <c r="BE7" t="s">
+      <c r="BF7" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG7" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
       <c r="BH7">
         <v>221</v>
       </c>
       <c r="BI7" t="s">
         <v>89</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>76</v>
       </c>
       <c r="BN7" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>73</v>
       </c>
       <c r="BQ7" t="s">
         <v>76</v>
       </c>
       <c r="BR7">
         <v>5570</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C8">
         <v>8640060253</v>
       </c>
       <c r="D8">
         <v>586875</v>
       </c>
       <c r="E8">
         <v>425.19</v>
       </c>
       <c r="F8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="I8">
         <v>153</v>
       </c>
       <c r="J8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8">
         <v>4891226126</v>
       </c>
       <c r="M8" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N8" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O8"/>
       <c r="P8">
         <v>3816015347</v>
       </c>
       <c r="Q8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="R8" t="s">
         <v>76</v>
       </c>
       <c r="S8" t="s">
         <v>76</v>
       </c>
       <c r="T8" t="s">
         <v>77</v>
       </c>
       <c r="U8">
         <v>8640060253</v>
       </c>
       <c r="V8">
         <v>586875</v>
       </c>
       <c r="W8" t="s">
         <v>76</v>
       </c>
       <c r="X8">
         <v>425.19</v>
       </c>
       <c r="Y8">
         <v>20.6</v>
       </c>
       <c r="Z8" t="s">
         <v>76</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>78</v>
       </c>
       <c r="AC8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AD8">
         <v>3816015347</v>
       </c>
       <c r="AE8" t="s">
+        <v>149</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>149</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH8" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>151</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AM8" t="s">
         <v>82</v>
       </c>
       <c r="AN8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AO8">
         <v>153</v>
       </c>
       <c r="AP8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AQ8" t="s">
         <v>73</v>
       </c>
       <c r="AR8" t="s">
         <v>84</v>
       </c>
       <c r="AS8">
         <v>285383518108</v>
       </c>
       <c r="AT8" t="s">
         <v>76</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
         <v>85</v>
       </c>
       <c r="AY8">
         <v>4891226126</v>
       </c>
       <c r="AZ8" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA8" t="s">
         <v>86</v>
       </c>
       <c r="BB8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BC8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BD8" t="s">
+        <v>153</v>
+      </c>
+      <c r="BE8" t="s">
         <v>154</v>
       </c>
-      <c r="BE8" t="s">
+      <c r="BF8" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG8" t="s">
         <v>155</v>
       </c>
-      <c r="BF8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH8">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="BI8" t="s">
         <v>89</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>76</v>
       </c>
       <c r="BN8" t="s">
         <v>156</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>73</v>
       </c>
       <c r="BQ8" t="s">
         <v>76</v>
       </c>
       <c r="BR8">
         <v>8759</v>
       </c>
@@ -8968,2548 +8902,2548 @@
       <c r="E13">
         <v>322.67</v>
       </c>
       <c r="F13" t="s">
         <v>207</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>208</v>
       </c>
       <c r="I13">
         <v>103.99</v>
       </c>
       <c r="J13" t="s">
         <v>209</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13">
         <v>6109302743</v>
       </c>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N13" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O13"/>
       <c r="P13">
         <v>10652907855</v>
       </c>
       <c r="Q13" t="s">
         <v>205</v>
       </c>
       <c r="R13" t="s">
         <v>76</v>
       </c>
       <c r="S13" t="s">
         <v>76</v>
       </c>
       <c r="T13" t="s">
         <v>174</v>
       </c>
       <c r="U13" t="s">
         <v>206</v>
       </c>
       <c r="V13">
         <v>586663</v>
       </c>
       <c r="W13" t="s">
         <v>76</v>
       </c>
       <c r="X13">
         <v>322.67</v>
       </c>
       <c r="Y13">
         <v>20.6</v>
       </c>
       <c r="Z13" t="s">
         <v>76</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>78</v>
       </c>
       <c r="AC13" t="s">
         <v>207</v>
       </c>
       <c r="AD13">
         <v>10652907855</v>
       </c>
       <c r="AE13" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AF13" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AG13" t="s">
         <v>76</v>
       </c>
       <c r="AH13" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
         <v>209</v>
       </c>
       <c r="AM13" t="s">
         <v>82</v>
       </c>
       <c r="AN13" t="s">
         <v>208</v>
       </c>
       <c r="AO13">
         <v>103.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="AQ13" t="s">
         <v>73</v>
       </c>
       <c r="AR13" t="s">
         <v>84</v>
       </c>
       <c r="AS13">
         <v>771992305648</v>
       </c>
       <c r="AT13" t="s">
         <v>76</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13" t="s">
         <v>85</v>
       </c>
       <c r="AY13">
         <v>6109302743</v>
       </c>
       <c r="AZ13" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA13" t="s">
         <v>86</v>
       </c>
       <c r="BB13" t="s">
         <v>205</v>
       </c>
       <c r="BC13" t="s">
         <v>209</v>
       </c>
       <c r="BD13" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="BE13" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="BF13" t="s">
         <v>76</v>
       </c>
       <c r="BG13" t="s">
-        <v>216</v>
+        <v>76</v>
       </c>
       <c r="BH13">
-        <v>221</v>
+        <v>338</v>
       </c>
       <c r="BI13" t="s">
         <v>89</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>76</v>
       </c>
       <c r="BN13" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>73</v>
       </c>
       <c r="BQ13" t="s">
         <v>76</v>
       </c>
       <c r="BR13">
         <v>6647</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C14" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D14">
         <v>586657</v>
       </c>
       <c r="E14">
         <v>308.06</v>
       </c>
       <c r="F14" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I14">
         <v>96.99</v>
       </c>
       <c r="J14" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K14" t="s">
         <v>73</v>
       </c>
       <c r="L14">
         <v>4684765901</v>
       </c>
       <c r="M14" t="s">
         <v>95</v>
       </c>
       <c r="N14" t="s">
         <v>96</v>
       </c>
       <c r="O14"/>
       <c r="P14">
         <v>19431983657</v>
       </c>
       <c r="Q14" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="R14" t="s">
         <v>76</v>
       </c>
       <c r="S14" t="s">
         <v>76</v>
       </c>
       <c r="T14" t="s">
         <v>77</v>
       </c>
       <c r="U14" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="V14">
         <v>586657</v>
       </c>
       <c r="W14" t="s">
         <v>76</v>
       </c>
       <c r="X14">
         <v>308.06</v>
       </c>
       <c r="Y14">
         <v>20.6</v>
       </c>
       <c r="Z14" t="s">
         <v>76</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>78</v>
       </c>
       <c r="AC14" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="AD14">
         <v>19431983657</v>
       </c>
       <c r="AE14" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AF14" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AG14" t="s">
         <v>76</v>
       </c>
       <c r="AH14" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="AM14" t="s">
         <v>82</v>
       </c>
       <c r="AN14" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="AO14">
         <v>96.99</v>
       </c>
       <c r="AP14" t="s">
         <v>200</v>
       </c>
       <c r="AQ14" t="s">
         <v>73</v>
       </c>
       <c r="AR14" t="s">
         <v>84</v>
       </c>
       <c r="AS14">
         <v>285171750769</v>
       </c>
       <c r="AT14" t="s">
         <v>76</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14" t="s">
         <v>85</v>
       </c>
       <c r="AY14">
         <v>4684765901</v>
       </c>
       <c r="AZ14" t="s">
         <v>95</v>
       </c>
       <c r="BA14" t="s">
         <v>86</v>
       </c>
       <c r="BB14" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="BC14" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="BD14" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="BE14" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="BF14" t="s">
         <v>76</v>
       </c>
       <c r="BG14" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="BH14">
         <v>246</v>
       </c>
       <c r="BI14" t="s">
         <v>89</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>76</v>
       </c>
       <c r="BN14" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
         <v>73</v>
       </c>
       <c r="BQ14" t="s">
         <v>76</v>
       </c>
       <c r="BR14">
         <v>6346</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C15">
         <v>8200059949</v>
       </c>
       <c r="D15">
         <v>586619</v>
       </c>
       <c r="E15">
         <v>291.31</v>
       </c>
       <c r="F15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I15">
         <v>89</v>
       </c>
       <c r="J15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K15" t="s">
         <v>73</v>
       </c>
       <c r="L15">
         <v>2076568896</v>
       </c>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N15" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O15"/>
       <c r="P15">
         <v>28953755049</v>
       </c>
       <c r="Q15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="R15" t="s">
         <v>76</v>
       </c>
       <c r="S15" t="s">
         <v>76</v>
       </c>
       <c r="T15" t="s">
         <v>174</v>
       </c>
       <c r="U15">
         <v>8200059949</v>
       </c>
       <c r="V15">
         <v>586619</v>
       </c>
       <c r="W15" t="s">
         <v>76</v>
       </c>
       <c r="X15">
         <v>291.31</v>
       </c>
       <c r="Y15">
         <v>20.6</v>
       </c>
       <c r="Z15" t="s">
         <v>76</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>78</v>
       </c>
       <c r="AC15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="AD15">
         <v>28953755049</v>
       </c>
       <c r="AE15">
         <v>2226893600</v>
       </c>
       <c r="AF15">
         <v>2226893600</v>
       </c>
       <c r="AG15" t="s">
         <v>76</v>
       </c>
       <c r="AH15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="AM15" t="s">
         <v>82</v>
       </c>
       <c r="AN15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="AO15">
         <v>89</v>
       </c>
       <c r="AP15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="AQ15" t="s">
         <v>73</v>
       </c>
       <c r="AR15" t="s">
         <v>84</v>
       </c>
       <c r="AS15">
         <v>285139464065</v>
       </c>
       <c r="AT15" t="s">
         <v>76</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15" t="s">
         <v>85</v>
       </c>
       <c r="AY15">
         <v>2076568896</v>
       </c>
       <c r="AZ15" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA15" t="s">
         <v>86</v>
       </c>
       <c r="BB15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="BC15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="BD15" t="s">
         <v>76</v>
       </c>
       <c r="BE15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="BF15" t="s">
         <v>76</v>
       </c>
       <c r="BG15" t="s">
         <v>76</v>
       </c>
       <c r="BH15">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="BI15" t="s">
         <v>89</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>76</v>
       </c>
       <c r="BN15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>73</v>
       </c>
       <c r="BQ15" t="s">
         <v>76</v>
       </c>
       <c r="BR15">
         <v>6001</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C16">
         <v>7950060116</v>
       </c>
       <c r="D16">
         <v>586618</v>
       </c>
       <c r="E16">
         <v>314.32</v>
       </c>
       <c r="F16" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I16">
         <v>99.99</v>
       </c>
       <c r="J16" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K16" t="s">
         <v>73</v>
       </c>
       <c r="L16">
         <v>9509410853</v>
       </c>
       <c r="M16" t="s">
         <v>95</v>
       </c>
       <c r="N16" t="s">
         <v>96</v>
       </c>
       <c r="O16"/>
       <c r="P16">
         <v>2396650774</v>
       </c>
       <c r="Q16" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="R16" t="s">
         <v>76</v>
       </c>
       <c r="S16" t="s">
         <v>76</v>
       </c>
       <c r="T16" t="s">
         <v>77</v>
       </c>
       <c r="U16">
         <v>7950060116</v>
       </c>
       <c r="V16">
         <v>586618</v>
       </c>
       <c r="W16" t="s">
         <v>76</v>
       </c>
       <c r="X16">
         <v>314.32</v>
       </c>
       <c r="Y16">
         <v>20.6</v>
       </c>
       <c r="Z16" t="s">
         <v>76</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>78</v>
       </c>
       <c r="AC16" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="AD16">
         <v>2396650774</v>
       </c>
       <c r="AE16" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="AF16" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="AG16" t="s">
         <v>76</v>
       </c>
       <c r="AH16" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="AM16" t="s">
         <v>82</v>
       </c>
       <c r="AN16" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="AO16">
         <v>99.99</v>
       </c>
       <c r="AP16" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="AQ16" t="s">
         <v>73</v>
       </c>
       <c r="AR16" t="s">
         <v>84</v>
       </c>
       <c r="AS16">
         <v>285139352231</v>
       </c>
       <c r="AT16" t="s">
         <v>76</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16" t="s">
         <v>85</v>
       </c>
       <c r="AY16">
         <v>9509410853</v>
       </c>
       <c r="AZ16" t="s">
         <v>95</v>
       </c>
       <c r="BA16" t="s">
         <v>86</v>
       </c>
       <c r="BB16" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="BC16" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="BD16" t="s">
         <v>76</v>
       </c>
       <c r="BE16" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="BF16" t="s">
         <v>76</v>
       </c>
       <c r="BG16" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="BH16">
         <v>229</v>
       </c>
       <c r="BI16" t="s">
         <v>89</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>76</v>
       </c>
       <c r="BN16" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>73</v>
       </c>
       <c r="BQ16" t="s">
         <v>76</v>
       </c>
       <c r="BR16">
         <v>6475</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C17">
         <v>4200060319</v>
       </c>
       <c r="D17">
         <v>586513</v>
       </c>
       <c r="E17">
         <v>272.48</v>
       </c>
       <c r="F17" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I17">
         <v>79.99</v>
       </c>
       <c r="J17" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K17" t="s">
         <v>73</v>
       </c>
       <c r="L17">
         <v>2076567581</v>
       </c>
       <c r="M17" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N17" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O17"/>
       <c r="P17">
         <v>22083167895</v>
       </c>
       <c r="Q17" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="R17" t="s">
         <v>76</v>
       </c>
       <c r="S17" t="s">
         <v>76</v>
       </c>
       <c r="T17" t="s">
         <v>174</v>
       </c>
       <c r="U17">
         <v>4200060319</v>
       </c>
       <c r="V17">
         <v>586513</v>
       </c>
       <c r="W17" t="s">
         <v>76</v>
       </c>
       <c r="X17">
         <v>272.48</v>
       </c>
       <c r="Y17">
         <v>20.6</v>
       </c>
       <c r="Z17" t="s">
         <v>76</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>78</v>
       </c>
       <c r="AC17" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="AD17">
         <v>22083167895</v>
       </c>
       <c r="AE17">
         <v>2281411100</v>
       </c>
       <c r="AF17">
         <v>2281411100</v>
       </c>
       <c r="AG17" t="s">
         <v>76</v>
       </c>
       <c r="AH17" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="AM17" t="s">
         <v>82</v>
       </c>
       <c r="AN17" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="AO17">
         <v>79.99</v>
       </c>
       <c r="AP17" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ17" t="s">
         <v>73</v>
       </c>
       <c r="AR17" t="s">
         <v>84</v>
       </c>
       <c r="AS17">
         <v>285072514048</v>
       </c>
       <c r="AT17" t="s">
         <v>76</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17" t="s">
         <v>85</v>
       </c>
       <c r="AY17">
         <v>2076567581</v>
       </c>
       <c r="AZ17" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA17" t="s">
         <v>86</v>
       </c>
       <c r="BB17" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="BC17" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="BD17" t="s">
         <v>76</v>
       </c>
       <c r="BE17" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="BF17" t="s">
         <v>76</v>
       </c>
       <c r="BG17" t="s">
         <v>76</v>
       </c>
       <c r="BH17">
-        <v>294</v>
+        <v>340</v>
       </c>
       <c r="BI17" t="s">
         <v>89</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>76</v>
       </c>
       <c r="BN17" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>73</v>
       </c>
       <c r="BQ17" t="s">
         <v>76</v>
       </c>
       <c r="BR17">
         <v>5613</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C18">
         <v>2840060003</v>
       </c>
       <c r="D18">
         <v>586508</v>
       </c>
       <c r="E18">
         <v>312.23</v>
       </c>
       <c r="F18" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I18">
         <v>99</v>
       </c>
       <c r="J18" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K18" t="s">
         <v>73</v>
       </c>
       <c r="L18">
         <v>2523734010</v>
       </c>
       <c r="M18" t="s">
         <v>95</v>
       </c>
       <c r="N18" t="s">
         <v>96</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Q18" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="R18" t="s">
         <v>76</v>
       </c>
       <c r="S18" t="s">
         <v>76</v>
       </c>
       <c r="T18" t="s">
         <v>77</v>
       </c>
       <c r="U18">
         <v>2840060003</v>
       </c>
       <c r="V18">
         <v>586508</v>
       </c>
       <c r="W18" t="s">
         <v>76</v>
       </c>
       <c r="X18">
         <v>312.23</v>
       </c>
       <c r="Y18">
         <v>20.6</v>
       </c>
       <c r="Z18" t="s">
         <v>76</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>78</v>
       </c>
       <c r="AC18" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="AD18" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="AE18">
         <v>6672717884</v>
       </c>
       <c r="AF18">
         <v>6672717884</v>
       </c>
       <c r="AG18" t="s">
         <v>76</v>
       </c>
       <c r="AH18" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="AM18" t="s">
         <v>82</v>
       </c>
       <c r="AN18" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="AO18">
         <v>99</v>
       </c>
       <c r="AP18" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ18" t="s">
         <v>73</v>
       </c>
       <c r="AR18" t="s">
         <v>84</v>
       </c>
       <c r="AS18">
         <v>771872609154</v>
       </c>
       <c r="AT18" t="s">
         <v>76</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18" t="s">
         <v>85</v>
       </c>
       <c r="AY18">
         <v>2523734010</v>
       </c>
       <c r="AZ18" t="s">
         <v>95</v>
       </c>
       <c r="BA18" t="s">
         <v>86</v>
       </c>
       <c r="BB18" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="BC18" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="BD18" t="s">
         <v>76</v>
       </c>
       <c r="BE18" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="BF18" t="s">
         <v>76</v>
       </c>
       <c r="BG18" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="BH18">
         <v>227</v>
       </c>
       <c r="BI18" t="s">
         <v>89</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>76</v>
       </c>
       <c r="BN18" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
         <v>73</v>
       </c>
       <c r="BQ18" t="s">
         <v>76</v>
       </c>
       <c r="BR18">
         <v>6432</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C19">
         <v>4900059919</v>
       </c>
       <c r="D19">
         <v>586427</v>
       </c>
       <c r="E19">
         <v>236.94</v>
       </c>
       <c r="F19" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I19">
         <v>63</v>
       </c>
       <c r="J19" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K19" t="s">
         <v>73</v>
       </c>
       <c r="L19">
         <v>9509409722</v>
       </c>
       <c r="M19" t="s">
         <v>95</v>
       </c>
       <c r="N19" t="s">
         <v>96</v>
       </c>
       <c r="O19"/>
       <c r="P19">
         <v>4217384443</v>
       </c>
       <c r="Q19" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="R19" t="s">
         <v>76</v>
       </c>
       <c r="S19" t="s">
         <v>76</v>
       </c>
       <c r="T19" t="s">
         <v>77</v>
       </c>
       <c r="U19">
         <v>4900059919</v>
       </c>
       <c r="V19">
         <v>586427</v>
       </c>
       <c r="W19" t="s">
         <v>76</v>
       </c>
       <c r="X19">
         <v>236.94</v>
       </c>
       <c r="Y19">
         <v>20.6</v>
       </c>
       <c r="Z19" t="s">
         <v>76</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>78</v>
       </c>
       <c r="AC19" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="AD19">
         <v>4217384443</v>
       </c>
       <c r="AE19">
         <v>4448264800</v>
       </c>
       <c r="AF19">
         <v>4448264800</v>
       </c>
       <c r="AG19" t="s">
         <v>76</v>
       </c>
       <c r="AH19" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="AM19" t="s">
         <v>82</v>
       </c>
       <c r="AN19" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="AO19">
         <v>63</v>
       </c>
       <c r="AP19" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AQ19" t="s">
         <v>73</v>
       </c>
       <c r="AR19" t="s">
         <v>84</v>
       </c>
       <c r="AS19">
         <v>285025669751</v>
       </c>
       <c r="AT19" t="s">
         <v>76</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19" t="s">
         <v>85</v>
       </c>
       <c r="AY19">
         <v>9509409722</v>
       </c>
       <c r="AZ19" t="s">
         <v>95</v>
       </c>
       <c r="BA19" t="s">
         <v>86</v>
       </c>
       <c r="BB19" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="BC19" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="BD19" t="s">
         <v>76</v>
       </c>
       <c r="BE19" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="BF19" t="s">
         <v>76</v>
       </c>
       <c r="BG19" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="BH19">
         <v>233</v>
       </c>
       <c r="BI19" t="s">
         <v>89</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>76</v>
       </c>
       <c r="BN19" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
         <v>73</v>
       </c>
       <c r="BQ19" t="s">
         <v>76</v>
       </c>
       <c r="BR19">
         <v>4881</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C20">
         <v>4300059654</v>
       </c>
       <c r="D20">
         <v>586425</v>
       </c>
       <c r="E20">
         <v>274.56</v>
       </c>
       <c r="F20" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I20">
         <v>80.99</v>
       </c>
       <c r="J20" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K20" t="s">
         <v>73</v>
       </c>
       <c r="L20">
         <v>9509409206</v>
       </c>
       <c r="M20" t="s">
         <v>95</v>
       </c>
       <c r="N20" t="s">
         <v>96</v>
       </c>
       <c r="O20"/>
       <c r="P20">
         <v>19273859074</v>
       </c>
       <c r="Q20" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="R20" t="s">
         <v>76</v>
       </c>
       <c r="S20" t="s">
         <v>76</v>
       </c>
       <c r="T20" t="s">
         <v>77</v>
       </c>
       <c r="U20">
         <v>4300059654</v>
       </c>
       <c r="V20">
         <v>586425</v>
       </c>
       <c r="W20" t="s">
         <v>76</v>
       </c>
       <c r="X20">
         <v>274.56</v>
       </c>
       <c r="Y20">
         <v>20.6</v>
       </c>
       <c r="Z20" t="s">
         <v>76</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>78</v>
       </c>
       <c r="AC20" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="AD20">
         <v>19273859074</v>
       </c>
       <c r="AE20" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="AF20" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="AG20" t="s">
         <v>76</v>
       </c>
       <c r="AH20" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="AM20" t="s">
         <v>82</v>
       </c>
       <c r="AN20" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="AO20">
         <v>80.99</v>
       </c>
       <c r="AP20" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="AQ20" t="s">
         <v>73</v>
       </c>
       <c r="AR20" t="s">
         <v>84</v>
       </c>
       <c r="AS20">
         <v>771847851299</v>
       </c>
       <c r="AT20" t="s">
         <v>76</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20" t="s">
         <v>85</v>
       </c>
       <c r="AY20">
         <v>9509409206</v>
       </c>
       <c r="AZ20" t="s">
         <v>95</v>
       </c>
       <c r="BA20" t="s">
         <v>86</v>
       </c>
       <c r="BB20" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="BC20" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="BD20" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="BE20" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="BF20" t="s">
         <v>76</v>
       </c>
       <c r="BG20" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="BH20">
         <v>232</v>
       </c>
       <c r="BI20" t="s">
         <v>89</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>76</v>
       </c>
       <c r="BN20" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
         <v>73</v>
       </c>
       <c r="BQ20" t="s">
         <v>76</v>
       </c>
       <c r="BR20">
         <v>5656</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C21">
         <v>2530060434</v>
       </c>
       <c r="D21">
         <v>586376</v>
       </c>
       <c r="E21">
         <v>289.22</v>
       </c>
       <c r="F21" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I21">
         <v>87.99</v>
       </c>
       <c r="J21" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="K21" t="s">
         <v>73</v>
       </c>
       <c r="L21">
         <v>2076566096</v>
       </c>
       <c r="M21" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N21" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="Q21" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="R21" t="s">
         <v>76</v>
       </c>
       <c r="S21" t="s">
         <v>76</v>
       </c>
       <c r="T21" t="s">
         <v>77</v>
       </c>
       <c r="U21">
         <v>2530060434</v>
       </c>
       <c r="V21">
         <v>586376</v>
       </c>
       <c r="W21" t="s">
         <v>76</v>
       </c>
       <c r="X21">
         <v>289.22</v>
       </c>
       <c r="Y21">
         <v>20.6</v>
       </c>
       <c r="Z21" t="s">
         <v>76</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>78</v>
       </c>
       <c r="AC21" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="AD21" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="AE21">
         <v>3317245397</v>
       </c>
       <c r="AF21">
         <v>3317245397</v>
       </c>
       <c r="AG21" t="s">
         <v>76</v>
       </c>
       <c r="AH21" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="AM21" t="s">
         <v>82</v>
       </c>
       <c r="AN21" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="AO21">
         <v>87.99</v>
       </c>
       <c r="AP21" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="AQ21" t="s">
         <v>73</v>
       </c>
       <c r="AR21" t="s">
         <v>84</v>
       </c>
       <c r="AS21">
         <v>771847713825</v>
       </c>
       <c r="AT21" t="s">
         <v>76</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21" t="s">
         <v>85</v>
       </c>
       <c r="AY21">
         <v>2076566096</v>
       </c>
       <c r="AZ21" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA21" t="s">
         <v>86</v>
       </c>
       <c r="BB21" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="BC21" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="BD21" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="BE21" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="BF21" t="s">
         <v>76</v>
       </c>
       <c r="BG21" t="s">
         <v>76</v>
       </c>
       <c r="BH21">
-        <v>297</v>
+        <v>343</v>
       </c>
       <c r="BI21" t="s">
         <v>89</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>76</v>
       </c>
       <c r="BN21" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
         <v>73</v>
       </c>
       <c r="BQ21" t="s">
         <v>76</v>
       </c>
       <c r="BR21">
         <v>5958</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C22">
         <v>8810059530</v>
       </c>
       <c r="D22">
         <v>586417</v>
       </c>
       <c r="E22">
         <v>333.16</v>
       </c>
       <c r="F22" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I22">
         <v>109</v>
       </c>
       <c r="J22" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K22" t="s">
         <v>73</v>
       </c>
       <c r="L22">
         <v>9509408871</v>
       </c>
       <c r="M22" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N22" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="O22"/>
       <c r="P22">
         <v>10414255029</v>
       </c>
       <c r="Q22" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="R22" t="s">
         <v>76</v>
       </c>
       <c r="S22" t="s">
         <v>76</v>
       </c>
       <c r="T22" t="s">
         <v>77</v>
       </c>
       <c r="U22">
         <v>8810059530</v>
       </c>
       <c r="V22">
         <v>586417</v>
       </c>
       <c r="W22" t="s">
         <v>76</v>
       </c>
       <c r="X22">
         <v>333.16</v>
       </c>
       <c r="Y22">
         <v>20.6</v>
       </c>
       <c r="Z22" t="s">
         <v>76</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>78</v>
       </c>
       <c r="AC22" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="AD22">
         <v>10414255029</v>
       </c>
       <c r="AE22" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="AF22" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="AG22" t="s">
         <v>76</v>
       </c>
       <c r="AH22" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="AM22" t="s">
         <v>82</v>
       </c>
       <c r="AN22" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AO22">
         <v>109</v>
       </c>
       <c r="AP22" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AQ22" t="s">
         <v>73</v>
       </c>
       <c r="AR22" t="s">
         <v>84</v>
       </c>
       <c r="AS22">
         <v>285025780303</v>
       </c>
       <c r="AT22" t="s">
         <v>76</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22" t="s">
         <v>85</v>
       </c>
       <c r="AY22">
         <v>9509408871</v>
       </c>
       <c r="AZ22" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="BA22" t="s">
         <v>86</v>
       </c>
       <c r="BB22" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="BC22" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="BD22" t="s">
         <v>76</v>
       </c>
       <c r="BE22" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="BF22" t="s">
         <v>76</v>
       </c>
       <c r="BG22" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="BH22">
         <v>230</v>
       </c>
       <c r="BI22" t="s">
         <v>89</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>76</v>
       </c>
       <c r="BN22" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
         <v>73</v>
       </c>
       <c r="BQ22" t="s">
         <v>76</v>
       </c>
       <c r="BR22">
         <v>6863</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C23">
         <v>1490059643</v>
       </c>
       <c r="D23">
         <v>586370</v>
       </c>
       <c r="E23">
         <v>291.31</v>
       </c>
       <c r="F23" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I23">
         <v>89</v>
       </c>
       <c r="J23" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="K23" t="s">
         <v>73</v>
       </c>
       <c r="L23">
         <v>2523735480</v>
       </c>
       <c r="M23" t="s">
         <v>95</v>
       </c>
       <c r="N23" t="s">
         <v>96</v>
       </c>
       <c r="O23"/>
       <c r="P23">
         <v>19742046631</v>
       </c>
       <c r="Q23" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="R23" t="s">
         <v>76</v>
       </c>
       <c r="S23" t="s">
         <v>76</v>
       </c>
       <c r="T23" t="s">
         <v>174</v>
       </c>
       <c r="U23">
         <v>1490059643</v>
       </c>
       <c r="V23">
         <v>586370</v>
       </c>
       <c r="W23" t="s">
         <v>76</v>
       </c>
       <c r="X23">
         <v>291.31</v>
       </c>
       <c r="Y23">
         <v>20.6</v>
       </c>
       <c r="Z23" t="s">
         <v>76</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>78</v>
       </c>
       <c r="AC23" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="AD23">
         <v>19742046631</v>
       </c>
       <c r="AE23" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="AF23" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="AG23" t="s">
         <v>76</v>
       </c>
       <c r="AH23" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="AM23" t="s">
         <v>82</v>
       </c>
       <c r="AN23" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="AO23">
         <v>89</v>
       </c>
       <c r="AP23" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="AQ23" t="s">
         <v>73</v>
       </c>
       <c r="AR23" t="s">
         <v>84</v>
       </c>
       <c r="AS23">
         <v>285052879935</v>
       </c>
       <c r="AT23" t="s">
         <v>76</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23" t="s">
         <v>85</v>
       </c>
       <c r="AY23">
         <v>2523735480</v>
       </c>
       <c r="AZ23" t="s">
         <v>95</v>
       </c>
       <c r="BA23" t="s">
         <v>86</v>
       </c>
       <c r="BB23" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="BC23" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="BD23" t="s">
         <v>76</v>
       </c>
       <c r="BE23" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="BF23" t="s">
         <v>76</v>
       </c>
       <c r="BG23" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="BH23">
         <v>230</v>
       </c>
       <c r="BI23" t="s">
         <v>89</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>76</v>
       </c>
       <c r="BN23" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
         <v>73</v>
       </c>
       <c r="BQ23" t="s">
         <v>76</v>
       </c>
       <c r="BR23">
         <v>6001</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C24">
         <v>2360059693</v>
       </c>
       <c r="D24">
         <v>586102</v>
       </c>
       <c r="E24">
         <v>237.38</v>
       </c>
       <c r="F24" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I24">
         <v>63.2</v>
       </c>
       <c r="J24" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K24" t="s">
         <v>73</v>
       </c>
       <c r="L24">
         <v>9509408031</v>
       </c>
       <c r="M24" t="s">
         <v>95</v>
       </c>
       <c r="N24" t="s">
         <v>96</v>
       </c>
       <c r="O24"/>
       <c r="P24">
         <v>27094388789</v>
       </c>
       <c r="Q24" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="R24" t="s">
         <v>76</v>
       </c>
       <c r="S24" t="s">
         <v>76</v>
       </c>
       <c r="T24" t="s">
         <v>77</v>
       </c>
       <c r="U24">
         <v>2360059693</v>
       </c>
       <c r="V24">
         <v>586102</v>
       </c>
       <c r="W24" t="s">
         <v>76</v>
       </c>
       <c r="X24">
         <v>237.38</v>
       </c>
       <c r="Y24">
         <v>20.6</v>
       </c>
       <c r="Z24" t="s">
         <v>76</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>78</v>
       </c>
       <c r="AC24" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="AD24">
         <v>27094388789</v>
       </c>
       <c r="AE24" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="AF24" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="AG24" t="s">
         <v>76</v>
       </c>
       <c r="AH24" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="AM24" t="s">
         <v>82</v>
       </c>
       <c r="AN24" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="AO24">
         <v>63.2</v>
       </c>
       <c r="AP24" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="AQ24" t="s">
         <v>73</v>
       </c>
       <c r="AR24" t="s">
         <v>84</v>
       </c>
       <c r="AS24">
         <v>284852455347</v>
       </c>
       <c r="AT24" t="s">
         <v>76</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24" t="s">
         <v>85</v>
       </c>
       <c r="AY24">
         <v>9509408031</v>
       </c>
       <c r="AZ24" t="s">
         <v>95</v>
       </c>
       <c r="BA24" t="s">
         <v>86</v>
       </c>
       <c r="BB24" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="BC24" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="BD24" t="s">
         <v>76</v>
       </c>
       <c r="BE24" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="BF24" t="s">
         <v>76</v>
       </c>
       <c r="BG24" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="BH24">
         <v>237</v>
       </c>
       <c r="BI24" t="s">
         <v>89</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>76</v>
       </c>
       <c r="BN24" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
         <v>73</v>
       </c>
       <c r="BQ24" t="s">
         <v>76</v>
       </c>
       <c r="BR24">
         <v>4890</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C25">
         <v>1040059217</v>
       </c>
       <c r="D25">
         <v>586078</v>
       </c>
       <c r="E25">
         <v>308.06</v>
       </c>
       <c r="F25" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="I25">
         <v>96.99</v>
       </c>
       <c r="J25" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K25" t="s">
         <v>73</v>
       </c>
       <c r="L25">
         <v>2061907875</v>
       </c>
       <c r="M25" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N25" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O25"/>
       <c r="P25">
         <v>29401620467</v>
       </c>
       <c r="Q25" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="R25" t="s">
         <v>76</v>
       </c>
       <c r="S25" t="s">
         <v>76</v>
       </c>
       <c r="T25" t="s">
         <v>174</v>
       </c>
       <c r="U25">
         <v>1040059217</v>
       </c>
       <c r="V25">
         <v>586078</v>
       </c>
       <c r="W25" t="s">
         <v>76</v>
       </c>
       <c r="X25">
         <v>308.06</v>
       </c>
       <c r="Y25">
         <v>20.6</v>
       </c>
       <c r="Z25" t="s">
         <v>76</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>78</v>
       </c>
       <c r="AC25" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="AD25">
         <v>29401620467</v>
       </c>
       <c r="AE25" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="AF25" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="AG25" t="s">
         <v>76</v>
       </c>
       <c r="AH25" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="AM25" t="s">
         <v>82</v>
       </c>
       <c r="AN25" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="AO25">
         <v>96.99</v>
       </c>
       <c r="AP25" t="s">
         <v>200</v>
       </c>
       <c r="AQ25" t="s">
         <v>73</v>
       </c>
       <c r="AR25" t="s">
         <v>84</v>
       </c>
       <c r="AS25">
         <v>284831987256</v>
       </c>
       <c r="AT25" t="s">
         <v>76</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25" t="s">
         <v>85</v>
       </c>
       <c r="AY25">
         <v>2061907875</v>
       </c>
       <c r="AZ25" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA25" t="s">
         <v>86</v>
       </c>
       <c r="BB25" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="BC25" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="BD25" t="s">
         <v>76</v>
       </c>
       <c r="BE25" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="BF25" t="s">
         <v>76</v>
       </c>
       <c r="BG25" t="s">
-        <v>339</v>
+        <v>76</v>
       </c>
       <c r="BH25">
-        <v>218</v>
+        <v>347</v>
       </c>
       <c r="BI25" t="s">
         <v>89</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>76</v>
       </c>
       <c r="BN25" t="s">
         <v>340</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25" t="s">
         <v>73</v>
       </c>
       <c r="BQ25" t="s">
         <v>76</v>
       </c>
       <c r="BR25">
         <v>6346</v>
       </c>
@@ -11522,63 +11456,63 @@
       <c r="B26" t="s">
         <v>341</v>
       </c>
       <c r="C26">
         <v>5010059517</v>
       </c>
       <c r="D26">
         <v>586074</v>
       </c>
       <c r="E26">
         <v>356.12</v>
       </c>
       <c r="F26" t="s">
         <v>342</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
         <v>343</v>
       </c>
       <c r="I26">
         <v>119.99</v>
       </c>
       <c r="J26" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K26" t="s">
         <v>73</v>
       </c>
       <c r="L26">
         <v>2061907385</v>
       </c>
       <c r="M26" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="N26" t="s">
-        <v>303</v>
+        <v>211</v>
       </c>
       <c r="O26"/>
       <c r="P26">
         <v>15520175195</v>
       </c>
       <c r="Q26" t="s">
         <v>341</v>
       </c>
       <c r="R26" t="s">
         <v>76</v>
       </c>
       <c r="S26" t="s">
         <v>76</v>
       </c>
       <c r="T26" t="s">
         <v>77</v>
       </c>
       <c r="U26">
         <v>5010059517</v>
       </c>
       <c r="V26">
         <v>586074</v>
       </c>
       <c r="W26" t="s">
         <v>76</v>
@@ -11602,3552 +11536,3552 @@
         <v>342</v>
       </c>
       <c r="AD26">
         <v>15520175195</v>
       </c>
       <c r="AE26">
         <v>8444684500</v>
       </c>
       <c r="AF26">
         <v>8444684500</v>
       </c>
       <c r="AG26" t="s">
         <v>76</v>
       </c>
       <c r="AH26" t="s">
         <v>344</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
         <v>345</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="AM26" t="s">
         <v>82</v>
       </c>
       <c r="AN26" t="s">
         <v>343</v>
       </c>
       <c r="AO26">
         <v>119.99</v>
       </c>
       <c r="AP26" t="s">
         <v>346</v>
       </c>
       <c r="AQ26" t="s">
         <v>73</v>
       </c>
       <c r="AR26" t="s">
         <v>84</v>
       </c>
       <c r="AS26">
         <v>284854562138</v>
       </c>
       <c r="AT26" t="s">
         <v>76</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26" t="s">
         <v>85</v>
       </c>
       <c r="AY26">
         <v>2061907385</v>
       </c>
       <c r="AZ26" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="BA26" t="s">
         <v>86</v>
       </c>
       <c r="BB26" t="s">
         <v>341</v>
       </c>
       <c r="BC26" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="BD26" t="s">
         <v>76</v>
       </c>
       <c r="BE26" t="s">
         <v>347</v>
       </c>
       <c r="BF26" t="s">
         <v>76</v>
       </c>
       <c r="BG26" t="s">
+        <v>76</v>
+      </c>
+      <c r="BH26">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="BI26" t="s">
         <v>89</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>76</v>
       </c>
       <c r="BN26" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
         <v>73</v>
       </c>
       <c r="BQ26" t="s">
         <v>76</v>
       </c>
       <c r="BR26">
         <v>7336</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C27">
         <v>3750058816</v>
       </c>
       <c r="D27">
         <v>585996</v>
       </c>
       <c r="E27">
         <v>272.48</v>
       </c>
       <c r="F27" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="G27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="I27">
         <v>79.99</v>
       </c>
       <c r="J27" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="K27" t="s">
         <v>73</v>
       </c>
       <c r="L27">
         <v>2825665091</v>
       </c>
       <c r="M27" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N27" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O27"/>
       <c r="P27">
         <v>14246290298</v>
       </c>
       <c r="Q27" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="R27" t="s">
         <v>76</v>
       </c>
       <c r="S27" t="s">
         <v>76</v>
       </c>
       <c r="T27" t="s">
         <v>174</v>
       </c>
       <c r="U27">
         <v>3750058816</v>
       </c>
       <c r="V27">
         <v>585996</v>
       </c>
       <c r="W27" t="s">
         <v>76</v>
       </c>
       <c r="X27">
         <v>272.48</v>
       </c>
       <c r="Y27">
         <v>20.6</v>
       </c>
       <c r="Z27" t="s">
         <v>76</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>78</v>
       </c>
       <c r="AC27" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="AD27">
         <v>14246290298</v>
       </c>
       <c r="AE27" t="s">
+        <v>353</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>353</v>
+      </c>
+      <c r="AG27" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH27" t="s">
         <v>354</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="AM27" t="s">
         <v>82</v>
       </c>
       <c r="AN27" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="AO27">
         <v>79.99</v>
       </c>
       <c r="AP27" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ27" t="s">
         <v>73</v>
       </c>
       <c r="AR27" t="s">
         <v>84</v>
       </c>
       <c r="AS27">
         <v>284782594998</v>
       </c>
       <c r="AT27" t="s">
         <v>76</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27" t="s">
         <v>85</v>
       </c>
       <c r="AY27">
         <v>2825665091</v>
       </c>
       <c r="AZ27" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA27" t="s">
         <v>86</v>
       </c>
       <c r="BB27" t="s">
+        <v>349</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>352</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE27" t="s">
+        <v>357</v>
+      </c>
+      <c r="BF27" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG27" t="s">
+        <v>76</v>
+      </c>
+      <c r="BH27">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
       <c r="BI27" t="s">
         <v>89</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>76</v>
       </c>
       <c r="BN27" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
         <v>73</v>
       </c>
       <c r="BQ27" t="s">
         <v>76</v>
       </c>
       <c r="BR27">
         <v>5613</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C28" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="D28">
         <v>585991</v>
       </c>
       <c r="E28">
         <v>474.32</v>
       </c>
       <c r="F28" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="I28">
         <v>126.2</v>
       </c>
       <c r="J28" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="K28" t="s">
         <v>73</v>
       </c>
       <c r="L28">
         <v>5742752364</v>
       </c>
       <c r="M28" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N28" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O28"/>
       <c r="P28">
         <v>3763593986</v>
       </c>
       <c r="Q28" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="R28" t="s">
         <v>76</v>
       </c>
       <c r="S28" t="s">
         <v>76</v>
       </c>
       <c r="T28" t="s">
         <v>174</v>
       </c>
       <c r="U28" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="V28">
         <v>585991</v>
       </c>
       <c r="W28" t="s">
         <v>76</v>
       </c>
       <c r="X28">
         <v>474.32</v>
       </c>
       <c r="Y28">
         <v>20.6</v>
       </c>
       <c r="Z28" t="s">
         <v>76</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>78</v>
       </c>
       <c r="AC28" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="AD28">
         <v>3763593986</v>
       </c>
       <c r="AE28" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="AF28" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="AG28" t="s">
         <v>76</v>
       </c>
       <c r="AH28" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="AM28" t="s">
         <v>82</v>
       </c>
       <c r="AN28" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="AO28">
         <v>126.2</v>
       </c>
       <c r="AP28" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="AQ28" t="s">
         <v>73</v>
       </c>
       <c r="AR28" t="s">
         <v>84</v>
       </c>
       <c r="AS28">
         <v>284781824721</v>
       </c>
       <c r="AT28" t="s">
         <v>76</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28" t="s">
         <v>85</v>
       </c>
       <c r="AY28">
         <v>5742752364</v>
       </c>
       <c r="AZ28" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA28" t="s">
         <v>86</v>
       </c>
       <c r="BB28" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="BC28" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="BD28" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="BE28" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="BF28" t="s">
         <v>76</v>
       </c>
       <c r="BG28" t="s">
         <v>76</v>
       </c>
       <c r="BH28">
-        <v>304</v>
+        <v>350</v>
       </c>
       <c r="BI28" t="s">
         <v>89</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>76</v>
       </c>
       <c r="BN28" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28" t="s">
         <v>73</v>
       </c>
       <c r="BQ28" t="s">
         <v>76</v>
       </c>
       <c r="BR28">
         <v>9771</v>
       </c>
       <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C29">
         <v>3070112048</v>
       </c>
       <c r="D29">
         <v>585986</v>
       </c>
       <c r="E29">
         <v>321.02</v>
       </c>
       <c r="F29" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="G29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="I29">
         <v>89.99</v>
       </c>
       <c r="J29" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="K29" t="s">
         <v>73</v>
       </c>
       <c r="L29">
         <v>2061906210</v>
       </c>
       <c r="M29" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N29" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O29"/>
       <c r="P29">
         <v>10563488084</v>
       </c>
       <c r="Q29" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="R29" t="s">
         <v>76</v>
       </c>
       <c r="S29" t="s">
         <v>76</v>
       </c>
       <c r="T29" t="s">
         <v>77</v>
       </c>
       <c r="U29">
         <v>3070112048</v>
       </c>
       <c r="V29">
         <v>585986</v>
       </c>
       <c r="W29" t="s">
         <v>76</v>
       </c>
       <c r="X29">
         <v>321.02</v>
       </c>
       <c r="Y29">
         <v>20.6</v>
       </c>
       <c r="Z29" t="s">
         <v>76</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>78</v>
       </c>
       <c r="AC29" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="AD29">
         <v>10563488084</v>
       </c>
       <c r="AE29">
         <v>4421961800</v>
       </c>
       <c r="AF29">
         <v>4421961800</v>
       </c>
       <c r="AG29" t="s">
         <v>76</v>
       </c>
       <c r="AH29" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="AK29" t="s">
         <v>70</v>
       </c>
       <c r="AL29" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="AM29" t="s">
         <v>82</v>
       </c>
       <c r="AN29" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="AO29">
         <v>89.99</v>
       </c>
       <c r="AP29" t="s">
         <v>189</v>
       </c>
       <c r="AQ29" t="s">
         <v>73</v>
       </c>
       <c r="AR29" t="s">
         <v>84</v>
       </c>
       <c r="AS29">
         <v>284782016268</v>
       </c>
       <c r="AT29" t="s">
         <v>76</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29" t="s">
         <v>85</v>
       </c>
       <c r="AY29">
         <v>2061906210</v>
       </c>
       <c r="AZ29" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA29" t="s">
         <v>86</v>
       </c>
       <c r="BB29" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="BC29" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="BD29" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="BE29" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="BF29" t="s">
         <v>76</v>
       </c>
       <c r="BG29" t="s">
-        <v>378</v>
+        <v>76</v>
       </c>
       <c r="BH29">
-        <v>224</v>
+        <v>351</v>
       </c>
       <c r="BI29" t="s">
         <v>89</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>76</v>
       </c>
       <c r="BN29" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
         <v>73</v>
       </c>
       <c r="BQ29" t="s">
         <v>76</v>
       </c>
       <c r="BR29">
         <v>6613</v>
       </c>
       <c r="BS29"/>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="C30">
         <v>4230058309</v>
       </c>
       <c r="D30">
         <v>585942</v>
       </c>
       <c r="E30">
         <v>312.23</v>
       </c>
       <c r="F30" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="I30">
         <v>99</v>
       </c>
       <c r="J30" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="K30" t="s">
         <v>73</v>
       </c>
       <c r="L30">
         <v>2061905554</v>
       </c>
       <c r="M30" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N30" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O30"/>
       <c r="P30" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="Q30" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="R30" t="s">
         <v>76</v>
       </c>
       <c r="S30" t="s">
         <v>76</v>
       </c>
       <c r="T30" t="s">
         <v>77</v>
       </c>
       <c r="U30">
         <v>4230058309</v>
       </c>
       <c r="V30">
         <v>585942</v>
       </c>
       <c r="W30" t="s">
         <v>76</v>
       </c>
       <c r="X30">
         <v>312.23</v>
       </c>
       <c r="Y30">
         <v>20.6</v>
       </c>
       <c r="Z30" t="s">
         <v>76</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>78</v>
       </c>
       <c r="AC30" t="s">
+        <v>378</v>
+      </c>
+      <c r="AD30" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="AE30">
         <v>8124262369</v>
       </c>
       <c r="AF30">
         <v>8124262369</v>
       </c>
       <c r="AG30" t="s">
         <v>76</v>
       </c>
       <c r="AH30" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="AK30" t="s">
         <v>70</v>
       </c>
       <c r="AL30" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="AM30" t="s">
         <v>82</v>
       </c>
       <c r="AN30" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="AO30">
         <v>99</v>
       </c>
       <c r="AP30" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ30" t="s">
         <v>73</v>
       </c>
       <c r="AR30" t="s">
         <v>84</v>
       </c>
       <c r="AS30">
         <v>771666025885</v>
       </c>
       <c r="AT30" t="s">
         <v>76</v>
       </c>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30">
         <v>0</v>
       </c>
       <c r="AX30" t="s">
         <v>85</v>
       </c>
       <c r="AY30">
         <v>2061905554</v>
       </c>
       <c r="AZ30" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA30" t="s">
         <v>86</v>
       </c>
       <c r="BB30" t="s">
+        <v>377</v>
+      </c>
+      <c r="BC30" t="s">
         <v>380</v>
       </c>
-      <c r="BC30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD30" t="s">
         <v>76</v>
       </c>
       <c r="BE30" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="BF30" t="s">
         <v>76</v>
       </c>
       <c r="BG30" t="s">
-        <v>388</v>
+        <v>76</v>
       </c>
       <c r="BH30">
-        <v>222</v>
+        <v>352</v>
       </c>
       <c r="BI30" t="s">
         <v>89</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>76</v>
       </c>
       <c r="BN30" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
         <v>73</v>
       </c>
       <c r="BQ30" t="s">
         <v>76</v>
       </c>
       <c r="BR30">
         <v>6432</v>
       </c>
       <c r="BS30"/>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C31">
         <v>5930058878</v>
       </c>
       <c r="D31">
         <v>585887</v>
       </c>
       <c r="E31">
         <v>270.39</v>
       </c>
       <c r="F31" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="I31">
         <v>79</v>
       </c>
       <c r="J31" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="K31" t="s">
         <v>73</v>
       </c>
       <c r="L31">
         <v>2061904795</v>
       </c>
       <c r="M31" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N31" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O31"/>
       <c r="P31">
         <v>7027663831</v>
       </c>
       <c r="Q31" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="R31" t="s">
         <v>76</v>
       </c>
       <c r="S31" t="s">
         <v>76</v>
       </c>
       <c r="T31" t="s">
         <v>77</v>
       </c>
       <c r="U31">
         <v>5930058878</v>
       </c>
       <c r="V31">
         <v>585887</v>
       </c>
       <c r="W31" t="s">
         <v>76</v>
       </c>
       <c r="X31">
         <v>270.39</v>
       </c>
       <c r="Y31">
         <v>20.6</v>
       </c>
       <c r="Z31" t="s">
         <v>76</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>78</v>
       </c>
       <c r="AC31" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="AD31">
         <v>7027663831</v>
       </c>
       <c r="AE31" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="AF31" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="AG31" t="s">
         <v>76</v>
       </c>
       <c r="AH31" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="AK31" t="s">
         <v>70</v>
       </c>
       <c r="AL31" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="AM31" t="s">
         <v>82</v>
       </c>
       <c r="AN31" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="AO31">
         <v>79</v>
       </c>
       <c r="AP31" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AQ31" t="s">
         <v>73</v>
       </c>
       <c r="AR31" t="s">
         <v>84</v>
       </c>
       <c r="AS31">
         <v>284655554976</v>
       </c>
       <c r="AT31" t="s">
         <v>76</v>
       </c>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31">
         <v>0</v>
       </c>
       <c r="AX31" t="s">
         <v>85</v>
       </c>
       <c r="AY31">
         <v>2061904795</v>
       </c>
       <c r="AZ31" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA31" t="s">
         <v>86</v>
       </c>
       <c r="BB31" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="BC31" t="s">
+        <v>389</v>
+      </c>
+      <c r="BD31" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE31" t="s">
         <v>393</v>
       </c>
-      <c r="BD31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF31" t="s">
         <v>76</v>
       </c>
       <c r="BG31" t="s">
-        <v>398</v>
+        <v>76</v>
       </c>
       <c r="BH31">
-        <v>225</v>
+        <v>353</v>
       </c>
       <c r="BI31" t="s">
         <v>89</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>76</v>
       </c>
       <c r="BN31" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
         <v>73</v>
       </c>
       <c r="BQ31" t="s">
         <v>76</v>
       </c>
       <c r="BR31">
         <v>5570</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="C32">
         <v>1070058648</v>
       </c>
       <c r="D32">
         <v>585699</v>
       </c>
       <c r="E32">
         <v>356.12</v>
       </c>
       <c r="F32" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="I32">
         <v>119.99</v>
       </c>
       <c r="J32" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="K32" t="s">
         <v>73</v>
       </c>
       <c r="L32">
         <v>5569739416</v>
       </c>
       <c r="M32" t="s">
         <v>95</v>
       </c>
       <c r="N32" t="s">
         <v>96</v>
       </c>
       <c r="O32"/>
       <c r="P32" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="Q32" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="R32" t="s">
         <v>76</v>
       </c>
       <c r="S32" t="s">
         <v>76</v>
       </c>
       <c r="T32" t="s">
         <v>77</v>
       </c>
       <c r="U32">
         <v>1070058648</v>
       </c>
       <c r="V32">
         <v>585699</v>
       </c>
       <c r="W32" t="s">
         <v>76</v>
       </c>
       <c r="X32">
         <v>356.12</v>
       </c>
       <c r="Y32">
         <v>20.6</v>
       </c>
       <c r="Z32" t="s">
         <v>76</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>78</v>
       </c>
       <c r="AC32" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="AD32" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="AE32">
         <v>9212332132</v>
       </c>
       <c r="AF32">
         <v>9212332132</v>
       </c>
       <c r="AG32" t="s">
         <v>76</v>
       </c>
       <c r="AH32" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="AK32" t="s">
         <v>70</v>
       </c>
       <c r="AL32" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="AM32" t="s">
         <v>82</v>
       </c>
       <c r="AN32" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="AO32">
         <v>119.99</v>
       </c>
       <c r="AP32" t="s">
         <v>346</v>
       </c>
       <c r="AQ32" t="s">
         <v>73</v>
       </c>
       <c r="AR32" t="s">
         <v>84</v>
       </c>
       <c r="AS32">
         <v>284565987326</v>
       </c>
       <c r="AT32" t="s">
         <v>76</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32" t="s">
         <v>85</v>
       </c>
       <c r="AY32">
         <v>5569739416</v>
       </c>
       <c r="AZ32" t="s">
         <v>95</v>
       </c>
       <c r="BA32" t="s">
         <v>86</v>
       </c>
       <c r="BB32" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="BC32" t="s">
+        <v>398</v>
+      </c>
+      <c r="BD32" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE32" t="s">
+        <v>402</v>
+      </c>
+      <c r="BF32" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG32" t="s">
         <v>403</v>
-      </c>
-[...10 lines deleted...]
-        <v>408</v>
       </c>
       <c r="BH32">
         <v>243</v>
       </c>
       <c r="BI32" t="s">
         <v>89</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>76</v>
       </c>
       <c r="BN32" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
         <v>73</v>
       </c>
       <c r="BQ32" t="s">
         <v>76</v>
       </c>
       <c r="BR32">
         <v>7336</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C33">
         <v>7480058183</v>
       </c>
       <c r="D33">
         <v>585692</v>
       </c>
       <c r="E33">
         <v>289.22</v>
       </c>
       <c r="F33" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="I33">
         <v>87.99</v>
       </c>
       <c r="J33" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="K33" t="s">
         <v>73</v>
       </c>
       <c r="L33">
         <v>3145361100</v>
       </c>
       <c r="M33" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N33" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O33"/>
       <c r="P33">
         <v>15292848227</v>
       </c>
       <c r="Q33" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="R33" t="s">
         <v>76</v>
       </c>
       <c r="S33" t="s">
         <v>76</v>
       </c>
       <c r="T33" t="s">
         <v>77</v>
       </c>
       <c r="U33">
         <v>7480058183</v>
       </c>
       <c r="V33">
         <v>585692</v>
       </c>
       <c r="W33" t="s">
         <v>76</v>
       </c>
       <c r="X33">
         <v>289.22</v>
       </c>
       <c r="Y33">
         <v>20.6</v>
       </c>
       <c r="Z33" t="s">
         <v>76</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>78</v>
       </c>
       <c r="AC33" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="AD33">
         <v>15292848227</v>
       </c>
       <c r="AE33">
         <v>3336481700</v>
       </c>
       <c r="AF33">
         <v>3336481700</v>
       </c>
       <c r="AG33" t="s">
         <v>76</v>
       </c>
       <c r="AH33" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="AK33" t="s">
         <v>70</v>
       </c>
       <c r="AL33" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="AM33" t="s">
         <v>82</v>
       </c>
       <c r="AN33" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="AO33">
         <v>87.99</v>
       </c>
       <c r="AP33" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="AQ33" t="s">
         <v>73</v>
       </c>
       <c r="AR33" t="s">
         <v>84</v>
       </c>
       <c r="AS33">
         <v>284553786386</v>
       </c>
       <c r="AT33" t="s">
         <v>76</v>
       </c>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33" t="s">
         <v>85</v>
       </c>
       <c r="AY33">
         <v>3145361100</v>
       </c>
       <c r="AZ33" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA33" t="s">
         <v>86</v>
       </c>
       <c r="BB33" t="s">
+        <v>405</v>
+      </c>
+      <c r="BC33" t="s">
+        <v>398</v>
+      </c>
+      <c r="BD33" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE33" t="s">
         <v>410</v>
       </c>
-      <c r="BC33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BF33" t="s">
         <v>76</v>
       </c>
       <c r="BG33" t="s">
-        <v>416</v>
+        <v>76</v>
       </c>
       <c r="BH33">
-        <v>225</v>
+        <v>356</v>
       </c>
       <c r="BI33" t="s">
         <v>89</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>76</v>
       </c>
       <c r="BN33" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
         <v>73</v>
       </c>
       <c r="BQ33" t="s">
         <v>76</v>
       </c>
       <c r="BR33">
         <v>5958</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="C34">
         <v>3730058223</v>
       </c>
       <c r="D34">
         <v>585668</v>
       </c>
       <c r="E34">
         <v>322.67</v>
       </c>
       <c r="F34" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="I34">
         <v>103.99</v>
       </c>
       <c r="J34" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="K34" t="s">
         <v>73</v>
       </c>
       <c r="L34">
         <v>3145360385</v>
       </c>
       <c r="M34" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N34" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O34"/>
       <c r="P34" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="Q34" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="R34" t="s">
         <v>76</v>
       </c>
       <c r="S34" t="s">
         <v>76</v>
       </c>
       <c r="T34" t="s">
         <v>174</v>
       </c>
       <c r="U34">
         <v>3730058223</v>
       </c>
       <c r="V34">
         <v>585668</v>
       </c>
       <c r="W34" t="s">
         <v>76</v>
       </c>
       <c r="X34">
         <v>322.67</v>
       </c>
       <c r="Y34">
         <v>20.6</v>
       </c>
       <c r="Z34" t="s">
         <v>76</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>78</v>
       </c>
       <c r="AC34" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="AD34" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="AE34">
         <v>9717193527</v>
       </c>
       <c r="AF34">
         <v>9717193527</v>
       </c>
       <c r="AG34" t="s">
         <v>76</v>
       </c>
       <c r="AH34" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="AM34" t="s">
         <v>82</v>
       </c>
       <c r="AN34" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="AO34">
         <v>103.99</v>
       </c>
       <c r="AP34" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="AQ34" t="s">
         <v>73</v>
       </c>
       <c r="AR34" t="s">
         <v>84</v>
       </c>
       <c r="AS34">
         <v>284565956990</v>
       </c>
       <c r="AT34" t="s">
         <v>76</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34">
         <v>0</v>
       </c>
       <c r="AX34" t="s">
         <v>85</v>
       </c>
       <c r="AY34">
         <v>3145360385</v>
       </c>
       <c r="AZ34" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA34" t="s">
         <v>86</v>
       </c>
       <c r="BB34" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="BC34" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="BD34" t="s">
         <v>76</v>
       </c>
       <c r="BE34" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="BF34" t="s">
         <v>76</v>
       </c>
       <c r="BG34" t="s">
-        <v>427</v>
+        <v>76</v>
       </c>
       <c r="BH34">
-        <v>220</v>
+        <v>356</v>
       </c>
       <c r="BI34" t="s">
         <v>89</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>76</v>
       </c>
       <c r="BN34" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
         <v>73</v>
       </c>
       <c r="BQ34" t="s">
         <v>76</v>
       </c>
       <c r="BR34">
         <v>6647</v>
       </c>
       <c r="BS34"/>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="C35">
         <v>7700058091</v>
       </c>
       <c r="D35">
         <v>585633</v>
       </c>
       <c r="E35">
         <v>220.63</v>
       </c>
       <c r="F35" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="I35">
         <v>55.2</v>
       </c>
       <c r="J35" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="K35" t="s">
         <v>73</v>
       </c>
       <c r="L35">
         <v>7502670836</v>
       </c>
       <c r="M35" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N35" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O35"/>
       <c r="P35">
         <v>18158453214</v>
       </c>
       <c r="Q35" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="R35" t="s">
         <v>76</v>
       </c>
       <c r="S35" t="s">
         <v>76</v>
       </c>
       <c r="T35" t="s">
         <v>77</v>
       </c>
       <c r="U35">
         <v>7700058091</v>
       </c>
       <c r="V35">
         <v>585633</v>
       </c>
       <c r="W35" t="s">
         <v>76</v>
       </c>
       <c r="X35">
         <v>220.63</v>
       </c>
       <c r="Y35">
         <v>20.6</v>
       </c>
       <c r="Z35" t="s">
         <v>76</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>78</v>
       </c>
       <c r="AC35" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="AD35">
         <v>18158453214</v>
       </c>
       <c r="AE35" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="AF35" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="AG35" t="s">
         <v>76</v>
       </c>
       <c r="AH35" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="AK35" t="s">
         <v>70</v>
       </c>
       <c r="AL35" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="AM35" t="s">
         <v>82</v>
       </c>
       <c r="AN35" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="AO35">
         <v>55.2</v>
       </c>
       <c r="AP35" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="AQ35" t="s">
         <v>73</v>
       </c>
       <c r="AR35" t="s">
         <v>84</v>
       </c>
       <c r="AS35">
         <v>284542792248</v>
       </c>
       <c r="AT35" t="s">
         <v>76</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35" t="s">
         <v>85</v>
       </c>
       <c r="AY35">
         <v>7502670836</v>
       </c>
       <c r="AZ35" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA35" t="s">
         <v>86</v>
       </c>
       <c r="BB35" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="BC35" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="BD35" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="BE35" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="BF35" t="s">
         <v>76</v>
       </c>
       <c r="BG35" t="s">
-        <v>439</v>
+        <v>76</v>
       </c>
       <c r="BH35">
-        <v>226</v>
+        <v>357</v>
       </c>
       <c r="BI35" t="s">
         <v>89</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>76</v>
       </c>
       <c r="BN35" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
         <v>73</v>
       </c>
       <c r="BQ35" t="s">
         <v>76</v>
       </c>
       <c r="BR35">
         <v>4545</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="C36">
         <v>7830057735</v>
       </c>
       <c r="D36">
         <v>585598</v>
       </c>
       <c r="E36">
         <v>277.25</v>
       </c>
       <c r="F36" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="I36">
         <v>96.99</v>
       </c>
       <c r="J36" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="K36" t="s">
         <v>73</v>
       </c>
       <c r="L36">
         <v>9530411284</v>
       </c>
       <c r="M36" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N36" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O36"/>
       <c r="P36">
         <v>14881007973</v>
       </c>
       <c r="Q36" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="R36" t="s">
         <v>76</v>
       </c>
       <c r="S36" t="s">
         <v>76</v>
       </c>
       <c r="T36" t="s">
         <v>174</v>
       </c>
       <c r="U36">
         <v>7830057735</v>
       </c>
       <c r="V36">
         <v>585598</v>
       </c>
       <c r="W36" t="s">
         <v>76</v>
       </c>
       <c r="X36">
         <v>277.25</v>
       </c>
       <c r="Y36">
         <v>20.6</v>
       </c>
       <c r="Z36" t="s">
         <v>76</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>78</v>
       </c>
       <c r="AC36" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="AD36">
         <v>14881007973</v>
       </c>
       <c r="AE36">
         <v>2212662375</v>
       </c>
       <c r="AF36">
         <v>2212662375</v>
       </c>
       <c r="AG36" t="s">
         <v>76</v>
       </c>
       <c r="AH36" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="AK36" t="s">
         <v>70</v>
       </c>
       <c r="AL36" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="AM36" t="s">
         <v>82</v>
       </c>
       <c r="AN36" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="AO36">
         <v>96.99</v>
       </c>
       <c r="AP36" t="s">
         <v>200</v>
       </c>
       <c r="AQ36" t="s">
         <v>73</v>
       </c>
       <c r="AR36" t="s">
         <v>84</v>
       </c>
       <c r="AS36">
         <v>284493263213</v>
       </c>
       <c r="AT36" t="s">
         <v>76</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36">
         <v>0</v>
       </c>
       <c r="AX36" t="s">
         <v>85</v>
       </c>
       <c r="AY36">
         <v>9530411284</v>
       </c>
       <c r="AZ36" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA36" t="s">
         <v>86</v>
       </c>
       <c r="BB36" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="BC36" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="BD36" t="s">
         <v>76</v>
       </c>
       <c r="BE36" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="BF36" t="s">
         <v>76</v>
       </c>
       <c r="BG36" t="s">
-        <v>447</v>
+        <v>76</v>
       </c>
       <c r="BH36">
-        <v>222</v>
+        <v>358</v>
       </c>
       <c r="BI36" t="s">
         <v>89</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>76</v>
       </c>
       <c r="BN36" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
         <v>73</v>
       </c>
       <c r="BQ36" t="s">
         <v>76</v>
       </c>
       <c r="BR36">
         <v>5711.4</v>
       </c>
       <c r="BS36"/>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="C37">
         <v>6550057768</v>
       </c>
       <c r="D37">
         <v>585564</v>
       </c>
       <c r="E37">
         <v>272.48</v>
       </c>
       <c r="F37" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="I37">
         <v>79.99</v>
       </c>
       <c r="J37" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="K37" t="s">
         <v>73</v>
       </c>
       <c r="L37">
         <v>7502670711</v>
       </c>
       <c r="M37" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N37" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O37"/>
       <c r="P37">
         <v>5205982359</v>
       </c>
       <c r="Q37" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="R37" t="s">
         <v>76</v>
       </c>
       <c r="S37" t="s">
         <v>76</v>
       </c>
       <c r="T37" t="s">
         <v>174</v>
       </c>
       <c r="U37">
         <v>6550057768</v>
       </c>
       <c r="V37">
         <v>585564</v>
       </c>
       <c r="W37" t="s">
         <v>76</v>
       </c>
       <c r="X37">
         <v>272.48</v>
       </c>
       <c r="Y37">
         <v>20.6</v>
       </c>
       <c r="Z37" t="s">
         <v>76</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>78</v>
       </c>
       <c r="AC37" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="AD37">
         <v>5205982359</v>
       </c>
       <c r="AE37" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="AF37" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="AG37" t="s">
         <v>76</v>
       </c>
       <c r="AH37" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="AK37" t="s">
         <v>70</v>
       </c>
       <c r="AL37" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="AM37" t="s">
         <v>82</v>
       </c>
       <c r="AN37" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="AO37">
         <v>79.99</v>
       </c>
       <c r="AP37" t="s">
         <v>83</v>
       </c>
       <c r="AQ37" t="s">
         <v>73</v>
       </c>
       <c r="AR37" t="s">
         <v>84</v>
       </c>
       <c r="AS37">
         <v>284482838222</v>
       </c>
       <c r="AT37" t="s">
         <v>76</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37">
         <v>0</v>
       </c>
       <c r="AX37" t="s">
         <v>85</v>
       </c>
       <c r="AY37">
         <v>7502670711</v>
       </c>
       <c r="AZ37" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA37" t="s">
         <v>86</v>
       </c>
       <c r="BB37" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="BC37" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="BD37" t="s">
         <v>76</v>
       </c>
       <c r="BE37" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="BF37" t="s">
         <v>76</v>
       </c>
       <c r="BG37" t="s">
-        <v>457</v>
+        <v>76</v>
       </c>
       <c r="BH37">
-        <v>230</v>
+        <v>359</v>
       </c>
       <c r="BI37" t="s">
         <v>89</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>76</v>
       </c>
       <c r="BN37" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
         <v>73</v>
       </c>
       <c r="BQ37" t="s">
         <v>76</v>
       </c>
       <c r="BR37">
         <v>5613</v>
       </c>
       <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="C38">
         <v>5170057611</v>
       </c>
       <c r="D38">
         <v>585395</v>
       </c>
       <c r="E38">
         <v>237.38</v>
       </c>
       <c r="F38" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="I38">
         <v>63.2</v>
       </c>
       <c r="J38" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="K38" t="s">
         <v>73</v>
       </c>
       <c r="L38">
         <v>4957868090</v>
       </c>
       <c r="M38" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N38" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O38"/>
       <c r="P38">
         <v>3826973410</v>
       </c>
       <c r="Q38" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="R38" t="s">
         <v>76</v>
       </c>
       <c r="S38" t="s">
         <v>76</v>
       </c>
       <c r="T38" t="s">
         <v>174</v>
       </c>
       <c r="U38">
         <v>5170057611</v>
       </c>
       <c r="V38">
         <v>585395</v>
       </c>
       <c r="W38" t="s">
         <v>76</v>
       </c>
       <c r="X38">
         <v>237.38</v>
       </c>
       <c r="Y38">
         <v>20.6</v>
       </c>
       <c r="Z38" t="s">
         <v>76</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>78</v>
       </c>
       <c r="AC38" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="AD38">
         <v>3826973410</v>
       </c>
       <c r="AE38" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="AF38" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="AG38" t="s">
         <v>76</v>
       </c>
       <c r="AH38" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="AK38" t="s">
         <v>70</v>
       </c>
       <c r="AL38" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="AM38" t="s">
         <v>82</v>
       </c>
       <c r="AN38" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="AO38">
         <v>63.2</v>
       </c>
       <c r="AP38" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="AQ38" t="s">
         <v>73</v>
       </c>
       <c r="AR38" t="s">
         <v>84</v>
       </c>
       <c r="AS38">
         <v>284301023541</v>
       </c>
       <c r="AT38" t="s">
         <v>76</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38">
         <v>0</v>
       </c>
       <c r="AX38" t="s">
         <v>85</v>
       </c>
       <c r="AY38">
         <v>4957868090</v>
       </c>
       <c r="AZ38" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA38" t="s">
         <v>86</v>
       </c>
       <c r="BB38" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="BC38" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="BD38" t="s">
         <v>76</v>
       </c>
       <c r="BE38" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="BF38" t="s">
         <v>76</v>
       </c>
       <c r="BG38" t="s">
         <v>76</v>
       </c>
       <c r="BH38">
-        <v>316</v>
+        <v>362</v>
       </c>
       <c r="BI38" t="s">
         <v>89</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>76</v>
       </c>
       <c r="BN38" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
         <v>73</v>
       </c>
       <c r="BQ38" t="s">
         <v>76</v>
       </c>
       <c r="BR38">
         <v>4890</v>
       </c>
       <c r="BS38"/>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="C39">
         <v>1800126605</v>
       </c>
       <c r="D39">
         <v>585362</v>
       </c>
       <c r="E39">
         <v>215.63</v>
       </c>
       <c r="F39" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
       <c r="H39" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="I39">
         <v>52.8</v>
       </c>
       <c r="J39" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="K39" t="s">
         <v>73</v>
       </c>
       <c r="L39">
         <v>6484437470</v>
       </c>
       <c r="M39" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N39" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O39"/>
       <c r="P39">
         <v>21457681888</v>
       </c>
       <c r="Q39" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="R39" t="s">
         <v>76</v>
       </c>
       <c r="S39" t="s">
         <v>76</v>
       </c>
       <c r="T39" t="s">
         <v>174</v>
       </c>
       <c r="U39">
         <v>1800126605</v>
       </c>
       <c r="V39">
         <v>585362</v>
       </c>
       <c r="W39" t="s">
         <v>76</v>
       </c>
       <c r="X39">
         <v>215.63</v>
       </c>
       <c r="Y39">
         <v>20.6</v>
       </c>
       <c r="Z39" t="s">
         <v>76</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>78</v>
       </c>
       <c r="AC39" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="AD39">
         <v>21457681888</v>
       </c>
       <c r="AE39">
         <v>5556361100</v>
       </c>
       <c r="AF39">
         <v>5556361100</v>
       </c>
       <c r="AG39" t="s">
         <v>76</v>
       </c>
       <c r="AH39" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="AM39" t="s">
         <v>82</v>
       </c>
       <c r="AN39" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="AO39">
         <v>52.8</v>
       </c>
       <c r="AP39" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="AQ39" t="s">
         <v>73</v>
       </c>
       <c r="AR39" t="s">
         <v>84</v>
       </c>
       <c r="AS39">
         <v>771395831023</v>
       </c>
       <c r="AT39" t="s">
         <v>76</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39">
         <v>0</v>
       </c>
       <c r="AX39" t="s">
         <v>85</v>
       </c>
       <c r="AY39">
         <v>6484437470</v>
       </c>
       <c r="AZ39" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA39" t="s">
         <v>86</v>
       </c>
       <c r="BB39" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="BC39" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="BD39" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="BE39" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="BF39" t="s">
         <v>76</v>
       </c>
       <c r="BG39" t="s">
-        <v>478</v>
+        <v>76</v>
       </c>
       <c r="BH39">
-        <v>231</v>
+        <v>363</v>
       </c>
       <c r="BI39" t="s">
         <v>89</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>76</v>
       </c>
       <c r="BN39" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
         <v>73</v>
       </c>
       <c r="BQ39" t="s">
         <v>76</v>
       </c>
       <c r="BR39">
         <v>4442</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="C40">
         <v>4510057550</v>
       </c>
       <c r="D40">
         <v>585350</v>
       </c>
       <c r="E40">
         <v>220.63</v>
       </c>
       <c r="F40" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="I40">
         <v>55.2</v>
       </c>
       <c r="J40" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="K40" t="s">
         <v>73</v>
       </c>
       <c r="L40">
         <v>4957863890</v>
       </c>
       <c r="M40" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N40" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="Q40" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="R40" t="s">
         <v>76</v>
       </c>
       <c r="S40" t="s">
         <v>76</v>
       </c>
       <c r="T40" t="s">
         <v>174</v>
       </c>
       <c r="U40">
         <v>4510057550</v>
       </c>
       <c r="V40">
         <v>585350</v>
       </c>
       <c r="W40" t="s">
         <v>76</v>
       </c>
       <c r="X40">
         <v>220.63</v>
       </c>
       <c r="Y40">
         <v>20.6</v>
       </c>
       <c r="Z40" t="s">
         <v>76</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>78</v>
       </c>
       <c r="AC40" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="AD40" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="AE40">
         <v>3141470865</v>
       </c>
       <c r="AF40">
         <v>3141470865</v>
       </c>
       <c r="AG40" t="s">
         <v>76</v>
       </c>
       <c r="AH40" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="AK40" t="s">
         <v>70</v>
       </c>
       <c r="AL40" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="AM40" t="s">
         <v>82</v>
       </c>
       <c r="AN40" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="AO40">
         <v>55.2</v>
       </c>
       <c r="AP40" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="AQ40" t="s">
         <v>73</v>
       </c>
       <c r="AR40" t="s">
         <v>84</v>
       </c>
       <c r="AS40">
         <v>771431668612</v>
       </c>
       <c r="AT40" t="s">
         <v>76</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40" t="s">
         <v>85</v>
       </c>
       <c r="AY40">
         <v>4957863890</v>
       </c>
       <c r="AZ40" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA40" t="s">
         <v>86</v>
       </c>
       <c r="BB40" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="BC40" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="BD40" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
       <c r="BE40" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="BF40" t="s">
         <v>76</v>
       </c>
       <c r="BG40" t="s">
         <v>76</v>
       </c>
       <c r="BH40">
-        <v>318</v>
+        <v>364</v>
       </c>
       <c r="BI40" t="s">
         <v>89</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>76</v>
       </c>
       <c r="BN40" t="s">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
         <v>73</v>
       </c>
       <c r="BQ40" t="s">
         <v>76</v>
       </c>
       <c r="BR40">
         <v>4545</v>
       </c>
       <c r="BS40"/>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="C41">
         <v>5300057409</v>
       </c>
       <c r="D41">
         <v>585280</v>
       </c>
       <c r="E41">
         <v>272.48</v>
       </c>
       <c r="F41" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="G41" t="s">
         <v>70</v>
       </c>
       <c r="H41" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="I41">
         <v>79.99</v>
       </c>
       <c r="J41" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="K41" t="s">
         <v>73</v>
       </c>
       <c r="L41">
         <v>4957861171</v>
       </c>
       <c r="M41" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N41" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O41"/>
       <c r="P41">
         <v>10320826394</v>
       </c>
       <c r="Q41" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="R41" t="s">
         <v>76</v>
       </c>
       <c r="S41" t="s">
         <v>76</v>
       </c>
       <c r="T41" t="s">
         <v>77</v>
       </c>
       <c r="U41">
         <v>5300057409</v>
       </c>
       <c r="V41">
         <v>585280</v>
       </c>
       <c r="W41" t="s">
         <v>76</v>
       </c>
       <c r="X41">
         <v>272.48</v>
       </c>
       <c r="Y41">
         <v>20.6</v>
       </c>
       <c r="Z41" t="s">
         <v>76</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>78</v>
       </c>
       <c r="AC41" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="AD41">
         <v>10320826394</v>
       </c>
       <c r="AE41" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="AF41" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="AG41" t="s">
         <v>76</v>
       </c>
       <c r="AH41" t="s">
-        <v>495</v>
+        <v>484</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="AM41" t="s">
         <v>82</v>
       </c>
       <c r="AN41" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="AO41">
         <v>79.99</v>
       </c>
       <c r="AP41" t="s">
         <v>83</v>
       </c>
       <c r="AQ41" t="s">
         <v>73</v>
       </c>
       <c r="AR41" t="s">
         <v>84</v>
       </c>
       <c r="AS41">
         <v>771431846510</v>
       </c>
       <c r="AT41" t="s">
         <v>76</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41" t="s">
         <v>85</v>
       </c>
       <c r="AY41">
         <v>4957861171</v>
       </c>
       <c r="AZ41" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA41" t="s">
         <v>86</v>
       </c>
       <c r="BB41" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="BC41" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="BD41" t="s">
         <v>76</v>
       </c>
       <c r="BE41" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="BF41" t="s">
         <v>76</v>
       </c>
       <c r="BG41" t="s">
         <v>76</v>
       </c>
       <c r="BH41">
-        <v>319</v>
+        <v>365</v>
       </c>
       <c r="BI41" t="s">
         <v>89</v>
       </c>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>76</v>
       </c>
       <c r="BN41" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="BO41">
         <v>0</v>
       </c>
       <c r="BP41" t="s">
         <v>73</v>
       </c>
       <c r="BQ41" t="s">
         <v>76</v>
       </c>
       <c r="BR41">
         <v>5613</v>
       </c>
       <c r="BS41"/>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="C42" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="D42">
         <v>585271</v>
       </c>
       <c r="E42">
         <v>335.24</v>
       </c>
       <c r="F42" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="G42" t="s">
         <v>70</v>
       </c>
       <c r="H42" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
       <c r="I42">
         <v>109.99</v>
       </c>
       <c r="J42" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="K42" t="s">
         <v>73</v>
       </c>
       <c r="L42">
         <v>4957859234</v>
       </c>
       <c r="M42" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N42" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O42"/>
       <c r="P42">
         <v>5059189075</v>
       </c>
       <c r="Q42" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="R42" t="s">
         <v>76</v>
       </c>
       <c r="S42" t="s">
         <v>76</v>
       </c>
       <c r="T42" t="s">
         <v>174</v>
       </c>
       <c r="U42" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="V42">
         <v>585271</v>
       </c>
       <c r="W42" t="s">
         <v>76</v>
       </c>
       <c r="X42">
         <v>335.24</v>
       </c>
       <c r="Y42">
         <v>20.6</v>
       </c>
       <c r="Z42" t="s">
         <v>76</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>78</v>
       </c>
       <c r="AC42" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="AD42">
         <v>5059189075</v>
       </c>
       <c r="AE42">
         <v>2222297500</v>
       </c>
       <c r="AF42">
         <v>2222297500</v>
       </c>
       <c r="AG42" t="s">
         <v>76</v>
       </c>
       <c r="AH42" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="AK42" t="s">
         <v>70</v>
       </c>
       <c r="AL42" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="AM42" t="s">
         <v>82</v>
       </c>
       <c r="AN42" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
       <c r="AO42">
         <v>109.99</v>
       </c>
       <c r="AP42" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ42" t="s">
         <v>73</v>
       </c>
       <c r="AR42" t="s">
         <v>84</v>
       </c>
       <c r="AS42">
         <v>771431712689</v>
       </c>
       <c r="AT42" t="s">
         <v>76</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42" t="s">
         <v>85</v>
       </c>
       <c r="AY42">
         <v>4957859234</v>
       </c>
       <c r="AZ42" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA42" t="s">
         <v>86</v>
       </c>
       <c r="BB42" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="BC42" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="BD42" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
       <c r="BE42" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="BF42" t="s">
         <v>76</v>
       </c>
       <c r="BG42" t="s">
         <v>76</v>
       </c>
       <c r="BH42">
-        <v>320</v>
+        <v>366</v>
       </c>
       <c r="BI42" t="s">
         <v>89</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>76</v>
       </c>
       <c r="BN42" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
         <v>73</v>
       </c>
       <c r="BQ42" t="s">
         <v>76</v>
       </c>
       <c r="BR42">
         <v>6906</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="C43">
         <v>7770056961</v>
       </c>
       <c r="D43">
         <v>585159</v>
       </c>
       <c r="E43">
         <v>593.5</v>
       </c>
       <c r="F43" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="G43" t="s">
         <v>70</v>
       </c>
       <c r="H43" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="I43">
         <v>168.98</v>
       </c>
       <c r="J43" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="K43" t="s">
         <v>73</v>
       </c>
       <c r="L43">
         <v>1261859723</v>
       </c>
       <c r="M43" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="N43" t="s">
-        <v>303</v>
+        <v>211</v>
       </c>
       <c r="O43"/>
       <c r="P43">
         <v>10289372360</v>
       </c>
       <c r="Q43" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="R43" t="s">
         <v>76</v>
       </c>
       <c r="S43" t="s">
         <v>76</v>
       </c>
       <c r="T43" t="s">
         <v>77</v>
       </c>
       <c r="U43">
         <v>7770056961</v>
       </c>
       <c r="V43">
         <v>585159</v>
       </c>
       <c r="W43" t="s">
         <v>76</v>
       </c>
       <c r="X43">
         <v>593.5</v>
       </c>
       <c r="Y43">
         <v>20.6</v>
       </c>
       <c r="Z43" t="s">
         <v>76</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>78</v>
       </c>
       <c r="AC43" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="AD43">
         <v>10289372360</v>
       </c>
       <c r="AE43">
         <v>9616173500</v>
       </c>
       <c r="AF43">
         <v>9616173500</v>
       </c>
       <c r="AG43" t="s">
         <v>76</v>
       </c>
       <c r="AH43" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="AK43" t="s">
         <v>70</v>
       </c>
       <c r="AL43" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="AM43" t="s">
         <v>82</v>
       </c>
       <c r="AN43" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="AO43">
         <v>168.98</v>
       </c>
       <c r="AP43" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="AQ43" t="s">
         <v>73</v>
       </c>
       <c r="AR43" t="s">
         <v>84</v>
       </c>
       <c r="AS43">
         <v>284147918109</v>
       </c>
       <c r="AT43" t="s">
         <v>76</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43">
         <v>0</v>
       </c>
       <c r="AX43" t="s">
         <v>85</v>
       </c>
       <c r="AY43">
         <v>1261859723</v>
       </c>
       <c r="AZ43" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="BA43" t="s">
         <v>86</v>
       </c>
       <c r="BB43" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="BC43" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="BD43" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="BE43" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="BF43" t="s">
         <v>76</v>
       </c>
       <c r="BG43" t="s">
-        <v>518</v>
+        <v>76</v>
       </c>
       <c r="BH43">
-        <v>225</v>
+        <v>367</v>
       </c>
       <c r="BI43" t="s">
         <v>89</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>76</v>
       </c>
       <c r="BN43" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43" t="s">
         <v>73</v>
       </c>
       <c r="BQ43" t="s">
         <v>76</v>
       </c>
       <c r="BR43">
         <v>12226</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>520</v>
+        <v>508</v>
       </c>
       <c r="C44">
         <v>7830056749</v>
       </c>
       <c r="D44">
         <v>585163</v>
       </c>
       <c r="E44">
         <v>345.68</v>
       </c>
       <c r="F44" t="s">
         <v>342</v>
       </c>
       <c r="G44" t="s">
         <v>70</v>
       </c>
       <c r="H44" t="s">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="I44">
         <v>114.99</v>
       </c>
       <c r="J44" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="K44" t="s">
         <v>73</v>
       </c>
       <c r="L44">
         <v>1261856315</v>
       </c>
       <c r="M44" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N44" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O44"/>
       <c r="P44">
         <v>15520175195</v>
       </c>
       <c r="Q44" t="s">
-        <v>520</v>
+        <v>508</v>
       </c>
       <c r="R44" t="s">
         <v>76</v>
       </c>
       <c r="S44" t="s">
         <v>76</v>
       </c>
       <c r="T44" t="s">
         <v>77</v>
       </c>
       <c r="U44">
         <v>7830056749</v>
       </c>
       <c r="V44">
         <v>585163</v>
       </c>
       <c r="W44" t="s">
         <v>76</v>
       </c>
       <c r="X44">
         <v>345.68</v>
       </c>
       <c r="Y44">
         <v>20.6</v>
       </c>
@@ -15164,1761 +15098,1761 @@
         <v>342</v>
       </c>
       <c r="AD44">
         <v>15520175195</v>
       </c>
       <c r="AE44">
         <v>8444684500</v>
       </c>
       <c r="AF44">
         <v>8444684500</v>
       </c>
       <c r="AG44" t="s">
         <v>76</v>
       </c>
       <c r="AH44" t="s">
         <v>344</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
         <v>345</v>
       </c>
       <c r="AK44" t="s">
         <v>70</v>
       </c>
       <c r="AL44" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="AM44" t="s">
         <v>82</v>
       </c>
       <c r="AN44" t="s">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="AO44">
         <v>114.99</v>
       </c>
       <c r="AP44" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="AQ44" t="s">
         <v>73</v>
       </c>
       <c r="AR44" t="s">
         <v>84</v>
       </c>
       <c r="AS44">
         <v>771306085615</v>
       </c>
       <c r="AT44" t="s">
         <v>76</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44" t="s">
         <v>85</v>
       </c>
       <c r="AY44">
         <v>1261856315</v>
       </c>
       <c r="AZ44" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA44" t="s">
         <v>86</v>
       </c>
       <c r="BB44" t="s">
-        <v>520</v>
+        <v>508</v>
       </c>
       <c r="BC44" t="s">
+        <v>501</v>
+      </c>
+      <c r="BD44" t="s">
+        <v>511</v>
+      </c>
+      <c r="BE44" t="s">
         <v>512</v>
       </c>
-      <c r="BD44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF44" t="s">
         <v>76</v>
       </c>
       <c r="BG44" t="s">
-        <v>525</v>
+        <v>76</v>
       </c>
       <c r="BH44">
-        <v>231</v>
+        <v>367</v>
       </c>
       <c r="BI44" t="s">
         <v>89</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>76</v>
       </c>
       <c r="BN44" t="s">
-        <v>526</v>
+        <v>513</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
         <v>73</v>
       </c>
       <c r="BQ44" t="s">
         <v>76</v>
       </c>
       <c r="BR44">
         <v>7121</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c r="C45">
         <v>7870057239</v>
       </c>
       <c r="D45">
         <v>585147</v>
       </c>
       <c r="E45">
         <v>272.48</v>
       </c>
       <c r="F45" t="s">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="G45" t="s">
         <v>70</v>
       </c>
       <c r="H45" t="s">
-        <v>529</v>
+        <v>516</v>
       </c>
       <c r="I45">
         <v>79.99</v>
       </c>
       <c r="J45" t="s">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="K45" t="s">
         <v>73</v>
       </c>
       <c r="L45">
         <v>6781921403</v>
       </c>
       <c r="M45" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N45" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O45"/>
       <c r="P45">
         <v>331305985</v>
       </c>
       <c r="Q45" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c r="R45" t="s">
         <v>76</v>
       </c>
       <c r="S45" t="s">
         <v>76</v>
       </c>
       <c r="T45" t="s">
         <v>174</v>
       </c>
       <c r="U45">
         <v>7870057239</v>
       </c>
       <c r="V45">
         <v>585147</v>
       </c>
       <c r="W45" t="s">
         <v>76</v>
       </c>
       <c r="X45">
         <v>272.48</v>
       </c>
       <c r="Y45">
         <v>20.6</v>
       </c>
       <c r="Z45" t="s">
         <v>76</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>78</v>
       </c>
       <c r="AC45" t="s">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="AD45">
         <v>331305985</v>
       </c>
       <c r="AE45" t="s">
-        <v>531</v>
+        <v>518</v>
       </c>
       <c r="AF45" t="s">
-        <v>531</v>
+        <v>518</v>
       </c>
       <c r="AG45" t="s">
         <v>76</v>
       </c>
       <c r="AH45" t="s">
-        <v>532</v>
+        <v>519</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
         <v>99</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="AM45" t="s">
         <v>82</v>
       </c>
       <c r="AN45" t="s">
-        <v>529</v>
+        <v>516</v>
       </c>
       <c r="AO45">
         <v>79.99</v>
       </c>
       <c r="AP45" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ45" t="s">
         <v>73</v>
       </c>
       <c r="AR45" t="s">
         <v>84</v>
       </c>
       <c r="AS45">
         <v>284122932510</v>
       </c>
       <c r="AT45" t="s">
         <v>76</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45">
         <v>0</v>
       </c>
       <c r="AX45" t="s">
         <v>85</v>
       </c>
       <c r="AY45">
         <v>6781921403</v>
       </c>
       <c r="AZ45" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA45" t="s">
         <v>86</v>
       </c>
       <c r="BB45" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c r="BC45" t="s">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="BD45" t="s">
         <v>76</v>
       </c>
       <c r="BE45" t="s">
-        <v>533</v>
+        <v>520</v>
       </c>
       <c r="BF45" t="s">
         <v>76</v>
       </c>
       <c r="BG45" t="s">
-        <v>534</v>
+        <v>76</v>
       </c>
       <c r="BH45">
-        <v>212</v>
+        <v>368</v>
       </c>
       <c r="BI45" t="s">
         <v>89</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>76</v>
       </c>
       <c r="BN45" t="s">
-        <v>535</v>
+        <v>521</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45" t="s">
         <v>73</v>
       </c>
       <c r="BQ45" t="s">
         <v>76</v>
       </c>
       <c r="BR45">
         <v>5613</v>
       </c>
       <c r="BS45"/>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>536</v>
+        <v>522</v>
       </c>
       <c r="C46">
         <v>2240055950</v>
       </c>
       <c r="D46">
         <v>584894</v>
       </c>
       <c r="E46">
         <v>237.38</v>
       </c>
       <c r="F46" t="s">
-        <v>537</v>
+        <v>523</v>
       </c>
       <c r="G46" t="s">
         <v>70</v>
       </c>
       <c r="H46" t="s">
-        <v>538</v>
+        <v>524</v>
       </c>
       <c r="I46">
         <v>63.2</v>
       </c>
       <c r="J46" t="s">
-        <v>539</v>
+        <v>525</v>
       </c>
       <c r="K46" t="s">
         <v>73</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>541</v>
+        <v>527</v>
       </c>
       <c r="Q46" t="s">
-        <v>536</v>
+        <v>522</v>
       </c>
       <c r="R46" t="s">
         <v>76</v>
       </c>
       <c r="S46" t="s">
         <v>76</v>
       </c>
       <c r="T46" t="s">
         <v>174</v>
       </c>
       <c r="U46">
         <v>2240055950</v>
       </c>
       <c r="V46">
         <v>584894</v>
       </c>
       <c r="W46" t="s">
         <v>76</v>
       </c>
       <c r="X46">
         <v>237.38</v>
       </c>
       <c r="Y46">
         <v>20.6</v>
       </c>
       <c r="Z46" t="s">
         <v>76</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>78</v>
       </c>
       <c r="AC46" t="s">
-        <v>537</v>
+        <v>523</v>
       </c>
       <c r="AD46" t="s">
-        <v>541</v>
+        <v>527</v>
       </c>
       <c r="AE46">
         <v>2281443204</v>
       </c>
       <c r="AF46">
         <v>2281443204</v>
       </c>
       <c r="AG46" t="s">
         <v>76</v>
       </c>
       <c r="AH46" t="s">
         <v>175</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
         <v>176</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>539</v>
+        <v>525</v>
       </c>
       <c r="AM46" t="s">
         <v>82</v>
       </c>
       <c r="AN46" t="s">
-        <v>538</v>
+        <v>524</v>
       </c>
       <c r="AO46">
         <v>63.2</v>
       </c>
       <c r="AP46" t="s">
-        <v>542</v>
+        <v>528</v>
       </c>
       <c r="AQ46" t="s">
         <v>73</v>
       </c>
       <c r="AR46" t="s">
         <v>84</v>
       </c>
       <c r="AS46">
         <v>283972914257</v>
       </c>
       <c r="AT46" t="s">
         <v>76</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46">
         <v>0</v>
       </c>
       <c r="AX46" t="s">
         <v>85</v>
       </c>
       <c r="AY46"/>
       <c r="AZ46" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA46" t="s">
         <v>86</v>
       </c>
       <c r="BB46" t="s">
-        <v>536</v>
+        <v>522</v>
       </c>
       <c r="BC46" t="s">
-        <v>539</v>
+        <v>525</v>
       </c>
       <c r="BD46" t="s">
-        <v>543</v>
+        <v>529</v>
       </c>
       <c r="BE46" t="s">
-        <v>544</v>
+        <v>530</v>
       </c>
       <c r="BF46" t="s">
         <v>76</v>
       </c>
       <c r="BG46" t="s">
         <v>76</v>
       </c>
       <c r="BH46">
-        <v>327</v>
+        <v>373</v>
       </c>
       <c r="BI46" t="s">
         <v>89</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>76</v>
       </c>
       <c r="BN46" t="s">
-        <v>545</v>
+        <v>531</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46" t="s">
         <v>73</v>
       </c>
       <c r="BQ46" t="s">
         <v>76</v>
       </c>
       <c r="BR46">
         <v>4890</v>
       </c>
       <c r="BS46"/>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c r="C47">
         <v>8180055860</v>
       </c>
       <c r="D47">
         <v>584851</v>
       </c>
       <c r="E47">
         <v>215.63</v>
       </c>
       <c r="F47" t="s">
-        <v>547</v>
+        <v>533</v>
       </c>
       <c r="G47" t="s">
         <v>70</v>
       </c>
       <c r="H47" t="s">
-        <v>548</v>
+        <v>534</v>
       </c>
       <c r="I47">
         <v>52.8</v>
       </c>
       <c r="J47" t="s">
-        <v>539</v>
+        <v>525</v>
       </c>
       <c r="K47" t="s">
         <v>73</v>
       </c>
       <c r="L47">
         <v>7076904402</v>
       </c>
       <c r="M47" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N47" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O47"/>
       <c r="P47">
         <v>18031749906</v>
       </c>
       <c r="Q47" t="s">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c r="R47" t="s">
         <v>76</v>
       </c>
       <c r="S47" t="s">
         <v>76</v>
       </c>
       <c r="T47" t="s">
         <v>174</v>
       </c>
       <c r="U47">
         <v>8180055860</v>
       </c>
       <c r="V47">
         <v>584851</v>
       </c>
       <c r="W47" t="s">
         <v>76</v>
       </c>
       <c r="X47">
         <v>215.63</v>
       </c>
       <c r="Y47">
         <v>20.6</v>
       </c>
       <c r="Z47" t="s">
         <v>76</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>78</v>
       </c>
       <c r="AC47" t="s">
-        <v>547</v>
+        <v>533</v>
       </c>
       <c r="AD47">
         <v>18031749906</v>
       </c>
       <c r="AE47" t="s">
-        <v>549</v>
+        <v>535</v>
       </c>
       <c r="AF47" t="s">
-        <v>549</v>
+        <v>535</v>
       </c>
       <c r="AG47" t="s">
         <v>76</v>
       </c>
       <c r="AH47" t="s">
-        <v>550</v>
+        <v>536</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>551</v>
+        <v>537</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
-        <v>539</v>
+        <v>525</v>
       </c>
       <c r="AM47" t="s">
         <v>82</v>
       </c>
       <c r="AN47" t="s">
-        <v>548</v>
+        <v>534</v>
       </c>
       <c r="AO47">
         <v>52.8</v>
       </c>
       <c r="AP47" t="s">
-        <v>552</v>
+        <v>538</v>
       </c>
       <c r="AQ47" t="s">
         <v>73</v>
       </c>
       <c r="AR47" t="s">
         <v>84</v>
       </c>
       <c r="AS47">
         <v>771166437912</v>
       </c>
       <c r="AT47" t="s">
         <v>76</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47" t="s">
         <v>85</v>
       </c>
       <c r="AY47">
         <v>7076904402</v>
       </c>
       <c r="AZ47" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA47" t="s">
         <v>86</v>
       </c>
       <c r="BB47" t="s">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c r="BC47" t="s">
+        <v>525</v>
+      </c>
+      <c r="BD47" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE47" t="s">
         <v>539</v>
       </c>
-      <c r="BD47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF47" t="s">
         <v>76</v>
       </c>
       <c r="BG47" t="s">
-        <v>554</v>
+        <v>76</v>
       </c>
       <c r="BH47">
-        <v>210</v>
+        <v>373</v>
       </c>
       <c r="BI47" t="s">
         <v>89</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>76</v>
       </c>
       <c r="BN47" t="s">
-        <v>555</v>
+        <v>540</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47" t="s">
         <v>73</v>
       </c>
       <c r="BQ47" t="s">
         <v>76</v>
       </c>
       <c r="BR47">
         <v>4442</v>
       </c>
       <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>556</v>
+        <v>541</v>
       </c>
       <c r="C48">
         <v>8200055799</v>
       </c>
       <c r="D48">
         <v>584771</v>
       </c>
       <c r="E48">
         <v>321.02</v>
       </c>
       <c r="F48" t="s">
-        <v>557</v>
+        <v>542</v>
       </c>
       <c r="G48" t="s">
         <v>70</v>
       </c>
       <c r="H48" t="s">
-        <v>558</v>
+        <v>543</v>
       </c>
       <c r="I48">
         <v>88.99</v>
       </c>
       <c r="J48" t="s">
-        <v>559</v>
+        <v>544</v>
       </c>
       <c r="K48" t="s">
         <v>73</v>
       </c>
       <c r="L48">
         <v>9984684743</v>
       </c>
       <c r="M48" t="s">
         <v>95</v>
       </c>
       <c r="N48" t="s">
         <v>96</v>
       </c>
       <c r="O48"/>
       <c r="P48">
         <v>5481978789</v>
       </c>
       <c r="Q48" t="s">
-        <v>556</v>
+        <v>541</v>
       </c>
       <c r="R48" t="s">
         <v>76</v>
       </c>
       <c r="S48" t="s">
         <v>76</v>
       </c>
       <c r="T48" t="s">
         <v>174</v>
       </c>
       <c r="U48">
         <v>8200055799</v>
       </c>
       <c r="V48">
         <v>584771</v>
       </c>
       <c r="W48" t="s">
         <v>76</v>
       </c>
       <c r="X48">
         <v>321.02</v>
       </c>
       <c r="Y48">
         <v>20.6</v>
       </c>
       <c r="Z48" t="s">
         <v>76</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>78</v>
       </c>
       <c r="AC48" t="s">
-        <v>557</v>
+        <v>542</v>
       </c>
       <c r="AD48">
         <v>5481978789</v>
       </c>
       <c r="AE48" t="s">
-        <v>560</v>
+        <v>545</v>
       </c>
       <c r="AF48" t="s">
-        <v>560</v>
+        <v>545</v>
       </c>
       <c r="AG48" t="s">
         <v>76</v>
       </c>
       <c r="AH48" t="s">
-        <v>561</v>
+        <v>546</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>562</v>
+        <v>547</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
-        <v>559</v>
+        <v>544</v>
       </c>
       <c r="AM48" t="s">
         <v>82</v>
       </c>
       <c r="AN48" t="s">
-        <v>558</v>
+        <v>543</v>
       </c>
       <c r="AO48">
         <v>88.99</v>
       </c>
       <c r="AP48" t="s">
-        <v>563</v>
+        <v>548</v>
       </c>
       <c r="AQ48" t="s">
         <v>73</v>
       </c>
       <c r="AR48" t="s">
         <v>84</v>
       </c>
       <c r="AS48">
         <v>283931170255</v>
       </c>
       <c r="AT48" t="s">
         <v>76</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48" t="s">
         <v>85</v>
       </c>
       <c r="AY48">
         <v>9984684743</v>
       </c>
       <c r="AZ48" t="s">
         <v>95</v>
       </c>
       <c r="BA48" t="s">
         <v>86</v>
       </c>
       <c r="BB48" t="s">
-        <v>556</v>
+        <v>541</v>
       </c>
       <c r="BC48" t="s">
-        <v>559</v>
+        <v>544</v>
       </c>
       <c r="BD48" t="s">
         <v>76</v>
       </c>
       <c r="BE48" t="s">
-        <v>564</v>
+        <v>549</v>
       </c>
       <c r="BF48" t="s">
         <v>76</v>
       </c>
       <c r="BG48" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="BH48">
         <v>282</v>
       </c>
       <c r="BI48" t="s">
         <v>89</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>76</v>
       </c>
       <c r="BN48" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48" t="s">
         <v>73</v>
       </c>
       <c r="BQ48" t="s">
         <v>76</v>
       </c>
       <c r="BR48">
         <v>6613</v>
       </c>
       <c r="BS48"/>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>567</v>
+        <v>552</v>
       </c>
       <c r="C49" t="s">
-        <v>568</v>
+        <v>553</v>
       </c>
       <c r="D49">
         <v>584660</v>
       </c>
       <c r="E49">
         <v>272.48</v>
       </c>
       <c r="F49" t="s">
-        <v>569</v>
+        <v>554</v>
       </c>
       <c r="G49" t="s">
         <v>70</v>
       </c>
       <c r="H49" t="s">
-        <v>570</v>
+        <v>555</v>
       </c>
       <c r="I49">
         <v>79.99</v>
       </c>
       <c r="J49" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="K49" t="s">
         <v>73</v>
       </c>
       <c r="L49">
         <v>2372946100</v>
       </c>
       <c r="M49" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N49" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O49"/>
       <c r="P49">
         <v>4525014125</v>
       </c>
       <c r="Q49" t="s">
-        <v>567</v>
+        <v>552</v>
       </c>
       <c r="R49" t="s">
         <v>76</v>
       </c>
       <c r="S49" t="s">
         <v>76</v>
       </c>
       <c r="T49" t="s">
         <v>174</v>
       </c>
       <c r="U49" t="s">
-        <v>568</v>
+        <v>553</v>
       </c>
       <c r="V49">
         <v>584660</v>
       </c>
       <c r="W49" t="s">
         <v>76</v>
       </c>
       <c r="X49">
         <v>272.48</v>
       </c>
       <c r="Y49">
         <v>20.6</v>
       </c>
       <c r="Z49" t="s">
         <v>76</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>78</v>
       </c>
       <c r="AC49" t="s">
-        <v>569</v>
+        <v>554</v>
       </c>
       <c r="AD49">
         <v>4525014125</v>
       </c>
       <c r="AE49" t="s">
-        <v>572</v>
+        <v>557</v>
       </c>
       <c r="AF49" t="s">
-        <v>572</v>
+        <v>557</v>
       </c>
       <c r="AG49" t="s">
         <v>76</v>
       </c>
       <c r="AH49" t="s">
-        <v>573</v>
+        <v>558</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>574</v>
+        <v>559</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="AM49" t="s">
         <v>82</v>
       </c>
       <c r="AN49" t="s">
-        <v>570</v>
+        <v>555</v>
       </c>
       <c r="AO49">
         <v>79.99</v>
       </c>
       <c r="AP49" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ49" t="s">
         <v>73</v>
       </c>
       <c r="AR49" t="s">
         <v>84</v>
       </c>
       <c r="AS49">
         <v>283832949645</v>
       </c>
       <c r="AT49" t="s">
         <v>76</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49" t="s">
         <v>85</v>
       </c>
       <c r="AY49">
         <v>2372946100</v>
       </c>
       <c r="AZ49" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA49" t="s">
         <v>86</v>
       </c>
       <c r="BB49" t="s">
-        <v>567</v>
+        <v>552</v>
       </c>
       <c r="BC49" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="BD49" t="s">
         <v>76</v>
       </c>
       <c r="BE49" t="s">
-        <v>575</v>
+        <v>560</v>
       </c>
       <c r="BF49" t="s">
         <v>76</v>
       </c>
       <c r="BG49" t="s">
-        <v>76</v>
+        <v>561</v>
       </c>
       <c r="BH49">
-        <v>330</v>
+        <v>357</v>
       </c>
       <c r="BI49" t="s">
         <v>89</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>76</v>
       </c>
       <c r="BN49" t="s">
-        <v>576</v>
+        <v>562</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49" t="s">
         <v>73</v>
       </c>
       <c r="BQ49" t="s">
         <v>76</v>
       </c>
       <c r="BR49">
         <v>5613</v>
       </c>
       <c r="BS49"/>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="C50">
         <v>3120085459</v>
       </c>
       <c r="D50">
         <v>584656</v>
       </c>
       <c r="E50">
         <v>215.63</v>
       </c>
       <c r="F50" t="s">
-        <v>578</v>
+        <v>564</v>
       </c>
       <c r="G50" t="s">
         <v>70</v>
       </c>
       <c r="H50" t="s">
-        <v>579</v>
+        <v>565</v>
       </c>
       <c r="I50">
         <v>52.8</v>
       </c>
       <c r="J50" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="K50" t="s">
         <v>73</v>
       </c>
       <c r="L50">
         <v>2372945245</v>
       </c>
       <c r="M50" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N50" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O50"/>
       <c r="P50">
         <v>241795095</v>
       </c>
       <c r="Q50" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="R50" t="s">
         <v>76</v>
       </c>
       <c r="S50" t="s">
         <v>76</v>
       </c>
       <c r="T50" t="s">
         <v>174</v>
       </c>
       <c r="U50">
         <v>3120085459</v>
       </c>
       <c r="V50">
         <v>584656</v>
       </c>
       <c r="W50" t="s">
         <v>76</v>
       </c>
       <c r="X50">
         <v>215.63</v>
       </c>
       <c r="Y50">
         <v>20.6</v>
       </c>
       <c r="Z50" t="s">
         <v>76</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>78</v>
       </c>
       <c r="AC50" t="s">
-        <v>578</v>
+        <v>564</v>
       </c>
       <c r="AD50">
         <v>241795095</v>
       </c>
       <c r="AE50" t="s">
-        <v>580</v>
+        <v>566</v>
       </c>
       <c r="AF50" t="s">
-        <v>580</v>
+        <v>566</v>
       </c>
       <c r="AG50" t="s">
         <v>76</v>
       </c>
       <c r="AH50" t="s">
-        <v>581</v>
+        <v>567</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>582</v>
+        <v>568</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="AM50" t="s">
         <v>82</v>
       </c>
       <c r="AN50" t="s">
-        <v>579</v>
+        <v>565</v>
       </c>
       <c r="AO50">
         <v>52.8</v>
       </c>
       <c r="AP50" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="AQ50" t="s">
         <v>73</v>
       </c>
       <c r="AR50" t="s">
         <v>84</v>
       </c>
       <c r="AS50">
         <v>771111146897</v>
       </c>
       <c r="AT50" t="s">
         <v>76</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50" t="s">
         <v>85</v>
       </c>
       <c r="AY50">
         <v>2372945245</v>
       </c>
       <c r="AZ50" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA50" t="s">
         <v>86</v>
       </c>
       <c r="BB50" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="BC50" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="BD50" t="s">
         <v>76</v>
       </c>
       <c r="BE50" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="BF50" t="s">
         <v>76</v>
       </c>
       <c r="BG50" t="s">
-        <v>76</v>
+        <v>570</v>
       </c>
       <c r="BH50">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="BI50" t="s">
         <v>89</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>76</v>
       </c>
       <c r="BN50" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
         <v>73</v>
       </c>
       <c r="BQ50" t="s">
         <v>76</v>
       </c>
       <c r="BR50">
         <v>4442</v>
       </c>
       <c r="BS50"/>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>585</v>
+        <v>572</v>
       </c>
       <c r="C51">
         <v>7140055861</v>
       </c>
       <c r="D51">
         <v>584614</v>
       </c>
       <c r="E51">
         <v>272.48</v>
       </c>
       <c r="F51" t="s">
-        <v>586</v>
+        <v>573</v>
       </c>
       <c r="G51" t="s">
         <v>70</v>
       </c>
       <c r="H51" t="s">
-        <v>587</v>
+        <v>574</v>
       </c>
       <c r="I51">
         <v>79.99</v>
       </c>
       <c r="J51" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="K51" t="s">
         <v>73</v>
       </c>
       <c r="L51">
         <v>2111561686</v>
       </c>
       <c r="M51" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N51" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O51"/>
       <c r="P51">
         <v>8618818331</v>
       </c>
       <c r="Q51" t="s">
-        <v>585</v>
+        <v>572</v>
       </c>
       <c r="R51" t="s">
         <v>76</v>
       </c>
       <c r="S51" t="s">
         <v>76</v>
       </c>
       <c r="T51" t="s">
         <v>174</v>
       </c>
       <c r="U51">
         <v>7140055861</v>
       </c>
       <c r="V51">
         <v>584614</v>
       </c>
       <c r="W51" t="s">
         <v>76</v>
       </c>
       <c r="X51">
         <v>272.48</v>
       </c>
       <c r="Y51">
         <v>20.6</v>
       </c>
       <c r="Z51" t="s">
         <v>76</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>78</v>
       </c>
       <c r="AC51" t="s">
-        <v>586</v>
+        <v>573</v>
       </c>
       <c r="AD51">
         <v>8618818331</v>
       </c>
       <c r="AE51">
         <v>5591284600</v>
       </c>
       <c r="AF51">
         <v>5591284600</v>
       </c>
       <c r="AG51" t="s">
         <v>76</v>
       </c>
       <c r="AH51" t="s">
-        <v>589</v>
+        <v>576</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>590</v>
+        <v>577</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="AM51" t="s">
         <v>82</v>
       </c>
       <c r="AN51" t="s">
-        <v>587</v>
+        <v>574</v>
       </c>
       <c r="AO51">
         <v>79.99</v>
       </c>
       <c r="AP51" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ51" t="s">
         <v>73</v>
       </c>
       <c r="AR51" t="s">
         <v>84</v>
       </c>
       <c r="AS51">
         <v>283837203083</v>
       </c>
       <c r="AT51" t="s">
         <v>76</v>
       </c>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51"/>
       <c r="AX51" t="s">
         <v>85</v>
       </c>
       <c r="AY51">
         <v>2111561686</v>
       </c>
       <c r="AZ51" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA51" t="s">
         <v>86</v>
       </c>
       <c r="BB51" t="s">
-        <v>585</v>
+        <v>572</v>
       </c>
       <c r="BC51" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="BD51" t="s">
-        <v>591</v>
+        <v>578</v>
       </c>
       <c r="BE51" t="s">
-        <v>592</v>
+        <v>579</v>
       </c>
       <c r="BF51" t="s">
         <v>76</v>
       </c>
       <c r="BG51" t="s">
         <v>76</v>
       </c>
       <c r="BH51">
-        <v>331</v>
+        <v>377</v>
       </c>
       <c r="BI51" t="s">
         <v>89</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>76</v>
       </c>
       <c r="BN51" t="s">
-        <v>593</v>
+        <v>580</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51" t="s">
         <v>73</v>
       </c>
       <c r="BQ51" t="s">
         <v>76</v>
       </c>
       <c r="BR51">
         <v>5613</v>
       </c>
       <c r="BS51"/>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>594</v>
+        <v>581</v>
       </c>
       <c r="C52">
         <v>7920055572</v>
       </c>
       <c r="D52">
         <v>584583</v>
       </c>
       <c r="E52">
         <v>308.06</v>
       </c>
       <c r="F52" t="s">
-        <v>595</v>
+        <v>582</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
       <c r="H52" t="s">
-        <v>596</v>
+        <v>583</v>
       </c>
       <c r="I52">
         <v>96.99</v>
       </c>
       <c r="J52" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="K52" t="s">
         <v>73</v>
       </c>
       <c r="L52">
         <v>2111560883</v>
       </c>
       <c r="M52" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N52" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O52"/>
       <c r="P52" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="Q52" t="s">
-        <v>594</v>
+        <v>581</v>
       </c>
       <c r="R52" t="s">
         <v>76</v>
       </c>
       <c r="S52" t="s">
         <v>76</v>
       </c>
       <c r="T52" t="s">
         <v>174</v>
       </c>
       <c r="U52">
         <v>7920055572</v>
       </c>
       <c r="V52">
         <v>584583</v>
       </c>
       <c r="W52" t="s">
         <v>76</v>
       </c>
       <c r="X52">
         <v>308.06</v>
       </c>
       <c r="Y52">
         <v>20.6</v>
       </c>
       <c r="Z52" t="s">
         <v>76</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>78</v>
       </c>
       <c r="AC52" t="s">
-        <v>595</v>
+        <v>582</v>
       </c>
       <c r="AD52" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="AE52">
         <v>3315871119</v>
       </c>
       <c r="AF52">
         <v>3315871119</v>
       </c>
       <c r="AG52" t="s">
         <v>76</v>
       </c>
       <c r="AH52" t="s">
-        <v>598</v>
+        <v>585</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>599</v>
+        <v>586</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="AM52" t="s">
         <v>82</v>
       </c>
       <c r="AN52" t="s">
-        <v>596</v>
+        <v>583</v>
       </c>
       <c r="AO52">
         <v>96.99</v>
       </c>
       <c r="AP52" t="s">
         <v>200</v>
       </c>
       <c r="AQ52" t="s">
         <v>73</v>
       </c>
       <c r="AR52" t="s">
         <v>84</v>
       </c>
       <c r="AS52">
         <v>283834862837</v>
       </c>
       <c r="AT52" t="s">
         <v>76</v>
       </c>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52"/>
       <c r="AX52" t="s">
         <v>85</v>
       </c>
       <c r="AY52">
         <v>2111560883</v>
       </c>
       <c r="AZ52" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA52" t="s">
         <v>86</v>
       </c>
       <c r="BB52" t="s">
-        <v>594</v>
+        <v>581</v>
       </c>
       <c r="BC52" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="BD52" t="s">
         <v>76</v>
       </c>
       <c r="BE52" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="BF52" t="s">
         <v>76</v>
       </c>
       <c r="BG52" t="s">
         <v>76</v>
       </c>
       <c r="BH52">
-        <v>331</v>
+        <v>377</v>
       </c>
       <c r="BI52" t="s">
         <v>89</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>76</v>
       </c>
       <c r="BN52" t="s">
-        <v>601</v>
+        <v>588</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52" t="s">
         <v>73</v>
       </c>
       <c r="BQ52" t="s">
         <v>76</v>
       </c>
       <c r="BR52">
         <v>6346</v>
       </c>
       <c r="BS52"/>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="C53">
         <v>1030116891</v>
       </c>
       <c r="D53">
         <v>584565</v>
       </c>
       <c r="E53">
         <v>322.67</v>
       </c>
       <c r="F53" t="s">
         <v>170</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
       <c r="H53" t="s">
-        <v>603</v>
+        <v>590</v>
       </c>
       <c r="I53">
         <v>103.99</v>
       </c>
       <c r="J53" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="K53" t="s">
         <v>73</v>
       </c>
       <c r="L53">
         <v>2111559811</v>
       </c>
       <c r="M53" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N53" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O53"/>
       <c r="P53" t="s">
         <v>173</v>
       </c>
       <c r="Q53" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="R53" t="s">
         <v>76</v>
       </c>
       <c r="S53" t="s">
         <v>76</v>
       </c>
       <c r="T53" t="s">
         <v>77</v>
       </c>
       <c r="U53">
         <v>1030116891</v>
       </c>
       <c r="V53">
         <v>584565</v>
       </c>
       <c r="W53" t="s">
         <v>76</v>
       </c>
       <c r="X53">
         <v>322.67</v>
       </c>
       <c r="Y53">
         <v>20.6</v>
       </c>
@@ -16935,29299 +16869,29295 @@
         <v>170</v>
       </c>
       <c r="AD53" t="s">
         <v>173</v>
       </c>
       <c r="AE53">
         <v>2283043593</v>
       </c>
       <c r="AF53">
         <v>2283043593</v>
       </c>
       <c r="AG53" t="s">
         <v>76</v>
       </c>
       <c r="AH53" t="s">
         <v>175</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
         <v>176</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="AM53" t="s">
         <v>82</v>
       </c>
       <c r="AN53" t="s">
-        <v>603</v>
+        <v>590</v>
       </c>
       <c r="AO53">
         <v>103.99</v>
       </c>
       <c r="AP53" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="AQ53" t="s">
         <v>73</v>
       </c>
       <c r="AR53" t="s">
         <v>84</v>
       </c>
       <c r="AS53">
         <v>283834819778</v>
       </c>
       <c r="AT53" t="s">
         <v>76</v>
       </c>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53"/>
       <c r="AX53" t="s">
         <v>85</v>
       </c>
       <c r="AY53">
         <v>2111559811</v>
       </c>
       <c r="AZ53" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA53" t="s">
         <v>86</v>
       </c>
       <c r="BB53" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="BC53" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="BD53" t="s">
         <v>76</v>
       </c>
       <c r="BE53" t="s">
-        <v>605</v>
+        <v>592</v>
       </c>
       <c r="BF53" t="s">
         <v>76</v>
       </c>
       <c r="BG53" t="s">
         <v>76</v>
       </c>
       <c r="BH53">
-        <v>332</v>
+        <v>378</v>
       </c>
       <c r="BI53" t="s">
         <v>89</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>76</v>
       </c>
       <c r="BN53" t="s">
-        <v>606</v>
+        <v>593</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53" t="s">
         <v>73</v>
       </c>
       <c r="BQ53" t="s">
         <v>76</v>
       </c>
       <c r="BR53">
         <v>6647</v>
       </c>
       <c r="BS53"/>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="C54">
         <v>1540055480</v>
       </c>
       <c r="D54">
         <v>584561</v>
       </c>
       <c r="E54">
         <v>321.02</v>
       </c>
       <c r="F54" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="G54" t="s">
         <v>70</v>
       </c>
       <c r="H54" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="I54">
         <v>89.99</v>
       </c>
       <c r="J54" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="K54" t="s">
         <v>73</v>
       </c>
       <c r="L54">
         <v>2372940566</v>
       </c>
       <c r="M54" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N54" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O54"/>
       <c r="P54">
         <v>2420852886</v>
       </c>
       <c r="Q54" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="R54" t="s">
         <v>76</v>
       </c>
       <c r="S54" t="s">
         <v>76</v>
       </c>
       <c r="T54" t="s">
         <v>174</v>
       </c>
       <c r="U54">
         <v>1540055480</v>
       </c>
       <c r="V54">
         <v>584561</v>
       </c>
       <c r="W54" t="s">
         <v>76</v>
       </c>
       <c r="X54">
         <v>321.02</v>
       </c>
       <c r="Y54">
         <v>20.6</v>
       </c>
       <c r="Z54" t="s">
         <v>76</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>78</v>
       </c>
       <c r="AC54" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="AD54">
         <v>2420852886</v>
       </c>
       <c r="AE54" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="AF54" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="AG54" t="s">
         <v>76</v>
       </c>
       <c r="AH54" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>612</v>
+        <v>599</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="AM54" t="s">
         <v>82</v>
       </c>
       <c r="AN54" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="AO54">
         <v>89.99</v>
       </c>
       <c r="AP54" t="s">
         <v>189</v>
       </c>
       <c r="AQ54" t="s">
         <v>73</v>
       </c>
       <c r="AR54" t="s">
         <v>84</v>
       </c>
       <c r="AS54">
         <v>283835293825</v>
       </c>
       <c r="AT54" t="s">
         <v>76</v>
       </c>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54"/>
       <c r="AX54" t="s">
         <v>85</v>
       </c>
       <c r="AY54">
         <v>2372940566</v>
       </c>
       <c r="AZ54" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA54" t="s">
         <v>86</v>
       </c>
       <c r="BB54" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="BC54" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="BD54" t="s">
         <v>76</v>
       </c>
       <c r="BE54" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
       <c r="BF54" t="s">
         <v>76</v>
       </c>
       <c r="BG54" t="s">
-        <v>76</v>
+        <v>601</v>
       </c>
       <c r="BH54">
-        <v>332</v>
+        <v>349</v>
       </c>
       <c r="BI54" t="s">
         <v>89</v>
       </c>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>76</v>
       </c>
       <c r="BN54" t="s">
-        <v>614</v>
+        <v>602</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54" t="s">
         <v>73</v>
       </c>
       <c r="BQ54" t="s">
         <v>76</v>
       </c>
       <c r="BR54">
         <v>6613</v>
       </c>
       <c r="BS54"/>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="C55" t="s">
-        <v>616</v>
+        <v>604</v>
       </c>
       <c r="D55">
         <v>584465</v>
       </c>
       <c r="E55">
         <v>521.8</v>
       </c>
       <c r="F55" t="s">
-        <v>617</v>
+        <v>605</v>
       </c>
       <c r="G55" t="s">
         <v>70</v>
       </c>
       <c r="H55" t="s">
-        <v>618</v>
+        <v>606</v>
       </c>
       <c r="I55">
         <v>199.2</v>
       </c>
       <c r="J55" t="s">
-        <v>619</v>
+        <v>607</v>
       </c>
       <c r="K55" t="s">
         <v>73</v>
       </c>
       <c r="L55">
         <v>6107233635</v>
       </c>
       <c r="M55" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N55" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O55"/>
       <c r="P55">
         <v>9359748378</v>
       </c>
       <c r="Q55" t="s">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="R55" t="s">
         <v>76</v>
       </c>
       <c r="S55" t="s">
         <v>76</v>
       </c>
       <c r="T55" t="s">
         <v>174</v>
       </c>
       <c r="U55" t="s">
-        <v>616</v>
+        <v>604</v>
       </c>
       <c r="V55">
         <v>584465</v>
       </c>
       <c r="W55" t="s">
         <v>76</v>
       </c>
       <c r="X55">
         <v>521.8</v>
       </c>
       <c r="Y55">
         <v>20.6</v>
       </c>
       <c r="Z55" t="s">
         <v>76</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>78</v>
       </c>
       <c r="AC55" t="s">
-        <v>617</v>
+        <v>605</v>
       </c>
       <c r="AD55">
         <v>9359748378</v>
       </c>
       <c r="AE55" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="AF55" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="AG55" t="s">
         <v>76</v>
       </c>
       <c r="AH55" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>622</v>
+        <v>610</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
-        <v>619</v>
+        <v>607</v>
       </c>
       <c r="AM55" t="s">
         <v>82</v>
       </c>
       <c r="AN55" t="s">
-        <v>618</v>
+        <v>606</v>
       </c>
       <c r="AO55">
         <v>199.2</v>
       </c>
       <c r="AP55" t="s">
-        <v>623</v>
+        <v>611</v>
       </c>
       <c r="AQ55" t="s">
         <v>73</v>
       </c>
       <c r="AR55" t="s">
         <v>84</v>
       </c>
       <c r="AS55">
         <v>283759126186</v>
       </c>
       <c r="AT55" t="s">
         <v>76</v>
       </c>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55"/>
       <c r="AX55" t="s">
         <v>85</v>
       </c>
       <c r="AY55">
         <v>6107233635</v>
       </c>
       <c r="AZ55" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA55" t="s">
         <v>86</v>
       </c>
       <c r="BB55" t="s">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="BC55" t="s">
-        <v>619</v>
+        <v>607</v>
       </c>
       <c r="BD55" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="BE55" t="s">
-        <v>625</v>
+        <v>613</v>
       </c>
       <c r="BF55" t="s">
         <v>76</v>
       </c>
       <c r="BG55" t="s">
-        <v>76</v>
+        <v>614</v>
       </c>
       <c r="BH55">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="BI55" t="s">
         <v>89</v>
       </c>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>76</v>
       </c>
       <c r="BN55" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55" t="s">
         <v>73</v>
       </c>
       <c r="BQ55" t="s">
         <v>76</v>
       </c>
       <c r="BR55">
         <v>10749</v>
       </c>
       <c r="BS55"/>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="C56">
         <v>7060055170</v>
       </c>
       <c r="D56">
         <v>584190</v>
       </c>
       <c r="E56">
         <v>272.48</v>
       </c>
       <c r="F56" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
       <c r="H56" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="I56">
         <v>79.99</v>
       </c>
       <c r="J56" t="s">
-        <v>630</v>
+        <v>619</v>
       </c>
       <c r="K56" t="s">
         <v>73</v>
       </c>
       <c r="L56">
         <v>7612406804</v>
       </c>
       <c r="M56" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N56" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O56"/>
       <c r="P56">
         <v>28467134584</v>
       </c>
       <c r="Q56" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="R56" t="s">
         <v>76</v>
       </c>
       <c r="S56" t="s">
         <v>76</v>
       </c>
       <c r="T56" t="s">
         <v>174</v>
       </c>
       <c r="U56">
         <v>7060055170</v>
       </c>
       <c r="V56">
         <v>584190</v>
       </c>
       <c r="W56" t="s">
         <v>76</v>
       </c>
       <c r="X56">
         <v>272.48</v>
       </c>
       <c r="Y56">
         <v>20.6</v>
       </c>
       <c r="Z56" t="s">
         <v>76</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>78</v>
       </c>
       <c r="AC56" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="AD56">
         <v>28467134584</v>
       </c>
       <c r="AE56" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="AF56" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="AG56" t="s">
         <v>76</v>
       </c>
       <c r="AH56" t="s">
-        <v>632</v>
+        <v>621</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>630</v>
+        <v>619</v>
       </c>
       <c r="AM56" t="s">
         <v>82</v>
       </c>
       <c r="AN56" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="AO56">
         <v>79.99</v>
       </c>
       <c r="AP56" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ56" t="s">
         <v>73</v>
       </c>
       <c r="AR56" t="s">
         <v>84</v>
       </c>
       <c r="AS56">
         <v>283718377116</v>
       </c>
       <c r="AT56" t="s">
         <v>76</v>
       </c>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56" t="s">
         <v>85</v>
       </c>
       <c r="AY56">
         <v>7612406804</v>
       </c>
       <c r="AZ56" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA56" t="s">
         <v>86</v>
       </c>
       <c r="BB56" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="BC56" t="s">
-        <v>630</v>
+        <v>619</v>
       </c>
       <c r="BD56" t="s">
         <v>76</v>
       </c>
       <c r="BE56" t="s">
-        <v>634</v>
+        <v>623</v>
       </c>
       <c r="BF56" t="s">
         <v>76</v>
       </c>
       <c r="BG56" t="s">
-        <v>635</v>
+        <v>76</v>
       </c>
       <c r="BH56">
-        <v>247</v>
+        <v>382</v>
       </c>
       <c r="BI56" t="s">
         <v>89</v>
       </c>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>76</v>
       </c>
       <c r="BN56" t="s">
-        <v>636</v>
+        <v>624</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56" t="s">
         <v>73</v>
       </c>
       <c r="BQ56" t="s">
         <v>76</v>
       </c>
       <c r="BR56">
         <v>5613</v>
       </c>
       <c r="BS56"/>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="C57">
         <v>3150054572</v>
       </c>
       <c r="D57">
         <v>584145</v>
       </c>
       <c r="E57">
         <v>245.23</v>
       </c>
       <c r="F57" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="G57" t="s">
         <v>70</v>
       </c>
       <c r="H57" t="s">
-        <v>638</v>
+        <v>626</v>
       </c>
       <c r="I57">
         <v>79.99</v>
       </c>
       <c r="J57" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="K57" t="s">
         <v>73</v>
       </c>
       <c r="L57">
         <v>7612405791</v>
       </c>
       <c r="M57" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N57" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O57"/>
       <c r="P57">
         <v>14246290298</v>
       </c>
       <c r="Q57" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="R57" t="s">
         <v>76</v>
       </c>
       <c r="S57" t="s">
         <v>76</v>
       </c>
       <c r="T57" t="s">
         <v>77</v>
       </c>
       <c r="U57">
         <v>3150054572</v>
       </c>
       <c r="V57">
         <v>584145</v>
       </c>
       <c r="W57" t="s">
         <v>76</v>
       </c>
       <c r="X57">
         <v>245.23</v>
       </c>
       <c r="Y57">
         <v>20.6</v>
       </c>
       <c r="Z57" t="s">
         <v>76</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>78</v>
       </c>
       <c r="AC57" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="AD57">
         <v>14246290298</v>
       </c>
       <c r="AE57" t="s">
+        <v>353</v>
+      </c>
+      <c r="AF57" t="s">
+        <v>353</v>
+      </c>
+      <c r="AG57" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH57" t="s">
         <v>354</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AK57" t="s">
         <v>70</v>
       </c>
       <c r="AL57" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="AM57" t="s">
         <v>82</v>
       </c>
       <c r="AN57" t="s">
-        <v>638</v>
+        <v>626</v>
       </c>
       <c r="AO57">
         <v>79.99</v>
       </c>
       <c r="AP57" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ57" t="s">
         <v>73</v>
       </c>
       <c r="AR57" t="s">
         <v>84</v>
       </c>
       <c r="AS57">
         <v>283666670601</v>
       </c>
       <c r="AT57" t="s">
         <v>76</v>
       </c>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57"/>
       <c r="AX57" t="s">
         <v>85</v>
       </c>
       <c r="AY57">
         <v>7612405791</v>
       </c>
       <c r="AZ57" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA57" t="s">
         <v>86</v>
       </c>
       <c r="BB57" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="BC57" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="BD57" t="s">
         <v>76</v>
       </c>
       <c r="BE57" t="s">
-        <v>640</v>
+        <v>628</v>
       </c>
       <c r="BF57" t="s">
         <v>76</v>
       </c>
       <c r="BG57" t="s">
-        <v>641</v>
+        <v>76</v>
       </c>
       <c r="BH57">
-        <v>248</v>
+        <v>383</v>
       </c>
       <c r="BI57" t="s">
         <v>89</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>76</v>
       </c>
       <c r="BN57" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57" t="s">
         <v>73</v>
       </c>
       <c r="BQ57" t="s">
         <v>76</v>
       </c>
       <c r="BR57">
         <v>5051.7</v>
       </c>
       <c r="BS57"/>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>643</v>
+        <v>630</v>
       </c>
       <c r="C58" t="s">
-        <v>644</v>
+        <v>631</v>
       </c>
       <c r="D58">
         <v>584143</v>
       </c>
       <c r="E58">
         <v>236.94</v>
       </c>
       <c r="F58" t="s">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="G58" t="s">
         <v>70</v>
       </c>
       <c r="H58" t="s">
-        <v>646</v>
+        <v>633</v>
       </c>
       <c r="I58">
         <v>63</v>
       </c>
       <c r="J58" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="K58" t="s">
         <v>73</v>
       </c>
       <c r="L58">
         <v>1652438852</v>
       </c>
       <c r="M58" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N58" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>647</v>
+        <v>634</v>
       </c>
       <c r="Q58" t="s">
-        <v>643</v>
+        <v>630</v>
       </c>
       <c r="R58" t="s">
         <v>76</v>
       </c>
       <c r="S58" t="s">
         <v>76</v>
       </c>
       <c r="T58" t="s">
         <v>174</v>
       </c>
       <c r="U58" t="s">
-        <v>644</v>
+        <v>631</v>
       </c>
       <c r="V58">
         <v>584143</v>
       </c>
       <c r="W58" t="s">
         <v>76</v>
       </c>
       <c r="X58">
         <v>236.94</v>
       </c>
       <c r="Y58">
         <v>20.6</v>
       </c>
       <c r="Z58" t="s">
         <v>76</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>78</v>
       </c>
       <c r="AC58" t="s">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="AD58" t="s">
-        <v>647</v>
+        <v>634</v>
       </c>
       <c r="AE58">
         <v>5535518145</v>
       </c>
       <c r="AF58">
         <v>5535518145</v>
       </c>
       <c r="AG58" t="s">
         <v>76</v>
       </c>
       <c r="AH58" t="s">
-        <v>648</v>
+        <v>635</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>649</v>
+        <v>636</v>
       </c>
       <c r="AK58" t="s">
         <v>70</v>
       </c>
       <c r="AL58" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="AM58" t="s">
         <v>82</v>
       </c>
       <c r="AN58" t="s">
-        <v>646</v>
+        <v>633</v>
       </c>
       <c r="AO58">
         <v>63</v>
       </c>
       <c r="AP58" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AQ58" t="s">
         <v>73</v>
       </c>
       <c r="AR58" t="s">
         <v>84</v>
       </c>
       <c r="AS58">
         <v>283662083128</v>
       </c>
       <c r="AT58" t="s">
         <v>76</v>
       </c>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58"/>
       <c r="AX58" t="s">
         <v>85</v>
       </c>
       <c r="AY58">
         <v>1652438852</v>
       </c>
       <c r="AZ58" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA58" t="s">
         <v>86</v>
       </c>
       <c r="BB58" t="s">
-        <v>643</v>
+        <v>630</v>
       </c>
       <c r="BC58" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="BD58" t="s">
         <v>76</v>
       </c>
       <c r="BE58" t="s">
-        <v>650</v>
+        <v>637</v>
       </c>
       <c r="BF58" t="s">
         <v>76</v>
       </c>
       <c r="BG58" t="s">
-        <v>76</v>
+        <v>638</v>
       </c>
       <c r="BH58">
         <v>337</v>
       </c>
       <c r="BI58" t="s">
         <v>89</v>
       </c>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>76</v>
       </c>
       <c r="BN58" t="s">
-        <v>651</v>
+        <v>639</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58" t="s">
         <v>73</v>
       </c>
       <c r="BQ58" t="s">
         <v>76</v>
       </c>
       <c r="BR58">
         <v>4881</v>
       </c>
       <c r="BS58"/>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="C59">
         <v>7610054534</v>
       </c>
       <c r="D59">
         <v>584110</v>
       </c>
       <c r="E59">
         <v>531.84</v>
       </c>
       <c r="F59" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="G59" t="s">
         <v>70</v>
       </c>
       <c r="H59" t="s">
-        <v>654</v>
+        <v>642</v>
       </c>
       <c r="I59">
         <v>204</v>
       </c>
       <c r="J59" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="K59" t="s">
         <v>73</v>
       </c>
       <c r="L59">
         <v>6651545272</v>
       </c>
       <c r="M59" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N59" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O59"/>
       <c r="P59" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
       <c r="Q59" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="R59" t="s">
         <v>76</v>
       </c>
       <c r="S59" t="s">
         <v>76</v>
       </c>
       <c r="T59" t="s">
         <v>174</v>
       </c>
       <c r="U59">
         <v>7610054534</v>
       </c>
       <c r="V59">
         <v>584110</v>
       </c>
       <c r="W59" t="s">
         <v>76</v>
       </c>
       <c r="X59">
         <v>531.84</v>
       </c>
       <c r="Y59">
         <v>20.6</v>
       </c>
       <c r="Z59" t="s">
         <v>76</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>78</v>
       </c>
       <c r="AC59" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="AD59" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
       <c r="AE59">
         <v>7471735516</v>
       </c>
       <c r="AF59">
         <v>7471735516</v>
       </c>
       <c r="AG59" t="s">
         <v>76</v>
       </c>
       <c r="AH59" t="s">
-        <v>656</v>
+        <v>644</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>657</v>
+        <v>645</v>
       </c>
       <c r="AK59" t="s">
         <v>70</v>
       </c>
       <c r="AL59" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="AM59" t="s">
         <v>82</v>
       </c>
       <c r="AN59" t="s">
-        <v>654</v>
+        <v>642</v>
       </c>
       <c r="AO59">
         <v>204</v>
       </c>
       <c r="AP59" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="AQ59" t="s">
         <v>73</v>
       </c>
       <c r="AR59" t="s">
         <v>84</v>
       </c>
       <c r="AS59">
         <v>283648726311</v>
       </c>
       <c r="AT59" t="s">
         <v>76</v>
       </c>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59">
         <v>0</v>
       </c>
       <c r="AX59" t="s">
         <v>85</v>
       </c>
       <c r="AY59">
         <v>6651545272</v>
       </c>
       <c r="AZ59" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA59" t="s">
         <v>86</v>
       </c>
       <c r="BB59" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="BC59" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="BD59" t="s">
-        <v>658</v>
+        <v>646</v>
       </c>
       <c r="BE59" t="s">
-        <v>659</v>
+        <v>647</v>
       </c>
       <c r="BF59" t="s">
         <v>76</v>
       </c>
       <c r="BG59" t="s">
-        <v>660</v>
+        <v>76</v>
       </c>
       <c r="BH59">
-        <v>213</v>
+        <v>384</v>
       </c>
       <c r="BI59" t="s">
         <v>89</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>76</v>
       </c>
       <c r="BN59" t="s">
-        <v>661</v>
+        <v>648</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59" t="s">
         <v>73</v>
       </c>
       <c r="BQ59" t="s">
         <v>76</v>
       </c>
       <c r="BR59">
         <v>10956</v>
       </c>
       <c r="BS59"/>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="C60">
         <v>6030054840</v>
       </c>
       <c r="D60">
         <v>584095</v>
       </c>
       <c r="E60">
         <v>345.68</v>
       </c>
       <c r="F60" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="G60" t="s">
         <v>70</v>
       </c>
       <c r="H60" t="s">
-        <v>664</v>
+        <v>651</v>
       </c>
       <c r="I60">
         <v>114.99</v>
       </c>
       <c r="J60" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
       <c r="K60" t="s">
         <v>73</v>
       </c>
       <c r="L60">
         <v>6651543662</v>
       </c>
       <c r="M60" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N60" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O60"/>
       <c r="P60">
         <v>2125051638</v>
       </c>
       <c r="Q60" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="R60" t="s">
         <v>76</v>
       </c>
       <c r="S60" t="s">
         <v>76</v>
       </c>
       <c r="T60" t="s">
         <v>174</v>
       </c>
       <c r="U60">
         <v>6030054840</v>
       </c>
       <c r="V60">
         <v>584095</v>
       </c>
       <c r="W60" t="s">
         <v>76</v>
       </c>
       <c r="X60">
         <v>345.68</v>
       </c>
       <c r="Y60">
         <v>20.6</v>
       </c>
       <c r="Z60" t="s">
         <v>76</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>78</v>
       </c>
       <c r="AC60" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="AD60">
         <v>2125051638</v>
       </c>
       <c r="AE60">
         <v>9999427200</v>
       </c>
       <c r="AF60">
         <v>9999427200</v>
       </c>
       <c r="AG60" t="s">
         <v>76</v>
       </c>
       <c r="AH60" t="s">
-        <v>666</v>
+        <v>653</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>667</v>
+        <v>654</v>
       </c>
       <c r="AK60" t="s">
         <v>70</v>
       </c>
       <c r="AL60" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
       <c r="AM60" t="s">
         <v>82</v>
       </c>
       <c r="AN60" t="s">
-        <v>664</v>
+        <v>651</v>
       </c>
       <c r="AO60">
         <v>114.99</v>
       </c>
       <c r="AP60" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="AQ60" t="s">
         <v>73</v>
       </c>
       <c r="AR60" t="s">
         <v>84</v>
       </c>
       <c r="AS60">
         <v>771043764737</v>
       </c>
       <c r="AT60" t="s">
         <v>76</v>
       </c>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60"/>
       <c r="AX60" t="s">
         <v>85</v>
       </c>
       <c r="AY60">
         <v>6651543662</v>
       </c>
       <c r="AZ60" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA60" t="s">
         <v>86</v>
       </c>
       <c r="BB60" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="BC60" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
       <c r="BD60" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="BE60" t="s">
-        <v>669</v>
+        <v>656</v>
       </c>
       <c r="BF60" t="s">
         <v>76</v>
       </c>
       <c r="BG60" t="s">
-        <v>670</v>
+        <v>76</v>
       </c>
       <c r="BH60">
-        <v>214</v>
+        <v>384</v>
       </c>
       <c r="BI60" t="s">
         <v>89</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>76</v>
       </c>
       <c r="BN60" t="s">
-        <v>671</v>
+        <v>657</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60" t="s">
         <v>73</v>
       </c>
       <c r="BQ60" t="s">
         <v>76</v>
       </c>
       <c r="BR60">
         <v>7121</v>
       </c>
       <c r="BS60"/>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="C61">
         <v>1760064388</v>
       </c>
       <c r="D61">
         <v>584025</v>
       </c>
       <c r="E61">
         <v>228.54</v>
       </c>
       <c r="F61" t="s">
-        <v>673</v>
+        <v>659</v>
       </c>
       <c r="G61" t="s">
         <v>70</v>
       </c>
       <c r="H61" t="s">
-        <v>674</v>
+        <v>660</v>
       </c>
       <c r="I61">
         <v>58.99</v>
       </c>
       <c r="J61" t="s">
-        <v>675</v>
+        <v>661</v>
       </c>
       <c r="K61" t="s">
         <v>73</v>
       </c>
       <c r="L61">
         <v>6651540593</v>
       </c>
       <c r="M61" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N61" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O61"/>
       <c r="P61">
         <v>14191017639</v>
       </c>
       <c r="Q61" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="R61" t="s">
         <v>76</v>
       </c>
       <c r="S61" t="s">
         <v>76</v>
       </c>
       <c r="T61" t="s">
         <v>77</v>
       </c>
       <c r="U61">
         <v>1760064388</v>
       </c>
       <c r="V61">
         <v>584025</v>
       </c>
       <c r="W61" t="s">
         <v>76</v>
       </c>
       <c r="X61">
         <v>228.54</v>
       </c>
       <c r="Y61">
         <v>20.6</v>
       </c>
       <c r="Z61" t="s">
         <v>76</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>78</v>
       </c>
       <c r="AC61" t="s">
-        <v>673</v>
+        <v>659</v>
       </c>
       <c r="AD61">
         <v>14191017639</v>
       </c>
       <c r="AE61">
         <v>3336786700</v>
       </c>
       <c r="AF61">
         <v>3336786700</v>
       </c>
       <c r="AG61" t="s">
         <v>76</v>
       </c>
       <c r="AH61" t="s">
-        <v>676</v>
+        <v>662</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>677</v>
+        <v>663</v>
       </c>
       <c r="AK61" t="s">
         <v>70</v>
       </c>
       <c r="AL61" t="s">
-        <v>675</v>
+        <v>661</v>
       </c>
       <c r="AM61" t="s">
         <v>82</v>
       </c>
       <c r="AN61" t="s">
-        <v>674</v>
+        <v>660</v>
       </c>
       <c r="AO61">
         <v>58.99</v>
       </c>
       <c r="AP61" t="s">
         <v>100</v>
       </c>
       <c r="AQ61" t="s">
         <v>73</v>
       </c>
       <c r="AR61" t="s">
         <v>84</v>
       </c>
       <c r="AS61">
         <v>283590021804</v>
       </c>
       <c r="AT61" t="s">
         <v>76</v>
       </c>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61" t="s">
         <v>85</v>
       </c>
       <c r="AY61">
         <v>6651540593</v>
       </c>
       <c r="AZ61" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA61" t="s">
         <v>86</v>
       </c>
       <c r="BB61" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="BC61" t="s">
-        <v>675</v>
+        <v>661</v>
       </c>
       <c r="BD61" t="s">
         <v>76</v>
       </c>
       <c r="BE61" t="s">
-        <v>678</v>
+        <v>664</v>
       </c>
       <c r="BF61" t="s">
         <v>76</v>
       </c>
       <c r="BG61" t="s">
-        <v>679</v>
+        <v>76</v>
       </c>
       <c r="BH61">
-        <v>222</v>
+        <v>386</v>
       </c>
       <c r="BI61" t="s">
         <v>89</v>
       </c>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>76</v>
       </c>
       <c r="BN61" t="s">
-        <v>680</v>
+        <v>665</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61" t="s">
         <v>73</v>
       </c>
       <c r="BQ61" t="s">
         <v>76</v>
       </c>
       <c r="BR61">
         <v>4708</v>
       </c>
       <c r="BS61"/>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>681</v>
+        <v>666</v>
       </c>
       <c r="C62">
         <v>3670054811</v>
       </c>
       <c r="D62">
         <v>583817</v>
       </c>
       <c r="E62">
         <v>237.38</v>
       </c>
       <c r="F62" t="s">
-        <v>682</v>
+        <v>667</v>
       </c>
       <c r="G62" t="s">
         <v>70</v>
       </c>
       <c r="H62" t="s">
-        <v>683</v>
+        <v>668</v>
       </c>
       <c r="I62">
         <v>63.2</v>
       </c>
       <c r="J62" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="K62" t="s">
         <v>73</v>
       </c>
       <c r="L62">
         <v>5789043573</v>
       </c>
       <c r="M62" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="N62" t="s">
-        <v>303</v>
+        <v>211</v>
       </c>
       <c r="O62"/>
       <c r="P62">
         <v>11451356014</v>
       </c>
       <c r="Q62" t="s">
-        <v>681</v>
+        <v>666</v>
       </c>
       <c r="R62" t="s">
         <v>76</v>
       </c>
       <c r="S62" t="s">
         <v>76</v>
       </c>
       <c r="T62" t="s">
         <v>174</v>
       </c>
       <c r="U62">
         <v>3670054811</v>
       </c>
       <c r="V62">
         <v>583817</v>
       </c>
       <c r="W62" t="s">
         <v>76</v>
       </c>
       <c r="X62">
         <v>237.38</v>
       </c>
       <c r="Y62">
         <v>20.6</v>
       </c>
       <c r="Z62" t="s">
         <v>76</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>78</v>
       </c>
       <c r="AC62" t="s">
-        <v>682</v>
+        <v>667</v>
       </c>
       <c r="AD62">
         <v>11451356014</v>
       </c>
       <c r="AE62" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="AF62" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="AG62" t="s">
         <v>76</v>
       </c>
       <c r="AH62" t="s">
-        <v>686</v>
+        <v>671</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
       <c r="AK62" t="s">
         <v>70</v>
       </c>
       <c r="AL62" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="AM62" t="s">
         <v>82</v>
       </c>
       <c r="AN62" t="s">
-        <v>683</v>
+        <v>668</v>
       </c>
       <c r="AO62">
         <v>63.2</v>
       </c>
       <c r="AP62" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="AQ62" t="s">
         <v>73</v>
       </c>
       <c r="AR62" t="s">
         <v>84</v>
       </c>
       <c r="AS62">
         <v>283419017897</v>
       </c>
       <c r="AT62" t="s">
         <v>76</v>
       </c>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62">
         <v>0</v>
       </c>
       <c r="AX62" t="s">
         <v>85</v>
       </c>
       <c r="AY62">
         <v>5789043573</v>
       </c>
       <c r="AZ62" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="BA62" t="s">
         <v>86</v>
       </c>
       <c r="BB62" t="s">
-        <v>681</v>
+        <v>666</v>
       </c>
       <c r="BC62" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="BD62" t="s">
-        <v>688</v>
+        <v>673</v>
       </c>
       <c r="BE62" t="s">
-        <v>689</v>
+        <v>674</v>
       </c>
       <c r="BF62" t="s">
         <v>76</v>
       </c>
       <c r="BG62" t="s">
-        <v>690</v>
+        <v>76</v>
       </c>
       <c r="BH62">
-        <v>228</v>
+        <v>389</v>
       </c>
       <c r="BI62" t="s">
         <v>89</v>
       </c>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>76</v>
       </c>
       <c r="BN62" t="s">
-        <v>691</v>
+        <v>675</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
         <v>73</v>
       </c>
       <c r="BQ62" t="s">
         <v>76</v>
       </c>
       <c r="BR62">
         <v>4890</v>
       </c>
       <c r="BS62"/>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
-        <v>692</v>
+        <v>676</v>
       </c>
       <c r="C63">
         <v>2950054472</v>
       </c>
       <c r="D63">
         <v>583766</v>
       </c>
       <c r="E63">
         <v>270.83</v>
       </c>
       <c r="F63" t="s">
-        <v>693</v>
+        <v>677</v>
       </c>
       <c r="G63" t="s">
         <v>70</v>
       </c>
       <c r="H63" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="I63">
         <v>79.2</v>
       </c>
       <c r="J63" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
       <c r="L63">
         <v>4710416185</v>
       </c>
       <c r="M63" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N63" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O63"/>
       <c r="P63" t="s">
-        <v>695</v>
+        <v>679</v>
       </c>
       <c r="Q63" t="s">
-        <v>692</v>
+        <v>676</v>
       </c>
       <c r="R63" t="s">
         <v>76</v>
       </c>
       <c r="S63" t="s">
         <v>76</v>
       </c>
       <c r="T63" t="s">
         <v>174</v>
       </c>
       <c r="U63">
         <v>2950054472</v>
       </c>
       <c r="V63">
         <v>583766</v>
       </c>
       <c r="W63" t="s">
         <v>76</v>
       </c>
       <c r="X63">
         <v>270.83</v>
       </c>
       <c r="Y63">
         <v>20.6</v>
       </c>
       <c r="Z63" t="s">
         <v>76</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>78</v>
       </c>
       <c r="AC63" t="s">
-        <v>693</v>
+        <v>677</v>
       </c>
       <c r="AD63" t="s">
-        <v>695</v>
+        <v>679</v>
       </c>
       <c r="AE63">
         <v>2299836344</v>
       </c>
       <c r="AF63">
         <v>2299836344</v>
       </c>
       <c r="AG63" t="s">
         <v>76</v>
       </c>
       <c r="AH63" t="s">
-        <v>696</v>
+        <v>680</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="AK63" t="s">
         <v>70</v>
       </c>
       <c r="AL63" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="AM63" t="s">
         <v>82</v>
       </c>
       <c r="AN63" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AO63">
         <v>79.2</v>
       </c>
       <c r="AP63" t="s">
-        <v>698</v>
+        <v>682</v>
       </c>
       <c r="AQ63" t="s">
         <v>73</v>
       </c>
       <c r="AR63" t="s">
         <v>84</v>
       </c>
       <c r="AS63">
         <v>283429382993</v>
       </c>
       <c r="AT63" t="s">
         <v>76</v>
       </c>
       <c r="AU63"/>
       <c r="AV63"/>
       <c r="AW63">
         <v>0</v>
       </c>
       <c r="AX63" t="s">
         <v>85</v>
       </c>
       <c r="AY63">
         <v>4710416185</v>
       </c>
       <c r="AZ63" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA63" t="s">
         <v>86</v>
       </c>
       <c r="BB63" t="s">
-        <v>692</v>
+        <v>676</v>
       </c>
       <c r="BC63" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="BD63" t="s">
         <v>76</v>
       </c>
       <c r="BE63" t="s">
-        <v>699</v>
+        <v>683</v>
       </c>
       <c r="BF63" t="s">
         <v>76</v>
       </c>
       <c r="BG63" t="s">
         <v>76</v>
       </c>
       <c r="BH63">
-        <v>344</v>
+        <v>390</v>
       </c>
       <c r="BI63" t="s">
         <v>89</v>
       </c>
       <c r="BJ63"/>
       <c r="BK63"/>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>76</v>
       </c>
       <c r="BN63" t="s">
-        <v>700</v>
+        <v>684</v>
       </c>
       <c r="BO63">
         <v>0</v>
       </c>
       <c r="BP63" t="s">
         <v>73</v>
       </c>
       <c r="BQ63" t="s">
         <v>76</v>
       </c>
       <c r="BR63">
         <v>5579</v>
       </c>
       <c r="BS63"/>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>701</v>
+        <v>685</v>
       </c>
       <c r="C64">
         <v>3360054250</v>
       </c>
       <c r="D64">
         <v>583716</v>
       </c>
       <c r="E64">
         <v>274.56</v>
       </c>
       <c r="F64" t="s">
-        <v>702</v>
+        <v>686</v>
       </c>
       <c r="G64" t="s">
         <v>70</v>
       </c>
       <c r="H64" t="s">
-        <v>703</v>
+        <v>687</v>
       </c>
       <c r="I64">
         <v>80.99</v>
       </c>
       <c r="J64" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="K64" t="s">
         <v>73</v>
       </c>
       <c r="L64" t="s">
-        <v>705</v>
+        <v>689</v>
       </c>
       <c r="M64" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64">
         <v>7757611180</v>
       </c>
       <c r="Q64" t="s">
-        <v>701</v>
+        <v>685</v>
       </c>
       <c r="R64" t="s">
         <v>76</v>
       </c>
       <c r="S64" t="s">
         <v>76</v>
       </c>
       <c r="T64" t="s">
         <v>174</v>
       </c>
       <c r="U64">
         <v>3360054250</v>
       </c>
       <c r="V64">
         <v>583716</v>
       </c>
       <c r="W64" t="s">
         <v>76</v>
       </c>
       <c r="X64">
         <v>274.56</v>
       </c>
       <c r="Y64">
         <v>20.6</v>
       </c>
       <c r="Z64" t="s">
         <v>76</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>78</v>
       </c>
       <c r="AC64" t="s">
-        <v>702</v>
+        <v>686</v>
       </c>
       <c r="AD64">
         <v>7757611180</v>
       </c>
       <c r="AE64" t="s">
-        <v>706</v>
+        <v>690</v>
       </c>
       <c r="AF64" t="s">
-        <v>706</v>
+        <v>690</v>
       </c>
       <c r="AG64" t="s">
         <v>76</v>
       </c>
       <c r="AH64" t="s">
-        <v>707</v>
+        <v>691</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>708</v>
+        <v>692</v>
       </c>
       <c r="AK64" t="s">
         <v>70</v>
       </c>
       <c r="AL64" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="AM64" t="s">
         <v>82</v>
       </c>
       <c r="AN64" t="s">
-        <v>703</v>
+        <v>687</v>
       </c>
       <c r="AO64">
         <v>80.99</v>
       </c>
       <c r="AP64" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="AQ64" t="s">
         <v>73</v>
       </c>
       <c r="AR64" t="s">
         <v>84</v>
       </c>
       <c r="AS64">
         <v>283331427143</v>
       </c>
       <c r="AT64" t="s">
         <v>76</v>
       </c>
       <c r="AU64"/>
       <c r="AV64"/>
       <c r="AW64"/>
       <c r="AX64" t="s">
         <v>85</v>
       </c>
       <c r="AY64" t="s">
-        <v>705</v>
+        <v>689</v>
       </c>
       <c r="AZ64" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA64" t="s">
         <v>86</v>
       </c>
       <c r="BB64" t="s">
-        <v>701</v>
+        <v>685</v>
       </c>
       <c r="BC64" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="BD64" t="s">
         <v>76</v>
       </c>
       <c r="BE64" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
       <c r="BF64" t="s">
         <v>76</v>
       </c>
       <c r="BG64" t="s">
         <v>76</v>
       </c>
       <c r="BH64">
-        <v>344</v>
+        <v>390</v>
       </c>
       <c r="BI64" t="s">
         <v>89</v>
       </c>
       <c r="BJ64"/>
       <c r="BK64"/>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>76</v>
       </c>
       <c r="BN64" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64" t="s">
         <v>73</v>
       </c>
       <c r="BQ64" t="s">
         <v>76</v>
       </c>
       <c r="BR64">
         <v>5656</v>
       </c>
       <c r="BS64"/>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>711</v>
+        <v>695</v>
       </c>
       <c r="C65">
         <v>2700054807</v>
       </c>
       <c r="D65">
         <v>583699</v>
       </c>
       <c r="E65">
         <v>237.38</v>
       </c>
       <c r="F65" t="s">
-        <v>712</v>
+        <v>696</v>
       </c>
       <c r="G65" t="s">
         <v>70</v>
       </c>
       <c r="H65" t="s">
-        <v>713</v>
+        <v>697</v>
       </c>
       <c r="I65">
         <v>63.2</v>
       </c>
       <c r="J65" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="K65" t="s">
         <v>73</v>
       </c>
       <c r="L65" t="s">
-        <v>714</v>
+        <v>698</v>
       </c>
       <c r="M65" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65">
         <v>11638798096</v>
       </c>
       <c r="Q65" t="s">
-        <v>711</v>
+        <v>695</v>
       </c>
       <c r="R65" t="s">
         <v>76</v>
       </c>
       <c r="S65" t="s">
         <v>76</v>
       </c>
       <c r="T65" t="s">
         <v>174</v>
       </c>
       <c r="U65">
         <v>2700054807</v>
       </c>
       <c r="V65">
         <v>583699</v>
       </c>
       <c r="W65" t="s">
         <v>76</v>
       </c>
       <c r="X65">
         <v>237.38</v>
       </c>
       <c r="Y65">
         <v>20.6</v>
       </c>
       <c r="Z65" t="s">
         <v>76</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>78</v>
       </c>
       <c r="AC65" t="s">
-        <v>712</v>
+        <v>696</v>
       </c>
       <c r="AD65">
         <v>11638798096</v>
       </c>
       <c r="AE65" t="s">
-        <v>715</v>
+        <v>699</v>
       </c>
       <c r="AF65" t="s">
-        <v>715</v>
+        <v>699</v>
       </c>
       <c r="AG65" t="s">
         <v>76</v>
       </c>
       <c r="AH65" t="s">
-        <v>716</v>
+        <v>700</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c r="AK65" t="s">
         <v>70</v>
       </c>
       <c r="AL65" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="AM65" t="s">
         <v>82</v>
       </c>
       <c r="AN65" t="s">
-        <v>713</v>
+        <v>697</v>
       </c>
       <c r="AO65">
         <v>63.2</v>
       </c>
       <c r="AP65" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="AQ65" t="s">
         <v>73</v>
       </c>
       <c r="AR65" t="s">
         <v>84</v>
       </c>
       <c r="AS65">
         <v>283335693579</v>
       </c>
       <c r="AT65" t="s">
         <v>76</v>
       </c>
       <c r="AU65"/>
       <c r="AV65"/>
       <c r="AW65"/>
       <c r="AX65" t="s">
         <v>85</v>
       </c>
       <c r="AY65" t="s">
-        <v>714</v>
+        <v>698</v>
       </c>
       <c r="AZ65" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA65" t="s">
         <v>86</v>
       </c>
       <c r="BB65" t="s">
-        <v>711</v>
+        <v>695</v>
       </c>
       <c r="BC65" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="BD65" t="s">
-        <v>718</v>
+        <v>702</v>
       </c>
       <c r="BE65" t="s">
-        <v>719</v>
+        <v>703</v>
       </c>
       <c r="BF65" t="s">
         <v>76</v>
       </c>
       <c r="BG65" t="s">
         <v>76</v>
       </c>
       <c r="BH65">
-        <v>344</v>
+        <v>390</v>
       </c>
       <c r="BI65" t="s">
         <v>89</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>76</v>
       </c>
       <c r="BN65" t="s">
-        <v>720</v>
+        <v>704</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65" t="s">
         <v>73</v>
       </c>
       <c r="BQ65" t="s">
         <v>76</v>
       </c>
       <c r="BR65">
         <v>4890</v>
       </c>
       <c r="BS65"/>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>721</v>
+        <v>705</v>
       </c>
       <c r="C66">
         <v>6410054677</v>
       </c>
       <c r="D66">
         <v>583611</v>
       </c>
       <c r="E66">
         <v>393.79</v>
       </c>
       <c r="F66" t="s">
-        <v>722</v>
+        <v>706</v>
       </c>
       <c r="G66" t="s">
         <v>70</v>
       </c>
       <c r="H66" t="s">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="I66">
         <v>138</v>
       </c>
       <c r="J66" t="s">
-        <v>724</v>
+        <v>708</v>
       </c>
       <c r="K66" t="s">
         <v>73</v>
       </c>
       <c r="L66" t="s">
-        <v>725</v>
+        <v>709</v>
       </c>
       <c r="M66" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66">
         <v>24427560989</v>
       </c>
       <c r="Q66" t="s">
-        <v>721</v>
+        <v>705</v>
       </c>
       <c r="R66" t="s">
         <v>76</v>
       </c>
       <c r="S66" t="s">
         <v>76</v>
       </c>
       <c r="T66" t="s">
         <v>77</v>
       </c>
       <c r="U66">
         <v>6410054677</v>
       </c>
       <c r="V66">
         <v>583611</v>
       </c>
       <c r="W66" t="s">
         <v>76</v>
       </c>
       <c r="X66">
         <v>393.79</v>
       </c>
       <c r="Y66">
         <v>20.6</v>
       </c>
       <c r="Z66" t="s">
         <v>76</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>78</v>
       </c>
       <c r="AC66" t="s">
-        <v>722</v>
+        <v>706</v>
       </c>
       <c r="AD66">
         <v>24427560989</v>
       </c>
       <c r="AE66">
         <v>4272683000</v>
       </c>
       <c r="AF66">
         <v>4272683000</v>
       </c>
       <c r="AG66" t="s">
         <v>76</v>
       </c>
       <c r="AH66" t="s">
-        <v>726</v>
+        <v>710</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>727</v>
+        <v>711</v>
       </c>
       <c r="AK66" t="s">
         <v>70</v>
       </c>
       <c r="AL66" t="s">
-        <v>724</v>
+        <v>708</v>
       </c>
       <c r="AM66" t="s">
         <v>82</v>
       </c>
       <c r="AN66" t="s">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="AO66">
         <v>138</v>
       </c>
       <c r="AP66" t="s">
-        <v>728</v>
+        <v>712</v>
       </c>
       <c r="AQ66" t="s">
         <v>73</v>
       </c>
       <c r="AR66" t="s">
         <v>84</v>
       </c>
       <c r="AS66">
         <v>283336429939</v>
       </c>
       <c r="AT66" t="s">
         <v>76</v>
       </c>
       <c r="AU66"/>
       <c r="AV66"/>
       <c r="AW66"/>
       <c r="AX66" t="s">
         <v>85</v>
       </c>
       <c r="AY66" t="s">
-        <v>725</v>
+        <v>709</v>
       </c>
       <c r="AZ66" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA66" t="s">
         <v>86</v>
       </c>
       <c r="BB66" t="s">
-        <v>721</v>
+        <v>705</v>
       </c>
       <c r="BC66" t="s">
-        <v>724</v>
+        <v>708</v>
       </c>
       <c r="BD66" t="s">
         <v>76</v>
       </c>
       <c r="BE66" t="s">
-        <v>729</v>
+        <v>713</v>
       </c>
       <c r="BF66" t="s">
         <v>76</v>
       </c>
       <c r="BG66" t="s">
         <v>76</v>
       </c>
       <c r="BH66">
-        <v>345</v>
+        <v>391</v>
       </c>
       <c r="BI66" t="s">
         <v>89</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>76</v>
       </c>
       <c r="BN66" t="s">
-        <v>730</v>
+        <v>714</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66" t="s">
         <v>73</v>
       </c>
       <c r="BQ66" t="s">
         <v>76</v>
       </c>
       <c r="BR66">
         <v>8112</v>
       </c>
       <c r="BS66"/>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="C67">
         <v>8290054493</v>
       </c>
       <c r="D67">
         <v>583565</v>
       </c>
       <c r="E67">
         <v>289.22</v>
       </c>
       <c r="F67" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="G67" t="s">
         <v>70</v>
       </c>
       <c r="H67" t="s">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="I67">
         <v>87.99</v>
       </c>
       <c r="J67" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
       <c r="K67" t="s">
         <v>73</v>
       </c>
       <c r="L67" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="M67" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67">
         <v>25214145559</v>
       </c>
       <c r="Q67" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="R67" t="s">
         <v>76</v>
       </c>
       <c r="S67" t="s">
         <v>76</v>
       </c>
       <c r="T67" t="s">
         <v>174</v>
       </c>
       <c r="U67">
         <v>8290054493</v>
       </c>
       <c r="V67">
         <v>583565</v>
       </c>
       <c r="W67" t="s">
         <v>76</v>
       </c>
       <c r="X67">
         <v>289.22</v>
       </c>
       <c r="Y67">
         <v>20.6</v>
       </c>
       <c r="Z67" t="s">
         <v>76</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>78</v>
       </c>
       <c r="AC67" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="AD67">
         <v>25214145559</v>
       </c>
       <c r="AE67" t="s">
-        <v>736</v>
+        <v>720</v>
       </c>
       <c r="AF67" t="s">
-        <v>736</v>
+        <v>720</v>
       </c>
       <c r="AG67" t="s">
         <v>76</v>
       </c>
       <c r="AH67" t="s">
-        <v>737</v>
+        <v>721</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>738</v>
+        <v>722</v>
       </c>
       <c r="AK67" t="s">
         <v>70</v>
       </c>
       <c r="AL67" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
       <c r="AM67" t="s">
         <v>82</v>
       </c>
       <c r="AN67" t="s">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="AO67">
         <v>87.99</v>
       </c>
       <c r="AP67" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="AQ67" t="s">
         <v>73</v>
       </c>
       <c r="AR67" t="s">
         <v>84</v>
       </c>
       <c r="AS67">
         <v>283332367357</v>
       </c>
       <c r="AT67" t="s">
         <v>76</v>
       </c>
       <c r="AU67"/>
       <c r="AV67"/>
       <c r="AW67"/>
       <c r="AX67" t="s">
         <v>85</v>
       </c>
       <c r="AY67" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="AZ67" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA67" t="s">
         <v>86</v>
       </c>
       <c r="BB67" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="BC67" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
       <c r="BD67" t="s">
         <v>76</v>
       </c>
       <c r="BE67" t="s">
-        <v>739</v>
+        <v>723</v>
       </c>
       <c r="BF67" t="s">
         <v>76</v>
       </c>
       <c r="BG67" t="s">
         <v>76</v>
       </c>
       <c r="BH67">
-        <v>346</v>
+        <v>392</v>
       </c>
       <c r="BI67" t="s">
         <v>89</v>
       </c>
       <c r="BJ67"/>
       <c r="BK67"/>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>76</v>
       </c>
       <c r="BN67" t="s">
-        <v>740</v>
+        <v>724</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67" t="s">
         <v>73</v>
       </c>
       <c r="BQ67" t="s">
         <v>76</v>
       </c>
       <c r="BR67">
         <v>5958</v>
       </c>
       <c r="BS67"/>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>741</v>
+        <v>725</v>
       </c>
       <c r="C68">
         <v>5010054569</v>
       </c>
       <c r="D68">
         <v>583423</v>
       </c>
       <c r="E68">
         <v>244.08</v>
       </c>
       <c r="F68" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="G68" t="s">
         <v>70</v>
       </c>
       <c r="H68" t="s">
-        <v>742</v>
+        <v>726</v>
       </c>
       <c r="I68">
         <v>66.4</v>
       </c>
       <c r="J68" t="s">
-        <v>743</v>
+        <v>727</v>
       </c>
       <c r="K68" t="s">
         <v>73</v>
       </c>
       <c r="L68" t="s">
-        <v>744</v>
+        <v>728</v>
       </c>
       <c r="M68" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68">
         <v>2420852886</v>
       </c>
       <c r="Q68" t="s">
-        <v>741</v>
+        <v>725</v>
       </c>
       <c r="R68" t="s">
         <v>76</v>
       </c>
       <c r="S68" t="s">
         <v>76</v>
       </c>
       <c r="T68" t="s">
         <v>174</v>
       </c>
       <c r="U68">
         <v>5010054569</v>
       </c>
       <c r="V68">
         <v>583423</v>
       </c>
       <c r="W68" t="s">
         <v>76</v>
       </c>
       <c r="X68">
         <v>244.08</v>
       </c>
       <c r="Y68">
         <v>20.6</v>
       </c>
       <c r="Z68" t="s">
         <v>76</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>78</v>
       </c>
       <c r="AC68" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="AD68">
         <v>2420852886</v>
       </c>
       <c r="AE68" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="AF68" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="AG68" t="s">
         <v>76</v>
       </c>
       <c r="AH68" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>612</v>
+        <v>599</v>
       </c>
       <c r="AK68" t="s">
         <v>70</v>
       </c>
       <c r="AL68" t="s">
-        <v>743</v>
+        <v>727</v>
       </c>
       <c r="AM68" t="s">
         <v>82</v>
       </c>
       <c r="AN68" t="s">
-        <v>742</v>
+        <v>726</v>
       </c>
       <c r="AO68">
         <v>66.4</v>
       </c>
       <c r="AP68" t="s">
-        <v>745</v>
+        <v>729</v>
       </c>
       <c r="AQ68" t="s">
         <v>73</v>
       </c>
       <c r="AR68" t="s">
         <v>84</v>
       </c>
       <c r="AS68">
         <v>283174021093</v>
       </c>
       <c r="AT68" t="s">
         <v>76</v>
       </c>
       <c r="AU68"/>
       <c r="AV68"/>
       <c r="AW68"/>
       <c r="AX68" t="s">
         <v>85</v>
       </c>
       <c r="AY68" t="s">
-        <v>744</v>
+        <v>728</v>
       </c>
       <c r="AZ68" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA68" t="s">
         <v>86</v>
       </c>
       <c r="BB68" t="s">
-        <v>741</v>
+        <v>725</v>
       </c>
       <c r="BC68" t="s">
-        <v>743</v>
+        <v>727</v>
       </c>
       <c r="BD68" t="s">
-        <v>746</v>
+        <v>730</v>
       </c>
       <c r="BE68" t="s">
-        <v>747</v>
+        <v>731</v>
       </c>
       <c r="BF68" t="s">
         <v>76</v>
       </c>
       <c r="BG68" t="s">
         <v>76</v>
       </c>
       <c r="BH68">
-        <v>348</v>
+        <v>394</v>
       </c>
       <c r="BI68" t="s">
         <v>89</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>76</v>
       </c>
       <c r="BN68" t="s">
-        <v>748</v>
+        <v>732</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
         <v>73</v>
       </c>
       <c r="BQ68" t="s">
         <v>76</v>
       </c>
       <c r="BR68">
         <v>5028</v>
       </c>
       <c r="BS68"/>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="C69">
         <v>7970054024</v>
       </c>
       <c r="D69">
         <v>583300</v>
       </c>
       <c r="E69">
         <v>234.03</v>
       </c>
       <c r="F69" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="G69" t="s">
         <v>70</v>
       </c>
       <c r="H69" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="I69">
         <v>61.6</v>
       </c>
       <c r="J69" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="K69" t="s">
         <v>73</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69">
         <v>290556422</v>
       </c>
       <c r="Q69" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="R69" t="s">
         <v>76</v>
       </c>
       <c r="S69" t="s">
         <v>76</v>
       </c>
       <c r="T69" t="s">
         <v>174</v>
       </c>
       <c r="U69">
         <v>7970054024</v>
       </c>
       <c r="V69">
         <v>583300</v>
       </c>
       <c r="W69" t="s">
         <v>76</v>
       </c>
       <c r="X69">
         <v>234.03</v>
       </c>
       <c r="Y69">
         <v>20.6</v>
       </c>
       <c r="Z69" t="s">
         <v>76</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>78</v>
       </c>
       <c r="AC69" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="AD69">
         <v>290556422</v>
       </c>
       <c r="AE69" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
       <c r="AF69" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
       <c r="AG69" t="s">
         <v>76</v>
       </c>
       <c r="AH69" t="s">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>755</v>
+        <v>739</v>
       </c>
       <c r="AK69" t="s">
         <v>70</v>
       </c>
       <c r="AL69" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="AM69" t="s">
         <v>82</v>
       </c>
       <c r="AN69" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="AO69">
         <v>61.6</v>
       </c>
       <c r="AP69" t="s">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="AQ69" t="s">
         <v>73</v>
       </c>
       <c r="AR69" t="s">
         <v>84</v>
       </c>
       <c r="AS69">
         <v>283065656384</v>
       </c>
       <c r="AT69" t="s">
         <v>76</v>
       </c>
       <c r="AU69"/>
       <c r="AV69"/>
       <c r="AW69">
         <v>0</v>
       </c>
       <c r="AX69"/>
       <c r="AY69"/>
       <c r="AZ69" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA69" t="s">
         <v>86</v>
       </c>
       <c r="BB69" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="BC69" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="BD69" t="s">
-        <v>757</v>
+        <v>741</v>
       </c>
       <c r="BE69" t="s">
-        <v>758</v>
+        <v>742</v>
       </c>
       <c r="BF69" t="s">
         <v>76</v>
       </c>
       <c r="BG69" t="s">
         <v>76</v>
       </c>
       <c r="BH69">
-        <v>350</v>
+        <v>396</v>
       </c>
       <c r="BI69" t="s">
         <v>89</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>76</v>
       </c>
       <c r="BN69" t="s">
-        <v>759</v>
+        <v>743</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69" t="s">
         <v>73</v>
       </c>
       <c r="BQ69" t="s">
         <v>76</v>
       </c>
       <c r="BR69">
         <v>4821</v>
       </c>
       <c r="BS69"/>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
-        <v>760</v>
+        <v>744</v>
       </c>
       <c r="C70">
         <v>2420054298</v>
       </c>
       <c r="D70">
         <v>583258</v>
       </c>
       <c r="E70">
         <v>320.58</v>
       </c>
       <c r="F70" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="G70" t="s">
         <v>70</v>
       </c>
       <c r="H70" t="s">
-        <v>762</v>
+        <v>746</v>
       </c>
       <c r="I70">
         <v>102.99</v>
       </c>
       <c r="J70" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="K70" t="s">
         <v>73</v>
       </c>
       <c r="L70" t="s">
-        <v>763</v>
+        <v>747</v>
       </c>
       <c r="M70" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70">
         <v>307988722</v>
       </c>
       <c r="Q70" t="s">
-        <v>760</v>
+        <v>744</v>
       </c>
       <c r="R70" t="s">
         <v>76</v>
       </c>
       <c r="S70" t="s">
         <v>76</v>
       </c>
       <c r="T70" t="s">
         <v>174</v>
       </c>
       <c r="U70">
         <v>2420054298</v>
       </c>
       <c r="V70">
         <v>583258</v>
       </c>
       <c r="W70" t="s">
         <v>76</v>
       </c>
       <c r="X70">
         <v>320.58</v>
       </c>
       <c r="Y70">
         <v>20.6</v>
       </c>
       <c r="Z70" t="s">
         <v>76</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>78</v>
       </c>
       <c r="AC70" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="AD70">
         <v>307988722</v>
       </c>
       <c r="AE70" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="AF70" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="AG70" t="s">
         <v>76</v>
       </c>
       <c r="AH70" t="s">
-        <v>765</v>
+        <v>749</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="AK70" t="s">
         <v>70</v>
       </c>
       <c r="AL70" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="AM70" t="s">
         <v>82</v>
       </c>
       <c r="AN70" t="s">
-        <v>762</v>
+        <v>746</v>
       </c>
       <c r="AO70">
         <v>102.99</v>
       </c>
       <c r="AP70" t="s">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="AQ70" t="s">
         <v>73</v>
       </c>
       <c r="AR70" t="s">
         <v>84</v>
       </c>
       <c r="AS70">
         <v>283037163073</v>
       </c>
       <c r="AT70" t="s">
         <v>76</v>
       </c>
       <c r="AU70"/>
       <c r="AV70"/>
       <c r="AW70"/>
       <c r="AX70" t="s">
         <v>85</v>
       </c>
       <c r="AY70" t="s">
-        <v>763</v>
+        <v>747</v>
       </c>
       <c r="AZ70" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA70" t="s">
         <v>86</v>
       </c>
       <c r="BB70" t="s">
-        <v>760</v>
+        <v>744</v>
       </c>
       <c r="BC70" t="s">
+        <v>736</v>
+      </c>
+      <c r="BD70" t="s">
+        <v>751</v>
+      </c>
+      <c r="BE70" t="s">
         <v>752</v>
       </c>
-      <c r="BD70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF70" t="s">
         <v>76</v>
       </c>
       <c r="BG70" t="s">
         <v>76</v>
       </c>
       <c r="BH70">
-        <v>350</v>
+        <v>396</v>
       </c>
       <c r="BI70" t="s">
         <v>89</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70"/>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>76</v>
       </c>
       <c r="BN70" t="s">
-        <v>769</v>
+        <v>753</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70" t="s">
         <v>73</v>
       </c>
       <c r="BQ70" t="s">
         <v>76</v>
       </c>
       <c r="BR70">
         <v>6604</v>
       </c>
       <c r="BS70"/>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="C71">
         <v>5340053934</v>
       </c>
       <c r="D71">
         <v>583252</v>
       </c>
       <c r="E71">
         <v>345.68</v>
       </c>
       <c r="F71" t="s">
-        <v>557</v>
+        <v>542</v>
       </c>
       <c r="G71" t="s">
         <v>70</v>
       </c>
       <c r="H71" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="I71">
         <v>114.99</v>
       </c>
       <c r="J71" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="K71" t="s">
         <v>73</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71">
         <v>5481978789</v>
       </c>
       <c r="Q71" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="R71" t="s">
         <v>76</v>
       </c>
       <c r="S71" t="s">
         <v>76</v>
       </c>
       <c r="T71" t="s">
         <v>77</v>
       </c>
       <c r="U71">
         <v>5340053934</v>
       </c>
       <c r="V71">
         <v>583252</v>
       </c>
       <c r="W71" t="s">
         <v>76</v>
       </c>
       <c r="X71">
         <v>345.68</v>
       </c>
       <c r="Y71">
         <v>20.6</v>
       </c>
       <c r="Z71" t="s">
         <v>76</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>78</v>
       </c>
       <c r="AC71" t="s">
-        <v>557</v>
+        <v>542</v>
       </c>
       <c r="AD71">
         <v>5481978789</v>
       </c>
       <c r="AE71" t="s">
-        <v>560</v>
+        <v>545</v>
       </c>
       <c r="AF71" t="s">
-        <v>560</v>
+        <v>545</v>
       </c>
       <c r="AG71" t="s">
         <v>76</v>
       </c>
       <c r="AH71" t="s">
-        <v>561</v>
+        <v>546</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>562</v>
+        <v>547</v>
       </c>
       <c r="AK71" t="s">
         <v>70</v>
       </c>
       <c r="AL71" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="AM71" t="s">
         <v>82</v>
       </c>
       <c r="AN71" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="AO71">
         <v>114.99</v>
       </c>
       <c r="AP71" t="s">
-        <v>772</v>
+        <v>756</v>
       </c>
       <c r="AQ71" t="s">
         <v>73</v>
       </c>
       <c r="AR71" t="s">
         <v>84</v>
       </c>
       <c r="AS71">
         <v>283036953825</v>
       </c>
       <c r="AT71" t="s">
         <v>76</v>
       </c>
       <c r="AU71"/>
       <c r="AV71"/>
       <c r="AW71">
         <v>0</v>
       </c>
       <c r="AX71"/>
       <c r="AY71"/>
       <c r="AZ71" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA71" t="s">
         <v>86</v>
       </c>
       <c r="BB71" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="BC71" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="BD71" t="s">
-        <v>773</v>
+        <v>757</v>
       </c>
       <c r="BE71" t="s">
-        <v>774</v>
+        <v>758</v>
       </c>
       <c r="BF71" t="s">
         <v>76</v>
       </c>
       <c r="BG71" t="s">
         <v>76</v>
       </c>
       <c r="BH71">
-        <v>350</v>
+        <v>396</v>
       </c>
       <c r="BI71" t="s">
         <v>89</v>
       </c>
       <c r="BJ71"/>
       <c r="BK71"/>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>76</v>
       </c>
       <c r="BN71" t="s">
-        <v>775</v>
+        <v>759</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71" t="s">
         <v>73</v>
       </c>
       <c r="BQ71" t="s">
         <v>76</v>
       </c>
       <c r="BR71">
         <v>7121</v>
       </c>
       <c r="BS71"/>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
-        <v>776</v>
+        <v>760</v>
       </c>
       <c r="C72">
         <v>1590053622</v>
       </c>
       <c r="D72">
         <v>583153</v>
       </c>
       <c r="E72">
         <v>321.02</v>
       </c>
       <c r="F72" t="s">
-        <v>777</v>
+        <v>761</v>
       </c>
       <c r="G72" t="s">
         <v>70</v>
       </c>
       <c r="H72" t="s">
-        <v>778</v>
+        <v>762</v>
       </c>
       <c r="I72">
         <v>85.99</v>
       </c>
       <c r="J72" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="K72" t="s">
         <v>73</v>
       </c>
       <c r="L72" t="s">
-        <v>780</v>
+        <v>764</v>
       </c>
       <c r="M72" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72">
         <v>29194550832</v>
       </c>
       <c r="Q72" t="s">
-        <v>776</v>
+        <v>760</v>
       </c>
       <c r="R72" t="s">
         <v>76</v>
       </c>
       <c r="S72" t="s">
         <v>76</v>
       </c>
       <c r="T72" t="s">
         <v>77</v>
       </c>
       <c r="U72">
         <v>1590053622</v>
       </c>
       <c r="V72">
         <v>583153</v>
       </c>
       <c r="W72" t="s">
         <v>76</v>
       </c>
       <c r="X72">
         <v>321.02</v>
       </c>
       <c r="Y72">
         <v>20.6</v>
       </c>
       <c r="Z72" t="s">
         <v>76</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>78</v>
       </c>
       <c r="AC72" t="s">
-        <v>777</v>
+        <v>761</v>
       </c>
       <c r="AD72">
         <v>29194550832</v>
       </c>
       <c r="AE72">
         <v>58988700</v>
       </c>
       <c r="AF72">
         <v>58988700</v>
       </c>
       <c r="AG72" t="s">
         <v>76</v>
       </c>
       <c r="AH72" t="s">
-        <v>781</v>
+        <v>765</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>782</v>
+        <v>766</v>
       </c>
       <c r="AK72" t="s">
         <v>70</v>
       </c>
       <c r="AL72" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="AM72" t="s">
         <v>82</v>
       </c>
       <c r="AN72" t="s">
-        <v>778</v>
+        <v>762</v>
       </c>
       <c r="AO72">
         <v>85.99</v>
       </c>
       <c r="AP72" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="AQ72" t="s">
         <v>73</v>
       </c>
       <c r="AR72" t="s">
         <v>84</v>
       </c>
       <c r="AS72">
         <v>282999185534</v>
       </c>
       <c r="AT72" t="s">
         <v>76</v>
       </c>
       <c r="AU72"/>
       <c r="AV72"/>
       <c r="AW72">
         <v>0</v>
       </c>
       <c r="AX72" t="s">
         <v>85</v>
       </c>
       <c r="AY72" t="s">
-        <v>780</v>
+        <v>764</v>
       </c>
       <c r="AZ72" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA72" t="s">
         <v>86</v>
       </c>
       <c r="BB72" t="s">
-        <v>776</v>
+        <v>760</v>
       </c>
       <c r="BC72" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="BD72" t="s">
-        <v>784</v>
+        <v>768</v>
       </c>
       <c r="BE72" t="s">
-        <v>785</v>
+        <v>769</v>
       </c>
       <c r="BF72" t="s">
         <v>76</v>
       </c>
       <c r="BG72" t="s">
         <v>76</v>
       </c>
       <c r="BH72">
-        <v>351</v>
+        <v>397</v>
       </c>
       <c r="BI72" t="s">
         <v>89</v>
       </c>
       <c r="BJ72"/>
       <c r="BK72"/>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>76</v>
       </c>
       <c r="BN72" t="s">
-        <v>786</v>
+        <v>770</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72" t="s">
         <v>73</v>
       </c>
       <c r="BQ72" t="s">
         <v>76</v>
       </c>
       <c r="BR72">
         <v>6613</v>
       </c>
       <c r="BS72"/>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
         <v>66</v>
       </c>
       <c r="B73" t="s">
-        <v>787</v>
+        <v>771</v>
       </c>
       <c r="C73">
         <v>8000053403</v>
       </c>
       <c r="D73">
         <v>583151</v>
       </c>
       <c r="E73">
         <v>272.48</v>
       </c>
       <c r="F73" t="s">
-        <v>788</v>
+        <v>772</v>
       </c>
       <c r="G73" t="s">
         <v>70</v>
       </c>
       <c r="H73" t="s">
-        <v>789</v>
+        <v>773</v>
       </c>
       <c r="I73">
         <v>79.99</v>
       </c>
       <c r="J73" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="K73" t="s">
         <v>73</v>
       </c>
       <c r="L73" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="M73" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73">
         <v>1078383069</v>
       </c>
       <c r="Q73" t="s">
-        <v>787</v>
+        <v>771</v>
       </c>
       <c r="R73" t="s">
         <v>76</v>
       </c>
       <c r="S73" t="s">
         <v>76</v>
       </c>
       <c r="T73" t="s">
         <v>77</v>
       </c>
       <c r="U73">
         <v>8000053403</v>
       </c>
       <c r="V73">
         <v>583151</v>
       </c>
       <c r="W73" t="s">
         <v>76</v>
       </c>
       <c r="X73">
         <v>272.48</v>
       </c>
       <c r="Y73">
         <v>20.6</v>
       </c>
       <c r="Z73" t="s">
         <v>76</v>
       </c>
       <c r="AA73" t="s">
         <v>66</v>
       </c>
       <c r="AB73" t="s">
         <v>78</v>
       </c>
       <c r="AC73" t="s">
-        <v>788</v>
+        <v>772</v>
       </c>
       <c r="AD73">
         <v>1078383069</v>
       </c>
       <c r="AE73">
         <v>5553286400</v>
       </c>
       <c r="AF73">
         <v>5553286400</v>
       </c>
       <c r="AG73" t="s">
         <v>76</v>
       </c>
       <c r="AH73" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73" t="s">
-        <v>792</v>
+        <v>776</v>
       </c>
       <c r="AK73" t="s">
         <v>70</v>
       </c>
       <c r="AL73" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="AM73" t="s">
         <v>82</v>
       </c>
       <c r="AN73" t="s">
-        <v>789</v>
+        <v>773</v>
       </c>
       <c r="AO73">
         <v>79.99</v>
       </c>
       <c r="AP73" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ73" t="s">
         <v>73</v>
       </c>
       <c r="AR73" t="s">
         <v>84</v>
       </c>
       <c r="AS73">
         <v>282999791124</v>
       </c>
       <c r="AT73" t="s">
         <v>76</v>
       </c>
       <c r="AU73"/>
       <c r="AV73"/>
       <c r="AW73">
         <v>0</v>
       </c>
       <c r="AX73" t="s">
         <v>85</v>
       </c>
       <c r="AY73" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="AZ73" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA73" t="s">
         <v>86</v>
       </c>
       <c r="BB73" t="s">
-        <v>787</v>
+        <v>771</v>
       </c>
       <c r="BC73" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="BD73" t="s">
-        <v>793</v>
+        <v>777</v>
       </c>
       <c r="BE73" t="s">
-        <v>794</v>
+        <v>778</v>
       </c>
       <c r="BF73" t="s">
         <v>76</v>
       </c>
       <c r="BG73" t="s">
         <v>76</v>
       </c>
       <c r="BH73">
-        <v>351</v>
+        <v>397</v>
       </c>
       <c r="BI73" t="s">
         <v>89</v>
       </c>
       <c r="BJ73"/>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>76</v>
       </c>
       <c r="BN73" t="s">
-        <v>795</v>
+        <v>779</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73" t="s">
         <v>73</v>
       </c>
       <c r="BQ73" t="s">
         <v>76</v>
       </c>
       <c r="BR73">
         <v>5613</v>
       </c>
       <c r="BS73"/>
     </row>
     <row r="74" spans="1:71">
       <c r="A74" t="s">
         <v>66</v>
       </c>
       <c r="B74" t="s">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="C74">
         <v>2090053970</v>
       </c>
       <c r="D74">
         <v>583150</v>
       </c>
       <c r="E74">
         <v>358.25</v>
       </c>
       <c r="F74" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="G74" t="s">
         <v>70</v>
       </c>
       <c r="H74" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="I74">
         <v>120.99</v>
       </c>
       <c r="J74" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="K74" t="s">
         <v>73</v>
       </c>
       <c r="L74" t="s">
-        <v>799</v>
+        <v>783</v>
       </c>
       <c r="M74" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74">
         <v>10224242790</v>
       </c>
       <c r="Q74" t="s">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="R74" t="s">
         <v>76</v>
       </c>
       <c r="S74" t="s">
         <v>76</v>
       </c>
       <c r="T74" t="s">
         <v>77</v>
       </c>
       <c r="U74">
         <v>2090053970</v>
       </c>
       <c r="V74">
         <v>583150</v>
       </c>
       <c r="W74" t="s">
         <v>76</v>
       </c>
       <c r="X74">
         <v>358.25</v>
       </c>
       <c r="Y74">
         <v>20.6</v>
       </c>
       <c r="Z74" t="s">
         <v>76</v>
       </c>
       <c r="AA74" t="s">
         <v>66</v>
       </c>
       <c r="AB74" t="s">
         <v>78</v>
       </c>
       <c r="AC74" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="AD74">
         <v>10224242790</v>
       </c>
       <c r="AE74" t="s">
-        <v>800</v>
+        <v>784</v>
       </c>
       <c r="AF74" t="s">
-        <v>800</v>
+        <v>784</v>
       </c>
       <c r="AG74" t="s">
         <v>76</v>
       </c>
       <c r="AH74" t="s">
-        <v>801</v>
+        <v>785</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74" t="s">
-        <v>802</v>
+        <v>786</v>
       </c>
       <c r="AK74" t="s">
         <v>70</v>
       </c>
       <c r="AL74" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="AM74" t="s">
         <v>82</v>
       </c>
       <c r="AN74" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="AO74">
         <v>120.99</v>
       </c>
       <c r="AP74" t="s">
-        <v>803</v>
+        <v>787</v>
       </c>
       <c r="AQ74" t="s">
         <v>73</v>
       </c>
       <c r="AR74" t="s">
         <v>84</v>
       </c>
       <c r="AS74">
         <v>282999427985</v>
       </c>
       <c r="AT74" t="s">
         <v>76</v>
       </c>
       <c r="AU74"/>
       <c r="AV74"/>
       <c r="AW74"/>
       <c r="AX74" t="s">
         <v>85</v>
       </c>
       <c r="AY74" t="s">
-        <v>799</v>
+        <v>783</v>
       </c>
       <c r="AZ74" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA74" t="s">
         <v>86</v>
       </c>
       <c r="BB74" t="s">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="BC74" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="BD74" t="s">
-        <v>804</v>
+        <v>788</v>
       </c>
       <c r="BE74" t="s">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="BF74" t="s">
         <v>76</v>
       </c>
       <c r="BG74" t="s">
         <v>76</v>
       </c>
       <c r="BH74">
-        <v>351</v>
+        <v>397</v>
       </c>
       <c r="BI74" t="s">
         <v>89</v>
       </c>
       <c r="BJ74"/>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>76</v>
       </c>
       <c r="BN74" t="s">
-        <v>806</v>
+        <v>790</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74" t="s">
         <v>73</v>
       </c>
       <c r="BQ74" t="s">
         <v>76</v>
       </c>
       <c r="BR74">
         <v>7380</v>
       </c>
       <c r="BS74"/>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
         <v>66</v>
       </c>
       <c r="B75" t="s">
-        <v>807</v>
+        <v>791</v>
       </c>
       <c r="C75">
         <v>4110052865</v>
       </c>
       <c r="D75">
         <v>583078</v>
       </c>
       <c r="E75">
         <v>314.32</v>
       </c>
       <c r="F75" t="s">
-        <v>808</v>
+        <v>792</v>
       </c>
       <c r="G75" t="s">
         <v>70</v>
       </c>
       <c r="H75" t="s">
-        <v>809</v>
+        <v>793</v>
       </c>
       <c r="I75">
         <v>99.99</v>
       </c>
       <c r="J75" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="K75" t="s">
         <v>73</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75">
         <v>21039765813</v>
       </c>
       <c r="Q75" t="s">
-        <v>807</v>
+        <v>791</v>
       </c>
       <c r="R75" t="s">
         <v>76</v>
       </c>
       <c r="S75" t="s">
         <v>76</v>
       </c>
       <c r="T75" t="s">
         <v>77</v>
       </c>
       <c r="U75">
         <v>4110052865</v>
       </c>
       <c r="V75">
         <v>583078</v>
       </c>
       <c r="W75" t="s">
         <v>76</v>
       </c>
       <c r="X75">
         <v>314.32</v>
       </c>
       <c r="Y75">
         <v>20.6</v>
       </c>
       <c r="Z75" t="s">
         <v>76</v>
       </c>
       <c r="AA75" t="s">
         <v>66</v>
       </c>
       <c r="AB75" t="s">
         <v>78</v>
       </c>
       <c r="AC75" t="s">
-        <v>808</v>
+        <v>792</v>
       </c>
       <c r="AD75">
         <v>21039765813</v>
       </c>
       <c r="AE75" t="s">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="AF75" t="s">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="AG75" t="s">
         <v>76</v>
       </c>
       <c r="AH75" t="s">
-        <v>812</v>
+        <v>796</v>
       </c>
       <c r="AI75"/>
       <c r="AJ75" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="AK75" t="s">
         <v>70</v>
       </c>
       <c r="AL75" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="AM75" t="s">
         <v>82</v>
       </c>
       <c r="AN75" t="s">
-        <v>809</v>
+        <v>793</v>
       </c>
       <c r="AO75">
         <v>99.99</v>
       </c>
       <c r="AP75" t="s">
-        <v>814</v>
+        <v>798</v>
       </c>
       <c r="AQ75" t="s">
         <v>73</v>
       </c>
       <c r="AR75" t="s">
         <v>84</v>
       </c>
       <c r="AS75">
         <v>282978159024</v>
       </c>
       <c r="AT75" t="s">
         <v>76</v>
       </c>
       <c r="AU75"/>
       <c r="AV75"/>
       <c r="AW75"/>
       <c r="AX75"/>
       <c r="AY75"/>
       <c r="AZ75" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA75" t="s">
         <v>86</v>
       </c>
       <c r="BB75" t="s">
-        <v>807</v>
+        <v>791</v>
       </c>
       <c r="BC75" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="BD75" t="s">
-        <v>815</v>
+        <v>799</v>
       </c>
       <c r="BE75" t="s">
-        <v>816</v>
+        <v>800</v>
       </c>
       <c r="BF75" t="s">
         <v>76</v>
       </c>
       <c r="BG75" t="s">
         <v>76</v>
       </c>
       <c r="BH75">
-        <v>352</v>
+        <v>398</v>
       </c>
       <c r="BI75" t="s">
         <v>89</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>76</v>
       </c>
       <c r="BN75" t="s">
-        <v>817</v>
+        <v>801</v>
       </c>
       <c r="BO75">
         <v>0</v>
       </c>
       <c r="BP75" t="s">
         <v>73</v>
       </c>
       <c r="BQ75" t="s">
         <v>76</v>
       </c>
       <c r="BR75">
         <v>6475</v>
       </c>
       <c r="BS75"/>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
         <v>66</v>
       </c>
       <c r="B76" t="s">
-        <v>818</v>
+        <v>802</v>
       </c>
       <c r="C76">
         <v>7290052967</v>
       </c>
       <c r="D76">
         <v>583066</v>
       </c>
       <c r="E76">
         <v>270.83</v>
       </c>
       <c r="F76" t="s">
-        <v>819</v>
+        <v>803</v>
       </c>
       <c r="G76" t="s">
         <v>70</v>
       </c>
       <c r="H76" t="s">
-        <v>820</v>
+        <v>804</v>
       </c>
       <c r="I76">
         <v>79.2</v>
       </c>
       <c r="J76" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="K76" t="s">
         <v>73</v>
       </c>
       <c r="L76" t="s">
-        <v>821</v>
+        <v>805</v>
       </c>
       <c r="M76" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76">
         <v>10549369439</v>
       </c>
       <c r="Q76" t="s">
-        <v>818</v>
+        <v>802</v>
       </c>
       <c r="R76" t="s">
         <v>76</v>
       </c>
       <c r="S76" t="s">
         <v>76</v>
       </c>
       <c r="T76" t="s">
         <v>77</v>
       </c>
       <c r="U76">
         <v>7290052967</v>
       </c>
       <c r="V76">
         <v>583066</v>
       </c>
       <c r="W76" t="s">
         <v>76</v>
       </c>
       <c r="X76">
         <v>270.83</v>
       </c>
       <c r="Y76">
         <v>20.6</v>
       </c>
       <c r="Z76" t="s">
         <v>76</v>
       </c>
       <c r="AA76" t="s">
         <v>66</v>
       </c>
       <c r="AB76" t="s">
         <v>78</v>
       </c>
       <c r="AC76" t="s">
-        <v>819</v>
+        <v>803</v>
       </c>
       <c r="AD76">
         <v>10549369439</v>
       </c>
       <c r="AE76" t="s">
-        <v>822</v>
+        <v>806</v>
       </c>
       <c r="AF76" t="s">
-        <v>822</v>
+        <v>806</v>
       </c>
       <c r="AG76" t="s">
         <v>76</v>
       </c>
       <c r="AH76" t="s">
-        <v>823</v>
+        <v>807</v>
       </c>
       <c r="AI76"/>
       <c r="AJ76" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="AK76" t="s">
         <v>70</v>
       </c>
       <c r="AL76" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="AM76" t="s">
         <v>82</v>
       </c>
       <c r="AN76" t="s">
-        <v>820</v>
+        <v>804</v>
       </c>
       <c r="AO76">
         <v>79.2</v>
       </c>
       <c r="AP76" t="s">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c r="AQ76" t="s">
         <v>73</v>
       </c>
       <c r="AR76" t="s">
         <v>84</v>
       </c>
       <c r="AS76">
         <v>282979883296</v>
       </c>
       <c r="AT76" t="s">
         <v>76</v>
       </c>
       <c r="AU76"/>
       <c r="AV76"/>
       <c r="AW76"/>
       <c r="AX76" t="s">
         <v>85</v>
       </c>
       <c r="AY76" t="s">
-        <v>821</v>
+        <v>805</v>
       </c>
       <c r="AZ76" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA76" t="s">
         <v>86</v>
       </c>
       <c r="BB76" t="s">
-        <v>818</v>
+        <v>802</v>
       </c>
       <c r="BC76" t="s">
+        <v>794</v>
+      </c>
+      <c r="BD76" t="s">
+        <v>809</v>
+      </c>
+      <c r="BE76" t="s">
         <v>810</v>
       </c>
-      <c r="BD76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF76" t="s">
         <v>76</v>
       </c>
       <c r="BG76" t="s">
         <v>76</v>
       </c>
       <c r="BH76">
-        <v>352</v>
+        <v>398</v>
       </c>
       <c r="BI76" t="s">
         <v>89</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>76</v>
       </c>
       <c r="BN76" t="s">
-        <v>827</v>
+        <v>811</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76" t="s">
         <v>73</v>
       </c>
       <c r="BQ76" t="s">
         <v>76</v>
       </c>
       <c r="BR76">
         <v>5579</v>
       </c>
       <c r="BS76"/>
     </row>
     <row r="77" spans="1:71">
       <c r="A77" t="s">
         <v>66</v>
       </c>
       <c r="B77" t="s">
-        <v>828</v>
+        <v>812</v>
       </c>
       <c r="C77" t="s">
-        <v>829</v>
+        <v>813</v>
       </c>
       <c r="D77">
         <v>583007</v>
       </c>
       <c r="E77">
         <v>556.94</v>
       </c>
       <c r="F77" t="s">
-        <v>830</v>
+        <v>814</v>
       </c>
       <c r="G77" t="s">
         <v>70</v>
       </c>
       <c r="H77" t="s">
-        <v>831</v>
+        <v>815</v>
       </c>
       <c r="I77">
         <v>216</v>
       </c>
       <c r="J77" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
       <c r="K77" t="s">
         <v>73</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77">
         <v>11815733900</v>
       </c>
       <c r="Q77" t="s">
-        <v>828</v>
+        <v>812</v>
       </c>
       <c r="R77" t="s">
         <v>76</v>
       </c>
       <c r="S77" t="s">
         <v>76</v>
       </c>
       <c r="T77" t="s">
         <v>77</v>
       </c>
       <c r="U77" t="s">
-        <v>829</v>
+        <v>813</v>
       </c>
       <c r="V77">
         <v>583007</v>
       </c>
       <c r="W77" t="s">
         <v>76</v>
       </c>
       <c r="X77">
         <v>556.94</v>
       </c>
       <c r="Y77">
         <v>20.6</v>
       </c>
       <c r="Z77" t="s">
         <v>76</v>
       </c>
       <c r="AA77" t="s">
         <v>66</v>
       </c>
       <c r="AB77" t="s">
         <v>78</v>
       </c>
       <c r="AC77" t="s">
-        <v>830</v>
+        <v>814</v>
       </c>
       <c r="AD77">
         <v>11815733900</v>
       </c>
       <c r="AE77" t="s">
-        <v>833</v>
+        <v>817</v>
       </c>
       <c r="AF77" t="s">
-        <v>833</v>
+        <v>817</v>
       </c>
       <c r="AG77" t="s">
         <v>76</v>
       </c>
       <c r="AH77" t="s">
-        <v>834</v>
+        <v>818</v>
       </c>
       <c r="AI77"/>
       <c r="AJ77" t="s">
-        <v>835</v>
+        <v>819</v>
       </c>
       <c r="AK77" t="s">
         <v>70</v>
       </c>
       <c r="AL77" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
       <c r="AM77" t="s">
         <v>82</v>
       </c>
       <c r="AN77" t="s">
-        <v>831</v>
+        <v>815</v>
       </c>
       <c r="AO77">
         <v>216</v>
       </c>
       <c r="AP77" t="s">
-        <v>836</v>
+        <v>820</v>
       </c>
       <c r="AQ77" t="s">
         <v>73</v>
       </c>
       <c r="AR77" t="s">
         <v>84</v>
       </c>
       <c r="AS77">
         <v>282959136771</v>
       </c>
       <c r="AT77" t="s">
         <v>76</v>
       </c>
       <c r="AU77"/>
       <c r="AV77"/>
       <c r="AW77"/>
       <c r="AX77"/>
       <c r="AY77"/>
       <c r="AZ77" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA77" t="s">
         <v>86</v>
       </c>
       <c r="BB77" t="s">
-        <v>828</v>
+        <v>812</v>
       </c>
       <c r="BC77" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
       <c r="BD77" t="s">
-        <v>837</v>
+        <v>821</v>
       </c>
       <c r="BE77" t="s">
-        <v>838</v>
+        <v>822</v>
       </c>
       <c r="BF77" t="s">
         <v>76</v>
       </c>
       <c r="BG77" t="s">
         <v>76</v>
       </c>
       <c r="BH77">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="BI77" t="s">
         <v>89</v>
       </c>
       <c r="BJ77"/>
       <c r="BK77"/>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>76</v>
       </c>
       <c r="BN77" t="s">
-        <v>839</v>
+        <v>823</v>
       </c>
       <c r="BO77">
         <v>0</v>
       </c>
       <c r="BP77" t="s">
         <v>73</v>
       </c>
       <c r="BQ77" t="s">
         <v>76</v>
       </c>
       <c r="BR77">
         <v>11473</v>
       </c>
       <c r="BS77"/>
     </row>
     <row r="78" spans="1:71">
       <c r="A78" t="s">
         <v>66</v>
       </c>
       <c r="B78" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="C78">
         <v>1790052842</v>
       </c>
       <c r="D78">
         <v>582968</v>
       </c>
       <c r="E78">
         <v>406.36</v>
       </c>
       <c r="F78" t="s">
-        <v>841</v>
+        <v>825</v>
       </c>
       <c r="G78" t="s">
         <v>70</v>
       </c>
       <c r="H78" t="s">
-        <v>842</v>
+        <v>826</v>
       </c>
       <c r="I78">
         <v>144</v>
       </c>
       <c r="J78" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="K78" t="s">
         <v>73</v>
       </c>
       <c r="L78" t="s">
-        <v>844</v>
+        <v>828</v>
       </c>
       <c r="M78" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78">
         <v>4631934855</v>
       </c>
       <c r="Q78" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="R78" t="s">
         <v>76</v>
       </c>
       <c r="S78" t="s">
         <v>76</v>
       </c>
       <c r="T78" t="s">
         <v>77</v>
       </c>
       <c r="U78">
         <v>1790052842</v>
       </c>
       <c r="V78">
         <v>582968</v>
       </c>
       <c r="W78" t="s">
         <v>76</v>
       </c>
       <c r="X78">
         <v>406.36</v>
       </c>
       <c r="Y78">
         <v>20.6</v>
       </c>
       <c r="Z78" t="s">
         <v>76</v>
       </c>
       <c r="AA78" t="s">
         <v>66</v>
       </c>
       <c r="AB78" t="s">
         <v>78</v>
       </c>
       <c r="AC78" t="s">
-        <v>841</v>
+        <v>825</v>
       </c>
       <c r="AD78">
         <v>4631934855</v>
       </c>
       <c r="AE78">
         <v>9626289500</v>
       </c>
       <c r="AF78">
         <v>9626289500</v>
       </c>
       <c r="AG78" t="s">
         <v>76</v>
       </c>
       <c r="AH78" t="s">
-        <v>845</v>
+        <v>829</v>
       </c>
       <c r="AI78"/>
       <c r="AJ78" t="s">
-        <v>846</v>
+        <v>830</v>
       </c>
       <c r="AK78" t="s">
         <v>70</v>
       </c>
       <c r="AL78" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="AM78" t="s">
         <v>82</v>
       </c>
       <c r="AN78" t="s">
-        <v>842</v>
+        <v>826</v>
       </c>
       <c r="AO78">
         <v>144</v>
       </c>
       <c r="AP78" t="s">
-        <v>847</v>
+        <v>831</v>
       </c>
       <c r="AQ78" t="s">
         <v>73</v>
       </c>
       <c r="AR78" t="s">
         <v>84</v>
       </c>
       <c r="AS78">
         <v>282885593876</v>
       </c>
       <c r="AT78" t="s">
         <v>76</v>
       </c>
       <c r="AU78"/>
       <c r="AV78"/>
       <c r="AW78">
         <v>0</v>
       </c>
       <c r="AX78" t="s">
         <v>85</v>
       </c>
       <c r="AY78" t="s">
-        <v>844</v>
+        <v>828</v>
       </c>
       <c r="AZ78" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA78" t="s">
         <v>86</v>
       </c>
       <c r="BB78" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="BC78" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="BD78" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
       <c r="BE78" t="s">
-        <v>849</v>
+        <v>833</v>
       </c>
       <c r="BF78" t="s">
         <v>76</v>
       </c>
       <c r="BG78" t="s">
         <v>76</v>
       </c>
       <c r="BH78">
-        <v>354</v>
+        <v>400</v>
       </c>
       <c r="BI78" t="s">
         <v>89</v>
       </c>
       <c r="BJ78"/>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>76</v>
       </c>
       <c r="BN78" t="s">
-        <v>850</v>
+        <v>834</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78" t="s">
         <v>73</v>
       </c>
       <c r="BQ78" t="s">
         <v>76</v>
       </c>
       <c r="BR78">
         <v>8371</v>
       </c>
       <c r="BS78"/>
     </row>
     <row r="79" spans="1:71">
       <c r="A79" t="s">
         <v>66</v>
       </c>
       <c r="B79" t="s">
-        <v>851</v>
+        <v>835</v>
       </c>
       <c r="C79">
         <v>1020114892</v>
       </c>
       <c r="D79">
         <v>582963</v>
       </c>
       <c r="E79">
         <v>358.25</v>
       </c>
       <c r="F79" t="s">
-        <v>852</v>
+        <v>836</v>
       </c>
       <c r="G79" t="s">
         <v>70</v>
       </c>
       <c r="H79" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="I79">
         <v>120.99</v>
       </c>
       <c r="J79" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="K79" t="s">
         <v>73</v>
       </c>
       <c r="L79" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="M79" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79">
         <v>9728678500</v>
       </c>
       <c r="Q79" t="s">
-        <v>851</v>
+        <v>835</v>
       </c>
       <c r="R79" t="s">
         <v>76</v>
       </c>
       <c r="S79" t="s">
         <v>76</v>
       </c>
       <c r="T79" t="s">
         <v>174</v>
       </c>
       <c r="U79">
         <v>1020114892</v>
       </c>
       <c r="V79">
         <v>582963</v>
       </c>
       <c r="W79" t="s">
         <v>76</v>
       </c>
       <c r="X79">
         <v>358.25</v>
       </c>
       <c r="Y79">
         <v>20.6</v>
       </c>
       <c r="Z79" t="s">
         <v>76</v>
       </c>
       <c r="AA79" t="s">
         <v>66</v>
       </c>
       <c r="AB79" t="s">
         <v>78</v>
       </c>
       <c r="AC79" t="s">
-        <v>852</v>
+        <v>836</v>
       </c>
       <c r="AD79">
         <v>9728678500</v>
       </c>
       <c r="AE79">
         <v>9838351000</v>
       </c>
       <c r="AF79">
         <v>9838351000</v>
       </c>
       <c r="AG79" t="s">
         <v>76</v>
       </c>
       <c r="AH79" t="s">
-        <v>855</v>
+        <v>839</v>
       </c>
       <c r="AI79"/>
       <c r="AJ79" t="s">
-        <v>856</v>
+        <v>840</v>
       </c>
       <c r="AK79" t="s">
         <v>70</v>
       </c>
       <c r="AL79" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="AM79" t="s">
         <v>82</v>
       </c>
       <c r="AN79" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="AO79">
         <v>120.99</v>
       </c>
       <c r="AP79" t="s">
-        <v>803</v>
+        <v>787</v>
       </c>
       <c r="AQ79" t="s">
         <v>73</v>
       </c>
       <c r="AR79" t="s">
         <v>84</v>
       </c>
       <c r="AS79">
         <v>282881075341</v>
       </c>
       <c r="AT79" t="s">
         <v>76</v>
       </c>
       <c r="AU79"/>
       <c r="AV79"/>
       <c r="AW79">
         <v>0</v>
       </c>
       <c r="AX79" t="s">
         <v>85</v>
       </c>
       <c r="AY79" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="AZ79" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA79" t="s">
         <v>86</v>
       </c>
       <c r="BB79" t="s">
-        <v>851</v>
+        <v>835</v>
       </c>
       <c r="BC79" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="BD79" t="s">
-        <v>857</v>
+        <v>841</v>
       </c>
       <c r="BE79" t="s">
-        <v>858</v>
+        <v>842</v>
       </c>
       <c r="BF79" t="s">
         <v>76</v>
       </c>
       <c r="BG79" t="s">
         <v>76</v>
       </c>
       <c r="BH79">
-        <v>354</v>
+        <v>400</v>
       </c>
       <c r="BI79" t="s">
         <v>89</v>
       </c>
       <c r="BJ79"/>
       <c r="BK79"/>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>76</v>
       </c>
       <c r="BN79" t="s">
-        <v>859</v>
+        <v>843</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79" t="s">
         <v>73</v>
       </c>
       <c r="BQ79" t="s">
         <v>76</v>
       </c>
       <c r="BR79">
         <v>7380</v>
       </c>
       <c r="BS79"/>
     </row>
     <row r="80" spans="1:71">
       <c r="A80" t="s">
         <v>66</v>
       </c>
       <c r="B80" t="s">
-        <v>860</v>
+        <v>844</v>
       </c>
       <c r="C80">
         <v>3540056332</v>
       </c>
       <c r="D80">
         <v>582962</v>
       </c>
       <c r="E80">
         <v>225.63</v>
       </c>
       <c r="F80" t="s">
-        <v>861</v>
+        <v>845</v>
       </c>
       <c r="G80" t="s">
         <v>70</v>
       </c>
       <c r="H80" t="s">
-        <v>862</v>
+        <v>846</v>
       </c>
       <c r="I80">
         <v>57.6</v>
       </c>
       <c r="J80" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="K80" t="s">
         <v>73</v>
       </c>
       <c r="L80" t="s">
-        <v>863</v>
+        <v>847</v>
       </c>
       <c r="M80" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80">
         <v>3655131509</v>
       </c>
       <c r="Q80" t="s">
-        <v>860</v>
+        <v>844</v>
       </c>
       <c r="R80" t="s">
         <v>76</v>
       </c>
       <c r="S80" t="s">
         <v>76</v>
       </c>
       <c r="T80" t="s">
         <v>77</v>
       </c>
       <c r="U80">
         <v>3540056332</v>
       </c>
       <c r="V80">
         <v>582962</v>
       </c>
       <c r="W80" t="s">
         <v>76</v>
       </c>
       <c r="X80">
         <v>225.63</v>
       </c>
       <c r="Y80">
         <v>20.6</v>
       </c>
       <c r="Z80" t="s">
         <v>76</v>
       </c>
       <c r="AA80" t="s">
         <v>66</v>
       </c>
       <c r="AB80" t="s">
         <v>78</v>
       </c>
       <c r="AC80" t="s">
-        <v>861</v>
+        <v>845</v>
       </c>
       <c r="AD80">
         <v>3655131509</v>
       </c>
       <c r="AE80" t="s">
-        <v>864</v>
+        <v>848</v>
       </c>
       <c r="AF80" t="s">
-        <v>864</v>
+        <v>848</v>
       </c>
       <c r="AG80" t="s">
         <v>76</v>
       </c>
       <c r="AH80" t="s">
-        <v>865</v>
+        <v>849</v>
       </c>
       <c r="AI80"/>
       <c r="AJ80" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="AK80" t="s">
         <v>70</v>
       </c>
       <c r="AL80" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="AM80" t="s">
         <v>82</v>
       </c>
       <c r="AN80" t="s">
-        <v>862</v>
+        <v>846</v>
       </c>
       <c r="AO80">
         <v>57.6</v>
       </c>
       <c r="AP80" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="AQ80" t="s">
         <v>73</v>
       </c>
       <c r="AR80" t="s">
         <v>84</v>
       </c>
       <c r="AS80">
         <v>282881294228</v>
       </c>
       <c r="AT80" t="s">
         <v>76</v>
       </c>
       <c r="AU80"/>
       <c r="AV80"/>
       <c r="AW80">
         <v>0</v>
       </c>
       <c r="AX80" t="s">
         <v>85</v>
       </c>
       <c r="AY80" t="s">
-        <v>863</v>
+        <v>847</v>
       </c>
       <c r="AZ80" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA80" t="s">
         <v>86</v>
       </c>
       <c r="BB80" t="s">
-        <v>860</v>
+        <v>844</v>
       </c>
       <c r="BC80" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="BD80" t="s">
-        <v>867</v>
+        <v>851</v>
       </c>
       <c r="BE80" t="s">
-        <v>868</v>
+        <v>852</v>
       </c>
       <c r="BF80" t="s">
         <v>76</v>
       </c>
       <c r="BG80" t="s">
         <v>76</v>
       </c>
       <c r="BH80">
-        <v>354</v>
+        <v>400</v>
       </c>
       <c r="BI80" t="s">
         <v>89</v>
       </c>
       <c r="BJ80"/>
       <c r="BK80"/>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>76</v>
       </c>
       <c r="BN80" t="s">
-        <v>869</v>
+        <v>853</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80" t="s">
         <v>73</v>
       </c>
       <c r="BQ80" t="s">
         <v>76</v>
       </c>
       <c r="BR80">
         <v>4648</v>
       </c>
       <c r="BS80"/>
     </row>
     <row r="81" spans="1:71">
       <c r="A81" t="s">
         <v>66</v>
       </c>
       <c r="B81" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="C81">
         <v>2320052421</v>
       </c>
       <c r="D81">
         <v>582954</v>
       </c>
       <c r="E81">
         <v>322.67</v>
       </c>
       <c r="F81" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
       <c r="G81" t="s">
         <v>70</v>
       </c>
       <c r="H81" t="s">
-        <v>872</v>
+        <v>856</v>
       </c>
       <c r="I81">
         <v>103.99</v>
       </c>
       <c r="J81" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="K81" t="s">
         <v>73</v>
       </c>
       <c r="L81" t="s">
-        <v>873</v>
+        <v>857</v>
       </c>
       <c r="M81" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81">
         <v>29122423329</v>
       </c>
       <c r="Q81" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="R81" t="s">
         <v>76</v>
       </c>
       <c r="S81" t="s">
         <v>76</v>
       </c>
       <c r="T81" t="s">
         <v>174</v>
       </c>
       <c r="U81">
         <v>2320052421</v>
       </c>
       <c r="V81">
         <v>582954</v>
       </c>
       <c r="W81" t="s">
         <v>76</v>
       </c>
       <c r="X81">
         <v>322.67</v>
       </c>
       <c r="Y81">
         <v>20.6</v>
       </c>
       <c r="Z81" t="s">
         <v>76</v>
       </c>
       <c r="AA81" t="s">
         <v>66</v>
       </c>
       <c r="AB81" t="s">
         <v>78</v>
       </c>
       <c r="AC81" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
       <c r="AD81">
         <v>29122423329</v>
       </c>
       <c r="AE81">
         <v>8717491200</v>
       </c>
       <c r="AF81">
         <v>8717491200</v>
       </c>
       <c r="AG81" t="s">
         <v>76</v>
       </c>
       <c r="AH81" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="AI81"/>
       <c r="AJ81" t="s">
-        <v>875</v>
+        <v>859</v>
       </c>
       <c r="AK81" t="s">
         <v>70</v>
       </c>
       <c r="AL81" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="AM81" t="s">
         <v>82</v>
       </c>
       <c r="AN81" t="s">
-        <v>872</v>
+        <v>856</v>
       </c>
       <c r="AO81">
         <v>103.99</v>
       </c>
       <c r="AP81" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="AQ81" t="s">
         <v>73</v>
       </c>
       <c r="AR81" t="s">
         <v>84</v>
       </c>
       <c r="AS81">
         <v>282877205234</v>
       </c>
       <c r="AT81" t="s">
         <v>76</v>
       </c>
       <c r="AU81"/>
       <c r="AV81"/>
       <c r="AW81">
         <v>0</v>
       </c>
       <c r="AX81" t="s">
         <v>85</v>
       </c>
       <c r="AY81" t="s">
-        <v>873</v>
+        <v>857</v>
       </c>
       <c r="AZ81" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA81" t="s">
         <v>86</v>
       </c>
       <c r="BB81" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="BC81" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="BD81" t="s">
-        <v>876</v>
+        <v>860</v>
       </c>
       <c r="BE81" t="s">
-        <v>877</v>
+        <v>861</v>
       </c>
       <c r="BF81" t="s">
         <v>76</v>
       </c>
       <c r="BG81" t="s">
         <v>76</v>
       </c>
       <c r="BH81">
-        <v>354</v>
+        <v>400</v>
       </c>
       <c r="BI81" t="s">
         <v>89</v>
       </c>
       <c r="BJ81"/>
       <c r="BK81"/>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>76</v>
       </c>
       <c r="BN81" t="s">
-        <v>878</v>
+        <v>862</v>
       </c>
       <c r="BO81">
         <v>0</v>
       </c>
       <c r="BP81" t="s">
         <v>73</v>
       </c>
       <c r="BQ81" t="s">
         <v>76</v>
       </c>
       <c r="BR81">
         <v>6647</v>
       </c>
       <c r="BS81"/>
     </row>
     <row r="82" spans="1:71">
       <c r="A82" t="s">
         <v>66</v>
       </c>
       <c r="B82" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="C82">
         <v>4190052611</v>
       </c>
       <c r="D82">
         <v>582947</v>
       </c>
       <c r="E82">
         <v>320.58</v>
       </c>
       <c r="F82" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c r="G82" t="s">
         <v>70</v>
       </c>
       <c r="H82" t="s">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="I82">
         <v>102.99</v>
       </c>
       <c r="J82" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="K82" t="s">
         <v>73</v>
       </c>
       <c r="L82" t="s">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c r="M82" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82">
         <v>22621619919</v>
       </c>
       <c r="Q82" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="R82" t="s">
         <v>76</v>
       </c>
       <c r="S82" t="s">
         <v>76</v>
       </c>
       <c r="T82" t="s">
         <v>174</v>
       </c>
       <c r="U82">
         <v>4190052611</v>
       </c>
       <c r="V82">
         <v>582947</v>
       </c>
       <c r="W82" t="s">
         <v>76</v>
       </c>
       <c r="X82">
         <v>320.58</v>
       </c>
       <c r="Y82">
         <v>20.6</v>
       </c>
       <c r="Z82" t="s">
         <v>76</v>
       </c>
       <c r="AA82" t="s">
         <v>66</v>
       </c>
       <c r="AB82" t="s">
         <v>78</v>
       </c>
       <c r="AC82" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c r="AD82">
         <v>22621619919</v>
       </c>
       <c r="AE82" t="s">
-        <v>883</v>
+        <v>867</v>
       </c>
       <c r="AF82" t="s">
-        <v>883</v>
+        <v>867</v>
       </c>
       <c r="AG82" t="s">
         <v>76</v>
       </c>
       <c r="AH82" t="s">
-        <v>884</v>
+        <v>868</v>
       </c>
       <c r="AI82"/>
       <c r="AJ82" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AK82" t="s">
         <v>70</v>
       </c>
       <c r="AL82" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="AM82" t="s">
         <v>82</v>
       </c>
       <c r="AN82" t="s">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="AO82">
         <v>102.99</v>
       </c>
       <c r="AP82" t="s">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="AQ82" t="s">
         <v>73</v>
       </c>
       <c r="AR82" t="s">
         <v>84</v>
       </c>
       <c r="AS82">
         <v>282866759962</v>
       </c>
       <c r="AT82" t="s">
         <v>76</v>
       </c>
       <c r="AU82"/>
       <c r="AV82"/>
       <c r="AW82">
         <v>0</v>
       </c>
       <c r="AX82" t="s">
         <v>85</v>
       </c>
       <c r="AY82" t="s">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c r="AZ82" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA82" t="s">
         <v>86</v>
       </c>
       <c r="BB82" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="BC82" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="BD82" t="s">
-        <v>885</v>
+        <v>869</v>
       </c>
       <c r="BE82" t="s">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="BF82" t="s">
         <v>76</v>
       </c>
       <c r="BG82" t="s">
         <v>76</v>
       </c>
       <c r="BH82">
-        <v>354</v>
+        <v>400</v>
       </c>
       <c r="BI82" t="s">
         <v>89</v>
       </c>
       <c r="BJ82"/>
       <c r="BK82"/>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>76</v>
       </c>
       <c r="BN82" t="s">
-        <v>887</v>
+        <v>871</v>
       </c>
       <c r="BO82">
         <v>0</v>
       </c>
       <c r="BP82" t="s">
         <v>73</v>
       </c>
       <c r="BQ82" t="s">
         <v>76</v>
       </c>
       <c r="BR82">
         <v>6604</v>
       </c>
       <c r="BS82"/>
     </row>
     <row r="83" spans="1:71">
       <c r="A83" t="s">
         <v>66</v>
       </c>
       <c r="B83" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="C83">
         <v>1170150029</v>
       </c>
       <c r="D83">
         <v>582806</v>
       </c>
       <c r="E83">
         <v>272.48</v>
       </c>
       <c r="F83" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="G83" t="s">
         <v>70</v>
       </c>
       <c r="H83" t="s">
-        <v>890</v>
+        <v>874</v>
       </c>
       <c r="I83">
         <v>79.99</v>
       </c>
       <c r="J83" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="K83" t="s">
         <v>73</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83">
         <v>10999477932</v>
       </c>
       <c r="Q83" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="R83" t="s">
         <v>76</v>
       </c>
       <c r="S83" t="s">
         <v>76</v>
       </c>
       <c r="T83" t="s">
         <v>77</v>
       </c>
       <c r="U83">
         <v>1170150029</v>
       </c>
       <c r="V83">
         <v>582806</v>
       </c>
       <c r="W83" t="s">
         <v>76</v>
       </c>
       <c r="X83">
         <v>272.48</v>
       </c>
       <c r="Y83">
         <v>20.6</v>
       </c>
       <c r="Z83" t="s">
         <v>76</v>
       </c>
       <c r="AA83" t="s">
         <v>66</v>
       </c>
       <c r="AB83" t="s">
         <v>78</v>
       </c>
       <c r="AC83" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="AD83">
         <v>10999477932</v>
       </c>
       <c r="AE83" t="s">
-        <v>892</v>
+        <v>876</v>
       </c>
       <c r="AF83" t="s">
-        <v>892</v>
+        <v>876</v>
       </c>
       <c r="AG83" t="s">
         <v>76</v>
       </c>
       <c r="AH83" t="s">
-        <v>893</v>
+        <v>877</v>
       </c>
       <c r="AI83"/>
       <c r="AJ83" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="AK83" t="s">
         <v>70</v>
       </c>
       <c r="AL83" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="AM83" t="s">
         <v>82</v>
       </c>
       <c r="AN83" t="s">
-        <v>890</v>
+        <v>874</v>
       </c>
       <c r="AO83">
         <v>79.99</v>
       </c>
       <c r="AP83" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ83" t="s">
         <v>73</v>
       </c>
       <c r="AR83" t="s">
         <v>84</v>
       </c>
       <c r="AS83">
         <v>282768041870</v>
       </c>
       <c r="AT83" t="s">
         <v>76</v>
       </c>
       <c r="AU83"/>
       <c r="AV83"/>
       <c r="AW83">
         <v>0</v>
       </c>
       <c r="AX83"/>
       <c r="AY83"/>
       <c r="AZ83" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA83" t="s">
         <v>86</v>
       </c>
       <c r="BB83" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="BC83" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="BD83" t="s">
-        <v>894</v>
+        <v>878</v>
       </c>
       <c r="BE83" t="s">
-        <v>895</v>
+        <v>879</v>
       </c>
       <c r="BF83" t="s">
         <v>76</v>
       </c>
       <c r="BG83" t="s">
         <v>76</v>
       </c>
       <c r="BH83">
-        <v>356</v>
+        <v>402</v>
       </c>
       <c r="BI83" t="s">
         <v>89</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>76</v>
       </c>
       <c r="BN83" t="s">
-        <v>896</v>
+        <v>880</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83" t="s">
         <v>73</v>
       </c>
       <c r="BQ83" t="s">
         <v>76</v>
       </c>
       <c r="BR83">
         <v>5613</v>
       </c>
       <c r="BS83"/>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
         <v>66</v>
       </c>
       <c r="B84" t="s">
-        <v>897</v>
+        <v>881</v>
       </c>
       <c r="C84">
         <v>4580099240</v>
       </c>
       <c r="D84">
         <v>582700</v>
       </c>
       <c r="E84">
         <v>389.61</v>
       </c>
       <c r="F84" t="s">
-        <v>898</v>
+        <v>882</v>
       </c>
       <c r="G84" t="s">
         <v>70</v>
       </c>
       <c r="H84" t="s">
-        <v>899</v>
+        <v>883</v>
       </c>
       <c r="I84">
         <v>136</v>
       </c>
       <c r="J84" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="K84" t="s">
         <v>73</v>
       </c>
       <c r="L84">
         <v>5094867374</v>
       </c>
       <c r="M84" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N84" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O84"/>
       <c r="P84">
         <v>2875919315</v>
       </c>
       <c r="Q84" t="s">
-        <v>897</v>
+        <v>881</v>
       </c>
       <c r="R84" t="s">
         <v>76</v>
       </c>
       <c r="S84" t="s">
         <v>76</v>
       </c>
       <c r="T84" t="s">
         <v>77</v>
       </c>
       <c r="U84">
         <v>4580099240</v>
       </c>
       <c r="V84">
         <v>582700</v>
       </c>
       <c r="W84" t="s">
         <v>76</v>
       </c>
       <c r="X84">
         <v>389.61</v>
       </c>
       <c r="Y84">
         <v>20.6</v>
       </c>
       <c r="Z84" t="s">
         <v>76</v>
       </c>
       <c r="AA84" t="s">
         <v>66</v>
       </c>
       <c r="AB84" t="s">
         <v>78</v>
       </c>
       <c r="AC84" t="s">
-        <v>898</v>
+        <v>882</v>
       </c>
       <c r="AD84">
         <v>2875919315</v>
       </c>
       <c r="AE84" t="s">
-        <v>901</v>
+        <v>885</v>
       </c>
       <c r="AF84" t="s">
-        <v>901</v>
+        <v>885</v>
       </c>
       <c r="AG84" t="s">
         <v>76</v>
       </c>
       <c r="AH84" t="s">
-        <v>902</v>
+        <v>886</v>
       </c>
       <c r="AI84"/>
       <c r="AJ84" t="s">
-        <v>903</v>
+        <v>887</v>
       </c>
       <c r="AK84" t="s">
         <v>70</v>
       </c>
       <c r="AL84" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="AM84" t="s">
         <v>82</v>
       </c>
       <c r="AN84" t="s">
-        <v>899</v>
+        <v>883</v>
       </c>
       <c r="AO84">
         <v>136</v>
       </c>
       <c r="AP84" t="s">
-        <v>904</v>
+        <v>888</v>
       </c>
       <c r="AQ84" t="s">
         <v>73</v>
       </c>
       <c r="AR84" t="s">
         <v>84</v>
       </c>
       <c r="AS84">
         <v>282652533108</v>
       </c>
       <c r="AT84" t="s">
         <v>76</v>
       </c>
       <c r="AU84"/>
       <c r="AV84"/>
       <c r="AW84">
         <v>0</v>
       </c>
       <c r="AX84" t="s">
         <v>85</v>
       </c>
       <c r="AY84">
         <v>5094867374</v>
       </c>
       <c r="AZ84" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA84" t="s">
         <v>86</v>
       </c>
       <c r="BB84" t="s">
-        <v>897</v>
+        <v>881</v>
       </c>
       <c r="BC84" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="BD84" t="s">
-        <v>905</v>
+        <v>889</v>
       </c>
       <c r="BE84" t="s">
-        <v>906</v>
+        <v>890</v>
       </c>
       <c r="BF84" t="s">
         <v>76</v>
       </c>
       <c r="BG84" t="s">
-        <v>907</v>
+        <v>76</v>
       </c>
       <c r="BH84">
-        <v>243</v>
+        <v>403</v>
       </c>
       <c r="BI84" t="s">
         <v>89</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>76</v>
       </c>
       <c r="BN84" t="s">
-        <v>908</v>
+        <v>891</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84" t="s">
         <v>73</v>
       </c>
       <c r="BQ84" t="s">
         <v>76</v>
       </c>
       <c r="BR84">
         <v>8026</v>
       </c>
       <c r="BS84"/>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
         <v>66</v>
       </c>
       <c r="B85" t="s">
-        <v>909</v>
+        <v>892</v>
       </c>
       <c r="C85">
         <v>2930052223</v>
       </c>
       <c r="D85">
         <v>582666</v>
       </c>
       <c r="E85">
         <v>473.88</v>
       </c>
       <c r="F85" t="s">
-        <v>910</v>
+        <v>893</v>
       </c>
       <c r="G85" t="s">
         <v>70</v>
       </c>
       <c r="H85" t="s">
-        <v>911</v>
+        <v>894</v>
       </c>
       <c r="I85">
         <v>126</v>
       </c>
       <c r="J85" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="K85" t="s">
         <v>73</v>
       </c>
       <c r="L85">
         <v>9168864994</v>
       </c>
       <c r="M85" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N85" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O85"/>
       <c r="P85">
         <v>13184958692</v>
       </c>
       <c r="Q85" t="s">
-        <v>909</v>
+        <v>892</v>
       </c>
       <c r="R85" t="s">
         <v>76</v>
       </c>
       <c r="S85" t="s">
         <v>76</v>
       </c>
       <c r="T85" t="s">
         <v>77</v>
       </c>
       <c r="U85">
         <v>2930052223</v>
       </c>
       <c r="V85">
         <v>582666</v>
       </c>
       <c r="W85" t="s">
         <v>76</v>
       </c>
       <c r="X85">
         <v>473.88</v>
       </c>
       <c r="Y85">
         <v>20.6</v>
       </c>
       <c r="Z85" t="s">
         <v>76</v>
       </c>
       <c r="AA85" t="s">
         <v>66</v>
       </c>
       <c r="AB85" t="s">
         <v>78</v>
       </c>
       <c r="AC85" t="s">
-        <v>910</v>
+        <v>893</v>
       </c>
       <c r="AD85">
         <v>13184958692</v>
       </c>
       <c r="AE85" t="s">
-        <v>912</v>
+        <v>895</v>
       </c>
       <c r="AF85" t="s">
-        <v>912</v>
+        <v>895</v>
       </c>
       <c r="AG85" t="s">
         <v>76</v>
       </c>
       <c r="AH85" t="s">
-        <v>913</v>
+        <v>896</v>
       </c>
       <c r="AI85"/>
       <c r="AJ85" t="s">
-        <v>914</v>
+        <v>897</v>
       </c>
       <c r="AK85" t="s">
         <v>70</v>
       </c>
       <c r="AL85" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="AM85" t="s">
         <v>82</v>
       </c>
       <c r="AN85" t="s">
-        <v>911</v>
+        <v>894</v>
       </c>
       <c r="AO85">
         <v>126</v>
       </c>
       <c r="AP85" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AQ85" t="s">
         <v>73</v>
       </c>
       <c r="AR85" t="s">
         <v>84</v>
       </c>
       <c r="AS85">
         <v>282655519033</v>
       </c>
       <c r="AT85" t="s">
         <v>76</v>
       </c>
       <c r="AU85"/>
       <c r="AV85"/>
       <c r="AW85">
         <v>0</v>
       </c>
       <c r="AX85" t="s">
         <v>85</v>
       </c>
       <c r="AY85">
         <v>9168864994</v>
       </c>
       <c r="AZ85" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA85" t="s">
         <v>86</v>
       </c>
       <c r="BB85" t="s">
-        <v>909</v>
+        <v>892</v>
       </c>
       <c r="BC85" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="BD85" t="s">
-        <v>915</v>
+        <v>898</v>
       </c>
       <c r="BE85" t="s">
-        <v>916</v>
+        <v>899</v>
       </c>
       <c r="BF85" t="s">
         <v>76</v>
       </c>
       <c r="BG85" t="s">
         <v>76</v>
       </c>
       <c r="BH85">
-        <v>357</v>
+        <v>403</v>
       </c>
       <c r="BI85" t="s">
         <v>89</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>76</v>
       </c>
       <c r="BN85" t="s">
-        <v>917</v>
+        <v>900</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85" t="s">
         <v>73</v>
       </c>
       <c r="BQ85" t="s">
         <v>76</v>
       </c>
       <c r="BR85">
         <v>9762</v>
       </c>
       <c r="BS85"/>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
         <v>66</v>
       </c>
       <c r="B86" t="s">
-        <v>918</v>
+        <v>901</v>
       </c>
       <c r="C86">
         <v>4480052112</v>
       </c>
       <c r="D86">
         <v>582618</v>
       </c>
       <c r="E86">
         <v>270.83</v>
       </c>
       <c r="F86" t="s">
-        <v>919</v>
+        <v>902</v>
       </c>
       <c r="G86" t="s">
         <v>70</v>
       </c>
       <c r="H86" t="s">
-        <v>920</v>
+        <v>903</v>
       </c>
       <c r="I86">
         <v>79.2</v>
       </c>
       <c r="J86" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="K86" t="s">
         <v>73</v>
       </c>
       <c r="L86">
         <v>9168834393</v>
       </c>
       <c r="M86" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N86" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O86"/>
       <c r="P86">
         <v>3753846771</v>
       </c>
       <c r="Q86" t="s">
-        <v>918</v>
+        <v>901</v>
       </c>
       <c r="R86" t="s">
         <v>76</v>
       </c>
       <c r="S86" t="s">
         <v>76</v>
       </c>
       <c r="T86" t="s">
         <v>174</v>
       </c>
       <c r="U86">
         <v>4480052112</v>
       </c>
       <c r="V86">
         <v>582618</v>
       </c>
       <c r="W86" t="s">
         <v>76</v>
       </c>
       <c r="X86">
         <v>270.83</v>
       </c>
       <c r="Y86">
         <v>20.6</v>
       </c>
       <c r="Z86" t="s">
         <v>76</v>
       </c>
       <c r="AA86" t="s">
         <v>66</v>
       </c>
       <c r="AB86" t="s">
         <v>78</v>
       </c>
       <c r="AC86" t="s">
-        <v>919</v>
+        <v>902</v>
       </c>
       <c r="AD86">
         <v>3753846771</v>
       </c>
       <c r="AE86">
         <v>9516890600</v>
       </c>
       <c r="AF86">
         <v>9516890600</v>
       </c>
       <c r="AG86" t="s">
         <v>76</v>
       </c>
       <c r="AH86" t="s">
-        <v>922</v>
+        <v>905</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86" t="s">
-        <v>923</v>
+        <v>906</v>
       </c>
       <c r="AK86" t="s">
         <v>70</v>
       </c>
       <c r="AL86" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="AM86" t="s">
         <v>82</v>
       </c>
       <c r="AN86" t="s">
-        <v>920</v>
+        <v>903</v>
       </c>
       <c r="AO86">
         <v>79.2</v>
       </c>
       <c r="AP86" t="s">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c r="AQ86" t="s">
         <v>73</v>
       </c>
       <c r="AR86" t="s">
         <v>84</v>
       </c>
       <c r="AS86">
         <v>282613690978</v>
       </c>
       <c r="AT86" t="s">
         <v>76</v>
       </c>
       <c r="AU86"/>
       <c r="AV86"/>
       <c r="AW86">
         <v>0</v>
       </c>
       <c r="AX86" t="s">
         <v>85</v>
       </c>
       <c r="AY86">
         <v>9168834393</v>
       </c>
       <c r="AZ86" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA86" t="s">
         <v>86</v>
       </c>
       <c r="BB86" t="s">
-        <v>918</v>
+        <v>901</v>
       </c>
       <c r="BC86" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="BD86" t="s">
-        <v>924</v>
+        <v>907</v>
       </c>
       <c r="BE86" t="s">
-        <v>925</v>
+        <v>908</v>
       </c>
       <c r="BF86" t="s">
         <v>76</v>
       </c>
       <c r="BG86" t="s">
         <v>76</v>
       </c>
       <c r="BH86">
-        <v>358</v>
+        <v>404</v>
       </c>
       <c r="BI86" t="s">
         <v>89</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>76</v>
       </c>
       <c r="BN86" t="s">
-        <v>926</v>
+        <v>909</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86" t="s">
         <v>73</v>
       </c>
       <c r="BQ86" t="s">
         <v>76</v>
       </c>
       <c r="BR86">
         <v>5579</v>
       </c>
       <c r="BS86"/>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
         <v>66</v>
       </c>
       <c r="B87" t="s">
-        <v>927</v>
+        <v>910</v>
       </c>
       <c r="C87">
         <v>5280051787</v>
       </c>
       <c r="D87">
         <v>582552</v>
       </c>
       <c r="E87">
         <v>322.67</v>
       </c>
       <c r="F87" t="s">
-        <v>928</v>
+        <v>911</v>
       </c>
       <c r="G87" t="s">
         <v>70</v>
       </c>
       <c r="H87" t="s">
-        <v>929</v>
+        <v>912</v>
       </c>
       <c r="I87">
         <v>103.99</v>
       </c>
       <c r="J87" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="K87" t="s">
         <v>73</v>
       </c>
       <c r="L87">
         <v>9168818665</v>
       </c>
       <c r="M87" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N87" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O87"/>
       <c r="P87">
         <v>27949848240</v>
       </c>
       <c r="Q87" t="s">
-        <v>927</v>
+        <v>910</v>
       </c>
       <c r="R87" t="s">
         <v>76</v>
       </c>
       <c r="S87" t="s">
         <v>76</v>
       </c>
       <c r="T87" t="s">
         <v>174</v>
       </c>
       <c r="U87">
         <v>5280051787</v>
       </c>
       <c r="V87">
         <v>582552</v>
       </c>
       <c r="W87" t="s">
         <v>76</v>
       </c>
       <c r="X87">
         <v>322.67</v>
       </c>
       <c r="Y87">
         <v>20.6</v>
       </c>
       <c r="Z87" t="s">
         <v>76</v>
       </c>
       <c r="AA87" t="s">
         <v>66</v>
       </c>
       <c r="AB87" t="s">
         <v>78</v>
       </c>
       <c r="AC87" t="s">
-        <v>928</v>
+        <v>911</v>
       </c>
       <c r="AD87">
         <v>27949848240</v>
       </c>
       <c r="AE87">
         <v>7474942800</v>
       </c>
       <c r="AF87">
         <v>7474942800</v>
       </c>
       <c r="AG87" t="s">
         <v>76</v>
       </c>
       <c r="AH87" t="s">
-        <v>930</v>
+        <v>913</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87" t="s">
-        <v>931</v>
+        <v>914</v>
       </c>
       <c r="AK87" t="s">
         <v>70</v>
       </c>
       <c r="AL87" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="AM87" t="s">
         <v>82</v>
       </c>
       <c r="AN87" t="s">
-        <v>929</v>
+        <v>912</v>
       </c>
       <c r="AO87">
         <v>103.99</v>
       </c>
       <c r="AP87" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="AQ87" t="s">
         <v>73</v>
       </c>
       <c r="AR87" t="s">
         <v>84</v>
       </c>
       <c r="AS87">
         <v>282609713053</v>
       </c>
       <c r="AT87" t="s">
         <v>76</v>
       </c>
       <c r="AU87"/>
       <c r="AV87"/>
       <c r="AW87">
         <v>0</v>
       </c>
       <c r="AX87" t="s">
         <v>85</v>
       </c>
       <c r="AY87">
         <v>9168818665</v>
       </c>
       <c r="AZ87" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA87" t="s">
         <v>86</v>
       </c>
       <c r="BB87" t="s">
-        <v>927</v>
+        <v>910</v>
       </c>
       <c r="BC87" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="BD87" t="s">
-        <v>932</v>
+        <v>915</v>
       </c>
       <c r="BE87" t="s">
-        <v>933</v>
+        <v>916</v>
       </c>
       <c r="BF87" t="s">
         <v>76</v>
       </c>
       <c r="BG87" t="s">
         <v>76</v>
       </c>
       <c r="BH87">
-        <v>358</v>
+        <v>404</v>
       </c>
       <c r="BI87" t="s">
         <v>89</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>76</v>
       </c>
       <c r="BN87" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87" t="s">
         <v>73</v>
       </c>
       <c r="BQ87" t="s">
         <v>76</v>
       </c>
       <c r="BR87">
         <v>6647</v>
       </c>
       <c r="BS87"/>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
         <v>66</v>
       </c>
       <c r="B88" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="C88">
         <v>6110051792</v>
       </c>
       <c r="D88">
         <v>582445</v>
       </c>
       <c r="E88">
         <v>270.83</v>
       </c>
       <c r="F88" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
       <c r="G88" t="s">
         <v>70</v>
       </c>
       <c r="H88" t="s">
-        <v>937</v>
+        <v>920</v>
       </c>
       <c r="I88">
         <v>79.2</v>
       </c>
       <c r="J88" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="K88" t="s">
         <v>73</v>
       </c>
       <c r="L88">
         <v>4702523350</v>
       </c>
       <c r="M88" t="s">
         <v>95</v>
       </c>
       <c r="N88" t="s">
         <v>96</v>
       </c>
       <c r="O88"/>
       <c r="P88">
         <v>97246612</v>
       </c>
       <c r="Q88" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="R88" t="s">
         <v>76</v>
       </c>
       <c r="S88" t="s">
         <v>76</v>
       </c>
       <c r="T88" t="s">
         <v>174</v>
       </c>
       <c r="U88">
         <v>6110051792</v>
       </c>
       <c r="V88">
         <v>582445</v>
       </c>
       <c r="W88" t="s">
         <v>76</v>
       </c>
       <c r="X88">
         <v>270.83</v>
       </c>
       <c r="Y88">
         <v>20.6</v>
       </c>
       <c r="Z88" t="s">
         <v>76</v>
       </c>
       <c r="AA88" t="s">
         <v>66</v>
       </c>
       <c r="AB88" t="s">
         <v>78</v>
       </c>
       <c r="AC88" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
       <c r="AD88">
         <v>97246612</v>
       </c>
       <c r="AE88">
         <v>8336890200</v>
       </c>
       <c r="AF88">
         <v>8336890200</v>
       </c>
       <c r="AG88" t="s">
         <v>76</v>
       </c>
       <c r="AH88" t="s">
-        <v>939</v>
+        <v>922</v>
       </c>
       <c r="AI88"/>
       <c r="AJ88" t="s">
-        <v>940</v>
+        <v>923</v>
       </c>
       <c r="AK88" t="s">
         <v>70</v>
       </c>
       <c r="AL88" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="AM88" t="s">
         <v>82</v>
       </c>
       <c r="AN88" t="s">
-        <v>937</v>
+        <v>920</v>
       </c>
       <c r="AO88">
         <v>79.2</v>
       </c>
       <c r="AP88" t="s">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c r="AQ88" t="s">
         <v>73</v>
       </c>
       <c r="AR88" t="s">
         <v>84</v>
       </c>
       <c r="AS88">
         <v>282582931312</v>
       </c>
       <c r="AT88" t="s">
         <v>76</v>
       </c>
       <c r="AU88"/>
       <c r="AV88"/>
       <c r="AW88">
         <v>0</v>
       </c>
       <c r="AX88" t="s">
         <v>85</v>
       </c>
       <c r="AY88">
         <v>4702523350</v>
       </c>
       <c r="AZ88" t="s">
         <v>95</v>
       </c>
       <c r="BA88" t="s">
         <v>86</v>
       </c>
       <c r="BB88" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="BC88" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="BD88" t="s">
-        <v>941</v>
+        <v>924</v>
       </c>
       <c r="BE88" t="s">
-        <v>942</v>
+        <v>925</v>
       </c>
       <c r="BF88" t="s">
         <v>76</v>
       </c>
       <c r="BG88" t="s">
-        <v>943</v>
+        <v>926</v>
       </c>
       <c r="BH88">
         <v>299</v>
       </c>
       <c r="BI88" t="s">
         <v>89</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>76</v>
       </c>
       <c r="BN88" t="s">
-        <v>944</v>
+        <v>927</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88" t="s">
         <v>73</v>
       </c>
       <c r="BQ88" t="s">
         <v>76</v>
       </c>
       <c r="BR88">
         <v>5579</v>
       </c>
       <c r="BS88"/>
     </row>
     <row r="89" spans="1:71">
       <c r="A89" t="s">
         <v>66</v>
       </c>
       <c r="B89" t="s">
-        <v>945</v>
+        <v>928</v>
       </c>
       <c r="C89">
         <v>4900051913</v>
       </c>
       <c r="D89">
         <v>582411</v>
       </c>
       <c r="E89">
         <v>228.54</v>
       </c>
       <c r="F89" t="s">
-        <v>946</v>
+        <v>929</v>
       </c>
       <c r="G89" t="s">
         <v>70</v>
       </c>
       <c r="H89" t="s">
-        <v>947</v>
+        <v>930</v>
       </c>
       <c r="I89">
         <v>58.99</v>
       </c>
       <c r="J89" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="K89" t="s">
         <v>73</v>
       </c>
       <c r="L89">
         <v>4702513896</v>
       </c>
       <c r="M89" t="s">
         <v>95</v>
       </c>
       <c r="N89" t="s">
         <v>96</v>
       </c>
       <c r="O89"/>
       <c r="P89">
         <v>7063823662</v>
       </c>
       <c r="Q89" t="s">
-        <v>945</v>
+        <v>928</v>
       </c>
       <c r="R89" t="s">
         <v>76</v>
       </c>
       <c r="S89" t="s">
         <v>76</v>
       </c>
       <c r="T89" t="s">
         <v>77</v>
       </c>
       <c r="U89">
         <v>4900051913</v>
       </c>
       <c r="V89">
         <v>582411</v>
       </c>
       <c r="W89" t="s">
         <v>76</v>
       </c>
       <c r="X89">
         <v>228.54</v>
       </c>
       <c r="Y89">
         <v>20.6</v>
       </c>
       <c r="Z89" t="s">
         <v>76</v>
       </c>
       <c r="AA89" t="s">
         <v>66</v>
       </c>
       <c r="AB89" t="s">
         <v>78</v>
       </c>
       <c r="AC89" t="s">
-        <v>946</v>
+        <v>929</v>
       </c>
       <c r="AD89">
         <v>7063823662</v>
       </c>
       <c r="AE89" t="s">
-        <v>948</v>
+        <v>931</v>
       </c>
       <c r="AF89" t="s">
-        <v>948</v>
+        <v>931</v>
       </c>
       <c r="AG89" t="s">
         <v>76</v>
       </c>
       <c r="AH89" t="s">
-        <v>949</v>
+        <v>932</v>
       </c>
       <c r="AI89"/>
       <c r="AJ89" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="AK89" t="s">
         <v>70</v>
       </c>
       <c r="AL89" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="AM89" t="s">
         <v>82</v>
       </c>
       <c r="AN89" t="s">
-        <v>947</v>
+        <v>930</v>
       </c>
       <c r="AO89">
         <v>58.99</v>
       </c>
       <c r="AP89" t="s">
         <v>100</v>
       </c>
       <c r="AQ89" t="s">
         <v>73</v>
       </c>
       <c r="AR89" t="s">
         <v>84</v>
       </c>
       <c r="AS89">
         <v>282584998289</v>
       </c>
       <c r="AT89" t="s">
         <v>76</v>
       </c>
       <c r="AU89"/>
       <c r="AV89"/>
       <c r="AW89">
         <v>0</v>
       </c>
       <c r="AX89" t="s">
         <v>85</v>
       </c>
       <c r="AY89">
         <v>4702513896</v>
       </c>
       <c r="AZ89" t="s">
         <v>95</v>
       </c>
       <c r="BA89" t="s">
         <v>86</v>
       </c>
       <c r="BB89" t="s">
-        <v>945</v>
+        <v>928</v>
       </c>
       <c r="BC89" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="BD89" t="s">
-        <v>950</v>
+        <v>933</v>
       </c>
       <c r="BE89" t="s">
-        <v>951</v>
+        <v>934</v>
       </c>
       <c r="BF89" t="s">
         <v>76</v>
       </c>
       <c r="BG89" t="s">
-        <v>952</v>
+        <v>935</v>
       </c>
       <c r="BH89">
         <v>298</v>
       </c>
       <c r="BI89" t="s">
         <v>89</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89"/>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>76</v>
       </c>
       <c r="BN89" t="s">
-        <v>953</v>
+        <v>936</v>
       </c>
       <c r="BO89">
         <v>0</v>
       </c>
       <c r="BP89" t="s">
         <v>73</v>
       </c>
       <c r="BQ89" t="s">
         <v>76</v>
       </c>
       <c r="BR89">
         <v>4708</v>
       </c>
       <c r="BS89"/>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
         <v>66</v>
       </c>
       <c r="B90" t="s">
-        <v>954</v>
+        <v>937</v>
       </c>
       <c r="C90">
         <v>1190051636</v>
       </c>
       <c r="D90">
         <v>582361</v>
       </c>
       <c r="E90">
         <v>320.58</v>
       </c>
       <c r="F90" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="G90" t="s">
         <v>70</v>
       </c>
       <c r="H90" t="s">
-        <v>956</v>
+        <v>939</v>
       </c>
       <c r="I90">
         <v>102.99</v>
       </c>
       <c r="J90" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="K90" t="s">
         <v>73</v>
       </c>
       <c r="L90">
         <v>3792626670</v>
       </c>
       <c r="M90" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N90" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O90"/>
       <c r="P90" t="s">
-        <v>957</v>
+        <v>940</v>
       </c>
       <c r="Q90" t="s">
-        <v>954</v>
+        <v>937</v>
       </c>
       <c r="R90" t="s">
         <v>76</v>
       </c>
       <c r="S90" t="s">
         <v>76</v>
       </c>
       <c r="T90" t="s">
         <v>174</v>
       </c>
       <c r="U90">
         <v>1190051636</v>
       </c>
       <c r="V90">
         <v>582361</v>
       </c>
       <c r="W90" t="s">
         <v>76</v>
       </c>
       <c r="X90">
         <v>320.58</v>
       </c>
       <c r="Y90">
         <v>20.6</v>
       </c>
       <c r="Z90" t="s">
         <v>76</v>
       </c>
       <c r="AA90" t="s">
         <v>66</v>
       </c>
       <c r="AB90" t="s">
         <v>78</v>
       </c>
       <c r="AC90" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="AD90" t="s">
-        <v>957</v>
+        <v>940</v>
       </c>
       <c r="AE90">
         <v>3251007902</v>
       </c>
       <c r="AF90">
         <v>3251007902</v>
       </c>
       <c r="AG90" t="s">
         <v>76</v>
       </c>
       <c r="AH90" t="s">
-        <v>958</v>
+        <v>941</v>
       </c>
       <c r="AI90"/>
       <c r="AJ90" t="s">
-        <v>959</v>
+        <v>942</v>
       </c>
       <c r="AK90" t="s">
         <v>70</v>
       </c>
       <c r="AL90" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="AM90" t="s">
         <v>82</v>
       </c>
       <c r="AN90" t="s">
-        <v>956</v>
+        <v>939</v>
       </c>
       <c r="AO90">
         <v>102.99</v>
       </c>
       <c r="AP90" t="s">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="AQ90" t="s">
         <v>73</v>
       </c>
       <c r="AR90" t="s">
         <v>84</v>
       </c>
       <c r="AS90">
         <v>282608102720</v>
       </c>
       <c r="AT90" t="s">
         <v>76</v>
       </c>
       <c r="AU90"/>
       <c r="AV90"/>
       <c r="AW90">
         <v>0</v>
       </c>
       <c r="AX90" t="s">
         <v>85</v>
       </c>
       <c r="AY90">
         <v>3792626670</v>
       </c>
       <c r="AZ90" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA90" t="s">
         <v>86</v>
       </c>
       <c r="BB90" t="s">
-        <v>954</v>
+        <v>937</v>
       </c>
       <c r="BC90" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="BD90" t="s">
-        <v>960</v>
+        <v>943</v>
       </c>
       <c r="BE90" t="s">
-        <v>961</v>
+        <v>944</v>
       </c>
       <c r="BF90" t="s">
         <v>76</v>
       </c>
       <c r="BG90" t="s">
-        <v>962</v>
+        <v>76</v>
       </c>
       <c r="BH90">
-        <v>267</v>
+        <v>405</v>
       </c>
       <c r="BI90" t="s">
         <v>89</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>76</v>
       </c>
       <c r="BN90" t="s">
-        <v>963</v>
+        <v>945</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90" t="s">
         <v>73</v>
       </c>
       <c r="BQ90" t="s">
         <v>76</v>
       </c>
       <c r="BR90">
         <v>6604</v>
       </c>
       <c r="BS90"/>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
         <v>66</v>
       </c>
       <c r="B91" t="s">
-        <v>964</v>
+        <v>946</v>
       </c>
       <c r="C91">
         <v>4490051745</v>
       </c>
       <c r="D91">
         <v>582341</v>
       </c>
       <c r="E91">
         <v>220.63</v>
       </c>
       <c r="F91" t="s">
-        <v>965</v>
+        <v>947</v>
       </c>
       <c r="G91" t="s">
         <v>70</v>
       </c>
       <c r="H91" t="s">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="I91">
         <v>55.2</v>
       </c>
       <c r="J91" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="K91" t="s">
         <v>73</v>
       </c>
       <c r="L91">
         <v>4702467070</v>
       </c>
       <c r="M91" t="s">
         <v>95</v>
       </c>
       <c r="N91" t="s">
         <v>96</v>
       </c>
       <c r="O91"/>
       <c r="P91">
         <v>6713871404</v>
       </c>
       <c r="Q91" t="s">
-        <v>964</v>
+        <v>946</v>
       </c>
       <c r="R91" t="s">
         <v>76</v>
       </c>
       <c r="S91" t="s">
         <v>76</v>
       </c>
       <c r="T91" t="s">
         <v>77</v>
       </c>
       <c r="U91">
         <v>4490051745</v>
       </c>
       <c r="V91">
         <v>582341</v>
       </c>
       <c r="W91" t="s">
         <v>76</v>
       </c>
       <c r="X91">
         <v>220.63</v>
       </c>
       <c r="Y91">
         <v>20.6</v>
       </c>
       <c r="Z91" t="s">
         <v>76</v>
       </c>
       <c r="AA91" t="s">
         <v>66</v>
       </c>
       <c r="AB91" t="s">
         <v>78</v>
       </c>
       <c r="AC91" t="s">
-        <v>965</v>
+        <v>947</v>
       </c>
       <c r="AD91">
         <v>6713871404</v>
       </c>
       <c r="AE91" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="AF91" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="AG91" t="s">
         <v>76</v>
       </c>
       <c r="AH91" t="s">
-        <v>968</v>
+        <v>950</v>
       </c>
       <c r="AI91"/>
       <c r="AJ91" t="s">
-        <v>969</v>
+        <v>951</v>
       </c>
       <c r="AK91" t="s">
         <v>70</v>
       </c>
       <c r="AL91" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="AM91" t="s">
         <v>82</v>
       </c>
       <c r="AN91" t="s">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="AO91">
         <v>55.2</v>
       </c>
       <c r="AP91" t="s">
-        <v>970</v>
+        <v>952</v>
       </c>
       <c r="AQ91" t="s">
         <v>73</v>
       </c>
       <c r="AR91" t="s">
         <v>84</v>
       </c>
       <c r="AS91">
         <v>282608217379</v>
       </c>
       <c r="AT91" t="s">
         <v>76</v>
       </c>
       <c r="AU91"/>
       <c r="AV91"/>
       <c r="AW91"/>
       <c r="AX91" t="s">
         <v>85</v>
       </c>
       <c r="AY91">
         <v>4702467070</v>
       </c>
       <c r="AZ91" t="s">
         <v>95</v>
       </c>
       <c r="BA91" t="s">
         <v>86</v>
       </c>
       <c r="BB91" t="s">
-        <v>964</v>
+        <v>946</v>
       </c>
       <c r="BC91" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="BD91" t="s">
-        <v>971</v>
+        <v>953</v>
       </c>
       <c r="BE91" t="s">
-        <v>972</v>
+        <v>954</v>
       </c>
       <c r="BF91" t="s">
         <v>76</v>
       </c>
       <c r="BG91" t="s">
-        <v>973</v>
+        <v>955</v>
       </c>
       <c r="BH91">
         <v>299</v>
       </c>
       <c r="BI91" t="s">
         <v>89</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>76</v>
       </c>
       <c r="BN91" t="s">
-        <v>974</v>
+        <v>956</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91" t="s">
         <v>73</v>
       </c>
       <c r="BQ91" t="s">
         <v>76</v>
       </c>
       <c r="BR91">
         <v>4545</v>
       </c>
       <c r="BS91"/>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
         <v>66</v>
       </c>
       <c r="B92" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="C92">
         <v>2560051478</v>
       </c>
       <c r="D92">
         <v>582241</v>
       </c>
       <c r="E92">
         <v>244.08</v>
       </c>
       <c r="F92" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G92" t="s">
         <v>70</v>
       </c>
       <c r="H92" t="s">
-        <v>976</v>
+        <v>958</v>
       </c>
       <c r="I92">
         <v>66.4</v>
       </c>
       <c r="J92" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="K92" t="s">
         <v>73</v>
       </c>
       <c r="L92">
         <v>4702436944</v>
       </c>
       <c r="M92" t="s">
         <v>95</v>
       </c>
       <c r="N92" t="s">
         <v>96</v>
       </c>
       <c r="O92"/>
       <c r="P92">
         <v>28953755049</v>
       </c>
       <c r="Q92" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="R92" t="s">
         <v>76</v>
       </c>
       <c r="S92" t="s">
         <v>76</v>
       </c>
       <c r="T92" t="s">
         <v>174</v>
       </c>
       <c r="U92">
         <v>2560051478</v>
       </c>
       <c r="V92">
         <v>582241</v>
       </c>
       <c r="W92" t="s">
         <v>76</v>
       </c>
       <c r="X92">
         <v>244.08</v>
       </c>
       <c r="Y92">
         <v>20.6</v>
       </c>
       <c r="Z92" t="s">
         <v>76</v>
       </c>
       <c r="AA92" t="s">
         <v>66</v>
       </c>
       <c r="AB92" t="s">
         <v>78</v>
       </c>
       <c r="AC92" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="AD92">
         <v>28953755049</v>
       </c>
       <c r="AE92">
         <v>2226893600</v>
       </c>
       <c r="AF92">
         <v>2226893600</v>
       </c>
       <c r="AG92" t="s">
         <v>76</v>
       </c>
       <c r="AH92" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="AI92"/>
       <c r="AJ92" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="AK92" t="s">
         <v>70</v>
       </c>
       <c r="AL92" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="AM92" t="s">
         <v>82</v>
       </c>
       <c r="AN92" t="s">
-        <v>976</v>
+        <v>958</v>
       </c>
       <c r="AO92">
         <v>66.4</v>
       </c>
       <c r="AP92" t="s">
-        <v>978</v>
+        <v>960</v>
       </c>
       <c r="AQ92" t="s">
         <v>73</v>
       </c>
       <c r="AR92" t="s">
         <v>84</v>
       </c>
       <c r="AS92">
         <v>282607640967</v>
       </c>
       <c r="AT92" t="s">
         <v>76</v>
       </c>
       <c r="AU92"/>
       <c r="AV92"/>
       <c r="AW92"/>
       <c r="AX92" t="s">
         <v>85</v>
       </c>
       <c r="AY92">
         <v>4702436944</v>
       </c>
       <c r="AZ92" t="s">
         <v>95</v>
       </c>
       <c r="BA92" t="s">
         <v>86</v>
       </c>
       <c r="BB92" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="BC92" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="BD92" t="s">
-        <v>979</v>
+        <v>961</v>
       </c>
       <c r="BE92" t="s">
-        <v>980</v>
+        <v>962</v>
       </c>
       <c r="BF92" t="s">
         <v>76</v>
       </c>
       <c r="BG92" t="s">
-        <v>981</v>
+        <v>963</v>
       </c>
       <c r="BH92">
         <v>300</v>
       </c>
       <c r="BI92" t="s">
         <v>89</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92"/>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>76</v>
       </c>
       <c r="BN92" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="BO92">
         <v>0</v>
       </c>
       <c r="BP92" t="s">
         <v>73</v>
       </c>
       <c r="BQ92" t="s">
         <v>76</v>
       </c>
       <c r="BR92">
         <v>5028</v>
       </c>
       <c r="BS92"/>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
         <v>66</v>
       </c>
       <c r="B93" t="s">
-        <v>983</v>
+        <v>965</v>
       </c>
       <c r="C93" t="s">
-        <v>984</v>
+        <v>966</v>
       </c>
       <c r="D93">
         <v>582203</v>
       </c>
       <c r="E93">
         <v>272.48</v>
       </c>
       <c r="F93" t="s">
-        <v>985</v>
+        <v>967</v>
       </c>
       <c r="G93" t="s">
         <v>70</v>
       </c>
       <c r="H93" t="s">
-        <v>986</v>
+        <v>968</v>
       </c>
       <c r="I93">
         <v>79.99</v>
       </c>
       <c r="J93" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="K93" t="s">
         <v>73</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93">
         <v>12014315409</v>
       </c>
       <c r="Q93" t="s">
-        <v>983</v>
+        <v>965</v>
       </c>
       <c r="R93" t="s">
         <v>76</v>
       </c>
       <c r="S93" t="s">
         <v>76</v>
       </c>
       <c r="T93" t="s">
         <v>77</v>
       </c>
       <c r="U93" t="s">
-        <v>984</v>
+        <v>966</v>
       </c>
       <c r="V93">
         <v>582203</v>
       </c>
       <c r="W93" t="s">
         <v>76</v>
       </c>
       <c r="X93">
         <v>272.48</v>
       </c>
       <c r="Y93">
         <v>20.6</v>
       </c>
       <c r="Z93" t="s">
         <v>76</v>
       </c>
       <c r="AA93" t="s">
         <v>66</v>
       </c>
       <c r="AB93" t="s">
         <v>78</v>
       </c>
       <c r="AC93" t="s">
-        <v>985</v>
+        <v>967</v>
       </c>
       <c r="AD93">
         <v>12014315409</v>
       </c>
       <c r="AE93">
         <v>4421961800</v>
       </c>
       <c r="AF93">
         <v>4421961800</v>
       </c>
       <c r="AG93" t="s">
         <v>76</v>
       </c>
       <c r="AH93" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="AI93"/>
       <c r="AJ93" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="AK93" t="s">
         <v>70</v>
       </c>
       <c r="AL93" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="AM93" t="s">
         <v>82</v>
       </c>
       <c r="AN93" t="s">
-        <v>986</v>
+        <v>968</v>
       </c>
       <c r="AO93">
         <v>79.99</v>
       </c>
       <c r="AP93" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ93" t="s">
         <v>73</v>
       </c>
       <c r="AR93" t="s">
         <v>84</v>
       </c>
       <c r="AS93">
         <v>282475527656</v>
       </c>
       <c r="AT93" t="s">
         <v>76</v>
       </c>
       <c r="AU93"/>
       <c r="AV93"/>
       <c r="AW93"/>
       <c r="AX93" t="s">
         <v>85</v>
       </c>
       <c r="AY93"/>
       <c r="AZ93" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA93" t="s">
         <v>86</v>
       </c>
       <c r="BB93" t="s">
-        <v>983</v>
+        <v>965</v>
       </c>
       <c r="BC93" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="BD93" t="s">
-        <v>987</v>
+        <v>969</v>
       </c>
       <c r="BE93" t="s">
-        <v>988</v>
+        <v>970</v>
       </c>
       <c r="BF93" t="s">
         <v>76</v>
       </c>
       <c r="BG93" t="s">
         <v>76</v>
       </c>
       <c r="BH93">
-        <v>360</v>
+        <v>406</v>
       </c>
       <c r="BI93" t="s">
         <v>89</v>
       </c>
       <c r="BJ93"/>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>76</v>
       </c>
       <c r="BN93" t="s">
-        <v>989</v>
+        <v>971</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93" t="s">
         <v>73</v>
       </c>
       <c r="BQ93" t="s">
         <v>76</v>
       </c>
       <c r="BR93">
         <v>5613</v>
       </c>
       <c r="BS93"/>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
         <v>66</v>
       </c>
       <c r="B94" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="C94">
         <v>6190051749</v>
       </c>
       <c r="D94">
         <v>582175</v>
       </c>
       <c r="E94">
         <v>272.48</v>
       </c>
       <c r="F94" t="s">
-        <v>991</v>
+        <v>973</v>
       </c>
       <c r="G94" t="s">
         <v>70</v>
       </c>
       <c r="H94" t="s">
-        <v>992</v>
+        <v>974</v>
       </c>
       <c r="I94">
         <v>79.99</v>
       </c>
       <c r="J94" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="K94" t="s">
         <v>73</v>
       </c>
       <c r="L94">
         <v>4702393835</v>
       </c>
       <c r="M94" t="s">
         <v>95</v>
       </c>
       <c r="N94" t="s">
         <v>96</v>
       </c>
       <c r="O94"/>
       <c r="P94">
         <v>28381089842</v>
       </c>
       <c r="Q94" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="R94" t="s">
         <v>76</v>
       </c>
       <c r="S94" t="s">
         <v>76</v>
       </c>
       <c r="T94" t="s">
         <v>77</v>
       </c>
       <c r="U94">
         <v>6190051749</v>
       </c>
       <c r="V94">
         <v>582175</v>
       </c>
       <c r="W94" t="s">
         <v>76</v>
       </c>
       <c r="X94">
         <v>272.48</v>
       </c>
       <c r="Y94">
         <v>20.6</v>
       </c>
       <c r="Z94" t="s">
         <v>76</v>
       </c>
       <c r="AA94" t="s">
         <v>66</v>
       </c>
       <c r="AB94" t="s">
         <v>78</v>
       </c>
       <c r="AC94" t="s">
-        <v>991</v>
+        <v>973</v>
       </c>
       <c r="AD94">
         <v>28381089842</v>
       </c>
       <c r="AE94" t="s">
-        <v>994</v>
+        <v>976</v>
       </c>
       <c r="AF94" t="s">
-        <v>994</v>
+        <v>976</v>
       </c>
       <c r="AG94" t="s">
         <v>76</v>
       </c>
       <c r="AH94" t="s">
-        <v>995</v>
+        <v>977</v>
       </c>
       <c r="AI94"/>
       <c r="AJ94" t="s">
-        <v>996</v>
+        <v>978</v>
       </c>
       <c r="AK94" t="s">
         <v>70</v>
       </c>
       <c r="AL94" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="AM94" t="s">
         <v>82</v>
       </c>
       <c r="AN94" t="s">
-        <v>992</v>
+        <v>974</v>
       </c>
       <c r="AO94">
         <v>79.99</v>
       </c>
       <c r="AP94" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ94" t="s">
         <v>73</v>
       </c>
       <c r="AR94" t="s">
         <v>84</v>
       </c>
       <c r="AS94">
         <v>282476392592</v>
       </c>
       <c r="AT94" t="s">
         <v>76</v>
       </c>
       <c r="AU94"/>
       <c r="AV94"/>
       <c r="AW94">
         <v>0</v>
       </c>
       <c r="AX94" t="s">
         <v>85</v>
       </c>
       <c r="AY94">
         <v>4702393835</v>
       </c>
       <c r="AZ94" t="s">
         <v>95</v>
       </c>
       <c r="BA94" t="s">
         <v>86</v>
       </c>
       <c r="BB94" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="BC94" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="BD94" t="s">
-        <v>997</v>
+        <v>979</v>
       </c>
       <c r="BE94" t="s">
-        <v>998</v>
+        <v>980</v>
       </c>
       <c r="BF94" t="s">
         <v>76</v>
       </c>
       <c r="BG94" t="s">
-        <v>999</v>
+        <v>981</v>
       </c>
       <c r="BH94">
         <v>313</v>
       </c>
       <c r="BI94" t="s">
         <v>89</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>76</v>
       </c>
       <c r="BN94" t="s">
-        <v>1000</v>
+        <v>982</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94" t="s">
         <v>73</v>
       </c>
       <c r="BQ94" t="s">
         <v>76</v>
       </c>
       <c r="BR94">
         <v>5613</v>
       </c>
       <c r="BS94"/>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
         <v>66</v>
       </c>
       <c r="B95" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="C95" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="D95">
         <v>582119</v>
       </c>
       <c r="E95">
         <v>291.31</v>
       </c>
       <c r="F95" t="s">
-        <v>1003</v>
+        <v>985</v>
       </c>
       <c r="G95" t="s">
         <v>70</v>
       </c>
       <c r="H95" t="s">
-        <v>1004</v>
+        <v>986</v>
       </c>
       <c r="I95">
         <v>88.99</v>
       </c>
       <c r="J95" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="K95" t="s">
         <v>73</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95">
         <v>18687474671</v>
       </c>
       <c r="Q95" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="R95" t="s">
         <v>76</v>
       </c>
       <c r="S95" t="s">
         <v>76</v>
       </c>
       <c r="T95" t="s">
         <v>174</v>
       </c>
       <c r="U95" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="V95">
         <v>582119</v>
       </c>
       <c r="W95" t="s">
         <v>76</v>
       </c>
       <c r="X95">
         <v>291.31</v>
       </c>
       <c r="Y95">
         <v>20.6</v>
       </c>
       <c r="Z95" t="s">
         <v>76</v>
       </c>
       <c r="AA95" t="s">
         <v>66</v>
       </c>
       <c r="AB95" t="s">
         <v>78</v>
       </c>
       <c r="AC95" t="s">
-        <v>1003</v>
+        <v>985</v>
       </c>
       <c r="AD95">
         <v>18687474671</v>
       </c>
       <c r="AE95">
         <v>6862004291</v>
       </c>
       <c r="AF95">
         <v>6862004291</v>
       </c>
       <c r="AG95" t="s">
         <v>76</v>
       </c>
       <c r="AH95" t="s">
-        <v>1005</v>
+        <v>987</v>
       </c>
       <c r="AI95"/>
       <c r="AJ95" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="AK95" t="s">
         <v>70</v>
       </c>
       <c r="AL95" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="AM95" t="s">
         <v>82</v>
       </c>
       <c r="AN95" t="s">
-        <v>1004</v>
+        <v>986</v>
       </c>
       <c r="AO95">
         <v>88.99</v>
       </c>
       <c r="AP95" t="s">
-        <v>1007</v>
+        <v>989</v>
       </c>
       <c r="AQ95" t="s">
         <v>73</v>
       </c>
       <c r="AR95" t="s">
         <v>84</v>
       </c>
       <c r="AS95">
         <v>282448842180</v>
       </c>
       <c r="AT95" t="s">
         <v>76</v>
       </c>
       <c r="AU95"/>
       <c r="AV95"/>
       <c r="AW95">
         <v>0</v>
       </c>
       <c r="AX95" t="s">
         <v>85</v>
       </c>
       <c r="AY95"/>
       <c r="AZ95" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA95" t="s">
         <v>86</v>
       </c>
       <c r="BB95" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="BC95" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="BD95" t="s">
-        <v>1008</v>
+        <v>990</v>
       </c>
       <c r="BE95" t="s">
-        <v>1009</v>
+        <v>991</v>
       </c>
       <c r="BF95" t="s">
         <v>76</v>
       </c>
       <c r="BG95" t="s">
         <v>76</v>
       </c>
       <c r="BH95">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="BI95" t="s">
         <v>89</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95"/>
       <c r="BL95"/>
       <c r="BM95" t="s">
         <v>76</v>
       </c>
       <c r="BN95" t="s">
-        <v>1010</v>
+        <v>992</v>
       </c>
       <c r="BO95">
         <v>0</v>
       </c>
       <c r="BP95" t="s">
         <v>73</v>
       </c>
       <c r="BQ95" t="s">
         <v>76</v>
       </c>
       <c r="BR95">
         <v>6001</v>
       </c>
       <c r="BS95"/>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
         <v>66</v>
       </c>
       <c r="B96" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="C96">
         <v>2890051372</v>
       </c>
       <c r="D96">
         <v>581408</v>
       </c>
       <c r="E96">
         <v>272.48</v>
       </c>
       <c r="F96" t="s">
-        <v>1012</v>
+        <v>994</v>
       </c>
       <c r="G96" t="s">
         <v>70</v>
       </c>
       <c r="H96" t="s">
-        <v>1013</v>
+        <v>995</v>
       </c>
       <c r="I96">
         <v>79.99</v>
       </c>
       <c r="J96" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="K96" t="s">
         <v>73</v>
       </c>
       <c r="L96">
         <v>3764049811</v>
       </c>
       <c r="M96" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N96" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O96"/>
       <c r="P96">
         <v>411542645</v>
       </c>
       <c r="Q96" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="R96" t="s">
         <v>76</v>
       </c>
       <c r="S96" t="s">
         <v>76</v>
       </c>
       <c r="T96" t="s">
         <v>77</v>
       </c>
       <c r="U96">
         <v>2890051372</v>
       </c>
       <c r="V96">
         <v>581408</v>
       </c>
       <c r="W96" t="s">
         <v>76</v>
       </c>
       <c r="X96">
         <v>272.48</v>
       </c>
       <c r="Y96">
         <v>20.6</v>
       </c>
       <c r="Z96" t="s">
         <v>76</v>
       </c>
       <c r="AA96" t="s">
         <v>66</v>
       </c>
       <c r="AB96" t="s">
         <v>78</v>
       </c>
       <c r="AC96" t="s">
-        <v>1012</v>
+        <v>994</v>
       </c>
       <c r="AD96">
         <v>411542645</v>
       </c>
       <c r="AE96">
         <v>5591284600</v>
       </c>
       <c r="AF96">
         <v>5591284600</v>
       </c>
       <c r="AG96" t="s">
         <v>76</v>
       </c>
       <c r="AH96" t="s">
-        <v>589</v>
+        <v>576</v>
       </c>
       <c r="AI96"/>
       <c r="AJ96" t="s">
-        <v>590</v>
+        <v>577</v>
       </c>
       <c r="AK96" t="s">
         <v>70</v>
       </c>
       <c r="AL96" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="AM96" t="s">
         <v>82</v>
       </c>
       <c r="AN96" t="s">
-        <v>1013</v>
+        <v>995</v>
       </c>
       <c r="AO96">
         <v>79.99</v>
       </c>
       <c r="AP96" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ96" t="s">
         <v>73</v>
       </c>
       <c r="AR96" t="s">
         <v>84</v>
       </c>
       <c r="AS96">
         <v>282253921670</v>
       </c>
       <c r="AT96" t="s">
         <v>76</v>
       </c>
       <c r="AU96"/>
       <c r="AV96"/>
       <c r="AW96">
         <v>0</v>
       </c>
       <c r="AX96" t="s">
         <v>85</v>
       </c>
       <c r="AY96">
         <v>3764049811</v>
       </c>
       <c r="AZ96" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA96" t="s">
         <v>86</v>
       </c>
       <c r="BB96" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="BC96" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="BD96" t="s">
-        <v>1015</v>
+        <v>997</v>
       </c>
       <c r="BE96" t="s">
-        <v>1016</v>
+        <v>998</v>
       </c>
       <c r="BF96" t="s">
         <v>76</v>
       </c>
       <c r="BG96" t="s">
-        <v>1017</v>
+        <v>76</v>
       </c>
       <c r="BH96">
-        <v>224</v>
+        <v>411</v>
       </c>
       <c r="BI96" t="s">
         <v>89</v>
       </c>
       <c r="BJ96"/>
       <c r="BK96"/>
       <c r="BL96"/>
       <c r="BM96" t="s">
         <v>76</v>
       </c>
       <c r="BN96" t="s">
-        <v>1018</v>
+        <v>999</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96" t="s">
         <v>73</v>
       </c>
       <c r="BQ96" t="s">
         <v>76</v>
       </c>
       <c r="BR96">
         <v>5613</v>
       </c>
       <c r="BS96"/>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
         <v>66</v>
       </c>
       <c r="B97" t="s">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="C97">
         <v>1570051619</v>
       </c>
       <c r="D97">
         <v>581378</v>
       </c>
       <c r="E97">
         <v>237.38</v>
       </c>
       <c r="F97" t="s">
-        <v>1020</v>
+        <v>1001</v>
       </c>
       <c r="G97" t="s">
         <v>70</v>
       </c>
       <c r="H97" t="s">
-        <v>1021</v>
+        <v>1002</v>
       </c>
       <c r="I97">
         <v>63.2</v>
       </c>
       <c r="J97" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="K97" t="s">
         <v>73</v>
       </c>
       <c r="L97">
         <v>3764021914</v>
       </c>
       <c r="M97" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N97" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O97"/>
       <c r="P97">
         <v>3129629182</v>
       </c>
       <c r="Q97" t="s">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="R97" t="s">
         <v>76</v>
       </c>
       <c r="S97" t="s">
         <v>76</v>
       </c>
       <c r="T97" t="s">
         <v>77</v>
       </c>
       <c r="U97">
         <v>1570051619</v>
       </c>
       <c r="V97">
         <v>581378</v>
       </c>
       <c r="W97" t="s">
         <v>76</v>
       </c>
       <c r="X97">
         <v>237.38</v>
       </c>
       <c r="Y97">
         <v>20.6</v>
       </c>
       <c r="Z97" t="s">
         <v>76</v>
       </c>
       <c r="AA97" t="s">
         <v>66</v>
       </c>
       <c r="AB97" t="s">
         <v>78</v>
       </c>
       <c r="AC97" t="s">
-        <v>1020</v>
+        <v>1001</v>
       </c>
       <c r="AD97">
         <v>3129629182</v>
       </c>
       <c r="AE97" t="s">
-        <v>1022</v>
+        <v>1003</v>
       </c>
       <c r="AF97" t="s">
-        <v>1022</v>
+        <v>1003</v>
       </c>
       <c r="AG97" t="s">
         <v>76</v>
       </c>
       <c r="AH97" t="s">
-        <v>1023</v>
+        <v>1004</v>
       </c>
       <c r="AI97"/>
       <c r="AJ97" t="s">
-        <v>1024</v>
+        <v>1005</v>
       </c>
       <c r="AK97" t="s">
         <v>70</v>
       </c>
       <c r="AL97" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="AM97" t="s">
         <v>82</v>
       </c>
       <c r="AN97" t="s">
-        <v>1021</v>
+        <v>1002</v>
       </c>
       <c r="AO97">
         <v>63.2</v>
       </c>
       <c r="AP97" t="s">
-        <v>1025</v>
+        <v>1006</v>
       </c>
       <c r="AQ97" t="s">
         <v>73</v>
       </c>
       <c r="AR97" t="s">
         <v>84</v>
       </c>
       <c r="AS97">
         <v>282253862152</v>
       </c>
       <c r="AT97" t="s">
         <v>76</v>
       </c>
       <c r="AU97"/>
       <c r="AV97"/>
       <c r="AW97">
         <v>0</v>
       </c>
       <c r="AX97" t="s">
         <v>85</v>
       </c>
       <c r="AY97">
         <v>3764021914</v>
       </c>
       <c r="AZ97" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA97" t="s">
         <v>86</v>
       </c>
       <c r="BB97" t="s">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="BC97" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="BD97" t="s">
-        <v>1026</v>
+        <v>1007</v>
       </c>
       <c r="BE97" t="s">
-        <v>1027</v>
+        <v>1008</v>
       </c>
       <c r="BF97" t="s">
         <v>76</v>
       </c>
       <c r="BG97" t="s">
-        <v>1028</v>
+        <v>76</v>
       </c>
       <c r="BH97">
-        <v>221</v>
+        <v>412</v>
       </c>
       <c r="BI97" t="s">
         <v>89</v>
       </c>
       <c r="BJ97"/>
       <c r="BK97"/>
       <c r="BL97"/>
       <c r="BM97" t="s">
         <v>76</v>
       </c>
       <c r="BN97" t="s">
-        <v>1029</v>
+        <v>1009</v>
       </c>
       <c r="BO97">
         <v>0</v>
       </c>
       <c r="BP97" t="s">
         <v>73</v>
       </c>
       <c r="BQ97" t="s">
         <v>76</v>
       </c>
       <c r="BR97">
         <v>4890</v>
       </c>
       <c r="BS97"/>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
         <v>66</v>
       </c>
       <c r="B98" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
       <c r="C98">
         <v>7060051014</v>
       </c>
       <c r="D98">
         <v>581246</v>
       </c>
       <c r="E98">
         <v>270.83</v>
       </c>
       <c r="F98" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
       <c r="G98" t="s">
         <v>70</v>
       </c>
       <c r="H98" t="s">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="I98">
         <v>79.2</v>
       </c>
       <c r="J98" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
       <c r="K98" t="s">
         <v>73</v>
       </c>
       <c r="L98">
         <v>3763987673</v>
       </c>
       <c r="M98" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N98" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O98"/>
       <c r="P98">
         <v>19391985508</v>
       </c>
       <c r="Q98" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
       <c r="R98" t="s">
         <v>76</v>
       </c>
       <c r="S98" t="s">
         <v>76</v>
       </c>
       <c r="T98" t="s">
         <v>174</v>
       </c>
       <c r="U98">
         <v>7060051014</v>
       </c>
       <c r="V98">
         <v>581246</v>
       </c>
       <c r="W98" t="s">
         <v>76</v>
       </c>
       <c r="X98">
         <v>270.83</v>
       </c>
       <c r="Y98">
         <v>20.6</v>
       </c>
       <c r="Z98" t="s">
         <v>76</v>
       </c>
       <c r="AA98" t="s">
         <v>66</v>
       </c>
       <c r="AB98" t="s">
         <v>78</v>
       </c>
       <c r="AC98" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
       <c r="AD98">
         <v>19391985508</v>
       </c>
       <c r="AE98" t="s">
-        <v>1034</v>
+        <v>1014</v>
       </c>
       <c r="AF98" t="s">
-        <v>1034</v>
+        <v>1014</v>
       </c>
       <c r="AG98" t="s">
         <v>76</v>
       </c>
       <c r="AH98" t="s">
-        <v>1035</v>
+        <v>1015</v>
       </c>
       <c r="AI98"/>
       <c r="AJ98" t="s">
-        <v>1036</v>
+        <v>1016</v>
       </c>
       <c r="AK98" t="s">
         <v>70</v>
       </c>
       <c r="AL98" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
       <c r="AM98" t="s">
         <v>82</v>
       </c>
       <c r="AN98" t="s">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="AO98">
         <v>79.2</v>
       </c>
       <c r="AP98" t="s">
-        <v>698</v>
+        <v>682</v>
       </c>
       <c r="AQ98" t="s">
         <v>73</v>
       </c>
       <c r="AR98" t="s">
         <v>84</v>
       </c>
       <c r="AS98">
         <v>282266545184</v>
       </c>
       <c r="AT98" t="s">
         <v>76</v>
       </c>
       <c r="AU98"/>
       <c r="AV98"/>
       <c r="AW98">
         <v>0</v>
       </c>
       <c r="AX98" t="s">
         <v>85</v>
       </c>
       <c r="AY98">
         <v>3763987673</v>
       </c>
       <c r="AZ98" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA98" t="s">
         <v>86</v>
       </c>
       <c r="BB98" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
       <c r="BC98" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
       <c r="BD98" t="s">
-        <v>1037</v>
+        <v>1017</v>
       </c>
       <c r="BE98" t="s">
-        <v>1038</v>
+        <v>1018</v>
       </c>
       <c r="BF98" t="s">
         <v>76</v>
       </c>
       <c r="BG98" t="s">
-        <v>1039</v>
+        <v>76</v>
       </c>
       <c r="BH98">
-        <v>225</v>
+        <v>414</v>
       </c>
       <c r="BI98" t="s">
         <v>89</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>76</v>
       </c>
       <c r="BN98" t="s">
-        <v>1040</v>
+        <v>1019</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98" t="s">
         <v>73</v>
       </c>
       <c r="BQ98" t="s">
         <v>76</v>
       </c>
       <c r="BR98">
         <v>5579</v>
       </c>
       <c r="BS98"/>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
         <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>1041</v>
+        <v>1020</v>
       </c>
       <c r="C99">
         <v>5300051210</v>
       </c>
       <c r="D99">
         <v>581168</v>
       </c>
       <c r="E99">
         <v>322.67</v>
       </c>
       <c r="F99" t="s">
-        <v>1042</v>
+        <v>1021</v>
       </c>
       <c r="G99" t="s">
         <v>70</v>
       </c>
       <c r="H99" t="s">
-        <v>1043</v>
+        <v>1022</v>
       </c>
       <c r="I99">
         <v>103.99</v>
       </c>
       <c r="J99" t="s">
-        <v>1044</v>
+        <v>1023</v>
       </c>
       <c r="K99" t="s">
         <v>73</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99">
         <v>19549054055</v>
       </c>
       <c r="Q99" t="s">
-        <v>1041</v>
+        <v>1020</v>
       </c>
       <c r="R99" t="s">
         <v>76</v>
       </c>
       <c r="S99" t="s">
         <v>76</v>
       </c>
       <c r="T99" t="s">
         <v>174</v>
       </c>
       <c r="U99">
         <v>5300051210</v>
       </c>
       <c r="V99">
         <v>581168</v>
       </c>
       <c r="W99" t="s">
         <v>76</v>
       </c>
       <c r="X99">
         <v>322.67</v>
       </c>
       <c r="Y99">
         <v>20.6</v>
       </c>
       <c r="Z99" t="s">
         <v>76</v>
       </c>
       <c r="AA99" t="s">
         <v>66</v>
       </c>
       <c r="AB99" t="s">
         <v>78</v>
       </c>
       <c r="AC99" t="s">
-        <v>1042</v>
+        <v>1021</v>
       </c>
       <c r="AD99">
         <v>19549054055</v>
       </c>
       <c r="AE99">
         <v>4421961800</v>
       </c>
       <c r="AF99">
         <v>4421961800</v>
       </c>
       <c r="AG99" t="s">
         <v>76</v>
       </c>
       <c r="AH99" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="AI99"/>
       <c r="AJ99" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="AK99" t="s">
         <v>70</v>
       </c>
       <c r="AL99" t="s">
-        <v>1044</v>
+        <v>1023</v>
       </c>
       <c r="AM99" t="s">
         <v>82</v>
       </c>
       <c r="AN99" t="s">
-        <v>1043</v>
+        <v>1022</v>
       </c>
       <c r="AO99">
         <v>103.99</v>
       </c>
       <c r="AP99" t="s">
-        <v>1045</v>
+        <v>1024</v>
       </c>
       <c r="AQ99" t="s">
         <v>73</v>
       </c>
       <c r="AR99" t="s">
         <v>84</v>
       </c>
       <c r="AS99">
         <v>282115462283</v>
       </c>
       <c r="AT99" t="s">
         <v>76</v>
       </c>
       <c r="AU99"/>
       <c r="AV99"/>
       <c r="AW99">
         <v>0</v>
       </c>
       <c r="AX99" t="s">
         <v>85</v>
       </c>
       <c r="AY99"/>
       <c r="AZ99" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA99" t="s">
         <v>86</v>
       </c>
       <c r="BB99" t="s">
-        <v>1041</v>
+        <v>1020</v>
       </c>
       <c r="BC99" t="s">
-        <v>1044</v>
+        <v>1023</v>
       </c>
       <c r="BD99" t="s">
-        <v>1046</v>
+        <v>1025</v>
       </c>
       <c r="BE99" t="s">
-        <v>1047</v>
+        <v>1026</v>
       </c>
       <c r="BF99" t="s">
         <v>76</v>
       </c>
       <c r="BG99" t="s">
         <v>76</v>
       </c>
       <c r="BH99">
-        <v>369</v>
+        <v>415</v>
       </c>
       <c r="BI99" t="s">
         <v>89</v>
       </c>
       <c r="BJ99"/>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>76</v>
       </c>
       <c r="BN99" t="s">
-        <v>1048</v>
+        <v>1027</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99" t="s">
         <v>73</v>
       </c>
       <c r="BQ99" t="s">
         <v>76</v>
       </c>
       <c r="BR99">
         <v>6647</v>
       </c>
       <c r="BS99"/>
     </row>
     <row r="100" spans="1:71">
       <c r="A100" t="s">
         <v>66</v>
       </c>
       <c r="B100" t="s">
-        <v>1049</v>
+        <v>1028</v>
       </c>
       <c r="C100">
         <v>4060050782</v>
       </c>
       <c r="D100">
         <v>581088</v>
       </c>
       <c r="E100">
         <v>272.48</v>
       </c>
       <c r="F100" t="s">
-        <v>1050</v>
+        <v>1029</v>
       </c>
       <c r="G100" t="s">
         <v>70</v>
       </c>
       <c r="H100" t="s">
-        <v>1051</v>
+        <v>1030</v>
       </c>
       <c r="I100">
         <v>79.99</v>
       </c>
       <c r="J100" t="s">
-        <v>1052</v>
+        <v>1031</v>
       </c>
       <c r="K100" t="s">
         <v>73</v>
       </c>
       <c r="L100">
         <v>2195600923</v>
       </c>
       <c r="M100" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N100" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O100"/>
       <c r="P100" t="s">
-        <v>1053</v>
+        <v>1032</v>
       </c>
       <c r="Q100" t="s">
-        <v>1049</v>
+        <v>1028</v>
       </c>
       <c r="R100" t="s">
         <v>76</v>
       </c>
       <c r="S100" t="s">
         <v>76</v>
       </c>
       <c r="T100" t="s">
         <v>174</v>
       </c>
       <c r="U100">
         <v>4060050782</v>
       </c>
       <c r="V100">
         <v>581088</v>
       </c>
       <c r="W100" t="s">
         <v>76</v>
       </c>
       <c r="X100">
         <v>272.48</v>
       </c>
       <c r="Y100">
         <v>20.6</v>
       </c>
       <c r="Z100" t="s">
         <v>76</v>
       </c>
       <c r="AA100" t="s">
         <v>66</v>
       </c>
       <c r="AB100" t="s">
         <v>78</v>
       </c>
       <c r="AC100" t="s">
-        <v>1050</v>
+        <v>1029</v>
       </c>
       <c r="AD100" t="s">
-        <v>1053</v>
+        <v>1032</v>
       </c>
       <c r="AE100">
         <v>5561439301</v>
       </c>
       <c r="AF100">
         <v>5561439301</v>
       </c>
       <c r="AG100" t="s">
         <v>76</v>
       </c>
       <c r="AH100" t="s">
-        <v>1054</v>
+        <v>1033</v>
       </c>
       <c r="AI100"/>
       <c r="AJ100" t="s">
-        <v>1055</v>
+        <v>1034</v>
       </c>
       <c r="AK100" t="s">
         <v>70</v>
       </c>
       <c r="AL100" t="s">
-        <v>1052</v>
+        <v>1031</v>
       </c>
       <c r="AM100" t="s">
         <v>82</v>
       </c>
       <c r="AN100" t="s">
-        <v>1051</v>
+        <v>1030</v>
       </c>
       <c r="AO100">
         <v>79.99</v>
       </c>
       <c r="AP100" t="s">
         <v>83</v>
       </c>
       <c r="AQ100" t="s">
         <v>73</v>
       </c>
       <c r="AR100" t="s">
         <v>84</v>
       </c>
       <c r="AS100">
         <v>282065495184</v>
       </c>
       <c r="AT100" t="s">
         <v>76</v>
       </c>
       <c r="AU100"/>
       <c r="AV100"/>
       <c r="AW100">
         <v>0</v>
       </c>
       <c r="AX100" t="s">
         <v>85</v>
       </c>
       <c r="AY100">
         <v>2195600923</v>
       </c>
       <c r="AZ100" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA100" t="s">
         <v>86</v>
       </c>
       <c r="BB100" t="s">
-        <v>1049</v>
+        <v>1028</v>
       </c>
       <c r="BC100" t="s">
-        <v>1052</v>
+        <v>1031</v>
       </c>
       <c r="BD100" t="s">
-        <v>1056</v>
+        <v>1035</v>
       </c>
       <c r="BE100" t="s">
-        <v>1057</v>
+        <v>1036</v>
       </c>
       <c r="BF100" t="s">
         <v>76</v>
       </c>
       <c r="BG100" t="s">
-        <v>1058</v>
+        <v>76</v>
       </c>
       <c r="BH100">
-        <v>219</v>
+        <v>416</v>
       </c>
       <c r="BI100" t="s">
         <v>89</v>
       </c>
       <c r="BJ100"/>
       <c r="BK100"/>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>76</v>
       </c>
       <c r="BN100" t="s">
-        <v>1059</v>
+        <v>1037</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100" t="s">
         <v>73</v>
       </c>
       <c r="BQ100" t="s">
         <v>76</v>
       </c>
       <c r="BR100">
         <v>5613</v>
       </c>
       <c r="BS100"/>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
         <v>66</v>
       </c>
       <c r="B101" t="s">
-        <v>1060</v>
+        <v>1038</v>
       </c>
       <c r="C101">
         <v>2600049994</v>
       </c>
       <c r="D101">
         <v>581023</v>
       </c>
       <c r="E101">
         <v>297.96</v>
       </c>
       <c r="F101" t="s">
-        <v>1061</v>
+        <v>1039</v>
       </c>
       <c r="G101" t="s">
         <v>70</v>
       </c>
       <c r="H101" t="s">
-        <v>1062</v>
+        <v>1040</v>
       </c>
       <c r="I101">
         <v>96.99</v>
       </c>
       <c r="J101" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K101" t="s">
         <v>73</v>
       </c>
       <c r="L101">
         <v>8309833206</v>
       </c>
       <c r="M101" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N101" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O101"/>
       <c r="P101">
         <v>2547848341</v>
       </c>
       <c r="Q101" t="s">
-        <v>1060</v>
+        <v>1038</v>
       </c>
       <c r="R101" t="s">
         <v>76</v>
       </c>
       <c r="S101" t="s">
         <v>76</v>
       </c>
       <c r="T101" t="s">
         <v>77</v>
       </c>
       <c r="U101">
         <v>2600049994</v>
       </c>
       <c r="V101">
         <v>581023</v>
       </c>
       <c r="W101" t="s">
         <v>76</v>
       </c>
       <c r="X101">
         <v>297.96</v>
       </c>
       <c r="Y101">
         <v>20.6</v>
       </c>
       <c r="Z101" t="s">
         <v>76</v>
       </c>
       <c r="AA101" t="s">
         <v>66</v>
       </c>
       <c r="AB101" t="s">
         <v>78</v>
       </c>
       <c r="AC101" t="s">
-        <v>1061</v>
+        <v>1039</v>
       </c>
       <c r="AD101">
         <v>2547848341</v>
       </c>
       <c r="AE101" t="s">
-        <v>1064</v>
+        <v>1042</v>
       </c>
       <c r="AF101" t="s">
-        <v>1064</v>
+        <v>1042</v>
       </c>
       <c r="AG101" t="s">
         <v>76</v>
       </c>
       <c r="AH101" t="s">
-        <v>1065</v>
+        <v>1043</v>
       </c>
       <c r="AI101"/>
       <c r="AJ101" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="AK101" t="s">
         <v>70</v>
       </c>
       <c r="AL101" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM101" t="s">
         <v>82</v>
       </c>
       <c r="AN101" t="s">
-        <v>1062</v>
+        <v>1040</v>
       </c>
       <c r="AO101">
         <v>96.99</v>
       </c>
       <c r="AP101" t="s">
         <v>200</v>
       </c>
       <c r="AQ101" t="s">
         <v>73</v>
       </c>
       <c r="AR101" t="s">
         <v>84</v>
       </c>
       <c r="AS101">
         <v>282007659546</v>
       </c>
       <c r="AT101" t="s">
         <v>76</v>
       </c>
       <c r="AU101"/>
       <c r="AV101"/>
       <c r="AW101">
         <v>0</v>
       </c>
       <c r="AX101" t="s">
         <v>85</v>
       </c>
       <c r="AY101">
         <v>8309833206</v>
       </c>
       <c r="AZ101" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA101" t="s">
         <v>86</v>
       </c>
       <c r="BB101" t="s">
-        <v>1060</v>
+        <v>1038</v>
       </c>
       <c r="BC101" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD101" t="s">
-        <v>1067</v>
+        <v>1045</v>
       </c>
       <c r="BE101" t="s">
-        <v>1068</v>
+        <v>1046</v>
       </c>
       <c r="BF101" t="s">
         <v>76</v>
       </c>
       <c r="BG101" t="s">
-        <v>1069</v>
+        <v>76</v>
       </c>
       <c r="BH101">
-        <v>216</v>
+        <v>417</v>
       </c>
       <c r="BI101" t="s">
         <v>89</v>
       </c>
       <c r="BJ101"/>
       <c r="BK101"/>
       <c r="BL101"/>
       <c r="BM101" t="s">
         <v>76</v>
       </c>
       <c r="BN101" t="s">
-        <v>1070</v>
+        <v>1047</v>
       </c>
       <c r="BO101">
         <v>0</v>
       </c>
       <c r="BP101" t="s">
         <v>73</v>
       </c>
       <c r="BQ101" t="s">
         <v>76</v>
       </c>
       <c r="BR101">
         <v>6138</v>
       </c>
       <c r="BS101"/>
     </row>
     <row r="102" spans="1:71">
       <c r="A102" t="s">
         <v>66</v>
       </c>
       <c r="B102" t="s">
-        <v>1071</v>
+        <v>1048</v>
       </c>
       <c r="C102">
         <v>8020050466</v>
       </c>
       <c r="D102">
         <v>581024</v>
       </c>
       <c r="E102">
         <v>376.36</v>
       </c>
       <c r="F102" t="s">
-        <v>1072</v>
+        <v>1049</v>
       </c>
       <c r="G102" t="s">
         <v>70</v>
       </c>
       <c r="H102" t="s">
-        <v>1073</v>
+        <v>1050</v>
       </c>
       <c r="I102">
         <v>136</v>
       </c>
       <c r="J102" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K102" t="s">
         <v>73</v>
       </c>
       <c r="L102">
         <v>8309837410</v>
       </c>
       <c r="M102" t="s">
-        <v>1074</v>
+        <v>210</v>
       </c>
       <c r="N102" t="s">
-        <v>1075</v>
+        <v>211</v>
       </c>
       <c r="O102"/>
       <c r="P102">
         <v>19338743549</v>
       </c>
       <c r="Q102" t="s">
-        <v>1071</v>
+        <v>1048</v>
       </c>
       <c r="R102" t="s">
         <v>76</v>
       </c>
       <c r="S102" t="s">
         <v>76</v>
       </c>
       <c r="T102" t="s">
         <v>77</v>
       </c>
       <c r="U102">
         <v>8020050466</v>
       </c>
       <c r="V102">
         <v>581024</v>
       </c>
       <c r="W102" t="s">
         <v>76</v>
       </c>
       <c r="X102">
         <v>376.36</v>
       </c>
       <c r="Y102">
         <v>20.6</v>
       </c>
       <c r="Z102" t="s">
         <v>76</v>
       </c>
       <c r="AA102" t="s">
         <v>66</v>
       </c>
       <c r="AB102" t="s">
         <v>78</v>
       </c>
       <c r="AC102" t="s">
-        <v>1072</v>
+        <v>1049</v>
       </c>
       <c r="AD102">
         <v>19338743549</v>
       </c>
       <c r="AE102" t="s">
-        <v>1076</v>
+        <v>1051</v>
       </c>
       <c r="AF102" t="s">
-        <v>1076</v>
+        <v>1051</v>
       </c>
       <c r="AG102" t="s">
         <v>76</v>
       </c>
       <c r="AH102" t="s">
-        <v>1077</v>
+        <v>1052</v>
       </c>
       <c r="AI102"/>
       <c r="AJ102" t="s">
-        <v>1078</v>
+        <v>1053</v>
       </c>
       <c r="AK102" t="s">
         <v>70</v>
       </c>
       <c r="AL102" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM102" t="s">
         <v>82</v>
       </c>
       <c r="AN102" t="s">
-        <v>1073</v>
+        <v>1050</v>
       </c>
       <c r="AO102">
         <v>136</v>
       </c>
       <c r="AP102" t="s">
-        <v>1079</v>
+        <v>1054</v>
       </c>
       <c r="AQ102" t="s">
         <v>73</v>
       </c>
       <c r="AR102" t="s">
         <v>84</v>
       </c>
       <c r="AS102">
         <v>282007992955</v>
       </c>
       <c r="AT102" t="s">
         <v>76</v>
       </c>
       <c r="AU102"/>
       <c r="AV102"/>
       <c r="AW102">
         <v>0</v>
       </c>
       <c r="AX102" t="s">
         <v>85</v>
       </c>
       <c r="AY102">
         <v>8309837410</v>
       </c>
       <c r="AZ102" t="s">
-        <v>1074</v>
+        <v>210</v>
       </c>
       <c r="BA102" t="s">
         <v>86</v>
       </c>
       <c r="BB102" t="s">
-        <v>1071</v>
+        <v>1048</v>
       </c>
       <c r="BC102" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD102" t="s">
-        <v>1080</v>
+        <v>1055</v>
       </c>
       <c r="BE102" t="s">
-        <v>1081</v>
+        <v>1056</v>
       </c>
       <c r="BF102" t="s">
         <v>76</v>
       </c>
       <c r="BG102" t="s">
-        <v>1082</v>
+        <v>76</v>
       </c>
       <c r="BH102">
-        <v>212</v>
+        <v>417</v>
       </c>
       <c r="BI102" t="s">
         <v>89</v>
       </c>
       <c r="BJ102"/>
       <c r="BK102"/>
       <c r="BL102"/>
       <c r="BM102" t="s">
         <v>76</v>
       </c>
       <c r="BN102" t="s">
-        <v>1083</v>
+        <v>1057</v>
       </c>
       <c r="BO102">
         <v>0</v>
       </c>
       <c r="BP102" t="s">
         <v>73</v>
       </c>
       <c r="BQ102" t="s">
         <v>76</v>
       </c>
       <c r="BR102">
         <v>7753</v>
       </c>
       <c r="BS102"/>
     </row>
     <row r="103" spans="1:71">
       <c r="A103" t="s">
         <v>66</v>
       </c>
       <c r="B103" t="s">
-        <v>1084</v>
+        <v>1058</v>
       </c>
       <c r="C103">
         <v>6540050135</v>
       </c>
       <c r="D103">
         <v>581022</v>
       </c>
       <c r="E103">
         <v>346.21</v>
       </c>
       <c r="F103" t="s">
-        <v>1085</v>
+        <v>1059</v>
       </c>
       <c r="G103" t="s">
         <v>70</v>
       </c>
       <c r="H103" t="s">
-        <v>1086</v>
+        <v>1060</v>
       </c>
       <c r="I103">
         <v>120.99</v>
       </c>
       <c r="J103" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K103" t="s">
         <v>73</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103">
         <v>18578453001</v>
       </c>
       <c r="Q103" t="s">
-        <v>1084</v>
+        <v>1058</v>
       </c>
       <c r="R103" t="s">
         <v>76</v>
       </c>
       <c r="S103" t="s">
         <v>76</v>
       </c>
       <c r="T103" t="s">
         <v>77</v>
       </c>
       <c r="U103">
         <v>6540050135</v>
       </c>
       <c r="V103">
         <v>581022</v>
       </c>
       <c r="W103" t="s">
         <v>76</v>
       </c>
       <c r="X103">
         <v>346.21</v>
       </c>
       <c r="Y103">
         <v>20.6</v>
       </c>
       <c r="Z103" t="s">
         <v>76</v>
       </c>
       <c r="AA103" t="s">
         <v>66</v>
       </c>
       <c r="AB103" t="s">
         <v>78</v>
       </c>
       <c r="AC103" t="s">
-        <v>1085</v>
+        <v>1059</v>
       </c>
       <c r="AD103">
         <v>18578453001</v>
       </c>
       <c r="AE103" t="s">
-        <v>1087</v>
+        <v>1061</v>
       </c>
       <c r="AF103" t="s">
-        <v>1087</v>
+        <v>1061</v>
       </c>
       <c r="AG103" t="s">
         <v>76</v>
       </c>
       <c r="AH103" t="s">
-        <v>1088</v>
+        <v>1062</v>
       </c>
       <c r="AI103"/>
       <c r="AJ103" t="s">
-        <v>1089</v>
+        <v>1063</v>
       </c>
       <c r="AK103" t="s">
         <v>70</v>
       </c>
       <c r="AL103" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM103" t="s">
         <v>82</v>
       </c>
       <c r="AN103" t="s">
-        <v>1086</v>
+        <v>1060</v>
       </c>
       <c r="AO103">
         <v>120.99</v>
       </c>
       <c r="AP103" t="s">
-        <v>1090</v>
+        <v>1064</v>
       </c>
       <c r="AQ103" t="s">
         <v>73</v>
       </c>
       <c r="AR103" t="s">
         <v>84</v>
       </c>
       <c r="AS103">
         <v>282007957850</v>
       </c>
       <c r="AT103" t="s">
         <v>76</v>
       </c>
       <c r="AU103"/>
       <c r="AV103"/>
       <c r="AW103">
         <v>0</v>
       </c>
       <c r="AX103" t="s">
         <v>85</v>
       </c>
       <c r="AY103"/>
       <c r="AZ103" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA103" t="s">
         <v>86</v>
       </c>
       <c r="BB103" t="s">
-        <v>1084</v>
+        <v>1058</v>
       </c>
       <c r="BC103" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD103" t="s">
-        <v>1091</v>
+        <v>1065</v>
       </c>
       <c r="BE103" t="s">
-        <v>1092</v>
+        <v>1066</v>
       </c>
       <c r="BF103" t="s">
         <v>76</v>
       </c>
       <c r="BG103" t="s">
         <v>76</v>
       </c>
       <c r="BH103">
-        <v>372</v>
+        <v>418</v>
       </c>
       <c r="BI103" t="s">
         <v>89</v>
       </c>
       <c r="BJ103"/>
       <c r="BK103"/>
       <c r="BL103"/>
       <c r="BM103" t="s">
         <v>76</v>
       </c>
       <c r="BN103" t="s">
-        <v>1093</v>
+        <v>1067</v>
       </c>
       <c r="BO103">
         <v>0</v>
       </c>
       <c r="BP103" t="s">
         <v>73</v>
       </c>
       <c r="BQ103" t="s">
         <v>76</v>
       </c>
       <c r="BR103">
         <v>7132</v>
       </c>
       <c r="BS103"/>
     </row>
     <row r="104" spans="1:71">
       <c r="A104" t="s">
         <v>66</v>
       </c>
       <c r="B104" t="s">
-        <v>1094</v>
+        <v>1068</v>
       </c>
       <c r="C104">
         <v>8920050145</v>
       </c>
       <c r="D104">
         <v>581021</v>
       </c>
       <c r="E104">
         <v>229.61</v>
       </c>
       <c r="F104" t="s">
-        <v>1095</v>
+        <v>1069</v>
       </c>
       <c r="G104" t="s">
         <v>70</v>
       </c>
       <c r="H104" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="I104">
         <v>63</v>
       </c>
       <c r="J104" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K104" t="s">
         <v>73</v>
       </c>
       <c r="L104">
         <v>1650231376</v>
       </c>
       <c r="M104" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N104" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O104"/>
       <c r="P104">
         <v>10601387731</v>
       </c>
       <c r="Q104" t="s">
-        <v>1094</v>
+        <v>1068</v>
       </c>
       <c r="R104" t="s">
         <v>76</v>
       </c>
       <c r="S104" t="s">
         <v>76</v>
       </c>
       <c r="T104" t="s">
         <v>77</v>
       </c>
       <c r="U104">
         <v>8920050145</v>
       </c>
       <c r="V104">
         <v>581021</v>
       </c>
       <c r="W104" t="s">
         <v>76</v>
       </c>
       <c r="X104">
         <v>229.61</v>
       </c>
       <c r="Y104">
         <v>20.6</v>
       </c>
       <c r="Z104" t="s">
         <v>76</v>
       </c>
       <c r="AA104" t="s">
         <v>66</v>
       </c>
       <c r="AB104" t="s">
         <v>78</v>
       </c>
       <c r="AC104" t="s">
-        <v>1095</v>
+        <v>1069</v>
       </c>
       <c r="AD104">
         <v>10601387731</v>
       </c>
       <c r="AE104" t="s">
-        <v>1097</v>
+        <v>1071</v>
       </c>
       <c r="AF104" t="s">
-        <v>1097</v>
+        <v>1071</v>
       </c>
       <c r="AG104" t="s">
         <v>76</v>
       </c>
       <c r="AH104" t="s">
-        <v>1098</v>
+        <v>1072</v>
       </c>
       <c r="AI104"/>
       <c r="AJ104" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="AK104" t="s">
         <v>70</v>
       </c>
       <c r="AL104" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM104" t="s">
         <v>82</v>
       </c>
       <c r="AN104" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="AO104">
         <v>63</v>
       </c>
       <c r="AP104" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AQ104" t="s">
         <v>73</v>
       </c>
       <c r="AR104" t="s">
         <v>84</v>
       </c>
       <c r="AS104">
         <v>282007912720</v>
       </c>
       <c r="AT104" t="s">
         <v>76</v>
       </c>
       <c r="AU104"/>
       <c r="AV104"/>
       <c r="AW104">
         <v>0</v>
       </c>
       <c r="AX104" t="s">
         <v>85</v>
       </c>
       <c r="AY104">
         <v>1650231376</v>
       </c>
       <c r="AZ104" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA104" t="s">
         <v>86</v>
       </c>
       <c r="BB104" t="s">
-        <v>1094</v>
+        <v>1068</v>
       </c>
       <c r="BC104" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD104" t="s">
-        <v>1100</v>
+        <v>1074</v>
       </c>
       <c r="BE104" t="s">
-        <v>1101</v>
+        <v>1075</v>
       </c>
       <c r="BF104" t="s">
         <v>76</v>
       </c>
       <c r="BG104" t="s">
         <v>76</v>
       </c>
       <c r="BH104">
-        <v>372</v>
+        <v>418</v>
       </c>
       <c r="BI104" t="s">
         <v>89</v>
       </c>
       <c r="BJ104"/>
       <c r="BK104"/>
       <c r="BL104"/>
       <c r="BM104" t="s">
         <v>76</v>
       </c>
       <c r="BN104" t="s">
-        <v>1102</v>
+        <v>1076</v>
       </c>
       <c r="BO104">
         <v>0</v>
       </c>
       <c r="BP104" t="s">
         <v>73</v>
       </c>
       <c r="BQ104" t="s">
         <v>76</v>
       </c>
       <c r="BR104">
         <v>4730</v>
       </c>
       <c r="BS104"/>
     </row>
     <row r="105" spans="1:71">
       <c r="A105" t="s">
         <v>66</v>
       </c>
       <c r="B105" t="s">
-        <v>1103</v>
+        <v>1077</v>
       </c>
       <c r="C105">
         <v>1130087506</v>
       </c>
       <c r="D105">
         <v>581020</v>
       </c>
       <c r="E105">
         <v>344.17</v>
       </c>
       <c r="F105" t="s">
-        <v>1104</v>
+        <v>1078</v>
       </c>
       <c r="G105" t="s">
         <v>70</v>
       </c>
       <c r="H105" t="s">
-        <v>1105</v>
+        <v>1079</v>
       </c>
       <c r="I105">
         <v>109.99</v>
       </c>
       <c r="J105" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K105" t="s">
         <v>73</v>
       </c>
       <c r="L105">
         <v>8309825764</v>
       </c>
       <c r="M105" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N105" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O105"/>
       <c r="P105">
         <v>22881393125</v>
       </c>
       <c r="Q105" t="s">
-        <v>1103</v>
+        <v>1077</v>
       </c>
       <c r="R105" t="s">
         <v>76</v>
       </c>
       <c r="S105" t="s">
         <v>76</v>
       </c>
       <c r="T105" t="s">
         <v>174</v>
       </c>
       <c r="U105">
         <v>1130087506</v>
       </c>
       <c r="V105">
         <v>581020</v>
       </c>
       <c r="W105" t="s">
         <v>76</v>
       </c>
       <c r="X105">
         <v>344.17</v>
       </c>
       <c r="Y105">
         <v>20.6</v>
       </c>
       <c r="Z105" t="s">
         <v>76</v>
       </c>
       <c r="AA105" t="s">
         <v>66</v>
       </c>
       <c r="AB105" t="s">
         <v>78</v>
       </c>
       <c r="AC105" t="s">
-        <v>1104</v>
+        <v>1078</v>
       </c>
       <c r="AD105">
         <v>22881393125</v>
       </c>
       <c r="AE105">
         <v>4646418600</v>
       </c>
       <c r="AF105">
         <v>4646418600</v>
       </c>
       <c r="AG105" t="s">
         <v>76</v>
       </c>
       <c r="AH105" t="s">
-        <v>1106</v>
+        <v>1080</v>
       </c>
       <c r="AI105"/>
       <c r="AJ105" t="s">
-        <v>1107</v>
+        <v>1081</v>
       </c>
       <c r="AK105" t="s">
         <v>70</v>
       </c>
       <c r="AL105" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM105" t="s">
         <v>82</v>
       </c>
       <c r="AN105" t="s">
-        <v>1105</v>
+        <v>1079</v>
       </c>
       <c r="AO105">
         <v>109.99</v>
       </c>
       <c r="AP105" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ105" t="s">
         <v>73</v>
       </c>
       <c r="AR105" t="s">
         <v>84</v>
       </c>
       <c r="AS105">
         <v>282007625375</v>
       </c>
       <c r="AT105" t="s">
         <v>76</v>
       </c>
       <c r="AU105"/>
       <c r="AV105"/>
       <c r="AW105">
         <v>0</v>
       </c>
       <c r="AX105" t="s">
         <v>85</v>
       </c>
       <c r="AY105">
         <v>8309825764</v>
       </c>
       <c r="AZ105" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA105" t="s">
         <v>86</v>
       </c>
       <c r="BB105" t="s">
-        <v>1103</v>
+        <v>1077</v>
       </c>
       <c r="BC105" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD105" t="s">
-        <v>1108</v>
+        <v>1082</v>
       </c>
       <c r="BE105" t="s">
-        <v>1109</v>
+        <v>1083</v>
       </c>
       <c r="BF105" t="s">
         <v>76</v>
       </c>
       <c r="BG105" t="s">
-        <v>1110</v>
+        <v>76</v>
       </c>
       <c r="BH105">
-        <v>215</v>
+        <v>419</v>
       </c>
       <c r="BI105" t="s">
         <v>89</v>
       </c>
       <c r="BJ105"/>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>76</v>
       </c>
       <c r="BN105" t="s">
-        <v>1111</v>
+        <v>1084</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105" t="s">
         <v>73</v>
       </c>
       <c r="BQ105" t="s">
         <v>76</v>
       </c>
       <c r="BR105">
         <v>7090</v>
       </c>
       <c r="BS105"/>
     </row>
     <row r="106" spans="1:71">
       <c r="A106" t="s">
         <v>66</v>
       </c>
       <c r="B106" t="s">
-        <v>1112</v>
+        <v>1085</v>
       </c>
       <c r="C106">
         <v>3040081556</v>
       </c>
       <c r="D106">
         <v>581019</v>
       </c>
       <c r="E106">
         <v>265.78</v>
       </c>
       <c r="F106" t="s">
-        <v>1113</v>
+        <v>1086</v>
       </c>
       <c r="G106" t="s">
         <v>70</v>
       </c>
       <c r="H106" t="s">
-        <v>1114</v>
+        <v>1087</v>
       </c>
       <c r="I106">
         <v>79.99</v>
       </c>
       <c r="J106" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K106" t="s">
         <v>73</v>
       </c>
       <c r="L106">
         <v>1650067926</v>
       </c>
       <c r="M106" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N106" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O106"/>
       <c r="P106">
         <v>17809249832</v>
       </c>
       <c r="Q106" t="s">
-        <v>1112</v>
+        <v>1085</v>
       </c>
       <c r="R106" t="s">
         <v>76</v>
       </c>
       <c r="S106" t="s">
         <v>76</v>
       </c>
       <c r="T106" t="s">
         <v>77</v>
       </c>
       <c r="U106">
         <v>3040081556</v>
       </c>
       <c r="V106">
         <v>581019</v>
       </c>
       <c r="W106" t="s">
         <v>76</v>
       </c>
       <c r="X106">
         <v>265.78</v>
       </c>
       <c r="Y106">
         <v>20.6</v>
       </c>
       <c r="Z106" t="s">
         <v>76</v>
       </c>
       <c r="AA106" t="s">
         <v>66</v>
       </c>
       <c r="AB106" t="s">
         <v>78</v>
       </c>
       <c r="AC106" t="s">
-        <v>1113</v>
+        <v>1086</v>
       </c>
       <c r="AD106">
         <v>17809249832</v>
       </c>
       <c r="AE106" t="s">
-        <v>1115</v>
+        <v>1088</v>
       </c>
       <c r="AF106" t="s">
-        <v>1115</v>
+        <v>1088</v>
       </c>
       <c r="AG106" t="s">
         <v>76</v>
       </c>
       <c r="AH106" t="s">
-        <v>1116</v>
+        <v>1089</v>
       </c>
       <c r="AI106"/>
       <c r="AJ106" t="s">
-        <v>1117</v>
+        <v>1090</v>
       </c>
       <c r="AK106" t="s">
         <v>70</v>
       </c>
       <c r="AL106" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM106" t="s">
         <v>82</v>
       </c>
       <c r="AN106" t="s">
-        <v>1114</v>
+        <v>1087</v>
       </c>
       <c r="AO106">
         <v>79.99</v>
       </c>
       <c r="AP106" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ106" t="s">
         <v>73</v>
       </c>
       <c r="AR106" t="s">
         <v>84</v>
       </c>
       <c r="AS106">
         <v>282007587793</v>
       </c>
       <c r="AT106" t="s">
         <v>76</v>
       </c>
       <c r="AU106"/>
       <c r="AV106"/>
       <c r="AW106"/>
       <c r="AX106" t="s">
         <v>85</v>
       </c>
       <c r="AY106">
         <v>1650067926</v>
       </c>
       <c r="AZ106" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA106" t="s">
         <v>86</v>
       </c>
       <c r="BB106" t="s">
-        <v>1112</v>
+        <v>1085</v>
       </c>
       <c r="BC106" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD106" t="s">
-        <v>1118</v>
+        <v>1091</v>
       </c>
       <c r="BE106" t="s">
-        <v>1119</v>
+        <v>1092</v>
       </c>
       <c r="BF106" t="s">
         <v>76</v>
       </c>
       <c r="BG106" t="s">
         <v>76</v>
       </c>
       <c r="BH106">
-        <v>373</v>
+        <v>419</v>
       </c>
       <c r="BI106" t="s">
         <v>89</v>
       </c>
       <c r="BJ106"/>
       <c r="BK106"/>
       <c r="BL106"/>
       <c r="BM106" t="s">
         <v>76</v>
       </c>
       <c r="BN106" t="s">
-        <v>1120</v>
+        <v>1093</v>
       </c>
       <c r="BO106">
         <v>0</v>
       </c>
       <c r="BP106" t="s">
         <v>73</v>
       </c>
       <c r="BQ106" t="s">
         <v>76</v>
       </c>
       <c r="BR106">
         <v>5475</v>
       </c>
       <c r="BS106"/>
     </row>
     <row r="107" spans="1:71">
       <c r="A107" t="s">
         <v>66</v>
       </c>
       <c r="B107" t="s">
-        <v>1121</v>
+        <v>1094</v>
       </c>
       <c r="C107">
         <v>7350048995</v>
       </c>
       <c r="D107">
         <v>581017</v>
       </c>
       <c r="E107">
         <v>229.61</v>
       </c>
       <c r="F107" t="s">
-        <v>1122</v>
+        <v>1095</v>
       </c>
       <c r="G107" t="s">
         <v>70</v>
       </c>
       <c r="H107" t="s">
-        <v>1123</v>
+        <v>1096</v>
       </c>
       <c r="I107">
         <v>63</v>
       </c>
       <c r="J107" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K107" t="s">
         <v>73</v>
       </c>
       <c r="L107">
         <v>1649989541</v>
       </c>
       <c r="M107" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N107" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O107"/>
       <c r="P107">
         <v>10219737334</v>
       </c>
       <c r="Q107" t="s">
-        <v>1121</v>
+        <v>1094</v>
       </c>
       <c r="R107" t="s">
         <v>76</v>
       </c>
       <c r="S107" t="s">
         <v>76</v>
       </c>
       <c r="T107" t="s">
         <v>77</v>
       </c>
       <c r="U107">
         <v>7350048995</v>
       </c>
       <c r="V107">
         <v>581017</v>
       </c>
       <c r="W107" t="s">
         <v>76</v>
       </c>
       <c r="X107">
         <v>229.61</v>
       </c>
       <c r="Y107">
         <v>20.6</v>
       </c>
       <c r="Z107" t="s">
         <v>76</v>
       </c>
       <c r="AA107" t="s">
         <v>66</v>
       </c>
       <c r="AB107" t="s">
         <v>78</v>
       </c>
       <c r="AC107" t="s">
-        <v>1122</v>
+        <v>1095</v>
       </c>
       <c r="AD107">
         <v>10219737334</v>
       </c>
       <c r="AE107" t="s">
-        <v>1124</v>
+        <v>1097</v>
       </c>
       <c r="AF107" t="s">
-        <v>1124</v>
+        <v>1097</v>
       </c>
       <c r="AG107" t="s">
         <v>76</v>
       </c>
       <c r="AH107" t="s">
-        <v>1125</v>
+        <v>1098</v>
       </c>
       <c r="AI107"/>
       <c r="AJ107" t="s">
-        <v>1126</v>
+        <v>1099</v>
       </c>
       <c r="AK107" t="s">
         <v>70</v>
       </c>
       <c r="AL107" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM107" t="s">
         <v>82</v>
       </c>
       <c r="AN107" t="s">
-        <v>1123</v>
+        <v>1096</v>
       </c>
       <c r="AO107">
         <v>63</v>
       </c>
       <c r="AP107" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AQ107" t="s">
         <v>73</v>
       </c>
       <c r="AR107" t="s">
         <v>84</v>
       </c>
       <c r="AS107">
         <v>282008034689</v>
       </c>
       <c r="AT107" t="s">
         <v>76</v>
       </c>
       <c r="AU107"/>
       <c r="AV107"/>
       <c r="AW107">
         <v>0</v>
       </c>
       <c r="AX107" t="s">
         <v>85</v>
       </c>
       <c r="AY107">
         <v>1649989541</v>
       </c>
       <c r="AZ107" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA107" t="s">
         <v>86</v>
       </c>
       <c r="BB107" t="s">
-        <v>1121</v>
+        <v>1094</v>
       </c>
       <c r="BC107" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD107" t="s">
-        <v>1127</v>
+        <v>1100</v>
       </c>
       <c r="BE107" t="s">
-        <v>1128</v>
+        <v>1101</v>
       </c>
       <c r="BF107" t="s">
         <v>76</v>
       </c>
       <c r="BG107" t="s">
         <v>76</v>
       </c>
       <c r="BH107">
-        <v>373</v>
+        <v>419</v>
       </c>
       <c r="BI107" t="s">
         <v>89</v>
       </c>
       <c r="BJ107"/>
       <c r="BK107"/>
       <c r="BL107"/>
       <c r="BM107" t="s">
         <v>76</v>
       </c>
       <c r="BN107" t="s">
-        <v>1129</v>
+        <v>1102</v>
       </c>
       <c r="BO107">
         <v>0</v>
       </c>
       <c r="BP107" t="s">
         <v>73</v>
       </c>
       <c r="BQ107" t="s">
         <v>76</v>
       </c>
       <c r="BR107">
         <v>4730</v>
       </c>
       <c r="BS107"/>
     </row>
     <row r="108" spans="1:71">
       <c r="A108" t="s">
         <v>66</v>
       </c>
       <c r="B108" t="s">
-        <v>1130</v>
+        <v>1103</v>
       </c>
       <c r="C108">
         <v>6670049414</v>
       </c>
       <c r="D108">
         <v>581016</v>
       </c>
       <c r="E108">
         <v>376.36</v>
       </c>
       <c r="F108" t="s">
-        <v>1131</v>
+        <v>1104</v>
       </c>
       <c r="G108" t="s">
         <v>70</v>
       </c>
       <c r="H108" t="s">
-        <v>1132</v>
+        <v>1105</v>
       </c>
       <c r="I108">
         <v>136</v>
       </c>
       <c r="J108" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K108" t="s">
         <v>73</v>
       </c>
       <c r="L108">
         <v>1649981314</v>
       </c>
       <c r="M108" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N108" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O108"/>
       <c r="P108">
         <v>5293801395</v>
       </c>
       <c r="Q108" t="s">
-        <v>1130</v>
+        <v>1103</v>
       </c>
       <c r="R108" t="s">
         <v>76</v>
       </c>
       <c r="S108" t="s">
         <v>76</v>
       </c>
       <c r="T108" t="s">
         <v>174</v>
       </c>
       <c r="U108">
         <v>6670049414</v>
       </c>
       <c r="V108">
         <v>581016</v>
       </c>
       <c r="W108" t="s">
         <v>76</v>
       </c>
       <c r="X108">
         <v>376.36</v>
       </c>
       <c r="Y108">
         <v>20.6</v>
       </c>
       <c r="Z108" t="s">
         <v>76</v>
       </c>
       <c r="AA108" t="s">
         <v>66</v>
       </c>
       <c r="AB108" t="s">
         <v>78</v>
       </c>
       <c r="AC108" t="s">
-        <v>1131</v>
+        <v>1104</v>
       </c>
       <c r="AD108">
         <v>5293801395</v>
       </c>
       <c r="AE108">
         <v>6862004291</v>
       </c>
       <c r="AF108">
         <v>6862004291</v>
       </c>
       <c r="AG108" t="s">
         <v>76</v>
       </c>
       <c r="AH108" t="s">
-        <v>1005</v>
+        <v>987</v>
       </c>
       <c r="AI108"/>
       <c r="AJ108" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="AK108" t="s">
         <v>70</v>
       </c>
       <c r="AL108" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM108" t="s">
         <v>82</v>
       </c>
       <c r="AN108" t="s">
-        <v>1132</v>
+        <v>1105</v>
       </c>
       <c r="AO108">
         <v>136</v>
       </c>
       <c r="AP108" t="s">
-        <v>1133</v>
+        <v>1106</v>
       </c>
       <c r="AQ108" t="s">
         <v>73</v>
       </c>
       <c r="AR108" t="s">
         <v>84</v>
       </c>
       <c r="AS108">
         <v>282008068941</v>
       </c>
       <c r="AT108" t="s">
         <v>76</v>
       </c>
       <c r="AU108"/>
       <c r="AV108"/>
       <c r="AW108">
         <v>0</v>
       </c>
       <c r="AX108" t="s">
         <v>85</v>
       </c>
       <c r="AY108">
         <v>1649981314</v>
       </c>
       <c r="AZ108" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA108" t="s">
         <v>86</v>
       </c>
       <c r="BB108" t="s">
-        <v>1130</v>
+        <v>1103</v>
       </c>
       <c r="BC108" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD108" t="s">
         <v>76</v>
       </c>
       <c r="BE108" t="s">
-        <v>1134</v>
+        <v>1107</v>
       </c>
       <c r="BF108" t="s">
         <v>76</v>
       </c>
       <c r="BG108" t="s">
         <v>76</v>
       </c>
       <c r="BH108">
-        <v>373</v>
+        <v>419</v>
       </c>
       <c r="BI108" t="s">
         <v>89</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>76</v>
       </c>
       <c r="BN108" t="s">
-        <v>1135</v>
+        <v>1108</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108" t="s">
         <v>73</v>
       </c>
       <c r="BQ108" t="s">
         <v>76</v>
       </c>
       <c r="BR108">
         <v>7753</v>
       </c>
       <c r="BS108"/>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
         <v>66</v>
       </c>
       <c r="B109" t="s">
-        <v>1136</v>
+        <v>1109</v>
       </c>
       <c r="C109">
         <v>8190049345</v>
       </c>
       <c r="D109">
         <v>581018</v>
       </c>
       <c r="E109">
         <v>265.78</v>
       </c>
       <c r="F109" t="s">
-        <v>1137</v>
+        <v>1110</v>
       </c>
       <c r="G109" t="s">
         <v>70</v>
       </c>
       <c r="H109" t="s">
-        <v>1138</v>
+        <v>1111</v>
       </c>
       <c r="I109">
         <v>79.99</v>
       </c>
       <c r="J109" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K109" t="s">
         <v>73</v>
       </c>
       <c r="L109">
         <v>1650054744</v>
       </c>
       <c r="M109" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N109" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O109"/>
       <c r="P109">
         <v>13240792956</v>
       </c>
       <c r="Q109" t="s">
-        <v>1136</v>
+        <v>1109</v>
       </c>
       <c r="R109" t="s">
         <v>76</v>
       </c>
       <c r="S109" t="s">
         <v>76</v>
       </c>
       <c r="T109" t="s">
         <v>174</v>
       </c>
       <c r="U109">
         <v>8190049345</v>
       </c>
       <c r="V109">
         <v>581018</v>
       </c>
       <c r="W109" t="s">
         <v>76</v>
       </c>
       <c r="X109">
         <v>265.78</v>
       </c>
       <c r="Y109">
         <v>20.6</v>
       </c>
       <c r="Z109" t="s">
         <v>76</v>
       </c>
       <c r="AA109" t="s">
         <v>66</v>
       </c>
       <c r="AB109" t="s">
         <v>78</v>
       </c>
       <c r="AC109" t="s">
-        <v>1137</v>
+        <v>1110</v>
       </c>
       <c r="AD109">
         <v>13240792956</v>
       </c>
       <c r="AE109" t="s">
-        <v>1139</v>
+        <v>1112</v>
       </c>
       <c r="AF109" t="s">
-        <v>1139</v>
+        <v>1112</v>
       </c>
       <c r="AG109" t="s">
         <v>76</v>
       </c>
       <c r="AH109" t="s">
-        <v>1140</v>
+        <v>1113</v>
       </c>
       <c r="AI109"/>
       <c r="AJ109" t="s">
-        <v>1141</v>
+        <v>1114</v>
       </c>
       <c r="AK109" t="s">
         <v>70</v>
       </c>
       <c r="AL109" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM109" t="s">
         <v>82</v>
       </c>
       <c r="AN109" t="s">
-        <v>1138</v>
+        <v>1111</v>
       </c>
       <c r="AO109">
         <v>79.99</v>
       </c>
       <c r="AP109" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ109" t="s">
         <v>73</v>
       </c>
       <c r="AR109" t="s">
         <v>84</v>
       </c>
       <c r="AS109">
         <v>282007541060</v>
       </c>
       <c r="AT109" t="s">
         <v>76</v>
       </c>
       <c r="AU109"/>
       <c r="AV109"/>
       <c r="AW109">
         <v>0</v>
       </c>
       <c r="AX109" t="s">
         <v>85</v>
       </c>
       <c r="AY109">
         <v>1650054744</v>
       </c>
       <c r="AZ109" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA109" t="s">
         <v>86</v>
       </c>
       <c r="BB109" t="s">
-        <v>1136</v>
+        <v>1109</v>
       </c>
       <c r="BC109" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD109" t="s">
         <v>76</v>
       </c>
       <c r="BE109" t="s">
-        <v>1142</v>
+        <v>1115</v>
       </c>
       <c r="BF109" t="s">
         <v>76</v>
       </c>
       <c r="BG109" t="s">
         <v>76</v>
       </c>
       <c r="BH109">
-        <v>373</v>
+        <v>419</v>
       </c>
       <c r="BI109" t="s">
         <v>89</v>
       </c>
       <c r="BJ109"/>
       <c r="BK109"/>
       <c r="BL109"/>
       <c r="BM109" t="s">
         <v>76</v>
       </c>
       <c r="BN109" t="s">
-        <v>1143</v>
+        <v>1116</v>
       </c>
       <c r="BO109">
         <v>0</v>
       </c>
       <c r="BP109" t="s">
         <v>73</v>
       </c>
       <c r="BQ109" t="s">
         <v>76</v>
       </c>
       <c r="BR109">
         <v>5475</v>
       </c>
       <c r="BS109"/>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
         <v>66</v>
       </c>
       <c r="B110" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="C110" t="s">
-        <v>1145</v>
+        <v>1118</v>
       </c>
       <c r="D110">
         <v>581015</v>
       </c>
       <c r="E110">
         <v>344.17</v>
       </c>
       <c r="F110" t="s">
-        <v>1146</v>
+        <v>1119</v>
       </c>
       <c r="G110" t="s">
         <v>70</v>
       </c>
       <c r="H110" t="s">
-        <v>1147</v>
+        <v>1120</v>
       </c>
       <c r="I110">
         <v>119.99</v>
       </c>
       <c r="J110" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K110" t="s">
         <v>73</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110">
         <v>5387779129</v>
       </c>
       <c r="Q110" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="R110" t="s">
         <v>76</v>
       </c>
       <c r="S110" t="s">
         <v>76</v>
       </c>
       <c r="T110" t="s">
         <v>174</v>
       </c>
       <c r="U110" t="s">
-        <v>1145</v>
+        <v>1118</v>
       </c>
       <c r="V110">
         <v>581015</v>
       </c>
       <c r="W110" t="s">
         <v>76</v>
       </c>
       <c r="X110">
         <v>344.17</v>
       </c>
       <c r="Y110">
         <v>20.6</v>
       </c>
       <c r="Z110" t="s">
         <v>76</v>
       </c>
       <c r="AA110" t="s">
         <v>66</v>
       </c>
       <c r="AB110" t="s">
         <v>78</v>
       </c>
       <c r="AC110" t="s">
-        <v>1146</v>
+        <v>1119</v>
       </c>
       <c r="AD110">
         <v>5387779129</v>
       </c>
       <c r="AE110">
         <v>5557293100</v>
       </c>
       <c r="AF110">
         <v>5557293100</v>
       </c>
       <c r="AG110" t="s">
         <v>76</v>
       </c>
       <c r="AH110" t="s">
-        <v>1148</v>
+        <v>1121</v>
       </c>
       <c r="AI110"/>
       <c r="AJ110" t="s">
-        <v>1149</v>
+        <v>1122</v>
       </c>
       <c r="AK110" t="s">
         <v>70</v>
       </c>
       <c r="AL110" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM110" t="s">
         <v>82</v>
       </c>
       <c r="AN110" t="s">
-        <v>1147</v>
+        <v>1120</v>
       </c>
       <c r="AO110">
         <v>119.99</v>
       </c>
       <c r="AP110" t="s">
-        <v>1150</v>
+        <v>1123</v>
       </c>
       <c r="AQ110" t="s">
         <v>73</v>
       </c>
       <c r="AR110" t="s">
         <v>84</v>
       </c>
       <c r="AS110">
         <v>282007409730</v>
       </c>
       <c r="AT110" t="s">
         <v>76</v>
       </c>
       <c r="AU110"/>
       <c r="AV110"/>
       <c r="AW110">
         <v>0</v>
       </c>
       <c r="AX110" t="s">
         <v>85</v>
       </c>
       <c r="AY110"/>
       <c r="AZ110" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA110" t="s">
         <v>86</v>
       </c>
       <c r="BB110" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="BC110" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD110" t="s">
         <v>76</v>
       </c>
       <c r="BE110" t="s">
-        <v>1151</v>
+        <v>1124</v>
       </c>
       <c r="BF110" t="s">
         <v>76</v>
       </c>
       <c r="BG110" t="s">
         <v>76</v>
       </c>
       <c r="BH110">
-        <v>374</v>
+        <v>420</v>
       </c>
       <c r="BI110" t="s">
         <v>89</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>76</v>
       </c>
       <c r="BN110" t="s">
-        <v>1152</v>
+        <v>1125</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110" t="s">
         <v>73</v>
       </c>
       <c r="BQ110" t="s">
         <v>76</v>
       </c>
       <c r="BR110">
         <v>7090</v>
       </c>
       <c r="BS110"/>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
         <v>66</v>
       </c>
       <c r="B111" t="s">
-        <v>1153</v>
+        <v>1126</v>
       </c>
       <c r="C111">
         <v>8920049283</v>
       </c>
       <c r="D111">
         <v>581014</v>
       </c>
       <c r="E111">
         <v>318.06</v>
       </c>
       <c r="F111" t="s">
-        <v>1154</v>
+        <v>1127</v>
       </c>
       <c r="G111" t="s">
         <v>70</v>
       </c>
       <c r="H111" t="s">
-        <v>1155</v>
+        <v>1128</v>
       </c>
       <c r="I111">
         <v>99.99</v>
       </c>
       <c r="J111" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K111" t="s">
         <v>73</v>
       </c>
       <c r="L111">
         <v>1055803151</v>
       </c>
       <c r="M111" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N111" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O111"/>
       <c r="P111">
         <v>23798867338</v>
       </c>
       <c r="Q111" t="s">
-        <v>1153</v>
+        <v>1126</v>
       </c>
       <c r="R111" t="s">
         <v>76</v>
       </c>
       <c r="S111" t="s">
         <v>76</v>
       </c>
       <c r="T111" t="s">
         <v>174</v>
       </c>
       <c r="U111">
         <v>8920049283</v>
       </c>
       <c r="V111">
         <v>581014</v>
       </c>
       <c r="W111" t="s">
         <v>76</v>
       </c>
       <c r="X111">
         <v>318.06</v>
       </c>
       <c r="Y111">
         <v>20.6</v>
       </c>
       <c r="Z111" t="s">
         <v>76</v>
       </c>
       <c r="AA111" t="s">
         <v>66</v>
       </c>
       <c r="AB111" t="s">
         <v>78</v>
       </c>
       <c r="AC111" t="s">
-        <v>1154</v>
+        <v>1127</v>
       </c>
       <c r="AD111">
         <v>23798867338</v>
       </c>
       <c r="AE111">
         <v>6862004291</v>
       </c>
       <c r="AF111">
         <v>6862004291</v>
       </c>
       <c r="AG111" t="s">
         <v>76</v>
       </c>
       <c r="AH111" t="s">
-        <v>1005</v>
+        <v>987</v>
       </c>
       <c r="AI111"/>
       <c r="AJ111" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="AK111" t="s">
         <v>70</v>
       </c>
       <c r="AL111" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM111" t="s">
         <v>82</v>
       </c>
       <c r="AN111" t="s">
-        <v>1155</v>
+        <v>1128</v>
       </c>
       <c r="AO111">
         <v>99.99</v>
       </c>
       <c r="AP111" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="AQ111" t="s">
         <v>73</v>
       </c>
       <c r="AR111" t="s">
         <v>84</v>
       </c>
       <c r="AS111">
         <v>282007166912</v>
       </c>
       <c r="AT111" t="s">
         <v>76</v>
       </c>
       <c r="AU111"/>
       <c r="AV111"/>
       <c r="AW111">
         <v>0</v>
       </c>
       <c r="AX111" t="s">
         <v>85</v>
       </c>
       <c r="AY111">
         <v>1055803151</v>
       </c>
       <c r="AZ111" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA111" t="s">
         <v>86</v>
       </c>
       <c r="BB111" t="s">
-        <v>1153</v>
+        <v>1126</v>
       </c>
       <c r="BC111" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD111" t="s">
         <v>76</v>
       </c>
       <c r="BE111" t="s">
-        <v>1156</v>
+        <v>1129</v>
       </c>
       <c r="BF111" t="s">
         <v>76</v>
       </c>
       <c r="BG111" t="s">
-        <v>1157</v>
+        <v>76</v>
       </c>
       <c r="BH111">
-        <v>230</v>
+        <v>420</v>
       </c>
       <c r="BI111" t="s">
         <v>89</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>76</v>
       </c>
       <c r="BN111" t="s">
-        <v>1158</v>
+        <v>1130</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111" t="s">
         <v>73</v>
       </c>
       <c r="BQ111" t="s">
         <v>76</v>
       </c>
       <c r="BR111">
         <v>6552</v>
       </c>
       <c r="BS111"/>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
         <v>66</v>
       </c>
       <c r="B112" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="C112" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
       <c r="D112">
         <v>581013</v>
       </c>
       <c r="E112">
         <v>312.04</v>
       </c>
       <c r="F112" t="s">
-        <v>1161</v>
+        <v>1133</v>
       </c>
       <c r="G112" t="s">
         <v>70</v>
       </c>
       <c r="H112" t="s">
-        <v>1162</v>
+        <v>1134</v>
       </c>
       <c r="I112">
         <v>103.99</v>
       </c>
       <c r="J112" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K112" t="s">
         <v>73</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112">
         <v>2446078243</v>
       </c>
       <c r="Q112" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="R112" t="s">
         <v>76</v>
       </c>
       <c r="S112" t="s">
         <v>76</v>
       </c>
       <c r="T112" t="s">
         <v>174</v>
       </c>
       <c r="U112" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
       <c r="V112">
         <v>581013</v>
       </c>
       <c r="W112" t="s">
         <v>76</v>
       </c>
       <c r="X112">
         <v>312.04</v>
       </c>
       <c r="Y112">
         <v>20.6</v>
       </c>
       <c r="Z112" t="s">
         <v>76</v>
       </c>
       <c r="AA112" t="s">
         <v>66</v>
       </c>
       <c r="AB112" t="s">
         <v>78</v>
       </c>
       <c r="AC112" t="s">
-        <v>1161</v>
+        <v>1133</v>
       </c>
       <c r="AD112">
         <v>2446078243</v>
       </c>
       <c r="AE112">
         <v>4421961800</v>
       </c>
       <c r="AF112">
         <v>4421961800</v>
       </c>
       <c r="AG112" t="s">
         <v>76</v>
       </c>
       <c r="AH112" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="AI112"/>
       <c r="AJ112" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="AK112" t="s">
         <v>70</v>
       </c>
       <c r="AL112" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM112" t="s">
         <v>82</v>
       </c>
       <c r="AN112" t="s">
-        <v>1162</v>
+        <v>1134</v>
       </c>
       <c r="AO112">
         <v>103.99</v>
       </c>
       <c r="AP112" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="AQ112" t="s">
         <v>73</v>
       </c>
       <c r="AR112" t="s">
         <v>84</v>
       </c>
       <c r="AS112">
         <v>282007226473</v>
       </c>
       <c r="AT112" t="s">
         <v>76</v>
       </c>
       <c r="AU112"/>
       <c r="AV112"/>
       <c r="AW112"/>
       <c r="AX112" t="s">
         <v>85</v>
       </c>
       <c r="AY112"/>
       <c r="AZ112" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA112" t="s">
         <v>86</v>
       </c>
       <c r="BB112" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="BC112" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD112" t="s">
-        <v>1163</v>
+        <v>1135</v>
       </c>
       <c r="BE112" t="s">
-        <v>1164</v>
+        <v>1136</v>
       </c>
       <c r="BF112" t="s">
         <v>76</v>
       </c>
       <c r="BG112" t="s">
         <v>76</v>
       </c>
       <c r="BH112">
-        <v>375</v>
+        <v>421</v>
       </c>
       <c r="BI112" t="s">
         <v>89</v>
       </c>
       <c r="BJ112"/>
       <c r="BK112"/>
       <c r="BL112"/>
       <c r="BM112" t="s">
         <v>76</v>
       </c>
       <c r="BN112" t="s">
-        <v>1165</v>
+        <v>1137</v>
       </c>
       <c r="BO112">
         <v>0</v>
       </c>
       <c r="BP112" t="s">
         <v>73</v>
       </c>
       <c r="BQ112" t="s">
         <v>76</v>
       </c>
       <c r="BR112">
         <v>6428</v>
       </c>
       <c r="BS112"/>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
         <v>66</v>
       </c>
       <c r="B113" t="s">
-        <v>1166</v>
+        <v>1138</v>
       </c>
       <c r="C113">
         <v>6380048108</v>
       </c>
       <c r="D113">
         <v>581012</v>
       </c>
       <c r="E113">
         <v>334.13</v>
       </c>
       <c r="F113" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="G113" t="s">
         <v>70</v>
       </c>
       <c r="H113" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="I113">
         <v>114.99</v>
       </c>
       <c r="J113" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K113" t="s">
         <v>73</v>
       </c>
       <c r="L113">
         <v>1055757393</v>
       </c>
       <c r="M113" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N113" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O113"/>
       <c r="P113" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
       <c r="Q113" t="s">
-        <v>1166</v>
+        <v>1138</v>
       </c>
       <c r="R113" t="s">
         <v>76</v>
       </c>
       <c r="S113" t="s">
         <v>76</v>
       </c>
       <c r="T113" t="s">
         <v>174</v>
       </c>
       <c r="U113">
         <v>6380048108</v>
       </c>
       <c r="V113">
         <v>581012</v>
       </c>
       <c r="W113" t="s">
         <v>76</v>
       </c>
       <c r="X113">
         <v>334.13</v>
       </c>
       <c r="Y113">
         <v>20.6</v>
       </c>
       <c r="Z113" t="s">
         <v>76</v>
       </c>
       <c r="AA113" t="s">
         <v>66</v>
       </c>
       <c r="AB113" t="s">
         <v>78</v>
       </c>
       <c r="AC113" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="AD113" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
       <c r="AE113">
         <v>6673488935</v>
       </c>
       <c r="AF113">
         <v>6673488935</v>
       </c>
       <c r="AG113" t="s">
         <v>76</v>
       </c>
       <c r="AH113" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="AI113"/>
       <c r="AJ113" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="AK113" t="s">
         <v>70</v>
       </c>
       <c r="AL113" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM113" t="s">
         <v>82</v>
       </c>
       <c r="AN113" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="AO113">
         <v>114.99</v>
       </c>
       <c r="AP113" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="AQ113" t="s">
         <v>73</v>
       </c>
       <c r="AR113" t="s">
         <v>84</v>
       </c>
       <c r="AS113">
         <v>282007266710</v>
       </c>
       <c r="AT113" t="s">
         <v>76</v>
       </c>
       <c r="AU113"/>
       <c r="AV113"/>
       <c r="AW113">
         <v>0</v>
       </c>
       <c r="AX113" t="s">
         <v>85</v>
       </c>
       <c r="AY113">
         <v>1055757393</v>
       </c>
       <c r="AZ113" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA113" t="s">
         <v>86</v>
       </c>
       <c r="BB113" t="s">
-        <v>1166</v>
+        <v>1138</v>
       </c>
       <c r="BC113" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD113" t="s">
-        <v>1170</v>
+        <v>1142</v>
       </c>
       <c r="BE113" t="s">
-        <v>1171</v>
+        <v>1143</v>
       </c>
       <c r="BF113" t="s">
         <v>76</v>
       </c>
       <c r="BG113" t="s">
-        <v>1172</v>
+        <v>76</v>
       </c>
       <c r="BH113">
-        <v>236</v>
+        <v>422</v>
       </c>
       <c r="BI113" t="s">
         <v>89</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>76</v>
       </c>
       <c r="BN113" t="s">
-        <v>1173</v>
+        <v>1144</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113" t="s">
         <v>73</v>
       </c>
       <c r="BQ113" t="s">
         <v>76</v>
       </c>
       <c r="BR113">
         <v>6883</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
         <v>66</v>
       </c>
       <c r="B114" t="s">
-        <v>1174</v>
+        <v>1145</v>
       </c>
       <c r="C114">
         <v>2800048756</v>
       </c>
       <c r="D114">
         <v>581011</v>
       </c>
       <c r="E114">
         <v>344.17</v>
       </c>
       <c r="F114" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="G114" t="s">
         <v>70</v>
       </c>
       <c r="H114" t="s">
-        <v>1176</v>
+        <v>1147</v>
       </c>
       <c r="I114">
         <v>119.99</v>
       </c>
       <c r="J114" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K114" t="s">
         <v>73</v>
       </c>
       <c r="L114">
         <v>5102824742</v>
       </c>
       <c r="M114" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N114" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O114"/>
       <c r="P114">
         <v>7143884222</v>
       </c>
       <c r="Q114" t="s">
-        <v>1174</v>
+        <v>1145</v>
       </c>
       <c r="R114" t="s">
         <v>76</v>
       </c>
       <c r="S114" t="s">
         <v>76</v>
       </c>
       <c r="T114" t="s">
         <v>174</v>
       </c>
       <c r="U114">
         <v>2800048756</v>
       </c>
       <c r="V114">
         <v>581011</v>
       </c>
       <c r="W114" t="s">
         <v>76</v>
       </c>
       <c r="X114">
         <v>344.17</v>
       </c>
       <c r="Y114">
         <v>20.6</v>
       </c>
       <c r="Z114" t="s">
         <v>76</v>
       </c>
       <c r="AA114" t="s">
         <v>66</v>
       </c>
       <c r="AB114" t="s">
         <v>78</v>
       </c>
       <c r="AC114" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="AD114">
         <v>7143884222</v>
       </c>
       <c r="AE114">
         <v>3338837100</v>
       </c>
       <c r="AF114">
         <v>3338837100</v>
       </c>
       <c r="AG114" t="s">
         <v>76</v>
       </c>
       <c r="AH114" t="s">
-        <v>1177</v>
+        <v>1148</v>
       </c>
       <c r="AI114"/>
       <c r="AJ114" t="s">
-        <v>1178</v>
+        <v>1149</v>
       </c>
       <c r="AK114" t="s">
         <v>70</v>
       </c>
       <c r="AL114" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM114" t="s">
         <v>82</v>
       </c>
       <c r="AN114" t="s">
-        <v>1176</v>
+        <v>1147</v>
       </c>
       <c r="AO114">
         <v>119.99</v>
       </c>
       <c r="AP114" t="s">
-        <v>1179</v>
+        <v>1150</v>
       </c>
       <c r="AQ114" t="s">
         <v>73</v>
       </c>
       <c r="AR114" t="s">
         <v>84</v>
       </c>
       <c r="AS114">
         <v>282007325675</v>
       </c>
       <c r="AT114" t="s">
         <v>76</v>
       </c>
       <c r="AU114"/>
       <c r="AV114"/>
       <c r="AW114">
         <v>0</v>
       </c>
       <c r="AX114" t="s">
         <v>85</v>
       </c>
       <c r="AY114">
         <v>5102824742</v>
       </c>
       <c r="AZ114" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA114" t="s">
         <v>86</v>
       </c>
       <c r="BB114" t="s">
-        <v>1174</v>
+        <v>1145</v>
       </c>
       <c r="BC114" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD114" t="s">
-        <v>1180</v>
+        <v>1151</v>
       </c>
       <c r="BE114" t="s">
-        <v>1181</v>
+        <v>1152</v>
       </c>
       <c r="BF114" t="s">
         <v>76</v>
       </c>
       <c r="BG114" t="s">
         <v>76</v>
       </c>
       <c r="BH114">
-        <v>377</v>
+        <v>423</v>
       </c>
       <c r="BI114" t="s">
         <v>89</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>76</v>
       </c>
       <c r="BN114" t="s">
-        <v>1182</v>
+        <v>1153</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114" t="s">
         <v>73</v>
       </c>
       <c r="BQ114" t="s">
         <v>76</v>
       </c>
       <c r="BR114">
         <v>7090</v>
       </c>
       <c r="BS114"/>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
         <v>66</v>
       </c>
       <c r="B115" t="s">
-        <v>1183</v>
+        <v>1154</v>
       </c>
       <c r="C115">
         <v>2360048234</v>
       </c>
       <c r="D115">
         <v>581010</v>
       </c>
       <c r="E115">
         <v>344.17</v>
       </c>
       <c r="F115" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="G115" t="s">
         <v>70</v>
       </c>
       <c r="H115" t="s">
-        <v>1185</v>
+        <v>1156</v>
       </c>
       <c r="I115">
         <v>109.99</v>
       </c>
       <c r="J115" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K115" t="s">
         <v>73</v>
       </c>
       <c r="L115">
         <v>2799184640</v>
       </c>
       <c r="M115" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N115" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O115"/>
       <c r="P115">
         <v>21947076821</v>
       </c>
       <c r="Q115" t="s">
-        <v>1183</v>
+        <v>1154</v>
       </c>
       <c r="R115" t="s">
         <v>76</v>
       </c>
       <c r="S115" t="s">
         <v>76</v>
       </c>
       <c r="T115" t="s">
         <v>77</v>
       </c>
       <c r="U115">
         <v>2360048234</v>
       </c>
       <c r="V115">
         <v>581010</v>
       </c>
       <c r="W115" t="s">
         <v>76</v>
       </c>
       <c r="X115">
         <v>344.17</v>
       </c>
       <c r="Y115">
         <v>20.6</v>
       </c>
       <c r="Z115" t="s">
         <v>76</v>
       </c>
       <c r="AA115" t="s">
         <v>66</v>
       </c>
       <c r="AB115" t="s">
         <v>78</v>
       </c>
       <c r="AC115" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="AD115">
         <v>21947076821</v>
       </c>
       <c r="AE115" t="s">
-        <v>1186</v>
+        <v>1157</v>
       </c>
       <c r="AF115" t="s">
-        <v>1186</v>
+        <v>1157</v>
       </c>
       <c r="AG115" t="s">
         <v>76</v>
       </c>
       <c r="AH115" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="AI115"/>
       <c r="AJ115" t="s">
-        <v>1188</v>
+        <v>1159</v>
       </c>
       <c r="AK115" t="s">
         <v>70</v>
       </c>
       <c r="AL115" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM115" t="s">
         <v>82</v>
       </c>
       <c r="AN115" t="s">
-        <v>1185</v>
+        <v>1156</v>
       </c>
       <c r="AO115">
         <v>109.99</v>
       </c>
       <c r="AP115" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ115" t="s">
         <v>73</v>
       </c>
       <c r="AR115" t="s">
         <v>84</v>
       </c>
       <c r="AS115">
         <v>282007361640</v>
       </c>
       <c r="AT115" t="s">
         <v>76</v>
       </c>
       <c r="AU115"/>
       <c r="AV115"/>
       <c r="AW115">
         <v>0</v>
       </c>
       <c r="AX115" t="s">
         <v>85</v>
       </c>
       <c r="AY115">
         <v>2799184640</v>
       </c>
       <c r="AZ115" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA115" t="s">
         <v>86</v>
       </c>
       <c r="BB115" t="s">
-        <v>1183</v>
+        <v>1154</v>
       </c>
       <c r="BC115" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD115" t="s">
         <v>76</v>
       </c>
       <c r="BE115" t="s">
-        <v>1189</v>
+        <v>1160</v>
       </c>
       <c r="BF115" t="s">
         <v>76</v>
       </c>
       <c r="BG115" t="s">
-        <v>76</v>
+        <v>1161</v>
       </c>
       <c r="BH115">
-        <v>380</v>
+        <v>405</v>
       </c>
       <c r="BI115" t="s">
         <v>89</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115"/>
       <c r="BL115"/>
       <c r="BM115" t="s">
         <v>76</v>
       </c>
       <c r="BN115" t="s">
-        <v>1190</v>
+        <v>1162</v>
       </c>
       <c r="BO115">
         <v>0</v>
       </c>
       <c r="BP115" t="s">
         <v>73</v>
       </c>
       <c r="BQ115" t="s">
         <v>76</v>
       </c>
       <c r="BR115">
         <v>7090</v>
       </c>
       <c r="BS115"/>
     </row>
     <row r="116" spans="1:71">
       <c r="A116" t="s">
         <v>66</v>
       </c>
       <c r="B116" t="s">
-        <v>1191</v>
+        <v>1163</v>
       </c>
       <c r="C116">
         <v>7190047727</v>
       </c>
       <c r="D116">
         <v>581009</v>
       </c>
       <c r="E116">
         <v>230</v>
       </c>
       <c r="F116" t="s">
-        <v>1192</v>
+        <v>1164</v>
       </c>
       <c r="G116" t="s">
         <v>70</v>
       </c>
       <c r="H116" t="s">
-        <v>1193</v>
+        <v>1165</v>
       </c>
       <c r="I116">
         <v>63.2</v>
       </c>
       <c r="J116" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K116" t="s">
         <v>73</v>
       </c>
       <c r="L116">
         <v>2799170986</v>
       </c>
       <c r="M116" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N116" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O116"/>
       <c r="P116">
         <v>5459167681</v>
       </c>
       <c r="Q116" t="s">
-        <v>1191</v>
+        <v>1163</v>
       </c>
       <c r="R116" t="s">
         <v>76</v>
       </c>
       <c r="S116" t="s">
         <v>76</v>
       </c>
       <c r="T116" t="s">
         <v>77</v>
       </c>
       <c r="U116">
         <v>7190047727</v>
       </c>
       <c r="V116">
         <v>581009</v>
       </c>
       <c r="W116" t="s">
         <v>76</v>
       </c>
       <c r="X116">
         <v>230</v>
       </c>
       <c r="Y116">
         <v>20.6</v>
       </c>
       <c r="Z116" t="s">
         <v>76</v>
       </c>
       <c r="AA116" t="s">
         <v>66</v>
       </c>
       <c r="AB116" t="s">
         <v>78</v>
       </c>
       <c r="AC116" t="s">
-        <v>1192</v>
+        <v>1164</v>
       </c>
       <c r="AD116">
         <v>5459167681</v>
       </c>
       <c r="AE116" t="s">
-        <v>1194</v>
+        <v>1166</v>
       </c>
       <c r="AF116" t="s">
-        <v>1194</v>
+        <v>1166</v>
       </c>
       <c r="AG116" t="s">
         <v>76</v>
       </c>
       <c r="AH116" t="s">
-        <v>1195</v>
+        <v>1167</v>
       </c>
       <c r="AI116"/>
       <c r="AJ116" t="s">
-        <v>622</v>
+        <v>610</v>
       </c>
       <c r="AK116" t="s">
         <v>70</v>
       </c>
       <c r="AL116" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM116" t="s">
         <v>82</v>
       </c>
       <c r="AN116" t="s">
-        <v>1193</v>
+        <v>1165</v>
       </c>
       <c r="AO116">
         <v>63.2</v>
       </c>
       <c r="AP116" t="s">
-        <v>1196</v>
+        <v>1168</v>
       </c>
       <c r="AQ116" t="s">
         <v>73</v>
       </c>
       <c r="AR116" t="s">
         <v>84</v>
       </c>
       <c r="AS116">
         <v>282007455475</v>
       </c>
       <c r="AT116" t="s">
         <v>76</v>
       </c>
       <c r="AU116"/>
       <c r="AV116"/>
       <c r="AW116">
         <v>0</v>
       </c>
       <c r="AX116" t="s">
         <v>85</v>
       </c>
       <c r="AY116">
         <v>2799170986</v>
       </c>
       <c r="AZ116" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA116" t="s">
         <v>86</v>
       </c>
       <c r="BB116" t="s">
-        <v>1191</v>
+        <v>1163</v>
       </c>
       <c r="BC116" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD116" t="s">
         <v>76</v>
       </c>
       <c r="BE116" t="s">
-        <v>1197</v>
+        <v>1169</v>
       </c>
       <c r="BF116" t="s">
         <v>76</v>
       </c>
       <c r="BG116" t="s">
         <v>76</v>
       </c>
       <c r="BH116">
-        <v>380</v>
+        <v>426</v>
       </c>
       <c r="BI116" t="s">
         <v>89</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>76</v>
       </c>
       <c r="BN116" t="s">
-        <v>1198</v>
+        <v>1170</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116" t="s">
         <v>73</v>
       </c>
       <c r="BQ116" t="s">
         <v>76</v>
       </c>
       <c r="BR116">
         <v>4738</v>
       </c>
       <c r="BS116"/>
     </row>
     <row r="117" spans="1:71">
       <c r="A117" t="s">
         <v>66</v>
       </c>
       <c r="B117" t="s">
-        <v>1199</v>
+        <v>1171</v>
       </c>
       <c r="C117">
         <v>5280047509</v>
       </c>
       <c r="D117">
         <v>581008</v>
       </c>
       <c r="E117">
         <v>229.61</v>
       </c>
       <c r="F117" t="s">
-        <v>1200</v>
+        <v>1172</v>
       </c>
       <c r="G117" t="s">
         <v>70</v>
       </c>
       <c r="H117" t="s">
-        <v>1201</v>
+        <v>1173</v>
       </c>
       <c r="I117">
         <v>63</v>
       </c>
       <c r="J117" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="K117" t="s">
         <v>73</v>
       </c>
       <c r="L117">
         <v>2799164104</v>
       </c>
       <c r="M117" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N117" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O117"/>
       <c r="P117">
         <v>12902021219</v>
       </c>
       <c r="Q117" t="s">
-        <v>1199</v>
+        <v>1171</v>
       </c>
       <c r="R117" t="s">
         <v>76</v>
       </c>
       <c r="S117" t="s">
         <v>76</v>
       </c>
       <c r="T117" t="s">
         <v>77</v>
       </c>
       <c r="U117">
         <v>5280047509</v>
       </c>
       <c r="V117">
         <v>581008</v>
       </c>
       <c r="W117" t="s">
         <v>76</v>
       </c>
       <c r="X117">
         <v>229.61</v>
       </c>
       <c r="Y117">
         <v>20.6</v>
       </c>
       <c r="Z117" t="s">
         <v>76</v>
       </c>
       <c r="AA117" t="s">
         <v>66</v>
       </c>
       <c r="AB117" t="s">
         <v>78</v>
       </c>
       <c r="AC117" t="s">
-        <v>1200</v>
+        <v>1172</v>
       </c>
       <c r="AD117">
         <v>12902021219</v>
       </c>
       <c r="AE117">
         <v>6144320100</v>
       </c>
       <c r="AF117">
         <v>6144320100</v>
       </c>
       <c r="AG117" t="s">
         <v>76</v>
       </c>
       <c r="AH117" t="s">
-        <v>1202</v>
+        <v>1174</v>
       </c>
       <c r="AI117"/>
       <c r="AJ117" t="s">
-        <v>1203</v>
+        <v>1175</v>
       </c>
       <c r="AK117" t="s">
         <v>70</v>
       </c>
       <c r="AL117" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="AM117" t="s">
         <v>82</v>
       </c>
       <c r="AN117" t="s">
-        <v>1201</v>
+        <v>1173</v>
       </c>
       <c r="AO117">
         <v>63</v>
       </c>
       <c r="AP117" t="s">
-        <v>1204</v>
+        <v>1176</v>
       </c>
       <c r="AQ117" t="s">
         <v>73</v>
       </c>
       <c r="AR117" t="s">
         <v>84</v>
       </c>
       <c r="AS117">
         <v>282007500173</v>
       </c>
       <c r="AT117" t="s">
         <v>76</v>
       </c>
       <c r="AU117"/>
       <c r="AV117"/>
       <c r="AW117">
         <v>0</v>
       </c>
       <c r="AX117" t="s">
         <v>85</v>
       </c>
       <c r="AY117">
         <v>2799164104</v>
       </c>
       <c r="AZ117" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA117" t="s">
         <v>86</v>
       </c>
       <c r="BB117" t="s">
-        <v>1199</v>
+        <v>1171</v>
       </c>
       <c r="BC117" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="BD117" t="s">
-        <v>1205</v>
+        <v>1177</v>
       </c>
       <c r="BE117" t="s">
-        <v>1206</v>
+        <v>1178</v>
       </c>
       <c r="BF117" t="s">
         <v>76</v>
       </c>
       <c r="BG117" t="s">
-        <v>76</v>
+        <v>1179</v>
       </c>
       <c r="BH117">
-        <v>381</v>
+        <v>405</v>
       </c>
       <c r="BI117" t="s">
         <v>89</v>
       </c>
       <c r="BJ117"/>
       <c r="BK117"/>
       <c r="BL117"/>
       <c r="BM117" t="s">
         <v>76</v>
       </c>
       <c r="BN117" t="s">
-        <v>1207</v>
+        <v>1180</v>
       </c>
       <c r="BO117">
         <v>0</v>
       </c>
       <c r="BP117" t="s">
         <v>73</v>
       </c>
       <c r="BQ117" t="s">
         <v>76</v>
       </c>
       <c r="BR117">
         <v>4730</v>
       </c>
       <c r="BS117"/>
     </row>
     <row r="118" spans="1:71">
       <c r="A118" t="s">
         <v>66</v>
       </c>
       <c r="B118" t="s">
-        <v>1208</v>
+        <v>1181</v>
       </c>
       <c r="C118">
         <v>4440046818</v>
       </c>
       <c r="D118">
         <v>579661</v>
       </c>
       <c r="E118">
         <v>293.23</v>
       </c>
       <c r="F118" t="s">
-        <v>1209</v>
+        <v>1182</v>
       </c>
       <c r="G118" t="s">
         <v>70</v>
       </c>
       <c r="H118" t="s">
-        <v>1210</v>
+        <v>1183</v>
       </c>
       <c r="I118">
         <v>88.99</v>
       </c>
       <c r="J118" t="s">
-        <v>1211</v>
+        <v>1184</v>
       </c>
       <c r="K118" t="s">
         <v>73</v>
       </c>
       <c r="L118">
         <v>6326519894</v>
       </c>
       <c r="M118" t="s">
         <v>95</v>
       </c>
       <c r="N118" t="s">
         <v>96</v>
       </c>
       <c r="O118"/>
       <c r="P118">
         <v>7990791257</v>
       </c>
       <c r="Q118" t="s">
-        <v>1208</v>
+        <v>1181</v>
       </c>
       <c r="R118" t="s">
         <v>76</v>
       </c>
       <c r="S118" t="s">
         <v>76</v>
       </c>
       <c r="T118" t="s">
         <v>174</v>
       </c>
       <c r="U118">
         <v>4440046818</v>
       </c>
       <c r="V118">
         <v>579661</v>
       </c>
       <c r="W118" t="s">
         <v>76</v>
       </c>
       <c r="X118">
         <v>293.23</v>
       </c>
       <c r="Y118">
         <v>19.8</v>
       </c>
       <c r="Z118" t="s">
         <v>76</v>
       </c>
       <c r="AA118" t="s">
         <v>66</v>
       </c>
       <c r="AB118" t="s">
         <v>78</v>
       </c>
       <c r="AC118" t="s">
-        <v>1209</v>
+        <v>1182</v>
       </c>
       <c r="AD118">
         <v>7990791257</v>
       </c>
       <c r="AE118">
         <v>6699891900</v>
       </c>
       <c r="AF118">
         <v>6699891900</v>
       </c>
       <c r="AG118" t="s">
         <v>76</v>
       </c>
       <c r="AH118" t="s">
-        <v>1212</v>
+        <v>1185</v>
       </c>
       <c r="AI118"/>
       <c r="AJ118" t="s">
-        <v>1213</v>
+        <v>1186</v>
       </c>
       <c r="AK118" t="s">
         <v>70</v>
       </c>
       <c r="AL118" t="s">
-        <v>1211</v>
+        <v>1184</v>
       </c>
       <c r="AM118" t="s">
         <v>82</v>
       </c>
       <c r="AN118" t="s">
-        <v>1210</v>
+        <v>1183</v>
       </c>
       <c r="AO118">
         <v>88.99</v>
       </c>
       <c r="AP118" t="s">
-        <v>1214</v>
+        <v>1187</v>
       </c>
       <c r="AQ118" t="s">
         <v>73</v>
       </c>
       <c r="AR118" t="s">
         <v>84</v>
       </c>
       <c r="AS118">
         <v>281189407399</v>
       </c>
       <c r="AT118" t="s">
         <v>76</v>
       </c>
       <c r="AU118"/>
       <c r="AV118"/>
       <c r="AW118">
         <v>0</v>
       </c>
       <c r="AX118" t="s">
         <v>85</v>
       </c>
       <c r="AY118">
         <v>6326519894</v>
       </c>
       <c r="AZ118" t="s">
         <v>95</v>
       </c>
       <c r="BA118" t="s">
         <v>86</v>
       </c>
       <c r="BB118" t="s">
-        <v>1208</v>
+        <v>1181</v>
       </c>
       <c r="BC118" t="s">
-        <v>1211</v>
+        <v>1184</v>
       </c>
       <c r="BD118" t="s">
         <v>76</v>
       </c>
       <c r="BE118" t="s">
-        <v>1215</v>
+        <v>1188</v>
       </c>
       <c r="BF118" t="s">
         <v>76</v>
       </c>
       <c r="BG118" t="s">
-        <v>1216</v>
+        <v>1189</v>
       </c>
       <c r="BH118">
         <v>352</v>
       </c>
       <c r="BI118" t="s">
         <v>89</v>
       </c>
       <c r="BJ118"/>
       <c r="BK118"/>
       <c r="BL118"/>
       <c r="BM118" t="s">
         <v>76</v>
       </c>
       <c r="BN118" t="s">
-        <v>1217</v>
+        <v>1190</v>
       </c>
       <c r="BO118">
         <v>0</v>
       </c>
       <c r="BP118" t="s">
         <v>73</v>
       </c>
       <c r="BQ118" t="s">
         <v>76</v>
       </c>
       <c r="BR118">
         <v>5806</v>
       </c>
       <c r="BS118"/>
     </row>
     <row r="119" spans="1:71">
       <c r="A119" t="s">
         <v>66</v>
       </c>
       <c r="B119" t="s">
-        <v>1218</v>
+        <v>1191</v>
       </c>
       <c r="C119">
         <v>2490046591</v>
       </c>
       <c r="D119">
         <v>579382</v>
       </c>
       <c r="E119">
         <v>230.51</v>
       </c>
       <c r="F119" t="s">
-        <v>1219</v>
+        <v>1192</v>
       </c>
       <c r="G119" t="s">
         <v>70</v>
       </c>
       <c r="H119" t="s">
-        <v>1220</v>
+        <v>1193</v>
       </c>
       <c r="I119">
         <v>58.99</v>
       </c>
       <c r="J119" t="s">
-        <v>1221</v>
+        <v>1194</v>
       </c>
       <c r="K119" t="s">
         <v>73</v>
       </c>
       <c r="L119">
         <v>3167081783</v>
       </c>
       <c r="M119" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="N119" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
       <c r="O119"/>
       <c r="P119">
         <v>19633945492</v>
       </c>
       <c r="Q119" t="s">
-        <v>1218</v>
+        <v>1191</v>
       </c>
       <c r="R119" t="s">
         <v>76</v>
       </c>
       <c r="S119" t="s">
         <v>76</v>
       </c>
       <c r="T119" t="s">
         <v>174</v>
       </c>
       <c r="U119">
         <v>2490046591</v>
       </c>
       <c r="V119">
         <v>579382</v>
       </c>
       <c r="W119" t="s">
         <v>76</v>
       </c>
       <c r="X119">
         <v>230.51</v>
       </c>
       <c r="Y119">
         <v>19.8</v>
       </c>
       <c r="Z119" t="s">
         <v>76</v>
       </c>
       <c r="AA119" t="s">
         <v>66</v>
       </c>
       <c r="AB119" t="s">
         <v>78</v>
       </c>
       <c r="AC119" t="s">
-        <v>1219</v>
+        <v>1192</v>
       </c>
       <c r="AD119">
         <v>19633945492</v>
       </c>
       <c r="AE119" t="s">
         <v>76</v>
       </c>
       <c r="AF119" t="s">
         <v>76</v>
       </c>
       <c r="AG119" t="s">
         <v>76</v>
       </c>
       <c r="AH119" t="s">
-        <v>1222</v>
+        <v>1195</v>
       </c>
       <c r="AI119"/>
       <c r="AJ119" t="s">
-        <v>1223</v>
+        <v>1196</v>
       </c>
       <c r="AK119" t="s">
         <v>70</v>
       </c>
       <c r="AL119" t="s">
-        <v>1221</v>
+        <v>1194</v>
       </c>
       <c r="AM119" t="s">
         <v>82</v>
       </c>
       <c r="AN119" t="s">
-        <v>1220</v>
+        <v>1193</v>
       </c>
       <c r="AO119">
         <v>58.99</v>
       </c>
       <c r="AP119" t="s">
         <v>100</v>
       </c>
       <c r="AQ119" t="s">
         <v>73</v>
       </c>
       <c r="AR119" t="s">
         <v>84</v>
       </c>
       <c r="AS119">
         <v>281024929445</v>
       </c>
       <c r="AT119" t="s">
         <v>76</v>
       </c>
       <c r="AU119"/>
       <c r="AV119"/>
       <c r="AW119">
         <v>0</v>
       </c>
       <c r="AX119" t="s">
         <v>85</v>
       </c>
       <c r="AY119">
         <v>3167081783</v>
       </c>
       <c r="AZ119" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="BA119" t="s">
         <v>86</v>
       </c>
       <c r="BB119" t="s">
-        <v>1218</v>
+        <v>1191</v>
       </c>
       <c r="BC119" t="s">
-        <v>1221</v>
+        <v>1194</v>
       </c>
       <c r="BD119" t="s">
-        <v>1224</v>
+        <v>1197</v>
       </c>
       <c r="BE119" t="s">
-        <v>1225</v>
+        <v>1198</v>
       </c>
       <c r="BF119" t="s">
         <v>76</v>
       </c>
       <c r="BG119" t="s">
-        <v>1226</v>
+        <v>76</v>
       </c>
       <c r="BH119">
-        <v>253</v>
+        <v>444</v>
       </c>
       <c r="BI119" t="s">
         <v>89</v>
       </c>
       <c r="BJ119"/>
       <c r="BK119"/>
       <c r="BL119"/>
       <c r="BM119" t="s">
         <v>76</v>
       </c>
       <c r="BN119" t="s">
-        <v>1227</v>
+        <v>1199</v>
       </c>
       <c r="BO119">
         <v>0</v>
       </c>
       <c r="BP119" t="s">
         <v>73</v>
       </c>
       <c r="BQ119" t="s">
         <v>76</v>
       </c>
       <c r="BR119">
         <v>4564</v>
       </c>
       <c r="BS119"/>
     </row>
     <row r="120" spans="1:71">
       <c r="A120" t="s">
         <v>66</v>
       </c>
       <c r="B120" t="s">
-        <v>1228</v>
+        <v>1200</v>
       </c>
       <c r="C120">
         <v>4710056268</v>
       </c>
       <c r="D120">
         <v>579263</v>
       </c>
       <c r="E120">
         <v>280.71</v>
       </c>
       <c r="F120" t="s">
-        <v>1229</v>
+        <v>1201</v>
       </c>
       <c r="G120" t="s">
         <v>70</v>
       </c>
       <c r="H120" t="s">
-        <v>1230</v>
+        <v>1202</v>
       </c>
       <c r="I120">
         <v>82.99</v>
       </c>
       <c r="J120" t="s">
-        <v>1231</v>
+        <v>1203</v>
       </c>
       <c r="K120" t="s">
         <v>73</v>
       </c>
       <c r="L120">
         <v>7965619583</v>
       </c>
       <c r="M120" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N120" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O120"/>
       <c r="P120">
         <v>129919602</v>
       </c>
       <c r="Q120" t="s">
-        <v>1228</v>
+        <v>1200</v>
       </c>
       <c r="R120" t="s">
         <v>76</v>
       </c>
       <c r="S120" t="s">
         <v>76</v>
       </c>
       <c r="T120" t="s">
         <v>174</v>
       </c>
       <c r="U120">
         <v>4710056268</v>
       </c>
       <c r="V120">
         <v>579263</v>
       </c>
       <c r="W120" t="s">
         <v>76</v>
       </c>
       <c r="X120">
         <v>280.71</v>
       </c>
       <c r="Y120">
         <v>19.8</v>
       </c>
       <c r="Z120" t="s">
         <v>76</v>
       </c>
       <c r="AA120" t="s">
         <v>66</v>
       </c>
       <c r="AB120" t="s">
         <v>78</v>
       </c>
       <c r="AC120" t="s">
-        <v>1229</v>
+        <v>1201</v>
       </c>
       <c r="AD120">
         <v>129919602</v>
       </c>
       <c r="AE120" t="s">
-        <v>1232</v>
+        <v>1204</v>
       </c>
       <c r="AF120" t="s">
-        <v>1232</v>
+        <v>1204</v>
       </c>
       <c r="AG120" t="s">
         <v>76</v>
       </c>
       <c r="AH120" t="s">
-        <v>1233</v>
+        <v>1205</v>
       </c>
       <c r="AI120"/>
       <c r="AJ120" t="s">
-        <v>1234</v>
+        <v>1206</v>
       </c>
       <c r="AK120" t="s">
         <v>70</v>
       </c>
       <c r="AL120" t="s">
-        <v>1231</v>
+        <v>1203</v>
       </c>
       <c r="AM120" t="s">
         <v>82</v>
       </c>
       <c r="AN120" t="s">
-        <v>1230</v>
+        <v>1202</v>
       </c>
       <c r="AO120">
         <v>82.99</v>
       </c>
       <c r="AP120" t="s">
         <v>83</v>
       </c>
       <c r="AQ120" t="s">
         <v>73</v>
       </c>
       <c r="AR120" t="s">
         <v>84</v>
       </c>
       <c r="AS120">
         <v>280929212040</v>
       </c>
       <c r="AT120" t="s">
         <v>76</v>
       </c>
       <c r="AU120"/>
       <c r="AV120"/>
       <c r="AW120">
         <v>0</v>
       </c>
       <c r="AX120" t="s">
         <v>85</v>
       </c>
       <c r="AY120">
         <v>7965619583</v>
       </c>
       <c r="AZ120" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA120" t="s">
         <v>86</v>
       </c>
       <c r="BB120" t="s">
-        <v>1228</v>
+        <v>1200</v>
       </c>
       <c r="BC120" t="s">
-        <v>1231</v>
+        <v>1203</v>
       </c>
       <c r="BD120" t="s">
-        <v>1235</v>
+        <v>1207</v>
       </c>
       <c r="BE120" t="s">
-        <v>1236</v>
+        <v>1208</v>
       </c>
       <c r="BF120" t="s">
         <v>76</v>
       </c>
       <c r="BG120" t="s">
         <v>76</v>
       </c>
       <c r="BH120">
-        <v>400</v>
+        <v>446</v>
       </c>
       <c r="BI120" t="s">
         <v>89</v>
       </c>
       <c r="BJ120"/>
       <c r="BK120"/>
       <c r="BL120"/>
       <c r="BM120" t="s">
         <v>76</v>
       </c>
       <c r="BN120" t="s">
-        <v>1237</v>
+        <v>1209</v>
       </c>
       <c r="BO120">
         <v>0</v>
       </c>
       <c r="BP120" t="s">
         <v>73</v>
       </c>
       <c r="BQ120" t="s">
         <v>76</v>
       </c>
       <c r="BR120">
         <v>5558</v>
       </c>
       <c r="BS120"/>
     </row>
     <row r="121" spans="1:71">
       <c r="A121" t="s">
         <v>66</v>
       </c>
       <c r="B121" t="s">
-        <v>1238</v>
+        <v>1210</v>
       </c>
       <c r="C121" t="s">
-        <v>1239</v>
+        <v>1211</v>
       </c>
       <c r="D121">
         <v>579233</v>
       </c>
       <c r="E121">
         <v>324.65</v>
       </c>
       <c r="F121" t="s">
-        <v>1240</v>
+        <v>1212</v>
       </c>
       <c r="G121" t="s">
         <v>70</v>
       </c>
       <c r="H121" t="s">
-        <v>1241</v>
+        <v>1213</v>
       </c>
       <c r="I121">
         <v>103.99</v>
       </c>
       <c r="J121" t="s">
-        <v>1231</v>
+        <v>1203</v>
       </c>
       <c r="K121" t="s">
         <v>73</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121">
         <v>9242254367</v>
       </c>
       <c r="Q121" t="s">
-        <v>1238</v>
+        <v>1210</v>
       </c>
       <c r="R121" t="s">
         <v>76</v>
       </c>
       <c r="S121" t="s">
         <v>76</v>
       </c>
       <c r="T121" t="s">
         <v>77</v>
       </c>
       <c r="U121" t="s">
-        <v>1239</v>
+        <v>1211</v>
       </c>
       <c r="V121">
         <v>579233</v>
       </c>
       <c r="W121" t="s">
         <v>76</v>
       </c>
       <c r="X121">
         <v>324.65</v>
       </c>
       <c r="Y121">
         <v>19.8</v>
       </c>
       <c r="Z121" t="s">
         <v>76</v>
       </c>
       <c r="AA121" t="s">
         <v>66</v>
       </c>
       <c r="AB121" t="s">
         <v>78</v>
       </c>
       <c r="AC121" t="s">
-        <v>1240</v>
+        <v>1212</v>
       </c>
       <c r="AD121">
         <v>9242254367</v>
       </c>
       <c r="AE121" t="s">
-        <v>1242</v>
+        <v>1214</v>
       </c>
       <c r="AF121" t="s">
-        <v>1242</v>
+        <v>1214</v>
       </c>
       <c r="AG121" t="s">
         <v>76</v>
       </c>
       <c r="AH121" t="s">
-        <v>1243</v>
+        <v>1215</v>
       </c>
       <c r="AI121"/>
       <c r="AJ121" t="s">
-        <v>1244</v>
+        <v>1216</v>
       </c>
       <c r="AK121" t="s">
         <v>70</v>
       </c>
       <c r="AL121" t="s">
-        <v>1231</v>
+        <v>1203</v>
       </c>
       <c r="AM121" t="s">
         <v>82</v>
       </c>
       <c r="AN121" t="s">
-        <v>1241</v>
+        <v>1213</v>
       </c>
       <c r="AO121">
         <v>103.99</v>
       </c>
       <c r="AP121" t="s">
         <v>177</v>
       </c>
       <c r="AQ121" t="s">
         <v>73</v>
       </c>
       <c r="AR121" t="s">
         <v>84</v>
       </c>
       <c r="AS121">
         <v>280887130002</v>
       </c>
       <c r="AT121" t="s">
         <v>76</v>
       </c>
       <c r="AU121"/>
       <c r="AV121"/>
       <c r="AW121">
         <v>0</v>
       </c>
       <c r="AX121" t="s">
         <v>85</v>
       </c>
       <c r="AY121"/>
       <c r="AZ121" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA121" t="s">
         <v>86</v>
       </c>
       <c r="BB121" t="s">
-        <v>1238</v>
+        <v>1210</v>
       </c>
       <c r="BC121" t="s">
-        <v>1231</v>
+        <v>1203</v>
       </c>
       <c r="BD121" t="s">
         <v>76</v>
       </c>
       <c r="BE121" t="s">
-        <v>1245</v>
+        <v>1217</v>
       </c>
       <c r="BF121" t="s">
         <v>76</v>
       </c>
       <c r="BG121" t="s">
         <v>76</v>
       </c>
       <c r="BH121">
-        <v>400</v>
+        <v>446</v>
       </c>
       <c r="BI121" t="s">
         <v>89</v>
       </c>
       <c r="BJ121"/>
       <c r="BK121"/>
       <c r="BL121"/>
       <c r="BM121" t="s">
         <v>76</v>
       </c>
       <c r="BN121" t="s">
-        <v>1246</v>
+        <v>1218</v>
       </c>
       <c r="BO121">
         <v>0</v>
       </c>
       <c r="BP121" t="s">
         <v>73</v>
       </c>
       <c r="BQ121" t="s">
         <v>76</v>
       </c>
       <c r="BR121">
         <v>6428</v>
       </c>
       <c r="BS121"/>
     </row>
     <row r="122" spans="1:71">
       <c r="A122" t="s">
         <v>66</v>
       </c>
       <c r="B122" t="s">
-        <v>1247</v>
+        <v>1219</v>
       </c>
       <c r="C122">
         <v>7570046712</v>
       </c>
       <c r="D122">
         <v>578901</v>
       </c>
       <c r="E122">
         <v>276.52</v>
       </c>
       <c r="F122" t="s">
-        <v>1248</v>
+        <v>1220</v>
       </c>
       <c r="G122" t="s">
         <v>70</v>
       </c>
       <c r="H122" t="s">
-        <v>1249</v>
+        <v>1221</v>
       </c>
       <c r="I122">
         <v>80.99</v>
       </c>
       <c r="J122" t="s">
-        <v>1250</v>
+        <v>1222</v>
       </c>
       <c r="K122" t="s">
         <v>73</v>
       </c>
       <c r="L122">
         <v>5196420821</v>
       </c>
       <c r="M122" t="s">
-        <v>110</v>
+        <v>1223</v>
       </c>
       <c r="N122" t="s">
-        <v>111</v>
+        <v>1224</v>
       </c>
       <c r="O122"/>
       <c r="P122" t="s">
-        <v>1251</v>
+        <v>1225</v>
       </c>
       <c r="Q122" t="s">
-        <v>1247</v>
+        <v>1219</v>
       </c>
       <c r="R122" t="s">
         <v>76</v>
       </c>
       <c r="S122" t="s">
         <v>76</v>
       </c>
       <c r="T122" t="s">
         <v>174</v>
       </c>
       <c r="U122">
         <v>7570046712</v>
       </c>
       <c r="V122">
         <v>578901</v>
       </c>
       <c r="W122" t="s">
         <v>76</v>
       </c>
       <c r="X122">
         <v>276.52</v>
       </c>
       <c r="Y122">
         <v>19.8</v>
       </c>
       <c r="Z122" t="s">
         <v>76</v>
       </c>
       <c r="AA122" t="s">
         <v>66</v>
       </c>
       <c r="AB122" t="s">
         <v>78</v>
       </c>
       <c r="AC122" t="s">
-        <v>1248</v>
+        <v>1220</v>
       </c>
       <c r="AD122" t="s">
-        <v>1251</v>
+        <v>1225</v>
       </c>
       <c r="AE122">
         <v>4681803548</v>
       </c>
       <c r="AF122">
         <v>4681803548</v>
       </c>
       <c r="AG122" t="s">
         <v>76</v>
       </c>
       <c r="AH122" t="s">
-        <v>1252</v>
+        <v>1226</v>
       </c>
       <c r="AI122"/>
       <c r="AJ122" t="s">
         <v>163</v>
       </c>
       <c r="AK122" t="s">
         <v>70</v>
       </c>
       <c r="AL122" t="s">
-        <v>1250</v>
+        <v>1222</v>
       </c>
       <c r="AM122" t="s">
         <v>82</v>
       </c>
       <c r="AN122" t="s">
-        <v>1249</v>
+        <v>1221</v>
       </c>
       <c r="AO122">
         <v>80.99</v>
       </c>
       <c r="AP122" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="AQ122" t="s">
         <v>73</v>
       </c>
       <c r="AR122" t="s">
         <v>84</v>
       </c>
       <c r="AS122">
         <v>280716550720</v>
       </c>
       <c r="AT122" t="s">
         <v>76</v>
       </c>
       <c r="AU122"/>
       <c r="AV122"/>
       <c r="AW122">
         <v>0</v>
       </c>
       <c r="AX122" t="s">
         <v>85</v>
       </c>
       <c r="AY122">
         <v>5196420821</v>
       </c>
       <c r="AZ122" t="s">
-        <v>110</v>
+        <v>1223</v>
       </c>
       <c r="BA122" t="s">
         <v>86</v>
       </c>
       <c r="BB122" t="s">
-        <v>1247</v>
+        <v>1219</v>
       </c>
       <c r="BC122" t="s">
-        <v>1250</v>
+        <v>1222</v>
       </c>
       <c r="BD122" t="s">
-        <v>1253</v>
+        <v>1227</v>
       </c>
       <c r="BE122" t="s">
-        <v>1254</v>
+        <v>1228</v>
       </c>
       <c r="BF122" t="s">
         <v>76</v>
       </c>
       <c r="BG122" t="s">
-        <v>76</v>
+        <v>1229</v>
       </c>
       <c r="BH122">
-        <v>405</v>
+        <v>450</v>
       </c>
       <c r="BI122" t="s">
         <v>89</v>
       </c>
       <c r="BJ122"/>
       <c r="BK122"/>
       <c r="BL122"/>
       <c r="BM122" t="s">
         <v>76</v>
       </c>
       <c r="BN122" t="s">
-        <v>1255</v>
+        <v>1230</v>
       </c>
       <c r="BO122">
         <v>0</v>
       </c>
       <c r="BP122" t="s">
         <v>73</v>
       </c>
       <c r="BQ122" t="s">
         <v>76</v>
       </c>
       <c r="BR122">
         <v>5475</v>
       </c>
       <c r="BS122"/>
     </row>
     <row r="123" spans="1:71">
       <c r="A123" t="s">
         <v>66</v>
       </c>
       <c r="B123" t="s">
-        <v>1256</v>
+        <v>1231</v>
       </c>
       <c r="C123">
         <v>2550046091</v>
       </c>
       <c r="D123">
         <v>578823</v>
       </c>
       <c r="E123">
         <v>307.88</v>
       </c>
       <c r="F123" t="s">
-        <v>1257</v>
+        <v>1232</v>
       </c>
       <c r="G123" t="s">
         <v>70</v>
       </c>
       <c r="H123" t="s">
-        <v>1258</v>
+        <v>1233</v>
       </c>
       <c r="I123">
         <v>95.99</v>
       </c>
       <c r="J123" t="s">
-        <v>1259</v>
+        <v>1234</v>
       </c>
       <c r="K123" t="s">
         <v>73</v>
       </c>
       <c r="L123">
         <v>1016773026</v>
       </c>
       <c r="M123" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N123" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O123"/>
       <c r="P123">
         <v>2785534147</v>
       </c>
       <c r="Q123" t="s">
-        <v>1256</v>
+        <v>1231</v>
       </c>
       <c r="R123" t="s">
         <v>76</v>
       </c>
       <c r="S123" t="s">
         <v>76</v>
       </c>
       <c r="T123" t="s">
         <v>77</v>
       </c>
       <c r="U123">
         <v>2550046091</v>
       </c>
       <c r="V123">
         <v>578823</v>
       </c>
       <c r="W123" t="s">
         <v>76</v>
       </c>
       <c r="X123">
         <v>307.88</v>
       </c>
       <c r="Y123">
         <v>19.8</v>
       </c>
       <c r="Z123" t="s">
         <v>76</v>
       </c>
       <c r="AA123" t="s">
         <v>66</v>
       </c>
       <c r="AB123" t="s">
         <v>78</v>
       </c>
       <c r="AC123" t="s">
-        <v>1257</v>
+        <v>1232</v>
       </c>
       <c r="AD123">
         <v>2785534147</v>
       </c>
       <c r="AE123">
         <v>3336481700</v>
       </c>
       <c r="AF123">
         <v>3336481700</v>
       </c>
       <c r="AG123" t="s">
         <v>76</v>
       </c>
       <c r="AH123" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="AI123"/>
       <c r="AJ123" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="AK123" t="s">
         <v>70</v>
       </c>
       <c r="AL123" t="s">
-        <v>1259</v>
+        <v>1234</v>
       </c>
       <c r="AM123" t="s">
         <v>82</v>
       </c>
       <c r="AN123" t="s">
-        <v>1258</v>
+        <v>1233</v>
       </c>
       <c r="AO123">
         <v>95.99</v>
       </c>
       <c r="AP123" t="s">
-        <v>1260</v>
+        <v>1235</v>
       </c>
       <c r="AQ123" t="s">
         <v>73</v>
       </c>
       <c r="AR123" t="s">
         <v>84</v>
       </c>
       <c r="AS123">
         <v>280668368000</v>
       </c>
       <c r="AT123" t="s">
         <v>76</v>
       </c>
       <c r="AU123"/>
       <c r="AV123"/>
       <c r="AW123">
         <v>0</v>
       </c>
       <c r="AX123" t="s">
         <v>85</v>
       </c>
       <c r="AY123">
         <v>1016773026</v>
       </c>
       <c r="AZ123" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA123" t="s">
         <v>86</v>
       </c>
       <c r="BB123" t="s">
-        <v>1256</v>
+        <v>1231</v>
       </c>
       <c r="BC123" t="s">
-        <v>1259</v>
+        <v>1234</v>
       </c>
       <c r="BD123" t="s">
-        <v>1261</v>
+        <v>1236</v>
       </c>
       <c r="BE123" t="s">
-        <v>1262</v>
+        <v>1237</v>
       </c>
       <c r="BF123" t="s">
         <v>76</v>
       </c>
       <c r="BG123" t="s">
         <v>76</v>
       </c>
       <c r="BH123">
-        <v>406</v>
+        <v>452</v>
       </c>
       <c r="BI123" t="s">
         <v>89</v>
       </c>
       <c r="BJ123"/>
       <c r="BK123"/>
       <c r="BL123"/>
       <c r="BM123" t="s">
         <v>76</v>
       </c>
       <c r="BN123" t="s">
-        <v>1263</v>
+        <v>1238</v>
       </c>
       <c r="BO123">
         <v>0</v>
       </c>
       <c r="BP123" t="s">
         <v>73</v>
       </c>
       <c r="BQ123" t="s">
         <v>76</v>
       </c>
       <c r="BR123">
         <v>6096</v>
       </c>
       <c r="BS123"/>
     </row>
     <row r="124" spans="1:71">
       <c r="A124" t="s">
         <v>66</v>
       </c>
       <c r="B124" t="s">
-        <v>1264</v>
+        <v>1239</v>
       </c>
       <c r="C124">
         <v>1940080050</v>
       </c>
       <c r="D124">
         <v>578407</v>
       </c>
       <c r="E124">
         <v>358.08</v>
       </c>
       <c r="F124" t="s">
-        <v>1265</v>
+        <v>1240</v>
       </c>
       <c r="G124" t="s">
         <v>70</v>
       </c>
       <c r="H124" t="s">
-        <v>1266</v>
+        <v>1241</v>
       </c>
       <c r="I124">
         <v>119.99</v>
       </c>
       <c r="J124" t="s">
-        <v>1267</v>
+        <v>1242</v>
       </c>
       <c r="K124" t="s">
         <v>73</v>
       </c>
       <c r="L124">
         <v>6854675144</v>
       </c>
       <c r="M124" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N124" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O124"/>
       <c r="P124">
         <v>839216102</v>
       </c>
       <c r="Q124" t="s">
-        <v>1264</v>
+        <v>1239</v>
       </c>
       <c r="R124" t="s">
         <v>76</v>
       </c>
       <c r="S124" t="s">
         <v>76</v>
       </c>
       <c r="T124" t="s">
         <v>174</v>
       </c>
       <c r="U124">
         <v>1940080050</v>
       </c>
       <c r="V124">
         <v>578407</v>
       </c>
       <c r="W124" t="s">
         <v>76</v>
       </c>
       <c r="X124">
         <v>358.08</v>
       </c>
       <c r="Y124">
         <v>19.8</v>
       </c>
       <c r="Z124" t="s">
         <v>76</v>
       </c>
       <c r="AA124" t="s">
         <v>66</v>
       </c>
       <c r="AB124" t="s">
         <v>78</v>
       </c>
       <c r="AC124" t="s">
-        <v>1265</v>
+        <v>1240</v>
       </c>
       <c r="AD124">
         <v>839216102</v>
       </c>
       <c r="AE124">
         <v>8183895500</v>
       </c>
       <c r="AF124">
         <v>8183895500</v>
       </c>
       <c r="AG124" t="s">
         <v>76</v>
       </c>
       <c r="AH124" t="s">
-        <v>1268</v>
+        <v>1243</v>
       </c>
       <c r="AI124"/>
       <c r="AJ124" t="s">
-        <v>1269</v>
+        <v>1244</v>
       </c>
       <c r="AK124" t="s">
         <v>70</v>
       </c>
       <c r="AL124" t="s">
-        <v>1267</v>
+        <v>1242</v>
       </c>
       <c r="AM124" t="s">
         <v>82</v>
       </c>
       <c r="AN124" t="s">
-        <v>1266</v>
+        <v>1241</v>
       </c>
       <c r="AO124">
         <v>119.99</v>
       </c>
       <c r="AP124" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ124" t="s">
         <v>73</v>
       </c>
       <c r="AR124" t="s">
         <v>84</v>
       </c>
       <c r="AS124">
         <v>280357985791</v>
       </c>
       <c r="AT124" t="s">
         <v>76</v>
       </c>
       <c r="AU124"/>
       <c r="AV124"/>
       <c r="AW124">
         <v>0</v>
       </c>
       <c r="AX124" t="s">
         <v>85</v>
       </c>
       <c r="AY124">
         <v>6854675144</v>
       </c>
       <c r="AZ124" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA124" t="s">
         <v>86</v>
       </c>
       <c r="BB124" t="s">
-        <v>1264</v>
+        <v>1239</v>
       </c>
       <c r="BC124" t="s">
-        <v>1267</v>
+        <v>1242</v>
       </c>
       <c r="BD124" t="s">
         <v>76</v>
       </c>
       <c r="BE124" t="s">
-        <v>1270</v>
+        <v>1245</v>
       </c>
       <c r="BF124" t="s">
         <v>76</v>
       </c>
       <c r="BG124" t="s">
-        <v>76</v>
+        <v>1246</v>
       </c>
       <c r="BH124">
-        <v>414</v>
+        <v>437</v>
       </c>
       <c r="BI124" t="s">
         <v>89</v>
       </c>
       <c r="BJ124"/>
       <c r="BK124"/>
       <c r="BL124"/>
       <c r="BM124" t="s">
         <v>76</v>
       </c>
       <c r="BN124" t="s">
-        <v>1271</v>
+        <v>1247</v>
       </c>
       <c r="BO124">
         <v>0</v>
       </c>
       <c r="BP124" t="s">
         <v>73</v>
       </c>
       <c r="BQ124" t="s">
         <v>76</v>
       </c>
       <c r="BR124">
         <v>7090</v>
       </c>
       <c r="BS124"/>
     </row>
     <row r="125" spans="1:71">
       <c r="A125" t="s">
         <v>66</v>
       </c>
       <c r="B125" t="s">
-        <v>1272</v>
+        <v>1248</v>
       </c>
       <c r="C125">
         <v>4870045097</v>
       </c>
       <c r="D125">
         <v>578339</v>
       </c>
       <c r="E125">
         <v>239.29</v>
       </c>
       <c r="F125" t="s">
-        <v>1273</v>
+        <v>1249</v>
       </c>
       <c r="G125" t="s">
         <v>70</v>
       </c>
       <c r="H125" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="I125">
         <v>63.2</v>
       </c>
       <c r="J125" t="s">
-        <v>1267</v>
+        <v>1242</v>
       </c>
       <c r="K125" t="s">
         <v>73</v>
       </c>
       <c r="L125">
         <v>6854670325</v>
       </c>
       <c r="M125" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N125" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O125"/>
       <c r="P125">
         <v>1521258104</v>
       </c>
       <c r="Q125" t="s">
-        <v>1272</v>
+        <v>1248</v>
       </c>
       <c r="R125" t="s">
         <v>76</v>
       </c>
       <c r="S125" t="s">
         <v>76</v>
       </c>
       <c r="T125" t="s">
         <v>174</v>
       </c>
       <c r="U125">
         <v>4870045097</v>
       </c>
       <c r="V125">
         <v>578339</v>
       </c>
       <c r="W125" t="s">
         <v>76</v>
       </c>
       <c r="X125">
         <v>239.29</v>
       </c>
       <c r="Y125">
         <v>19.8</v>
       </c>
       <c r="Z125" t="s">
         <v>76</v>
       </c>
       <c r="AA125" t="s">
         <v>66</v>
       </c>
       <c r="AB125" t="s">
         <v>78</v>
       </c>
       <c r="AC125" t="s">
-        <v>1273</v>
+        <v>1249</v>
       </c>
       <c r="AD125">
         <v>1521258104</v>
       </c>
       <c r="AE125" t="s">
-        <v>1275</v>
+        <v>1251</v>
       </c>
       <c r="AF125" t="s">
-        <v>1275</v>
+        <v>1251</v>
       </c>
       <c r="AG125" t="s">
         <v>76</v>
       </c>
       <c r="AH125" t="s">
-        <v>1276</v>
+        <v>1252</v>
       </c>
       <c r="AI125"/>
       <c r="AJ125" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AK125" t="s">
         <v>70</v>
       </c>
       <c r="AL125" t="s">
-        <v>1267</v>
+        <v>1242</v>
       </c>
       <c r="AM125" t="s">
         <v>82</v>
       </c>
       <c r="AN125" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="AO125">
         <v>63.2</v>
       </c>
       <c r="AP125" t="s">
-        <v>542</v>
+        <v>528</v>
       </c>
       <c r="AQ125" t="s">
         <v>73</v>
       </c>
       <c r="AR125" t="s">
         <v>84</v>
       </c>
       <c r="AS125">
         <v>280345631778</v>
       </c>
       <c r="AT125" t="s">
         <v>76</v>
       </c>
       <c r="AU125"/>
       <c r="AV125"/>
       <c r="AW125">
         <v>0</v>
       </c>
       <c r="AX125" t="s">
         <v>85</v>
       </c>
       <c r="AY125">
         <v>6854670325</v>
       </c>
       <c r="AZ125" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA125" t="s">
         <v>86</v>
       </c>
       <c r="BB125" t="s">
-        <v>1272</v>
+        <v>1248</v>
       </c>
       <c r="BC125" t="s">
-        <v>1267</v>
+        <v>1242</v>
       </c>
       <c r="BD125" t="s">
         <v>76</v>
       </c>
       <c r="BE125" t="s">
-        <v>1277</v>
+        <v>1253</v>
       </c>
       <c r="BF125" t="s">
         <v>76</v>
       </c>
       <c r="BG125" t="s">
-        <v>76</v>
+        <v>1254</v>
       </c>
       <c r="BH125">
-        <v>415</v>
+        <v>449</v>
       </c>
       <c r="BI125" t="s">
         <v>89</v>
       </c>
       <c r="BJ125"/>
       <c r="BK125"/>
       <c r="BL125"/>
       <c r="BM125" t="s">
         <v>76</v>
       </c>
       <c r="BN125" t="s">
-        <v>1278</v>
+        <v>1255</v>
       </c>
       <c r="BO125">
         <v>0</v>
       </c>
       <c r="BP125" t="s">
         <v>73</v>
       </c>
       <c r="BQ125" t="s">
         <v>76</v>
       </c>
       <c r="BR125">
         <v>4738</v>
       </c>
       <c r="BS125"/>
     </row>
     <row r="126" spans="1:71">
       <c r="A126" t="s">
         <v>66</v>
       </c>
       <c r="B126" t="s">
-        <v>1279</v>
+        <v>1256</v>
       </c>
       <c r="C126">
         <v>8880045392</v>
       </c>
       <c r="D126">
         <v>578323</v>
       </c>
       <c r="E126">
         <v>246.01</v>
       </c>
       <c r="F126" t="s">
-        <v>1280</v>
+        <v>1257</v>
       </c>
       <c r="G126" t="s">
         <v>70</v>
       </c>
       <c r="H126" t="s">
-        <v>1281</v>
+        <v>1258</v>
       </c>
       <c r="I126">
         <v>66.4</v>
       </c>
       <c r="J126" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="K126" t="s">
         <v>73</v>
       </c>
       <c r="L126">
         <v>4099827841</v>
       </c>
       <c r="M126" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="N126" t="s">
-        <v>303</v>
+        <v>211</v>
       </c>
       <c r="O126"/>
       <c r="P126" t="s">
-        <v>1283</v>
+        <v>1260</v>
       </c>
       <c r="Q126" t="s">
-        <v>1279</v>
+        <v>1256</v>
       </c>
       <c r="R126" t="s">
         <v>76</v>
       </c>
       <c r="S126" t="s">
         <v>76</v>
       </c>
       <c r="T126" t="s">
         <v>174</v>
       </c>
       <c r="U126">
         <v>8880045392</v>
       </c>
       <c r="V126">
         <v>578323</v>
       </c>
       <c r="W126" t="s">
         <v>76</v>
       </c>
       <c r="X126">
         <v>246.01</v>
       </c>
       <c r="Y126">
         <v>19.8</v>
       </c>
       <c r="Z126" t="s">
         <v>76</v>
       </c>
       <c r="AA126" t="s">
         <v>66</v>
       </c>
       <c r="AB126" t="s">
         <v>78</v>
       </c>
       <c r="AC126" t="s">
-        <v>1280</v>
+        <v>1257</v>
       </c>
       <c r="AD126" t="s">
-        <v>1283</v>
+        <v>1260</v>
       </c>
       <c r="AE126">
         <v>8332324116</v>
       </c>
       <c r="AF126">
         <v>8332324116</v>
       </c>
       <c r="AG126" t="s">
         <v>76</v>
       </c>
       <c r="AH126" t="s">
-        <v>1284</v>
+        <v>1261</v>
       </c>
       <c r="AI126"/>
       <c r="AJ126" t="s">
-        <v>1285</v>
+        <v>1262</v>
       </c>
       <c r="AK126" t="s">
         <v>70</v>
       </c>
       <c r="AL126" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="AM126" t="s">
         <v>82</v>
       </c>
       <c r="AN126" t="s">
-        <v>1281</v>
+        <v>1258</v>
       </c>
       <c r="AO126">
         <v>66.4</v>
       </c>
       <c r="AP126" t="s">
-        <v>1286</v>
+        <v>1263</v>
       </c>
       <c r="AQ126" t="s">
         <v>73</v>
       </c>
       <c r="AR126" t="s">
         <v>84</v>
       </c>
       <c r="AS126">
         <v>280342260888</v>
       </c>
       <c r="AT126" t="s">
         <v>76</v>
       </c>
       <c r="AU126"/>
       <c r="AV126"/>
       <c r="AW126">
         <v>0</v>
       </c>
       <c r="AX126" t="s">
         <v>85</v>
       </c>
       <c r="AY126">
         <v>4099827841</v>
       </c>
       <c r="AZ126" t="s">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="BA126" t="s">
         <v>86</v>
       </c>
       <c r="BB126" t="s">
-        <v>1279</v>
+        <v>1256</v>
       </c>
       <c r="BC126" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="BD126" t="s">
         <v>76</v>
       </c>
       <c r="BE126" t="s">
-        <v>1287</v>
+        <v>1264</v>
       </c>
       <c r="BF126" t="s">
         <v>76</v>
       </c>
       <c r="BG126" t="s">
-        <v>1288</v>
+        <v>76</v>
       </c>
       <c r="BH126">
-        <v>317</v>
+        <v>462</v>
       </c>
       <c r="BI126" t="s">
         <v>89</v>
       </c>
       <c r="BJ126"/>
       <c r="BK126"/>
       <c r="BL126"/>
       <c r="BM126" t="s">
         <v>76</v>
       </c>
       <c r="BN126" t="s">
-        <v>1289</v>
+        <v>1265</v>
       </c>
       <c r="BO126">
         <v>0</v>
       </c>
       <c r="BP126" t="s">
         <v>73</v>
       </c>
       <c r="BQ126" t="s">
         <v>76</v>
       </c>
       <c r="BR126">
         <v>4871</v>
       </c>
       <c r="BS126"/>
     </row>
     <row r="127" spans="1:71">
       <c r="A127" t="s">
         <v>66</v>
       </c>
       <c r="B127" t="s">
-        <v>1290</v>
+        <v>1266</v>
       </c>
       <c r="C127">
         <v>3690044247</v>
       </c>
       <c r="D127">
         <v>578298</v>
       </c>
       <c r="E127">
         <v>391.57</v>
       </c>
       <c r="F127" t="s">
-        <v>1291</v>
+        <v>1267</v>
       </c>
       <c r="G127" t="s">
         <v>70</v>
       </c>
       <c r="H127" t="s">
-        <v>1292</v>
+        <v>1268</v>
       </c>
       <c r="I127">
         <v>136</v>
       </c>
       <c r="J127" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="K127" t="s">
         <v>73</v>
       </c>
       <c r="L127">
         <v>6854661192</v>
       </c>
       <c r="M127" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N127" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O127"/>
       <c r="P127" t="s">
-        <v>1293</v>
+        <v>1269</v>
       </c>
       <c r="Q127" t="s">
-        <v>1290</v>
+        <v>1266</v>
       </c>
       <c r="R127" t="s">
         <v>76</v>
       </c>
       <c r="S127" t="s">
         <v>76</v>
       </c>
       <c r="T127" t="s">
         <v>77</v>
       </c>
       <c r="U127">
         <v>3690044247</v>
       </c>
       <c r="V127">
         <v>578298</v>
       </c>
       <c r="W127" t="s">
         <v>76</v>
       </c>
       <c r="X127">
         <v>391.57</v>
       </c>
       <c r="Y127">
         <v>19.8</v>
       </c>
       <c r="Z127" t="s">
         <v>76</v>
       </c>
       <c r="AA127" t="s">
         <v>66</v>
       </c>
       <c r="AB127" t="s">
         <v>78</v>
       </c>
       <c r="AC127" t="s">
-        <v>1291</v>
+        <v>1267</v>
       </c>
       <c r="AD127" t="s">
-        <v>1293</v>
+        <v>1269</v>
       </c>
       <c r="AE127">
         <v>2711079773</v>
       </c>
       <c r="AF127">
         <v>2711079773</v>
       </c>
       <c r="AG127" t="s">
         <v>76</v>
       </c>
       <c r="AH127" t="s">
-        <v>1294</v>
+        <v>1270</v>
       </c>
       <c r="AI127"/>
       <c r="AJ127" t="s">
-        <v>1295</v>
+        <v>1271</v>
       </c>
       <c r="AK127" t="s">
         <v>70</v>
       </c>
       <c r="AL127" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="AM127" t="s">
         <v>82</v>
       </c>
       <c r="AN127" t="s">
-        <v>1292</v>
+        <v>1268</v>
       </c>
       <c r="AO127">
         <v>136</v>
       </c>
       <c r="AP127" t="s">
-        <v>1133</v>
+        <v>1106</v>
       </c>
       <c r="AQ127" t="s">
         <v>73</v>
       </c>
       <c r="AR127" t="s">
         <v>84</v>
       </c>
       <c r="AS127">
         <v>280342375107</v>
       </c>
       <c r="AT127" t="s">
         <v>76</v>
       </c>
       <c r="AU127"/>
       <c r="AV127"/>
       <c r="AW127">
         <v>0</v>
       </c>
       <c r="AX127" t="s">
         <v>85</v>
       </c>
       <c r="AY127">
         <v>6854661192</v>
       </c>
       <c r="AZ127" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA127" t="s">
         <v>86</v>
       </c>
       <c r="BB127" t="s">
-        <v>1290</v>
+        <v>1266</v>
       </c>
       <c r="BC127" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="BD127" t="s">
-        <v>1296</v>
+        <v>1272</v>
       </c>
       <c r="BE127" t="s">
-        <v>1297</v>
+        <v>1273</v>
       </c>
       <c r="BF127" t="s">
         <v>76</v>
       </c>
       <c r="BG127" t="s">
-        <v>76</v>
+        <v>1274</v>
       </c>
       <c r="BH127">
-        <v>417</v>
+        <v>440</v>
       </c>
       <c r="BI127" t="s">
         <v>89</v>
       </c>
       <c r="BJ127"/>
       <c r="BK127"/>
       <c r="BL127"/>
       <c r="BM127" t="s">
         <v>76</v>
       </c>
       <c r="BN127" t="s">
-        <v>1298</v>
+        <v>1275</v>
       </c>
       <c r="BO127">
         <v>0</v>
       </c>
       <c r="BP127" t="s">
         <v>73</v>
       </c>
       <c r="BQ127" t="s">
         <v>76</v>
       </c>
       <c r="BR127">
         <v>7753</v>
       </c>
       <c r="BS127"/>
     </row>
     <row r="128" spans="1:71">
       <c r="A128" t="s">
         <v>66</v>
       </c>
       <c r="B128" t="s">
-        <v>1299</v>
+        <v>1276</v>
       </c>
       <c r="C128">
         <v>3940043808</v>
       </c>
       <c r="D128">
         <v>577843</v>
       </c>
       <c r="E128">
         <v>388.99</v>
       </c>
       <c r="F128" t="s">
-        <v>1300</v>
+        <v>1277</v>
       </c>
       <c r="G128" t="s">
         <v>70</v>
       </c>
       <c r="H128" t="s">
-        <v>1301</v>
+        <v>1278</v>
       </c>
       <c r="I128">
         <v>135.99</v>
       </c>
       <c r="J128" t="s">
-        <v>1302</v>
+        <v>1279</v>
       </c>
       <c r="K128" t="s">
         <v>73</v>
       </c>
       <c r="L128">
         <v>8199923546</v>
       </c>
       <c r="M128" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N128" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O128"/>
       <c r="P128">
         <v>5861968863</v>
       </c>
       <c r="Q128" t="s">
-        <v>1299</v>
+        <v>1276</v>
       </c>
       <c r="R128" t="s">
         <v>76</v>
       </c>
       <c r="S128" t="s">
         <v>76</v>
       </c>
       <c r="T128" t="s">
         <v>174</v>
       </c>
       <c r="U128">
         <v>3940043808</v>
       </c>
       <c r="V128">
         <v>577843</v>
       </c>
       <c r="W128" t="s">
         <v>76</v>
       </c>
       <c r="X128">
         <v>388.99</v>
       </c>
       <c r="Y128">
         <v>19.8</v>
       </c>
       <c r="Z128" t="s">
         <v>76</v>
       </c>
       <c r="AA128" t="s">
         <v>66</v>
       </c>
       <c r="AB128" t="s">
         <v>78</v>
       </c>
       <c r="AC128" t="s">
-        <v>1300</v>
+        <v>1277</v>
       </c>
       <c r="AD128">
         <v>5861968863</v>
       </c>
       <c r="AE128" t="s">
-        <v>1303</v>
+        <v>1280</v>
       </c>
       <c r="AF128" t="s">
-        <v>1303</v>
+        <v>1280</v>
       </c>
       <c r="AG128" t="s">
         <v>76</v>
       </c>
       <c r="AH128" t="s">
-        <v>1304</v>
+        <v>1281</v>
       </c>
       <c r="AI128"/>
       <c r="AJ128" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="AK128" t="s">
         <v>70</v>
       </c>
       <c r="AL128" t="s">
-        <v>1302</v>
+        <v>1279</v>
       </c>
       <c r="AM128" t="s">
         <v>82</v>
       </c>
       <c r="AN128" t="s">
-        <v>1301</v>
+        <v>1278</v>
       </c>
       <c r="AO128">
         <v>135.99</v>
       </c>
       <c r="AP128" t="s">
-        <v>1305</v>
+        <v>1282</v>
       </c>
       <c r="AQ128" t="s">
         <v>73</v>
       </c>
       <c r="AR128" t="s">
         <v>84</v>
       </c>
       <c r="AS128">
         <v>280008930939</v>
       </c>
       <c r="AT128" t="s">
         <v>76</v>
       </c>
       <c r="AU128"/>
       <c r="AV128"/>
       <c r="AW128">
         <v>0</v>
       </c>
       <c r="AX128" t="s">
         <v>85</v>
       </c>
       <c r="AY128">
         <v>8199923546</v>
       </c>
       <c r="AZ128" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA128" t="s">
         <v>86</v>
       </c>
       <c r="BB128" t="s">
-        <v>1299</v>
+        <v>1276</v>
       </c>
       <c r="BC128" t="s">
-        <v>1302</v>
+        <v>1279</v>
       </c>
       <c r="BD128" t="s">
-        <v>1306</v>
+        <v>1283</v>
       </c>
       <c r="BE128" t="s">
-        <v>1307</v>
+        <v>1284</v>
       </c>
       <c r="BF128" t="s">
         <v>76</v>
       </c>
       <c r="BG128" t="s">
         <v>76</v>
       </c>
       <c r="BH128">
-        <v>425</v>
+        <v>471</v>
       </c>
       <c r="BI128" t="s">
         <v>89</v>
       </c>
       <c r="BJ128"/>
       <c r="BK128"/>
       <c r="BL128"/>
       <c r="BM128" t="s">
         <v>76</v>
       </c>
       <c r="BN128" t="s">
-        <v>1308</v>
+        <v>1285</v>
       </c>
       <c r="BO128">
         <v>0</v>
       </c>
       <c r="BP128" t="s">
         <v>73</v>
       </c>
       <c r="BQ128" t="s">
         <v>76</v>
       </c>
       <c r="BR128">
         <v>7702</v>
       </c>
       <c r="BS128"/>
     </row>
     <row r="129" spans="1:71">
       <c r="A129" t="s">
         <v>66</v>
       </c>
       <c r="B129" t="s">
-        <v>1309</v>
+        <v>1286</v>
       </c>
       <c r="C129">
         <v>2050043889</v>
       </c>
       <c r="D129">
         <v>577842</v>
       </c>
       <c r="E129">
         <v>248.99</v>
       </c>
       <c r="F129" t="s">
-        <v>1310</v>
+        <v>1287</v>
       </c>
       <c r="G129" t="s">
         <v>70</v>
       </c>
       <c r="H129" t="s">
-        <v>1311</v>
+        <v>1288</v>
       </c>
       <c r="I129">
         <v>68.99</v>
       </c>
       <c r="J129" t="s">
-        <v>1302</v>
+        <v>1279</v>
       </c>
       <c r="K129" t="s">
         <v>73</v>
       </c>
       <c r="L129">
         <v>8199919114</v>
       </c>
       <c r="M129" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="N129" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="O129"/>
       <c r="P129">
         <v>4370524681</v>
       </c>
       <c r="Q129" t="s">
-        <v>1309</v>
+        <v>1286</v>
       </c>
       <c r="R129" t="s">
         <v>76</v>
       </c>
       <c r="S129" t="s">
         <v>76</v>
       </c>
       <c r="T129" t="s">
         <v>174</v>
       </c>
       <c r="U129">
         <v>2050043889</v>
       </c>
       <c r="V129">
         <v>577842</v>
       </c>
       <c r="W129" t="s">
         <v>76</v>
       </c>
       <c r="X129">
         <v>248.99</v>
       </c>
       <c r="Y129">
         <v>19.8</v>
       </c>
       <c r="Z129" t="s">
         <v>76</v>
       </c>
       <c r="AA129" t="s">
         <v>66</v>
       </c>
       <c r="AB129" t="s">
         <v>78</v>
       </c>
       <c r="AC129" t="s">
-        <v>1310</v>
+        <v>1287</v>
       </c>
       <c r="AD129">
         <v>4370524681</v>
       </c>
       <c r="AE129" t="s">
-        <v>1312</v>
+        <v>1289</v>
       </c>
       <c r="AF129" t="s">
-        <v>1312</v>
+        <v>1289</v>
       </c>
       <c r="AG129" t="s">
         <v>76</v>
       </c>
       <c r="AH129" t="s">
-        <v>1313</v>
+        <v>1290</v>
       </c>
       <c r="AI129"/>
       <c r="AJ129" t="s">
-        <v>1314</v>
+        <v>1291</v>
       </c>
       <c r="AK129" t="s">
         <v>70</v>
       </c>
       <c r="AL129" t="s">
-        <v>1302</v>
+        <v>1279</v>
       </c>
       <c r="AM129" t="s">
         <v>82</v>
       </c>
       <c r="AN129" t="s">
-        <v>1311</v>
+        <v>1288</v>
       </c>
       <c r="AO129">
         <v>68.99</v>
       </c>
       <c r="AP129" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="AQ129" t="s">
         <v>73</v>
       </c>
       <c r="AR129" t="s">
         <v>84</v>
       </c>
       <c r="AS129">
         <v>280008871292</v>
       </c>
       <c r="AT129" t="s">
         <v>76</v>
       </c>
       <c r="AU129"/>
       <c r="AV129"/>
       <c r="AW129">
         <v>0</v>
       </c>
       <c r="AX129" t="s">
         <v>85</v>
       </c>
       <c r="AY129">
         <v>8199919114</v>
       </c>
       <c r="AZ129" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="BA129" t="s">
         <v>86</v>
       </c>
       <c r="BB129" t="s">
-        <v>1309</v>
+        <v>1286</v>
       </c>
       <c r="BC129" t="s">
-        <v>1302</v>
+        <v>1279</v>
       </c>
       <c r="BD129" t="s">
-        <v>1316</v>
+        <v>1293</v>
       </c>
       <c r="BE129" t="s">
-        <v>1317</v>
+        <v>1294</v>
       </c>
       <c r="BF129" t="s">
         <v>76</v>
       </c>
       <c r="BG129" t="s">
         <v>76</v>
       </c>
       <c r="BH129">
-        <v>426</v>
+        <v>472</v>
       </c>
       <c r="BI129" t="s">
         <v>89</v>
       </c>
       <c r="BJ129"/>
       <c r="BK129"/>
       <c r="BL129"/>
       <c r="BM129" t="s">
         <v>76</v>
       </c>
       <c r="BN129" t="s">
-        <v>1318</v>
+        <v>1295</v>
       </c>
       <c r="BO129">
         <v>0</v>
       </c>
       <c r="BP129" t="s">
         <v>73</v>
       </c>
       <c r="BQ129" t="s">
         <v>76</v>
       </c>
       <c r="BR129">
         <v>4930</v>
       </c>
       <c r="BS129"/>
     </row>
     <row r="130" spans="1:71">
       <c r="A130" t="s">
         <v>66</v>
       </c>
       <c r="B130" t="s">
-        <v>1319</v>
+        <v>1296</v>
       </c>
       <c r="C130">
         <v>8210043476</v>
       </c>
       <c r="D130">
         <v>577746</v>
       </c>
       <c r="E130">
         <v>220</v>
       </c>
       <c r="F130" t="s">
-        <v>1320</v>
+        <v>1297</v>
       </c>
       <c r="G130" t="s">
         <v>70</v>
       </c>
       <c r="H130" t="s">
-        <v>1321</v>
+        <v>1298</v>
       </c>
       <c r="I130">
         <v>55.2</v>
       </c>
       <c r="J130" t="s">
-        <v>1322</v>
+        <v>1299</v>
       </c>
       <c r="K130" t="s">
         <v>73</v>
       </c>
       <c r="L130">
         <v>8202334324</v>
       </c>
       <c r="M130" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="N130" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O130"/>
       <c r="P130">
         <v>11848893763</v>
       </c>
       <c r="Q130" t="s">
-        <v>1319</v>
+        <v>1296</v>
       </c>
       <c r="R130" t="s">
         <v>76</v>
       </c>
       <c r="S130" t="s">
         <v>76</v>
       </c>
       <c r="T130" t="s">
         <v>174</v>
       </c>
       <c r="U130">
         <v>8210043476</v>
       </c>
       <c r="V130">
         <v>577746</v>
       </c>
       <c r="W130" t="s">
         <v>76</v>
       </c>
       <c r="X130">
         <v>220</v>
       </c>
       <c r="Y130">
         <v>19.8</v>
       </c>
       <c r="Z130" t="s">
         <v>76</v>
       </c>
       <c r="AA130" t="s">
         <v>66</v>
       </c>
       <c r="AB130" t="s">
         <v>78</v>
       </c>
       <c r="AC130" t="s">
-        <v>1320</v>
+        <v>1297</v>
       </c>
       <c r="AD130">
         <v>11848893763</v>
       </c>
       <c r="AE130" t="s">
-        <v>1323</v>
+        <v>1300</v>
       </c>
       <c r="AF130" t="s">
-        <v>1323</v>
+        <v>1300</v>
       </c>
       <c r="AG130" t="s">
         <v>76</v>
       </c>
       <c r="AH130" t="s">
-        <v>1324</v>
+        <v>1301</v>
       </c>
       <c r="AI130"/>
       <c r="AJ130" t="s">
-        <v>1325</v>
+        <v>1302</v>
       </c>
       <c r="AK130" t="s">
         <v>70</v>
       </c>
       <c r="AL130" t="s">
-        <v>1322</v>
+        <v>1299</v>
       </c>
       <c r="AM130" t="s">
         <v>82</v>
       </c>
       <c r="AN130" t="s">
-        <v>1321</v>
+        <v>1298</v>
       </c>
       <c r="AO130">
         <v>55.2</v>
       </c>
       <c r="AP130" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="AQ130" t="s">
         <v>73</v>
       </c>
       <c r="AR130" t="s">
         <v>84</v>
       </c>
       <c r="AS130">
         <v>279949494238</v>
       </c>
       <c r="AT130" t="s">
         <v>76</v>
       </c>
       <c r="AU130"/>
       <c r="AV130"/>
       <c r="AW130">
         <v>0</v>
       </c>
       <c r="AX130" t="s">
         <v>85</v>
       </c>
       <c r="AY130">
         <v>8202334324</v>
       </c>
       <c r="AZ130" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="BA130" t="s">
         <v>86</v>
       </c>
       <c r="BB130" t="s">
-        <v>1319</v>
+        <v>1296</v>
       </c>
       <c r="BC130" t="s">
-        <v>1322</v>
+        <v>1299</v>
       </c>
       <c r="BD130" t="s">
-        <v>1326</v>
+        <v>1303</v>
       </c>
       <c r="BE130" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="BF130" t="s">
         <v>76</v>
       </c>
       <c r="BG130" t="s">
-        <v>76</v>
+        <v>1305</v>
       </c>
       <c r="BH130">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="BI130" t="s">
         <v>89</v>
       </c>
       <c r="BJ130"/>
       <c r="BK130"/>
       <c r="BL130"/>
       <c r="BM130" t="s">
         <v>76</v>
       </c>
       <c r="BN130" t="s">
-        <v>1328</v>
+        <v>1306</v>
       </c>
       <c r="BO130">
         <v>0</v>
       </c>
       <c r="BP130" t="s">
         <v>73</v>
       </c>
       <c r="BQ130" t="s">
         <v>76</v>
       </c>
       <c r="BR130">
         <v>4356</v>
       </c>
       <c r="BS130"/>
     </row>
     <row r="131" spans="1:71">
       <c r="A131" t="s">
         <v>66</v>
       </c>
       <c r="B131" t="s">
-        <v>1329</v>
+        <v>1307</v>
       </c>
       <c r="C131" t="s">
-        <v>1330</v>
+        <v>1308</v>
       </c>
       <c r="D131">
         <v>577365</v>
       </c>
       <c r="E131">
         <v>389</v>
       </c>
       <c r="F131" t="s">
-        <v>1331</v>
+        <v>1309</v>
       </c>
       <c r="G131" t="s">
         <v>70</v>
       </c>
       <c r="H131" t="s">
-        <v>1332</v>
+        <v>1310</v>
       </c>
       <c r="I131">
         <v>135.99</v>
       </c>
       <c r="J131" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="K131" t="s">
         <v>73</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131">
         <v>1043508258</v>
       </c>
       <c r="Q131" t="s">
-        <v>1329</v>
+        <v>1307</v>
       </c>
       <c r="R131" t="s">
         <v>76</v>
       </c>
       <c r="S131" t="s">
         <v>76</v>
       </c>
       <c r="T131" t="s">
         <v>174</v>
       </c>
       <c r="U131" t="s">
-        <v>1330</v>
+        <v>1308</v>
       </c>
       <c r="V131">
         <v>577365</v>
       </c>
       <c r="W131" t="s">
         <v>76</v>
       </c>
       <c r="X131">
         <v>389</v>
       </c>
       <c r="Y131">
         <v>1</v>
       </c>
       <c r="Z131" t="s">
         <v>76</v>
       </c>
       <c r="AA131" t="s">
         <v>66</v>
       </c>
       <c r="AB131" t="s">
         <v>78</v>
       </c>
       <c r="AC131" t="s">
-        <v>1331</v>
+        <v>1309</v>
       </c>
       <c r="AD131">
         <v>1043508258</v>
       </c>
       <c r="AE131">
         <v>4491393400</v>
       </c>
       <c r="AF131">
         <v>4491393400</v>
       </c>
       <c r="AG131" t="s">
         <v>76</v>
       </c>
       <c r="AH131" t="s">
-        <v>1334</v>
+        <v>1312</v>
       </c>
       <c r="AI131"/>
       <c r="AJ131" t="s">
-        <v>1335</v>
+        <v>1313</v>
       </c>
       <c r="AK131" t="s">
         <v>70</v>
       </c>
       <c r="AL131" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="AM131" t="s">
         <v>82</v>
       </c>
       <c r="AN131" t="s">
-        <v>1332</v>
+        <v>1310</v>
       </c>
       <c r="AO131">
         <v>135.99</v>
       </c>
       <c r="AP131" t="s">
-        <v>1305</v>
+        <v>1282</v>
       </c>
       <c r="AQ131" t="s">
         <v>73</v>
       </c>
       <c r="AR131" t="s">
         <v>84</v>
       </c>
       <c r="AS131">
         <v>279608181713</v>
       </c>
       <c r="AT131" t="s">
         <v>76</v>
       </c>
       <c r="AU131"/>
       <c r="AV131"/>
       <c r="AW131">
         <v>0</v>
       </c>
       <c r="AX131" t="s">
         <v>85</v>
       </c>
       <c r="AY131"/>
       <c r="AZ131" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA131" t="s">
         <v>86</v>
       </c>
       <c r="BB131" t="s">
-        <v>1329</v>
+        <v>1307</v>
       </c>
       <c r="BC131" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="BD131" t="s">
-        <v>1336</v>
+        <v>1314</v>
       </c>
       <c r="BE131" t="s">
-        <v>1337</v>
+        <v>1315</v>
       </c>
       <c r="BF131" t="s">
         <v>76</v>
       </c>
       <c r="BG131" t="s">
         <v>76</v>
       </c>
       <c r="BH131">
-        <v>434</v>
+        <v>480</v>
       </c>
       <c r="BI131" t="s">
         <v>89</v>
       </c>
       <c r="BJ131"/>
       <c r="BK131"/>
       <c r="BL131"/>
       <c r="BM131" t="s">
         <v>76</v>
       </c>
       <c r="BN131" t="s">
-        <v>1338</v>
+        <v>1316</v>
       </c>
       <c r="BO131">
         <v>0</v>
       </c>
       <c r="BP131" t="s">
         <v>73</v>
       </c>
       <c r="BQ131" t="s">
         <v>76</v>
       </c>
       <c r="BR131">
         <v>389</v>
       </c>
       <c r="BS131"/>
     </row>
     <row r="132" spans="1:71">
       <c r="A132" t="s">
         <v>66</v>
       </c>
       <c r="B132" t="s">
-        <v>1339</v>
+        <v>1317</v>
       </c>
       <c r="C132" t="s">
-        <v>1340</v>
+        <v>1318</v>
       </c>
       <c r="D132">
         <v>577364</v>
       </c>
       <c r="E132">
         <v>249</v>
       </c>
       <c r="F132" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="G132" t="s">
         <v>70</v>
       </c>
       <c r="H132" t="s">
-        <v>1342</v>
+        <v>1320</v>
       </c>
       <c r="I132">
         <v>68.99</v>
       </c>
       <c r="J132" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="K132" t="s">
         <v>73</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132">
         <v>11846820115</v>
       </c>
       <c r="Q132" t="s">
-        <v>1339</v>
+        <v>1317</v>
       </c>
       <c r="R132" t="s">
         <v>76</v>
       </c>
       <c r="S132" t="s">
         <v>76</v>
       </c>
       <c r="T132" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U132" t="s">
-        <v>1340</v>
+        <v>1318</v>
       </c>
       <c r="V132">
         <v>577364</v>
       </c>
       <c r="W132" t="s">
         <v>76</v>
       </c>
       <c r="X132">
         <v>249</v>
       </c>
       <c r="Y132">
         <v>1</v>
       </c>
       <c r="Z132" t="s">
         <v>76</v>
       </c>
       <c r="AA132" t="s">
         <v>66</v>
       </c>
       <c r="AB132" t="s">
         <v>78</v>
       </c>
       <c r="AC132" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="AD132">
         <v>11846820115</v>
       </c>
       <c r="AE132">
         <v>7444693000</v>
       </c>
       <c r="AF132">
         <v>7444693000</v>
       </c>
       <c r="AG132" t="s">
         <v>76</v>
       </c>
       <c r="AH132" t="s">
-        <v>1344</v>
+        <v>1322</v>
       </c>
       <c r="AI132"/>
       <c r="AJ132" t="s">
-        <v>1345</v>
+        <v>1323</v>
       </c>
       <c r="AK132" t="s">
         <v>70</v>
       </c>
       <c r="AL132" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="AM132" t="s">
         <v>82</v>
       </c>
       <c r="AN132" t="s">
-        <v>1342</v>
+        <v>1320</v>
       </c>
       <c r="AO132">
         <v>68.99</v>
       </c>
       <c r="AP132" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="AQ132" t="s">
         <v>73</v>
       </c>
       <c r="AR132" t="s">
         <v>84</v>
       </c>
       <c r="AS132">
         <v>279612957893</v>
       </c>
       <c r="AT132" t="s">
         <v>76</v>
       </c>
       <c r="AU132"/>
       <c r="AV132"/>
       <c r="AW132"/>
       <c r="AX132" t="s">
         <v>85</v>
       </c>
       <c r="AY132"/>
       <c r="AZ132" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA132" t="s">
         <v>86</v>
       </c>
       <c r="BB132" t="s">
-        <v>1339</v>
+        <v>1317</v>
       </c>
       <c r="BC132" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="BD132" t="s">
-        <v>1346</v>
+        <v>1324</v>
       </c>
       <c r="BE132" t="s">
-        <v>1347</v>
+        <v>1325</v>
       </c>
       <c r="BF132" t="s">
         <v>76</v>
       </c>
       <c r="BG132" t="s">
         <v>76</v>
       </c>
       <c r="BH132">
-        <v>435</v>
+        <v>481</v>
       </c>
       <c r="BI132" t="s">
         <v>89</v>
       </c>
       <c r="BJ132"/>
       <c r="BK132"/>
       <c r="BL132"/>
       <c r="BM132" t="s">
         <v>76</v>
       </c>
       <c r="BN132" t="s">
-        <v>1348</v>
+        <v>1326</v>
       </c>
       <c r="BO132">
         <v>0</v>
       </c>
       <c r="BP132" t="s">
         <v>73</v>
       </c>
       <c r="BQ132" t="s">
         <v>76</v>
       </c>
       <c r="BR132">
         <v>249</v>
       </c>
       <c r="BS132"/>
     </row>
     <row r="133" spans="1:71">
       <c r="A133" t="s">
         <v>66</v>
       </c>
       <c r="B133" t="s">
-        <v>1349</v>
+        <v>1327</v>
       </c>
       <c r="C133" t="s">
-        <v>1350</v>
+        <v>1328</v>
       </c>
       <c r="D133">
         <v>576942</v>
       </c>
       <c r="E133">
         <v>551</v>
       </c>
       <c r="F133" t="s">
-        <v>1265</v>
+        <v>1240</v>
       </c>
       <c r="G133" t="s">
         <v>70</v>
       </c>
       <c r="H133" t="s">
-        <v>1351</v>
+        <v>1329</v>
       </c>
       <c r="I133">
         <v>213.5</v>
       </c>
       <c r="J133" t="s">
-        <v>1352</v>
+        <v>1330</v>
       </c>
       <c r="K133" t="s">
         <v>73</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133">
         <v>839216102</v>
       </c>
       <c r="Q133" t="s">
-        <v>1349</v>
+        <v>1327</v>
       </c>
       <c r="R133" t="s">
         <v>76</v>
       </c>
       <c r="S133" t="s">
         <v>76</v>
       </c>
       <c r="T133" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U133" t="s">
-        <v>1350</v>
+        <v>1328</v>
       </c>
       <c r="V133">
         <v>576942</v>
       </c>
       <c r="W133" t="s">
         <v>76</v>
       </c>
       <c r="X133">
         <v>551</v>
       </c>
       <c r="Y133">
         <v>1</v>
       </c>
       <c r="Z133" t="s">
         <v>76</v>
       </c>
       <c r="AA133" t="s">
         <v>66</v>
       </c>
       <c r="AB133" t="s">
         <v>78</v>
       </c>
       <c r="AC133" t="s">
-        <v>1265</v>
+        <v>1240</v>
       </c>
       <c r="AD133">
         <v>839216102</v>
       </c>
       <c r="AE133">
         <v>8181211300</v>
       </c>
       <c r="AF133">
         <v>8181211300</v>
       </c>
       <c r="AG133" t="s">
         <v>76</v>
       </c>
       <c r="AH133" t="s">
-        <v>1353</v>
+        <v>1331</v>
       </c>
       <c r="AI133"/>
       <c r="AJ133" t="s">
-        <v>1354</v>
+        <v>1332</v>
       </c>
       <c r="AK133" t="s">
         <v>70</v>
       </c>
       <c r="AL133" t="s">
-        <v>1352</v>
+        <v>1330</v>
       </c>
       <c r="AM133" t="s">
         <v>82</v>
       </c>
       <c r="AN133" t="s">
-        <v>1351</v>
+        <v>1329</v>
       </c>
       <c r="AO133">
         <v>213.5</v>
       </c>
       <c r="AP133" t="s">
-        <v>1355</v>
+        <v>1333</v>
       </c>
       <c r="AQ133" t="s">
         <v>73</v>
       </c>
       <c r="AR133" t="s">
         <v>84</v>
       </c>
       <c r="AS133">
         <v>279327986585</v>
       </c>
       <c r="AT133" t="s">
         <v>76</v>
       </c>
       <c r="AU133"/>
       <c r="AV133"/>
       <c r="AW133">
         <v>0</v>
       </c>
       <c r="AX133" t="s">
         <v>85</v>
       </c>
       <c r="AY133"/>
       <c r="AZ133" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA133" t="s">
         <v>86</v>
       </c>
       <c r="BB133" t="s">
-        <v>1349</v>
+        <v>1327</v>
       </c>
       <c r="BC133" t="s">
-        <v>1352</v>
+        <v>1330</v>
       </c>
       <c r="BD133" t="s">
-        <v>1356</v>
+        <v>1334</v>
       </c>
       <c r="BE133" t="s">
-        <v>1357</v>
+        <v>1335</v>
       </c>
       <c r="BF133" t="s">
         <v>76</v>
       </c>
       <c r="BG133" t="s">
         <v>76</v>
       </c>
       <c r="BH133">
-        <v>442</v>
+        <v>488</v>
       </c>
       <c r="BI133" t="s">
         <v>89</v>
       </c>
       <c r="BJ133"/>
       <c r="BK133"/>
       <c r="BL133"/>
       <c r="BM133" t="s">
         <v>76</v>
       </c>
       <c r="BN133" t="s">
-        <v>1358</v>
+        <v>1336</v>
       </c>
       <c r="BO133">
         <v>0</v>
       </c>
       <c r="BP133" t="s">
         <v>73</v>
       </c>
       <c r="BQ133" t="s">
         <v>76</v>
       </c>
       <c r="BR133">
         <v>551</v>
       </c>
       <c r="BS133"/>
     </row>
     <row r="134" spans="1:71">
       <c r="A134" t="s">
         <v>66</v>
       </c>
       <c r="B134" t="s">
-        <v>1359</v>
+        <v>1337</v>
       </c>
       <c r="C134" t="s">
-        <v>1360</v>
+        <v>1338</v>
       </c>
       <c r="D134">
         <v>576891</v>
       </c>
       <c r="E134">
         <v>355</v>
       </c>
       <c r="F134" t="s">
-        <v>1361</v>
+        <v>1339</v>
       </c>
       <c r="G134" t="s">
         <v>70</v>
       </c>
       <c r="H134" t="s">
-        <v>1362</v>
+        <v>1340</v>
       </c>
       <c r="I134">
         <v>119.99</v>
       </c>
       <c r="J134" t="s">
-        <v>1363</v>
+        <v>1341</v>
       </c>
       <c r="K134" t="s">
         <v>73</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134">
         <v>10799715572</v>
       </c>
       <c r="Q134" t="s">
-        <v>1359</v>
+        <v>1337</v>
       </c>
       <c r="R134" t="s">
         <v>76</v>
       </c>
       <c r="S134" t="s">
         <v>76</v>
       </c>
       <c r="T134" t="s">
         <v>174</v>
       </c>
       <c r="U134" t="s">
-        <v>1360</v>
+        <v>1338</v>
       </c>
       <c r="V134">
         <v>576891</v>
       </c>
       <c r="W134" t="s">
         <v>76</v>
       </c>
       <c r="X134">
         <v>355</v>
       </c>
       <c r="Y134">
         <v>1</v>
       </c>
       <c r="Z134" t="s">
         <v>76</v>
       </c>
       <c r="AA134" t="s">
         <v>66</v>
       </c>
       <c r="AB134" t="s">
         <v>78</v>
       </c>
       <c r="AC134" t="s">
-        <v>1361</v>
+        <v>1339</v>
       </c>
       <c r="AD134">
         <v>10799715572</v>
       </c>
       <c r="AE134" t="s">
-        <v>1364</v>
+        <v>1342</v>
       </c>
       <c r="AF134" t="s">
-        <v>1364</v>
+        <v>1342</v>
       </c>
       <c r="AG134" t="s">
         <v>76</v>
       </c>
       <c r="AH134" t="s">
-        <v>1365</v>
+        <v>1343</v>
       </c>
       <c r="AI134"/>
       <c r="AJ134" t="s">
-        <v>1366</v>
+        <v>1344</v>
       </c>
       <c r="AK134" t="s">
         <v>70</v>
       </c>
       <c r="AL134" t="s">
-        <v>1363</v>
+        <v>1341</v>
       </c>
       <c r="AM134" t="s">
         <v>82</v>
       </c>
       <c r="AN134" t="s">
-        <v>1362</v>
+        <v>1340</v>
       </c>
       <c r="AO134">
         <v>119.99</v>
       </c>
       <c r="AP134" t="s">
-        <v>1179</v>
+        <v>1150</v>
       </c>
       <c r="AQ134" t="s">
         <v>73</v>
       </c>
       <c r="AR134" t="s">
         <v>84</v>
       </c>
       <c r="AS134">
         <v>279281005434</v>
       </c>
       <c r="AT134" t="s">
         <v>76</v>
       </c>
       <c r="AU134"/>
       <c r="AV134"/>
       <c r="AW134">
         <v>0</v>
       </c>
       <c r="AX134" t="s">
         <v>85</v>
       </c>
       <c r="AY134"/>
       <c r="AZ134" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA134" t="s">
         <v>86</v>
       </c>
       <c r="BB134" t="s">
-        <v>1359</v>
+        <v>1337</v>
       </c>
       <c r="BC134" t="s">
-        <v>1363</v>
+        <v>1341</v>
       </c>
       <c r="BD134" t="s">
-        <v>1367</v>
+        <v>1345</v>
       </c>
       <c r="BE134" t="s">
-        <v>1368</v>
+        <v>1346</v>
       </c>
       <c r="BF134" t="s">
         <v>76</v>
       </c>
       <c r="BG134" t="s">
         <v>76</v>
       </c>
       <c r="BH134">
-        <v>444</v>
+        <v>490</v>
       </c>
       <c r="BI134" t="s">
         <v>89</v>
       </c>
       <c r="BJ134"/>
       <c r="BK134"/>
       <c r="BL134"/>
       <c r="BM134" t="s">
         <v>76</v>
       </c>
       <c r="BN134" t="s">
-        <v>1369</v>
+        <v>1347</v>
       </c>
       <c r="BO134">
         <v>0</v>
       </c>
       <c r="BP134" t="s">
         <v>73</v>
       </c>
       <c r="BQ134" t="s">
         <v>76</v>
       </c>
       <c r="BR134">
         <v>355</v>
       </c>
       <c r="BS134"/>
     </row>
     <row r="135" spans="1:71">
       <c r="A135" t="s">
         <v>66</v>
       </c>
       <c r="B135" t="s">
-        <v>1370</v>
+        <v>1348</v>
       </c>
       <c r="C135" t="s">
-        <v>1371</v>
+        <v>1349</v>
       </c>
       <c r="D135">
         <v>576799</v>
       </c>
       <c r="E135">
         <v>240.14</v>
       </c>
       <c r="F135" t="s">
-        <v>1372</v>
+        <v>1350</v>
       </c>
       <c r="G135" t="s">
         <v>70</v>
       </c>
       <c r="H135" t="s">
-        <v>1373</v>
+        <v>1351</v>
       </c>
       <c r="I135">
         <v>63</v>
       </c>
       <c r="J135" t="s">
-        <v>1374</v>
+        <v>1352</v>
       </c>
       <c r="K135" t="s">
         <v>73</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135">
         <v>568059053</v>
       </c>
       <c r="Q135" t="s">
-        <v>1370</v>
+        <v>1348</v>
       </c>
       <c r="R135" t="s">
         <v>76</v>
       </c>
       <c r="S135" t="s">
         <v>76</v>
       </c>
       <c r="T135" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U135" t="s">
-        <v>1371</v>
+        <v>1349</v>
       </c>
       <c r="V135">
         <v>576799</v>
       </c>
       <c r="W135" t="s">
         <v>76</v>
       </c>
       <c r="X135">
         <v>240.14</v>
       </c>
       <c r="Y135">
         <v>1</v>
       </c>
       <c r="Z135" t="s">
         <v>76</v>
       </c>
       <c r="AA135" t="s">
         <v>66</v>
       </c>
       <c r="AB135" t="s">
         <v>78</v>
       </c>
       <c r="AC135" t="s">
-        <v>1372</v>
+        <v>1350</v>
       </c>
       <c r="AD135">
         <v>568059053</v>
       </c>
       <c r="AE135" t="s">
-        <v>1375</v>
+        <v>1353</v>
       </c>
       <c r="AF135" t="s">
-        <v>1375</v>
+        <v>1353</v>
       </c>
       <c r="AG135" t="s">
         <v>76</v>
       </c>
       <c r="AH135" t="s">
-        <v>1376</v>
+        <v>1354</v>
       </c>
       <c r="AI135"/>
       <c r="AJ135" t="s">
-        <v>1377</v>
+        <v>1355</v>
       </c>
       <c r="AK135" t="s">
         <v>70</v>
       </c>
       <c r="AL135" t="s">
-        <v>1374</v>
+        <v>1352</v>
       </c>
       <c r="AM135" t="s">
         <v>82</v>
       </c>
       <c r="AN135" t="s">
-        <v>1373</v>
+        <v>1351</v>
       </c>
       <c r="AO135">
         <v>63</v>
       </c>
       <c r="AP135" t="s">
-        <v>1378</v>
+        <v>1356</v>
       </c>
       <c r="AQ135" t="s">
         <v>73</v>
       </c>
       <c r="AR135" t="s">
         <v>84</v>
       </c>
       <c r="AS135">
         <v>279256811213</v>
       </c>
       <c r="AT135" t="s">
         <v>76</v>
       </c>
       <c r="AU135"/>
       <c r="AV135"/>
       <c r="AW135">
         <v>0</v>
       </c>
       <c r="AX135" t="s">
         <v>85</v>
       </c>
       <c r="AY135"/>
       <c r="AZ135" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA135" t="s">
         <v>86</v>
       </c>
       <c r="BB135" t="s">
-        <v>1370</v>
+        <v>1348</v>
       </c>
       <c r="BC135" t="s">
-        <v>1374</v>
+        <v>1352</v>
       </c>
       <c r="BD135" t="s">
-        <v>1379</v>
+        <v>1357</v>
       </c>
       <c r="BE135" t="s">
-        <v>1380</v>
+        <v>1358</v>
       </c>
       <c r="BF135" t="s">
         <v>76</v>
       </c>
       <c r="BG135" t="s">
         <v>76</v>
       </c>
       <c r="BH135">
-        <v>446</v>
+        <v>492</v>
       </c>
       <c r="BI135" t="s">
         <v>89</v>
       </c>
       <c r="BJ135"/>
       <c r="BK135"/>
       <c r="BL135"/>
       <c r="BM135" t="s">
         <v>76</v>
       </c>
       <c r="BN135" t="s">
-        <v>1381</v>
+        <v>1359</v>
       </c>
       <c r="BO135">
         <v>0</v>
       </c>
       <c r="BP135" t="s">
         <v>73</v>
       </c>
       <c r="BQ135" t="s">
         <v>76</v>
       </c>
       <c r="BR135">
         <v>240.14</v>
       </c>
       <c r="BS135"/>
     </row>
     <row r="136" spans="1:71">
       <c r="A136" t="s">
         <v>66</v>
       </c>
       <c r="B136" t="s">
-        <v>1382</v>
+        <v>1360</v>
       </c>
       <c r="C136" t="s">
-        <v>1383</v>
+        <v>1361</v>
       </c>
       <c r="D136">
         <v>575681</v>
       </c>
       <c r="E136">
         <v>251.84</v>
       </c>
       <c r="F136" t="s">
-        <v>1384</v>
+        <v>1362</v>
       </c>
       <c r="G136" t="s">
         <v>70</v>
       </c>
       <c r="H136" t="s">
-        <v>1385</v>
+        <v>1363</v>
       </c>
       <c r="I136">
         <v>79.99</v>
       </c>
       <c r="J136" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="K136" t="s">
         <v>73</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136">
         <v>24525389932</v>
       </c>
       <c r="Q136" t="s">
-        <v>1382</v>
+        <v>1360</v>
       </c>
       <c r="R136" t="s">
         <v>76</v>
       </c>
       <c r="S136" t="s">
         <v>76</v>
       </c>
       <c r="T136" t="s">
         <v>174</v>
       </c>
       <c r="U136" t="s">
-        <v>1383</v>
+        <v>1361</v>
       </c>
       <c r="V136">
         <v>575681</v>
       </c>
       <c r="W136" t="s">
         <v>76</v>
       </c>
       <c r="X136">
         <v>251.84</v>
       </c>
       <c r="Y136">
         <v>1</v>
       </c>
       <c r="Z136" t="s">
         <v>76</v>
       </c>
       <c r="AA136" t="s">
         <v>66</v>
       </c>
       <c r="AB136" t="s">
         <v>78</v>
       </c>
       <c r="AC136" t="s">
-        <v>1384</v>
+        <v>1362</v>
       </c>
       <c r="AD136">
         <v>24525389932</v>
       </c>
       <c r="AE136" t="s">
-        <v>1387</v>
+        <v>1365</v>
       </c>
       <c r="AF136" t="s">
-        <v>1387</v>
+        <v>1365</v>
       </c>
       <c r="AG136" t="s">
         <v>76</v>
       </c>
       <c r="AH136" t="s">
-        <v>1388</v>
+        <v>1366</v>
       </c>
       <c r="AI136"/>
       <c r="AJ136" t="s">
-        <v>1389</v>
+        <v>1367</v>
       </c>
       <c r="AK136" t="s">
         <v>70</v>
       </c>
       <c r="AL136" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="AM136" t="s">
         <v>82</v>
       </c>
       <c r="AN136" t="s">
-        <v>1385</v>
+        <v>1363</v>
       </c>
       <c r="AO136">
         <v>79.99</v>
       </c>
       <c r="AP136" t="s">
-        <v>1390</v>
+        <v>1368</v>
       </c>
       <c r="AQ136" t="s">
         <v>73</v>
       </c>
       <c r="AR136" t="s">
         <v>84</v>
       </c>
       <c r="AS136">
         <v>278481094321</v>
       </c>
       <c r="AT136" t="s">
         <v>76</v>
       </c>
       <c r="AU136"/>
       <c r="AV136"/>
       <c r="AW136">
         <v>0</v>
       </c>
       <c r="AX136" t="s">
         <v>85</v>
       </c>
       <c r="AY136"/>
       <c r="AZ136" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA136" t="s">
         <v>86</v>
       </c>
       <c r="BB136" t="s">
-        <v>1382</v>
+        <v>1360</v>
       </c>
       <c r="BC136" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="BD136" t="s">
-        <v>1391</v>
+        <v>1369</v>
       </c>
       <c r="BE136" t="s">
-        <v>1392</v>
+        <v>1370</v>
       </c>
       <c r="BF136" t="s">
         <v>76</v>
       </c>
       <c r="BG136" t="s">
         <v>76</v>
       </c>
       <c r="BH136">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="BI136" t="s">
         <v>89</v>
       </c>
       <c r="BJ136"/>
       <c r="BK136"/>
       <c r="BL136"/>
       <c r="BM136" t="s">
         <v>76</v>
       </c>
       <c r="BN136" t="s">
-        <v>1393</v>
+        <v>1371</v>
       </c>
       <c r="BO136">
         <v>0</v>
       </c>
       <c r="BP136" t="s">
         <v>73</v>
       </c>
       <c r="BQ136" t="s">
         <v>76</v>
       </c>
       <c r="BR136">
         <v>251.84</v>
       </c>
       <c r="BS136"/>
     </row>
     <row r="137" spans="1:71">
       <c r="A137" t="s">
         <v>66</v>
       </c>
       <c r="B137" t="s">
-        <v>1394</v>
+        <v>1372</v>
       </c>
       <c r="C137" t="s">
-        <v>1395</v>
+        <v>1373</v>
       </c>
       <c r="D137">
         <v>575683</v>
       </c>
       <c r="E137">
         <v>221.4</v>
       </c>
       <c r="F137" t="s">
-        <v>1396</v>
+        <v>1374</v>
       </c>
       <c r="G137" t="s">
         <v>70</v>
       </c>
       <c r="H137" t="s">
-        <v>1397</v>
+        <v>1375</v>
       </c>
       <c r="I137">
         <v>52.8</v>
       </c>
       <c r="J137" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="K137" t="s">
         <v>73</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137">
         <v>3078949091</v>
       </c>
       <c r="Q137" t="s">
-        <v>1394</v>
+        <v>1372</v>
       </c>
       <c r="R137" t="s">
         <v>76</v>
       </c>
       <c r="S137" t="s">
         <v>76</v>
       </c>
       <c r="T137" t="s">
         <v>174</v>
       </c>
       <c r="U137" t="s">
-        <v>1395</v>
+        <v>1373</v>
       </c>
       <c r="V137">
         <v>575683</v>
       </c>
       <c r="W137" t="s">
         <v>76</v>
       </c>
       <c r="X137">
         <v>221.4</v>
       </c>
       <c r="Y137">
         <v>1</v>
       </c>
       <c r="Z137" t="s">
         <v>76</v>
       </c>
       <c r="AA137" t="s">
         <v>66</v>
       </c>
       <c r="AB137" t="s">
         <v>78</v>
       </c>
       <c r="AC137" t="s">
-        <v>1396</v>
+        <v>1374</v>
       </c>
       <c r="AD137">
         <v>3078949091</v>
       </c>
       <c r="AE137" t="s">
-        <v>1398</v>
+        <v>1376</v>
       </c>
       <c r="AF137" t="s">
-        <v>1398</v>
+        <v>1376</v>
       </c>
       <c r="AG137" t="s">
         <v>76</v>
       </c>
       <c r="AH137" t="s">
-        <v>1399</v>
+        <v>1377</v>
       </c>
       <c r="AI137"/>
       <c r="AJ137" t="s">
-        <v>1400</v>
+        <v>1378</v>
       </c>
       <c r="AK137" t="s">
         <v>70</v>
       </c>
       <c r="AL137" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="AM137" t="s">
         <v>82</v>
       </c>
       <c r="AN137" t="s">
-        <v>1397</v>
+        <v>1375</v>
       </c>
       <c r="AO137">
         <v>52.8</v>
       </c>
       <c r="AP137" t="s">
-        <v>1401</v>
+        <v>1379</v>
       </c>
       <c r="AQ137" t="s">
         <v>73</v>
       </c>
       <c r="AR137" t="s">
         <v>84</v>
       </c>
       <c r="AS137">
         <v>278481177480</v>
       </c>
       <c r="AT137" t="s">
         <v>76</v>
       </c>
       <c r="AU137"/>
       <c r="AV137"/>
       <c r="AW137">
         <v>0</v>
       </c>
       <c r="AX137" t="s">
         <v>85</v>
       </c>
       <c r="AY137"/>
       <c r="AZ137" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA137" t="s">
         <v>86</v>
       </c>
       <c r="BB137" t="s">
-        <v>1394</v>
+        <v>1372</v>
       </c>
       <c r="BC137" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="BD137" t="s">
-        <v>1402</v>
+        <v>1380</v>
       </c>
       <c r="BE137" t="s">
-        <v>1403</v>
+        <v>1381</v>
       </c>
       <c r="BF137" t="s">
         <v>76</v>
       </c>
       <c r="BG137" t="s">
         <v>76</v>
       </c>
       <c r="BH137">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="BI137" t="s">
         <v>89</v>
       </c>
       <c r="BJ137"/>
       <c r="BK137"/>
       <c r="BL137"/>
       <c r="BM137" t="s">
         <v>76</v>
       </c>
       <c r="BN137" t="s">
-        <v>1404</v>
+        <v>1382</v>
       </c>
       <c r="BO137">
         <v>0</v>
       </c>
       <c r="BP137" t="s">
         <v>73</v>
       </c>
       <c r="BQ137" t="s">
         <v>76</v>
       </c>
       <c r="BR137">
         <v>221.4</v>
       </c>
       <c r="BS137"/>
     </row>
     <row r="138" spans="1:71">
       <c r="A138" t="s">
         <v>66</v>
       </c>
       <c r="B138" t="s">
-        <v>1405</v>
+        <v>1383</v>
       </c>
       <c r="C138" t="s">
-        <v>1406</v>
+        <v>1384</v>
       </c>
       <c r="D138">
         <v>575682</v>
       </c>
       <c r="E138">
         <v>272.65</v>
       </c>
       <c r="F138" t="s">
-        <v>1407</v>
+        <v>1385</v>
       </c>
       <c r="G138" t="s">
         <v>70</v>
       </c>
       <c r="H138" t="s">
-        <v>1408</v>
+        <v>1386</v>
       </c>
       <c r="I138">
         <v>76.8</v>
       </c>
       <c r="J138" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="K138" t="s">
         <v>73</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138">
         <v>8311478142</v>
       </c>
       <c r="Q138" t="s">
-        <v>1405</v>
+        <v>1383</v>
       </c>
       <c r="R138" t="s">
         <v>76</v>
       </c>
       <c r="S138" t="s">
         <v>76</v>
       </c>
       <c r="T138" t="s">
         <v>174</v>
       </c>
       <c r="U138" t="s">
-        <v>1406</v>
+        <v>1384</v>
       </c>
       <c r="V138">
         <v>575682</v>
       </c>
       <c r="W138" t="s">
         <v>76</v>
       </c>
       <c r="X138">
         <v>272.65</v>
       </c>
       <c r="Y138">
         <v>1</v>
       </c>
       <c r="Z138" t="s">
         <v>76</v>
       </c>
       <c r="AA138" t="s">
         <v>66</v>
       </c>
       <c r="AB138" t="s">
         <v>78</v>
       </c>
       <c r="AC138" t="s">
-        <v>1407</v>
+        <v>1385</v>
       </c>
       <c r="AD138">
         <v>8311478142</v>
       </c>
       <c r="AE138">
         <v>6699891900</v>
       </c>
       <c r="AF138">
         <v>6699891900</v>
       </c>
       <c r="AG138" t="s">
         <v>76</v>
       </c>
       <c r="AH138" t="s">
-        <v>1212</v>
+        <v>1185</v>
       </c>
       <c r="AI138"/>
       <c r="AJ138" t="s">
-        <v>1213</v>
+        <v>1186</v>
       </c>
       <c r="AK138" t="s">
         <v>70</v>
       </c>
       <c r="AL138" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="AM138" t="s">
         <v>82</v>
       </c>
       <c r="AN138" t="s">
-        <v>1408</v>
+        <v>1386</v>
       </c>
       <c r="AO138">
         <v>76.8</v>
       </c>
       <c r="AP138" t="s">
-        <v>1409</v>
+        <v>1387</v>
       </c>
       <c r="AQ138" t="s">
         <v>73</v>
       </c>
       <c r="AR138" t="s">
         <v>84</v>
       </c>
       <c r="AS138">
         <v>278481061904</v>
       </c>
       <c r="AT138" t="s">
         <v>76</v>
       </c>
       <c r="AU138"/>
       <c r="AV138"/>
       <c r="AW138">
         <v>0</v>
       </c>
       <c r="AX138" t="s">
         <v>85</v>
       </c>
       <c r="AY138"/>
       <c r="AZ138" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA138" t="s">
         <v>86</v>
       </c>
       <c r="BB138" t="s">
-        <v>1405</v>
+        <v>1383</v>
       </c>
       <c r="BC138" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="BD138" t="s">
-        <v>1410</v>
+        <v>1388</v>
       </c>
       <c r="BE138" t="s">
-        <v>1411</v>
+        <v>1389</v>
       </c>
       <c r="BF138" t="s">
         <v>76</v>
       </c>
       <c r="BG138" t="s">
         <v>76</v>
       </c>
       <c r="BH138">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="BI138" t="s">
         <v>89</v>
       </c>
       <c r="BJ138"/>
       <c r="BK138"/>
       <c r="BL138"/>
       <c r="BM138" t="s">
         <v>76</v>
       </c>
       <c r="BN138" t="s">
-        <v>1412</v>
+        <v>1390</v>
       </c>
       <c r="BO138">
         <v>0</v>
       </c>
       <c r="BP138" t="s">
         <v>73</v>
       </c>
       <c r="BQ138" t="s">
         <v>76</v>
       </c>
       <c r="BR138">
         <v>272.65</v>
       </c>
       <c r="BS138"/>
     </row>
     <row r="139" spans="1:71">
       <c r="A139" t="s">
         <v>66</v>
       </c>
       <c r="B139" t="s">
-        <v>1413</v>
+        <v>1391</v>
       </c>
       <c r="C139" t="s">
-        <v>1414</v>
+        <v>1392</v>
       </c>
       <c r="D139">
         <v>575301</v>
       </c>
       <c r="E139">
         <v>972.71</v>
       </c>
       <c r="F139" t="s">
-        <v>1415</v>
+        <v>1393</v>
       </c>
       <c r="G139" t="s">
         <v>70</v>
       </c>
       <c r="H139" t="s">
-        <v>1416</v>
+        <v>1394</v>
       </c>
       <c r="I139">
         <v>302.38</v>
       </c>
       <c r="J139" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
       <c r="K139" t="s">
         <v>73</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139">
         <v>1507040282</v>
       </c>
       <c r="Q139" t="s">
-        <v>1413</v>
+        <v>1391</v>
       </c>
       <c r="R139" t="s">
         <v>76</v>
       </c>
       <c r="S139" t="s">
         <v>76</v>
       </c>
       <c r="T139" t="s">
         <v>174</v>
       </c>
       <c r="U139" t="s">
-        <v>1414</v>
+        <v>1392</v>
       </c>
       <c r="V139">
         <v>575301</v>
       </c>
       <c r="W139" t="s">
         <v>76</v>
       </c>
       <c r="X139">
         <v>972.71</v>
       </c>
       <c r="Y139">
         <v>1</v>
       </c>
       <c r="Z139" t="s">
         <v>76</v>
       </c>
       <c r="AA139" t="s">
         <v>66</v>
       </c>
       <c r="AB139" t="s">
         <v>78</v>
       </c>
       <c r="AC139" t="s">
-        <v>1415</v>
+        <v>1393</v>
       </c>
       <c r="AD139">
         <v>1507040282</v>
       </c>
       <c r="AE139">
         <v>7222754600</v>
       </c>
       <c r="AF139">
         <v>7222754600</v>
       </c>
       <c r="AG139" t="s">
         <v>76</v>
       </c>
       <c r="AH139" t="s">
-        <v>1418</v>
+        <v>1396</v>
       </c>
       <c r="AI139"/>
       <c r="AJ139" t="s">
-        <v>1419</v>
+        <v>1397</v>
       </c>
       <c r="AK139" t="s">
         <v>70</v>
       </c>
       <c r="AL139" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
       <c r="AM139" t="s">
         <v>82</v>
       </c>
       <c r="AN139" t="s">
-        <v>1416</v>
+        <v>1394</v>
       </c>
       <c r="AO139">
         <v>302.38</v>
       </c>
       <c r="AP139" t="s">
-        <v>1420</v>
+        <v>1398</v>
       </c>
       <c r="AQ139" t="s">
         <v>73</v>
       </c>
       <c r="AR139" t="s">
         <v>84</v>
       </c>
       <c r="AS139">
         <v>278229452988</v>
       </c>
       <c r="AT139" t="s">
         <v>76</v>
       </c>
       <c r="AU139"/>
       <c r="AV139"/>
       <c r="AW139"/>
       <c r="AX139" t="s">
         <v>85</v>
       </c>
       <c r="AY139"/>
       <c r="AZ139" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA139" t="s">
         <v>86</v>
       </c>
       <c r="BB139" t="s">
-        <v>1413</v>
+        <v>1391</v>
       </c>
       <c r="BC139" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
       <c r="BD139" t="s">
-        <v>1421</v>
+        <v>1399</v>
       </c>
       <c r="BE139" t="s">
-        <v>1422</v>
+        <v>1400</v>
       </c>
       <c r="BF139" t="s">
         <v>76</v>
       </c>
       <c r="BG139" t="s">
         <v>76</v>
       </c>
       <c r="BH139">
-        <v>472</v>
+        <v>518</v>
       </c>
       <c r="BI139" t="s">
         <v>89</v>
       </c>
       <c r="BJ139"/>
       <c r="BK139"/>
       <c r="BL139"/>
       <c r="BM139" t="s">
         <v>76</v>
       </c>
       <c r="BN139" t="s">
-        <v>1423</v>
+        <v>1401</v>
       </c>
       <c r="BO139">
         <v>0</v>
       </c>
       <c r="BP139" t="s">
         <v>73</v>
       </c>
       <c r="BQ139" t="s">
         <v>76</v>
       </c>
       <c r="BR139">
         <v>972.71</v>
       </c>
       <c r="BS139"/>
     </row>
     <row r="140" spans="1:71">
       <c r="A140" t="s">
         <v>66</v>
       </c>
       <c r="B140" t="s">
-        <v>1424</v>
+        <v>1402</v>
       </c>
       <c r="C140" t="s">
-        <v>1425</v>
+        <v>1403</v>
       </c>
       <c r="D140">
         <v>575278</v>
       </c>
       <c r="E140">
         <v>364.9</v>
       </c>
       <c r="F140" t="s">
-        <v>1426</v>
+        <v>1404</v>
       </c>
       <c r="G140" t="s">
         <v>70</v>
       </c>
       <c r="H140" t="s">
-        <v>1427</v>
+        <v>1405</v>
       </c>
       <c r="I140">
         <v>119.99</v>
       </c>
       <c r="J140" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
       <c r="K140" t="s">
         <v>73</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140">
         <v>27329542585</v>
       </c>
       <c r="Q140" t="s">
-        <v>1424</v>
+        <v>1402</v>
       </c>
       <c r="R140" t="s">
         <v>76</v>
       </c>
       <c r="S140" t="s">
         <v>76</v>
       </c>
       <c r="T140" t="s">
         <v>174</v>
       </c>
       <c r="U140" t="s">
-        <v>1425</v>
+        <v>1403</v>
       </c>
       <c r="V140">
         <v>575278</v>
       </c>
       <c r="W140" t="s">
         <v>76</v>
       </c>
       <c r="X140">
         <v>364.9</v>
       </c>
       <c r="Y140">
         <v>1</v>
       </c>
       <c r="Z140" t="s">
         <v>76</v>
       </c>
       <c r="AA140" t="s">
         <v>66</v>
       </c>
       <c r="AB140" t="s">
         <v>78</v>
       </c>
       <c r="AC140" t="s">
-        <v>1426</v>
+        <v>1404</v>
       </c>
       <c r="AD140">
         <v>27329542585</v>
       </c>
       <c r="AE140" t="s">
-        <v>1428</v>
+        <v>1406</v>
       </c>
       <c r="AF140" t="s">
-        <v>1428</v>
+        <v>1406</v>
       </c>
       <c r="AG140" t="s">
         <v>76</v>
       </c>
       <c r="AH140" t="s">
-        <v>1429</v>
+        <v>1407</v>
       </c>
       <c r="AI140"/>
       <c r="AJ140" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AK140" t="s">
         <v>70</v>
       </c>
       <c r="AL140" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
       <c r="AM140" t="s">
         <v>82</v>
       </c>
       <c r="AN140" t="s">
-        <v>1427</v>
+        <v>1405</v>
       </c>
       <c r="AO140">
         <v>119.99</v>
       </c>
       <c r="AP140" t="s">
-        <v>1150</v>
+        <v>1123</v>
       </c>
       <c r="AQ140" t="s">
         <v>73</v>
       </c>
       <c r="AR140" t="s">
         <v>84</v>
       </c>
       <c r="AS140">
         <v>278193009169</v>
       </c>
       <c r="AT140" t="s">
         <v>76</v>
       </c>
       <c r="AU140"/>
       <c r="AV140"/>
       <c r="AW140">
         <v>0</v>
       </c>
       <c r="AX140" t="s">
         <v>85</v>
       </c>
       <c r="AY140"/>
       <c r="AZ140" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA140" t="s">
         <v>86</v>
       </c>
       <c r="BB140" t="s">
-        <v>1424</v>
+        <v>1402</v>
       </c>
       <c r="BC140" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
       <c r="BD140" t="s">
-        <v>1430</v>
+        <v>1408</v>
       </c>
       <c r="BE140" t="s">
-        <v>1431</v>
+        <v>1409</v>
       </c>
       <c r="BF140" t="s">
         <v>76</v>
       </c>
       <c r="BG140" t="s">
         <v>76</v>
       </c>
       <c r="BH140">
-        <v>473</v>
+        <v>519</v>
       </c>
       <c r="BI140" t="s">
         <v>89</v>
       </c>
       <c r="BJ140"/>
       <c r="BK140"/>
       <c r="BL140"/>
       <c r="BM140" t="s">
         <v>76</v>
       </c>
       <c r="BN140" t="s">
-        <v>1432</v>
+        <v>1410</v>
       </c>
       <c r="BO140">
         <v>0</v>
       </c>
       <c r="BP140" t="s">
         <v>73</v>
       </c>
       <c r="BQ140" t="s">
         <v>76</v>
       </c>
       <c r="BR140">
         <v>364.9</v>
       </c>
       <c r="BS140"/>
     </row>
     <row r="141" spans="1:71">
       <c r="A141" t="s">
         <v>66</v>
       </c>
       <c r="B141" t="s">
-        <v>1433</v>
+        <v>1411</v>
       </c>
       <c r="C141" t="s">
-        <v>1434</v>
+        <v>1412</v>
       </c>
       <c r="D141">
         <v>574810</v>
       </c>
       <c r="E141">
         <v>299.68</v>
       </c>
       <c r="F141" t="s">
-        <v>1435</v>
+        <v>1413</v>
       </c>
       <c r="G141" t="s">
         <v>70</v>
       </c>
       <c r="H141" t="s">
-        <v>1436</v>
+        <v>1414</v>
       </c>
       <c r="I141">
         <v>87.99</v>
       </c>
       <c r="J141" t="s">
-        <v>1437</v>
+        <v>1415</v>
       </c>
       <c r="K141" t="s">
         <v>73</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141">
         <v>749701798</v>
       </c>
       <c r="Q141" t="s">
-        <v>1433</v>
+        <v>1411</v>
       </c>
       <c r="R141" t="s">
         <v>76</v>
       </c>
       <c r="S141" t="s">
         <v>76</v>
       </c>
       <c r="T141" t="s">
         <v>174</v>
       </c>
       <c r="U141" t="s">
-        <v>1434</v>
+        <v>1412</v>
       </c>
       <c r="V141">
         <v>574810</v>
       </c>
       <c r="W141" t="s">
         <v>76</v>
       </c>
       <c r="X141">
         <v>299.68</v>
       </c>
       <c r="Y141">
         <v>1</v>
       </c>
       <c r="Z141" t="s">
         <v>76</v>
       </c>
       <c r="AA141" t="s">
         <v>66</v>
       </c>
       <c r="AB141" t="s">
         <v>78</v>
       </c>
       <c r="AC141" t="s">
-        <v>1435</v>
+        <v>1413</v>
       </c>
       <c r="AD141">
         <v>749701798</v>
       </c>
       <c r="AE141" t="s">
-        <v>1438</v>
+        <v>1416</v>
       </c>
       <c r="AF141" t="s">
-        <v>1438</v>
+        <v>1416</v>
       </c>
       <c r="AG141" t="s">
         <v>76</v>
       </c>
       <c r="AH141" t="s">
-        <v>1439</v>
+        <v>1417</v>
       </c>
       <c r="AI141"/>
       <c r="AJ141" t="s">
-        <v>1440</v>
+        <v>1418</v>
       </c>
       <c r="AK141" t="s">
         <v>70</v>
       </c>
       <c r="AL141" t="s">
-        <v>1437</v>
+        <v>1415</v>
       </c>
       <c r="AM141" t="s">
         <v>82</v>
       </c>
       <c r="AN141" t="s">
-        <v>1436</v>
+        <v>1414</v>
       </c>
       <c r="AO141">
         <v>87.99</v>
       </c>
       <c r="AP141" t="s">
-        <v>1441</v>
+        <v>1419</v>
       </c>
       <c r="AQ141" t="s">
         <v>73</v>
       </c>
       <c r="AR141" t="s">
         <v>84</v>
       </c>
       <c r="AS141">
         <v>277929412472</v>
       </c>
       <c r="AT141" t="s">
         <v>76</v>
       </c>
       <c r="AU141"/>
       <c r="AV141"/>
       <c r="AW141">
         <v>0</v>
       </c>
       <c r="AX141" t="s">
         <v>85</v>
       </c>
       <c r="AY141"/>
       <c r="AZ141" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA141" t="s">
         <v>86</v>
       </c>
       <c r="BB141" t="s">
-        <v>1433</v>
+        <v>1411</v>
       </c>
       <c r="BC141" t="s">
-        <v>1437</v>
+        <v>1415</v>
       </c>
       <c r="BD141" t="s">
-        <v>1442</v>
+        <v>1420</v>
       </c>
       <c r="BE141" t="s">
-        <v>1443</v>
+        <v>1421</v>
       </c>
       <c r="BF141" t="s">
         <v>76</v>
       </c>
       <c r="BG141" t="s">
         <v>76</v>
       </c>
       <c r="BH141">
-        <v>477</v>
+        <v>523</v>
       </c>
       <c r="BI141" t="s">
         <v>89</v>
       </c>
       <c r="BJ141"/>
       <c r="BK141"/>
       <c r="BL141"/>
       <c r="BM141" t="s">
         <v>76</v>
       </c>
       <c r="BN141" t="s">
-        <v>1444</v>
+        <v>1422</v>
       </c>
       <c r="BO141">
         <v>0</v>
       </c>
       <c r="BP141" t="s">
         <v>73</v>
       </c>
       <c r="BQ141" t="s">
         <v>76</v>
       </c>
       <c r="BR141">
         <v>299.68</v>
       </c>
       <c r="BS141"/>
     </row>
     <row r="142" spans="1:71">
       <c r="A142" t="s">
         <v>66</v>
       </c>
       <c r="B142" t="s">
-        <v>1445</v>
+        <v>1423</v>
       </c>
       <c r="C142" t="s">
-        <v>1446</v>
+        <v>1424</v>
       </c>
       <c r="D142">
         <v>574809</v>
       </c>
       <c r="E142">
         <v>234</v>
       </c>
       <c r="F142" t="s">
-        <v>1447</v>
+        <v>1425</v>
       </c>
       <c r="G142" t="s">
         <v>70</v>
       </c>
       <c r="H142" t="s">
-        <v>1448</v>
+        <v>1426</v>
       </c>
       <c r="I142">
         <v>57.6</v>
       </c>
       <c r="J142" t="s">
-        <v>1437</v>
+        <v>1415</v>
       </c>
       <c r="K142" t="s">
         <v>73</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142">
         <v>18479483991</v>
       </c>
       <c r="Q142" t="s">
-        <v>1445</v>
+        <v>1423</v>
       </c>
       <c r="R142" t="s">
         <v>76</v>
       </c>
       <c r="S142" t="s">
         <v>76</v>
       </c>
       <c r="T142" t="s">
         <v>174</v>
       </c>
       <c r="U142" t="s">
-        <v>1446</v>
+        <v>1424</v>
       </c>
       <c r="V142">
         <v>574809</v>
       </c>
       <c r="W142" t="s">
         <v>76</v>
       </c>
       <c r="X142">
         <v>234</v>
       </c>
       <c r="Y142">
         <v>1</v>
       </c>
       <c r="Z142" t="s">
         <v>76</v>
       </c>
       <c r="AA142" t="s">
         <v>66</v>
       </c>
       <c r="AB142" t="s">
         <v>78</v>
       </c>
       <c r="AC142" t="s">
-        <v>1447</v>
+        <v>1425</v>
       </c>
       <c r="AD142">
         <v>18479483991</v>
       </c>
       <c r="AE142" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
       <c r="AF142" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
       <c r="AG142" t="s">
         <v>76</v>
       </c>
       <c r="AH142" t="s">
-        <v>1450</v>
+        <v>1428</v>
       </c>
       <c r="AI142"/>
       <c r="AJ142" t="s">
-        <v>1451</v>
+        <v>1429</v>
       </c>
       <c r="AK142" t="s">
         <v>70</v>
       </c>
       <c r="AL142" t="s">
-        <v>1437</v>
+        <v>1415</v>
       </c>
       <c r="AM142" t="s">
         <v>82</v>
       </c>
       <c r="AN142" t="s">
-        <v>1448</v>
+        <v>1426</v>
       </c>
       <c r="AO142">
         <v>57.6</v>
       </c>
       <c r="AP142" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="AQ142" t="s">
         <v>73</v>
       </c>
       <c r="AR142" t="s">
         <v>84</v>
       </c>
       <c r="AS142">
         <v>277929232192</v>
       </c>
       <c r="AT142" t="s">
         <v>76</v>
       </c>
       <c r="AU142"/>
       <c r="AV142"/>
       <c r="AW142"/>
       <c r="AX142" t="s">
         <v>85</v>
       </c>
       <c r="AY142"/>
       <c r="AZ142" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA142" t="s">
         <v>86</v>
       </c>
       <c r="BB142" t="s">
-        <v>1445</v>
+        <v>1423</v>
       </c>
       <c r="BC142" t="s">
-        <v>1437</v>
+        <v>1415</v>
       </c>
       <c r="BD142" t="s">
-        <v>1452</v>
+        <v>1430</v>
       </c>
       <c r="BE142" t="s">
-        <v>1453</v>
+        <v>1431</v>
       </c>
       <c r="BF142" t="s">
         <v>76</v>
       </c>
       <c r="BG142" t="s">
         <v>76</v>
       </c>
       <c r="BH142">
-        <v>479</v>
+        <v>525</v>
       </c>
       <c r="BI142" t="s">
         <v>89</v>
       </c>
       <c r="BJ142"/>
       <c r="BK142"/>
       <c r="BL142"/>
       <c r="BM142" t="s">
         <v>76</v>
       </c>
       <c r="BN142" t="s">
-        <v>1454</v>
+        <v>1432</v>
       </c>
       <c r="BO142">
         <v>0</v>
       </c>
       <c r="BP142" t="s">
         <v>73</v>
       </c>
       <c r="BQ142" t="s">
         <v>76</v>
       </c>
       <c r="BR142">
         <v>234</v>
       </c>
       <c r="BS142"/>
     </row>
     <row r="143" spans="1:71">
       <c r="A143" t="s">
         <v>66</v>
       </c>
       <c r="B143" t="s">
-        <v>1455</v>
+        <v>1433</v>
       </c>
       <c r="C143" t="s">
-        <v>1456</v>
+        <v>1434</v>
       </c>
       <c r="D143">
         <v>574555</v>
       </c>
       <c r="E143">
         <v>369.47</v>
       </c>
       <c r="F143" t="s">
-        <v>1457</v>
+        <v>1435</v>
       </c>
       <c r="G143" t="s">
         <v>70</v>
       </c>
       <c r="H143" t="s">
-        <v>1458</v>
+        <v>1436</v>
       </c>
       <c r="I143">
         <v>119.99</v>
       </c>
       <c r="J143" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="K143" t="s">
         <v>73</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143">
         <v>5089493152</v>
       </c>
       <c r="Q143" t="s">
-        <v>1455</v>
+        <v>1433</v>
       </c>
       <c r="R143" t="s">
         <v>76</v>
       </c>
       <c r="S143" t="s">
         <v>76</v>
       </c>
       <c r="T143" t="s">
         <v>174</v>
       </c>
       <c r="U143" t="s">
-        <v>1456</v>
+        <v>1434</v>
       </c>
       <c r="V143">
         <v>574555</v>
       </c>
       <c r="W143" t="s">
         <v>76</v>
       </c>
       <c r="X143">
         <v>369.47</v>
       </c>
       <c r="Y143">
         <v>1</v>
       </c>
       <c r="Z143" t="s">
         <v>76</v>
       </c>
       <c r="AA143" t="s">
         <v>66</v>
       </c>
       <c r="AB143" t="s">
         <v>78</v>
       </c>
       <c r="AC143" t="s">
-        <v>1457</v>
+        <v>1435</v>
       </c>
       <c r="AD143">
         <v>5089493152</v>
       </c>
       <c r="AE143" t="s">
-        <v>1460</v>
+        <v>1438</v>
       </c>
       <c r="AF143" t="s">
-        <v>1460</v>
+        <v>1438</v>
       </c>
       <c r="AG143" t="s">
         <v>76</v>
       </c>
       <c r="AH143" t="s">
-        <v>1461</v>
+        <v>1439</v>
       </c>
       <c r="AI143"/>
       <c r="AJ143" t="s">
-        <v>835</v>
+        <v>819</v>
       </c>
       <c r="AK143" t="s">
         <v>70</v>
       </c>
       <c r="AL143" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="AM143" t="s">
         <v>82</v>
       </c>
       <c r="AN143" t="s">
-        <v>1458</v>
+        <v>1436</v>
       </c>
       <c r="AO143">
         <v>119.99</v>
       </c>
       <c r="AP143" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ143" t="s">
         <v>73</v>
       </c>
       <c r="AR143" t="s">
         <v>84</v>
       </c>
       <c r="AS143">
         <v>277783999469</v>
       </c>
       <c r="AT143" t="s">
         <v>76</v>
       </c>
       <c r="AU143"/>
       <c r="AV143"/>
       <c r="AW143">
         <v>0</v>
       </c>
       <c r="AX143" t="s">
         <v>85</v>
       </c>
       <c r="AY143"/>
       <c r="AZ143" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA143" t="s">
         <v>86</v>
       </c>
       <c r="BB143" t="s">
-        <v>1455</v>
+        <v>1433</v>
       </c>
       <c r="BC143" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="BD143" t="s">
-        <v>1462</v>
+        <v>1440</v>
       </c>
       <c r="BE143" t="s">
-        <v>1463</v>
+        <v>1441</v>
       </c>
       <c r="BF143" t="s">
         <v>76</v>
       </c>
       <c r="BG143" t="s">
         <v>76</v>
       </c>
       <c r="BH143">
-        <v>481</v>
+        <v>527</v>
       </c>
       <c r="BI143" t="s">
         <v>89</v>
       </c>
       <c r="BJ143"/>
       <c r="BK143"/>
       <c r="BL143"/>
       <c r="BM143" t="s">
         <v>76</v>
       </c>
       <c r="BN143" t="s">
-        <v>1464</v>
+        <v>1442</v>
       </c>
       <c r="BO143">
         <v>0</v>
       </c>
       <c r="BP143" t="s">
         <v>73</v>
       </c>
       <c r="BQ143" t="s">
         <v>76</v>
       </c>
       <c r="BR143">
         <v>369.47</v>
       </c>
       <c r="BS143"/>
     </row>
     <row r="144" spans="1:71">
       <c r="A144" t="s">
         <v>66</v>
       </c>
       <c r="B144" t="s">
-        <v>1465</v>
+        <v>1443</v>
       </c>
       <c r="C144" t="s">
-        <v>1466</v>
+        <v>1444</v>
       </c>
       <c r="D144">
         <v>574554</v>
       </c>
       <c r="E144">
         <v>246.32</v>
       </c>
       <c r="F144" t="s">
-        <v>1467</v>
+        <v>1445</v>
       </c>
       <c r="G144" t="s">
         <v>70</v>
       </c>
       <c r="H144" t="s">
-        <v>1468</v>
+        <v>1446</v>
       </c>
       <c r="I144">
         <v>63</v>
       </c>
       <c r="J144" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="K144" t="s">
         <v>73</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144">
         <v>16260352416</v>
       </c>
       <c r="Q144" t="s">
-        <v>1465</v>
+        <v>1443</v>
       </c>
       <c r="R144" t="s">
         <v>76</v>
       </c>
       <c r="S144" t="s">
         <v>76</v>
       </c>
       <c r="T144" t="s">
         <v>174</v>
       </c>
       <c r="U144" t="s">
-        <v>1466</v>
+        <v>1444</v>
       </c>
       <c r="V144">
         <v>574554</v>
       </c>
       <c r="W144" t="s">
         <v>76</v>
       </c>
       <c r="X144">
         <v>246.32</v>
       </c>
       <c r="Y144">
         <v>1</v>
       </c>
       <c r="Z144" t="s">
         <v>76</v>
       </c>
       <c r="AA144" t="s">
         <v>66</v>
       </c>
       <c r="AB144" t="s">
         <v>78</v>
       </c>
       <c r="AC144" t="s">
-        <v>1467</v>
+        <v>1445</v>
       </c>
       <c r="AD144">
         <v>16260352416</v>
       </c>
       <c r="AE144">
         <v>2226893600</v>
       </c>
       <c r="AF144">
         <v>2226893600</v>
       </c>
       <c r="AG144" t="s">
         <v>76</v>
       </c>
       <c r="AH144" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="AI144"/>
       <c r="AJ144" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="AK144" t="s">
         <v>70</v>
       </c>
       <c r="AL144" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="AM144" t="s">
         <v>82</v>
       </c>
       <c r="AN144" t="s">
-        <v>1468</v>
+        <v>1446</v>
       </c>
       <c r="AO144">
         <v>63</v>
       </c>
       <c r="AP144" t="s">
-        <v>1378</v>
+        <v>1356</v>
       </c>
       <c r="AQ144" t="s">
         <v>73</v>
       </c>
       <c r="AR144" t="s">
         <v>84</v>
       </c>
       <c r="AS144">
         <v>277783906266</v>
       </c>
       <c r="AT144" t="s">
         <v>76</v>
       </c>
       <c r="AU144"/>
       <c r="AV144"/>
       <c r="AW144">
         <v>0</v>
       </c>
       <c r="AX144" t="s">
         <v>85</v>
       </c>
       <c r="AY144"/>
       <c r="AZ144" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA144" t="s">
         <v>86</v>
       </c>
       <c r="BB144" t="s">
-        <v>1465</v>
+        <v>1443</v>
       </c>
       <c r="BC144" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="BD144" t="s">
-        <v>1469</v>
+        <v>1447</v>
       </c>
       <c r="BE144" t="s">
-        <v>1470</v>
+        <v>1448</v>
       </c>
       <c r="BF144" t="s">
         <v>76</v>
       </c>
       <c r="BG144" t="s">
         <v>76</v>
       </c>
       <c r="BH144">
-        <v>481</v>
+        <v>527</v>
       </c>
       <c r="BI144" t="s">
         <v>89</v>
       </c>
       <c r="BJ144"/>
       <c r="BK144"/>
       <c r="BL144"/>
       <c r="BM144" t="s">
         <v>76</v>
       </c>
       <c r="BN144" t="s">
-        <v>1471</v>
+        <v>1449</v>
       </c>
       <c r="BO144">
         <v>0</v>
       </c>
       <c r="BP144" t="s">
         <v>73</v>
       </c>
       <c r="BQ144" t="s">
         <v>76</v>
       </c>
       <c r="BR144">
         <v>246.32</v>
       </c>
       <c r="BS144"/>
     </row>
     <row r="145" spans="1:71">
       <c r="A145" t="s">
         <v>66</v>
       </c>
       <c r="B145" t="s">
-        <v>1472</v>
+        <v>1450</v>
       </c>
       <c r="C145" t="s">
-        <v>1473</v>
+        <v>1451</v>
       </c>
       <c r="D145">
         <v>574553</v>
       </c>
       <c r="E145">
         <v>282.24</v>
       </c>
       <c r="F145" t="s">
-        <v>1474</v>
+        <v>1452</v>
       </c>
       <c r="G145" t="s">
         <v>70</v>
       </c>
       <c r="H145" t="s">
-        <v>1475</v>
+        <v>1453</v>
       </c>
       <c r="I145">
         <v>79.99</v>
       </c>
       <c r="J145" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="K145" t="s">
         <v>73</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145">
         <v>10277307624</v>
       </c>
       <c r="Q145" t="s">
-        <v>1472</v>
+        <v>1450</v>
       </c>
       <c r="R145" t="s">
         <v>76</v>
       </c>
       <c r="S145" t="s">
         <v>76</v>
       </c>
       <c r="T145" t="s">
         <v>174</v>
       </c>
       <c r="U145" t="s">
-        <v>1473</v>
+        <v>1451</v>
       </c>
       <c r="V145">
         <v>574553</v>
       </c>
       <c r="W145" t="s">
         <v>76</v>
       </c>
       <c r="X145">
         <v>282.24</v>
       </c>
       <c r="Y145">
         <v>1</v>
       </c>
       <c r="Z145" t="s">
         <v>76</v>
       </c>
       <c r="AA145" t="s">
         <v>66</v>
       </c>
       <c r="AB145" t="s">
         <v>78</v>
       </c>
       <c r="AC145" t="s">
-        <v>1474</v>
+        <v>1452</v>
       </c>
       <c r="AD145">
         <v>10277307624</v>
       </c>
       <c r="AE145" t="s">
-        <v>1476</v>
+        <v>1454</v>
       </c>
       <c r="AF145" t="s">
-        <v>1476</v>
+        <v>1454</v>
       </c>
       <c r="AG145" t="s">
         <v>76</v>
       </c>
       <c r="AH145" t="s">
-        <v>1477</v>
+        <v>1455</v>
       </c>
       <c r="AI145"/>
       <c r="AJ145" t="s">
-        <v>1478</v>
+        <v>1456</v>
       </c>
       <c r="AK145" t="s">
         <v>70</v>
       </c>
       <c r="AL145" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="AM145" t="s">
         <v>82</v>
       </c>
       <c r="AN145" t="s">
-        <v>1475</v>
+        <v>1453</v>
       </c>
       <c r="AO145">
         <v>79.99</v>
       </c>
       <c r="AP145" t="s">
-        <v>1479</v>
+        <v>1457</v>
       </c>
       <c r="AQ145" t="s">
         <v>73</v>
       </c>
       <c r="AR145" t="s">
         <v>84</v>
       </c>
       <c r="AS145">
         <v>277784173555</v>
       </c>
       <c r="AT145" t="s">
         <v>76</v>
       </c>
       <c r="AU145"/>
       <c r="AV145"/>
       <c r="AW145">
         <v>0</v>
       </c>
       <c r="AX145" t="s">
         <v>85</v>
       </c>
       <c r="AY145"/>
       <c r="AZ145" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA145" t="s">
         <v>86</v>
       </c>
       <c r="BB145" t="s">
-        <v>1472</v>
+        <v>1450</v>
       </c>
       <c r="BC145" t="s">
+        <v>1437</v>
+      </c>
+      <c r="BD145" t="s">
+        <v>1458</v>
+      </c>
+      <c r="BE145" t="s">
         <v>1459</v>
       </c>
-      <c r="BD145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF145" t="s">
         <v>76</v>
       </c>
       <c r="BG145" t="s">
         <v>76</v>
       </c>
       <c r="BH145">
-        <v>481</v>
+        <v>527</v>
       </c>
       <c r="BI145" t="s">
         <v>89</v>
       </c>
       <c r="BJ145"/>
       <c r="BK145"/>
       <c r="BL145"/>
       <c r="BM145" t="s">
         <v>76</v>
       </c>
       <c r="BN145" t="s">
-        <v>1482</v>
+        <v>1460</v>
       </c>
       <c r="BO145">
         <v>0</v>
       </c>
       <c r="BP145" t="s">
         <v>73</v>
       </c>
       <c r="BQ145" t="s">
         <v>76</v>
       </c>
       <c r="BR145">
         <v>282.24</v>
       </c>
       <c r="BS145"/>
     </row>
     <row r="146" spans="1:71">
       <c r="A146" t="s">
         <v>66</v>
       </c>
       <c r="B146" t="s">
-        <v>1483</v>
+        <v>1461</v>
       </c>
       <c r="C146" t="s">
-        <v>1484</v>
+        <v>1462</v>
       </c>
       <c r="D146">
         <v>574552</v>
       </c>
       <c r="E146">
         <v>283.26</v>
       </c>
       <c r="F146" t="s">
-        <v>1485</v>
+        <v>1463</v>
       </c>
       <c r="G146" t="s">
         <v>70</v>
       </c>
       <c r="H146" t="s">
-        <v>1486</v>
+        <v>1464</v>
       </c>
       <c r="I146">
         <v>79.99</v>
       </c>
       <c r="J146" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="K146" t="s">
         <v>73</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146">
         <v>9226759863</v>
       </c>
       <c r="Q146" t="s">
-        <v>1483</v>
+        <v>1461</v>
       </c>
       <c r="R146" t="s">
         <v>76</v>
       </c>
       <c r="S146" t="s">
         <v>76</v>
       </c>
       <c r="T146" t="s">
         <v>174</v>
       </c>
       <c r="U146" t="s">
-        <v>1484</v>
+        <v>1462</v>
       </c>
       <c r="V146">
         <v>574552</v>
       </c>
       <c r="W146" t="s">
         <v>76</v>
       </c>
       <c r="X146">
         <v>283.26</v>
       </c>
       <c r="Y146">
         <v>1</v>
       </c>
       <c r="Z146" t="s">
         <v>76</v>
       </c>
       <c r="AA146" t="s">
         <v>66</v>
       </c>
       <c r="AB146" t="s">
         <v>78</v>
       </c>
       <c r="AC146" t="s">
-        <v>1485</v>
+        <v>1463</v>
       </c>
       <c r="AD146">
         <v>9226759863</v>
       </c>
       <c r="AE146" t="s">
-        <v>1487</v>
+        <v>1465</v>
       </c>
       <c r="AF146" t="s">
-        <v>1487</v>
+        <v>1465</v>
       </c>
       <c r="AG146" t="s">
         <v>76</v>
       </c>
       <c r="AH146" t="s">
-        <v>1488</v>
+        <v>1466</v>
       </c>
       <c r="AI146"/>
       <c r="AJ146" t="s">
         <v>81</v>
       </c>
       <c r="AK146" t="s">
         <v>70</v>
       </c>
       <c r="AL146" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="AM146" t="s">
         <v>82</v>
       </c>
       <c r="AN146" t="s">
-        <v>1486</v>
+        <v>1464</v>
       </c>
       <c r="AO146">
         <v>79.99</v>
       </c>
       <c r="AP146" t="s">
-        <v>803</v>
+        <v>787</v>
       </c>
       <c r="AQ146" t="s">
         <v>73</v>
       </c>
       <c r="AR146" t="s">
         <v>84</v>
       </c>
       <c r="AS146">
         <v>277784520780</v>
       </c>
       <c r="AT146" t="s">
         <v>76</v>
       </c>
       <c r="AU146"/>
       <c r="AV146"/>
       <c r="AW146">
         <v>0</v>
       </c>
       <c r="AX146" t="s">
         <v>85</v>
       </c>
       <c r="AY146"/>
       <c r="AZ146" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA146" t="s">
         <v>86</v>
       </c>
       <c r="BB146" t="s">
-        <v>1483</v>
+        <v>1461</v>
       </c>
       <c r="BC146" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="BD146" t="s">
-        <v>1489</v>
+        <v>1467</v>
       </c>
       <c r="BE146" t="s">
-        <v>1490</v>
+        <v>1468</v>
       </c>
       <c r="BF146" t="s">
         <v>76</v>
       </c>
       <c r="BG146" t="s">
         <v>76</v>
       </c>
       <c r="BH146">
-        <v>481</v>
+        <v>527</v>
       </c>
       <c r="BI146" t="s">
         <v>89</v>
       </c>
       <c r="BJ146"/>
       <c r="BK146"/>
       <c r="BL146"/>
       <c r="BM146" t="s">
         <v>76</v>
       </c>
       <c r="BN146" t="s">
-        <v>1491</v>
+        <v>1469</v>
       </c>
       <c r="BO146">
         <v>0</v>
       </c>
       <c r="BP146" t="s">
         <v>73</v>
       </c>
       <c r="BQ146" t="s">
         <v>76</v>
       </c>
       <c r="BR146">
         <v>283.26</v>
       </c>
       <c r="BS146"/>
     </row>
     <row r="147" spans="1:71">
       <c r="A147" t="s">
         <v>66</v>
       </c>
       <c r="B147" t="s">
-        <v>1492</v>
+        <v>1470</v>
       </c>
       <c r="C147" t="s">
-        <v>1493</v>
+        <v>1471</v>
       </c>
       <c r="D147">
         <v>574551</v>
       </c>
       <c r="E147">
         <v>369.47</v>
       </c>
       <c r="F147" t="s">
-        <v>1494</v>
+        <v>1472</v>
       </c>
       <c r="G147" t="s">
         <v>70</v>
       </c>
       <c r="H147" t="s">
-        <v>1495</v>
+        <v>1473</v>
       </c>
       <c r="I147">
         <v>119.99</v>
       </c>
       <c r="J147" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="K147" t="s">
         <v>73</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147">
         <v>12399731312</v>
       </c>
       <c r="Q147" t="s">
-        <v>1492</v>
+        <v>1470</v>
       </c>
       <c r="R147" t="s">
         <v>76</v>
       </c>
       <c r="S147" t="s">
         <v>76</v>
       </c>
       <c r="T147" t="s">
         <v>174</v>
       </c>
       <c r="U147" t="s">
-        <v>1493</v>
+        <v>1471</v>
       </c>
       <c r="V147">
         <v>574551</v>
       </c>
       <c r="W147" t="s">
         <v>76</v>
       </c>
       <c r="X147">
         <v>369.47</v>
       </c>
       <c r="Y147">
         <v>1</v>
       </c>
       <c r="Z147" t="s">
         <v>76</v>
       </c>
       <c r="AA147" t="s">
         <v>66</v>
       </c>
       <c r="AB147" t="s">
         <v>78</v>
       </c>
       <c r="AC147" t="s">
-        <v>1494</v>
+        <v>1472</v>
       </c>
       <c r="AD147">
         <v>12399731312</v>
       </c>
       <c r="AE147" t="s">
-        <v>1496</v>
+        <v>1474</v>
       </c>
       <c r="AF147" t="s">
-        <v>1496</v>
+        <v>1474</v>
       </c>
       <c r="AG147" t="s">
         <v>76</v>
       </c>
       <c r="AH147" t="s">
-        <v>1497</v>
+        <v>1475</v>
       </c>
       <c r="AI147"/>
       <c r="AJ147" t="s">
-        <v>1498</v>
+        <v>1476</v>
       </c>
       <c r="AK147" t="s">
         <v>70</v>
       </c>
       <c r="AL147" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="AM147" t="s">
         <v>82</v>
       </c>
       <c r="AN147" t="s">
-        <v>1495</v>
+        <v>1473</v>
       </c>
       <c r="AO147">
         <v>119.99</v>
       </c>
       <c r="AP147" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ147" t="s">
         <v>73</v>
       </c>
       <c r="AR147" t="s">
         <v>84</v>
       </c>
       <c r="AS147">
         <v>277784124925</v>
       </c>
       <c r="AT147" t="s">
         <v>76</v>
       </c>
       <c r="AU147"/>
       <c r="AV147"/>
       <c r="AW147">
         <v>0</v>
       </c>
       <c r="AX147" t="s">
         <v>85</v>
       </c>
       <c r="AY147"/>
       <c r="AZ147" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA147" t="s">
         <v>86</v>
       </c>
       <c r="BB147" t="s">
-        <v>1492</v>
+        <v>1470</v>
       </c>
       <c r="BC147" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="BD147" t="s">
-        <v>1499</v>
+        <v>1477</v>
       </c>
       <c r="BE147" t="s">
-        <v>1500</v>
+        <v>1478</v>
       </c>
       <c r="BF147" t="s">
         <v>76</v>
       </c>
       <c r="BG147" t="s">
         <v>76</v>
       </c>
       <c r="BH147">
-        <v>482</v>
+        <v>528</v>
       </c>
       <c r="BI147" t="s">
         <v>89</v>
       </c>
       <c r="BJ147"/>
       <c r="BK147"/>
       <c r="BL147"/>
       <c r="BM147" t="s">
         <v>76</v>
       </c>
       <c r="BN147" t="s">
-        <v>1501</v>
+        <v>1479</v>
       </c>
       <c r="BO147">
         <v>0</v>
       </c>
       <c r="BP147" t="s">
         <v>73</v>
       </c>
       <c r="BQ147" t="s">
         <v>76</v>
       </c>
       <c r="BR147">
         <v>369.47</v>
       </c>
       <c r="BS147"/>
     </row>
     <row r="148" spans="1:71">
       <c r="A148" t="s">
         <v>66</v>
       </c>
       <c r="B148" t="s">
-        <v>1502</v>
+        <v>1480</v>
       </c>
       <c r="C148" t="s">
-        <v>1503</v>
+        <v>1481</v>
       </c>
       <c r="D148">
         <v>574368</v>
       </c>
       <c r="E148">
         <v>299.87</v>
       </c>
       <c r="F148" t="s">
-        <v>1504</v>
+        <v>1482</v>
       </c>
       <c r="G148" t="s">
         <v>70</v>
       </c>
       <c r="H148" t="s">
-        <v>1505</v>
+        <v>1483</v>
       </c>
       <c r="I148">
         <v>87.92</v>
       </c>
       <c r="J148" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="K148" t="s">
         <v>73</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148" t="s">
-        <v>1507</v>
+        <v>1485</v>
       </c>
       <c r="Q148" t="s">
-        <v>1502</v>
+        <v>1480</v>
       </c>
       <c r="R148" t="s">
         <v>76</v>
       </c>
       <c r="S148" t="s">
         <v>76</v>
       </c>
       <c r="T148" t="s">
         <v>174</v>
       </c>
       <c r="U148" t="s">
-        <v>1503</v>
+        <v>1481</v>
       </c>
       <c r="V148">
         <v>574368</v>
       </c>
       <c r="W148" t="s">
         <v>76</v>
       </c>
       <c r="X148">
         <v>299.87</v>
       </c>
       <c r="Y148">
         <v>20</v>
       </c>
       <c r="Z148" t="s">
         <v>76</v>
       </c>
       <c r="AA148" t="s">
         <v>66</v>
       </c>
       <c r="AB148" t="s">
         <v>78</v>
       </c>
       <c r="AC148" t="s">
-        <v>1504</v>
+        <v>1482</v>
       </c>
       <c r="AD148" t="s">
-        <v>1507</v>
+        <v>1485</v>
       </c>
       <c r="AE148">
         <v>6673895010</v>
       </c>
       <c r="AF148">
         <v>6673895010</v>
       </c>
       <c r="AG148" t="s">
         <v>76</v>
       </c>
       <c r="AH148" t="s">
-        <v>1508</v>
+        <v>1486</v>
       </c>
       <c r="AI148"/>
       <c r="AJ148" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="AK148" t="s">
         <v>70</v>
       </c>
       <c r="AL148" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="AM148" t="s">
         <v>82</v>
       </c>
       <c r="AN148" t="s">
-        <v>1505</v>
+        <v>1483</v>
       </c>
       <c r="AO148">
         <v>87.92</v>
       </c>
       <c r="AP148" t="s">
-        <v>1214</v>
+        <v>1187</v>
       </c>
       <c r="AQ148" t="s">
         <v>73</v>
       </c>
       <c r="AR148" t="s">
         <v>84</v>
       </c>
       <c r="AS148">
         <v>277725811053</v>
       </c>
       <c r="AT148" t="s">
         <v>76</v>
       </c>
       <c r="AU148"/>
       <c r="AV148"/>
       <c r="AW148">
         <v>0</v>
       </c>
       <c r="AX148" t="s">
         <v>85</v>
       </c>
       <c r="AY148"/>
       <c r="AZ148" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA148" t="s">
         <v>86</v>
       </c>
       <c r="BB148" t="s">
-        <v>1502</v>
+        <v>1480</v>
       </c>
       <c r="BC148" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="BD148" t="s">
-        <v>1509</v>
+        <v>1487</v>
       </c>
       <c r="BE148" t="s">
-        <v>1510</v>
+        <v>1488</v>
       </c>
       <c r="BF148" t="s">
         <v>76</v>
       </c>
       <c r="BG148" t="s">
         <v>76</v>
       </c>
       <c r="BH148">
-        <v>483</v>
+        <v>529</v>
       </c>
       <c r="BI148" t="s">
         <v>89</v>
       </c>
       <c r="BJ148"/>
       <c r="BK148"/>
       <c r="BL148"/>
       <c r="BM148" t="s">
         <v>76</v>
       </c>
       <c r="BN148" t="s">
-        <v>1511</v>
+        <v>1489</v>
       </c>
       <c r="BO148">
         <v>0</v>
       </c>
       <c r="BP148" t="s">
         <v>73</v>
       </c>
       <c r="BQ148" t="s">
         <v>76</v>
       </c>
       <c r="BR148">
         <v>5997.4</v>
       </c>
       <c r="BS148"/>
     </row>
     <row r="149" spans="1:71">
       <c r="A149" t="s">
         <v>66</v>
       </c>
       <c r="B149" t="s">
-        <v>1512</v>
+        <v>1490</v>
       </c>
       <c r="C149" t="s">
-        <v>1513</v>
+        <v>1491</v>
       </c>
       <c r="D149">
         <v>574371</v>
       </c>
       <c r="E149">
         <v>278.91</v>
       </c>
       <c r="F149" t="s">
-        <v>1514</v>
+        <v>1492</v>
       </c>
       <c r="G149" t="s">
         <v>70</v>
       </c>
       <c r="H149" t="s">
-        <v>1515</v>
+        <v>1493</v>
       </c>
       <c r="I149">
         <v>80</v>
       </c>
       <c r="J149" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="K149" t="s">
         <v>73</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149">
         <v>104027234</v>
       </c>
       <c r="Q149" t="s">
-        <v>1512</v>
+        <v>1490</v>
       </c>
       <c r="R149" t="s">
         <v>76</v>
       </c>
       <c r="S149" t="s">
         <v>76</v>
       </c>
       <c r="T149" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U149" t="s">
-        <v>1513</v>
+        <v>1491</v>
       </c>
       <c r="V149">
         <v>574371</v>
       </c>
       <c r="W149" t="s">
         <v>76</v>
       </c>
       <c r="X149">
         <v>278.91</v>
       </c>
       <c r="Y149">
         <v>1</v>
       </c>
       <c r="Z149" t="s">
         <v>76</v>
       </c>
       <c r="AA149" t="s">
         <v>66</v>
       </c>
       <c r="AB149" t="s">
         <v>78</v>
       </c>
       <c r="AC149" t="s">
-        <v>1514</v>
+        <v>1492</v>
       </c>
       <c r="AD149">
         <v>104027234</v>
       </c>
       <c r="AE149">
         <v>5519404300</v>
       </c>
       <c r="AF149">
         <v>5519404300</v>
       </c>
       <c r="AG149" t="s">
         <v>76</v>
       </c>
       <c r="AH149" t="s">
-        <v>1516</v>
+        <v>1494</v>
       </c>
       <c r="AI149"/>
       <c r="AJ149" t="s">
-        <v>1517</v>
+        <v>1495</v>
       </c>
       <c r="AK149" t="s">
         <v>70</v>
       </c>
       <c r="AL149" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="AM149" t="s">
         <v>82</v>
       </c>
       <c r="AN149" t="s">
-        <v>1515</v>
+        <v>1493</v>
       </c>
       <c r="AO149">
         <v>80</v>
       </c>
       <c r="AP149" t="s">
-        <v>1518</v>
+        <v>1496</v>
       </c>
       <c r="AQ149" t="s">
         <v>73</v>
       </c>
       <c r="AR149" t="s">
         <v>84</v>
       </c>
       <c r="AS149">
         <v>277725610213</v>
       </c>
       <c r="AT149" t="s">
         <v>76</v>
       </c>
       <c r="AU149"/>
       <c r="AV149"/>
       <c r="AW149"/>
       <c r="AX149" t="s">
         <v>85</v>
       </c>
       <c r="AY149"/>
       <c r="AZ149" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA149" t="s">
         <v>86</v>
       </c>
       <c r="BB149" t="s">
-        <v>1512</v>
+        <v>1490</v>
       </c>
       <c r="BC149" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="BD149" t="s">
-        <v>1519</v>
+        <v>1497</v>
       </c>
       <c r="BE149" t="s">
-        <v>1520</v>
+        <v>1498</v>
       </c>
       <c r="BF149" t="s">
         <v>76</v>
       </c>
       <c r="BG149" t="s">
         <v>76</v>
       </c>
       <c r="BH149">
-        <v>483</v>
+        <v>529</v>
       </c>
       <c r="BI149" t="s">
         <v>89</v>
       </c>
       <c r="BJ149"/>
       <c r="BK149"/>
       <c r="BL149"/>
       <c r="BM149" t="s">
         <v>76</v>
       </c>
       <c r="BN149" t="s">
-        <v>1521</v>
+        <v>1499</v>
       </c>
       <c r="BO149">
         <v>0</v>
       </c>
       <c r="BP149" t="s">
         <v>73</v>
       </c>
       <c r="BQ149" t="s">
         <v>76</v>
       </c>
       <c r="BR149">
         <v>278.91</v>
       </c>
       <c r="BS149"/>
     </row>
     <row r="150" spans="1:71">
       <c r="A150" t="s">
         <v>66</v>
       </c>
       <c r="B150" t="s">
-        <v>1522</v>
+        <v>1500</v>
       </c>
       <c r="C150" t="s">
-        <v>1523</v>
+        <v>1501</v>
       </c>
       <c r="D150">
         <v>574370</v>
       </c>
       <c r="E150">
         <v>377.28</v>
       </c>
       <c r="F150" t="s">
-        <v>1524</v>
+        <v>1502</v>
       </c>
       <c r="G150" t="s">
         <v>70</v>
       </c>
       <c r="H150" t="s">
-        <v>1525</v>
+        <v>1503</v>
       </c>
       <c r="I150">
         <v>136</v>
       </c>
       <c r="J150" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="K150" t="s">
         <v>73</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150" t="s">
-        <v>1526</v>
+        <v>1504</v>
       </c>
       <c r="Q150" t="s">
-        <v>1522</v>
+        <v>1500</v>
       </c>
       <c r="R150" t="s">
         <v>76</v>
       </c>
       <c r="S150" t="s">
         <v>76</v>
       </c>
       <c r="T150" t="s">
         <v>174</v>
       </c>
       <c r="U150" t="s">
-        <v>1523</v>
+        <v>1501</v>
       </c>
       <c r="V150">
         <v>574370</v>
       </c>
       <c r="W150" t="s">
         <v>76</v>
       </c>
       <c r="X150">
         <v>377.28</v>
       </c>
       <c r="Y150">
         <v>20</v>
       </c>
       <c r="Z150" t="s">
         <v>76</v>
       </c>
       <c r="AA150" t="s">
         <v>66</v>
       </c>
       <c r="AB150" t="s">
         <v>78</v>
       </c>
       <c r="AC150" t="s">
-        <v>1524</v>
+        <v>1502</v>
       </c>
       <c r="AD150" t="s">
-        <v>1526</v>
+        <v>1504</v>
       </c>
       <c r="AE150">
         <v>2961113221</v>
       </c>
       <c r="AF150">
         <v>2961113221</v>
       </c>
       <c r="AG150" t="s">
         <v>76</v>
       </c>
       <c r="AH150" t="s">
-        <v>1527</v>
+        <v>1505</v>
       </c>
       <c r="AI150"/>
       <c r="AJ150" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="AK150" t="s">
         <v>70</v>
       </c>
       <c r="AL150" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="AM150" t="s">
         <v>82</v>
       </c>
       <c r="AN150" t="s">
-        <v>1525</v>
+        <v>1503</v>
       </c>
       <c r="AO150">
         <v>136</v>
       </c>
       <c r="AP150" t="s">
-        <v>1528</v>
+        <v>1506</v>
       </c>
       <c r="AQ150" t="s">
         <v>73</v>
       </c>
       <c r="AR150" t="s">
         <v>84</v>
       </c>
       <c r="AS150">
         <v>277725548865</v>
       </c>
       <c r="AT150" t="s">
         <v>76</v>
       </c>
       <c r="AU150"/>
       <c r="AV150"/>
       <c r="AW150"/>
       <c r="AX150" t="s">
         <v>85</v>
       </c>
       <c r="AY150"/>
       <c r="AZ150" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA150" t="s">
         <v>86</v>
       </c>
       <c r="BB150" t="s">
-        <v>1522</v>
+        <v>1500</v>
       </c>
       <c r="BC150" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="BD150" t="s">
-        <v>1529</v>
+        <v>1507</v>
       </c>
       <c r="BE150" t="s">
-        <v>1530</v>
+        <v>1508</v>
       </c>
       <c r="BF150" t="s">
         <v>76</v>
       </c>
       <c r="BG150" t="s">
         <v>76</v>
       </c>
       <c r="BH150">
-        <v>483</v>
+        <v>529</v>
       </c>
       <c r="BI150" t="s">
         <v>89</v>
       </c>
       <c r="BJ150"/>
       <c r="BK150"/>
       <c r="BL150"/>
       <c r="BM150" t="s">
         <v>76</v>
       </c>
       <c r="BN150" t="s">
-        <v>1531</v>
+        <v>1509</v>
       </c>
       <c r="BO150">
         <v>0</v>
       </c>
       <c r="BP150" t="s">
         <v>73</v>
       </c>
       <c r="BQ150" t="s">
         <v>76</v>
       </c>
       <c r="BR150">
         <v>7545.6</v>
       </c>
       <c r="BS150"/>
     </row>
     <row r="151" spans="1:71">
       <c r="A151" t="s">
         <v>66</v>
       </c>
       <c r="B151" t="s">
-        <v>1532</v>
+        <v>1510</v>
       </c>
       <c r="C151" t="s">
-        <v>1533</v>
+        <v>1511</v>
       </c>
       <c r="D151">
         <v>574367</v>
       </c>
       <c r="E151">
         <v>278.91</v>
       </c>
       <c r="F151" t="s">
-        <v>1534</v>
+        <v>1512</v>
       </c>
       <c r="G151" t="s">
         <v>70</v>
       </c>
       <c r="H151" t="s">
-        <v>1535</v>
+        <v>1513</v>
       </c>
       <c r="I151">
         <v>79.99</v>
       </c>
       <c r="J151" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="K151" t="s">
         <v>73</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151">
         <v>133003320</v>
       </c>
       <c r="Q151" t="s">
-        <v>1532</v>
+        <v>1510</v>
       </c>
       <c r="R151" t="s">
         <v>76</v>
       </c>
       <c r="S151" t="s">
         <v>76</v>
       </c>
       <c r="T151" t="s">
         <v>174</v>
       </c>
       <c r="U151" t="s">
-        <v>1533</v>
+        <v>1511</v>
       </c>
       <c r="V151">
         <v>574367</v>
       </c>
       <c r="W151" t="s">
         <v>76</v>
       </c>
       <c r="X151">
         <v>278.91</v>
       </c>
       <c r="Y151">
         <v>1</v>
       </c>
       <c r="Z151" t="s">
         <v>76</v>
       </c>
       <c r="AA151" t="s">
         <v>66</v>
       </c>
       <c r="AB151" t="s">
         <v>78</v>
       </c>
       <c r="AC151" t="s">
-        <v>1534</v>
+        <v>1512</v>
       </c>
       <c r="AD151">
         <v>133003320</v>
       </c>
       <c r="AE151" t="s">
-        <v>1536</v>
+        <v>1514</v>
       </c>
       <c r="AF151" t="s">
-        <v>1536</v>
+        <v>1514</v>
       </c>
       <c r="AG151" t="s">
         <v>76</v>
       </c>
       <c r="AH151" t="s">
-        <v>1537</v>
+        <v>1515</v>
       </c>
       <c r="AI151"/>
       <c r="AJ151" t="s">
-        <v>1538</v>
+        <v>1516</v>
       </c>
       <c r="AK151" t="s">
         <v>70</v>
       </c>
       <c r="AL151" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="AM151" t="s">
         <v>82</v>
       </c>
       <c r="AN151" t="s">
-        <v>1535</v>
+        <v>1513</v>
       </c>
       <c r="AO151">
         <v>79.99</v>
       </c>
       <c r="AP151" t="s">
-        <v>1479</v>
+        <v>1457</v>
       </c>
       <c r="AQ151" t="s">
         <v>73</v>
       </c>
       <c r="AR151" t="s">
         <v>84</v>
       </c>
       <c r="AS151">
         <v>277726070079</v>
       </c>
       <c r="AT151" t="s">
         <v>76</v>
       </c>
       <c r="AU151"/>
       <c r="AV151"/>
       <c r="AW151"/>
       <c r="AX151" t="s">
         <v>85</v>
       </c>
       <c r="AY151"/>
       <c r="AZ151" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA151" t="s">
         <v>86</v>
       </c>
       <c r="BB151" t="s">
-        <v>1532</v>
+        <v>1510</v>
       </c>
       <c r="BC151" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="BD151" t="s">
-        <v>1539</v>
+        <v>1517</v>
       </c>
       <c r="BE151" t="s">
-        <v>1540</v>
+        <v>1518</v>
       </c>
       <c r="BF151" t="s">
         <v>76</v>
       </c>
       <c r="BG151" t="s">
         <v>76</v>
       </c>
       <c r="BH151">
-        <v>485</v>
+        <v>531</v>
       </c>
       <c r="BI151" t="s">
         <v>89</v>
       </c>
       <c r="BJ151"/>
       <c r="BK151"/>
       <c r="BL151"/>
       <c r="BM151" t="s">
         <v>76</v>
       </c>
       <c r="BN151" t="s">
-        <v>1541</v>
+        <v>1519</v>
       </c>
       <c r="BO151">
         <v>0</v>
       </c>
       <c r="BP151" t="s">
         <v>73</v>
       </c>
       <c r="BQ151" t="s">
         <v>76</v>
       </c>
       <c r="BR151">
         <v>278.91</v>
       </c>
       <c r="BS151"/>
     </row>
     <row r="152" spans="1:71">
       <c r="A152" t="s">
         <v>66</v>
       </c>
       <c r="B152" t="s">
-        <v>1542</v>
+        <v>1520</v>
       </c>
       <c r="C152" t="s">
-        <v>1543</v>
+        <v>1521</v>
       </c>
       <c r="D152">
         <v>574120</v>
       </c>
       <c r="E152">
         <v>372.33</v>
       </c>
       <c r="F152" t="s">
-        <v>1544</v>
+        <v>1522</v>
       </c>
       <c r="G152" t="s">
         <v>70</v>
       </c>
       <c r="H152" t="s">
-        <v>1545</v>
+        <v>1523</v>
       </c>
       <c r="I152">
         <v>115.6</v>
       </c>
       <c r="J152" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="K152" t="s">
         <v>73</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152" t="s">
-        <v>1547</v>
+        <v>1525</v>
       </c>
       <c r="Q152" t="s">
-        <v>1542</v>
+        <v>1520</v>
       </c>
       <c r="R152" t="s">
         <v>76</v>
       </c>
       <c r="S152" t="s">
         <v>76</v>
       </c>
       <c r="T152" t="s">
         <v>174</v>
       </c>
       <c r="U152" t="s">
-        <v>1543</v>
+        <v>1521</v>
       </c>
       <c r="V152">
         <v>574120</v>
       </c>
       <c r="W152" t="s">
         <v>76</v>
       </c>
       <c r="X152">
         <v>372.33</v>
       </c>
       <c r="Y152">
         <v>20</v>
       </c>
       <c r="Z152" t="s">
         <v>76</v>
       </c>
       <c r="AA152" t="s">
         <v>66</v>
       </c>
       <c r="AB152" t="s">
         <v>78</v>
       </c>
       <c r="AC152" t="s">
-        <v>1544</v>
+        <v>1522</v>
       </c>
       <c r="AD152" t="s">
-        <v>1547</v>
+        <v>1525</v>
       </c>
       <c r="AE152">
         <v>7226030721</v>
       </c>
       <c r="AF152">
         <v>7226030721</v>
       </c>
       <c r="AG152" t="s">
         <v>76</v>
       </c>
       <c r="AH152" t="s">
-        <v>1548</v>
+        <v>1526</v>
       </c>
       <c r="AI152"/>
       <c r="AJ152" t="s">
-        <v>1549</v>
+        <v>1527</v>
       </c>
       <c r="AK152" t="s">
         <v>70</v>
       </c>
       <c r="AL152" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="AM152" t="s">
         <v>82</v>
       </c>
       <c r="AN152" t="s">
-        <v>1545</v>
+        <v>1523</v>
       </c>
       <c r="AO152">
         <v>115.6</v>
       </c>
       <c r="AP152" t="s">
-        <v>1550</v>
+        <v>1528</v>
       </c>
       <c r="AQ152" t="s">
         <v>73</v>
       </c>
       <c r="AR152" t="s">
         <v>84</v>
       </c>
       <c r="AS152">
         <v>277555113466</v>
       </c>
       <c r="AT152" t="s">
         <v>76</v>
       </c>
       <c r="AU152"/>
       <c r="AV152"/>
       <c r="AW152">
         <v>0</v>
       </c>
       <c r="AX152" t="s">
         <v>85</v>
       </c>
       <c r="AY152"/>
       <c r="AZ152" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA152" t="s">
         <v>86</v>
       </c>
       <c r="BB152" t="s">
-        <v>1542</v>
+        <v>1520</v>
       </c>
       <c r="BC152" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="BD152" t="s">
-        <v>1551</v>
+        <v>1529</v>
       </c>
       <c r="BE152" t="s">
-        <v>1552</v>
+        <v>1530</v>
       </c>
       <c r="BF152" t="s">
         <v>76</v>
       </c>
       <c r="BG152" t="s">
         <v>76</v>
       </c>
       <c r="BH152">
-        <v>487</v>
+        <v>533</v>
       </c>
       <c r="BI152" t="s">
         <v>89</v>
       </c>
       <c r="BJ152"/>
       <c r="BK152"/>
       <c r="BL152"/>
       <c r="BM152" t="s">
         <v>76</v>
       </c>
       <c r="BN152" t="s">
-        <v>1553</v>
+        <v>1531</v>
       </c>
       <c r="BO152">
         <v>0</v>
       </c>
       <c r="BP152" t="s">
         <v>73</v>
       </c>
       <c r="BQ152" t="s">
         <v>76</v>
       </c>
       <c r="BR152">
         <v>7446.6</v>
       </c>
       <c r="BS152"/>
     </row>
     <row r="153" spans="1:71">
       <c r="A153" t="s">
         <v>66</v>
       </c>
       <c r="B153" t="s">
-        <v>1554</v>
+        <v>1532</v>
       </c>
       <c r="C153" t="s">
-        <v>1555</v>
+        <v>1533</v>
       </c>
       <c r="D153">
         <v>574119</v>
       </c>
       <c r="E153">
         <v>303.01</v>
       </c>
       <c r="F153" t="s">
-        <v>1556</v>
+        <v>1534</v>
       </c>
       <c r="G153" t="s">
         <v>70</v>
       </c>
       <c r="H153" t="s">
-        <v>1557</v>
+        <v>1535</v>
       </c>
       <c r="I153">
         <v>102</v>
       </c>
       <c r="J153" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="K153" t="s">
         <v>73</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153" t="s">
-        <v>1558</v>
+        <v>1536</v>
       </c>
       <c r="Q153" t="s">
-        <v>1554</v>
+        <v>1532</v>
       </c>
       <c r="R153" t="s">
         <v>76</v>
       </c>
       <c r="S153" t="s">
         <v>76</v>
       </c>
       <c r="T153" t="s">
         <v>174</v>
       </c>
       <c r="U153" t="s">
-        <v>1555</v>
+        <v>1533</v>
       </c>
       <c r="V153">
         <v>574119</v>
       </c>
       <c r="W153" t="s">
         <v>76</v>
       </c>
       <c r="X153">
         <v>303.01</v>
       </c>
       <c r="Y153">
         <v>20</v>
       </c>
       <c r="Z153" t="s">
         <v>76</v>
       </c>
       <c r="AA153" t="s">
         <v>66</v>
       </c>
       <c r="AB153" t="s">
         <v>78</v>
       </c>
       <c r="AC153" t="s">
-        <v>1556</v>
+        <v>1534</v>
       </c>
       <c r="AD153" t="s">
-        <v>1558</v>
+        <v>1536</v>
       </c>
       <c r="AE153">
         <v>3316070368</v>
       </c>
       <c r="AF153">
         <v>3316070368</v>
       </c>
       <c r="AG153" t="s">
         <v>76</v>
       </c>
       <c r="AH153" t="s">
-        <v>1559</v>
+        <v>1537</v>
       </c>
       <c r="AI153"/>
       <c r="AJ153" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="AK153" t="s">
         <v>70</v>
       </c>
       <c r="AL153" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="AM153" t="s">
         <v>82</v>
       </c>
       <c r="AN153" t="s">
-        <v>1557</v>
+        <v>1535</v>
       </c>
       <c r="AO153">
         <v>102</v>
       </c>
       <c r="AP153" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AQ153" t="s">
         <v>73</v>
       </c>
       <c r="AR153" t="s">
         <v>84</v>
       </c>
       <c r="AS153">
         <v>277555069628</v>
       </c>
       <c r="AT153" t="s">
         <v>76</v>
       </c>
       <c r="AU153"/>
       <c r="AV153"/>
       <c r="AW153">
         <v>0</v>
       </c>
       <c r="AX153" t="s">
         <v>85</v>
       </c>
       <c r="AY153"/>
       <c r="AZ153" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA153" t="s">
         <v>86</v>
       </c>
       <c r="BB153" t="s">
-        <v>1554</v>
+        <v>1532</v>
       </c>
       <c r="BC153" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="BD153" t="s">
         <v>76</v>
       </c>
       <c r="BE153" t="s">
-        <v>1560</v>
+        <v>1538</v>
       </c>
       <c r="BF153" t="s">
         <v>76</v>
       </c>
       <c r="BG153" t="s">
         <v>76</v>
       </c>
       <c r="BH153">
-        <v>487</v>
+        <v>533</v>
       </c>
       <c r="BI153" t="s">
         <v>89</v>
       </c>
       <c r="BJ153"/>
       <c r="BK153"/>
       <c r="BL153"/>
       <c r="BM153" t="s">
         <v>76</v>
       </c>
       <c r="BN153" t="s">
-        <v>1561</v>
+        <v>1539</v>
       </c>
       <c r="BO153">
         <v>0</v>
       </c>
       <c r="BP153" t="s">
         <v>73</v>
       </c>
       <c r="BQ153" t="s">
         <v>76</v>
       </c>
       <c r="BR153">
         <v>6060.2</v>
       </c>
       <c r="BS153"/>
     </row>
     <row r="154" spans="1:71">
       <c r="A154" t="s">
         <v>66</v>
       </c>
       <c r="B154" t="s">
-        <v>1562</v>
+        <v>1540</v>
       </c>
       <c r="C154" t="s">
-        <v>1563</v>
+        <v>1541</v>
       </c>
       <c r="D154">
         <v>574117</v>
       </c>
       <c r="E154">
         <v>210.74</v>
       </c>
       <c r="F154" t="s">
-        <v>1564</v>
+        <v>1542</v>
       </c>
       <c r="G154" t="s">
         <v>70</v>
       </c>
       <c r="H154" t="s">
-        <v>1565</v>
+        <v>1543</v>
       </c>
       <c r="I154">
         <v>46.92</v>
       </c>
       <c r="J154" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="K154" t="s">
         <v>73</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154" t="s">
-        <v>1566</v>
+        <v>1544</v>
       </c>
       <c r="Q154" t="s">
-        <v>1562</v>
+        <v>1540</v>
       </c>
       <c r="R154" t="s">
         <v>76</v>
       </c>
       <c r="S154" t="s">
         <v>76</v>
       </c>
       <c r="T154" t="s">
         <v>174</v>
       </c>
       <c r="U154" t="s">
-        <v>1563</v>
+        <v>1541</v>
       </c>
       <c r="V154">
         <v>574117</v>
       </c>
       <c r="W154" t="s">
         <v>76</v>
       </c>
       <c r="X154">
         <v>210.74</v>
       </c>
       <c r="Y154">
         <v>20</v>
       </c>
       <c r="Z154" t="s">
         <v>76</v>
       </c>
       <c r="AA154" t="s">
         <v>66</v>
       </c>
       <c r="AB154" t="s">
         <v>78</v>
       </c>
       <c r="AC154" t="s">
-        <v>1564</v>
+        <v>1542</v>
       </c>
       <c r="AD154" t="s">
-        <v>1566</v>
+        <v>1544</v>
       </c>
       <c r="AE154">
         <v>7711298250</v>
       </c>
       <c r="AF154">
         <v>7711298250</v>
       </c>
       <c r="AG154" t="s">
         <v>76</v>
       </c>
       <c r="AH154" t="s">
-        <v>1567</v>
+        <v>1545</v>
       </c>
       <c r="AI154"/>
       <c r="AJ154" t="s">
-        <v>1568</v>
+        <v>1546</v>
       </c>
       <c r="AK154" t="s">
         <v>70</v>
       </c>
       <c r="AL154" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="AM154" t="s">
         <v>82</v>
       </c>
       <c r="AN154" t="s">
-        <v>1565</v>
+        <v>1543</v>
       </c>
       <c r="AO154">
         <v>46.92</v>
       </c>
       <c r="AP154" t="s">
-        <v>1569</v>
+        <v>1547</v>
       </c>
       <c r="AQ154" t="s">
         <v>73</v>
       </c>
       <c r="AR154" t="s">
         <v>84</v>
       </c>
       <c r="AS154">
         <v>277554946268</v>
       </c>
       <c r="AT154" t="s">
         <v>76</v>
       </c>
       <c r="AU154"/>
       <c r="AV154"/>
       <c r="AW154">
         <v>0</v>
       </c>
       <c r="AX154" t="s">
         <v>85</v>
       </c>
       <c r="AY154"/>
       <c r="AZ154" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA154" t="s">
         <v>86</v>
       </c>
       <c r="BB154" t="s">
-        <v>1562</v>
+        <v>1540</v>
       </c>
       <c r="BC154" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="BD154" t="s">
-        <v>1570</v>
+        <v>1548</v>
       </c>
       <c r="BE154" t="s">
-        <v>1571</v>
+        <v>1549</v>
       </c>
       <c r="BF154" t="s">
         <v>76</v>
       </c>
       <c r="BG154" t="s">
         <v>76</v>
       </c>
       <c r="BH154">
-        <v>487</v>
+        <v>533</v>
       </c>
       <c r="BI154" t="s">
         <v>89</v>
       </c>
       <c r="BJ154"/>
       <c r="BK154"/>
       <c r="BL154"/>
       <c r="BM154" t="s">
         <v>76</v>
       </c>
       <c r="BN154" t="s">
-        <v>1572</v>
+        <v>1550</v>
       </c>
       <c r="BO154">
         <v>0</v>
       </c>
       <c r="BP154" t="s">
         <v>73</v>
       </c>
       <c r="BQ154" t="s">
         <v>76</v>
       </c>
       <c r="BR154">
         <v>4214.7</v>
       </c>
       <c r="BS154"/>
     </row>
     <row r="155" spans="1:71">
       <c r="A155" t="s">
         <v>66</v>
       </c>
       <c r="B155" t="s">
-        <v>1573</v>
+        <v>1551</v>
       </c>
       <c r="C155" t="s">
-        <v>1574</v>
+        <v>1552</v>
       </c>
       <c r="D155">
         <v>574070</v>
       </c>
       <c r="E155">
         <v>326.83</v>
       </c>
       <c r="F155" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="G155" t="s">
         <v>70</v>
       </c>
       <c r="H155" t="s">
-        <v>1575</v>
+        <v>1553</v>
       </c>
       <c r="I155">
         <v>84.15</v>
       </c>
       <c r="J155" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="K155" t="s">
         <v>73</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155">
         <v>11846820115</v>
       </c>
       <c r="Q155" t="s">
-        <v>1573</v>
+        <v>1551</v>
       </c>
       <c r="R155" t="s">
         <v>76</v>
       </c>
       <c r="S155" t="s">
         <v>76</v>
       </c>
       <c r="T155" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U155" t="s">
-        <v>1574</v>
+        <v>1552</v>
       </c>
       <c r="V155">
         <v>574070</v>
       </c>
       <c r="W155" t="s">
         <v>76</v>
       </c>
       <c r="X155">
         <v>326.83</v>
       </c>
       <c r="Y155">
         <v>1</v>
       </c>
       <c r="Z155" t="s">
         <v>76</v>
       </c>
       <c r="AA155" t="s">
         <v>66</v>
       </c>
       <c r="AB155" t="s">
         <v>78</v>
       </c>
       <c r="AC155" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="AD155">
         <v>11846820115</v>
       </c>
       <c r="AE155">
         <v>7444693000</v>
       </c>
       <c r="AF155">
         <v>7444693000</v>
       </c>
       <c r="AG155" t="s">
         <v>76</v>
       </c>
       <c r="AH155" t="s">
-        <v>1344</v>
+        <v>1322</v>
       </c>
       <c r="AI155"/>
       <c r="AJ155" t="s">
-        <v>1345</v>
+        <v>1323</v>
       </c>
       <c r="AK155" t="s">
         <v>70</v>
       </c>
       <c r="AL155" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="AM155" t="s">
         <v>82</v>
       </c>
       <c r="AN155" t="s">
-        <v>1575</v>
+        <v>1553</v>
       </c>
       <c r="AO155">
         <v>84.15</v>
       </c>
       <c r="AP155" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="AQ155" t="s">
         <v>73</v>
       </c>
       <c r="AR155" t="s">
         <v>84</v>
       </c>
       <c r="AS155">
         <v>277516436722</v>
       </c>
       <c r="AT155" t="s">
         <v>76</v>
       </c>
       <c r="AU155"/>
       <c r="AV155"/>
       <c r="AW155">
         <v>0</v>
       </c>
       <c r="AX155" t="s">
         <v>85</v>
       </c>
       <c r="AY155"/>
       <c r="AZ155" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA155" t="s">
         <v>86</v>
       </c>
       <c r="BB155" t="s">
-        <v>1573</v>
+        <v>1551</v>
       </c>
       <c r="BC155" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="BD155" t="s">
         <v>76</v>
       </c>
       <c r="BE155" t="s">
-        <v>1577</v>
+        <v>1555</v>
       </c>
       <c r="BF155" t="s">
         <v>76</v>
       </c>
       <c r="BG155" t="s">
         <v>76</v>
       </c>
       <c r="BH155">
-        <v>488</v>
+        <v>534</v>
       </c>
       <c r="BI155" t="s">
         <v>89</v>
       </c>
       <c r="BJ155"/>
       <c r="BK155"/>
       <c r="BL155"/>
       <c r="BM155" t="s">
         <v>76</v>
       </c>
       <c r="BN155" t="s">
-        <v>1578</v>
+        <v>1556</v>
       </c>
       <c r="BO155">
         <v>0</v>
       </c>
       <c r="BP155" t="s">
         <v>73</v>
       </c>
       <c r="BQ155" t="s">
         <v>76</v>
       </c>
       <c r="BR155">
         <v>326.83</v>
       </c>
       <c r="BS155"/>
     </row>
     <row r="156" spans="1:71">
       <c r="A156" t="s">
         <v>66</v>
       </c>
       <c r="B156" t="s">
-        <v>1579</v>
+        <v>1557</v>
       </c>
       <c r="C156" t="s">
-        <v>1580</v>
+        <v>1558</v>
       </c>
       <c r="D156">
         <v>574069</v>
       </c>
       <c r="E156">
         <v>232.28</v>
       </c>
       <c r="F156" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="G156" t="s">
         <v>70</v>
       </c>
       <c r="H156" t="s">
-        <v>1581</v>
+        <v>1559</v>
       </c>
       <c r="I156">
         <v>46.92</v>
       </c>
       <c r="J156" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="K156" t="s">
         <v>73</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156">
         <v>11846820115</v>
       </c>
       <c r="Q156" t="s">
-        <v>1579</v>
+        <v>1557</v>
       </c>
       <c r="R156" t="s">
         <v>76</v>
       </c>
       <c r="S156" t="s">
         <v>76</v>
       </c>
       <c r="T156" t="s">
         <v>174</v>
       </c>
       <c r="U156" t="s">
-        <v>1580</v>
+        <v>1558</v>
       </c>
       <c r="V156">
         <v>574069</v>
       </c>
       <c r="W156" t="s">
         <v>76</v>
       </c>
       <c r="X156">
         <v>232.28</v>
       </c>
       <c r="Y156">
         <v>1</v>
       </c>
       <c r="Z156" t="s">
         <v>76</v>
       </c>
       <c r="AA156" t="s">
         <v>66</v>
       </c>
       <c r="AB156" t="s">
         <v>78</v>
       </c>
       <c r="AC156" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="AD156">
         <v>11846820115</v>
       </c>
       <c r="AE156">
         <v>7444693000</v>
       </c>
       <c r="AF156">
         <v>7444693000</v>
       </c>
       <c r="AG156" t="s">
         <v>76</v>
       </c>
       <c r="AH156" t="s">
-        <v>1344</v>
+        <v>1322</v>
       </c>
       <c r="AI156"/>
       <c r="AJ156" t="s">
-        <v>1345</v>
+        <v>1323</v>
       </c>
       <c r="AK156" t="s">
         <v>70</v>
       </c>
       <c r="AL156" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="AM156" t="s">
         <v>82</v>
       </c>
       <c r="AN156" t="s">
-        <v>1581</v>
+        <v>1559</v>
       </c>
       <c r="AO156">
         <v>46.92</v>
       </c>
       <c r="AP156" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="AQ156" t="s">
         <v>73</v>
       </c>
       <c r="AR156" t="s">
         <v>84</v>
       </c>
       <c r="AS156">
         <v>277516321999</v>
       </c>
       <c r="AT156" t="s">
         <v>76</v>
       </c>
       <c r="AU156"/>
       <c r="AV156"/>
       <c r="AW156"/>
       <c r="AX156" t="s">
         <v>85</v>
       </c>
       <c r="AY156"/>
       <c r="AZ156" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA156" t="s">
         <v>86</v>
       </c>
       <c r="BB156" t="s">
-        <v>1579</v>
+        <v>1557</v>
       </c>
       <c r="BC156" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="BD156" t="s">
-        <v>1582</v>
+        <v>1560</v>
       </c>
       <c r="BE156" t="s">
-        <v>1583</v>
+        <v>1561</v>
       </c>
       <c r="BF156" t="s">
         <v>76</v>
       </c>
       <c r="BG156" t="s">
         <v>76</v>
       </c>
       <c r="BH156">
-        <v>488</v>
+        <v>534</v>
       </c>
       <c r="BI156" t="s">
         <v>89</v>
       </c>
       <c r="BJ156"/>
       <c r="BK156"/>
       <c r="BL156"/>
       <c r="BM156" t="s">
         <v>76</v>
       </c>
       <c r="BN156" t="s">
-        <v>1584</v>
+        <v>1562</v>
       </c>
       <c r="BO156">
         <v>0</v>
       </c>
       <c r="BP156" t="s">
         <v>73</v>
       </c>
       <c r="BQ156" t="s">
         <v>76</v>
       </c>
       <c r="BR156">
         <v>232.28</v>
       </c>
       <c r="BS156"/>
     </row>
     <row r="157" spans="1:71">
       <c r="A157" t="s">
         <v>66</v>
       </c>
       <c r="B157" t="s">
-        <v>1585</v>
+        <v>1563</v>
       </c>
       <c r="C157" t="s">
-        <v>1586</v>
+        <v>1564</v>
       </c>
       <c r="D157">
         <v>574081</v>
       </c>
       <c r="E157">
         <v>336.51</v>
       </c>
       <c r="F157" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="G157" t="s">
         <v>70</v>
       </c>
       <c r="H157" t="s">
-        <v>1587</v>
+        <v>1565</v>
       </c>
       <c r="I157">
         <v>90.44</v>
       </c>
       <c r="J157" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="K157" t="s">
         <v>73</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157">
         <v>11846820115</v>
       </c>
       <c r="Q157" t="s">
-        <v>1585</v>
+        <v>1563</v>
       </c>
       <c r="R157" t="s">
         <v>76</v>
       </c>
       <c r="S157" t="s">
         <v>76</v>
       </c>
       <c r="T157" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U157" t="s">
-        <v>1586</v>
+        <v>1564</v>
       </c>
       <c r="V157">
         <v>574081</v>
       </c>
       <c r="W157" t="s">
         <v>76</v>
       </c>
       <c r="X157">
         <v>336.51</v>
       </c>
       <c r="Y157">
         <v>1</v>
       </c>
       <c r="Z157" t="s">
         <v>76</v>
       </c>
       <c r="AA157" t="s">
         <v>66</v>
       </c>
       <c r="AB157" t="s">
         <v>78</v>
       </c>
       <c r="AC157" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="AD157">
         <v>11846820115</v>
       </c>
       <c r="AE157">
         <v>7444693000</v>
       </c>
       <c r="AF157">
         <v>7444693000</v>
       </c>
       <c r="AG157" t="s">
         <v>76</v>
       </c>
       <c r="AH157" t="s">
-        <v>1344</v>
+        <v>1322</v>
       </c>
       <c r="AI157"/>
       <c r="AJ157" t="s">
-        <v>1345</v>
+        <v>1323</v>
       </c>
       <c r="AK157" t="s">
         <v>70</v>
       </c>
       <c r="AL157" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="AM157" t="s">
         <v>82</v>
       </c>
       <c r="AN157" t="s">
-        <v>1587</v>
+        <v>1565</v>
       </c>
       <c r="AO157">
         <v>90.44</v>
       </c>
       <c r="AP157" t="s">
-        <v>1588</v>
+        <v>1566</v>
       </c>
       <c r="AQ157" t="s">
         <v>73</v>
       </c>
       <c r="AR157" t="s">
         <v>84</v>
       </c>
       <c r="AS157">
         <v>277536393143</v>
       </c>
       <c r="AT157" t="s">
         <v>76</v>
       </c>
       <c r="AU157"/>
       <c r="AV157"/>
       <c r="AW157">
         <v>0</v>
       </c>
       <c r="AX157" t="s">
         <v>85</v>
       </c>
       <c r="AY157"/>
       <c r="AZ157" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA157" t="s">
         <v>86</v>
       </c>
       <c r="BB157" t="s">
-        <v>1585</v>
+        <v>1563</v>
       </c>
       <c r="BC157" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="BD157" t="s">
-        <v>1589</v>
+        <v>1567</v>
       </c>
       <c r="BE157" t="s">
-        <v>1590</v>
+        <v>1568</v>
       </c>
       <c r="BF157" t="s">
         <v>76</v>
       </c>
       <c r="BG157" t="s">
         <v>76</v>
       </c>
       <c r="BH157">
-        <v>488</v>
+        <v>534</v>
       </c>
       <c r="BI157" t="s">
         <v>89</v>
       </c>
       <c r="BJ157"/>
       <c r="BK157"/>
       <c r="BL157"/>
       <c r="BM157" t="s">
         <v>76</v>
       </c>
       <c r="BN157" t="s">
-        <v>1591</v>
+        <v>1569</v>
       </c>
       <c r="BO157">
         <v>0</v>
       </c>
       <c r="BP157" t="s">
         <v>73</v>
       </c>
       <c r="BQ157" t="s">
         <v>76</v>
       </c>
       <c r="BR157">
         <v>336.51</v>
       </c>
       <c r="BS157"/>
     </row>
     <row r="158" spans="1:71">
       <c r="A158" t="s">
         <v>66</v>
       </c>
       <c r="B158" t="s">
-        <v>1592</v>
+        <v>1570</v>
       </c>
       <c r="C158" t="s">
-        <v>1593</v>
+        <v>1571</v>
       </c>
       <c r="D158">
         <v>574071</v>
       </c>
       <c r="E158">
         <v>242.56</v>
       </c>
       <c r="F158" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="G158" t="s">
         <v>70</v>
       </c>
       <c r="H158" t="s">
-        <v>1594</v>
+        <v>1572</v>
       </c>
       <c r="I158">
         <v>51</v>
       </c>
       <c r="J158" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="K158" t="s">
         <v>73</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158">
         <v>11846820115</v>
       </c>
       <c r="Q158" t="s">
-        <v>1592</v>
+        <v>1570</v>
       </c>
       <c r="R158" t="s">
         <v>76</v>
       </c>
       <c r="S158" t="s">
         <v>76</v>
       </c>
       <c r="T158" t="s">
         <v>174</v>
       </c>
       <c r="U158" t="s">
-        <v>1593</v>
+        <v>1571</v>
       </c>
       <c r="V158">
         <v>574071</v>
       </c>
       <c r="W158" t="s">
         <v>76</v>
       </c>
       <c r="X158">
         <v>242.56</v>
       </c>
       <c r="Y158">
         <v>1</v>
       </c>
       <c r="Z158" t="s">
         <v>76</v>
       </c>
       <c r="AA158" t="s">
         <v>66</v>
       </c>
       <c r="AB158" t="s">
         <v>78</v>
       </c>
       <c r="AC158" t="s">
-        <v>1341</v>
+        <v>1319</v>
       </c>
       <c r="AD158">
         <v>11846820115</v>
       </c>
       <c r="AE158">
         <v>7444693000</v>
       </c>
       <c r="AF158">
         <v>7444693000</v>
       </c>
       <c r="AG158" t="s">
         <v>76</v>
       </c>
       <c r="AH158" t="s">
-        <v>1344</v>
+        <v>1322</v>
       </c>
       <c r="AI158"/>
       <c r="AJ158" t="s">
-        <v>1345</v>
+        <v>1323</v>
       </c>
       <c r="AK158" t="s">
         <v>70</v>
       </c>
       <c r="AL158" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="AM158" t="s">
         <v>82</v>
       </c>
       <c r="AN158" t="s">
-        <v>1594</v>
+        <v>1572</v>
       </c>
       <c r="AO158">
         <v>51</v>
       </c>
       <c r="AP158" t="s">
         <v>100</v>
       </c>
       <c r="AQ158" t="s">
         <v>73</v>
       </c>
       <c r="AR158" t="s">
         <v>84</v>
       </c>
       <c r="AS158">
         <v>277516464001</v>
       </c>
       <c r="AT158" t="s">
         <v>76</v>
       </c>
       <c r="AU158"/>
       <c r="AV158"/>
       <c r="AW158">
         <v>0</v>
       </c>
       <c r="AX158" t="s">
         <v>85</v>
       </c>
       <c r="AY158"/>
       <c r="AZ158" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA158" t="s">
         <v>86</v>
       </c>
       <c r="BB158" t="s">
-        <v>1592</v>
+        <v>1570</v>
       </c>
       <c r="BC158" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="BD158" t="s">
         <v>76</v>
       </c>
       <c r="BE158" t="s">
-        <v>1595</v>
+        <v>1573</v>
       </c>
       <c r="BF158" t="s">
         <v>76</v>
       </c>
       <c r="BG158" t="s">
         <v>76</v>
       </c>
       <c r="BH158">
-        <v>488</v>
+        <v>534</v>
       </c>
       <c r="BI158" t="s">
         <v>89</v>
       </c>
       <c r="BJ158"/>
       <c r="BK158"/>
       <c r="BL158"/>
       <c r="BM158" t="s">
         <v>76</v>
       </c>
       <c r="BN158" t="s">
-        <v>1596</v>
+        <v>1574</v>
       </c>
       <c r="BO158">
         <v>0</v>
       </c>
       <c r="BP158" t="s">
         <v>73</v>
       </c>
       <c r="BQ158" t="s">
         <v>76</v>
       </c>
       <c r="BR158">
         <v>242.56</v>
       </c>
       <c r="BS158"/>
     </row>
     <row r="159" spans="1:71">
       <c r="A159" t="s">
         <v>66</v>
       </c>
       <c r="B159" t="s">
-        <v>1597</v>
+        <v>1575</v>
       </c>
       <c r="C159" t="s">
-        <v>1598</v>
+        <v>1576</v>
       </c>
       <c r="D159">
         <v>574010</v>
       </c>
       <c r="E159">
         <v>385.42</v>
       </c>
       <c r="F159" t="s">
-        <v>1599</v>
+        <v>1577</v>
       </c>
       <c r="G159" t="s">
         <v>70</v>
       </c>
       <c r="H159" t="s">
-        <v>1600</v>
+        <v>1578</v>
       </c>
       <c r="I159">
         <v>107.44</v>
       </c>
       <c r="J159" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="K159" t="s">
         <v>73</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159">
         <v>3655079858</v>
       </c>
       <c r="Q159" t="s">
-        <v>1597</v>
+        <v>1575</v>
       </c>
       <c r="R159" t="s">
         <v>76</v>
       </c>
       <c r="S159" t="s">
         <v>76</v>
       </c>
       <c r="T159" t="s">
         <v>174</v>
       </c>
       <c r="U159" t="s">
-        <v>1598</v>
+        <v>1576</v>
       </c>
       <c r="V159">
         <v>574010</v>
       </c>
       <c r="W159" t="s">
         <v>76</v>
       </c>
       <c r="X159">
         <v>385.42</v>
       </c>
       <c r="Y159">
         <v>1</v>
       </c>
       <c r="Z159" t="s">
         <v>76</v>
       </c>
       <c r="AA159" t="s">
         <v>66</v>
       </c>
       <c r="AB159" t="s">
         <v>78</v>
       </c>
       <c r="AC159" t="s">
-        <v>1599</v>
+        <v>1577</v>
       </c>
       <c r="AD159">
         <v>3655079858</v>
       </c>
       <c r="AE159">
         <v>8181211300</v>
       </c>
       <c r="AF159">
         <v>8181211300</v>
       </c>
       <c r="AG159" t="s">
         <v>76</v>
       </c>
       <c r="AH159" t="s">
-        <v>1353</v>
+        <v>1331</v>
       </c>
       <c r="AI159"/>
       <c r="AJ159" t="s">
-        <v>1354</v>
+        <v>1332</v>
       </c>
       <c r="AK159" t="s">
         <v>70</v>
       </c>
       <c r="AL159" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="AM159" t="s">
         <v>82</v>
       </c>
       <c r="AN159" t="s">
-        <v>1600</v>
+        <v>1578</v>
       </c>
       <c r="AO159">
         <v>107.44</v>
       </c>
       <c r="AP159" t="s">
-        <v>1602</v>
+        <v>1580</v>
       </c>
       <c r="AQ159" t="s">
         <v>73</v>
       </c>
       <c r="AR159" t="s">
         <v>84</v>
       </c>
       <c r="AS159">
         <v>277472743432</v>
       </c>
       <c r="AT159" t="s">
         <v>76</v>
       </c>
       <c r="AU159"/>
       <c r="AV159"/>
       <c r="AW159"/>
       <c r="AX159" t="s">
         <v>85</v>
       </c>
       <c r="AY159"/>
       <c r="AZ159" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA159" t="s">
         <v>86</v>
       </c>
       <c r="BB159" t="s">
-        <v>1597</v>
+        <v>1575</v>
       </c>
       <c r="BC159" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="BD159" t="s">
-        <v>1603</v>
+        <v>1581</v>
       </c>
       <c r="BE159" t="s">
-        <v>1604</v>
+        <v>1582</v>
       </c>
       <c r="BF159" t="s">
         <v>76</v>
       </c>
       <c r="BG159" t="s">
         <v>76</v>
       </c>
       <c r="BH159">
-        <v>491</v>
+        <v>537</v>
       </c>
       <c r="BI159" t="s">
         <v>89</v>
       </c>
       <c r="BJ159"/>
       <c r="BK159"/>
       <c r="BL159"/>
       <c r="BM159" t="s">
         <v>76</v>
       </c>
       <c r="BN159" t="s">
-        <v>1605</v>
+        <v>1583</v>
       </c>
       <c r="BO159">
         <v>0</v>
       </c>
       <c r="BP159" t="s">
         <v>73</v>
       </c>
       <c r="BQ159" t="s">
         <v>76</v>
       </c>
       <c r="BR159">
         <v>385.42</v>
       </c>
       <c r="BS159"/>
     </row>
     <row r="160" spans="1:71">
       <c r="A160" t="s">
         <v>66</v>
       </c>
       <c r="B160" t="s">
-        <v>1606</v>
+        <v>1584</v>
       </c>
       <c r="C160" t="s">
-        <v>1607</v>
+        <v>1585</v>
       </c>
       <c r="D160">
         <v>574009</v>
       </c>
       <c r="E160">
         <v>260.03</v>
       </c>
       <c r="F160" t="s">
-        <v>1608</v>
+        <v>1586</v>
       </c>
       <c r="G160" t="s">
         <v>70</v>
       </c>
       <c r="H160" t="s">
-        <v>1609</v>
+        <v>1587</v>
       </c>
       <c r="I160">
         <v>57.8</v>
       </c>
       <c r="J160" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="K160" t="s">
         <v>73</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160">
         <v>10517758134</v>
       </c>
       <c r="Q160" t="s">
-        <v>1606</v>
+        <v>1584</v>
       </c>
       <c r="R160" t="s">
         <v>76</v>
       </c>
       <c r="S160" t="s">
         <v>76</v>
       </c>
       <c r="T160" t="s">
         <v>174</v>
       </c>
       <c r="U160" t="s">
-        <v>1607</v>
+        <v>1585</v>
       </c>
       <c r="V160">
         <v>574009</v>
       </c>
       <c r="W160" t="s">
         <v>76</v>
       </c>
       <c r="X160">
         <v>260.03</v>
       </c>
       <c r="Y160">
         <v>1</v>
       </c>
       <c r="Z160" t="s">
         <v>76</v>
       </c>
       <c r="AA160" t="s">
         <v>66</v>
       </c>
       <c r="AB160" t="s">
         <v>78</v>
       </c>
       <c r="AC160" t="s">
-        <v>1608</v>
+        <v>1586</v>
       </c>
       <c r="AD160">
         <v>10517758134</v>
       </c>
       <c r="AE160" t="s">
-        <v>1610</v>
+        <v>1588</v>
       </c>
       <c r="AF160" t="s">
-        <v>1610</v>
+        <v>1588</v>
       </c>
       <c r="AG160" t="s">
         <v>76</v>
       </c>
       <c r="AH160" t="s">
-        <v>1611</v>
+        <v>1589</v>
       </c>
       <c r="AI160"/>
       <c r="AJ160" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="AK160" t="s">
         <v>70</v>
       </c>
       <c r="AL160" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="AM160" t="s">
         <v>82</v>
       </c>
       <c r="AN160" t="s">
-        <v>1609</v>
+        <v>1587</v>
       </c>
       <c r="AO160">
         <v>57.8</v>
       </c>
       <c r="AP160" t="s">
-        <v>1612</v>
+        <v>1590</v>
       </c>
       <c r="AQ160" t="s">
         <v>73</v>
       </c>
       <c r="AR160" t="s">
         <v>84</v>
       </c>
       <c r="AS160">
         <v>277472843376</v>
       </c>
       <c r="AT160" t="s">
         <v>76</v>
       </c>
       <c r="AU160"/>
       <c r="AV160"/>
       <c r="AW160"/>
       <c r="AX160" t="s">
         <v>85</v>
       </c>
       <c r="AY160"/>
       <c r="AZ160" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA160" t="s">
         <v>86</v>
       </c>
       <c r="BB160" t="s">
-        <v>1606</v>
+        <v>1584</v>
       </c>
       <c r="BC160" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="BD160" t="s">
-        <v>1613</v>
+        <v>1591</v>
       </c>
       <c r="BE160" t="s">
-        <v>1614</v>
+        <v>1592</v>
       </c>
       <c r="BF160" t="s">
         <v>76</v>
       </c>
       <c r="BG160" t="s">
         <v>76</v>
       </c>
       <c r="BH160">
-        <v>492</v>
+        <v>538</v>
       </c>
       <c r="BI160" t="s">
         <v>89</v>
       </c>
       <c r="BJ160"/>
       <c r="BK160"/>
       <c r="BL160"/>
       <c r="BM160" t="s">
         <v>76</v>
       </c>
       <c r="BN160" t="s">
-        <v>1615</v>
+        <v>1593</v>
       </c>
       <c r="BO160">
         <v>0</v>
       </c>
       <c r="BP160" t="s">
         <v>73</v>
       </c>
       <c r="BQ160" t="s">
         <v>76</v>
       </c>
       <c r="BR160">
         <v>260.03</v>
       </c>
       <c r="BS160"/>
     </row>
     <row r="161" spans="1:71">
       <c r="A161" t="s">
         <v>66</v>
       </c>
       <c r="B161" t="s">
-        <v>1616</v>
+        <v>1594</v>
       </c>
       <c r="C161" t="s">
-        <v>1617</v>
+        <v>1595</v>
       </c>
       <c r="D161">
         <v>574008</v>
       </c>
       <c r="E161">
         <v>319.64</v>
       </c>
       <c r="F161" t="s">
-        <v>1618</v>
+        <v>1596</v>
       </c>
       <c r="G161" t="s">
         <v>70</v>
       </c>
       <c r="H161" t="s">
-        <v>1619</v>
+        <v>1597</v>
       </c>
       <c r="I161">
         <v>81.6</v>
       </c>
       <c r="J161" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="K161" t="s">
         <v>73</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161">
         <v>4419302584</v>
       </c>
       <c r="Q161" t="s">
-        <v>1616</v>
+        <v>1594</v>
       </c>
       <c r="R161" t="s">
         <v>76</v>
       </c>
       <c r="S161" t="s">
         <v>76</v>
       </c>
       <c r="T161" t="s">
         <v>174</v>
       </c>
       <c r="U161" t="s">
-        <v>1617</v>
+        <v>1595</v>
       </c>
       <c r="V161">
         <v>574008</v>
       </c>
       <c r="W161" t="s">
         <v>76</v>
       </c>
       <c r="X161">
         <v>319.64</v>
       </c>
       <c r="Y161">
         <v>1</v>
       </c>
       <c r="Z161" t="s">
         <v>76</v>
       </c>
       <c r="AA161" t="s">
         <v>66</v>
       </c>
       <c r="AB161" t="s">
         <v>78</v>
       </c>
       <c r="AC161" t="s">
-        <v>1618</v>
+        <v>1596</v>
       </c>
       <c r="AD161">
         <v>4419302584</v>
       </c>
       <c r="AE161" t="s">
-        <v>1620</v>
+        <v>1598</v>
       </c>
       <c r="AF161" t="s">
-        <v>1620</v>
+        <v>1598</v>
       </c>
       <c r="AG161" t="s">
         <v>76</v>
       </c>
       <c r="AH161" t="s">
-        <v>1621</v>
+        <v>1599</v>
       </c>
       <c r="AI161"/>
       <c r="AJ161" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AK161" t="s">
         <v>70</v>
       </c>
       <c r="AL161" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="AM161" t="s">
         <v>82</v>
       </c>
       <c r="AN161" t="s">
-        <v>1619</v>
+        <v>1597</v>
       </c>
       <c r="AO161">
         <v>81.6</v>
       </c>
       <c r="AP161" t="s">
         <v>189</v>
       </c>
       <c r="AQ161" t="s">
         <v>73</v>
       </c>
       <c r="AR161" t="s">
         <v>84</v>
       </c>
       <c r="AS161">
         <v>277472792095</v>
       </c>
       <c r="AT161" t="s">
         <v>76</v>
       </c>
       <c r="AU161"/>
       <c r="AV161"/>
       <c r="AW161"/>
       <c r="AX161" t="s">
         <v>85</v>
       </c>
       <c r="AY161"/>
       <c r="AZ161" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA161" t="s">
         <v>86</v>
       </c>
       <c r="BB161" t="s">
-        <v>1616</v>
+        <v>1594</v>
       </c>
       <c r="BC161" t="s">
+        <v>1579</v>
+      </c>
+      <c r="BD161" t="s">
+        <v>1600</v>
+      </c>
+      <c r="BE161" t="s">
         <v>1601</v>
       </c>
-      <c r="BD161" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF161" t="s">
         <v>76</v>
       </c>
       <c r="BG161" t="s">
         <v>76</v>
       </c>
       <c r="BH161">
-        <v>492</v>
+        <v>538</v>
       </c>
       <c r="BI161" t="s">
         <v>89</v>
       </c>
       <c r="BJ161"/>
       <c r="BK161"/>
       <c r="BL161"/>
       <c r="BM161" t="s">
         <v>76</v>
       </c>
       <c r="BN161" t="s">
-        <v>1624</v>
+        <v>1602</v>
       </c>
       <c r="BO161">
         <v>0</v>
       </c>
       <c r="BP161" t="s">
         <v>73</v>
       </c>
       <c r="BQ161" t="s">
         <v>76</v>
       </c>
       <c r="BR161">
         <v>319.64</v>
       </c>
       <c r="BS161"/>
     </row>
     <row r="162" spans="1:71">
       <c r="A162" t="s">
         <v>66</v>
       </c>
       <c r="B162" t="s">
-        <v>1625</v>
+        <v>1603</v>
       </c>
       <c r="C162" t="s">
-        <v>1626</v>
+        <v>1604</v>
       </c>
       <c r="D162">
         <v>573737</v>
       </c>
       <c r="E162">
         <v>278.53</v>
       </c>
       <c r="F162" t="s">
-        <v>1627</v>
+        <v>1605</v>
       </c>
       <c r="G162" t="s">
         <v>70</v>
       </c>
       <c r="H162" t="s">
-        <v>1628</v>
+        <v>1606</v>
       </c>
       <c r="I162">
         <v>65.28</v>
       </c>
       <c r="J162" t="s">
-        <v>1629</v>
+        <v>1607</v>
       </c>
       <c r="K162" t="s">
         <v>73</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162">
         <v>25250853524</v>
       </c>
       <c r="Q162" t="s">
-        <v>1625</v>
+        <v>1603</v>
       </c>
       <c r="R162" t="s">
         <v>76</v>
       </c>
       <c r="S162" t="s">
         <v>76</v>
       </c>
       <c r="T162" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U162" t="s">
-        <v>1626</v>
+        <v>1604</v>
       </c>
       <c r="V162">
         <v>573737</v>
       </c>
       <c r="W162" t="s">
         <v>76</v>
       </c>
       <c r="X162">
         <v>278.53</v>
       </c>
       <c r="Y162">
         <v>1</v>
       </c>
       <c r="Z162" t="s">
         <v>76</v>
       </c>
       <c r="AA162" t="s">
         <v>66</v>
       </c>
       <c r="AB162" t="s">
         <v>78</v>
       </c>
       <c r="AC162" t="s">
-        <v>1627</v>
+        <v>1605</v>
       </c>
       <c r="AD162">
         <v>25250853524</v>
       </c>
       <c r="AE162">
         <v>4424278700</v>
       </c>
       <c r="AF162">
         <v>4424278700</v>
       </c>
       <c r="AG162" t="s">
         <v>76</v>
       </c>
       <c r="AH162" t="s">
-        <v>1630</v>
+        <v>1608</v>
       </c>
       <c r="AI162"/>
       <c r="AJ162" t="s">
-        <v>1631</v>
+        <v>1609</v>
       </c>
       <c r="AK162" t="s">
         <v>70</v>
       </c>
       <c r="AL162" t="s">
-        <v>1629</v>
+        <v>1607</v>
       </c>
       <c r="AM162" t="s">
         <v>82</v>
       </c>
       <c r="AN162" t="s">
-        <v>1628</v>
+        <v>1606</v>
       </c>
       <c r="AO162">
         <v>65.28</v>
       </c>
       <c r="AP162" t="s">
-        <v>1409</v>
+        <v>1387</v>
       </c>
       <c r="AQ162" t="s">
         <v>73</v>
       </c>
       <c r="AR162" t="s">
         <v>84</v>
       </c>
       <c r="AS162">
         <v>277374222669</v>
       </c>
       <c r="AT162" t="s">
         <v>76</v>
       </c>
       <c r="AU162"/>
       <c r="AV162"/>
       <c r="AW162">
         <v>0</v>
       </c>
       <c r="AX162" t="s">
         <v>85</v>
       </c>
       <c r="AY162"/>
       <c r="AZ162" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA162" t="s">
         <v>86</v>
       </c>
       <c r="BB162" t="s">
-        <v>1625</v>
+        <v>1603</v>
       </c>
       <c r="BC162" t="s">
-        <v>1629</v>
+        <v>1607</v>
       </c>
       <c r="BD162" t="s">
         <v>76</v>
       </c>
       <c r="BE162" t="s">
-        <v>1632</v>
+        <v>1610</v>
       </c>
       <c r="BF162" t="s">
         <v>76</v>
       </c>
       <c r="BG162" t="s">
         <v>76</v>
       </c>
       <c r="BH162">
-        <v>494</v>
+        <v>540</v>
       </c>
       <c r="BI162" t="s">
         <v>89</v>
       </c>
       <c r="BJ162"/>
       <c r="BK162"/>
       <c r="BL162"/>
       <c r="BM162" t="s">
         <v>76</v>
       </c>
       <c r="BN162" t="s">
-        <v>1633</v>
+        <v>1611</v>
       </c>
       <c r="BO162">
         <v>0</v>
       </c>
       <c r="BP162" t="s">
         <v>73</v>
       </c>
       <c r="BQ162" t="s">
         <v>76</v>
       </c>
       <c r="BR162">
         <v>278.53</v>
       </c>
       <c r="BS162"/>
     </row>
     <row r="163" spans="1:71">
       <c r="A163" t="s">
         <v>66</v>
       </c>
       <c r="B163" t="s">
-        <v>1634</v>
+        <v>1612</v>
       </c>
       <c r="C163" t="s">
-        <v>1635</v>
+        <v>1613</v>
       </c>
       <c r="D163">
         <v>573485</v>
       </c>
       <c r="E163">
         <v>288.75</v>
       </c>
       <c r="F163" t="s">
-        <v>1636</v>
+        <v>1614</v>
       </c>
       <c r="G163" t="s">
         <v>70</v>
       </c>
       <c r="H163" t="s">
-        <v>1637</v>
+        <v>1615</v>
       </c>
       <c r="I163">
         <v>67.32</v>
       </c>
       <c r="J163" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="K163" t="s">
         <v>73</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163">
         <v>5471256584</v>
       </c>
       <c r="Q163" t="s">
-        <v>1634</v>
+        <v>1612</v>
       </c>
       <c r="R163" t="s">
         <v>76</v>
       </c>
       <c r="S163" t="s">
         <v>76</v>
       </c>
       <c r="T163" t="s">
         <v>174</v>
       </c>
       <c r="U163" t="s">
-        <v>1635</v>
+        <v>1613</v>
       </c>
       <c r="V163">
         <v>573485</v>
       </c>
       <c r="W163" t="s">
         <v>76</v>
       </c>
       <c r="X163">
         <v>288.75</v>
       </c>
       <c r="Y163">
         <v>1</v>
       </c>
       <c r="Z163" t="s">
         <v>76</v>
       </c>
       <c r="AA163" t="s">
         <v>66</v>
       </c>
       <c r="AB163" t="s">
         <v>78</v>
       </c>
       <c r="AC163" t="s">
-        <v>1636</v>
+        <v>1614</v>
       </c>
       <c r="AD163">
         <v>5471256584</v>
       </c>
       <c r="AE163" t="s">
-        <v>1639</v>
+        <v>1617</v>
       </c>
       <c r="AF163" t="s">
-        <v>1639</v>
+        <v>1617</v>
       </c>
       <c r="AG163" t="s">
         <v>76</v>
       </c>
       <c r="AH163" t="s">
-        <v>1640</v>
+        <v>1618</v>
       </c>
       <c r="AI163"/>
       <c r="AJ163" t="s">
-        <v>1223</v>
+        <v>1196</v>
       </c>
       <c r="AK163" t="s">
         <v>70</v>
       </c>
       <c r="AL163" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="AM163" t="s">
         <v>82</v>
       </c>
       <c r="AN163" t="s">
-        <v>1637</v>
+        <v>1615</v>
       </c>
       <c r="AO163">
         <v>67.32</v>
       </c>
       <c r="AP163" t="s">
-        <v>1641</v>
+        <v>1619</v>
       </c>
       <c r="AQ163" t="s">
         <v>73</v>
       </c>
       <c r="AR163" t="s">
         <v>84</v>
       </c>
       <c r="AS163">
         <v>277112508214</v>
       </c>
       <c r="AT163" t="s">
         <v>76</v>
       </c>
       <c r="AU163"/>
       <c r="AV163"/>
       <c r="AW163">
         <v>0</v>
       </c>
       <c r="AX163" t="s">
         <v>85</v>
       </c>
       <c r="AY163"/>
       <c r="AZ163" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA163" t="s">
         <v>86</v>
       </c>
       <c r="BB163" t="s">
-        <v>1634</v>
+        <v>1612</v>
       </c>
       <c r="BC163" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="BD163" t="s">
-        <v>1642</v>
+        <v>1620</v>
       </c>
       <c r="BE163" t="s">
-        <v>1643</v>
+        <v>1621</v>
       </c>
       <c r="BF163" t="s">
         <v>76</v>
       </c>
       <c r="BG163" t="s">
         <v>76</v>
       </c>
       <c r="BH163">
-        <v>500</v>
+        <v>546</v>
       </c>
       <c r="BI163" t="s">
         <v>89</v>
       </c>
       <c r="BJ163"/>
       <c r="BK163"/>
       <c r="BL163"/>
       <c r="BM163" t="s">
         <v>76</v>
       </c>
       <c r="BN163" t="s">
-        <v>1644</v>
+        <v>1622</v>
       </c>
       <c r="BO163">
         <v>0</v>
       </c>
       <c r="BP163" t="s">
         <v>73</v>
       </c>
       <c r="BQ163" t="s">
         <v>76</v>
       </c>
       <c r="BR163">
         <v>288.75</v>
       </c>
       <c r="BS163"/>
     </row>
     <row r="164" spans="1:71">
       <c r="A164" t="s">
         <v>66</v>
       </c>
       <c r="B164" t="s">
-        <v>1645</v>
+        <v>1623</v>
       </c>
       <c r="C164" t="s">
-        <v>1646</v>
+        <v>1624</v>
       </c>
       <c r="D164">
         <v>573484</v>
       </c>
       <c r="E164">
         <v>247.69</v>
       </c>
       <c r="F164" t="s">
-        <v>1647</v>
+        <v>1625</v>
       </c>
       <c r="G164" t="s">
         <v>70</v>
       </c>
       <c r="H164" t="s">
-        <v>1648</v>
+        <v>1626</v>
       </c>
       <c r="I164">
         <v>53.55</v>
       </c>
       <c r="J164" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="K164" t="s">
         <v>73</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164">
         <v>46362651</v>
       </c>
       <c r="Q164" t="s">
-        <v>1645</v>
+        <v>1623</v>
       </c>
       <c r="R164" t="s">
         <v>76</v>
       </c>
       <c r="S164" t="s">
         <v>76</v>
       </c>
       <c r="T164" t="s">
         <v>174</v>
       </c>
       <c r="U164" t="s">
-        <v>1646</v>
+        <v>1624</v>
       </c>
       <c r="V164">
         <v>573484</v>
       </c>
       <c r="W164" t="s">
         <v>76</v>
       </c>
       <c r="X164">
         <v>247.69</v>
       </c>
       <c r="Y164">
         <v>1</v>
       </c>
       <c r="Z164" t="s">
         <v>76</v>
       </c>
       <c r="AA164" t="s">
         <v>66</v>
       </c>
       <c r="AB164" t="s">
         <v>78</v>
       </c>
       <c r="AC164" t="s">
-        <v>1647</v>
+        <v>1625</v>
       </c>
       <c r="AD164">
         <v>46362651</v>
       </c>
       <c r="AE164" t="s">
-        <v>1649</v>
+        <v>1627</v>
       </c>
       <c r="AF164" t="s">
-        <v>1649</v>
+        <v>1627</v>
       </c>
       <c r="AG164" t="s">
         <v>76</v>
       </c>
       <c r="AH164" t="s">
-        <v>1650</v>
+        <v>1628</v>
       </c>
       <c r="AI164"/>
       <c r="AJ164" t="s">
-        <v>1651</v>
+        <v>1629</v>
       </c>
       <c r="AK164" t="s">
         <v>70</v>
       </c>
       <c r="AL164" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="AM164" t="s">
         <v>82</v>
       </c>
       <c r="AN164" t="s">
-        <v>1648</v>
+        <v>1626</v>
       </c>
       <c r="AO164">
         <v>53.55</v>
       </c>
       <c r="AP164" t="s">
-        <v>1378</v>
+        <v>1356</v>
       </c>
       <c r="AQ164" t="s">
         <v>73</v>
       </c>
       <c r="AR164" t="s">
         <v>84</v>
       </c>
       <c r="AS164">
         <v>277112385445</v>
       </c>
       <c r="AT164" t="s">
         <v>76</v>
       </c>
       <c r="AU164"/>
       <c r="AV164"/>
       <c r="AW164">
         <v>0</v>
       </c>
       <c r="AX164" t="s">
         <v>85</v>
       </c>
       <c r="AY164"/>
       <c r="AZ164" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA164" t="s">
         <v>86</v>
       </c>
       <c r="BB164" t="s">
-        <v>1645</v>
+        <v>1623</v>
       </c>
       <c r="BC164" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="BD164" t="s">
-        <v>1652</v>
+        <v>1630</v>
       </c>
       <c r="BE164" t="s">
-        <v>1653</v>
+        <v>1631</v>
       </c>
       <c r="BF164" t="s">
         <v>76</v>
       </c>
       <c r="BG164" t="s">
         <v>76</v>
       </c>
       <c r="BH164">
-        <v>501</v>
+        <v>547</v>
       </c>
       <c r="BI164" t="s">
         <v>89</v>
       </c>
       <c r="BJ164"/>
       <c r="BK164"/>
       <c r="BL164"/>
       <c r="BM164" t="s">
         <v>76</v>
       </c>
       <c r="BN164" t="s">
-        <v>1654</v>
+        <v>1632</v>
       </c>
       <c r="BO164">
         <v>0</v>
       </c>
       <c r="BP164" t="s">
         <v>73</v>
       </c>
       <c r="BQ164" t="s">
         <v>76</v>
       </c>
       <c r="BR164">
         <v>247.69</v>
       </c>
       <c r="BS164"/>
     </row>
     <row r="165" spans="1:71">
       <c r="A165" t="s">
         <v>66</v>
       </c>
       <c r="B165" t="s">
-        <v>1655</v>
+        <v>1633</v>
       </c>
       <c r="C165" t="s">
-        <v>1656</v>
+        <v>1634</v>
       </c>
       <c r="D165">
         <v>573483</v>
       </c>
       <c r="E165">
         <v>245.7</v>
       </c>
       <c r="F165" t="s">
-        <v>1657</v>
+        <v>1635</v>
       </c>
       <c r="G165" t="s">
         <v>70</v>
       </c>
-      <c r="H165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H165"/>
       <c r="I165">
-        <v>50.49</v>
+        <v>0</v>
       </c>
       <c r="J165" t="s">
-        <v>1638</v>
+        <v>76</v>
       </c>
       <c r="K165" t="s">
         <v>73</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>1659</v>
+        <v>1636</v>
       </c>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165">
         <v>10458932081</v>
       </c>
       <c r="Q165" t="s">
-        <v>1655</v>
+        <v>1633</v>
       </c>
       <c r="R165" t="s">
         <v>76</v>
       </c>
       <c r="S165" t="s">
         <v>76</v>
       </c>
       <c r="T165" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U165" t="s">
-        <v>1656</v>
+        <v>1634</v>
       </c>
       <c r="V165">
         <v>573483</v>
       </c>
       <c r="W165" t="s">
         <v>76</v>
       </c>
       <c r="X165">
         <v>245.7</v>
       </c>
       <c r="Y165">
         <v>1</v>
       </c>
       <c r="Z165" t="s">
         <v>76</v>
       </c>
       <c r="AA165" t="s">
         <v>66</v>
       </c>
       <c r="AB165" t="s">
         <v>78</v>
       </c>
       <c r="AC165" t="s">
-        <v>1657</v>
+        <v>1635</v>
       </c>
       <c r="AD165">
         <v>10458932081</v>
       </c>
       <c r="AE165" t="s">
-        <v>1660</v>
+        <v>1637</v>
       </c>
       <c r="AF165" t="s">
-        <v>1660</v>
+        <v>1637</v>
       </c>
       <c r="AG165" t="s">
         <v>76</v>
       </c>
       <c r="AH165" t="s">
-        <v>1661</v>
+        <v>1638</v>
       </c>
       <c r="AI165"/>
       <c r="AJ165" t="s">
-        <v>1223</v>
+        <v>1196</v>
       </c>
       <c r="AK165" t="s">
         <v>70</v>
       </c>
       <c r="AL165" t="s">
-        <v>1638</v>
+        <v>76</v>
       </c>
       <c r="AM165" t="s">
         <v>82</v>
       </c>
-      <c r="AN165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN165"/>
       <c r="AO165">
-        <v>50.49</v>
+        <v>0</v>
       </c>
       <c r="AP165" t="s">
-        <v>1662</v>
+        <v>1639</v>
       </c>
       <c r="AQ165" t="s">
         <v>73</v>
       </c>
       <c r="AR165" t="s">
         <v>84</v>
       </c>
       <c r="AS165">
         <v>277113090111</v>
       </c>
       <c r="AT165" t="s">
         <v>76</v>
       </c>
       <c r="AU165"/>
       <c r="AV165"/>
       <c r="AW165">
         <v>0</v>
       </c>
       <c r="AX165" t="s">
         <v>85</v>
       </c>
       <c r="AY165"/>
       <c r="AZ165" t="s">
-        <v>1659</v>
+        <v>1636</v>
       </c>
       <c r="BA165" t="s">
         <v>86</v>
       </c>
       <c r="BB165" t="s">
-        <v>1655</v>
+        <v>1633</v>
       </c>
       <c r="BC165" t="s">
-        <v>1638</v>
+        <v>76</v>
       </c>
       <c r="BD165" t="s">
-        <v>1663</v>
+        <v>1640</v>
       </c>
       <c r="BE165" t="s">
-        <v>1664</v>
+        <v>1641</v>
       </c>
       <c r="BF165" t="s">
         <v>76</v>
       </c>
       <c r="BG165" t="s">
         <v>76</v>
       </c>
       <c r="BH165">
-        <v>501</v>
+        <v>547</v>
       </c>
       <c r="BI165" t="s">
-        <v>89</v>
+        <v>1642</v>
       </c>
       <c r="BJ165" t="s">
         <v>73</v>
       </c>
       <c r="BK165"/>
       <c r="BL165"/>
       <c r="BM165" t="s">
         <v>76</v>
       </c>
       <c r="BN165" t="s">
-        <v>1665</v>
+        <v>1643</v>
       </c>
       <c r="BO165">
         <v>0</v>
       </c>
       <c r="BP165" t="s">
         <v>73</v>
       </c>
       <c r="BQ165" t="s">
         <v>76</v>
       </c>
       <c r="BR165">
         <v>245.7</v>
       </c>
       <c r="BS165"/>
     </row>
     <row r="166" spans="1:71">
       <c r="A166" t="s">
         <v>66</v>
       </c>
       <c r="B166" t="s">
-        <v>1666</v>
+        <v>1644</v>
       </c>
       <c r="C166" t="s">
-        <v>1667</v>
+        <v>1645</v>
       </c>
       <c r="D166">
         <v>573482</v>
       </c>
       <c r="E166">
         <v>253.05</v>
       </c>
       <c r="F166" t="s">
-        <v>1668</v>
+        <v>1646</v>
       </c>
       <c r="G166" t="s">
         <v>70</v>
       </c>
       <c r="H166" t="s">
-        <v>1669</v>
+        <v>1647</v>
       </c>
       <c r="I166">
         <v>53.55</v>
       </c>
       <c r="J166" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="K166" t="s">
         <v>73</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166">
         <v>3837306409</v>
       </c>
       <c r="Q166" t="s">
-        <v>1666</v>
+        <v>1644</v>
       </c>
       <c r="R166" t="s">
         <v>76</v>
       </c>
       <c r="S166" t="s">
         <v>76</v>
       </c>
       <c r="T166" t="s">
         <v>174</v>
       </c>
       <c r="U166" t="s">
-        <v>1667</v>
+        <v>1645</v>
       </c>
       <c r="V166">
         <v>573482</v>
       </c>
       <c r="W166" t="s">
         <v>76</v>
       </c>
       <c r="X166">
         <v>253.05</v>
       </c>
       <c r="Y166">
         <v>1</v>
       </c>
       <c r="Z166" t="s">
         <v>76</v>
       </c>
       <c r="AA166" t="s">
         <v>66</v>
       </c>
       <c r="AB166" t="s">
         <v>78</v>
       </c>
       <c r="AC166" t="s">
-        <v>1668</v>
+        <v>1646</v>
       </c>
       <c r="AD166">
         <v>3837306409</v>
       </c>
       <c r="AE166" t="s">
-        <v>1670</v>
+        <v>1648</v>
       </c>
       <c r="AF166" t="s">
-        <v>1670</v>
+        <v>1648</v>
       </c>
       <c r="AG166" t="s">
         <v>76</v>
       </c>
       <c r="AH166" t="s">
-        <v>1671</v>
+        <v>1649</v>
       </c>
       <c r="AI166"/>
       <c r="AJ166" t="s">
-        <v>1672</v>
+        <v>1650</v>
       </c>
       <c r="AK166" t="s">
         <v>70</v>
       </c>
       <c r="AL166" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="AM166" t="s">
         <v>82</v>
       </c>
       <c r="AN166" t="s">
-        <v>1669</v>
+        <v>1647</v>
       </c>
       <c r="AO166">
         <v>53.55</v>
       </c>
       <c r="AP166" t="s">
-        <v>1378</v>
+        <v>1356</v>
       </c>
       <c r="AQ166" t="s">
         <v>73</v>
       </c>
       <c r="AR166" t="s">
         <v>84</v>
       </c>
       <c r="AS166">
         <v>277112464303</v>
       </c>
       <c r="AT166" t="s">
         <v>76</v>
       </c>
       <c r="AU166"/>
       <c r="AV166"/>
       <c r="AW166"/>
       <c r="AX166" t="s">
         <v>85</v>
       </c>
       <c r="AY166"/>
       <c r="AZ166" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA166" t="s">
         <v>86</v>
       </c>
       <c r="BB166" t="s">
-        <v>1666</v>
+        <v>1644</v>
       </c>
       <c r="BC166" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="BD166" t="s">
-        <v>1673</v>
+        <v>1651</v>
       </c>
       <c r="BE166" t="s">
-        <v>1674</v>
+        <v>1652</v>
       </c>
       <c r="BF166" t="s">
         <v>76</v>
       </c>
       <c r="BG166" t="s">
         <v>76</v>
       </c>
       <c r="BH166">
-        <v>501</v>
+        <v>547</v>
       </c>
       <c r="BI166" t="s">
         <v>89</v>
       </c>
       <c r="BJ166"/>
       <c r="BK166"/>
       <c r="BL166"/>
       <c r="BM166" t="s">
         <v>76</v>
       </c>
       <c r="BN166" t="s">
-        <v>1675</v>
+        <v>1653</v>
       </c>
       <c r="BO166">
         <v>0</v>
       </c>
       <c r="BP166" t="s">
         <v>73</v>
       </c>
       <c r="BQ166" t="s">
         <v>76</v>
       </c>
       <c r="BR166">
         <v>253.05</v>
       </c>
       <c r="BS166"/>
     </row>
     <row r="167" spans="1:71">
       <c r="A167" t="s">
         <v>66</v>
       </c>
       <c r="B167" t="s">
-        <v>1676</v>
+        <v>1654</v>
       </c>
       <c r="C167" t="s">
-        <v>1677</v>
+        <v>1655</v>
       </c>
       <c r="D167">
         <v>573282</v>
       </c>
       <c r="E167">
         <v>298.2</v>
       </c>
       <c r="F167" t="s">
-        <v>1678</v>
+        <v>1656</v>
       </c>
       <c r="G167" t="s">
         <v>70</v>
       </c>
       <c r="H167" t="s">
-        <v>1679</v>
+        <v>1657</v>
       </c>
       <c r="I167">
         <v>83.2</v>
       </c>
       <c r="J167" t="s">
-        <v>1680</v>
+        <v>1658</v>
       </c>
       <c r="K167" t="s">
         <v>73</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167">
         <v>25956984060</v>
       </c>
       <c r="Q167" t="s">
-        <v>1676</v>
+        <v>1654</v>
       </c>
       <c r="R167" t="s">
         <v>76</v>
       </c>
       <c r="S167" t="s">
         <v>76</v>
       </c>
       <c r="T167" t="s">
         <v>174</v>
       </c>
       <c r="U167" t="s">
-        <v>1677</v>
+        <v>1655</v>
       </c>
       <c r="V167">
         <v>573282</v>
       </c>
       <c r="W167" t="s">
         <v>76</v>
       </c>
       <c r="X167">
         <v>298.2</v>
       </c>
       <c r="Y167">
         <v>1</v>
       </c>
       <c r="Z167" t="s">
         <v>76</v>
       </c>
       <c r="AA167" t="s">
         <v>66</v>
       </c>
       <c r="AB167" t="s">
         <v>78</v>
       </c>
       <c r="AC167" t="s">
-        <v>1678</v>
+        <v>1656</v>
       </c>
       <c r="AD167">
         <v>25956984060</v>
       </c>
       <c r="AE167" t="s">
-        <v>1681</v>
+        <v>1659</v>
       </c>
       <c r="AF167" t="s">
-        <v>1681</v>
+        <v>1659</v>
       </c>
       <c r="AG167" t="s">
         <v>76</v>
       </c>
       <c r="AH167" t="s">
-        <v>1682</v>
+        <v>1660</v>
       </c>
       <c r="AI167"/>
       <c r="AJ167" t="s">
-        <v>1683</v>
+        <v>1661</v>
       </c>
       <c r="AK167" t="s">
         <v>70</v>
       </c>
       <c r="AL167" t="s">
-        <v>1680</v>
+        <v>1658</v>
       </c>
       <c r="AM167" t="s">
         <v>82</v>
       </c>
       <c r="AN167" t="s">
-        <v>1679</v>
+        <v>1657</v>
       </c>
       <c r="AO167">
         <v>83.2</v>
       </c>
       <c r="AP167" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="AQ167" t="s">
         <v>73</v>
       </c>
       <c r="AR167" t="s">
         <v>84</v>
       </c>
       <c r="AS167">
         <v>276961948690</v>
       </c>
       <c r="AT167" t="s">
         <v>76</v>
       </c>
       <c r="AU167"/>
       <c r="AV167"/>
       <c r="AW167"/>
       <c r="AX167" t="s">
         <v>85</v>
       </c>
       <c r="AY167"/>
       <c r="AZ167" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA167" t="s">
         <v>86</v>
       </c>
       <c r="BB167" t="s">
-        <v>1676</v>
+        <v>1654</v>
       </c>
       <c r="BC167" t="s">
-        <v>1680</v>
+        <v>1658</v>
       </c>
       <c r="BD167" t="s">
-        <v>1684</v>
+        <v>1662</v>
       </c>
       <c r="BE167" t="s">
-        <v>1685</v>
+        <v>1663</v>
       </c>
       <c r="BF167" t="s">
         <v>76</v>
       </c>
       <c r="BG167" t="s">
         <v>76</v>
       </c>
       <c r="BH167">
-        <v>503</v>
+        <v>549</v>
       </c>
       <c r="BI167" t="s">
         <v>89</v>
       </c>
       <c r="BJ167"/>
       <c r="BK167"/>
       <c r="BL167"/>
       <c r="BM167" t="s">
         <v>76</v>
       </c>
       <c r="BN167" t="s">
-        <v>1686</v>
+        <v>1664</v>
       </c>
       <c r="BO167">
         <v>0</v>
       </c>
       <c r="BP167" t="s">
         <v>73</v>
       </c>
       <c r="BQ167" t="s">
         <v>76</v>
       </c>
       <c r="BR167">
         <v>298.2</v>
       </c>
       <c r="BS167"/>
     </row>
     <row r="168" spans="1:71">
       <c r="A168" t="s">
         <v>66</v>
       </c>
       <c r="B168" t="s">
-        <v>1687</v>
+        <v>1665</v>
       </c>
       <c r="C168" t="s">
-        <v>1688</v>
+        <v>1666</v>
       </c>
       <c r="D168">
         <v>573151</v>
       </c>
       <c r="E168">
         <v>324.45</v>
       </c>
       <c r="F168" t="s">
-        <v>1689</v>
+        <v>1667</v>
       </c>
       <c r="G168" t="s">
         <v>70</v>
       </c>
       <c r="H168" t="s">
-        <v>1690</v>
+        <v>1668</v>
       </c>
       <c r="I168">
         <v>95.2</v>
       </c>
       <c r="J168" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="K168" t="s">
         <v>73</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168">
         <v>19460187406</v>
       </c>
       <c r="Q168" t="s">
-        <v>1687</v>
+        <v>1665</v>
       </c>
       <c r="R168" t="s">
         <v>76</v>
       </c>
       <c r="S168" t="s">
         <v>76</v>
       </c>
       <c r="T168" t="s">
         <v>174</v>
       </c>
       <c r="U168" t="s">
-        <v>1688</v>
+        <v>1666</v>
       </c>
       <c r="V168">
         <v>573151</v>
       </c>
       <c r="W168" t="s">
         <v>76</v>
       </c>
       <c r="X168">
         <v>324.45</v>
       </c>
       <c r="Y168">
         <v>1</v>
       </c>
       <c r="Z168" t="s">
         <v>76</v>
       </c>
       <c r="AA168" t="s">
         <v>66</v>
       </c>
       <c r="AB168" t="s">
         <v>78</v>
       </c>
       <c r="AC168" t="s">
-        <v>1689</v>
+        <v>1667</v>
       </c>
       <c r="AD168">
         <v>19460187406</v>
       </c>
       <c r="AE168" t="s">
-        <v>1692</v>
+        <v>1670</v>
       </c>
       <c r="AF168" t="s">
-        <v>1692</v>
+        <v>1670</v>
       </c>
       <c r="AG168" t="s">
         <v>76</v>
       </c>
       <c r="AH168" t="s">
-        <v>1693</v>
+        <v>1671</v>
       </c>
       <c r="AI168"/>
       <c r="AJ168" t="s">
-        <v>1694</v>
+        <v>1672</v>
       </c>
       <c r="AK168" t="s">
         <v>70</v>
       </c>
       <c r="AL168" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="AM168" t="s">
         <v>82</v>
       </c>
       <c r="AN168" t="s">
-        <v>1690</v>
+        <v>1668</v>
       </c>
       <c r="AO168">
         <v>95.2</v>
       </c>
       <c r="AP168" t="s">
-        <v>1695</v>
+        <v>1673</v>
       </c>
       <c r="AQ168" t="s">
         <v>73</v>
       </c>
       <c r="AR168" t="s">
         <v>84</v>
       </c>
       <c r="AS168">
         <v>276859934912</v>
       </c>
       <c r="AT168" t="s">
         <v>76</v>
       </c>
       <c r="AU168"/>
       <c r="AV168"/>
       <c r="AW168"/>
       <c r="AX168" t="s">
         <v>85</v>
       </c>
       <c r="AY168"/>
       <c r="AZ168" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA168" t="s">
         <v>86</v>
       </c>
       <c r="BB168" t="s">
-        <v>1687</v>
+        <v>1665</v>
       </c>
       <c r="BC168" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="BD168" t="s">
-        <v>1696</v>
+        <v>1674</v>
       </c>
       <c r="BE168" t="s">
-        <v>1697</v>
+        <v>1675</v>
       </c>
       <c r="BF168" t="s">
         <v>76</v>
       </c>
       <c r="BG168" t="s">
         <v>76</v>
       </c>
       <c r="BH168">
-        <v>506</v>
+        <v>552</v>
       </c>
       <c r="BI168" t="s">
         <v>89</v>
       </c>
       <c r="BJ168"/>
       <c r="BK168"/>
       <c r="BL168"/>
       <c r="BM168" t="s">
         <v>76</v>
       </c>
       <c r="BN168" t="s">
-        <v>1698</v>
+        <v>1676</v>
       </c>
       <c r="BO168">
         <v>0</v>
       </c>
       <c r="BP168" t="s">
         <v>73</v>
       </c>
       <c r="BQ168" t="s">
         <v>76</v>
       </c>
       <c r="BR168">
         <v>324.45</v>
       </c>
       <c r="BS168"/>
     </row>
     <row r="169" spans="1:71">
       <c r="A169" t="s">
         <v>66</v>
       </c>
       <c r="B169" t="s">
-        <v>1699</v>
+        <v>1677</v>
       </c>
       <c r="C169" t="s">
-        <v>1700</v>
+        <v>1678</v>
       </c>
       <c r="D169">
         <v>573150</v>
       </c>
       <c r="E169">
         <v>290.85</v>
       </c>
       <c r="F169" t="s">
-        <v>1701</v>
+        <v>1679</v>
       </c>
       <c r="G169" t="s">
         <v>70</v>
       </c>
       <c r="H169" t="s">
-        <v>1702</v>
+        <v>1680</v>
       </c>
       <c r="I169">
         <v>79.99</v>
       </c>
       <c r="J169" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="K169" t="s">
         <v>73</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169">
         <v>10901506255</v>
       </c>
       <c r="Q169" t="s">
-        <v>1699</v>
+        <v>1677</v>
       </c>
       <c r="R169" t="s">
         <v>76</v>
       </c>
       <c r="S169" t="s">
         <v>76</v>
       </c>
       <c r="T169" t="s">
         <v>174</v>
       </c>
       <c r="U169" t="s">
-        <v>1700</v>
+        <v>1678</v>
       </c>
       <c r="V169">
         <v>573150</v>
       </c>
       <c r="W169" t="s">
         <v>76</v>
       </c>
       <c r="X169">
         <v>290.85</v>
       </c>
       <c r="Y169">
         <v>1</v>
       </c>
       <c r="Z169" t="s">
         <v>76</v>
       </c>
       <c r="AA169" t="s">
         <v>66</v>
       </c>
       <c r="AB169" t="s">
         <v>78</v>
       </c>
       <c r="AC169" t="s">
-        <v>1701</v>
+        <v>1679</v>
       </c>
       <c r="AD169">
         <v>10901506255</v>
       </c>
       <c r="AE169" t="s">
-        <v>1703</v>
+        <v>1681</v>
       </c>
       <c r="AF169" t="s">
-        <v>1703</v>
+        <v>1681</v>
       </c>
       <c r="AG169" t="s">
         <v>76</v>
       </c>
       <c r="AH169" t="s">
-        <v>1704</v>
+        <v>1682</v>
       </c>
       <c r="AI169"/>
       <c r="AJ169" t="s">
-        <v>1705</v>
+        <v>1683</v>
       </c>
       <c r="AK169" t="s">
         <v>70</v>
       </c>
       <c r="AL169" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="AM169" t="s">
         <v>82</v>
       </c>
       <c r="AN169" t="s">
-        <v>1702</v>
+        <v>1680</v>
       </c>
       <c r="AO169">
         <v>79.99</v>
       </c>
       <c r="AP169" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="AQ169" t="s">
         <v>73</v>
       </c>
       <c r="AR169" t="s">
         <v>84</v>
       </c>
       <c r="AS169">
         <v>276859972887</v>
       </c>
       <c r="AT169" t="s">
         <v>76</v>
       </c>
       <c r="AU169"/>
       <c r="AV169"/>
       <c r="AW169"/>
       <c r="AX169" t="s">
         <v>85</v>
       </c>
       <c r="AY169"/>
       <c r="AZ169" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA169" t="s">
         <v>86</v>
       </c>
       <c r="BB169" t="s">
-        <v>1699</v>
+        <v>1677</v>
       </c>
       <c r="BC169" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="BD169" t="s">
-        <v>1706</v>
+        <v>1684</v>
       </c>
       <c r="BE169" t="s">
-        <v>1707</v>
+        <v>1685</v>
       </c>
       <c r="BF169" t="s">
         <v>76</v>
       </c>
       <c r="BG169" t="s">
         <v>76</v>
       </c>
       <c r="BH169">
-        <v>506</v>
+        <v>552</v>
       </c>
       <c r="BI169" t="s">
         <v>89</v>
       </c>
       <c r="BJ169"/>
       <c r="BK169"/>
       <c r="BL169"/>
       <c r="BM169" t="s">
         <v>76</v>
       </c>
       <c r="BN169" t="s">
-        <v>1708</v>
+        <v>1686</v>
       </c>
       <c r="BO169">
         <v>0</v>
       </c>
       <c r="BP169" t="s">
         <v>73</v>
       </c>
       <c r="BQ169" t="s">
         <v>76</v>
       </c>
       <c r="BR169">
         <v>290.85</v>
       </c>
       <c r="BS169"/>
     </row>
     <row r="170" spans="1:71">
       <c r="A170" t="s">
         <v>66</v>
       </c>
       <c r="B170" t="s">
-        <v>1709</v>
+        <v>1687</v>
       </c>
       <c r="C170" t="s">
-        <v>1710</v>
+        <v>1688</v>
       </c>
       <c r="D170">
         <v>573149</v>
       </c>
       <c r="E170">
         <v>290.85</v>
       </c>
       <c r="F170" t="s">
-        <v>1711</v>
+        <v>1689</v>
       </c>
       <c r="G170" t="s">
         <v>70</v>
       </c>
       <c r="H170" t="s">
-        <v>1712</v>
+        <v>1690</v>
       </c>
       <c r="I170">
         <v>79.99</v>
       </c>
       <c r="J170" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="K170" t="s">
         <v>73</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170">
         <v>11851365811</v>
       </c>
       <c r="Q170" t="s">
-        <v>1709</v>
+        <v>1687</v>
       </c>
       <c r="R170" t="s">
         <v>76</v>
       </c>
       <c r="S170" t="s">
         <v>76</v>
       </c>
       <c r="T170" t="s">
         <v>174</v>
       </c>
       <c r="U170" t="s">
-        <v>1710</v>
+        <v>1688</v>
       </c>
       <c r="V170">
         <v>573149</v>
       </c>
       <c r="W170" t="s">
         <v>76</v>
       </c>
       <c r="X170">
         <v>290.85</v>
       </c>
       <c r="Y170">
         <v>1</v>
       </c>
       <c r="Z170" t="s">
         <v>76</v>
       </c>
       <c r="AA170" t="s">
         <v>66</v>
       </c>
       <c r="AB170" t="s">
         <v>78</v>
       </c>
       <c r="AC170" t="s">
-        <v>1711</v>
+        <v>1689</v>
       </c>
       <c r="AD170">
         <v>11851365811</v>
       </c>
       <c r="AE170" t="s">
-        <v>1713</v>
+        <v>1691</v>
       </c>
       <c r="AF170" t="s">
-        <v>1713</v>
+        <v>1691</v>
       </c>
       <c r="AG170" t="s">
         <v>76</v>
       </c>
       <c r="AH170" t="s">
-        <v>1714</v>
+        <v>1692</v>
       </c>
       <c r="AI170"/>
       <c r="AJ170" t="s">
-        <v>1715</v>
+        <v>1693</v>
       </c>
       <c r="AK170" t="s">
         <v>70</v>
       </c>
       <c r="AL170" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="AM170" t="s">
         <v>82</v>
       </c>
       <c r="AN170" t="s">
-        <v>1712</v>
+        <v>1690</v>
       </c>
       <c r="AO170">
         <v>79.99</v>
       </c>
       <c r="AP170" t="s">
-        <v>1390</v>
+        <v>1368</v>
       </c>
       <c r="AQ170" t="s">
         <v>73</v>
       </c>
       <c r="AR170" t="s">
         <v>84</v>
       </c>
       <c r="AS170">
         <v>276860016978</v>
       </c>
       <c r="AT170" t="s">
         <v>76</v>
       </c>
       <c r="AU170"/>
       <c r="AV170"/>
       <c r="AW170"/>
       <c r="AX170" t="s">
         <v>85</v>
       </c>
       <c r="AY170"/>
       <c r="AZ170" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA170" t="s">
         <v>86</v>
       </c>
       <c r="BB170" t="s">
-        <v>1709</v>
+        <v>1687</v>
       </c>
       <c r="BC170" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="BD170" t="s">
-        <v>1716</v>
+        <v>1694</v>
       </c>
       <c r="BE170" t="s">
-        <v>1717</v>
+        <v>1695</v>
       </c>
       <c r="BF170" t="s">
         <v>76</v>
       </c>
       <c r="BG170" t="s">
         <v>76</v>
       </c>
       <c r="BH170">
-        <v>507</v>
+        <v>553</v>
       </c>
       <c r="BI170" t="s">
         <v>89</v>
       </c>
       <c r="BJ170"/>
       <c r="BK170"/>
       <c r="BL170"/>
       <c r="BM170" t="s">
         <v>76</v>
       </c>
       <c r="BN170" t="s">
-        <v>1718</v>
+        <v>1696</v>
       </c>
       <c r="BO170">
         <v>0</v>
       </c>
       <c r="BP170" t="s">
         <v>73</v>
       </c>
       <c r="BQ170" t="s">
         <v>76</v>
       </c>
       <c r="BR170">
         <v>290.85</v>
       </c>
       <c r="BS170"/>
     </row>
     <row r="171" spans="1:71">
       <c r="A171" t="s">
         <v>66</v>
       </c>
       <c r="B171" t="s">
-        <v>1719</v>
+        <v>1697</v>
       </c>
       <c r="C171" t="s">
-        <v>1720</v>
+        <v>1698</v>
       </c>
       <c r="D171">
         <v>573148</v>
       </c>
       <c r="E171">
         <v>496.65</v>
       </c>
       <c r="F171" t="s">
-        <v>1721</v>
+        <v>1699</v>
       </c>
       <c r="G171" t="s">
         <v>70</v>
       </c>
       <c r="H171" t="s">
-        <v>1722</v>
+        <v>1700</v>
       </c>
       <c r="I171">
         <v>121.6</v>
       </c>
       <c r="J171" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="K171" t="s">
         <v>73</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171">
         <v>12645745871</v>
       </c>
       <c r="Q171" t="s">
-        <v>1719</v>
+        <v>1697</v>
       </c>
       <c r="R171" t="s">
         <v>76</v>
       </c>
       <c r="S171" t="s">
         <v>76</v>
       </c>
       <c r="T171" t="s">
         <v>174</v>
       </c>
       <c r="U171" t="s">
-        <v>1720</v>
+        <v>1698</v>
       </c>
       <c r="V171">
         <v>573148</v>
       </c>
       <c r="W171" t="s">
         <v>76</v>
       </c>
       <c r="X171">
         <v>496.65</v>
       </c>
       <c r="Y171">
         <v>1</v>
       </c>
       <c r="Z171" t="s">
         <v>76</v>
       </c>
       <c r="AA171" t="s">
         <v>66</v>
       </c>
       <c r="AB171" t="s">
         <v>78</v>
       </c>
       <c r="AC171" t="s">
-        <v>1721</v>
+        <v>1699</v>
       </c>
       <c r="AD171">
         <v>12645745871</v>
       </c>
       <c r="AE171" t="s">
-        <v>1723</v>
+        <v>1701</v>
       </c>
       <c r="AF171" t="s">
-        <v>1723</v>
+        <v>1701</v>
       </c>
       <c r="AG171" t="s">
         <v>76</v>
       </c>
       <c r="AH171" t="s">
-        <v>1724</v>
+        <v>1702</v>
       </c>
       <c r="AI171"/>
       <c r="AJ171" t="s">
-        <v>1725</v>
+        <v>1703</v>
       </c>
       <c r="AK171" t="s">
         <v>70</v>
       </c>
       <c r="AL171" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="AM171" t="s">
         <v>82</v>
       </c>
       <c r="AN171" t="s">
-        <v>1722</v>
+        <v>1700</v>
       </c>
       <c r="AO171">
         <v>121.6</v>
       </c>
       <c r="AP171" t="s">
-        <v>1726</v>
+        <v>1704</v>
       </c>
       <c r="AQ171" t="s">
         <v>73</v>
       </c>
       <c r="AR171" t="s">
         <v>84</v>
       </c>
       <c r="AS171">
         <v>276860464400</v>
       </c>
       <c r="AT171" t="s">
         <v>76</v>
       </c>
       <c r="AU171"/>
       <c r="AV171"/>
       <c r="AW171"/>
       <c r="AX171" t="s">
         <v>85</v>
       </c>
       <c r="AY171"/>
       <c r="AZ171" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA171" t="s">
         <v>86</v>
       </c>
       <c r="BB171" t="s">
-        <v>1719</v>
+        <v>1697</v>
       </c>
       <c r="BC171" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="BD171" t="s">
-        <v>1727</v>
+        <v>1705</v>
       </c>
       <c r="BE171" t="s">
-        <v>1728</v>
+        <v>1706</v>
       </c>
       <c r="BF171" t="s">
         <v>76</v>
       </c>
       <c r="BG171" t="s">
         <v>76</v>
       </c>
       <c r="BH171">
-        <v>507</v>
+        <v>553</v>
       </c>
       <c r="BI171" t="s">
         <v>89</v>
       </c>
       <c r="BJ171"/>
       <c r="BK171"/>
       <c r="BL171"/>
       <c r="BM171" t="s">
         <v>76</v>
       </c>
       <c r="BN171" t="s">
-        <v>1729</v>
+        <v>1707</v>
       </c>
       <c r="BO171">
         <v>0</v>
       </c>
       <c r="BP171" t="s">
         <v>73</v>
       </c>
       <c r="BQ171" t="s">
         <v>76</v>
       </c>
       <c r="BR171">
         <v>496.65</v>
       </c>
       <c r="BS171"/>
     </row>
     <row r="172" spans="1:71">
       <c r="A172" t="s">
         <v>66</v>
       </c>
       <c r="B172" t="s">
-        <v>1730</v>
+        <v>1708</v>
       </c>
       <c r="C172" t="s">
-        <v>1731</v>
+        <v>1709</v>
       </c>
       <c r="D172">
         <v>572866</v>
       </c>
       <c r="E172">
         <v>308.7</v>
       </c>
       <c r="F172" t="s">
-        <v>1732</v>
+        <v>1710</v>
       </c>
       <c r="G172" t="s">
         <v>70</v>
       </c>
       <c r="H172" t="s">
-        <v>1733</v>
+        <v>1711</v>
       </c>
       <c r="I172">
         <v>79.99</v>
       </c>
       <c r="J172" t="s">
-        <v>1734</v>
+        <v>1712</v>
       </c>
       <c r="K172" t="s">
         <v>73</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172">
         <v>3763799598</v>
       </c>
       <c r="Q172" t="s">
-        <v>1730</v>
+        <v>1708</v>
       </c>
       <c r="R172" t="s">
         <v>76</v>
       </c>
       <c r="S172" t="s">
         <v>76</v>
       </c>
       <c r="T172" t="s">
         <v>174</v>
       </c>
       <c r="U172" t="s">
-        <v>1731</v>
+        <v>1709</v>
       </c>
       <c r="V172">
         <v>572866</v>
       </c>
       <c r="W172" t="s">
         <v>76</v>
       </c>
       <c r="X172">
         <v>308.7</v>
       </c>
       <c r="Y172">
         <v>1</v>
       </c>
       <c r="Z172" t="s">
         <v>76</v>
       </c>
       <c r="AA172" t="s">
         <v>66</v>
       </c>
       <c r="AB172" t="s">
         <v>78</v>
       </c>
       <c r="AC172" t="s">
-        <v>1732</v>
+        <v>1710</v>
       </c>
       <c r="AD172">
         <v>3763799598</v>
       </c>
       <c r="AE172" t="s">
-        <v>1735</v>
+        <v>1713</v>
       </c>
       <c r="AF172" t="s">
-        <v>1735</v>
+        <v>1713</v>
       </c>
       <c r="AG172" t="s">
         <v>76</v>
       </c>
       <c r="AH172" t="s">
-        <v>1736</v>
+        <v>1714</v>
       </c>
       <c r="AI172"/>
       <c r="AJ172" t="s">
-        <v>1737</v>
+        <v>1715</v>
       </c>
       <c r="AK172" t="s">
         <v>70</v>
       </c>
       <c r="AL172" t="s">
-        <v>1734</v>
+        <v>1712</v>
       </c>
       <c r="AM172" t="s">
         <v>82</v>
       </c>
       <c r="AN172" t="s">
-        <v>1733</v>
+        <v>1711</v>
       </c>
       <c r="AO172">
         <v>79.99</v>
       </c>
       <c r="AP172" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="AQ172" t="s">
         <v>73</v>
       </c>
       <c r="AR172" t="s">
         <v>84</v>
       </c>
       <c r="AS172">
         <v>276859732281</v>
       </c>
       <c r="AT172" t="s">
         <v>76</v>
       </c>
       <c r="AU172"/>
       <c r="AV172"/>
       <c r="AW172"/>
       <c r="AX172" t="s">
         <v>85</v>
       </c>
       <c r="AY172"/>
       <c r="AZ172" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA172" t="s">
         <v>86</v>
       </c>
       <c r="BB172" t="s">
-        <v>1730</v>
+        <v>1708</v>
       </c>
       <c r="BC172" t="s">
-        <v>1734</v>
+        <v>1712</v>
       </c>
       <c r="BD172" t="s">
-        <v>1738</v>
+        <v>1716</v>
       </c>
       <c r="BE172" t="s">
-        <v>1739</v>
+        <v>1717</v>
       </c>
       <c r="BF172" t="s">
         <v>76</v>
       </c>
       <c r="BG172" t="s">
         <v>76</v>
       </c>
       <c r="BH172">
-        <v>510</v>
+        <v>556</v>
       </c>
       <c r="BI172" t="s">
         <v>89</v>
       </c>
       <c r="BJ172"/>
       <c r="BK172"/>
       <c r="BL172"/>
       <c r="BM172" t="s">
         <v>76</v>
       </c>
       <c r="BN172" t="s">
-        <v>1740</v>
+        <v>1718</v>
       </c>
       <c r="BO172">
         <v>0</v>
       </c>
       <c r="BP172" t="s">
         <v>73</v>
       </c>
       <c r="BQ172" t="s">
         <v>76</v>
       </c>
       <c r="BR172">
         <v>308.7</v>
       </c>
       <c r="BS172"/>
     </row>
     <row r="173" spans="1:71">
       <c r="A173" t="s">
         <v>66</v>
       </c>
       <c r="B173" t="s">
-        <v>1741</v>
+        <v>1719</v>
       </c>
       <c r="C173" t="s">
-        <v>1742</v>
+        <v>1720</v>
       </c>
       <c r="D173">
         <v>572865</v>
       </c>
       <c r="E173">
         <v>308.7</v>
       </c>
       <c r="F173" t="s">
-        <v>1743</v>
+        <v>1721</v>
       </c>
       <c r="G173" t="s">
         <v>70</v>
       </c>
       <c r="H173" t="s">
-        <v>1744</v>
+        <v>1722</v>
       </c>
       <c r="I173">
         <v>80</v>
       </c>
       <c r="J173" t="s">
-        <v>1734</v>
+        <v>1712</v>
       </c>
       <c r="K173" t="s">
         <v>73</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173">
         <v>9433345373</v>
       </c>
       <c r="Q173" t="s">
-        <v>1741</v>
+        <v>1719</v>
       </c>
       <c r="R173" t="s">
         <v>76</v>
       </c>
       <c r="S173" t="s">
         <v>76</v>
       </c>
       <c r="T173" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U173" t="s">
-        <v>1742</v>
+        <v>1720</v>
       </c>
       <c r="V173">
         <v>572865</v>
       </c>
       <c r="W173" t="s">
         <v>76</v>
       </c>
       <c r="X173">
         <v>308.7</v>
       </c>
       <c r="Y173">
         <v>1</v>
       </c>
       <c r="Z173" t="s">
         <v>76</v>
       </c>
       <c r="AA173" t="s">
         <v>66</v>
       </c>
       <c r="AB173" t="s">
         <v>78</v>
       </c>
       <c r="AC173" t="s">
-        <v>1743</v>
+        <v>1721</v>
       </c>
       <c r="AD173">
         <v>9433345373</v>
       </c>
       <c r="AE173" t="s">
-        <v>1745</v>
+        <v>1723</v>
       </c>
       <c r="AF173" t="s">
-        <v>1745</v>
+        <v>1723</v>
       </c>
       <c r="AG173" t="s">
         <v>76</v>
       </c>
       <c r="AH173" t="s">
-        <v>1746</v>
+        <v>1724</v>
       </c>
       <c r="AI173"/>
       <c r="AJ173" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="AK173" t="s">
         <v>70</v>
       </c>
       <c r="AL173" t="s">
-        <v>1734</v>
+        <v>1712</v>
       </c>
       <c r="AM173" t="s">
         <v>82</v>
       </c>
       <c r="AN173" t="s">
-        <v>1744</v>
+        <v>1722</v>
       </c>
       <c r="AO173">
         <v>80</v>
       </c>
       <c r="AP173" t="s">
-        <v>1747</v>
+        <v>1725</v>
       </c>
       <c r="AQ173" t="s">
         <v>73</v>
       </c>
       <c r="AR173" t="s">
         <v>84</v>
       </c>
       <c r="AS173">
         <v>276860271852</v>
       </c>
       <c r="AT173" t="s">
         <v>76</v>
       </c>
       <c r="AU173"/>
       <c r="AV173"/>
       <c r="AW173"/>
       <c r="AX173" t="s">
         <v>85</v>
       </c>
       <c r="AY173"/>
       <c r="AZ173" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA173" t="s">
         <v>86</v>
       </c>
       <c r="BB173" t="s">
-        <v>1741</v>
+        <v>1719</v>
       </c>
       <c r="BC173" t="s">
-        <v>1734</v>
+        <v>1712</v>
       </c>
       <c r="BD173" t="s">
-        <v>1748</v>
+        <v>1726</v>
       </c>
       <c r="BE173" t="s">
-        <v>1749</v>
+        <v>1727</v>
       </c>
       <c r="BF173" t="s">
         <v>76</v>
       </c>
       <c r="BG173" t="s">
         <v>76</v>
       </c>
       <c r="BH173">
-        <v>510</v>
+        <v>556</v>
       </c>
       <c r="BI173" t="s">
         <v>89</v>
       </c>
       <c r="BJ173"/>
       <c r="BK173"/>
       <c r="BL173"/>
       <c r="BM173" t="s">
         <v>76</v>
       </c>
       <c r="BN173" t="s">
-        <v>1750</v>
+        <v>1728</v>
       </c>
       <c r="BO173">
         <v>0</v>
       </c>
       <c r="BP173" t="s">
         <v>73</v>
       </c>
       <c r="BQ173" t="s">
         <v>76</v>
       </c>
       <c r="BR173">
         <v>308.7</v>
       </c>
       <c r="BS173"/>
     </row>
     <row r="174" spans="1:71">
       <c r="A174" t="s">
         <v>66</v>
       </c>
       <c r="B174" t="s">
-        <v>1751</v>
+        <v>1729</v>
       </c>
       <c r="C174" t="s">
-        <v>1752</v>
+        <v>1730</v>
       </c>
       <c r="D174">
         <v>572743</v>
       </c>
       <c r="E174">
         <v>598.5</v>
       </c>
       <c r="F174" t="s">
-        <v>1753</v>
+        <v>1731</v>
       </c>
       <c r="G174" t="s">
         <v>70</v>
       </c>
       <c r="H174" t="s">
-        <v>1754</v>
+        <v>1732</v>
       </c>
       <c r="I174">
         <v>204</v>
       </c>
       <c r="J174" t="s">
-        <v>1755</v>
+        <v>1733</v>
       </c>
       <c r="K174" t="s">
         <v>73</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174">
         <v>10319752044</v>
       </c>
       <c r="Q174" t="s">
-        <v>1751</v>
+        <v>1729</v>
       </c>
       <c r="R174" t="s">
         <v>76</v>
       </c>
       <c r="S174" t="s">
         <v>76</v>
       </c>
       <c r="T174" t="s">
         <v>174</v>
       </c>
       <c r="U174" t="s">
-        <v>1752</v>
+        <v>1730</v>
       </c>
       <c r="V174">
         <v>572743</v>
       </c>
       <c r="W174" t="s">
         <v>76</v>
       </c>
       <c r="X174">
         <v>598.5</v>
       </c>
       <c r="Y174">
         <v>1</v>
       </c>
       <c r="Z174" t="s">
         <v>76</v>
       </c>
       <c r="AA174" t="s">
         <v>66</v>
       </c>
       <c r="AB174" t="s">
         <v>78</v>
       </c>
       <c r="AC174" t="s">
-        <v>1753</v>
+        <v>1731</v>
       </c>
       <c r="AD174">
         <v>10319752044</v>
       </c>
       <c r="AE174" t="s">
-        <v>1756</v>
+        <v>1734</v>
       </c>
       <c r="AF174" t="s">
-        <v>1756</v>
+        <v>1734</v>
       </c>
       <c r="AG174" t="s">
         <v>76</v>
       </c>
       <c r="AH174" t="s">
-        <v>1757</v>
+        <v>1735</v>
       </c>
       <c r="AI174"/>
       <c r="AJ174" t="s">
-        <v>1758</v>
+        <v>1736</v>
       </c>
       <c r="AK174" t="s">
         <v>70</v>
       </c>
       <c r="AL174" t="s">
-        <v>1755</v>
+        <v>1733</v>
       </c>
       <c r="AM174" t="s">
         <v>82</v>
       </c>
       <c r="AN174" t="s">
-        <v>1754</v>
+        <v>1732</v>
       </c>
       <c r="AO174">
         <v>204</v>
       </c>
       <c r="AP174" t="s">
-        <v>1759</v>
+        <v>1737</v>
       </c>
       <c r="AQ174" t="s">
         <v>73</v>
       </c>
       <c r="AR174" t="s">
         <v>84</v>
       </c>
       <c r="AS174">
         <v>276860355620</v>
       </c>
       <c r="AT174" t="s">
         <v>76</v>
       </c>
       <c r="AU174"/>
       <c r="AV174"/>
       <c r="AW174"/>
       <c r="AX174" t="s">
         <v>85</v>
       </c>
       <c r="AY174"/>
       <c r="AZ174" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA174" t="s">
         <v>86</v>
       </c>
       <c r="BB174" t="s">
-        <v>1751</v>
+        <v>1729</v>
       </c>
       <c r="BC174" t="s">
-        <v>1755</v>
+        <v>1733</v>
       </c>
       <c r="BD174" t="s">
-        <v>1760</v>
+        <v>1738</v>
       </c>
       <c r="BE174" t="s">
-        <v>1761</v>
+        <v>1739</v>
       </c>
       <c r="BF174" t="s">
         <v>76</v>
       </c>
       <c r="BG174" t="s">
         <v>76</v>
       </c>
       <c r="BH174">
-        <v>514</v>
+        <v>560</v>
       </c>
       <c r="BI174" t="s">
         <v>89</v>
       </c>
       <c r="BJ174"/>
       <c r="BK174"/>
       <c r="BL174"/>
       <c r="BM174" t="s">
         <v>76</v>
       </c>
       <c r="BN174" t="s">
-        <v>1762</v>
+        <v>1740</v>
       </c>
       <c r="BO174">
         <v>0</v>
       </c>
       <c r="BP174" t="s">
         <v>73</v>
       </c>
       <c r="BQ174" t="s">
         <v>76</v>
       </c>
       <c r="BR174">
         <v>598.5</v>
       </c>
       <c r="BS174"/>
     </row>
     <row r="175" spans="1:71">
       <c r="A175" t="s">
         <v>66</v>
       </c>
       <c r="B175" t="s">
-        <v>1763</v>
+        <v>1741</v>
       </c>
       <c r="C175" t="s">
-        <v>1764</v>
+        <v>1742</v>
       </c>
       <c r="D175">
         <v>572575</v>
       </c>
       <c r="E175">
         <v>393.75</v>
       </c>
       <c r="F175" t="s">
-        <v>1765</v>
+        <v>1743</v>
       </c>
       <c r="G175" t="s">
         <v>70</v>
       </c>
       <c r="H175" t="s">
-        <v>1766</v>
+        <v>1744</v>
       </c>
       <c r="I175">
         <v>115.2</v>
       </c>
       <c r="J175" t="s">
-        <v>1767</v>
+        <v>1745</v>
       </c>
       <c r="K175" t="s">
         <v>73</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175">
         <v>673426215</v>
       </c>
       <c r="Q175" t="s">
-        <v>1763</v>
+        <v>1741</v>
       </c>
       <c r="R175" t="s">
         <v>76</v>
       </c>
       <c r="S175" t="s">
         <v>76</v>
       </c>
       <c r="T175" t="s">
         <v>174</v>
       </c>
       <c r="U175" t="s">
-        <v>1764</v>
+        <v>1742</v>
       </c>
       <c r="V175">
         <v>572575</v>
       </c>
       <c r="W175" t="s">
         <v>76</v>
       </c>
       <c r="X175">
         <v>393.75</v>
       </c>
       <c r="Y175">
         <v>1</v>
       </c>
       <c r="Z175" t="s">
         <v>76</v>
       </c>
       <c r="AA175" t="s">
         <v>66</v>
       </c>
       <c r="AB175" t="s">
         <v>78</v>
       </c>
       <c r="AC175" t="s">
-        <v>1765</v>
+        <v>1743</v>
       </c>
       <c r="AD175">
         <v>673426215</v>
       </c>
       <c r="AE175">
         <v>5556467443</v>
       </c>
       <c r="AF175">
         <v>5556467443</v>
       </c>
       <c r="AG175" t="s">
         <v>76</v>
       </c>
       <c r="AH175" t="s">
-        <v>1768</v>
+        <v>1746</v>
       </c>
       <c r="AI175"/>
       <c r="AJ175" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="AK175" t="s">
         <v>70</v>
       </c>
       <c r="AL175" t="s">
-        <v>1767</v>
+        <v>1745</v>
       </c>
       <c r="AM175" t="s">
         <v>82</v>
       </c>
       <c r="AN175" t="s">
-        <v>1766</v>
+        <v>1744</v>
       </c>
       <c r="AO175">
         <v>115.2</v>
       </c>
       <c r="AP175" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ175" t="s">
         <v>73</v>
       </c>
       <c r="AR175" t="s">
         <v>84</v>
       </c>
       <c r="AS175">
         <v>276393660041</v>
       </c>
       <c r="AT175" t="s">
         <v>76</v>
       </c>
       <c r="AU175"/>
       <c r="AV175"/>
       <c r="AW175"/>
       <c r="AX175" t="s">
         <v>85</v>
       </c>
       <c r="AY175"/>
       <c r="AZ175" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA175" t="s">
         <v>86</v>
       </c>
       <c r="BB175" t="s">
-        <v>1763</v>
+        <v>1741</v>
       </c>
       <c r="BC175" t="s">
-        <v>1767</v>
+        <v>1745</v>
       </c>
       <c r="BD175" t="s">
-        <v>1769</v>
+        <v>1747</v>
       </c>
       <c r="BE175" t="s">
-        <v>1770</v>
+        <v>1748</v>
       </c>
       <c r="BF175" t="s">
         <v>76</v>
       </c>
       <c r="BG175" t="s">
         <v>76</v>
       </c>
       <c r="BH175">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="BI175" t="s">
         <v>89</v>
       </c>
       <c r="BJ175"/>
       <c r="BK175"/>
       <c r="BL175"/>
       <c r="BM175" t="s">
         <v>76</v>
       </c>
       <c r="BN175" t="s">
-        <v>1771</v>
+        <v>1749</v>
       </c>
       <c r="BO175">
         <v>0</v>
       </c>
       <c r="BP175" t="s">
         <v>73</v>
       </c>
       <c r="BQ175" t="s">
         <v>76</v>
       </c>
       <c r="BR175">
         <v>393.75</v>
       </c>
       <c r="BS175"/>
     </row>
     <row r="176" spans="1:71">
       <c r="A176" t="s">
         <v>66</v>
       </c>
       <c r="B176" t="s">
-        <v>1772</v>
+        <v>1750</v>
       </c>
       <c r="C176" t="s">
-        <v>1773</v>
+        <v>1751</v>
       </c>
       <c r="D176">
         <v>572539</v>
       </c>
       <c r="E176">
         <v>311.85</v>
       </c>
       <c r="F176" t="s">
-        <v>1774</v>
+        <v>1752</v>
       </c>
       <c r="G176" t="s">
         <v>70</v>
       </c>
       <c r="H176" t="s">
-        <v>1775</v>
+        <v>1753</v>
       </c>
       <c r="I176">
         <v>79.99</v>
       </c>
       <c r="J176" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="K176" t="s">
         <v>73</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176">
         <v>16560040472</v>
       </c>
       <c r="Q176" t="s">
-        <v>1772</v>
+        <v>1750</v>
       </c>
       <c r="R176" t="s">
         <v>76</v>
       </c>
       <c r="S176" t="s">
         <v>76</v>
       </c>
       <c r="T176" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U176" t="s">
-        <v>1773</v>
+        <v>1751</v>
       </c>
       <c r="V176">
         <v>572539</v>
       </c>
       <c r="W176" t="s">
         <v>76</v>
       </c>
       <c r="X176">
         <v>311.85</v>
       </c>
       <c r="Y176">
         <v>1</v>
       </c>
       <c r="Z176" t="s">
         <v>76</v>
       </c>
       <c r="AA176" t="s">
         <v>66</v>
       </c>
       <c r="AB176" t="s">
         <v>78</v>
       </c>
       <c r="AC176" t="s">
-        <v>1774</v>
+        <v>1752</v>
       </c>
       <c r="AD176">
         <v>16560040472</v>
       </c>
       <c r="AE176">
         <v>3336481700</v>
       </c>
       <c r="AF176">
         <v>3336481700</v>
       </c>
       <c r="AG176" t="s">
         <v>76</v>
       </c>
       <c r="AH176" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="AI176"/>
       <c r="AJ176" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="AK176" t="s">
         <v>70</v>
       </c>
       <c r="AL176" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="AM176" t="s">
         <v>82</v>
       </c>
       <c r="AN176" t="s">
-        <v>1775</v>
+        <v>1753</v>
       </c>
       <c r="AO176">
         <v>79.99</v>
       </c>
       <c r="AP176" t="s">
-        <v>1045</v>
+        <v>1024</v>
       </c>
       <c r="AQ176" t="s">
         <v>73</v>
       </c>
       <c r="AR176" t="s">
         <v>84</v>
       </c>
       <c r="AS176">
         <v>276342084030</v>
       </c>
       <c r="AT176" t="s">
         <v>76</v>
       </c>
       <c r="AU176"/>
       <c r="AV176"/>
       <c r="AW176"/>
       <c r="AX176" t="s">
         <v>85</v>
       </c>
       <c r="AY176"/>
       <c r="AZ176" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA176" t="s">
         <v>86</v>
       </c>
       <c r="BB176" t="s">
-        <v>1772</v>
+        <v>1750</v>
       </c>
       <c r="BC176" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="BD176" t="s">
-        <v>1777</v>
+        <v>1755</v>
       </c>
       <c r="BE176" t="s">
-        <v>1778</v>
+        <v>1756</v>
       </c>
       <c r="BF176" t="s">
         <v>76</v>
       </c>
       <c r="BG176" t="s">
         <v>76</v>
       </c>
       <c r="BH176">
-        <v>518</v>
+        <v>564</v>
       </c>
       <c r="BI176" t="s">
         <v>89</v>
       </c>
       <c r="BJ176"/>
       <c r="BK176"/>
       <c r="BL176"/>
       <c r="BM176" t="s">
         <v>76</v>
       </c>
       <c r="BN176" t="s">
-        <v>1779</v>
+        <v>1757</v>
       </c>
       <c r="BO176">
         <v>0</v>
       </c>
       <c r="BP176" t="s">
         <v>73</v>
       </c>
       <c r="BQ176" t="s">
         <v>76</v>
       </c>
       <c r="BR176">
         <v>311.85</v>
       </c>
       <c r="BS176"/>
     </row>
     <row r="177" spans="1:71">
       <c r="A177" t="s">
         <v>66</v>
       </c>
       <c r="B177" t="s">
-        <v>1780</v>
+        <v>1758</v>
       </c>
       <c r="C177" t="s">
-        <v>1781</v>
+        <v>1759</v>
       </c>
       <c r="D177">
         <v>572538</v>
       </c>
       <c r="E177">
         <v>308.7</v>
       </c>
       <c r="F177" t="s">
-        <v>1782</v>
+        <v>1760</v>
       </c>
       <c r="G177" t="s">
         <v>70</v>
       </c>
       <c r="H177" t="s">
-        <v>1783</v>
+        <v>1761</v>
       </c>
       <c r="I177">
         <v>79</v>
       </c>
       <c r="J177" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="K177" t="s">
         <v>73</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177">
         <v>12661752139</v>
       </c>
       <c r="Q177" t="s">
-        <v>1780</v>
+        <v>1758</v>
       </c>
       <c r="R177" t="s">
         <v>76</v>
       </c>
       <c r="S177" t="s">
         <v>76</v>
       </c>
       <c r="T177" t="s">
         <v>174</v>
       </c>
       <c r="U177" t="s">
-        <v>1781</v>
+        <v>1759</v>
       </c>
       <c r="V177">
         <v>572538</v>
       </c>
       <c r="W177" t="s">
         <v>76</v>
       </c>
       <c r="X177">
         <v>308.7</v>
       </c>
       <c r="Y177">
         <v>1</v>
       </c>
       <c r="Z177" t="s">
         <v>76</v>
       </c>
       <c r="AA177" t="s">
         <v>66</v>
       </c>
       <c r="AB177" t="s">
         <v>78</v>
       </c>
       <c r="AC177" t="s">
-        <v>1782</v>
+        <v>1760</v>
       </c>
       <c r="AD177">
         <v>12661752139</v>
       </c>
       <c r="AE177" t="s">
-        <v>1784</v>
+        <v>1762</v>
       </c>
       <c r="AF177" t="s">
-        <v>1784</v>
+        <v>1762</v>
       </c>
       <c r="AG177" t="s">
         <v>76</v>
       </c>
       <c r="AH177" t="s">
-        <v>1785</v>
+        <v>1763</v>
       </c>
       <c r="AI177"/>
       <c r="AJ177" t="s">
-        <v>1786</v>
+        <v>1764</v>
       </c>
       <c r="AK177" t="s">
         <v>70</v>
       </c>
       <c r="AL177" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="AM177" t="s">
         <v>82</v>
       </c>
       <c r="AN177" t="s">
-        <v>1783</v>
+        <v>1761</v>
       </c>
       <c r="AO177">
         <v>79</v>
       </c>
       <c r="AP177" t="s">
-        <v>1787</v>
+        <v>1765</v>
       </c>
       <c r="AQ177" t="s">
         <v>73</v>
       </c>
       <c r="AR177" t="s">
         <v>84</v>
       </c>
       <c r="AS177">
         <v>276344749280</v>
       </c>
       <c r="AT177" t="s">
         <v>76</v>
       </c>
       <c r="AU177"/>
       <c r="AV177"/>
       <c r="AW177"/>
       <c r="AX177" t="s">
         <v>85</v>
       </c>
       <c r="AY177"/>
       <c r="AZ177" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA177" t="s">
         <v>86</v>
       </c>
       <c r="BB177" t="s">
-        <v>1780</v>
+        <v>1758</v>
       </c>
       <c r="BC177" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="BD177" t="s">
-        <v>1788</v>
+        <v>1766</v>
       </c>
       <c r="BE177" t="s">
-        <v>1789</v>
+        <v>1767</v>
       </c>
       <c r="BF177" t="s">
         <v>76</v>
       </c>
       <c r="BG177" t="s">
         <v>76</v>
       </c>
       <c r="BH177">
-        <v>518</v>
+        <v>564</v>
       </c>
       <c r="BI177" t="s">
         <v>89</v>
       </c>
       <c r="BJ177"/>
       <c r="BK177"/>
       <c r="BL177"/>
       <c r="BM177" t="s">
         <v>76</v>
       </c>
       <c r="BN177" t="s">
-        <v>1790</v>
+        <v>1768</v>
       </c>
       <c r="BO177">
         <v>0</v>
       </c>
       <c r="BP177" t="s">
         <v>73</v>
       </c>
       <c r="BQ177" t="s">
         <v>76</v>
       </c>
       <c r="BR177">
         <v>308.7</v>
       </c>
       <c r="BS177"/>
     </row>
     <row r="178" spans="1:71">
       <c r="A178" t="s">
         <v>66</v>
       </c>
       <c r="B178" t="s">
-        <v>1791</v>
+        <v>1769</v>
       </c>
       <c r="C178" t="s">
-        <v>1792</v>
+        <v>1770</v>
       </c>
       <c r="D178">
         <v>572537</v>
       </c>
       <c r="E178">
         <v>254.1</v>
       </c>
       <c r="F178" t="s">
-        <v>1793</v>
+        <v>1771</v>
       </c>
       <c r="G178" t="s">
         <v>70</v>
       </c>
       <c r="H178" t="s">
-        <v>1794</v>
+        <v>1772</v>
       </c>
       <c r="I178">
         <v>55.2</v>
       </c>
       <c r="J178" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="K178" t="s">
         <v>73</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178">
         <v>9501295197</v>
       </c>
       <c r="Q178" t="s">
-        <v>1791</v>
+        <v>1769</v>
       </c>
       <c r="R178" t="s">
         <v>76</v>
       </c>
       <c r="S178" t="s">
         <v>76</v>
       </c>
       <c r="T178" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U178" t="s">
-        <v>1792</v>
+        <v>1770</v>
       </c>
       <c r="V178">
         <v>572537</v>
       </c>
       <c r="W178" t="s">
         <v>76</v>
       </c>
       <c r="X178">
         <v>254.1</v>
       </c>
       <c r="Y178">
         <v>1</v>
       </c>
       <c r="Z178" t="s">
         <v>76</v>
       </c>
       <c r="AA178" t="s">
         <v>66</v>
       </c>
       <c r="AB178" t="s">
         <v>78</v>
       </c>
       <c r="AC178" t="s">
-        <v>1793</v>
+        <v>1771</v>
       </c>
       <c r="AD178">
         <v>9501295197</v>
       </c>
       <c r="AE178" t="s">
-        <v>1795</v>
+        <v>1773</v>
       </c>
       <c r="AF178" t="s">
-        <v>1795</v>
+        <v>1773</v>
       </c>
       <c r="AG178" t="s">
         <v>76</v>
       </c>
       <c r="AH178" t="s">
-        <v>1796</v>
+        <v>1774</v>
       </c>
       <c r="AI178"/>
       <c r="AJ178" t="s">
-        <v>1797</v>
+        <v>1775</v>
       </c>
       <c r="AK178" t="s">
         <v>70</v>
       </c>
       <c r="AL178" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="AM178" t="s">
         <v>82</v>
       </c>
       <c r="AN178" t="s">
-        <v>1794</v>
+        <v>1772</v>
       </c>
       <c r="AO178">
         <v>55.2</v>
       </c>
       <c r="AP178" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="AQ178" t="s">
         <v>73</v>
       </c>
       <c r="AR178" t="s">
         <v>84</v>
       </c>
       <c r="AS178">
         <v>276342252887</v>
       </c>
       <c r="AT178" t="s">
         <v>76</v>
       </c>
       <c r="AU178"/>
       <c r="AV178"/>
       <c r="AW178"/>
       <c r="AX178" t="s">
         <v>85</v>
       </c>
       <c r="AY178"/>
       <c r="AZ178" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA178" t="s">
         <v>86</v>
       </c>
       <c r="BB178" t="s">
-        <v>1791</v>
+        <v>1769</v>
       </c>
       <c r="BC178" t="s">
+        <v>1754</v>
+      </c>
+      <c r="BD178" t="s">
         <v>1776</v>
       </c>
-      <c r="BD178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE178" t="s">
-        <v>1799</v>
+        <v>1777</v>
       </c>
       <c r="BF178" t="s">
         <v>76</v>
       </c>
       <c r="BG178" t="s">
         <v>76</v>
       </c>
       <c r="BH178">
-        <v>519</v>
+        <v>565</v>
       </c>
       <c r="BI178" t="s">
         <v>89</v>
       </c>
       <c r="BJ178"/>
       <c r="BK178"/>
       <c r="BL178"/>
       <c r="BM178" t="s">
         <v>76</v>
       </c>
       <c r="BN178" t="s">
-        <v>1800</v>
+        <v>1778</v>
       </c>
       <c r="BO178">
         <v>0</v>
       </c>
       <c r="BP178" t="s">
         <v>73</v>
       </c>
       <c r="BQ178" t="s">
         <v>76</v>
       </c>
       <c r="BR178">
         <v>254.1</v>
       </c>
       <c r="BS178"/>
     </row>
     <row r="179" spans="1:71">
       <c r="A179" t="s">
         <v>66</v>
       </c>
       <c r="B179" t="s">
-        <v>1801</v>
+        <v>1779</v>
       </c>
       <c r="C179" t="s">
-        <v>1802</v>
+        <v>1780</v>
       </c>
       <c r="D179">
         <v>572378</v>
       </c>
       <c r="E179">
         <v>301.69</v>
       </c>
       <c r="F179" t="s">
-        <v>1803</v>
+        <v>1781</v>
       </c>
       <c r="G179" t="s">
         <v>70</v>
       </c>
       <c r="H179" t="s">
-        <v>1804</v>
+        <v>1782</v>
       </c>
       <c r="I179">
         <v>79.99</v>
       </c>
       <c r="J179" t="s">
-        <v>1805</v>
+        <v>1783</v>
       </c>
       <c r="K179" t="s">
         <v>73</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179">
         <v>14423364765</v>
       </c>
       <c r="Q179" t="s">
-        <v>1801</v>
+        <v>1779</v>
       </c>
       <c r="R179" t="s">
         <v>76</v>
       </c>
       <c r="S179" t="s">
         <v>76</v>
       </c>
       <c r="T179" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U179" t="s">
-        <v>1802</v>
+        <v>1780</v>
       </c>
       <c r="V179">
         <v>572378</v>
       </c>
       <c r="W179" t="s">
         <v>76</v>
       </c>
       <c r="X179">
         <v>301.69</v>
       </c>
       <c r="Y179">
         <v>1</v>
       </c>
       <c r="Z179" t="s">
         <v>76</v>
       </c>
       <c r="AA179" t="s">
         <v>66</v>
       </c>
       <c r="AB179" t="s">
         <v>78</v>
       </c>
       <c r="AC179" t="s">
-        <v>1803</v>
+        <v>1781</v>
       </c>
       <c r="AD179">
         <v>14423364765</v>
       </c>
       <c r="AE179" t="s">
-        <v>1806</v>
+        <v>1784</v>
       </c>
       <c r="AF179" t="s">
-        <v>1806</v>
+        <v>1784</v>
       </c>
       <c r="AG179" t="s">
         <v>76</v>
       </c>
       <c r="AH179" t="s">
-        <v>1807</v>
+        <v>1785</v>
       </c>
       <c r="AI179"/>
       <c r="AJ179" t="s">
-        <v>1808</v>
+        <v>1786</v>
       </c>
       <c r="AK179" t="s">
         <v>70</v>
       </c>
       <c r="AL179" t="s">
-        <v>1805</v>
+        <v>1783</v>
       </c>
       <c r="AM179" t="s">
         <v>82</v>
       </c>
       <c r="AN179" t="s">
-        <v>1804</v>
+        <v>1782</v>
       </c>
       <c r="AO179">
         <v>79.99</v>
       </c>
       <c r="AP179" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ179" t="s">
         <v>73</v>
       </c>
       <c r="AR179" t="s">
         <v>84</v>
       </c>
       <c r="AS179">
         <v>276158428940</v>
       </c>
       <c r="AT179" t="s">
         <v>76</v>
       </c>
       <c r="AU179"/>
       <c r="AV179"/>
       <c r="AW179"/>
       <c r="AX179" t="s">
         <v>85</v>
       </c>
       <c r="AY179"/>
       <c r="AZ179" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA179" t="s">
         <v>86</v>
       </c>
       <c r="BB179" t="s">
-        <v>1801</v>
+        <v>1779</v>
       </c>
       <c r="BC179" t="s">
-        <v>1805</v>
+        <v>1783</v>
       </c>
       <c r="BD179" t="s">
-        <v>1809</v>
+        <v>1787</v>
       </c>
       <c r="BE179" t="s">
-        <v>1810</v>
+        <v>1788</v>
       </c>
       <c r="BF179" t="s">
         <v>76</v>
       </c>
       <c r="BG179" t="s">
         <v>76</v>
       </c>
       <c r="BH179">
-        <v>524</v>
+        <v>570</v>
       </c>
       <c r="BI179" t="s">
         <v>89</v>
       </c>
       <c r="BJ179"/>
       <c r="BK179"/>
       <c r="BL179"/>
       <c r="BM179" t="s">
         <v>76</v>
       </c>
       <c r="BN179" t="s">
-        <v>1811</v>
+        <v>1789</v>
       </c>
       <c r="BO179">
         <v>0</v>
       </c>
       <c r="BP179" t="s">
         <v>73</v>
       </c>
       <c r="BQ179" t="s">
         <v>76</v>
       </c>
       <c r="BR179">
         <v>301.69</v>
       </c>
       <c r="BS179"/>
     </row>
     <row r="180" spans="1:71">
       <c r="A180" t="s">
         <v>66</v>
       </c>
       <c r="B180" t="s">
-        <v>1812</v>
+        <v>1790</v>
       </c>
       <c r="C180" t="s">
-        <v>1813</v>
+        <v>1791</v>
       </c>
       <c r="D180">
         <v>572315</v>
       </c>
       <c r="E180">
         <v>299.66</v>
       </c>
       <c r="F180" t="s">
-        <v>1814</v>
+        <v>1792</v>
       </c>
       <c r="G180" t="s">
         <v>70</v>
       </c>
       <c r="H180" t="s">
-        <v>1815</v>
+        <v>1793</v>
       </c>
       <c r="I180">
         <v>79.2</v>
       </c>
       <c r="J180" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="K180" t="s">
         <v>73</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180">
         <v>3753943420</v>
       </c>
       <c r="Q180" t="s">
-        <v>1812</v>
+        <v>1790</v>
       </c>
       <c r="R180" t="s">
         <v>76</v>
       </c>
       <c r="S180" t="s">
         <v>76</v>
       </c>
       <c r="T180" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U180" t="s">
-        <v>1813</v>
+        <v>1791</v>
       </c>
       <c r="V180">
         <v>572315</v>
       </c>
       <c r="W180" t="s">
         <v>76</v>
       </c>
       <c r="X180">
         <v>299.66</v>
       </c>
       <c r="Y180">
         <v>1</v>
       </c>
       <c r="Z180" t="s">
         <v>76</v>
       </c>
       <c r="AA180" t="s">
         <v>66</v>
       </c>
       <c r="AB180" t="s">
         <v>78</v>
       </c>
       <c r="AC180" t="s">
-        <v>1814</v>
+        <v>1792</v>
       </c>
       <c r="AD180">
         <v>3753943420</v>
       </c>
       <c r="AE180" t="s">
-        <v>1817</v>
+        <v>1795</v>
       </c>
       <c r="AF180" t="s">
-        <v>1817</v>
+        <v>1795</v>
       </c>
       <c r="AG180" t="s">
         <v>76</v>
       </c>
       <c r="AH180" t="s">
-        <v>1818</v>
+        <v>1796</v>
       </c>
       <c r="AI180"/>
       <c r="AJ180" t="s">
-        <v>1819</v>
+        <v>1797</v>
       </c>
       <c r="AK180" t="s">
         <v>70</v>
       </c>
       <c r="AL180" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="AM180" t="s">
         <v>82</v>
       </c>
       <c r="AN180" t="s">
-        <v>1815</v>
+        <v>1793</v>
       </c>
       <c r="AO180">
         <v>79.2</v>
       </c>
       <c r="AP180" t="s">
-        <v>1641</v>
+        <v>1619</v>
       </c>
       <c r="AQ180" t="s">
         <v>73</v>
       </c>
       <c r="AR180" t="s">
         <v>84</v>
       </c>
       <c r="AS180">
         <v>276073126844</v>
       </c>
       <c r="AT180" t="s">
         <v>76</v>
       </c>
       <c r="AU180"/>
       <c r="AV180"/>
       <c r="AW180"/>
       <c r="AX180" t="s">
         <v>85</v>
       </c>
       <c r="AY180"/>
       <c r="AZ180" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA180" t="s">
         <v>86</v>
       </c>
       <c r="BB180" t="s">
-        <v>1812</v>
+        <v>1790</v>
       </c>
       <c r="BC180" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="BD180" t="s">
-        <v>1820</v>
+        <v>1798</v>
       </c>
       <c r="BE180" t="s">
-        <v>1821</v>
+        <v>1799</v>
       </c>
       <c r="BF180" t="s">
         <v>76</v>
       </c>
       <c r="BG180" t="s">
         <v>76</v>
       </c>
       <c r="BH180">
-        <v>526</v>
+        <v>572</v>
       </c>
       <c r="BI180" t="s">
         <v>89</v>
       </c>
       <c r="BJ180"/>
       <c r="BK180"/>
       <c r="BL180"/>
       <c r="BM180" t="s">
         <v>76</v>
       </c>
       <c r="BN180" t="s">
-        <v>1822</v>
+        <v>1800</v>
       </c>
       <c r="BO180">
         <v>0</v>
       </c>
       <c r="BP180" t="s">
         <v>73</v>
       </c>
       <c r="BQ180" t="s">
         <v>76</v>
       </c>
       <c r="BR180">
         <v>299.66</v>
       </c>
       <c r="BS180"/>
     </row>
     <row r="181" spans="1:71">
       <c r="A181" t="s">
         <v>66</v>
       </c>
       <c r="B181" t="s">
-        <v>1823</v>
+        <v>1801</v>
       </c>
       <c r="C181" t="s">
-        <v>1824</v>
+        <v>1802</v>
       </c>
       <c r="D181">
         <v>572316</v>
       </c>
       <c r="E181">
         <v>254.96</v>
       </c>
       <c r="F181" t="s">
-        <v>1825</v>
+        <v>1803</v>
       </c>
       <c r="G181" t="s">
         <v>70</v>
       </c>
       <c r="H181" t="s">
-        <v>1826</v>
+        <v>1804</v>
       </c>
       <c r="I181">
         <v>59.4</v>
       </c>
       <c r="J181" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="K181" t="s">
         <v>73</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181">
         <v>21740232097</v>
       </c>
       <c r="Q181" t="s">
-        <v>1823</v>
+        <v>1801</v>
       </c>
       <c r="R181" t="s">
         <v>76</v>
       </c>
       <c r="S181" t="s">
         <v>76</v>
       </c>
       <c r="T181" t="s">
         <v>174</v>
       </c>
       <c r="U181" t="s">
-        <v>1824</v>
+        <v>1802</v>
       </c>
       <c r="V181">
         <v>572316</v>
       </c>
       <c r="W181" t="s">
         <v>76</v>
       </c>
       <c r="X181">
         <v>254.96</v>
       </c>
       <c r="Y181">
         <v>1</v>
       </c>
       <c r="Z181" t="s">
         <v>76</v>
       </c>
       <c r="AA181" t="s">
         <v>66</v>
       </c>
       <c r="AB181" t="s">
         <v>78</v>
       </c>
       <c r="AC181" t="s">
-        <v>1825</v>
+        <v>1803</v>
       </c>
       <c r="AD181">
         <v>21740232097</v>
       </c>
       <c r="AE181" t="s">
-        <v>1827</v>
+        <v>1805</v>
       </c>
       <c r="AF181" t="s">
-        <v>1827</v>
+        <v>1805</v>
       </c>
       <c r="AG181" t="s">
         <v>76</v>
       </c>
       <c r="AH181" t="s">
-        <v>1828</v>
+        <v>1806</v>
       </c>
       <c r="AI181"/>
       <c r="AJ181" t="s">
-        <v>1829</v>
+        <v>1807</v>
       </c>
       <c r="AK181" t="s">
         <v>70</v>
       </c>
       <c r="AL181" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="AM181" t="s">
         <v>82</v>
       </c>
       <c r="AN181" t="s">
-        <v>1826</v>
+        <v>1804</v>
       </c>
       <c r="AO181">
         <v>59.4</v>
       </c>
       <c r="AP181" t="s">
-        <v>1830</v>
+        <v>1808</v>
       </c>
       <c r="AQ181" t="s">
         <v>73</v>
       </c>
       <c r="AR181" t="s">
         <v>84</v>
       </c>
       <c r="AS181">
         <v>276073067587</v>
       </c>
       <c r="AT181" t="s">
         <v>76</v>
       </c>
       <c r="AU181"/>
       <c r="AV181"/>
       <c r="AW181"/>
       <c r="AX181" t="s">
         <v>85</v>
       </c>
       <c r="AY181"/>
       <c r="AZ181" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA181" t="s">
         <v>86</v>
       </c>
       <c r="BB181" t="s">
-        <v>1823</v>
+        <v>1801</v>
       </c>
       <c r="BC181" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="BD181" t="s">
-        <v>1831</v>
+        <v>1809</v>
       </c>
       <c r="BE181" t="s">
-        <v>1832</v>
+        <v>1810</v>
       </c>
       <c r="BF181" t="s">
         <v>76</v>
       </c>
       <c r="BG181" t="s">
         <v>76</v>
       </c>
       <c r="BH181">
-        <v>526</v>
+        <v>572</v>
       </c>
       <c r="BI181" t="s">
         <v>89</v>
       </c>
       <c r="BJ181"/>
       <c r="BK181"/>
       <c r="BL181"/>
       <c r="BM181" t="s">
         <v>76</v>
       </c>
       <c r="BN181" t="s">
-        <v>1833</v>
+        <v>1811</v>
       </c>
       <c r="BO181">
         <v>0</v>
       </c>
       <c r="BP181" t="s">
         <v>73</v>
       </c>
       <c r="BQ181" t="s">
         <v>76</v>
       </c>
       <c r="BR181">
         <v>254.96</v>
       </c>
       <c r="BS181"/>
     </row>
     <row r="182" spans="1:71">
       <c r="A182" t="s">
         <v>66</v>
       </c>
       <c r="B182" t="s">
-        <v>1834</v>
+        <v>1812</v>
       </c>
       <c r="C182" t="s">
-        <v>1835</v>
+        <v>1813</v>
       </c>
       <c r="D182">
         <v>572314</v>
       </c>
       <c r="E182">
         <v>316.93</v>
       </c>
       <c r="F182" t="s">
-        <v>1836</v>
+        <v>1814</v>
       </c>
       <c r="G182" t="s">
         <v>70</v>
       </c>
       <c r="H182" t="s">
-        <v>1837</v>
+        <v>1815</v>
       </c>
       <c r="I182">
         <v>87</v>
       </c>
       <c r="J182" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="K182" t="s">
         <v>73</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182">
         <v>5124768839</v>
       </c>
       <c r="Q182" t="s">
-        <v>1834</v>
+        <v>1812</v>
       </c>
       <c r="R182" t="s">
         <v>76</v>
       </c>
       <c r="S182" t="s">
         <v>76</v>
       </c>
       <c r="T182" t="s">
         <v>174</v>
       </c>
       <c r="U182" t="s">
-        <v>1835</v>
+        <v>1813</v>
       </c>
       <c r="V182">
         <v>572314</v>
       </c>
       <c r="W182" t="s">
         <v>76</v>
       </c>
       <c r="X182">
         <v>316.93</v>
       </c>
       <c r="Y182">
         <v>1</v>
       </c>
       <c r="Z182" t="s">
         <v>76</v>
       </c>
       <c r="AA182" t="s">
         <v>66</v>
       </c>
       <c r="AB182" t="s">
         <v>78</v>
       </c>
       <c r="AC182" t="s">
-        <v>1836</v>
+        <v>1814</v>
       </c>
       <c r="AD182">
         <v>5124768839</v>
       </c>
       <c r="AE182" t="s">
-        <v>1838</v>
+        <v>1816</v>
       </c>
       <c r="AF182" t="s">
-        <v>1838</v>
+        <v>1816</v>
       </c>
       <c r="AG182" t="s">
         <v>76</v>
       </c>
       <c r="AH182" t="s">
-        <v>1839</v>
+        <v>1817</v>
       </c>
       <c r="AI182"/>
       <c r="AJ182" t="s">
-        <v>1840</v>
+        <v>1818</v>
       </c>
       <c r="AK182" t="s">
         <v>70</v>
       </c>
       <c r="AL182" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="AM182" t="s">
         <v>82</v>
       </c>
       <c r="AN182" t="s">
-        <v>1837</v>
+        <v>1815</v>
       </c>
       <c r="AO182">
         <v>87</v>
       </c>
       <c r="AP182" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="AQ182" t="s">
         <v>73</v>
       </c>
       <c r="AR182" t="s">
         <v>84</v>
       </c>
       <c r="AS182">
         <v>276073094786</v>
       </c>
       <c r="AT182" t="s">
         <v>76</v>
       </c>
       <c r="AU182"/>
       <c r="AV182"/>
       <c r="AW182"/>
       <c r="AX182" t="s">
         <v>85</v>
       </c>
       <c r="AY182"/>
       <c r="AZ182" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA182" t="s">
         <v>86</v>
       </c>
       <c r="BB182" t="s">
-        <v>1834</v>
+        <v>1812</v>
       </c>
       <c r="BC182" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="BD182" t="s">
-        <v>1841</v>
+        <v>1819</v>
       </c>
       <c r="BE182" t="s">
-        <v>1842</v>
+        <v>1820</v>
       </c>
       <c r="BF182" t="s">
         <v>76</v>
       </c>
       <c r="BG182" t="s">
         <v>76</v>
       </c>
       <c r="BH182">
-        <v>527</v>
+        <v>573</v>
       </c>
       <c r="BI182" t="s">
         <v>89</v>
       </c>
       <c r="BJ182"/>
       <c r="BK182"/>
       <c r="BL182"/>
       <c r="BM182" t="s">
         <v>76</v>
       </c>
       <c r="BN182" t="s">
-        <v>1843</v>
+        <v>1821</v>
       </c>
       <c r="BO182">
         <v>0</v>
       </c>
       <c r="BP182" t="s">
         <v>73</v>
       </c>
       <c r="BQ182" t="s">
         <v>76</v>
       </c>
       <c r="BR182">
         <v>316.93</v>
       </c>
       <c r="BS182"/>
     </row>
     <row r="183" spans="1:71">
       <c r="A183" t="s">
         <v>66</v>
       </c>
       <c r="B183" t="s">
-        <v>1844</v>
+        <v>1822</v>
       </c>
       <c r="C183" t="s">
-        <v>1845</v>
+        <v>1823</v>
       </c>
       <c r="D183">
         <v>572312</v>
       </c>
       <c r="E183">
         <v>245.82</v>
       </c>
       <c r="F183" t="s">
-        <v>1846</v>
+        <v>1824</v>
       </c>
       <c r="G183" t="s">
         <v>70</v>
       </c>
       <c r="H183" t="s">
-        <v>1847</v>
+        <v>1825</v>
       </c>
       <c r="I183">
         <v>55.2</v>
       </c>
       <c r="J183" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="K183" t="s">
         <v>73</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183">
         <v>12920076699</v>
       </c>
       <c r="Q183" t="s">
-        <v>1844</v>
+        <v>1822</v>
       </c>
       <c r="R183" t="s">
         <v>76</v>
       </c>
       <c r="S183" t="s">
         <v>76</v>
       </c>
       <c r="T183" t="s">
         <v>174</v>
       </c>
       <c r="U183" t="s">
-        <v>1845</v>
+        <v>1823</v>
       </c>
       <c r="V183">
         <v>572312</v>
       </c>
       <c r="W183" t="s">
         <v>76</v>
       </c>
       <c r="X183">
         <v>245.82</v>
       </c>
       <c r="Y183">
         <v>1</v>
       </c>
       <c r="Z183" t="s">
         <v>76</v>
       </c>
       <c r="AA183" t="s">
         <v>66</v>
       </c>
       <c r="AB183" t="s">
         <v>78</v>
       </c>
       <c r="AC183" t="s">
-        <v>1846</v>
+        <v>1824</v>
       </c>
       <c r="AD183">
         <v>12920076699</v>
       </c>
       <c r="AE183" t="s">
-        <v>1848</v>
+        <v>1826</v>
       </c>
       <c r="AF183" t="s">
-        <v>1848</v>
+        <v>1826</v>
       </c>
       <c r="AG183" t="s">
         <v>76</v>
       </c>
       <c r="AH183" t="s">
-        <v>1849</v>
+        <v>1827</v>
       </c>
       <c r="AI183"/>
       <c r="AJ183" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="AK183" t="s">
         <v>70</v>
       </c>
       <c r="AL183" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="AM183" t="s">
         <v>82</v>
       </c>
       <c r="AN183" t="s">
-        <v>1847</v>
+        <v>1825</v>
       </c>
       <c r="AO183">
         <v>55.2</v>
       </c>
       <c r="AP183" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="AQ183" t="s">
         <v>73</v>
       </c>
       <c r="AR183" t="s">
         <v>84</v>
       </c>
       <c r="AS183">
         <v>276073041348</v>
       </c>
       <c r="AT183" t="s">
         <v>76</v>
       </c>
       <c r="AU183"/>
       <c r="AV183"/>
       <c r="AW183"/>
       <c r="AX183" t="s">
         <v>85</v>
       </c>
       <c r="AY183"/>
       <c r="AZ183" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA183" t="s">
         <v>86</v>
       </c>
       <c r="BB183" t="s">
-        <v>1844</v>
+        <v>1822</v>
       </c>
       <c r="BC183" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="BD183" t="s">
-        <v>1850</v>
+        <v>1828</v>
       </c>
       <c r="BE183" t="s">
-        <v>1851</v>
+        <v>1829</v>
       </c>
       <c r="BF183" t="s">
         <v>76</v>
       </c>
       <c r="BG183" t="s">
         <v>76</v>
       </c>
       <c r="BH183">
-        <v>528</v>
+        <v>574</v>
       </c>
       <c r="BI183" t="s">
         <v>89</v>
       </c>
       <c r="BJ183"/>
       <c r="BK183"/>
       <c r="BL183"/>
       <c r="BM183" t="s">
         <v>76</v>
       </c>
       <c r="BN183" t="s">
-        <v>1852</v>
+        <v>1830</v>
       </c>
       <c r="BO183">
         <v>0</v>
       </c>
       <c r="BP183" t="s">
         <v>73</v>
       </c>
       <c r="BQ183" t="s">
         <v>76</v>
       </c>
       <c r="BR183">
         <v>245.82</v>
       </c>
       <c r="BS183"/>
     </row>
     <row r="184" spans="1:71">
       <c r="A184" t="s">
         <v>66</v>
       </c>
       <c r="B184" t="s">
-        <v>1853</v>
+        <v>1831</v>
       </c>
       <c r="C184" t="s">
-        <v>1854</v>
+        <v>1832</v>
       </c>
       <c r="D184">
         <v>572311</v>
       </c>
       <c r="E184">
         <v>301.69</v>
       </c>
       <c r="F184" t="s">
-        <v>1855</v>
+        <v>1833</v>
       </c>
       <c r="G184" t="s">
         <v>70</v>
       </c>
       <c r="H184" t="s">
-        <v>1856</v>
+        <v>1834</v>
       </c>
       <c r="I184">
         <v>79.99</v>
       </c>
       <c r="J184" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="K184" t="s">
         <v>73</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184">
         <v>12034779831</v>
       </c>
       <c r="Q184" t="s">
-        <v>1853</v>
+        <v>1831</v>
       </c>
       <c r="R184" t="s">
         <v>76</v>
       </c>
       <c r="S184" t="s">
         <v>76</v>
       </c>
       <c r="T184" t="s">
         <v>174</v>
       </c>
       <c r="U184" t="s">
-        <v>1854</v>
+        <v>1832</v>
       </c>
       <c r="V184">
         <v>572311</v>
       </c>
       <c r="W184" t="s">
         <v>76</v>
       </c>
       <c r="X184">
         <v>301.69</v>
       </c>
       <c r="Y184">
         <v>1</v>
       </c>
       <c r="Z184" t="s">
         <v>76</v>
       </c>
       <c r="AA184" t="s">
         <v>66</v>
       </c>
       <c r="AB184" t="s">
         <v>78</v>
       </c>
       <c r="AC184" t="s">
-        <v>1855</v>
+        <v>1833</v>
       </c>
       <c r="AD184">
         <v>12034779831</v>
       </c>
       <c r="AE184" t="s">
-        <v>1857</v>
+        <v>1835</v>
       </c>
       <c r="AF184" t="s">
-        <v>1857</v>
+        <v>1835</v>
       </c>
       <c r="AG184" t="s">
         <v>76</v>
       </c>
       <c r="AH184" t="s">
-        <v>1858</v>
+        <v>1836</v>
       </c>
       <c r="AI184"/>
       <c r="AJ184" t="s">
-        <v>802</v>
+        <v>786</v>
       </c>
       <c r="AK184" t="s">
         <v>70</v>
       </c>
       <c r="AL184" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="AM184" t="s">
         <v>82</v>
       </c>
       <c r="AN184" t="s">
-        <v>1856</v>
+        <v>1834</v>
       </c>
       <c r="AO184">
         <v>79.99</v>
       </c>
       <c r="AP184" t="s">
-        <v>1859</v>
+        <v>1837</v>
       </c>
       <c r="AQ184" t="s">
         <v>73</v>
       </c>
       <c r="AR184" t="s">
         <v>84</v>
       </c>
       <c r="AS184">
         <v>276071804949</v>
       </c>
       <c r="AT184" t="s">
         <v>76</v>
       </c>
       <c r="AU184"/>
       <c r="AV184"/>
       <c r="AW184"/>
       <c r="AX184" t="s">
         <v>85</v>
       </c>
       <c r="AY184"/>
       <c r="AZ184" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA184" t="s">
         <v>86</v>
       </c>
       <c r="BB184" t="s">
-        <v>1853</v>
+        <v>1831</v>
       </c>
       <c r="BC184" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="BD184" t="s">
-        <v>1860</v>
+        <v>1838</v>
       </c>
       <c r="BE184" t="s">
-        <v>1861</v>
+        <v>1839</v>
       </c>
       <c r="BF184" t="s">
         <v>76</v>
       </c>
       <c r="BG184" t="s">
         <v>76</v>
       </c>
       <c r="BH184">
-        <v>529</v>
+        <v>575</v>
       </c>
       <c r="BI184" t="s">
         <v>89</v>
       </c>
       <c r="BJ184"/>
       <c r="BK184"/>
       <c r="BL184"/>
       <c r="BM184" t="s">
         <v>76</v>
       </c>
       <c r="BN184" t="s">
-        <v>1862</v>
+        <v>1840</v>
       </c>
       <c r="BO184">
         <v>0</v>
       </c>
       <c r="BP184" t="s">
         <v>73</v>
       </c>
       <c r="BQ184" t="s">
         <v>76</v>
       </c>
       <c r="BR184">
         <v>301.69</v>
       </c>
       <c r="BS184"/>
     </row>
     <row r="185" spans="1:71">
       <c r="A185" t="s">
         <v>66</v>
       </c>
       <c r="B185" t="s">
-        <v>1863</v>
+        <v>1841</v>
       </c>
       <c r="C185" t="s">
-        <v>1864</v>
+        <v>1842</v>
       </c>
       <c r="D185">
         <v>572309</v>
       </c>
       <c r="E185">
         <v>380.92</v>
       </c>
       <c r="F185" t="s">
-        <v>1865</v>
+        <v>1843</v>
       </c>
       <c r="G185" t="s">
         <v>70</v>
       </c>
       <c r="H185" t="s">
-        <v>1866</v>
+        <v>1844</v>
       </c>
       <c r="I185">
         <v>115.2</v>
       </c>
       <c r="J185" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="K185" t="s">
         <v>73</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185">
         <v>1457474653</v>
       </c>
       <c r="Q185" t="s">
-        <v>1863</v>
+        <v>1841</v>
       </c>
       <c r="R185" t="s">
         <v>76</v>
       </c>
       <c r="S185" t="s">
         <v>76</v>
       </c>
       <c r="T185" t="s">
         <v>174</v>
       </c>
       <c r="U185" t="s">
-        <v>1864</v>
+        <v>1842</v>
       </c>
       <c r="V185">
         <v>572309</v>
       </c>
       <c r="W185" t="s">
         <v>76</v>
       </c>
       <c r="X185">
         <v>380.92</v>
       </c>
       <c r="Y185">
         <v>1</v>
       </c>
       <c r="Z185" t="s">
         <v>76</v>
       </c>
       <c r="AA185" t="s">
         <v>66</v>
       </c>
       <c r="AB185" t="s">
         <v>78</v>
       </c>
       <c r="AC185" t="s">
-        <v>1865</v>
+        <v>1843</v>
       </c>
       <c r="AD185">
         <v>1457474653</v>
       </c>
       <c r="AE185" t="s">
-        <v>1867</v>
+        <v>1845</v>
       </c>
       <c r="AF185" t="s">
-        <v>1867</v>
+        <v>1845</v>
       </c>
       <c r="AG185" t="s">
         <v>76</v>
       </c>
       <c r="AH185" t="s">
-        <v>1868</v>
+        <v>1846</v>
       </c>
       <c r="AI185"/>
       <c r="AJ185" t="s">
-        <v>1869</v>
+        <v>1847</v>
       </c>
       <c r="AK185" t="s">
         <v>70</v>
       </c>
       <c r="AL185" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="AM185" t="s">
         <v>82</v>
       </c>
       <c r="AN185" t="s">
-        <v>1866</v>
+        <v>1844</v>
       </c>
       <c r="AO185">
         <v>115.2</v>
       </c>
       <c r="AP185" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AQ185" t="s">
         <v>73</v>
       </c>
       <c r="AR185" t="s">
         <v>84</v>
       </c>
       <c r="AS185">
         <v>276071837491</v>
       </c>
       <c r="AT185" t="s">
         <v>76</v>
       </c>
       <c r="AU185"/>
       <c r="AV185"/>
       <c r="AW185">
         <v>0</v>
       </c>
       <c r="AX185" t="s">
         <v>85</v>
       </c>
       <c r="AY185"/>
       <c r="AZ185" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA185" t="s">
         <v>86</v>
       </c>
       <c r="BB185" t="s">
-        <v>1863</v>
+        <v>1841</v>
       </c>
       <c r="BC185" t="s">
-        <v>1816</v>
+        <v>1794</v>
       </c>
       <c r="BD185" t="s">
-        <v>1870</v>
+        <v>1848</v>
       </c>
       <c r="BE185" t="s">
-        <v>1871</v>
+        <v>1849</v>
       </c>
       <c r="BF185" t="s">
         <v>76</v>
       </c>
       <c r="BG185" t="s">
         <v>76</v>
       </c>
       <c r="BH185">
-        <v>529</v>
+        <v>575</v>
       </c>
       <c r="BI185" t="s">
         <v>89</v>
       </c>
       <c r="BJ185"/>
       <c r="BK185"/>
       <c r="BL185"/>
       <c r="BM185" t="s">
         <v>76</v>
       </c>
       <c r="BN185" t="s">
-        <v>1872</v>
+        <v>1850</v>
       </c>
       <c r="BO185">
         <v>0</v>
       </c>
       <c r="BP185" t="s">
         <v>73</v>
       </c>
       <c r="BQ185" t="s">
         <v>76</v>
       </c>
       <c r="BR185">
         <v>380.92</v>
       </c>
       <c r="BS185"/>
     </row>
     <row r="186" spans="1:71">
       <c r="A186" t="s">
         <v>66</v>
       </c>
       <c r="B186" t="s">
-        <v>1873</v>
+        <v>1851</v>
       </c>
       <c r="C186" t="s">
-        <v>1874</v>
+        <v>1852</v>
       </c>
       <c r="D186">
         <v>572182</v>
       </c>
       <c r="E186">
         <v>305.6</v>
       </c>
       <c r="F186" t="s">
-        <v>1875</v>
+        <v>1853</v>
       </c>
       <c r="G186" t="s">
         <v>70</v>
       </c>
       <c r="H186" t="s">
-        <v>1876</v>
+        <v>1854</v>
       </c>
       <c r="I186">
         <v>66.56</v>
       </c>
       <c r="J186" t="s">
-        <v>1877</v>
+        <v>1855</v>
       </c>
       <c r="K186" t="s">
         <v>73</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186">
         <v>14969722185</v>
       </c>
       <c r="Q186" t="s">
-        <v>1873</v>
+        <v>1851</v>
       </c>
       <c r="R186" t="s">
         <v>76</v>
       </c>
       <c r="S186" t="s">
         <v>76</v>
       </c>
       <c r="T186" t="s">
         <v>174</v>
       </c>
       <c r="U186" t="s">
-        <v>1874</v>
+        <v>1852</v>
       </c>
       <c r="V186">
         <v>572182</v>
       </c>
       <c r="W186" t="s">
         <v>76</v>
       </c>
       <c r="X186">
         <v>305.6</v>
       </c>
       <c r="Y186">
         <v>1</v>
       </c>
       <c r="Z186" t="s">
         <v>76</v>
       </c>
       <c r="AA186" t="s">
         <v>66</v>
       </c>
       <c r="AB186" t="s">
         <v>78</v>
       </c>
       <c r="AC186" t="s">
-        <v>1875</v>
+        <v>1853</v>
       </c>
       <c r="AD186">
         <v>14969722185</v>
       </c>
       <c r="AE186" t="s">
-        <v>1878</v>
+        <v>1856</v>
       </c>
       <c r="AF186" t="s">
-        <v>1878</v>
+        <v>1856</v>
       </c>
       <c r="AG186" t="s">
         <v>76</v>
       </c>
       <c r="AH186" t="s">
-        <v>1879</v>
+        <v>1857</v>
       </c>
       <c r="AI186"/>
       <c r="AJ186" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="AK186" t="s">
         <v>70</v>
       </c>
       <c r="AL186" t="s">
-        <v>1877</v>
+        <v>1855</v>
       </c>
       <c r="AM186" t="s">
         <v>82</v>
       </c>
       <c r="AN186" t="s">
-        <v>1876</v>
+        <v>1854</v>
       </c>
       <c r="AO186">
         <v>66.56</v>
       </c>
       <c r="AP186" t="s">
-        <v>1880</v>
+        <v>1858</v>
       </c>
       <c r="AQ186" t="s">
         <v>73</v>
       </c>
       <c r="AR186" t="s">
         <v>84</v>
       </c>
       <c r="AS186">
         <v>275928407290</v>
       </c>
       <c r="AT186" t="s">
         <v>76</v>
       </c>
       <c r="AU186"/>
       <c r="AV186"/>
       <c r="AW186"/>
       <c r="AX186" t="s">
         <v>85</v>
       </c>
       <c r="AY186"/>
       <c r="AZ186" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA186" t="s">
         <v>86</v>
       </c>
       <c r="BB186" t="s">
-        <v>1873</v>
+        <v>1851</v>
       </c>
       <c r="BC186" t="s">
-        <v>1877</v>
+        <v>1855</v>
       </c>
       <c r="BD186" t="s">
-        <v>1881</v>
+        <v>1859</v>
       </c>
       <c r="BE186" t="s">
-        <v>1882</v>
+        <v>1860</v>
       </c>
       <c r="BF186" t="s">
         <v>76</v>
       </c>
       <c r="BG186" t="s">
         <v>76</v>
       </c>
       <c r="BH186">
-        <v>530</v>
+        <v>576</v>
       </c>
       <c r="BI186" t="s">
         <v>89</v>
       </c>
       <c r="BJ186"/>
       <c r="BK186"/>
       <c r="BL186"/>
       <c r="BM186" t="s">
         <v>76</v>
       </c>
       <c r="BN186" t="s">
-        <v>1883</v>
+        <v>1861</v>
       </c>
       <c r="BO186">
         <v>0</v>
       </c>
       <c r="BP186" t="s">
         <v>73</v>
       </c>
       <c r="BQ186" t="s">
         <v>76</v>
       </c>
       <c r="BR186">
         <v>305.6</v>
       </c>
       <c r="BS186"/>
     </row>
     <row r="187" spans="1:71">
       <c r="A187" t="s">
         <v>66</v>
       </c>
       <c r="B187" t="s">
-        <v>1884</v>
+        <v>1862</v>
       </c>
       <c r="C187" t="s">
-        <v>1885</v>
+        <v>1863</v>
       </c>
       <c r="D187">
         <v>572033</v>
       </c>
       <c r="E187">
         <v>331.74</v>
       </c>
       <c r="F187" t="s">
-        <v>1886</v>
+        <v>1864</v>
       </c>
       <c r="G187" t="s">
         <v>70</v>
       </c>
       <c r="H187" t="s">
-        <v>1887</v>
+        <v>1865</v>
       </c>
       <c r="I187">
         <v>95.2</v>
       </c>
       <c r="J187" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="K187" t="s">
         <v>73</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187">
         <v>1243661559</v>
       </c>
       <c r="Q187" t="s">
-        <v>1884</v>
+        <v>1862</v>
       </c>
       <c r="R187" t="s">
         <v>76</v>
       </c>
       <c r="S187" t="s">
         <v>76</v>
       </c>
       <c r="T187" t="s">
         <v>174</v>
       </c>
       <c r="U187" t="s">
-        <v>1885</v>
+        <v>1863</v>
       </c>
       <c r="V187">
         <v>572033</v>
       </c>
       <c r="W187" t="s">
         <v>76</v>
       </c>
       <c r="X187">
         <v>331.74</v>
       </c>
       <c r="Y187">
         <v>1</v>
       </c>
       <c r="Z187" t="s">
         <v>76</v>
       </c>
       <c r="AA187" t="s">
         <v>66</v>
       </c>
       <c r="AB187" t="s">
         <v>78</v>
       </c>
       <c r="AC187" t="s">
-        <v>1886</v>
+        <v>1864</v>
       </c>
       <c r="AD187">
         <v>1243661559</v>
       </c>
       <c r="AE187" t="s">
-        <v>1889</v>
+        <v>1867</v>
       </c>
       <c r="AF187" t="s">
-        <v>1889</v>
+        <v>1867</v>
       </c>
       <c r="AG187" t="s">
         <v>76</v>
       </c>
       <c r="AH187" t="s">
-        <v>1890</v>
+        <v>1868</v>
       </c>
       <c r="AI187"/>
       <c r="AJ187" t="s">
-        <v>1891</v>
+        <v>1869</v>
       </c>
       <c r="AK187" t="s">
         <v>70</v>
       </c>
       <c r="AL187" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="AM187" t="s">
         <v>82</v>
       </c>
       <c r="AN187" t="s">
-        <v>1887</v>
+        <v>1865</v>
       </c>
       <c r="AO187">
         <v>95.2</v>
       </c>
       <c r="AP187" t="s">
-        <v>1892</v>
+        <v>1870</v>
       </c>
       <c r="AQ187" t="s">
         <v>73</v>
       </c>
       <c r="AR187" t="s">
         <v>84</v>
       </c>
       <c r="AS187">
         <v>275746712902</v>
       </c>
       <c r="AT187" t="s">
         <v>76</v>
       </c>
       <c r="AU187"/>
       <c r="AV187"/>
       <c r="AW187"/>
       <c r="AX187" t="s">
         <v>85</v>
       </c>
       <c r="AY187"/>
       <c r="AZ187" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA187" t="s">
         <v>86</v>
       </c>
       <c r="BB187" t="s">
-        <v>1884</v>
+        <v>1862</v>
       </c>
       <c r="BC187" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="BD187" t="s">
-        <v>1893</v>
+        <v>1871</v>
       </c>
       <c r="BE187" t="s">
-        <v>1894</v>
+        <v>1872</v>
       </c>
       <c r="BF187" t="s">
         <v>76</v>
       </c>
       <c r="BG187" t="s">
         <v>76</v>
       </c>
       <c r="BH187">
-        <v>533</v>
+        <v>579</v>
       </c>
       <c r="BI187" t="s">
         <v>89</v>
       </c>
       <c r="BJ187"/>
       <c r="BK187"/>
       <c r="BL187"/>
       <c r="BM187" t="s">
         <v>76</v>
       </c>
       <c r="BN187" t="s">
-        <v>1895</v>
+        <v>1873</v>
       </c>
       <c r="BO187">
         <v>0</v>
       </c>
       <c r="BP187" t="s">
         <v>73</v>
       </c>
       <c r="BQ187" t="s">
         <v>76</v>
       </c>
       <c r="BR187">
         <v>331.74</v>
       </c>
       <c r="BS187"/>
     </row>
     <row r="188" spans="1:71">
       <c r="A188" t="s">
         <v>66</v>
       </c>
       <c r="B188" t="s">
-        <v>1896</v>
+        <v>1874</v>
       </c>
       <c r="C188" t="s">
-        <v>1897</v>
+        <v>1875</v>
       </c>
       <c r="D188">
         <v>572032</v>
       </c>
       <c r="E188">
         <v>301.58</v>
       </c>
       <c r="F188" t="s">
-        <v>1898</v>
+        <v>1876</v>
       </c>
       <c r="G188" t="s">
         <v>70</v>
       </c>
       <c r="H188" t="s">
-        <v>1899</v>
+        <v>1877</v>
       </c>
       <c r="I188">
         <v>95.99</v>
       </c>
       <c r="J188" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="K188" t="s">
         <v>73</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188">
         <v>23773914304</v>
       </c>
       <c r="Q188" t="s">
-        <v>1896</v>
+        <v>1874</v>
       </c>
       <c r="R188" t="s">
         <v>76</v>
       </c>
       <c r="S188" t="s">
         <v>76</v>
       </c>
       <c r="T188" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U188" t="s">
-        <v>1897</v>
+        <v>1875</v>
       </c>
       <c r="V188">
         <v>572032</v>
       </c>
       <c r="W188" t="s">
         <v>76</v>
       </c>
       <c r="X188">
         <v>301.58</v>
       </c>
       <c r="Y188">
         <v>1</v>
       </c>
       <c r="Z188" t="s">
         <v>76</v>
       </c>
       <c r="AA188" t="s">
         <v>66</v>
       </c>
       <c r="AB188" t="s">
         <v>78</v>
       </c>
       <c r="AC188" t="s">
-        <v>1898</v>
+        <v>1876</v>
       </c>
       <c r="AD188">
         <v>23773914304</v>
       </c>
       <c r="AE188">
         <v>5558649500</v>
       </c>
       <c r="AF188">
         <v>5558649500</v>
       </c>
       <c r="AG188" t="s">
         <v>76</v>
       </c>
       <c r="AH188" t="s">
-        <v>1900</v>
+        <v>1878</v>
       </c>
       <c r="AI188"/>
       <c r="AJ188" t="s">
-        <v>1901</v>
+        <v>1879</v>
       </c>
       <c r="AK188" t="s">
         <v>70</v>
       </c>
       <c r="AL188" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="AM188" t="s">
         <v>82</v>
       </c>
       <c r="AN188" t="s">
-        <v>1899</v>
+        <v>1877</v>
       </c>
       <c r="AO188">
         <v>95.99</v>
       </c>
       <c r="AP188" t="s">
-        <v>1902</v>
+        <v>1880</v>
       </c>
       <c r="AQ188" t="s">
         <v>73</v>
       </c>
       <c r="AR188" t="s">
         <v>84</v>
       </c>
       <c r="AS188">
         <v>275746571939</v>
       </c>
       <c r="AT188" t="s">
         <v>76</v>
       </c>
       <c r="AU188"/>
       <c r="AV188"/>
       <c r="AW188"/>
       <c r="AX188" t="s">
         <v>85</v>
       </c>
       <c r="AY188"/>
       <c r="AZ188" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA188" t="s">
         <v>86</v>
       </c>
       <c r="BB188" t="s">
-        <v>1896</v>
+        <v>1874</v>
       </c>
       <c r="BC188" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="BD188" t="s">
-        <v>1903</v>
+        <v>1881</v>
       </c>
       <c r="BE188" t="s">
-        <v>1904</v>
+        <v>1882</v>
       </c>
       <c r="BF188" t="s">
         <v>76</v>
       </c>
       <c r="BG188" t="s">
         <v>76</v>
       </c>
       <c r="BH188">
-        <v>534</v>
+        <v>580</v>
       </c>
       <c r="BI188" t="s">
         <v>89</v>
       </c>
       <c r="BJ188"/>
       <c r="BK188"/>
       <c r="BL188"/>
       <c r="BM188" t="s">
         <v>76</v>
       </c>
       <c r="BN188" t="s">
-        <v>1905</v>
+        <v>1883</v>
       </c>
       <c r="BO188">
         <v>0</v>
       </c>
       <c r="BP188" t="s">
         <v>73</v>
       </c>
       <c r="BQ188" t="s">
         <v>76</v>
       </c>
       <c r="BR188">
         <v>301.58</v>
       </c>
       <c r="BS188"/>
     </row>
     <row r="189" spans="1:71">
       <c r="A189" t="s">
         <v>66</v>
       </c>
       <c r="B189" t="s">
-        <v>1906</v>
+        <v>1884</v>
       </c>
       <c r="C189" t="s">
-        <v>1907</v>
+        <v>1885</v>
       </c>
       <c r="D189">
         <v>572031</v>
       </c>
       <c r="E189">
         <v>301.58</v>
       </c>
       <c r="F189" t="s">
-        <v>1908</v>
+        <v>1886</v>
       </c>
       <c r="G189" t="s">
         <v>70</v>
       </c>
       <c r="H189" t="s">
-        <v>1909</v>
+        <v>1887</v>
       </c>
       <c r="I189">
         <v>95.99</v>
       </c>
       <c r="J189" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="K189" t="s">
         <v>73</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189">
         <v>10709400593</v>
       </c>
       <c r="Q189" t="s">
-        <v>1906</v>
+        <v>1884</v>
       </c>
       <c r="R189" t="s">
         <v>76</v>
       </c>
       <c r="S189" t="s">
         <v>76</v>
       </c>
       <c r="T189" t="s">
         <v>174</v>
       </c>
       <c r="U189" t="s">
-        <v>1907</v>
+        <v>1885</v>
       </c>
       <c r="V189">
         <v>572031</v>
       </c>
       <c r="W189" t="s">
         <v>76</v>
       </c>
       <c r="X189">
         <v>301.58</v>
       </c>
       <c r="Y189">
         <v>1</v>
       </c>
       <c r="Z189" t="s">
         <v>76</v>
       </c>
       <c r="AA189" t="s">
         <v>66</v>
       </c>
       <c r="AB189" t="s">
         <v>78</v>
       </c>
       <c r="AC189" t="s">
-        <v>1908</v>
+        <v>1886</v>
       </c>
       <c r="AD189">
         <v>10709400593</v>
       </c>
       <c r="AE189">
         <v>5556279600</v>
       </c>
       <c r="AF189">
         <v>5556279600</v>
       </c>
       <c r="AG189" t="s">
         <v>76</v>
       </c>
       <c r="AH189" t="s">
-        <v>1910</v>
+        <v>1888</v>
       </c>
       <c r="AI189"/>
       <c r="AJ189" t="s">
-        <v>1911</v>
+        <v>1889</v>
       </c>
       <c r="AK189" t="s">
         <v>70</v>
       </c>
       <c r="AL189" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="AM189" t="s">
         <v>82</v>
       </c>
       <c r="AN189" t="s">
-        <v>1909</v>
+        <v>1887</v>
       </c>
       <c r="AO189">
         <v>95.99</v>
       </c>
       <c r="AP189" t="s">
-        <v>1912</v>
+        <v>1890</v>
       </c>
       <c r="AQ189" t="s">
         <v>73</v>
       </c>
       <c r="AR189" t="s">
         <v>84</v>
       </c>
       <c r="AS189">
         <v>275746485428</v>
       </c>
       <c r="AT189" t="s">
         <v>76</v>
       </c>
       <c r="AU189"/>
       <c r="AV189"/>
       <c r="AW189"/>
       <c r="AX189" t="s">
         <v>85</v>
       </c>
       <c r="AY189"/>
       <c r="AZ189" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA189" t="s">
         <v>86</v>
       </c>
       <c r="BB189" t="s">
-        <v>1906</v>
+        <v>1884</v>
       </c>
       <c r="BC189" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="BD189" t="s">
-        <v>1913</v>
+        <v>1891</v>
       </c>
       <c r="BE189" t="s">
-        <v>1914</v>
+        <v>1892</v>
       </c>
       <c r="BF189" t="s">
         <v>76</v>
       </c>
       <c r="BG189" t="s">
         <v>76</v>
       </c>
       <c r="BH189">
-        <v>535</v>
+        <v>581</v>
       </c>
       <c r="BI189" t="s">
         <v>89</v>
       </c>
       <c r="BJ189"/>
       <c r="BK189"/>
       <c r="BL189"/>
       <c r="BM189" t="s">
         <v>76</v>
       </c>
       <c r="BN189" t="s">
-        <v>1915</v>
+        <v>1893</v>
       </c>
       <c r="BO189">
         <v>0</v>
       </c>
       <c r="BP189" t="s">
         <v>73</v>
       </c>
       <c r="BQ189" t="s">
         <v>76</v>
       </c>
       <c r="BR189">
         <v>301.58</v>
       </c>
       <c r="BS189"/>
     </row>
     <row r="190" spans="1:71">
       <c r="A190" t="s">
         <v>66</v>
       </c>
       <c r="B190" t="s">
-        <v>1916</v>
+        <v>1894</v>
       </c>
       <c r="C190" t="s">
-        <v>1917</v>
+        <v>1895</v>
       </c>
       <c r="D190">
         <v>572030</v>
       </c>
       <c r="E190">
         <v>307.61</v>
       </c>
       <c r="F190" t="s">
-        <v>1918</v>
+        <v>1896</v>
       </c>
       <c r="G190" t="s">
         <v>70</v>
       </c>
       <c r="H190" t="s">
-        <v>1919</v>
+        <v>1897</v>
       </c>
       <c r="I190">
         <v>99</v>
       </c>
       <c r="J190" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="K190" t="s">
         <v>73</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190">
         <v>6209968825</v>
       </c>
       <c r="Q190" t="s">
-        <v>1916</v>
+        <v>1894</v>
       </c>
       <c r="R190" t="s">
         <v>76</v>
       </c>
       <c r="S190" t="s">
         <v>76</v>
       </c>
       <c r="T190" t="s">
         <v>174</v>
       </c>
       <c r="U190" t="s">
-        <v>1917</v>
+        <v>1895</v>
       </c>
       <c r="V190">
         <v>572030</v>
       </c>
       <c r="W190" t="s">
         <v>76</v>
       </c>
       <c r="X190">
         <v>307.61</v>
       </c>
       <c r="Y190">
         <v>1</v>
       </c>
       <c r="Z190" t="s">
         <v>76</v>
       </c>
       <c r="AA190" t="s">
         <v>66</v>
       </c>
       <c r="AB190" t="s">
         <v>78</v>
       </c>
       <c r="AC190" t="s">
-        <v>1918</v>
+        <v>1896</v>
       </c>
       <c r="AD190">
         <v>6209968825</v>
       </c>
       <c r="AE190" t="s">
-        <v>1920</v>
+        <v>1898</v>
       </c>
       <c r="AF190" t="s">
-        <v>1920</v>
+        <v>1898</v>
       </c>
       <c r="AG190" t="s">
         <v>76</v>
       </c>
       <c r="AH190" t="s">
-        <v>1921</v>
+        <v>1899</v>
       </c>
       <c r="AI190"/>
       <c r="AJ190" t="s">
-        <v>1922</v>
+        <v>1900</v>
       </c>
       <c r="AK190" t="s">
         <v>70</v>
       </c>
       <c r="AL190" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="AM190" t="s">
         <v>82</v>
       </c>
       <c r="AN190" t="s">
-        <v>1919</v>
+        <v>1897</v>
       </c>
       <c r="AO190">
         <v>99</v>
       </c>
       <c r="AP190" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="AQ190" t="s">
         <v>73</v>
       </c>
       <c r="AR190" t="s">
         <v>84</v>
       </c>
       <c r="AS190">
         <v>275746606890</v>
       </c>
       <c r="AT190" t="s">
         <v>76</v>
       </c>
       <c r="AU190"/>
       <c r="AV190"/>
       <c r="AW190">
         <v>0</v>
       </c>
       <c r="AX190" t="s">
         <v>85</v>
       </c>
       <c r="AY190"/>
       <c r="AZ190" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA190" t="s">
         <v>86</v>
       </c>
       <c r="BB190" t="s">
-        <v>1916</v>
+        <v>1894</v>
       </c>
       <c r="BC190" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="BD190" t="s">
-        <v>1923</v>
+        <v>1901</v>
       </c>
       <c r="BE190" t="s">
-        <v>1924</v>
+        <v>1902</v>
       </c>
       <c r="BF190" t="s">
         <v>76</v>
       </c>
       <c r="BG190" t="s">
         <v>76</v>
       </c>
       <c r="BH190">
-        <v>535</v>
+        <v>581</v>
       </c>
       <c r="BI190" t="s">
         <v>89</v>
       </c>
       <c r="BJ190"/>
       <c r="BK190"/>
       <c r="BL190"/>
       <c r="BM190" t="s">
         <v>76</v>
       </c>
       <c r="BN190" t="s">
-        <v>1925</v>
+        <v>1903</v>
       </c>
       <c r="BO190">
         <v>0</v>
       </c>
       <c r="BP190" t="s">
         <v>73</v>
       </c>
       <c r="BQ190" t="s">
         <v>76</v>
       </c>
       <c r="BR190">
         <v>307.61</v>
       </c>
       <c r="BS190"/>
     </row>
     <row r="191" spans="1:71">
       <c r="A191" t="s">
         <v>66</v>
       </c>
       <c r="B191" t="s">
-        <v>1926</v>
+        <v>1904</v>
       </c>
       <c r="C191" t="s">
-        <v>1927</v>
+        <v>1905</v>
       </c>
       <c r="D191">
         <v>572029</v>
       </c>
       <c r="E191">
         <v>298.65</v>
       </c>
       <c r="F191" t="s">
-        <v>1928</v>
+        <v>1906</v>
       </c>
       <c r="G191" t="s">
         <v>70</v>
       </c>
       <c r="H191" t="s">
-        <v>1929</v>
+        <v>1907</v>
       </c>
       <c r="I191">
         <v>79.99</v>
       </c>
       <c r="J191" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="K191" t="s">
         <v>73</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191">
         <v>937593567</v>
       </c>
       <c r="Q191" t="s">
-        <v>1926</v>
+        <v>1904</v>
       </c>
       <c r="R191" t="s">
         <v>76</v>
       </c>
       <c r="S191" t="s">
         <v>76</v>
       </c>
       <c r="T191" t="s">
         <v>174</v>
       </c>
       <c r="U191" t="s">
-        <v>1927</v>
+        <v>1905</v>
       </c>
       <c r="V191">
         <v>572029</v>
       </c>
       <c r="W191" t="s">
         <v>76</v>
       </c>
       <c r="X191">
         <v>298.65</v>
       </c>
       <c r="Y191">
         <v>1</v>
       </c>
       <c r="Z191" t="s">
         <v>76</v>
       </c>
       <c r="AA191" t="s">
         <v>66</v>
       </c>
       <c r="AB191" t="s">
         <v>78</v>
       </c>
       <c r="AC191" t="s">
-        <v>1928</v>
+        <v>1906</v>
       </c>
       <c r="AD191">
         <v>937593567</v>
       </c>
       <c r="AE191" t="s">
-        <v>1930</v>
+        <v>1908</v>
       </c>
       <c r="AF191" t="s">
-        <v>1930</v>
+        <v>1908</v>
       </c>
       <c r="AG191" t="s">
         <v>76</v>
       </c>
       <c r="AH191" t="s">
-        <v>1931</v>
+        <v>1909</v>
       </c>
       <c r="AI191"/>
       <c r="AJ191" t="s">
-        <v>1932</v>
+        <v>1910</v>
       </c>
       <c r="AK191" t="s">
         <v>70</v>
       </c>
       <c r="AL191" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="AM191" t="s">
         <v>82</v>
       </c>
       <c r="AN191" t="s">
-        <v>1929</v>
+        <v>1907</v>
       </c>
       <c r="AO191">
         <v>79.99</v>
       </c>
       <c r="AP191" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ191" t="s">
         <v>73</v>
       </c>
       <c r="AR191" t="s">
         <v>84</v>
       </c>
       <c r="AS191">
         <v>275746678237</v>
       </c>
       <c r="AT191" t="s">
         <v>76</v>
       </c>
       <c r="AU191"/>
       <c r="AV191"/>
       <c r="AW191">
         <v>0</v>
       </c>
       <c r="AX191" t="s">
         <v>85</v>
       </c>
       <c r="AY191"/>
       <c r="AZ191" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA191" t="s">
         <v>86</v>
       </c>
       <c r="BB191" t="s">
-        <v>1926</v>
+        <v>1904</v>
       </c>
       <c r="BC191" t="s">
-        <v>1888</v>
+        <v>1866</v>
       </c>
       <c r="BD191" t="s">
-        <v>1933</v>
+        <v>1911</v>
       </c>
       <c r="BE191" t="s">
-        <v>1934</v>
+        <v>1912</v>
       </c>
       <c r="BF191" t="s">
         <v>76</v>
       </c>
       <c r="BG191" t="s">
         <v>76</v>
       </c>
       <c r="BH191">
-        <v>535</v>
+        <v>581</v>
       </c>
       <c r="BI191" t="s">
         <v>89</v>
       </c>
       <c r="BJ191"/>
       <c r="BK191"/>
       <c r="BL191"/>
       <c r="BM191" t="s">
         <v>76</v>
       </c>
       <c r="BN191" t="s">
-        <v>1935</v>
+        <v>1913</v>
       </c>
       <c r="BO191">
         <v>0</v>
       </c>
       <c r="BP191" t="s">
         <v>73</v>
       </c>
       <c r="BQ191" t="s">
         <v>76</v>
       </c>
       <c r="BR191">
         <v>298.65</v>
       </c>
       <c r="BS191"/>
     </row>
     <row r="192" spans="1:71">
       <c r="A192" t="s">
         <v>66</v>
       </c>
       <c r="B192" t="s">
-        <v>1936</v>
+        <v>1914</v>
       </c>
       <c r="C192" t="s">
-        <v>1937</v>
+        <v>1915</v>
       </c>
       <c r="D192">
         <v>571150</v>
       </c>
       <c r="E192">
         <v>347.92</v>
       </c>
       <c r="F192" t="s">
-        <v>1938</v>
+        <v>1916</v>
       </c>
       <c r="G192" t="s">
         <v>70</v>
       </c>
       <c r="H192" t="s">
-        <v>1939</v>
+        <v>1917</v>
       </c>
       <c r="I192">
         <v>102.4</v>
       </c>
       <c r="J192" t="s">
-        <v>1940</v>
+        <v>1918</v>
       </c>
       <c r="K192" t="s">
         <v>73</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192">
         <v>11752172660</v>
       </c>
       <c r="Q192" t="s">
-        <v>1936</v>
+        <v>1914</v>
       </c>
       <c r="R192" t="s">
         <v>76</v>
       </c>
       <c r="S192" t="s">
         <v>76</v>
       </c>
       <c r="T192" t="s">
         <v>174</v>
       </c>
       <c r="U192" t="s">
-        <v>1937</v>
+        <v>1915</v>
       </c>
       <c r="V192">
         <v>571150</v>
       </c>
       <c r="W192" t="s">
         <v>76</v>
       </c>
       <c r="X192">
         <v>347.92</v>
       </c>
       <c r="Y192">
         <v>1</v>
       </c>
       <c r="Z192" t="s">
         <v>76</v>
       </c>
       <c r="AA192" t="s">
         <v>66</v>
       </c>
       <c r="AB192" t="s">
         <v>78</v>
       </c>
       <c r="AC192" t="s">
-        <v>1938</v>
+        <v>1916</v>
       </c>
       <c r="AD192">
         <v>11752172660</v>
       </c>
       <c r="AE192" t="s">
-        <v>1941</v>
+        <v>1919</v>
       </c>
       <c r="AF192" t="s">
-        <v>1941</v>
+        <v>1919</v>
       </c>
       <c r="AG192" t="s">
         <v>76</v>
       </c>
       <c r="AH192" t="s">
-        <v>1942</v>
+        <v>1920</v>
       </c>
       <c r="AI192"/>
       <c r="AJ192" t="s">
-        <v>1943</v>
+        <v>1921</v>
       </c>
       <c r="AK192" t="s">
         <v>70</v>
       </c>
       <c r="AL192" t="s">
-        <v>1940</v>
+        <v>1918</v>
       </c>
       <c r="AM192" t="s">
         <v>82</v>
       </c>
       <c r="AN192" t="s">
-        <v>1939</v>
+        <v>1917</v>
       </c>
       <c r="AO192">
         <v>102.4</v>
       </c>
       <c r="AP192" t="s">
-        <v>1090</v>
+        <v>1064</v>
       </c>
       <c r="AQ192" t="s">
         <v>73</v>
       </c>
       <c r="AR192" t="s">
         <v>84</v>
       </c>
       <c r="AS192">
         <v>274787659095</v>
       </c>
       <c r="AT192" t="s">
         <v>76</v>
       </c>
       <c r="AU192"/>
       <c r="AV192"/>
       <c r="AW192"/>
       <c r="AX192" t="s">
         <v>85</v>
       </c>
       <c r="AY192"/>
       <c r="AZ192" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA192" t="s">
         <v>86</v>
       </c>
       <c r="BB192" t="s">
-        <v>1936</v>
+        <v>1914</v>
       </c>
       <c r="BC192" t="s">
-        <v>1940</v>
+        <v>1918</v>
       </c>
       <c r="BD192" t="s">
-        <v>1944</v>
+        <v>1922</v>
       </c>
       <c r="BE192" t="s">
-        <v>1945</v>
+        <v>1923</v>
       </c>
       <c r="BF192" t="s">
         <v>76</v>
       </c>
       <c r="BG192" t="s">
         <v>76</v>
       </c>
       <c r="BH192">
-        <v>560</v>
+        <v>606</v>
       </c>
       <c r="BI192" t="s">
         <v>89</v>
       </c>
       <c r="BJ192"/>
       <c r="BK192"/>
       <c r="BL192"/>
       <c r="BM192" t="s">
         <v>76</v>
       </c>
       <c r="BN192" t="s">
-        <v>1946</v>
+        <v>1924</v>
       </c>
       <c r="BO192">
         <v>0</v>
       </c>
       <c r="BP192" t="s">
         <v>73</v>
       </c>
       <c r="BQ192" t="s">
         <v>76</v>
       </c>
       <c r="BR192">
         <v>347.92</v>
       </c>
       <c r="BS192"/>
     </row>
     <row r="193" spans="1:71">
       <c r="A193" t="s">
         <v>66</v>
       </c>
       <c r="B193" t="s">
-        <v>1947</v>
+        <v>1925</v>
       </c>
       <c r="C193" t="s">
-        <v>1948</v>
+        <v>1926</v>
       </c>
       <c r="D193">
         <v>571051</v>
       </c>
       <c r="E193">
         <v>298.65</v>
       </c>
       <c r="F193" t="s">
-        <v>1949</v>
+        <v>1927</v>
       </c>
       <c r="G193" t="s">
         <v>70</v>
       </c>
       <c r="H193" t="s">
-        <v>1950</v>
+        <v>1928</v>
       </c>
       <c r="I193">
         <v>79.99</v>
       </c>
       <c r="J193" t="s">
-        <v>1951</v>
+        <v>1929</v>
       </c>
       <c r="K193" t="s">
         <v>73</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193">
         <v>2373374333</v>
       </c>
       <c r="Q193" t="s">
-        <v>1947</v>
+        <v>1925</v>
       </c>
       <c r="R193" t="s">
         <v>76</v>
       </c>
       <c r="S193" t="s">
         <v>76</v>
       </c>
       <c r="T193" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U193" t="s">
-        <v>1948</v>
+        <v>1926</v>
       </c>
       <c r="V193">
         <v>571051</v>
       </c>
       <c r="W193" t="s">
         <v>76</v>
       </c>
       <c r="X193">
         <v>298.65</v>
       </c>
       <c r="Y193">
         <v>1</v>
       </c>
       <c r="Z193" t="s">
         <v>76</v>
       </c>
       <c r="AA193" t="s">
         <v>66</v>
       </c>
       <c r="AB193" t="s">
         <v>78</v>
       </c>
       <c r="AC193" t="s">
-        <v>1949</v>
+        <v>1927</v>
       </c>
       <c r="AD193">
         <v>2373374333</v>
       </c>
       <c r="AE193" t="s">
-        <v>1952</v>
+        <v>1930</v>
       </c>
       <c r="AF193" t="s">
-        <v>1952</v>
+        <v>1930</v>
       </c>
       <c r="AG193" t="s">
         <v>76</v>
       </c>
       <c r="AH193" t="s">
-        <v>1953</v>
+        <v>1931</v>
       </c>
       <c r="AI193"/>
       <c r="AJ193" t="s">
-        <v>1954</v>
+        <v>1932</v>
       </c>
       <c r="AK193" t="s">
         <v>70</v>
       </c>
       <c r="AL193" t="s">
-        <v>1951</v>
+        <v>1929</v>
       </c>
       <c r="AM193" t="s">
         <v>82</v>
       </c>
       <c r="AN193" t="s">
-        <v>1950</v>
+        <v>1928</v>
       </c>
       <c r="AO193">
         <v>79.99</v>
       </c>
       <c r="AP193" t="s">
-        <v>1955</v>
+        <v>1933</v>
       </c>
       <c r="AQ193" t="s">
         <v>73</v>
       </c>
       <c r="AR193" t="s">
         <v>84</v>
       </c>
       <c r="AS193">
         <v>274653073919</v>
       </c>
       <c r="AT193" t="s">
         <v>76</v>
       </c>
       <c r="AU193"/>
       <c r="AV193"/>
       <c r="AW193">
         <v>0</v>
       </c>
       <c r="AX193" t="s">
         <v>85</v>
       </c>
       <c r="AY193"/>
       <c r="AZ193" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA193" t="s">
         <v>86</v>
       </c>
       <c r="BB193" t="s">
-        <v>1947</v>
+        <v>1925</v>
       </c>
       <c r="BC193" t="s">
-        <v>1951</v>
+        <v>1929</v>
       </c>
       <c r="BD193" t="s">
-        <v>1956</v>
+        <v>1934</v>
       </c>
       <c r="BE193" t="s">
-        <v>1957</v>
+        <v>1935</v>
       </c>
       <c r="BF193" t="s">
         <v>76</v>
       </c>
       <c r="BG193" t="s">
         <v>76</v>
       </c>
       <c r="BH193">
-        <v>561</v>
+        <v>607</v>
       </c>
       <c r="BI193" t="s">
         <v>89</v>
       </c>
       <c r="BJ193"/>
       <c r="BK193"/>
       <c r="BL193"/>
       <c r="BM193" t="s">
         <v>76</v>
       </c>
       <c r="BN193" t="s">
-        <v>1958</v>
+        <v>1936</v>
       </c>
       <c r="BO193">
         <v>0</v>
       </c>
       <c r="BP193" t="s">
         <v>73</v>
       </c>
       <c r="BQ193" t="s">
         <v>76</v>
       </c>
       <c r="BR193">
         <v>298.65</v>
       </c>
       <c r="BS193"/>
     </row>
     <row r="194" spans="1:71">
       <c r="A194" t="s">
         <v>66</v>
       </c>
       <c r="B194" t="s">
-        <v>1959</v>
+        <v>1937</v>
       </c>
       <c r="C194" t="s">
-        <v>1960</v>
+        <v>1938</v>
       </c>
       <c r="D194">
         <v>571050</v>
       </c>
       <c r="E194">
         <v>244.35</v>
       </c>
       <c r="F194" t="s">
-        <v>1961</v>
+        <v>1939</v>
       </c>
       <c r="G194" t="s">
         <v>70</v>
       </c>
       <c r="H194" t="s">
-        <v>1962</v>
+        <v>1940</v>
       </c>
       <c r="I194">
         <v>55.99</v>
       </c>
       <c r="J194" t="s">
-        <v>1951</v>
+        <v>1929</v>
       </c>
       <c r="K194" t="s">
         <v>73</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194">
         <v>10529965341</v>
       </c>
       <c r="Q194" t="s">
-        <v>1959</v>
+        <v>1937</v>
       </c>
       <c r="R194" t="s">
         <v>76</v>
       </c>
       <c r="S194" t="s">
         <v>76</v>
       </c>
       <c r="T194" t="s">
         <v>174</v>
       </c>
       <c r="U194" t="s">
-        <v>1960</v>
+        <v>1938</v>
       </c>
       <c r="V194">
         <v>571050</v>
       </c>
       <c r="W194" t="s">
         <v>76</v>
       </c>
       <c r="X194">
         <v>244.35</v>
       </c>
       <c r="Y194">
         <v>1</v>
       </c>
       <c r="Z194" t="s">
         <v>76</v>
       </c>
       <c r="AA194" t="s">
         <v>66</v>
       </c>
       <c r="AB194" t="s">
         <v>78</v>
       </c>
       <c r="AC194" t="s">
-        <v>1961</v>
+        <v>1939</v>
       </c>
       <c r="AD194">
         <v>10529965341</v>
       </c>
       <c r="AE194" t="s">
-        <v>1963</v>
+        <v>1941</v>
       </c>
       <c r="AF194" t="s">
-        <v>1963</v>
+        <v>1941</v>
       </c>
       <c r="AG194" t="s">
         <v>76</v>
       </c>
       <c r="AH194" t="s">
-        <v>1964</v>
+        <v>1942</v>
       </c>
       <c r="AI194"/>
       <c r="AJ194" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="AK194" t="s">
         <v>70</v>
       </c>
       <c r="AL194" t="s">
-        <v>1951</v>
+        <v>1929</v>
       </c>
       <c r="AM194" t="s">
         <v>82</v>
       </c>
       <c r="AN194" t="s">
-        <v>1962</v>
+        <v>1940</v>
       </c>
       <c r="AO194">
         <v>55.99</v>
       </c>
       <c r="AP194" t="s">
-        <v>1965</v>
+        <v>1943</v>
       </c>
       <c r="AQ194" t="s">
         <v>73</v>
       </c>
       <c r="AR194" t="s">
         <v>84</v>
       </c>
       <c r="AS194">
         <v>274653106215</v>
       </c>
       <c r="AT194" t="s">
         <v>76</v>
       </c>
       <c r="AU194"/>
       <c r="AV194"/>
       <c r="AW194"/>
       <c r="AX194" t="s">
         <v>85</v>
       </c>
       <c r="AY194"/>
       <c r="AZ194" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA194" t="s">
         <v>86</v>
       </c>
       <c r="BB194" t="s">
-        <v>1959</v>
+        <v>1937</v>
       </c>
       <c r="BC194" t="s">
-        <v>1951</v>
+        <v>1929</v>
       </c>
       <c r="BD194" t="s">
-        <v>1966</v>
+        <v>1944</v>
       </c>
       <c r="BE194" t="s">
-        <v>1967</v>
+        <v>1945</v>
       </c>
       <c r="BF194" t="s">
         <v>76</v>
       </c>
       <c r="BG194" t="s">
         <v>76</v>
       </c>
       <c r="BH194">
-        <v>563</v>
+        <v>609</v>
       </c>
       <c r="BI194" t="s">
         <v>89</v>
       </c>
       <c r="BJ194"/>
       <c r="BK194"/>
       <c r="BL194"/>
       <c r="BM194" t="s">
         <v>76</v>
       </c>
       <c r="BN194" t="s">
-        <v>1968</v>
+        <v>1946</v>
       </c>
       <c r="BO194">
         <v>0</v>
       </c>
       <c r="BP194" t="s">
         <v>73</v>
       </c>
       <c r="BQ194" t="s">
         <v>76</v>
       </c>
       <c r="BR194">
         <v>244.35</v>
       </c>
       <c r="BS194"/>
     </row>
     <row r="195" spans="1:71">
       <c r="A195" t="s">
         <v>66</v>
       </c>
       <c r="B195" t="s">
-        <v>1969</v>
+        <v>1947</v>
       </c>
       <c r="C195" t="s">
-        <v>1970</v>
+        <v>1948</v>
       </c>
       <c r="D195">
         <v>569810</v>
       </c>
       <c r="E195">
         <v>153.07</v>
       </c>
       <c r="F195" t="s">
-        <v>1971</v>
+        <v>1949</v>
       </c>
       <c r="G195" t="s">
         <v>70</v>
       </c>
       <c r="H195" t="s">
-        <v>1972</v>
+        <v>1950</v>
       </c>
       <c r="I195">
         <v>79.2</v>
       </c>
       <c r="J195" t="s">
-        <v>1973</v>
+        <v>1951</v>
       </c>
       <c r="K195" t="s">
         <v>73</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195">
         <v>11006497054</v>
       </c>
       <c r="Q195" t="s">
-        <v>1969</v>
+        <v>1947</v>
       </c>
       <c r="R195" t="s">
         <v>76</v>
       </c>
       <c r="S195" t="s">
         <v>76</v>
       </c>
       <c r="T195" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U195" t="s">
-        <v>1970</v>
+        <v>1948</v>
       </c>
       <c r="V195">
         <v>569810</v>
       </c>
       <c r="W195" t="s">
         <v>76</v>
       </c>
       <c r="X195">
         <v>153.07</v>
       </c>
       <c r="Y195">
         <v>1</v>
       </c>
       <c r="Z195" t="s">
         <v>76</v>
       </c>
       <c r="AA195" t="s">
         <v>66</v>
       </c>
       <c r="AB195" t="s">
         <v>78</v>
       </c>
       <c r="AC195" t="s">
-        <v>1971</v>
+        <v>1949</v>
       </c>
       <c r="AD195">
         <v>11006497054</v>
       </c>
       <c r="AE195">
         <v>4777102100</v>
       </c>
       <c r="AF195">
         <v>4777102100</v>
       </c>
       <c r="AG195" t="s">
         <v>76</v>
       </c>
       <c r="AH195" t="s">
-        <v>1974</v>
+        <v>1952</v>
       </c>
       <c r="AI195"/>
       <c r="AJ195" t="s">
-        <v>1975</v>
+        <v>1953</v>
       </c>
       <c r="AK195" t="s">
         <v>70</v>
       </c>
       <c r="AL195" t="s">
-        <v>1973</v>
+        <v>1951</v>
       </c>
       <c r="AM195" t="s">
         <v>82</v>
       </c>
       <c r="AN195" t="s">
-        <v>1972</v>
+        <v>1950</v>
       </c>
       <c r="AO195">
         <v>79.2</v>
       </c>
       <c r="AP195" t="s">
-        <v>1976</v>
+        <v>1954</v>
       </c>
       <c r="AQ195" t="s">
         <v>73</v>
       </c>
       <c r="AR195" t="s">
         <v>84</v>
       </c>
       <c r="AS195">
         <v>273260168115</v>
       </c>
       <c r="AT195" t="s">
         <v>76</v>
       </c>
       <c r="AU195"/>
       <c r="AV195"/>
       <c r="AW195"/>
       <c r="AX195" t="s">
         <v>85</v>
       </c>
       <c r="AY195"/>
       <c r="AZ195" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA195" t="s">
         <v>86</v>
       </c>
       <c r="BB195" t="s">
-        <v>1969</v>
+        <v>1947</v>
       </c>
       <c r="BC195" t="s">
-        <v>1973</v>
+        <v>1951</v>
       </c>
       <c r="BD195" t="s">
-        <v>1977</v>
+        <v>1955</v>
       </c>
       <c r="BE195" t="s">
-        <v>1978</v>
+        <v>1956</v>
       </c>
       <c r="BF195" t="s">
         <v>76</v>
       </c>
       <c r="BG195" t="s">
         <v>76</v>
       </c>
       <c r="BH195">
-        <v>595</v>
+        <v>641</v>
       </c>
       <c r="BI195" t="s">
         <v>89</v>
       </c>
       <c r="BJ195"/>
       <c r="BK195"/>
       <c r="BL195"/>
       <c r="BM195" t="s">
         <v>76</v>
       </c>
       <c r="BN195" t="s">
-        <v>1979</v>
+        <v>1957</v>
       </c>
       <c r="BO195">
         <v>0</v>
       </c>
       <c r="BP195" t="s">
         <v>73</v>
       </c>
       <c r="BQ195" t="s">
         <v>76</v>
       </c>
       <c r="BR195">
         <v>153.07</v>
       </c>
       <c r="BS195"/>
     </row>
     <row r="196" spans="1:71">
       <c r="A196" t="s">
         <v>66</v>
       </c>
       <c r="B196" t="s">
-        <v>1980</v>
+        <v>1958</v>
       </c>
       <c r="C196" t="s">
-        <v>1981</v>
+        <v>1959</v>
       </c>
       <c r="D196">
         <v>569809</v>
       </c>
       <c r="E196">
         <v>181.27</v>
       </c>
       <c r="F196" t="s">
-        <v>1982</v>
+        <v>1960</v>
       </c>
       <c r="G196" t="s">
         <v>70</v>
       </c>
       <c r="H196" t="s">
-        <v>1983</v>
+        <v>1961</v>
       </c>
       <c r="I196">
         <v>95.99</v>
       </c>
       <c r="J196" t="s">
-        <v>1973</v>
+        <v>1951</v>
       </c>
       <c r="K196" t="s">
         <v>73</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196">
         <v>15297557295</v>
       </c>
       <c r="Q196" t="s">
-        <v>1980</v>
+        <v>1958</v>
       </c>
       <c r="R196" t="s">
         <v>76</v>
       </c>
       <c r="S196" t="s">
         <v>76</v>
       </c>
       <c r="T196" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U196" t="s">
-        <v>1981</v>
+        <v>1959</v>
       </c>
       <c r="V196">
         <v>569809</v>
       </c>
       <c r="W196" t="s">
         <v>76</v>
       </c>
       <c r="X196">
         <v>181.27</v>
       </c>
       <c r="Y196">
         <v>1</v>
       </c>
       <c r="Z196" t="s">
         <v>76</v>
       </c>
       <c r="AA196" t="s">
         <v>66</v>
       </c>
       <c r="AB196" t="s">
         <v>78</v>
       </c>
       <c r="AC196" t="s">
-        <v>1982</v>
+        <v>1960</v>
       </c>
       <c r="AD196">
         <v>15297557295</v>
       </c>
       <c r="AE196">
         <v>9515017000</v>
       </c>
       <c r="AF196">
         <v>9515017000</v>
       </c>
       <c r="AG196" t="s">
         <v>76</v>
       </c>
       <c r="AH196" t="s">
-        <v>1984</v>
+        <v>1962</v>
       </c>
       <c r="AI196"/>
       <c r="AJ196" t="s">
-        <v>1985</v>
+        <v>1963</v>
       </c>
       <c r="AK196" t="s">
         <v>70</v>
       </c>
       <c r="AL196" t="s">
-        <v>1973</v>
+        <v>1951</v>
       </c>
       <c r="AM196" t="s">
         <v>82</v>
       </c>
       <c r="AN196" t="s">
-        <v>1983</v>
+        <v>1961</v>
       </c>
       <c r="AO196">
         <v>95.99</v>
       </c>
       <c r="AP196" t="s">
-        <v>1986</v>
+        <v>1964</v>
       </c>
       <c r="AQ196" t="s">
         <v>73</v>
       </c>
       <c r="AR196" t="s">
         <v>84</v>
       </c>
       <c r="AS196">
         <v>273260231235</v>
       </c>
       <c r="AT196" t="s">
         <v>76</v>
       </c>
       <c r="AU196"/>
       <c r="AV196"/>
       <c r="AW196"/>
       <c r="AX196" t="s">
         <v>85</v>
       </c>
       <c r="AY196"/>
       <c r="AZ196" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA196" t="s">
         <v>86</v>
       </c>
       <c r="BB196" t="s">
-        <v>1980</v>
+        <v>1958</v>
       </c>
       <c r="BC196" t="s">
-        <v>1973</v>
+        <v>1951</v>
       </c>
       <c r="BD196" t="s">
-        <v>1987</v>
+        <v>1965</v>
       </c>
       <c r="BE196" t="s">
-        <v>1988</v>
+        <v>1966</v>
       </c>
       <c r="BF196" t="s">
         <v>76</v>
       </c>
       <c r="BG196" t="s">
         <v>76</v>
       </c>
       <c r="BH196">
-        <v>595</v>
+        <v>641</v>
       </c>
       <c r="BI196" t="s">
         <v>89</v>
       </c>
       <c r="BJ196"/>
       <c r="BK196"/>
       <c r="BL196"/>
       <c r="BM196" t="s">
         <v>76</v>
       </c>
       <c r="BN196" t="s">
-        <v>1989</v>
+        <v>1967</v>
       </c>
       <c r="BO196">
         <v>0</v>
       </c>
       <c r="BP196" t="s">
         <v>73</v>
       </c>
       <c r="BQ196" t="s">
         <v>76</v>
       </c>
       <c r="BR196">
         <v>181.27</v>
       </c>
       <c r="BS196"/>
     </row>
     <row r="197" spans="1:71">
       <c r="A197" t="s">
         <v>66</v>
       </c>
       <c r="B197" t="s">
-        <v>1990</v>
+        <v>1968</v>
       </c>
       <c r="C197" t="s">
-        <v>1991</v>
+        <v>1969</v>
       </c>
       <c r="D197">
         <v>569653</v>
       </c>
       <c r="E197">
         <v>155.09</v>
       </c>
       <c r="F197" t="s">
-        <v>1992</v>
+        <v>1970</v>
       </c>
       <c r="G197" t="s">
         <v>70</v>
       </c>
       <c r="H197" t="s">
-        <v>1993</v>
+        <v>1971</v>
       </c>
       <c r="I197">
         <v>79.99</v>
       </c>
       <c r="J197" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="K197" t="s">
         <v>73</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197">
         <v>15439693818</v>
       </c>
       <c r="Q197" t="s">
-        <v>1990</v>
+        <v>1968</v>
       </c>
       <c r="R197" t="s">
         <v>76</v>
       </c>
       <c r="S197" t="s">
         <v>76</v>
       </c>
       <c r="T197" t="s">
         <v>174</v>
       </c>
       <c r="U197" t="s">
-        <v>1991</v>
+        <v>1969</v>
       </c>
       <c r="V197">
         <v>569653</v>
       </c>
       <c r="W197" t="s">
         <v>76</v>
       </c>
       <c r="X197">
         <v>155.09</v>
       </c>
       <c r="Y197">
         <v>1</v>
       </c>
       <c r="Z197" t="s">
         <v>76</v>
       </c>
       <c r="AA197" t="s">
         <v>66</v>
       </c>
       <c r="AB197" t="s">
         <v>78</v>
       </c>
       <c r="AC197" t="s">
-        <v>1992</v>
+        <v>1970</v>
       </c>
       <c r="AD197">
         <v>15439693818</v>
       </c>
       <c r="AE197">
         <v>5591284600</v>
       </c>
       <c r="AF197">
         <v>5591284600</v>
       </c>
       <c r="AG197" t="s">
         <v>76</v>
       </c>
       <c r="AH197" t="s">
-        <v>589</v>
+        <v>576</v>
       </c>
       <c r="AI197"/>
       <c r="AJ197" t="s">
-        <v>590</v>
+        <v>577</v>
       </c>
       <c r="AK197" t="s">
         <v>70</v>
       </c>
       <c r="AL197" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="AM197" t="s">
         <v>82</v>
       </c>
       <c r="AN197" t="s">
-        <v>1993</v>
+        <v>1971</v>
       </c>
       <c r="AO197">
         <v>79.99</v>
       </c>
       <c r="AP197" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="AQ197" t="s">
         <v>73</v>
       </c>
       <c r="AR197" t="s">
         <v>84</v>
       </c>
       <c r="AS197">
         <v>273129982270</v>
       </c>
       <c r="AT197" t="s">
         <v>76</v>
       </c>
       <c r="AU197"/>
       <c r="AV197"/>
       <c r="AW197">
         <v>0</v>
       </c>
       <c r="AX197" t="s">
         <v>85</v>
       </c>
       <c r="AY197"/>
       <c r="AZ197" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA197" t="s">
         <v>86</v>
       </c>
       <c r="BB197" t="s">
-        <v>1990</v>
+        <v>1968</v>
       </c>
       <c r="BC197" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="BD197" t="s">
-        <v>1995</v>
+        <v>1973</v>
       </c>
       <c r="BE197" t="s">
-        <v>1996</v>
+        <v>1974</v>
       </c>
       <c r="BF197" t="s">
         <v>76</v>
       </c>
       <c r="BG197" t="s">
         <v>76</v>
       </c>
       <c r="BH197">
-        <v>600</v>
+        <v>646</v>
       </c>
       <c r="BI197" t="s">
         <v>89</v>
       </c>
       <c r="BJ197"/>
       <c r="BK197"/>
       <c r="BL197"/>
       <c r="BM197" t="s">
         <v>76</v>
       </c>
       <c r="BN197" t="s">
-        <v>1997</v>
+        <v>1975</v>
       </c>
       <c r="BO197">
         <v>0</v>
       </c>
       <c r="BP197" t="s">
         <v>73</v>
       </c>
       <c r="BQ197" t="s">
         <v>76</v>
       </c>
       <c r="BR197">
         <v>155.09</v>
       </c>
       <c r="BS197"/>
     </row>
     <row r="198" spans="1:71">
       <c r="A198" t="s">
         <v>66</v>
       </c>
       <c r="B198" t="s">
-        <v>1998</v>
+        <v>1976</v>
       </c>
       <c r="C198" t="s">
-        <v>1999</v>
+        <v>1977</v>
       </c>
       <c r="D198">
         <v>569652</v>
       </c>
       <c r="E198">
         <v>188.32</v>
       </c>
       <c r="F198" t="s">
-        <v>2000</v>
+        <v>1978</v>
       </c>
       <c r="G198" t="s">
         <v>70</v>
       </c>
       <c r="H198" t="s">
-        <v>2001</v>
+        <v>1979</v>
       </c>
       <c r="I198">
         <v>100</v>
       </c>
       <c r="J198" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="K198" t="s">
         <v>73</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198">
         <v>152511069</v>
       </c>
       <c r="Q198" t="s">
-        <v>1998</v>
+        <v>1976</v>
       </c>
       <c r="R198" t="s">
         <v>76</v>
       </c>
       <c r="S198" t="s">
         <v>76</v>
       </c>
       <c r="T198" t="s">
         <v>174</v>
       </c>
       <c r="U198" t="s">
-        <v>1999</v>
+        <v>1977</v>
       </c>
       <c r="V198">
         <v>569652</v>
       </c>
       <c r="W198" t="s">
         <v>76</v>
       </c>
       <c r="X198">
         <v>188.32</v>
       </c>
       <c r="Y198">
         <v>1</v>
       </c>
       <c r="Z198" t="s">
         <v>76</v>
       </c>
       <c r="AA198" t="s">
         <v>66</v>
       </c>
       <c r="AB198" t="s">
         <v>78</v>
       </c>
       <c r="AC198" t="s">
-        <v>2000</v>
+        <v>1978</v>
       </c>
       <c r="AD198">
         <v>152511069</v>
       </c>
       <c r="AE198" t="s">
-        <v>2002</v>
+        <v>1980</v>
       </c>
       <c r="AF198" t="s">
-        <v>2002</v>
+        <v>1980</v>
       </c>
       <c r="AG198" t="s">
         <v>76</v>
       </c>
       <c r="AH198" t="s">
-        <v>2003</v>
+        <v>1981</v>
       </c>
       <c r="AI198"/>
       <c r="AJ198" t="s">
-        <v>2004</v>
+        <v>1982</v>
       </c>
       <c r="AK198" t="s">
         <v>70</v>
       </c>
       <c r="AL198" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="AM198" t="s">
         <v>82</v>
       </c>
       <c r="AN198" t="s">
-        <v>2001</v>
+        <v>1979</v>
       </c>
       <c r="AO198">
         <v>100</v>
       </c>
       <c r="AP198" t="s">
-        <v>2005</v>
+        <v>1983</v>
       </c>
       <c r="AQ198" t="s">
         <v>73</v>
       </c>
       <c r="AR198" t="s">
         <v>84</v>
       </c>
       <c r="AS198">
         <v>273128917095</v>
       </c>
       <c r="AT198" t="s">
         <v>76</v>
       </c>
       <c r="AU198"/>
       <c r="AV198"/>
       <c r="AW198"/>
       <c r="AX198" t="s">
         <v>85</v>
       </c>
       <c r="AY198"/>
       <c r="AZ198" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA198" t="s">
         <v>86</v>
       </c>
       <c r="BB198" t="s">
-        <v>1998</v>
+        <v>1976</v>
       </c>
       <c r="BC198" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="BD198" t="s">
-        <v>2006</v>
+        <v>1984</v>
       </c>
       <c r="BE198" t="s">
-        <v>2007</v>
+        <v>1985</v>
       </c>
       <c r="BF198" t="s">
         <v>76</v>
       </c>
       <c r="BG198" t="s">
         <v>76</v>
       </c>
       <c r="BH198">
-        <v>600</v>
+        <v>646</v>
       </c>
       <c r="BI198" t="s">
         <v>89</v>
       </c>
       <c r="BJ198"/>
       <c r="BK198"/>
       <c r="BL198"/>
       <c r="BM198" t="s">
         <v>76</v>
       </c>
       <c r="BN198" t="s">
-        <v>2008</v>
+        <v>1986</v>
       </c>
       <c r="BO198">
         <v>0</v>
       </c>
       <c r="BP198" t="s">
         <v>73</v>
       </c>
       <c r="BQ198" t="s">
         <v>76</v>
       </c>
       <c r="BR198">
         <v>188.32</v>
       </c>
       <c r="BS198"/>
     </row>
     <row r="199" spans="1:71">
       <c r="A199" t="s">
         <v>66</v>
       </c>
       <c r="B199" t="s">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="C199" t="s">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="D199">
         <v>569651</v>
       </c>
       <c r="E199">
         <v>120.85</v>
       </c>
       <c r="F199" t="s">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="G199" t="s">
         <v>70</v>
       </c>
       <c r="H199" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="I199">
         <v>60</v>
       </c>
       <c r="J199" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="K199" t="s">
         <v>73</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199">
         <v>6205959539</v>
       </c>
       <c r="Q199" t="s">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="R199" t="s">
         <v>76</v>
       </c>
       <c r="S199" t="s">
         <v>76</v>
       </c>
       <c r="T199" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U199" t="s">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="V199">
         <v>569651</v>
       </c>
       <c r="W199" t="s">
         <v>76</v>
       </c>
       <c r="X199">
         <v>120.85</v>
       </c>
       <c r="Y199">
         <v>1</v>
       </c>
       <c r="Z199" t="s">
         <v>76</v>
       </c>
       <c r="AA199" t="s">
         <v>66</v>
       </c>
       <c r="AB199" t="s">
         <v>78</v>
       </c>
       <c r="AC199" t="s">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="AD199">
         <v>6205959539</v>
       </c>
       <c r="AE199">
         <v>5550771300</v>
       </c>
       <c r="AF199">
         <v>5550771300</v>
       </c>
       <c r="AG199" t="s">
         <v>76</v>
       </c>
       <c r="AH199" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="AI199"/>
       <c r="AJ199" t="s">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="AK199" t="s">
         <v>70</v>
       </c>
       <c r="AL199" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="AM199" t="s">
         <v>82</v>
       </c>
       <c r="AN199" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="AO199">
         <v>60</v>
       </c>
       <c r="AP199" t="s">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="AQ199" t="s">
         <v>73</v>
       </c>
       <c r="AR199" t="s">
         <v>84</v>
       </c>
       <c r="AS199">
         <v>273129739220</v>
       </c>
       <c r="AT199" t="s">
         <v>76</v>
       </c>
       <c r="AU199"/>
       <c r="AV199"/>
       <c r="AW199"/>
       <c r="AX199" t="s">
         <v>85</v>
       </c>
       <c r="AY199"/>
       <c r="AZ199" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA199" t="s">
         <v>86</v>
       </c>
       <c r="BB199" t="s">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="BC199" t="s">
+        <v>1972</v>
+      </c>
+      <c r="BD199" t="s">
         <v>1994</v>
       </c>
-      <c r="BD199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE199" t="s">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="BF199" t="s">
         <v>76</v>
       </c>
       <c r="BG199" t="s">
         <v>76</v>
       </c>
       <c r="BH199">
-        <v>600</v>
+        <v>646</v>
       </c>
       <c r="BI199" t="s">
         <v>89</v>
       </c>
       <c r="BJ199"/>
       <c r="BK199"/>
       <c r="BL199"/>
       <c r="BM199" t="s">
         <v>76</v>
       </c>
       <c r="BN199" t="s">
-        <v>2018</v>
+        <v>1996</v>
       </c>
       <c r="BO199">
         <v>0</v>
       </c>
       <c r="BP199" t="s">
         <v>73</v>
       </c>
       <c r="BQ199" t="s">
         <v>76</v>
       </c>
       <c r="BR199">
         <v>120.85</v>
       </c>
       <c r="BS199"/>
     </row>
     <row r="200" spans="1:71">
       <c r="A200" t="s">
         <v>66</v>
       </c>
       <c r="B200" t="s">
-        <v>2019</v>
+        <v>1997</v>
       </c>
       <c r="C200" t="s">
-        <v>2020</v>
+        <v>1998</v>
       </c>
       <c r="D200">
         <v>569649</v>
       </c>
       <c r="E200">
         <v>118.73</v>
       </c>
       <c r="F200" t="s">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="G200" t="s">
         <v>70</v>
       </c>
       <c r="H200" t="s">
-        <v>2022</v>
+        <v>2000</v>
       </c>
       <c r="I200">
         <v>66.4</v>
       </c>
       <c r="J200" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="K200" t="s">
         <v>73</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200">
         <v>15323104096</v>
       </c>
       <c r="Q200" t="s">
-        <v>2019</v>
+        <v>1997</v>
       </c>
       <c r="R200" t="s">
         <v>76</v>
       </c>
       <c r="S200" t="s">
         <v>76</v>
       </c>
       <c r="T200" t="s">
         <v>174</v>
       </c>
       <c r="U200" t="s">
-        <v>2020</v>
+        <v>1998</v>
       </c>
       <c r="V200">
         <v>569649</v>
       </c>
       <c r="W200" t="s">
         <v>76</v>
       </c>
       <c r="X200">
         <v>118.73</v>
       </c>
       <c r="Y200">
         <v>1</v>
       </c>
       <c r="Z200" t="s">
         <v>76</v>
       </c>
       <c r="AA200" t="s">
         <v>66</v>
       </c>
       <c r="AB200" t="s">
         <v>78</v>
       </c>
       <c r="AC200" t="s">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="AD200">
         <v>15323104096</v>
       </c>
       <c r="AE200" t="s">
         <v>76</v>
       </c>
       <c r="AF200" t="s">
         <v>76</v>
       </c>
       <c r="AG200" t="s">
         <v>76</v>
       </c>
       <c r="AH200" t="s">
-        <v>2023</v>
+        <v>2001</v>
       </c>
       <c r="AI200"/>
       <c r="AJ200" t="s">
-        <v>2024</v>
+        <v>2002</v>
       </c>
       <c r="AK200" t="s">
         <v>70</v>
       </c>
       <c r="AL200" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="AM200" t="s">
         <v>82</v>
       </c>
       <c r="AN200" t="s">
-        <v>2022</v>
+        <v>2000</v>
       </c>
       <c r="AO200">
         <v>66.4</v>
       </c>
       <c r="AP200" t="s">
-        <v>2025</v>
+        <v>2003</v>
       </c>
       <c r="AQ200" t="s">
         <v>73</v>
       </c>
       <c r="AR200" t="s">
         <v>84</v>
       </c>
       <c r="AS200">
         <v>273130286902</v>
       </c>
       <c r="AT200" t="s">
         <v>76</v>
       </c>
       <c r="AU200"/>
       <c r="AV200"/>
       <c r="AW200"/>
       <c r="AX200" t="s">
         <v>85</v>
       </c>
       <c r="AY200"/>
       <c r="AZ200" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA200" t="s">
         <v>86</v>
       </c>
       <c r="BB200" t="s">
-        <v>2019</v>
+        <v>1997</v>
       </c>
       <c r="BC200" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="BD200" t="s">
-        <v>2026</v>
+        <v>2004</v>
       </c>
       <c r="BE200" t="s">
-        <v>2027</v>
+        <v>2005</v>
       </c>
       <c r="BF200" t="s">
         <v>76</v>
       </c>
       <c r="BG200" t="s">
         <v>76</v>
       </c>
       <c r="BH200">
-        <v>600</v>
+        <v>646</v>
       </c>
       <c r="BI200" t="s">
         <v>89</v>
       </c>
       <c r="BJ200"/>
       <c r="BK200"/>
       <c r="BL200"/>
       <c r="BM200" t="s">
         <v>76</v>
       </c>
       <c r="BN200" t="s">
-        <v>2028</v>
+        <v>2006</v>
       </c>
       <c r="BO200">
         <v>0</v>
       </c>
       <c r="BP200" t="s">
         <v>73</v>
       </c>
       <c r="BQ200" t="s">
         <v>76</v>
       </c>
       <c r="BR200">
         <v>118.73</v>
       </c>
       <c r="BS200"/>
     </row>
     <row r="201" spans="1:71">
       <c r="A201" t="s">
         <v>66</v>
       </c>
       <c r="B201" t="s">
-        <v>2029</v>
+        <v>2007</v>
       </c>
       <c r="C201" t="s">
-        <v>2030</v>
+        <v>2008</v>
       </c>
       <c r="D201">
         <v>569648</v>
       </c>
       <c r="E201">
         <v>100.71</v>
       </c>
       <c r="F201" t="s">
-        <v>2031</v>
+        <v>2009</v>
       </c>
       <c r="G201" t="s">
         <v>70</v>
       </c>
       <c r="H201" t="s">
-        <v>2032</v>
+        <v>2010</v>
       </c>
       <c r="I201">
         <v>47.99</v>
       </c>
       <c r="J201" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="K201" t="s">
         <v>73</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201">
         <v>21891070758</v>
       </c>
       <c r="Q201" t="s">
-        <v>2029</v>
+        <v>2007</v>
       </c>
       <c r="R201" t="s">
         <v>76</v>
       </c>
       <c r="S201" t="s">
         <v>76</v>
       </c>
       <c r="T201" t="s">
         <v>174</v>
       </c>
       <c r="U201" t="s">
-        <v>2030</v>
+        <v>2008</v>
       </c>
       <c r="V201">
         <v>569648</v>
       </c>
       <c r="W201" t="s">
         <v>76</v>
       </c>
       <c r="X201">
         <v>100.71</v>
       </c>
       <c r="Y201">
         <v>1</v>
       </c>
       <c r="Z201" t="s">
         <v>76</v>
       </c>
       <c r="AA201" t="s">
         <v>66</v>
       </c>
       <c r="AB201" t="s">
         <v>78</v>
       </c>
       <c r="AC201" t="s">
-        <v>2031</v>
+        <v>2009</v>
       </c>
       <c r="AD201">
         <v>21891070758</v>
       </c>
       <c r="AE201">
         <v>7222762700</v>
       </c>
       <c r="AF201">
         <v>7222762700</v>
       </c>
       <c r="AG201" t="s">
         <v>76</v>
       </c>
       <c r="AH201" t="s">
-        <v>2033</v>
+        <v>2011</v>
       </c>
       <c r="AI201"/>
       <c r="AJ201" t="s">
-        <v>2034</v>
+        <v>2012</v>
       </c>
       <c r="AK201" t="s">
         <v>70</v>
       </c>
       <c r="AL201" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="AM201" t="s">
         <v>82</v>
       </c>
       <c r="AN201" t="s">
-        <v>2032</v>
+        <v>2010</v>
       </c>
       <c r="AO201">
         <v>47.99</v>
       </c>
       <c r="AP201" t="s">
-        <v>1569</v>
+        <v>1547</v>
       </c>
       <c r="AQ201" t="s">
         <v>73</v>
       </c>
       <c r="AR201" t="s">
         <v>84</v>
       </c>
       <c r="AS201">
         <v>273129898920</v>
       </c>
       <c r="AT201" t="s">
         <v>76</v>
       </c>
       <c r="AU201"/>
       <c r="AV201"/>
       <c r="AW201"/>
       <c r="AX201" t="s">
         <v>85</v>
       </c>
       <c r="AY201"/>
       <c r="AZ201" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA201" t="s">
         <v>86</v>
       </c>
       <c r="BB201" t="s">
-        <v>2029</v>
+        <v>2007</v>
       </c>
       <c r="BC201" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="BD201" t="s">
-        <v>2035</v>
+        <v>2013</v>
       </c>
       <c r="BE201" t="s">
-        <v>2036</v>
+        <v>2014</v>
       </c>
       <c r="BF201" t="s">
         <v>76</v>
       </c>
       <c r="BG201" t="s">
         <v>76</v>
       </c>
       <c r="BH201">
-        <v>601</v>
+        <v>647</v>
       </c>
       <c r="BI201" t="s">
         <v>89</v>
       </c>
       <c r="BJ201"/>
       <c r="BK201"/>
       <c r="BL201"/>
       <c r="BM201" t="s">
         <v>76</v>
       </c>
       <c r="BN201" t="s">
-        <v>2037</v>
+        <v>2015</v>
       </c>
       <c r="BO201">
         <v>0</v>
       </c>
       <c r="BP201" t="s">
         <v>73</v>
       </c>
       <c r="BQ201" t="s">
         <v>76</v>
       </c>
       <c r="BR201">
         <v>100.71</v>
       </c>
       <c r="BS201"/>
     </row>
     <row r="202" spans="1:71">
       <c r="A202" t="s">
         <v>66</v>
       </c>
       <c r="B202" t="s">
-        <v>2038</v>
+        <v>2016</v>
       </c>
       <c r="C202" t="s">
-        <v>2039</v>
+        <v>2017</v>
       </c>
       <c r="D202">
         <v>569629</v>
       </c>
       <c r="E202">
         <v>827.8</v>
       </c>
       <c r="F202" t="s">
-        <v>2040</v>
+        <v>2018</v>
       </c>
       <c r="G202" t="s">
         <v>70</v>
       </c>
       <c r="H202" t="s">
-        <v>2041</v>
+        <v>2019</v>
       </c>
       <c r="I202">
         <v>479.2</v>
       </c>
       <c r="J202" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="K202" t="s">
         <v>73</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202">
         <v>12431626460</v>
       </c>
       <c r="Q202" t="s">
-        <v>2038</v>
+        <v>2016</v>
       </c>
       <c r="R202" t="s">
         <v>76</v>
       </c>
       <c r="S202" t="s">
         <v>76</v>
       </c>
       <c r="T202" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="U202" t="s">
-        <v>2039</v>
+        <v>2017</v>
       </c>
       <c r="V202">
         <v>569629</v>
       </c>
       <c r="W202" t="s">
         <v>76</v>
       </c>
       <c r="X202">
         <v>827.8</v>
       </c>
       <c r="Y202">
         <v>1</v>
       </c>
       <c r="Z202" t="s">
         <v>76</v>
       </c>
       <c r="AA202" t="s">
         <v>66</v>
       </c>
       <c r="AB202" t="s">
         <v>78</v>
       </c>
       <c r="AC202" t="s">
-        <v>2040</v>
+        <v>2018</v>
       </c>
       <c r="AD202">
         <v>12431626460</v>
       </c>
       <c r="AE202" t="s">
-        <v>2042</v>
+        <v>2020</v>
       </c>
       <c r="AF202" t="s">
-        <v>2042</v>
+        <v>2020</v>
       </c>
       <c r="AG202" t="s">
         <v>76</v>
       </c>
       <c r="AH202" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="AI202"/>
       <c r="AJ202" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="AK202" t="s">
         <v>70</v>
       </c>
       <c r="AL202" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="AM202" t="s">
         <v>82</v>
       </c>
       <c r="AN202" t="s">
-        <v>2041</v>
+        <v>2019</v>
       </c>
       <c r="AO202">
         <v>479.2</v>
       </c>
       <c r="AP202" t="s">
-        <v>2044</v>
+        <v>2022</v>
       </c>
       <c r="AQ202" t="s">
         <v>73</v>
       </c>
       <c r="AR202" t="s">
         <v>84</v>
       </c>
       <c r="AS202">
         <v>273070227054</v>
       </c>
       <c r="AT202" t="s">
         <v>76</v>
       </c>
       <c r="AU202"/>
       <c r="AV202"/>
       <c r="AW202">
         <v>0</v>
       </c>
       <c r="AX202" t="s">
         <v>85</v>
       </c>
       <c r="AY202"/>
       <c r="AZ202" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA202" t="s">
         <v>86</v>
       </c>
       <c r="BB202" t="s">
-        <v>2038</v>
+        <v>2016</v>
       </c>
       <c r="BC202" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="BD202" t="s">
-        <v>2045</v>
+        <v>2023</v>
       </c>
       <c r="BE202" t="s">
-        <v>2046</v>
+        <v>2024</v>
       </c>
       <c r="BF202" t="s">
         <v>76</v>
       </c>
       <c r="BG202" t="s">
         <v>76</v>
       </c>
       <c r="BH202">
-        <v>602</v>
+        <v>648</v>
       </c>
       <c r="BI202" t="s">
         <v>89</v>
       </c>
       <c r="BJ202"/>
       <c r="BK202"/>
       <c r="BL202"/>
       <c r="BM202" t="s">
         <v>76</v>
       </c>
       <c r="BN202" t="s">
-        <v>2047</v>
+        <v>2025</v>
       </c>
       <c r="BO202">
         <v>0</v>
       </c>
       <c r="BP202" t="s">
         <v>73</v>
       </c>
       <c r="BQ202" t="s">
         <v>76</v>
       </c>
       <c r="BR202">
         <v>827.8</v>
       </c>
       <c r="BS202"/>
     </row>
     <row r="203" spans="1:71">
       <c r="A203" t="s">
         <v>66</v>
       </c>
       <c r="B203" t="s">
-        <v>2048</v>
+        <v>2026</v>
       </c>
       <c r="C203" t="s">
-        <v>2049</v>
+        <v>2027</v>
       </c>
       <c r="D203">
         <v>569624</v>
       </c>
       <c r="E203">
         <v>377.65</v>
       </c>
       <c r="F203" t="s">
-        <v>2050</v>
+        <v>2028</v>
       </c>
       <c r="G203" t="s">
         <v>70</v>
       </c>
       <c r="H203" t="s">
-        <v>2051</v>
+        <v>2029</v>
       </c>
       <c r="I203">
         <v>212</v>
       </c>
       <c r="J203" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="K203" t="s">
         <v>73</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203">
         <v>6439365697</v>
       </c>
       <c r="Q203" t="s">
-        <v>2048</v>
+        <v>2026</v>
       </c>
       <c r="R203" t="s">
         <v>76</v>
       </c>
       <c r="S203" t="s">
         <v>76</v>
       </c>
       <c r="T203" t="s">
         <v>174</v>
       </c>
       <c r="U203" t="s">
-        <v>2049</v>
+        <v>2027</v>
       </c>
       <c r="V203">
         <v>569624</v>
       </c>
       <c r="W203" t="s">
         <v>76</v>
       </c>
       <c r="X203">
         <v>377.65</v>
       </c>
       <c r="Y203">
         <v>1</v>
       </c>
       <c r="Z203" t="s">
         <v>76</v>
       </c>
       <c r="AA203" t="s">
         <v>66</v>
       </c>
       <c r="AB203" t="s">
         <v>78</v>
       </c>
       <c r="AC203" t="s">
-        <v>2050</v>
+        <v>2028</v>
       </c>
       <c r="AD203">
         <v>6439365697</v>
       </c>
       <c r="AE203" t="s">
-        <v>2052</v>
+        <v>2030</v>
       </c>
       <c r="AF203" t="s">
-        <v>2052</v>
+        <v>2030</v>
       </c>
       <c r="AG203" t="s">
         <v>76</v>
       </c>
       <c r="AH203" t="s">
-        <v>2053</v>
+        <v>2031</v>
       </c>
       <c r="AI203"/>
       <c r="AJ203" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="AK203" t="s">
         <v>70</v>
       </c>
       <c r="AL203" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="AM203" t="s">
         <v>82</v>
       </c>
       <c r="AN203" t="s">
-        <v>2051</v>
+        <v>2029</v>
       </c>
       <c r="AO203">
         <v>212</v>
       </c>
       <c r="AP203" t="s">
-        <v>2054</v>
+        <v>2032</v>
       </c>
       <c r="AQ203" t="s">
         <v>73</v>
       </c>
       <c r="AR203" t="s">
         <v>84</v>
       </c>
       <c r="AS203">
         <v>273066343407</v>
       </c>
       <c r="AT203" t="s">
         <v>76</v>
       </c>
       <c r="AU203"/>
       <c r="AV203"/>
       <c r="AW203">
         <v>0</v>
       </c>
       <c r="AX203" t="s">
         <v>85</v>
       </c>
       <c r="AY203"/>
       <c r="AZ203" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="BA203" t="s">
         <v>86</v>
       </c>
       <c r="BB203" t="s">
-        <v>2048</v>
+        <v>2026</v>
       </c>
       <c r="BC203" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="BD203" t="s">
-        <v>2055</v>
+        <v>2033</v>
       </c>
       <c r="BE203" t="s">
-        <v>2056</v>
+        <v>2034</v>
       </c>
       <c r="BF203" t="s">
         <v>76</v>
       </c>
       <c r="BG203" t="s">
         <v>76</v>
       </c>
       <c r="BH203">
-        <v>602</v>
+        <v>648</v>
       </c>
       <c r="BI203" t="s">
         <v>89</v>
       </c>
       <c r="BJ203"/>
       <c r="BK203"/>
       <c r="BL203"/>
       <c r="BM203" t="s">
         <v>76</v>
       </c>
       <c r="BN203" t="s">
-        <v>2057</v>
+        <v>2035</v>
       </c>
       <c r="BO203">
         <v>0</v>
       </c>
       <c r="BP203" t="s">
         <v>73</v>
       </c>
       <c r="BQ203" t="s">
         <v>76</v>
       </c>
       <c r="BR203">
         <v>377.65</v>
       </c>
       <c r="BS203"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>