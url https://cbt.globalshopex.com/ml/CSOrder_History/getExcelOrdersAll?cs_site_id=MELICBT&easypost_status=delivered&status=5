--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -488,66 +488,60 @@
   <si>
     <t>Las rosas 312</t>
   </si>
   <si>
     <t>Referencia: niguna Entre: Palmeras y Belisario Dominguez</t>
   </si>
   <si>
     <t>Oaxaca De Juárez</t>
   </si>
   <si>
     <t>2021-12-07 12:03:00</t>
   </si>
   <si>
     <t xml:space="preserve">							</t>
   </si>
   <si>
     <t>2021-12-14 16:49:08</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>2020-09-11 12:33:28</t>
   </si>
   <si>
-    <t>Carmen Castillo Castillo</t>
+    <t xml:space="preserve"> Castillo</t>
   </si>
   <si>
     <t>/ 1075114028-9112020</t>
   </si>
   <si>
     <t>2020-09-11 00:00:00</t>
   </si>
   <si>
-    <t>Priv De Los Greggis 236</t>
-[...1 lines deleted...]
-  <si>
     <t>Referencia: Entrada Entre El Hospital Intermedica Y Plaza Arboledas Entre: Bourlevard Luis Donaldo C</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pachuca De Soto</t>
   </si>
   <si>
     <t>GC513</t>
   </si>
   <si>
     <t>2020-10-06 11:51:40</t>
   </si>
   <si>
     <t>2020-10-06 14:57:28</t>
   </si>
   <si>
     <t>2020-10-08 17:32:11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2312,114 +2306,114 @@
       <c r="X8">
         <v>256.81</v>
       </c>
       <c r="Y8">
         <v>1</v>
       </c>
       <c r="Z8" t="s">
         <v>75</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>69</v>
       </c>
       <c r="AC8" t="s">
         <v>158</v>
       </c>
       <c r="AD8" t="s">
         <v>75</v>
       </c>
       <c r="AE8" t="s">
         <v>75</v>
       </c>
       <c r="AF8" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI8" t="s">
         <v>161</v>
       </c>
-      <c r="AI8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AJ8" t="s">
-        <v>163</v>
+        <v>75</v>
       </c>
       <c r="AK8" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="AL8" t="s">
         <v>160</v>
       </c>
       <c r="AM8"/>
       <c r="AN8" t="s">
         <v>159</v>
       </c>
       <c r="AO8">
         <v>181.39</v>
       </c>
       <c r="AP8" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>75</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
         <v>82</v>
       </c>
       <c r="AY8">
         <v>7128424155</v>
       </c>
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>157</v>
       </c>
       <c r="BC8" t="s">
         <v>160</v>
       </c>
       <c r="BD8" t="s">
+        <v>163</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>164</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG8" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="BH8">
         <v>27</v>
       </c>
       <c r="BI8" t="s">
         <v>87</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>75</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>0</v>
       </c>
       <c r="BS8"/>