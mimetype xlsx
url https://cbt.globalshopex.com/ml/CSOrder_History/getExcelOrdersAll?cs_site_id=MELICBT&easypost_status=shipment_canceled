--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -1104,51 +1104,51 @@
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2" t="s">
         <v>80</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>1728</v>
+        <v>1787</v>
       </c>
       <c r="BI2" t="s">
         <v>81</v>
       </c>
       <c r="BJ2" t="s">
         <v>82</v>
       </c>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>70</v>
       </c>
       <c r="BN2" t="s">
         <v>70</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>30.33</v>
       </c>
       <c r="BS2"/>
     </row>
@@ -1281,51 +1281,51 @@
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
         <v>80</v>
       </c>
       <c r="BB3" t="s">
         <v>83</v>
       </c>
       <c r="BC3" t="s">
         <v>70</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>1741</v>
+        <v>1800</v>
       </c>
       <c r="BI3" t="s">
         <v>81</v>
       </c>
       <c r="BJ3" t="s">
         <v>82</v>
       </c>
       <c r="BK3" t="s">
         <v>88</v>
       </c>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>89</v>
       </c>
       <c r="BN3" t="s">
         <v>70</v>
       </c>
       <c r="BO3">
         <v>10</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>34.66</v>
       </c>
@@ -1460,51 +1460,51 @@
       </c>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>91</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>1765</v>
+        <v>1824</v>
       </c>
       <c r="BI4" t="s">
         <v>81</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>70</v>
       </c>
       <c r="BN4" t="s">
         <v>70</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>33.45</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -1641,51 +1641,51 @@
       </c>
       <c r="AY5"/>
       <c r="AZ5" t="s">
         <v>72</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>97</v>
       </c>
       <c r="BC5" t="s">
         <v>100</v>
       </c>
       <c r="BD5" t="s">
         <v>108</v>
       </c>
       <c r="BE5" t="s">
         <v>70</v>
       </c>
       <c r="BF5" t="s">
         <v>70</v>
       </c>
       <c r="BG5" t="s">
         <v>70</v>
       </c>
       <c r="BH5">
-        <v>1771</v>
+        <v>1830</v>
       </c>
       <c r="BI5" t="s">
         <v>81</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>70</v>
       </c>
       <c r="BN5" t="s">
         <v>70</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>83.51</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
@@ -1814,51 +1814,51 @@
       </c>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>72</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
         <v>109</v>
       </c>
       <c r="BC6" t="s">
         <v>70</v>
       </c>
       <c r="BD6" t="s">
         <v>70</v>
       </c>
       <c r="BE6" t="s">
         <v>70</v>
       </c>
       <c r="BF6" t="s">
         <v>70</v>
       </c>
       <c r="BG6" t="s">
         <v>70</v>
       </c>
       <c r="BH6">
-        <v>1789</v>
+        <v>1848</v>
       </c>
       <c r="BI6" t="s">
         <v>81</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>70</v>
       </c>
       <c r="BN6" t="s">
         <v>70</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>35.29</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
@@ -1997,51 +1997,51 @@
         <v>7128428285</v>
       </c>
       <c r="AZ7" t="s">
         <v>72</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>114</v>
       </c>
       <c r="BC7" t="s">
         <v>117</v>
       </c>
       <c r="BD7" t="s">
         <v>123</v>
       </c>
       <c r="BE7" t="s">
         <v>70</v>
       </c>
       <c r="BF7" t="s">
         <v>70</v>
       </c>
       <c r="BG7" t="s">
         <v>70</v>
       </c>
       <c r="BH7">
-        <v>1854</v>
+        <v>1913</v>
       </c>
       <c r="BI7" t="s">
         <v>81</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>70</v>
       </c>
       <c r="BN7" t="s">
         <v>70</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>0</v>
       </c>
       <c r="BS7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>