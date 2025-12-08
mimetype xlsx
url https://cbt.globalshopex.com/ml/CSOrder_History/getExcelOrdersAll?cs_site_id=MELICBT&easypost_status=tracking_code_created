--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -2198,59 +2198,65 @@
   <si>
     <t>2021-02-06 00:00:00</t>
   </si>
   <si>
     <t>anillo vial juan junipero sierra 46000-1 Biosfera towers B 903</t>
   </si>
   <si>
     <t>/0380807343</t>
   </si>
   <si>
     <t>Tracking ID: 1Z2Y842V0318434998</t>
   </si>
   <si>
     <t>2021-02-08</t>
   </si>
   <si>
     <t>2021-02-09 10:27:59</t>
   </si>
   <si>
     <t>2021-02-09 11:32:18</t>
   </si>
   <si>
     <t>2021-02-04 16:50:02</t>
   </si>
   <si>
-    <t xml:space="preserve"> .</t>
+    <t>Mariana Flores López .</t>
   </si>
   <si>
     <t>/112-2871400-2614617</t>
   </si>
   <si>
     <t>2021-02-05 00:00:00</t>
   </si>
   <si>
+    <t>CARR A RIO VERDE 2260</t>
+  </si>
+  <si>
+    <t>Soledad De Graciano Sánchez</t>
+  </si>
+  <si>
     <t>/1680525794</t>
   </si>
   <si>
     <t>Tracking ID: TBA154880958401</t>
   </si>
   <si>
     <t>2021-02-09 09:34:18</t>
   </si>
   <si>
     <t>2021-02-09 11:19:02</t>
   </si>
   <si>
     <t>2021-02-03 18:00:07</t>
   </si>
   <si>
     <t>Maria Araceli Martinez Morelos .</t>
   </si>
   <si>
     <t>/113-4472531-2572265</t>
   </si>
   <si>
     <t>2021-02-03 00:00:00</t>
   </si>
   <si>
     <t>Clavel 87</t>
@@ -3429,56 +3435,50 @@
     <t>Rosa María Morales Hernandez .</t>
   </si>
   <si>
     <t>chemax 31</t>
   </si>
   <si>
     <t>/B07BYHB5X3</t>
   </si>
   <si>
     <t>2020-11-06 16:18:15</t>
   </si>
   <si>
     <t>Irma MendozaNovoa .</t>
   </si>
   <si>
     <t>Av. Madeiras 218</t>
   </si>
   <si>
     <t>/1075292352</t>
   </si>
   <si>
     <t>2020-11-05 00:55:34</t>
   </si>
   <si>
     <t>Erick Arellano .</t>
-  </si>
-[...4 lines deleted...]
-    <t>2020-11-05 00:00:00</t>
   </si>
   <si>
     <t>Don Alfonso 613</t>
   </si>
   <si>
     <t>/B0822Z5KH6</t>
   </si>
   <si>
     <t>Now expected November 7 - November 12</t>
   </si>
   <si>
     <t>Tracking ID: 1ZR285650301024669</t>
   </si>
   <si>
     <t>2020-10-30 12:41:26</t>
   </si>
   <si>
     <t>Marcos Moncada Salinas .</t>
   </si>
   <si>
     <t>/113-7874704-5064230</t>
   </si>
   <si>
     <t>2020-10-30 00:00:00</t>
   </si>
@@ -4936,51 +4936,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>84</v>
       </c>
       <c r="BE2" t="s">
         <v>85</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>39.33</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -5119,51 +5119,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>91</v>
       </c>
       <c r="BE3" t="s">
         <v>92</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>37.27</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
@@ -5302,51 +5302,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>93</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>99</v>
       </c>
       <c r="BE4" t="s">
         <v>100</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>156.91</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -5485,51 +5485,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>83</v>
       </c>
       <c r="BB5" t="s">
         <v>101</v>
       </c>
       <c r="BC5" t="s">
         <v>71</v>
       </c>
       <c r="BD5" t="s">
         <v>107</v>
       </c>
       <c r="BE5" t="s">
         <v>108</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>75</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>44.1</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
@@ -5668,51 +5668,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
         <v>109</v>
       </c>
       <c r="BC6" t="s">
         <v>71</v>
       </c>
       <c r="BD6" t="s">
         <v>115</v>
       </c>
       <c r="BE6" t="s">
         <v>116</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>75</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>50.2</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
@@ -5851,51 +5851,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
         <v>117</v>
       </c>
       <c r="BC7" t="s">
         <v>120</v>
       </c>
       <c r="BD7" t="s">
         <v>124</v>
       </c>
       <c r="BE7" t="s">
         <v>125</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>75</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>36.33</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
@@ -6034,51 +6034,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
         <v>126</v>
       </c>
       <c r="BC8" t="s">
         <v>120</v>
       </c>
       <c r="BD8" t="s">
         <v>132</v>
       </c>
       <c r="BE8" t="s">
         <v>133</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>75</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>42.45</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
@@ -6217,51 +6217,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
         <v>134</v>
       </c>
       <c r="BC9" t="s">
         <v>120</v>
       </c>
       <c r="BD9" t="s">
         <v>140</v>
       </c>
       <c r="BE9" t="s">
         <v>141</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>75</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>38.51</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
@@ -6400,51 +6400,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>142</v>
       </c>
       <c r="BC10" t="s">
         <v>120</v>
       </c>
       <c r="BD10" t="s">
         <v>147</v>
       </c>
       <c r="BE10" t="s">
         <v>148</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>75</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>34.56</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
@@ -6583,51 +6583,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>83</v>
       </c>
       <c r="BB11" t="s">
         <v>149</v>
       </c>
       <c r="BC11" t="s">
         <v>120</v>
       </c>
       <c r="BD11" t="s">
         <v>155</v>
       </c>
       <c r="BE11" t="s">
         <v>156</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>75</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>196.35</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
@@ -6768,51 +6768,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>83</v>
       </c>
       <c r="BB12" t="s">
         <v>157</v>
       </c>
       <c r="BC12" t="s">
         <v>89</v>
       </c>
       <c r="BD12" t="s">
         <v>165</v>
       </c>
       <c r="BE12" t="s">
         <v>166</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>75</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>30.92</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
@@ -6953,51 +6953,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>167</v>
       </c>
       <c r="BC13" t="s">
         <v>120</v>
       </c>
       <c r="BD13" t="s">
         <v>173</v>
       </c>
       <c r="BE13" t="s">
         <v>174</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>1571</v>
+        <v>1630</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>75</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>44.1</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
@@ -7136,51 +7136,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>83</v>
       </c>
       <c r="BB14" t="s">
         <v>175</v>
       </c>
       <c r="BC14" t="s">
         <v>120</v>
       </c>
       <c r="BD14" t="s">
         <v>181</v>
       </c>
       <c r="BE14" t="s">
         <v>182</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>1572</v>
+        <v>1631</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>75</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>40.13</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
@@ -7319,51 +7319,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
         <v>183</v>
       </c>
       <c r="BC15" t="s">
         <v>89</v>
       </c>
       <c r="BD15" t="s">
         <v>189</v>
       </c>
       <c r="BE15" t="s">
         <v>190</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>1572</v>
+        <v>1631</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>75</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>59.91</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
@@ -7502,51 +7502,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>83</v>
       </c>
       <c r="BB16" t="s">
         <v>191</v>
       </c>
       <c r="BC16" t="s">
         <v>120</v>
       </c>
       <c r="BD16" t="s">
         <v>197</v>
       </c>
       <c r="BE16" t="s">
         <v>198</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>1572</v>
+        <v>1631</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
         <v>75</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>79.16</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
@@ -7685,51 +7685,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>83</v>
       </c>
       <c r="BB17" t="s">
         <v>199</v>
       </c>
       <c r="BC17" t="s">
         <v>120</v>
       </c>
       <c r="BD17" t="s">
         <v>205</v>
       </c>
       <c r="BE17" t="s">
         <v>206</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>1572</v>
+        <v>1631</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
         <v>75</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>119.15</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
@@ -7868,51 +7868,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>83</v>
       </c>
       <c r="BB18" t="s">
         <v>207</v>
       </c>
       <c r="BC18" t="s">
         <v>210</v>
       </c>
       <c r="BD18" t="s">
         <v>213</v>
       </c>
       <c r="BE18" t="s">
         <v>214</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>1575</v>
+        <v>1634</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>75</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>50.18</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
@@ -8051,51 +8051,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>83</v>
       </c>
       <c r="BB19" t="s">
         <v>215</v>
       </c>
       <c r="BC19" t="s">
         <v>210</v>
       </c>
       <c r="BD19" t="s">
         <v>221</v>
       </c>
       <c r="BE19" t="s">
         <v>222</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>1575</v>
+        <v>1634</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
         <v>75</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>42.29</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
@@ -8234,51 +8234,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>83</v>
       </c>
       <c r="BB20" t="s">
         <v>223</v>
       </c>
       <c r="BC20" t="s">
         <v>210</v>
       </c>
       <c r="BD20" t="s">
         <v>228</v>
       </c>
       <c r="BE20" t="s">
         <v>229</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>1576</v>
+        <v>1635</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>75</v>
       </c>
       <c r="BN20" t="s">
         <v>75</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>53.61</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
@@ -8417,51 +8417,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>83</v>
       </c>
       <c r="BB21" t="s">
         <v>230</v>
       </c>
       <c r="BC21" t="s">
         <v>210</v>
       </c>
       <c r="BD21" t="s">
         <v>235</v>
       </c>
       <c r="BE21" t="s">
         <v>236</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>1576</v>
+        <v>1635</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>75</v>
       </c>
       <c r="BN21" t="s">
         <v>75</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>39.33</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
@@ -8604,51 +8604,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>83</v>
       </c>
       <c r="BB22" t="s">
         <v>237</v>
       </c>
       <c r="BC22" t="s">
         <v>210</v>
       </c>
       <c r="BD22" t="s">
         <v>244</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>1576</v>
+        <v>1635</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22" t="s">
         <v>245</v>
       </c>
       <c r="BK22" t="s">
         <v>246</v>
       </c>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>247</v>
       </c>
       <c r="BN22" t="s">
         <v>75</v>
       </c>
       <c r="BO22">
         <v>4</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>91.59</v>
       </c>
@@ -8797,51 +8797,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>83</v>
       </c>
       <c r="BB23" t="s">
         <v>249</v>
       </c>
       <c r="BC23" t="s">
         <v>252</v>
       </c>
       <c r="BD23" t="s">
         <v>256</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>1578</v>
+        <v>1637</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23" t="s">
         <v>245</v>
       </c>
       <c r="BK23" t="s">
         <v>246</v>
       </c>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>257</v>
       </c>
       <c r="BN23" t="s">
         <v>75</v>
       </c>
       <c r="BO23">
         <v>4</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>38.54</v>
       </c>
@@ -8986,51 +8986,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>258</v>
       </c>
       <c r="BC24" t="s">
         <v>75</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>1579</v>
+        <v>1638</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24" t="s">
         <v>245</v>
       </c>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>75</v>
       </c>
       <c r="BN24" t="s">
         <v>75</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>45.7</v>
       </c>
       <c r="BS24"/>
     </row>
@@ -9046,53 +9046,51 @@
       </c>
       <c r="D25">
         <v>512180</v>
       </c>
       <c r="E25">
         <v>48.86</v>
       </c>
       <c r="F25" t="s">
         <v>263</v>
       </c>
       <c r="G25" t="s">
         <v>69</v>
       </c>
       <c r="H25" t="s">
         <v>264</v>
       </c>
       <c r="I25">
         <v>18.99</v>
       </c>
       <c r="J25" t="s">
         <v>252</v>
       </c>
       <c r="K25" t="s">
         <v>240</v>
       </c>
-      <c r="L25">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
         <v>73</v>
       </c>
       <c r="N25" t="s">
         <v>74</v>
       </c>
       <c r="O25"/>
       <c r="P25" t="s">
         <v>75</v>
       </c>
       <c r="Q25" t="s">
         <v>262</v>
       </c>
       <c r="R25" t="s">
         <v>75</v>
       </c>
       <c r="S25" t="s">
         <v>75</v>
       </c>
       <c r="T25" t="s">
         <v>160</v>
       </c>
       <c r="U25">
         <v>4638947068</v>
       </c>
@@ -9147,79 +9145,77 @@
         <v>163</v>
       </c>
       <c r="AN25" t="s">
         <v>264</v>
       </c>
       <c r="AO25">
         <v>18.99</v>
       </c>
       <c r="AP25" t="s">
         <v>267</v>
       </c>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25" t="s">
         <v>75</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25">
         <v>0</v>
       </c>
       <c r="AX25" t="s">
         <v>82</v>
       </c>
-      <c r="AY25">
-[...1 lines deleted...]
-      </c>
+      <c r="AY25"/>
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>83</v>
       </c>
       <c r="BB25" t="s">
         <v>262</v>
       </c>
       <c r="BC25" t="s">
         <v>252</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>1579</v>
+        <v>1638</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25" t="s">
         <v>245</v>
       </c>
       <c r="BK25" t="s">
         <v>246</v>
       </c>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>268</v>
       </c>
       <c r="BN25" t="s">
         <v>75</v>
       </c>
       <c r="BO25">
         <v>8</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>48.86</v>
       </c>
@@ -9364,51 +9360,51 @@
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>83</v>
       </c>
       <c r="BB26" t="s">
         <v>270</v>
       </c>
       <c r="BC26" t="s">
         <v>252</v>
       </c>
       <c r="BD26" t="s">
         <v>276</v>
       </c>
       <c r="BE26" t="s">
         <v>277</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>1581</v>
+        <v>1640</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>75</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>52</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
@@ -9547,51 +9543,51 @@
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>83</v>
       </c>
       <c r="BB27" t="s">
         <v>278</v>
       </c>
       <c r="BC27" t="s">
         <v>252</v>
       </c>
       <c r="BD27" t="s">
         <v>284</v>
       </c>
       <c r="BE27" t="s">
         <v>285</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>1581</v>
+        <v>1640</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>75</v>
       </c>
       <c r="BN27" t="s">
         <v>75</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>40.92</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
@@ -9732,51 +9728,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>83</v>
       </c>
       <c r="BB28" t="s">
         <v>286</v>
       </c>
       <c r="BC28" t="s">
         <v>252</v>
       </c>
       <c r="BD28" t="s">
         <v>292</v>
       </c>
       <c r="BE28" t="s">
         <v>293</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>1581</v>
+        <v>1640</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28" t="s">
         <v>245</v>
       </c>
       <c r="BK28" t="s">
         <v>246</v>
       </c>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>294</v>
       </c>
       <c r="BN28" t="s">
         <v>75</v>
       </c>
       <c r="BO28">
         <v>7</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>54</v>
       </c>
@@ -9921,51 +9917,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>83</v>
       </c>
       <c r="BB29" t="s">
         <v>295</v>
       </c>
       <c r="BC29" t="s">
         <v>75</v>
       </c>
       <c r="BD29" t="s">
         <v>75</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>1581</v>
+        <v>1640</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29" t="s">
         <v>245</v>
       </c>
       <c r="BK29" t="s">
         <v>246</v>
       </c>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>300</v>
       </c>
       <c r="BN29" t="s">
         <v>75</v>
       </c>
       <c r="BO29">
         <v>3</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>90.17</v>
       </c>
@@ -10110,51 +10106,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>83</v>
       </c>
       <c r="BB30" t="s">
         <v>302</v>
       </c>
       <c r="BC30" t="s">
         <v>75</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>1583</v>
+        <v>1642</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30" t="s">
         <v>245</v>
       </c>
       <c r="BK30" t="s">
         <v>246</v>
       </c>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>307</v>
       </c>
       <c r="BN30" t="s">
         <v>75</v>
       </c>
       <c r="BO30">
         <v>5</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>97</v>
       </c>
@@ -10299,51 +10295,51 @@
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
         <v>83</v>
       </c>
       <c r="BB31" t="s">
         <v>308</v>
       </c>
       <c r="BC31" t="s">
         <v>311</v>
       </c>
       <c r="BD31" t="s">
         <v>315</v>
       </c>
       <c r="BE31" t="s">
         <v>316</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>1585</v>
+        <v>1644</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>75</v>
       </c>
       <c r="BN31" t="s">
         <v>75</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>40.92</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
@@ -10484,55 +10480,53 @@
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
         <v>83</v>
       </c>
       <c r="BB32" t="s">
         <v>317</v>
       </c>
       <c r="BC32" t="s">
         <v>320</v>
       </c>
       <c r="BD32" t="s">
         <v>324</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>1587</v>
-[...3 lines deleted...]
-      </c>
+        <v>1646</v>
+      </c>
+      <c r="BI32"/>
       <c r="BJ32" t="s">
         <v>245</v>
       </c>
       <c r="BK32" t="s">
         <v>246</v>
       </c>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>325</v>
       </c>
       <c r="BN32" t="s">
         <v>75</v>
       </c>
       <c r="BO32">
         <v>9</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>184.99</v>
       </c>
       <c r="BS32" t="s">
         <v>248</v>
       </c>
     </row>
@@ -10673,51 +10667,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>83</v>
       </c>
       <c r="BB33" t="s">
         <v>326</v>
       </c>
       <c r="BC33" t="s">
         <v>320</v>
       </c>
       <c r="BD33" t="s">
         <v>332</v>
       </c>
       <c r="BE33" t="s">
         <v>333</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>1587</v>
+        <v>1646</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>75</v>
       </c>
       <c r="BN33" t="s">
         <v>75</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>32.98</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
@@ -10858,51 +10852,51 @@
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
         <v>83</v>
       </c>
       <c r="BB34" t="s">
         <v>334</v>
       </c>
       <c r="BC34" t="s">
         <v>320</v>
       </c>
       <c r="BD34" t="s">
         <v>75</v>
       </c>
       <c r="BE34" t="s">
         <v>75</v>
       </c>
       <c r="BF34" t="s">
         <v>75</v>
       </c>
       <c r="BG34" t="s">
         <v>75</v>
       </c>
       <c r="BH34">
-        <v>1589</v>
+        <v>1648</v>
       </c>
       <c r="BI34" t="s">
         <v>86</v>
       </c>
       <c r="BJ34" t="s">
         <v>245</v>
       </c>
       <c r="BK34" t="s">
         <v>339</v>
       </c>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>340</v>
       </c>
       <c r="BN34" t="s">
         <v>75</v>
       </c>
       <c r="BO34">
         <v>54</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>42.51</v>
       </c>
@@ -10997,101 +10991,103 @@
         <v>343</v>
       </c>
       <c r="AD35" t="s">
         <v>75</v>
       </c>
       <c r="AE35" t="s">
         <v>75</v>
       </c>
       <c r="AF35" t="s">
         <v>77</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
         <v>346</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
         <v>347</v>
       </c>
       <c r="AK35" t="s">
         <v>80</v>
       </c>
       <c r="AL35" t="s">
         <v>345</v>
       </c>
-      <c r="AM35"/>
+      <c r="AM35" t="s">
+        <v>163</v>
+      </c>
       <c r="AN35" t="s">
         <v>344</v>
       </c>
       <c r="AO35">
         <v>49.99</v>
       </c>
       <c r="AP35" t="s">
         <v>348</v>
       </c>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35" t="s">
         <v>75</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35" t="s">
         <v>82</v>
       </c>
       <c r="AY35">
         <v>1659827035</v>
       </c>
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
         <v>83</v>
       </c>
       <c r="BB35" t="s">
         <v>342</v>
       </c>
       <c r="BC35" t="s">
         <v>345</v>
       </c>
       <c r="BD35" t="s">
         <v>349</v>
       </c>
       <c r="BE35" t="s">
         <v>350</v>
       </c>
       <c r="BF35" t="s">
         <v>75</v>
       </c>
       <c r="BG35" t="s">
         <v>75</v>
       </c>
       <c r="BH35">
-        <v>1591</v>
+        <v>1650</v>
       </c>
       <c r="BI35" t="s">
         <v>86</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>75</v>
       </c>
       <c r="BN35" t="s">
         <v>75</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>82</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
@@ -11232,51 +11228,51 @@
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
         <v>83</v>
       </c>
       <c r="BB36" t="s">
         <v>351</v>
       </c>
       <c r="BC36" t="s">
         <v>354</v>
       </c>
       <c r="BD36" t="s">
         <v>358</v>
       </c>
       <c r="BE36" t="s">
         <v>75</v>
       </c>
       <c r="BF36" t="s">
         <v>75</v>
       </c>
       <c r="BG36" t="s">
         <v>75</v>
       </c>
       <c r="BH36">
-        <v>1591</v>
+        <v>1650</v>
       </c>
       <c r="BI36" t="s">
         <v>86</v>
       </c>
       <c r="BJ36" t="s">
         <v>245</v>
       </c>
       <c r="BK36" t="s">
         <v>246</v>
       </c>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>359</v>
       </c>
       <c r="BN36" t="s">
         <v>75</v>
       </c>
       <c r="BO36">
         <v>5</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>31.4</v>
       </c>
@@ -11423,51 +11419,51 @@
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
         <v>83</v>
       </c>
       <c r="BB37" t="s">
         <v>360</v>
       </c>
       <c r="BC37" t="s">
         <v>363</v>
       </c>
       <c r="BD37" t="s">
         <v>367</v>
       </c>
       <c r="BE37" t="s">
         <v>75</v>
       </c>
       <c r="BF37" t="s">
         <v>75</v>
       </c>
       <c r="BG37" t="s">
         <v>75</v>
       </c>
       <c r="BH37">
-        <v>1592</v>
+        <v>1651</v>
       </c>
       <c r="BI37" t="s">
         <v>86</v>
       </c>
       <c r="BJ37" t="s">
         <v>245</v>
       </c>
       <c r="BK37" t="s">
         <v>339</v>
       </c>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>368</v>
       </c>
       <c r="BN37" t="s">
         <v>75</v>
       </c>
       <c r="BO37">
         <v>6</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>59.51</v>
       </c>
@@ -11562,51 +11558,53 @@
         <v>370</v>
       </c>
       <c r="AD38" t="s">
         <v>75</v>
       </c>
       <c r="AE38" t="s">
         <v>75</v>
       </c>
       <c r="AF38" t="s">
         <v>77</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
         <v>372</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
         <v>373</v>
       </c>
       <c r="AK38" t="s">
         <v>80</v>
       </c>
       <c r="AL38" t="s">
         <v>363</v>
       </c>
-      <c r="AM38"/>
+      <c r="AM38" t="s">
+        <v>163</v>
+      </c>
       <c r="AN38" t="s">
         <v>371</v>
       </c>
       <c r="AO38">
         <v>29.99</v>
       </c>
       <c r="AP38" t="s">
         <v>374</v>
       </c>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38" t="s">
         <v>75</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38">
         <v>0</v>
       </c>
       <c r="AX38" t="s">
         <v>82</v>
       </c>
       <c r="AY38">
         <v>1910160685</v>
@@ -11614,51 +11612,51 @@
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
         <v>83</v>
       </c>
       <c r="BB38" t="s">
         <v>369</v>
       </c>
       <c r="BC38" t="s">
         <v>363</v>
       </c>
       <c r="BD38" t="s">
         <v>75</v>
       </c>
       <c r="BE38" t="s">
         <v>75</v>
       </c>
       <c r="BF38" t="s">
         <v>75</v>
       </c>
       <c r="BG38" t="s">
         <v>75</v>
       </c>
       <c r="BH38">
-        <v>1596</v>
+        <v>1655</v>
       </c>
       <c r="BI38" t="s">
         <v>86</v>
       </c>
       <c r="BJ38" t="s">
         <v>245</v>
       </c>
       <c r="BK38" t="s">
         <v>246</v>
       </c>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>375</v>
       </c>
       <c r="BN38" t="s">
         <v>75</v>
       </c>
       <c r="BO38">
         <v>40</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>39.01</v>
       </c>
@@ -11803,51 +11801,51 @@
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
         <v>83</v>
       </c>
       <c r="BB39" t="s">
         <v>376</v>
       </c>
       <c r="BC39" t="s">
         <v>363</v>
       </c>
       <c r="BD39" t="s">
         <v>382</v>
       </c>
       <c r="BE39" t="s">
         <v>383</v>
       </c>
       <c r="BF39" t="s">
         <v>75</v>
       </c>
       <c r="BG39" t="s">
         <v>75</v>
       </c>
       <c r="BH39">
-        <v>1596</v>
+        <v>1655</v>
       </c>
       <c r="BI39" t="s">
         <v>86</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>75</v>
       </c>
       <c r="BN39" t="s">
         <v>75</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>32.98</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
@@ -11984,51 +11982,51 @@
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
         <v>83</v>
       </c>
       <c r="BB40" t="s">
         <v>384</v>
       </c>
       <c r="BC40" t="s">
         <v>75</v>
       </c>
       <c r="BD40" t="s">
         <v>75</v>
       </c>
       <c r="BE40" t="s">
         <v>75</v>
       </c>
       <c r="BF40" t="s">
         <v>75</v>
       </c>
       <c r="BG40" t="s">
         <v>75</v>
       </c>
       <c r="BH40">
-        <v>1596</v>
+        <v>1655</v>
       </c>
       <c r="BI40" t="s">
         <v>86</v>
       </c>
       <c r="BJ40" t="s">
         <v>245</v>
       </c>
       <c r="BK40" t="s">
         <v>246</v>
       </c>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>389</v>
       </c>
       <c r="BN40" t="s">
         <v>75</v>
       </c>
       <c r="BO40">
         <v>4</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>45.22</v>
       </c>
@@ -12123,51 +12121,53 @@
         <v>391</v>
       </c>
       <c r="AD41" t="s">
         <v>75</v>
       </c>
       <c r="AE41" t="s">
         <v>75</v>
       </c>
       <c r="AF41" t="s">
         <v>77</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
         <v>393</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
         <v>394</v>
       </c>
       <c r="AK41" t="s">
         <v>80</v>
       </c>
       <c r="AL41" t="s">
         <v>363</v>
       </c>
-      <c r="AM41"/>
+      <c r="AM41" t="s">
+        <v>163</v>
+      </c>
       <c r="AN41" t="s">
         <v>392</v>
       </c>
       <c r="AO41">
         <v>24.5</v>
       </c>
       <c r="AP41" t="s">
         <v>395</v>
       </c>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41" t="s">
         <v>75</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41">
         <v>0</v>
       </c>
       <c r="AX41" t="s">
         <v>82</v>
       </c>
       <c r="AY41">
         <v>4075506330</v>
@@ -12175,55 +12175,53 @@
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
         <v>83</v>
       </c>
       <c r="BB41" t="s">
         <v>390</v>
       </c>
       <c r="BC41" t="s">
         <v>363</v>
       </c>
       <c r="BD41" t="s">
         <v>396</v>
       </c>
       <c r="BE41" t="s">
         <v>75</v>
       </c>
       <c r="BF41" t="s">
         <v>75</v>
       </c>
       <c r="BG41" t="s">
         <v>75</v>
       </c>
       <c r="BH41">
-        <v>1597</v>
-[...3 lines deleted...]
-      </c>
+        <v>1656</v>
+      </c>
+      <c r="BI41"/>
       <c r="BJ41" t="s">
         <v>245</v>
       </c>
       <c r="BK41" t="s">
         <v>339</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>397</v>
       </c>
       <c r="BN41" t="s">
         <v>75</v>
       </c>
       <c r="BO41">
         <v>8</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>57.62</v>
       </c>
       <c r="BS41" t="s">
         <v>248</v>
       </c>
     </row>
@@ -12364,51 +12362,51 @@
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
         <v>83</v>
       </c>
       <c r="BB42" t="s">
         <v>398</v>
       </c>
       <c r="BC42" t="s">
         <v>401</v>
       </c>
       <c r="BD42" t="s">
         <v>405</v>
       </c>
       <c r="BE42" t="s">
         <v>406</v>
       </c>
       <c r="BF42" t="s">
         <v>75</v>
       </c>
       <c r="BG42" t="s">
         <v>75</v>
       </c>
       <c r="BH42">
-        <v>1597</v>
+        <v>1656</v>
       </c>
       <c r="BI42" t="s">
         <v>86</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>75</v>
       </c>
       <c r="BN42" t="s">
         <v>75</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>132.9</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
@@ -12547,51 +12545,51 @@
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
         <v>83</v>
       </c>
       <c r="BB43" t="s">
         <v>407</v>
       </c>
       <c r="BC43" t="s">
         <v>410</v>
       </c>
       <c r="BD43" t="s">
         <v>413</v>
       </c>
       <c r="BE43" t="s">
         <v>414</v>
       </c>
       <c r="BF43" t="s">
         <v>75</v>
       </c>
       <c r="BG43" t="s">
         <v>75</v>
       </c>
       <c r="BH43">
-        <v>1598</v>
+        <v>1657</v>
       </c>
       <c r="BI43" t="s">
         <v>86</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>75</v>
       </c>
       <c r="BN43" t="s">
         <v>75</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>93.49</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
@@ -12732,51 +12730,51 @@
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
         <v>83</v>
       </c>
       <c r="BB44" t="s">
         <v>415</v>
       </c>
       <c r="BC44" t="s">
         <v>410</v>
       </c>
       <c r="BD44" t="s">
         <v>420</v>
       </c>
       <c r="BE44" t="s">
         <v>75</v>
       </c>
       <c r="BF44" t="s">
         <v>75</v>
       </c>
       <c r="BG44" t="s">
         <v>75</v>
       </c>
       <c r="BH44">
-        <v>1602</v>
+        <v>1661</v>
       </c>
       <c r="BI44" t="s">
         <v>86</v>
       </c>
       <c r="BJ44" t="s">
         <v>245</v>
       </c>
       <c r="BK44" t="s">
         <v>339</v>
       </c>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>421</v>
       </c>
       <c r="BN44" t="s">
         <v>75</v>
       </c>
       <c r="BO44">
         <v>11</v>
       </c>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
         <v>43.09</v>
       </c>
@@ -12923,51 +12921,51 @@
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45" t="s">
         <v>83</v>
       </c>
       <c r="BB45" t="s">
         <v>423</v>
       </c>
       <c r="BC45" t="s">
         <v>426</v>
       </c>
       <c r="BD45" t="s">
         <v>75</v>
       </c>
       <c r="BE45" t="s">
         <v>75</v>
       </c>
       <c r="BF45" t="s">
         <v>75</v>
       </c>
       <c r="BG45" t="s">
         <v>75</v>
       </c>
       <c r="BH45">
-        <v>1604</v>
+        <v>1663</v>
       </c>
       <c r="BI45" t="s">
         <v>86</v>
       </c>
       <c r="BJ45" t="s">
         <v>245</v>
       </c>
       <c r="BK45" t="s">
         <v>339</v>
       </c>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>430</v>
       </c>
       <c r="BN45" t="s">
         <v>75</v>
       </c>
       <c r="BO45">
         <v>7</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
         <v>38.83</v>
       </c>
@@ -13110,51 +13108,51 @@
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46" t="s">
         <v>83</v>
       </c>
       <c r="BB46" t="s">
         <v>431</v>
       </c>
       <c r="BC46" t="s">
         <v>75</v>
       </c>
       <c r="BD46" t="s">
         <v>75</v>
       </c>
       <c r="BE46" t="s">
         <v>75</v>
       </c>
       <c r="BF46" t="s">
         <v>75</v>
       </c>
       <c r="BG46" t="s">
         <v>75</v>
       </c>
       <c r="BH46">
-        <v>1605</v>
+        <v>1664</v>
       </c>
       <c r="BI46" t="s">
         <v>86</v>
       </c>
       <c r="BJ46" t="s">
         <v>245</v>
       </c>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>75</v>
       </c>
       <c r="BN46" t="s">
         <v>75</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>64.15</v>
       </c>
       <c r="BS46"/>
     </row>
@@ -13297,51 +13295,51 @@
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47" t="s">
         <v>83</v>
       </c>
       <c r="BB47" t="s">
         <v>436</v>
       </c>
       <c r="BC47" t="s">
         <v>439</v>
       </c>
       <c r="BD47" t="s">
         <v>443</v>
       </c>
       <c r="BE47" t="s">
         <v>75</v>
       </c>
       <c r="BF47" t="s">
         <v>75</v>
       </c>
       <c r="BG47" t="s">
         <v>75</v>
       </c>
       <c r="BH47">
-        <v>1606</v>
+        <v>1665</v>
       </c>
       <c r="BI47" t="s">
         <v>86</v>
       </c>
       <c r="BJ47" t="s">
         <v>245</v>
       </c>
       <c r="BK47" t="s">
         <v>339</v>
       </c>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>444</v>
       </c>
       <c r="BN47" t="s">
         <v>75</v>
       </c>
       <c r="BO47">
         <v>4</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
         <v>33.15</v>
       </c>
@@ -13488,51 +13486,51 @@
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48" t="s">
         <v>83</v>
       </c>
       <c r="BB48" t="s">
         <v>445</v>
       </c>
       <c r="BC48" t="s">
         <v>448</v>
       </c>
       <c r="BD48" t="s">
         <v>452</v>
       </c>
       <c r="BE48" t="s">
         <v>75</v>
       </c>
       <c r="BF48" t="s">
         <v>75</v>
       </c>
       <c r="BG48" t="s">
         <v>75</v>
       </c>
       <c r="BH48">
-        <v>1610</v>
+        <v>1669</v>
       </c>
       <c r="BI48" t="s">
         <v>86</v>
       </c>
       <c r="BJ48" t="s">
         <v>245</v>
       </c>
       <c r="BK48" t="s">
         <v>246</v>
       </c>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>453</v>
       </c>
       <c r="BN48" t="s">
         <v>75</v>
       </c>
       <c r="BO48">
         <v>6</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>30.27</v>
       </c>
@@ -13679,51 +13677,51 @@
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49" t="s">
         <v>83</v>
       </c>
       <c r="BB49" t="s">
         <v>454</v>
       </c>
       <c r="BC49" t="s">
         <v>457</v>
       </c>
       <c r="BD49" t="s">
         <v>75</v>
       </c>
       <c r="BE49" t="s">
         <v>75</v>
       </c>
       <c r="BF49" t="s">
         <v>75</v>
       </c>
       <c r="BG49" t="s">
         <v>75</v>
       </c>
       <c r="BH49">
-        <v>1610</v>
+        <v>1669</v>
       </c>
       <c r="BI49" t="s">
         <v>86</v>
       </c>
       <c r="BJ49" t="s">
         <v>245</v>
       </c>
       <c r="BK49" t="s">
         <v>339</v>
       </c>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>461</v>
       </c>
       <c r="BN49" t="s">
         <v>75</v>
       </c>
       <c r="BO49">
         <v>40</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
         <v>49.36</v>
       </c>
@@ -13870,51 +13868,51 @@
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50" t="s">
         <v>83</v>
       </c>
       <c r="BB50" t="s">
         <v>462</v>
       </c>
       <c r="BC50" t="s">
         <v>457</v>
       </c>
       <c r="BD50" t="s">
         <v>467</v>
       </c>
       <c r="BE50" t="s">
         <v>75</v>
       </c>
       <c r="BF50" t="s">
         <v>75</v>
       </c>
       <c r="BG50" t="s">
         <v>75</v>
       </c>
       <c r="BH50">
-        <v>1611</v>
+        <v>1670</v>
       </c>
       <c r="BI50" t="s">
         <v>86</v>
       </c>
       <c r="BJ50" t="s">
         <v>245</v>
       </c>
       <c r="BK50" t="s">
         <v>339</v>
       </c>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>468</v>
       </c>
       <c r="BN50" t="s">
         <v>75</v>
       </c>
       <c r="BO50">
         <v>20</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
         <v>30.33</v>
       </c>
@@ -14061,51 +14059,51 @@
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51" t="s">
         <v>83</v>
       </c>
       <c r="BB51" t="s">
         <v>469</v>
       </c>
       <c r="BC51" t="s">
         <v>472</v>
       </c>
       <c r="BD51" t="s">
         <v>476</v>
       </c>
       <c r="BE51" t="s">
         <v>75</v>
       </c>
       <c r="BF51" t="s">
         <v>75</v>
       </c>
       <c r="BG51" t="s">
         <v>75</v>
       </c>
       <c r="BH51">
-        <v>1615</v>
+        <v>1674</v>
       </c>
       <c r="BI51" t="s">
         <v>86</v>
       </c>
       <c r="BJ51" t="s">
         <v>245</v>
       </c>
       <c r="BK51" t="s">
         <v>339</v>
       </c>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>477</v>
       </c>
       <c r="BN51" t="s">
         <v>75</v>
       </c>
       <c r="BO51">
         <v>9</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
         <v>38.14</v>
       </c>
@@ -14248,51 +14246,51 @@
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52" t="s">
         <v>83</v>
       </c>
       <c r="BB52" t="s">
         <v>479</v>
       </c>
       <c r="BC52" t="s">
         <v>75</v>
       </c>
       <c r="BD52" t="s">
         <v>75</v>
       </c>
       <c r="BE52" t="s">
         <v>75</v>
       </c>
       <c r="BF52" t="s">
         <v>75</v>
       </c>
       <c r="BG52" t="s">
         <v>75</v>
       </c>
       <c r="BH52">
-        <v>1617</v>
+        <v>1676</v>
       </c>
       <c r="BI52" t="s">
         <v>86</v>
       </c>
       <c r="BJ52" t="s">
         <v>245</v>
       </c>
       <c r="BK52" t="s">
         <v>483</v>
       </c>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>484</v>
       </c>
       <c r="BN52" t="s">
         <v>75</v>
       </c>
       <c r="BO52">
         <v>13</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
         <v>37.42</v>
       </c>
@@ -14435,51 +14433,51 @@
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53" t="s">
         <v>83</v>
       </c>
       <c r="BB53" t="s">
         <v>485</v>
       </c>
       <c r="BC53" t="s">
         <v>75</v>
       </c>
       <c r="BD53" t="s">
         <v>75</v>
       </c>
       <c r="BE53" t="s">
         <v>75</v>
       </c>
       <c r="BF53" t="s">
         <v>75</v>
       </c>
       <c r="BG53" t="s">
         <v>75</v>
       </c>
       <c r="BH53">
-        <v>1624</v>
+        <v>1683</v>
       </c>
       <c r="BI53" t="s">
         <v>86</v>
       </c>
       <c r="BJ53" t="s">
         <v>245</v>
       </c>
       <c r="BK53" t="s">
         <v>490</v>
       </c>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>491</v>
       </c>
       <c r="BN53" t="s">
         <v>75</v>
       </c>
       <c r="BO53">
         <v>3</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
         <v>26.07</v>
       </c>
@@ -14622,51 +14620,51 @@
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54" t="s">
         <v>83</v>
       </c>
       <c r="BB54" t="s">
         <v>492</v>
       </c>
       <c r="BC54" t="s">
         <v>75</v>
       </c>
       <c r="BD54" t="s">
         <v>75</v>
       </c>
       <c r="BE54" t="s">
         <v>75</v>
       </c>
       <c r="BF54" t="s">
         <v>75</v>
       </c>
       <c r="BG54" t="s">
         <v>75</v>
       </c>
       <c r="BH54">
-        <v>1624</v>
+        <v>1683</v>
       </c>
       <c r="BI54" t="s">
         <v>86</v>
       </c>
       <c r="BJ54" t="s">
         <v>245</v>
       </c>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>75</v>
       </c>
       <c r="BN54" t="s">
         <v>75</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
         <v>160.51</v>
       </c>
       <c r="BS54"/>
     </row>
@@ -14805,51 +14803,51 @@
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55" t="s">
         <v>83</v>
       </c>
       <c r="BB55" t="s">
         <v>496</v>
       </c>
       <c r="BC55" t="s">
         <v>75</v>
       </c>
       <c r="BD55" t="s">
         <v>75</v>
       </c>
       <c r="BE55" t="s">
         <v>75</v>
       </c>
       <c r="BF55" t="s">
         <v>75</v>
       </c>
       <c r="BG55" t="s">
         <v>75</v>
       </c>
       <c r="BH55">
-        <v>1625</v>
+        <v>1684</v>
       </c>
       <c r="BI55" t="s">
         <v>86</v>
       </c>
       <c r="BJ55" t="s">
         <v>245</v>
       </c>
       <c r="BK55" t="s">
         <v>246</v>
       </c>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>501</v>
       </c>
       <c r="BN55" t="s">
         <v>75</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
         <v>58.55</v>
       </c>
@@ -14992,51 +14990,51 @@
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56" t="s">
         <v>83</v>
       </c>
       <c r="BB56" t="s">
         <v>502</v>
       </c>
       <c r="BC56" t="s">
         <v>75</v>
       </c>
       <c r="BD56" t="s">
         <v>75</v>
       </c>
       <c r="BE56" t="s">
         <v>75</v>
       </c>
       <c r="BF56" t="s">
         <v>75</v>
       </c>
       <c r="BG56" t="s">
         <v>75</v>
       </c>
       <c r="BH56">
-        <v>1626</v>
+        <v>1685</v>
       </c>
       <c r="BI56" t="s">
         <v>86</v>
       </c>
       <c r="BJ56" t="s">
         <v>245</v>
       </c>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>75</v>
       </c>
       <c r="BN56" t="s">
         <v>75</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
         <v>27.8</v>
       </c>
       <c r="BS56"/>
     </row>
@@ -15177,51 +15175,51 @@
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57" t="s">
         <v>83</v>
       </c>
       <c r="BB57" t="s">
         <v>508</v>
       </c>
       <c r="BC57" t="s">
         <v>511</v>
       </c>
       <c r="BD57" t="s">
         <v>515</v>
       </c>
       <c r="BE57" t="s">
         <v>516</v>
       </c>
       <c r="BF57" t="s">
         <v>75</v>
       </c>
       <c r="BG57" t="s">
         <v>75</v>
       </c>
       <c r="BH57">
-        <v>1628</v>
+        <v>1687</v>
       </c>
       <c r="BI57" t="s">
         <v>86</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>75</v>
       </c>
       <c r="BN57" t="s">
         <v>75</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
         <v>35.52</v>
       </c>
       <c r="BS57"/>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
@@ -15362,51 +15360,51 @@
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58" t="s">
         <v>83</v>
       </c>
       <c r="BB58" t="s">
         <v>517</v>
       </c>
       <c r="BC58" t="s">
         <v>511</v>
       </c>
       <c r="BD58" t="s">
         <v>524</v>
       </c>
       <c r="BE58" t="s">
         <v>75</v>
       </c>
       <c r="BF58" t="s">
         <v>75</v>
       </c>
       <c r="BG58" t="s">
         <v>75</v>
       </c>
       <c r="BH58">
-        <v>1630</v>
+        <v>1689</v>
       </c>
       <c r="BI58" t="s">
         <v>86</v>
       </c>
       <c r="BJ58" t="s">
         <v>245</v>
       </c>
       <c r="BK58" t="s">
         <v>246</v>
       </c>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>525</v>
       </c>
       <c r="BN58" t="s">
         <v>75</v>
       </c>
       <c r="BO58">
         <v>5</v>
       </c>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
         <v>29.4</v>
       </c>
@@ -15553,51 +15551,51 @@
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59" t="s">
         <v>83</v>
       </c>
       <c r="BB59" t="s">
         <v>526</v>
       </c>
       <c r="BC59" t="s">
         <v>529</v>
       </c>
       <c r="BD59" t="s">
         <v>75</v>
       </c>
       <c r="BE59" t="s">
         <v>75</v>
       </c>
       <c r="BF59" t="s">
         <v>75</v>
       </c>
       <c r="BG59" t="s">
         <v>75</v>
       </c>
       <c r="BH59">
-        <v>1633</v>
+        <v>1692</v>
       </c>
       <c r="BI59" t="s">
         <v>86</v>
       </c>
       <c r="BJ59" t="s">
         <v>245</v>
       </c>
       <c r="BK59" t="s">
         <v>246</v>
       </c>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>533</v>
       </c>
       <c r="BN59" t="s">
         <v>75</v>
       </c>
       <c r="BO59">
         <v>5</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
         <v>38.78</v>
       </c>
@@ -15742,51 +15740,51 @@
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60" t="s">
         <v>83</v>
       </c>
       <c r="BB60" t="s">
         <v>534</v>
       </c>
       <c r="BC60" t="s">
         <v>529</v>
       </c>
       <c r="BD60" t="s">
         <v>540</v>
       </c>
       <c r="BE60" t="s">
         <v>541</v>
       </c>
       <c r="BF60" t="s">
         <v>75</v>
       </c>
       <c r="BG60" t="s">
         <v>75</v>
       </c>
       <c r="BH60">
-        <v>1633</v>
+        <v>1692</v>
       </c>
       <c r="BI60" t="s">
         <v>86</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>75</v>
       </c>
       <c r="BN60" t="s">
         <v>75</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
         <v>48.76</v>
       </c>
       <c r="BS60"/>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
@@ -15927,51 +15925,51 @@
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61" t="s">
         <v>83</v>
       </c>
       <c r="BB61" t="s">
         <v>542</v>
       </c>
       <c r="BC61" t="s">
         <v>529</v>
       </c>
       <c r="BD61" t="s">
         <v>549</v>
       </c>
       <c r="BE61" t="s">
         <v>75</v>
       </c>
       <c r="BF61" t="s">
         <v>75</v>
       </c>
       <c r="BG61" t="s">
         <v>75</v>
       </c>
       <c r="BH61">
-        <v>1634</v>
+        <v>1693</v>
       </c>
       <c r="BI61" t="s">
         <v>86</v>
       </c>
       <c r="BJ61" t="s">
         <v>245</v>
       </c>
       <c r="BK61" t="s">
         <v>339</v>
       </c>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>550</v>
       </c>
       <c r="BN61" t="s">
         <v>75</v>
       </c>
       <c r="BO61">
         <v>4</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
         <v>37.42</v>
       </c>
@@ -16114,51 +16112,51 @@
       <c r="AZ62" t="s">
         <v>73</v>
       </c>
       <c r="BA62" t="s">
         <v>83</v>
       </c>
       <c r="BB62" t="s">
         <v>551</v>
       </c>
       <c r="BC62" t="s">
         <v>75</v>
       </c>
       <c r="BD62" t="s">
         <v>75</v>
       </c>
       <c r="BE62" t="s">
         <v>75</v>
       </c>
       <c r="BF62" t="s">
         <v>75</v>
       </c>
       <c r="BG62" t="s">
         <v>75</v>
       </c>
       <c r="BH62">
-        <v>1639</v>
+        <v>1698</v>
       </c>
       <c r="BI62" t="s">
         <v>86</v>
       </c>
       <c r="BJ62" t="s">
         <v>245</v>
       </c>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>75</v>
       </c>
       <c r="BN62" t="s">
         <v>75</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62">
         <v>25.55</v>
       </c>
       <c r="BS62"/>
     </row>
@@ -16301,51 +16299,51 @@
       <c r="AZ63" t="s">
         <v>73</v>
       </c>
       <c r="BA63" t="s">
         <v>83</v>
       </c>
       <c r="BB63" t="s">
         <v>555</v>
       </c>
       <c r="BC63" t="s">
         <v>558</v>
       </c>
       <c r="BD63" t="s">
         <v>562</v>
       </c>
       <c r="BE63" t="s">
         <v>75</v>
       </c>
       <c r="BF63" t="s">
         <v>75</v>
       </c>
       <c r="BG63" t="s">
         <v>75</v>
       </c>
       <c r="BH63">
-        <v>1640</v>
+        <v>1699</v>
       </c>
       <c r="BI63" t="s">
         <v>86</v>
       </c>
       <c r="BJ63" t="s">
         <v>245</v>
       </c>
       <c r="BK63" t="s">
         <v>246</v>
       </c>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>563</v>
       </c>
       <c r="BN63" t="s">
         <v>75</v>
       </c>
       <c r="BO63">
         <v>2</v>
       </c>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63">
         <v>35.98</v>
       </c>
@@ -16492,51 +16490,51 @@
       <c r="AZ64" t="s">
         <v>73</v>
       </c>
       <c r="BA64" t="s">
         <v>83</v>
       </c>
       <c r="BB64" t="s">
         <v>564</v>
       </c>
       <c r="BC64" t="s">
         <v>558</v>
       </c>
       <c r="BD64" t="s">
         <v>75</v>
       </c>
       <c r="BE64" t="s">
         <v>75</v>
       </c>
       <c r="BF64" t="s">
         <v>75</v>
       </c>
       <c r="BG64" t="s">
         <v>75</v>
       </c>
       <c r="BH64">
-        <v>1640</v>
+        <v>1699</v>
       </c>
       <c r="BI64" t="s">
         <v>86</v>
       </c>
       <c r="BJ64" t="s">
         <v>245</v>
       </c>
       <c r="BK64" t="s">
         <v>339</v>
       </c>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>570</v>
       </c>
       <c r="BN64" t="s">
         <v>75</v>
       </c>
       <c r="BO64">
         <v>7</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
         <v>34.58</v>
       </c>
@@ -16683,51 +16681,51 @@
       <c r="AZ65" t="s">
         <v>73</v>
       </c>
       <c r="BA65" t="s">
         <v>83</v>
       </c>
       <c r="BB65" t="s">
         <v>571</v>
       </c>
       <c r="BC65" t="s">
         <v>574</v>
       </c>
       <c r="BD65" t="s">
         <v>75</v>
       </c>
       <c r="BE65" t="s">
         <v>75</v>
       </c>
       <c r="BF65" t="s">
         <v>75</v>
       </c>
       <c r="BG65" t="s">
         <v>75</v>
       </c>
       <c r="BH65">
-        <v>1644</v>
+        <v>1703</v>
       </c>
       <c r="BI65" t="s">
         <v>86</v>
       </c>
       <c r="BJ65" t="s">
         <v>245</v>
       </c>
       <c r="BK65" t="s">
         <v>339</v>
       </c>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>577</v>
       </c>
       <c r="BN65" t="s">
         <v>75</v>
       </c>
       <c r="BO65">
         <v>54</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
         <v>37.42</v>
       </c>
@@ -16874,51 +16872,51 @@
       <c r="AZ66" t="s">
         <v>73</v>
       </c>
       <c r="BA66" t="s">
         <v>83</v>
       </c>
       <c r="BB66" t="s">
         <v>578</v>
       </c>
       <c r="BC66" t="s">
         <v>574</v>
       </c>
       <c r="BD66" t="s">
         <v>75</v>
       </c>
       <c r="BE66" t="s">
         <v>75</v>
       </c>
       <c r="BF66" t="s">
         <v>75</v>
       </c>
       <c r="BG66" t="s">
         <v>75</v>
       </c>
       <c r="BH66">
-        <v>1644</v>
+        <v>1703</v>
       </c>
       <c r="BI66" t="s">
         <v>86</v>
       </c>
       <c r="BJ66" t="s">
         <v>245</v>
       </c>
       <c r="BK66" t="s">
         <v>246</v>
       </c>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>585</v>
       </c>
       <c r="BN66" t="s">
         <v>75</v>
       </c>
       <c r="BO66">
         <v>53</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
         <v>43.09</v>
       </c>
@@ -17065,51 +17063,51 @@
       <c r="AZ67" t="s">
         <v>73</v>
       </c>
       <c r="BA67" t="s">
         <v>83</v>
       </c>
       <c r="BB67" t="s">
         <v>586</v>
       </c>
       <c r="BC67" t="s">
         <v>574</v>
       </c>
       <c r="BD67" t="s">
         <v>75</v>
       </c>
       <c r="BE67" t="s">
         <v>75</v>
       </c>
       <c r="BF67" t="s">
         <v>75</v>
       </c>
       <c r="BG67" t="s">
         <v>75</v>
       </c>
       <c r="BH67">
-        <v>1644</v>
+        <v>1703</v>
       </c>
       <c r="BI67" t="s">
         <v>86</v>
       </c>
       <c r="BJ67" t="s">
         <v>245</v>
       </c>
       <c r="BK67" t="s">
         <v>339</v>
       </c>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>591</v>
       </c>
       <c r="BN67" t="s">
         <v>75</v>
       </c>
       <c r="BO67">
         <v>21</v>
       </c>
       <c r="BP67"/>
       <c r="BQ67"/>
       <c r="BR67">
         <v>33.16</v>
       </c>
@@ -17256,51 +17254,51 @@
       <c r="AZ68" t="s">
         <v>73</v>
       </c>
       <c r="BA68" t="s">
         <v>83</v>
       </c>
       <c r="BB68" t="s">
         <v>592</v>
       </c>
       <c r="BC68" t="s">
         <v>595</v>
       </c>
       <c r="BD68" t="s">
         <v>75</v>
       </c>
       <c r="BE68" t="s">
         <v>75</v>
       </c>
       <c r="BF68" t="s">
         <v>75</v>
       </c>
       <c r="BG68" t="s">
         <v>75</v>
       </c>
       <c r="BH68">
-        <v>1646</v>
+        <v>1705</v>
       </c>
       <c r="BI68" t="s">
         <v>86</v>
       </c>
       <c r="BJ68" t="s">
         <v>245</v>
       </c>
       <c r="BK68" t="s">
         <v>339</v>
       </c>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>598</v>
       </c>
       <c r="BN68" t="s">
         <v>75</v>
       </c>
       <c r="BO68">
         <v>56</v>
       </c>
       <c r="BP68"/>
       <c r="BQ68"/>
       <c r="BR68">
         <v>44.35</v>
       </c>
@@ -17443,51 +17441,51 @@
       <c r="AZ69" t="s">
         <v>73</v>
       </c>
       <c r="BA69" t="s">
         <v>83</v>
       </c>
       <c r="BB69" t="s">
         <v>599</v>
       </c>
       <c r="BC69" t="s">
         <v>75</v>
       </c>
       <c r="BD69" t="s">
         <v>75</v>
       </c>
       <c r="BE69" t="s">
         <v>75</v>
       </c>
       <c r="BF69" t="s">
         <v>75</v>
       </c>
       <c r="BG69" t="s">
         <v>75</v>
       </c>
       <c r="BH69">
-        <v>1647</v>
+        <v>1706</v>
       </c>
       <c r="BI69" t="s">
         <v>86</v>
       </c>
       <c r="BJ69" t="s">
         <v>245</v>
       </c>
       <c r="BK69" t="s">
         <v>483</v>
       </c>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>604</v>
       </c>
       <c r="BN69" t="s">
         <v>75</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
         <v>44.51</v>
       </c>
@@ -17630,51 +17628,51 @@
       <c r="AZ70" t="s">
         <v>73</v>
       </c>
       <c r="BA70" t="s">
         <v>83</v>
       </c>
       <c r="BB70" t="s">
         <v>605</v>
       </c>
       <c r="BC70" t="s">
         <v>75</v>
       </c>
       <c r="BD70" t="s">
         <v>75</v>
       </c>
       <c r="BE70" t="s">
         <v>75</v>
       </c>
       <c r="BF70" t="s">
         <v>75</v>
       </c>
       <c r="BG70" t="s">
         <v>75</v>
       </c>
       <c r="BH70">
-        <v>1648</v>
+        <v>1707</v>
       </c>
       <c r="BI70" t="s">
         <v>86</v>
       </c>
       <c r="BJ70" t="s">
         <v>245</v>
       </c>
       <c r="BK70" t="s">
         <v>483</v>
       </c>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>609</v>
       </c>
       <c r="BN70" t="s">
         <v>75</v>
       </c>
       <c r="BO70">
         <v>1</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
         <v>38.83</v>
       </c>
@@ -17817,51 +17815,51 @@
       <c r="AZ71" t="s">
         <v>73</v>
       </c>
       <c r="BA71" t="s">
         <v>83</v>
       </c>
       <c r="BB71" t="s">
         <v>610</v>
       </c>
       <c r="BC71" t="s">
         <v>75</v>
       </c>
       <c r="BD71" t="s">
         <v>75</v>
       </c>
       <c r="BE71" t="s">
         <v>75</v>
       </c>
       <c r="BF71" t="s">
         <v>75</v>
       </c>
       <c r="BG71" t="s">
         <v>75</v>
       </c>
       <c r="BH71">
-        <v>1651</v>
+        <v>1710</v>
       </c>
       <c r="BI71" t="s">
         <v>86</v>
       </c>
       <c r="BJ71" t="s">
         <v>245</v>
       </c>
       <c r="BK71" t="s">
         <v>483</v>
       </c>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>615</v>
       </c>
       <c r="BN71" t="s">
         <v>75</v>
       </c>
       <c r="BO71">
         <v>4</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
         <v>31.6</v>
       </c>
@@ -18004,51 +18002,51 @@
       <c r="AZ72" t="s">
         <v>73</v>
       </c>
       <c r="BA72" t="s">
         <v>83</v>
       </c>
       <c r="BB72" t="s">
         <v>616</v>
       </c>
       <c r="BC72" t="s">
         <v>75</v>
       </c>
       <c r="BD72" t="s">
         <v>75</v>
       </c>
       <c r="BE72" t="s">
         <v>75</v>
       </c>
       <c r="BF72" t="s">
         <v>75</v>
       </c>
       <c r="BG72" t="s">
         <v>75</v>
       </c>
       <c r="BH72">
-        <v>1653</v>
+        <v>1712</v>
       </c>
       <c r="BI72" t="s">
         <v>86</v>
       </c>
       <c r="BJ72" t="s">
         <v>245</v>
       </c>
       <c r="BK72" t="s">
         <v>246</v>
       </c>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>621</v>
       </c>
       <c r="BN72" t="s">
         <v>75</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
         <v>53.02</v>
       </c>
@@ -18191,51 +18189,51 @@
       <c r="AZ73" t="s">
         <v>73</v>
       </c>
       <c r="BA73" t="s">
         <v>83</v>
       </c>
       <c r="BB73" t="s">
         <v>622</v>
       </c>
       <c r="BC73" t="s">
         <v>75</v>
       </c>
       <c r="BD73" t="s">
         <v>75</v>
       </c>
       <c r="BE73" t="s">
         <v>75</v>
       </c>
       <c r="BF73" t="s">
         <v>75</v>
       </c>
       <c r="BG73" t="s">
         <v>75</v>
       </c>
       <c r="BH73">
-        <v>1657</v>
+        <v>1716</v>
       </c>
       <c r="BI73" t="s">
         <v>86</v>
       </c>
       <c r="BJ73" t="s">
         <v>245</v>
       </c>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>75</v>
       </c>
       <c r="BN73" t="s">
         <v>75</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73"/>
       <c r="BQ73"/>
       <c r="BR73">
         <v>54.43</v>
       </c>
       <c r="BS73"/>
     </row>
@@ -18374,51 +18372,51 @@
       <c r="AZ74" t="s">
         <v>73</v>
       </c>
       <c r="BA74" t="s">
         <v>83</v>
       </c>
       <c r="BB74" t="s">
         <v>626</v>
       </c>
       <c r="BC74" t="s">
         <v>75</v>
       </c>
       <c r="BD74" t="s">
         <v>75</v>
       </c>
       <c r="BE74" t="s">
         <v>75</v>
       </c>
       <c r="BF74" t="s">
         <v>75</v>
       </c>
       <c r="BG74" t="s">
         <v>75</v>
       </c>
       <c r="BH74">
-        <v>1658</v>
+        <v>1717</v>
       </c>
       <c r="BI74" t="s">
         <v>86</v>
       </c>
       <c r="BJ74" t="s">
         <v>245</v>
       </c>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>75</v>
       </c>
       <c r="BN74" t="s">
         <v>75</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
         <v>37.41</v>
       </c>
       <c r="BS74"/>
     </row>
@@ -18561,51 +18559,51 @@
       <c r="AZ75" t="s">
         <v>73</v>
       </c>
       <c r="BA75" t="s">
         <v>83</v>
       </c>
       <c r="BB75" t="s">
         <v>631</v>
       </c>
       <c r="BC75" t="s">
         <v>634</v>
       </c>
       <c r="BD75" t="s">
         <v>638</v>
       </c>
       <c r="BE75" t="s">
         <v>75</v>
       </c>
       <c r="BF75" t="s">
         <v>75</v>
       </c>
       <c r="BG75" t="s">
         <v>75</v>
       </c>
       <c r="BH75">
-        <v>1665</v>
+        <v>1724</v>
       </c>
       <c r="BI75" t="s">
         <v>86</v>
       </c>
       <c r="BJ75" t="s">
         <v>245</v>
       </c>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>639</v>
       </c>
       <c r="BN75" t="s">
         <v>75</v>
       </c>
       <c r="BO75">
         <v>2</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
         <v>40.25</v>
       </c>
       <c r="BS75" t="s">
         <v>248</v>
@@ -18746,51 +18744,51 @@
       <c r="AZ76" t="s">
         <v>73</v>
       </c>
       <c r="BA76" t="s">
         <v>83</v>
       </c>
       <c r="BB76" t="s">
         <v>640</v>
       </c>
       <c r="BC76" t="s">
         <v>75</v>
       </c>
       <c r="BD76" t="s">
         <v>75</v>
       </c>
       <c r="BE76" t="s">
         <v>75</v>
       </c>
       <c r="BF76" t="s">
         <v>75</v>
       </c>
       <c r="BG76" t="s">
         <v>75</v>
       </c>
       <c r="BH76">
-        <v>1666</v>
+        <v>1725</v>
       </c>
       <c r="BI76" t="s">
         <v>86</v>
       </c>
       <c r="BJ76" t="s">
         <v>245</v>
       </c>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>75</v>
       </c>
       <c r="BN76" t="s">
         <v>75</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
         <v>47.15</v>
       </c>
       <c r="BS76"/>
     </row>
@@ -18939,51 +18937,51 @@
       <c r="AZ77" t="s">
         <v>73</v>
       </c>
       <c r="BA77" t="s">
         <v>83</v>
       </c>
       <c r="BB77" t="s">
         <v>644</v>
       </c>
       <c r="BC77" t="s">
         <v>647</v>
       </c>
       <c r="BD77" t="s">
         <v>75</v>
       </c>
       <c r="BE77" t="s">
         <v>75</v>
       </c>
       <c r="BF77" t="s">
         <v>75</v>
       </c>
       <c r="BG77" t="s">
         <v>75</v>
       </c>
       <c r="BH77">
-        <v>1678</v>
+        <v>1737</v>
       </c>
       <c r="BI77" t="s">
         <v>86</v>
       </c>
       <c r="BJ77" t="s">
         <v>245</v>
       </c>
       <c r="BK77" t="s">
         <v>339</v>
       </c>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>653</v>
       </c>
       <c r="BN77" t="s">
         <v>75</v>
       </c>
       <c r="BO77">
         <v>59</v>
       </c>
       <c r="BP77"/>
       <c r="BQ77"/>
       <c r="BR77">
         <v>27.77</v>
       </c>
@@ -19126,51 +19124,51 @@
       <c r="AZ78" t="s">
         <v>73</v>
       </c>
       <c r="BA78" t="s">
         <v>83</v>
       </c>
       <c r="BB78" t="s">
         <v>654</v>
       </c>
       <c r="BC78" t="s">
         <v>75</v>
       </c>
       <c r="BD78" t="s">
         <v>75</v>
       </c>
       <c r="BE78" t="s">
         <v>75</v>
       </c>
       <c r="BF78" t="s">
         <v>75</v>
       </c>
       <c r="BG78" t="s">
         <v>75</v>
       </c>
       <c r="BH78">
-        <v>1680</v>
+        <v>1739</v>
       </c>
       <c r="BI78" t="s">
         <v>86</v>
       </c>
       <c r="BJ78" t="s">
         <v>245</v>
       </c>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>75</v>
       </c>
       <c r="BN78" t="s">
         <v>75</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78"/>
       <c r="BQ78"/>
       <c r="BR78">
         <v>30.33</v>
       </c>
       <c r="BS78"/>
     </row>
@@ -19319,51 +19317,51 @@
       <c r="AZ79" t="s">
         <v>73</v>
       </c>
       <c r="BA79" t="s">
         <v>83</v>
       </c>
       <c r="BB79" t="s">
         <v>659</v>
       </c>
       <c r="BC79" t="s">
         <v>662</v>
       </c>
       <c r="BD79" t="s">
         <v>669</v>
       </c>
       <c r="BE79" t="s">
         <v>75</v>
       </c>
       <c r="BF79" t="s">
         <v>75</v>
       </c>
       <c r="BG79" t="s">
         <v>75</v>
       </c>
       <c r="BH79">
-        <v>1683</v>
+        <v>1742</v>
       </c>
       <c r="BI79" t="s">
         <v>86</v>
       </c>
       <c r="BJ79" t="s">
         <v>245</v>
       </c>
       <c r="BK79" t="s">
         <v>246</v>
       </c>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>670</v>
       </c>
       <c r="BN79" t="s">
         <v>75</v>
       </c>
       <c r="BO79">
         <v>6</v>
       </c>
       <c r="BP79"/>
       <c r="BQ79"/>
       <c r="BR79">
         <v>37.86</v>
       </c>
@@ -19506,51 +19504,51 @@
       <c r="AZ80" t="s">
         <v>73</v>
       </c>
       <c r="BA80" t="s">
         <v>83</v>
       </c>
       <c r="BB80" t="s">
         <v>671</v>
       </c>
       <c r="BC80" t="s">
         <v>75</v>
       </c>
       <c r="BD80" t="s">
         <v>75</v>
       </c>
       <c r="BE80" t="s">
         <v>75</v>
       </c>
       <c r="BF80" t="s">
         <v>75</v>
       </c>
       <c r="BG80" t="s">
         <v>75</v>
       </c>
       <c r="BH80">
-        <v>1688</v>
+        <v>1747</v>
       </c>
       <c r="BI80" t="s">
         <v>86</v>
       </c>
       <c r="BJ80" t="s">
         <v>245</v>
       </c>
       <c r="BK80" t="s">
         <v>246</v>
       </c>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>677</v>
       </c>
       <c r="BN80" t="s">
         <v>75</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80"/>
       <c r="BQ80"/>
       <c r="BR80">
         <v>63.2</v>
       </c>
@@ -19703,51 +19701,51 @@
       <c r="AZ81" t="s">
         <v>73</v>
       </c>
       <c r="BA81" t="s">
         <v>83</v>
       </c>
       <c r="BB81" t="s">
         <v>678</v>
       </c>
       <c r="BC81" t="s">
         <v>681</v>
       </c>
       <c r="BD81" t="s">
         <v>687</v>
       </c>
       <c r="BE81" t="s">
         <v>75</v>
       </c>
       <c r="BF81" t="s">
         <v>75</v>
       </c>
       <c r="BG81" t="s">
         <v>75</v>
       </c>
       <c r="BH81">
-        <v>1694</v>
+        <v>1753</v>
       </c>
       <c r="BI81" t="s">
         <v>86</v>
       </c>
       <c r="BJ81" t="s">
         <v>245</v>
       </c>
       <c r="BK81" t="s">
         <v>246</v>
       </c>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>688</v>
       </c>
       <c r="BN81" t="s">
         <v>75</v>
       </c>
       <c r="BO81">
         <v>4</v>
       </c>
       <c r="BP81"/>
       <c r="BQ81"/>
       <c r="BR81">
         <v>37.27</v>
       </c>
@@ -19890,51 +19888,51 @@
       <c r="AZ82" t="s">
         <v>73</v>
       </c>
       <c r="BA82" t="s">
         <v>83</v>
       </c>
       <c r="BB82" t="s">
         <v>689</v>
       </c>
       <c r="BC82" t="s">
         <v>75</v>
       </c>
       <c r="BD82" t="s">
         <v>75</v>
       </c>
       <c r="BE82" t="s">
         <v>75</v>
       </c>
       <c r="BF82" t="s">
         <v>75</v>
       </c>
       <c r="BG82" t="s">
         <v>75</v>
       </c>
       <c r="BH82">
-        <v>1698</v>
+        <v>1757</v>
       </c>
       <c r="BI82" t="s">
         <v>86</v>
       </c>
       <c r="BJ82" t="s">
         <v>245</v>
       </c>
       <c r="BK82" t="s">
         <v>483</v>
       </c>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>693</v>
       </c>
       <c r="BN82" t="s">
         <v>75</v>
       </c>
       <c r="BO82">
         <v>3</v>
       </c>
       <c r="BP82"/>
       <c r="BQ82"/>
       <c r="BR82">
         <v>37.44</v>
       </c>
@@ -20085,51 +20083,51 @@
       <c r="AZ83" t="s">
         <v>73</v>
       </c>
       <c r="BA83" t="s">
         <v>83</v>
       </c>
       <c r="BB83" t="s">
         <v>694</v>
       </c>
       <c r="BC83" t="s">
         <v>697</v>
       </c>
       <c r="BD83" t="s">
         <v>703</v>
       </c>
       <c r="BE83" t="s">
         <v>704</v>
       </c>
       <c r="BF83" t="s">
         <v>75</v>
       </c>
       <c r="BG83" t="s">
         <v>75</v>
       </c>
       <c r="BH83">
-        <v>1701</v>
+        <v>1760</v>
       </c>
       <c r="BI83" t="s">
         <v>86</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>75</v>
       </c>
       <c r="BN83" t="s">
         <v>75</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83"/>
       <c r="BQ83"/>
       <c r="BR83">
         <v>38.78</v>
       </c>
       <c r="BS83"/>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
@@ -20274,51 +20272,51 @@
       <c r="AZ84" t="s">
         <v>73</v>
       </c>
       <c r="BA84" t="s">
         <v>83</v>
       </c>
       <c r="BB84" t="s">
         <v>705</v>
       </c>
       <c r="BC84" t="s">
         <v>708</v>
       </c>
       <c r="BD84" t="s">
         <v>715</v>
       </c>
       <c r="BE84" t="s">
         <v>716</v>
       </c>
       <c r="BF84" t="s">
         <v>75</v>
       </c>
       <c r="BG84" t="s">
         <v>75</v>
       </c>
       <c r="BH84">
-        <v>1705</v>
+        <v>1764</v>
       </c>
       <c r="BI84" t="s">
         <v>86</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>75</v>
       </c>
       <c r="BN84" t="s">
         <v>75</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84"/>
       <c r="BQ84"/>
       <c r="BR84">
         <v>36.93</v>
       </c>
       <c r="BS84"/>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
@@ -20463,51 +20461,51 @@
       <c r="AZ85" t="s">
         <v>73</v>
       </c>
       <c r="BA85" t="s">
         <v>83</v>
       </c>
       <c r="BB85" t="s">
         <v>717</v>
       </c>
       <c r="BC85" t="s">
         <v>720</v>
       </c>
       <c r="BD85" t="s">
         <v>725</v>
       </c>
       <c r="BE85" t="s">
         <v>726</v>
       </c>
       <c r="BF85" t="s">
         <v>75</v>
       </c>
       <c r="BG85" t="s">
         <v>75</v>
       </c>
       <c r="BH85">
-        <v>1707</v>
+        <v>1766</v>
       </c>
       <c r="BI85" t="s">
         <v>86</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>75</v>
       </c>
       <c r="BN85" t="s">
         <v>75</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85"/>
       <c r="BQ85"/>
       <c r="BR85">
         <v>28.91</v>
       </c>
       <c r="BS85"/>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
@@ -20521,51 +20519,53 @@
       </c>
       <c r="D86">
         <v>501383</v>
       </c>
       <c r="E86">
         <v>28.91</v>
       </c>
       <c r="F86" t="s">
         <v>728</v>
       </c>
       <c r="G86" t="s">
         <v>69</v>
       </c>
       <c r="H86" t="s">
         <v>729</v>
       </c>
       <c r="I86">
         <v>8.55</v>
       </c>
       <c r="J86" t="s">
         <v>730</v>
       </c>
       <c r="K86" t="s">
         <v>72</v>
       </c>
-      <c r="L86"/>
+      <c r="L86">
+        <v>7202541883</v>
+      </c>
       <c r="M86" t="s">
         <v>73</v>
       </c>
       <c r="N86" t="s">
         <v>74</v>
       </c>
       <c r="O86"/>
       <c r="P86" t="s">
         <v>75</v>
       </c>
       <c r="Q86" t="s">
         <v>727</v>
       </c>
       <c r="R86" t="s">
         <v>75</v>
       </c>
       <c r="S86" t="s">
         <v>75</v>
       </c>
       <c r="T86" t="s">
         <v>76</v>
       </c>
       <c r="U86">
         <v>4348317340</v>
       </c>
@@ -20578,10459 +20578,10459 @@
       <c r="X86">
         <v>28.91</v>
       </c>
       <c r="Y86">
         <v>1</v>
       </c>
       <c r="Z86" t="s">
         <v>75</v>
       </c>
       <c r="AA86" t="s">
         <v>66</v>
       </c>
       <c r="AB86" t="s">
         <v>69</v>
       </c>
       <c r="AC86" t="s">
         <v>728</v>
       </c>
       <c r="AD86" t="s">
         <v>75</v>
       </c>
       <c r="AE86">
         <v>3338565243</v>
       </c>
       <c r="AF86" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AG86"/>
       <c r="AH86" t="s">
-        <v>75</v>
+        <v>731</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86" t="s">
-        <v>75</v>
+        <v>732</v>
       </c>
       <c r="AK86" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AL86" t="s">
         <v>730</v>
       </c>
       <c r="AM86"/>
       <c r="AN86" t="s">
         <v>729</v>
       </c>
       <c r="AO86">
         <v>8.55</v>
       </c>
       <c r="AP86" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="AQ86" t="s">
         <v>666</v>
       </c>
       <c r="AR86" t="s">
         <v>667</v>
       </c>
       <c r="AS86" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="AT86" t="s">
         <v>724</v>
       </c>
       <c r="AU86"/>
       <c r="AV86"/>
       <c r="AW86"/>
       <c r="AX86" t="s">
         <v>82</v>
       </c>
-      <c r="AY86"/>
+      <c r="AY86">
+        <v>7202541883</v>
+      </c>
       <c r="AZ86" t="s">
         <v>73</v>
       </c>
       <c r="BA86" t="s">
         <v>83</v>
       </c>
       <c r="BB86" t="s">
         <v>727</v>
       </c>
       <c r="BC86" t="s">
         <v>730</v>
       </c>
       <c r="BD86" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="BE86" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="BF86" t="s">
         <v>75</v>
       </c>
       <c r="BG86" t="s">
         <v>75</v>
       </c>
       <c r="BH86">
-        <v>1708</v>
+        <v>1767</v>
       </c>
       <c r="BI86" t="s">
         <v>86</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>75</v>
       </c>
       <c r="BN86" t="s">
         <v>75</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86"/>
       <c r="BQ86"/>
       <c r="BR86">
         <v>28.91</v>
       </c>
       <c r="BS86"/>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
         <v>66</v>
       </c>
       <c r="B87" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C87">
         <v>4346075322</v>
       </c>
       <c r="D87">
         <v>501289</v>
       </c>
       <c r="E87">
         <v>26.06</v>
       </c>
       <c r="F87" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="G87" t="s">
         <v>69</v>
       </c>
       <c r="H87" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="I87">
         <v>6.4</v>
       </c>
       <c r="J87" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="K87" t="s">
         <v>72</v>
       </c>
       <c r="L87">
         <v>8603281120</v>
       </c>
       <c r="M87" t="s">
         <v>73</v>
       </c>
       <c r="N87" t="s">
         <v>74</v>
       </c>
       <c r="O87"/>
       <c r="P87" t="s">
         <v>75</v>
       </c>
       <c r="Q87" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="R87" t="s">
         <v>75</v>
       </c>
       <c r="S87" t="s">
         <v>75</v>
       </c>
       <c r="T87" t="s">
         <v>76</v>
       </c>
       <c r="U87">
         <v>4346075322</v>
       </c>
       <c r="V87">
         <v>501289</v>
       </c>
       <c r="W87" t="s">
         <v>75</v>
       </c>
       <c r="X87">
         <v>26.06</v>
       </c>
       <c r="Y87">
         <v>1</v>
       </c>
       <c r="Z87" t="s">
         <v>75</v>
       </c>
       <c r="AA87" t="s">
         <v>66</v>
       </c>
       <c r="AB87" t="s">
         <v>69</v>
       </c>
       <c r="AC87" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="AD87" t="s">
         <v>75</v>
       </c>
       <c r="AE87">
         <v>4521493629</v>
       </c>
       <c r="AF87" t="s">
         <v>77</v>
       </c>
       <c r="AG87"/>
       <c r="AH87" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="AK87" t="s">
         <v>80</v>
       </c>
       <c r="AL87" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="AM87"/>
       <c r="AN87" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="AO87">
         <v>6.4</v>
       </c>
       <c r="AP87" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="AQ87" t="s">
         <v>666</v>
       </c>
       <c r="AR87" t="s">
         <v>667</v>
       </c>
       <c r="AS87" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="AT87" t="s">
         <v>75</v>
       </c>
       <c r="AU87"/>
       <c r="AV87"/>
       <c r="AW87"/>
       <c r="AX87" t="s">
         <v>82</v>
       </c>
       <c r="AY87">
         <v>8603281120</v>
       </c>
       <c r="AZ87" t="s">
         <v>73</v>
       </c>
       <c r="BA87" t="s">
         <v>83</v>
       </c>
       <c r="BB87" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="BC87" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="BD87" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="BE87" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="BF87" t="s">
         <v>75</v>
       </c>
       <c r="BG87" t="s">
         <v>75</v>
       </c>
       <c r="BH87">
-        <v>1709</v>
+        <v>1768</v>
       </c>
       <c r="BI87" t="s">
         <v>86</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>75</v>
       </c>
       <c r="BN87" t="s">
         <v>75</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87"/>
       <c r="BQ87"/>
       <c r="BR87">
         <v>26.06</v>
       </c>
       <c r="BS87"/>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
         <v>66</v>
       </c>
       <c r="B88" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C88">
         <v>4343817824</v>
       </c>
       <c r="D88">
         <v>501208</v>
       </c>
       <c r="E88">
         <v>41.67</v>
       </c>
       <c r="F88" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="G88" t="s">
         <v>69</v>
       </c>
       <c r="H88" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="I88">
         <v>16.99</v>
       </c>
       <c r="J88" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="K88" t="s">
         <v>72</v>
       </c>
       <c r="L88">
         <v>3653410902</v>
       </c>
       <c r="M88" t="s">
         <v>73</v>
       </c>
       <c r="N88" t="s">
         <v>74</v>
       </c>
       <c r="O88"/>
       <c r="P88" t="s">
         <v>75</v>
       </c>
       <c r="Q88" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="R88" t="s">
         <v>75</v>
       </c>
       <c r="S88" t="s">
         <v>75</v>
       </c>
       <c r="T88" t="s">
         <v>76</v>
       </c>
       <c r="U88">
         <v>4343817824</v>
       </c>
       <c r="V88">
         <v>501208</v>
       </c>
       <c r="W88" t="s">
         <v>75</v>
       </c>
       <c r="X88">
         <v>41.67</v>
       </c>
       <c r="Y88">
         <v>1</v>
       </c>
       <c r="Z88" t="s">
         <v>75</v>
       </c>
       <c r="AA88" t="s">
         <v>66</v>
       </c>
       <c r="AB88" t="s">
         <v>69</v>
       </c>
       <c r="AC88" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="AD88" t="s">
         <v>75</v>
       </c>
       <c r="AE88">
         <v>4622527794</v>
       </c>
       <c r="AF88" t="s">
         <v>77</v>
       </c>
       <c r="AG88"/>
       <c r="AH88" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="AI88"/>
       <c r="AJ88" t="s">
         <v>162</v>
       </c>
       <c r="AK88" t="s">
         <v>80</v>
       </c>
       <c r="AL88" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="AM88"/>
       <c r="AN88" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="AO88">
         <v>16.99</v>
       </c>
       <c r="AP88" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="AQ88" t="s">
         <v>666</v>
       </c>
       <c r="AR88" t="s">
         <v>667</v>
       </c>
       <c r="AS88" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="AT88" t="s">
         <v>75</v>
       </c>
       <c r="AU88"/>
       <c r="AV88"/>
       <c r="AW88"/>
       <c r="AX88" t="s">
         <v>82</v>
       </c>
       <c r="AY88">
         <v>3653410902</v>
       </c>
       <c r="AZ88" t="s">
         <v>73</v>
       </c>
       <c r="BA88" t="s">
         <v>83</v>
       </c>
       <c r="BB88" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="BC88" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="BD88" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="BE88" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="BF88" t="s">
         <v>75</v>
       </c>
       <c r="BG88" t="s">
         <v>75</v>
       </c>
       <c r="BH88">
-        <v>1710</v>
+        <v>1769</v>
       </c>
       <c r="BI88" t="s">
         <v>86</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>75</v>
       </c>
       <c r="BN88" t="s">
         <v>75</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88"/>
       <c r="BQ88"/>
       <c r="BR88">
         <v>41.67</v>
       </c>
       <c r="BS88"/>
     </row>
     <row r="89" spans="1:71">
       <c r="A89" t="s">
         <v>66</v>
       </c>
       <c r="B89" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C89">
         <v>4343761396</v>
       </c>
       <c r="D89">
         <v>501209</v>
       </c>
       <c r="E89">
         <v>32.31</v>
       </c>
       <c r="F89" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="G89" t="s">
         <v>69</v>
       </c>
       <c r="H89" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="I89">
         <v>11.12</v>
       </c>
       <c r="J89" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="K89" t="s">
         <v>72</v>
       </c>
       <c r="L89">
         <v>3653410401</v>
       </c>
       <c r="M89" t="s">
         <v>73</v>
       </c>
       <c r="N89" t="s">
         <v>74</v>
       </c>
       <c r="O89"/>
       <c r="P89" t="s">
         <v>75</v>
       </c>
       <c r="Q89" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="R89" t="s">
         <v>75</v>
       </c>
       <c r="S89" t="s">
         <v>75</v>
       </c>
       <c r="T89" t="s">
         <v>76</v>
       </c>
       <c r="U89">
         <v>4343761396</v>
       </c>
       <c r="V89">
         <v>501209</v>
       </c>
       <c r="W89" t="s">
         <v>75</v>
       </c>
       <c r="X89">
         <v>32.31</v>
       </c>
       <c r="Y89">
         <v>1</v>
       </c>
       <c r="Z89" t="s">
         <v>75</v>
       </c>
       <c r="AA89" t="s">
         <v>66</v>
       </c>
       <c r="AB89" t="s">
         <v>69</v>
       </c>
       <c r="AC89" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="AD89" t="s">
         <v>75</v>
       </c>
       <c r="AE89">
         <v>5541933361</v>
       </c>
       <c r="AF89" t="s">
         <v>77</v>
       </c>
       <c r="AG89"/>
       <c r="AH89" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="AI89"/>
       <c r="AJ89" t="s">
         <v>153</v>
       </c>
       <c r="AK89" t="s">
         <v>80</v>
       </c>
       <c r="AL89" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="AM89"/>
       <c r="AN89" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="AO89">
         <v>11.12</v>
       </c>
       <c r="AP89" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="AQ89" t="s">
         <v>666</v>
       </c>
       <c r="AR89" t="s">
         <v>667</v>
       </c>
       <c r="AS89" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="AT89" t="s">
         <v>75</v>
       </c>
       <c r="AU89"/>
       <c r="AV89"/>
       <c r="AW89"/>
       <c r="AX89" t="s">
         <v>82</v>
       </c>
       <c r="AY89">
         <v>3653410401</v>
       </c>
       <c r="AZ89" t="s">
         <v>73</v>
       </c>
       <c r="BA89" t="s">
         <v>83</v>
       </c>
       <c r="BB89" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="BC89" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="BD89" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="BE89" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="BF89" t="s">
         <v>75</v>
       </c>
       <c r="BG89" t="s">
         <v>75</v>
       </c>
       <c r="BH89">
-        <v>1710</v>
+        <v>1769</v>
       </c>
       <c r="BI89" t="s">
         <v>86</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89"/>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>75</v>
       </c>
       <c r="BN89" t="s">
         <v>75</v>
       </c>
       <c r="BO89">
         <v>0</v>
       </c>
       <c r="BP89"/>
       <c r="BQ89"/>
       <c r="BR89">
         <v>32.31</v>
       </c>
       <c r="BS89"/>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
         <v>66</v>
       </c>
       <c r="B90" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C90">
         <v>4341185604</v>
       </c>
       <c r="D90">
         <v>501198</v>
       </c>
       <c r="E90">
         <v>31.74</v>
       </c>
       <c r="F90" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="G90" t="s">
         <v>69</v>
       </c>
       <c r="H90" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="I90">
         <v>9.99</v>
       </c>
       <c r="J90" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="K90" t="s">
         <v>72</v>
       </c>
       <c r="L90">
         <v>2567737874</v>
       </c>
       <c r="M90" t="s">
         <v>73</v>
       </c>
       <c r="N90" t="s">
         <v>74</v>
       </c>
       <c r="O90"/>
       <c r="P90" t="s">
         <v>75</v>
       </c>
       <c r="Q90" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="R90" t="s">
         <v>75</v>
       </c>
       <c r="S90" t="s">
         <v>75</v>
       </c>
       <c r="T90" t="s">
         <v>76</v>
       </c>
       <c r="U90">
         <v>4341185604</v>
       </c>
       <c r="V90">
         <v>501198</v>
       </c>
       <c r="W90" t="s">
         <v>75</v>
       </c>
       <c r="X90">
         <v>31.74</v>
       </c>
       <c r="Y90">
         <v>1</v>
       </c>
       <c r="Z90" t="s">
         <v>75</v>
       </c>
       <c r="AA90" t="s">
         <v>66</v>
       </c>
       <c r="AB90" t="s">
         <v>69</v>
       </c>
       <c r="AC90" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="AD90" t="s">
         <v>75</v>
       </c>
       <c r="AE90">
         <v>5517737381</v>
       </c>
       <c r="AF90" t="s">
         <v>77</v>
       </c>
       <c r="AG90"/>
       <c r="AH90" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="AI90"/>
       <c r="AJ90" t="s">
         <v>242</v>
       </c>
       <c r="AK90" t="s">
         <v>80</v>
       </c>
       <c r="AL90" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="AM90"/>
       <c r="AN90" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="AO90">
         <v>9.99</v>
       </c>
       <c r="AP90" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="AQ90" t="s">
         <v>666</v>
       </c>
       <c r="AR90" t="s">
         <v>667</v>
       </c>
       <c r="AS90" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="AT90" t="s">
         <v>75</v>
       </c>
       <c r="AU90"/>
       <c r="AV90"/>
       <c r="AW90"/>
       <c r="AX90" t="s">
         <v>82</v>
       </c>
       <c r="AY90">
         <v>2567737874</v>
       </c>
       <c r="AZ90" t="s">
         <v>73</v>
       </c>
       <c r="BA90" t="s">
         <v>83</v>
       </c>
       <c r="BB90" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="BC90" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="BD90" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="BE90" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="BF90" t="s">
         <v>75</v>
       </c>
       <c r="BG90" t="s">
         <v>75</v>
       </c>
       <c r="BH90">
-        <v>1711</v>
+        <v>1770</v>
       </c>
       <c r="BI90" t="s">
         <v>86</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>75</v>
       </c>
       <c r="BN90" t="s">
         <v>75</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90"/>
       <c r="BQ90"/>
       <c r="BR90">
         <v>31.74</v>
       </c>
       <c r="BS90"/>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
         <v>66</v>
       </c>
       <c r="B91" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C91">
         <v>4340912461</v>
       </c>
       <c r="D91">
         <v>501132</v>
       </c>
       <c r="E91">
         <v>33.73</v>
       </c>
       <c r="F91" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="G91" t="s">
         <v>69</v>
       </c>
       <c r="H91" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="I91">
         <v>11.39</v>
       </c>
       <c r="J91" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="K91" t="s">
         <v>72</v>
       </c>
       <c r="L91">
         <v>1090071161</v>
       </c>
       <c r="M91" t="s">
         <v>73</v>
       </c>
       <c r="N91" t="s">
         <v>74</v>
       </c>
       <c r="O91"/>
       <c r="P91" t="s">
         <v>75</v>
       </c>
       <c r="Q91" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="R91" t="s">
         <v>75</v>
       </c>
       <c r="S91" t="s">
         <v>75</v>
       </c>
       <c r="T91" t="s">
         <v>76</v>
       </c>
       <c r="U91">
         <v>4340912461</v>
       </c>
       <c r="V91">
         <v>501132</v>
       </c>
       <c r="W91" t="s">
         <v>75</v>
       </c>
       <c r="X91">
         <v>33.73</v>
       </c>
       <c r="Y91">
         <v>1</v>
       </c>
       <c r="Z91" t="s">
         <v>75</v>
       </c>
       <c r="AA91" t="s">
         <v>66</v>
       </c>
       <c r="AB91" t="s">
         <v>69</v>
       </c>
       <c r="AC91" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="AD91" t="s">
         <v>75</v>
       </c>
       <c r="AE91" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="AF91" t="s">
         <v>77</v>
       </c>
       <c r="AG91"/>
       <c r="AH91" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="AI91"/>
       <c r="AJ91" t="s">
         <v>113</v>
       </c>
       <c r="AK91" t="s">
         <v>80</v>
       </c>
       <c r="AL91" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="AM91"/>
       <c r="AN91" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="AO91">
         <v>11.39</v>
       </c>
       <c r="AP91" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="AQ91" t="s">
         <v>666</v>
       </c>
       <c r="AR91" t="s">
         <v>667</v>
       </c>
       <c r="AS91" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="AT91" t="s">
         <v>75</v>
       </c>
       <c r="AU91"/>
       <c r="AV91"/>
       <c r="AW91"/>
       <c r="AX91" t="s">
         <v>82</v>
       </c>
       <c r="AY91">
         <v>1090071161</v>
       </c>
       <c r="AZ91" t="s">
         <v>73</v>
       </c>
       <c r="BA91" t="s">
         <v>83</v>
       </c>
       <c r="BB91" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="BC91" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="BD91" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="BE91" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="BF91" t="s">
         <v>75</v>
       </c>
       <c r="BG91" t="s">
         <v>75</v>
       </c>
       <c r="BH91">
-        <v>1711</v>
+        <v>1770</v>
       </c>
       <c r="BI91" t="s">
         <v>86</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>75</v>
       </c>
       <c r="BN91" t="s">
         <v>75</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91"/>
       <c r="BQ91"/>
       <c r="BR91">
         <v>33.73</v>
       </c>
       <c r="BS91"/>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
         <v>66</v>
       </c>
       <c r="B92" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C92">
         <v>4338862859</v>
       </c>
       <c r="D92">
         <v>501050</v>
       </c>
       <c r="E92">
         <v>28.91</v>
       </c>
       <c r="F92" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="G92" t="s">
         <v>69</v>
       </c>
       <c r="H92" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="I92">
         <v>8.55</v>
       </c>
       <c r="J92" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="K92" t="s">
         <v>72</v>
       </c>
       <c r="L92">
         <v>6120521632</v>
       </c>
       <c r="M92" t="s">
         <v>73</v>
       </c>
       <c r="N92" t="s">
         <v>74</v>
       </c>
       <c r="O92"/>
       <c r="P92" t="s">
         <v>75</v>
       </c>
       <c r="Q92" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="R92" t="s">
         <v>75</v>
       </c>
       <c r="S92" t="s">
         <v>75</v>
       </c>
       <c r="T92" t="s">
         <v>160</v>
       </c>
       <c r="U92">
         <v>4338862859</v>
       </c>
       <c r="V92">
         <v>501050</v>
       </c>
       <c r="W92" t="s">
         <v>75</v>
       </c>
       <c r="X92">
         <v>28.91</v>
       </c>
       <c r="Y92">
         <v>1</v>
       </c>
       <c r="Z92" t="s">
         <v>75</v>
       </c>
       <c r="AA92" t="s">
         <v>66</v>
       </c>
       <c r="AB92" t="s">
         <v>69</v>
       </c>
       <c r="AC92" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="AD92" t="s">
         <v>75</v>
       </c>
       <c r="AE92">
         <v>5584970608</v>
       </c>
       <c r="AF92" t="s">
         <v>77</v>
       </c>
       <c r="AG92"/>
       <c r="AH92" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="AI92"/>
       <c r="AJ92" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="AK92" t="s">
         <v>80</v>
       </c>
       <c r="AL92" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="AM92"/>
       <c r="AN92" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="AO92">
         <v>8.55</v>
       </c>
       <c r="AP92" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="AQ92" t="s">
         <v>666</v>
       </c>
       <c r="AR92" t="s">
         <v>667</v>
       </c>
       <c r="AS92" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="AT92" t="s">
         <v>75</v>
       </c>
       <c r="AU92"/>
       <c r="AV92"/>
       <c r="AW92"/>
       <c r="AX92" t="s">
         <v>82</v>
       </c>
       <c r="AY92">
         <v>6120521632</v>
       </c>
       <c r="AZ92" t="s">
         <v>73</v>
       </c>
       <c r="BA92" t="s">
         <v>83</v>
       </c>
       <c r="BB92" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="BC92" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="BD92" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="BE92" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="BF92" t="s">
         <v>75</v>
       </c>
       <c r="BG92" t="s">
         <v>75</v>
       </c>
       <c r="BH92">
-        <v>1712</v>
+        <v>1771</v>
       </c>
       <c r="BI92" t="s">
         <v>86</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92"/>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>75</v>
       </c>
       <c r="BN92" t="s">
         <v>75</v>
       </c>
       <c r="BO92">
         <v>0</v>
       </c>
       <c r="BP92"/>
       <c r="BQ92"/>
       <c r="BR92">
         <v>28.91</v>
       </c>
       <c r="BS92"/>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
         <v>66</v>
       </c>
       <c r="B93" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C93">
         <v>4337155037</v>
       </c>
       <c r="D93">
         <v>500986</v>
       </c>
       <c r="E93">
         <v>36</v>
       </c>
       <c r="F93" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="G93" t="s">
         <v>69</v>
       </c>
       <c r="H93"/>
       <c r="I93">
         <v>0</v>
       </c>
       <c r="J93" t="s">
         <v>75</v>
       </c>
       <c r="K93" t="s">
         <v>240</v>
       </c>
       <c r="L93">
         <v>6120445822</v>
       </c>
       <c r="M93" t="s">
         <v>73</v>
       </c>
       <c r="N93" t="s">
         <v>74</v>
       </c>
       <c r="O93"/>
       <c r="P93" t="s">
         <v>75</v>
       </c>
       <c r="Q93" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="R93" t="s">
         <v>75</v>
       </c>
       <c r="S93" t="s">
         <v>75</v>
       </c>
       <c r="T93" t="s">
         <v>160</v>
       </c>
       <c r="U93">
         <v>4337155037</v>
       </c>
       <c r="V93">
         <v>500986</v>
       </c>
       <c r="W93" t="s">
         <v>75</v>
       </c>
       <c r="X93">
         <v>36</v>
       </c>
       <c r="Y93">
         <v>1</v>
       </c>
       <c r="Z93" t="s">
         <v>75</v>
       </c>
       <c r="AA93" t="s">
         <v>66</v>
       </c>
       <c r="AB93" t="s">
         <v>69</v>
       </c>
       <c r="AC93" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="AD93" t="s">
         <v>75</v>
       </c>
       <c r="AE93">
         <v>5521832017</v>
       </c>
       <c r="AF93">
         <v>5521832017</v>
       </c>
       <c r="AG93"/>
       <c r="AH93" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="AI93"/>
       <c r="AJ93" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="AK93" t="s">
         <v>80</v>
       </c>
       <c r="AL93" t="s">
         <v>75</v>
       </c>
       <c r="AM93"/>
       <c r="AN93"/>
       <c r="AO93">
         <v>0</v>
       </c>
       <c r="AP93" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="AQ93"/>
       <c r="AR93"/>
       <c r="AS93"/>
       <c r="AT93" t="s">
         <v>75</v>
       </c>
       <c r="AU93"/>
       <c r="AV93"/>
       <c r="AW93">
         <v>0</v>
       </c>
       <c r="AX93" t="s">
         <v>82</v>
       </c>
       <c r="AY93">
         <v>6120445822</v>
       </c>
       <c r="AZ93" t="s">
         <v>73</v>
       </c>
       <c r="BA93" t="s">
         <v>83</v>
       </c>
       <c r="BB93" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="BC93" t="s">
         <v>75</v>
       </c>
       <c r="BD93" t="s">
         <v>75</v>
       </c>
       <c r="BE93" t="s">
         <v>75</v>
       </c>
       <c r="BF93" t="s">
         <v>75</v>
       </c>
       <c r="BG93" t="s">
         <v>75</v>
       </c>
       <c r="BH93">
-        <v>1713</v>
+        <v>1772</v>
       </c>
       <c r="BI93" t="s">
         <v>86</v>
       </c>
       <c r="BJ93" t="s">
         <v>245</v>
       </c>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>75</v>
       </c>
       <c r="BN93" t="s">
         <v>75</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93"/>
       <c r="BQ93"/>
       <c r="BR93">
         <v>36</v>
       </c>
       <c r="BS93"/>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
         <v>66</v>
       </c>
       <c r="B94" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C94">
         <v>4336808310</v>
       </c>
       <c r="D94">
         <v>500969</v>
       </c>
       <c r="E94">
         <v>51</v>
       </c>
       <c r="F94" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="G94" t="s">
         <v>69</v>
       </c>
       <c r="H94" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="I94">
         <v>21.29</v>
       </c>
       <c r="J94" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="K94" t="s">
         <v>72</v>
       </c>
       <c r="L94">
         <v>6120440255</v>
       </c>
       <c r="M94" t="s">
         <v>73</v>
       </c>
       <c r="N94" t="s">
         <v>74</v>
       </c>
       <c r="O94"/>
       <c r="P94" t="s">
         <v>75</v>
       </c>
       <c r="Q94" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="R94" t="s">
         <v>75</v>
       </c>
       <c r="S94" t="s">
         <v>75</v>
       </c>
       <c r="T94" t="s">
         <v>76</v>
       </c>
       <c r="U94">
         <v>4336808310</v>
       </c>
       <c r="V94">
         <v>500969</v>
       </c>
       <c r="W94" t="s">
         <v>75</v>
       </c>
       <c r="X94">
         <v>51</v>
       </c>
       <c r="Y94">
         <v>1</v>
       </c>
       <c r="Z94" t="s">
         <v>75</v>
       </c>
       <c r="AA94" t="s">
         <v>66</v>
       </c>
       <c r="AB94" t="s">
         <v>69</v>
       </c>
       <c r="AC94" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="AD94" t="s">
         <v>75</v>
       </c>
       <c r="AE94">
         <v>5531759527</v>
       </c>
       <c r="AF94" t="s">
         <v>77</v>
       </c>
       <c r="AG94"/>
       <c r="AH94" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="AI94"/>
       <c r="AJ94" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="AK94" t="s">
         <v>80</v>
       </c>
       <c r="AL94" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="AM94"/>
       <c r="AN94" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="AO94">
         <v>21.29</v>
       </c>
       <c r="AP94" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="AQ94" t="s">
         <v>666</v>
       </c>
       <c r="AR94" t="s">
         <v>667</v>
       </c>
       <c r="AS94" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="AT94" t="s">
         <v>75</v>
       </c>
       <c r="AU94"/>
       <c r="AV94"/>
       <c r="AW94"/>
       <c r="AX94" t="s">
         <v>82</v>
       </c>
       <c r="AY94">
         <v>6120440255</v>
       </c>
       <c r="AZ94" t="s">
         <v>73</v>
       </c>
       <c r="BA94" t="s">
         <v>83</v>
       </c>
       <c r="BB94" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="BC94" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="BD94" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="BE94" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="BF94" t="s">
         <v>75</v>
       </c>
       <c r="BG94" t="s">
         <v>75</v>
       </c>
       <c r="BH94">
-        <v>1713</v>
+        <v>1772</v>
       </c>
       <c r="BI94" t="s">
         <v>86</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>75</v>
       </c>
       <c r="BN94" t="s">
         <v>75</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94"/>
       <c r="BQ94"/>
       <c r="BR94">
         <v>51</v>
       </c>
       <c r="BS94"/>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
         <v>66</v>
       </c>
       <c r="B95" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C95">
         <v>4335801264</v>
       </c>
       <c r="D95">
         <v>500913</v>
       </c>
       <c r="E95">
         <v>50.18</v>
       </c>
       <c r="F95" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="G95" t="s">
         <v>69</v>
       </c>
       <c r="H95" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="I95">
         <v>24.6</v>
       </c>
       <c r="J95" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="K95" t="s">
         <v>72</v>
       </c>
       <c r="L95">
         <v>6120344845</v>
       </c>
       <c r="M95" t="s">
         <v>73</v>
       </c>
       <c r="N95" t="s">
         <v>74</v>
       </c>
       <c r="O95"/>
       <c r="P95" t="s">
         <v>75</v>
       </c>
       <c r="Q95" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="R95" t="s">
         <v>75</v>
       </c>
       <c r="S95" t="s">
         <v>75</v>
       </c>
       <c r="T95" t="s">
         <v>76</v>
       </c>
       <c r="U95">
         <v>4335801264</v>
       </c>
       <c r="V95">
         <v>500913</v>
       </c>
       <c r="W95" t="s">
         <v>75</v>
       </c>
       <c r="X95">
         <v>50.18</v>
       </c>
       <c r="Y95">
         <v>1</v>
       </c>
       <c r="Z95" t="s">
         <v>75</v>
       </c>
       <c r="AA95" t="s">
         <v>66</v>
       </c>
       <c r="AB95" t="s">
         <v>69</v>
       </c>
       <c r="AC95" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="AD95" t="s">
         <v>75</v>
       </c>
       <c r="AE95" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="AF95" t="s">
         <v>77</v>
       </c>
       <c r="AG95"/>
       <c r="AH95" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="AI95"/>
       <c r="AJ95" t="s">
         <v>441</v>
       </c>
       <c r="AK95" t="s">
         <v>80</v>
       </c>
       <c r="AL95" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="AM95"/>
       <c r="AN95" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="AO95">
         <v>24.6</v>
       </c>
       <c r="AP95" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="AQ95" t="s">
         <v>666</v>
       </c>
       <c r="AR95" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="AS95" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="AT95" t="s">
         <v>75</v>
       </c>
       <c r="AU95"/>
       <c r="AV95"/>
       <c r="AW95"/>
       <c r="AX95" t="s">
         <v>82</v>
       </c>
       <c r="AY95">
         <v>6120344845</v>
       </c>
       <c r="AZ95" t="s">
         <v>73</v>
       </c>
       <c r="BA95" t="s">
         <v>83</v>
       </c>
       <c r="BB95" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="BC95" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="BD95" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="BE95" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="BF95" t="s">
         <v>75</v>
       </c>
       <c r="BG95" t="s">
         <v>75</v>
       </c>
       <c r="BH95">
-        <v>1714</v>
+        <v>1773</v>
       </c>
       <c r="BI95" t="s">
         <v>86</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95"/>
       <c r="BL95"/>
       <c r="BM95" t="s">
         <v>75</v>
       </c>
       <c r="BN95" t="s">
         <v>75</v>
       </c>
       <c r="BO95">
         <v>0</v>
       </c>
       <c r="BP95"/>
       <c r="BQ95"/>
       <c r="BR95">
         <v>50.18</v>
       </c>
       <c r="BS95"/>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
         <v>66</v>
       </c>
       <c r="B96" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C96">
         <v>4334162541</v>
       </c>
       <c r="D96">
         <v>500835</v>
       </c>
       <c r="E96">
         <v>45.94</v>
       </c>
       <c r="F96" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="G96" t="s">
         <v>69</v>
       </c>
       <c r="H96"/>
       <c r="I96">
         <v>0</v>
       </c>
       <c r="J96" t="s">
         <v>75</v>
       </c>
       <c r="K96" t="s">
         <v>240</v>
       </c>
       <c r="L96">
         <v>6120275523</v>
       </c>
       <c r="M96" t="s">
         <v>73</v>
       </c>
       <c r="N96" t="s">
         <v>74</v>
       </c>
       <c r="O96"/>
       <c r="P96" t="s">
         <v>75</v>
       </c>
       <c r="Q96" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="R96" t="s">
         <v>75</v>
       </c>
       <c r="S96" t="s">
         <v>75</v>
       </c>
       <c r="T96" t="s">
         <v>160</v>
       </c>
       <c r="U96">
         <v>4334162541</v>
       </c>
       <c r="V96">
         <v>500835</v>
       </c>
       <c r="W96" t="s">
         <v>75</v>
       </c>
       <c r="X96">
         <v>45.94</v>
       </c>
       <c r="Y96">
         <v>1</v>
       </c>
       <c r="Z96" t="s">
         <v>75</v>
       </c>
       <c r="AA96" t="s">
         <v>66</v>
       </c>
       <c r="AB96" t="s">
         <v>69</v>
       </c>
       <c r="AC96" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="AD96" t="s">
         <v>75</v>
       </c>
       <c r="AE96">
         <v>5540114684</v>
       </c>
       <c r="AF96" t="s">
         <v>77</v>
       </c>
       <c r="AG96"/>
       <c r="AH96" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="AI96"/>
       <c r="AJ96" t="s">
         <v>290</v>
       </c>
       <c r="AK96" t="s">
         <v>80</v>
       </c>
       <c r="AL96" t="s">
         <v>75</v>
       </c>
       <c r="AM96"/>
       <c r="AN96"/>
       <c r="AO96">
         <v>0</v>
       </c>
       <c r="AP96" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="AQ96"/>
       <c r="AR96"/>
       <c r="AS96"/>
       <c r="AT96" t="s">
         <v>75</v>
       </c>
       <c r="AU96"/>
       <c r="AV96"/>
       <c r="AW96">
         <v>0</v>
       </c>
       <c r="AX96" t="s">
         <v>82</v>
       </c>
       <c r="AY96">
         <v>6120275523</v>
       </c>
       <c r="AZ96" t="s">
         <v>73</v>
       </c>
       <c r="BA96" t="s">
         <v>83</v>
       </c>
       <c r="BB96" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="BC96" t="s">
         <v>75</v>
       </c>
       <c r="BD96" t="s">
         <v>75</v>
       </c>
       <c r="BE96" t="s">
         <v>75</v>
       </c>
       <c r="BF96" t="s">
         <v>75</v>
       </c>
       <c r="BG96" t="s">
         <v>75</v>
       </c>
       <c r="BH96">
-        <v>1714</v>
+        <v>1773</v>
       </c>
       <c r="BI96" t="s">
         <v>86</v>
       </c>
       <c r="BJ96" t="s">
         <v>245</v>
       </c>
       <c r="BK96" t="s">
         <v>246</v>
       </c>
       <c r="BL96"/>
       <c r="BM96" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="BN96" t="s">
         <v>75</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96"/>
       <c r="BQ96"/>
       <c r="BR96">
         <v>45.94</v>
       </c>
       <c r="BS96" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
         <v>66</v>
       </c>
       <c r="B97" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C97">
         <v>4330277733</v>
       </c>
       <c r="D97">
         <v>500679</v>
       </c>
       <c r="E97">
         <v>33.16</v>
       </c>
       <c r="F97" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="G97" t="s">
         <v>69</v>
       </c>
       <c r="H97"/>
       <c r="I97">
         <v>0</v>
       </c>
       <c r="J97" t="s">
         <v>75</v>
       </c>
       <c r="K97" t="s">
         <v>240</v>
       </c>
       <c r="L97">
         <v>8050088115</v>
       </c>
       <c r="M97" t="s">
         <v>73</v>
       </c>
       <c r="N97" t="s">
         <v>74</v>
       </c>
       <c r="O97"/>
       <c r="P97" t="s">
         <v>75</v>
       </c>
       <c r="Q97" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="R97" t="s">
         <v>75</v>
       </c>
       <c r="S97" t="s">
         <v>75</v>
       </c>
       <c r="T97" t="s">
         <v>160</v>
       </c>
       <c r="U97">
         <v>4330277733</v>
       </c>
       <c r="V97">
         <v>500679</v>
       </c>
       <c r="W97" t="s">
         <v>75</v>
       </c>
       <c r="X97">
         <v>33.16</v>
       </c>
       <c r="Y97">
         <v>1</v>
       </c>
       <c r="Z97" t="s">
         <v>75</v>
       </c>
       <c r="AA97" t="s">
         <v>66</v>
       </c>
       <c r="AB97" t="s">
         <v>69</v>
       </c>
       <c r="AC97" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="AD97" t="s">
         <v>75</v>
       </c>
       <c r="AE97">
         <v>6145550028</v>
       </c>
       <c r="AF97" t="s">
         <v>77</v>
       </c>
       <c r="AG97"/>
       <c r="AH97" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="AI97"/>
       <c r="AJ97" t="s">
         <v>636</v>
       </c>
       <c r="AK97" t="s">
         <v>80</v>
       </c>
       <c r="AL97" t="s">
         <v>75</v>
       </c>
       <c r="AM97"/>
       <c r="AN97"/>
       <c r="AO97">
         <v>0</v>
       </c>
       <c r="AP97" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="AQ97"/>
       <c r="AR97"/>
       <c r="AS97"/>
       <c r="AT97" t="s">
         <v>75</v>
       </c>
       <c r="AU97"/>
       <c r="AV97"/>
       <c r="AW97">
         <v>0</v>
       </c>
       <c r="AX97" t="s">
         <v>82</v>
       </c>
       <c r="AY97">
         <v>8050088115</v>
       </c>
       <c r="AZ97" t="s">
         <v>73</v>
       </c>
       <c r="BA97" t="s">
         <v>83</v>
       </c>
       <c r="BB97" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="BC97" t="s">
         <v>75</v>
       </c>
       <c r="BD97" t="s">
         <v>75</v>
       </c>
       <c r="BE97" t="s">
         <v>75</v>
       </c>
       <c r="BF97" t="s">
         <v>75</v>
       </c>
       <c r="BG97" t="s">
         <v>75</v>
       </c>
       <c r="BH97">
-        <v>1716</v>
+        <v>1775</v>
       </c>
       <c r="BI97" t="s">
         <v>86</v>
       </c>
       <c r="BJ97" t="s">
         <v>245</v>
       </c>
       <c r="BK97" t="s">
         <v>246</v>
       </c>
       <c r="BL97"/>
       <c r="BM97" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="BN97" t="s">
         <v>75</v>
       </c>
       <c r="BO97">
         <v>1</v>
       </c>
       <c r="BP97"/>
       <c r="BQ97"/>
       <c r="BR97">
         <v>33.16</v>
       </c>
       <c r="BS97" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
         <v>66</v>
       </c>
       <c r="B98" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C98">
         <v>4324152059</v>
       </c>
       <c r="D98">
         <v>500436</v>
       </c>
       <c r="E98">
         <v>32.74</v>
       </c>
       <c r="F98" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="G98" t="s">
         <v>69</v>
       </c>
       <c r="H98" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="I98">
         <v>11.44</v>
       </c>
       <c r="J98" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="K98" t="s">
         <v>72</v>
       </c>
       <c r="L98">
         <v>4792030994</v>
       </c>
       <c r="M98" t="s">
         <v>73</v>
       </c>
       <c r="N98" t="s">
         <v>74</v>
       </c>
       <c r="O98"/>
       <c r="P98" t="s">
         <v>75</v>
       </c>
       <c r="Q98" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="R98" t="s">
         <v>75</v>
       </c>
       <c r="S98" t="s">
         <v>75</v>
       </c>
       <c r="T98" t="s">
         <v>76</v>
       </c>
       <c r="U98">
         <v>4324152059</v>
       </c>
       <c r="V98">
         <v>500436</v>
       </c>
       <c r="W98" t="s">
         <v>75</v>
       </c>
       <c r="X98">
         <v>32.74</v>
       </c>
       <c r="Y98">
         <v>1</v>
       </c>
       <c r="Z98" t="s">
         <v>75</v>
       </c>
       <c r="AA98" t="s">
         <v>66</v>
       </c>
       <c r="AB98" t="s">
         <v>69</v>
       </c>
       <c r="AC98" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="AD98" t="s">
         <v>75</v>
       </c>
       <c r="AE98">
         <v>4432019097</v>
       </c>
       <c r="AF98" t="s">
         <v>77</v>
       </c>
       <c r="AG98"/>
       <c r="AH98" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="AI98"/>
       <c r="AJ98" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="AK98" t="s">
         <v>80</v>
       </c>
       <c r="AL98" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="AM98"/>
       <c r="AN98" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="AO98">
         <v>11.44</v>
       </c>
       <c r="AP98" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="AQ98" t="s">
         <v>666</v>
       </c>
       <c r="AR98" t="s">
         <v>667</v>
       </c>
       <c r="AS98" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="AT98" t="s">
         <v>75</v>
       </c>
       <c r="AU98"/>
       <c r="AV98"/>
       <c r="AW98"/>
       <c r="AX98" t="s">
         <v>82</v>
       </c>
       <c r="AY98">
         <v>4792030994</v>
       </c>
       <c r="AZ98" t="s">
         <v>73</v>
       </c>
       <c r="BA98" t="s">
         <v>83</v>
       </c>
       <c r="BB98" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="BC98" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="BD98" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="BE98" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="BF98" t="s">
         <v>75</v>
       </c>
       <c r="BG98" t="s">
         <v>75</v>
       </c>
       <c r="BH98">
-        <v>1719</v>
+        <v>1778</v>
       </c>
       <c r="BI98" t="s">
         <v>86</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>75</v>
       </c>
       <c r="BN98" t="s">
         <v>75</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98"/>
       <c r="BQ98"/>
       <c r="BR98">
         <v>32.74</v>
       </c>
       <c r="BS98"/>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
         <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C99">
         <v>4318703870</v>
       </c>
       <c r="D99">
         <v>500190</v>
       </c>
       <c r="E99">
         <v>38.83</v>
       </c>
       <c r="F99" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="G99" t="s">
         <v>69</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="J99" t="s">
         <v>75</v>
       </c>
       <c r="K99" t="s">
         <v>240</v>
       </c>
       <c r="L99">
         <v>3361307493</v>
       </c>
       <c r="M99" t="s">
         <v>73</v>
       </c>
       <c r="N99" t="s">
         <v>74</v>
       </c>
       <c r="O99"/>
       <c r="P99" t="s">
         <v>75</v>
       </c>
       <c r="Q99" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="R99" t="s">
         <v>75</v>
       </c>
       <c r="S99" t="s">
         <v>75</v>
       </c>
       <c r="T99" t="s">
         <v>160</v>
       </c>
       <c r="U99">
         <v>4318703870</v>
       </c>
       <c r="V99">
         <v>500190</v>
       </c>
       <c r="W99" t="s">
         <v>75</v>
       </c>
       <c r="X99">
         <v>38.83</v>
       </c>
       <c r="Y99">
         <v>1</v>
       </c>
       <c r="Z99" t="s">
         <v>75</v>
       </c>
       <c r="AA99" t="s">
         <v>66</v>
       </c>
       <c r="AB99" t="s">
         <v>69</v>
       </c>
       <c r="AC99" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="AD99" t="s">
         <v>75</v>
       </c>
       <c r="AE99">
         <v>5535571990</v>
       </c>
       <c r="AF99" t="s">
         <v>77</v>
       </c>
       <c r="AG99"/>
       <c r="AH99" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="AI99"/>
       <c r="AJ99" t="s">
         <v>290</v>
       </c>
       <c r="AK99" t="s">
         <v>80</v>
       </c>
       <c r="AL99" t="s">
         <v>75</v>
       </c>
       <c r="AM99"/>
       <c r="AN99"/>
       <c r="AO99">
         <v>0</v>
       </c>
       <c r="AP99" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="AQ99"/>
       <c r="AR99"/>
       <c r="AS99"/>
       <c r="AT99" t="s">
         <v>75</v>
       </c>
       <c r="AU99"/>
       <c r="AV99"/>
       <c r="AW99">
         <v>0</v>
       </c>
       <c r="AX99" t="s">
         <v>82</v>
       </c>
       <c r="AY99">
         <v>3361307493</v>
       </c>
       <c r="AZ99" t="s">
         <v>73</v>
       </c>
       <c r="BA99" t="s">
         <v>83</v>
       </c>
       <c r="BB99" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="BC99" t="s">
         <v>75</v>
       </c>
       <c r="BD99" t="s">
         <v>75</v>
       </c>
       <c r="BE99" t="s">
         <v>75</v>
       </c>
       <c r="BF99" t="s">
         <v>75</v>
       </c>
       <c r="BG99" t="s">
         <v>75</v>
       </c>
       <c r="BH99">
-        <v>1722</v>
+        <v>1781</v>
       </c>
       <c r="BI99" t="s">
         <v>86</v>
       </c>
       <c r="BJ99" t="s">
         <v>245</v>
       </c>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>75</v>
       </c>
       <c r="BN99" t="s">
         <v>75</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99"/>
       <c r="BQ99"/>
       <c r="BR99">
         <v>38.83</v>
       </c>
       <c r="BS99"/>
     </row>
     <row r="100" spans="1:71">
       <c r="A100" t="s">
         <v>66</v>
       </c>
       <c r="B100" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C100">
         <v>4318507163</v>
       </c>
       <c r="D100">
         <v>500176</v>
       </c>
       <c r="E100">
         <v>37.42</v>
       </c>
       <c r="F100" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="G100" t="s">
         <v>69</v>
       </c>
       <c r="H100" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="I100">
         <v>13.99</v>
       </c>
       <c r="J100" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="K100" t="s">
         <v>240</v>
       </c>
       <c r="L100">
         <v>3361302700</v>
       </c>
       <c r="M100" t="s">
         <v>73</v>
       </c>
       <c r="N100" t="s">
         <v>74</v>
       </c>
       <c r="O100"/>
       <c r="P100" t="s">
         <v>75</v>
       </c>
       <c r="Q100" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="R100" t="s">
         <v>75</v>
       </c>
       <c r="S100" t="s">
         <v>75</v>
       </c>
       <c r="T100" t="s">
         <v>160</v>
       </c>
       <c r="U100">
         <v>4318507163</v>
       </c>
       <c r="V100">
         <v>500176</v>
       </c>
       <c r="W100" t="s">
         <v>75</v>
       </c>
       <c r="X100">
         <v>37.42</v>
       </c>
       <c r="Y100">
         <v>1</v>
       </c>
       <c r="Z100" t="s">
         <v>75</v>
       </c>
       <c r="AA100" t="s">
         <v>66</v>
       </c>
       <c r="AB100" t="s">
         <v>69</v>
       </c>
       <c r="AC100" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="AD100" t="s">
         <v>75</v>
       </c>
       <c r="AE100">
         <v>8713317213</v>
       </c>
       <c r="AF100" t="s">
         <v>77</v>
       </c>
       <c r="AG100"/>
       <c r="AH100" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="AI100"/>
       <c r="AJ100" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="AK100" t="s">
         <v>80</v>
       </c>
       <c r="AL100" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="AM100"/>
       <c r="AN100" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="AO100">
         <v>13.99</v>
       </c>
       <c r="AP100" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="AQ100" t="s">
         <v>666</v>
       </c>
       <c r="AR100" t="s">
         <v>667</v>
       </c>
       <c r="AS100" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="AT100" t="s">
         <v>75</v>
       </c>
       <c r="AU100"/>
       <c r="AV100"/>
       <c r="AW100">
         <v>0</v>
       </c>
       <c r="AX100" t="s">
         <v>82</v>
       </c>
       <c r="AY100">
         <v>3361302700</v>
       </c>
       <c r="AZ100" t="s">
         <v>73</v>
       </c>
       <c r="BA100" t="s">
         <v>83</v>
       </c>
       <c r="BB100" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="BC100" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="BD100" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="BE100" t="s">
         <v>75</v>
       </c>
       <c r="BF100" t="s">
         <v>75</v>
       </c>
       <c r="BG100" t="s">
         <v>75</v>
       </c>
       <c r="BH100">
-        <v>1722</v>
+        <v>1781</v>
       </c>
       <c r="BI100" t="s">
         <v>86</v>
       </c>
       <c r="BJ100" t="s">
         <v>245</v>
       </c>
       <c r="BK100" t="s">
         <v>246</v>
       </c>
       <c r="BL100"/>
       <c r="BM100" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="BN100" t="s">
         <v>75</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100"/>
       <c r="BQ100"/>
       <c r="BR100">
         <v>37.42</v>
       </c>
       <c r="BS100" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
         <v>66</v>
       </c>
       <c r="B101" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C101">
         <v>4316867239</v>
       </c>
       <c r="D101">
         <v>500099</v>
       </c>
       <c r="E101">
         <v>38.85</v>
       </c>
       <c r="F101" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="G101" t="s">
         <v>69</v>
       </c>
       <c r="H101" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="I101">
         <v>16.05</v>
       </c>
       <c r="J101" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="K101" t="s">
         <v>240</v>
       </c>
       <c r="L101">
         <v>3361062670</v>
       </c>
       <c r="M101" t="s">
         <v>73</v>
       </c>
       <c r="N101" t="s">
         <v>74</v>
       </c>
       <c r="O101"/>
       <c r="P101" t="s">
         <v>75</v>
       </c>
       <c r="Q101" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="R101" t="s">
         <v>75</v>
       </c>
       <c r="S101" t="s">
         <v>75</v>
       </c>
       <c r="T101" t="s">
         <v>160</v>
       </c>
       <c r="U101">
         <v>4316867239</v>
       </c>
       <c r="V101">
         <v>500099</v>
       </c>
       <c r="W101" t="s">
         <v>75</v>
       </c>
       <c r="X101">
         <v>38.85</v>
       </c>
       <c r="Y101">
         <v>1</v>
       </c>
       <c r="Z101" t="s">
         <v>75</v>
       </c>
       <c r="AA101" t="s">
         <v>66</v>
       </c>
       <c r="AB101" t="s">
         <v>69</v>
       </c>
       <c r="AC101" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="AD101" t="s">
         <v>75</v>
       </c>
       <c r="AE101" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="AF101" t="s">
         <v>77</v>
       </c>
       <c r="AG101"/>
       <c r="AH101" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="AI101"/>
       <c r="AJ101" t="s">
         <v>506</v>
       </c>
       <c r="AK101" t="s">
         <v>80</v>
       </c>
       <c r="AL101" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="AM101"/>
       <c r="AN101" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="AO101">
         <v>16.05</v>
       </c>
       <c r="AP101" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="AQ101" t="s">
         <v>666</v>
       </c>
       <c r="AR101" t="s">
         <v>667</v>
       </c>
       <c r="AS101" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="AT101" t="s">
         <v>75</v>
       </c>
       <c r="AU101"/>
       <c r="AV101"/>
       <c r="AW101">
         <v>0</v>
       </c>
       <c r="AX101" t="s">
         <v>82</v>
       </c>
       <c r="AY101">
         <v>3361062670</v>
       </c>
       <c r="AZ101" t="s">
         <v>73</v>
       </c>
       <c r="BA101" t="s">
         <v>83</v>
       </c>
       <c r="BB101" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="BC101" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="BD101" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="BE101" t="s">
         <v>75</v>
       </c>
       <c r="BF101" t="s">
         <v>75</v>
       </c>
       <c r="BG101" t="s">
         <v>75</v>
       </c>
       <c r="BH101">
-        <v>1722</v>
+        <v>1781</v>
       </c>
       <c r="BI101" t="s">
         <v>86</v>
       </c>
       <c r="BJ101" t="s">
         <v>245</v>
       </c>
       <c r="BK101" t="s">
         <v>246</v>
       </c>
       <c r="BL101"/>
       <c r="BM101" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="BN101" t="s">
         <v>75</v>
       </c>
       <c r="BO101">
         <v>5</v>
       </c>
       <c r="BP101"/>
       <c r="BQ101"/>
       <c r="BR101">
         <v>38.85</v>
       </c>
       <c r="BS101" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="102" spans="1:71">
       <c r="A102" t="s">
         <v>66</v>
       </c>
       <c r="B102" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C102">
         <v>4311474322</v>
       </c>
       <c r="D102">
         <v>499867</v>
       </c>
       <c r="E102">
         <v>34.58</v>
       </c>
       <c r="F102" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="G102" t="s">
         <v>69</v>
       </c>
       <c r="H102"/>
       <c r="I102">
         <v>0</v>
       </c>
       <c r="J102" t="s">
         <v>75</v>
       </c>
       <c r="K102" t="s">
         <v>240</v>
       </c>
       <c r="L102">
         <v>8447528961</v>
       </c>
       <c r="M102" t="s">
         <v>73</v>
       </c>
       <c r="N102" t="s">
         <v>74</v>
       </c>
       <c r="O102"/>
       <c r="P102" t="s">
         <v>75</v>
       </c>
       <c r="Q102" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="R102" t="s">
         <v>75</v>
       </c>
       <c r="S102" t="s">
         <v>75</v>
       </c>
       <c r="T102" t="s">
         <v>160</v>
       </c>
       <c r="U102">
         <v>4311474322</v>
       </c>
       <c r="V102">
         <v>499867</v>
       </c>
       <c r="W102" t="s">
         <v>75</v>
       </c>
       <c r="X102">
         <v>34.58</v>
       </c>
       <c r="Y102">
         <v>1</v>
       </c>
       <c r="Z102" t="s">
         <v>75</v>
       </c>
       <c r="AA102" t="s">
         <v>66</v>
       </c>
       <c r="AB102" t="s">
         <v>69</v>
       </c>
       <c r="AC102" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="AD102" t="s">
         <v>75</v>
       </c>
       <c r="AE102">
         <v>5530391168</v>
       </c>
       <c r="AF102" t="s">
         <v>77</v>
       </c>
       <c r="AG102"/>
       <c r="AH102" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="AI102"/>
       <c r="AJ102" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="AK102" t="s">
         <v>80</v>
       </c>
       <c r="AL102" t="s">
         <v>75</v>
       </c>
       <c r="AM102"/>
       <c r="AN102"/>
       <c r="AO102">
         <v>0</v>
       </c>
       <c r="AP102" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="AQ102"/>
       <c r="AR102"/>
       <c r="AS102"/>
       <c r="AT102" t="s">
         <v>75</v>
       </c>
       <c r="AU102"/>
       <c r="AV102"/>
       <c r="AW102">
         <v>0</v>
       </c>
       <c r="AX102" t="s">
         <v>82</v>
       </c>
       <c r="AY102">
         <v>8447528961</v>
       </c>
       <c r="AZ102" t="s">
         <v>73</v>
       </c>
       <c r="BA102" t="s">
         <v>83</v>
       </c>
       <c r="BB102" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="BC102" t="s">
         <v>75</v>
       </c>
       <c r="BD102" t="s">
         <v>75</v>
       </c>
       <c r="BE102" t="s">
         <v>75</v>
       </c>
       <c r="BF102" t="s">
         <v>75</v>
       </c>
       <c r="BG102" t="s">
         <v>75</v>
       </c>
       <c r="BH102">
-        <v>1725</v>
+        <v>1784</v>
       </c>
       <c r="BI102" t="s">
         <v>86</v>
       </c>
       <c r="BJ102" t="s">
         <v>245</v>
       </c>
       <c r="BK102"/>
       <c r="BL102"/>
       <c r="BM102" t="s">
         <v>75</v>
       </c>
       <c r="BN102" t="s">
         <v>75</v>
       </c>
       <c r="BO102">
         <v>0</v>
       </c>
       <c r="BP102"/>
       <c r="BQ102"/>
       <c r="BR102">
         <v>34.58</v>
       </c>
       <c r="BS102"/>
     </row>
     <row r="103" spans="1:71">
       <c r="A103" t="s">
         <v>66</v>
       </c>
       <c r="B103" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C103">
         <v>4309077714</v>
       </c>
       <c r="D103">
         <v>499767</v>
       </c>
       <c r="E103">
         <v>34.58</v>
       </c>
       <c r="F103" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="G103" t="s">
         <v>69</v>
       </c>
       <c r="H103" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="I103">
         <v>11.99</v>
       </c>
       <c r="J103" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="K103" t="s">
         <v>240</v>
       </c>
       <c r="L103">
         <v>3298041246</v>
       </c>
       <c r="M103" t="s">
         <v>73</v>
       </c>
       <c r="N103" t="s">
         <v>74</v>
       </c>
       <c r="O103"/>
       <c r="P103" t="s">
         <v>75</v>
       </c>
       <c r="Q103" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="R103" t="s">
         <v>75</v>
       </c>
       <c r="S103" t="s">
         <v>75</v>
       </c>
       <c r="T103" t="s">
         <v>160</v>
       </c>
       <c r="U103">
         <v>4309077714</v>
       </c>
       <c r="V103">
         <v>499767</v>
       </c>
       <c r="W103" t="s">
         <v>75</v>
       </c>
       <c r="X103">
         <v>34.58</v>
       </c>
       <c r="Y103">
         <v>1</v>
       </c>
       <c r="Z103" t="s">
         <v>75</v>
       </c>
       <c r="AA103" t="s">
         <v>66</v>
       </c>
       <c r="AB103" t="s">
         <v>69</v>
       </c>
       <c r="AC103" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="AD103" t="s">
         <v>75</v>
       </c>
       <c r="AE103">
         <v>9842784270</v>
       </c>
       <c r="AF103">
         <v>9842784270</v>
       </c>
       <c r="AG103"/>
       <c r="AH103" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="AI103"/>
       <c r="AJ103" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="AK103" t="s">
         <v>80</v>
       </c>
       <c r="AL103" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="AM103"/>
       <c r="AN103" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="AO103">
         <v>11.99</v>
       </c>
       <c r="AP103" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="AQ103" t="s">
         <v>666</v>
       </c>
       <c r="AR103" t="s">
         <v>667</v>
       </c>
       <c r="AS103" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="AT103" t="s">
         <v>75</v>
       </c>
       <c r="AU103"/>
       <c r="AV103"/>
       <c r="AW103">
         <v>0</v>
       </c>
       <c r="AX103" t="s">
         <v>82</v>
       </c>
       <c r="AY103">
         <v>3298041246</v>
       </c>
       <c r="AZ103" t="s">
         <v>73</v>
       </c>
       <c r="BA103" t="s">
         <v>83</v>
       </c>
       <c r="BB103" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="BC103" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="BD103" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="BE103" t="s">
         <v>75</v>
       </c>
       <c r="BF103" t="s">
         <v>75</v>
       </c>
       <c r="BG103" t="s">
         <v>75</v>
       </c>
       <c r="BH103">
-        <v>1726</v>
+        <v>1785</v>
       </c>
       <c r="BI103" t="s">
         <v>86</v>
       </c>
       <c r="BJ103" t="s">
         <v>245</v>
       </c>
       <c r="BK103" t="s">
         <v>246</v>
       </c>
       <c r="BL103"/>
       <c r="BM103" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="BN103" t="s">
         <v>75</v>
       </c>
       <c r="BO103">
         <v>4</v>
       </c>
       <c r="BP103"/>
       <c r="BQ103"/>
       <c r="BR103">
         <v>34.58</v>
       </c>
       <c r="BS103" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="104" spans="1:71">
       <c r="A104" t="s">
         <v>66</v>
       </c>
       <c r="B104" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C104">
         <v>4308062800</v>
       </c>
       <c r="D104">
         <v>499726</v>
       </c>
       <c r="E104">
         <v>72.89</v>
       </c>
       <c r="F104" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="G104" t="s">
         <v>69</v>
       </c>
       <c r="H104" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="I104">
         <v>36.87</v>
       </c>
       <c r="J104" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="K104" t="s">
         <v>240</v>
       </c>
       <c r="L104">
         <v>3298015943</v>
       </c>
       <c r="M104" t="s">
         <v>73</v>
       </c>
       <c r="N104" t="s">
         <v>74</v>
       </c>
       <c r="O104"/>
       <c r="P104" t="s">
         <v>75</v>
       </c>
       <c r="Q104" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="R104" t="s">
         <v>75</v>
       </c>
       <c r="S104" t="s">
         <v>75</v>
       </c>
       <c r="T104" t="s">
         <v>160</v>
       </c>
       <c r="U104">
         <v>4308062800</v>
       </c>
       <c r="V104">
         <v>499726</v>
       </c>
       <c r="W104" t="s">
         <v>75</v>
       </c>
       <c r="X104">
         <v>72.89</v>
       </c>
       <c r="Y104">
         <v>1</v>
       </c>
       <c r="Z104" t="s">
         <v>75</v>
       </c>
       <c r="AA104" t="s">
         <v>66</v>
       </c>
       <c r="AB104" t="s">
         <v>69</v>
       </c>
       <c r="AC104" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="AD104" t="s">
         <v>75</v>
       </c>
       <c r="AE104">
         <v>5529729597</v>
       </c>
       <c r="AF104" t="s">
         <v>77</v>
       </c>
       <c r="AG104"/>
       <c r="AH104" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="AI104"/>
       <c r="AJ104" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="AK104" t="s">
         <v>80</v>
       </c>
       <c r="AL104" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="AM104"/>
       <c r="AN104" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="AO104">
         <v>36.87</v>
       </c>
       <c r="AP104" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="AQ104" t="s">
         <v>666</v>
       </c>
       <c r="AR104" t="s">
         <v>667</v>
       </c>
       <c r="AS104" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="AT104" t="s">
         <v>75</v>
       </c>
       <c r="AU104"/>
       <c r="AV104"/>
       <c r="AW104">
         <v>0</v>
       </c>
       <c r="AX104" t="s">
         <v>82</v>
       </c>
       <c r="AY104">
         <v>3298015943</v>
       </c>
       <c r="AZ104" t="s">
         <v>73</v>
       </c>
       <c r="BA104" t="s">
         <v>83</v>
       </c>
       <c r="BB104" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="BC104" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="BD104" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="BE104" t="s">
         <v>75</v>
       </c>
       <c r="BF104" t="s">
         <v>75</v>
       </c>
       <c r="BG104" t="s">
         <v>75</v>
       </c>
       <c r="BH104">
-        <v>1726</v>
+        <v>1785</v>
       </c>
       <c r="BI104" t="s">
         <v>86</v>
       </c>
       <c r="BJ104" t="s">
         <v>245</v>
       </c>
       <c r="BK104" t="s">
         <v>246</v>
       </c>
       <c r="BL104"/>
       <c r="BM104" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="BN104" t="s">
         <v>75</v>
       </c>
       <c r="BO104">
         <v>7</v>
       </c>
       <c r="BP104"/>
       <c r="BQ104"/>
       <c r="BR104">
         <v>72.89</v>
       </c>
       <c r="BS104" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="105" spans="1:71">
       <c r="A105" t="s">
         <v>66</v>
       </c>
       <c r="B105" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C105">
         <v>4306194375</v>
       </c>
       <c r="D105">
         <v>499636</v>
       </c>
       <c r="E105">
         <v>38.83</v>
       </c>
       <c r="F105" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="G105" t="s">
         <v>69</v>
       </c>
       <c r="H105"/>
       <c r="I105">
         <v>0</v>
       </c>
       <c r="J105" t="s">
         <v>75</v>
       </c>
       <c r="K105" t="s">
         <v>240</v>
       </c>
       <c r="L105">
         <v>3297940273</v>
       </c>
       <c r="M105" t="s">
         <v>73</v>
       </c>
       <c r="N105" t="s">
         <v>74</v>
       </c>
       <c r="O105"/>
       <c r="P105" t="s">
         <v>75</v>
       </c>
       <c r="Q105" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="R105" t="s">
         <v>75</v>
       </c>
       <c r="S105" t="s">
         <v>75</v>
       </c>
       <c r="T105" t="s">
         <v>160</v>
       </c>
       <c r="U105">
         <v>4306194375</v>
       </c>
       <c r="V105">
         <v>499636</v>
       </c>
       <c r="W105" t="s">
         <v>75</v>
       </c>
       <c r="X105">
         <v>38.83</v>
       </c>
       <c r="Y105">
         <v>1</v>
       </c>
       <c r="Z105" t="s">
         <v>75</v>
       </c>
       <c r="AA105" t="s">
         <v>66</v>
       </c>
       <c r="AB105" t="s">
         <v>69</v>
       </c>
       <c r="AC105" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="AD105" t="s">
         <v>75</v>
       </c>
       <c r="AE105">
         <v>5535737482</v>
       </c>
       <c r="AF105" t="s">
         <v>77</v>
       </c>
       <c r="AG105"/>
       <c r="AH105" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="AI105"/>
       <c r="AJ105" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="AK105" t="s">
         <v>80</v>
       </c>
       <c r="AL105" t="s">
         <v>75</v>
       </c>
       <c r="AM105"/>
       <c r="AN105"/>
       <c r="AO105">
         <v>0</v>
       </c>
       <c r="AP105" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="AQ105"/>
       <c r="AR105"/>
       <c r="AS105"/>
       <c r="AT105" t="s">
         <v>75</v>
       </c>
       <c r="AU105"/>
       <c r="AV105"/>
       <c r="AW105">
         <v>0</v>
       </c>
       <c r="AX105" t="s">
         <v>82</v>
       </c>
       <c r="AY105">
         <v>3297940273</v>
       </c>
       <c r="AZ105" t="s">
         <v>73</v>
       </c>
       <c r="BA105" t="s">
         <v>83</v>
       </c>
       <c r="BB105" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="BC105" t="s">
         <v>75</v>
       </c>
       <c r="BD105" t="s">
         <v>75</v>
       </c>
       <c r="BE105" t="s">
         <v>75</v>
       </c>
       <c r="BF105" t="s">
         <v>75</v>
       </c>
       <c r="BG105" t="s">
         <v>75</v>
       </c>
       <c r="BH105">
-        <v>1727</v>
+        <v>1786</v>
       </c>
       <c r="BI105" t="s">
         <v>86</v>
       </c>
       <c r="BJ105" t="s">
         <v>245</v>
       </c>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>75</v>
       </c>
       <c r="BN105" t="s">
         <v>75</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105"/>
       <c r="BQ105"/>
       <c r="BR105">
         <v>38.83</v>
       </c>
       <c r="BS105"/>
     </row>
     <row r="106" spans="1:71">
       <c r="A106" t="s">
         <v>66</v>
       </c>
       <c r="B106" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C106">
         <v>4304230350</v>
       </c>
       <c r="D106">
         <v>499553</v>
       </c>
       <c r="E106">
         <v>31.74</v>
       </c>
       <c r="F106" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="G106" t="s">
         <v>69</v>
       </c>
       <c r="H106" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="I106">
         <v>10.69</v>
       </c>
       <c r="J106" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="K106" t="s">
         <v>240</v>
       </c>
       <c r="L106">
         <v>6072400390</v>
       </c>
       <c r="M106" t="s">
         <v>73</v>
       </c>
       <c r="N106" t="s">
         <v>74</v>
       </c>
       <c r="O106"/>
       <c r="P106" t="s">
         <v>75</v>
       </c>
       <c r="Q106" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="R106" t="s">
         <v>75</v>
       </c>
       <c r="S106" t="s">
         <v>75</v>
       </c>
       <c r="T106" t="s">
         <v>160</v>
       </c>
       <c r="U106">
         <v>4304230350</v>
       </c>
       <c r="V106">
         <v>499553</v>
       </c>
       <c r="W106" t="s">
         <v>75</v>
       </c>
       <c r="X106">
         <v>31.74</v>
       </c>
       <c r="Y106">
         <v>1</v>
       </c>
       <c r="Z106" t="s">
         <v>75</v>
       </c>
       <c r="AA106" t="s">
         <v>66</v>
       </c>
       <c r="AB106" t="s">
         <v>69</v>
       </c>
       <c r="AC106" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="AD106" t="s">
         <v>75</v>
       </c>
       <c r="AE106">
         <v>4443799622</v>
       </c>
       <c r="AF106" t="s">
         <v>77</v>
       </c>
       <c r="AG106"/>
       <c r="AH106" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="AI106"/>
       <c r="AJ106" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="AK106" t="s">
         <v>80</v>
       </c>
       <c r="AL106" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="AM106"/>
       <c r="AN106" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="AO106">
         <v>10.69</v>
       </c>
       <c r="AP106" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="AQ106" t="s">
         <v>666</v>
       </c>
       <c r="AR106" t="s">
         <v>667</v>
       </c>
       <c r="AS106" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="AT106" t="s">
         <v>75</v>
       </c>
       <c r="AU106"/>
       <c r="AV106"/>
       <c r="AW106">
         <v>0</v>
       </c>
       <c r="AX106" t="s">
         <v>82</v>
       </c>
       <c r="AY106">
         <v>6072400390</v>
       </c>
       <c r="AZ106" t="s">
         <v>73</v>
       </c>
       <c r="BA106" t="s">
         <v>83</v>
       </c>
       <c r="BB106" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="BC106" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="BD106" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="BE106" t="s">
         <v>75</v>
       </c>
       <c r="BF106" t="s">
         <v>75</v>
       </c>
       <c r="BG106" t="s">
         <v>75</v>
       </c>
       <c r="BH106">
-        <v>1728</v>
+        <v>1787</v>
       </c>
       <c r="BI106" t="s">
         <v>86</v>
       </c>
       <c r="BJ106" t="s">
         <v>245</v>
       </c>
       <c r="BK106" t="s">
         <v>246</v>
       </c>
       <c r="BL106"/>
       <c r="BM106" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="BN106" t="s">
         <v>75</v>
       </c>
       <c r="BO106">
         <v>4</v>
       </c>
       <c r="BP106"/>
       <c r="BQ106"/>
       <c r="BR106">
         <v>31.74</v>
       </c>
       <c r="BS106" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="107" spans="1:71">
       <c r="A107" t="s">
         <v>66</v>
       </c>
       <c r="B107" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C107">
         <v>4297518997</v>
       </c>
       <c r="D107">
         <v>499330</v>
       </c>
       <c r="E107">
         <v>58.69</v>
       </c>
       <c r="F107" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="G107" t="s">
         <v>69</v>
       </c>
       <c r="H107" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="I107">
         <v>28.99</v>
       </c>
       <c r="J107" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="K107" t="s">
         <v>240</v>
       </c>
       <c r="L107">
         <v>1969051733</v>
       </c>
       <c r="M107" t="s">
         <v>73</v>
       </c>
       <c r="N107" t="s">
         <v>74</v>
       </c>
       <c r="O107"/>
       <c r="P107" t="s">
         <v>75</v>
       </c>
       <c r="Q107" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="R107" t="s">
         <v>75</v>
       </c>
       <c r="S107" t="s">
         <v>75</v>
       </c>
       <c r="T107" t="s">
         <v>160</v>
       </c>
       <c r="U107">
         <v>4297518997</v>
       </c>
       <c r="V107">
         <v>499330</v>
       </c>
       <c r="W107" t="s">
         <v>75</v>
       </c>
       <c r="X107">
         <v>58.69</v>
       </c>
       <c r="Y107">
         <v>1</v>
       </c>
       <c r="Z107" t="s">
         <v>75</v>
       </c>
       <c r="AA107" t="s">
         <v>66</v>
       </c>
       <c r="AB107" t="s">
         <v>69</v>
       </c>
       <c r="AC107" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="AD107" t="s">
         <v>75</v>
       </c>
       <c r="AE107">
         <v>5570780093</v>
       </c>
       <c r="AF107" t="s">
         <v>77</v>
       </c>
       <c r="AG107"/>
       <c r="AH107" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="AI107"/>
       <c r="AJ107" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="AK107" t="s">
         <v>80</v>
       </c>
       <c r="AL107" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="AM107"/>
       <c r="AN107" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="AO107">
         <v>28.99</v>
       </c>
       <c r="AP107" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="AQ107" t="s">
         <v>666</v>
       </c>
       <c r="AR107" t="s">
         <v>667</v>
       </c>
       <c r="AS107" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="AT107" t="s">
         <v>75</v>
       </c>
       <c r="AU107"/>
       <c r="AV107"/>
       <c r="AW107">
         <v>0</v>
       </c>
       <c r="AX107" t="s">
         <v>82</v>
       </c>
       <c r="AY107">
         <v>1969051733</v>
       </c>
       <c r="AZ107" t="s">
         <v>73</v>
       </c>
       <c r="BA107" t="s">
         <v>83</v>
       </c>
       <c r="BB107" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="BC107" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="BD107" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="BE107" t="s">
         <v>75</v>
       </c>
       <c r="BF107" t="s">
         <v>75</v>
       </c>
       <c r="BG107" t="s">
         <v>75</v>
       </c>
       <c r="BH107">
-        <v>1731</v>
+        <v>1790</v>
       </c>
       <c r="BI107" t="s">
         <v>86</v>
       </c>
       <c r="BJ107" t="s">
         <v>245</v>
       </c>
       <c r="BK107" t="s">
         <v>246</v>
       </c>
       <c r="BL107"/>
       <c r="BM107" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="BN107" t="s">
         <v>75</v>
       </c>
       <c r="BO107">
         <v>15</v>
       </c>
       <c r="BP107"/>
       <c r="BQ107"/>
       <c r="BR107">
         <v>58.69</v>
       </c>
       <c r="BS107" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="108" spans="1:71">
       <c r="A108" t="s">
         <v>66</v>
       </c>
       <c r="B108" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C108">
         <v>4264225640</v>
       </c>
       <c r="D108">
         <v>498014</v>
       </c>
       <c r="E108">
         <v>49.47</v>
       </c>
       <c r="F108" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="G108" t="s">
         <v>69</v>
       </c>
       <c r="H108" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="I108">
         <v>27.73</v>
       </c>
       <c r="J108" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="K108" t="s">
         <v>72</v>
       </c>
       <c r="L108">
         <v>8756544370</v>
       </c>
       <c r="M108" t="s">
         <v>73</v>
       </c>
       <c r="N108" t="s">
         <v>74</v>
       </c>
       <c r="O108"/>
       <c r="P108" t="s">
         <v>75</v>
       </c>
       <c r="Q108" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="R108" t="s">
         <v>75</v>
       </c>
       <c r="S108" t="s">
         <v>75</v>
       </c>
       <c r="T108" t="s">
         <v>160</v>
       </c>
       <c r="U108">
         <v>4264225640</v>
       </c>
       <c r="V108">
         <v>498014</v>
       </c>
       <c r="W108" t="s">
         <v>75</v>
       </c>
       <c r="X108">
         <v>49.47</v>
       </c>
       <c r="Y108">
         <v>1</v>
       </c>
       <c r="Z108" t="s">
         <v>75</v>
       </c>
       <c r="AA108" t="s">
         <v>66</v>
       </c>
       <c r="AB108" t="s">
         <v>69</v>
       </c>
       <c r="AC108" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="AD108" t="s">
         <v>75</v>
       </c>
       <c r="AE108" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="AF108" t="s">
         <v>77</v>
       </c>
       <c r="AG108"/>
       <c r="AH108" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="AI108"/>
       <c r="AJ108" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="AK108" t="s">
         <v>80</v>
       </c>
       <c r="AL108" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="AM108"/>
       <c r="AN108" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="AO108">
         <v>27.73</v>
       </c>
       <c r="AP108" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="AQ108"/>
       <c r="AR108"/>
       <c r="AS108"/>
       <c r="AT108" t="s">
         <v>75</v>
       </c>
       <c r="AU108"/>
       <c r="AV108"/>
       <c r="AW108"/>
       <c r="AX108" t="s">
         <v>82</v>
       </c>
       <c r="AY108">
         <v>8756544370</v>
       </c>
       <c r="AZ108" t="s">
         <v>73</v>
       </c>
       <c r="BA108"/>
       <c r="BB108" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="BC108" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="BD108" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="BE108" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="BF108" t="s">
         <v>75</v>
       </c>
       <c r="BG108" t="s">
         <v>75</v>
       </c>
       <c r="BH108">
-        <v>1747</v>
+        <v>1806</v>
       </c>
       <c r="BI108" t="s">
         <v>86</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>75</v>
       </c>
       <c r="BN108" t="s">
         <v>75</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108"/>
       <c r="BQ108"/>
       <c r="BR108">
         <v>49.47</v>
       </c>
       <c r="BS108"/>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
         <v>66</v>
       </c>
       <c r="B109" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C109">
         <v>4263671743</v>
       </c>
       <c r="D109">
         <v>497981</v>
       </c>
       <c r="E109">
         <v>36</v>
       </c>
       <c r="F109" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="G109" t="s">
         <v>69</v>
       </c>
       <c r="H109"/>
       <c r="I109">
         <v>0</v>
       </c>
       <c r="J109" t="s">
         <v>75</v>
       </c>
       <c r="K109" t="s">
         <v>240</v>
       </c>
       <c r="L109">
         <v>8756530366</v>
       </c>
       <c r="M109" t="s">
         <v>73</v>
       </c>
       <c r="N109" t="s">
         <v>74</v>
       </c>
       <c r="O109"/>
       <c r="P109" t="s">
         <v>75</v>
       </c>
       <c r="Q109" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="R109" t="s">
         <v>75</v>
       </c>
       <c r="S109" t="s">
         <v>75</v>
       </c>
       <c r="T109" t="s">
         <v>160</v>
       </c>
       <c r="U109">
         <v>4263671743</v>
       </c>
       <c r="V109">
         <v>497981</v>
       </c>
       <c r="W109" t="s">
         <v>75</v>
       </c>
       <c r="X109">
         <v>36</v>
       </c>
       <c r="Y109">
         <v>1</v>
       </c>
       <c r="Z109" t="s">
         <v>75</v>
       </c>
       <c r="AA109" t="s">
         <v>66</v>
       </c>
       <c r="AB109" t="s">
         <v>69</v>
       </c>
       <c r="AC109" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="AD109" t="s">
         <v>75</v>
       </c>
       <c r="AE109" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="AF109" t="s">
         <v>77</v>
       </c>
       <c r="AG109"/>
       <c r="AH109" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="AI109"/>
       <c r="AJ109" t="s">
         <v>282</v>
       </c>
       <c r="AK109" t="s">
         <v>80</v>
       </c>
       <c r="AL109" t="s">
         <v>75</v>
       </c>
       <c r="AM109"/>
       <c r="AN109"/>
       <c r="AO109">
         <v>0</v>
       </c>
       <c r="AP109" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="AQ109"/>
       <c r="AR109"/>
       <c r="AS109"/>
       <c r="AT109" t="s">
         <v>75</v>
       </c>
       <c r="AU109"/>
       <c r="AV109"/>
       <c r="AW109"/>
       <c r="AX109" t="s">
         <v>82</v>
       </c>
       <c r="AY109">
         <v>8756530366</v>
       </c>
       <c r="AZ109" t="s">
         <v>73</v>
       </c>
       <c r="BA109"/>
       <c r="BB109" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="BC109" t="s">
         <v>75</v>
       </c>
       <c r="BD109" t="s">
         <v>75</v>
       </c>
       <c r="BE109" t="s">
         <v>75</v>
       </c>
       <c r="BF109" t="s">
         <v>75</v>
       </c>
       <c r="BG109" t="s">
         <v>75</v>
       </c>
       <c r="BH109">
-        <v>1748</v>
+        <v>1807</v>
       </c>
       <c r="BI109" t="s">
         <v>86</v>
       </c>
       <c r="BJ109"/>
       <c r="BK109"/>
       <c r="BL109"/>
       <c r="BM109" t="s">
         <v>75</v>
       </c>
       <c r="BN109" t="s">
         <v>75</v>
       </c>
       <c r="BO109">
         <v>0</v>
       </c>
       <c r="BP109"/>
       <c r="BQ109"/>
       <c r="BR109">
         <v>36</v>
       </c>
       <c r="BS109"/>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
         <v>66</v>
       </c>
       <c r="B110" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C110">
         <v>4261275351</v>
       </c>
       <c r="D110">
         <v>497853</v>
       </c>
       <c r="E110">
         <v>87.07</v>
       </c>
       <c r="F110" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="G110" t="s">
         <v>69</v>
       </c>
       <c r="H110" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="I110">
         <v>62</v>
       </c>
       <c r="J110" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="K110" t="s">
         <v>72</v>
       </c>
       <c r="L110">
         <v>8756386682</v>
       </c>
       <c r="M110" t="s">
         <v>73</v>
       </c>
       <c r="N110" t="s">
         <v>74</v>
       </c>
       <c r="O110"/>
       <c r="P110" t="s">
         <v>75</v>
       </c>
       <c r="Q110" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="R110" t="s">
         <v>75</v>
       </c>
       <c r="S110" t="s">
         <v>75</v>
       </c>
       <c r="T110" t="s">
         <v>76</v>
       </c>
       <c r="U110">
         <v>4261275351</v>
       </c>
       <c r="V110">
         <v>497853</v>
       </c>
       <c r="W110" t="s">
         <v>75</v>
       </c>
       <c r="X110">
         <v>87.07</v>
       </c>
       <c r="Y110">
         <v>1</v>
       </c>
       <c r="Z110" t="s">
         <v>75</v>
       </c>
       <c r="AA110" t="s">
         <v>66</v>
       </c>
       <c r="AB110" t="s">
         <v>69</v>
       </c>
       <c r="AC110" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="AD110" t="s">
         <v>75</v>
       </c>
       <c r="AE110">
         <v>9511011537</v>
       </c>
       <c r="AF110" t="s">
         <v>77</v>
       </c>
       <c r="AG110"/>
       <c r="AH110" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="AI110"/>
       <c r="AJ110" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="AK110" t="s">
         <v>80</v>
       </c>
       <c r="AL110" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="AM110"/>
       <c r="AN110" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="AO110">
         <v>62</v>
       </c>
       <c r="AP110" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="AQ110" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="AR110" t="s">
         <v>651</v>
       </c>
       <c r="AS110" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="AT110" t="s">
         <v>75</v>
       </c>
       <c r="AU110"/>
       <c r="AV110"/>
       <c r="AW110"/>
       <c r="AX110" t="s">
         <v>82</v>
       </c>
       <c r="AY110">
         <v>8756386682</v>
       </c>
       <c r="AZ110" t="s">
         <v>73</v>
       </c>
       <c r="BA110"/>
       <c r="BB110" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="BC110" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="BD110" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="BE110" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="BF110" t="s">
         <v>75</v>
       </c>
       <c r="BG110" t="s">
         <v>75</v>
       </c>
       <c r="BH110">
-        <v>1750</v>
+        <v>1809</v>
       </c>
       <c r="BI110" t="s">
         <v>86</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>75</v>
       </c>
       <c r="BN110" t="s">
         <v>75</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110"/>
       <c r="BQ110"/>
       <c r="BR110">
         <v>87.07</v>
       </c>
       <c r="BS110"/>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
         <v>66</v>
       </c>
       <c r="B111" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="C111">
         <v>4258438750</v>
       </c>
       <c r="D111">
         <v>497703</v>
       </c>
       <c r="E111">
         <v>48.76</v>
       </c>
       <c r="F111" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="G111" t="s">
         <v>69</v>
       </c>
       <c r="H111"/>
       <c r="I111">
         <v>0</v>
       </c>
       <c r="J111" t="s">
         <v>75</v>
       </c>
       <c r="K111" t="s">
         <v>240</v>
       </c>
       <c r="L111">
         <v>9978462130</v>
       </c>
       <c r="M111" t="s">
         <v>73</v>
       </c>
       <c r="N111" t="s">
         <v>74</v>
       </c>
       <c r="O111"/>
       <c r="P111" t="s">
         <v>75</v>
       </c>
       <c r="Q111" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="R111" t="s">
         <v>75</v>
       </c>
       <c r="S111" t="s">
         <v>75</v>
       </c>
       <c r="T111" t="s">
         <v>160</v>
       </c>
       <c r="U111">
         <v>4258438750</v>
       </c>
       <c r="V111">
         <v>497703</v>
       </c>
       <c r="W111" t="s">
         <v>75</v>
       </c>
       <c r="X111">
         <v>48.76</v>
       </c>
       <c r="Y111">
         <v>1</v>
       </c>
       <c r="Z111" t="s">
         <v>75</v>
       </c>
       <c r="AA111" t="s">
         <v>66</v>
       </c>
       <c r="AB111" t="s">
         <v>69</v>
       </c>
       <c r="AC111" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="AD111" t="s">
         <v>75</v>
       </c>
       <c r="AE111">
         <v>5554933104</v>
       </c>
       <c r="AF111" t="s">
         <v>77</v>
       </c>
       <c r="AG111"/>
       <c r="AH111" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="AI111"/>
       <c r="AJ111" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="AK111" t="s">
         <v>80</v>
       </c>
       <c r="AL111" t="s">
         <v>75</v>
       </c>
       <c r="AM111"/>
       <c r="AN111"/>
       <c r="AO111">
         <v>0</v>
       </c>
       <c r="AP111" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="AQ111"/>
       <c r="AR111"/>
       <c r="AS111"/>
       <c r="AT111" t="s">
         <v>75</v>
       </c>
       <c r="AU111"/>
       <c r="AV111"/>
       <c r="AW111"/>
       <c r="AX111" t="s">
         <v>82</v>
       </c>
       <c r="AY111">
         <v>9978462130</v>
       </c>
       <c r="AZ111" t="s">
         <v>73</v>
       </c>
       <c r="BA111"/>
       <c r="BB111" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="BC111" t="s">
         <v>75</v>
       </c>
       <c r="BD111" t="s">
         <v>75</v>
       </c>
       <c r="BE111" t="s">
         <v>75</v>
       </c>
       <c r="BF111" t="s">
         <v>75</v>
       </c>
       <c r="BG111" t="s">
         <v>75</v>
       </c>
       <c r="BH111">
-        <v>1752</v>
+        <v>1811</v>
       </c>
       <c r="BI111" t="s">
         <v>86</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>75</v>
       </c>
       <c r="BN111" t="s">
         <v>75</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111"/>
       <c r="BQ111"/>
       <c r="BR111">
         <v>48.76</v>
       </c>
       <c r="BS111"/>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
         <v>66</v>
       </c>
       <c r="B112" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C112">
         <v>4257642785</v>
       </c>
       <c r="D112">
         <v>497676</v>
       </c>
       <c r="E112">
         <v>37.08</v>
       </c>
       <c r="F112" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="G112" t="s">
         <v>69</v>
       </c>
       <c r="H112"/>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="J112" t="s">
         <v>75</v>
       </c>
       <c r="K112" t="s">
         <v>240</v>
       </c>
       <c r="L112">
         <v>9978436764</v>
       </c>
       <c r="M112" t="s">
         <v>73</v>
       </c>
       <c r="N112" t="s">
         <v>74</v>
       </c>
       <c r="O112"/>
       <c r="P112" t="s">
         <v>75</v>
       </c>
       <c r="Q112" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="R112" t="s">
         <v>75</v>
       </c>
       <c r="S112" t="s">
         <v>75</v>
       </c>
       <c r="T112" t="s">
         <v>160</v>
       </c>
       <c r="U112">
         <v>4257642785</v>
       </c>
       <c r="V112">
         <v>497676</v>
       </c>
       <c r="W112" t="s">
         <v>75</v>
       </c>
       <c r="X112">
         <v>37.08</v>
       </c>
       <c r="Y112">
         <v>1</v>
       </c>
       <c r="Z112" t="s">
         <v>75</v>
       </c>
       <c r="AA112" t="s">
         <v>66</v>
       </c>
       <c r="AB112" t="s">
         <v>69</v>
       </c>
       <c r="AC112" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="AD112" t="s">
         <v>75</v>
       </c>
       <c r="AE112">
         <v>5580469457</v>
       </c>
       <c r="AF112" t="s">
         <v>77</v>
       </c>
       <c r="AG112"/>
       <c r="AH112" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="AI112"/>
       <c r="AJ112" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="AK112" t="s">
         <v>80</v>
       </c>
       <c r="AL112" t="s">
         <v>75</v>
       </c>
       <c r="AM112"/>
       <c r="AN112"/>
       <c r="AO112">
         <v>0</v>
       </c>
       <c r="AP112" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="AQ112"/>
       <c r="AR112"/>
       <c r="AS112"/>
       <c r="AT112" t="s">
         <v>75</v>
       </c>
       <c r="AU112"/>
       <c r="AV112"/>
       <c r="AW112"/>
       <c r="AX112" t="s">
         <v>82</v>
       </c>
       <c r="AY112">
         <v>9978436764</v>
       </c>
       <c r="AZ112" t="s">
         <v>73</v>
       </c>
       <c r="BA112"/>
       <c r="BB112" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="BC112" t="s">
         <v>75</v>
       </c>
       <c r="BD112" t="s">
         <v>75</v>
       </c>
       <c r="BE112" t="s">
         <v>75</v>
       </c>
       <c r="BF112" t="s">
         <v>75</v>
       </c>
       <c r="BG112" t="s">
         <v>75</v>
       </c>
       <c r="BH112">
-        <v>1752</v>
+        <v>1811</v>
       </c>
       <c r="BI112" t="s">
         <v>86</v>
       </c>
       <c r="BJ112"/>
       <c r="BK112"/>
       <c r="BL112"/>
       <c r="BM112" t="s">
         <v>75</v>
       </c>
       <c r="BN112" t="s">
         <v>75</v>
       </c>
       <c r="BO112">
         <v>0</v>
       </c>
       <c r="BP112"/>
       <c r="BQ112"/>
       <c r="BR112">
         <v>37.08</v>
       </c>
       <c r="BS112"/>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
         <v>66</v>
       </c>
       <c r="B113" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="C113">
         <v>4256088200</v>
       </c>
       <c r="D113">
         <v>497617</v>
       </c>
       <c r="E113">
         <v>38.59</v>
       </c>
       <c r="F113" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="G113" t="s">
         <v>69</v>
       </c>
       <c r="H113"/>
       <c r="I113">
         <v>0</v>
       </c>
       <c r="J113" t="s">
         <v>75</v>
       </c>
       <c r="K113" t="s">
         <v>240</v>
       </c>
       <c r="L113">
         <v>9095955923</v>
       </c>
       <c r="M113" t="s">
         <v>73</v>
       </c>
       <c r="N113" t="s">
         <v>74</v>
       </c>
       <c r="O113"/>
       <c r="P113" t="s">
         <v>75</v>
       </c>
       <c r="Q113" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="R113" t="s">
         <v>75</v>
       </c>
       <c r="S113" t="s">
         <v>75</v>
       </c>
       <c r="T113" t="s">
         <v>160</v>
       </c>
       <c r="U113">
         <v>4256088200</v>
       </c>
       <c r="V113">
         <v>497617</v>
       </c>
       <c r="W113" t="s">
         <v>75</v>
       </c>
       <c r="X113">
         <v>38.59</v>
       </c>
       <c r="Y113">
         <v>1</v>
       </c>
       <c r="Z113" t="s">
         <v>75</v>
       </c>
       <c r="AA113" t="s">
         <v>66</v>
       </c>
       <c r="AB113" t="s">
         <v>69</v>
       </c>
       <c r="AC113" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="AD113" t="s">
         <v>75</v>
       </c>
       <c r="AE113" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="AF113" t="s">
         <v>77</v>
       </c>
       <c r="AG113"/>
       <c r="AH113" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="AI113"/>
       <c r="AJ113" t="s">
         <v>373</v>
       </c>
       <c r="AK113" t="s">
         <v>80</v>
       </c>
       <c r="AL113" t="s">
         <v>75</v>
       </c>
       <c r="AM113"/>
       <c r="AN113"/>
       <c r="AO113">
         <v>0</v>
       </c>
       <c r="AP113" t="s">
         <v>692</v>
       </c>
       <c r="AQ113"/>
       <c r="AR113"/>
       <c r="AS113"/>
       <c r="AT113" t="s">
         <v>75</v>
       </c>
       <c r="AU113"/>
       <c r="AV113"/>
       <c r="AW113"/>
       <c r="AX113" t="s">
         <v>82</v>
       </c>
       <c r="AY113">
         <v>9095955923</v>
       </c>
       <c r="AZ113" t="s">
         <v>73</v>
       </c>
       <c r="BA113"/>
       <c r="BB113" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="BC113" t="s">
         <v>75</v>
       </c>
       <c r="BD113" t="s">
         <v>75</v>
       </c>
       <c r="BE113" t="s">
         <v>75</v>
       </c>
       <c r="BF113" t="s">
         <v>75</v>
       </c>
       <c r="BG113" t="s">
         <v>75</v>
       </c>
       <c r="BH113">
-        <v>1753</v>
+        <v>1812</v>
       </c>
       <c r="BI113" t="s">
         <v>86</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>75</v>
       </c>
       <c r="BN113" t="s">
         <v>75</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113"/>
       <c r="BQ113"/>
       <c r="BR113">
         <v>38.59</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
         <v>66</v>
       </c>
       <c r="B114" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="C114">
         <v>4249863286</v>
       </c>
       <c r="D114">
         <v>497433</v>
       </c>
       <c r="E114">
         <v>53.02</v>
       </c>
       <c r="F114" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="G114" t="s">
         <v>69</v>
       </c>
       <c r="H114"/>
       <c r="I114">
         <v>0</v>
       </c>
       <c r="J114" t="s">
         <v>75</v>
       </c>
       <c r="K114" t="s">
         <v>240</v>
       </c>
       <c r="L114">
         <v>4498866691</v>
       </c>
       <c r="M114" t="s">
         <v>73</v>
       </c>
       <c r="N114" t="s">
         <v>74</v>
       </c>
       <c r="O114"/>
       <c r="P114" t="s">
         <v>75</v>
       </c>
       <c r="Q114" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="R114" t="s">
         <v>75</v>
       </c>
       <c r="S114" t="s">
         <v>75</v>
       </c>
       <c r="T114" t="s">
         <v>160</v>
       </c>
       <c r="U114">
         <v>4249863286</v>
       </c>
       <c r="V114">
         <v>497433</v>
       </c>
       <c r="W114" t="s">
         <v>75</v>
       </c>
       <c r="X114">
         <v>53.02</v>
       </c>
       <c r="Y114">
         <v>1</v>
       </c>
       <c r="Z114" t="s">
         <v>75</v>
       </c>
       <c r="AA114" t="s">
         <v>66</v>
       </c>
       <c r="AB114" t="s">
         <v>69</v>
       </c>
       <c r="AC114" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="AD114" t="s">
         <v>75</v>
       </c>
       <c r="AE114">
         <v>6151558147</v>
       </c>
       <c r="AF114" t="s">
         <v>77</v>
       </c>
       <c r="AG114"/>
       <c r="AH114" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="AI114"/>
       <c r="AJ114" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="AK114" t="s">
         <v>80</v>
       </c>
       <c r="AL114" t="s">
         <v>75</v>
       </c>
       <c r="AM114"/>
       <c r="AN114"/>
       <c r="AO114">
         <v>0</v>
       </c>
       <c r="AP114" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="AQ114"/>
       <c r="AR114"/>
       <c r="AS114"/>
       <c r="AT114" t="s">
         <v>75</v>
       </c>
       <c r="AU114"/>
       <c r="AV114"/>
       <c r="AW114"/>
       <c r="AX114" t="s">
         <v>82</v>
       </c>
       <c r="AY114">
         <v>4498866691</v>
       </c>
       <c r="AZ114" t="s">
         <v>73</v>
       </c>
       <c r="BA114"/>
       <c r="BB114" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="BC114" t="s">
         <v>75</v>
       </c>
       <c r="BD114" t="s">
         <v>75</v>
       </c>
       <c r="BE114" t="s">
         <v>75</v>
       </c>
       <c r="BF114" t="s">
         <v>75</v>
       </c>
       <c r="BG114" t="s">
         <v>75</v>
       </c>
       <c r="BH114">
-        <v>1755</v>
+        <v>1814</v>
       </c>
       <c r="BI114" t="s">
         <v>86</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>75</v>
       </c>
       <c r="BN114" t="s">
         <v>75</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114"/>
       <c r="BQ114"/>
       <c r="BR114">
         <v>53.02</v>
       </c>
       <c r="BS114"/>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
         <v>66</v>
       </c>
       <c r="B115" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="C115">
         <v>4247315926</v>
       </c>
       <c r="D115">
         <v>497357</v>
       </c>
       <c r="E115">
         <v>28.92</v>
       </c>
       <c r="F115" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="G115" t="s">
         <v>69</v>
       </c>
       <c r="H115" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="I115">
         <v>8</v>
       </c>
       <c r="J115" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="K115" t="s">
         <v>240</v>
       </c>
       <c r="L115">
         <v>4498729933</v>
       </c>
       <c r="M115" t="s">
         <v>73</v>
       </c>
       <c r="N115" t="s">
         <v>74</v>
       </c>
       <c r="O115"/>
       <c r="P115" t="s">
         <v>75</v>
       </c>
       <c r="Q115" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="R115" t="s">
         <v>75</v>
       </c>
       <c r="S115" t="s">
         <v>75</v>
       </c>
       <c r="T115" t="s">
         <v>160</v>
       </c>
       <c r="U115">
         <v>4247315926</v>
       </c>
       <c r="V115">
         <v>497357</v>
       </c>
       <c r="W115" t="s">
         <v>75</v>
       </c>
       <c r="X115">
         <v>28.92</v>
       </c>
       <c r="Y115">
         <v>1</v>
       </c>
       <c r="Z115" t="s">
         <v>75</v>
       </c>
       <c r="AA115" t="s">
         <v>66</v>
       </c>
       <c r="AB115" t="s">
         <v>69</v>
       </c>
       <c r="AC115" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="AD115" t="s">
         <v>75</v>
       </c>
       <c r="AE115">
         <v>8993165355</v>
       </c>
       <c r="AF115" t="s">
         <v>77</v>
       </c>
       <c r="AG115"/>
       <c r="AH115" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="AI115"/>
       <c r="AJ115" t="s">
         <v>187</v>
       </c>
       <c r="AK115" t="s">
         <v>80</v>
       </c>
       <c r="AL115" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="AM115"/>
       <c r="AN115" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="AO115">
         <v>8</v>
       </c>
       <c r="AP115" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="AQ115" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="AR115" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="AS115" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="AT115" t="s">
         <v>75</v>
       </c>
       <c r="AU115"/>
       <c r="AV115"/>
       <c r="AW115"/>
       <c r="AX115" t="s">
         <v>82</v>
       </c>
       <c r="AY115">
         <v>4498729933</v>
       </c>
       <c r="AZ115" t="s">
         <v>73</v>
       </c>
       <c r="BA115"/>
       <c r="BB115" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="BC115" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="BD115" t="s">
         <v>75</v>
       </c>
       <c r="BE115" t="s">
         <v>75</v>
       </c>
       <c r="BF115" t="s">
         <v>75</v>
       </c>
       <c r="BG115" t="s">
         <v>75</v>
       </c>
       <c r="BH115">
-        <v>1756</v>
+        <v>1815</v>
       </c>
       <c r="BI115" t="s">
         <v>86</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115" t="s">
         <v>339</v>
       </c>
       <c r="BL115" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="BM115" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="BN115" t="s">
         <v>75</v>
       </c>
       <c r="BO115">
         <v>332</v>
       </c>
       <c r="BP115"/>
       <c r="BQ115"/>
       <c r="BR115">
         <v>28.92</v>
       </c>
       <c r="BS115" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="116" spans="1:71">
       <c r="A116" t="s">
         <v>66</v>
       </c>
       <c r="B116" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C116">
         <v>4241047458</v>
       </c>
       <c r="D116">
         <v>497133</v>
       </c>
       <c r="E116">
         <v>665.57</v>
       </c>
       <c r="F116" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="G116" t="s">
         <v>69</v>
       </c>
       <c r="H116"/>
       <c r="I116">
         <v>0</v>
       </c>
       <c r="J116" t="s">
         <v>75</v>
       </c>
       <c r="K116" t="s">
         <v>240</v>
       </c>
       <c r="L116">
         <v>5412700215</v>
       </c>
       <c r="M116" t="s">
         <v>73</v>
       </c>
       <c r="N116" t="s">
         <v>74</v>
       </c>
       <c r="O116"/>
       <c r="P116" t="s">
         <v>75</v>
       </c>
       <c r="Q116" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="R116" t="s">
         <v>75</v>
       </c>
       <c r="S116" t="s">
         <v>75</v>
       </c>
       <c r="T116" t="s">
         <v>160</v>
       </c>
       <c r="U116">
         <v>4241047458</v>
       </c>
       <c r="V116">
         <v>497133</v>
       </c>
       <c r="W116" t="s">
         <v>75</v>
       </c>
       <c r="X116">
         <v>665.57</v>
       </c>
       <c r="Y116">
         <v>1</v>
       </c>
       <c r="Z116" t="s">
         <v>75</v>
       </c>
       <c r="AA116" t="s">
         <v>66</v>
       </c>
       <c r="AB116" t="s">
         <v>69</v>
       </c>
       <c r="AC116" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="AD116" t="s">
         <v>75</v>
       </c>
       <c r="AE116">
         <v>6141080777</v>
       </c>
       <c r="AF116" t="s">
         <v>77</v>
       </c>
       <c r="AG116"/>
       <c r="AH116" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="AI116"/>
       <c r="AJ116" t="s">
         <v>636</v>
       </c>
       <c r="AK116" t="s">
         <v>80</v>
       </c>
       <c r="AL116" t="s">
         <v>75</v>
       </c>
       <c r="AM116"/>
       <c r="AN116"/>
       <c r="AO116">
         <v>0</v>
       </c>
       <c r="AP116" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="AQ116"/>
       <c r="AR116"/>
       <c r="AS116"/>
       <c r="AT116" t="s">
         <v>75</v>
       </c>
       <c r="AU116"/>
       <c r="AV116"/>
       <c r="AW116"/>
       <c r="AX116" t="s">
         <v>82</v>
       </c>
       <c r="AY116">
         <v>5412700215</v>
       </c>
       <c r="AZ116" t="s">
         <v>73</v>
       </c>
       <c r="BA116"/>
       <c r="BB116" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="BC116" t="s">
         <v>75</v>
       </c>
       <c r="BD116" t="s">
         <v>75</v>
       </c>
       <c r="BE116" t="s">
         <v>75</v>
       </c>
       <c r="BF116" t="s">
         <v>75</v>
       </c>
       <c r="BG116" t="s">
         <v>75</v>
       </c>
       <c r="BH116">
-        <v>1758</v>
+        <v>1817</v>
       </c>
       <c r="BI116" t="s">
         <v>86</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>75</v>
       </c>
       <c r="BN116" t="s">
         <v>75</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116"/>
       <c r="BQ116"/>
       <c r="BR116">
         <v>665.57</v>
       </c>
       <c r="BS116"/>
     </row>
     <row r="117" spans="1:71">
       <c r="A117" t="s">
         <v>66</v>
       </c>
       <c r="B117" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="C117">
         <v>4235525492</v>
       </c>
       <c r="D117">
         <v>496913</v>
       </c>
       <c r="E117">
         <v>42.58</v>
       </c>
       <c r="F117" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="G117" t="s">
         <v>69</v>
       </c>
       <c r="H117"/>
       <c r="I117">
         <v>0</v>
       </c>
       <c r="J117" t="s">
         <v>75</v>
       </c>
       <c r="K117" t="s">
         <v>240</v>
       </c>
       <c r="L117">
         <v>2335441076</v>
       </c>
       <c r="M117" t="s">
         <v>73</v>
       </c>
       <c r="N117" t="s">
         <v>74</v>
       </c>
       <c r="O117"/>
       <c r="P117" t="s">
         <v>75</v>
       </c>
       <c r="Q117" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="R117" t="s">
         <v>75</v>
       </c>
       <c r="S117" t="s">
         <v>75</v>
       </c>
       <c r="T117" t="s">
         <v>160</v>
       </c>
       <c r="U117">
         <v>4235525492</v>
       </c>
       <c r="V117">
         <v>496913</v>
       </c>
       <c r="W117" t="s">
         <v>75</v>
       </c>
       <c r="X117">
         <v>42.58</v>
       </c>
       <c r="Y117">
         <v>1</v>
       </c>
       <c r="Z117" t="s">
         <v>75</v>
       </c>
       <c r="AA117" t="s">
         <v>66</v>
       </c>
       <c r="AB117" t="s">
         <v>69</v>
       </c>
       <c r="AC117" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="AD117" t="s">
         <v>75</v>
       </c>
       <c r="AE117" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="AF117" t="s">
         <v>77</v>
       </c>
       <c r="AG117"/>
       <c r="AH117" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="AI117"/>
       <c r="AJ117" t="s">
         <v>373</v>
       </c>
       <c r="AK117" t="s">
         <v>80</v>
       </c>
       <c r="AL117" t="s">
         <v>75</v>
       </c>
       <c r="AM117"/>
       <c r="AN117"/>
       <c r="AO117">
         <v>0</v>
       </c>
       <c r="AP117" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="AQ117"/>
       <c r="AR117"/>
       <c r="AS117"/>
       <c r="AT117" t="s">
         <v>75</v>
       </c>
       <c r="AU117"/>
       <c r="AV117"/>
       <c r="AW117"/>
       <c r="AX117" t="s">
         <v>82</v>
       </c>
       <c r="AY117">
         <v>2335441076</v>
       </c>
       <c r="AZ117" t="s">
         <v>73</v>
       </c>
       <c r="BA117"/>
       <c r="BB117" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="BC117" t="s">
         <v>75</v>
       </c>
       <c r="BD117" t="s">
         <v>75</v>
       </c>
       <c r="BE117" t="s">
         <v>75</v>
       </c>
       <c r="BF117" t="s">
         <v>75</v>
       </c>
       <c r="BG117" t="s">
         <v>75</v>
       </c>
       <c r="BH117">
-        <v>1760</v>
+        <v>1819</v>
       </c>
       <c r="BI117" t="s">
         <v>86</v>
       </c>
       <c r="BJ117"/>
       <c r="BK117"/>
       <c r="BL117"/>
       <c r="BM117" t="s">
         <v>75</v>
       </c>
       <c r="BN117" t="s">
         <v>75</v>
       </c>
       <c r="BO117">
         <v>0</v>
       </c>
       <c r="BP117"/>
       <c r="BQ117"/>
       <c r="BR117">
         <v>42.58</v>
       </c>
       <c r="BS117"/>
     </row>
     <row r="118" spans="1:71">
       <c r="A118" t="s">
         <v>66</v>
       </c>
       <c r="B118" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C118">
         <v>4232515095</v>
       </c>
       <c r="D118">
         <v>496799</v>
       </c>
       <c r="E118">
         <v>36.72</v>
       </c>
       <c r="F118" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="G118" t="s">
         <v>69</v>
       </c>
       <c r="H118" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="I118">
         <v>16.44</v>
       </c>
       <c r="J118" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="K118" t="s">
         <v>72</v>
       </c>
       <c r="L118">
         <v>1934759735</v>
       </c>
       <c r="M118" t="s">
         <v>73</v>
       </c>
       <c r="N118" t="s">
         <v>74</v>
       </c>
       <c r="O118"/>
       <c r="P118" t="s">
         <v>75</v>
       </c>
       <c r="Q118" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="R118" t="s">
         <v>75</v>
       </c>
       <c r="S118" t="s">
         <v>75</v>
       </c>
       <c r="T118" t="s">
         <v>76</v>
       </c>
       <c r="U118">
         <v>4232515095</v>
       </c>
       <c r="V118">
         <v>496799</v>
       </c>
       <c r="W118" t="s">
         <v>75</v>
       </c>
       <c r="X118">
         <v>36.72</v>
       </c>
       <c r="Y118">
         <v>1</v>
       </c>
       <c r="Z118" t="s">
         <v>75</v>
       </c>
       <c r="AA118" t="s">
         <v>66</v>
       </c>
       <c r="AB118" t="s">
         <v>69</v>
       </c>
       <c r="AC118" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="AD118" t="s">
         <v>75</v>
       </c>
       <c r="AE118" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="AF118" t="s">
         <v>77</v>
       </c>
       <c r="AG118"/>
       <c r="AH118" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="AI118"/>
       <c r="AJ118" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="AK118" t="s">
         <v>80</v>
       </c>
       <c r="AL118" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="AM118"/>
       <c r="AN118" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="AO118">
         <v>16.44</v>
       </c>
       <c r="AP118" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="AQ118" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="AR118" t="s">
         <v>651</v>
       </c>
       <c r="AS118"/>
       <c r="AT118" t="s">
         <v>75</v>
       </c>
       <c r="AU118"/>
       <c r="AV118"/>
       <c r="AW118"/>
       <c r="AX118" t="s">
         <v>82</v>
       </c>
       <c r="AY118">
         <v>1934759735</v>
       </c>
       <c r="AZ118" t="s">
         <v>73</v>
       </c>
       <c r="BA118"/>
       <c r="BB118" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="BC118" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="BD118" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="BE118" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="BF118" t="s">
         <v>75</v>
       </c>
       <c r="BG118" t="s">
         <v>75</v>
       </c>
       <c r="BH118">
-        <v>1761</v>
+        <v>1820</v>
       </c>
       <c r="BI118" t="s">
         <v>86</v>
       </c>
       <c r="BJ118"/>
       <c r="BK118"/>
       <c r="BL118"/>
       <c r="BM118" t="s">
         <v>75</v>
       </c>
       <c r="BN118" t="s">
         <v>75</v>
       </c>
       <c r="BO118">
         <v>0</v>
       </c>
       <c r="BP118"/>
       <c r="BQ118"/>
       <c r="BR118">
         <v>36.72</v>
       </c>
       <c r="BS118"/>
     </row>
     <row r="119" spans="1:71">
       <c r="A119" t="s">
         <v>66</v>
       </c>
       <c r="B119" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C119">
         <v>4225149708</v>
       </c>
       <c r="D119">
         <v>496433</v>
       </c>
       <c r="E119">
         <v>33.17</v>
       </c>
       <c r="F119" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="G119" t="s">
         <v>69</v>
       </c>
       <c r="H119" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="I119">
         <v>10.99</v>
       </c>
       <c r="J119" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="K119" t="s">
         <v>240</v>
       </c>
       <c r="L119">
         <v>7856962934</v>
       </c>
       <c r="M119" t="s">
         <v>73</v>
       </c>
       <c r="N119" t="s">
         <v>74</v>
       </c>
       <c r="O119"/>
       <c r="P119" t="s">
         <v>75</v>
       </c>
       <c r="Q119" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="R119" t="s">
         <v>75</v>
       </c>
       <c r="S119" t="s">
         <v>75</v>
       </c>
       <c r="T119" t="s">
         <v>160</v>
       </c>
       <c r="U119">
         <v>4225149708</v>
       </c>
       <c r="V119">
         <v>496433</v>
       </c>
       <c r="W119" t="s">
         <v>75</v>
       </c>
       <c r="X119">
         <v>33.17</v>
       </c>
       <c r="Y119">
         <v>1</v>
       </c>
       <c r="Z119" t="s">
         <v>75</v>
       </c>
       <c r="AA119" t="s">
         <v>66</v>
       </c>
       <c r="AB119" t="s">
         <v>69</v>
       </c>
       <c r="AC119" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="AD119" t="s">
         <v>75</v>
       </c>
       <c r="AE119">
         <v>3221699370</v>
       </c>
       <c r="AF119" t="s">
         <v>77</v>
       </c>
       <c r="AG119"/>
       <c r="AH119" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="AI119"/>
       <c r="AJ119" t="s">
         <v>356</v>
       </c>
       <c r="AK119" t="s">
         <v>80</v>
       </c>
       <c r="AL119" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="AM119"/>
       <c r="AN119" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="AO119">
         <v>10.99</v>
       </c>
       <c r="AP119" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="AQ119" t="s">
         <v>666</v>
       </c>
       <c r="AR119" t="s">
         <v>667</v>
       </c>
       <c r="AS119" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="AT119" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="AU119"/>
       <c r="AV119"/>
       <c r="AW119"/>
       <c r="AX119" t="s">
         <v>82</v>
       </c>
       <c r="AY119">
         <v>7856962934</v>
       </c>
       <c r="AZ119" t="s">
         <v>73</v>
       </c>
       <c r="BA119"/>
       <c r="BB119" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="BC119" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="BD119" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="BE119" t="s">
         <v>75</v>
       </c>
       <c r="BF119" t="s">
         <v>75</v>
       </c>
       <c r="BG119" t="s">
         <v>75</v>
       </c>
       <c r="BH119">
-        <v>1764</v>
+        <v>1823</v>
       </c>
       <c r="BI119" t="s">
         <v>86</v>
       </c>
       <c r="BJ119"/>
       <c r="BK119" t="s">
         <v>246</v>
       </c>
       <c r="BL119" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="BM119" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="BN119" t="s">
         <v>75</v>
       </c>
       <c r="BO119">
         <v>339</v>
       </c>
       <c r="BP119"/>
       <c r="BQ119"/>
       <c r="BR119">
         <v>33.17</v>
       </c>
       <c r="BS119" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="120" spans="1:71">
       <c r="A120" t="s">
         <v>66</v>
       </c>
       <c r="B120" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C120">
         <v>4213210183</v>
       </c>
       <c r="D120">
         <v>496033</v>
       </c>
       <c r="E120">
         <v>113.52</v>
       </c>
       <c r="F120" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="G120" t="s">
         <v>69</v>
       </c>
       <c r="H120" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="I120">
         <v>52.49</v>
       </c>
       <c r="J120" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="K120" t="s">
         <v>240</v>
       </c>
       <c r="L120">
         <v>9051966873</v>
       </c>
       <c r="M120" t="s">
         <v>73</v>
       </c>
       <c r="N120" t="s">
         <v>74</v>
       </c>
       <c r="O120"/>
       <c r="P120" t="s">
         <v>75</v>
       </c>
       <c r="Q120" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="R120" t="s">
         <v>75</v>
       </c>
       <c r="S120" t="s">
         <v>75</v>
       </c>
       <c r="T120" t="s">
         <v>160</v>
       </c>
       <c r="U120">
         <v>4213210183</v>
       </c>
       <c r="V120">
         <v>496033</v>
       </c>
       <c r="W120" t="s">
         <v>75</v>
       </c>
       <c r="X120">
         <v>113.52</v>
       </c>
       <c r="Y120">
         <v>1</v>
       </c>
       <c r="Z120" t="s">
         <v>75</v>
       </c>
       <c r="AA120" t="s">
         <v>66</v>
       </c>
       <c r="AB120" t="s">
         <v>69</v>
       </c>
       <c r="AC120" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="AD120" t="s">
         <v>75</v>
       </c>
       <c r="AE120">
         <v>524727266791</v>
       </c>
       <c r="AF120" t="s">
         <v>77</v>
       </c>
       <c r="AG120"/>
       <c r="AH120" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="AI120"/>
       <c r="AJ120" t="s">
         <v>513</v>
       </c>
       <c r="AK120" t="s">
         <v>80</v>
       </c>
       <c r="AL120" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="AM120"/>
       <c r="AN120" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="AO120">
         <v>52.49</v>
       </c>
       <c r="AP120" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="AQ120" t="s">
         <v>666</v>
       </c>
       <c r="AR120" t="s">
         <v>651</v>
       </c>
       <c r="AS120" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="AT120" t="s">
         <v>75</v>
       </c>
       <c r="AU120"/>
       <c r="AV120"/>
       <c r="AW120"/>
       <c r="AX120" t="s">
         <v>82</v>
       </c>
       <c r="AY120">
         <v>9051966873</v>
       </c>
       <c r="AZ120" t="s">
         <v>73</v>
       </c>
       <c r="BA120"/>
       <c r="BB120" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="BC120" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="BD120" t="s">
         <v>75</v>
       </c>
       <c r="BE120" t="s">
         <v>75</v>
       </c>
       <c r="BF120" t="s">
         <v>75</v>
       </c>
       <c r="BG120" t="s">
         <v>75</v>
       </c>
       <c r="BH120">
-        <v>1768</v>
+        <v>1827</v>
       </c>
       <c r="BI120" t="s">
         <v>86</v>
       </c>
       <c r="BJ120"/>
       <c r="BK120"/>
       <c r="BL120"/>
       <c r="BM120" t="s">
         <v>75</v>
       </c>
       <c r="BN120" t="s">
         <v>75</v>
       </c>
       <c r="BO120">
         <v>0</v>
       </c>
       <c r="BP120"/>
       <c r="BQ120"/>
       <c r="BR120">
         <v>113.52</v>
       </c>
       <c r="BS120"/>
     </row>
     <row r="121" spans="1:71">
       <c r="A121" t="s">
         <v>66</v>
       </c>
       <c r="B121" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C121">
         <v>4210723962</v>
       </c>
       <c r="D121">
         <v>495933</v>
       </c>
       <c r="E121">
         <v>27.87</v>
       </c>
       <c r="F121" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="G121" t="s">
         <v>69</v>
       </c>
       <c r="H121"/>
       <c r="I121">
         <v>0</v>
       </c>
       <c r="J121" t="s">
         <v>75</v>
       </c>
       <c r="K121" t="s">
         <v>240</v>
       </c>
       <c r="L121">
         <v>6645172586</v>
       </c>
       <c r="M121" t="s">
         <v>73</v>
       </c>
       <c r="N121" t="s">
         <v>74</v>
       </c>
       <c r="O121"/>
       <c r="P121" t="s">
         <v>75</v>
       </c>
       <c r="Q121" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="R121" t="s">
         <v>75</v>
       </c>
       <c r="S121" t="s">
         <v>75</v>
       </c>
       <c r="T121" t="s">
         <v>160</v>
       </c>
       <c r="U121">
         <v>4210723962</v>
       </c>
       <c r="V121">
         <v>495933</v>
       </c>
       <c r="W121" t="s">
         <v>75</v>
       </c>
       <c r="X121">
         <v>27.87</v>
       </c>
       <c r="Y121">
         <v>1</v>
       </c>
       <c r="Z121" t="s">
         <v>75</v>
       </c>
       <c r="AA121" t="s">
         <v>66</v>
       </c>
       <c r="AB121" t="s">
         <v>69</v>
       </c>
       <c r="AC121" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="AD121" t="s">
         <v>75</v>
       </c>
       <c r="AE121">
         <v>4425728344</v>
       </c>
       <c r="AF121" t="s">
         <v>77</v>
       </c>
       <c r="AG121"/>
       <c r="AH121" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="AI121"/>
       <c r="AJ121" t="s">
         <v>254</v>
       </c>
       <c r="AK121" t="s">
         <v>80</v>
       </c>
       <c r="AL121" t="s">
         <v>75</v>
       </c>
       <c r="AM121"/>
       <c r="AN121"/>
       <c r="AO121">
         <v>0</v>
       </c>
       <c r="AP121" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="AQ121"/>
       <c r="AR121"/>
       <c r="AS121"/>
       <c r="AT121" t="s">
         <v>75</v>
       </c>
       <c r="AU121"/>
       <c r="AV121"/>
       <c r="AW121"/>
       <c r="AX121" t="s">
         <v>82</v>
       </c>
       <c r="AY121">
         <v>6645172586</v>
       </c>
       <c r="AZ121" t="s">
         <v>73</v>
       </c>
       <c r="BA121"/>
       <c r="BB121" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="BC121" t="s">
         <v>75</v>
       </c>
       <c r="BD121" t="s">
         <v>75</v>
       </c>
       <c r="BE121" t="s">
         <v>75</v>
       </c>
       <c r="BF121" t="s">
         <v>75</v>
       </c>
       <c r="BG121" t="s">
         <v>75</v>
       </c>
       <c r="BH121">
-        <v>1769</v>
+        <v>1828</v>
       </c>
       <c r="BI121" t="s">
         <v>86</v>
       </c>
       <c r="BJ121"/>
       <c r="BK121"/>
       <c r="BL121"/>
       <c r="BM121" t="s">
         <v>75</v>
       </c>
       <c r="BN121" t="s">
         <v>75</v>
       </c>
       <c r="BO121">
         <v>0</v>
       </c>
       <c r="BP121"/>
       <c r="BQ121"/>
       <c r="BR121">
         <v>27.87</v>
       </c>
       <c r="BS121"/>
     </row>
     <row r="122" spans="1:71">
       <c r="A122" t="s">
         <v>66</v>
       </c>
       <c r="B122" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C122">
         <v>4201984882</v>
       </c>
       <c r="D122">
         <v>495409</v>
       </c>
       <c r="E122">
         <v>36</v>
       </c>
       <c r="F122" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="G122" t="s">
         <v>69</v>
       </c>
       <c r="H122" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="I122">
         <v>12.99</v>
       </c>
       <c r="J122" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="K122" t="s">
         <v>72</v>
       </c>
       <c r="L122">
         <v>6097685856</v>
       </c>
       <c r="M122" t="s">
         <v>73</v>
       </c>
       <c r="N122" t="s">
         <v>74</v>
       </c>
       <c r="O122"/>
       <c r="P122" t="s">
         <v>75</v>
       </c>
       <c r="Q122" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="R122" t="s">
         <v>75</v>
       </c>
       <c r="S122" t="s">
         <v>75</v>
       </c>
       <c r="T122" t="s">
         <v>76</v>
       </c>
       <c r="U122">
         <v>4201984882</v>
       </c>
       <c r="V122">
         <v>495409</v>
       </c>
       <c r="W122" t="s">
         <v>75</v>
       </c>
       <c r="X122">
         <v>36</v>
       </c>
       <c r="Y122">
         <v>1</v>
       </c>
       <c r="Z122" t="s">
         <v>75</v>
       </c>
       <c r="AA122" t="s">
         <v>66</v>
       </c>
       <c r="AB122" t="s">
         <v>69</v>
       </c>
       <c r="AC122" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="AD122" t="s">
         <v>75</v>
       </c>
       <c r="AE122">
         <v>5554529654</v>
       </c>
       <c r="AF122" t="s">
         <v>77</v>
       </c>
       <c r="AG122"/>
       <c r="AH122" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="AI122"/>
       <c r="AJ122" t="s">
         <v>322</v>
       </c>
       <c r="AK122" t="s">
         <v>80</v>
       </c>
       <c r="AL122" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="AM122"/>
       <c r="AN122" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="AO122">
         <v>12.99</v>
       </c>
       <c r="AP122" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="AQ122"/>
       <c r="AR122"/>
       <c r="AS122"/>
       <c r="AT122" t="s">
         <v>75</v>
       </c>
       <c r="AU122"/>
       <c r="AV122"/>
       <c r="AW122"/>
       <c r="AX122" t="s">
         <v>82</v>
       </c>
       <c r="AY122">
         <v>6097685856</v>
       </c>
       <c r="AZ122" t="s">
         <v>73</v>
       </c>
       <c r="BA122"/>
       <c r="BB122" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="BC122" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="BD122" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="BE122" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="BF122" t="s">
         <v>75</v>
       </c>
       <c r="BG122" t="s">
         <v>75</v>
       </c>
       <c r="BH122">
-        <v>1773</v>
+        <v>1832</v>
       </c>
       <c r="BI122" t="s">
         <v>86</v>
       </c>
       <c r="BJ122"/>
       <c r="BK122"/>
       <c r="BL122"/>
       <c r="BM122" t="s">
         <v>75</v>
       </c>
       <c r="BN122" t="s">
         <v>75</v>
       </c>
       <c r="BO122">
         <v>0</v>
       </c>
       <c r="BP122"/>
       <c r="BQ122"/>
       <c r="BR122">
         <v>36</v>
       </c>
       <c r="BS122"/>
     </row>
     <row r="123" spans="1:71">
       <c r="A123" t="s">
         <v>66</v>
       </c>
       <c r="B123" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C123">
         <v>4201832457</v>
       </c>
       <c r="D123">
         <v>495410</v>
       </c>
       <c r="E123">
         <v>127.95</v>
       </c>
       <c r="F123" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="G123" t="s">
         <v>69</v>
       </c>
       <c r="H123"/>
       <c r="I123">
         <v>0</v>
       </c>
       <c r="J123" t="s">
         <v>75</v>
       </c>
       <c r="K123" t="s">
         <v>240</v>
       </c>
       <c r="L123">
         <v>6097674914</v>
       </c>
       <c r="M123" t="s">
         <v>73</v>
       </c>
       <c r="N123" t="s">
         <v>74</v>
       </c>
       <c r="O123"/>
       <c r="P123" t="s">
         <v>75</v>
       </c>
       <c r="Q123" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="R123" t="s">
         <v>75</v>
       </c>
       <c r="S123" t="s">
         <v>75</v>
       </c>
       <c r="T123" t="s">
         <v>160</v>
       </c>
       <c r="U123">
         <v>4201832457</v>
       </c>
       <c r="V123">
         <v>495410</v>
       </c>
       <c r="W123" t="s">
         <v>75</v>
       </c>
       <c r="X123">
         <v>127.95</v>
       </c>
       <c r="Y123">
         <v>1</v>
       </c>
       <c r="Z123" t="s">
         <v>75</v>
       </c>
       <c r="AA123" t="s">
         <v>66</v>
       </c>
       <c r="AB123" t="s">
         <v>69</v>
       </c>
       <c r="AC123" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="AD123" t="s">
         <v>75</v>
       </c>
       <c r="AE123">
         <v>28489960</v>
       </c>
       <c r="AF123" t="s">
         <v>77</v>
       </c>
       <c r="AG123"/>
       <c r="AH123" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="AI123"/>
       <c r="AJ123" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="AK123" t="s">
         <v>80</v>
       </c>
       <c r="AL123" t="s">
         <v>75</v>
       </c>
       <c r="AM123"/>
       <c r="AN123"/>
       <c r="AO123">
         <v>0</v>
       </c>
       <c r="AP123" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="AQ123"/>
       <c r="AR123"/>
       <c r="AS123"/>
       <c r="AT123" t="s">
         <v>75</v>
       </c>
       <c r="AU123"/>
       <c r="AV123"/>
       <c r="AW123"/>
       <c r="AX123" t="s">
         <v>82</v>
       </c>
       <c r="AY123">
         <v>6097674914</v>
       </c>
       <c r="AZ123" t="s">
         <v>73</v>
       </c>
       <c r="BA123"/>
       <c r="BB123" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="BC123" t="s">
         <v>75</v>
       </c>
       <c r="BD123" t="s">
         <v>75</v>
       </c>
       <c r="BE123" t="s">
         <v>75</v>
       </c>
       <c r="BF123" t="s">
         <v>75</v>
       </c>
       <c r="BG123" t="s">
         <v>75</v>
       </c>
       <c r="BH123">
-        <v>1773</v>
+        <v>1832</v>
       </c>
       <c r="BI123" t="s">
         <v>86</v>
       </c>
       <c r="BJ123"/>
       <c r="BK123"/>
       <c r="BL123"/>
       <c r="BM123" t="s">
         <v>75</v>
       </c>
       <c r="BN123" t="s">
         <v>75</v>
       </c>
       <c r="BO123">
         <v>0</v>
       </c>
       <c r="BP123"/>
       <c r="BQ123"/>
       <c r="BR123">
         <v>127.95</v>
       </c>
       <c r="BS123"/>
     </row>
     <row r="124" spans="1:71">
       <c r="A124" t="s">
         <v>66</v>
       </c>
       <c r="B124" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C124">
         <v>4196167947</v>
       </c>
       <c r="D124">
         <v>495131</v>
       </c>
       <c r="E124">
         <v>53.02</v>
       </c>
       <c r="F124" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="G124" t="s">
         <v>69</v>
       </c>
       <c r="H124" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="I124">
         <v>17.52</v>
       </c>
       <c r="J124" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="K124" t="s">
         <v>72</v>
       </c>
       <c r="L124">
         <v>7420458813</v>
       </c>
       <c r="M124" t="s">
         <v>73</v>
       </c>
       <c r="N124" t="s">
         <v>74</v>
       </c>
       <c r="O124"/>
       <c r="P124" t="s">
         <v>75</v>
       </c>
       <c r="Q124" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="R124" t="s">
         <v>75</v>
       </c>
       <c r="S124" t="s">
         <v>75</v>
       </c>
       <c r="T124" t="s">
         <v>76</v>
       </c>
       <c r="U124">
         <v>4196167947</v>
       </c>
       <c r="V124">
         <v>495131</v>
       </c>
       <c r="W124" t="s">
         <v>75</v>
       </c>
       <c r="X124">
         <v>53.02</v>
       </c>
       <c r="Y124">
         <v>1</v>
       </c>
       <c r="Z124" t="s">
         <v>75</v>
       </c>
       <c r="AA124" t="s">
         <v>66</v>
       </c>
       <c r="AB124" t="s">
         <v>69</v>
       </c>
       <c r="AC124" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="AD124" t="s">
         <v>75</v>
       </c>
       <c r="AE124">
         <v>5540194894</v>
       </c>
       <c r="AF124" t="s">
         <v>77</v>
       </c>
       <c r="AG124"/>
       <c r="AH124" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="AI124"/>
       <c r="AJ124" t="s">
         <v>459</v>
       </c>
       <c r="AK124" t="s">
         <v>80</v>
       </c>
       <c r="AL124" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="AM124"/>
       <c r="AN124" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="AO124">
         <v>17.52</v>
       </c>
       <c r="AP124" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="AQ124"/>
       <c r="AR124"/>
       <c r="AS124"/>
       <c r="AT124" t="s">
         <v>75</v>
       </c>
       <c r="AU124"/>
       <c r="AV124"/>
       <c r="AW124"/>
       <c r="AX124" t="s">
         <v>82</v>
       </c>
       <c r="AY124">
         <v>7420458813</v>
       </c>
       <c r="AZ124" t="s">
         <v>73</v>
       </c>
       <c r="BA124"/>
       <c r="BB124" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="BC124" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="BD124" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="BE124" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="BF124" t="s">
         <v>75</v>
       </c>
       <c r="BG124" t="s">
         <v>75</v>
       </c>
       <c r="BH124">
-        <v>1775</v>
+        <v>1834</v>
       </c>
       <c r="BI124" t="s">
         <v>86</v>
       </c>
       <c r="BJ124"/>
       <c r="BK124"/>
       <c r="BL124"/>
       <c r="BM124" t="s">
         <v>75</v>
       </c>
       <c r="BN124" t="s">
         <v>75</v>
       </c>
       <c r="BO124">
         <v>0</v>
       </c>
       <c r="BP124"/>
       <c r="BQ124"/>
       <c r="BR124">
         <v>53.02</v>
       </c>
       <c r="BS124"/>
     </row>
     <row r="125" spans="1:71">
       <c r="A125" t="s">
         <v>66</v>
       </c>
       <c r="B125" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C125">
         <v>4188960055</v>
       </c>
       <c r="D125">
         <v>494570</v>
       </c>
       <c r="E125">
         <v>36.92</v>
       </c>
       <c r="F125" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="G125" t="s">
         <v>69</v>
       </c>
       <c r="H125"/>
       <c r="I125">
         <v>0</v>
       </c>
       <c r="J125" t="s">
         <v>75</v>
       </c>
       <c r="K125" t="s">
         <v>240</v>
       </c>
       <c r="L125">
         <v>1553546050</v>
       </c>
       <c r="M125" t="s">
         <v>73</v>
       </c>
       <c r="N125" t="s">
         <v>74</v>
       </c>
       <c r="O125"/>
       <c r="P125" t="s">
         <v>75</v>
       </c>
       <c r="Q125" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="R125" t="s">
         <v>75</v>
       </c>
       <c r="S125" t="s">
         <v>75</v>
       </c>
       <c r="T125" t="s">
         <v>160</v>
       </c>
       <c r="U125">
         <v>4188960055</v>
       </c>
       <c r="V125">
         <v>494570</v>
       </c>
       <c r="W125" t="s">
         <v>75</v>
       </c>
       <c r="X125">
         <v>36.92</v>
       </c>
       <c r="Y125">
         <v>1</v>
       </c>
       <c r="Z125" t="s">
         <v>75</v>
       </c>
       <c r="AA125" t="s">
         <v>66</v>
       </c>
       <c r="AB125" t="s">
         <v>69</v>
       </c>
       <c r="AC125" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="AD125" t="s">
         <v>75</v>
       </c>
       <c r="AE125">
         <v>8673307578</v>
       </c>
       <c r="AF125" t="s">
         <v>77</v>
       </c>
       <c r="AG125"/>
       <c r="AH125" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="AI125"/>
       <c r="AJ125" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="AK125" t="s">
         <v>80</v>
       </c>
       <c r="AL125" t="s">
         <v>75</v>
       </c>
       <c r="AM125"/>
       <c r="AN125"/>
       <c r="AO125">
         <v>0</v>
       </c>
       <c r="AP125" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="AQ125"/>
       <c r="AR125"/>
       <c r="AS125"/>
       <c r="AT125" t="s">
         <v>75</v>
       </c>
       <c r="AU125"/>
       <c r="AV125"/>
       <c r="AW125"/>
       <c r="AX125" t="s">
         <v>82</v>
       </c>
       <c r="AY125">
         <v>1553546050</v>
       </c>
       <c r="AZ125" t="s">
         <v>73</v>
       </c>
       <c r="BA125"/>
       <c r="BB125" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="BC125" t="s">
         <v>75</v>
       </c>
       <c r="BD125" t="s">
         <v>75</v>
       </c>
       <c r="BE125" t="s">
         <v>75</v>
       </c>
       <c r="BF125" t="s">
         <v>75</v>
       </c>
       <c r="BG125" t="s">
         <v>75</v>
       </c>
       <c r="BH125">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="BI125" t="s">
         <v>86</v>
       </c>
       <c r="BJ125"/>
       <c r="BK125"/>
       <c r="BL125"/>
       <c r="BM125" t="s">
         <v>75</v>
       </c>
       <c r="BN125" t="s">
         <v>75</v>
       </c>
       <c r="BO125">
         <v>0</v>
       </c>
       <c r="BP125"/>
       <c r="BQ125"/>
       <c r="BR125">
         <v>36.92</v>
       </c>
       <c r="BS125"/>
     </row>
     <row r="126" spans="1:71">
       <c r="A126" t="s">
         <v>66</v>
       </c>
       <c r="B126" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="C126">
         <v>4188699383</v>
       </c>
       <c r="D126">
         <v>494572</v>
       </c>
       <c r="E126">
         <v>31.74</v>
       </c>
       <c r="F126" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="G126" t="s">
         <v>69</v>
       </c>
       <c r="H126" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="I126">
         <v>9.99</v>
       </c>
       <c r="J126" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="K126" t="s">
         <v>72</v>
       </c>
       <c r="L126">
         <v>1553512612</v>
       </c>
       <c r="M126" t="s">
         <v>73</v>
       </c>
       <c r="N126" t="s">
         <v>74</v>
       </c>
       <c r="O126"/>
       <c r="P126" t="s">
         <v>75</v>
       </c>
       <c r="Q126" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="R126" t="s">
         <v>75</v>
       </c>
       <c r="S126" t="s">
         <v>75</v>
       </c>
       <c r="T126" t="s">
         <v>76</v>
       </c>
       <c r="U126">
         <v>4188699383</v>
       </c>
       <c r="V126">
         <v>494572</v>
       </c>
       <c r="W126" t="s">
         <v>75</v>
       </c>
       <c r="X126">
         <v>31.74</v>
       </c>
       <c r="Y126">
         <v>1</v>
       </c>
       <c r="Z126" t="s">
         <v>75</v>
       </c>
       <c r="AA126" t="s">
         <v>66</v>
       </c>
       <c r="AB126" t="s">
         <v>69</v>
       </c>
       <c r="AC126" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="AD126" t="s">
         <v>75</v>
       </c>
       <c r="AE126">
         <v>5576968777</v>
       </c>
       <c r="AF126" t="s">
         <v>77</v>
       </c>
       <c r="AG126"/>
       <c r="AH126" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="AI126"/>
       <c r="AJ126" t="s">
         <v>242</v>
       </c>
       <c r="AK126" t="s">
         <v>80</v>
       </c>
       <c r="AL126" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="AM126"/>
       <c r="AN126" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="AO126">
         <v>9.99</v>
       </c>
       <c r="AP126" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="AQ126" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="AR126" t="s">
         <v>651</v>
       </c>
       <c r="AS126" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="AT126" t="s">
         <v>75</v>
       </c>
       <c r="AU126"/>
       <c r="AV126"/>
       <c r="AW126"/>
       <c r="AX126" t="s">
         <v>82</v>
       </c>
       <c r="AY126">
         <v>1553512612</v>
       </c>
       <c r="AZ126" t="s">
         <v>73</v>
       </c>
       <c r="BA126"/>
       <c r="BB126" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="BC126" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="BD126" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="BE126" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="BF126" t="s">
         <v>75</v>
       </c>
       <c r="BG126" t="s">
         <v>75</v>
       </c>
       <c r="BH126">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="BI126" t="s">
         <v>86</v>
       </c>
       <c r="BJ126"/>
       <c r="BK126"/>
       <c r="BL126"/>
       <c r="BM126" t="s">
         <v>75</v>
       </c>
       <c r="BN126" t="s">
         <v>75</v>
       </c>
       <c r="BO126">
         <v>0</v>
       </c>
       <c r="BP126"/>
       <c r="BQ126"/>
       <c r="BR126">
         <v>31.74</v>
       </c>
       <c r="BS126"/>
     </row>
     <row r="127" spans="1:71">
       <c r="A127" t="s">
         <v>66</v>
       </c>
       <c r="B127" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C127">
         <v>4187251417</v>
       </c>
       <c r="D127">
         <v>494436</v>
       </c>
       <c r="E127">
         <v>80.48</v>
       </c>
       <c r="F127" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="G127" t="s">
         <v>69</v>
       </c>
       <c r="H127" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="I127">
         <v>36.36</v>
       </c>
       <c r="J127" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="K127" t="s">
         <v>72</v>
       </c>
       <c r="L127">
         <v>1553401986</v>
       </c>
       <c r="M127" t="s">
         <v>73</v>
       </c>
       <c r="N127" t="s">
         <v>74</v>
       </c>
       <c r="O127"/>
       <c r="P127" t="s">
         <v>75</v>
       </c>
       <c r="Q127" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="R127" t="s">
         <v>75</v>
       </c>
       <c r="S127" t="s">
         <v>75</v>
       </c>
       <c r="T127" t="s">
         <v>76</v>
       </c>
       <c r="U127">
         <v>4187251417</v>
       </c>
       <c r="V127">
         <v>494436</v>
       </c>
       <c r="W127" t="s">
         <v>75</v>
       </c>
       <c r="X127">
         <v>80.48</v>
       </c>
       <c r="Y127">
         <v>1</v>
       </c>
       <c r="Z127" t="s">
         <v>75</v>
       </c>
       <c r="AA127" t="s">
         <v>66</v>
       </c>
       <c r="AB127" t="s">
         <v>69</v>
       </c>
       <c r="AC127" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="AD127" t="s">
         <v>75</v>
       </c>
       <c r="AE127">
         <v>5613785166</v>
       </c>
       <c r="AF127" t="s">
         <v>77</v>
       </c>
       <c r="AG127"/>
       <c r="AH127" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="AI127"/>
       <c r="AJ127" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="AK127" t="s">
         <v>80</v>
       </c>
       <c r="AL127" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="AM127"/>
       <c r="AN127" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="AO127">
         <v>36.36</v>
       </c>
       <c r="AP127" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="AQ127" t="s">
         <v>666</v>
       </c>
       <c r="AR127" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="AS127" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="AT127" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="AU127"/>
       <c r="AV127"/>
       <c r="AW127"/>
       <c r="AX127" t="s">
         <v>82</v>
       </c>
       <c r="AY127">
         <v>1553401986</v>
       </c>
       <c r="AZ127" t="s">
         <v>73</v>
       </c>
       <c r="BA127"/>
       <c r="BB127" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="BC127" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="BD127" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="BE127" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="BF127" t="s">
         <v>75</v>
       </c>
       <c r="BG127" t="s">
         <v>75</v>
       </c>
       <c r="BH127">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="BI127" t="s">
         <v>86</v>
       </c>
       <c r="BJ127"/>
       <c r="BK127"/>
       <c r="BL127"/>
       <c r="BM127" t="s">
         <v>75</v>
       </c>
       <c r="BN127" t="s">
         <v>75</v>
       </c>
       <c r="BO127">
         <v>0</v>
       </c>
       <c r="BP127"/>
       <c r="BQ127"/>
       <c r="BR127">
         <v>80.48</v>
       </c>
       <c r="BS127"/>
     </row>
     <row r="128" spans="1:71">
       <c r="A128" t="s">
         <v>66</v>
       </c>
       <c r="B128" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C128">
         <v>4185644530</v>
       </c>
       <c r="D128">
         <v>494318</v>
       </c>
       <c r="E128">
         <v>38.19</v>
       </c>
       <c r="F128" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="G128" t="s">
         <v>69</v>
       </c>
       <c r="H128" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="I128">
         <v>14.24</v>
       </c>
       <c r="J128" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="K128" t="s">
         <v>72</v>
       </c>
       <c r="L128">
         <v>3444613255</v>
       </c>
       <c r="M128" t="s">
         <v>73</v>
       </c>
       <c r="N128" t="s">
         <v>74</v>
       </c>
       <c r="O128"/>
       <c r="P128" t="s">
         <v>75</v>
       </c>
       <c r="Q128" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="R128" t="s">
         <v>75</v>
       </c>
       <c r="S128" t="s">
         <v>75</v>
       </c>
       <c r="T128" t="s">
         <v>160</v>
       </c>
       <c r="U128">
         <v>4185644530</v>
       </c>
       <c r="V128">
         <v>494318</v>
       </c>
       <c r="W128" t="s">
         <v>75</v>
       </c>
       <c r="X128">
         <v>38.19</v>
       </c>
       <c r="Y128">
         <v>1</v>
       </c>
       <c r="Z128" t="s">
         <v>75</v>
       </c>
       <c r="AA128" t="s">
         <v>66</v>
       </c>
       <c r="AB128" t="s">
         <v>69</v>
       </c>
       <c r="AC128" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="AD128" t="s">
         <v>75</v>
       </c>
       <c r="AE128" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="AF128" t="s">
         <v>77</v>
       </c>
       <c r="AG128"/>
       <c r="AH128" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="AI128"/>
       <c r="AJ128" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="AK128" t="s">
         <v>80</v>
       </c>
       <c r="AL128" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="AM128"/>
       <c r="AN128" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="AO128">
         <v>14.24</v>
       </c>
       <c r="AP128" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="AQ128"/>
       <c r="AR128"/>
       <c r="AS128"/>
       <c r="AT128" t="s">
         <v>75</v>
       </c>
       <c r="AU128"/>
       <c r="AV128"/>
       <c r="AW128"/>
       <c r="AX128" t="s">
         <v>82</v>
       </c>
       <c r="AY128">
         <v>3444613255</v>
       </c>
       <c r="AZ128" t="s">
         <v>73</v>
       </c>
       <c r="BA128"/>
       <c r="BB128" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="BC128" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="BD128" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="BE128" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="BF128" t="s">
         <v>75</v>
       </c>
       <c r="BG128" t="s">
         <v>75</v>
       </c>
       <c r="BH128">
-        <v>1779</v>
+        <v>1838</v>
       </c>
       <c r="BI128" t="s">
         <v>86</v>
       </c>
       <c r="BJ128"/>
       <c r="BK128"/>
       <c r="BL128"/>
       <c r="BM128" t="s">
         <v>75</v>
       </c>
       <c r="BN128" t="s">
         <v>75</v>
       </c>
       <c r="BO128">
         <v>0</v>
       </c>
       <c r="BP128"/>
       <c r="BQ128"/>
       <c r="BR128">
         <v>38.19</v>
       </c>
       <c r="BS128"/>
     </row>
     <row r="129" spans="1:71">
       <c r="A129" t="s">
         <v>66</v>
       </c>
       <c r="B129" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C129">
         <v>4183005863</v>
       </c>
       <c r="D129">
         <v>494197</v>
       </c>
       <c r="E129">
         <v>28.91</v>
       </c>
       <c r="F129" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="G129" t="s">
         <v>69</v>
       </c>
       <c r="H129"/>
       <c r="I129">
         <v>0</v>
       </c>
       <c r="J129" t="s">
         <v>75</v>
       </c>
       <c r="K129" t="s">
         <v>240</v>
       </c>
       <c r="L129">
         <v>5840492453</v>
       </c>
       <c r="M129" t="s">
         <v>73</v>
       </c>
       <c r="N129" t="s">
         <v>74</v>
       </c>
       <c r="O129"/>
       <c r="P129" t="s">
         <v>75</v>
       </c>
       <c r="Q129" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="R129" t="s">
         <v>75</v>
       </c>
       <c r="S129" t="s">
         <v>75</v>
       </c>
       <c r="T129" t="s">
         <v>160</v>
       </c>
       <c r="U129">
         <v>4183005863</v>
       </c>
       <c r="V129">
         <v>494197</v>
       </c>
       <c r="W129" t="s">
         <v>75</v>
       </c>
       <c r="X129">
         <v>28.91</v>
       </c>
       <c r="Y129">
         <v>1</v>
       </c>
       <c r="Z129" t="s">
         <v>75</v>
       </c>
       <c r="AA129" t="s">
         <v>66</v>
       </c>
       <c r="AB129" t="s">
         <v>69</v>
       </c>
       <c r="AC129" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="AD129" t="s">
         <v>75</v>
       </c>
       <c r="AE129" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="AF129" t="s">
         <v>77</v>
       </c>
       <c r="AG129"/>
       <c r="AH129" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="AI129"/>
       <c r="AJ129" t="s">
         <v>636</v>
       </c>
       <c r="AK129" t="s">
         <v>80</v>
       </c>
       <c r="AL129" t="s">
         <v>75</v>
       </c>
       <c r="AM129"/>
       <c r="AN129"/>
       <c r="AO129">
         <v>0</v>
       </c>
       <c r="AP129" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="AQ129"/>
       <c r="AR129"/>
       <c r="AS129"/>
       <c r="AT129" t="s">
         <v>75</v>
       </c>
       <c r="AU129"/>
       <c r="AV129"/>
       <c r="AW129"/>
       <c r="AX129" t="s">
         <v>82</v>
       </c>
       <c r="AY129">
         <v>5840492453</v>
       </c>
       <c r="AZ129" t="s">
         <v>73</v>
       </c>
       <c r="BA129"/>
       <c r="BB129" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="BC129" t="s">
         <v>75</v>
       </c>
       <c r="BD129" t="s">
         <v>75</v>
       </c>
       <c r="BE129" t="s">
         <v>75</v>
       </c>
       <c r="BF129" t="s">
         <v>75</v>
       </c>
       <c r="BG129" t="s">
         <v>75</v>
       </c>
       <c r="BH129">
-        <v>1780</v>
+        <v>1839</v>
       </c>
       <c r="BI129" t="s">
         <v>86</v>
       </c>
       <c r="BJ129"/>
       <c r="BK129"/>
       <c r="BL129"/>
       <c r="BM129" t="s">
         <v>75</v>
       </c>
       <c r="BN129" t="s">
         <v>75</v>
       </c>
       <c r="BO129">
         <v>0</v>
       </c>
       <c r="BP129"/>
       <c r="BQ129"/>
       <c r="BR129">
         <v>28.91</v>
       </c>
       <c r="BS129"/>
     </row>
     <row r="130" spans="1:71">
       <c r="A130" t="s">
         <v>66</v>
       </c>
       <c r="B130" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C130">
         <v>4181203859</v>
       </c>
       <c r="D130">
         <v>494133</v>
       </c>
       <c r="E130">
         <v>148.42</v>
       </c>
       <c r="F130" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="G130" t="s">
         <v>69</v>
       </c>
       <c r="H130" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="I130">
         <v>85.5</v>
       </c>
       <c r="J130" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="K130" t="s">
         <v>72</v>
       </c>
       <c r="L130">
         <v>8985701771</v>
       </c>
       <c r="M130" t="s">
         <v>73</v>
       </c>
       <c r="N130" t="s">
         <v>74</v>
       </c>
       <c r="O130"/>
       <c r="P130" t="s">
         <v>75</v>
       </c>
       <c r="Q130" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="R130" t="s">
         <v>75</v>
       </c>
       <c r="S130" t="s">
         <v>75</v>
       </c>
       <c r="T130" t="s">
         <v>76</v>
       </c>
       <c r="U130">
         <v>4181203859</v>
       </c>
       <c r="V130">
         <v>494133</v>
       </c>
       <c r="W130" t="s">
         <v>75</v>
       </c>
       <c r="X130">
         <v>148.42</v>
       </c>
       <c r="Y130">
         <v>1</v>
       </c>
       <c r="Z130" t="s">
         <v>75</v>
       </c>
       <c r="AA130" t="s">
         <v>66</v>
       </c>
       <c r="AB130" t="s">
         <v>69</v>
       </c>
       <c r="AC130" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="AD130" t="s">
         <v>75</v>
       </c>
       <c r="AE130">
         <v>5553348925</v>
       </c>
       <c r="AF130" t="s">
         <v>77</v>
       </c>
       <c r="AG130"/>
       <c r="AH130" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="AI130"/>
       <c r="AJ130" t="s">
         <v>242</v>
       </c>
       <c r="AK130" t="s">
         <v>80</v>
       </c>
       <c r="AL130" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="AM130"/>
       <c r="AN130" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="AO130">
         <v>85.5</v>
       </c>
       <c r="AP130" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="AQ130" t="s">
         <v>666</v>
       </c>
       <c r="AR130" t="s">
         <v>667</v>
       </c>
       <c r="AS130" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="AT130" t="s">
         <v>75</v>
       </c>
       <c r="AU130"/>
       <c r="AV130"/>
       <c r="AW130"/>
       <c r="AX130" t="s">
         <v>82</v>
       </c>
       <c r="AY130">
         <v>8985701771</v>
       </c>
       <c r="AZ130" t="s">
         <v>73</v>
       </c>
       <c r="BA130"/>
       <c r="BB130" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="BC130" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="BD130" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="BE130" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="BF130" t="s">
         <v>75</v>
       </c>
       <c r="BG130" t="s">
         <v>75</v>
       </c>
       <c r="BH130">
-        <v>1781</v>
+        <v>1840</v>
       </c>
       <c r="BI130" t="s">
         <v>86</v>
       </c>
       <c r="BJ130"/>
       <c r="BK130"/>
       <c r="BL130"/>
       <c r="BM130" t="s">
         <v>75</v>
       </c>
       <c r="BN130" t="s">
         <v>75</v>
       </c>
       <c r="BO130">
         <v>0</v>
       </c>
       <c r="BP130"/>
       <c r="BQ130"/>
       <c r="BR130">
         <v>148.42</v>
       </c>
       <c r="BS130"/>
     </row>
     <row r="131" spans="1:71">
       <c r="A131" t="s">
         <v>66</v>
       </c>
       <c r="B131" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C131">
         <v>4180038134</v>
       </c>
       <c r="D131">
         <v>494081</v>
       </c>
       <c r="E131">
         <v>29.74</v>
       </c>
       <c r="F131" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="G131" t="s">
         <v>69</v>
       </c>
       <c r="H131"/>
       <c r="I131">
         <v>0</v>
       </c>
       <c r="J131" t="s">
         <v>75</v>
       </c>
       <c r="K131" t="s">
         <v>240</v>
       </c>
       <c r="L131">
         <v>8985650925</v>
       </c>
       <c r="M131" t="s">
         <v>73</v>
       </c>
       <c r="N131" t="s">
         <v>74</v>
       </c>
       <c r="O131"/>
       <c r="P131" t="s">
         <v>75</v>
       </c>
       <c r="Q131" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="R131" t="s">
         <v>75</v>
       </c>
       <c r="S131" t="s">
         <v>75</v>
       </c>
       <c r="T131" t="s">
         <v>160</v>
       </c>
       <c r="U131">
         <v>4180038134</v>
       </c>
       <c r="V131">
         <v>494081</v>
       </c>
       <c r="W131" t="s">
         <v>75</v>
       </c>
       <c r="X131">
         <v>29.74</v>
       </c>
       <c r="Y131">
         <v>1</v>
       </c>
       <c r="Z131" t="s">
         <v>75</v>
       </c>
       <c r="AA131" t="s">
         <v>66</v>
       </c>
       <c r="AB131" t="s">
         <v>69</v>
       </c>
       <c r="AC131" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="AD131" t="s">
         <v>75</v>
       </c>
       <c r="AE131" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="AF131" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="AG131"/>
       <c r="AH131" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="AI131"/>
       <c r="AJ131" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="AK131" t="s">
         <v>80</v>
       </c>
       <c r="AL131" t="s">
         <v>75</v>
       </c>
       <c r="AM131"/>
       <c r="AN131"/>
       <c r="AO131">
         <v>0</v>
       </c>
       <c r="AP131" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="AQ131"/>
       <c r="AR131"/>
       <c r="AS131"/>
       <c r="AT131" t="s">
         <v>75</v>
       </c>
       <c r="AU131"/>
       <c r="AV131"/>
       <c r="AW131"/>
       <c r="AX131" t="s">
         <v>82</v>
       </c>
       <c r="AY131">
         <v>8985650925</v>
       </c>
       <c r="AZ131" t="s">
         <v>73</v>
       </c>
       <c r="BA131"/>
       <c r="BB131" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="BC131" t="s">
         <v>75</v>
       </c>
       <c r="BD131" t="s">
         <v>75</v>
       </c>
       <c r="BE131" t="s">
         <v>75</v>
       </c>
       <c r="BF131" t="s">
         <v>75</v>
       </c>
       <c r="BG131" t="s">
         <v>75</v>
       </c>
       <c r="BH131">
-        <v>1781</v>
+        <v>1840</v>
       </c>
       <c r="BI131" t="s">
         <v>86</v>
       </c>
       <c r="BJ131"/>
       <c r="BK131"/>
       <c r="BL131"/>
       <c r="BM131" t="s">
         <v>75</v>
       </c>
       <c r="BN131" t="s">
         <v>75</v>
       </c>
       <c r="BO131">
         <v>0</v>
       </c>
       <c r="BP131"/>
       <c r="BQ131"/>
       <c r="BR131">
         <v>29.74</v>
       </c>
       <c r="BS131"/>
     </row>
     <row r="132" spans="1:71">
       <c r="A132" t="s">
         <v>66</v>
       </c>
       <c r="B132" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C132">
         <v>4178142491</v>
       </c>
       <c r="D132">
         <v>494018</v>
       </c>
       <c r="E132">
         <v>37.42</v>
       </c>
       <c r="F132" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="G132" t="s">
         <v>69</v>
       </c>
       <c r="H132" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="I132">
         <v>27.98</v>
       </c>
       <c r="J132" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="K132" t="s">
         <v>240</v>
       </c>
       <c r="L132">
         <v>5820876902</v>
       </c>
       <c r="M132" t="s">
         <v>73</v>
       </c>
       <c r="N132" t="s">
         <v>74</v>
       </c>
       <c r="O132"/>
       <c r="P132" t="s">
         <v>75</v>
       </c>
       <c r="Q132" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="R132" t="s">
         <v>75</v>
       </c>
       <c r="S132" t="s">
         <v>75</v>
       </c>
       <c r="T132" t="s">
         <v>160</v>
       </c>
       <c r="U132">
         <v>4178142491</v>
       </c>
       <c r="V132">
         <v>494018</v>
       </c>
       <c r="W132" t="s">
         <v>75</v>
       </c>
       <c r="X132">
         <v>37.42</v>
       </c>
       <c r="Y132">
         <v>1</v>
       </c>
       <c r="Z132" t="s">
         <v>75</v>
       </c>
       <c r="AA132" t="s">
         <v>66</v>
       </c>
       <c r="AB132" t="s">
         <v>69</v>
       </c>
       <c r="AC132" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="AD132" t="s">
         <v>75</v>
       </c>
       <c r="AE132">
         <v>8717365393</v>
       </c>
       <c r="AF132" t="s">
         <v>77</v>
       </c>
       <c r="AG132"/>
       <c r="AH132" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="AI132"/>
       <c r="AJ132" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="AK132" t="s">
         <v>80</v>
       </c>
       <c r="AL132" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="AM132"/>
       <c r="AN132" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="AO132">
         <v>27.98</v>
       </c>
       <c r="AP132" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="AQ132" t="s">
         <v>666</v>
       </c>
       <c r="AR132" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="AS132" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="AT132" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="AU132"/>
       <c r="AV132"/>
       <c r="AW132"/>
       <c r="AX132" t="s">
         <v>82</v>
       </c>
       <c r="AY132">
         <v>5820876902</v>
       </c>
       <c r="AZ132" t="s">
         <v>73</v>
       </c>
       <c r="BA132"/>
       <c r="BB132" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="BC132" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="BD132" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="BE132" t="s">
         <v>75</v>
       </c>
       <c r="BF132" t="s">
         <v>75</v>
       </c>
       <c r="BG132" t="s">
         <v>75</v>
       </c>
       <c r="BH132">
-        <v>1782</v>
+        <v>1841</v>
       </c>
       <c r="BI132" t="s">
         <v>86</v>
       </c>
       <c r="BJ132"/>
       <c r="BK132" t="s">
         <v>246</v>
       </c>
       <c r="BL132"/>
       <c r="BM132" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="BN132" t="s">
         <v>75</v>
       </c>
       <c r="BO132">
         <v>65</v>
       </c>
       <c r="BP132"/>
       <c r="BQ132"/>
       <c r="BR132">
         <v>37.42</v>
       </c>
       <c r="BS132" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="133" spans="1:71">
       <c r="A133" t="s">
         <v>66</v>
       </c>
       <c r="B133" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C133">
         <v>4174017672</v>
       </c>
       <c r="D133">
         <v>493639</v>
       </c>
       <c r="E133">
         <v>32.13</v>
       </c>
       <c r="F133" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="G133" t="s">
         <v>69</v>
       </c>
       <c r="H133" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="I133">
         <v>9.64</v>
       </c>
       <c r="J133" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="K133" t="s">
         <v>240</v>
       </c>
       <c r="L133">
         <v>8484887795</v>
       </c>
       <c r="M133" t="s">
         <v>73</v>
       </c>
       <c r="N133" t="s">
         <v>74</v>
       </c>
       <c r="O133"/>
       <c r="P133" t="s">
         <v>75</v>
       </c>
       <c r="Q133" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="R133" t="s">
         <v>75</v>
       </c>
       <c r="S133" t="s">
         <v>75</v>
       </c>
       <c r="T133" t="s">
         <v>160</v>
       </c>
       <c r="U133">
         <v>4174017672</v>
       </c>
       <c r="V133">
         <v>493639</v>
       </c>
       <c r="W133" t="s">
         <v>75</v>
       </c>
       <c r="X133">
         <v>32.13</v>
       </c>
       <c r="Y133">
         <v>1</v>
       </c>
       <c r="Z133" t="s">
         <v>75</v>
       </c>
       <c r="AA133" t="s">
         <v>66</v>
       </c>
       <c r="AB133" t="s">
         <v>69</v>
       </c>
       <c r="AC133" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="AD133" t="s">
         <v>75</v>
       </c>
       <c r="AE133" t="s">
         <v>75</v>
       </c>
       <c r="AF133">
         <v>8112140050</v>
       </c>
       <c r="AG133"/>
       <c r="AH133" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="AI133"/>
       <c r="AJ133" t="s">
         <v>79</v>
       </c>
       <c r="AK133" t="s">
         <v>80</v>
       </c>
       <c r="AL133" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="AM133"/>
       <c r="AN133" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="AO133">
         <v>9.64</v>
       </c>
       <c r="AP133" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="AQ133" t="s">
         <v>666</v>
       </c>
       <c r="AR133" t="s">
         <v>651</v>
       </c>
       <c r="AS133" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="AT133" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="AU133"/>
       <c r="AV133"/>
       <c r="AW133"/>
       <c r="AX133" t="s">
         <v>82</v>
       </c>
       <c r="AY133">
         <v>8484887795</v>
       </c>
       <c r="AZ133" t="s">
         <v>73</v>
       </c>
       <c r="BA133"/>
       <c r="BB133" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="BC133" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="BD133" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="BE133" t="s">
         <v>75</v>
       </c>
       <c r="BF133" t="s">
         <v>75</v>
       </c>
       <c r="BG133" t="s">
         <v>75</v>
       </c>
       <c r="BH133">
-        <v>1784</v>
+        <v>1843</v>
       </c>
       <c r="BI133" t="s">
         <v>86</v>
       </c>
       <c r="BJ133"/>
       <c r="BK133"/>
       <c r="BL133"/>
       <c r="BM133" t="s">
         <v>75</v>
       </c>
       <c r="BN133" t="s">
         <v>75</v>
       </c>
       <c r="BO133">
         <v>0</v>
       </c>
       <c r="BP133"/>
       <c r="BQ133"/>
       <c r="BR133">
         <v>32.13</v>
       </c>
       <c r="BS133"/>
     </row>
     <row r="134" spans="1:71">
       <c r="A134" t="s">
         <v>66</v>
       </c>
       <c r="B134" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C134">
         <v>4172395049</v>
       </c>
       <c r="D134">
         <v>493594</v>
       </c>
       <c r="E134">
         <v>120.52</v>
       </c>
       <c r="F134" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="G134" t="s">
         <v>69</v>
       </c>
       <c r="H134" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="I134">
         <v>69.47</v>
       </c>
       <c r="J134" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="K134" t="s">
         <v>72</v>
       </c>
       <c r="L134">
         <v>8484663294</v>
       </c>
       <c r="M134" t="s">
         <v>73</v>
       </c>
       <c r="N134" t="s">
         <v>74</v>
       </c>
       <c r="O134"/>
       <c r="P134" t="s">
         <v>75</v>
       </c>
       <c r="Q134" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="R134" t="s">
         <v>75</v>
       </c>
       <c r="S134" t="s">
         <v>75</v>
       </c>
       <c r="T134" t="s">
         <v>160</v>
       </c>
       <c r="U134">
         <v>4172395049</v>
       </c>
       <c r="V134">
         <v>493594</v>
       </c>
       <c r="W134" t="s">
         <v>75</v>
       </c>
       <c r="X134">
         <v>120.52</v>
       </c>
       <c r="Y134">
         <v>1</v>
       </c>
       <c r="Z134" t="s">
         <v>75</v>
       </c>
       <c r="AA134" t="s">
         <v>66</v>
       </c>
       <c r="AB134" t="s">
         <v>69</v>
       </c>
       <c r="AC134" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="AD134" t="s">
         <v>75</v>
       </c>
       <c r="AE134" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="AF134" t="s">
         <v>77</v>
       </c>
       <c r="AG134"/>
       <c r="AH134" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="AI134"/>
       <c r="AJ134" t="s">
         <v>171</v>
       </c>
       <c r="AK134" t="s">
         <v>80</v>
       </c>
       <c r="AL134" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="AM134"/>
       <c r="AN134" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="AO134">
         <v>69.47</v>
       </c>
       <c r="AP134" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="AQ134"/>
       <c r="AR134"/>
       <c r="AS134"/>
       <c r="AT134" t="s">
         <v>75</v>
       </c>
       <c r="AU134"/>
       <c r="AV134"/>
       <c r="AW134"/>
       <c r="AX134" t="s">
         <v>82</v>
       </c>
       <c r="AY134">
         <v>8484663294</v>
       </c>
       <c r="AZ134" t="s">
         <v>73</v>
       </c>
       <c r="BA134"/>
       <c r="BB134" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="BC134" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="BD134" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="BE134" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="BF134" t="s">
         <v>75</v>
       </c>
       <c r="BG134" t="s">
         <v>75</v>
       </c>
       <c r="BH134">
-        <v>1785</v>
+        <v>1844</v>
       </c>
       <c r="BI134" t="s">
         <v>86</v>
       </c>
       <c r="BJ134"/>
       <c r="BK134"/>
       <c r="BL134"/>
       <c r="BM134" t="s">
         <v>75</v>
       </c>
       <c r="BN134" t="s">
         <v>75</v>
       </c>
       <c r="BO134">
         <v>0</v>
       </c>
       <c r="BP134"/>
       <c r="BQ134"/>
       <c r="BR134">
         <v>120.52</v>
       </c>
       <c r="BS134"/>
     </row>
     <row r="135" spans="1:71">
       <c r="A135" t="s">
         <v>66</v>
       </c>
       <c r="B135" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="C135">
         <v>4168388684</v>
       </c>
       <c r="D135">
         <v>493427</v>
       </c>
       <c r="E135">
         <v>88.34</v>
       </c>
       <c r="F135" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="G135" t="s">
         <v>69</v>
       </c>
       <c r="H135"/>
       <c r="I135">
         <v>0</v>
       </c>
       <c r="J135" t="s">
         <v>75</v>
       </c>
       <c r="K135" t="s">
         <v>240</v>
       </c>
       <c r="L135">
         <v>6556532776</v>
       </c>
       <c r="M135" t="s">
         <v>73</v>
       </c>
       <c r="N135" t="s">
         <v>74</v>
       </c>
       <c r="O135"/>
       <c r="P135" t="s">
         <v>75</v>
       </c>
       <c r="Q135" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="R135" t="s">
         <v>75</v>
       </c>
       <c r="S135" t="s">
         <v>75</v>
       </c>
       <c r="T135" t="s">
         <v>160</v>
       </c>
       <c r="U135">
         <v>4168388684</v>
       </c>
       <c r="V135">
         <v>493427</v>
       </c>
       <c r="W135" t="s">
         <v>75</v>
       </c>
       <c r="X135">
         <v>88.34</v>
       </c>
       <c r="Y135">
         <v>1</v>
       </c>
       <c r="Z135" t="s">
         <v>75</v>
       </c>
       <c r="AA135" t="s">
         <v>66</v>
       </c>
       <c r="AB135" t="s">
         <v>69</v>
       </c>
       <c r="AC135" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="AD135" t="s">
         <v>75</v>
       </c>
       <c r="AE135">
         <v>5514747122</v>
       </c>
       <c r="AF135" t="s">
         <v>77</v>
       </c>
       <c r="AG135"/>
       <c r="AH135" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="AI135"/>
       <c r="AJ135" t="s">
         <v>547</v>
       </c>
       <c r="AK135" t="s">
         <v>80</v>
       </c>
       <c r="AL135" t="s">
         <v>75</v>
       </c>
       <c r="AM135"/>
       <c r="AN135"/>
       <c r="AO135">
         <v>0</v>
       </c>
       <c r="AP135" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="AQ135"/>
       <c r="AR135"/>
       <c r="AS135"/>
       <c r="AT135" t="s">
         <v>75</v>
       </c>
       <c r="AU135"/>
       <c r="AV135"/>
       <c r="AW135"/>
       <c r="AX135" t="s">
         <v>82</v>
       </c>
       <c r="AY135">
         <v>6556532776</v>
       </c>
       <c r="AZ135" t="s">
         <v>73</v>
       </c>
       <c r="BA135"/>
       <c r="BB135" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="BC135" t="s">
         <v>75</v>
       </c>
       <c r="BD135" t="s">
         <v>75</v>
       </c>
       <c r="BE135" t="s">
         <v>75</v>
       </c>
       <c r="BF135" t="s">
         <v>75</v>
       </c>
       <c r="BG135" t="s">
         <v>75</v>
       </c>
       <c r="BH135">
-        <v>1787</v>
+        <v>1846</v>
       </c>
       <c r="BI135" t="s">
         <v>86</v>
       </c>
       <c r="BJ135"/>
       <c r="BK135"/>
       <c r="BL135"/>
       <c r="BM135" t="s">
         <v>75</v>
       </c>
       <c r="BN135" t="s">
         <v>75</v>
       </c>
       <c r="BO135">
         <v>0</v>
       </c>
       <c r="BP135"/>
       <c r="BQ135"/>
       <c r="BR135">
         <v>88.34</v>
       </c>
       <c r="BS135"/>
     </row>
     <row r="136" spans="1:71">
       <c r="A136" t="s">
         <v>66</v>
       </c>
       <c r="B136" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="C136">
         <v>4160966152</v>
       </c>
       <c r="D136">
         <v>493105</v>
       </c>
       <c r="E136">
         <v>856.18</v>
       </c>
       <c r="F136" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="G136" t="s">
         <v>69</v>
       </c>
       <c r="H136"/>
       <c r="I136">
         <v>0</v>
       </c>
       <c r="J136" t="s">
         <v>75</v>
       </c>
       <c r="K136" t="s">
         <v>240</v>
       </c>
       <c r="L136">
         <v>9683319240</v>
       </c>
       <c r="M136" t="s">
         <v>73</v>
       </c>
       <c r="N136" t="s">
         <v>74</v>
       </c>
       <c r="O136"/>
       <c r="P136" t="s">
         <v>75</v>
       </c>
       <c r="Q136" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="R136" t="s">
         <v>75</v>
       </c>
       <c r="S136" t="s">
         <v>75</v>
       </c>
       <c r="T136" t="s">
         <v>160</v>
       </c>
       <c r="U136">
         <v>4160966152</v>
       </c>
       <c r="V136">
         <v>493105</v>
       </c>
       <c r="W136" t="s">
         <v>75</v>
       </c>
       <c r="X136">
         <v>856.18</v>
       </c>
       <c r="Y136">
         <v>1</v>
       </c>
       <c r="Z136" t="s">
         <v>75</v>
       </c>
       <c r="AA136" t="s">
         <v>66</v>
       </c>
       <c r="AB136" t="s">
         <v>69</v>
       </c>
       <c r="AC136" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="AD136" t="s">
         <v>75</v>
       </c>
       <c r="AE136">
         <v>2223230153</v>
       </c>
       <c r="AF136" t="s">
         <v>77</v>
       </c>
       <c r="AG136"/>
       <c r="AH136" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="AI136"/>
       <c r="AJ136" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="AK136" t="s">
         <v>80</v>
       </c>
       <c r="AL136" t="s">
         <v>75</v>
       </c>
       <c r="AM136"/>
       <c r="AN136"/>
       <c r="AO136">
         <v>0</v>
       </c>
       <c r="AP136" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="AQ136"/>
       <c r="AR136"/>
       <c r="AS136"/>
       <c r="AT136" t="s">
         <v>75</v>
       </c>
       <c r="AU136"/>
       <c r="AV136"/>
       <c r="AW136"/>
       <c r="AX136" t="s">
         <v>82</v>
       </c>
       <c r="AY136">
         <v>9683319240</v>
       </c>
       <c r="AZ136" t="s">
         <v>73</v>
       </c>
       <c r="BA136"/>
       <c r="BB136" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="BC136" t="s">
         <v>75</v>
       </c>
       <c r="BD136" t="s">
         <v>75</v>
       </c>
       <c r="BE136" t="s">
         <v>75</v>
       </c>
       <c r="BF136" t="s">
         <v>75</v>
       </c>
       <c r="BG136" t="s">
         <v>75</v>
       </c>
       <c r="BH136">
-        <v>1790</v>
+        <v>1849</v>
       </c>
       <c r="BI136" t="s">
         <v>86</v>
       </c>
       <c r="BJ136"/>
       <c r="BK136"/>
       <c r="BL136"/>
       <c r="BM136" t="s">
         <v>75</v>
       </c>
       <c r="BN136" t="s">
         <v>75</v>
       </c>
       <c r="BO136">
         <v>0</v>
       </c>
       <c r="BP136"/>
       <c r="BQ136"/>
       <c r="BR136">
         <v>856.18</v>
       </c>
       <c r="BS136"/>
     </row>
     <row r="137" spans="1:71">
       <c r="A137" t="s">
         <v>66</v>
       </c>
       <c r="B137" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C137">
         <v>4157987393</v>
       </c>
       <c r="D137">
         <v>492992</v>
       </c>
       <c r="E137">
         <v>31.73</v>
       </c>
       <c r="F137" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="G137" t="s">
         <v>69</v>
       </c>
       <c r="H137"/>
       <c r="I137">
         <v>0</v>
       </c>
       <c r="J137" t="s">
         <v>75</v>
       </c>
       <c r="K137" t="s">
         <v>240</v>
       </c>
       <c r="L137">
         <v>9683115444</v>
       </c>
       <c r="M137" t="s">
         <v>73</v>
       </c>
       <c r="N137" t="s">
         <v>74</v>
       </c>
       <c r="O137"/>
       <c r="P137" t="s">
         <v>75</v>
       </c>
       <c r="Q137" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="R137" t="s">
         <v>75</v>
       </c>
       <c r="S137" t="s">
         <v>75</v>
       </c>
       <c r="T137" t="s">
         <v>160</v>
       </c>
       <c r="U137">
         <v>4157987393</v>
       </c>
       <c r="V137">
         <v>492992</v>
       </c>
       <c r="W137" t="s">
         <v>75</v>
       </c>
       <c r="X137">
         <v>31.73</v>
       </c>
       <c r="Y137">
         <v>1</v>
       </c>
       <c r="Z137" t="s">
         <v>75</v>
       </c>
       <c r="AA137" t="s">
         <v>66</v>
       </c>
       <c r="AB137" t="s">
         <v>69</v>
       </c>
       <c r="AC137" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="AD137" t="s">
         <v>75</v>
       </c>
       <c r="AE137" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="AF137" t="s">
         <v>77</v>
       </c>
       <c r="AG137"/>
       <c r="AH137" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="AI137"/>
       <c r="AJ137" t="s">
         <v>79</v>
       </c>
       <c r="AK137" t="s">
         <v>80</v>
       </c>
       <c r="AL137" t="s">
         <v>75</v>
       </c>
       <c r="AM137"/>
       <c r="AN137"/>
       <c r="AO137">
         <v>0</v>
       </c>
       <c r="AP137" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="AQ137"/>
       <c r="AR137"/>
       <c r="AS137"/>
       <c r="AT137" t="s">
         <v>75</v>
       </c>
       <c r="AU137"/>
       <c r="AV137"/>
       <c r="AW137"/>
       <c r="AX137" t="s">
         <v>82</v>
       </c>
       <c r="AY137">
         <v>9683115444</v>
       </c>
       <c r="AZ137" t="s">
         <v>73</v>
       </c>
       <c r="BA137"/>
       <c r="BB137" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="BC137" t="s">
         <v>75</v>
       </c>
       <c r="BD137" t="s">
         <v>75</v>
       </c>
       <c r="BE137" t="s">
         <v>75</v>
       </c>
       <c r="BF137" t="s">
         <v>75</v>
       </c>
       <c r="BG137" t="s">
         <v>75</v>
       </c>
       <c r="BH137">
-        <v>1791</v>
+        <v>1850</v>
       </c>
       <c r="BI137" t="s">
         <v>86</v>
       </c>
       <c r="BJ137"/>
       <c r="BK137"/>
       <c r="BL137"/>
       <c r="BM137" t="s">
         <v>75</v>
       </c>
       <c r="BN137" t="s">
         <v>75</v>
       </c>
       <c r="BO137">
         <v>0</v>
       </c>
       <c r="BP137"/>
       <c r="BQ137"/>
       <c r="BR137">
         <v>31.73</v>
       </c>
       <c r="BS137"/>
     </row>
     <row r="138" spans="1:71">
       <c r="A138" t="s">
         <v>66</v>
       </c>
       <c r="B138" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="C138">
         <v>4151606119</v>
       </c>
       <c r="D138">
         <v>492658</v>
       </c>
       <c r="E138">
         <v>44.12</v>
       </c>
       <c r="F138" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="G138" t="s">
         <v>69</v>
       </c>
       <c r="H138"/>
       <c r="I138">
         <v>0</v>
       </c>
       <c r="J138" t="s">
         <v>75</v>
       </c>
       <c r="K138" t="s">
         <v>240</v>
       </c>
       <c r="L138">
         <v>4055251572</v>
       </c>
       <c r="M138" t="s">
         <v>73</v>
       </c>
       <c r="N138" t="s">
         <v>74</v>
       </c>
       <c r="O138"/>
       <c r="P138" t="s">
         <v>75</v>
       </c>
       <c r="Q138" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="R138" t="s">
         <v>75</v>
       </c>
       <c r="S138" t="s">
         <v>75</v>
       </c>
       <c r="T138" t="s">
         <v>160</v>
       </c>
       <c r="U138">
         <v>4151606119</v>
       </c>
       <c r="V138">
         <v>492658</v>
       </c>
       <c r="W138" t="s">
         <v>75</v>
       </c>
       <c r="X138">
         <v>44.12</v>
       </c>
       <c r="Y138">
         <v>1</v>
       </c>
       <c r="Z138" t="s">
         <v>75</v>
       </c>
       <c r="AA138" t="s">
         <v>66</v>
       </c>
       <c r="AB138" t="s">
         <v>69</v>
       </c>
       <c r="AC138" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="AD138" t="s">
         <v>75</v>
       </c>
       <c r="AE138">
         <v>8717621788</v>
       </c>
       <c r="AF138">
         <v>8717621788</v>
       </c>
       <c r="AG138"/>
       <c r="AH138" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="AI138"/>
       <c r="AJ138" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="AK138" t="s">
         <v>80</v>
       </c>
       <c r="AL138" t="s">
         <v>75</v>
       </c>
       <c r="AM138"/>
       <c r="AN138"/>
       <c r="AO138">
         <v>0</v>
       </c>
       <c r="AP138" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="AQ138"/>
       <c r="AR138"/>
       <c r="AS138"/>
       <c r="AT138" t="s">
         <v>75</v>
       </c>
       <c r="AU138"/>
       <c r="AV138"/>
       <c r="AW138"/>
       <c r="AX138" t="s">
         <v>82</v>
       </c>
       <c r="AY138">
         <v>4055251572</v>
       </c>
       <c r="AZ138" t="s">
         <v>73</v>
       </c>
       <c r="BA138"/>
       <c r="BB138" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="BC138" t="s">
         <v>75</v>
       </c>
       <c r="BD138" t="s">
         <v>75</v>
       </c>
       <c r="BE138" t="s">
         <v>75</v>
       </c>
       <c r="BF138" t="s">
         <v>75</v>
       </c>
       <c r="BG138" t="s">
         <v>75</v>
       </c>
       <c r="BH138">
-        <v>1794</v>
+        <v>1853</v>
       </c>
       <c r="BI138" t="s">
         <v>86</v>
       </c>
       <c r="BJ138"/>
       <c r="BK138"/>
       <c r="BL138"/>
       <c r="BM138" t="s">
         <v>75</v>
       </c>
       <c r="BN138" t="s">
         <v>75</v>
       </c>
       <c r="BO138">
         <v>0</v>
       </c>
       <c r="BP138"/>
       <c r="BQ138"/>
       <c r="BR138">
         <v>44.12</v>
       </c>
       <c r="BS138"/>
     </row>
     <row r="139" spans="1:71">
       <c r="A139" t="s">
         <v>66</v>
       </c>
       <c r="B139" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C139">
         <v>4145763030</v>
       </c>
       <c r="D139">
         <v>492403</v>
       </c>
       <c r="E139">
         <v>41.67</v>
       </c>
       <c r="F139" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="G139" t="s">
         <v>69</v>
       </c>
       <c r="H139" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="I139">
         <v>18.18</v>
       </c>
       <c r="J139" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="K139" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="L139">
         <v>1970361046</v>
       </c>
       <c r="M139" t="s">
         <v>73</v>
       </c>
       <c r="N139" t="s">
         <v>74</v>
       </c>
       <c r="O139"/>
       <c r="P139" t="s">
         <v>75</v>
       </c>
       <c r="Q139" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="R139" t="s">
         <v>75</v>
       </c>
       <c r="S139" t="s">
         <v>75</v>
       </c>
       <c r="T139" t="s">
         <v>160</v>
       </c>
       <c r="U139">
         <v>4145763030</v>
       </c>
       <c r="V139">
         <v>492403</v>
       </c>
       <c r="W139" t="s">
         <v>75</v>
       </c>
       <c r="X139">
         <v>41.67</v>
       </c>
       <c r="Y139">
         <v>1</v>
       </c>
       <c r="Z139" t="s">
         <v>75</v>
       </c>
       <c r="AA139" t="s">
         <v>66</v>
       </c>
       <c r="AB139" t="s">
         <v>69</v>
       </c>
       <c r="AC139" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="AD139" t="s">
         <v>75</v>
       </c>
       <c r="AE139">
         <v>3141093229</v>
       </c>
       <c r="AF139" t="s">
         <v>77</v>
       </c>
       <c r="AG139"/>
       <c r="AH139" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="AI139"/>
       <c r="AJ139" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="AK139" t="s">
         <v>80</v>
       </c>
       <c r="AL139" t="s">
-        <v>1122</v>
-[...1 lines deleted...]
-      <c r="AM139"/>
+        <v>1124</v>
+      </c>
+      <c r="AM139" t="s">
+        <v>163</v>
+      </c>
       <c r="AN139" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="AO139">
         <v>18.18</v>
       </c>
       <c r="AP139" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="AQ139" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="AR139" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="AS139" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="AT139" t="s">
         <v>75</v>
       </c>
       <c r="AU139"/>
       <c r="AV139"/>
       <c r="AW139"/>
       <c r="AX139" t="s">
         <v>82</v>
       </c>
       <c r="AY139">
         <v>1970361046</v>
       </c>
       <c r="AZ139" t="s">
         <v>73</v>
       </c>
       <c r="BA139"/>
       <c r="BB139" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="BC139" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="BD139" t="s">
         <v>75</v>
       </c>
       <c r="BE139" t="s">
         <v>75</v>
       </c>
       <c r="BF139" t="s">
         <v>75</v>
       </c>
       <c r="BG139" t="s">
         <v>75</v>
       </c>
       <c r="BH139">
-        <v>1797</v>
-[...3 lines deleted...]
-      </c>
+        <v>1856</v>
+      </c>
+      <c r="BI139"/>
       <c r="BJ139"/>
       <c r="BK139"/>
       <c r="BL139"/>
       <c r="BM139" t="s">
         <v>75</v>
       </c>
       <c r="BN139" t="s">
         <v>75</v>
       </c>
       <c r="BO139">
         <v>0</v>
       </c>
       <c r="BP139"/>
       <c r="BQ139"/>
       <c r="BR139">
         <v>41.67</v>
       </c>
       <c r="BS139"/>
     </row>
     <row r="140" spans="1:71">
       <c r="A140" t="s">
         <v>66</v>
       </c>
       <c r="B140" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C140">
         <v>4144009257</v>
       </c>
       <c r="D140">
         <v>492309</v>
       </c>
       <c r="E140">
         <v>58.63</v>
       </c>
       <c r="F140" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="G140" t="s">
         <v>69</v>
       </c>
       <c r="H140"/>
       <c r="I140">
         <v>0</v>
       </c>
       <c r="J140" t="s">
         <v>75</v>
       </c>
       <c r="K140" t="s">
         <v>240</v>
       </c>
       <c r="L140">
         <v>4673587240</v>
       </c>
       <c r="M140" t="s">
         <v>73</v>
       </c>
       <c r="N140" t="s">
         <v>74</v>
       </c>
       <c r="O140"/>
       <c r="P140" t="s">
         <v>75</v>
       </c>
       <c r="Q140" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="R140" t="s">
         <v>75</v>
       </c>
       <c r="S140" t="s">
         <v>75</v>
       </c>
       <c r="T140" t="s">
         <v>160</v>
       </c>
       <c r="U140">
         <v>4144009257</v>
       </c>
       <c r="V140">
         <v>492309</v>
       </c>
       <c r="W140" t="s">
         <v>75</v>
       </c>
       <c r="X140">
         <v>58.63</v>
       </c>
       <c r="Y140">
         <v>1</v>
       </c>
       <c r="Z140" t="s">
         <v>75</v>
       </c>
       <c r="AA140" t="s">
         <v>66</v>
       </c>
       <c r="AB140" t="s">
         <v>69</v>
       </c>
       <c r="AC140" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="AD140" t="s">
         <v>75</v>
       </c>
       <c r="AE140">
         <v>5612937932</v>
       </c>
       <c r="AF140" t="s">
         <v>77</v>
       </c>
       <c r="AG140"/>
       <c r="AH140" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="AI140"/>
       <c r="AJ140" t="s">
         <v>583</v>
       </c>
       <c r="AK140" t="s">
         <v>80</v>
       </c>
       <c r="AL140" t="s">
         <v>75</v>
       </c>
       <c r="AM140"/>
       <c r="AN140"/>
       <c r="AO140">
         <v>0</v>
       </c>
       <c r="AP140" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="AQ140"/>
       <c r="AR140"/>
       <c r="AS140"/>
       <c r="AT140" t="s">
         <v>75</v>
       </c>
       <c r="AU140"/>
       <c r="AV140"/>
       <c r="AW140"/>
       <c r="AX140" t="s">
         <v>82</v>
       </c>
       <c r="AY140">
         <v>4673587240</v>
       </c>
       <c r="AZ140" t="s">
         <v>73</v>
       </c>
       <c r="BA140"/>
       <c r="BB140" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="BC140" t="s">
         <v>75</v>
       </c>
       <c r="BD140" t="s">
         <v>75</v>
       </c>
       <c r="BE140" t="s">
         <v>75</v>
       </c>
       <c r="BF140" t="s">
         <v>75</v>
       </c>
       <c r="BG140" t="s">
         <v>75</v>
       </c>
       <c r="BH140">
-        <v>1798</v>
+        <v>1857</v>
       </c>
       <c r="BI140" t="s">
         <v>86</v>
       </c>
       <c r="BJ140"/>
       <c r="BK140"/>
       <c r="BL140"/>
       <c r="BM140" t="s">
         <v>75</v>
       </c>
       <c r="BN140" t="s">
         <v>75</v>
       </c>
       <c r="BO140">
         <v>0</v>
       </c>
       <c r="BP140"/>
       <c r="BQ140"/>
       <c r="BR140">
         <v>58.63</v>
       </c>
       <c r="BS140"/>
     </row>
     <row r="141" spans="1:71">
       <c r="A141" t="s">
         <v>66</v>
       </c>
       <c r="B141" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="C141">
         <v>4143482049</v>
       </c>
       <c r="D141">
         <v>492294</v>
       </c>
       <c r="E141">
         <v>52.14</v>
       </c>
       <c r="F141" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="G141" t="s">
         <v>69</v>
       </c>
       <c r="H141"/>
       <c r="I141">
         <v>0</v>
       </c>
       <c r="J141" t="s">
         <v>75</v>
       </c>
       <c r="K141" t="s">
         <v>240</v>
       </c>
       <c r="L141">
         <v>4673574964</v>
       </c>
       <c r="M141" t="s">
         <v>73</v>
       </c>
       <c r="N141" t="s">
         <v>74</v>
       </c>
       <c r="O141"/>
       <c r="P141" t="s">
         <v>75</v>
       </c>
       <c r="Q141" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="R141" t="s">
         <v>75</v>
       </c>
       <c r="S141" t="s">
         <v>75</v>
       </c>
       <c r="T141" t="s">
         <v>160</v>
       </c>
       <c r="U141">
         <v>4143482049</v>
       </c>
       <c r="V141">
         <v>492294</v>
       </c>
       <c r="W141" t="s">
         <v>75</v>
       </c>
       <c r="X141">
         <v>52.14</v>
       </c>
       <c r="Y141">
         <v>1</v>
       </c>
       <c r="Z141" t="s">
         <v>75</v>
       </c>
       <c r="AA141" t="s">
         <v>66</v>
       </c>
       <c r="AB141" t="s">
         <v>69</v>
       </c>
       <c r="AC141" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="AD141" t="s">
         <v>75</v>
       </c>
       <c r="AE141">
         <v>3310668441</v>
       </c>
       <c r="AF141" t="s">
         <v>77</v>
       </c>
       <c r="AG141"/>
       <c r="AH141" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="AI141"/>
       <c r="AJ141" t="s">
         <v>203</v>
       </c>
       <c r="AK141" t="s">
         <v>80</v>
       </c>
       <c r="AL141" t="s">
         <v>75</v>
       </c>
       <c r="AM141"/>
       <c r="AN141"/>
       <c r="AO141">
         <v>0</v>
       </c>
       <c r="AP141" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="AQ141"/>
       <c r="AR141"/>
       <c r="AS141"/>
       <c r="AT141" t="s">
         <v>75</v>
       </c>
       <c r="AU141"/>
       <c r="AV141"/>
       <c r="AW141"/>
       <c r="AX141" t="s">
         <v>82</v>
       </c>
       <c r="AY141">
         <v>4673574964</v>
       </c>
       <c r="AZ141" t="s">
         <v>73</v>
       </c>
       <c r="BA141"/>
       <c r="BB141" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="BC141" t="s">
         <v>75</v>
       </c>
       <c r="BD141" t="s">
         <v>75</v>
       </c>
       <c r="BE141" t="s">
         <v>75</v>
       </c>
       <c r="BF141" t="s">
         <v>75</v>
       </c>
       <c r="BG141" t="s">
         <v>75</v>
       </c>
       <c r="BH141">
-        <v>1798</v>
+        <v>1857</v>
       </c>
       <c r="BI141" t="s">
         <v>86</v>
       </c>
       <c r="BJ141"/>
       <c r="BK141"/>
       <c r="BL141"/>
       <c r="BM141" t="s">
         <v>75</v>
       </c>
       <c r="BN141" t="s">
         <v>75</v>
       </c>
       <c r="BO141">
         <v>0</v>
       </c>
       <c r="BP141"/>
       <c r="BQ141"/>
       <c r="BR141">
         <v>52.14</v>
       </c>
       <c r="BS141"/>
     </row>
     <row r="142" spans="1:71">
       <c r="A142" t="s">
         <v>66</v>
       </c>
       <c r="B142" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C142">
         <v>4139893026</v>
       </c>
       <c r="D142">
         <v>492185</v>
       </c>
       <c r="E142">
         <v>26.07</v>
       </c>
       <c r="F142" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="G142" t="s">
         <v>69</v>
       </c>
-      <c r="H142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H142"/>
       <c r="I142">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="J142" t="s">
-        <v>1140</v>
+        <v>75</v>
       </c>
       <c r="K142" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="L142">
         <v>4673186755</v>
       </c>
       <c r="M142" t="s">
         <v>73</v>
       </c>
       <c r="N142" t="s">
         <v>74</v>
       </c>
       <c r="O142"/>
       <c r="P142" t="s">
         <v>75</v>
       </c>
       <c r="Q142" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="R142" t="s">
         <v>75</v>
       </c>
       <c r="S142" t="s">
         <v>75</v>
       </c>
       <c r="T142" t="s">
         <v>160</v>
       </c>
       <c r="U142">
         <v>4139893026</v>
       </c>
       <c r="V142">
         <v>492185</v>
       </c>
       <c r="W142" t="s">
         <v>75</v>
       </c>
       <c r="X142">
         <v>26.07</v>
       </c>
       <c r="Y142">
         <v>1</v>
       </c>
       <c r="Z142" t="s">
         <v>75</v>
       </c>
       <c r="AA142" t="s">
         <v>66</v>
       </c>
       <c r="AB142" t="s">
         <v>69</v>
       </c>
       <c r="AC142" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="AD142" t="s">
         <v>75</v>
       </c>
       <c r="AE142">
         <v>6691470860</v>
       </c>
       <c r="AF142" t="s">
         <v>77</v>
       </c>
       <c r="AG142"/>
       <c r="AH142" t="s">
         <v>1141</v>
       </c>
       <c r="AI142"/>
       <c r="AJ142" t="s">
         <v>266</v>
       </c>
       <c r="AK142" t="s">
         <v>80</v>
       </c>
       <c r="AL142" t="s">
-        <v>1140</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="AM142" t="s">
+        <v>163</v>
+      </c>
+      <c r="AN142"/>
       <c r="AO142">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="AP142" t="s">
         <v>1142</v>
       </c>
       <c r="AQ142" t="s">
         <v>1143</v>
       </c>
       <c r="AR142" t="s">
         <v>712</v>
       </c>
       <c r="AS142" t="s">
         <v>1144</v>
       </c>
       <c r="AT142" t="s">
         <v>75</v>
       </c>
       <c r="AU142"/>
       <c r="AV142"/>
       <c r="AW142"/>
       <c r="AX142" t="s">
         <v>82</v>
       </c>
       <c r="AY142">
         <v>4673186755</v>
       </c>
       <c r="AZ142" t="s">
         <v>73</v>
       </c>
       <c r="BA142"/>
       <c r="BB142" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="BC142" t="s">
-        <v>1140</v>
+        <v>75</v>
       </c>
       <c r="BD142" t="s">
         <v>75</v>
       </c>
       <c r="BE142" t="s">
         <v>75</v>
       </c>
       <c r="BF142" t="s">
         <v>75</v>
       </c>
       <c r="BG142" t="s">
         <v>75</v>
       </c>
       <c r="BH142">
-        <v>1799</v>
+        <v>1858</v>
       </c>
       <c r="BI142" t="s">
         <v>86</v>
       </c>
       <c r="BJ142"/>
       <c r="BK142"/>
       <c r="BL142"/>
       <c r="BM142" t="s">
         <v>75</v>
       </c>
       <c r="BN142" t="s">
         <v>75</v>
       </c>
       <c r="BO142">
         <v>0</v>
       </c>
       <c r="BP142"/>
       <c r="BQ142"/>
       <c r="BR142">
         <v>26.07</v>
       </c>
       <c r="BS142"/>
     </row>
     <row r="143" spans="1:71">
       <c r="A143" t="s">
@@ -31175,51 +31175,51 @@
         <v>4311820671</v>
       </c>
       <c r="AZ143" t="s">
         <v>73</v>
       </c>
       <c r="BA143"/>
       <c r="BB143" t="s">
         <v>1145</v>
       </c>
       <c r="BC143" t="s">
         <v>1148</v>
       </c>
       <c r="BD143" t="s">
         <v>75</v>
       </c>
       <c r="BE143" t="s">
         <v>75</v>
       </c>
       <c r="BF143" t="s">
         <v>75</v>
       </c>
       <c r="BG143" t="s">
         <v>75</v>
       </c>
       <c r="BH143">
-        <v>1805</v>
+        <v>1864</v>
       </c>
       <c r="BI143" t="s">
         <v>86</v>
       </c>
       <c r="BJ143"/>
       <c r="BK143" t="s">
         <v>246</v>
       </c>
       <c r="BL143"/>
       <c r="BM143" t="s">
         <v>1154</v>
       </c>
       <c r="BN143" t="s">
         <v>75</v>
       </c>
       <c r="BO143">
         <v>91</v>
       </c>
       <c r="BP143"/>
       <c r="BQ143"/>
       <c r="BR143">
         <v>33.16</v>
       </c>
       <c r="BS143" t="s">
         <v>478</v>
@@ -31358,51 +31358,51 @@
         <v>4311810145</v>
       </c>
       <c r="AZ144" t="s">
         <v>73</v>
       </c>
       <c r="BA144"/>
       <c r="BB144" t="s">
         <v>1155</v>
       </c>
       <c r="BC144" t="s">
         <v>75</v>
       </c>
       <c r="BD144" t="s">
         <v>75</v>
       </c>
       <c r="BE144" t="s">
         <v>75</v>
       </c>
       <c r="BF144" t="s">
         <v>75</v>
       </c>
       <c r="BG144" t="s">
         <v>75</v>
       </c>
       <c r="BH144">
-        <v>1806</v>
+        <v>1865</v>
       </c>
       <c r="BI144" t="s">
         <v>86</v>
       </c>
       <c r="BJ144"/>
       <c r="BK144"/>
       <c r="BL144"/>
       <c r="BM144" t="s">
         <v>75</v>
       </c>
       <c r="BN144" t="s">
         <v>75</v>
       </c>
       <c r="BO144">
         <v>0</v>
       </c>
       <c r="BP144"/>
       <c r="BQ144"/>
       <c r="BR144">
         <v>40.24</v>
       </c>
       <c r="BS144"/>
     </row>
     <row r="145" spans="1:71">
       <c r="A145" t="s">
@@ -31537,51 +31537,51 @@
         <v>7932766262</v>
       </c>
       <c r="AZ145" t="s">
         <v>73</v>
       </c>
       <c r="BA145"/>
       <c r="BB145" t="s">
         <v>1162</v>
       </c>
       <c r="BC145" t="s">
         <v>75</v>
       </c>
       <c r="BD145" t="s">
         <v>75</v>
       </c>
       <c r="BE145" t="s">
         <v>75</v>
       </c>
       <c r="BF145" t="s">
         <v>75</v>
       </c>
       <c r="BG145" t="s">
         <v>75</v>
       </c>
       <c r="BH145">
-        <v>1807</v>
+        <v>1866</v>
       </c>
       <c r="BI145" t="s">
         <v>86</v>
       </c>
       <c r="BJ145"/>
       <c r="BK145"/>
       <c r="BL145"/>
       <c r="BM145" t="s">
         <v>75</v>
       </c>
       <c r="BN145" t="s">
         <v>75</v>
       </c>
       <c r="BO145">
         <v>0</v>
       </c>
       <c r="BP145"/>
       <c r="BQ145"/>
       <c r="BR145">
         <v>45.93</v>
       </c>
       <c r="BS145"/>
     </row>
     <row r="146" spans="1:71">
       <c r="A146" t="s">
@@ -31716,51 +31716,51 @@
         <v>5232006684</v>
       </c>
       <c r="AZ146" t="s">
         <v>73</v>
       </c>
       <c r="BA146"/>
       <c r="BB146" t="s">
         <v>1168</v>
       </c>
       <c r="BC146" t="s">
         <v>75</v>
       </c>
       <c r="BD146" t="s">
         <v>75</v>
       </c>
       <c r="BE146" t="s">
         <v>75</v>
       </c>
       <c r="BF146" t="s">
         <v>75</v>
       </c>
       <c r="BG146" t="s">
         <v>75</v>
       </c>
       <c r="BH146">
-        <v>1811</v>
+        <v>1870</v>
       </c>
       <c r="BI146" t="s">
         <v>86</v>
       </c>
       <c r="BJ146"/>
       <c r="BK146"/>
       <c r="BL146"/>
       <c r="BM146" t="s">
         <v>75</v>
       </c>
       <c r="BN146" t="s">
         <v>75</v>
       </c>
       <c r="BO146">
         <v>0</v>
       </c>
       <c r="BP146"/>
       <c r="BQ146"/>
       <c r="BR146">
         <v>0</v>
       </c>
       <c r="BS146"/>
     </row>
     <row r="147" spans="1:71">
       <c r="A147" t="s">
@@ -31895,51 +31895,51 @@
         <v>5231998656</v>
       </c>
       <c r="AZ147" t="s">
         <v>73</v>
       </c>
       <c r="BA147"/>
       <c r="BB147" t="s">
         <v>1172</v>
       </c>
       <c r="BC147" t="s">
         <v>75</v>
       </c>
       <c r="BD147" t="s">
         <v>75</v>
       </c>
       <c r="BE147" t="s">
         <v>75</v>
       </c>
       <c r="BF147" t="s">
         <v>75</v>
       </c>
       <c r="BG147" t="s">
         <v>75</v>
       </c>
       <c r="BH147">
-        <v>1812</v>
+        <v>1871</v>
       </c>
       <c r="BI147" t="s">
         <v>86</v>
       </c>
       <c r="BJ147"/>
       <c r="BK147"/>
       <c r="BL147"/>
       <c r="BM147" t="s">
         <v>75</v>
       </c>
       <c r="BN147" t="s">
         <v>75</v>
       </c>
       <c r="BO147">
         <v>0</v>
       </c>
       <c r="BP147"/>
       <c r="BQ147"/>
       <c r="BR147">
         <v>0</v>
       </c>
       <c r="BS147"/>
     </row>
     <row r="148" spans="1:71">
       <c r="A148" t="s">
@@ -32074,51 +32074,51 @@
         <v>5231912906</v>
       </c>
       <c r="AZ148" t="s">
         <v>73</v>
       </c>
       <c r="BA148"/>
       <c r="BB148" t="s">
         <v>1177</v>
       </c>
       <c r="BC148" t="s">
         <v>75</v>
       </c>
       <c r="BD148" t="s">
         <v>75</v>
       </c>
       <c r="BE148" t="s">
         <v>75</v>
       </c>
       <c r="BF148" t="s">
         <v>75</v>
       </c>
       <c r="BG148" t="s">
         <v>75</v>
       </c>
       <c r="BH148">
-        <v>1812</v>
+        <v>1871</v>
       </c>
       <c r="BI148" t="s">
         <v>86</v>
       </c>
       <c r="BJ148"/>
       <c r="BK148"/>
       <c r="BL148"/>
       <c r="BM148" t="s">
         <v>75</v>
       </c>
       <c r="BN148" t="s">
         <v>75</v>
       </c>
       <c r="BO148">
         <v>0</v>
       </c>
       <c r="BP148"/>
       <c r="BQ148"/>
       <c r="BR148">
         <v>0</v>
       </c>
       <c r="BS148"/>
     </row>
     <row r="149" spans="1:71">
       <c r="A149" t="s">
@@ -32253,51 +32253,51 @@
         <v>9077319952</v>
       </c>
       <c r="AZ149" t="s">
         <v>73</v>
       </c>
       <c r="BA149"/>
       <c r="BB149" t="s">
         <v>1182</v>
       </c>
       <c r="BC149" t="s">
         <v>75</v>
       </c>
       <c r="BD149" t="s">
         <v>75</v>
       </c>
       <c r="BE149" t="s">
         <v>75</v>
       </c>
       <c r="BF149" t="s">
         <v>75</v>
       </c>
       <c r="BG149" t="s">
         <v>75</v>
       </c>
       <c r="BH149">
-        <v>1813</v>
+        <v>1872</v>
       </c>
       <c r="BI149" t="s">
         <v>86</v>
       </c>
       <c r="BJ149"/>
       <c r="BK149"/>
       <c r="BL149"/>
       <c r="BM149" t="s">
         <v>75</v>
       </c>
       <c r="BN149" t="s">
         <v>75</v>
       </c>
       <c r="BO149">
         <v>0</v>
       </c>
       <c r="BP149"/>
       <c r="BQ149"/>
       <c r="BR149">
         <v>0</v>
       </c>
       <c r="BS149"/>
     </row>
     <row r="150" spans="1:71">
       <c r="A150" t="s">
@@ -32436,61 +32436,61 @@
         <v>9077308365</v>
       </c>
       <c r="AZ150" t="s">
         <v>73</v>
       </c>
       <c r="BA150"/>
       <c r="BB150" t="s">
         <v>1187</v>
       </c>
       <c r="BC150" t="s">
         <v>1190</v>
       </c>
       <c r="BD150" t="s">
         <v>75</v>
       </c>
       <c r="BE150" t="s">
         <v>75</v>
       </c>
       <c r="BF150" t="s">
         <v>75</v>
       </c>
       <c r="BG150" t="s">
         <v>75</v>
       </c>
       <c r="BH150">
-        <v>1813</v>
+        <v>1872</v>
       </c>
       <c r="BI150" t="s">
         <v>86</v>
       </c>
       <c r="BJ150"/>
       <c r="BK150" t="s">
         <v>246</v>
       </c>
       <c r="BL150" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="BM150" t="s">
         <v>1194</v>
       </c>
       <c r="BN150" t="s">
         <v>75</v>
       </c>
       <c r="BO150">
         <v>418</v>
       </c>
       <c r="BP150"/>
       <c r="BQ150"/>
       <c r="BR150">
         <v>0</v>
       </c>
       <c r="BS150" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="151" spans="1:71">
       <c r="A151" t="s">
         <v>66</v>
       </c>
       <c r="B151" t="s">
         <v>1195</v>
@@ -32567,51 +32567,51 @@
         <v>66</v>
       </c>
       <c r="AB151" t="s">
         <v>69</v>
       </c>
       <c r="AC151" t="s">
         <v>1196</v>
       </c>
       <c r="AD151" t="s">
         <v>75</v>
       </c>
       <c r="AE151" t="s">
         <v>75</v>
       </c>
       <c r="AF151" t="s">
         <v>77</v>
       </c>
       <c r="AG151"/>
       <c r="AH151" t="s">
         <v>1197</v>
       </c>
       <c r="AI151" t="s">
         <v>1198</v>
       </c>
       <c r="AJ151" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="AK151" t="s">
         <v>80</v>
       </c>
       <c r="AL151" t="s">
         <v>75</v>
       </c>
       <c r="AM151"/>
       <c r="AN151"/>
       <c r="AO151">
         <v>0</v>
       </c>
       <c r="AP151" t="s">
         <v>1199</v>
       </c>
       <c r="AQ151"/>
       <c r="AR151"/>
       <c r="AS151"/>
       <c r="AT151" t="s">
         <v>75</v>
       </c>
       <c r="AU151"/>
       <c r="AV151"/>
       <c r="AW151"/>
       <c r="AX151" t="s">
@@ -32621,51 +32621,51 @@
         <v>9077146315</v>
       </c>
       <c r="AZ151" t="s">
         <v>73</v>
       </c>
       <c r="BA151"/>
       <c r="BB151" t="s">
         <v>1195</v>
       </c>
       <c r="BC151" t="s">
         <v>75</v>
       </c>
       <c r="BD151" t="s">
         <v>75</v>
       </c>
       <c r="BE151" t="s">
         <v>75</v>
       </c>
       <c r="BF151" t="s">
         <v>75</v>
       </c>
       <c r="BG151" t="s">
         <v>75</v>
       </c>
       <c r="BH151">
-        <v>1816</v>
+        <v>1875</v>
       </c>
       <c r="BI151" t="s">
         <v>86</v>
       </c>
       <c r="BJ151"/>
       <c r="BK151"/>
       <c r="BL151"/>
       <c r="BM151" t="s">
         <v>75</v>
       </c>
       <c r="BN151" t="s">
         <v>75</v>
       </c>
       <c r="BO151">
         <v>0</v>
       </c>
       <c r="BP151"/>
       <c r="BQ151"/>
       <c r="BR151">
         <v>0</v>
       </c>
       <c r="BS151"/>
     </row>
     <row r="152" spans="1:71">
       <c r="A152" t="s">
@@ -32800,51 +32800,51 @@
         <v>6006071131</v>
       </c>
       <c r="AZ152" t="s">
         <v>73</v>
       </c>
       <c r="BA152"/>
       <c r="BB152" t="s">
         <v>1200</v>
       </c>
       <c r="BC152" t="s">
         <v>75</v>
       </c>
       <c r="BD152" t="s">
         <v>75</v>
       </c>
       <c r="BE152" t="s">
         <v>75</v>
       </c>
       <c r="BF152" t="s">
         <v>75</v>
       </c>
       <c r="BG152" t="s">
         <v>75</v>
       </c>
       <c r="BH152">
-        <v>1822</v>
+        <v>1881</v>
       </c>
       <c r="BI152" t="s">
         <v>86</v>
       </c>
       <c r="BJ152"/>
       <c r="BK152"/>
       <c r="BL152"/>
       <c r="BM152" t="s">
         <v>75</v>
       </c>
       <c r="BN152" t="s">
         <v>75</v>
       </c>
       <c r="BO152">
         <v>0</v>
       </c>
       <c r="BP152"/>
       <c r="BQ152"/>
       <c r="BR152">
         <v>0</v>
       </c>
       <c r="BS152"/>
     </row>
     <row r="153" spans="1:71">
       <c r="A153" t="s">
@@ -32989,51 +32989,51 @@
         <v>6828180450</v>
       </c>
       <c r="AZ153" t="s">
         <v>73</v>
       </c>
       <c r="BA153"/>
       <c r="BB153" t="s">
         <v>1205</v>
       </c>
       <c r="BC153" t="s">
         <v>1208</v>
       </c>
       <c r="BD153" t="s">
         <v>1214</v>
       </c>
       <c r="BE153" t="s">
         <v>1215</v>
       </c>
       <c r="BF153" t="s">
         <v>75</v>
       </c>
       <c r="BG153" t="s">
         <v>75</v>
       </c>
       <c r="BH153">
-        <v>1827</v>
+        <v>1886</v>
       </c>
       <c r="BI153" t="s">
         <v>86</v>
       </c>
       <c r="BJ153"/>
       <c r="BK153"/>
       <c r="BL153"/>
       <c r="BM153" t="s">
         <v>75</v>
       </c>
       <c r="BN153" t="s">
         <v>75</v>
       </c>
       <c r="BO153">
         <v>0</v>
       </c>
       <c r="BP153"/>
       <c r="BQ153"/>
       <c r="BR153">
         <v>0</v>
       </c>
       <c r="BS153"/>
     </row>
     <row r="154" spans="1:71">
       <c r="A154" t="s">
@@ -33178,51 +33178,51 @@
         <v>6828180450</v>
       </c>
       <c r="AZ154" t="s">
         <v>73</v>
       </c>
       <c r="BA154"/>
       <c r="BB154" t="s">
         <v>1205</v>
       </c>
       <c r="BC154" t="s">
         <v>1208</v>
       </c>
       <c r="BD154" t="s">
         <v>1218</v>
       </c>
       <c r="BE154" t="s">
         <v>1219</v>
       </c>
       <c r="BF154" t="s">
         <v>75</v>
       </c>
       <c r="BG154" t="s">
         <v>75</v>
       </c>
       <c r="BH154">
-        <v>1827</v>
+        <v>1886</v>
       </c>
       <c r="BI154" t="s">
         <v>86</v>
       </c>
       <c r="BJ154"/>
       <c r="BK154"/>
       <c r="BL154"/>
       <c r="BM154" t="s">
         <v>75</v>
       </c>
       <c r="BN154" t="s">
         <v>75</v>
       </c>
       <c r="BO154">
         <v>0</v>
       </c>
       <c r="BP154"/>
       <c r="BQ154"/>
       <c r="BR154">
         <v>0</v>
       </c>
       <c r="BS154"/>
     </row>
     <row r="155" spans="1:71">
       <c r="A155" t="s">
@@ -33357,51 +33357,51 @@
         <v>6828161675</v>
       </c>
       <c r="AZ155" t="s">
         <v>73</v>
       </c>
       <c r="BA155"/>
       <c r="BB155" t="s">
         <v>1220</v>
       </c>
       <c r="BC155" t="s">
         <v>75</v>
       </c>
       <c r="BD155" t="s">
         <v>75</v>
       </c>
       <c r="BE155" t="s">
         <v>75</v>
       </c>
       <c r="BF155" t="s">
         <v>75</v>
       </c>
       <c r="BG155" t="s">
         <v>75</v>
       </c>
       <c r="BH155">
-        <v>1827</v>
+        <v>1886</v>
       </c>
       <c r="BI155" t="s">
         <v>86</v>
       </c>
       <c r="BJ155"/>
       <c r="BK155"/>
       <c r="BL155"/>
       <c r="BM155" t="s">
         <v>75</v>
       </c>
       <c r="BN155" t="s">
         <v>75</v>
       </c>
       <c r="BO155">
         <v>0</v>
       </c>
       <c r="BP155"/>
       <c r="BQ155"/>
       <c r="BR155">
         <v>0</v>
       </c>
       <c r="BS155"/>
     </row>
     <row r="156" spans="1:71">
       <c r="A156" t="s">
@@ -33536,51 +33536,51 @@
         <v>5433282072</v>
       </c>
       <c r="AZ156" t="s">
         <v>73</v>
       </c>
       <c r="BA156"/>
       <c r="BB156" t="s">
         <v>1225</v>
       </c>
       <c r="BC156" t="s">
         <v>75</v>
       </c>
       <c r="BD156" t="s">
         <v>75</v>
       </c>
       <c r="BE156" t="s">
         <v>75</v>
       </c>
       <c r="BF156" t="s">
         <v>75</v>
       </c>
       <c r="BG156" t="s">
         <v>75</v>
       </c>
       <c r="BH156">
-        <v>1828</v>
+        <v>1887</v>
       </c>
       <c r="BI156" t="s">
         <v>86</v>
       </c>
       <c r="BJ156"/>
       <c r="BK156"/>
       <c r="BL156"/>
       <c r="BM156" t="s">
         <v>75</v>
       </c>
       <c r="BN156" t="s">
         <v>75</v>
       </c>
       <c r="BO156">
         <v>0</v>
       </c>
       <c r="BP156"/>
       <c r="BQ156"/>
       <c r="BR156">
         <v>0</v>
       </c>
       <c r="BS156"/>
     </row>
     <row r="157" spans="1:71">
       <c r="A157" t="s">
@@ -33715,51 +33715,51 @@
         <v>5433092055</v>
       </c>
       <c r="AZ157" t="s">
         <v>73</v>
       </c>
       <c r="BA157"/>
       <c r="BB157" t="s">
         <v>1230</v>
       </c>
       <c r="BC157" t="s">
         <v>75</v>
       </c>
       <c r="BD157" t="s">
         <v>75</v>
       </c>
       <c r="BE157" t="s">
         <v>75</v>
       </c>
       <c r="BF157" t="s">
         <v>75</v>
       </c>
       <c r="BG157" t="s">
         <v>75</v>
       </c>
       <c r="BH157">
-        <v>1829</v>
+        <v>1888</v>
       </c>
       <c r="BI157" t="s">
         <v>86</v>
       </c>
       <c r="BJ157"/>
       <c r="BK157"/>
       <c r="BL157"/>
       <c r="BM157" t="s">
         <v>75</v>
       </c>
       <c r="BN157" t="s">
         <v>75</v>
       </c>
       <c r="BO157">
         <v>0</v>
       </c>
       <c r="BP157"/>
       <c r="BQ157"/>
       <c r="BR157">
         <v>0</v>
       </c>
       <c r="BS157"/>
     </row>
     <row r="158" spans="1:71">
       <c r="A158" t="s">
@@ -33900,51 +33900,51 @@
         <v>6622101194</v>
       </c>
       <c r="AZ158" t="s">
         <v>73</v>
       </c>
       <c r="BA158"/>
       <c r="BB158" t="s">
         <v>1235</v>
       </c>
       <c r="BC158" t="s">
         <v>1238</v>
       </c>
       <c r="BD158" t="s">
         <v>75</v>
       </c>
       <c r="BE158" t="s">
         <v>75</v>
       </c>
       <c r="BF158" t="s">
         <v>75</v>
       </c>
       <c r="BG158" t="s">
         <v>75</v>
       </c>
       <c r="BH158">
-        <v>1829</v>
+        <v>1888</v>
       </c>
       <c r="BI158" t="s">
         <v>86</v>
       </c>
       <c r="BJ158"/>
       <c r="BK158"/>
       <c r="BL158"/>
       <c r="BM158" t="s">
         <v>75</v>
       </c>
       <c r="BN158" t="s">
         <v>75</v>
       </c>
       <c r="BO158">
         <v>0</v>
       </c>
       <c r="BP158"/>
       <c r="BQ158"/>
       <c r="BR158">
         <v>0</v>
       </c>
       <c r="BS158"/>
     </row>
     <row r="159" spans="1:71">
       <c r="A159" t="s">
@@ -34083,61 +34083,61 @@
         <v>6622017124</v>
       </c>
       <c r="AZ159" t="s">
         <v>73</v>
       </c>
       <c r="BA159"/>
       <c r="BB159" t="s">
         <v>1243</v>
       </c>
       <c r="BC159" t="s">
         <v>1246</v>
       </c>
       <c r="BD159" t="s">
         <v>75</v>
       </c>
       <c r="BE159" t="s">
         <v>75</v>
       </c>
       <c r="BF159" t="s">
         <v>75</v>
       </c>
       <c r="BG159" t="s">
         <v>75</v>
       </c>
       <c r="BH159">
-        <v>1830</v>
+        <v>1889</v>
       </c>
       <c r="BI159" t="s">
         <v>86</v>
       </c>
       <c r="BJ159"/>
       <c r="BK159" t="s">
         <v>339</v>
       </c>
       <c r="BL159" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="BM159" t="s">
         <v>1250</v>
       </c>
       <c r="BN159" t="s">
         <v>75</v>
       </c>
       <c r="BO159">
         <v>406</v>
       </c>
       <c r="BP159"/>
       <c r="BQ159"/>
       <c r="BR159">
         <v>0</v>
       </c>
       <c r="BS159" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="160" spans="1:71">
       <c r="A160" t="s">
         <v>66</v>
       </c>
       <c r="B160" t="s">
         <v>1251</v>
@@ -34268,51 +34268,51 @@
         <v>6621802574</v>
       </c>
       <c r="AZ160" t="s">
         <v>73</v>
       </c>
       <c r="BA160"/>
       <c r="BB160" t="s">
         <v>1251</v>
       </c>
       <c r="BC160" t="s">
         <v>75</v>
       </c>
       <c r="BD160" t="s">
         <v>75</v>
       </c>
       <c r="BE160" t="s">
         <v>75</v>
       </c>
       <c r="BF160" t="s">
         <v>75</v>
       </c>
       <c r="BG160" t="s">
         <v>75</v>
       </c>
       <c r="BH160">
-        <v>1831</v>
+        <v>1890</v>
       </c>
       <c r="BI160" t="s">
         <v>86</v>
       </c>
       <c r="BJ160"/>
       <c r="BK160"/>
       <c r="BL160"/>
       <c r="BM160" t="s">
         <v>75</v>
       </c>
       <c r="BN160" t="s">
         <v>75</v>
       </c>
       <c r="BO160">
         <v>0</v>
       </c>
       <c r="BP160"/>
       <c r="BQ160"/>
       <c r="BR160">
         <v>0</v>
       </c>
       <c r="BS160"/>
     </row>
     <row r="161" spans="1:71">
       <c r="A161" t="s">
@@ -34447,51 +34447,51 @@
         <v>2601421675</v>
       </c>
       <c r="AZ161" t="s">
         <v>73</v>
       </c>
       <c r="BA161"/>
       <c r="BB161" t="s">
         <v>1256</v>
       </c>
       <c r="BC161" t="s">
         <v>75</v>
       </c>
       <c r="BD161" t="s">
         <v>75</v>
       </c>
       <c r="BE161" t="s">
         <v>75</v>
       </c>
       <c r="BF161" t="s">
         <v>75</v>
       </c>
       <c r="BG161" t="s">
         <v>75</v>
       </c>
       <c r="BH161">
-        <v>1833</v>
+        <v>1892</v>
       </c>
       <c r="BI161" t="s">
         <v>86</v>
       </c>
       <c r="BJ161"/>
       <c r="BK161"/>
       <c r="BL161"/>
       <c r="BM161" t="s">
         <v>75</v>
       </c>
       <c r="BN161" t="s">
         <v>75</v>
       </c>
       <c r="BO161">
         <v>0</v>
       </c>
       <c r="BP161"/>
       <c r="BQ161"/>
       <c r="BR161">
         <v>0</v>
       </c>
       <c r="BS161"/>
     </row>
     <row r="162" spans="1:71">
       <c r="A162" t="s">
@@ -34626,51 +34626,51 @@
         <v>2601348912</v>
       </c>
       <c r="AZ162" t="s">
         <v>73</v>
       </c>
       <c r="BA162"/>
       <c r="BB162" t="s">
         <v>1260</v>
       </c>
       <c r="BC162" t="s">
         <v>75</v>
       </c>
       <c r="BD162" t="s">
         <v>1265</v>
       </c>
       <c r="BE162" t="s">
         <v>75</v>
       </c>
       <c r="BF162" t="s">
         <v>75</v>
       </c>
       <c r="BG162" t="s">
         <v>75</v>
       </c>
       <c r="BH162">
-        <v>1834</v>
+        <v>1893</v>
       </c>
       <c r="BI162" t="s">
         <v>86</v>
       </c>
       <c r="BJ162"/>
       <c r="BK162"/>
       <c r="BL162"/>
       <c r="BM162" t="s">
         <v>75</v>
       </c>
       <c r="BN162" t="s">
         <v>75</v>
       </c>
       <c r="BO162">
         <v>0</v>
       </c>
       <c r="BP162"/>
       <c r="BQ162"/>
       <c r="BR162">
         <v>0</v>
       </c>
       <c r="BS162"/>
     </row>
     <row r="163" spans="1:71">
       <c r="A163" t="s">
@@ -34805,51 +34805,51 @@
         <v>2601492331</v>
       </c>
       <c r="AZ163" t="s">
         <v>73</v>
       </c>
       <c r="BA163"/>
       <c r="BB163" t="s">
         <v>1266</v>
       </c>
       <c r="BC163" t="s">
         <v>75</v>
       </c>
       <c r="BD163" t="s">
         <v>75</v>
       </c>
       <c r="BE163" t="s">
         <v>75</v>
       </c>
       <c r="BF163" t="s">
         <v>75</v>
       </c>
       <c r="BG163" t="s">
         <v>75</v>
       </c>
       <c r="BH163">
-        <v>1835</v>
+        <v>1894</v>
       </c>
       <c r="BI163" t="s">
         <v>86</v>
       </c>
       <c r="BJ163"/>
       <c r="BK163"/>
       <c r="BL163"/>
       <c r="BM163" t="s">
         <v>75</v>
       </c>
       <c r="BN163" t="s">
         <v>75</v>
       </c>
       <c r="BO163">
         <v>0</v>
       </c>
       <c r="BP163"/>
       <c r="BQ163"/>
       <c r="BR163">
         <v>0</v>
       </c>
       <c r="BS163"/>
     </row>
     <row r="164" spans="1:71">
       <c r="A164" t="s">
@@ -34984,51 +34984,51 @@
         <v>2385416972</v>
       </c>
       <c r="AZ164" t="s">
         <v>73</v>
       </c>
       <c r="BA164"/>
       <c r="BB164" t="s">
         <v>1272</v>
       </c>
       <c r="BC164" t="s">
         <v>75</v>
       </c>
       <c r="BD164" t="s">
         <v>75</v>
       </c>
       <c r="BE164" t="s">
         <v>75</v>
       </c>
       <c r="BF164" t="s">
         <v>75</v>
       </c>
       <c r="BG164" t="s">
         <v>75</v>
       </c>
       <c r="BH164">
-        <v>1838</v>
+        <v>1897</v>
       </c>
       <c r="BI164" t="s">
         <v>86</v>
       </c>
       <c r="BJ164"/>
       <c r="BK164"/>
       <c r="BL164"/>
       <c r="BM164" t="s">
         <v>75</v>
       </c>
       <c r="BN164" t="s">
         <v>75</v>
       </c>
       <c r="BO164">
         <v>0</v>
       </c>
       <c r="BP164"/>
       <c r="BQ164"/>
       <c r="BR164">
         <v>0</v>
       </c>
       <c r="BS164"/>
     </row>
     <row r="165" spans="1:71">
       <c r="A165" t="s">
@@ -35167,51 +35167,51 @@
         <v>3876815471</v>
       </c>
       <c r="AZ165" t="s">
         <v>73</v>
       </c>
       <c r="BA165"/>
       <c r="BB165" t="s">
         <v>1278</v>
       </c>
       <c r="BC165" t="s">
         <v>1281</v>
       </c>
       <c r="BD165" t="s">
         <v>1285</v>
       </c>
       <c r="BE165" t="s">
         <v>1286</v>
       </c>
       <c r="BF165" t="s">
         <v>75</v>
       </c>
       <c r="BG165" t="s">
         <v>75</v>
       </c>
       <c r="BH165">
-        <v>1842</v>
+        <v>1901</v>
       </c>
       <c r="BI165" t="s">
         <v>86</v>
       </c>
       <c r="BJ165"/>
       <c r="BK165"/>
       <c r="BL165"/>
       <c r="BM165" t="s">
         <v>75</v>
       </c>
       <c r="BN165" t="s">
         <v>75</v>
       </c>
       <c r="BO165">
         <v>0</v>
       </c>
       <c r="BP165"/>
       <c r="BQ165"/>
       <c r="BR165">
         <v>0</v>
       </c>
       <c r="BS165"/>
     </row>
     <row r="166" spans="1:71">
       <c r="A166" t="s">
@@ -35346,51 +35346,51 @@
         <v>6476113884</v>
       </c>
       <c r="AZ166" t="s">
         <v>73</v>
       </c>
       <c r="BA166"/>
       <c r="BB166" t="s">
         <v>1287</v>
       </c>
       <c r="BC166" t="s">
         <v>75</v>
       </c>
       <c r="BD166" t="s">
         <v>75</v>
       </c>
       <c r="BE166" t="s">
         <v>75</v>
       </c>
       <c r="BF166" t="s">
         <v>75</v>
       </c>
       <c r="BG166" t="s">
         <v>75</v>
       </c>
       <c r="BH166">
-        <v>1843</v>
+        <v>1902</v>
       </c>
       <c r="BI166" t="s">
         <v>86</v>
       </c>
       <c r="BJ166"/>
       <c r="BK166"/>
       <c r="BL166"/>
       <c r="BM166" t="s">
         <v>75</v>
       </c>
       <c r="BN166" t="s">
         <v>75</v>
       </c>
       <c r="BO166">
         <v>0</v>
       </c>
       <c r="BP166"/>
       <c r="BQ166"/>
       <c r="BR166">
         <v>0</v>
       </c>
       <c r="BS166"/>
     </row>
     <row r="167" spans="1:71">
       <c r="A167" t="s">
@@ -35529,51 +35529,51 @@
         <v>6476112716</v>
       </c>
       <c r="AZ167" t="s">
         <v>73</v>
       </c>
       <c r="BA167"/>
       <c r="BB167" t="s">
         <v>1292</v>
       </c>
       <c r="BC167" t="s">
         <v>1295</v>
       </c>
       <c r="BD167" t="s">
         <v>1300</v>
       </c>
       <c r="BE167" t="s">
         <v>1301</v>
       </c>
       <c r="BF167" t="s">
         <v>75</v>
       </c>
       <c r="BG167" t="s">
         <v>75</v>
       </c>
       <c r="BH167">
-        <v>1843</v>
+        <v>1902</v>
       </c>
       <c r="BI167" t="s">
         <v>86</v>
       </c>
       <c r="BJ167"/>
       <c r="BK167"/>
       <c r="BL167"/>
       <c r="BM167" t="s">
         <v>75</v>
       </c>
       <c r="BN167" t="s">
         <v>75</v>
       </c>
       <c r="BO167">
         <v>0</v>
       </c>
       <c r="BP167"/>
       <c r="BQ167"/>
       <c r="BR167">
         <v>0</v>
       </c>
       <c r="BS167"/>
     </row>
     <row r="168" spans="1:71">
       <c r="A168" t="s">
@@ -35712,51 +35712,51 @@
         <v>6476112716</v>
       </c>
       <c r="AZ168" t="s">
         <v>73</v>
       </c>
       <c r="BA168"/>
       <c r="BB168" t="s">
         <v>1292</v>
       </c>
       <c r="BC168" t="s">
         <v>1295</v>
       </c>
       <c r="BD168" t="s">
         <v>1303</v>
       </c>
       <c r="BE168" t="s">
         <v>1304</v>
       </c>
       <c r="BF168" t="s">
         <v>75</v>
       </c>
       <c r="BG168" t="s">
         <v>75</v>
       </c>
       <c r="BH168">
-        <v>1843</v>
+        <v>1902</v>
       </c>
       <c r="BI168" t="s">
         <v>86</v>
       </c>
       <c r="BJ168"/>
       <c r="BK168"/>
       <c r="BL168"/>
       <c r="BM168" t="s">
         <v>75</v>
       </c>
       <c r="BN168" t="s">
         <v>75</v>
       </c>
       <c r="BO168">
         <v>0</v>
       </c>
       <c r="BP168"/>
       <c r="BQ168"/>
       <c r="BR168">
         <v>0</v>
       </c>
       <c r="BS168"/>
     </row>
     <row r="169" spans="1:71">
       <c r="A169" t="s">
@@ -35891,51 +35891,51 @@
         <v>8622803151</v>
       </c>
       <c r="AZ169" t="s">
         <v>73</v>
       </c>
       <c r="BA169"/>
       <c r="BB169" t="s">
         <v>1305</v>
       </c>
       <c r="BC169" t="s">
         <v>75</v>
       </c>
       <c r="BD169" t="s">
         <v>75</v>
       </c>
       <c r="BE169" t="s">
         <v>75</v>
       </c>
       <c r="BF169" t="s">
         <v>75</v>
       </c>
       <c r="BG169" t="s">
         <v>75</v>
       </c>
       <c r="BH169">
-        <v>1847</v>
+        <v>1906</v>
       </c>
       <c r="BI169" t="s">
         <v>86</v>
       </c>
       <c r="BJ169"/>
       <c r="BK169"/>
       <c r="BL169"/>
       <c r="BM169" t="s">
         <v>75</v>
       </c>
       <c r="BN169" t="s">
         <v>75</v>
       </c>
       <c r="BO169">
         <v>0</v>
       </c>
       <c r="BP169"/>
       <c r="BQ169"/>
       <c r="BR169">
         <v>0</v>
       </c>
       <c r="BS169"/>
     </row>
     <row r="170" spans="1:71">
       <c r="A170" t="s">
@@ -36070,51 +36070,51 @@
         <v>5526844352</v>
       </c>
       <c r="AZ170" t="s">
         <v>73</v>
       </c>
       <c r="BA170"/>
       <c r="BB170" t="s">
         <v>1311</v>
       </c>
       <c r="BC170" t="s">
         <v>75</v>
       </c>
       <c r="BD170" t="s">
         <v>75</v>
       </c>
       <c r="BE170" t="s">
         <v>75</v>
       </c>
       <c r="BF170" t="s">
         <v>75</v>
       </c>
       <c r="BG170" t="s">
         <v>75</v>
       </c>
       <c r="BH170">
-        <v>1848</v>
+        <v>1907</v>
       </c>
       <c r="BI170" t="s">
         <v>86</v>
       </c>
       <c r="BJ170"/>
       <c r="BK170"/>
       <c r="BL170"/>
       <c r="BM170" t="s">
         <v>75</v>
       </c>
       <c r="BN170" t="s">
         <v>75</v>
       </c>
       <c r="BO170">
         <v>0</v>
       </c>
       <c r="BP170"/>
       <c r="BQ170"/>
       <c r="BR170">
         <v>0</v>
       </c>
       <c r="BS170"/>
     </row>
     <row r="171" spans="1:71">
       <c r="A171" t="s">
@@ -36259,51 +36259,51 @@
         <v>5526688381</v>
       </c>
       <c r="AZ171" t="s">
         <v>73</v>
       </c>
       <c r="BA171"/>
       <c r="BB171" t="s">
         <v>1317</v>
       </c>
       <c r="BC171" t="s">
         <v>1320</v>
       </c>
       <c r="BD171" t="s">
         <v>1325</v>
       </c>
       <c r="BE171" t="s">
         <v>1326</v>
       </c>
       <c r="BF171" t="s">
         <v>75</v>
       </c>
       <c r="BG171" t="s">
         <v>75</v>
       </c>
       <c r="BH171">
-        <v>1849</v>
+        <v>1908</v>
       </c>
       <c r="BI171" t="s">
         <v>86</v>
       </c>
       <c r="BJ171"/>
       <c r="BK171"/>
       <c r="BL171"/>
       <c r="BM171" t="s">
         <v>75</v>
       </c>
       <c r="BN171" t="s">
         <v>75</v>
       </c>
       <c r="BO171">
         <v>0</v>
       </c>
       <c r="BP171"/>
       <c r="BQ171"/>
       <c r="BR171">
         <v>0</v>
       </c>
       <c r="BS171"/>
     </row>
     <row r="172" spans="1:71">
       <c r="A172" t="s">
@@ -36438,51 +36438,51 @@
         <v>5132586745</v>
       </c>
       <c r="AZ172" t="s">
         <v>73</v>
       </c>
       <c r="BA172"/>
       <c r="BB172" t="s">
         <v>1327</v>
       </c>
       <c r="BC172" t="s">
         <v>75</v>
       </c>
       <c r="BD172" t="s">
         <v>75</v>
       </c>
       <c r="BE172" t="s">
         <v>75</v>
       </c>
       <c r="BF172" t="s">
         <v>75</v>
       </c>
       <c r="BG172" t="s">
         <v>75</v>
       </c>
       <c r="BH172">
-        <v>1850</v>
+        <v>1909</v>
       </c>
       <c r="BI172" t="s">
         <v>86</v>
       </c>
       <c r="BJ172"/>
       <c r="BK172"/>
       <c r="BL172"/>
       <c r="BM172" t="s">
         <v>75</v>
       </c>
       <c r="BN172" t="s">
         <v>75</v>
       </c>
       <c r="BO172">
         <v>0</v>
       </c>
       <c r="BP172"/>
       <c r="BQ172"/>
       <c r="BR172">
         <v>0</v>
       </c>
       <c r="BS172"/>
     </row>
     <row r="173" spans="1:71">
       <c r="A173" t="s">
@@ -36563,51 +36563,51 @@
         <v>66</v>
       </c>
       <c r="AB173" t="s">
         <v>69</v>
       </c>
       <c r="AC173" t="s">
         <v>1333</v>
       </c>
       <c r="AD173" t="s">
         <v>75</v>
       </c>
       <c r="AE173" t="s">
         <v>75</v>
       </c>
       <c r="AF173" t="s">
         <v>77</v>
       </c>
       <c r="AG173"/>
       <c r="AH173" t="s">
         <v>1334</v>
       </c>
       <c r="AI173" t="s">
         <v>1335</v>
       </c>
       <c r="AJ173" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="AK173" t="s">
         <v>80</v>
       </c>
       <c r="AL173" t="s">
         <v>75</v>
       </c>
       <c r="AM173"/>
       <c r="AN173"/>
       <c r="AO173">
         <v>0</v>
       </c>
       <c r="AP173" t="s">
         <v>1336</v>
       </c>
       <c r="AQ173"/>
       <c r="AR173"/>
       <c r="AS173"/>
       <c r="AT173" t="s">
         <v>75</v>
       </c>
       <c r="AU173"/>
       <c r="AV173"/>
       <c r="AW173"/>
       <c r="AX173" t="s">
@@ -36617,51 +36617,51 @@
         <v>5132431231</v>
       </c>
       <c r="AZ173" t="s">
         <v>73</v>
       </c>
       <c r="BA173"/>
       <c r="BB173" t="s">
         <v>1332</v>
       </c>
       <c r="BC173" t="s">
         <v>75</v>
       </c>
       <c r="BD173" t="s">
         <v>75</v>
       </c>
       <c r="BE173" t="s">
         <v>75</v>
       </c>
       <c r="BF173" t="s">
         <v>75</v>
       </c>
       <c r="BG173" t="s">
         <v>75</v>
       </c>
       <c r="BH173">
-        <v>1851</v>
+        <v>1910</v>
       </c>
       <c r="BI173" t="s">
         <v>86</v>
       </c>
       <c r="BJ173"/>
       <c r="BK173"/>
       <c r="BL173"/>
       <c r="BM173" t="s">
         <v>75</v>
       </c>
       <c r="BN173" t="s">
         <v>75</v>
       </c>
       <c r="BO173">
         <v>0</v>
       </c>
       <c r="BP173"/>
       <c r="BQ173"/>
       <c r="BR173">
         <v>0</v>
       </c>
       <c r="BS173"/>
     </row>
     <row r="174" spans="1:71">
       <c r="A174" t="s">
@@ -36742,51 +36742,51 @@
         <v>66</v>
       </c>
       <c r="AB174" t="s">
         <v>69</v>
       </c>
       <c r="AC174" t="s">
         <v>1333</v>
       </c>
       <c r="AD174" t="s">
         <v>75</v>
       </c>
       <c r="AE174" t="s">
         <v>75</v>
       </c>
       <c r="AF174" t="s">
         <v>77</v>
       </c>
       <c r="AG174"/>
       <c r="AH174" t="s">
         <v>1334</v>
       </c>
       <c r="AI174" t="s">
         <v>1335</v>
       </c>
       <c r="AJ174" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="AK174" t="s">
         <v>80</v>
       </c>
       <c r="AL174" t="s">
         <v>75</v>
       </c>
       <c r="AM174"/>
       <c r="AN174"/>
       <c r="AO174">
         <v>0</v>
       </c>
       <c r="AP174" t="s">
         <v>1336</v>
       </c>
       <c r="AQ174"/>
       <c r="AR174"/>
       <c r="AS174"/>
       <c r="AT174" t="s">
         <v>75</v>
       </c>
       <c r="AU174"/>
       <c r="AV174"/>
       <c r="AW174"/>
       <c r="AX174" t="s">
@@ -36796,51 +36796,51 @@
         <v>5132431054</v>
       </c>
       <c r="AZ174" t="s">
         <v>73</v>
       </c>
       <c r="BA174"/>
       <c r="BB174" t="s">
         <v>1337</v>
       </c>
       <c r="BC174" t="s">
         <v>75</v>
       </c>
       <c r="BD174" t="s">
         <v>75</v>
       </c>
       <c r="BE174" t="s">
         <v>75</v>
       </c>
       <c r="BF174" t="s">
         <v>75</v>
       </c>
       <c r="BG174" t="s">
         <v>75</v>
       </c>
       <c r="BH174">
-        <v>1851</v>
+        <v>1910</v>
       </c>
       <c r="BI174" t="s">
         <v>86</v>
       </c>
       <c r="BJ174"/>
       <c r="BK174"/>
       <c r="BL174"/>
       <c r="BM174" t="s">
         <v>75</v>
       </c>
       <c r="BN174" t="s">
         <v>75</v>
       </c>
       <c r="BO174">
         <v>0</v>
       </c>
       <c r="BP174"/>
       <c r="BQ174"/>
       <c r="BR174">
         <v>0</v>
       </c>
       <c r="BS174"/>
     </row>
     <row r="175" spans="1:71">
       <c r="A175" t="s">
@@ -36975,51 +36975,51 @@
         <v>5132430170</v>
       </c>
       <c r="AZ175" t="s">
         <v>73</v>
       </c>
       <c r="BA175"/>
       <c r="BB175" t="s">
         <v>1338</v>
       </c>
       <c r="BC175" t="s">
         <v>75</v>
       </c>
       <c r="BD175" t="s">
         <v>75</v>
       </c>
       <c r="BE175" t="s">
         <v>75</v>
       </c>
       <c r="BF175" t="s">
         <v>75</v>
       </c>
       <c r="BG175" t="s">
         <v>75</v>
       </c>
       <c r="BH175">
-        <v>1851</v>
+        <v>1910</v>
       </c>
       <c r="BI175" t="s">
         <v>86</v>
       </c>
       <c r="BJ175"/>
       <c r="BK175"/>
       <c r="BL175"/>
       <c r="BM175" t="s">
         <v>75</v>
       </c>
       <c r="BN175" t="s">
         <v>75</v>
       </c>
       <c r="BO175">
         <v>0</v>
       </c>
       <c r="BP175"/>
       <c r="BQ175"/>
       <c r="BR175">
         <v>0</v>
       </c>
       <c r="BS175"/>
     </row>
     <row r="176" spans="1:71">
       <c r="A176" t="s">
@@ -37158,51 +37158,51 @@
         <v>7128428285</v>
       </c>
       <c r="AZ176" t="s">
         <v>73</v>
       </c>
       <c r="BA176"/>
       <c r="BB176" t="s">
         <v>1343</v>
       </c>
       <c r="BC176" t="s">
         <v>1346</v>
       </c>
       <c r="BD176" t="s">
         <v>1351</v>
       </c>
       <c r="BE176" t="s">
         <v>75</v>
       </c>
       <c r="BF176" t="s">
         <v>75</v>
       </c>
       <c r="BG176" t="s">
         <v>75</v>
       </c>
       <c r="BH176">
-        <v>1854</v>
+        <v>1913</v>
       </c>
       <c r="BI176" t="s">
         <v>86</v>
       </c>
       <c r="BJ176"/>
       <c r="BK176"/>
       <c r="BL176"/>
       <c r="BM176" t="s">
         <v>75</v>
       </c>
       <c r="BN176" t="s">
         <v>75</v>
       </c>
       <c r="BO176">
         <v>0</v>
       </c>
       <c r="BP176"/>
       <c r="BQ176"/>
       <c r="BR176">
         <v>0</v>
       </c>
       <c r="BS176"/>
     </row>
     <row r="177" spans="1:71">
       <c r="A177" t="s">
@@ -37341,51 +37341,51 @@
         <v>7128428285</v>
       </c>
       <c r="AZ177" t="s">
         <v>73</v>
       </c>
       <c r="BA177"/>
       <c r="BB177" t="s">
         <v>1343</v>
       </c>
       <c r="BC177" t="s">
         <v>1346</v>
       </c>
       <c r="BD177" t="s">
         <v>75</v>
       </c>
       <c r="BE177" t="s">
         <v>75</v>
       </c>
       <c r="BF177" t="s">
         <v>75</v>
       </c>
       <c r="BG177" t="s">
         <v>75</v>
       </c>
       <c r="BH177">
-        <v>1854</v>
+        <v>1913</v>
       </c>
       <c r="BI177" t="s">
         <v>86</v>
       </c>
       <c r="BJ177"/>
       <c r="BK177"/>
       <c r="BL177"/>
       <c r="BM177" t="s">
         <v>75</v>
       </c>
       <c r="BN177" t="s">
         <v>75</v>
       </c>
       <c r="BO177">
         <v>0</v>
       </c>
       <c r="BP177"/>
       <c r="BQ177"/>
       <c r="BR177">
         <v>0</v>
       </c>
       <c r="BS177"/>
     </row>
     <row r="178" spans="1:71">
       <c r="A178" t="s">
@@ -37397,51 +37397,51 @@
       <c r="C178">
         <v>4031567993</v>
       </c>
       <c r="D178">
         <v>488520</v>
       </c>
       <c r="E178">
         <v>45.93</v>
       </c>
       <c r="F178" t="s">
         <v>1354</v>
       </c>
       <c r="G178" t="s">
         <v>69</v>
       </c>
       <c r="H178" t="s">
         <v>1355</v>
       </c>
       <c r="I178">
         <v>26.39</v>
       </c>
       <c r="J178" t="s">
         <v>1346</v>
       </c>
       <c r="K178" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="L178">
         <v>7128425463</v>
       </c>
       <c r="M178" t="s">
         <v>73</v>
       </c>
       <c r="N178" t="s">
         <v>74</v>
       </c>
       <c r="O178"/>
       <c r="P178" t="s">
         <v>75</v>
       </c>
       <c r="Q178" t="s">
         <v>1353</v>
       </c>
       <c r="R178" t="s">
         <v>75</v>
       </c>
       <c r="S178" t="s">
         <v>75</v>
       </c>
       <c r="T178" t="s">
         <v>76</v>
@@ -37524,51 +37524,51 @@
         <v>7128425463</v>
       </c>
       <c r="AZ178" t="s">
         <v>73</v>
       </c>
       <c r="BA178"/>
       <c r="BB178" t="s">
         <v>1353</v>
       </c>
       <c r="BC178" t="s">
         <v>1346</v>
       </c>
       <c r="BD178" t="s">
         <v>75</v>
       </c>
       <c r="BE178" t="s">
         <v>75</v>
       </c>
       <c r="BF178" t="s">
         <v>75</v>
       </c>
       <c r="BG178" t="s">
         <v>75</v>
       </c>
       <c r="BH178">
-        <v>1855</v>
+        <v>1914</v>
       </c>
       <c r="BI178" t="s">
         <v>86</v>
       </c>
       <c r="BJ178"/>
       <c r="BK178"/>
       <c r="BL178"/>
       <c r="BM178" t="s">
         <v>75</v>
       </c>
       <c r="BN178" t="s">
         <v>75</v>
       </c>
       <c r="BO178">
         <v>0</v>
       </c>
       <c r="BP178"/>
       <c r="BQ178"/>
       <c r="BR178">
         <v>0</v>
       </c>
       <c r="BS178"/>
     </row>
     <row r="179" spans="1:71">
       <c r="A179" t="s">
@@ -37703,51 +37703,51 @@
         <v>2729108874</v>
       </c>
       <c r="AZ179" t="s">
         <v>73</v>
       </c>
       <c r="BA179"/>
       <c r="BB179" t="s">
         <v>1361</v>
       </c>
       <c r="BC179" t="s">
         <v>75</v>
       </c>
       <c r="BD179" t="s">
         <v>75</v>
       </c>
       <c r="BE179" t="s">
         <v>75</v>
       </c>
       <c r="BF179" t="s">
         <v>75</v>
       </c>
       <c r="BG179" t="s">
         <v>75</v>
       </c>
       <c r="BH179">
-        <v>1856</v>
+        <v>1915</v>
       </c>
       <c r="BI179" t="s">
         <v>86</v>
       </c>
       <c r="BJ179"/>
       <c r="BK179"/>
       <c r="BL179"/>
       <c r="BM179" t="s">
         <v>75</v>
       </c>
       <c r="BN179" t="s">
         <v>75</v>
       </c>
       <c r="BO179">
         <v>0</v>
       </c>
       <c r="BP179"/>
       <c r="BQ179"/>
       <c r="BR179">
         <v>0</v>
       </c>
       <c r="BS179"/>
     </row>
     <row r="180" spans="1:71">
       <c r="A180" t="s">
@@ -37886,51 +37886,51 @@
         <v>5595387825</v>
       </c>
       <c r="AZ180" t="s">
         <v>73</v>
       </c>
       <c r="BA180"/>
       <c r="BB180" t="s">
         <v>1367</v>
       </c>
       <c r="BC180" t="s">
         <v>1370</v>
       </c>
       <c r="BD180" t="s">
         <v>1374</v>
       </c>
       <c r="BE180" t="s">
         <v>1375</v>
       </c>
       <c r="BF180" t="s">
         <v>75</v>
       </c>
       <c r="BG180" t="s">
         <v>75</v>
       </c>
       <c r="BH180">
-        <v>1857</v>
+        <v>1916</v>
       </c>
       <c r="BI180" t="s">
         <v>86</v>
       </c>
       <c r="BJ180"/>
       <c r="BK180"/>
       <c r="BL180"/>
       <c r="BM180" t="s">
         <v>75</v>
       </c>
       <c r="BN180" t="s">
         <v>75</v>
       </c>
       <c r="BO180">
         <v>0</v>
       </c>
       <c r="BP180"/>
       <c r="BQ180"/>
       <c r="BR180">
         <v>0</v>
       </c>
       <c r="BS180"/>
     </row>
     <row r="181" spans="1:71">
       <c r="A181" t="s">
@@ -38069,51 +38069,51 @@
         <v>5890522621</v>
       </c>
       <c r="AZ181" t="s">
         <v>73</v>
       </c>
       <c r="BA181"/>
       <c r="BB181" t="s">
         <v>1376</v>
       </c>
       <c r="BC181" t="s">
         <v>1379</v>
       </c>
       <c r="BD181" t="s">
         <v>75</v>
       </c>
       <c r="BE181" t="s">
         <v>75</v>
       </c>
       <c r="BF181" t="s">
         <v>75</v>
       </c>
       <c r="BG181" t="s">
         <v>75</v>
       </c>
       <c r="BH181">
-        <v>1861</v>
+        <v>1920</v>
       </c>
       <c r="BI181" t="s">
         <v>86</v>
       </c>
       <c r="BJ181"/>
       <c r="BK181"/>
       <c r="BL181"/>
       <c r="BM181" t="s">
         <v>75</v>
       </c>
       <c r="BN181" t="s">
         <v>75</v>
       </c>
       <c r="BO181">
         <v>0</v>
       </c>
       <c r="BP181"/>
       <c r="BQ181"/>
       <c r="BR181">
         <v>0</v>
       </c>
       <c r="BS181"/>
     </row>
     <row r="182" spans="1:71">
       <c r="A182" t="s">
@@ -38252,51 +38252,51 @@
         <v>7811011762</v>
       </c>
       <c r="AZ182" t="s">
         <v>73</v>
       </c>
       <c r="BA182"/>
       <c r="BB182" t="s">
         <v>1384</v>
       </c>
       <c r="BC182" t="s">
         <v>1387</v>
       </c>
       <c r="BD182" t="s">
         <v>75</v>
       </c>
       <c r="BE182" t="s">
         <v>75</v>
       </c>
       <c r="BF182" t="s">
         <v>75</v>
       </c>
       <c r="BG182" t="s">
         <v>75</v>
       </c>
       <c r="BH182">
-        <v>1862</v>
+        <v>1921</v>
       </c>
       <c r="BI182" t="s">
         <v>86</v>
       </c>
       <c r="BJ182"/>
       <c r="BK182"/>
       <c r="BL182"/>
       <c r="BM182" t="s">
         <v>75</v>
       </c>
       <c r="BN182" t="s">
         <v>75</v>
       </c>
       <c r="BO182">
         <v>0</v>
       </c>
       <c r="BP182"/>
       <c r="BQ182"/>
       <c r="BR182">
         <v>0</v>
       </c>
       <c r="BS182"/>
     </row>
     <row r="183" spans="1:71">
       <c r="A183" t="s">
@@ -38435,51 +38435,51 @@
         <v>7811000422</v>
       </c>
       <c r="AZ183" t="s">
         <v>73</v>
       </c>
       <c r="BA183"/>
       <c r="BB183" t="s">
         <v>1391</v>
       </c>
       <c r="BC183" t="s">
         <v>1387</v>
       </c>
       <c r="BD183" t="s">
         <v>75</v>
       </c>
       <c r="BE183" t="s">
         <v>75</v>
       </c>
       <c r="BF183" t="s">
         <v>75</v>
       </c>
       <c r="BG183" t="s">
         <v>75</v>
       </c>
       <c r="BH183">
-        <v>1863</v>
+        <v>1922</v>
       </c>
       <c r="BI183" t="s">
         <v>86</v>
       </c>
       <c r="BJ183"/>
       <c r="BK183"/>
       <c r="BL183"/>
       <c r="BM183" t="s">
         <v>75</v>
       </c>
       <c r="BN183" t="s">
         <v>75</v>
       </c>
       <c r="BO183">
         <v>0</v>
       </c>
       <c r="BP183"/>
       <c r="BQ183"/>
       <c r="BR183">
         <v>0</v>
       </c>
       <c r="BS183"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>