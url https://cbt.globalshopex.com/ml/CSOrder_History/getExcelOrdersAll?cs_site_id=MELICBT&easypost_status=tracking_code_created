--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -4936,51 +4936,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>84</v>
       </c>
       <c r="BE2" t="s">
         <v>85</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>39.33</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -5119,51 +5119,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>91</v>
       </c>
       <c r="BE3" t="s">
         <v>92</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>37.27</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
@@ -5302,51 +5302,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>93</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>99</v>
       </c>
       <c r="BE4" t="s">
         <v>100</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>156.91</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -5485,51 +5485,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>83</v>
       </c>
       <c r="BB5" t="s">
         <v>101</v>
       </c>
       <c r="BC5" t="s">
         <v>71</v>
       </c>
       <c r="BD5" t="s">
         <v>107</v>
       </c>
       <c r="BE5" t="s">
         <v>108</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>75</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>44.1</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
@@ -5668,51 +5668,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
         <v>109</v>
       </c>
       <c r="BC6" t="s">
         <v>71</v>
       </c>
       <c r="BD6" t="s">
         <v>115</v>
       </c>
       <c r="BE6" t="s">
         <v>116</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>75</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>50.2</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
@@ -5851,51 +5851,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
         <v>117</v>
       </c>
       <c r="BC7" t="s">
         <v>120</v>
       </c>
       <c r="BD7" t="s">
         <v>124</v>
       </c>
       <c r="BE7" t="s">
         <v>125</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>75</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>36.33</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
@@ -6034,51 +6034,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
         <v>126</v>
       </c>
       <c r="BC8" t="s">
         <v>120</v>
       </c>
       <c r="BD8" t="s">
         <v>132</v>
       </c>
       <c r="BE8" t="s">
         <v>133</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>75</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>42.45</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
@@ -6217,51 +6217,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
         <v>134</v>
       </c>
       <c r="BC9" t="s">
         <v>120</v>
       </c>
       <c r="BD9" t="s">
         <v>140</v>
       </c>
       <c r="BE9" t="s">
         <v>141</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>75</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>38.51</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
@@ -6400,51 +6400,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>142</v>
       </c>
       <c r="BC10" t="s">
         <v>120</v>
       </c>
       <c r="BD10" t="s">
         <v>147</v>
       </c>
       <c r="BE10" t="s">
         <v>148</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>75</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>34.56</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
@@ -6583,51 +6583,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>83</v>
       </c>
       <c r="BB11" t="s">
         <v>149</v>
       </c>
       <c r="BC11" t="s">
         <v>120</v>
       </c>
       <c r="BD11" t="s">
         <v>155</v>
       </c>
       <c r="BE11" t="s">
         <v>156</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>75</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>196.35</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
@@ -6768,51 +6768,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>83</v>
       </c>
       <c r="BB12" t="s">
         <v>157</v>
       </c>
       <c r="BC12" t="s">
         <v>89</v>
       </c>
       <c r="BD12" t="s">
         <v>165</v>
       </c>
       <c r="BE12" t="s">
         <v>166</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>75</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>30.92</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
@@ -6953,51 +6953,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>167</v>
       </c>
       <c r="BC13" t="s">
         <v>120</v>
       </c>
       <c r="BD13" t="s">
         <v>173</v>
       </c>
       <c r="BE13" t="s">
         <v>174</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>75</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>44.1</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
@@ -7136,51 +7136,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>83</v>
       </c>
       <c r="BB14" t="s">
         <v>175</v>
       </c>
       <c r="BC14" t="s">
         <v>120</v>
       </c>
       <c r="BD14" t="s">
         <v>181</v>
       </c>
       <c r="BE14" t="s">
         <v>182</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>1631</v>
+        <v>1676</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>75</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>40.13</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
@@ -7319,51 +7319,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
         <v>183</v>
       </c>
       <c r="BC15" t="s">
         <v>89</v>
       </c>
       <c r="BD15" t="s">
         <v>189</v>
       </c>
       <c r="BE15" t="s">
         <v>190</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>1631</v>
+        <v>1676</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>75</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>59.91</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
@@ -7502,51 +7502,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>83</v>
       </c>
       <c r="BB16" t="s">
         <v>191</v>
       </c>
       <c r="BC16" t="s">
         <v>120</v>
       </c>
       <c r="BD16" t="s">
         <v>197</v>
       </c>
       <c r="BE16" t="s">
         <v>198</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>1631</v>
+        <v>1676</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
         <v>75</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>79.16</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
@@ -7685,51 +7685,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>83</v>
       </c>
       <c r="BB17" t="s">
         <v>199</v>
       </c>
       <c r="BC17" t="s">
         <v>120</v>
       </c>
       <c r="BD17" t="s">
         <v>205</v>
       </c>
       <c r="BE17" t="s">
         <v>206</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>1631</v>
+        <v>1676</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
         <v>75</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>119.15</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
@@ -7868,51 +7868,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>83</v>
       </c>
       <c r="BB18" t="s">
         <v>207</v>
       </c>
       <c r="BC18" t="s">
         <v>210</v>
       </c>
       <c r="BD18" t="s">
         <v>213</v>
       </c>
       <c r="BE18" t="s">
         <v>214</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>1634</v>
+        <v>1679</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>75</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>50.18</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
@@ -8051,51 +8051,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>83</v>
       </c>
       <c r="BB19" t="s">
         <v>215</v>
       </c>
       <c r="BC19" t="s">
         <v>210</v>
       </c>
       <c r="BD19" t="s">
         <v>221</v>
       </c>
       <c r="BE19" t="s">
         <v>222</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>1634</v>
+        <v>1679</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
         <v>75</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>42.29</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
@@ -8234,51 +8234,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>83</v>
       </c>
       <c r="BB20" t="s">
         <v>223</v>
       </c>
       <c r="BC20" t="s">
         <v>210</v>
       </c>
       <c r="BD20" t="s">
         <v>228</v>
       </c>
       <c r="BE20" t="s">
         <v>229</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>1635</v>
+        <v>1680</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>75</v>
       </c>
       <c r="BN20" t="s">
         <v>75</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>53.61</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
@@ -8417,51 +8417,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>83</v>
       </c>
       <c r="BB21" t="s">
         <v>230</v>
       </c>
       <c r="BC21" t="s">
         <v>210</v>
       </c>
       <c r="BD21" t="s">
         <v>235</v>
       </c>
       <c r="BE21" t="s">
         <v>236</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>1635</v>
+        <v>1680</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>75</v>
       </c>
       <c r="BN21" t="s">
         <v>75</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>39.33</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
@@ -8604,51 +8604,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>83</v>
       </c>
       <c r="BB22" t="s">
         <v>237</v>
       </c>
       <c r="BC22" t="s">
         <v>210</v>
       </c>
       <c r="BD22" t="s">
         <v>244</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>1635</v>
+        <v>1680</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22" t="s">
         <v>245</v>
       </c>
       <c r="BK22" t="s">
         <v>246</v>
       </c>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>247</v>
       </c>
       <c r="BN22" t="s">
         <v>75</v>
       </c>
       <c r="BO22">
         <v>4</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>91.59</v>
       </c>
@@ -8797,51 +8797,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>83</v>
       </c>
       <c r="BB23" t="s">
         <v>249</v>
       </c>
       <c r="BC23" t="s">
         <v>252</v>
       </c>
       <c r="BD23" t="s">
         <v>256</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>1637</v>
+        <v>1682</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23" t="s">
         <v>245</v>
       </c>
       <c r="BK23" t="s">
         <v>246</v>
       </c>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>257</v>
       </c>
       <c r="BN23" t="s">
         <v>75</v>
       </c>
       <c r="BO23">
         <v>4</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>38.54</v>
       </c>
@@ -8986,51 +8986,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>258</v>
       </c>
       <c r="BC24" t="s">
         <v>75</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>1638</v>
+        <v>1683</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24" t="s">
         <v>245</v>
       </c>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>75</v>
       </c>
       <c r="BN24" t="s">
         <v>75</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>45.7</v>
       </c>
       <c r="BS24"/>
     </row>
@@ -9046,51 +9046,53 @@
       </c>
       <c r="D25">
         <v>512180</v>
       </c>
       <c r="E25">
         <v>48.86</v>
       </c>
       <c r="F25" t="s">
         <v>263</v>
       </c>
       <c r="G25" t="s">
         <v>69</v>
       </c>
       <c r="H25" t="s">
         <v>264</v>
       </c>
       <c r="I25">
         <v>18.99</v>
       </c>
       <c r="J25" t="s">
         <v>252</v>
       </c>
       <c r="K25" t="s">
         <v>240</v>
       </c>
-      <c r="L25"/>
+      <c r="L25">
+        <v>2459586942</v>
+      </c>
       <c r="M25" t="s">
         <v>73</v>
       </c>
       <c r="N25" t="s">
         <v>74</v>
       </c>
       <c r="O25"/>
       <c r="P25" t="s">
         <v>75</v>
       </c>
       <c r="Q25" t="s">
         <v>262</v>
       </c>
       <c r="R25" t="s">
         <v>75</v>
       </c>
       <c r="S25" t="s">
         <v>75</v>
       </c>
       <c r="T25" t="s">
         <v>160</v>
       </c>
       <c r="U25">
         <v>4638947068</v>
       </c>
@@ -9145,77 +9147,79 @@
         <v>163</v>
       </c>
       <c r="AN25" t="s">
         <v>264</v>
       </c>
       <c r="AO25">
         <v>18.99</v>
       </c>
       <c r="AP25" t="s">
         <v>267</v>
       </c>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25" t="s">
         <v>75</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25">
         <v>0</v>
       </c>
       <c r="AX25" t="s">
         <v>82</v>
       </c>
-      <c r="AY25"/>
+      <c r="AY25">
+        <v>2459586942</v>
+      </c>
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>83</v>
       </c>
       <c r="BB25" t="s">
         <v>262</v>
       </c>
       <c r="BC25" t="s">
         <v>252</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>1638</v>
+        <v>1683</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25" t="s">
         <v>245</v>
       </c>
       <c r="BK25" t="s">
         <v>246</v>
       </c>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>268</v>
       </c>
       <c r="BN25" t="s">
         <v>75</v>
       </c>
       <c r="BO25">
         <v>8</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>48.86</v>
       </c>
@@ -9310,101 +9314,103 @@
         <v>271</v>
       </c>
       <c r="AD26" t="s">
         <v>75</v>
       </c>
       <c r="AE26" t="s">
         <v>75</v>
       </c>
       <c r="AF26" t="s">
         <v>77</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
         <v>273</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
         <v>274</v>
       </c>
       <c r="AK26" t="s">
         <v>80</v>
       </c>
       <c r="AL26" t="s">
         <v>252</v>
       </c>
-      <c r="AM26"/>
+      <c r="AM26" t="s">
+        <v>163</v>
+      </c>
       <c r="AN26" t="s">
         <v>272</v>
       </c>
       <c r="AO26">
         <v>70.44</v>
       </c>
       <c r="AP26" t="s">
         <v>275</v>
       </c>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26" t="s">
         <v>75</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26" t="s">
         <v>82</v>
       </c>
       <c r="AY26">
         <v>8483485404</v>
       </c>
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>83</v>
       </c>
       <c r="BB26" t="s">
         <v>270</v>
       </c>
       <c r="BC26" t="s">
         <v>252</v>
       </c>
       <c r="BD26" t="s">
         <v>276</v>
       </c>
       <c r="BE26" t="s">
         <v>277</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>1640</v>
+        <v>1685</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>75</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>52</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
@@ -9493,101 +9499,103 @@
         <v>279</v>
       </c>
       <c r="AD27" t="s">
         <v>75</v>
       </c>
       <c r="AE27" t="s">
         <v>75</v>
       </c>
       <c r="AF27" t="s">
         <v>77</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
         <v>281</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
         <v>282</v>
       </c>
       <c r="AK27" t="s">
         <v>80</v>
       </c>
       <c r="AL27" t="s">
         <v>252</v>
       </c>
-      <c r="AM27"/>
+      <c r="AM27" t="s">
+        <v>163</v>
+      </c>
       <c r="AN27" t="s">
         <v>280</v>
       </c>
       <c r="AO27">
         <v>13.49</v>
       </c>
       <c r="AP27" t="s">
         <v>283</v>
       </c>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27" t="s">
         <v>75</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27" t="s">
         <v>82</v>
       </c>
       <c r="AY27">
         <v>8483474775</v>
       </c>
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>83</v>
       </c>
       <c r="BB27" t="s">
         <v>278</v>
       </c>
       <c r="BC27" t="s">
         <v>252</v>
       </c>
       <c r="BD27" t="s">
         <v>284</v>
       </c>
       <c r="BE27" t="s">
         <v>285</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>1640</v>
+        <v>1685</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>75</v>
       </c>
       <c r="BN27" t="s">
         <v>75</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>40.92</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
@@ -9728,51 +9736,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>83</v>
       </c>
       <c r="BB28" t="s">
         <v>286</v>
       </c>
       <c r="BC28" t="s">
         <v>252</v>
       </c>
       <c r="BD28" t="s">
         <v>292</v>
       </c>
       <c r="BE28" t="s">
         <v>293</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>1640</v>
+        <v>1685</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28" t="s">
         <v>245</v>
       </c>
       <c r="BK28" t="s">
         <v>246</v>
       </c>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>294</v>
       </c>
       <c r="BN28" t="s">
         <v>75</v>
       </c>
       <c r="BO28">
         <v>7</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>54</v>
       </c>
@@ -9917,51 +9925,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>83</v>
       </c>
       <c r="BB29" t="s">
         <v>295</v>
       </c>
       <c r="BC29" t="s">
         <v>75</v>
       </c>
       <c r="BD29" t="s">
         <v>75</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>1640</v>
+        <v>1685</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29" t="s">
         <v>245</v>
       </c>
       <c r="BK29" t="s">
         <v>246</v>
       </c>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>300</v>
       </c>
       <c r="BN29" t="s">
         <v>75</v>
       </c>
       <c r="BO29">
         <v>3</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>90.17</v>
       </c>
@@ -10106,51 +10114,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>83</v>
       </c>
       <c r="BB30" t="s">
         <v>302</v>
       </c>
       <c r="BC30" t="s">
         <v>75</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>1642</v>
+        <v>1687</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30" t="s">
         <v>245</v>
       </c>
       <c r="BK30" t="s">
         <v>246</v>
       </c>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>307</v>
       </c>
       <c r="BN30" t="s">
         <v>75</v>
       </c>
       <c r="BO30">
         <v>5</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>97</v>
       </c>
@@ -10295,51 +10303,51 @@
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
         <v>83</v>
       </c>
       <c r="BB31" t="s">
         <v>308</v>
       </c>
       <c r="BC31" t="s">
         <v>311</v>
       </c>
       <c r="BD31" t="s">
         <v>315</v>
       </c>
       <c r="BE31" t="s">
         <v>316</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>1644</v>
+        <v>1689</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>75</v>
       </c>
       <c r="BN31" t="s">
         <v>75</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>40.92</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
@@ -10428,51 +10436,53 @@
         <v>318</v>
       </c>
       <c r="AD32" t="s">
         <v>75</v>
       </c>
       <c r="AE32" t="s">
         <v>75</v>
       </c>
       <c r="AF32" t="s">
         <v>77</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
         <v>321</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
         <v>322</v>
       </c>
       <c r="AK32" t="s">
         <v>80</v>
       </c>
       <c r="AL32" t="s">
         <v>320</v>
       </c>
-      <c r="AM32"/>
+      <c r="AM32" t="s">
+        <v>163</v>
+      </c>
       <c r="AN32" t="s">
         <v>319</v>
       </c>
       <c r="AO32">
         <v>179.78</v>
       </c>
       <c r="AP32" t="s">
         <v>323</v>
       </c>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32" t="s">
         <v>75</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32">
         <v>0</v>
       </c>
       <c r="AX32" t="s">
         <v>82</v>
       </c>
       <c r="AY32">
         <v>6376432355</v>
@@ -10480,51 +10490,51 @@
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
         <v>83</v>
       </c>
       <c r="BB32" t="s">
         <v>317</v>
       </c>
       <c r="BC32" t="s">
         <v>320</v>
       </c>
       <c r="BD32" t="s">
         <v>324</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>1646</v>
+        <v>1691</v>
       </c>
       <c r="BI32"/>
       <c r="BJ32" t="s">
         <v>245</v>
       </c>
       <c r="BK32" t="s">
         <v>246</v>
       </c>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>325</v>
       </c>
       <c r="BN32" t="s">
         <v>75</v>
       </c>
       <c r="BO32">
         <v>9</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>184.99</v>
       </c>
       <c r="BS32" t="s">
         <v>248</v>
@@ -10667,51 +10677,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>83</v>
       </c>
       <c r="BB33" t="s">
         <v>326</v>
       </c>
       <c r="BC33" t="s">
         <v>320</v>
       </c>
       <c r="BD33" t="s">
         <v>332</v>
       </c>
       <c r="BE33" t="s">
         <v>333</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>1646</v>
+        <v>1691</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>75</v>
       </c>
       <c r="BN33" t="s">
         <v>75</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>32.98</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
@@ -10800,51 +10810,53 @@
         <v>335</v>
       </c>
       <c r="AD34" t="s">
         <v>75</v>
       </c>
       <c r="AE34" t="s">
         <v>75</v>
       </c>
       <c r="AF34" t="s">
         <v>77</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
         <v>337</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
         <v>195</v>
       </c>
       <c r="AK34" t="s">
         <v>80</v>
       </c>
       <c r="AL34" t="s">
         <v>320</v>
       </c>
-      <c r="AM34"/>
+      <c r="AM34" t="s">
+        <v>163</v>
+      </c>
       <c r="AN34" t="s">
         <v>336</v>
       </c>
       <c r="AO34">
         <v>16.04</v>
       </c>
       <c r="AP34" t="s">
         <v>338</v>
       </c>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34" t="s">
         <v>75</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34">
         <v>0</v>
       </c>
       <c r="AX34" t="s">
         <v>82</v>
       </c>
       <c r="AY34">
         <v>7216786986</v>
@@ -10852,51 +10864,51 @@
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
         <v>83</v>
       </c>
       <c r="BB34" t="s">
         <v>334</v>
       </c>
       <c r="BC34" t="s">
         <v>320</v>
       </c>
       <c r="BD34" t="s">
         <v>75</v>
       </c>
       <c r="BE34" t="s">
         <v>75</v>
       </c>
       <c r="BF34" t="s">
         <v>75</v>
       </c>
       <c r="BG34" t="s">
         <v>75</v>
       </c>
       <c r="BH34">
-        <v>1648</v>
+        <v>1693</v>
       </c>
       <c r="BI34" t="s">
         <v>86</v>
       </c>
       <c r="BJ34" t="s">
         <v>245</v>
       </c>
       <c r="BK34" t="s">
         <v>339</v>
       </c>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>340</v>
       </c>
       <c r="BN34" t="s">
         <v>75</v>
       </c>
       <c r="BO34">
         <v>54</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>42.51</v>
       </c>
@@ -11043,51 +11055,51 @@
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
         <v>83</v>
       </c>
       <c r="BB35" t="s">
         <v>342</v>
       </c>
       <c r="BC35" t="s">
         <v>345</v>
       </c>
       <c r="BD35" t="s">
         <v>349</v>
       </c>
       <c r="BE35" t="s">
         <v>350</v>
       </c>
       <c r="BF35" t="s">
         <v>75</v>
       </c>
       <c r="BG35" t="s">
         <v>75</v>
       </c>
       <c r="BH35">
-        <v>1650</v>
+        <v>1695</v>
       </c>
       <c r="BI35" t="s">
         <v>86</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>75</v>
       </c>
       <c r="BN35" t="s">
         <v>75</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>82</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
@@ -11176,51 +11188,53 @@
         <v>352</v>
       </c>
       <c r="AD36" t="s">
         <v>75</v>
       </c>
       <c r="AE36" t="s">
         <v>75</v>
       </c>
       <c r="AF36" t="s">
         <v>77</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
         <v>355</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
         <v>356</v>
       </c>
       <c r="AK36" t="s">
         <v>80</v>
       </c>
       <c r="AL36" t="s">
         <v>354</v>
       </c>
-      <c r="AM36"/>
+      <c r="AM36" t="s">
+        <v>163</v>
+      </c>
       <c r="AN36" t="s">
         <v>353</v>
       </c>
       <c r="AO36">
         <v>8.55</v>
       </c>
       <c r="AP36" t="s">
         <v>357</v>
       </c>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36" t="s">
         <v>75</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36">
         <v>0</v>
       </c>
       <c r="AX36" t="s">
         <v>82</v>
       </c>
       <c r="AY36">
         <v>4006585144</v>
@@ -11228,51 +11242,51 @@
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
         <v>83</v>
       </c>
       <c r="BB36" t="s">
         <v>351</v>
       </c>
       <c r="BC36" t="s">
         <v>354</v>
       </c>
       <c r="BD36" t="s">
         <v>358</v>
       </c>
       <c r="BE36" t="s">
         <v>75</v>
       </c>
       <c r="BF36" t="s">
         <v>75</v>
       </c>
       <c r="BG36" t="s">
         <v>75</v>
       </c>
       <c r="BH36">
-        <v>1650</v>
+        <v>1695</v>
       </c>
       <c r="BI36" t="s">
         <v>86</v>
       </c>
       <c r="BJ36" t="s">
         <v>245</v>
       </c>
       <c r="BK36" t="s">
         <v>246</v>
       </c>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>359</v>
       </c>
       <c r="BN36" t="s">
         <v>75</v>
       </c>
       <c r="BO36">
         <v>5</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>31.4</v>
       </c>
@@ -11367,51 +11381,53 @@
         <v>361</v>
       </c>
       <c r="AD37" t="s">
         <v>75</v>
       </c>
       <c r="AE37" t="s">
         <v>75</v>
       </c>
       <c r="AF37" t="s">
         <v>77</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
         <v>364</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
         <v>365</v>
       </c>
       <c r="AK37" t="s">
         <v>80</v>
       </c>
       <c r="AL37" t="s">
         <v>363</v>
       </c>
-      <c r="AM37"/>
+      <c r="AM37" t="s">
+        <v>163</v>
+      </c>
       <c r="AN37" t="s">
         <v>362</v>
       </c>
       <c r="AO37">
         <v>38.51</v>
       </c>
       <c r="AP37" t="s">
         <v>366</v>
       </c>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37" t="s">
         <v>75</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37">
         <v>0</v>
       </c>
       <c r="AX37" t="s">
         <v>82</v>
       </c>
       <c r="AY37">
         <v>2771802110</v>
@@ -11419,51 +11435,51 @@
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
         <v>83</v>
       </c>
       <c r="BB37" t="s">
         <v>360</v>
       </c>
       <c r="BC37" t="s">
         <v>363</v>
       </c>
       <c r="BD37" t="s">
         <v>367</v>
       </c>
       <c r="BE37" t="s">
         <v>75</v>
       </c>
       <c r="BF37" t="s">
         <v>75</v>
       </c>
       <c r="BG37" t="s">
         <v>75</v>
       </c>
       <c r="BH37">
-        <v>1651</v>
+        <v>1696</v>
       </c>
       <c r="BI37" t="s">
         <v>86</v>
       </c>
       <c r="BJ37" t="s">
         <v>245</v>
       </c>
       <c r="BK37" t="s">
         <v>339</v>
       </c>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>368</v>
       </c>
       <c r="BN37" t="s">
         <v>75</v>
       </c>
       <c r="BO37">
         <v>6</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>59.51</v>
       </c>
@@ -11612,51 +11628,51 @@
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
         <v>83</v>
       </c>
       <c r="BB38" t="s">
         <v>369</v>
       </c>
       <c r="BC38" t="s">
         <v>363</v>
       </c>
       <c r="BD38" t="s">
         <v>75</v>
       </c>
       <c r="BE38" t="s">
         <v>75</v>
       </c>
       <c r="BF38" t="s">
         <v>75</v>
       </c>
       <c r="BG38" t="s">
         <v>75</v>
       </c>
       <c r="BH38">
-        <v>1655</v>
+        <v>1700</v>
       </c>
       <c r="BI38" t="s">
         <v>86</v>
       </c>
       <c r="BJ38" t="s">
         <v>245</v>
       </c>
       <c r="BK38" t="s">
         <v>246</v>
       </c>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>375</v>
       </c>
       <c r="BN38" t="s">
         <v>75</v>
       </c>
       <c r="BO38">
         <v>40</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>39.01</v>
       </c>
@@ -11751,101 +11767,103 @@
         <v>377</v>
       </c>
       <c r="AD39" t="s">
         <v>75</v>
       </c>
       <c r="AE39" t="s">
         <v>75</v>
       </c>
       <c r="AF39" t="s">
         <v>77</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
         <v>379</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
         <v>380</v>
       </c>
       <c r="AK39" t="s">
         <v>80</v>
       </c>
       <c r="AL39" t="s">
         <v>363</v>
       </c>
-      <c r="AM39"/>
+      <c r="AM39" t="s">
+        <v>163</v>
+      </c>
       <c r="AN39" t="s">
         <v>378</v>
       </c>
       <c r="AO39">
         <v>9.62</v>
       </c>
       <c r="AP39" t="s">
         <v>381</v>
       </c>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39" t="s">
         <v>75</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39" t="s">
         <v>82</v>
       </c>
       <c r="AY39">
         <v>1910157712</v>
       </c>
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
         <v>83</v>
       </c>
       <c r="BB39" t="s">
         <v>376</v>
       </c>
       <c r="BC39" t="s">
         <v>363</v>
       </c>
       <c r="BD39" t="s">
         <v>382</v>
       </c>
       <c r="BE39" t="s">
         <v>383</v>
       </c>
       <c r="BF39" t="s">
         <v>75</v>
       </c>
       <c r="BG39" t="s">
         <v>75</v>
       </c>
       <c r="BH39">
-        <v>1655</v>
+        <v>1700</v>
       </c>
       <c r="BI39" t="s">
         <v>86</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>75</v>
       </c>
       <c r="BN39" t="s">
         <v>75</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>32.98</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
@@ -11932,101 +11950,103 @@
         <v>385</v>
       </c>
       <c r="AD40" t="s">
         <v>75</v>
       </c>
       <c r="AE40" t="s">
         <v>75</v>
       </c>
       <c r="AF40" t="s">
         <v>77</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
         <v>386</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
         <v>387</v>
       </c>
       <c r="AK40" t="s">
         <v>80</v>
       </c>
       <c r="AL40" t="s">
         <v>75</v>
       </c>
-      <c r="AM40"/>
+      <c r="AM40" t="s">
+        <v>163</v>
+      </c>
       <c r="AN40"/>
       <c r="AO40">
         <v>0</v>
       </c>
       <c r="AP40" t="s">
         <v>388</v>
       </c>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40" t="s">
         <v>75</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40">
         <v>0</v>
       </c>
       <c r="AX40" t="s">
         <v>82</v>
       </c>
       <c r="AY40">
         <v>4075509303</v>
       </c>
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
         <v>83</v>
       </c>
       <c r="BB40" t="s">
         <v>384</v>
       </c>
       <c r="BC40" t="s">
         <v>75</v>
       </c>
       <c r="BD40" t="s">
         <v>75</v>
       </c>
       <c r="BE40" t="s">
         <v>75</v>
       </c>
       <c r="BF40" t="s">
         <v>75</v>
       </c>
       <c r="BG40" t="s">
         <v>75</v>
       </c>
       <c r="BH40">
-        <v>1655</v>
+        <v>1700</v>
       </c>
       <c r="BI40" t="s">
         <v>86</v>
       </c>
       <c r="BJ40" t="s">
         <v>245</v>
       </c>
       <c r="BK40" t="s">
         <v>246</v>
       </c>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>389</v>
       </c>
       <c r="BN40" t="s">
         <v>75</v>
       </c>
       <c r="BO40">
         <v>4</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>45.22</v>
       </c>
@@ -12175,51 +12195,51 @@
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
         <v>83</v>
       </c>
       <c r="BB41" t="s">
         <v>390</v>
       </c>
       <c r="BC41" t="s">
         <v>363</v>
       </c>
       <c r="BD41" t="s">
         <v>396</v>
       </c>
       <c r="BE41" t="s">
         <v>75</v>
       </c>
       <c r="BF41" t="s">
         <v>75</v>
       </c>
       <c r="BG41" t="s">
         <v>75</v>
       </c>
       <c r="BH41">
-        <v>1656</v>
+        <v>1701</v>
       </c>
       <c r="BI41"/>
       <c r="BJ41" t="s">
         <v>245</v>
       </c>
       <c r="BK41" t="s">
         <v>339</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>397</v>
       </c>
       <c r="BN41" t="s">
         <v>75</v>
       </c>
       <c r="BO41">
         <v>8</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>57.62</v>
       </c>
       <c r="BS41" t="s">
         <v>248</v>
@@ -12362,51 +12382,51 @@
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
         <v>83</v>
       </c>
       <c r="BB42" t="s">
         <v>398</v>
       </c>
       <c r="BC42" t="s">
         <v>401</v>
       </c>
       <c r="BD42" t="s">
         <v>405</v>
       </c>
       <c r="BE42" t="s">
         <v>406</v>
       </c>
       <c r="BF42" t="s">
         <v>75</v>
       </c>
       <c r="BG42" t="s">
         <v>75</v>
       </c>
       <c r="BH42">
-        <v>1656</v>
+        <v>1701</v>
       </c>
       <c r="BI42" t="s">
         <v>86</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>75</v>
       </c>
       <c r="BN42" t="s">
         <v>75</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>132.9</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
@@ -12545,51 +12565,51 @@
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
         <v>83</v>
       </c>
       <c r="BB43" t="s">
         <v>407</v>
       </c>
       <c r="BC43" t="s">
         <v>410</v>
       </c>
       <c r="BD43" t="s">
         <v>413</v>
       </c>
       <c r="BE43" t="s">
         <v>414</v>
       </c>
       <c r="BF43" t="s">
         <v>75</v>
       </c>
       <c r="BG43" t="s">
         <v>75</v>
       </c>
       <c r="BH43">
-        <v>1657</v>
+        <v>1702</v>
       </c>
       <c r="BI43" t="s">
         <v>86</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>75</v>
       </c>
       <c r="BN43" t="s">
         <v>75</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>93.49</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
@@ -12730,51 +12750,51 @@
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
         <v>83</v>
       </c>
       <c r="BB44" t="s">
         <v>415</v>
       </c>
       <c r="BC44" t="s">
         <v>410</v>
       </c>
       <c r="BD44" t="s">
         <v>420</v>
       </c>
       <c r="BE44" t="s">
         <v>75</v>
       </c>
       <c r="BF44" t="s">
         <v>75</v>
       </c>
       <c r="BG44" t="s">
         <v>75</v>
       </c>
       <c r="BH44">
-        <v>1661</v>
+        <v>1706</v>
       </c>
       <c r="BI44" t="s">
         <v>86</v>
       </c>
       <c r="BJ44" t="s">
         <v>245</v>
       </c>
       <c r="BK44" t="s">
         <v>339</v>
       </c>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>421</v>
       </c>
       <c r="BN44" t="s">
         <v>75</v>
       </c>
       <c r="BO44">
         <v>11</v>
       </c>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
         <v>43.09</v>
       </c>
@@ -12921,51 +12941,51 @@
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45" t="s">
         <v>83</v>
       </c>
       <c r="BB45" t="s">
         <v>423</v>
       </c>
       <c r="BC45" t="s">
         <v>426</v>
       </c>
       <c r="BD45" t="s">
         <v>75</v>
       </c>
       <c r="BE45" t="s">
         <v>75</v>
       </c>
       <c r="BF45" t="s">
         <v>75</v>
       </c>
       <c r="BG45" t="s">
         <v>75</v>
       </c>
       <c r="BH45">
-        <v>1663</v>
+        <v>1708</v>
       </c>
       <c r="BI45" t="s">
         <v>86</v>
       </c>
       <c r="BJ45" t="s">
         <v>245</v>
       </c>
       <c r="BK45" t="s">
         <v>339</v>
       </c>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>430</v>
       </c>
       <c r="BN45" t="s">
         <v>75</v>
       </c>
       <c r="BO45">
         <v>7</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
         <v>38.83</v>
       </c>
@@ -13108,51 +13128,51 @@
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46" t="s">
         <v>83</v>
       </c>
       <c r="BB46" t="s">
         <v>431</v>
       </c>
       <c r="BC46" t="s">
         <v>75</v>
       </c>
       <c r="BD46" t="s">
         <v>75</v>
       </c>
       <c r="BE46" t="s">
         <v>75</v>
       </c>
       <c r="BF46" t="s">
         <v>75</v>
       </c>
       <c r="BG46" t="s">
         <v>75</v>
       </c>
       <c r="BH46">
-        <v>1664</v>
+        <v>1709</v>
       </c>
       <c r="BI46" t="s">
         <v>86</v>
       </c>
       <c r="BJ46" t="s">
         <v>245</v>
       </c>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>75</v>
       </c>
       <c r="BN46" t="s">
         <v>75</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>64.15</v>
       </c>
       <c r="BS46"/>
     </row>
@@ -13295,51 +13315,51 @@
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47" t="s">
         <v>83</v>
       </c>
       <c r="BB47" t="s">
         <v>436</v>
       </c>
       <c r="BC47" t="s">
         <v>439</v>
       </c>
       <c r="BD47" t="s">
         <v>443</v>
       </c>
       <c r="BE47" t="s">
         <v>75</v>
       </c>
       <c r="BF47" t="s">
         <v>75</v>
       </c>
       <c r="BG47" t="s">
         <v>75</v>
       </c>
       <c r="BH47">
-        <v>1665</v>
+        <v>1710</v>
       </c>
       <c r="BI47" t="s">
         <v>86</v>
       </c>
       <c r="BJ47" t="s">
         <v>245</v>
       </c>
       <c r="BK47" t="s">
         <v>339</v>
       </c>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>444</v>
       </c>
       <c r="BN47" t="s">
         <v>75</v>
       </c>
       <c r="BO47">
         <v>4</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
         <v>33.15</v>
       </c>
@@ -13486,51 +13506,51 @@
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48" t="s">
         <v>83</v>
       </c>
       <c r="BB48" t="s">
         <v>445</v>
       </c>
       <c r="BC48" t="s">
         <v>448</v>
       </c>
       <c r="BD48" t="s">
         <v>452</v>
       </c>
       <c r="BE48" t="s">
         <v>75</v>
       </c>
       <c r="BF48" t="s">
         <v>75</v>
       </c>
       <c r="BG48" t="s">
         <v>75</v>
       </c>
       <c r="BH48">
-        <v>1669</v>
+        <v>1714</v>
       </c>
       <c r="BI48" t="s">
         <v>86</v>
       </c>
       <c r="BJ48" t="s">
         <v>245</v>
       </c>
       <c r="BK48" t="s">
         <v>246</v>
       </c>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>453</v>
       </c>
       <c r="BN48" t="s">
         <v>75</v>
       </c>
       <c r="BO48">
         <v>6</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>30.27</v>
       </c>
@@ -13677,51 +13697,51 @@
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49" t="s">
         <v>83</v>
       </c>
       <c r="BB49" t="s">
         <v>454</v>
       </c>
       <c r="BC49" t="s">
         <v>457</v>
       </c>
       <c r="BD49" t="s">
         <v>75</v>
       </c>
       <c r="BE49" t="s">
         <v>75</v>
       </c>
       <c r="BF49" t="s">
         <v>75</v>
       </c>
       <c r="BG49" t="s">
         <v>75</v>
       </c>
       <c r="BH49">
-        <v>1669</v>
+        <v>1714</v>
       </c>
       <c r="BI49" t="s">
         <v>86</v>
       </c>
       <c r="BJ49" t="s">
         <v>245</v>
       </c>
       <c r="BK49" t="s">
         <v>339</v>
       </c>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>461</v>
       </c>
       <c r="BN49" t="s">
         <v>75</v>
       </c>
       <c r="BO49">
         <v>40</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
         <v>49.36</v>
       </c>
@@ -13868,51 +13888,51 @@
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50" t="s">
         <v>83</v>
       </c>
       <c r="BB50" t="s">
         <v>462</v>
       </c>
       <c r="BC50" t="s">
         <v>457</v>
       </c>
       <c r="BD50" t="s">
         <v>467</v>
       </c>
       <c r="BE50" t="s">
         <v>75</v>
       </c>
       <c r="BF50" t="s">
         <v>75</v>
       </c>
       <c r="BG50" t="s">
         <v>75</v>
       </c>
       <c r="BH50">
-        <v>1670</v>
+        <v>1715</v>
       </c>
       <c r="BI50" t="s">
         <v>86</v>
       </c>
       <c r="BJ50" t="s">
         <v>245</v>
       </c>
       <c r="BK50" t="s">
         <v>339</v>
       </c>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>468</v>
       </c>
       <c r="BN50" t="s">
         <v>75</v>
       </c>
       <c r="BO50">
         <v>20</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
         <v>30.33</v>
       </c>
@@ -14059,51 +14079,51 @@
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51" t="s">
         <v>83</v>
       </c>
       <c r="BB51" t="s">
         <v>469</v>
       </c>
       <c r="BC51" t="s">
         <v>472</v>
       </c>
       <c r="BD51" t="s">
         <v>476</v>
       </c>
       <c r="BE51" t="s">
         <v>75</v>
       </c>
       <c r="BF51" t="s">
         <v>75</v>
       </c>
       <c r="BG51" t="s">
         <v>75</v>
       </c>
       <c r="BH51">
-        <v>1674</v>
+        <v>1719</v>
       </c>
       <c r="BI51" t="s">
         <v>86</v>
       </c>
       <c r="BJ51" t="s">
         <v>245</v>
       </c>
       <c r="BK51" t="s">
         <v>339</v>
       </c>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>477</v>
       </c>
       <c r="BN51" t="s">
         <v>75</v>
       </c>
       <c r="BO51">
         <v>9</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
         <v>38.14</v>
       </c>
@@ -14246,51 +14266,51 @@
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52" t="s">
         <v>83</v>
       </c>
       <c r="BB52" t="s">
         <v>479</v>
       </c>
       <c r="BC52" t="s">
         <v>75</v>
       </c>
       <c r="BD52" t="s">
         <v>75</v>
       </c>
       <c r="BE52" t="s">
         <v>75</v>
       </c>
       <c r="BF52" t="s">
         <v>75</v>
       </c>
       <c r="BG52" t="s">
         <v>75</v>
       </c>
       <c r="BH52">
-        <v>1676</v>
+        <v>1721</v>
       </c>
       <c r="BI52" t="s">
         <v>86</v>
       </c>
       <c r="BJ52" t="s">
         <v>245</v>
       </c>
       <c r="BK52" t="s">
         <v>483</v>
       </c>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>484</v>
       </c>
       <c r="BN52" t="s">
         <v>75</v>
       </c>
       <c r="BO52">
         <v>13</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
         <v>37.42</v>
       </c>
@@ -14433,51 +14453,51 @@
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53" t="s">
         <v>83</v>
       </c>
       <c r="BB53" t="s">
         <v>485</v>
       </c>
       <c r="BC53" t="s">
         <v>75</v>
       </c>
       <c r="BD53" t="s">
         <v>75</v>
       </c>
       <c r="BE53" t="s">
         <v>75</v>
       </c>
       <c r="BF53" t="s">
         <v>75</v>
       </c>
       <c r="BG53" t="s">
         <v>75</v>
       </c>
       <c r="BH53">
-        <v>1683</v>
+        <v>1728</v>
       </c>
       <c r="BI53" t="s">
         <v>86</v>
       </c>
       <c r="BJ53" t="s">
         <v>245</v>
       </c>
       <c r="BK53" t="s">
         <v>490</v>
       </c>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>491</v>
       </c>
       <c r="BN53" t="s">
         <v>75</v>
       </c>
       <c r="BO53">
         <v>3</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
         <v>26.07</v>
       </c>
@@ -14620,51 +14640,51 @@
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54" t="s">
         <v>83</v>
       </c>
       <c r="BB54" t="s">
         <v>492</v>
       </c>
       <c r="BC54" t="s">
         <v>75</v>
       </c>
       <c r="BD54" t="s">
         <v>75</v>
       </c>
       <c r="BE54" t="s">
         <v>75</v>
       </c>
       <c r="BF54" t="s">
         <v>75</v>
       </c>
       <c r="BG54" t="s">
         <v>75</v>
       </c>
       <c r="BH54">
-        <v>1683</v>
+        <v>1728</v>
       </c>
       <c r="BI54" t="s">
         <v>86</v>
       </c>
       <c r="BJ54" t="s">
         <v>245</v>
       </c>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>75</v>
       </c>
       <c r="BN54" t="s">
         <v>75</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
         <v>160.51</v>
       </c>
       <c r="BS54"/>
     </row>
@@ -14803,51 +14823,51 @@
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55" t="s">
         <v>83</v>
       </c>
       <c r="BB55" t="s">
         <v>496</v>
       </c>
       <c r="BC55" t="s">
         <v>75</v>
       </c>
       <c r="BD55" t="s">
         <v>75</v>
       </c>
       <c r="BE55" t="s">
         <v>75</v>
       </c>
       <c r="BF55" t="s">
         <v>75</v>
       </c>
       <c r="BG55" t="s">
         <v>75</v>
       </c>
       <c r="BH55">
-        <v>1684</v>
+        <v>1729</v>
       </c>
       <c r="BI55" t="s">
         <v>86</v>
       </c>
       <c r="BJ55" t="s">
         <v>245</v>
       </c>
       <c r="BK55" t="s">
         <v>246</v>
       </c>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>501</v>
       </c>
       <c r="BN55" t="s">
         <v>75</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
         <v>58.55</v>
       </c>
@@ -14990,51 +15010,51 @@
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56" t="s">
         <v>83</v>
       </c>
       <c r="BB56" t="s">
         <v>502</v>
       </c>
       <c r="BC56" t="s">
         <v>75</v>
       </c>
       <c r="BD56" t="s">
         <v>75</v>
       </c>
       <c r="BE56" t="s">
         <v>75</v>
       </c>
       <c r="BF56" t="s">
         <v>75</v>
       </c>
       <c r="BG56" t="s">
         <v>75</v>
       </c>
       <c r="BH56">
-        <v>1685</v>
+        <v>1730</v>
       </c>
       <c r="BI56" t="s">
         <v>86</v>
       </c>
       <c r="BJ56" t="s">
         <v>245</v>
       </c>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>75</v>
       </c>
       <c r="BN56" t="s">
         <v>75</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
         <v>27.8</v>
       </c>
       <c r="BS56"/>
     </row>
@@ -15175,51 +15195,51 @@
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57" t="s">
         <v>83</v>
       </c>
       <c r="BB57" t="s">
         <v>508</v>
       </c>
       <c r="BC57" t="s">
         <v>511</v>
       </c>
       <c r="BD57" t="s">
         <v>515</v>
       </c>
       <c r="BE57" t="s">
         <v>516</v>
       </c>
       <c r="BF57" t="s">
         <v>75</v>
       </c>
       <c r="BG57" t="s">
         <v>75</v>
       </c>
       <c r="BH57">
-        <v>1687</v>
+        <v>1732</v>
       </c>
       <c r="BI57" t="s">
         <v>86</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>75</v>
       </c>
       <c r="BN57" t="s">
         <v>75</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
         <v>35.52</v>
       </c>
       <c r="BS57"/>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
@@ -15360,51 +15380,51 @@
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58" t="s">
         <v>83</v>
       </c>
       <c r="BB58" t="s">
         <v>517</v>
       </c>
       <c r="BC58" t="s">
         <v>511</v>
       </c>
       <c r="BD58" t="s">
         <v>524</v>
       </c>
       <c r="BE58" t="s">
         <v>75</v>
       </c>
       <c r="BF58" t="s">
         <v>75</v>
       </c>
       <c r="BG58" t="s">
         <v>75</v>
       </c>
       <c r="BH58">
-        <v>1689</v>
+        <v>1734</v>
       </c>
       <c r="BI58" t="s">
         <v>86</v>
       </c>
       <c r="BJ58" t="s">
         <v>245</v>
       </c>
       <c r="BK58" t="s">
         <v>246</v>
       </c>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>525</v>
       </c>
       <c r="BN58" t="s">
         <v>75</v>
       </c>
       <c r="BO58">
         <v>5</v>
       </c>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
         <v>29.4</v>
       </c>
@@ -15551,51 +15571,51 @@
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59" t="s">
         <v>83</v>
       </c>
       <c r="BB59" t="s">
         <v>526</v>
       </c>
       <c r="BC59" t="s">
         <v>529</v>
       </c>
       <c r="BD59" t="s">
         <v>75</v>
       </c>
       <c r="BE59" t="s">
         <v>75</v>
       </c>
       <c r="BF59" t="s">
         <v>75</v>
       </c>
       <c r="BG59" t="s">
         <v>75</v>
       </c>
       <c r="BH59">
-        <v>1692</v>
+        <v>1737</v>
       </c>
       <c r="BI59" t="s">
         <v>86</v>
       </c>
       <c r="BJ59" t="s">
         <v>245</v>
       </c>
       <c r="BK59" t="s">
         <v>246</v>
       </c>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>533</v>
       </c>
       <c r="BN59" t="s">
         <v>75</v>
       </c>
       <c r="BO59">
         <v>5</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
         <v>38.78</v>
       </c>
@@ -15740,51 +15760,51 @@
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60" t="s">
         <v>83</v>
       </c>
       <c r="BB60" t="s">
         <v>534</v>
       </c>
       <c r="BC60" t="s">
         <v>529</v>
       </c>
       <c r="BD60" t="s">
         <v>540</v>
       </c>
       <c r="BE60" t="s">
         <v>541</v>
       </c>
       <c r="BF60" t="s">
         <v>75</v>
       </c>
       <c r="BG60" t="s">
         <v>75</v>
       </c>
       <c r="BH60">
-        <v>1692</v>
+        <v>1737</v>
       </c>
       <c r="BI60" t="s">
         <v>86</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>75</v>
       </c>
       <c r="BN60" t="s">
         <v>75</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
         <v>48.76</v>
       </c>
       <c r="BS60"/>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
@@ -15925,51 +15945,51 @@
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61" t="s">
         <v>83</v>
       </c>
       <c r="BB61" t="s">
         <v>542</v>
       </c>
       <c r="BC61" t="s">
         <v>529</v>
       </c>
       <c r="BD61" t="s">
         <v>549</v>
       </c>
       <c r="BE61" t="s">
         <v>75</v>
       </c>
       <c r="BF61" t="s">
         <v>75</v>
       </c>
       <c r="BG61" t="s">
         <v>75</v>
       </c>
       <c r="BH61">
-        <v>1693</v>
+        <v>1738</v>
       </c>
       <c r="BI61" t="s">
         <v>86</v>
       </c>
       <c r="BJ61" t="s">
         <v>245</v>
       </c>
       <c r="BK61" t="s">
         <v>339</v>
       </c>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>550</v>
       </c>
       <c r="BN61" t="s">
         <v>75</v>
       </c>
       <c r="BO61">
         <v>4</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
         <v>37.42</v>
       </c>
@@ -16112,51 +16132,51 @@
       <c r="AZ62" t="s">
         <v>73</v>
       </c>
       <c r="BA62" t="s">
         <v>83</v>
       </c>
       <c r="BB62" t="s">
         <v>551</v>
       </c>
       <c r="BC62" t="s">
         <v>75</v>
       </c>
       <c r="BD62" t="s">
         <v>75</v>
       </c>
       <c r="BE62" t="s">
         <v>75</v>
       </c>
       <c r="BF62" t="s">
         <v>75</v>
       </c>
       <c r="BG62" t="s">
         <v>75</v>
       </c>
       <c r="BH62">
-        <v>1698</v>
+        <v>1743</v>
       </c>
       <c r="BI62" t="s">
         <v>86</v>
       </c>
       <c r="BJ62" t="s">
         <v>245</v>
       </c>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>75</v>
       </c>
       <c r="BN62" t="s">
         <v>75</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62">
         <v>25.55</v>
       </c>
       <c r="BS62"/>
     </row>
@@ -16299,51 +16319,51 @@
       <c r="AZ63" t="s">
         <v>73</v>
       </c>
       <c r="BA63" t="s">
         <v>83</v>
       </c>
       <c r="BB63" t="s">
         <v>555</v>
       </c>
       <c r="BC63" t="s">
         <v>558</v>
       </c>
       <c r="BD63" t="s">
         <v>562</v>
       </c>
       <c r="BE63" t="s">
         <v>75</v>
       </c>
       <c r="BF63" t="s">
         <v>75</v>
       </c>
       <c r="BG63" t="s">
         <v>75</v>
       </c>
       <c r="BH63">
-        <v>1699</v>
+        <v>1744</v>
       </c>
       <c r="BI63" t="s">
         <v>86</v>
       </c>
       <c r="BJ63" t="s">
         <v>245</v>
       </c>
       <c r="BK63" t="s">
         <v>246</v>
       </c>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>563</v>
       </c>
       <c r="BN63" t="s">
         <v>75</v>
       </c>
       <c r="BO63">
         <v>2</v>
       </c>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63">
         <v>35.98</v>
       </c>
@@ -16490,51 +16510,51 @@
       <c r="AZ64" t="s">
         <v>73</v>
       </c>
       <c r="BA64" t="s">
         <v>83</v>
       </c>
       <c r="BB64" t="s">
         <v>564</v>
       </c>
       <c r="BC64" t="s">
         <v>558</v>
       </c>
       <c r="BD64" t="s">
         <v>75</v>
       </c>
       <c r="BE64" t="s">
         <v>75</v>
       </c>
       <c r="BF64" t="s">
         <v>75</v>
       </c>
       <c r="BG64" t="s">
         <v>75</v>
       </c>
       <c r="BH64">
-        <v>1699</v>
+        <v>1744</v>
       </c>
       <c r="BI64" t="s">
         <v>86</v>
       </c>
       <c r="BJ64" t="s">
         <v>245</v>
       </c>
       <c r="BK64" t="s">
         <v>339</v>
       </c>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>570</v>
       </c>
       <c r="BN64" t="s">
         <v>75</v>
       </c>
       <c r="BO64">
         <v>7</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
         <v>34.58</v>
       </c>
@@ -16681,51 +16701,51 @@
       <c r="AZ65" t="s">
         <v>73</v>
       </c>
       <c r="BA65" t="s">
         <v>83</v>
       </c>
       <c r="BB65" t="s">
         <v>571</v>
       </c>
       <c r="BC65" t="s">
         <v>574</v>
       </c>
       <c r="BD65" t="s">
         <v>75</v>
       </c>
       <c r="BE65" t="s">
         <v>75</v>
       </c>
       <c r="BF65" t="s">
         <v>75</v>
       </c>
       <c r="BG65" t="s">
         <v>75</v>
       </c>
       <c r="BH65">
-        <v>1703</v>
+        <v>1748</v>
       </c>
       <c r="BI65" t="s">
         <v>86</v>
       </c>
       <c r="BJ65" t="s">
         <v>245</v>
       </c>
       <c r="BK65" t="s">
         <v>339</v>
       </c>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>577</v>
       </c>
       <c r="BN65" t="s">
         <v>75</v>
       </c>
       <c r="BO65">
         <v>54</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
         <v>37.42</v>
       </c>
@@ -16872,51 +16892,51 @@
       <c r="AZ66" t="s">
         <v>73</v>
       </c>
       <c r="BA66" t="s">
         <v>83</v>
       </c>
       <c r="BB66" t="s">
         <v>578</v>
       </c>
       <c r="BC66" t="s">
         <v>574</v>
       </c>
       <c r="BD66" t="s">
         <v>75</v>
       </c>
       <c r="BE66" t="s">
         <v>75</v>
       </c>
       <c r="BF66" t="s">
         <v>75</v>
       </c>
       <c r="BG66" t="s">
         <v>75</v>
       </c>
       <c r="BH66">
-        <v>1703</v>
+        <v>1748</v>
       </c>
       <c r="BI66" t="s">
         <v>86</v>
       </c>
       <c r="BJ66" t="s">
         <v>245</v>
       </c>
       <c r="BK66" t="s">
         <v>246</v>
       </c>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>585</v>
       </c>
       <c r="BN66" t="s">
         <v>75</v>
       </c>
       <c r="BO66">
         <v>53</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
         <v>43.09</v>
       </c>
@@ -17063,51 +17083,51 @@
       <c r="AZ67" t="s">
         <v>73</v>
       </c>
       <c r="BA67" t="s">
         <v>83</v>
       </c>
       <c r="BB67" t="s">
         <v>586</v>
       </c>
       <c r="BC67" t="s">
         <v>574</v>
       </c>
       <c r="BD67" t="s">
         <v>75</v>
       </c>
       <c r="BE67" t="s">
         <v>75</v>
       </c>
       <c r="BF67" t="s">
         <v>75</v>
       </c>
       <c r="BG67" t="s">
         <v>75</v>
       </c>
       <c r="BH67">
-        <v>1703</v>
+        <v>1748</v>
       </c>
       <c r="BI67" t="s">
         <v>86</v>
       </c>
       <c r="BJ67" t="s">
         <v>245</v>
       </c>
       <c r="BK67" t="s">
         <v>339</v>
       </c>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>591</v>
       </c>
       <c r="BN67" t="s">
         <v>75</v>
       </c>
       <c r="BO67">
         <v>21</v>
       </c>
       <c r="BP67"/>
       <c r="BQ67"/>
       <c r="BR67">
         <v>33.16</v>
       </c>
@@ -17254,51 +17274,51 @@
       <c r="AZ68" t="s">
         <v>73</v>
       </c>
       <c r="BA68" t="s">
         <v>83</v>
       </c>
       <c r="BB68" t="s">
         <v>592</v>
       </c>
       <c r="BC68" t="s">
         <v>595</v>
       </c>
       <c r="BD68" t="s">
         <v>75</v>
       </c>
       <c r="BE68" t="s">
         <v>75</v>
       </c>
       <c r="BF68" t="s">
         <v>75</v>
       </c>
       <c r="BG68" t="s">
         <v>75</v>
       </c>
       <c r="BH68">
-        <v>1705</v>
+        <v>1750</v>
       </c>
       <c r="BI68" t="s">
         <v>86</v>
       </c>
       <c r="BJ68" t="s">
         <v>245</v>
       </c>
       <c r="BK68" t="s">
         <v>339</v>
       </c>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>598</v>
       </c>
       <c r="BN68" t="s">
         <v>75</v>
       </c>
       <c r="BO68">
         <v>56</v>
       </c>
       <c r="BP68"/>
       <c r="BQ68"/>
       <c r="BR68">
         <v>44.35</v>
       </c>
@@ -17441,51 +17461,51 @@
       <c r="AZ69" t="s">
         <v>73</v>
       </c>
       <c r="BA69" t="s">
         <v>83</v>
       </c>
       <c r="BB69" t="s">
         <v>599</v>
       </c>
       <c r="BC69" t="s">
         <v>75</v>
       </c>
       <c r="BD69" t="s">
         <v>75</v>
       </c>
       <c r="BE69" t="s">
         <v>75</v>
       </c>
       <c r="BF69" t="s">
         <v>75</v>
       </c>
       <c r="BG69" t="s">
         <v>75</v>
       </c>
       <c r="BH69">
-        <v>1706</v>
+        <v>1751</v>
       </c>
       <c r="BI69" t="s">
         <v>86</v>
       </c>
       <c r="BJ69" t="s">
         <v>245</v>
       </c>
       <c r="BK69" t="s">
         <v>483</v>
       </c>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>604</v>
       </c>
       <c r="BN69" t="s">
         <v>75</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
         <v>44.51</v>
       </c>
@@ -17628,51 +17648,51 @@
       <c r="AZ70" t="s">
         <v>73</v>
       </c>
       <c r="BA70" t="s">
         <v>83</v>
       </c>
       <c r="BB70" t="s">
         <v>605</v>
       </c>
       <c r="BC70" t="s">
         <v>75</v>
       </c>
       <c r="BD70" t="s">
         <v>75</v>
       </c>
       <c r="BE70" t="s">
         <v>75</v>
       </c>
       <c r="BF70" t="s">
         <v>75</v>
       </c>
       <c r="BG70" t="s">
         <v>75</v>
       </c>
       <c r="BH70">
-        <v>1707</v>
+        <v>1752</v>
       </c>
       <c r="BI70" t="s">
         <v>86</v>
       </c>
       <c r="BJ70" t="s">
         <v>245</v>
       </c>
       <c r="BK70" t="s">
         <v>483</v>
       </c>
       <c r="BL70"/>
       <c r="BM70" t="s">
         <v>609</v>
       </c>
       <c r="BN70" t="s">
         <v>75</v>
       </c>
       <c r="BO70">
         <v>1</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
         <v>38.83</v>
       </c>
@@ -17815,51 +17835,51 @@
       <c r="AZ71" t="s">
         <v>73</v>
       </c>
       <c r="BA71" t="s">
         <v>83</v>
       </c>
       <c r="BB71" t="s">
         <v>610</v>
       </c>
       <c r="BC71" t="s">
         <v>75</v>
       </c>
       <c r="BD71" t="s">
         <v>75</v>
       </c>
       <c r="BE71" t="s">
         <v>75</v>
       </c>
       <c r="BF71" t="s">
         <v>75</v>
       </c>
       <c r="BG71" t="s">
         <v>75</v>
       </c>
       <c r="BH71">
-        <v>1710</v>
+        <v>1755</v>
       </c>
       <c r="BI71" t="s">
         <v>86</v>
       </c>
       <c r="BJ71" t="s">
         <v>245</v>
       </c>
       <c r="BK71" t="s">
         <v>483</v>
       </c>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>615</v>
       </c>
       <c r="BN71" t="s">
         <v>75</v>
       </c>
       <c r="BO71">
         <v>4</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
         <v>31.6</v>
       </c>
@@ -18002,51 +18022,51 @@
       <c r="AZ72" t="s">
         <v>73</v>
       </c>
       <c r="BA72" t="s">
         <v>83</v>
       </c>
       <c r="BB72" t="s">
         <v>616</v>
       </c>
       <c r="BC72" t="s">
         <v>75</v>
       </c>
       <c r="BD72" t="s">
         <v>75</v>
       </c>
       <c r="BE72" t="s">
         <v>75</v>
       </c>
       <c r="BF72" t="s">
         <v>75</v>
       </c>
       <c r="BG72" t="s">
         <v>75</v>
       </c>
       <c r="BH72">
-        <v>1712</v>
+        <v>1757</v>
       </c>
       <c r="BI72" t="s">
         <v>86</v>
       </c>
       <c r="BJ72" t="s">
         <v>245</v>
       </c>
       <c r="BK72" t="s">
         <v>246</v>
       </c>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>621</v>
       </c>
       <c r="BN72" t="s">
         <v>75</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
         <v>53.02</v>
       </c>
@@ -18189,51 +18209,51 @@
       <c r="AZ73" t="s">
         <v>73</v>
       </c>
       <c r="BA73" t="s">
         <v>83</v>
       </c>
       <c r="BB73" t="s">
         <v>622</v>
       </c>
       <c r="BC73" t="s">
         <v>75</v>
       </c>
       <c r="BD73" t="s">
         <v>75</v>
       </c>
       <c r="BE73" t="s">
         <v>75</v>
       </c>
       <c r="BF73" t="s">
         <v>75</v>
       </c>
       <c r="BG73" t="s">
         <v>75</v>
       </c>
       <c r="BH73">
-        <v>1716</v>
+        <v>1761</v>
       </c>
       <c r="BI73" t="s">
         <v>86</v>
       </c>
       <c r="BJ73" t="s">
         <v>245</v>
       </c>
       <c r="BK73"/>
       <c r="BL73"/>
       <c r="BM73" t="s">
         <v>75</v>
       </c>
       <c r="BN73" t="s">
         <v>75</v>
       </c>
       <c r="BO73">
         <v>0</v>
       </c>
       <c r="BP73"/>
       <c r="BQ73"/>
       <c r="BR73">
         <v>54.43</v>
       </c>
       <c r="BS73"/>
     </row>
@@ -18372,51 +18392,51 @@
       <c r="AZ74" t="s">
         <v>73</v>
       </c>
       <c r="BA74" t="s">
         <v>83</v>
       </c>
       <c r="BB74" t="s">
         <v>626</v>
       </c>
       <c r="BC74" t="s">
         <v>75</v>
       </c>
       <c r="BD74" t="s">
         <v>75</v>
       </c>
       <c r="BE74" t="s">
         <v>75</v>
       </c>
       <c r="BF74" t="s">
         <v>75</v>
       </c>
       <c r="BG74" t="s">
         <v>75</v>
       </c>
       <c r="BH74">
-        <v>1717</v>
+        <v>1762</v>
       </c>
       <c r="BI74" t="s">
         <v>86</v>
       </c>
       <c r="BJ74" t="s">
         <v>245</v>
       </c>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>75</v>
       </c>
       <c r="BN74" t="s">
         <v>75</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
         <v>37.41</v>
       </c>
       <c r="BS74"/>
     </row>
@@ -18559,51 +18579,51 @@
       <c r="AZ75" t="s">
         <v>73</v>
       </c>
       <c r="BA75" t="s">
         <v>83</v>
       </c>
       <c r="BB75" t="s">
         <v>631</v>
       </c>
       <c r="BC75" t="s">
         <v>634</v>
       </c>
       <c r="BD75" t="s">
         <v>638</v>
       </c>
       <c r="BE75" t="s">
         <v>75</v>
       </c>
       <c r="BF75" t="s">
         <v>75</v>
       </c>
       <c r="BG75" t="s">
         <v>75</v>
       </c>
       <c r="BH75">
-        <v>1724</v>
+        <v>1769</v>
       </c>
       <c r="BI75" t="s">
         <v>86</v>
       </c>
       <c r="BJ75" t="s">
         <v>245</v>
       </c>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>639</v>
       </c>
       <c r="BN75" t="s">
         <v>75</v>
       </c>
       <c r="BO75">
         <v>2</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
         <v>40.25</v>
       </c>
       <c r="BS75" t="s">
         <v>248</v>
@@ -18744,51 +18764,51 @@
       <c r="AZ76" t="s">
         <v>73</v>
       </c>
       <c r="BA76" t="s">
         <v>83</v>
       </c>
       <c r="BB76" t="s">
         <v>640</v>
       </c>
       <c r="BC76" t="s">
         <v>75</v>
       </c>
       <c r="BD76" t="s">
         <v>75</v>
       </c>
       <c r="BE76" t="s">
         <v>75</v>
       </c>
       <c r="BF76" t="s">
         <v>75</v>
       </c>
       <c r="BG76" t="s">
         <v>75</v>
       </c>
       <c r="BH76">
-        <v>1725</v>
+        <v>1770</v>
       </c>
       <c r="BI76" t="s">
         <v>86</v>
       </c>
       <c r="BJ76" t="s">
         <v>245</v>
       </c>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>75</v>
       </c>
       <c r="BN76" t="s">
         <v>75</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
         <v>47.15</v>
       </c>
       <c r="BS76"/>
     </row>
@@ -18937,51 +18957,51 @@
       <c r="AZ77" t="s">
         <v>73</v>
       </c>
       <c r="BA77" t="s">
         <v>83</v>
       </c>
       <c r="BB77" t="s">
         <v>644</v>
       </c>
       <c r="BC77" t="s">
         <v>647</v>
       </c>
       <c r="BD77" t="s">
         <v>75</v>
       </c>
       <c r="BE77" t="s">
         <v>75</v>
       </c>
       <c r="BF77" t="s">
         <v>75</v>
       </c>
       <c r="BG77" t="s">
         <v>75</v>
       </c>
       <c r="BH77">
-        <v>1737</v>
+        <v>1782</v>
       </c>
       <c r="BI77" t="s">
         <v>86</v>
       </c>
       <c r="BJ77" t="s">
         <v>245</v>
       </c>
       <c r="BK77" t="s">
         <v>339</v>
       </c>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>653</v>
       </c>
       <c r="BN77" t="s">
         <v>75</v>
       </c>
       <c r="BO77">
         <v>59</v>
       </c>
       <c r="BP77"/>
       <c r="BQ77"/>
       <c r="BR77">
         <v>27.77</v>
       </c>
@@ -19124,51 +19144,51 @@
       <c r="AZ78" t="s">
         <v>73</v>
       </c>
       <c r="BA78" t="s">
         <v>83</v>
       </c>
       <c r="BB78" t="s">
         <v>654</v>
       </c>
       <c r="BC78" t="s">
         <v>75</v>
       </c>
       <c r="BD78" t="s">
         <v>75</v>
       </c>
       <c r="BE78" t="s">
         <v>75</v>
       </c>
       <c r="BF78" t="s">
         <v>75</v>
       </c>
       <c r="BG78" t="s">
         <v>75</v>
       </c>
       <c r="BH78">
-        <v>1739</v>
+        <v>1784</v>
       </c>
       <c r="BI78" t="s">
         <v>86</v>
       </c>
       <c r="BJ78" t="s">
         <v>245</v>
       </c>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>75</v>
       </c>
       <c r="BN78" t="s">
         <v>75</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78"/>
       <c r="BQ78"/>
       <c r="BR78">
         <v>30.33</v>
       </c>
       <c r="BS78"/>
     </row>
@@ -19317,51 +19337,51 @@
       <c r="AZ79" t="s">
         <v>73</v>
       </c>
       <c r="BA79" t="s">
         <v>83</v>
       </c>
       <c r="BB79" t="s">
         <v>659</v>
       </c>
       <c r="BC79" t="s">
         <v>662</v>
       </c>
       <c r="BD79" t="s">
         <v>669</v>
       </c>
       <c r="BE79" t="s">
         <v>75</v>
       </c>
       <c r="BF79" t="s">
         <v>75</v>
       </c>
       <c r="BG79" t="s">
         <v>75</v>
       </c>
       <c r="BH79">
-        <v>1742</v>
+        <v>1787</v>
       </c>
       <c r="BI79" t="s">
         <v>86</v>
       </c>
       <c r="BJ79" t="s">
         <v>245</v>
       </c>
       <c r="BK79" t="s">
         <v>246</v>
       </c>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>670</v>
       </c>
       <c r="BN79" t="s">
         <v>75</v>
       </c>
       <c r="BO79">
         <v>6</v>
       </c>
       <c r="BP79"/>
       <c r="BQ79"/>
       <c r="BR79">
         <v>37.86</v>
       </c>
@@ -19504,51 +19524,51 @@
       <c r="AZ80" t="s">
         <v>73</v>
       </c>
       <c r="BA80" t="s">
         <v>83</v>
       </c>
       <c r="BB80" t="s">
         <v>671</v>
       </c>
       <c r="BC80" t="s">
         <v>75</v>
       </c>
       <c r="BD80" t="s">
         <v>75</v>
       </c>
       <c r="BE80" t="s">
         <v>75</v>
       </c>
       <c r="BF80" t="s">
         <v>75</v>
       </c>
       <c r="BG80" t="s">
         <v>75</v>
       </c>
       <c r="BH80">
-        <v>1747</v>
+        <v>1792</v>
       </c>
       <c r="BI80" t="s">
         <v>86</v>
       </c>
       <c r="BJ80" t="s">
         <v>245</v>
       </c>
       <c r="BK80" t="s">
         <v>246</v>
       </c>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>677</v>
       </c>
       <c r="BN80" t="s">
         <v>75</v>
       </c>
       <c r="BO80">
         <v>0</v>
       </c>
       <c r="BP80"/>
       <c r="BQ80"/>
       <c r="BR80">
         <v>63.2</v>
       </c>
@@ -19701,51 +19721,51 @@
       <c r="AZ81" t="s">
         <v>73</v>
       </c>
       <c r="BA81" t="s">
         <v>83</v>
       </c>
       <c r="BB81" t="s">
         <v>678</v>
       </c>
       <c r="BC81" t="s">
         <v>681</v>
       </c>
       <c r="BD81" t="s">
         <v>687</v>
       </c>
       <c r="BE81" t="s">
         <v>75</v>
       </c>
       <c r="BF81" t="s">
         <v>75</v>
       </c>
       <c r="BG81" t="s">
         <v>75</v>
       </c>
       <c r="BH81">
-        <v>1753</v>
+        <v>1798</v>
       </c>
       <c r="BI81" t="s">
         <v>86</v>
       </c>
       <c r="BJ81" t="s">
         <v>245</v>
       </c>
       <c r="BK81" t="s">
         <v>246</v>
       </c>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>688</v>
       </c>
       <c r="BN81" t="s">
         <v>75</v>
       </c>
       <c r="BO81">
         <v>4</v>
       </c>
       <c r="BP81"/>
       <c r="BQ81"/>
       <c r="BR81">
         <v>37.27</v>
       </c>
@@ -19888,51 +19908,51 @@
       <c r="AZ82" t="s">
         <v>73</v>
       </c>
       <c r="BA82" t="s">
         <v>83</v>
       </c>
       <c r="BB82" t="s">
         <v>689</v>
       </c>
       <c r="BC82" t="s">
         <v>75</v>
       </c>
       <c r="BD82" t="s">
         <v>75</v>
       </c>
       <c r="BE82" t="s">
         <v>75</v>
       </c>
       <c r="BF82" t="s">
         <v>75</v>
       </c>
       <c r="BG82" t="s">
         <v>75</v>
       </c>
       <c r="BH82">
-        <v>1757</v>
+        <v>1802</v>
       </c>
       <c r="BI82" t="s">
         <v>86</v>
       </c>
       <c r="BJ82" t="s">
         <v>245</v>
       </c>
       <c r="BK82" t="s">
         <v>483</v>
       </c>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>693</v>
       </c>
       <c r="BN82" t="s">
         <v>75</v>
       </c>
       <c r="BO82">
         <v>3</v>
       </c>
       <c r="BP82"/>
       <c r="BQ82"/>
       <c r="BR82">
         <v>37.44</v>
       </c>
@@ -20083,51 +20103,51 @@
       <c r="AZ83" t="s">
         <v>73</v>
       </c>
       <c r="BA83" t="s">
         <v>83</v>
       </c>
       <c r="BB83" t="s">
         <v>694</v>
       </c>
       <c r="BC83" t="s">
         <v>697</v>
       </c>
       <c r="BD83" t="s">
         <v>703</v>
       </c>
       <c r="BE83" t="s">
         <v>704</v>
       </c>
       <c r="BF83" t="s">
         <v>75</v>
       </c>
       <c r="BG83" t="s">
         <v>75</v>
       </c>
       <c r="BH83">
-        <v>1760</v>
+        <v>1805</v>
       </c>
       <c r="BI83" t="s">
         <v>86</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>75</v>
       </c>
       <c r="BN83" t="s">
         <v>75</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83"/>
       <c r="BQ83"/>
       <c r="BR83">
         <v>38.78</v>
       </c>
       <c r="BS83"/>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
@@ -20272,51 +20292,51 @@
       <c r="AZ84" t="s">
         <v>73</v>
       </c>
       <c r="BA84" t="s">
         <v>83</v>
       </c>
       <c r="BB84" t="s">
         <v>705</v>
       </c>
       <c r="BC84" t="s">
         <v>708</v>
       </c>
       <c r="BD84" t="s">
         <v>715</v>
       </c>
       <c r="BE84" t="s">
         <v>716</v>
       </c>
       <c r="BF84" t="s">
         <v>75</v>
       </c>
       <c r="BG84" t="s">
         <v>75</v>
       </c>
       <c r="BH84">
-        <v>1764</v>
+        <v>1809</v>
       </c>
       <c r="BI84" t="s">
         <v>86</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>75</v>
       </c>
       <c r="BN84" t="s">
         <v>75</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84"/>
       <c r="BQ84"/>
       <c r="BR84">
         <v>36.93</v>
       </c>
       <c r="BS84"/>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
@@ -20461,51 +20481,51 @@
       <c r="AZ85" t="s">
         <v>73</v>
       </c>
       <c r="BA85" t="s">
         <v>83</v>
       </c>
       <c r="BB85" t="s">
         <v>717</v>
       </c>
       <c r="BC85" t="s">
         <v>720</v>
       </c>
       <c r="BD85" t="s">
         <v>725</v>
       </c>
       <c r="BE85" t="s">
         <v>726</v>
       </c>
       <c r="BF85" t="s">
         <v>75</v>
       </c>
       <c r="BG85" t="s">
         <v>75</v>
       </c>
       <c r="BH85">
-        <v>1766</v>
+        <v>1811</v>
       </c>
       <c r="BI85" t="s">
         <v>86</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>75</v>
       </c>
       <c r="BN85" t="s">
         <v>75</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85"/>
       <c r="BQ85"/>
       <c r="BR85">
         <v>28.91</v>
       </c>
       <c r="BS85"/>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
@@ -20650,51 +20670,51 @@
       <c r="AZ86" t="s">
         <v>73</v>
       </c>
       <c r="BA86" t="s">
         <v>83</v>
       </c>
       <c r="BB86" t="s">
         <v>727</v>
       </c>
       <c r="BC86" t="s">
         <v>730</v>
       </c>
       <c r="BD86" t="s">
         <v>735</v>
       </c>
       <c r="BE86" t="s">
         <v>736</v>
       </c>
       <c r="BF86" t="s">
         <v>75</v>
       </c>
       <c r="BG86" t="s">
         <v>75</v>
       </c>
       <c r="BH86">
-        <v>1767</v>
+        <v>1812</v>
       </c>
       <c r="BI86" t="s">
         <v>86</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>75</v>
       </c>
       <c r="BN86" t="s">
         <v>75</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86"/>
       <c r="BQ86"/>
       <c r="BR86">
         <v>28.91</v>
       </c>
       <c r="BS86"/>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
@@ -20839,51 +20859,51 @@
       <c r="AZ87" t="s">
         <v>73</v>
       </c>
       <c r="BA87" t="s">
         <v>83</v>
       </c>
       <c r="BB87" t="s">
         <v>737</v>
       </c>
       <c r="BC87" t="s">
         <v>740</v>
       </c>
       <c r="BD87" t="s">
         <v>745</v>
       </c>
       <c r="BE87" t="s">
         <v>746</v>
       </c>
       <c r="BF87" t="s">
         <v>75</v>
       </c>
       <c r="BG87" t="s">
         <v>75</v>
       </c>
       <c r="BH87">
-        <v>1768</v>
+        <v>1813</v>
       </c>
       <c r="BI87" t="s">
         <v>86</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>75</v>
       </c>
       <c r="BN87" t="s">
         <v>75</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87"/>
       <c r="BQ87"/>
       <c r="BR87">
         <v>26.06</v>
       </c>
       <c r="BS87"/>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
@@ -21028,51 +21048,51 @@
       <c r="AZ88" t="s">
         <v>73</v>
       </c>
       <c r="BA88" t="s">
         <v>83</v>
       </c>
       <c r="BB88" t="s">
         <v>747</v>
       </c>
       <c r="BC88" t="s">
         <v>740</v>
       </c>
       <c r="BD88" t="s">
         <v>753</v>
       </c>
       <c r="BE88" t="s">
         <v>754</v>
       </c>
       <c r="BF88" t="s">
         <v>75</v>
       </c>
       <c r="BG88" t="s">
         <v>75</v>
       </c>
       <c r="BH88">
-        <v>1769</v>
+        <v>1814</v>
       </c>
       <c r="BI88" t="s">
         <v>86</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88"/>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>75</v>
       </c>
       <c r="BN88" t="s">
         <v>75</v>
       </c>
       <c r="BO88">
         <v>0</v>
       </c>
       <c r="BP88"/>
       <c r="BQ88"/>
       <c r="BR88">
         <v>41.67</v>
       </c>
       <c r="BS88"/>
     </row>
     <row r="89" spans="1:71">
       <c r="A89" t="s">
@@ -21217,51 +21237,51 @@
       <c r="AZ89" t="s">
         <v>73</v>
       </c>
       <c r="BA89" t="s">
         <v>83</v>
       </c>
       <c r="BB89" t="s">
         <v>755</v>
       </c>
       <c r="BC89" t="s">
         <v>740</v>
       </c>
       <c r="BD89" t="s">
         <v>761</v>
       </c>
       <c r="BE89" t="s">
         <v>762</v>
       </c>
       <c r="BF89" t="s">
         <v>75</v>
       </c>
       <c r="BG89" t="s">
         <v>75</v>
       </c>
       <c r="BH89">
-        <v>1769</v>
+        <v>1814</v>
       </c>
       <c r="BI89" t="s">
         <v>86</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89"/>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>75</v>
       </c>
       <c r="BN89" t="s">
         <v>75</v>
       </c>
       <c r="BO89">
         <v>0</v>
       </c>
       <c r="BP89"/>
       <c r="BQ89"/>
       <c r="BR89">
         <v>32.31</v>
       </c>
       <c r="BS89"/>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
@@ -21406,51 +21426,51 @@
       <c r="AZ90" t="s">
         <v>73</v>
       </c>
       <c r="BA90" t="s">
         <v>83</v>
       </c>
       <c r="BB90" t="s">
         <v>763</v>
       </c>
       <c r="BC90" t="s">
         <v>766</v>
       </c>
       <c r="BD90" t="s">
         <v>770</v>
       </c>
       <c r="BE90" t="s">
         <v>771</v>
       </c>
       <c r="BF90" t="s">
         <v>75</v>
       </c>
       <c r="BG90" t="s">
         <v>75</v>
       </c>
       <c r="BH90">
-        <v>1770</v>
+        <v>1815</v>
       </c>
       <c r="BI90" t="s">
         <v>86</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>75</v>
       </c>
       <c r="BN90" t="s">
         <v>75</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90"/>
       <c r="BQ90"/>
       <c r="BR90">
         <v>31.74</v>
       </c>
       <c r="BS90"/>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
@@ -21595,51 +21615,51 @@
       <c r="AZ91" t="s">
         <v>73</v>
       </c>
       <c r="BA91" t="s">
         <v>83</v>
       </c>
       <c r="BB91" t="s">
         <v>772</v>
       </c>
       <c r="BC91" t="s">
         <v>775</v>
       </c>
       <c r="BD91" t="s">
         <v>780</v>
       </c>
       <c r="BE91" t="s">
         <v>781</v>
       </c>
       <c r="BF91" t="s">
         <v>75</v>
       </c>
       <c r="BG91" t="s">
         <v>75</v>
       </c>
       <c r="BH91">
-        <v>1770</v>
+        <v>1815</v>
       </c>
       <c r="BI91" t="s">
         <v>86</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>75</v>
       </c>
       <c r="BN91" t="s">
         <v>75</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91"/>
       <c r="BQ91"/>
       <c r="BR91">
         <v>33.73</v>
       </c>
       <c r="BS91"/>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
@@ -21784,51 +21804,51 @@
       <c r="AZ92" t="s">
         <v>73</v>
       </c>
       <c r="BA92" t="s">
         <v>83</v>
       </c>
       <c r="BB92" t="s">
         <v>782</v>
       </c>
       <c r="BC92" t="s">
         <v>775</v>
       </c>
       <c r="BD92" t="s">
         <v>789</v>
       </c>
       <c r="BE92" t="s">
         <v>790</v>
       </c>
       <c r="BF92" t="s">
         <v>75</v>
       </c>
       <c r="BG92" t="s">
         <v>75</v>
       </c>
       <c r="BH92">
-        <v>1771</v>
+        <v>1816</v>
       </c>
       <c r="BI92" t="s">
         <v>86</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92"/>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>75</v>
       </c>
       <c r="BN92" t="s">
         <v>75</v>
       </c>
       <c r="BO92">
         <v>0</v>
       </c>
       <c r="BP92"/>
       <c r="BQ92"/>
       <c r="BR92">
         <v>28.91</v>
       </c>
       <c r="BS92"/>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
@@ -21965,51 +21985,51 @@
       <c r="AZ93" t="s">
         <v>73</v>
       </c>
       <c r="BA93" t="s">
         <v>83</v>
       </c>
       <c r="BB93" t="s">
         <v>791</v>
       </c>
       <c r="BC93" t="s">
         <v>75</v>
       </c>
       <c r="BD93" t="s">
         <v>75</v>
       </c>
       <c r="BE93" t="s">
         <v>75</v>
       </c>
       <c r="BF93" t="s">
         <v>75</v>
       </c>
       <c r="BG93" t="s">
         <v>75</v>
       </c>
       <c r="BH93">
-        <v>1772</v>
+        <v>1817</v>
       </c>
       <c r="BI93" t="s">
         <v>86</v>
       </c>
       <c r="BJ93" t="s">
         <v>245</v>
       </c>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>75</v>
       </c>
       <c r="BN93" t="s">
         <v>75</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93"/>
       <c r="BQ93"/>
       <c r="BR93">
         <v>36</v>
       </c>
       <c r="BS93"/>
     </row>
@@ -22156,51 +22176,51 @@
       <c r="AZ94" t="s">
         <v>73</v>
       </c>
       <c r="BA94" t="s">
         <v>83</v>
       </c>
       <c r="BB94" t="s">
         <v>796</v>
       </c>
       <c r="BC94" t="s">
         <v>799</v>
       </c>
       <c r="BD94" t="s">
         <v>803</v>
       </c>
       <c r="BE94" t="s">
         <v>804</v>
       </c>
       <c r="BF94" t="s">
         <v>75</v>
       </c>
       <c r="BG94" t="s">
         <v>75</v>
       </c>
       <c r="BH94">
-        <v>1772</v>
+        <v>1817</v>
       </c>
       <c r="BI94" t="s">
         <v>86</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>75</v>
       </c>
       <c r="BN94" t="s">
         <v>75</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94"/>
       <c r="BQ94"/>
       <c r="BR94">
         <v>51</v>
       </c>
       <c r="BS94"/>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
@@ -22345,51 +22365,51 @@
       <c r="AZ95" t="s">
         <v>73</v>
       </c>
       <c r="BA95" t="s">
         <v>83</v>
       </c>
       <c r="BB95" t="s">
         <v>805</v>
       </c>
       <c r="BC95" t="s">
         <v>799</v>
       </c>
       <c r="BD95" t="s">
         <v>813</v>
       </c>
       <c r="BE95" t="s">
         <v>814</v>
       </c>
       <c r="BF95" t="s">
         <v>75</v>
       </c>
       <c r="BG95" t="s">
         <v>75</v>
       </c>
       <c r="BH95">
-        <v>1773</v>
+        <v>1818</v>
       </c>
       <c r="BI95" t="s">
         <v>86</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95"/>
       <c r="BL95"/>
       <c r="BM95" t="s">
         <v>75</v>
       </c>
       <c r="BN95" t="s">
         <v>75</v>
       </c>
       <c r="BO95">
         <v>0</v>
       </c>
       <c r="BP95"/>
       <c r="BQ95"/>
       <c r="BR95">
         <v>50.18</v>
       </c>
       <c r="BS95"/>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
@@ -22526,51 +22546,51 @@
       <c r="AZ96" t="s">
         <v>73</v>
       </c>
       <c r="BA96" t="s">
         <v>83</v>
       </c>
       <c r="BB96" t="s">
         <v>815</v>
       </c>
       <c r="BC96" t="s">
         <v>75</v>
       </c>
       <c r="BD96" t="s">
         <v>75</v>
       </c>
       <c r="BE96" t="s">
         <v>75</v>
       </c>
       <c r="BF96" t="s">
         <v>75</v>
       </c>
       <c r="BG96" t="s">
         <v>75</v>
       </c>
       <c r="BH96">
-        <v>1773</v>
+        <v>1818</v>
       </c>
       <c r="BI96" t="s">
         <v>86</v>
       </c>
       <c r="BJ96" t="s">
         <v>245</v>
       </c>
       <c r="BK96" t="s">
         <v>246</v>
       </c>
       <c r="BL96"/>
       <c r="BM96" t="s">
         <v>819</v>
       </c>
       <c r="BN96" t="s">
         <v>75</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96"/>
       <c r="BQ96"/>
       <c r="BR96">
         <v>45.94</v>
       </c>
@@ -22713,51 +22733,51 @@
       <c r="AZ97" t="s">
         <v>73</v>
       </c>
       <c r="BA97" t="s">
         <v>83</v>
       </c>
       <c r="BB97" t="s">
         <v>820</v>
       </c>
       <c r="BC97" t="s">
         <v>75</v>
       </c>
       <c r="BD97" t="s">
         <v>75</v>
       </c>
       <c r="BE97" t="s">
         <v>75</v>
       </c>
       <c r="BF97" t="s">
         <v>75</v>
       </c>
       <c r="BG97" t="s">
         <v>75</v>
       </c>
       <c r="BH97">
-        <v>1775</v>
+        <v>1820</v>
       </c>
       <c r="BI97" t="s">
         <v>86</v>
       </c>
       <c r="BJ97" t="s">
         <v>245</v>
       </c>
       <c r="BK97" t="s">
         <v>246</v>
       </c>
       <c r="BL97"/>
       <c r="BM97" t="s">
         <v>824</v>
       </c>
       <c r="BN97" t="s">
         <v>75</v>
       </c>
       <c r="BO97">
         <v>1</v>
       </c>
       <c r="BP97"/>
       <c r="BQ97"/>
       <c r="BR97">
         <v>33.16</v>
       </c>
@@ -22908,51 +22928,51 @@
       <c r="AZ98" t="s">
         <v>73</v>
       </c>
       <c r="BA98" t="s">
         <v>83</v>
       </c>
       <c r="BB98" t="s">
         <v>825</v>
       </c>
       <c r="BC98" t="s">
         <v>828</v>
       </c>
       <c r="BD98" t="s">
         <v>833</v>
       </c>
       <c r="BE98" t="s">
         <v>834</v>
       </c>
       <c r="BF98" t="s">
         <v>75</v>
       </c>
       <c r="BG98" t="s">
         <v>75</v>
       </c>
       <c r="BH98">
-        <v>1778</v>
+        <v>1823</v>
       </c>
       <c r="BI98" t="s">
         <v>86</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>75</v>
       </c>
       <c r="BN98" t="s">
         <v>75</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98"/>
       <c r="BQ98"/>
       <c r="BR98">
         <v>32.74</v>
       </c>
       <c r="BS98"/>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
@@ -23089,51 +23109,51 @@
       <c r="AZ99" t="s">
         <v>73</v>
       </c>
       <c r="BA99" t="s">
         <v>83</v>
       </c>
       <c r="BB99" t="s">
         <v>835</v>
       </c>
       <c r="BC99" t="s">
         <v>75</v>
       </c>
       <c r="BD99" t="s">
         <v>75</v>
       </c>
       <c r="BE99" t="s">
         <v>75</v>
       </c>
       <c r="BF99" t="s">
         <v>75</v>
       </c>
       <c r="BG99" t="s">
         <v>75</v>
       </c>
       <c r="BH99">
-        <v>1781</v>
+        <v>1826</v>
       </c>
       <c r="BI99" t="s">
         <v>86</v>
       </c>
       <c r="BJ99" t="s">
         <v>245</v>
       </c>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>75</v>
       </c>
       <c r="BN99" t="s">
         <v>75</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99"/>
       <c r="BQ99"/>
       <c r="BR99">
         <v>38.83</v>
       </c>
       <c r="BS99"/>
     </row>
@@ -23282,51 +23302,51 @@
       <c r="AZ100" t="s">
         <v>73</v>
       </c>
       <c r="BA100" t="s">
         <v>83</v>
       </c>
       <c r="BB100" t="s">
         <v>839</v>
       </c>
       <c r="BC100" t="s">
         <v>842</v>
       </c>
       <c r="BD100" t="s">
         <v>847</v>
       </c>
       <c r="BE100" t="s">
         <v>75</v>
       </c>
       <c r="BF100" t="s">
         <v>75</v>
       </c>
       <c r="BG100" t="s">
         <v>75</v>
       </c>
       <c r="BH100">
-        <v>1781</v>
+        <v>1826</v>
       </c>
       <c r="BI100" t="s">
         <v>86</v>
       </c>
       <c r="BJ100" t="s">
         <v>245</v>
       </c>
       <c r="BK100" t="s">
         <v>246</v>
       </c>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>848</v>
       </c>
       <c r="BN100" t="s">
         <v>75</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100"/>
       <c r="BQ100"/>
       <c r="BR100">
         <v>37.42</v>
       </c>
@@ -23479,51 +23499,51 @@
       <c r="AZ101" t="s">
         <v>73</v>
       </c>
       <c r="BA101" t="s">
         <v>83</v>
       </c>
       <c r="BB101" t="s">
         <v>849</v>
       </c>
       <c r="BC101" t="s">
         <v>842</v>
       </c>
       <c r="BD101" t="s">
         <v>856</v>
       </c>
       <c r="BE101" t="s">
         <v>75</v>
       </c>
       <c r="BF101" t="s">
         <v>75</v>
       </c>
       <c r="BG101" t="s">
         <v>75</v>
       </c>
       <c r="BH101">
-        <v>1781</v>
+        <v>1826</v>
       </c>
       <c r="BI101" t="s">
         <v>86</v>
       </c>
       <c r="BJ101" t="s">
         <v>245</v>
       </c>
       <c r="BK101" t="s">
         <v>246</v>
       </c>
       <c r="BL101"/>
       <c r="BM101" t="s">
         <v>857</v>
       </c>
       <c r="BN101" t="s">
         <v>75</v>
       </c>
       <c r="BO101">
         <v>5</v>
       </c>
       <c r="BP101"/>
       <c r="BQ101"/>
       <c r="BR101">
         <v>38.85</v>
       </c>
@@ -23666,51 +23686,51 @@
       <c r="AZ102" t="s">
         <v>73</v>
       </c>
       <c r="BA102" t="s">
         <v>83</v>
       </c>
       <c r="BB102" t="s">
         <v>858</v>
       </c>
       <c r="BC102" t="s">
         <v>75</v>
       </c>
       <c r="BD102" t="s">
         <v>75</v>
       </c>
       <c r="BE102" t="s">
         <v>75</v>
       </c>
       <c r="BF102" t="s">
         <v>75</v>
       </c>
       <c r="BG102" t="s">
         <v>75</v>
       </c>
       <c r="BH102">
-        <v>1784</v>
+        <v>1829</v>
       </c>
       <c r="BI102" t="s">
         <v>86</v>
       </c>
       <c r="BJ102" t="s">
         <v>245</v>
       </c>
       <c r="BK102"/>
       <c r="BL102"/>
       <c r="BM102" t="s">
         <v>75</v>
       </c>
       <c r="BN102" t="s">
         <v>75</v>
       </c>
       <c r="BO102">
         <v>0</v>
       </c>
       <c r="BP102"/>
       <c r="BQ102"/>
       <c r="BR102">
         <v>34.58</v>
       </c>
       <c r="BS102"/>
     </row>
@@ -23859,51 +23879,51 @@
       <c r="AZ103" t="s">
         <v>73</v>
       </c>
       <c r="BA103" t="s">
         <v>83</v>
       </c>
       <c r="BB103" t="s">
         <v>863</v>
       </c>
       <c r="BC103" t="s">
         <v>866</v>
       </c>
       <c r="BD103" t="s">
         <v>871</v>
       </c>
       <c r="BE103" t="s">
         <v>75</v>
       </c>
       <c r="BF103" t="s">
         <v>75</v>
       </c>
       <c r="BG103" t="s">
         <v>75</v>
       </c>
       <c r="BH103">
-        <v>1785</v>
+        <v>1830</v>
       </c>
       <c r="BI103" t="s">
         <v>86</v>
       </c>
       <c r="BJ103" t="s">
         <v>245</v>
       </c>
       <c r="BK103" t="s">
         <v>246</v>
       </c>
       <c r="BL103"/>
       <c r="BM103" t="s">
         <v>872</v>
       </c>
       <c r="BN103" t="s">
         <v>75</v>
       </c>
       <c r="BO103">
         <v>4</v>
       </c>
       <c r="BP103"/>
       <c r="BQ103"/>
       <c r="BR103">
         <v>34.58</v>
       </c>
@@ -24056,51 +24076,51 @@
       <c r="AZ104" t="s">
         <v>73</v>
       </c>
       <c r="BA104" t="s">
         <v>83</v>
       </c>
       <c r="BB104" t="s">
         <v>873</v>
       </c>
       <c r="BC104" t="s">
         <v>876</v>
       </c>
       <c r="BD104" t="s">
         <v>881</v>
       </c>
       <c r="BE104" t="s">
         <v>75</v>
       </c>
       <c r="BF104" t="s">
         <v>75</v>
       </c>
       <c r="BG104" t="s">
         <v>75</v>
       </c>
       <c r="BH104">
-        <v>1785</v>
+        <v>1830</v>
       </c>
       <c r="BI104" t="s">
         <v>86</v>
       </c>
       <c r="BJ104" t="s">
         <v>245</v>
       </c>
       <c r="BK104" t="s">
         <v>246</v>
       </c>
       <c r="BL104"/>
       <c r="BM104" t="s">
         <v>882</v>
       </c>
       <c r="BN104" t="s">
         <v>75</v>
       </c>
       <c r="BO104">
         <v>7</v>
       </c>
       <c r="BP104"/>
       <c r="BQ104"/>
       <c r="BR104">
         <v>72.89</v>
       </c>
@@ -24243,51 +24263,51 @@
       <c r="AZ105" t="s">
         <v>73</v>
       </c>
       <c r="BA105" t="s">
         <v>83</v>
       </c>
       <c r="BB105" t="s">
         <v>883</v>
       </c>
       <c r="BC105" t="s">
         <v>75</v>
       </c>
       <c r="BD105" t="s">
         <v>75</v>
       </c>
       <c r="BE105" t="s">
         <v>75</v>
       </c>
       <c r="BF105" t="s">
         <v>75</v>
       </c>
       <c r="BG105" t="s">
         <v>75</v>
       </c>
       <c r="BH105">
-        <v>1786</v>
+        <v>1831</v>
       </c>
       <c r="BI105" t="s">
         <v>86</v>
       </c>
       <c r="BJ105" t="s">
         <v>245</v>
       </c>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>75</v>
       </c>
       <c r="BN105" t="s">
         <v>75</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105"/>
       <c r="BQ105"/>
       <c r="BR105">
         <v>38.83</v>
       </c>
       <c r="BS105"/>
     </row>
@@ -24436,51 +24456,51 @@
       <c r="AZ106" t="s">
         <v>73</v>
       </c>
       <c r="BA106" t="s">
         <v>83</v>
       </c>
       <c r="BB106" t="s">
         <v>888</v>
       </c>
       <c r="BC106" t="s">
         <v>891</v>
       </c>
       <c r="BD106" t="s">
         <v>896</v>
       </c>
       <c r="BE106" t="s">
         <v>75</v>
       </c>
       <c r="BF106" t="s">
         <v>75</v>
       </c>
       <c r="BG106" t="s">
         <v>75</v>
       </c>
       <c r="BH106">
-        <v>1787</v>
+        <v>1832</v>
       </c>
       <c r="BI106" t="s">
         <v>86</v>
       </c>
       <c r="BJ106" t="s">
         <v>245</v>
       </c>
       <c r="BK106" t="s">
         <v>246</v>
       </c>
       <c r="BL106"/>
       <c r="BM106" t="s">
         <v>897</v>
       </c>
       <c r="BN106" t="s">
         <v>75</v>
       </c>
       <c r="BO106">
         <v>4</v>
       </c>
       <c r="BP106"/>
       <c r="BQ106"/>
       <c r="BR106">
         <v>31.74</v>
       </c>
@@ -24633,51 +24653,51 @@
       <c r="AZ107" t="s">
         <v>73</v>
       </c>
       <c r="BA107" t="s">
         <v>83</v>
       </c>
       <c r="BB107" t="s">
         <v>898</v>
       </c>
       <c r="BC107" t="s">
         <v>901</v>
       </c>
       <c r="BD107" t="s">
         <v>906</v>
       </c>
       <c r="BE107" t="s">
         <v>75</v>
       </c>
       <c r="BF107" t="s">
         <v>75</v>
       </c>
       <c r="BG107" t="s">
         <v>75</v>
       </c>
       <c r="BH107">
-        <v>1790</v>
+        <v>1835</v>
       </c>
       <c r="BI107" t="s">
         <v>86</v>
       </c>
       <c r="BJ107" t="s">
         <v>245</v>
       </c>
       <c r="BK107" t="s">
         <v>246</v>
       </c>
       <c r="BL107"/>
       <c r="BM107" t="s">
         <v>907</v>
       </c>
       <c r="BN107" t="s">
         <v>75</v>
       </c>
       <c r="BO107">
         <v>15</v>
       </c>
       <c r="BP107"/>
       <c r="BQ107"/>
       <c r="BR107">
         <v>58.69</v>
       </c>
@@ -24820,51 +24840,51 @@
         <v>8756544370</v>
       </c>
       <c r="AZ108" t="s">
         <v>73</v>
       </c>
       <c r="BA108"/>
       <c r="BB108" t="s">
         <v>908</v>
       </c>
       <c r="BC108" t="s">
         <v>911</v>
       </c>
       <c r="BD108" t="s">
         <v>916</v>
       </c>
       <c r="BE108" t="s">
         <v>917</v>
       </c>
       <c r="BF108" t="s">
         <v>75</v>
       </c>
       <c r="BG108" t="s">
         <v>75</v>
       </c>
       <c r="BH108">
-        <v>1806</v>
+        <v>1851</v>
       </c>
       <c r="BI108" t="s">
         <v>86</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>75</v>
       </c>
       <c r="BN108" t="s">
         <v>75</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108"/>
       <c r="BQ108"/>
       <c r="BR108">
         <v>49.47</v>
       </c>
       <c r="BS108"/>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
@@ -24997,51 +25017,51 @@
         <v>8756530366</v>
       </c>
       <c r="AZ109" t="s">
         <v>73</v>
       </c>
       <c r="BA109"/>
       <c r="BB109" t="s">
         <v>918</v>
       </c>
       <c r="BC109" t="s">
         <v>75</v>
       </c>
       <c r="BD109" t="s">
         <v>75</v>
       </c>
       <c r="BE109" t="s">
         <v>75</v>
       </c>
       <c r="BF109" t="s">
         <v>75</v>
       </c>
       <c r="BG109" t="s">
         <v>75</v>
       </c>
       <c r="BH109">
-        <v>1807</v>
+        <v>1852</v>
       </c>
       <c r="BI109" t="s">
         <v>86</v>
       </c>
       <c r="BJ109"/>
       <c r="BK109"/>
       <c r="BL109"/>
       <c r="BM109" t="s">
         <v>75</v>
       </c>
       <c r="BN109" t="s">
         <v>75</v>
       </c>
       <c r="BO109">
         <v>0</v>
       </c>
       <c r="BP109"/>
       <c r="BQ109"/>
       <c r="BR109">
         <v>36</v>
       </c>
       <c r="BS109"/>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
@@ -25184,51 +25204,51 @@
         <v>8756386682</v>
       </c>
       <c r="AZ110" t="s">
         <v>73</v>
       </c>
       <c r="BA110"/>
       <c r="BB110" t="s">
         <v>923</v>
       </c>
       <c r="BC110" t="s">
         <v>926</v>
       </c>
       <c r="BD110" t="s">
         <v>932</v>
       </c>
       <c r="BE110" t="s">
         <v>933</v>
       </c>
       <c r="BF110" t="s">
         <v>75</v>
       </c>
       <c r="BG110" t="s">
         <v>75</v>
       </c>
       <c r="BH110">
-        <v>1809</v>
+        <v>1854</v>
       </c>
       <c r="BI110" t="s">
         <v>86</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>75</v>
       </c>
       <c r="BN110" t="s">
         <v>75</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110"/>
       <c r="BQ110"/>
       <c r="BR110">
         <v>87.07</v>
       </c>
       <c r="BS110"/>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
@@ -25361,51 +25381,51 @@
         <v>9978462130</v>
       </c>
       <c r="AZ111" t="s">
         <v>73</v>
       </c>
       <c r="BA111"/>
       <c r="BB111" t="s">
         <v>934</v>
       </c>
       <c r="BC111" t="s">
         <v>75</v>
       </c>
       <c r="BD111" t="s">
         <v>75</v>
       </c>
       <c r="BE111" t="s">
         <v>75</v>
       </c>
       <c r="BF111" t="s">
         <v>75</v>
       </c>
       <c r="BG111" t="s">
         <v>75</v>
       </c>
       <c r="BH111">
-        <v>1811</v>
+        <v>1856</v>
       </c>
       <c r="BI111" t="s">
         <v>86</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>75</v>
       </c>
       <c r="BN111" t="s">
         <v>75</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111"/>
       <c r="BQ111"/>
       <c r="BR111">
         <v>48.76</v>
       </c>
       <c r="BS111"/>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
@@ -25538,51 +25558,51 @@
         <v>9978436764</v>
       </c>
       <c r="AZ112" t="s">
         <v>73</v>
       </c>
       <c r="BA112"/>
       <c r="BB112" t="s">
         <v>938</v>
       </c>
       <c r="BC112" t="s">
         <v>75</v>
       </c>
       <c r="BD112" t="s">
         <v>75</v>
       </c>
       <c r="BE112" t="s">
         <v>75</v>
       </c>
       <c r="BF112" t="s">
         <v>75</v>
       </c>
       <c r="BG112" t="s">
         <v>75</v>
       </c>
       <c r="BH112">
-        <v>1811</v>
+        <v>1856</v>
       </c>
       <c r="BI112" t="s">
         <v>86</v>
       </c>
       <c r="BJ112"/>
       <c r="BK112"/>
       <c r="BL112"/>
       <c r="BM112" t="s">
         <v>75</v>
       </c>
       <c r="BN112" t="s">
         <v>75</v>
       </c>
       <c r="BO112">
         <v>0</v>
       </c>
       <c r="BP112"/>
       <c r="BQ112"/>
       <c r="BR112">
         <v>37.08</v>
       </c>
       <c r="BS112"/>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
@@ -25715,51 +25735,51 @@
         <v>9095955923</v>
       </c>
       <c r="AZ113" t="s">
         <v>73</v>
       </c>
       <c r="BA113"/>
       <c r="BB113" t="s">
         <v>943</v>
       </c>
       <c r="BC113" t="s">
         <v>75</v>
       </c>
       <c r="BD113" t="s">
         <v>75</v>
       </c>
       <c r="BE113" t="s">
         <v>75</v>
       </c>
       <c r="BF113" t="s">
         <v>75</v>
       </c>
       <c r="BG113" t="s">
         <v>75</v>
       </c>
       <c r="BH113">
-        <v>1812</v>
+        <v>1857</v>
       </c>
       <c r="BI113" t="s">
         <v>86</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>75</v>
       </c>
       <c r="BN113" t="s">
         <v>75</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113"/>
       <c r="BQ113"/>
       <c r="BR113">
         <v>38.59</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
@@ -25892,51 +25912,51 @@
         <v>4498866691</v>
       </c>
       <c r="AZ114" t="s">
         <v>73</v>
       </c>
       <c r="BA114"/>
       <c r="BB114" t="s">
         <v>947</v>
       </c>
       <c r="BC114" t="s">
         <v>75</v>
       </c>
       <c r="BD114" t="s">
         <v>75</v>
       </c>
       <c r="BE114" t="s">
         <v>75</v>
       </c>
       <c r="BF114" t="s">
         <v>75</v>
       </c>
       <c r="BG114" t="s">
         <v>75</v>
       </c>
       <c r="BH114">
-        <v>1814</v>
+        <v>1859</v>
       </c>
       <c r="BI114" t="s">
         <v>86</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>75</v>
       </c>
       <c r="BN114" t="s">
         <v>75</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114"/>
       <c r="BQ114"/>
       <c r="BR114">
         <v>53.02</v>
       </c>
       <c r="BS114"/>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
@@ -26079,51 +26099,51 @@
         <v>4498729933</v>
       </c>
       <c r="AZ115" t="s">
         <v>73</v>
       </c>
       <c r="BA115"/>
       <c r="BB115" t="s">
         <v>952</v>
       </c>
       <c r="BC115" t="s">
         <v>955</v>
       </c>
       <c r="BD115" t="s">
         <v>75</v>
       </c>
       <c r="BE115" t="s">
         <v>75</v>
       </c>
       <c r="BF115" t="s">
         <v>75</v>
       </c>
       <c r="BG115" t="s">
         <v>75</v>
       </c>
       <c r="BH115">
-        <v>1815</v>
+        <v>1860</v>
       </c>
       <c r="BI115" t="s">
         <v>86</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115" t="s">
         <v>339</v>
       </c>
       <c r="BL115" t="s">
         <v>961</v>
       </c>
       <c r="BM115" t="s">
         <v>962</v>
       </c>
       <c r="BN115" t="s">
         <v>75</v>
       </c>
       <c r="BO115">
         <v>332</v>
       </c>
       <c r="BP115"/>
       <c r="BQ115"/>
       <c r="BR115">
         <v>28.92</v>
       </c>
@@ -26262,51 +26282,51 @@
         <v>5412700215</v>
       </c>
       <c r="AZ116" t="s">
         <v>73</v>
       </c>
       <c r="BA116"/>
       <c r="BB116" t="s">
         <v>963</v>
       </c>
       <c r="BC116" t="s">
         <v>75</v>
       </c>
       <c r="BD116" t="s">
         <v>75</v>
       </c>
       <c r="BE116" t="s">
         <v>75</v>
       </c>
       <c r="BF116" t="s">
         <v>75</v>
       </c>
       <c r="BG116" t="s">
         <v>75</v>
       </c>
       <c r="BH116">
-        <v>1817</v>
+        <v>1862</v>
       </c>
       <c r="BI116" t="s">
         <v>86</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>75</v>
       </c>
       <c r="BN116" t="s">
         <v>75</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116"/>
       <c r="BQ116"/>
       <c r="BR116">
         <v>665.57</v>
       </c>
       <c r="BS116"/>
     </row>
     <row r="117" spans="1:71">
       <c r="A117" t="s">
@@ -26439,51 +26459,51 @@
         <v>2335441076</v>
       </c>
       <c r="AZ117" t="s">
         <v>73</v>
       </c>
       <c r="BA117"/>
       <c r="BB117" t="s">
         <v>967</v>
       </c>
       <c r="BC117" t="s">
         <v>75</v>
       </c>
       <c r="BD117" t="s">
         <v>75</v>
       </c>
       <c r="BE117" t="s">
         <v>75</v>
       </c>
       <c r="BF117" t="s">
         <v>75</v>
       </c>
       <c r="BG117" t="s">
         <v>75</v>
       </c>
       <c r="BH117">
-        <v>1819</v>
+        <v>1864</v>
       </c>
       <c r="BI117" t="s">
         <v>86</v>
       </c>
       <c r="BJ117"/>
       <c r="BK117"/>
       <c r="BL117"/>
       <c r="BM117" t="s">
         <v>75</v>
       </c>
       <c r="BN117" t="s">
         <v>75</v>
       </c>
       <c r="BO117">
         <v>0</v>
       </c>
       <c r="BP117"/>
       <c r="BQ117"/>
       <c r="BR117">
         <v>42.58</v>
       </c>
       <c r="BS117"/>
     </row>
     <row r="118" spans="1:71">
       <c r="A118" t="s">
@@ -26624,51 +26644,51 @@
         <v>1934759735</v>
       </c>
       <c r="AZ118" t="s">
         <v>73</v>
       </c>
       <c r="BA118"/>
       <c r="BB118" t="s">
         <v>969</v>
       </c>
       <c r="BC118" t="s">
         <v>972</v>
       </c>
       <c r="BD118" t="s">
         <v>977</v>
       </c>
       <c r="BE118" t="s">
         <v>978</v>
       </c>
       <c r="BF118" t="s">
         <v>75</v>
       </c>
       <c r="BG118" t="s">
         <v>75</v>
       </c>
       <c r="BH118">
-        <v>1820</v>
+        <v>1865</v>
       </c>
       <c r="BI118" t="s">
         <v>86</v>
       </c>
       <c r="BJ118"/>
       <c r="BK118"/>
       <c r="BL118"/>
       <c r="BM118" t="s">
         <v>75</v>
       </c>
       <c r="BN118" t="s">
         <v>75</v>
       </c>
       <c r="BO118">
         <v>0</v>
       </c>
       <c r="BP118"/>
       <c r="BQ118"/>
       <c r="BR118">
         <v>36.72</v>
       </c>
       <c r="BS118"/>
     </row>
     <row r="119" spans="1:71">
       <c r="A119" t="s">
@@ -26811,51 +26831,51 @@
         <v>7856962934</v>
       </c>
       <c r="AZ119" t="s">
         <v>73</v>
       </c>
       <c r="BA119"/>
       <c r="BB119" t="s">
         <v>979</v>
       </c>
       <c r="BC119" t="s">
         <v>982</v>
       </c>
       <c r="BD119" t="s">
         <v>987</v>
       </c>
       <c r="BE119" t="s">
         <v>75</v>
       </c>
       <c r="BF119" t="s">
         <v>75</v>
       </c>
       <c r="BG119" t="s">
         <v>75</v>
       </c>
       <c r="BH119">
-        <v>1823</v>
+        <v>1868</v>
       </c>
       <c r="BI119" t="s">
         <v>86</v>
       </c>
       <c r="BJ119"/>
       <c r="BK119" t="s">
         <v>246</v>
       </c>
       <c r="BL119" t="s">
         <v>961</v>
       </c>
       <c r="BM119" t="s">
         <v>988</v>
       </c>
       <c r="BN119" t="s">
         <v>75</v>
       </c>
       <c r="BO119">
         <v>339</v>
       </c>
       <c r="BP119"/>
       <c r="BQ119"/>
       <c r="BR119">
         <v>33.17</v>
       </c>
@@ -27004,51 +27024,51 @@
         <v>9051966873</v>
       </c>
       <c r="AZ120" t="s">
         <v>73</v>
       </c>
       <c r="BA120"/>
       <c r="BB120" t="s">
         <v>989</v>
       </c>
       <c r="BC120" t="s">
         <v>992</v>
       </c>
       <c r="BD120" t="s">
         <v>75</v>
       </c>
       <c r="BE120" t="s">
         <v>75</v>
       </c>
       <c r="BF120" t="s">
         <v>75</v>
       </c>
       <c r="BG120" t="s">
         <v>75</v>
       </c>
       <c r="BH120">
-        <v>1827</v>
+        <v>1872</v>
       </c>
       <c r="BI120" t="s">
         <v>86</v>
       </c>
       <c r="BJ120"/>
       <c r="BK120"/>
       <c r="BL120"/>
       <c r="BM120" t="s">
         <v>75</v>
       </c>
       <c r="BN120" t="s">
         <v>75</v>
       </c>
       <c r="BO120">
         <v>0</v>
       </c>
       <c r="BP120"/>
       <c r="BQ120"/>
       <c r="BR120">
         <v>113.52</v>
       </c>
       <c r="BS120"/>
     </row>
     <row r="121" spans="1:71">
       <c r="A121" t="s">
@@ -27181,51 +27201,51 @@
         <v>6645172586</v>
       </c>
       <c r="AZ121" t="s">
         <v>73</v>
       </c>
       <c r="BA121"/>
       <c r="BB121" t="s">
         <v>996</v>
       </c>
       <c r="BC121" t="s">
         <v>75</v>
       </c>
       <c r="BD121" t="s">
         <v>75</v>
       </c>
       <c r="BE121" t="s">
         <v>75</v>
       </c>
       <c r="BF121" t="s">
         <v>75</v>
       </c>
       <c r="BG121" t="s">
         <v>75</v>
       </c>
       <c r="BH121">
-        <v>1828</v>
+        <v>1873</v>
       </c>
       <c r="BI121" t="s">
         <v>86</v>
       </c>
       <c r="BJ121"/>
       <c r="BK121"/>
       <c r="BL121"/>
       <c r="BM121" t="s">
         <v>75</v>
       </c>
       <c r="BN121" t="s">
         <v>75</v>
       </c>
       <c r="BO121">
         <v>0</v>
       </c>
       <c r="BP121"/>
       <c r="BQ121"/>
       <c r="BR121">
         <v>27.87</v>
       </c>
       <c r="BS121"/>
     </row>
     <row r="122" spans="1:71">
       <c r="A122" t="s">
@@ -27362,51 +27382,51 @@
         <v>6097685856</v>
       </c>
       <c r="AZ122" t="s">
         <v>73</v>
       </c>
       <c r="BA122"/>
       <c r="BB122" t="s">
         <v>1000</v>
       </c>
       <c r="BC122" t="s">
         <v>1003</v>
       </c>
       <c r="BD122" t="s">
         <v>1006</v>
       </c>
       <c r="BE122" t="s">
         <v>1007</v>
       </c>
       <c r="BF122" t="s">
         <v>75</v>
       </c>
       <c r="BG122" t="s">
         <v>75</v>
       </c>
       <c r="BH122">
-        <v>1832</v>
+        <v>1877</v>
       </c>
       <c r="BI122" t="s">
         <v>86</v>
       </c>
       <c r="BJ122"/>
       <c r="BK122"/>
       <c r="BL122"/>
       <c r="BM122" t="s">
         <v>75</v>
       </c>
       <c r="BN122" t="s">
         <v>75</v>
       </c>
       <c r="BO122">
         <v>0</v>
       </c>
       <c r="BP122"/>
       <c r="BQ122"/>
       <c r="BR122">
         <v>36</v>
       </c>
       <c r="BS122"/>
     </row>
     <row r="123" spans="1:71">
       <c r="A123" t="s">
@@ -27539,51 +27559,51 @@
         <v>6097674914</v>
       </c>
       <c r="AZ123" t="s">
         <v>73</v>
       </c>
       <c r="BA123"/>
       <c r="BB123" t="s">
         <v>1008</v>
       </c>
       <c r="BC123" t="s">
         <v>75</v>
       </c>
       <c r="BD123" t="s">
         <v>75</v>
       </c>
       <c r="BE123" t="s">
         <v>75</v>
       </c>
       <c r="BF123" t="s">
         <v>75</v>
       </c>
       <c r="BG123" t="s">
         <v>75</v>
       </c>
       <c r="BH123">
-        <v>1832</v>
+        <v>1877</v>
       </c>
       <c r="BI123" t="s">
         <v>86</v>
       </c>
       <c r="BJ123"/>
       <c r="BK123"/>
       <c r="BL123"/>
       <c r="BM123" t="s">
         <v>75</v>
       </c>
       <c r="BN123" t="s">
         <v>75</v>
       </c>
       <c r="BO123">
         <v>0</v>
       </c>
       <c r="BP123"/>
       <c r="BQ123"/>
       <c r="BR123">
         <v>127.95</v>
       </c>
       <c r="BS123"/>
     </row>
     <row r="124" spans="1:71">
       <c r="A124" t="s">
@@ -27720,51 +27740,51 @@
         <v>7420458813</v>
       </c>
       <c r="AZ124" t="s">
         <v>73</v>
       </c>
       <c r="BA124"/>
       <c r="BB124" t="s">
         <v>1013</v>
       </c>
       <c r="BC124" t="s">
         <v>1016</v>
       </c>
       <c r="BD124" t="s">
         <v>1019</v>
       </c>
       <c r="BE124" t="s">
         <v>1020</v>
       </c>
       <c r="BF124" t="s">
         <v>75</v>
       </c>
       <c r="BG124" t="s">
         <v>75</v>
       </c>
       <c r="BH124">
-        <v>1834</v>
+        <v>1879</v>
       </c>
       <c r="BI124" t="s">
         <v>86</v>
       </c>
       <c r="BJ124"/>
       <c r="BK124"/>
       <c r="BL124"/>
       <c r="BM124" t="s">
         <v>75</v>
       </c>
       <c r="BN124" t="s">
         <v>75</v>
       </c>
       <c r="BO124">
         <v>0</v>
       </c>
       <c r="BP124"/>
       <c r="BQ124"/>
       <c r="BR124">
         <v>53.02</v>
       </c>
       <c r="BS124"/>
     </row>
     <row r="125" spans="1:71">
       <c r="A125" t="s">
@@ -27897,51 +27917,51 @@
         <v>1553546050</v>
       </c>
       <c r="AZ125" t="s">
         <v>73</v>
       </c>
       <c r="BA125"/>
       <c r="BB125" t="s">
         <v>1021</v>
       </c>
       <c r="BC125" t="s">
         <v>75</v>
       </c>
       <c r="BD125" t="s">
         <v>75</v>
       </c>
       <c r="BE125" t="s">
         <v>75</v>
       </c>
       <c r="BF125" t="s">
         <v>75</v>
       </c>
       <c r="BG125" t="s">
         <v>75</v>
       </c>
       <c r="BH125">
-        <v>1836</v>
+        <v>1881</v>
       </c>
       <c r="BI125" t="s">
         <v>86</v>
       </c>
       <c r="BJ125"/>
       <c r="BK125"/>
       <c r="BL125"/>
       <c r="BM125" t="s">
         <v>75</v>
       </c>
       <c r="BN125" t="s">
         <v>75</v>
       </c>
       <c r="BO125">
         <v>0</v>
       </c>
       <c r="BP125"/>
       <c r="BQ125"/>
       <c r="BR125">
         <v>36.92</v>
       </c>
       <c r="BS125"/>
     </row>
     <row r="126" spans="1:71">
       <c r="A126" t="s">
@@ -28084,51 +28104,51 @@
         <v>1553512612</v>
       </c>
       <c r="AZ126" t="s">
         <v>73</v>
       </c>
       <c r="BA126"/>
       <c r="BB126" t="s">
         <v>1026</v>
       </c>
       <c r="BC126" t="s">
         <v>1016</v>
       </c>
       <c r="BD126" t="s">
         <v>1033</v>
       </c>
       <c r="BE126" t="s">
         <v>1034</v>
       </c>
       <c r="BF126" t="s">
         <v>75</v>
       </c>
       <c r="BG126" t="s">
         <v>75</v>
       </c>
       <c r="BH126">
-        <v>1837</v>
+        <v>1882</v>
       </c>
       <c r="BI126" t="s">
         <v>86</v>
       </c>
       <c r="BJ126"/>
       <c r="BK126"/>
       <c r="BL126"/>
       <c r="BM126" t="s">
         <v>75</v>
       </c>
       <c r="BN126" t="s">
         <v>75</v>
       </c>
       <c r="BO126">
         <v>0</v>
       </c>
       <c r="BP126"/>
       <c r="BQ126"/>
       <c r="BR126">
         <v>31.74</v>
       </c>
       <c r="BS126"/>
     </row>
     <row r="127" spans="1:71">
       <c r="A127" t="s">
@@ -28271,51 +28291,51 @@
         <v>1553401986</v>
       </c>
       <c r="AZ127" t="s">
         <v>73</v>
       </c>
       <c r="BA127"/>
       <c r="BB127" t="s">
         <v>1035</v>
       </c>
       <c r="BC127" t="s">
         <v>1038</v>
       </c>
       <c r="BD127" t="s">
         <v>1043</v>
       </c>
       <c r="BE127" t="s">
         <v>1044</v>
       </c>
       <c r="BF127" t="s">
         <v>75</v>
       </c>
       <c r="BG127" t="s">
         <v>75</v>
       </c>
       <c r="BH127">
-        <v>1837</v>
+        <v>1882</v>
       </c>
       <c r="BI127" t="s">
         <v>86</v>
       </c>
       <c r="BJ127"/>
       <c r="BK127"/>
       <c r="BL127"/>
       <c r="BM127" t="s">
         <v>75</v>
       </c>
       <c r="BN127" t="s">
         <v>75</v>
       </c>
       <c r="BO127">
         <v>0</v>
       </c>
       <c r="BP127"/>
       <c r="BQ127"/>
       <c r="BR127">
         <v>80.48</v>
       </c>
       <c r="BS127"/>
     </row>
     <row r="128" spans="1:71">
       <c r="A128" t="s">
@@ -28452,51 +28472,51 @@
         <v>3444613255</v>
       </c>
       <c r="AZ128" t="s">
         <v>73</v>
       </c>
       <c r="BA128"/>
       <c r="BB128" t="s">
         <v>1045</v>
       </c>
       <c r="BC128" t="s">
         <v>1048</v>
       </c>
       <c r="BD128" t="s">
         <v>1053</v>
       </c>
       <c r="BE128" t="s">
         <v>1054</v>
       </c>
       <c r="BF128" t="s">
         <v>75</v>
       </c>
       <c r="BG128" t="s">
         <v>75</v>
       </c>
       <c r="BH128">
-        <v>1838</v>
+        <v>1883</v>
       </c>
       <c r="BI128" t="s">
         <v>86</v>
       </c>
       <c r="BJ128"/>
       <c r="BK128"/>
       <c r="BL128"/>
       <c r="BM128" t="s">
         <v>75</v>
       </c>
       <c r="BN128" t="s">
         <v>75</v>
       </c>
       <c r="BO128">
         <v>0</v>
       </c>
       <c r="BP128"/>
       <c r="BQ128"/>
       <c r="BR128">
         <v>38.19</v>
       </c>
       <c r="BS128"/>
     </row>
     <row r="129" spans="1:71">
       <c r="A129" t="s">
@@ -28629,51 +28649,51 @@
         <v>5840492453</v>
       </c>
       <c r="AZ129" t="s">
         <v>73</v>
       </c>
       <c r="BA129"/>
       <c r="BB129" t="s">
         <v>1055</v>
       </c>
       <c r="BC129" t="s">
         <v>75</v>
       </c>
       <c r="BD129" t="s">
         <v>75</v>
       </c>
       <c r="BE129" t="s">
         <v>75</v>
       </c>
       <c r="BF129" t="s">
         <v>75</v>
       </c>
       <c r="BG129" t="s">
         <v>75</v>
       </c>
       <c r="BH129">
-        <v>1839</v>
+        <v>1884</v>
       </c>
       <c r="BI129" t="s">
         <v>86</v>
       </c>
       <c r="BJ129"/>
       <c r="BK129"/>
       <c r="BL129"/>
       <c r="BM129" t="s">
         <v>75</v>
       </c>
       <c r="BN129" t="s">
         <v>75</v>
       </c>
       <c r="BO129">
         <v>0</v>
       </c>
       <c r="BP129"/>
       <c r="BQ129"/>
       <c r="BR129">
         <v>28.91</v>
       </c>
       <c r="BS129"/>
     </row>
     <row r="130" spans="1:71">
       <c r="A130" t="s">
@@ -28816,51 +28836,51 @@
         <v>8985701771</v>
       </c>
       <c r="AZ130" t="s">
         <v>73</v>
       </c>
       <c r="BA130"/>
       <c r="BB130" t="s">
         <v>1060</v>
       </c>
       <c r="BC130" t="s">
         <v>866</v>
       </c>
       <c r="BD130" t="s">
         <v>1066</v>
       </c>
       <c r="BE130" t="s">
         <v>1067</v>
       </c>
       <c r="BF130" t="s">
         <v>75</v>
       </c>
       <c r="BG130" t="s">
         <v>75</v>
       </c>
       <c r="BH130">
-        <v>1840</v>
+        <v>1885</v>
       </c>
       <c r="BI130" t="s">
         <v>86</v>
       </c>
       <c r="BJ130"/>
       <c r="BK130"/>
       <c r="BL130"/>
       <c r="BM130" t="s">
         <v>75</v>
       </c>
       <c r="BN130" t="s">
         <v>75</v>
       </c>
       <c r="BO130">
         <v>0</v>
       </c>
       <c r="BP130"/>
       <c r="BQ130"/>
       <c r="BR130">
         <v>148.42</v>
       </c>
       <c r="BS130"/>
     </row>
     <row r="131" spans="1:71">
       <c r="A131" t="s">
@@ -28993,51 +29013,51 @@
         <v>8985650925</v>
       </c>
       <c r="AZ131" t="s">
         <v>73</v>
       </c>
       <c r="BA131"/>
       <c r="BB131" t="s">
         <v>1068</v>
       </c>
       <c r="BC131" t="s">
         <v>75</v>
       </c>
       <c r="BD131" t="s">
         <v>75</v>
       </c>
       <c r="BE131" t="s">
         <v>75</v>
       </c>
       <c r="BF131" t="s">
         <v>75</v>
       </c>
       <c r="BG131" t="s">
         <v>75</v>
       </c>
       <c r="BH131">
-        <v>1840</v>
+        <v>1885</v>
       </c>
       <c r="BI131" t="s">
         <v>86</v>
       </c>
       <c r="BJ131"/>
       <c r="BK131"/>
       <c r="BL131"/>
       <c r="BM131" t="s">
         <v>75</v>
       </c>
       <c r="BN131" t="s">
         <v>75</v>
       </c>
       <c r="BO131">
         <v>0</v>
       </c>
       <c r="BP131"/>
       <c r="BQ131"/>
       <c r="BR131">
         <v>29.74</v>
       </c>
       <c r="BS131"/>
     </row>
     <row r="132" spans="1:71">
       <c r="A132" t="s">
@@ -29180,51 +29200,51 @@
         <v>5820876902</v>
       </c>
       <c r="AZ132" t="s">
         <v>73</v>
       </c>
       <c r="BA132"/>
       <c r="BB132" t="s">
         <v>1074</v>
       </c>
       <c r="BC132" t="s">
         <v>1077</v>
       </c>
       <c r="BD132" t="s">
         <v>1082</v>
       </c>
       <c r="BE132" t="s">
         <v>75</v>
       </c>
       <c r="BF132" t="s">
         <v>75</v>
       </c>
       <c r="BG132" t="s">
         <v>75</v>
       </c>
       <c r="BH132">
-        <v>1841</v>
+        <v>1886</v>
       </c>
       <c r="BI132" t="s">
         <v>86</v>
       </c>
       <c r="BJ132"/>
       <c r="BK132" t="s">
         <v>246</v>
       </c>
       <c r="BL132"/>
       <c r="BM132" t="s">
         <v>1083</v>
       </c>
       <c r="BN132" t="s">
         <v>75</v>
       </c>
       <c r="BO132">
         <v>65</v>
       </c>
       <c r="BP132"/>
       <c r="BQ132"/>
       <c r="BR132">
         <v>37.42</v>
       </c>
       <c r="BS132" t="s">
         <v>1084</v>
@@ -29371,51 +29391,51 @@
         <v>8484887795</v>
       </c>
       <c r="AZ133" t="s">
         <v>73</v>
       </c>
       <c r="BA133"/>
       <c r="BB133" t="s">
         <v>1085</v>
       </c>
       <c r="BC133" t="s">
         <v>1088</v>
       </c>
       <c r="BD133" t="s">
         <v>1093</v>
       </c>
       <c r="BE133" t="s">
         <v>75</v>
       </c>
       <c r="BF133" t="s">
         <v>75</v>
       </c>
       <c r="BG133" t="s">
         <v>75</v>
       </c>
       <c r="BH133">
-        <v>1843</v>
+        <v>1888</v>
       </c>
       <c r="BI133" t="s">
         <v>86</v>
       </c>
       <c r="BJ133"/>
       <c r="BK133"/>
       <c r="BL133"/>
       <c r="BM133" t="s">
         <v>75</v>
       </c>
       <c r="BN133" t="s">
         <v>75</v>
       </c>
       <c r="BO133">
         <v>0</v>
       </c>
       <c r="BP133"/>
       <c r="BQ133"/>
       <c r="BR133">
         <v>32.13</v>
       </c>
       <c r="BS133"/>
     </row>
     <row r="134" spans="1:71">
       <c r="A134" t="s">
@@ -29552,51 +29572,51 @@
         <v>8484663294</v>
       </c>
       <c r="AZ134" t="s">
         <v>73</v>
       </c>
       <c r="BA134"/>
       <c r="BB134" t="s">
         <v>1094</v>
       </c>
       <c r="BC134" t="s">
         <v>1088</v>
       </c>
       <c r="BD134" t="s">
         <v>1100</v>
       </c>
       <c r="BE134" t="s">
         <v>1101</v>
       </c>
       <c r="BF134" t="s">
         <v>75</v>
       </c>
       <c r="BG134" t="s">
         <v>75</v>
       </c>
       <c r="BH134">
-        <v>1844</v>
+        <v>1889</v>
       </c>
       <c r="BI134" t="s">
         <v>86</v>
       </c>
       <c r="BJ134"/>
       <c r="BK134"/>
       <c r="BL134"/>
       <c r="BM134" t="s">
         <v>75</v>
       </c>
       <c r="BN134" t="s">
         <v>75</v>
       </c>
       <c r="BO134">
         <v>0</v>
       </c>
       <c r="BP134"/>
       <c r="BQ134"/>
       <c r="BR134">
         <v>120.52</v>
       </c>
       <c r="BS134"/>
     </row>
     <row r="135" spans="1:71">
       <c r="A135" t="s">
@@ -29729,51 +29749,51 @@
         <v>6556532776</v>
       </c>
       <c r="AZ135" t="s">
         <v>73</v>
       </c>
       <c r="BA135"/>
       <c r="BB135" t="s">
         <v>1102</v>
       </c>
       <c r="BC135" t="s">
         <v>75</v>
       </c>
       <c r="BD135" t="s">
         <v>75</v>
       </c>
       <c r="BE135" t="s">
         <v>75</v>
       </c>
       <c r="BF135" t="s">
         <v>75</v>
       </c>
       <c r="BG135" t="s">
         <v>75</v>
       </c>
       <c r="BH135">
-        <v>1846</v>
+        <v>1891</v>
       </c>
       <c r="BI135" t="s">
         <v>86</v>
       </c>
       <c r="BJ135"/>
       <c r="BK135"/>
       <c r="BL135"/>
       <c r="BM135" t="s">
         <v>75</v>
       </c>
       <c r="BN135" t="s">
         <v>75</v>
       </c>
       <c r="BO135">
         <v>0</v>
       </c>
       <c r="BP135"/>
       <c r="BQ135"/>
       <c r="BR135">
         <v>88.34</v>
       </c>
       <c r="BS135"/>
     </row>
     <row r="136" spans="1:71">
       <c r="A136" t="s">
@@ -29906,51 +29926,51 @@
         <v>9683319240</v>
       </c>
       <c r="AZ136" t="s">
         <v>73</v>
       </c>
       <c r="BA136"/>
       <c r="BB136" t="s">
         <v>1106</v>
       </c>
       <c r="BC136" t="s">
         <v>75</v>
       </c>
       <c r="BD136" t="s">
         <v>75</v>
       </c>
       <c r="BE136" t="s">
         <v>75</v>
       </c>
       <c r="BF136" t="s">
         <v>75</v>
       </c>
       <c r="BG136" t="s">
         <v>75</v>
       </c>
       <c r="BH136">
-        <v>1849</v>
+        <v>1894</v>
       </c>
       <c r="BI136" t="s">
         <v>86</v>
       </c>
       <c r="BJ136"/>
       <c r="BK136"/>
       <c r="BL136"/>
       <c r="BM136" t="s">
         <v>75</v>
       </c>
       <c r="BN136" t="s">
         <v>75</v>
       </c>
       <c r="BO136">
         <v>0</v>
       </c>
       <c r="BP136"/>
       <c r="BQ136"/>
       <c r="BR136">
         <v>856.18</v>
       </c>
       <c r="BS136"/>
     </row>
     <row r="137" spans="1:71">
       <c r="A137" t="s">
@@ -30083,51 +30103,51 @@
         <v>9683115444</v>
       </c>
       <c r="AZ137" t="s">
         <v>73</v>
       </c>
       <c r="BA137"/>
       <c r="BB137" t="s">
         <v>1111</v>
       </c>
       <c r="BC137" t="s">
         <v>75</v>
       </c>
       <c r="BD137" t="s">
         <v>75</v>
       </c>
       <c r="BE137" t="s">
         <v>75</v>
       </c>
       <c r="BF137" t="s">
         <v>75</v>
       </c>
       <c r="BG137" t="s">
         <v>75</v>
       </c>
       <c r="BH137">
-        <v>1850</v>
+        <v>1895</v>
       </c>
       <c r="BI137" t="s">
         <v>86</v>
       </c>
       <c r="BJ137"/>
       <c r="BK137"/>
       <c r="BL137"/>
       <c r="BM137" t="s">
         <v>75</v>
       </c>
       <c r="BN137" t="s">
         <v>75</v>
       </c>
       <c r="BO137">
         <v>0</v>
       </c>
       <c r="BP137"/>
       <c r="BQ137"/>
       <c r="BR137">
         <v>31.73</v>
       </c>
       <c r="BS137"/>
     </row>
     <row r="138" spans="1:71">
       <c r="A138" t="s">
@@ -30260,51 +30280,51 @@
         <v>4055251572</v>
       </c>
       <c r="AZ138" t="s">
         <v>73</v>
       </c>
       <c r="BA138"/>
       <c r="BB138" t="s">
         <v>1116</v>
       </c>
       <c r="BC138" t="s">
         <v>75</v>
       </c>
       <c r="BD138" t="s">
         <v>75</v>
       </c>
       <c r="BE138" t="s">
         <v>75</v>
       </c>
       <c r="BF138" t="s">
         <v>75</v>
       </c>
       <c r="BG138" t="s">
         <v>75</v>
       </c>
       <c r="BH138">
-        <v>1853</v>
+        <v>1898</v>
       </c>
       <c r="BI138" t="s">
         <v>86</v>
       </c>
       <c r="BJ138"/>
       <c r="BK138"/>
       <c r="BL138"/>
       <c r="BM138" t="s">
         <v>75</v>
       </c>
       <c r="BN138" t="s">
         <v>75</v>
       </c>
       <c r="BO138">
         <v>0</v>
       </c>
       <c r="BP138"/>
       <c r="BQ138"/>
       <c r="BR138">
         <v>44.12</v>
       </c>
       <c r="BS138"/>
     </row>
     <row r="139" spans="1:71">
       <c r="A139" t="s">
@@ -30449,51 +30469,51 @@
         <v>1970361046</v>
       </c>
       <c r="AZ139" t="s">
         <v>73</v>
       </c>
       <c r="BA139"/>
       <c r="BB139" t="s">
         <v>1121</v>
       </c>
       <c r="BC139" t="s">
         <v>1124</v>
       </c>
       <c r="BD139" t="s">
         <v>75</v>
       </c>
       <c r="BE139" t="s">
         <v>75</v>
       </c>
       <c r="BF139" t="s">
         <v>75</v>
       </c>
       <c r="BG139" t="s">
         <v>75</v>
       </c>
       <c r="BH139">
-        <v>1856</v>
+        <v>1901</v>
       </c>
       <c r="BI139"/>
       <c r="BJ139"/>
       <c r="BK139"/>
       <c r="BL139"/>
       <c r="BM139" t="s">
         <v>75</v>
       </c>
       <c r="BN139" t="s">
         <v>75</v>
       </c>
       <c r="BO139">
         <v>0</v>
       </c>
       <c r="BP139"/>
       <c r="BQ139"/>
       <c r="BR139">
         <v>41.67</v>
       </c>
       <c r="BS139"/>
     </row>
     <row r="140" spans="1:71">
       <c r="A140" t="s">
         <v>66</v>
       </c>
@@ -30624,51 +30644,51 @@
         <v>4673587240</v>
       </c>
       <c r="AZ140" t="s">
         <v>73</v>
       </c>
       <c r="BA140"/>
       <c r="BB140" t="s">
         <v>1131</v>
       </c>
       <c r="BC140" t="s">
         <v>75</v>
       </c>
       <c r="BD140" t="s">
         <v>75</v>
       </c>
       <c r="BE140" t="s">
         <v>75</v>
       </c>
       <c r="BF140" t="s">
         <v>75</v>
       </c>
       <c r="BG140" t="s">
         <v>75</v>
       </c>
       <c r="BH140">
-        <v>1857</v>
+        <v>1902</v>
       </c>
       <c r="BI140" t="s">
         <v>86</v>
       </c>
       <c r="BJ140"/>
       <c r="BK140"/>
       <c r="BL140"/>
       <c r="BM140" t="s">
         <v>75</v>
       </c>
       <c r="BN140" t="s">
         <v>75</v>
       </c>
       <c r="BO140">
         <v>0</v>
       </c>
       <c r="BP140"/>
       <c r="BQ140"/>
       <c r="BR140">
         <v>58.63</v>
       </c>
       <c r="BS140"/>
     </row>
     <row r="141" spans="1:71">
       <c r="A141" t="s">
@@ -30801,51 +30821,51 @@
         <v>4673574964</v>
       </c>
       <c r="AZ141" t="s">
         <v>73</v>
       </c>
       <c r="BA141"/>
       <c r="BB141" t="s">
         <v>1135</v>
       </c>
       <c r="BC141" t="s">
         <v>75</v>
       </c>
       <c r="BD141" t="s">
         <v>75</v>
       </c>
       <c r="BE141" t="s">
         <v>75</v>
       </c>
       <c r="BF141" t="s">
         <v>75</v>
       </c>
       <c r="BG141" t="s">
         <v>75</v>
       </c>
       <c r="BH141">
-        <v>1857</v>
+        <v>1902</v>
       </c>
       <c r="BI141" t="s">
         <v>86</v>
       </c>
       <c r="BJ141"/>
       <c r="BK141"/>
       <c r="BL141"/>
       <c r="BM141" t="s">
         <v>75</v>
       </c>
       <c r="BN141" t="s">
         <v>75</v>
       </c>
       <c r="BO141">
         <v>0</v>
       </c>
       <c r="BP141"/>
       <c r="BQ141"/>
       <c r="BR141">
         <v>52.14</v>
       </c>
       <c r="BS141"/>
     </row>
     <row r="142" spans="1:71">
       <c r="A142" t="s">
@@ -30986,51 +31006,51 @@
         <v>4673186755</v>
       </c>
       <c r="AZ142" t="s">
         <v>73</v>
       </c>
       <c r="BA142"/>
       <c r="BB142" t="s">
         <v>1139</v>
       </c>
       <c r="BC142" t="s">
         <v>75</v>
       </c>
       <c r="BD142" t="s">
         <v>75</v>
       </c>
       <c r="BE142" t="s">
         <v>75</v>
       </c>
       <c r="BF142" t="s">
         <v>75</v>
       </c>
       <c r="BG142" t="s">
         <v>75</v>
       </c>
       <c r="BH142">
-        <v>1858</v>
+        <v>1903</v>
       </c>
       <c r="BI142" t="s">
         <v>86</v>
       </c>
       <c r="BJ142"/>
       <c r="BK142"/>
       <c r="BL142"/>
       <c r="BM142" t="s">
         <v>75</v>
       </c>
       <c r="BN142" t="s">
         <v>75</v>
       </c>
       <c r="BO142">
         <v>0</v>
       </c>
       <c r="BP142"/>
       <c r="BQ142"/>
       <c r="BR142">
         <v>26.07</v>
       </c>
       <c r="BS142"/>
     </row>
     <row r="143" spans="1:71">
       <c r="A143" t="s">
@@ -31175,51 +31195,51 @@
         <v>4311820671</v>
       </c>
       <c r="AZ143" t="s">
         <v>73</v>
       </c>
       <c r="BA143"/>
       <c r="BB143" t="s">
         <v>1145</v>
       </c>
       <c r="BC143" t="s">
         <v>1148</v>
       </c>
       <c r="BD143" t="s">
         <v>75</v>
       </c>
       <c r="BE143" t="s">
         <v>75</v>
       </c>
       <c r="BF143" t="s">
         <v>75</v>
       </c>
       <c r="BG143" t="s">
         <v>75</v>
       </c>
       <c r="BH143">
-        <v>1864</v>
+        <v>1909</v>
       </c>
       <c r="BI143" t="s">
         <v>86</v>
       </c>
       <c r="BJ143"/>
       <c r="BK143" t="s">
         <v>246</v>
       </c>
       <c r="BL143"/>
       <c r="BM143" t="s">
         <v>1154</v>
       </c>
       <c r="BN143" t="s">
         <v>75</v>
       </c>
       <c r="BO143">
         <v>91</v>
       </c>
       <c r="BP143"/>
       <c r="BQ143"/>
       <c r="BR143">
         <v>33.16</v>
       </c>
       <c r="BS143" t="s">
         <v>478</v>
@@ -31358,51 +31378,51 @@
         <v>4311810145</v>
       </c>
       <c r="AZ144" t="s">
         <v>73</v>
       </c>
       <c r="BA144"/>
       <c r="BB144" t="s">
         <v>1155</v>
       </c>
       <c r="BC144" t="s">
         <v>75</v>
       </c>
       <c r="BD144" t="s">
         <v>75</v>
       </c>
       <c r="BE144" t="s">
         <v>75</v>
       </c>
       <c r="BF144" t="s">
         <v>75</v>
       </c>
       <c r="BG144" t="s">
         <v>75</v>
       </c>
       <c r="BH144">
-        <v>1865</v>
+        <v>1910</v>
       </c>
       <c r="BI144" t="s">
         <v>86</v>
       </c>
       <c r="BJ144"/>
       <c r="BK144"/>
       <c r="BL144"/>
       <c r="BM144" t="s">
         <v>75</v>
       </c>
       <c r="BN144" t="s">
         <v>75</v>
       </c>
       <c r="BO144">
         <v>0</v>
       </c>
       <c r="BP144"/>
       <c r="BQ144"/>
       <c r="BR144">
         <v>40.24</v>
       </c>
       <c r="BS144"/>
     </row>
     <row r="145" spans="1:71">
       <c r="A145" t="s">
@@ -31537,51 +31557,51 @@
         <v>7932766262</v>
       </c>
       <c r="AZ145" t="s">
         <v>73</v>
       </c>
       <c r="BA145"/>
       <c r="BB145" t="s">
         <v>1162</v>
       </c>
       <c r="BC145" t="s">
         <v>75</v>
       </c>
       <c r="BD145" t="s">
         <v>75</v>
       </c>
       <c r="BE145" t="s">
         <v>75</v>
       </c>
       <c r="BF145" t="s">
         <v>75</v>
       </c>
       <c r="BG145" t="s">
         <v>75</v>
       </c>
       <c r="BH145">
-        <v>1866</v>
+        <v>1911</v>
       </c>
       <c r="BI145" t="s">
         <v>86</v>
       </c>
       <c r="BJ145"/>
       <c r="BK145"/>
       <c r="BL145"/>
       <c r="BM145" t="s">
         <v>75</v>
       </c>
       <c r="BN145" t="s">
         <v>75</v>
       </c>
       <c r="BO145">
         <v>0</v>
       </c>
       <c r="BP145"/>
       <c r="BQ145"/>
       <c r="BR145">
         <v>45.93</v>
       </c>
       <c r="BS145"/>
     </row>
     <row r="146" spans="1:71">
       <c r="A146" t="s">
@@ -31716,51 +31736,51 @@
         <v>5232006684</v>
       </c>
       <c r="AZ146" t="s">
         <v>73</v>
       </c>
       <c r="BA146"/>
       <c r="BB146" t="s">
         <v>1168</v>
       </c>
       <c r="BC146" t="s">
         <v>75</v>
       </c>
       <c r="BD146" t="s">
         <v>75</v>
       </c>
       <c r="BE146" t="s">
         <v>75</v>
       </c>
       <c r="BF146" t="s">
         <v>75</v>
       </c>
       <c r="BG146" t="s">
         <v>75</v>
       </c>
       <c r="BH146">
-        <v>1870</v>
+        <v>1915</v>
       </c>
       <c r="BI146" t="s">
         <v>86</v>
       </c>
       <c r="BJ146"/>
       <c r="BK146"/>
       <c r="BL146"/>
       <c r="BM146" t="s">
         <v>75</v>
       </c>
       <c r="BN146" t="s">
         <v>75</v>
       </c>
       <c r="BO146">
         <v>0</v>
       </c>
       <c r="BP146"/>
       <c r="BQ146"/>
       <c r="BR146">
         <v>0</v>
       </c>
       <c r="BS146"/>
     </row>
     <row r="147" spans="1:71">
       <c r="A147" t="s">
@@ -31895,51 +31915,51 @@
         <v>5231998656</v>
       </c>
       <c r="AZ147" t="s">
         <v>73</v>
       </c>
       <c r="BA147"/>
       <c r="BB147" t="s">
         <v>1172</v>
       </c>
       <c r="BC147" t="s">
         <v>75</v>
       </c>
       <c r="BD147" t="s">
         <v>75</v>
       </c>
       <c r="BE147" t="s">
         <v>75</v>
       </c>
       <c r="BF147" t="s">
         <v>75</v>
       </c>
       <c r="BG147" t="s">
         <v>75</v>
       </c>
       <c r="BH147">
-        <v>1871</v>
+        <v>1916</v>
       </c>
       <c r="BI147" t="s">
         <v>86</v>
       </c>
       <c r="BJ147"/>
       <c r="BK147"/>
       <c r="BL147"/>
       <c r="BM147" t="s">
         <v>75</v>
       </c>
       <c r="BN147" t="s">
         <v>75</v>
       </c>
       <c r="BO147">
         <v>0</v>
       </c>
       <c r="BP147"/>
       <c r="BQ147"/>
       <c r="BR147">
         <v>0</v>
       </c>
       <c r="BS147"/>
     </row>
     <row r="148" spans="1:71">
       <c r="A148" t="s">
@@ -32074,51 +32094,51 @@
         <v>5231912906</v>
       </c>
       <c r="AZ148" t="s">
         <v>73</v>
       </c>
       <c r="BA148"/>
       <c r="BB148" t="s">
         <v>1177</v>
       </c>
       <c r="BC148" t="s">
         <v>75</v>
       </c>
       <c r="BD148" t="s">
         <v>75</v>
       </c>
       <c r="BE148" t="s">
         <v>75</v>
       </c>
       <c r="BF148" t="s">
         <v>75</v>
       </c>
       <c r="BG148" t="s">
         <v>75</v>
       </c>
       <c r="BH148">
-        <v>1871</v>
+        <v>1916</v>
       </c>
       <c r="BI148" t="s">
         <v>86</v>
       </c>
       <c r="BJ148"/>
       <c r="BK148"/>
       <c r="BL148"/>
       <c r="BM148" t="s">
         <v>75</v>
       </c>
       <c r="BN148" t="s">
         <v>75</v>
       </c>
       <c r="BO148">
         <v>0</v>
       </c>
       <c r="BP148"/>
       <c r="BQ148"/>
       <c r="BR148">
         <v>0</v>
       </c>
       <c r="BS148"/>
     </row>
     <row r="149" spans="1:71">
       <c r="A149" t="s">
@@ -32253,51 +32273,51 @@
         <v>9077319952</v>
       </c>
       <c r="AZ149" t="s">
         <v>73</v>
       </c>
       <c r="BA149"/>
       <c r="BB149" t="s">
         <v>1182</v>
       </c>
       <c r="BC149" t="s">
         <v>75</v>
       </c>
       <c r="BD149" t="s">
         <v>75</v>
       </c>
       <c r="BE149" t="s">
         <v>75</v>
       </c>
       <c r="BF149" t="s">
         <v>75</v>
       </c>
       <c r="BG149" t="s">
         <v>75</v>
       </c>
       <c r="BH149">
-        <v>1872</v>
+        <v>1917</v>
       </c>
       <c r="BI149" t="s">
         <v>86</v>
       </c>
       <c r="BJ149"/>
       <c r="BK149"/>
       <c r="BL149"/>
       <c r="BM149" t="s">
         <v>75</v>
       </c>
       <c r="BN149" t="s">
         <v>75</v>
       </c>
       <c r="BO149">
         <v>0</v>
       </c>
       <c r="BP149"/>
       <c r="BQ149"/>
       <c r="BR149">
         <v>0</v>
       </c>
       <c r="BS149"/>
     </row>
     <row r="150" spans="1:71">
       <c r="A150" t="s">
@@ -32436,51 +32456,51 @@
         <v>9077308365</v>
       </c>
       <c r="AZ150" t="s">
         <v>73</v>
       </c>
       <c r="BA150"/>
       <c r="BB150" t="s">
         <v>1187</v>
       </c>
       <c r="BC150" t="s">
         <v>1190</v>
       </c>
       <c r="BD150" t="s">
         <v>75</v>
       </c>
       <c r="BE150" t="s">
         <v>75</v>
       </c>
       <c r="BF150" t="s">
         <v>75</v>
       </c>
       <c r="BG150" t="s">
         <v>75</v>
       </c>
       <c r="BH150">
-        <v>1872</v>
+        <v>1917</v>
       </c>
       <c r="BI150" t="s">
         <v>86</v>
       </c>
       <c r="BJ150"/>
       <c r="BK150" t="s">
         <v>246</v>
       </c>
       <c r="BL150" t="s">
         <v>961</v>
       </c>
       <c r="BM150" t="s">
         <v>1194</v>
       </c>
       <c r="BN150" t="s">
         <v>75</v>
       </c>
       <c r="BO150">
         <v>418</v>
       </c>
       <c r="BP150"/>
       <c r="BQ150"/>
       <c r="BR150">
         <v>0</v>
       </c>
@@ -32621,51 +32641,51 @@
         <v>9077146315</v>
       </c>
       <c r="AZ151" t="s">
         <v>73</v>
       </c>
       <c r="BA151"/>
       <c r="BB151" t="s">
         <v>1195</v>
       </c>
       <c r="BC151" t="s">
         <v>75</v>
       </c>
       <c r="BD151" t="s">
         <v>75</v>
       </c>
       <c r="BE151" t="s">
         <v>75</v>
       </c>
       <c r="BF151" t="s">
         <v>75</v>
       </c>
       <c r="BG151" t="s">
         <v>75</v>
       </c>
       <c r="BH151">
-        <v>1875</v>
+        <v>1920</v>
       </c>
       <c r="BI151" t="s">
         <v>86</v>
       </c>
       <c r="BJ151"/>
       <c r="BK151"/>
       <c r="BL151"/>
       <c r="BM151" t="s">
         <v>75</v>
       </c>
       <c r="BN151" t="s">
         <v>75</v>
       </c>
       <c r="BO151">
         <v>0</v>
       </c>
       <c r="BP151"/>
       <c r="BQ151"/>
       <c r="BR151">
         <v>0</v>
       </c>
       <c r="BS151"/>
     </row>
     <row r="152" spans="1:71">
       <c r="A152" t="s">
@@ -32800,51 +32820,51 @@
         <v>6006071131</v>
       </c>
       <c r="AZ152" t="s">
         <v>73</v>
       </c>
       <c r="BA152"/>
       <c r="BB152" t="s">
         <v>1200</v>
       </c>
       <c r="BC152" t="s">
         <v>75</v>
       </c>
       <c r="BD152" t="s">
         <v>75</v>
       </c>
       <c r="BE152" t="s">
         <v>75</v>
       </c>
       <c r="BF152" t="s">
         <v>75</v>
       </c>
       <c r="BG152" t="s">
         <v>75</v>
       </c>
       <c r="BH152">
-        <v>1881</v>
+        <v>1926</v>
       </c>
       <c r="BI152" t="s">
         <v>86</v>
       </c>
       <c r="BJ152"/>
       <c r="BK152"/>
       <c r="BL152"/>
       <c r="BM152" t="s">
         <v>75</v>
       </c>
       <c r="BN152" t="s">
         <v>75</v>
       </c>
       <c r="BO152">
         <v>0</v>
       </c>
       <c r="BP152"/>
       <c r="BQ152"/>
       <c r="BR152">
         <v>0</v>
       </c>
       <c r="BS152"/>
     </row>
     <row r="153" spans="1:71">
       <c r="A153" t="s">
@@ -32989,51 +33009,51 @@
         <v>6828180450</v>
       </c>
       <c r="AZ153" t="s">
         <v>73</v>
       </c>
       <c r="BA153"/>
       <c r="BB153" t="s">
         <v>1205</v>
       </c>
       <c r="BC153" t="s">
         <v>1208</v>
       </c>
       <c r="BD153" t="s">
         <v>1214</v>
       </c>
       <c r="BE153" t="s">
         <v>1215</v>
       </c>
       <c r="BF153" t="s">
         <v>75</v>
       </c>
       <c r="BG153" t="s">
         <v>75</v>
       </c>
       <c r="BH153">
-        <v>1886</v>
+        <v>1931</v>
       </c>
       <c r="BI153" t="s">
         <v>86</v>
       </c>
       <c r="BJ153"/>
       <c r="BK153"/>
       <c r="BL153"/>
       <c r="BM153" t="s">
         <v>75</v>
       </c>
       <c r="BN153" t="s">
         <v>75</v>
       </c>
       <c r="BO153">
         <v>0</v>
       </c>
       <c r="BP153"/>
       <c r="BQ153"/>
       <c r="BR153">
         <v>0</v>
       </c>
       <c r="BS153"/>
     </row>
     <row r="154" spans="1:71">
       <c r="A154" t="s">
@@ -33178,51 +33198,51 @@
         <v>6828180450</v>
       </c>
       <c r="AZ154" t="s">
         <v>73</v>
       </c>
       <c r="BA154"/>
       <c r="BB154" t="s">
         <v>1205</v>
       </c>
       <c r="BC154" t="s">
         <v>1208</v>
       </c>
       <c r="BD154" t="s">
         <v>1218</v>
       </c>
       <c r="BE154" t="s">
         <v>1219</v>
       </c>
       <c r="BF154" t="s">
         <v>75</v>
       </c>
       <c r="BG154" t="s">
         <v>75</v>
       </c>
       <c r="BH154">
-        <v>1886</v>
+        <v>1931</v>
       </c>
       <c r="BI154" t="s">
         <v>86</v>
       </c>
       <c r="BJ154"/>
       <c r="BK154"/>
       <c r="BL154"/>
       <c r="BM154" t="s">
         <v>75</v>
       </c>
       <c r="BN154" t="s">
         <v>75</v>
       </c>
       <c r="BO154">
         <v>0</v>
       </c>
       <c r="BP154"/>
       <c r="BQ154"/>
       <c r="BR154">
         <v>0</v>
       </c>
       <c r="BS154"/>
     </row>
     <row r="155" spans="1:71">
       <c r="A155" t="s">
@@ -33357,51 +33377,51 @@
         <v>6828161675</v>
       </c>
       <c r="AZ155" t="s">
         <v>73</v>
       </c>
       <c r="BA155"/>
       <c r="BB155" t="s">
         <v>1220</v>
       </c>
       <c r="BC155" t="s">
         <v>75</v>
       </c>
       <c r="BD155" t="s">
         <v>75</v>
       </c>
       <c r="BE155" t="s">
         <v>75</v>
       </c>
       <c r="BF155" t="s">
         <v>75</v>
       </c>
       <c r="BG155" t="s">
         <v>75</v>
       </c>
       <c r="BH155">
-        <v>1886</v>
+        <v>1931</v>
       </c>
       <c r="BI155" t="s">
         <v>86</v>
       </c>
       <c r="BJ155"/>
       <c r="BK155"/>
       <c r="BL155"/>
       <c r="BM155" t="s">
         <v>75</v>
       </c>
       <c r="BN155" t="s">
         <v>75</v>
       </c>
       <c r="BO155">
         <v>0</v>
       </c>
       <c r="BP155"/>
       <c r="BQ155"/>
       <c r="BR155">
         <v>0</v>
       </c>
       <c r="BS155"/>
     </row>
     <row r="156" spans="1:71">
       <c r="A156" t="s">
@@ -33536,51 +33556,51 @@
         <v>5433282072</v>
       </c>
       <c r="AZ156" t="s">
         <v>73</v>
       </c>
       <c r="BA156"/>
       <c r="BB156" t="s">
         <v>1225</v>
       </c>
       <c r="BC156" t="s">
         <v>75</v>
       </c>
       <c r="BD156" t="s">
         <v>75</v>
       </c>
       <c r="BE156" t="s">
         <v>75</v>
       </c>
       <c r="BF156" t="s">
         <v>75</v>
       </c>
       <c r="BG156" t="s">
         <v>75</v>
       </c>
       <c r="BH156">
-        <v>1887</v>
+        <v>1932</v>
       </c>
       <c r="BI156" t="s">
         <v>86</v>
       </c>
       <c r="BJ156"/>
       <c r="BK156"/>
       <c r="BL156"/>
       <c r="BM156" t="s">
         <v>75</v>
       </c>
       <c r="BN156" t="s">
         <v>75</v>
       </c>
       <c r="BO156">
         <v>0</v>
       </c>
       <c r="BP156"/>
       <c r="BQ156"/>
       <c r="BR156">
         <v>0</v>
       </c>
       <c r="BS156"/>
     </row>
     <row r="157" spans="1:71">
       <c r="A157" t="s">
@@ -33715,51 +33735,51 @@
         <v>5433092055</v>
       </c>
       <c r="AZ157" t="s">
         <v>73</v>
       </c>
       <c r="BA157"/>
       <c r="BB157" t="s">
         <v>1230</v>
       </c>
       <c r="BC157" t="s">
         <v>75</v>
       </c>
       <c r="BD157" t="s">
         <v>75</v>
       </c>
       <c r="BE157" t="s">
         <v>75</v>
       </c>
       <c r="BF157" t="s">
         <v>75</v>
       </c>
       <c r="BG157" t="s">
         <v>75</v>
       </c>
       <c r="BH157">
-        <v>1888</v>
+        <v>1933</v>
       </c>
       <c r="BI157" t="s">
         <v>86</v>
       </c>
       <c r="BJ157"/>
       <c r="BK157"/>
       <c r="BL157"/>
       <c r="BM157" t="s">
         <v>75</v>
       </c>
       <c r="BN157" t="s">
         <v>75</v>
       </c>
       <c r="BO157">
         <v>0</v>
       </c>
       <c r="BP157"/>
       <c r="BQ157"/>
       <c r="BR157">
         <v>0</v>
       </c>
       <c r="BS157"/>
     </row>
     <row r="158" spans="1:71">
       <c r="A158" t="s">
@@ -33900,51 +33920,51 @@
         <v>6622101194</v>
       </c>
       <c r="AZ158" t="s">
         <v>73</v>
       </c>
       <c r="BA158"/>
       <c r="BB158" t="s">
         <v>1235</v>
       </c>
       <c r="BC158" t="s">
         <v>1238</v>
       </c>
       <c r="BD158" t="s">
         <v>75</v>
       </c>
       <c r="BE158" t="s">
         <v>75</v>
       </c>
       <c r="BF158" t="s">
         <v>75</v>
       </c>
       <c r="BG158" t="s">
         <v>75</v>
       </c>
       <c r="BH158">
-        <v>1888</v>
+        <v>1933</v>
       </c>
       <c r="BI158" t="s">
         <v>86</v>
       </c>
       <c r="BJ158"/>
       <c r="BK158"/>
       <c r="BL158"/>
       <c r="BM158" t="s">
         <v>75</v>
       </c>
       <c r="BN158" t="s">
         <v>75</v>
       </c>
       <c r="BO158">
         <v>0</v>
       </c>
       <c r="BP158"/>
       <c r="BQ158"/>
       <c r="BR158">
         <v>0</v>
       </c>
       <c r="BS158"/>
     </row>
     <row r="159" spans="1:71">
       <c r="A159" t="s">
@@ -34083,51 +34103,51 @@
         <v>6622017124</v>
       </c>
       <c r="AZ159" t="s">
         <v>73</v>
       </c>
       <c r="BA159"/>
       <c r="BB159" t="s">
         <v>1243</v>
       </c>
       <c r="BC159" t="s">
         <v>1246</v>
       </c>
       <c r="BD159" t="s">
         <v>75</v>
       </c>
       <c r="BE159" t="s">
         <v>75</v>
       </c>
       <c r="BF159" t="s">
         <v>75</v>
       </c>
       <c r="BG159" t="s">
         <v>75</v>
       </c>
       <c r="BH159">
-        <v>1889</v>
+        <v>1934</v>
       </c>
       <c r="BI159" t="s">
         <v>86</v>
       </c>
       <c r="BJ159"/>
       <c r="BK159" t="s">
         <v>339</v>
       </c>
       <c r="BL159" t="s">
         <v>961</v>
       </c>
       <c r="BM159" t="s">
         <v>1250</v>
       </c>
       <c r="BN159" t="s">
         <v>75</v>
       </c>
       <c r="BO159">
         <v>406</v>
       </c>
       <c r="BP159"/>
       <c r="BQ159"/>
       <c r="BR159">
         <v>0</v>
       </c>
@@ -34268,51 +34288,51 @@
         <v>6621802574</v>
       </c>
       <c r="AZ160" t="s">
         <v>73</v>
       </c>
       <c r="BA160"/>
       <c r="BB160" t="s">
         <v>1251</v>
       </c>
       <c r="BC160" t="s">
         <v>75</v>
       </c>
       <c r="BD160" t="s">
         <v>75</v>
       </c>
       <c r="BE160" t="s">
         <v>75</v>
       </c>
       <c r="BF160" t="s">
         <v>75</v>
       </c>
       <c r="BG160" t="s">
         <v>75</v>
       </c>
       <c r="BH160">
-        <v>1890</v>
+        <v>1935</v>
       </c>
       <c r="BI160" t="s">
         <v>86</v>
       </c>
       <c r="BJ160"/>
       <c r="BK160"/>
       <c r="BL160"/>
       <c r="BM160" t="s">
         <v>75</v>
       </c>
       <c r="BN160" t="s">
         <v>75</v>
       </c>
       <c r="BO160">
         <v>0</v>
       </c>
       <c r="BP160"/>
       <c r="BQ160"/>
       <c r="BR160">
         <v>0</v>
       </c>
       <c r="BS160"/>
     </row>
     <row r="161" spans="1:71">
       <c r="A161" t="s">
@@ -34447,51 +34467,51 @@
         <v>2601421675</v>
       </c>
       <c r="AZ161" t="s">
         <v>73</v>
       </c>
       <c r="BA161"/>
       <c r="BB161" t="s">
         <v>1256</v>
       </c>
       <c r="BC161" t="s">
         <v>75</v>
       </c>
       <c r="BD161" t="s">
         <v>75</v>
       </c>
       <c r="BE161" t="s">
         <v>75</v>
       </c>
       <c r="BF161" t="s">
         <v>75</v>
       </c>
       <c r="BG161" t="s">
         <v>75</v>
       </c>
       <c r="BH161">
-        <v>1892</v>
+        <v>1937</v>
       </c>
       <c r="BI161" t="s">
         <v>86</v>
       </c>
       <c r="BJ161"/>
       <c r="BK161"/>
       <c r="BL161"/>
       <c r="BM161" t="s">
         <v>75</v>
       </c>
       <c r="BN161" t="s">
         <v>75</v>
       </c>
       <c r="BO161">
         <v>0</v>
       </c>
       <c r="BP161"/>
       <c r="BQ161"/>
       <c r="BR161">
         <v>0</v>
       </c>
       <c r="BS161"/>
     </row>
     <row r="162" spans="1:71">
       <c r="A162" t="s">
@@ -34626,51 +34646,51 @@
         <v>2601348912</v>
       </c>
       <c r="AZ162" t="s">
         <v>73</v>
       </c>
       <c r="BA162"/>
       <c r="BB162" t="s">
         <v>1260</v>
       </c>
       <c r="BC162" t="s">
         <v>75</v>
       </c>
       <c r="BD162" t="s">
         <v>1265</v>
       </c>
       <c r="BE162" t="s">
         <v>75</v>
       </c>
       <c r="BF162" t="s">
         <v>75</v>
       </c>
       <c r="BG162" t="s">
         <v>75</v>
       </c>
       <c r="BH162">
-        <v>1893</v>
+        <v>1938</v>
       </c>
       <c r="BI162" t="s">
         <v>86</v>
       </c>
       <c r="BJ162"/>
       <c r="BK162"/>
       <c r="BL162"/>
       <c r="BM162" t="s">
         <v>75</v>
       </c>
       <c r="BN162" t="s">
         <v>75</v>
       </c>
       <c r="BO162">
         <v>0</v>
       </c>
       <c r="BP162"/>
       <c r="BQ162"/>
       <c r="BR162">
         <v>0</v>
       </c>
       <c r="BS162"/>
     </row>
     <row r="163" spans="1:71">
       <c r="A163" t="s">
@@ -34805,51 +34825,51 @@
         <v>2601492331</v>
       </c>
       <c r="AZ163" t="s">
         <v>73</v>
       </c>
       <c r="BA163"/>
       <c r="BB163" t="s">
         <v>1266</v>
       </c>
       <c r="BC163" t="s">
         <v>75</v>
       </c>
       <c r="BD163" t="s">
         <v>75</v>
       </c>
       <c r="BE163" t="s">
         <v>75</v>
       </c>
       <c r="BF163" t="s">
         <v>75</v>
       </c>
       <c r="BG163" t="s">
         <v>75</v>
       </c>
       <c r="BH163">
-        <v>1894</v>
+        <v>1939</v>
       </c>
       <c r="BI163" t="s">
         <v>86</v>
       </c>
       <c r="BJ163"/>
       <c r="BK163"/>
       <c r="BL163"/>
       <c r="BM163" t="s">
         <v>75</v>
       </c>
       <c r="BN163" t="s">
         <v>75</v>
       </c>
       <c r="BO163">
         <v>0</v>
       </c>
       <c r="BP163"/>
       <c r="BQ163"/>
       <c r="BR163">
         <v>0</v>
       </c>
       <c r="BS163"/>
     </row>
     <row r="164" spans="1:71">
       <c r="A164" t="s">
@@ -34984,51 +35004,51 @@
         <v>2385416972</v>
       </c>
       <c r="AZ164" t="s">
         <v>73</v>
       </c>
       <c r="BA164"/>
       <c r="BB164" t="s">
         <v>1272</v>
       </c>
       <c r="BC164" t="s">
         <v>75</v>
       </c>
       <c r="BD164" t="s">
         <v>75</v>
       </c>
       <c r="BE164" t="s">
         <v>75</v>
       </c>
       <c r="BF164" t="s">
         <v>75</v>
       </c>
       <c r="BG164" t="s">
         <v>75</v>
       </c>
       <c r="BH164">
-        <v>1897</v>
+        <v>1942</v>
       </c>
       <c r="BI164" t="s">
         <v>86</v>
       </c>
       <c r="BJ164"/>
       <c r="BK164"/>
       <c r="BL164"/>
       <c r="BM164" t="s">
         <v>75</v>
       </c>
       <c r="BN164" t="s">
         <v>75</v>
       </c>
       <c r="BO164">
         <v>0</v>
       </c>
       <c r="BP164"/>
       <c r="BQ164"/>
       <c r="BR164">
         <v>0</v>
       </c>
       <c r="BS164"/>
     </row>
     <row r="165" spans="1:71">
       <c r="A165" t="s">
@@ -35167,51 +35187,51 @@
         <v>3876815471</v>
       </c>
       <c r="AZ165" t="s">
         <v>73</v>
       </c>
       <c r="BA165"/>
       <c r="BB165" t="s">
         <v>1278</v>
       </c>
       <c r="BC165" t="s">
         <v>1281</v>
       </c>
       <c r="BD165" t="s">
         <v>1285</v>
       </c>
       <c r="BE165" t="s">
         <v>1286</v>
       </c>
       <c r="BF165" t="s">
         <v>75</v>
       </c>
       <c r="BG165" t="s">
         <v>75</v>
       </c>
       <c r="BH165">
-        <v>1901</v>
+        <v>1946</v>
       </c>
       <c r="BI165" t="s">
         <v>86</v>
       </c>
       <c r="BJ165"/>
       <c r="BK165"/>
       <c r="BL165"/>
       <c r="BM165" t="s">
         <v>75</v>
       </c>
       <c r="BN165" t="s">
         <v>75</v>
       </c>
       <c r="BO165">
         <v>0</v>
       </c>
       <c r="BP165"/>
       <c r="BQ165"/>
       <c r="BR165">
         <v>0</v>
       </c>
       <c r="BS165"/>
     </row>
     <row r="166" spans="1:71">
       <c r="A166" t="s">
@@ -35346,51 +35366,51 @@
         <v>6476113884</v>
       </c>
       <c r="AZ166" t="s">
         <v>73</v>
       </c>
       <c r="BA166"/>
       <c r="BB166" t="s">
         <v>1287</v>
       </c>
       <c r="BC166" t="s">
         <v>75</v>
       </c>
       <c r="BD166" t="s">
         <v>75</v>
       </c>
       <c r="BE166" t="s">
         <v>75</v>
       </c>
       <c r="BF166" t="s">
         <v>75</v>
       </c>
       <c r="BG166" t="s">
         <v>75</v>
       </c>
       <c r="BH166">
-        <v>1902</v>
+        <v>1947</v>
       </c>
       <c r="BI166" t="s">
         <v>86</v>
       </c>
       <c r="BJ166"/>
       <c r="BK166"/>
       <c r="BL166"/>
       <c r="BM166" t="s">
         <v>75</v>
       </c>
       <c r="BN166" t="s">
         <v>75</v>
       </c>
       <c r="BO166">
         <v>0</v>
       </c>
       <c r="BP166"/>
       <c r="BQ166"/>
       <c r="BR166">
         <v>0</v>
       </c>
       <c r="BS166"/>
     </row>
     <row r="167" spans="1:71">
       <c r="A167" t="s">
@@ -35529,51 +35549,51 @@
         <v>6476112716</v>
       </c>
       <c r="AZ167" t="s">
         <v>73</v>
       </c>
       <c r="BA167"/>
       <c r="BB167" t="s">
         <v>1292</v>
       </c>
       <c r="BC167" t="s">
         <v>1295</v>
       </c>
       <c r="BD167" t="s">
         <v>1300</v>
       </c>
       <c r="BE167" t="s">
         <v>1301</v>
       </c>
       <c r="BF167" t="s">
         <v>75</v>
       </c>
       <c r="BG167" t="s">
         <v>75</v>
       </c>
       <c r="BH167">
-        <v>1902</v>
+        <v>1947</v>
       </c>
       <c r="BI167" t="s">
         <v>86</v>
       </c>
       <c r="BJ167"/>
       <c r="BK167"/>
       <c r="BL167"/>
       <c r="BM167" t="s">
         <v>75</v>
       </c>
       <c r="BN167" t="s">
         <v>75</v>
       </c>
       <c r="BO167">
         <v>0</v>
       </c>
       <c r="BP167"/>
       <c r="BQ167"/>
       <c r="BR167">
         <v>0</v>
       </c>
       <c r="BS167"/>
     </row>
     <row r="168" spans="1:71">
       <c r="A168" t="s">
@@ -35712,51 +35732,51 @@
         <v>6476112716</v>
       </c>
       <c r="AZ168" t="s">
         <v>73</v>
       </c>
       <c r="BA168"/>
       <c r="BB168" t="s">
         <v>1292</v>
       </c>
       <c r="BC168" t="s">
         <v>1295</v>
       </c>
       <c r="BD168" t="s">
         <v>1303</v>
       </c>
       <c r="BE168" t="s">
         <v>1304</v>
       </c>
       <c r="BF168" t="s">
         <v>75</v>
       </c>
       <c r="BG168" t="s">
         <v>75</v>
       </c>
       <c r="BH168">
-        <v>1902</v>
+        <v>1947</v>
       </c>
       <c r="BI168" t="s">
         <v>86</v>
       </c>
       <c r="BJ168"/>
       <c r="BK168"/>
       <c r="BL168"/>
       <c r="BM168" t="s">
         <v>75</v>
       </c>
       <c r="BN168" t="s">
         <v>75</v>
       </c>
       <c r="BO168">
         <v>0</v>
       </c>
       <c r="BP168"/>
       <c r="BQ168"/>
       <c r="BR168">
         <v>0</v>
       </c>
       <c r="BS168"/>
     </row>
     <row r="169" spans="1:71">
       <c r="A169" t="s">
@@ -35891,51 +35911,51 @@
         <v>8622803151</v>
       </c>
       <c r="AZ169" t="s">
         <v>73</v>
       </c>
       <c r="BA169"/>
       <c r="BB169" t="s">
         <v>1305</v>
       </c>
       <c r="BC169" t="s">
         <v>75</v>
       </c>
       <c r="BD169" t="s">
         <v>75</v>
       </c>
       <c r="BE169" t="s">
         <v>75</v>
       </c>
       <c r="BF169" t="s">
         <v>75</v>
       </c>
       <c r="BG169" t="s">
         <v>75</v>
       </c>
       <c r="BH169">
-        <v>1906</v>
+        <v>1951</v>
       </c>
       <c r="BI169" t="s">
         <v>86</v>
       </c>
       <c r="BJ169"/>
       <c r="BK169"/>
       <c r="BL169"/>
       <c r="BM169" t="s">
         <v>75</v>
       </c>
       <c r="BN169" t="s">
         <v>75</v>
       </c>
       <c r="BO169">
         <v>0</v>
       </c>
       <c r="BP169"/>
       <c r="BQ169"/>
       <c r="BR169">
         <v>0</v>
       </c>
       <c r="BS169"/>
     </row>
     <row r="170" spans="1:71">
       <c r="A170" t="s">
@@ -36070,51 +36090,51 @@
         <v>5526844352</v>
       </c>
       <c r="AZ170" t="s">
         <v>73</v>
       </c>
       <c r="BA170"/>
       <c r="BB170" t="s">
         <v>1311</v>
       </c>
       <c r="BC170" t="s">
         <v>75</v>
       </c>
       <c r="BD170" t="s">
         <v>75</v>
       </c>
       <c r="BE170" t="s">
         <v>75</v>
       </c>
       <c r="BF170" t="s">
         <v>75</v>
       </c>
       <c r="BG170" t="s">
         <v>75</v>
       </c>
       <c r="BH170">
-        <v>1907</v>
+        <v>1952</v>
       </c>
       <c r="BI170" t="s">
         <v>86</v>
       </c>
       <c r="BJ170"/>
       <c r="BK170"/>
       <c r="BL170"/>
       <c r="BM170" t="s">
         <v>75</v>
       </c>
       <c r="BN170" t="s">
         <v>75</v>
       </c>
       <c r="BO170">
         <v>0</v>
       </c>
       <c r="BP170"/>
       <c r="BQ170"/>
       <c r="BR170">
         <v>0</v>
       </c>
       <c r="BS170"/>
     </row>
     <row r="171" spans="1:71">
       <c r="A171" t="s">
@@ -36259,51 +36279,51 @@
         <v>5526688381</v>
       </c>
       <c r="AZ171" t="s">
         <v>73</v>
       </c>
       <c r="BA171"/>
       <c r="BB171" t="s">
         <v>1317</v>
       </c>
       <c r="BC171" t="s">
         <v>1320</v>
       </c>
       <c r="BD171" t="s">
         <v>1325</v>
       </c>
       <c r="BE171" t="s">
         <v>1326</v>
       </c>
       <c r="BF171" t="s">
         <v>75</v>
       </c>
       <c r="BG171" t="s">
         <v>75</v>
       </c>
       <c r="BH171">
-        <v>1908</v>
+        <v>1953</v>
       </c>
       <c r="BI171" t="s">
         <v>86</v>
       </c>
       <c r="BJ171"/>
       <c r="BK171"/>
       <c r="BL171"/>
       <c r="BM171" t="s">
         <v>75</v>
       </c>
       <c r="BN171" t="s">
         <v>75</v>
       </c>
       <c r="BO171">
         <v>0</v>
       </c>
       <c r="BP171"/>
       <c r="BQ171"/>
       <c r="BR171">
         <v>0</v>
       </c>
       <c r="BS171"/>
     </row>
     <row r="172" spans="1:71">
       <c r="A172" t="s">
@@ -36438,51 +36458,51 @@
         <v>5132586745</v>
       </c>
       <c r="AZ172" t="s">
         <v>73</v>
       </c>
       <c r="BA172"/>
       <c r="BB172" t="s">
         <v>1327</v>
       </c>
       <c r="BC172" t="s">
         <v>75</v>
       </c>
       <c r="BD172" t="s">
         <v>75</v>
       </c>
       <c r="BE172" t="s">
         <v>75</v>
       </c>
       <c r="BF172" t="s">
         <v>75</v>
       </c>
       <c r="BG172" t="s">
         <v>75</v>
       </c>
       <c r="BH172">
-        <v>1909</v>
+        <v>1954</v>
       </c>
       <c r="BI172" t="s">
         <v>86</v>
       </c>
       <c r="BJ172"/>
       <c r="BK172"/>
       <c r="BL172"/>
       <c r="BM172" t="s">
         <v>75</v>
       </c>
       <c r="BN172" t="s">
         <v>75</v>
       </c>
       <c r="BO172">
         <v>0</v>
       </c>
       <c r="BP172"/>
       <c r="BQ172"/>
       <c r="BR172">
         <v>0</v>
       </c>
       <c r="BS172"/>
     </row>
     <row r="173" spans="1:71">
       <c r="A173" t="s">
@@ -36617,51 +36637,51 @@
         <v>5132431231</v>
       </c>
       <c r="AZ173" t="s">
         <v>73</v>
       </c>
       <c r="BA173"/>
       <c r="BB173" t="s">
         <v>1332</v>
       </c>
       <c r="BC173" t="s">
         <v>75</v>
       </c>
       <c r="BD173" t="s">
         <v>75</v>
       </c>
       <c r="BE173" t="s">
         <v>75</v>
       </c>
       <c r="BF173" t="s">
         <v>75</v>
       </c>
       <c r="BG173" t="s">
         <v>75</v>
       </c>
       <c r="BH173">
-        <v>1910</v>
+        <v>1955</v>
       </c>
       <c r="BI173" t="s">
         <v>86</v>
       </c>
       <c r="BJ173"/>
       <c r="BK173"/>
       <c r="BL173"/>
       <c r="BM173" t="s">
         <v>75</v>
       </c>
       <c r="BN173" t="s">
         <v>75</v>
       </c>
       <c r="BO173">
         <v>0</v>
       </c>
       <c r="BP173"/>
       <c r="BQ173"/>
       <c r="BR173">
         <v>0</v>
       </c>
       <c r="BS173"/>
     </row>
     <row r="174" spans="1:71">
       <c r="A174" t="s">
@@ -36796,51 +36816,51 @@
         <v>5132431054</v>
       </c>
       <c r="AZ174" t="s">
         <v>73</v>
       </c>
       <c r="BA174"/>
       <c r="BB174" t="s">
         <v>1337</v>
       </c>
       <c r="BC174" t="s">
         <v>75</v>
       </c>
       <c r="BD174" t="s">
         <v>75</v>
       </c>
       <c r="BE174" t="s">
         <v>75</v>
       </c>
       <c r="BF174" t="s">
         <v>75</v>
       </c>
       <c r="BG174" t="s">
         <v>75</v>
       </c>
       <c r="BH174">
-        <v>1910</v>
+        <v>1955</v>
       </c>
       <c r="BI174" t="s">
         <v>86</v>
       </c>
       <c r="BJ174"/>
       <c r="BK174"/>
       <c r="BL174"/>
       <c r="BM174" t="s">
         <v>75</v>
       </c>
       <c r="BN174" t="s">
         <v>75</v>
       </c>
       <c r="BO174">
         <v>0</v>
       </c>
       <c r="BP174"/>
       <c r="BQ174"/>
       <c r="BR174">
         <v>0</v>
       </c>
       <c r="BS174"/>
     </row>
     <row r="175" spans="1:71">
       <c r="A175" t="s">
@@ -36975,51 +36995,51 @@
         <v>5132430170</v>
       </c>
       <c r="AZ175" t="s">
         <v>73</v>
       </c>
       <c r="BA175"/>
       <c r="BB175" t="s">
         <v>1338</v>
       </c>
       <c r="BC175" t="s">
         <v>75</v>
       </c>
       <c r="BD175" t="s">
         <v>75</v>
       </c>
       <c r="BE175" t="s">
         <v>75</v>
       </c>
       <c r="BF175" t="s">
         <v>75</v>
       </c>
       <c r="BG175" t="s">
         <v>75</v>
       </c>
       <c r="BH175">
-        <v>1910</v>
+        <v>1955</v>
       </c>
       <c r="BI175" t="s">
         <v>86</v>
       </c>
       <c r="BJ175"/>
       <c r="BK175"/>
       <c r="BL175"/>
       <c r="BM175" t="s">
         <v>75</v>
       </c>
       <c r="BN175" t="s">
         <v>75</v>
       </c>
       <c r="BO175">
         <v>0</v>
       </c>
       <c r="BP175"/>
       <c r="BQ175"/>
       <c r="BR175">
         <v>0</v>
       </c>
       <c r="BS175"/>
     </row>
     <row r="176" spans="1:71">
       <c r="A176" t="s">
@@ -37158,51 +37178,51 @@
         <v>7128428285</v>
       </c>
       <c r="AZ176" t="s">
         <v>73</v>
       </c>
       <c r="BA176"/>
       <c r="BB176" t="s">
         <v>1343</v>
       </c>
       <c r="BC176" t="s">
         <v>1346</v>
       </c>
       <c r="BD176" t="s">
         <v>1351</v>
       </c>
       <c r="BE176" t="s">
         <v>75</v>
       </c>
       <c r="BF176" t="s">
         <v>75</v>
       </c>
       <c r="BG176" t="s">
         <v>75</v>
       </c>
       <c r="BH176">
-        <v>1913</v>
+        <v>1958</v>
       </c>
       <c r="BI176" t="s">
         <v>86</v>
       </c>
       <c r="BJ176"/>
       <c r="BK176"/>
       <c r="BL176"/>
       <c r="BM176" t="s">
         <v>75</v>
       </c>
       <c r="BN176" t="s">
         <v>75</v>
       </c>
       <c r="BO176">
         <v>0</v>
       </c>
       <c r="BP176"/>
       <c r="BQ176"/>
       <c r="BR176">
         <v>0</v>
       </c>
       <c r="BS176"/>
     </row>
     <row r="177" spans="1:71">
       <c r="A177" t="s">
@@ -37341,51 +37361,51 @@
         <v>7128428285</v>
       </c>
       <c r="AZ177" t="s">
         <v>73</v>
       </c>
       <c r="BA177"/>
       <c r="BB177" t="s">
         <v>1343</v>
       </c>
       <c r="BC177" t="s">
         <v>1346</v>
       </c>
       <c r="BD177" t="s">
         <v>75</v>
       </c>
       <c r="BE177" t="s">
         <v>75</v>
       </c>
       <c r="BF177" t="s">
         <v>75</v>
       </c>
       <c r="BG177" t="s">
         <v>75</v>
       </c>
       <c r="BH177">
-        <v>1913</v>
+        <v>1958</v>
       </c>
       <c r="BI177" t="s">
         <v>86</v>
       </c>
       <c r="BJ177"/>
       <c r="BK177"/>
       <c r="BL177"/>
       <c r="BM177" t="s">
         <v>75</v>
       </c>
       <c r="BN177" t="s">
         <v>75</v>
       </c>
       <c r="BO177">
         <v>0</v>
       </c>
       <c r="BP177"/>
       <c r="BQ177"/>
       <c r="BR177">
         <v>0</v>
       </c>
       <c r="BS177"/>
     </row>
     <row r="178" spans="1:71">
       <c r="A178" t="s">
@@ -37524,51 +37544,51 @@
         <v>7128425463</v>
       </c>
       <c r="AZ178" t="s">
         <v>73</v>
       </c>
       <c r="BA178"/>
       <c r="BB178" t="s">
         <v>1353</v>
       </c>
       <c r="BC178" t="s">
         <v>1346</v>
       </c>
       <c r="BD178" t="s">
         <v>75</v>
       </c>
       <c r="BE178" t="s">
         <v>75</v>
       </c>
       <c r="BF178" t="s">
         <v>75</v>
       </c>
       <c r="BG178" t="s">
         <v>75</v>
       </c>
       <c r="BH178">
-        <v>1914</v>
+        <v>1959</v>
       </c>
       <c r="BI178" t="s">
         <v>86</v>
       </c>
       <c r="BJ178"/>
       <c r="BK178"/>
       <c r="BL178"/>
       <c r="BM178" t="s">
         <v>75</v>
       </c>
       <c r="BN178" t="s">
         <v>75</v>
       </c>
       <c r="BO178">
         <v>0</v>
       </c>
       <c r="BP178"/>
       <c r="BQ178"/>
       <c r="BR178">
         <v>0</v>
       </c>
       <c r="BS178"/>
     </row>
     <row r="179" spans="1:71">
       <c r="A179" t="s">
@@ -37703,51 +37723,51 @@
         <v>2729108874</v>
       </c>
       <c r="AZ179" t="s">
         <v>73</v>
       </c>
       <c r="BA179"/>
       <c r="BB179" t="s">
         <v>1361</v>
       </c>
       <c r="BC179" t="s">
         <v>75</v>
       </c>
       <c r="BD179" t="s">
         <v>75</v>
       </c>
       <c r="BE179" t="s">
         <v>75</v>
       </c>
       <c r="BF179" t="s">
         <v>75</v>
       </c>
       <c r="BG179" t="s">
         <v>75</v>
       </c>
       <c r="BH179">
-        <v>1915</v>
+        <v>1960</v>
       </c>
       <c r="BI179" t="s">
         <v>86</v>
       </c>
       <c r="BJ179"/>
       <c r="BK179"/>
       <c r="BL179"/>
       <c r="BM179" t="s">
         <v>75</v>
       </c>
       <c r="BN179" t="s">
         <v>75</v>
       </c>
       <c r="BO179">
         <v>0</v>
       </c>
       <c r="BP179"/>
       <c r="BQ179"/>
       <c r="BR179">
         <v>0</v>
       </c>
       <c r="BS179"/>
     </row>
     <row r="180" spans="1:71">
       <c r="A180" t="s">
@@ -37886,51 +37906,51 @@
         <v>5595387825</v>
       </c>
       <c r="AZ180" t="s">
         <v>73</v>
       </c>
       <c r="BA180"/>
       <c r="BB180" t="s">
         <v>1367</v>
       </c>
       <c r="BC180" t="s">
         <v>1370</v>
       </c>
       <c r="BD180" t="s">
         <v>1374</v>
       </c>
       <c r="BE180" t="s">
         <v>1375</v>
       </c>
       <c r="BF180" t="s">
         <v>75</v>
       </c>
       <c r="BG180" t="s">
         <v>75</v>
       </c>
       <c r="BH180">
-        <v>1916</v>
+        <v>1961</v>
       </c>
       <c r="BI180" t="s">
         <v>86</v>
       </c>
       <c r="BJ180"/>
       <c r="BK180"/>
       <c r="BL180"/>
       <c r="BM180" t="s">
         <v>75</v>
       </c>
       <c r="BN180" t="s">
         <v>75</v>
       </c>
       <c r="BO180">
         <v>0</v>
       </c>
       <c r="BP180"/>
       <c r="BQ180"/>
       <c r="BR180">
         <v>0</v>
       </c>
       <c r="BS180"/>
     </row>
     <row r="181" spans="1:71">
       <c r="A181" t="s">
@@ -38069,51 +38089,51 @@
         <v>5890522621</v>
       </c>
       <c r="AZ181" t="s">
         <v>73</v>
       </c>
       <c r="BA181"/>
       <c r="BB181" t="s">
         <v>1376</v>
       </c>
       <c r="BC181" t="s">
         <v>1379</v>
       </c>
       <c r="BD181" t="s">
         <v>75</v>
       </c>
       <c r="BE181" t="s">
         <v>75</v>
       </c>
       <c r="BF181" t="s">
         <v>75</v>
       </c>
       <c r="BG181" t="s">
         <v>75</v>
       </c>
       <c r="BH181">
-        <v>1920</v>
+        <v>1965</v>
       </c>
       <c r="BI181" t="s">
         <v>86</v>
       </c>
       <c r="BJ181"/>
       <c r="BK181"/>
       <c r="BL181"/>
       <c r="BM181" t="s">
         <v>75</v>
       </c>
       <c r="BN181" t="s">
         <v>75</v>
       </c>
       <c r="BO181">
         <v>0</v>
       </c>
       <c r="BP181"/>
       <c r="BQ181"/>
       <c r="BR181">
         <v>0</v>
       </c>
       <c r="BS181"/>
     </row>
     <row r="182" spans="1:71">
       <c r="A182" t="s">
@@ -38252,51 +38272,51 @@
         <v>7811011762</v>
       </c>
       <c r="AZ182" t="s">
         <v>73</v>
       </c>
       <c r="BA182"/>
       <c r="BB182" t="s">
         <v>1384</v>
       </c>
       <c r="BC182" t="s">
         <v>1387</v>
       </c>
       <c r="BD182" t="s">
         <v>75</v>
       </c>
       <c r="BE182" t="s">
         <v>75</v>
       </c>
       <c r="BF182" t="s">
         <v>75</v>
       </c>
       <c r="BG182" t="s">
         <v>75</v>
       </c>
       <c r="BH182">
-        <v>1921</v>
+        <v>1966</v>
       </c>
       <c r="BI182" t="s">
         <v>86</v>
       </c>
       <c r="BJ182"/>
       <c r="BK182"/>
       <c r="BL182"/>
       <c r="BM182" t="s">
         <v>75</v>
       </c>
       <c r="BN182" t="s">
         <v>75</v>
       </c>
       <c r="BO182">
         <v>0</v>
       </c>
       <c r="BP182"/>
       <c r="BQ182"/>
       <c r="BR182">
         <v>0</v>
       </c>
       <c r="BS182"/>
     </row>
     <row r="183" spans="1:71">
       <c r="A183" t="s">
@@ -38435,51 +38455,51 @@
         <v>7811000422</v>
       </c>
       <c r="AZ183" t="s">
         <v>73</v>
       </c>
       <c r="BA183"/>
       <c r="BB183" t="s">
         <v>1391</v>
       </c>
       <c r="BC183" t="s">
         <v>1387</v>
       </c>
       <c r="BD183" t="s">
         <v>75</v>
       </c>
       <c r="BE183" t="s">
         <v>75</v>
       </c>
       <c r="BF183" t="s">
         <v>75</v>
       </c>
       <c r="BG183" t="s">
         <v>75</v>
       </c>
       <c r="BH183">
-        <v>1922</v>
+        <v>1967</v>
       </c>
       <c r="BI183" t="s">
         <v>86</v>
       </c>
       <c r="BJ183"/>
       <c r="BK183"/>
       <c r="BL183"/>
       <c r="BM183" t="s">
         <v>75</v>
       </c>
       <c r="BN183" t="s">
         <v>75</v>
       </c>
       <c r="BO183">
         <v>0</v>
       </c>
       <c r="BP183"/>
       <c r="BQ183"/>
       <c r="BR183">
         <v>0</v>
       </c>
       <c r="BS183"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>