--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -3365,51 +3365,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>85</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1577</v>
+        <v>1637</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2" t="s">
         <v>87</v>
       </c>
       <c r="BK2" t="s">
         <v>88</v>
       </c>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>89</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>4</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>91.59</v>
       </c>
@@ -3558,51 +3558,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>84</v>
       </c>
       <c r="BB3" t="s">
         <v>91</v>
       </c>
       <c r="BC3" t="s">
         <v>94</v>
       </c>
       <c r="BD3" t="s">
         <v>98</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1579</v>
+        <v>1639</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3" t="s">
         <v>87</v>
       </c>
       <c r="BK3" t="s">
         <v>88</v>
       </c>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>99</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>4</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>38.54</v>
       </c>
@@ -3747,51 +3747,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>84</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
         <v>75</v>
       </c>
       <c r="BD4" t="s">
         <v>75</v>
       </c>
       <c r="BE4" t="s">
         <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>1580</v>
+        <v>1640</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4" t="s">
         <v>87</v>
       </c>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>45.7</v>
       </c>
       <c r="BS4"/>
     </row>
@@ -3936,51 +3936,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>84</v>
       </c>
       <c r="BB5" t="s">
         <v>104</v>
       </c>
       <c r="BC5" t="s">
         <v>94</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>1580</v>
+        <v>1640</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5" t="s">
         <v>87</v>
       </c>
       <c r="BK5" t="s">
         <v>88</v>
       </c>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>110</v>
       </c>
       <c r="BN5" t="s">
         <v>75</v>
       </c>
       <c r="BO5">
         <v>8</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>48.86</v>
       </c>
@@ -4127,51 +4127,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>84</v>
       </c>
       <c r="BB6" t="s">
         <v>112</v>
       </c>
       <c r="BC6" t="s">
         <v>94</v>
       </c>
       <c r="BD6" t="s">
         <v>118</v>
       </c>
       <c r="BE6" t="s">
         <v>119</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>1582</v>
+        <v>1642</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6" t="s">
         <v>87</v>
       </c>
       <c r="BK6" t="s">
         <v>88</v>
       </c>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>120</v>
       </c>
       <c r="BN6" t="s">
         <v>75</v>
       </c>
       <c r="BO6">
         <v>7</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>54</v>
       </c>
@@ -4316,51 +4316,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>84</v>
       </c>
       <c r="BB7" t="s">
         <v>121</v>
       </c>
       <c r="BC7" t="s">
         <v>75</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
         <v>75</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>1582</v>
+        <v>1642</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7" t="s">
         <v>87</v>
       </c>
       <c r="BK7" t="s">
         <v>88</v>
       </c>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>126</v>
       </c>
       <c r="BN7" t="s">
         <v>75</v>
       </c>
       <c r="BO7">
         <v>3</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>90.17</v>
       </c>
@@ -4505,51 +4505,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>84</v>
       </c>
       <c r="BB8" t="s">
         <v>128</v>
       </c>
       <c r="BC8" t="s">
         <v>75</v>
       </c>
       <c r="BD8" t="s">
         <v>75</v>
       </c>
       <c r="BE8" t="s">
         <v>75</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>1584</v>
+        <v>1644</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8" t="s">
         <v>87</v>
       </c>
       <c r="BK8" t="s">
         <v>88</v>
       </c>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>133</v>
       </c>
       <c r="BN8" t="s">
         <v>75</v>
       </c>
       <c r="BO8">
         <v>5</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>97</v>
       </c>
@@ -4696,55 +4696,53 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>84</v>
       </c>
       <c r="BB9" t="s">
         <v>134</v>
       </c>
       <c r="BC9" t="s">
         <v>137</v>
       </c>
       <c r="BD9" t="s">
         <v>141</v>
       </c>
       <c r="BE9" t="s">
         <v>75</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>1588</v>
-[...3 lines deleted...]
-      </c>
+        <v>1648</v>
+      </c>
+      <c r="BI9"/>
       <c r="BJ9" t="s">
         <v>87</v>
       </c>
       <c r="BK9" t="s">
         <v>88</v>
       </c>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>142</v>
       </c>
       <c r="BN9" t="s">
         <v>75</v>
       </c>
       <c r="BO9">
         <v>9</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>184.99</v>
       </c>
       <c r="BS9" t="s">
         <v>90</v>
       </c>
     </row>
@@ -4887,51 +4885,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>84</v>
       </c>
       <c r="BB10" t="s">
         <v>143</v>
       </c>
       <c r="BC10" t="s">
         <v>137</v>
       </c>
       <c r="BD10" t="s">
         <v>75</v>
       </c>
       <c r="BE10" t="s">
         <v>75</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>1590</v>
+        <v>1650</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10" t="s">
         <v>87</v>
       </c>
       <c r="BK10" t="s">
         <v>149</v>
       </c>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>150</v>
       </c>
       <c r="BN10" t="s">
         <v>75</v>
       </c>
       <c r="BO10">
         <v>54</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>42.51</v>
       </c>
@@ -5078,51 +5076,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>84</v>
       </c>
       <c r="BB11" t="s">
         <v>152</v>
       </c>
       <c r="BC11" t="s">
         <v>155</v>
       </c>
       <c r="BD11" t="s">
         <v>159</v>
       </c>
       <c r="BE11" t="s">
         <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>1592</v>
+        <v>1652</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11" t="s">
         <v>87</v>
       </c>
       <c r="BK11" t="s">
         <v>88</v>
       </c>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>160</v>
       </c>
       <c r="BN11" t="s">
         <v>75</v>
       </c>
       <c r="BO11">
         <v>5</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>31.4</v>
       </c>
@@ -5269,51 +5267,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>84</v>
       </c>
       <c r="BB12" t="s">
         <v>161</v>
       </c>
       <c r="BC12" t="s">
         <v>164</v>
       </c>
       <c r="BD12" t="s">
         <v>168</v>
       </c>
       <c r="BE12" t="s">
         <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>1593</v>
+        <v>1653</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12" t="s">
         <v>87</v>
       </c>
       <c r="BK12" t="s">
         <v>149</v>
       </c>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>169</v>
       </c>
       <c r="BN12" t="s">
         <v>75</v>
       </c>
       <c r="BO12">
         <v>6</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>59.51</v>
       </c>
@@ -5408,51 +5406,53 @@
         <v>171</v>
       </c>
       <c r="AD13" t="s">
         <v>75</v>
       </c>
       <c r="AE13" t="s">
         <v>75</v>
       </c>
       <c r="AF13" t="s">
         <v>77</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
         <v>173</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
         <v>174</v>
       </c>
       <c r="AK13" t="s">
         <v>80</v>
       </c>
       <c r="AL13" t="s">
         <v>164</v>
       </c>
-      <c r="AM13"/>
+      <c r="AM13" t="s">
+        <v>81</v>
+      </c>
       <c r="AN13" t="s">
         <v>172</v>
       </c>
       <c r="AO13">
         <v>29.99</v>
       </c>
       <c r="AP13" t="s">
         <v>175</v>
       </c>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
         <v>75</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13" t="s">
         <v>83</v>
       </c>
       <c r="AY13">
         <v>1910160685</v>
@@ -5460,51 +5460,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>84</v>
       </c>
       <c r="BB13" t="s">
         <v>170</v>
       </c>
       <c r="BC13" t="s">
         <v>164</v>
       </c>
       <c r="BD13" t="s">
         <v>75</v>
       </c>
       <c r="BE13" t="s">
         <v>75</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>1597</v>
+        <v>1657</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13" t="s">
         <v>87</v>
       </c>
       <c r="BK13" t="s">
         <v>88</v>
       </c>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>176</v>
       </c>
       <c r="BN13" t="s">
         <v>75</v>
       </c>
       <c r="BO13">
         <v>40</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>39.01</v>
       </c>
@@ -5647,51 +5647,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>84</v>
       </c>
       <c r="BB14" t="s">
         <v>177</v>
       </c>
       <c r="BC14" t="s">
         <v>75</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
         <v>75</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>1597</v>
+        <v>1657</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14" t="s">
         <v>87</v>
       </c>
       <c r="BK14" t="s">
         <v>88</v>
       </c>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>182</v>
       </c>
       <c r="BN14" t="s">
         <v>75</v>
       </c>
       <c r="BO14">
         <v>4</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>45.22</v>
       </c>
@@ -5786,51 +5786,53 @@
         <v>184</v>
       </c>
       <c r="AD15" t="s">
         <v>75</v>
       </c>
       <c r="AE15" t="s">
         <v>75</v>
       </c>
       <c r="AF15" t="s">
         <v>77</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
         <v>186</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
         <v>187</v>
       </c>
       <c r="AK15" t="s">
         <v>80</v>
       </c>
       <c r="AL15" t="s">
         <v>164</v>
       </c>
-      <c r="AM15"/>
+      <c r="AM15" t="s">
+        <v>81</v>
+      </c>
       <c r="AN15" t="s">
         <v>185</v>
       </c>
       <c r="AO15">
         <v>24.5</v>
       </c>
       <c r="AP15" t="s">
         <v>188</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
         <v>75</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15" t="s">
         <v>83</v>
       </c>
       <c r="AY15">
         <v>4075506330</v>
@@ -5838,55 +5840,53 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>84</v>
       </c>
       <c r="BB15" t="s">
         <v>183</v>
       </c>
       <c r="BC15" t="s">
         <v>164</v>
       </c>
       <c r="BD15" t="s">
         <v>189</v>
       </c>
       <c r="BE15" t="s">
         <v>75</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>1598</v>
-[...3 lines deleted...]
-      </c>
+        <v>1658</v>
+      </c>
+      <c r="BI15"/>
       <c r="BJ15" t="s">
         <v>87</v>
       </c>
       <c r="BK15" t="s">
         <v>149</v>
       </c>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>190</v>
       </c>
       <c r="BN15" t="s">
         <v>75</v>
       </c>
       <c r="BO15">
         <v>8</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>57.62</v>
       </c>
       <c r="BS15" t="s">
         <v>90</v>
       </c>
     </row>
@@ -6029,51 +6029,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>84</v>
       </c>
       <c r="BB16" t="s">
         <v>191</v>
       </c>
       <c r="BC16" t="s">
         <v>194</v>
       </c>
       <c r="BD16" t="s">
         <v>197</v>
       </c>
       <c r="BE16" t="s">
         <v>75</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>1603</v>
+        <v>1663</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16" t="s">
         <v>87</v>
       </c>
       <c r="BK16" t="s">
         <v>149</v>
       </c>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>198</v>
       </c>
       <c r="BN16" t="s">
         <v>75</v>
       </c>
       <c r="BO16">
         <v>11</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>43.09</v>
       </c>
@@ -6220,51 +6220,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>84</v>
       </c>
       <c r="BB17" t="s">
         <v>200</v>
       </c>
       <c r="BC17" t="s">
         <v>203</v>
       </c>
       <c r="BD17" t="s">
         <v>75</v>
       </c>
       <c r="BE17" t="s">
         <v>75</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>1605</v>
+        <v>1665</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17" t="s">
         <v>87</v>
       </c>
       <c r="BK17" t="s">
         <v>149</v>
       </c>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>207</v>
       </c>
       <c r="BN17" t="s">
         <v>75</v>
       </c>
       <c r="BO17">
         <v>7</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>38.83</v>
       </c>
@@ -6407,51 +6407,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>84</v>
       </c>
       <c r="BB18" t="s">
         <v>208</v>
       </c>
       <c r="BC18" t="s">
         <v>75</v>
       </c>
       <c r="BD18" t="s">
         <v>75</v>
       </c>
       <c r="BE18" t="s">
         <v>75</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>1606</v>
+        <v>1666</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18" t="s">
         <v>87</v>
       </c>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>75</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>64.15</v>
       </c>
       <c r="BS18"/>
     </row>
@@ -6594,51 +6594,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>84</v>
       </c>
       <c r="BB19" t="s">
         <v>213</v>
       </c>
       <c r="BC19" t="s">
         <v>216</v>
       </c>
       <c r="BD19" t="s">
         <v>220</v>
       </c>
       <c r="BE19" t="s">
         <v>75</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>1607</v>
+        <v>1667</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19" t="s">
         <v>87</v>
       </c>
       <c r="BK19" t="s">
         <v>149</v>
       </c>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>221</v>
       </c>
       <c r="BN19" t="s">
         <v>75</v>
       </c>
       <c r="BO19">
         <v>4</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>33.15</v>
       </c>
@@ -6785,51 +6785,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>84</v>
       </c>
       <c r="BB20" t="s">
         <v>222</v>
       </c>
       <c r="BC20" t="s">
         <v>225</v>
       </c>
       <c r="BD20" t="s">
         <v>229</v>
       </c>
       <c r="BE20" t="s">
         <v>75</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>1611</v>
+        <v>1671</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20" t="s">
         <v>87</v>
       </c>
       <c r="BK20" t="s">
         <v>88</v>
       </c>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>230</v>
       </c>
       <c r="BN20" t="s">
         <v>75</v>
       </c>
       <c r="BO20">
         <v>6</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>30.27</v>
       </c>
@@ -6976,51 +6976,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>84</v>
       </c>
       <c r="BB21" t="s">
         <v>231</v>
       </c>
       <c r="BC21" t="s">
         <v>234</v>
       </c>
       <c r="BD21" t="s">
         <v>75</v>
       </c>
       <c r="BE21" t="s">
         <v>75</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>1611</v>
+        <v>1671</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21" t="s">
         <v>87</v>
       </c>
       <c r="BK21" t="s">
         <v>149</v>
       </c>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>238</v>
       </c>
       <c r="BN21" t="s">
         <v>75</v>
       </c>
       <c r="BO21">
         <v>40</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>49.36</v>
       </c>
@@ -7167,51 +7167,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>84</v>
       </c>
       <c r="BB22" t="s">
         <v>239</v>
       </c>
       <c r="BC22" t="s">
         <v>234</v>
       </c>
       <c r="BD22" t="s">
         <v>245</v>
       </c>
       <c r="BE22" t="s">
         <v>75</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>1612</v>
+        <v>1672</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22" t="s">
         <v>87</v>
       </c>
       <c r="BK22" t="s">
         <v>149</v>
       </c>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>246</v>
       </c>
       <c r="BN22" t="s">
         <v>75</v>
       </c>
       <c r="BO22">
         <v>20</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>30.33</v>
       </c>
@@ -7358,51 +7358,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>84</v>
       </c>
       <c r="BB23" t="s">
         <v>247</v>
       </c>
       <c r="BC23" t="s">
         <v>250</v>
       </c>
       <c r="BD23" t="s">
         <v>254</v>
       </c>
       <c r="BE23" t="s">
         <v>75</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>1616</v>
+        <v>1676</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23" t="s">
         <v>87</v>
       </c>
       <c r="BK23" t="s">
         <v>149</v>
       </c>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>255</v>
       </c>
       <c r="BN23" t="s">
         <v>75</v>
       </c>
       <c r="BO23">
         <v>9</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>38.14</v>
       </c>
@@ -7545,51 +7545,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>84</v>
       </c>
       <c r="BB24" t="s">
         <v>257</v>
       </c>
       <c r="BC24" t="s">
         <v>75</v>
       </c>
       <c r="BD24" t="s">
         <v>75</v>
       </c>
       <c r="BE24" t="s">
         <v>75</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>1618</v>
+        <v>1678</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24" t="s">
         <v>87</v>
       </c>
       <c r="BK24" t="s">
         <v>262</v>
       </c>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>263</v>
       </c>
       <c r="BN24" t="s">
         <v>75</v>
       </c>
       <c r="BO24">
         <v>13</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>37.42</v>
       </c>
@@ -7732,51 +7732,51 @@
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>84</v>
       </c>
       <c r="BB25" t="s">
         <v>264</v>
       </c>
       <c r="BC25" t="s">
         <v>75</v>
       </c>
       <c r="BD25" t="s">
         <v>75</v>
       </c>
       <c r="BE25" t="s">
         <v>75</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>1625</v>
+        <v>1685</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25" t="s">
         <v>87</v>
       </c>
       <c r="BK25" t="s">
         <v>269</v>
       </c>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>270</v>
       </c>
       <c r="BN25" t="s">
         <v>75</v>
       </c>
       <c r="BO25">
         <v>3</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>26.07</v>
       </c>
@@ -7919,51 +7919,51 @@
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>84</v>
       </c>
       <c r="BB26" t="s">
         <v>271</v>
       </c>
       <c r="BC26" t="s">
         <v>75</v>
       </c>
       <c r="BD26" t="s">
         <v>75</v>
       </c>
       <c r="BE26" t="s">
         <v>75</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>1625</v>
+        <v>1685</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26" t="s">
         <v>87</v>
       </c>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>75</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>160.51</v>
       </c>
       <c r="BS26"/>
     </row>
@@ -8102,51 +8102,51 @@
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>84</v>
       </c>
       <c r="BB27" t="s">
         <v>275</v>
       </c>
       <c r="BC27" t="s">
         <v>75</v>
       </c>
       <c r="BD27" t="s">
         <v>75</v>
       </c>
       <c r="BE27" t="s">
         <v>75</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>1626</v>
+        <v>1686</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27" t="s">
         <v>87</v>
       </c>
       <c r="BK27" t="s">
         <v>88</v>
       </c>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>280</v>
       </c>
       <c r="BN27" t="s">
         <v>75</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>58.55</v>
       </c>
@@ -8289,51 +8289,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>84</v>
       </c>
       <c r="BB28" t="s">
         <v>281</v>
       </c>
       <c r="BC28" t="s">
         <v>75</v>
       </c>
       <c r="BD28" t="s">
         <v>75</v>
       </c>
       <c r="BE28" t="s">
         <v>75</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>1627</v>
+        <v>1687</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28" t="s">
         <v>87</v>
       </c>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>75</v>
       </c>
       <c r="BN28" t="s">
         <v>75</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>27.8</v>
       </c>
       <c r="BS28"/>
     </row>
@@ -8476,51 +8476,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>84</v>
       </c>
       <c r="BB29" t="s">
         <v>287</v>
       </c>
       <c r="BC29" t="s">
         <v>290</v>
       </c>
       <c r="BD29" t="s">
         <v>295</v>
       </c>
       <c r="BE29" t="s">
         <v>75</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>1631</v>
+        <v>1691</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29" t="s">
         <v>87</v>
       </c>
       <c r="BK29" t="s">
         <v>88</v>
       </c>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>296</v>
       </c>
       <c r="BN29" t="s">
         <v>75</v>
       </c>
       <c r="BO29">
         <v>5</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>29.4</v>
       </c>
@@ -8667,51 +8667,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>84</v>
       </c>
       <c r="BB30" t="s">
         <v>297</v>
       </c>
       <c r="BC30" t="s">
         <v>300</v>
       </c>
       <c r="BD30" t="s">
         <v>75</v>
       </c>
       <c r="BE30" t="s">
         <v>75</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>1634</v>
+        <v>1694</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30" t="s">
         <v>87</v>
       </c>
       <c r="BK30" t="s">
         <v>88</v>
       </c>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>304</v>
       </c>
       <c r="BN30" t="s">
         <v>75</v>
       </c>
       <c r="BO30">
         <v>5</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>38.78</v>
       </c>
@@ -8858,51 +8858,51 @@
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
         <v>84</v>
       </c>
       <c r="BB31" t="s">
         <v>305</v>
       </c>
       <c r="BC31" t="s">
         <v>300</v>
       </c>
       <c r="BD31" t="s">
         <v>312</v>
       </c>
       <c r="BE31" t="s">
         <v>75</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>1635</v>
+        <v>1695</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31" t="s">
         <v>87</v>
       </c>
       <c r="BK31" t="s">
         <v>149</v>
       </c>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>313</v>
       </c>
       <c r="BN31" t="s">
         <v>75</v>
       </c>
       <c r="BO31">
         <v>4</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>37.42</v>
       </c>
@@ -9045,51 +9045,51 @@
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
         <v>84</v>
       </c>
       <c r="BB32" t="s">
         <v>314</v>
       </c>
       <c r="BC32" t="s">
         <v>75</v>
       </c>
       <c r="BD32" t="s">
         <v>75</v>
       </c>
       <c r="BE32" t="s">
         <v>75</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>1640</v>
+        <v>1700</v>
       </c>
       <c r="BI32" t="s">
         <v>86</v>
       </c>
       <c r="BJ32" t="s">
         <v>87</v>
       </c>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>75</v>
       </c>
       <c r="BN32" t="s">
         <v>75</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>25.55</v>
       </c>
       <c r="BS32"/>
     </row>
@@ -9232,51 +9232,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>84</v>
       </c>
       <c r="BB33" t="s">
         <v>319</v>
       </c>
       <c r="BC33" t="s">
         <v>322</v>
       </c>
       <c r="BD33" t="s">
         <v>326</v>
       </c>
       <c r="BE33" t="s">
         <v>75</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>1641</v>
+        <v>1701</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33" t="s">
         <v>87</v>
       </c>
       <c r="BK33" t="s">
         <v>88</v>
       </c>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>327</v>
       </c>
       <c r="BN33" t="s">
         <v>75</v>
       </c>
       <c r="BO33">
         <v>2</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>35.98</v>
       </c>
@@ -9423,51 +9423,51 @@
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
         <v>84</v>
       </c>
       <c r="BB34" t="s">
         <v>328</v>
       </c>
       <c r="BC34" t="s">
         <v>322</v>
       </c>
       <c r="BD34" t="s">
         <v>75</v>
       </c>
       <c r="BE34" t="s">
         <v>75</v>
       </c>
       <c r="BF34" t="s">
         <v>75</v>
       </c>
       <c r="BG34" t="s">
         <v>75</v>
       </c>
       <c r="BH34">
-        <v>1641</v>
+        <v>1701</v>
       </c>
       <c r="BI34" t="s">
         <v>86</v>
       </c>
       <c r="BJ34" t="s">
         <v>87</v>
       </c>
       <c r="BK34" t="s">
         <v>149</v>
       </c>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>334</v>
       </c>
       <c r="BN34" t="s">
         <v>75</v>
       </c>
       <c r="BO34">
         <v>7</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>34.58</v>
       </c>
@@ -9614,51 +9614,51 @@
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
         <v>84</v>
       </c>
       <c r="BB35" t="s">
         <v>335</v>
       </c>
       <c r="BC35" t="s">
         <v>338</v>
       </c>
       <c r="BD35" t="s">
         <v>75</v>
       </c>
       <c r="BE35" t="s">
         <v>75</v>
       </c>
       <c r="BF35" t="s">
         <v>75</v>
       </c>
       <c r="BG35" t="s">
         <v>75</v>
       </c>
       <c r="BH35">
-        <v>1645</v>
+        <v>1705</v>
       </c>
       <c r="BI35" t="s">
         <v>86</v>
       </c>
       <c r="BJ35" t="s">
         <v>87</v>
       </c>
       <c r="BK35" t="s">
         <v>149</v>
       </c>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>342</v>
       </c>
       <c r="BN35" t="s">
         <v>75</v>
       </c>
       <c r="BO35">
         <v>54</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>37.42</v>
       </c>
@@ -9805,51 +9805,51 @@
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
         <v>84</v>
       </c>
       <c r="BB36" t="s">
         <v>343</v>
       </c>
       <c r="BC36" t="s">
         <v>338</v>
       </c>
       <c r="BD36" t="s">
         <v>75</v>
       </c>
       <c r="BE36" t="s">
         <v>75</v>
       </c>
       <c r="BF36" t="s">
         <v>75</v>
       </c>
       <c r="BG36" t="s">
         <v>75</v>
       </c>
       <c r="BH36">
-        <v>1645</v>
+        <v>1705</v>
       </c>
       <c r="BI36" t="s">
         <v>86</v>
       </c>
       <c r="BJ36" t="s">
         <v>87</v>
       </c>
       <c r="BK36" t="s">
         <v>88</v>
       </c>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>350</v>
       </c>
       <c r="BN36" t="s">
         <v>75</v>
       </c>
       <c r="BO36">
         <v>53</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>43.09</v>
       </c>
@@ -9996,51 +9996,51 @@
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
         <v>84</v>
       </c>
       <c r="BB37" t="s">
         <v>351</v>
       </c>
       <c r="BC37" t="s">
         <v>338</v>
       </c>
       <c r="BD37" t="s">
         <v>75</v>
       </c>
       <c r="BE37" t="s">
         <v>75</v>
       </c>
       <c r="BF37" t="s">
         <v>75</v>
       </c>
       <c r="BG37" t="s">
         <v>75</v>
       </c>
       <c r="BH37">
-        <v>1645</v>
+        <v>1705</v>
       </c>
       <c r="BI37" t="s">
         <v>86</v>
       </c>
       <c r="BJ37" t="s">
         <v>87</v>
       </c>
       <c r="BK37" t="s">
         <v>149</v>
       </c>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>356</v>
       </c>
       <c r="BN37" t="s">
         <v>75</v>
       </c>
       <c r="BO37">
         <v>21</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>33.16</v>
       </c>
@@ -10187,51 +10187,51 @@
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
         <v>84</v>
       </c>
       <c r="BB38" t="s">
         <v>357</v>
       </c>
       <c r="BC38" t="s">
         <v>360</v>
       </c>
       <c r="BD38" t="s">
         <v>75</v>
       </c>
       <c r="BE38" t="s">
         <v>75</v>
       </c>
       <c r="BF38" t="s">
         <v>75</v>
       </c>
       <c r="BG38" t="s">
         <v>75</v>
       </c>
       <c r="BH38">
-        <v>1647</v>
+        <v>1707</v>
       </c>
       <c r="BI38" t="s">
         <v>86</v>
       </c>
       <c r="BJ38" t="s">
         <v>87</v>
       </c>
       <c r="BK38" t="s">
         <v>149</v>
       </c>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>363</v>
       </c>
       <c r="BN38" t="s">
         <v>75</v>
       </c>
       <c r="BO38">
         <v>56</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>44.35</v>
       </c>
@@ -10374,51 +10374,51 @@
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
         <v>84</v>
       </c>
       <c r="BB39" t="s">
         <v>364</v>
       </c>
       <c r="BC39" t="s">
         <v>75</v>
       </c>
       <c r="BD39" t="s">
         <v>75</v>
       </c>
       <c r="BE39" t="s">
         <v>75</v>
       </c>
       <c r="BF39" t="s">
         <v>75</v>
       </c>
       <c r="BG39" t="s">
         <v>75</v>
       </c>
       <c r="BH39">
-        <v>1648</v>
+        <v>1708</v>
       </c>
       <c r="BI39" t="s">
         <v>86</v>
       </c>
       <c r="BJ39" t="s">
         <v>87</v>
       </c>
       <c r="BK39" t="s">
         <v>262</v>
       </c>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>370</v>
       </c>
       <c r="BN39" t="s">
         <v>75</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>44.51</v>
       </c>
@@ -10561,51 +10561,51 @@
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
         <v>84</v>
       </c>
       <c r="BB40" t="s">
         <v>371</v>
       </c>
       <c r="BC40" t="s">
         <v>75</v>
       </c>
       <c r="BD40" t="s">
         <v>75</v>
       </c>
       <c r="BE40" t="s">
         <v>75</v>
       </c>
       <c r="BF40" t="s">
         <v>75</v>
       </c>
       <c r="BG40" t="s">
         <v>75</v>
       </c>
       <c r="BH40">
-        <v>1649</v>
+        <v>1709</v>
       </c>
       <c r="BI40" t="s">
         <v>86</v>
       </c>
       <c r="BJ40" t="s">
         <v>87</v>
       </c>
       <c r="BK40" t="s">
         <v>262</v>
       </c>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>375</v>
       </c>
       <c r="BN40" t="s">
         <v>75</v>
       </c>
       <c r="BO40">
         <v>1</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>38.83</v>
       </c>
@@ -10748,51 +10748,51 @@
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
         <v>84</v>
       </c>
       <c r="BB41" t="s">
         <v>376</v>
       </c>
       <c r="BC41" t="s">
         <v>75</v>
       </c>
       <c r="BD41" t="s">
         <v>75</v>
       </c>
       <c r="BE41" t="s">
         <v>75</v>
       </c>
       <c r="BF41" t="s">
         <v>75</v>
       </c>
       <c r="BG41" t="s">
         <v>75</v>
       </c>
       <c r="BH41">
-        <v>1652</v>
+        <v>1712</v>
       </c>
       <c r="BI41" t="s">
         <v>86</v>
       </c>
       <c r="BJ41" t="s">
         <v>87</v>
       </c>
       <c r="BK41" t="s">
         <v>262</v>
       </c>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>381</v>
       </c>
       <c r="BN41" t="s">
         <v>75</v>
       </c>
       <c r="BO41">
         <v>4</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>31.6</v>
       </c>
@@ -10935,51 +10935,51 @@
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
         <v>84</v>
       </c>
       <c r="BB42" t="s">
         <v>382</v>
       </c>
       <c r="BC42" t="s">
         <v>75</v>
       </c>
       <c r="BD42" t="s">
         <v>75</v>
       </c>
       <c r="BE42" t="s">
         <v>75</v>
       </c>
       <c r="BF42" t="s">
         <v>75</v>
       </c>
       <c r="BG42" t="s">
         <v>75</v>
       </c>
       <c r="BH42">
-        <v>1654</v>
+        <v>1714</v>
       </c>
       <c r="BI42" t="s">
         <v>86</v>
       </c>
       <c r="BJ42" t="s">
         <v>87</v>
       </c>
       <c r="BK42" t="s">
         <v>88</v>
       </c>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>387</v>
       </c>
       <c r="BN42" t="s">
         <v>75</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>53.02</v>
       </c>
@@ -11122,51 +11122,51 @@
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
         <v>84</v>
       </c>
       <c r="BB43" t="s">
         <v>388</v>
       </c>
       <c r="BC43" t="s">
         <v>75</v>
       </c>
       <c r="BD43" t="s">
         <v>75</v>
       </c>
       <c r="BE43" t="s">
         <v>75</v>
       </c>
       <c r="BF43" t="s">
         <v>75</v>
       </c>
       <c r="BG43" t="s">
         <v>75</v>
       </c>
       <c r="BH43">
-        <v>1658</v>
+        <v>1718</v>
       </c>
       <c r="BI43" t="s">
         <v>86</v>
       </c>
       <c r="BJ43" t="s">
         <v>87</v>
       </c>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>75</v>
       </c>
       <c r="BN43" t="s">
         <v>75</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>54.43</v>
       </c>
       <c r="BS43"/>
     </row>
@@ -11305,51 +11305,51 @@
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
         <v>84</v>
       </c>
       <c r="BB44" t="s">
         <v>392</v>
       </c>
       <c r="BC44" t="s">
         <v>75</v>
       </c>
       <c r="BD44" t="s">
         <v>75</v>
       </c>
       <c r="BE44" t="s">
         <v>75</v>
       </c>
       <c r="BF44" t="s">
         <v>75</v>
       </c>
       <c r="BG44" t="s">
         <v>75</v>
       </c>
       <c r="BH44">
-        <v>1659</v>
+        <v>1719</v>
       </c>
       <c r="BI44" t="s">
         <v>86</v>
       </c>
       <c r="BJ44" t="s">
         <v>87</v>
       </c>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>75</v>
       </c>
       <c r="BN44" t="s">
         <v>75</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
         <v>37.41</v>
       </c>
       <c r="BS44"/>
     </row>
@@ -11492,51 +11492,51 @@
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45" t="s">
         <v>84</v>
       </c>
       <c r="BB45" t="s">
         <v>397</v>
       </c>
       <c r="BC45" t="s">
         <v>400</v>
       </c>
       <c r="BD45" t="s">
         <v>404</v>
       </c>
       <c r="BE45" t="s">
         <v>75</v>
       </c>
       <c r="BF45" t="s">
         <v>75</v>
       </c>
       <c r="BG45" t="s">
         <v>75</v>
       </c>
       <c r="BH45">
-        <v>1666</v>
+        <v>1726</v>
       </c>
       <c r="BI45" t="s">
         <v>86</v>
       </c>
       <c r="BJ45" t="s">
         <v>87</v>
       </c>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>405</v>
       </c>
       <c r="BN45" t="s">
         <v>75</v>
       </c>
       <c r="BO45">
         <v>2</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
         <v>40.25</v>
       </c>
       <c r="BS45" t="s">
         <v>90</v>
@@ -11677,51 +11677,51 @@
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46" t="s">
         <v>84</v>
       </c>
       <c r="BB46" t="s">
         <v>406</v>
       </c>
       <c r="BC46" t="s">
         <v>75</v>
       </c>
       <c r="BD46" t="s">
         <v>75</v>
       </c>
       <c r="BE46" t="s">
         <v>75</v>
       </c>
       <c r="BF46" t="s">
         <v>75</v>
       </c>
       <c r="BG46" t="s">
         <v>75</v>
       </c>
       <c r="BH46">
-        <v>1667</v>
+        <v>1727</v>
       </c>
       <c r="BI46" t="s">
         <v>86</v>
       </c>
       <c r="BJ46" t="s">
         <v>87</v>
       </c>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>75</v>
       </c>
       <c r="BN46" t="s">
         <v>75</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>47.15</v>
       </c>
       <c r="BS46"/>
     </row>
@@ -11870,51 +11870,51 @@
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47" t="s">
         <v>84</v>
       </c>
       <c r="BB47" t="s">
         <v>411</v>
       </c>
       <c r="BC47" t="s">
         <v>414</v>
       </c>
       <c r="BD47" t="s">
         <v>75</v>
       </c>
       <c r="BE47" t="s">
         <v>75</v>
       </c>
       <c r="BF47" t="s">
         <v>75</v>
       </c>
       <c r="BG47" t="s">
         <v>75</v>
       </c>
       <c r="BH47">
-        <v>1679</v>
+        <v>1739</v>
       </c>
       <c r="BI47" t="s">
         <v>86</v>
       </c>
       <c r="BJ47" t="s">
         <v>87</v>
       </c>
       <c r="BK47" t="s">
         <v>149</v>
       </c>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>420</v>
       </c>
       <c r="BN47" t="s">
         <v>75</v>
       </c>
       <c r="BO47">
         <v>59</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
         <v>27.77</v>
       </c>
@@ -12057,51 +12057,51 @@
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48" t="s">
         <v>84</v>
       </c>
       <c r="BB48" t="s">
         <v>421</v>
       </c>
       <c r="BC48" t="s">
         <v>75</v>
       </c>
       <c r="BD48" t="s">
         <v>75</v>
       </c>
       <c r="BE48" t="s">
         <v>75</v>
       </c>
       <c r="BF48" t="s">
         <v>75</v>
       </c>
       <c r="BG48" t="s">
         <v>75</v>
       </c>
       <c r="BH48">
-        <v>1681</v>
+        <v>1741</v>
       </c>
       <c r="BI48" t="s">
         <v>86</v>
       </c>
       <c r="BJ48" t="s">
         <v>87</v>
       </c>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>75</v>
       </c>
       <c r="BN48" t="s">
         <v>75</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>30.33</v>
       </c>
       <c r="BS48"/>
     </row>
@@ -12250,51 +12250,51 @@
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49" t="s">
         <v>84</v>
       </c>
       <c r="BB49" t="s">
         <v>426</v>
       </c>
       <c r="BC49" t="s">
         <v>429</v>
       </c>
       <c r="BD49" t="s">
         <v>436</v>
       </c>
       <c r="BE49" t="s">
         <v>75</v>
       </c>
       <c r="BF49" t="s">
         <v>75</v>
       </c>
       <c r="BG49" t="s">
         <v>75</v>
       </c>
       <c r="BH49">
-        <v>1684</v>
+        <v>1744</v>
       </c>
       <c r="BI49" t="s">
         <v>86</v>
       </c>
       <c r="BJ49" t="s">
         <v>87</v>
       </c>
       <c r="BK49" t="s">
         <v>88</v>
       </c>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>437</v>
       </c>
       <c r="BN49" t="s">
         <v>75</v>
       </c>
       <c r="BO49">
         <v>6</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
         <v>37.86</v>
       </c>
@@ -12437,51 +12437,51 @@
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50" t="s">
         <v>84</v>
       </c>
       <c r="BB50" t="s">
         <v>438</v>
       </c>
       <c r="BC50" t="s">
         <v>75</v>
       </c>
       <c r="BD50" t="s">
         <v>75</v>
       </c>
       <c r="BE50" t="s">
         <v>75</v>
       </c>
       <c r="BF50" t="s">
         <v>75</v>
       </c>
       <c r="BG50" t="s">
         <v>75</v>
       </c>
       <c r="BH50">
-        <v>1689</v>
+        <v>1749</v>
       </c>
       <c r="BI50" t="s">
         <v>86</v>
       </c>
       <c r="BJ50" t="s">
         <v>87</v>
       </c>
       <c r="BK50" t="s">
         <v>88</v>
       </c>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>444</v>
       </c>
       <c r="BN50" t="s">
         <v>75</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
         <v>63.2</v>
       </c>
@@ -12634,51 +12634,51 @@
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51" t="s">
         <v>84</v>
       </c>
       <c r="BB51" t="s">
         <v>445</v>
       </c>
       <c r="BC51" t="s">
         <v>448</v>
       </c>
       <c r="BD51" t="s">
         <v>454</v>
       </c>
       <c r="BE51" t="s">
         <v>75</v>
       </c>
       <c r="BF51" t="s">
         <v>75</v>
       </c>
       <c r="BG51" t="s">
         <v>75</v>
       </c>
       <c r="BH51">
-        <v>1695</v>
+        <v>1755</v>
       </c>
       <c r="BI51" t="s">
         <v>86</v>
       </c>
       <c r="BJ51" t="s">
         <v>87</v>
       </c>
       <c r="BK51" t="s">
         <v>88</v>
       </c>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>455</v>
       </c>
       <c r="BN51" t="s">
         <v>75</v>
       </c>
       <c r="BO51">
         <v>4</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
         <v>37.27</v>
       </c>
@@ -12821,51 +12821,51 @@
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52" t="s">
         <v>84</v>
       </c>
       <c r="BB52" t="s">
         <v>456</v>
       </c>
       <c r="BC52" t="s">
         <v>75</v>
       </c>
       <c r="BD52" t="s">
         <v>75</v>
       </c>
       <c r="BE52" t="s">
         <v>75</v>
       </c>
       <c r="BF52" t="s">
         <v>75</v>
       </c>
       <c r="BG52" t="s">
         <v>75</v>
       </c>
       <c r="BH52">
-        <v>1699</v>
+        <v>1759</v>
       </c>
       <c r="BI52" t="s">
         <v>86</v>
       </c>
       <c r="BJ52" t="s">
         <v>87</v>
       </c>
       <c r="BK52" t="s">
         <v>262</v>
       </c>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>460</v>
       </c>
       <c r="BN52" t="s">
         <v>75</v>
       </c>
       <c r="BO52">
         <v>3</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
         <v>37.44</v>
       </c>
@@ -13008,51 +13008,51 @@
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53" t="s">
         <v>84</v>
       </c>
       <c r="BB53" t="s">
         <v>461</v>
       </c>
       <c r="BC53" t="s">
         <v>75</v>
       </c>
       <c r="BD53" t="s">
         <v>75</v>
       </c>
       <c r="BE53" t="s">
         <v>75</v>
       </c>
       <c r="BF53" t="s">
         <v>75</v>
       </c>
       <c r="BG53" t="s">
         <v>75</v>
       </c>
       <c r="BH53">
-        <v>1714</v>
+        <v>1774</v>
       </c>
       <c r="BI53" t="s">
         <v>86</v>
       </c>
       <c r="BJ53" t="s">
         <v>87</v>
       </c>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>75</v>
       </c>
       <c r="BN53" t="s">
         <v>75</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
         <v>36</v>
       </c>
       <c r="BS53"/>
     </row>
@@ -13191,51 +13191,51 @@
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54" t="s">
         <v>84</v>
       </c>
       <c r="BB54" t="s">
         <v>466</v>
       </c>
       <c r="BC54" t="s">
         <v>75</v>
       </c>
       <c r="BD54" t="s">
         <v>75</v>
       </c>
       <c r="BE54" t="s">
         <v>75</v>
       </c>
       <c r="BF54" t="s">
         <v>75</v>
       </c>
       <c r="BG54" t="s">
         <v>75</v>
       </c>
       <c r="BH54">
-        <v>1715</v>
+        <v>1775</v>
       </c>
       <c r="BI54" t="s">
         <v>86</v>
       </c>
       <c r="BJ54" t="s">
         <v>87</v>
       </c>
       <c r="BK54" t="s">
         <v>88</v>
       </c>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>470</v>
       </c>
       <c r="BN54" t="s">
         <v>75</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
         <v>45.94</v>
       </c>
@@ -13378,51 +13378,51 @@
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55" t="s">
         <v>84</v>
       </c>
       <c r="BB55" t="s">
         <v>471</v>
       </c>
       <c r="BC55" t="s">
         <v>75</v>
       </c>
       <c r="BD55" t="s">
         <v>75</v>
       </c>
       <c r="BE55" t="s">
         <v>75</v>
       </c>
       <c r="BF55" t="s">
         <v>75</v>
       </c>
       <c r="BG55" t="s">
         <v>75</v>
       </c>
       <c r="BH55">
-        <v>1717</v>
+        <v>1777</v>
       </c>
       <c r="BI55" t="s">
         <v>86</v>
       </c>
       <c r="BJ55" t="s">
         <v>87</v>
       </c>
       <c r="BK55" t="s">
         <v>88</v>
       </c>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>475</v>
       </c>
       <c r="BN55" t="s">
         <v>75</v>
       </c>
       <c r="BO55">
         <v>1</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
         <v>33.16</v>
       </c>
@@ -13565,51 +13565,51 @@
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56" t="s">
         <v>84</v>
       </c>
       <c r="BB56" t="s">
         <v>476</v>
       </c>
       <c r="BC56" t="s">
         <v>75</v>
       </c>
       <c r="BD56" t="s">
         <v>75</v>
       </c>
       <c r="BE56" t="s">
         <v>75</v>
       </c>
       <c r="BF56" t="s">
         <v>75</v>
       </c>
       <c r="BG56" t="s">
         <v>75</v>
       </c>
       <c r="BH56">
-        <v>1723</v>
+        <v>1783</v>
       </c>
       <c r="BI56" t="s">
         <v>86</v>
       </c>
       <c r="BJ56" t="s">
         <v>87</v>
       </c>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>75</v>
       </c>
       <c r="BN56" t="s">
         <v>75</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
         <v>38.83</v>
       </c>
       <c r="BS56"/>
     </row>
@@ -13758,51 +13758,51 @@
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57" t="s">
         <v>84</v>
       </c>
       <c r="BB57" t="s">
         <v>480</v>
       </c>
       <c r="BC57" t="s">
         <v>483</v>
       </c>
       <c r="BD57" t="s">
         <v>488</v>
       </c>
       <c r="BE57" t="s">
         <v>75</v>
       </c>
       <c r="BF57" t="s">
         <v>75</v>
       </c>
       <c r="BG57" t="s">
         <v>75</v>
       </c>
       <c r="BH57">
-        <v>1723</v>
+        <v>1783</v>
       </c>
       <c r="BI57" t="s">
         <v>86</v>
       </c>
       <c r="BJ57" t="s">
         <v>87</v>
       </c>
       <c r="BK57" t="s">
         <v>88</v>
       </c>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>489</v>
       </c>
       <c r="BN57" t="s">
         <v>75</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
         <v>37.42</v>
       </c>
@@ -13955,51 +13955,51 @@
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58" t="s">
         <v>84</v>
       </c>
       <c r="BB58" t="s">
         <v>490</v>
       </c>
       <c r="BC58" t="s">
         <v>483</v>
       </c>
       <c r="BD58" t="s">
         <v>497</v>
       </c>
       <c r="BE58" t="s">
         <v>75</v>
       </c>
       <c r="BF58" t="s">
         <v>75</v>
       </c>
       <c r="BG58" t="s">
         <v>75</v>
       </c>
       <c r="BH58">
-        <v>1723</v>
+        <v>1783</v>
       </c>
       <c r="BI58" t="s">
         <v>86</v>
       </c>
       <c r="BJ58" t="s">
         <v>87</v>
       </c>
       <c r="BK58" t="s">
         <v>88</v>
       </c>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>498</v>
       </c>
       <c r="BN58" t="s">
         <v>75</v>
       </c>
       <c r="BO58">
         <v>5</v>
       </c>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
         <v>38.85</v>
       </c>
@@ -14142,51 +14142,51 @@
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59" t="s">
         <v>84</v>
       </c>
       <c r="BB59" t="s">
         <v>499</v>
       </c>
       <c r="BC59" t="s">
         <v>75</v>
       </c>
       <c r="BD59" t="s">
         <v>75</v>
       </c>
       <c r="BE59" t="s">
         <v>75</v>
       </c>
       <c r="BF59" t="s">
         <v>75</v>
       </c>
       <c r="BG59" t="s">
         <v>75</v>
       </c>
       <c r="BH59">
-        <v>1726</v>
+        <v>1786</v>
       </c>
       <c r="BI59" t="s">
         <v>86</v>
       </c>
       <c r="BJ59" t="s">
         <v>87</v>
       </c>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>75</v>
       </c>
       <c r="BN59" t="s">
         <v>75</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
         <v>34.58</v>
       </c>
       <c r="BS59"/>
     </row>
@@ -14335,51 +14335,51 @@
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60" t="s">
         <v>84</v>
       </c>
       <c r="BB60" t="s">
         <v>504</v>
       </c>
       <c r="BC60" t="s">
         <v>507</v>
       </c>
       <c r="BD60" t="s">
         <v>512</v>
       </c>
       <c r="BE60" t="s">
         <v>75</v>
       </c>
       <c r="BF60" t="s">
         <v>75</v>
       </c>
       <c r="BG60" t="s">
         <v>75</v>
       </c>
       <c r="BH60">
-        <v>1727</v>
+        <v>1787</v>
       </c>
       <c r="BI60" t="s">
         <v>86</v>
       </c>
       <c r="BJ60" t="s">
         <v>87</v>
       </c>
       <c r="BK60" t="s">
         <v>88</v>
       </c>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>513</v>
       </c>
       <c r="BN60" t="s">
         <v>75</v>
       </c>
       <c r="BO60">
         <v>4</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
         <v>34.58</v>
       </c>
@@ -14532,51 +14532,51 @@
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61" t="s">
         <v>84</v>
       </c>
       <c r="BB61" t="s">
         <v>514</v>
       </c>
       <c r="BC61" t="s">
         <v>517</v>
       </c>
       <c r="BD61" t="s">
         <v>522</v>
       </c>
       <c r="BE61" t="s">
         <v>75</v>
       </c>
       <c r="BF61" t="s">
         <v>75</v>
       </c>
       <c r="BG61" t="s">
         <v>75</v>
       </c>
       <c r="BH61">
-        <v>1727</v>
+        <v>1787</v>
       </c>
       <c r="BI61" t="s">
         <v>86</v>
       </c>
       <c r="BJ61" t="s">
         <v>87</v>
       </c>
       <c r="BK61" t="s">
         <v>88</v>
       </c>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>523</v>
       </c>
       <c r="BN61" t="s">
         <v>75</v>
       </c>
       <c r="BO61">
         <v>7</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
         <v>72.89</v>
       </c>
@@ -14719,51 +14719,51 @@
       <c r="AZ62" t="s">
         <v>73</v>
       </c>
       <c r="BA62" t="s">
         <v>84</v>
       </c>
       <c r="BB62" t="s">
         <v>524</v>
       </c>
       <c r="BC62" t="s">
         <v>75</v>
       </c>
       <c r="BD62" t="s">
         <v>75</v>
       </c>
       <c r="BE62" t="s">
         <v>75</v>
       </c>
       <c r="BF62" t="s">
         <v>75</v>
       </c>
       <c r="BG62" t="s">
         <v>75</v>
       </c>
       <c r="BH62">
-        <v>1728</v>
+        <v>1788</v>
       </c>
       <c r="BI62" t="s">
         <v>86</v>
       </c>
       <c r="BJ62" t="s">
         <v>87</v>
       </c>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
         <v>75</v>
       </c>
       <c r="BN62" t="s">
         <v>75</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62">
         <v>38.83</v>
       </c>
       <c r="BS62"/>
     </row>
@@ -14912,51 +14912,51 @@
       <c r="AZ63" t="s">
         <v>73</v>
       </c>
       <c r="BA63" t="s">
         <v>84</v>
       </c>
       <c r="BB63" t="s">
         <v>529</v>
       </c>
       <c r="BC63" t="s">
         <v>532</v>
       </c>
       <c r="BD63" t="s">
         <v>537</v>
       </c>
       <c r="BE63" t="s">
         <v>75</v>
       </c>
       <c r="BF63" t="s">
         <v>75</v>
       </c>
       <c r="BG63" t="s">
         <v>75</v>
       </c>
       <c r="BH63">
-        <v>1729</v>
+        <v>1789</v>
       </c>
       <c r="BI63" t="s">
         <v>86</v>
       </c>
       <c r="BJ63" t="s">
         <v>87</v>
       </c>
       <c r="BK63" t="s">
         <v>88</v>
       </c>
       <c r="BL63"/>
       <c r="BM63" t="s">
         <v>538</v>
       </c>
       <c r="BN63" t="s">
         <v>75</v>
       </c>
       <c r="BO63">
         <v>4</v>
       </c>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63">
         <v>31.74</v>
       </c>
@@ -15109,51 +15109,51 @@
       <c r="AZ64" t="s">
         <v>73</v>
       </c>
       <c r="BA64" t="s">
         <v>84</v>
       </c>
       <c r="BB64" t="s">
         <v>539</v>
       </c>
       <c r="BC64" t="s">
         <v>542</v>
       </c>
       <c r="BD64" t="s">
         <v>547</v>
       </c>
       <c r="BE64" t="s">
         <v>75</v>
       </c>
       <c r="BF64" t="s">
         <v>75</v>
       </c>
       <c r="BG64" t="s">
         <v>75</v>
       </c>
       <c r="BH64">
-        <v>1732</v>
+        <v>1792</v>
       </c>
       <c r="BI64" t="s">
         <v>86</v>
       </c>
       <c r="BJ64" t="s">
         <v>87</v>
       </c>
       <c r="BK64" t="s">
         <v>88</v>
       </c>
       <c r="BL64"/>
       <c r="BM64" t="s">
         <v>548</v>
       </c>
       <c r="BN64" t="s">
         <v>75</v>
       </c>
       <c r="BO64">
         <v>15</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
         <v>58.69</v>
       </c>
@@ -15292,51 +15292,51 @@
         <v>8756530366</v>
       </c>
       <c r="AZ65" t="s">
         <v>73</v>
       </c>
       <c r="BA65"/>
       <c r="BB65" t="s">
         <v>549</v>
       </c>
       <c r="BC65" t="s">
         <v>75</v>
       </c>
       <c r="BD65" t="s">
         <v>75</v>
       </c>
       <c r="BE65" t="s">
         <v>75</v>
       </c>
       <c r="BF65" t="s">
         <v>75</v>
       </c>
       <c r="BG65" t="s">
         <v>75</v>
       </c>
       <c r="BH65">
-        <v>1749</v>
+        <v>1809</v>
       </c>
       <c r="BI65" t="s">
         <v>86</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
         <v>75</v>
       </c>
       <c r="BN65" t="s">
         <v>75</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
         <v>36</v>
       </c>
       <c r="BS65"/>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
@@ -15469,51 +15469,51 @@
         <v>9978462130</v>
       </c>
       <c r="AZ66" t="s">
         <v>73</v>
       </c>
       <c r="BA66"/>
       <c r="BB66" t="s">
         <v>554</v>
       </c>
       <c r="BC66" t="s">
         <v>75</v>
       </c>
       <c r="BD66" t="s">
         <v>75</v>
       </c>
       <c r="BE66" t="s">
         <v>75</v>
       </c>
       <c r="BF66" t="s">
         <v>75</v>
       </c>
       <c r="BG66" t="s">
         <v>75</v>
       </c>
       <c r="BH66">
-        <v>1753</v>
+        <v>1813</v>
       </c>
       <c r="BI66" t="s">
         <v>86</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
         <v>75</v>
       </c>
       <c r="BN66" t="s">
         <v>75</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
         <v>48.76</v>
       </c>
       <c r="BS66"/>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
@@ -15646,51 +15646,51 @@
         <v>9978436764</v>
       </c>
       <c r="AZ67" t="s">
         <v>73</v>
       </c>
       <c r="BA67"/>
       <c r="BB67" t="s">
         <v>558</v>
       </c>
       <c r="BC67" t="s">
         <v>75</v>
       </c>
       <c r="BD67" t="s">
         <v>75</v>
       </c>
       <c r="BE67" t="s">
         <v>75</v>
       </c>
       <c r="BF67" t="s">
         <v>75</v>
       </c>
       <c r="BG67" t="s">
         <v>75</v>
       </c>
       <c r="BH67">
-        <v>1753</v>
+        <v>1813</v>
       </c>
       <c r="BI67" t="s">
         <v>86</v>
       </c>
       <c r="BJ67"/>
       <c r="BK67"/>
       <c r="BL67"/>
       <c r="BM67" t="s">
         <v>75</v>
       </c>
       <c r="BN67" t="s">
         <v>75</v>
       </c>
       <c r="BO67">
         <v>0</v>
       </c>
       <c r="BP67"/>
       <c r="BQ67"/>
       <c r="BR67">
         <v>37.08</v>
       </c>
       <c r="BS67"/>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
@@ -15823,51 +15823,51 @@
         <v>9095955923</v>
       </c>
       <c r="AZ68" t="s">
         <v>73</v>
       </c>
       <c r="BA68"/>
       <c r="BB68" t="s">
         <v>563</v>
       </c>
       <c r="BC68" t="s">
         <v>75</v>
       </c>
       <c r="BD68" t="s">
         <v>75</v>
       </c>
       <c r="BE68" t="s">
         <v>75</v>
       </c>
       <c r="BF68" t="s">
         <v>75</v>
       </c>
       <c r="BG68" t="s">
         <v>75</v>
       </c>
       <c r="BH68">
-        <v>1754</v>
+        <v>1814</v>
       </c>
       <c r="BI68" t="s">
         <v>86</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
         <v>75</v>
       </c>
       <c r="BN68" t="s">
         <v>75</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68"/>
       <c r="BQ68"/>
       <c r="BR68">
         <v>38.59</v>
       </c>
       <c r="BS68"/>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
@@ -16000,51 +16000,51 @@
         <v>4498866691</v>
       </c>
       <c r="AZ69" t="s">
         <v>73</v>
       </c>
       <c r="BA69"/>
       <c r="BB69" t="s">
         <v>567</v>
       </c>
       <c r="BC69" t="s">
         <v>75</v>
       </c>
       <c r="BD69" t="s">
         <v>75</v>
       </c>
       <c r="BE69" t="s">
         <v>75</v>
       </c>
       <c r="BF69" t="s">
         <v>75</v>
       </c>
       <c r="BG69" t="s">
         <v>75</v>
       </c>
       <c r="BH69">
-        <v>1756</v>
+        <v>1816</v>
       </c>
       <c r="BI69" t="s">
         <v>86</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
         <v>75</v>
       </c>
       <c r="BN69" t="s">
         <v>75</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
         <v>53.02</v>
       </c>
       <c r="BS69"/>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
@@ -16187,51 +16187,51 @@
         <v>4498729933</v>
       </c>
       <c r="AZ70" t="s">
         <v>73</v>
       </c>
       <c r="BA70"/>
       <c r="BB70" t="s">
         <v>572</v>
       </c>
       <c r="BC70" t="s">
         <v>575</v>
       </c>
       <c r="BD70" t="s">
         <v>75</v>
       </c>
       <c r="BE70" t="s">
         <v>75</v>
       </c>
       <c r="BF70" t="s">
         <v>75</v>
       </c>
       <c r="BG70" t="s">
         <v>75</v>
       </c>
       <c r="BH70">
-        <v>1757</v>
+        <v>1817</v>
       </c>
       <c r="BI70" t="s">
         <v>86</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70" t="s">
         <v>149</v>
       </c>
       <c r="BL70" t="s">
         <v>581</v>
       </c>
       <c r="BM70" t="s">
         <v>582</v>
       </c>
       <c r="BN70" t="s">
         <v>75</v>
       </c>
       <c r="BO70">
         <v>332</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
         <v>28.92</v>
       </c>
@@ -16370,51 +16370,51 @@
         <v>5412700215</v>
       </c>
       <c r="AZ71" t="s">
         <v>73</v>
       </c>
       <c r="BA71"/>
       <c r="BB71" t="s">
         <v>583</v>
       </c>
       <c r="BC71" t="s">
         <v>75</v>
       </c>
       <c r="BD71" t="s">
         <v>75</v>
       </c>
       <c r="BE71" t="s">
         <v>75</v>
       </c>
       <c r="BF71" t="s">
         <v>75</v>
       </c>
       <c r="BG71" t="s">
         <v>75</v>
       </c>
       <c r="BH71">
-        <v>1759</v>
+        <v>1819</v>
       </c>
       <c r="BI71" t="s">
         <v>86</v>
       </c>
       <c r="BJ71"/>
       <c r="BK71"/>
       <c r="BL71"/>
       <c r="BM71" t="s">
         <v>75</v>
       </c>
       <c r="BN71" t="s">
         <v>75</v>
       </c>
       <c r="BO71">
         <v>0</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
         <v>665.57</v>
       </c>
       <c r="BS71"/>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
@@ -16547,51 +16547,51 @@
         <v>2335441076</v>
       </c>
       <c r="AZ72" t="s">
         <v>73</v>
       </c>
       <c r="BA72"/>
       <c r="BB72" t="s">
         <v>587</v>
       </c>
       <c r="BC72" t="s">
         <v>75</v>
       </c>
       <c r="BD72" t="s">
         <v>75</v>
       </c>
       <c r="BE72" t="s">
         <v>75</v>
       </c>
       <c r="BF72" t="s">
         <v>75</v>
       </c>
       <c r="BG72" t="s">
         <v>75</v>
       </c>
       <c r="BH72">
-        <v>1761</v>
+        <v>1821</v>
       </c>
       <c r="BI72" t="s">
         <v>86</v>
       </c>
       <c r="BJ72"/>
       <c r="BK72"/>
       <c r="BL72"/>
       <c r="BM72" t="s">
         <v>75</v>
       </c>
       <c r="BN72" t="s">
         <v>75</v>
       </c>
       <c r="BO72">
         <v>0</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
         <v>42.58</v>
       </c>
       <c r="BS72"/>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
@@ -16734,51 +16734,51 @@
         <v>7856962934</v>
       </c>
       <c r="AZ73" t="s">
         <v>73</v>
       </c>
       <c r="BA73"/>
       <c r="BB73" t="s">
         <v>589</v>
       </c>
       <c r="BC73" t="s">
         <v>592</v>
       </c>
       <c r="BD73" t="s">
         <v>597</v>
       </c>
       <c r="BE73" t="s">
         <v>75</v>
       </c>
       <c r="BF73" t="s">
         <v>75</v>
       </c>
       <c r="BG73" t="s">
         <v>75</v>
       </c>
       <c r="BH73">
-        <v>1765</v>
+        <v>1825</v>
       </c>
       <c r="BI73" t="s">
         <v>86</v>
       </c>
       <c r="BJ73"/>
       <c r="BK73" t="s">
         <v>88</v>
       </c>
       <c r="BL73" t="s">
         <v>581</v>
       </c>
       <c r="BM73" t="s">
         <v>598</v>
       </c>
       <c r="BN73" t="s">
         <v>75</v>
       </c>
       <c r="BO73">
         <v>339</v>
       </c>
       <c r="BP73"/>
       <c r="BQ73"/>
       <c r="BR73">
         <v>33.17</v>
       </c>
@@ -16927,51 +16927,51 @@
         <v>9051966873</v>
       </c>
       <c r="AZ74" t="s">
         <v>73</v>
       </c>
       <c r="BA74"/>
       <c r="BB74" t="s">
         <v>599</v>
       </c>
       <c r="BC74" t="s">
         <v>602</v>
       </c>
       <c r="BD74" t="s">
         <v>75</v>
       </c>
       <c r="BE74" t="s">
         <v>75</v>
       </c>
       <c r="BF74" t="s">
         <v>75</v>
       </c>
       <c r="BG74" t="s">
         <v>75</v>
       </c>
       <c r="BH74">
-        <v>1769</v>
+        <v>1829</v>
       </c>
       <c r="BI74" t="s">
         <v>86</v>
       </c>
       <c r="BJ74"/>
       <c r="BK74"/>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>75</v>
       </c>
       <c r="BN74" t="s">
         <v>75</v>
       </c>
       <c r="BO74">
         <v>0</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
         <v>113.52</v>
       </c>
       <c r="BS74"/>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
@@ -17104,51 +17104,51 @@
         <v>6645172586</v>
       </c>
       <c r="AZ75" t="s">
         <v>73</v>
       </c>
       <c r="BA75"/>
       <c r="BB75" t="s">
         <v>607</v>
       </c>
       <c r="BC75" t="s">
         <v>75</v>
       </c>
       <c r="BD75" t="s">
         <v>75</v>
       </c>
       <c r="BE75" t="s">
         <v>75</v>
       </c>
       <c r="BF75" t="s">
         <v>75</v>
       </c>
       <c r="BG75" t="s">
         <v>75</v>
       </c>
       <c r="BH75">
-        <v>1770</v>
+        <v>1830</v>
       </c>
       <c r="BI75" t="s">
         <v>86</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75"/>
       <c r="BL75"/>
       <c r="BM75" t="s">
         <v>75</v>
       </c>
       <c r="BN75" t="s">
         <v>75</v>
       </c>
       <c r="BO75">
         <v>0</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
         <v>27.87</v>
       </c>
       <c r="BS75"/>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
@@ -17281,51 +17281,51 @@
         <v>6097674914</v>
       </c>
       <c r="AZ76" t="s">
         <v>73</v>
       </c>
       <c r="BA76"/>
       <c r="BB76" t="s">
         <v>611</v>
       </c>
       <c r="BC76" t="s">
         <v>75</v>
       </c>
       <c r="BD76" t="s">
         <v>75</v>
       </c>
       <c r="BE76" t="s">
         <v>75</v>
       </c>
       <c r="BF76" t="s">
         <v>75</v>
       </c>
       <c r="BG76" t="s">
         <v>75</v>
       </c>
       <c r="BH76">
-        <v>1774</v>
+        <v>1834</v>
       </c>
       <c r="BI76" t="s">
         <v>86</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76"/>
       <c r="BL76"/>
       <c r="BM76" t="s">
         <v>75</v>
       </c>
       <c r="BN76" t="s">
         <v>75</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
       <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
         <v>127.95</v>
       </c>
       <c r="BS76"/>
     </row>
     <row r="77" spans="1:71">
       <c r="A77" t="s">
@@ -17458,51 +17458,51 @@
         <v>1553546050</v>
       </c>
       <c r="AZ77" t="s">
         <v>73</v>
       </c>
       <c r="BA77"/>
       <c r="BB77" t="s">
         <v>616</v>
       </c>
       <c r="BC77" t="s">
         <v>75</v>
       </c>
       <c r="BD77" t="s">
         <v>75</v>
       </c>
       <c r="BE77" t="s">
         <v>75</v>
       </c>
       <c r="BF77" t="s">
         <v>75</v>
       </c>
       <c r="BG77" t="s">
         <v>75</v>
       </c>
       <c r="BH77">
-        <v>1778</v>
+        <v>1838</v>
       </c>
       <c r="BI77" t="s">
         <v>86</v>
       </c>
       <c r="BJ77"/>
       <c r="BK77"/>
       <c r="BL77"/>
       <c r="BM77" t="s">
         <v>75</v>
       </c>
       <c r="BN77" t="s">
         <v>75</v>
       </c>
       <c r="BO77">
         <v>0</v>
       </c>
       <c r="BP77"/>
       <c r="BQ77"/>
       <c r="BR77">
         <v>36.92</v>
       </c>
       <c r="BS77"/>
     </row>
     <row r="78" spans="1:71">
       <c r="A78" t="s">
@@ -17635,51 +17635,51 @@
         <v>5840492453</v>
       </c>
       <c r="AZ78" t="s">
         <v>73</v>
       </c>
       <c r="BA78"/>
       <c r="BB78" t="s">
         <v>621</v>
       </c>
       <c r="BC78" t="s">
         <v>75</v>
       </c>
       <c r="BD78" t="s">
         <v>75</v>
       </c>
       <c r="BE78" t="s">
         <v>75</v>
       </c>
       <c r="BF78" t="s">
         <v>75</v>
       </c>
       <c r="BG78" t="s">
         <v>75</v>
       </c>
       <c r="BH78">
-        <v>1781</v>
+        <v>1841</v>
       </c>
       <c r="BI78" t="s">
         <v>86</v>
       </c>
       <c r="BJ78"/>
       <c r="BK78"/>
       <c r="BL78"/>
       <c r="BM78" t="s">
         <v>75</v>
       </c>
       <c r="BN78" t="s">
         <v>75</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78"/>
       <c r="BQ78"/>
       <c r="BR78">
         <v>28.91</v>
       </c>
       <c r="BS78"/>
     </row>
     <row r="79" spans="1:71">
       <c r="A79" t="s">
@@ -17812,51 +17812,51 @@
         <v>8985650925</v>
       </c>
       <c r="AZ79" t="s">
         <v>73</v>
       </c>
       <c r="BA79"/>
       <c r="BB79" t="s">
         <v>626</v>
       </c>
       <c r="BC79" t="s">
         <v>75</v>
       </c>
       <c r="BD79" t="s">
         <v>75</v>
       </c>
       <c r="BE79" t="s">
         <v>75</v>
       </c>
       <c r="BF79" t="s">
         <v>75</v>
       </c>
       <c r="BG79" t="s">
         <v>75</v>
       </c>
       <c r="BH79">
-        <v>1782</v>
+        <v>1842</v>
       </c>
       <c r="BI79" t="s">
         <v>86</v>
       </c>
       <c r="BJ79"/>
       <c r="BK79"/>
       <c r="BL79"/>
       <c r="BM79" t="s">
         <v>75</v>
       </c>
       <c r="BN79" t="s">
         <v>75</v>
       </c>
       <c r="BO79">
         <v>0</v>
       </c>
       <c r="BP79"/>
       <c r="BQ79"/>
       <c r="BR79">
         <v>29.74</v>
       </c>
       <c r="BS79"/>
     </row>
     <row r="80" spans="1:71">
       <c r="A80" t="s">
@@ -17999,51 +17999,51 @@
         <v>5820876902</v>
       </c>
       <c r="AZ80" t="s">
         <v>73</v>
       </c>
       <c r="BA80"/>
       <c r="BB80" t="s">
         <v>632</v>
       </c>
       <c r="BC80" t="s">
         <v>635</v>
       </c>
       <c r="BD80" t="s">
         <v>641</v>
       </c>
       <c r="BE80" t="s">
         <v>75</v>
       </c>
       <c r="BF80" t="s">
         <v>75</v>
       </c>
       <c r="BG80" t="s">
         <v>75</v>
       </c>
       <c r="BH80">
-        <v>1783</v>
+        <v>1843</v>
       </c>
       <c r="BI80" t="s">
         <v>86</v>
       </c>
       <c r="BJ80"/>
       <c r="BK80" t="s">
         <v>88</v>
       </c>
       <c r="BL80"/>
       <c r="BM80" t="s">
         <v>642</v>
       </c>
       <c r="BN80" t="s">
         <v>75</v>
       </c>
       <c r="BO80">
         <v>65</v>
       </c>
       <c r="BP80"/>
       <c r="BQ80"/>
       <c r="BR80">
         <v>37.42</v>
       </c>
       <c r="BS80" t="s">
         <v>643</v>
@@ -18190,51 +18190,51 @@
         <v>8484887795</v>
       </c>
       <c r="AZ81" t="s">
         <v>73</v>
       </c>
       <c r="BA81"/>
       <c r="BB81" t="s">
         <v>644</v>
       </c>
       <c r="BC81" t="s">
         <v>647</v>
       </c>
       <c r="BD81" t="s">
         <v>653</v>
       </c>
       <c r="BE81" t="s">
         <v>75</v>
       </c>
       <c r="BF81" t="s">
         <v>75</v>
       </c>
       <c r="BG81" t="s">
         <v>75</v>
       </c>
       <c r="BH81">
-        <v>1785</v>
+        <v>1845</v>
       </c>
       <c r="BI81" t="s">
         <v>86</v>
       </c>
       <c r="BJ81"/>
       <c r="BK81"/>
       <c r="BL81"/>
       <c r="BM81" t="s">
         <v>75</v>
       </c>
       <c r="BN81" t="s">
         <v>75</v>
       </c>
       <c r="BO81">
         <v>0</v>
       </c>
       <c r="BP81"/>
       <c r="BQ81"/>
       <c r="BR81">
         <v>32.13</v>
       </c>
       <c r="BS81"/>
     </row>
     <row r="82" spans="1:71">
       <c r="A82" t="s">
@@ -18367,51 +18367,51 @@
         <v>6556532776</v>
       </c>
       <c r="AZ82" t="s">
         <v>73</v>
       </c>
       <c r="BA82"/>
       <c r="BB82" t="s">
         <v>654</v>
       </c>
       <c r="BC82" t="s">
         <v>75</v>
       </c>
       <c r="BD82" t="s">
         <v>75</v>
       </c>
       <c r="BE82" t="s">
         <v>75</v>
       </c>
       <c r="BF82" t="s">
         <v>75</v>
       </c>
       <c r="BG82" t="s">
         <v>75</v>
       </c>
       <c r="BH82">
-        <v>1788</v>
+        <v>1848</v>
       </c>
       <c r="BI82" t="s">
         <v>86</v>
       </c>
       <c r="BJ82"/>
       <c r="BK82"/>
       <c r="BL82"/>
       <c r="BM82" t="s">
         <v>75</v>
       </c>
       <c r="BN82" t="s">
         <v>75</v>
       </c>
       <c r="BO82">
         <v>0</v>
       </c>
       <c r="BP82"/>
       <c r="BQ82"/>
       <c r="BR82">
         <v>88.34</v>
       </c>
       <c r="BS82"/>
     </row>
     <row r="83" spans="1:71">
       <c r="A83" t="s">
@@ -18544,51 +18544,51 @@
         <v>9683319240</v>
       </c>
       <c r="AZ83" t="s">
         <v>73</v>
       </c>
       <c r="BA83"/>
       <c r="BB83" t="s">
         <v>658</v>
       </c>
       <c r="BC83" t="s">
         <v>75</v>
       </c>
       <c r="BD83" t="s">
         <v>75</v>
       </c>
       <c r="BE83" t="s">
         <v>75</v>
       </c>
       <c r="BF83" t="s">
         <v>75</v>
       </c>
       <c r="BG83" t="s">
         <v>75</v>
       </c>
       <c r="BH83">
-        <v>1791</v>
+        <v>1851</v>
       </c>
       <c r="BI83" t="s">
         <v>86</v>
       </c>
       <c r="BJ83"/>
       <c r="BK83"/>
       <c r="BL83"/>
       <c r="BM83" t="s">
         <v>75</v>
       </c>
       <c r="BN83" t="s">
         <v>75</v>
       </c>
       <c r="BO83">
         <v>0</v>
       </c>
       <c r="BP83"/>
       <c r="BQ83"/>
       <c r="BR83">
         <v>856.18</v>
       </c>
       <c r="BS83"/>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
@@ -18721,51 +18721,51 @@
         <v>9683115444</v>
       </c>
       <c r="AZ84" t="s">
         <v>73</v>
       </c>
       <c r="BA84"/>
       <c r="BB84" t="s">
         <v>663</v>
       </c>
       <c r="BC84" t="s">
         <v>75</v>
       </c>
       <c r="BD84" t="s">
         <v>75</v>
       </c>
       <c r="BE84" t="s">
         <v>75</v>
       </c>
       <c r="BF84" t="s">
         <v>75</v>
       </c>
       <c r="BG84" t="s">
         <v>75</v>
       </c>
       <c r="BH84">
-        <v>1792</v>
+        <v>1852</v>
       </c>
       <c r="BI84" t="s">
         <v>86</v>
       </c>
       <c r="BJ84"/>
       <c r="BK84"/>
       <c r="BL84"/>
       <c r="BM84" t="s">
         <v>75</v>
       </c>
       <c r="BN84" t="s">
         <v>75</v>
       </c>
       <c r="BO84">
         <v>0</v>
       </c>
       <c r="BP84"/>
       <c r="BQ84"/>
       <c r="BR84">
         <v>31.73</v>
       </c>
       <c r="BS84"/>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
@@ -18898,51 +18898,51 @@
         <v>4055251572</v>
       </c>
       <c r="AZ85" t="s">
         <v>73</v>
       </c>
       <c r="BA85"/>
       <c r="BB85" t="s">
         <v>668</v>
       </c>
       <c r="BC85" t="s">
         <v>75</v>
       </c>
       <c r="BD85" t="s">
         <v>75</v>
       </c>
       <c r="BE85" t="s">
         <v>75</v>
       </c>
       <c r="BF85" t="s">
         <v>75</v>
       </c>
       <c r="BG85" t="s">
         <v>75</v>
       </c>
       <c r="BH85">
-        <v>1795</v>
+        <v>1855</v>
       </c>
       <c r="BI85" t="s">
         <v>86</v>
       </c>
       <c r="BJ85"/>
       <c r="BK85"/>
       <c r="BL85"/>
       <c r="BM85" t="s">
         <v>75</v>
       </c>
       <c r="BN85" t="s">
         <v>75</v>
       </c>
       <c r="BO85">
         <v>0</v>
       </c>
       <c r="BP85"/>
       <c r="BQ85"/>
       <c r="BR85">
         <v>44.12</v>
       </c>
       <c r="BS85"/>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
@@ -19075,51 +19075,51 @@
         <v>4673587240</v>
       </c>
       <c r="AZ86" t="s">
         <v>73</v>
       </c>
       <c r="BA86"/>
       <c r="BB86" t="s">
         <v>673</v>
       </c>
       <c r="BC86" t="s">
         <v>75</v>
       </c>
       <c r="BD86" t="s">
         <v>75</v>
       </c>
       <c r="BE86" t="s">
         <v>75</v>
       </c>
       <c r="BF86" t="s">
         <v>75</v>
       </c>
       <c r="BG86" t="s">
         <v>75</v>
       </c>
       <c r="BH86">
-        <v>1799</v>
+        <v>1859</v>
       </c>
       <c r="BI86" t="s">
         <v>86</v>
       </c>
       <c r="BJ86"/>
       <c r="BK86"/>
       <c r="BL86"/>
       <c r="BM86" t="s">
         <v>75</v>
       </c>
       <c r="BN86" t="s">
         <v>75</v>
       </c>
       <c r="BO86">
         <v>0</v>
       </c>
       <c r="BP86"/>
       <c r="BQ86"/>
       <c r="BR86">
         <v>58.63</v>
       </c>
       <c r="BS86"/>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
@@ -19252,51 +19252,51 @@
         <v>4673574964</v>
       </c>
       <c r="AZ87" t="s">
         <v>73</v>
       </c>
       <c r="BA87"/>
       <c r="BB87" t="s">
         <v>677</v>
       </c>
       <c r="BC87" t="s">
         <v>75</v>
       </c>
       <c r="BD87" t="s">
         <v>75</v>
       </c>
       <c r="BE87" t="s">
         <v>75</v>
       </c>
       <c r="BF87" t="s">
         <v>75</v>
       </c>
       <c r="BG87" t="s">
         <v>75</v>
       </c>
       <c r="BH87">
-        <v>1799</v>
+        <v>1859</v>
       </c>
       <c r="BI87" t="s">
         <v>86</v>
       </c>
       <c r="BJ87"/>
       <c r="BK87"/>
       <c r="BL87"/>
       <c r="BM87" t="s">
         <v>75</v>
       </c>
       <c r="BN87" t="s">
         <v>75</v>
       </c>
       <c r="BO87">
         <v>0</v>
       </c>
       <c r="BP87"/>
       <c r="BQ87"/>
       <c r="BR87">
         <v>52.14</v>
       </c>
       <c r="BS87"/>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
@@ -19441,51 +19441,51 @@
         <v>4311820671</v>
       </c>
       <c r="AZ88" t="s">
         <v>73</v>
       </c>
       <c r="BA88"/>
       <c r="BB88" t="s">
         <v>681</v>
       </c>
       <c r="BC88" t="s">
         <v>684</v>
       </c>
       <c r="BD88" t="s">
         <v>75</v>
       </c>
       <c r="BE88" t="s">
         <v>75</v>
       </c>
       <c r="BF88" t="s">
         <v>75</v>
       </c>
       <c r="BG88" t="s">
         <v>75</v>
       </c>
       <c r="BH88">
-        <v>1806</v>
+        <v>1866</v>
       </c>
       <c r="BI88" t="s">
         <v>86</v>
       </c>
       <c r="BJ88"/>
       <c r="BK88" t="s">
         <v>88</v>
       </c>
       <c r="BL88"/>
       <c r="BM88" t="s">
         <v>691</v>
       </c>
       <c r="BN88" t="s">
         <v>75</v>
       </c>
       <c r="BO88">
         <v>91</v>
       </c>
       <c r="BP88"/>
       <c r="BQ88"/>
       <c r="BR88">
         <v>33.16</v>
       </c>
       <c r="BS88" t="s">
         <v>256</v>
@@ -19624,51 +19624,51 @@
         <v>4311810145</v>
       </c>
       <c r="AZ89" t="s">
         <v>73</v>
       </c>
       <c r="BA89"/>
       <c r="BB89" t="s">
         <v>692</v>
       </c>
       <c r="BC89" t="s">
         <v>75</v>
       </c>
       <c r="BD89" t="s">
         <v>75</v>
       </c>
       <c r="BE89" t="s">
         <v>75</v>
       </c>
       <c r="BF89" t="s">
         <v>75</v>
       </c>
       <c r="BG89" t="s">
         <v>75</v>
       </c>
       <c r="BH89">
-        <v>1807</v>
+        <v>1867</v>
       </c>
       <c r="BI89" t="s">
         <v>86</v>
       </c>
       <c r="BJ89"/>
       <c r="BK89"/>
       <c r="BL89"/>
       <c r="BM89" t="s">
         <v>75</v>
       </c>
       <c r="BN89" t="s">
         <v>75</v>
       </c>
       <c r="BO89">
         <v>0</v>
       </c>
       <c r="BP89"/>
       <c r="BQ89"/>
       <c r="BR89">
         <v>40.24</v>
       </c>
       <c r="BS89"/>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
@@ -19803,51 +19803,51 @@
         <v>7932766262</v>
       </c>
       <c r="AZ90" t="s">
         <v>73</v>
       </c>
       <c r="BA90"/>
       <c r="BB90" t="s">
         <v>699</v>
       </c>
       <c r="BC90" t="s">
         <v>75</v>
       </c>
       <c r="BD90" t="s">
         <v>75</v>
       </c>
       <c r="BE90" t="s">
         <v>75</v>
       </c>
       <c r="BF90" t="s">
         <v>75</v>
       </c>
       <c r="BG90" t="s">
         <v>75</v>
       </c>
       <c r="BH90">
-        <v>1808</v>
+        <v>1868</v>
       </c>
       <c r="BI90" t="s">
         <v>86</v>
       </c>
       <c r="BJ90"/>
       <c r="BK90"/>
       <c r="BL90"/>
       <c r="BM90" t="s">
         <v>75</v>
       </c>
       <c r="BN90" t="s">
         <v>75</v>
       </c>
       <c r="BO90">
         <v>0</v>
       </c>
       <c r="BP90"/>
       <c r="BQ90"/>
       <c r="BR90">
         <v>45.93</v>
       </c>
       <c r="BS90"/>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
@@ -19982,51 +19982,51 @@
         <v>5232006684</v>
       </c>
       <c r="AZ91" t="s">
         <v>73</v>
       </c>
       <c r="BA91"/>
       <c r="BB91" t="s">
         <v>705</v>
       </c>
       <c r="BC91" t="s">
         <v>75</v>
       </c>
       <c r="BD91" t="s">
         <v>75</v>
       </c>
       <c r="BE91" t="s">
         <v>75</v>
       </c>
       <c r="BF91" t="s">
         <v>75</v>
       </c>
       <c r="BG91" t="s">
         <v>75</v>
       </c>
       <c r="BH91">
-        <v>1812</v>
+        <v>1872</v>
       </c>
       <c r="BI91" t="s">
         <v>86</v>
       </c>
       <c r="BJ91"/>
       <c r="BK91"/>
       <c r="BL91"/>
       <c r="BM91" t="s">
         <v>75</v>
       </c>
       <c r="BN91" t="s">
         <v>75</v>
       </c>
       <c r="BO91">
         <v>0</v>
       </c>
       <c r="BP91"/>
       <c r="BQ91"/>
       <c r="BR91">
         <v>0</v>
       </c>
       <c r="BS91"/>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
@@ -20161,51 +20161,51 @@
         <v>5231998656</v>
       </c>
       <c r="AZ92" t="s">
         <v>73</v>
       </c>
       <c r="BA92"/>
       <c r="BB92" t="s">
         <v>709</v>
       </c>
       <c r="BC92" t="s">
         <v>75</v>
       </c>
       <c r="BD92" t="s">
         <v>75</v>
       </c>
       <c r="BE92" t="s">
         <v>75</v>
       </c>
       <c r="BF92" t="s">
         <v>75</v>
       </c>
       <c r="BG92" t="s">
         <v>75</v>
       </c>
       <c r="BH92">
-        <v>1813</v>
+        <v>1873</v>
       </c>
       <c r="BI92" t="s">
         <v>86</v>
       </c>
       <c r="BJ92"/>
       <c r="BK92"/>
       <c r="BL92"/>
       <c r="BM92" t="s">
         <v>75</v>
       </c>
       <c r="BN92" t="s">
         <v>75</v>
       </c>
       <c r="BO92">
         <v>0</v>
       </c>
       <c r="BP92"/>
       <c r="BQ92"/>
       <c r="BR92">
         <v>0</v>
       </c>
       <c r="BS92"/>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
@@ -20340,51 +20340,51 @@
         <v>5231912906</v>
       </c>
       <c r="AZ93" t="s">
         <v>73</v>
       </c>
       <c r="BA93"/>
       <c r="BB93" t="s">
         <v>714</v>
       </c>
       <c r="BC93" t="s">
         <v>75</v>
       </c>
       <c r="BD93" t="s">
         <v>75</v>
       </c>
       <c r="BE93" t="s">
         <v>75</v>
       </c>
       <c r="BF93" t="s">
         <v>75</v>
       </c>
       <c r="BG93" t="s">
         <v>75</v>
       </c>
       <c r="BH93">
-        <v>1813</v>
+        <v>1873</v>
       </c>
       <c r="BI93" t="s">
         <v>86</v>
       </c>
       <c r="BJ93"/>
       <c r="BK93"/>
       <c r="BL93"/>
       <c r="BM93" t="s">
         <v>75</v>
       </c>
       <c r="BN93" t="s">
         <v>75</v>
       </c>
       <c r="BO93">
         <v>0</v>
       </c>
       <c r="BP93"/>
       <c r="BQ93"/>
       <c r="BR93">
         <v>0</v>
       </c>
       <c r="BS93"/>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
@@ -20519,51 +20519,51 @@
         <v>9077319952</v>
       </c>
       <c r="AZ94" t="s">
         <v>73</v>
       </c>
       <c r="BA94"/>
       <c r="BB94" t="s">
         <v>719</v>
       </c>
       <c r="BC94" t="s">
         <v>75</v>
       </c>
       <c r="BD94" t="s">
         <v>75</v>
       </c>
       <c r="BE94" t="s">
         <v>75</v>
       </c>
       <c r="BF94" t="s">
         <v>75</v>
       </c>
       <c r="BG94" t="s">
         <v>75</v>
       </c>
       <c r="BH94">
-        <v>1814</v>
+        <v>1874</v>
       </c>
       <c r="BI94" t="s">
         <v>86</v>
       </c>
       <c r="BJ94"/>
       <c r="BK94"/>
       <c r="BL94"/>
       <c r="BM94" t="s">
         <v>75</v>
       </c>
       <c r="BN94" t="s">
         <v>75</v>
       </c>
       <c r="BO94">
         <v>0</v>
       </c>
       <c r="BP94"/>
       <c r="BQ94"/>
       <c r="BR94">
         <v>0</v>
       </c>
       <c r="BS94"/>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
@@ -20702,51 +20702,51 @@
         <v>9077308365</v>
       </c>
       <c r="AZ95" t="s">
         <v>73</v>
       </c>
       <c r="BA95"/>
       <c r="BB95" t="s">
         <v>725</v>
       </c>
       <c r="BC95" t="s">
         <v>728</v>
       </c>
       <c r="BD95" t="s">
         <v>75</v>
       </c>
       <c r="BE95" t="s">
         <v>75</v>
       </c>
       <c r="BF95" t="s">
         <v>75</v>
       </c>
       <c r="BG95" t="s">
         <v>75</v>
       </c>
       <c r="BH95">
-        <v>1814</v>
+        <v>1874</v>
       </c>
       <c r="BI95" t="s">
         <v>86</v>
       </c>
       <c r="BJ95"/>
       <c r="BK95" t="s">
         <v>88</v>
       </c>
       <c r="BL95" t="s">
         <v>581</v>
       </c>
       <c r="BM95" t="s">
         <v>732</v>
       </c>
       <c r="BN95" t="s">
         <v>75</v>
       </c>
       <c r="BO95">
         <v>418</v>
       </c>
       <c r="BP95"/>
       <c r="BQ95"/>
       <c r="BR95">
         <v>0</v>
       </c>
@@ -20887,51 +20887,51 @@
         <v>9077146315</v>
       </c>
       <c r="AZ96" t="s">
         <v>73</v>
       </c>
       <c r="BA96"/>
       <c r="BB96" t="s">
         <v>733</v>
       </c>
       <c r="BC96" t="s">
         <v>75</v>
       </c>
       <c r="BD96" t="s">
         <v>75</v>
       </c>
       <c r="BE96" t="s">
         <v>75</v>
       </c>
       <c r="BF96" t="s">
         <v>75</v>
       </c>
       <c r="BG96" t="s">
         <v>75</v>
       </c>
       <c r="BH96">
-        <v>1817</v>
+        <v>1877</v>
       </c>
       <c r="BI96" t="s">
         <v>86</v>
       </c>
       <c r="BJ96"/>
       <c r="BK96"/>
       <c r="BL96"/>
       <c r="BM96" t="s">
         <v>75</v>
       </c>
       <c r="BN96" t="s">
         <v>75</v>
       </c>
       <c r="BO96">
         <v>0</v>
       </c>
       <c r="BP96"/>
       <c r="BQ96"/>
       <c r="BR96">
         <v>0</v>
       </c>
       <c r="BS96"/>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
@@ -21066,51 +21066,51 @@
         <v>6006071131</v>
       </c>
       <c r="AZ97" t="s">
         <v>73</v>
       </c>
       <c r="BA97"/>
       <c r="BB97" t="s">
         <v>738</v>
       </c>
       <c r="BC97" t="s">
         <v>75</v>
       </c>
       <c r="BD97" t="s">
         <v>75</v>
       </c>
       <c r="BE97" t="s">
         <v>75</v>
       </c>
       <c r="BF97" t="s">
         <v>75</v>
       </c>
       <c r="BG97" t="s">
         <v>75</v>
       </c>
       <c r="BH97">
-        <v>1823</v>
+        <v>1883</v>
       </c>
       <c r="BI97" t="s">
         <v>86</v>
       </c>
       <c r="BJ97"/>
       <c r="BK97"/>
       <c r="BL97"/>
       <c r="BM97" t="s">
         <v>75</v>
       </c>
       <c r="BN97" t="s">
         <v>75</v>
       </c>
       <c r="BO97">
         <v>0</v>
       </c>
       <c r="BP97"/>
       <c r="BQ97"/>
       <c r="BR97">
         <v>0</v>
       </c>
       <c r="BS97"/>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
@@ -21245,51 +21245,51 @@
         <v>6828161675</v>
       </c>
       <c r="AZ98" t="s">
         <v>73</v>
       </c>
       <c r="BA98"/>
       <c r="BB98" t="s">
         <v>743</v>
       </c>
       <c r="BC98" t="s">
         <v>75</v>
       </c>
       <c r="BD98" t="s">
         <v>75</v>
       </c>
       <c r="BE98" t="s">
         <v>75</v>
       </c>
       <c r="BF98" t="s">
         <v>75</v>
       </c>
       <c r="BG98" t="s">
         <v>75</v>
       </c>
       <c r="BH98">
-        <v>1828</v>
+        <v>1888</v>
       </c>
       <c r="BI98" t="s">
         <v>86</v>
       </c>
       <c r="BJ98"/>
       <c r="BK98"/>
       <c r="BL98"/>
       <c r="BM98" t="s">
         <v>75</v>
       </c>
       <c r="BN98" t="s">
         <v>75</v>
       </c>
       <c r="BO98">
         <v>0</v>
       </c>
       <c r="BP98"/>
       <c r="BQ98"/>
       <c r="BR98">
         <v>0</v>
       </c>
       <c r="BS98"/>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
@@ -21424,51 +21424,51 @@
         <v>5433282072</v>
       </c>
       <c r="AZ99" t="s">
         <v>73</v>
       </c>
       <c r="BA99"/>
       <c r="BB99" t="s">
         <v>748</v>
       </c>
       <c r="BC99" t="s">
         <v>75</v>
       </c>
       <c r="BD99" t="s">
         <v>75</v>
       </c>
       <c r="BE99" t="s">
         <v>75</v>
       </c>
       <c r="BF99" t="s">
         <v>75</v>
       </c>
       <c r="BG99" t="s">
         <v>75</v>
       </c>
       <c r="BH99">
-        <v>1829</v>
+        <v>1889</v>
       </c>
       <c r="BI99" t="s">
         <v>86</v>
       </c>
       <c r="BJ99"/>
       <c r="BK99"/>
       <c r="BL99"/>
       <c r="BM99" t="s">
         <v>75</v>
       </c>
       <c r="BN99" t="s">
         <v>75</v>
       </c>
       <c r="BO99">
         <v>0</v>
       </c>
       <c r="BP99"/>
       <c r="BQ99"/>
       <c r="BR99">
         <v>0</v>
       </c>
       <c r="BS99"/>
     </row>
     <row r="100" spans="1:71">
       <c r="A100" t="s">
@@ -21603,51 +21603,51 @@
         <v>5433092055</v>
       </c>
       <c r="AZ100" t="s">
         <v>73</v>
       </c>
       <c r="BA100"/>
       <c r="BB100" t="s">
         <v>753</v>
       </c>
       <c r="BC100" t="s">
         <v>75</v>
       </c>
       <c r="BD100" t="s">
         <v>75</v>
       </c>
       <c r="BE100" t="s">
         <v>75</v>
       </c>
       <c r="BF100" t="s">
         <v>75</v>
       </c>
       <c r="BG100" t="s">
         <v>75</v>
       </c>
       <c r="BH100">
-        <v>1830</v>
+        <v>1890</v>
       </c>
       <c r="BI100" t="s">
         <v>86</v>
       </c>
       <c r="BJ100"/>
       <c r="BK100"/>
       <c r="BL100"/>
       <c r="BM100" t="s">
         <v>75</v>
       </c>
       <c r="BN100" t="s">
         <v>75</v>
       </c>
       <c r="BO100">
         <v>0</v>
       </c>
       <c r="BP100"/>
       <c r="BQ100"/>
       <c r="BR100">
         <v>0</v>
       </c>
       <c r="BS100"/>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
@@ -21788,51 +21788,51 @@
         <v>6622101194</v>
       </c>
       <c r="AZ101" t="s">
         <v>73</v>
       </c>
       <c r="BA101"/>
       <c r="BB101" t="s">
         <v>758</v>
       </c>
       <c r="BC101" t="s">
         <v>761</v>
       </c>
       <c r="BD101" t="s">
         <v>75</v>
       </c>
       <c r="BE101" t="s">
         <v>75</v>
       </c>
       <c r="BF101" t="s">
         <v>75</v>
       </c>
       <c r="BG101" t="s">
         <v>75</v>
       </c>
       <c r="BH101">
-        <v>1830</v>
+        <v>1890</v>
       </c>
       <c r="BI101" t="s">
         <v>86</v>
       </c>
       <c r="BJ101"/>
       <c r="BK101"/>
       <c r="BL101"/>
       <c r="BM101" t="s">
         <v>75</v>
       </c>
       <c r="BN101" t="s">
         <v>75</v>
       </c>
       <c r="BO101">
         <v>0</v>
       </c>
       <c r="BP101"/>
       <c r="BQ101"/>
       <c r="BR101">
         <v>0</v>
       </c>
       <c r="BS101"/>
     </row>
     <row r="102" spans="1:71">
       <c r="A102" t="s">
@@ -21971,51 +21971,51 @@
         <v>6622017124</v>
       </c>
       <c r="AZ102" t="s">
         <v>73</v>
       </c>
       <c r="BA102"/>
       <c r="BB102" t="s">
         <v>766</v>
       </c>
       <c r="BC102" t="s">
         <v>769</v>
       </c>
       <c r="BD102" t="s">
         <v>75</v>
       </c>
       <c r="BE102" t="s">
         <v>75</v>
       </c>
       <c r="BF102" t="s">
         <v>75</v>
       </c>
       <c r="BG102" t="s">
         <v>75</v>
       </c>
       <c r="BH102">
-        <v>1831</v>
+        <v>1891</v>
       </c>
       <c r="BI102" t="s">
         <v>86</v>
       </c>
       <c r="BJ102"/>
       <c r="BK102" t="s">
         <v>149</v>
       </c>
       <c r="BL102" t="s">
         <v>581</v>
       </c>
       <c r="BM102" t="s">
         <v>773</v>
       </c>
       <c r="BN102" t="s">
         <v>75</v>
       </c>
       <c r="BO102">
         <v>406</v>
       </c>
       <c r="BP102"/>
       <c r="BQ102"/>
       <c r="BR102">
         <v>0</v>
       </c>
@@ -22156,51 +22156,51 @@
         <v>6621802574</v>
       </c>
       <c r="AZ103" t="s">
         <v>73</v>
       </c>
       <c r="BA103"/>
       <c r="BB103" t="s">
         <v>774</v>
       </c>
       <c r="BC103" t="s">
         <v>75</v>
       </c>
       <c r="BD103" t="s">
         <v>75</v>
       </c>
       <c r="BE103" t="s">
         <v>75</v>
       </c>
       <c r="BF103" t="s">
         <v>75</v>
       </c>
       <c r="BG103" t="s">
         <v>75</v>
       </c>
       <c r="BH103">
-        <v>1832</v>
+        <v>1892</v>
       </c>
       <c r="BI103" t="s">
         <v>86</v>
       </c>
       <c r="BJ103"/>
       <c r="BK103"/>
       <c r="BL103"/>
       <c r="BM103" t="s">
         <v>75</v>
       </c>
       <c r="BN103" t="s">
         <v>75</v>
       </c>
       <c r="BO103">
         <v>0</v>
       </c>
       <c r="BP103"/>
       <c r="BQ103"/>
       <c r="BR103">
         <v>0</v>
       </c>
       <c r="BS103"/>
     </row>
     <row r="104" spans="1:71">
       <c r="A104" t="s">
@@ -22335,51 +22335,51 @@
         <v>2601421675</v>
       </c>
       <c r="AZ104" t="s">
         <v>73</v>
       </c>
       <c r="BA104"/>
       <c r="BB104" t="s">
         <v>779</v>
       </c>
       <c r="BC104" t="s">
         <v>75</v>
       </c>
       <c r="BD104" t="s">
         <v>75</v>
       </c>
       <c r="BE104" t="s">
         <v>75</v>
       </c>
       <c r="BF104" t="s">
         <v>75</v>
       </c>
       <c r="BG104" t="s">
         <v>75</v>
       </c>
       <c r="BH104">
-        <v>1834</v>
+        <v>1894</v>
       </c>
       <c r="BI104" t="s">
         <v>86</v>
       </c>
       <c r="BJ104"/>
       <c r="BK104"/>
       <c r="BL104"/>
       <c r="BM104" t="s">
         <v>75</v>
       </c>
       <c r="BN104" t="s">
         <v>75</v>
       </c>
       <c r="BO104">
         <v>0</v>
       </c>
       <c r="BP104"/>
       <c r="BQ104"/>
       <c r="BR104">
         <v>0</v>
       </c>
       <c r="BS104"/>
     </row>
     <row r="105" spans="1:71">
       <c r="A105" t="s">
@@ -22514,51 +22514,51 @@
         <v>2601348912</v>
       </c>
       <c r="AZ105" t="s">
         <v>73</v>
       </c>
       <c r="BA105"/>
       <c r="BB105" t="s">
         <v>783</v>
       </c>
       <c r="BC105" t="s">
         <v>75</v>
       </c>
       <c r="BD105" t="s">
         <v>788</v>
       </c>
       <c r="BE105" t="s">
         <v>75</v>
       </c>
       <c r="BF105" t="s">
         <v>75</v>
       </c>
       <c r="BG105" t="s">
         <v>75</v>
       </c>
       <c r="BH105">
-        <v>1835</v>
+        <v>1895</v>
       </c>
       <c r="BI105" t="s">
         <v>86</v>
       </c>
       <c r="BJ105"/>
       <c r="BK105"/>
       <c r="BL105"/>
       <c r="BM105" t="s">
         <v>75</v>
       </c>
       <c r="BN105" t="s">
         <v>75</v>
       </c>
       <c r="BO105">
         <v>0</v>
       </c>
       <c r="BP105"/>
       <c r="BQ105"/>
       <c r="BR105">
         <v>0</v>
       </c>
       <c r="BS105"/>
     </row>
     <row r="106" spans="1:71">
       <c r="A106" t="s">
@@ -22693,51 +22693,51 @@
         <v>2601492331</v>
       </c>
       <c r="AZ106" t="s">
         <v>73</v>
       </c>
       <c r="BA106"/>
       <c r="BB106" t="s">
         <v>789</v>
       </c>
       <c r="BC106" t="s">
         <v>75</v>
       </c>
       <c r="BD106" t="s">
         <v>75</v>
       </c>
       <c r="BE106" t="s">
         <v>75</v>
       </c>
       <c r="BF106" t="s">
         <v>75</v>
       </c>
       <c r="BG106" t="s">
         <v>75</v>
       </c>
       <c r="BH106">
-        <v>1836</v>
+        <v>1896</v>
       </c>
       <c r="BI106" t="s">
         <v>86</v>
       </c>
       <c r="BJ106"/>
       <c r="BK106"/>
       <c r="BL106"/>
       <c r="BM106" t="s">
         <v>75</v>
       </c>
       <c r="BN106" t="s">
         <v>75</v>
       </c>
       <c r="BO106">
         <v>0</v>
       </c>
       <c r="BP106"/>
       <c r="BQ106"/>
       <c r="BR106">
         <v>0</v>
       </c>
       <c r="BS106"/>
     </row>
     <row r="107" spans="1:71">
       <c r="A107" t="s">
@@ -22872,51 +22872,51 @@
         <v>2385416972</v>
       </c>
       <c r="AZ107" t="s">
         <v>73</v>
       </c>
       <c r="BA107"/>
       <c r="BB107" t="s">
         <v>795</v>
       </c>
       <c r="BC107" t="s">
         <v>75</v>
       </c>
       <c r="BD107" t="s">
         <v>75</v>
       </c>
       <c r="BE107" t="s">
         <v>75</v>
       </c>
       <c r="BF107" t="s">
         <v>75</v>
       </c>
       <c r="BG107" t="s">
         <v>75</v>
       </c>
       <c r="BH107">
-        <v>1839</v>
+        <v>1899</v>
       </c>
       <c r="BI107" t="s">
         <v>86</v>
       </c>
       <c r="BJ107"/>
       <c r="BK107"/>
       <c r="BL107"/>
       <c r="BM107" t="s">
         <v>75</v>
       </c>
       <c r="BN107" t="s">
         <v>75</v>
       </c>
       <c r="BO107">
         <v>0</v>
       </c>
       <c r="BP107"/>
       <c r="BQ107"/>
       <c r="BR107">
         <v>0</v>
       </c>
       <c r="BS107"/>
     </row>
     <row r="108" spans="1:71">
       <c r="A108" t="s">
@@ -23051,51 +23051,51 @@
         <v>6476113884</v>
       </c>
       <c r="AZ108" t="s">
         <v>73</v>
       </c>
       <c r="BA108"/>
       <c r="BB108" t="s">
         <v>801</v>
       </c>
       <c r="BC108" t="s">
         <v>75</v>
       </c>
       <c r="BD108" t="s">
         <v>75</v>
       </c>
       <c r="BE108" t="s">
         <v>75</v>
       </c>
       <c r="BF108" t="s">
         <v>75</v>
       </c>
       <c r="BG108" t="s">
         <v>75</v>
       </c>
       <c r="BH108">
-        <v>1844</v>
+        <v>1904</v>
       </c>
       <c r="BI108" t="s">
         <v>86</v>
       </c>
       <c r="BJ108"/>
       <c r="BK108"/>
       <c r="BL108"/>
       <c r="BM108" t="s">
         <v>75</v>
       </c>
       <c r="BN108" t="s">
         <v>75</v>
       </c>
       <c r="BO108">
         <v>0</v>
       </c>
       <c r="BP108"/>
       <c r="BQ108"/>
       <c r="BR108">
         <v>0</v>
       </c>
       <c r="BS108"/>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
@@ -23230,51 +23230,51 @@
         <v>8622803151</v>
       </c>
       <c r="AZ109" t="s">
         <v>73</v>
       </c>
       <c r="BA109"/>
       <c r="BB109" t="s">
         <v>806</v>
       </c>
       <c r="BC109" t="s">
         <v>75</v>
       </c>
       <c r="BD109" t="s">
         <v>75</v>
       </c>
       <c r="BE109" t="s">
         <v>75</v>
       </c>
       <c r="BF109" t="s">
         <v>75</v>
       </c>
       <c r="BG109" t="s">
         <v>75</v>
       </c>
       <c r="BH109">
-        <v>1848</v>
+        <v>1908</v>
       </c>
       <c r="BI109" t="s">
         <v>86</v>
       </c>
       <c r="BJ109"/>
       <c r="BK109"/>
       <c r="BL109"/>
       <c r="BM109" t="s">
         <v>75</v>
       </c>
       <c r="BN109" t="s">
         <v>75</v>
       </c>
       <c r="BO109">
         <v>0</v>
       </c>
       <c r="BP109"/>
       <c r="BQ109"/>
       <c r="BR109">
         <v>0</v>
       </c>
       <c r="BS109"/>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
@@ -23409,51 +23409,51 @@
         <v>5526844352</v>
       </c>
       <c r="AZ110" t="s">
         <v>73</v>
       </c>
       <c r="BA110"/>
       <c r="BB110" t="s">
         <v>812</v>
       </c>
       <c r="BC110" t="s">
         <v>75</v>
       </c>
       <c r="BD110" t="s">
         <v>75</v>
       </c>
       <c r="BE110" t="s">
         <v>75</v>
       </c>
       <c r="BF110" t="s">
         <v>75</v>
       </c>
       <c r="BG110" t="s">
         <v>75</v>
       </c>
       <c r="BH110">
-        <v>1849</v>
+        <v>1909</v>
       </c>
       <c r="BI110" t="s">
         <v>86</v>
       </c>
       <c r="BJ110"/>
       <c r="BK110"/>
       <c r="BL110"/>
       <c r="BM110" t="s">
         <v>75</v>
       </c>
       <c r="BN110" t="s">
         <v>75</v>
       </c>
       <c r="BO110">
         <v>0</v>
       </c>
       <c r="BP110"/>
       <c r="BQ110"/>
       <c r="BR110">
         <v>0</v>
       </c>
       <c r="BS110"/>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
@@ -23588,51 +23588,51 @@
         <v>5132586745</v>
       </c>
       <c r="AZ111" t="s">
         <v>73</v>
       </c>
       <c r="BA111"/>
       <c r="BB111" t="s">
         <v>818</v>
       </c>
       <c r="BC111" t="s">
         <v>75</v>
       </c>
       <c r="BD111" t="s">
         <v>75</v>
       </c>
       <c r="BE111" t="s">
         <v>75</v>
       </c>
       <c r="BF111" t="s">
         <v>75</v>
       </c>
       <c r="BG111" t="s">
         <v>75</v>
       </c>
       <c r="BH111">
-        <v>1851</v>
+        <v>1911</v>
       </c>
       <c r="BI111" t="s">
         <v>86</v>
       </c>
       <c r="BJ111"/>
       <c r="BK111"/>
       <c r="BL111"/>
       <c r="BM111" t="s">
         <v>75</v>
       </c>
       <c r="BN111" t="s">
         <v>75</v>
       </c>
       <c r="BO111">
         <v>0</v>
       </c>
       <c r="BP111"/>
       <c r="BQ111"/>
       <c r="BR111">
         <v>0</v>
       </c>
       <c r="BS111"/>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
@@ -23767,51 +23767,51 @@
         <v>5132431231</v>
       </c>
       <c r="AZ112" t="s">
         <v>73</v>
       </c>
       <c r="BA112"/>
       <c r="BB112" t="s">
         <v>823</v>
       </c>
       <c r="BC112" t="s">
         <v>75</v>
       </c>
       <c r="BD112" t="s">
         <v>75</v>
       </c>
       <c r="BE112" t="s">
         <v>75</v>
       </c>
       <c r="BF112" t="s">
         <v>75</v>
       </c>
       <c r="BG112" t="s">
         <v>75</v>
       </c>
       <c r="BH112">
-        <v>1852</v>
+        <v>1912</v>
       </c>
       <c r="BI112" t="s">
         <v>86</v>
       </c>
       <c r="BJ112"/>
       <c r="BK112"/>
       <c r="BL112"/>
       <c r="BM112" t="s">
         <v>75</v>
       </c>
       <c r="BN112" t="s">
         <v>75</v>
       </c>
       <c r="BO112">
         <v>0</v>
       </c>
       <c r="BP112"/>
       <c r="BQ112"/>
       <c r="BR112">
         <v>0</v>
       </c>
       <c r="BS112"/>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
@@ -23946,51 +23946,51 @@
         <v>5132431054</v>
       </c>
       <c r="AZ113" t="s">
         <v>73</v>
       </c>
       <c r="BA113"/>
       <c r="BB113" t="s">
         <v>828</v>
       </c>
       <c r="BC113" t="s">
         <v>75</v>
       </c>
       <c r="BD113" t="s">
         <v>75</v>
       </c>
       <c r="BE113" t="s">
         <v>75</v>
       </c>
       <c r="BF113" t="s">
         <v>75</v>
       </c>
       <c r="BG113" t="s">
         <v>75</v>
       </c>
       <c r="BH113">
-        <v>1852</v>
+        <v>1912</v>
       </c>
       <c r="BI113" t="s">
         <v>86</v>
       </c>
       <c r="BJ113"/>
       <c r="BK113"/>
       <c r="BL113"/>
       <c r="BM113" t="s">
         <v>75</v>
       </c>
       <c r="BN113" t="s">
         <v>75</v>
       </c>
       <c r="BO113">
         <v>0</v>
       </c>
       <c r="BP113"/>
       <c r="BQ113"/>
       <c r="BR113">
         <v>0</v>
       </c>
       <c r="BS113"/>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
@@ -24125,51 +24125,51 @@
         <v>5132430170</v>
       </c>
       <c r="AZ114" t="s">
         <v>73</v>
       </c>
       <c r="BA114"/>
       <c r="BB114" t="s">
         <v>829</v>
       </c>
       <c r="BC114" t="s">
         <v>75</v>
       </c>
       <c r="BD114" t="s">
         <v>75</v>
       </c>
       <c r="BE114" t="s">
         <v>75</v>
       </c>
       <c r="BF114" t="s">
         <v>75</v>
       </c>
       <c r="BG114" t="s">
         <v>75</v>
       </c>
       <c r="BH114">
-        <v>1852</v>
+        <v>1912</v>
       </c>
       <c r="BI114" t="s">
         <v>86</v>
       </c>
       <c r="BJ114"/>
       <c r="BK114"/>
       <c r="BL114"/>
       <c r="BM114" t="s">
         <v>75</v>
       </c>
       <c r="BN114" t="s">
         <v>75</v>
       </c>
       <c r="BO114">
         <v>0</v>
       </c>
       <c r="BP114"/>
       <c r="BQ114"/>
       <c r="BR114">
         <v>0</v>
       </c>
       <c r="BS114"/>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
@@ -24308,51 +24308,51 @@
         <v>7128428285</v>
       </c>
       <c r="AZ115" t="s">
         <v>73</v>
       </c>
       <c r="BA115"/>
       <c r="BB115" t="s">
         <v>834</v>
       </c>
       <c r="BC115" t="s">
         <v>837</v>
       </c>
       <c r="BD115" t="s">
         <v>843</v>
       </c>
       <c r="BE115" t="s">
         <v>75</v>
       </c>
       <c r="BF115" t="s">
         <v>75</v>
       </c>
       <c r="BG115" t="s">
         <v>75</v>
       </c>
       <c r="BH115">
-        <v>1855</v>
+        <v>1915</v>
       </c>
       <c r="BI115" t="s">
         <v>86</v>
       </c>
       <c r="BJ115"/>
       <c r="BK115"/>
       <c r="BL115"/>
       <c r="BM115" t="s">
         <v>75</v>
       </c>
       <c r="BN115" t="s">
         <v>75</v>
       </c>
       <c r="BO115">
         <v>0</v>
       </c>
       <c r="BP115"/>
       <c r="BQ115"/>
       <c r="BR115">
         <v>0</v>
       </c>
       <c r="BS115"/>
     </row>
     <row r="116" spans="1:71">
       <c r="A116" t="s">
@@ -24491,51 +24491,51 @@
         <v>7128428285</v>
       </c>
       <c r="AZ116" t="s">
         <v>73</v>
       </c>
       <c r="BA116"/>
       <c r="BB116" t="s">
         <v>834</v>
       </c>
       <c r="BC116" t="s">
         <v>837</v>
       </c>
       <c r="BD116" t="s">
         <v>75</v>
       </c>
       <c r="BE116" t="s">
         <v>75</v>
       </c>
       <c r="BF116" t="s">
         <v>75</v>
       </c>
       <c r="BG116" t="s">
         <v>75</v>
       </c>
       <c r="BH116">
-        <v>1855</v>
+        <v>1915</v>
       </c>
       <c r="BI116" t="s">
         <v>86</v>
       </c>
       <c r="BJ116"/>
       <c r="BK116"/>
       <c r="BL116"/>
       <c r="BM116" t="s">
         <v>75</v>
       </c>
       <c r="BN116" t="s">
         <v>75</v>
       </c>
       <c r="BO116">
         <v>0</v>
       </c>
       <c r="BP116"/>
       <c r="BQ116"/>
       <c r="BR116">
         <v>0</v>
       </c>
       <c r="BS116"/>
     </row>
     <row r="117" spans="1:71">
       <c r="A117" t="s">
@@ -24670,51 +24670,51 @@
         <v>2729108874</v>
       </c>
       <c r="AZ117" t="s">
         <v>73</v>
       </c>
       <c r="BA117"/>
       <c r="BB117" t="s">
         <v>845</v>
       </c>
       <c r="BC117" t="s">
         <v>75</v>
       </c>
       <c r="BD117" t="s">
         <v>75</v>
       </c>
       <c r="BE117" t="s">
         <v>75</v>
       </c>
       <c r="BF117" t="s">
         <v>75</v>
       </c>
       <c r="BG117" t="s">
         <v>75</v>
       </c>
       <c r="BH117">
-        <v>1857</v>
+        <v>1917</v>
       </c>
       <c r="BI117" t="s">
         <v>86</v>
       </c>
       <c r="BJ117"/>
       <c r="BK117"/>
       <c r="BL117"/>
       <c r="BM117" t="s">
         <v>75</v>
       </c>
       <c r="BN117" t="s">
         <v>75</v>
       </c>
       <c r="BO117">
         <v>0</v>
       </c>
       <c r="BP117"/>
       <c r="BQ117"/>
       <c r="BR117">
         <v>0</v>
       </c>
       <c r="BS117"/>
     </row>
     <row r="118" spans="1:71">
       <c r="A118" t="s">
@@ -24853,51 +24853,51 @@
         <v>5890522621</v>
       </c>
       <c r="AZ118" t="s">
         <v>73</v>
       </c>
       <c r="BA118"/>
       <c r="BB118" t="s">
         <v>851</v>
       </c>
       <c r="BC118" t="s">
         <v>854</v>
       </c>
       <c r="BD118" t="s">
         <v>75</v>
       </c>
       <c r="BE118" t="s">
         <v>75</v>
       </c>
       <c r="BF118" t="s">
         <v>75</v>
       </c>
       <c r="BG118" t="s">
         <v>75</v>
       </c>
       <c r="BH118">
-        <v>1862</v>
+        <v>1922</v>
       </c>
       <c r="BI118" t="s">
         <v>86</v>
       </c>
       <c r="BJ118"/>
       <c r="BK118"/>
       <c r="BL118"/>
       <c r="BM118" t="s">
         <v>75</v>
       </c>
       <c r="BN118" t="s">
         <v>75</v>
       </c>
       <c r="BO118">
         <v>0</v>
       </c>
       <c r="BP118"/>
       <c r="BQ118"/>
       <c r="BR118">
         <v>0</v>
       </c>
       <c r="BS118"/>
     </row>
     <row r="119" spans="1:71">
       <c r="A119" t="s">
@@ -25036,51 +25036,51 @@
         <v>7811011762</v>
       </c>
       <c r="AZ119" t="s">
         <v>73</v>
       </c>
       <c r="BA119"/>
       <c r="BB119" t="s">
         <v>859</v>
       </c>
       <c r="BC119" t="s">
         <v>862</v>
       </c>
       <c r="BD119" t="s">
         <v>75</v>
       </c>
       <c r="BE119" t="s">
         <v>75</v>
       </c>
       <c r="BF119" t="s">
         <v>75</v>
       </c>
       <c r="BG119" t="s">
         <v>75</v>
       </c>
       <c r="BH119">
-        <v>1863</v>
+        <v>1923</v>
       </c>
       <c r="BI119" t="s">
         <v>86</v>
       </c>
       <c r="BJ119"/>
       <c r="BK119"/>
       <c r="BL119"/>
       <c r="BM119" t="s">
         <v>75</v>
       </c>
       <c r="BN119" t="s">
         <v>75</v>
       </c>
       <c r="BO119">
         <v>0</v>
       </c>
       <c r="BP119"/>
       <c r="BQ119"/>
       <c r="BR119">
         <v>0</v>
       </c>
       <c r="BS119"/>
     </row>
     <row r="120" spans="1:71">
       <c r="A120" t="s">
@@ -25219,51 +25219,51 @@
         <v>7811000422</v>
       </c>
       <c r="AZ120" t="s">
         <v>73</v>
       </c>
       <c r="BA120"/>
       <c r="BB120" t="s">
         <v>866</v>
       </c>
       <c r="BC120" t="s">
         <v>862</v>
       </c>
       <c r="BD120" t="s">
         <v>75</v>
       </c>
       <c r="BE120" t="s">
         <v>75</v>
       </c>
       <c r="BF120" t="s">
         <v>75</v>
       </c>
       <c r="BG120" t="s">
         <v>75</v>
       </c>
       <c r="BH120">
-        <v>1864</v>
+        <v>1924</v>
       </c>
       <c r="BI120" t="s">
         <v>86</v>
       </c>
       <c r="BJ120"/>
       <c r="BK120"/>
       <c r="BL120"/>
       <c r="BM120" t="s">
         <v>75</v>
       </c>
       <c r="BN120" t="s">
         <v>75</v>
       </c>
       <c r="BO120">
         <v>0</v>
       </c>
       <c r="BP120"/>
       <c r="BQ120"/>
       <c r="BR120">
         <v>0</v>
       </c>
       <c r="BS120"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>