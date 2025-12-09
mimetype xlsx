--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="614">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -1103,57 +1103,63 @@
   <si>
     <t>anillo vial juan junipero sierra 46000-1 Biosfera towers B 903</t>
   </si>
   <si>
     <t>Querétaro</t>
   </si>
   <si>
     <t>/0380807343</t>
   </si>
   <si>
     <t>Tracking ID: 1Z2Y842V0318434998</t>
   </si>
   <si>
     <t>2021-02-08</t>
   </si>
   <si>
     <t>2021-02-09 10:27:59</t>
   </si>
   <si>
     <t>2021-02-09 11:32:18</t>
   </si>
   <si>
     <t>2021-02-04 16:50:02</t>
   </si>
   <si>
-    <t xml:space="preserve"> .</t>
+    <t>Mariana Flores López .</t>
   </si>
   <si>
     <t>/112-2871400-2614617</t>
   </si>
   <si>
     <t>2021-02-05 00:00:00</t>
+  </si>
+  <si>
+    <t>CARR A RIO VERDE 2260</t>
+  </si>
+  <si>
+    <t>Soledad De Graciano Sánchez</t>
   </si>
   <si>
     <t>/1680525794</t>
   </si>
   <si>
     <t>Tracking ID: TBA154880958401</t>
   </si>
   <si>
     <t>2021-02-09 09:34:18</t>
   </si>
   <si>
     <t>2021-02-09 11:19:02</t>
   </si>
   <si>
     <t>2021-02-03 18:00:07</t>
   </si>
   <si>
     <t>Maria Araceli Martinez Morelos .</t>
   </si>
   <si>
     <t>/113-4472531-2572265</t>
   </si>
   <si>
     <t>2021-02-03 00:00:00</t>
   </si>
@@ -2576,51 +2582,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>84</v>
       </c>
       <c r="BE2" t="s">
         <v>85</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>39.33</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -2759,51 +2765,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>89</v>
       </c>
       <c r="BD3" t="s">
         <v>91</v>
       </c>
       <c r="BE3" t="s">
         <v>92</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>37.27</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
@@ -2942,51 +2948,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>93</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>99</v>
       </c>
       <c r="BE4" t="s">
         <v>100</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>156.91</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -3125,51 +3131,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>83</v>
       </c>
       <c r="BB5" t="s">
         <v>101</v>
       </c>
       <c r="BC5" t="s">
         <v>71</v>
       </c>
       <c r="BD5" t="s">
         <v>107</v>
       </c>
       <c r="BE5" t="s">
         <v>108</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>75</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>44.1</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
@@ -3308,51 +3314,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
         <v>109</v>
       </c>
       <c r="BC6" t="s">
         <v>71</v>
       </c>
       <c r="BD6" t="s">
         <v>115</v>
       </c>
       <c r="BE6" t="s">
         <v>116</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>75</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>50.2</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
@@ -3491,51 +3497,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
         <v>117</v>
       </c>
       <c r="BC7" t="s">
         <v>120</v>
       </c>
       <c r="BD7" t="s">
         <v>124</v>
       </c>
       <c r="BE7" t="s">
         <v>125</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>75</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>36.33</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
@@ -3674,51 +3680,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
         <v>126</v>
       </c>
       <c r="BC8" t="s">
         <v>120</v>
       </c>
       <c r="BD8" t="s">
         <v>132</v>
       </c>
       <c r="BE8" t="s">
         <v>133</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI8" t="s">
         <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>75</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>42.45</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
@@ -3857,51 +3863,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
         <v>134</v>
       </c>
       <c r="BC9" t="s">
         <v>120</v>
       </c>
       <c r="BD9" t="s">
         <v>140</v>
       </c>
       <c r="BE9" t="s">
         <v>141</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>75</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>38.51</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
@@ -4040,51 +4046,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>142</v>
       </c>
       <c r="BC10" t="s">
         <v>120</v>
       </c>
       <c r="BD10" t="s">
         <v>147</v>
       </c>
       <c r="BE10" t="s">
         <v>148</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>75</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>34.56</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
@@ -4223,51 +4229,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>83</v>
       </c>
       <c r="BB11" t="s">
         <v>149</v>
       </c>
       <c r="BC11" t="s">
         <v>120</v>
       </c>
       <c r="BD11" t="s">
         <v>155</v>
       </c>
       <c r="BE11" t="s">
         <v>156</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>75</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>196.35</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
@@ -4408,51 +4414,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>83</v>
       </c>
       <c r="BB12" t="s">
         <v>157</v>
       </c>
       <c r="BC12" t="s">
         <v>89</v>
       </c>
       <c r="BD12" t="s">
         <v>165</v>
       </c>
       <c r="BE12" t="s">
         <v>166</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI12" t="s">
         <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
         <v>75</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>30.92</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
@@ -4593,51 +4599,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>167</v>
       </c>
       <c r="BC13" t="s">
         <v>120</v>
       </c>
       <c r="BD13" t="s">
         <v>173</v>
       </c>
       <c r="BE13" t="s">
         <v>174</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>1571</v>
+        <v>1631</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
         <v>75</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>44.1</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
@@ -4776,51 +4782,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>83</v>
       </c>
       <c r="BB14" t="s">
         <v>175</v>
       </c>
       <c r="BC14" t="s">
         <v>120</v>
       </c>
       <c r="BD14" t="s">
         <v>181</v>
       </c>
       <c r="BE14" t="s">
         <v>182</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>1572</v>
+        <v>1632</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
         <v>75</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
         <v>40.13</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
@@ -4959,51 +4965,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
         <v>183</v>
       </c>
       <c r="BC15" t="s">
         <v>89</v>
       </c>
       <c r="BD15" t="s">
         <v>189</v>
       </c>
       <c r="BE15" t="s">
         <v>190</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>1572</v>
+        <v>1632</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
         <v>75</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
         <v>59.91</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
@@ -5142,51 +5148,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>83</v>
       </c>
       <c r="BB16" t="s">
         <v>191</v>
       </c>
       <c r="BC16" t="s">
         <v>120</v>
       </c>
       <c r="BD16" t="s">
         <v>197</v>
       </c>
       <c r="BE16" t="s">
         <v>198</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>1572</v>
+        <v>1632</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
         <v>75</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
         <v>79.16</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
@@ -5325,51 +5331,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>83</v>
       </c>
       <c r="BB17" t="s">
         <v>199</v>
       </c>
       <c r="BC17" t="s">
         <v>120</v>
       </c>
       <c r="BD17" t="s">
         <v>205</v>
       </c>
       <c r="BE17" t="s">
         <v>206</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>1572</v>
+        <v>1632</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
         <v>75</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
         <v>119.15</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
@@ -5508,51 +5514,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>83</v>
       </c>
       <c r="BB18" t="s">
         <v>207</v>
       </c>
       <c r="BC18" t="s">
         <v>210</v>
       </c>
       <c r="BD18" t="s">
         <v>213</v>
       </c>
       <c r="BE18" t="s">
         <v>214</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>1575</v>
+        <v>1635</v>
       </c>
       <c r="BI18" t="s">
         <v>86</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
         <v>75</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
         <v>50.18</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
@@ -5691,51 +5697,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>83</v>
       </c>
       <c r="BB19" t="s">
         <v>215</v>
       </c>
       <c r="BC19" t="s">
         <v>210</v>
       </c>
       <c r="BD19" t="s">
         <v>221</v>
       </c>
       <c r="BE19" t="s">
         <v>222</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>1575</v>
+        <v>1635</v>
       </c>
       <c r="BI19" t="s">
         <v>86</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
         <v>75</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
         <v>42.29</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
@@ -5874,51 +5880,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>83</v>
       </c>
       <c r="BB20" t="s">
         <v>223</v>
       </c>
       <c r="BC20" t="s">
         <v>210</v>
       </c>
       <c r="BD20" t="s">
         <v>228</v>
       </c>
       <c r="BE20" t="s">
         <v>229</v>
       </c>
       <c r="BF20" t="s">
         <v>75</v>
       </c>
       <c r="BG20" t="s">
         <v>75</v>
       </c>
       <c r="BH20">
-        <v>1576</v>
+        <v>1636</v>
       </c>
       <c r="BI20" t="s">
         <v>86</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>75</v>
       </c>
       <c r="BN20" t="s">
         <v>75</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
         <v>53.61</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
@@ -6057,51 +6063,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>83</v>
       </c>
       <c r="BB21" t="s">
         <v>230</v>
       </c>
       <c r="BC21" t="s">
         <v>210</v>
       </c>
       <c r="BD21" t="s">
         <v>235</v>
       </c>
       <c r="BE21" t="s">
         <v>236</v>
       </c>
       <c r="BF21" t="s">
         <v>75</v>
       </c>
       <c r="BG21" t="s">
         <v>75</v>
       </c>
       <c r="BH21">
-        <v>1576</v>
+        <v>1636</v>
       </c>
       <c r="BI21" t="s">
         <v>86</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>75</v>
       </c>
       <c r="BN21" t="s">
         <v>75</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
         <v>39.33</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
@@ -6240,51 +6246,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>83</v>
       </c>
       <c r="BB22" t="s">
         <v>237</v>
       </c>
       <c r="BC22" t="s">
         <v>240</v>
       </c>
       <c r="BD22" t="s">
         <v>244</v>
       </c>
       <c r="BE22" t="s">
         <v>245</v>
       </c>
       <c r="BF22" t="s">
         <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>75</v>
       </c>
       <c r="BH22">
-        <v>1581</v>
+        <v>1641</v>
       </c>
       <c r="BI22" t="s">
         <v>86</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>75</v>
       </c>
       <c r="BN22" t="s">
         <v>75</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>52</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
@@ -6423,51 +6429,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>83</v>
       </c>
       <c r="BB23" t="s">
         <v>246</v>
       </c>
       <c r="BC23" t="s">
         <v>240</v>
       </c>
       <c r="BD23" t="s">
         <v>252</v>
       </c>
       <c r="BE23" t="s">
         <v>253</v>
       </c>
       <c r="BF23" t="s">
         <v>75</v>
       </c>
       <c r="BG23" t="s">
         <v>75</v>
       </c>
       <c r="BH23">
-        <v>1581</v>
+        <v>1641</v>
       </c>
       <c r="BI23" t="s">
         <v>86</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>75</v>
       </c>
       <c r="BN23" t="s">
         <v>75</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
         <v>40.92</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
@@ -6606,51 +6612,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>254</v>
       </c>
       <c r="BC24" t="s">
         <v>257</v>
       </c>
       <c r="BD24" t="s">
         <v>261</v>
       </c>
       <c r="BE24" t="s">
         <v>262</v>
       </c>
       <c r="BF24" t="s">
         <v>75</v>
       </c>
       <c r="BG24" t="s">
         <v>75</v>
       </c>
       <c r="BH24">
-        <v>1585</v>
+        <v>1645</v>
       </c>
       <c r="BI24" t="s">
         <v>86</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>75</v>
       </c>
       <c r="BN24" t="s">
         <v>75</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
         <v>40.92</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
@@ -6789,51 +6795,51 @@
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>83</v>
       </c>
       <c r="BB25" t="s">
         <v>263</v>
       </c>
       <c r="BC25" t="s">
         <v>266</v>
       </c>
       <c r="BD25" t="s">
         <v>270</v>
       </c>
       <c r="BE25" t="s">
         <v>271</v>
       </c>
       <c r="BF25" t="s">
         <v>75</v>
       </c>
       <c r="BG25" t="s">
         <v>75</v>
       </c>
       <c r="BH25">
-        <v>1587</v>
+        <v>1647</v>
       </c>
       <c r="BI25" t="s">
         <v>86</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>75</v>
       </c>
       <c r="BN25" t="s">
         <v>75</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
         <v>32.98</v>
       </c>
       <c r="BS25"/>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
@@ -6922,101 +6928,103 @@
         <v>273</v>
       </c>
       <c r="AD26" t="s">
         <v>75</v>
       </c>
       <c r="AE26" t="s">
         <v>75</v>
       </c>
       <c r="AF26" t="s">
         <v>77</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
         <v>276</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
         <v>277</v>
       </c>
       <c r="AK26" t="s">
         <v>80</v>
       </c>
       <c r="AL26" t="s">
         <v>275</v>
       </c>
-      <c r="AM26"/>
+      <c r="AM26" t="s">
+        <v>163</v>
+      </c>
       <c r="AN26" t="s">
         <v>274</v>
       </c>
       <c r="AO26">
         <v>49.99</v>
       </c>
       <c r="AP26" t="s">
         <v>278</v>
       </c>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26" t="s">
         <v>75</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26" t="s">
         <v>82</v>
       </c>
       <c r="AY26">
         <v>1659827035</v>
       </c>
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>83</v>
       </c>
       <c r="BB26" t="s">
         <v>272</v>
       </c>
       <c r="BC26" t="s">
         <v>275</v>
       </c>
       <c r="BD26" t="s">
         <v>279</v>
       </c>
       <c r="BE26" t="s">
         <v>280</v>
       </c>
       <c r="BF26" t="s">
         <v>75</v>
       </c>
       <c r="BG26" t="s">
         <v>75</v>
       </c>
       <c r="BH26">
-        <v>1591</v>
+        <v>1651</v>
       </c>
       <c r="BI26" t="s">
         <v>86</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>75</v>
       </c>
       <c r="BN26" t="s">
         <v>75</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
         <v>82</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
@@ -7105,101 +7113,103 @@
         <v>282</v>
       </c>
       <c r="AD27" t="s">
         <v>75</v>
       </c>
       <c r="AE27" t="s">
         <v>75</v>
       </c>
       <c r="AF27" t="s">
         <v>77</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
         <v>285</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
         <v>286</v>
       </c>
       <c r="AK27" t="s">
         <v>80</v>
       </c>
       <c r="AL27" t="s">
         <v>284</v>
       </c>
-      <c r="AM27"/>
+      <c r="AM27" t="s">
+        <v>163</v>
+      </c>
       <c r="AN27" t="s">
         <v>283</v>
       </c>
       <c r="AO27">
         <v>9.62</v>
       </c>
       <c r="AP27" t="s">
         <v>287</v>
       </c>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27" t="s">
         <v>75</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27" t="s">
         <v>82</v>
       </c>
       <c r="AY27">
         <v>1910157712</v>
       </c>
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>83</v>
       </c>
       <c r="BB27" t="s">
         <v>281</v>
       </c>
       <c r="BC27" t="s">
         <v>284</v>
       </c>
       <c r="BD27" t="s">
         <v>288</v>
       </c>
       <c r="BE27" t="s">
         <v>289</v>
       </c>
       <c r="BF27" t="s">
         <v>75</v>
       </c>
       <c r="BG27" t="s">
         <v>75</v>
       </c>
       <c r="BH27">
-        <v>1596</v>
+        <v>1656</v>
       </c>
       <c r="BI27" t="s">
         <v>86</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>75</v>
       </c>
       <c r="BN27" t="s">
         <v>75</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
         <v>32.98</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
@@ -7338,51 +7348,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>83</v>
       </c>
       <c r="BB28" t="s">
         <v>290</v>
       </c>
       <c r="BC28" t="s">
         <v>293</v>
       </c>
       <c r="BD28" t="s">
         <v>297</v>
       </c>
       <c r="BE28" t="s">
         <v>298</v>
       </c>
       <c r="BF28" t="s">
         <v>75</v>
       </c>
       <c r="BG28" t="s">
         <v>75</v>
       </c>
       <c r="BH28">
-        <v>1597</v>
+        <v>1657</v>
       </c>
       <c r="BI28" t="s">
         <v>86</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>75</v>
       </c>
       <c r="BN28" t="s">
         <v>75</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
         <v>132.9</v>
       </c>
       <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
@@ -7521,51 +7531,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>83</v>
       </c>
       <c r="BB29" t="s">
         <v>299</v>
       </c>
       <c r="BC29" t="s">
         <v>302</v>
       </c>
       <c r="BD29" t="s">
         <v>306</v>
       </c>
       <c r="BE29" t="s">
         <v>307</v>
       </c>
       <c r="BF29" t="s">
         <v>75</v>
       </c>
       <c r="BG29" t="s">
         <v>75</v>
       </c>
       <c r="BH29">
-        <v>1598</v>
+        <v>1658</v>
       </c>
       <c r="BI29" t="s">
         <v>86</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>75</v>
       </c>
       <c r="BN29" t="s">
         <v>75</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
         <v>93.49</v>
       </c>
       <c r="BS29"/>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
@@ -7704,51 +7714,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>83</v>
       </c>
       <c r="BB30" t="s">
         <v>308</v>
       </c>
       <c r="BC30" t="s">
         <v>311</v>
       </c>
       <c r="BD30" t="s">
         <v>315</v>
       </c>
       <c r="BE30" t="s">
         <v>316</v>
       </c>
       <c r="BF30" t="s">
         <v>75</v>
       </c>
       <c r="BG30" t="s">
         <v>75</v>
       </c>
       <c r="BH30">
-        <v>1628</v>
+        <v>1688</v>
       </c>
       <c r="BI30" t="s">
         <v>86</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>75</v>
       </c>
       <c r="BN30" t="s">
         <v>75</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
         <v>35.52</v>
       </c>
       <c r="BS30"/>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
@@ -7887,51 +7897,51 @@
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
         <v>83</v>
       </c>
       <c r="BB31" t="s">
         <v>317</v>
       </c>
       <c r="BC31" t="s">
         <v>320</v>
       </c>
       <c r="BD31" t="s">
         <v>324</v>
       </c>
       <c r="BE31" t="s">
         <v>325</v>
       </c>
       <c r="BF31" t="s">
         <v>75</v>
       </c>
       <c r="BG31" t="s">
         <v>75</v>
       </c>
       <c r="BH31">
-        <v>1633</v>
+        <v>1693</v>
       </c>
       <c r="BI31" t="s">
         <v>86</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>75</v>
       </c>
       <c r="BN31" t="s">
         <v>75</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
         <v>48.76</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
@@ -8076,51 +8086,51 @@
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
         <v>83</v>
       </c>
       <c r="BB32" t="s">
         <v>326</v>
       </c>
       <c r="BC32" t="s">
         <v>329</v>
       </c>
       <c r="BD32" t="s">
         <v>337</v>
       </c>
       <c r="BE32" t="s">
         <v>338</v>
       </c>
       <c r="BF32" t="s">
         <v>75</v>
       </c>
       <c r="BG32" t="s">
         <v>75</v>
       </c>
       <c r="BH32">
-        <v>1701</v>
+        <v>1761</v>
       </c>
       <c r="BI32" t="s">
         <v>86</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>75</v>
       </c>
       <c r="BN32" t="s">
         <v>75</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
         <v>38.78</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
@@ -8265,51 +8275,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>83</v>
       </c>
       <c r="BB33" t="s">
         <v>339</v>
       </c>
       <c r="BC33" t="s">
         <v>342</v>
       </c>
       <c r="BD33" t="s">
         <v>349</v>
       </c>
       <c r="BE33" t="s">
         <v>350</v>
       </c>
       <c r="BF33" t="s">
         <v>75</v>
       </c>
       <c r="BG33" t="s">
         <v>75</v>
       </c>
       <c r="BH33">
-        <v>1705</v>
+        <v>1765</v>
       </c>
       <c r="BI33" t="s">
         <v>86</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>75</v>
       </c>
       <c r="BN33" t="s">
         <v>75</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
         <v>36.93</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
@@ -8454,51 +8464,51 @@
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
         <v>83</v>
       </c>
       <c r="BB34" t="s">
         <v>351</v>
       </c>
       <c r="BC34" t="s">
         <v>354</v>
       </c>
       <c r="BD34" t="s">
         <v>360</v>
       </c>
       <c r="BE34" t="s">
         <v>361</v>
       </c>
       <c r="BF34" t="s">
         <v>75</v>
       </c>
       <c r="BG34" t="s">
         <v>75</v>
       </c>
       <c r="BH34">
-        <v>1707</v>
+        <v>1767</v>
       </c>
       <c r="BI34" t="s">
         <v>86</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>75</v>
       </c>
       <c r="BN34" t="s">
         <v>75</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
         <v>28.91</v>
       </c>
       <c r="BS34"/>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
@@ -8512,51 +8522,53 @@
       </c>
       <c r="D35">
         <v>501383</v>
       </c>
       <c r="E35">
         <v>28.91</v>
       </c>
       <c r="F35" t="s">
         <v>363</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35" t="s">
         <v>364</v>
       </c>
       <c r="I35">
         <v>8.55</v>
       </c>
       <c r="J35" t="s">
         <v>365</v>
       </c>
       <c r="K35" t="s">
         <v>72</v>
       </c>
-      <c r="L35"/>
+      <c r="L35">
+        <v>7202541883</v>
+      </c>
       <c r="M35" t="s">
         <v>73</v>
       </c>
       <c r="N35" t="s">
         <v>74</v>
       </c>
       <c r="O35"/>
       <c r="P35" t="s">
         <v>75</v>
       </c>
       <c r="Q35" t="s">
         <v>362</v>
       </c>
       <c r="R35" t="s">
         <v>75</v>
       </c>
       <c r="S35" t="s">
         <v>75</v>
       </c>
       <c r="T35" t="s">
         <v>76</v>
       </c>
       <c r="U35">
         <v>4348317340</v>
       </c>
@@ -8569,4959 +8581,4961 @@
       <c r="X35">
         <v>28.91</v>
       </c>
       <c r="Y35">
         <v>1</v>
       </c>
       <c r="Z35" t="s">
         <v>75</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>69</v>
       </c>
       <c r="AC35" t="s">
         <v>363</v>
       </c>
       <c r="AD35" t="s">
         <v>75</v>
       </c>
       <c r="AE35">
         <v>3338565243</v>
       </c>
       <c r="AF35" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>75</v>
+        <v>366</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>75</v>
+        <v>367</v>
       </c>
       <c r="AK35" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AL35" t="s">
         <v>365</v>
       </c>
       <c r="AM35"/>
       <c r="AN35" t="s">
         <v>364</v>
       </c>
       <c r="AO35">
         <v>8.55</v>
       </c>
       <c r="AP35" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="AQ35" t="s">
         <v>333</v>
       </c>
       <c r="AR35" t="s">
         <v>334</v>
       </c>
       <c r="AS35" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="AT35" t="s">
         <v>359</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35" t="s">
         <v>82</v>
       </c>
-      <c r="AY35"/>
+      <c r="AY35">
+        <v>7202541883</v>
+      </c>
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
         <v>83</v>
       </c>
       <c r="BB35" t="s">
         <v>362</v>
       </c>
       <c r="BC35" t="s">
         <v>365</v>
       </c>
       <c r="BD35" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="BE35" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="BF35" t="s">
         <v>75</v>
       </c>
       <c r="BG35" t="s">
         <v>75</v>
       </c>
       <c r="BH35">
-        <v>1708</v>
+        <v>1768</v>
       </c>
       <c r="BI35" t="s">
         <v>86</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>75</v>
       </c>
       <c r="BN35" t="s">
         <v>75</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
         <v>28.91</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C36">
         <v>4346075322</v>
       </c>
       <c r="D36">
         <v>501289</v>
       </c>
       <c r="E36">
         <v>26.06</v>
       </c>
       <c r="F36" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="G36" t="s">
         <v>69</v>
       </c>
       <c r="H36" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="I36">
         <v>6.4</v>
       </c>
       <c r="J36" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="K36" t="s">
         <v>72</v>
       </c>
       <c r="L36">
         <v>8603281120</v>
       </c>
       <c r="M36" t="s">
         <v>73</v>
       </c>
       <c r="N36" t="s">
         <v>74</v>
       </c>
       <c r="O36"/>
       <c r="P36" t="s">
         <v>75</v>
       </c>
       <c r="Q36" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="R36" t="s">
         <v>75</v>
       </c>
       <c r="S36" t="s">
         <v>75</v>
       </c>
       <c r="T36" t="s">
         <v>76</v>
       </c>
       <c r="U36">
         <v>4346075322</v>
       </c>
       <c r="V36">
         <v>501289</v>
       </c>
       <c r="W36" t="s">
         <v>75</v>
       </c>
       <c r="X36">
         <v>26.06</v>
       </c>
       <c r="Y36">
         <v>1</v>
       </c>
       <c r="Z36" t="s">
         <v>75</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>69</v>
       </c>
       <c r="AC36" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="AD36" t="s">
         <v>75</v>
       </c>
       <c r="AE36">
         <v>4521493629</v>
       </c>
       <c r="AF36" t="s">
         <v>77</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="AK36" t="s">
         <v>80</v>
       </c>
       <c r="AL36" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="AM36"/>
       <c r="AN36" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="AO36">
         <v>6.4</v>
       </c>
       <c r="AP36" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="AQ36" t="s">
         <v>333</v>
       </c>
       <c r="AR36" t="s">
         <v>334</v>
       </c>
       <c r="AS36" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="AT36" t="s">
         <v>75</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36" t="s">
         <v>82</v>
       </c>
       <c r="AY36">
         <v>8603281120</v>
       </c>
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
         <v>83</v>
       </c>
       <c r="BB36" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="BC36" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="BD36" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="BE36" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="BF36" t="s">
         <v>75</v>
       </c>
       <c r="BG36" t="s">
         <v>75</v>
       </c>
       <c r="BH36">
-        <v>1709</v>
+        <v>1769</v>
       </c>
       <c r="BI36" t="s">
         <v>86</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
         <v>75</v>
       </c>
       <c r="BN36" t="s">
         <v>75</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
         <v>26.06</v>
       </c>
       <c r="BS36"/>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C37">
         <v>4343817824</v>
       </c>
       <c r="D37">
         <v>501208</v>
       </c>
       <c r="E37">
         <v>41.67</v>
       </c>
       <c r="F37" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="G37" t="s">
         <v>69</v>
       </c>
       <c r="H37" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="I37">
         <v>16.99</v>
       </c>
       <c r="J37" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="K37" t="s">
         <v>72</v>
       </c>
       <c r="L37">
         <v>3653410902</v>
       </c>
       <c r="M37" t="s">
         <v>73</v>
       </c>
       <c r="N37" t="s">
         <v>74</v>
       </c>
       <c r="O37"/>
       <c r="P37" t="s">
         <v>75</v>
       </c>
       <c r="Q37" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="R37" t="s">
         <v>75</v>
       </c>
       <c r="S37" t="s">
         <v>75</v>
       </c>
       <c r="T37" t="s">
         <v>76</v>
       </c>
       <c r="U37">
         <v>4343817824</v>
       </c>
       <c r="V37">
         <v>501208</v>
       </c>
       <c r="W37" t="s">
         <v>75</v>
       </c>
       <c r="X37">
         <v>41.67</v>
       </c>
       <c r="Y37">
         <v>1</v>
       </c>
       <c r="Z37" t="s">
         <v>75</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>69</v>
       </c>
       <c r="AC37" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="AD37" t="s">
         <v>75</v>
       </c>
       <c r="AE37">
         <v>4622527794</v>
       </c>
       <c r="AF37" t="s">
         <v>77</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
         <v>162</v>
       </c>
       <c r="AK37" t="s">
         <v>80</v>
       </c>
       <c r="AL37" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="AM37"/>
       <c r="AN37" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="AO37">
         <v>16.99</v>
       </c>
       <c r="AP37" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="AQ37" t="s">
         <v>333</v>
       </c>
       <c r="AR37" t="s">
         <v>334</v>
       </c>
       <c r="AS37" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="AT37" t="s">
         <v>75</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37" t="s">
         <v>82</v>
       </c>
       <c r="AY37">
         <v>3653410902</v>
       </c>
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
         <v>83</v>
       </c>
       <c r="BB37" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="BC37" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="BD37" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="BE37" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="BF37" t="s">
         <v>75</v>
       </c>
       <c r="BG37" t="s">
         <v>75</v>
       </c>
       <c r="BH37">
-        <v>1710</v>
+        <v>1770</v>
       </c>
       <c r="BI37" t="s">
         <v>86</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
         <v>75</v>
       </c>
       <c r="BN37" t="s">
         <v>75</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
         <v>41.67</v>
       </c>
       <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C38">
         <v>4343761396</v>
       </c>
       <c r="D38">
         <v>501209</v>
       </c>
       <c r="E38">
         <v>32.31</v>
       </c>
       <c r="F38" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="G38" t="s">
         <v>69</v>
       </c>
       <c r="H38" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="I38">
         <v>11.12</v>
       </c>
       <c r="J38" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="K38" t="s">
         <v>72</v>
       </c>
       <c r="L38">
         <v>3653410401</v>
       </c>
       <c r="M38" t="s">
         <v>73</v>
       </c>
       <c r="N38" t="s">
         <v>74</v>
       </c>
       <c r="O38"/>
       <c r="P38" t="s">
         <v>75</v>
       </c>
       <c r="Q38" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="R38" t="s">
         <v>75</v>
       </c>
       <c r="S38" t="s">
         <v>75</v>
       </c>
       <c r="T38" t="s">
         <v>76</v>
       </c>
       <c r="U38">
         <v>4343761396</v>
       </c>
       <c r="V38">
         <v>501209</v>
       </c>
       <c r="W38" t="s">
         <v>75</v>
       </c>
       <c r="X38">
         <v>32.31</v>
       </c>
       <c r="Y38">
         <v>1</v>
       </c>
       <c r="Z38" t="s">
         <v>75</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>69</v>
       </c>
       <c r="AC38" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="AD38" t="s">
         <v>75</v>
       </c>
       <c r="AE38">
         <v>5541933361</v>
       </c>
       <c r="AF38" t="s">
         <v>77</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
         <v>153</v>
       </c>
       <c r="AK38" t="s">
         <v>80</v>
       </c>
       <c r="AL38" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="AM38"/>
       <c r="AN38" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="AO38">
         <v>11.12</v>
       </c>
       <c r="AP38" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="AQ38" t="s">
         <v>333</v>
       </c>
       <c r="AR38" t="s">
         <v>334</v>
       </c>
       <c r="AS38" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="AT38" t="s">
         <v>75</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38" t="s">
         <v>82</v>
       </c>
       <c r="AY38">
         <v>3653410401</v>
       </c>
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
         <v>83</v>
       </c>
       <c r="BB38" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="BC38" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="BD38" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="BE38" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="BF38" t="s">
         <v>75</v>
       </c>
       <c r="BG38" t="s">
         <v>75</v>
       </c>
       <c r="BH38">
-        <v>1710</v>
+        <v>1770</v>
       </c>
       <c r="BI38" t="s">
         <v>86</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>75</v>
       </c>
       <c r="BN38" t="s">
         <v>75</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
         <v>32.31</v>
       </c>
       <c r="BS38"/>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C39">
         <v>4341185604</v>
       </c>
       <c r="D39">
         <v>501198</v>
       </c>
       <c r="E39">
         <v>31.74</v>
       </c>
       <c r="F39" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="G39" t="s">
         <v>69</v>
       </c>
       <c r="H39" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I39">
         <v>9.99</v>
       </c>
       <c r="J39" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="K39" t="s">
         <v>72</v>
       </c>
       <c r="L39">
         <v>2567737874</v>
       </c>
       <c r="M39" t="s">
         <v>73</v>
       </c>
       <c r="N39" t="s">
         <v>74</v>
       </c>
       <c r="O39"/>
       <c r="P39" t="s">
         <v>75</v>
       </c>
       <c r="Q39" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="R39" t="s">
         <v>75</v>
       </c>
       <c r="S39" t="s">
         <v>75</v>
       </c>
       <c r="T39" t="s">
         <v>76</v>
       </c>
       <c r="U39">
         <v>4341185604</v>
       </c>
       <c r="V39">
         <v>501198</v>
       </c>
       <c r="W39" t="s">
         <v>75</v>
       </c>
       <c r="X39">
         <v>31.74</v>
       </c>
       <c r="Y39">
         <v>1</v>
       </c>
       <c r="Z39" t="s">
         <v>75</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>69</v>
       </c>
       <c r="AC39" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="AD39" t="s">
         <v>75</v>
       </c>
       <c r="AE39">
         <v>5517737381</v>
       </c>
       <c r="AF39" t="s">
         <v>77</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="AK39" t="s">
         <v>80</v>
       </c>
       <c r="AL39" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="AM39"/>
       <c r="AN39" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="AO39">
         <v>9.99</v>
       </c>
       <c r="AP39" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="AQ39" t="s">
         <v>333</v>
       </c>
       <c r="AR39" t="s">
         <v>334</v>
       </c>
       <c r="AS39" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="AT39" t="s">
         <v>75</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39" t="s">
         <v>82</v>
       </c>
       <c r="AY39">
         <v>2567737874</v>
       </c>
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
         <v>83</v>
       </c>
       <c r="BB39" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="BC39" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="BD39" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="BE39" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="BF39" t="s">
         <v>75</v>
       </c>
       <c r="BG39" t="s">
         <v>75</v>
       </c>
       <c r="BH39">
-        <v>1711</v>
+        <v>1771</v>
       </c>
       <c r="BI39" t="s">
         <v>86</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>75</v>
       </c>
       <c r="BN39" t="s">
         <v>75</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
         <v>31.74</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C40">
         <v>4340912461</v>
       </c>
       <c r="D40">
         <v>501132</v>
       </c>
       <c r="E40">
         <v>33.73</v>
       </c>
       <c r="F40" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="G40" t="s">
         <v>69</v>
       </c>
       <c r="H40" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="I40">
         <v>11.39</v>
       </c>
       <c r="J40" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="K40" t="s">
         <v>72</v>
       </c>
       <c r="L40">
         <v>1090071161</v>
       </c>
       <c r="M40" t="s">
         <v>73</v>
       </c>
       <c r="N40" t="s">
         <v>74</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
         <v>75</v>
       </c>
       <c r="Q40" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="R40" t="s">
         <v>75</v>
       </c>
       <c r="S40" t="s">
         <v>75</v>
       </c>
       <c r="T40" t="s">
         <v>76</v>
       </c>
       <c r="U40">
         <v>4340912461</v>
       </c>
       <c r="V40">
         <v>501132</v>
       </c>
       <c r="W40" t="s">
         <v>75</v>
       </c>
       <c r="X40">
         <v>33.73</v>
       </c>
       <c r="Y40">
         <v>1</v>
       </c>
       <c r="Z40" t="s">
         <v>75</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>69</v>
       </c>
       <c r="AC40" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="AD40" t="s">
         <v>75</v>
       </c>
       <c r="AE40" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="AF40" t="s">
         <v>77</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
         <v>113</v>
       </c>
       <c r="AK40" t="s">
         <v>80</v>
       </c>
       <c r="AL40" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="AM40"/>
       <c r="AN40" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="AO40">
         <v>11.39</v>
       </c>
       <c r="AP40" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="AQ40" t="s">
         <v>333</v>
       </c>
       <c r="AR40" t="s">
         <v>334</v>
       </c>
       <c r="AS40" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="AT40" t="s">
         <v>75</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40" t="s">
         <v>82</v>
       </c>
       <c r="AY40">
         <v>1090071161</v>
       </c>
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
         <v>83</v>
       </c>
       <c r="BB40" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="BC40" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="BD40" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="BE40" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="BF40" t="s">
         <v>75</v>
       </c>
       <c r="BG40" t="s">
         <v>75</v>
       </c>
       <c r="BH40">
-        <v>1711</v>
+        <v>1771</v>
       </c>
       <c r="BI40" t="s">
         <v>86</v>
       </c>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>75</v>
       </c>
       <c r="BN40" t="s">
         <v>75</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
         <v>33.73</v>
       </c>
       <c r="BS40"/>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C41">
         <v>4338862859</v>
       </c>
       <c r="D41">
         <v>501050</v>
       </c>
       <c r="E41">
         <v>28.91</v>
       </c>
       <c r="F41" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G41" t="s">
         <v>69</v>
       </c>
       <c r="H41" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="I41">
         <v>8.55</v>
       </c>
       <c r="J41" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="K41" t="s">
         <v>72</v>
       </c>
       <c r="L41">
         <v>6120521632</v>
       </c>
       <c r="M41" t="s">
         <v>73</v>
       </c>
       <c r="N41" t="s">
         <v>74</v>
       </c>
       <c r="O41"/>
       <c r="P41" t="s">
         <v>75</v>
       </c>
       <c r="Q41" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="R41" t="s">
         <v>75</v>
       </c>
       <c r="S41" t="s">
         <v>75</v>
       </c>
       <c r="T41" t="s">
         <v>160</v>
       </c>
       <c r="U41">
         <v>4338862859</v>
       </c>
       <c r="V41">
         <v>501050</v>
       </c>
       <c r="W41" t="s">
         <v>75</v>
       </c>
       <c r="X41">
         <v>28.91</v>
       </c>
       <c r="Y41">
         <v>1</v>
       </c>
       <c r="Z41" t="s">
         <v>75</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>69</v>
       </c>
       <c r="AC41" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="AD41" t="s">
         <v>75</v>
       </c>
       <c r="AE41">
         <v>5584970608</v>
       </c>
       <c r="AF41" t="s">
         <v>77</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="AK41" t="s">
         <v>80</v>
       </c>
       <c r="AL41" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="AM41"/>
       <c r="AN41" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="AO41">
         <v>8.55</v>
       </c>
       <c r="AP41" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="AQ41" t="s">
         <v>333</v>
       </c>
       <c r="AR41" t="s">
         <v>334</v>
       </c>
       <c r="AS41" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="AT41" t="s">
         <v>75</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41" t="s">
         <v>82</v>
       </c>
       <c r="AY41">
         <v>6120521632</v>
       </c>
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
         <v>83</v>
       </c>
       <c r="BB41" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="BC41" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="BD41" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="BE41" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="BF41" t="s">
         <v>75</v>
       </c>
       <c r="BG41" t="s">
         <v>75</v>
       </c>
       <c r="BH41">
-        <v>1712</v>
+        <v>1772</v>
       </c>
       <c r="BI41" t="s">
         <v>86</v>
       </c>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41" t="s">
         <v>75</v>
       </c>
       <c r="BN41" t="s">
         <v>75</v>
       </c>
       <c r="BO41">
         <v>0</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
         <v>28.91</v>
       </c>
       <c r="BS41"/>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C42">
         <v>4336808310</v>
       </c>
       <c r="D42">
         <v>500969</v>
       </c>
       <c r="E42">
         <v>51</v>
       </c>
       <c r="F42" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G42" t="s">
         <v>69</v>
       </c>
       <c r="H42" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I42">
         <v>21.29</v>
       </c>
       <c r="J42" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="K42" t="s">
         <v>72</v>
       </c>
       <c r="L42">
         <v>6120440255</v>
       </c>
       <c r="M42" t="s">
         <v>73</v>
       </c>
       <c r="N42" t="s">
         <v>74</v>
       </c>
       <c r="O42"/>
       <c r="P42" t="s">
         <v>75</v>
       </c>
       <c r="Q42" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="R42" t="s">
         <v>75</v>
       </c>
       <c r="S42" t="s">
         <v>75</v>
       </c>
       <c r="T42" t="s">
         <v>76</v>
       </c>
       <c r="U42">
         <v>4336808310</v>
       </c>
       <c r="V42">
         <v>500969</v>
       </c>
       <c r="W42" t="s">
         <v>75</v>
       </c>
       <c r="X42">
         <v>51</v>
       </c>
       <c r="Y42">
         <v>1</v>
       </c>
       <c r="Z42" t="s">
         <v>75</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>69</v>
       </c>
       <c r="AC42" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="AD42" t="s">
         <v>75</v>
       </c>
       <c r="AE42">
         <v>5531759527</v>
       </c>
       <c r="AF42" t="s">
         <v>77</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="AK42" t="s">
         <v>80</v>
       </c>
       <c r="AL42" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="AM42"/>
       <c r="AN42" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="AO42">
         <v>21.29</v>
       </c>
       <c r="AP42" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="AQ42" t="s">
         <v>333</v>
       </c>
       <c r="AR42" t="s">
         <v>334</v>
       </c>
       <c r="AS42" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="AT42" t="s">
         <v>75</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42" t="s">
         <v>82</v>
       </c>
       <c r="AY42">
         <v>6120440255</v>
       </c>
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
         <v>83</v>
       </c>
       <c r="BB42" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="BC42" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="BD42" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="BE42" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="BF42" t="s">
         <v>75</v>
       </c>
       <c r="BG42" t="s">
         <v>75</v>
       </c>
       <c r="BH42">
-        <v>1713</v>
+        <v>1773</v>
       </c>
       <c r="BI42" t="s">
         <v>86</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
         <v>75</v>
       </c>
       <c r="BN42" t="s">
         <v>75</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
         <v>51</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C43">
         <v>4335801264</v>
       </c>
       <c r="D43">
         <v>500913</v>
       </c>
       <c r="E43">
         <v>50.18</v>
       </c>
       <c r="F43" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G43" t="s">
         <v>69</v>
       </c>
       <c r="H43" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I43">
         <v>24.6</v>
       </c>
       <c r="J43" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="K43" t="s">
         <v>72</v>
       </c>
       <c r="L43">
         <v>6120344845</v>
       </c>
       <c r="M43" t="s">
         <v>73</v>
       </c>
       <c r="N43" t="s">
         <v>74</v>
       </c>
       <c r="O43"/>
       <c r="P43" t="s">
         <v>75</v>
       </c>
       <c r="Q43" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="R43" t="s">
         <v>75</v>
       </c>
       <c r="S43" t="s">
         <v>75</v>
       </c>
       <c r="T43" t="s">
         <v>76</v>
       </c>
       <c r="U43">
         <v>4335801264</v>
       </c>
       <c r="V43">
         <v>500913</v>
       </c>
       <c r="W43" t="s">
         <v>75</v>
       </c>
       <c r="X43">
         <v>50.18</v>
       </c>
       <c r="Y43">
         <v>1</v>
       </c>
       <c r="Z43" t="s">
         <v>75</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>69</v>
       </c>
       <c r="AC43" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="AD43" t="s">
         <v>75</v>
       </c>
       <c r="AE43" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="AF43" t="s">
         <v>77</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="AK43" t="s">
         <v>80</v>
       </c>
       <c r="AL43" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="AM43"/>
       <c r="AN43" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="AO43">
         <v>24.6</v>
       </c>
       <c r="AP43" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="AQ43" t="s">
         <v>333</v>
       </c>
       <c r="AR43" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AS43" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="AT43" t="s">
         <v>75</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43" t="s">
         <v>82</v>
       </c>
       <c r="AY43">
         <v>6120344845</v>
       </c>
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
         <v>83</v>
       </c>
       <c r="BB43" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="BC43" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="BD43" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="BE43" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="BF43" t="s">
         <v>75</v>
       </c>
       <c r="BG43" t="s">
         <v>75</v>
       </c>
       <c r="BH43">
-        <v>1714</v>
+        <v>1774</v>
       </c>
       <c r="BI43" t="s">
         <v>86</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
         <v>75</v>
       </c>
       <c r="BN43" t="s">
         <v>75</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
         <v>50.18</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C44">
         <v>4324152059</v>
       </c>
       <c r="D44">
         <v>500436</v>
       </c>
       <c r="E44">
         <v>32.74</v>
       </c>
       <c r="F44" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="G44" t="s">
         <v>69</v>
       </c>
       <c r="H44" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="I44">
         <v>11.44</v>
       </c>
       <c r="J44" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K44" t="s">
         <v>72</v>
       </c>
       <c r="L44">
         <v>4792030994</v>
       </c>
       <c r="M44" t="s">
         <v>73</v>
       </c>
       <c r="N44" t="s">
         <v>74</v>
       </c>
       <c r="O44"/>
       <c r="P44" t="s">
         <v>75</v>
       </c>
       <c r="Q44" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="R44" t="s">
         <v>75</v>
       </c>
       <c r="S44" t="s">
         <v>75</v>
       </c>
       <c r="T44" t="s">
         <v>76</v>
       </c>
       <c r="U44">
         <v>4324152059</v>
       </c>
       <c r="V44">
         <v>500436</v>
       </c>
       <c r="W44" t="s">
         <v>75</v>
       </c>
       <c r="X44">
         <v>32.74</v>
       </c>
       <c r="Y44">
         <v>1</v>
       </c>
       <c r="Z44" t="s">
         <v>75</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>69</v>
       </c>
       <c r="AC44" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="AD44" t="s">
         <v>75</v>
       </c>
       <c r="AE44">
         <v>4432019097</v>
       </c>
       <c r="AF44" t="s">
         <v>77</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="AK44" t="s">
         <v>80</v>
       </c>
       <c r="AL44" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="AM44"/>
       <c r="AN44" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="AO44">
         <v>11.44</v>
       </c>
       <c r="AP44" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="AQ44" t="s">
         <v>333</v>
       </c>
       <c r="AR44" t="s">
         <v>334</v>
       </c>
       <c r="AS44" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="AT44" t="s">
         <v>75</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44" t="s">
         <v>82</v>
       </c>
       <c r="AY44">
         <v>4792030994</v>
       </c>
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
         <v>83</v>
       </c>
       <c r="BB44" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="BC44" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="BD44" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="BE44" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="BF44" t="s">
         <v>75</v>
       </c>
       <c r="BG44" t="s">
         <v>75</v>
       </c>
       <c r="BH44">
-        <v>1719</v>
+        <v>1779</v>
       </c>
       <c r="BI44" t="s">
         <v>86</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
         <v>75</v>
       </c>
       <c r="BN44" t="s">
         <v>75</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
         <v>32.74</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C45">
         <v>4264225640</v>
       </c>
       <c r="D45">
         <v>498014</v>
       </c>
       <c r="E45">
         <v>49.47</v>
       </c>
       <c r="F45" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="G45" t="s">
         <v>69</v>
       </c>
       <c r="H45" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="I45">
         <v>27.73</v>
       </c>
       <c r="J45" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="K45" t="s">
         <v>72</v>
       </c>
       <c r="L45">
         <v>8756544370</v>
       </c>
       <c r="M45" t="s">
         <v>73</v>
       </c>
       <c r="N45" t="s">
         <v>74</v>
       </c>
       <c r="O45"/>
       <c r="P45" t="s">
         <v>75</v>
       </c>
       <c r="Q45" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="R45" t="s">
         <v>75</v>
       </c>
       <c r="S45" t="s">
         <v>75</v>
       </c>
       <c r="T45" t="s">
         <v>160</v>
       </c>
       <c r="U45">
         <v>4264225640</v>
       </c>
       <c r="V45">
         <v>498014</v>
       </c>
       <c r="W45" t="s">
         <v>75</v>
       </c>
       <c r="X45">
         <v>49.47</v>
       </c>
       <c r="Y45">
         <v>1</v>
       </c>
       <c r="Z45" t="s">
         <v>75</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>69</v>
       </c>
       <c r="AC45" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="AD45" t="s">
         <v>75</v>
       </c>
       <c r="AE45" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="AF45" t="s">
         <v>77</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="AK45" t="s">
         <v>80</v>
       </c>
       <c r="AL45" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="AM45"/>
       <c r="AN45" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="AO45">
         <v>27.73</v>
       </c>
       <c r="AP45" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45" t="s">
         <v>75</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45" t="s">
         <v>82</v>
       </c>
       <c r="AY45">
         <v>8756544370</v>
       </c>
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45"/>
       <c r="BB45" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="BC45" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="BD45" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="BE45" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="BF45" t="s">
         <v>75</v>
       </c>
       <c r="BG45" t="s">
         <v>75</v>
       </c>
       <c r="BH45">
-        <v>1747</v>
+        <v>1807</v>
       </c>
       <c r="BI45" t="s">
         <v>86</v>
       </c>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45" t="s">
         <v>75</v>
       </c>
       <c r="BN45" t="s">
         <v>75</v>
       </c>
       <c r="BO45">
         <v>0</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
         <v>49.47</v>
       </c>
       <c r="BS45"/>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C46">
         <v>4261275351</v>
       </c>
       <c r="D46">
         <v>497853</v>
       </c>
       <c r="E46">
         <v>87.07</v>
       </c>
       <c r="F46" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="G46" t="s">
         <v>69</v>
       </c>
       <c r="H46" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="I46">
         <v>62</v>
       </c>
       <c r="J46" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K46" t="s">
         <v>72</v>
       </c>
       <c r="L46">
         <v>8756386682</v>
       </c>
       <c r="M46" t="s">
         <v>73</v>
       </c>
       <c r="N46" t="s">
         <v>74</v>
       </c>
       <c r="O46"/>
       <c r="P46" t="s">
         <v>75</v>
       </c>
       <c r="Q46" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="R46" t="s">
         <v>75</v>
       </c>
       <c r="S46" t="s">
         <v>75</v>
       </c>
       <c r="T46" t="s">
         <v>76</v>
       </c>
       <c r="U46">
         <v>4261275351</v>
       </c>
       <c r="V46">
         <v>497853</v>
       </c>
       <c r="W46" t="s">
         <v>75</v>
       </c>
       <c r="X46">
         <v>87.07</v>
       </c>
       <c r="Y46">
         <v>1</v>
       </c>
       <c r="Z46" t="s">
         <v>75</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>69</v>
       </c>
       <c r="AC46" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="AD46" t="s">
         <v>75</v>
       </c>
       <c r="AE46">
         <v>9511011537</v>
       </c>
       <c r="AF46" t="s">
         <v>77</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="AK46" t="s">
         <v>80</v>
       </c>
       <c r="AL46" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="AM46"/>
       <c r="AN46" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="AO46">
         <v>62</v>
       </c>
       <c r="AP46" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="AQ46" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="AR46" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="AS46" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="AT46" t="s">
         <v>75</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46" t="s">
         <v>82</v>
       </c>
       <c r="AY46">
         <v>8756386682</v>
       </c>
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46"/>
       <c r="BB46" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="BC46" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="BD46" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="BE46" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="BF46" t="s">
         <v>75</v>
       </c>
       <c r="BG46" t="s">
         <v>75</v>
       </c>
       <c r="BH46">
-        <v>1750</v>
+        <v>1810</v>
       </c>
       <c r="BI46" t="s">
         <v>86</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
         <v>75</v>
       </c>
       <c r="BN46" t="s">
         <v>75</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
         <v>87.07</v>
       </c>
       <c r="BS46"/>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C47">
         <v>4232515095</v>
       </c>
       <c r="D47">
         <v>496799</v>
       </c>
       <c r="E47">
         <v>36.72</v>
       </c>
       <c r="F47" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G47" t="s">
         <v>69</v>
       </c>
       <c r="H47" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="I47">
         <v>16.44</v>
       </c>
       <c r="J47" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="K47" t="s">
         <v>72</v>
       </c>
       <c r="L47">
         <v>1934759735</v>
       </c>
       <c r="M47" t="s">
         <v>73</v>
       </c>
       <c r="N47" t="s">
         <v>74</v>
       </c>
       <c r="O47"/>
       <c r="P47" t="s">
         <v>75</v>
       </c>
       <c r="Q47" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="R47" t="s">
         <v>75</v>
       </c>
       <c r="S47" t="s">
         <v>75</v>
       </c>
       <c r="T47" t="s">
         <v>76</v>
       </c>
       <c r="U47">
         <v>4232515095</v>
       </c>
       <c r="V47">
         <v>496799</v>
       </c>
       <c r="W47" t="s">
         <v>75</v>
       </c>
       <c r="X47">
         <v>36.72</v>
       </c>
       <c r="Y47">
         <v>1</v>
       </c>
       <c r="Z47" t="s">
         <v>75</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>69</v>
       </c>
       <c r="AC47" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="AD47" t="s">
         <v>75</v>
       </c>
       <c r="AE47" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="AF47" t="s">
         <v>77</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="AK47" t="s">
         <v>80</v>
       </c>
       <c r="AL47" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="AM47"/>
       <c r="AN47" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="AO47">
         <v>16.44</v>
       </c>
       <c r="AP47" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="AQ47" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="AR47" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="AS47"/>
       <c r="AT47" t="s">
         <v>75</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47" t="s">
         <v>82</v>
       </c>
       <c r="AY47">
         <v>1934759735</v>
       </c>
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47"/>
       <c r="BB47" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="BC47" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="BD47" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="BE47" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="BF47" t="s">
         <v>75</v>
       </c>
       <c r="BG47" t="s">
         <v>75</v>
       </c>
       <c r="BH47">
-        <v>1761</v>
+        <v>1821</v>
       </c>
       <c r="BI47" t="s">
         <v>86</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
         <v>75</v>
       </c>
       <c r="BN47" t="s">
         <v>75</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
         <v>36.72</v>
       </c>
       <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C48">
         <v>4201984882</v>
       </c>
       <c r="D48">
         <v>495409</v>
       </c>
       <c r="E48">
         <v>36</v>
       </c>
       <c r="F48" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G48" t="s">
         <v>69</v>
       </c>
       <c r="H48" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="I48">
         <v>12.99</v>
       </c>
       <c r="J48" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="K48" t="s">
         <v>72</v>
       </c>
       <c r="L48">
         <v>6097685856</v>
       </c>
       <c r="M48" t="s">
         <v>73</v>
       </c>
       <c r="N48" t="s">
         <v>74</v>
       </c>
       <c r="O48"/>
       <c r="P48" t="s">
         <v>75</v>
       </c>
       <c r="Q48" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="R48" t="s">
         <v>75</v>
       </c>
       <c r="S48" t="s">
         <v>75</v>
       </c>
       <c r="T48" t="s">
         <v>76</v>
       </c>
       <c r="U48">
         <v>4201984882</v>
       </c>
       <c r="V48">
         <v>495409</v>
       </c>
       <c r="W48" t="s">
         <v>75</v>
       </c>
       <c r="X48">
         <v>36</v>
       </c>
       <c r="Y48">
         <v>1</v>
       </c>
       <c r="Z48" t="s">
         <v>75</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>69</v>
       </c>
       <c r="AC48" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="AD48" t="s">
         <v>75</v>
       </c>
       <c r="AE48">
         <v>5554529654</v>
       </c>
       <c r="AF48" t="s">
         <v>77</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="AK48" t="s">
         <v>80</v>
       </c>
       <c r="AL48" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="AM48"/>
       <c r="AN48" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="AO48">
         <v>12.99</v>
       </c>
       <c r="AP48" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48" t="s">
         <v>75</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48" t="s">
         <v>82</v>
       </c>
       <c r="AY48">
         <v>6097685856</v>
       </c>
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48"/>
       <c r="BB48" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="BC48" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="BD48" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="BE48" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="BF48" t="s">
         <v>75</v>
       </c>
       <c r="BG48" t="s">
         <v>75</v>
       </c>
       <c r="BH48">
-        <v>1773</v>
+        <v>1833</v>
       </c>
       <c r="BI48" t="s">
         <v>86</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
         <v>75</v>
       </c>
       <c r="BN48" t="s">
         <v>75</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>36</v>
       </c>
       <c r="BS48"/>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C49">
         <v>4196167947</v>
       </c>
       <c r="D49">
         <v>495131</v>
       </c>
       <c r="E49">
         <v>53.02</v>
       </c>
       <c r="F49" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="G49" t="s">
         <v>69</v>
       </c>
       <c r="H49" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="I49">
         <v>17.52</v>
       </c>
       <c r="J49" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K49" t="s">
         <v>72</v>
       </c>
       <c r="L49">
         <v>7420458813</v>
       </c>
       <c r="M49" t="s">
         <v>73</v>
       </c>
       <c r="N49" t="s">
         <v>74</v>
       </c>
       <c r="O49"/>
       <c r="P49" t="s">
         <v>75</v>
       </c>
       <c r="Q49" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="R49" t="s">
         <v>75</v>
       </c>
       <c r="S49" t="s">
         <v>75</v>
       </c>
       <c r="T49" t="s">
         <v>76</v>
       </c>
       <c r="U49">
         <v>4196167947</v>
       </c>
       <c r="V49">
         <v>495131</v>
       </c>
       <c r="W49" t="s">
         <v>75</v>
       </c>
       <c r="X49">
         <v>53.02</v>
       </c>
       <c r="Y49">
         <v>1</v>
       </c>
       <c r="Z49" t="s">
         <v>75</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>69</v>
       </c>
       <c r="AC49" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="AD49" t="s">
         <v>75</v>
       </c>
       <c r="AE49">
         <v>5540194894</v>
       </c>
       <c r="AF49" t="s">
         <v>77</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="AK49" t="s">
         <v>80</v>
       </c>
       <c r="AL49" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="AM49"/>
       <c r="AN49" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="AO49">
         <v>17.52</v>
       </c>
       <c r="AP49" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49" t="s">
         <v>75</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49" t="s">
         <v>82</v>
       </c>
       <c r="AY49">
         <v>7420458813</v>
       </c>
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49"/>
       <c r="BB49" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="BC49" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="BD49" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="BE49" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="BF49" t="s">
         <v>75</v>
       </c>
       <c r="BG49" t="s">
         <v>75</v>
       </c>
       <c r="BH49">
-        <v>1775</v>
+        <v>1835</v>
       </c>
       <c r="BI49" t="s">
         <v>86</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49" t="s">
         <v>75</v>
       </c>
       <c r="BN49" t="s">
         <v>75</v>
       </c>
       <c r="BO49">
         <v>0</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
         <v>53.02</v>
       </c>
       <c r="BS49"/>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C50">
         <v>4188699383</v>
       </c>
       <c r="D50">
         <v>494572</v>
       </c>
       <c r="E50">
         <v>31.74</v>
       </c>
       <c r="F50" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="G50" t="s">
         <v>69</v>
       </c>
       <c r="H50" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="I50">
         <v>9.99</v>
       </c>
       <c r="J50" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K50" t="s">
         <v>72</v>
       </c>
       <c r="L50">
         <v>1553512612</v>
       </c>
       <c r="M50" t="s">
         <v>73</v>
       </c>
       <c r="N50" t="s">
         <v>74</v>
       </c>
       <c r="O50"/>
       <c r="P50" t="s">
         <v>75</v>
       </c>
       <c r="Q50" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="R50" t="s">
         <v>75</v>
       </c>
       <c r="S50" t="s">
         <v>75</v>
       </c>
       <c r="T50" t="s">
         <v>76</v>
       </c>
       <c r="U50">
         <v>4188699383</v>
       </c>
       <c r="V50">
         <v>494572</v>
       </c>
       <c r="W50" t="s">
         <v>75</v>
       </c>
       <c r="X50">
         <v>31.74</v>
       </c>
       <c r="Y50">
         <v>1</v>
       </c>
       <c r="Z50" t="s">
         <v>75</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>69</v>
       </c>
       <c r="AC50" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="AD50" t="s">
         <v>75</v>
       </c>
       <c r="AE50">
         <v>5576968777</v>
       </c>
       <c r="AF50" t="s">
         <v>77</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="AK50" t="s">
         <v>80</v>
       </c>
       <c r="AL50" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="AM50"/>
       <c r="AN50" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="AO50">
         <v>9.99</v>
       </c>
       <c r="AP50" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="AQ50" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="AR50" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="AS50" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="AT50" t="s">
         <v>75</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50" t="s">
         <v>82</v>
       </c>
       <c r="AY50">
         <v>1553512612</v>
       </c>
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50"/>
       <c r="BB50" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="BC50" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="BD50" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="BE50" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="BF50" t="s">
         <v>75</v>
       </c>
       <c r="BG50" t="s">
         <v>75</v>
       </c>
       <c r="BH50">
-        <v>1778</v>
+        <v>1838</v>
       </c>
       <c r="BI50" t="s">
         <v>86</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
         <v>75</v>
       </c>
       <c r="BN50" t="s">
         <v>75</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
         <v>31.74</v>
       </c>
       <c r="BS50"/>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C51">
         <v>4187251417</v>
       </c>
       <c r="D51">
         <v>494436</v>
       </c>
       <c r="E51">
         <v>80.48</v>
       </c>
       <c r="F51" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="G51" t="s">
         <v>69</v>
       </c>
       <c r="H51" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="I51">
         <v>36.36</v>
       </c>
       <c r="J51" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="K51" t="s">
         <v>72</v>
       </c>
       <c r="L51">
         <v>1553401986</v>
       </c>
       <c r="M51" t="s">
         <v>73</v>
       </c>
       <c r="N51" t="s">
         <v>74</v>
       </c>
       <c r="O51"/>
       <c r="P51" t="s">
         <v>75</v>
       </c>
       <c r="Q51" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="R51" t="s">
         <v>75</v>
       </c>
       <c r="S51" t="s">
         <v>75</v>
       </c>
       <c r="T51" t="s">
         <v>76</v>
       </c>
       <c r="U51">
         <v>4187251417</v>
       </c>
       <c r="V51">
         <v>494436</v>
       </c>
       <c r="W51" t="s">
         <v>75</v>
       </c>
       <c r="X51">
         <v>80.48</v>
       </c>
       <c r="Y51">
         <v>1</v>
       </c>
       <c r="Z51" t="s">
         <v>75</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>69</v>
       </c>
       <c r="AC51" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="AD51" t="s">
         <v>75</v>
       </c>
       <c r="AE51">
         <v>5613785166</v>
       </c>
       <c r="AF51" t="s">
         <v>77</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="AK51" t="s">
         <v>80</v>
       </c>
       <c r="AL51" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="AM51"/>
       <c r="AN51" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="AO51">
         <v>36.36</v>
       </c>
       <c r="AP51" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="AQ51" t="s">
         <v>333</v>
       </c>
       <c r="AR51" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="AS51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="AT51" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51"/>
       <c r="AX51" t="s">
         <v>82</v>
       </c>
       <c r="AY51">
         <v>1553401986</v>
       </c>
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51"/>
       <c r="BB51" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="BC51" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="BD51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="BE51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="BF51" t="s">
         <v>75</v>
       </c>
       <c r="BG51" t="s">
         <v>75</v>
       </c>
       <c r="BH51">
-        <v>1778</v>
+        <v>1838</v>
       </c>
       <c r="BI51" t="s">
         <v>86</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
         <v>75</v>
       </c>
       <c r="BN51" t="s">
         <v>75</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
         <v>80.48</v>
       </c>
       <c r="BS51"/>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C52">
         <v>4185644530</v>
       </c>
       <c r="D52">
         <v>494318</v>
       </c>
       <c r="E52">
         <v>38.19</v>
       </c>
       <c r="F52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="G52" t="s">
         <v>69</v>
       </c>
       <c r="H52" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="I52">
         <v>14.24</v>
       </c>
       <c r="J52" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="K52" t="s">
         <v>72</v>
       </c>
       <c r="L52">
         <v>3444613255</v>
       </c>
       <c r="M52" t="s">
         <v>73</v>
       </c>
       <c r="N52" t="s">
         <v>74</v>
       </c>
       <c r="O52"/>
       <c r="P52" t="s">
         <v>75</v>
       </c>
       <c r="Q52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="R52" t="s">
         <v>75</v>
       </c>
       <c r="S52" t="s">
         <v>75</v>
       </c>
       <c r="T52" t="s">
         <v>160</v>
       </c>
       <c r="U52">
         <v>4185644530</v>
       </c>
       <c r="V52">
         <v>494318</v>
       </c>
       <c r="W52" t="s">
         <v>75</v>
       </c>
       <c r="X52">
         <v>38.19</v>
       </c>
       <c r="Y52">
         <v>1</v>
       </c>
       <c r="Z52" t="s">
         <v>75</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>69</v>
       </c>
       <c r="AC52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="AD52" t="s">
         <v>75</v>
       </c>
       <c r="AE52" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="AF52" t="s">
         <v>77</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="AK52" t="s">
         <v>80</v>
       </c>
       <c r="AL52" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="AM52"/>
       <c r="AN52" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="AO52">
         <v>14.24</v>
       </c>
       <c r="AP52" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="AQ52"/>
       <c r="AR52"/>
       <c r="AS52"/>
       <c r="AT52" t="s">
         <v>75</v>
       </c>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52"/>
       <c r="AX52" t="s">
         <v>82</v>
       </c>
       <c r="AY52">
         <v>3444613255</v>
       </c>
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52"/>
       <c r="BB52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="BC52" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="BD52" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="BE52" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="BF52" t="s">
         <v>75</v>
       </c>
       <c r="BG52" t="s">
         <v>75</v>
       </c>
       <c r="BH52">
-        <v>1779</v>
+        <v>1839</v>
       </c>
       <c r="BI52" t="s">
         <v>86</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
         <v>75</v>
       </c>
       <c r="BN52" t="s">
         <v>75</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
         <v>38.19</v>
       </c>
       <c r="BS52"/>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C53">
         <v>4181203859</v>
       </c>
       <c r="D53">
         <v>494133</v>
       </c>
       <c r="E53">
         <v>148.42</v>
       </c>
       <c r="F53" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="G53" t="s">
         <v>69</v>
       </c>
       <c r="H53" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="I53">
         <v>85.5</v>
       </c>
       <c r="J53" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="K53" t="s">
         <v>72</v>
       </c>
       <c r="L53">
         <v>8985701771</v>
       </c>
       <c r="M53" t="s">
         <v>73</v>
       </c>
       <c r="N53" t="s">
         <v>74</v>
       </c>
       <c r="O53"/>
       <c r="P53" t="s">
         <v>75</v>
       </c>
       <c r="Q53" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="R53" t="s">
         <v>75</v>
       </c>
       <c r="S53" t="s">
         <v>75</v>
       </c>
       <c r="T53" t="s">
         <v>76</v>
       </c>
       <c r="U53">
         <v>4181203859</v>
       </c>
       <c r="V53">
         <v>494133</v>
       </c>
       <c r="W53" t="s">
         <v>75</v>
       </c>
       <c r="X53">
         <v>148.42</v>
       </c>
       <c r="Y53">
         <v>1</v>
       </c>
       <c r="Z53" t="s">
         <v>75</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>69</v>
       </c>
       <c r="AC53" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="AD53" t="s">
         <v>75</v>
       </c>
       <c r="AE53">
         <v>5553348925</v>
       </c>
       <c r="AF53" t="s">
         <v>77</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="AK53" t="s">
         <v>80</v>
       </c>
       <c r="AL53" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="AM53"/>
       <c r="AN53" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="AO53">
         <v>85.5</v>
       </c>
       <c r="AP53" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="AQ53" t="s">
         <v>333</v>
       </c>
       <c r="AR53" t="s">
         <v>334</v>
       </c>
       <c r="AS53" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="AT53" t="s">
         <v>75</v>
       </c>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53"/>
       <c r="AX53" t="s">
         <v>82</v>
       </c>
       <c r="AY53">
         <v>8985701771</v>
       </c>
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53"/>
       <c r="BB53" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="BC53" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="BD53" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="BE53" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="BF53" t="s">
         <v>75</v>
       </c>
       <c r="BG53" t="s">
         <v>75</v>
       </c>
       <c r="BH53">
-        <v>1781</v>
+        <v>1841</v>
       </c>
       <c r="BI53" t="s">
         <v>86</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
         <v>75</v>
       </c>
       <c r="BN53" t="s">
         <v>75</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
         <v>148.42</v>
       </c>
       <c r="BS53"/>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C54">
         <v>4172395049</v>
       </c>
       <c r="D54">
         <v>493594</v>
       </c>
       <c r="E54">
         <v>120.52</v>
       </c>
       <c r="F54" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="G54" t="s">
         <v>69</v>
       </c>
       <c r="H54" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="I54">
         <v>69.47</v>
       </c>
       <c r="J54" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="K54" t="s">
         <v>72</v>
       </c>
       <c r="L54">
         <v>8484663294</v>
       </c>
       <c r="M54" t="s">
         <v>73</v>
       </c>
       <c r="N54" t="s">
         <v>74</v>
       </c>
       <c r="O54"/>
       <c r="P54" t="s">
         <v>75</v>
       </c>
       <c r="Q54" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="R54" t="s">
         <v>75</v>
       </c>
       <c r="S54" t="s">
         <v>75</v>
       </c>
       <c r="T54" t="s">
         <v>160</v>
       </c>
       <c r="U54">
         <v>4172395049</v>
       </c>
       <c r="V54">
         <v>493594</v>
       </c>
       <c r="W54" t="s">
         <v>75</v>
       </c>
       <c r="X54">
         <v>120.52</v>
       </c>
       <c r="Y54">
         <v>1</v>
       </c>
       <c r="Z54" t="s">
         <v>75</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>69</v>
       </c>
       <c r="AC54" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="AD54" t="s">
         <v>75</v>
       </c>
       <c r="AE54" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="AF54" t="s">
         <v>77</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
         <v>171</v>
       </c>
       <c r="AK54" t="s">
         <v>80</v>
       </c>
       <c r="AL54" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="AM54"/>
       <c r="AN54" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="AO54">
         <v>69.47</v>
       </c>
       <c r="AP54" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="AQ54"/>
       <c r="AR54"/>
       <c r="AS54"/>
       <c r="AT54" t="s">
         <v>75</v>
       </c>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54"/>
       <c r="AX54" t="s">
         <v>82</v>
       </c>
       <c r="AY54">
         <v>8484663294</v>
       </c>
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54"/>
       <c r="BB54" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="BC54" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="BD54" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="BE54" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="BF54" t="s">
         <v>75</v>
       </c>
       <c r="BG54" t="s">
         <v>75</v>
       </c>
       <c r="BH54">
-        <v>1785</v>
+        <v>1845</v>
       </c>
       <c r="BI54" t="s">
         <v>86</v>
       </c>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54" t="s">
         <v>75</v>
       </c>
       <c r="BN54" t="s">
         <v>75</v>
       </c>
       <c r="BO54">
         <v>0</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
         <v>120.52</v>
       </c>
       <c r="BS54"/>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C55">
         <v>4086800672</v>
       </c>
       <c r="D55">
         <v>490258</v>
       </c>
       <c r="E55">
         <v>40.11</v>
       </c>
       <c r="F55" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G55" t="s">
         <v>69</v>
       </c>
       <c r="H55" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="I55">
         <v>15.89</v>
       </c>
       <c r="J55" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="K55" t="s">
         <v>72</v>
       </c>
       <c r="L55">
         <v>6828180450</v>
       </c>
       <c r="M55" t="s">
         <v>73</v>
       </c>
       <c r="N55" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="O55"/>
       <c r="P55" t="s">
         <v>75</v>
       </c>
       <c r="Q55" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="R55" t="s">
         <v>75</v>
       </c>
       <c r="S55" t="s">
         <v>75</v>
       </c>
       <c r="T55" t="s">
         <v>76</v>
       </c>
       <c r="U55">
         <v>4086800672</v>
       </c>
       <c r="V55">
         <v>490258</v>
       </c>
       <c r="W55" t="s">
         <v>75</v>
       </c>
       <c r="X55">
         <v>40.11</v>
       </c>
       <c r="Y55">
         <v>1</v>
       </c>
       <c r="Z55" t="s">
         <v>75</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>69</v>
       </c>
       <c r="AC55" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="AD55" t="s">
         <v>75</v>
       </c>
       <c r="AE55" t="s">
         <v>75</v>
       </c>
       <c r="AF55" t="s">
         <v>77</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="AI55" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="AJ55" t="s">
         <v>203</v>
       </c>
       <c r="AK55" t="s">
         <v>80</v>
       </c>
       <c r="AL55" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="AM55"/>
       <c r="AN55" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="AO55">
         <v>15.89</v>
       </c>
       <c r="AP55" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="AQ55" t="s">
         <v>333</v>
       </c>
       <c r="AR55" t="s">
         <v>334</v>
       </c>
       <c r="AS55" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="AT55" t="s">
         <v>75</v>
       </c>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55"/>
       <c r="AX55" t="s">
         <v>82</v>
       </c>
       <c r="AY55">
         <v>6828180450</v>
       </c>
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55"/>
       <c r="BB55" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="BC55" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="BD55" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="BE55" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="BF55" t="s">
         <v>75</v>
       </c>
       <c r="BG55" t="s">
         <v>75</v>
       </c>
       <c r="BH55">
-        <v>1827</v>
+        <v>1887</v>
       </c>
       <c r="BI55" t="s">
         <v>86</v>
       </c>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55" t="s">
         <v>75</v>
       </c>
       <c r="BN55" t="s">
         <v>75</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
         <v>0</v>
       </c>
       <c r="BS55"/>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C56">
         <v>4086800672</v>
       </c>
       <c r="D56">
         <v>490259</v>
       </c>
       <c r="E56">
         <v>40.11</v>
       </c>
       <c r="F56" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G56" t="s">
         <v>69</v>
       </c>
       <c r="H56" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="I56">
         <v>15.89</v>
       </c>
       <c r="J56" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="K56" t="s">
         <v>72</v>
       </c>
       <c r="L56">
         <v>6828180450</v>
       </c>
       <c r="M56" t="s">
         <v>73</v>
       </c>
       <c r="N56" t="s">
         <v>74</v>
       </c>
       <c r="O56"/>
       <c r="P56" t="s">
         <v>75</v>
       </c>
       <c r="Q56" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="R56" t="s">
         <v>75</v>
       </c>
       <c r="S56" t="s">
         <v>75</v>
       </c>
       <c r="T56" t="s">
         <v>76</v>
       </c>
       <c r="U56">
         <v>4086800672</v>
       </c>
       <c r="V56">
         <v>490259</v>
       </c>
       <c r="W56" t="s">
         <v>75</v>
       </c>
       <c r="X56">
         <v>40.11</v>
       </c>
       <c r="Y56">
         <v>1</v>
       </c>
       <c r="Z56" t="s">
         <v>75</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>69</v>
       </c>
       <c r="AC56" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="AD56" t="s">
         <v>75</v>
       </c>
       <c r="AE56" t="s">
         <v>75</v>
       </c>
       <c r="AF56" t="s">
         <v>77</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="AI56" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="AJ56" t="s">
         <v>203</v>
       </c>
       <c r="AK56" t="s">
         <v>80</v>
       </c>
       <c r="AL56" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="AM56"/>
       <c r="AN56" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="AO56">
         <v>15.89</v>
       </c>
       <c r="AP56" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="AQ56" t="s">
         <v>333</v>
       </c>
       <c r="AR56" t="s">
         <v>334</v>
       </c>
       <c r="AS56" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="AT56" t="s">
         <v>75</v>
       </c>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56" t="s">
         <v>82</v>
       </c>
       <c r="AY56">
         <v>6828180450</v>
       </c>
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56"/>
       <c r="BB56" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="BC56" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="BD56" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="BE56" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="BF56" t="s">
         <v>75</v>
       </c>
       <c r="BG56" t="s">
         <v>75</v>
       </c>
       <c r="BH56">
-        <v>1827</v>
+        <v>1887</v>
       </c>
       <c r="BI56" t="s">
         <v>86</v>
       </c>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56" t="s">
         <v>75</v>
       </c>
       <c r="BN56" t="s">
         <v>75</v>
       </c>
       <c r="BO56">
         <v>0</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
         <v>0</v>
       </c>
       <c r="BS56"/>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C57">
         <v>4054893516</v>
       </c>
       <c r="D57">
         <v>489219</v>
       </c>
       <c r="E57">
         <v>57.1</v>
       </c>
       <c r="F57" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="G57" t="s">
         <v>69</v>
       </c>
       <c r="H57" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="I57">
         <v>32.61</v>
       </c>
       <c r="J57" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="K57" t="s">
         <v>72</v>
       </c>
       <c r="L57">
         <v>3876815471</v>
       </c>
       <c r="M57" t="s">
         <v>73</v>
       </c>
       <c r="N57" t="s">
         <v>74</v>
       </c>
       <c r="O57"/>
       <c r="P57" t="s">
         <v>75</v>
       </c>
       <c r="Q57" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="R57" t="s">
         <v>75</v>
       </c>
       <c r="S57" t="s">
         <v>75</v>
       </c>
       <c r="T57" t="s">
         <v>76</v>
       </c>
       <c r="U57">
         <v>4054893516</v>
       </c>
       <c r="V57">
         <v>489219</v>
       </c>
       <c r="W57" t="s">
         <v>75</v>
       </c>
       <c r="X57">
         <v>57.1</v>
       </c>
       <c r="Y57">
         <v>1</v>
       </c>
       <c r="Z57" t="s">
         <v>75</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>69</v>
       </c>
       <c r="AC57" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="AD57" t="s">
         <v>75</v>
       </c>
       <c r="AE57" t="s">
         <v>75</v>
       </c>
       <c r="AF57" t="s">
         <v>77</v>
       </c>
       <c r="AG57"/>
       <c r="AH57" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="AI57" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="AJ57" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="AK57" t="s">
         <v>80</v>
       </c>
       <c r="AL57" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="AM57"/>
       <c r="AN57" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="AO57">
         <v>32.61</v>
       </c>
       <c r="AP57" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="AQ57"/>
       <c r="AR57"/>
       <c r="AS57"/>
       <c r="AT57" t="s">
         <v>75</v>
       </c>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57"/>
       <c r="AX57" t="s">
         <v>82</v>
       </c>
       <c r="AY57">
         <v>3876815471</v>
       </c>
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57"/>
       <c r="BB57" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="BC57" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="BD57" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="BE57" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="BF57" t="s">
         <v>75</v>
       </c>
       <c r="BG57" t="s">
         <v>75</v>
       </c>
       <c r="BH57">
-        <v>1842</v>
+        <v>1902</v>
       </c>
       <c r="BI57" t="s">
         <v>86</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
         <v>75</v>
       </c>
       <c r="BN57" t="s">
         <v>75</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
         <v>0</v>
       </c>
       <c r="BS57"/>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C58">
         <v>4053289133</v>
       </c>
       <c r="D58">
         <v>489171</v>
       </c>
       <c r="E58">
         <v>33.32</v>
       </c>
       <c r="F58" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="G58" t="s">
         <v>69</v>
       </c>
       <c r="H58" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="I58">
         <v>9.11</v>
       </c>
       <c r="J58" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="K58" t="s">
         <v>72</v>
       </c>
       <c r="L58">
         <v>6476112716</v>
       </c>
       <c r="M58" t="s">
         <v>73</v>
       </c>
       <c r="N58" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
         <v>75</v>
       </c>
       <c r="Q58" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="R58" t="s">
         <v>75</v>
       </c>
       <c r="S58" t="s">
         <v>75</v>
       </c>
       <c r="T58" t="s">
         <v>76</v>
       </c>
       <c r="U58">
         <v>4053289133</v>
       </c>
       <c r="V58">
         <v>489171</v>
       </c>
       <c r="W58" t="s">
         <v>75</v>
       </c>
       <c r="X58">
         <v>33.32</v>
       </c>
       <c r="Y58">
         <v>1</v>
       </c>
       <c r="Z58" t="s">
         <v>75</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>69</v>
       </c>
       <c r="AC58" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="AD58" t="s">
         <v>75</v>
       </c>
       <c r="AE58" t="s">
         <v>75</v>
       </c>
       <c r="AF58" t="s">
         <v>77</v>
       </c>
       <c r="AG58"/>
       <c r="AH58" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="AI58" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="AJ58" t="s">
         <v>79</v>
       </c>
       <c r="AK58" t="s">
         <v>80</v>
       </c>
       <c r="AL58" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="AM58"/>
       <c r="AN58" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="AO58">
         <v>9.11</v>
       </c>
       <c r="AP58" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="AQ58"/>
       <c r="AR58"/>
       <c r="AS58"/>
       <c r="AT58" t="s">
         <v>75</v>
       </c>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58"/>
       <c r="AX58" t="s">
         <v>82</v>
       </c>
       <c r="AY58">
         <v>6476112716</v>
       </c>
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58"/>
       <c r="BB58" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="BC58" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="BD58" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="BE58" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="BF58" t="s">
         <v>75</v>
       </c>
       <c r="BG58" t="s">
         <v>75</v>
       </c>
       <c r="BH58">
-        <v>1843</v>
+        <v>1903</v>
       </c>
       <c r="BI58" t="s">
         <v>86</v>
       </c>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58" t="s">
         <v>75</v>
       </c>
       <c r="BN58" t="s">
         <v>75</v>
       </c>
       <c r="BO58">
         <v>0</v>
       </c>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
         <v>0</v>
       </c>
       <c r="BS58"/>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C59">
         <v>4053289133</v>
       </c>
       <c r="D59">
         <v>489172</v>
       </c>
       <c r="E59">
         <v>33.32</v>
       </c>
       <c r="F59" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="G59" t="s">
         <v>69</v>
       </c>
       <c r="H59" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I59">
         <v>9.11</v>
       </c>
       <c r="J59" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="K59" t="s">
         <v>72</v>
       </c>
       <c r="L59">
         <v>6476112716</v>
       </c>
       <c r="M59" t="s">
         <v>73</v>
       </c>
       <c r="N59" t="s">
         <v>74</v>
       </c>
       <c r="O59"/>
       <c r="P59" t="s">
         <v>75</v>
       </c>
       <c r="Q59" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="R59" t="s">
         <v>75</v>
       </c>
       <c r="S59" t="s">
         <v>75</v>
       </c>
       <c r="T59" t="s">
         <v>76</v>
       </c>
       <c r="U59">
         <v>4053289133</v>
       </c>
       <c r="V59">
         <v>489172</v>
       </c>
       <c r="W59" t="s">
         <v>75</v>
       </c>
       <c r="X59">
         <v>33.32</v>
       </c>
       <c r="Y59">
         <v>1</v>
       </c>
       <c r="Z59" t="s">
         <v>75</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>69</v>
       </c>
       <c r="AC59" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="AD59" t="s">
         <v>75</v>
       </c>
       <c r="AE59" t="s">
         <v>75</v>
       </c>
       <c r="AF59" t="s">
         <v>77</v>
       </c>
       <c r="AG59"/>
       <c r="AH59" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="AI59" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="AJ59" t="s">
         <v>79</v>
       </c>
       <c r="AK59" t="s">
         <v>80</v>
       </c>
       <c r="AL59" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="AM59"/>
       <c r="AN59" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="AO59">
         <v>9.11</v>
       </c>
       <c r="AP59" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="AQ59"/>
       <c r="AR59"/>
       <c r="AS59"/>
       <c r="AT59" t="s">
         <v>75</v>
       </c>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59"/>
       <c r="AX59" t="s">
         <v>82</v>
       </c>
       <c r="AY59">
         <v>6476112716</v>
       </c>
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59"/>
       <c r="BB59" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="BC59" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="BD59" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="BE59" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="BF59" t="s">
         <v>75</v>
       </c>
       <c r="BG59" t="s">
         <v>75</v>
       </c>
       <c r="BH59">
-        <v>1843</v>
+        <v>1903</v>
       </c>
       <c r="BI59" t="s">
         <v>86</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
         <v>75</v>
       </c>
       <c r="BN59" t="s">
         <v>75</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
         <v>0</v>
       </c>
       <c r="BS59"/>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C60">
         <v>4042840650</v>
       </c>
       <c r="D60">
         <v>488857</v>
       </c>
       <c r="E60">
         <v>32.91</v>
       </c>
       <c r="F60" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="G60" t="s">
         <v>69</v>
       </c>
       <c r="H60" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="I60">
         <v>23.54</v>
       </c>
       <c r="J60" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="K60" t="s">
         <v>72</v>
       </c>
       <c r="L60">
         <v>5526688381</v>
       </c>
       <c r="M60" t="s">
         <v>73</v>
       </c>
       <c r="N60" t="s">
         <v>74</v>
       </c>
       <c r="O60"/>
       <c r="P60" t="s">
         <v>75</v>
       </c>
       <c r="Q60" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="R60" t="s">
         <v>75</v>
       </c>
       <c r="S60" t="s">
         <v>75</v>
       </c>
       <c r="T60" t="s">
         <v>76</v>
       </c>
       <c r="U60">
         <v>4042840650</v>
       </c>
       <c r="V60">
         <v>488857</v>
       </c>
       <c r="W60" t="s">
         <v>75</v>
       </c>
       <c r="X60">
         <v>32.91</v>
       </c>
       <c r="Y60">
         <v>1</v>
       </c>
       <c r="Z60" t="s">
         <v>75</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>69</v>
       </c>
       <c r="AC60" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="AD60" t="s">
         <v>75</v>
       </c>
       <c r="AE60" t="s">
         <v>75</v>
       </c>
       <c r="AF60" t="s">
         <v>77</v>
       </c>
       <c r="AG60"/>
       <c r="AH60" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="AI60" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="AJ60" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="AK60" t="s">
         <v>80</v>
       </c>
       <c r="AL60" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="AM60"/>
       <c r="AN60" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="AO60">
         <v>23.54</v>
       </c>
       <c r="AP60" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="AQ60" t="s">
         <v>333</v>
       </c>
       <c r="AR60" t="s">
         <v>346</v>
       </c>
       <c r="AS60" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="AT60" t="s">
         <v>75</v>
       </c>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60"/>
       <c r="AX60" t="s">
         <v>82</v>
       </c>
       <c r="AY60">
         <v>5526688381</v>
       </c>
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60"/>
       <c r="BB60" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="BC60" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="BD60" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="BE60" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="BF60" t="s">
         <v>75</v>
       </c>
       <c r="BG60" t="s">
         <v>75</v>
       </c>
       <c r="BH60">
-        <v>1849</v>
+        <v>1909</v>
       </c>
       <c r="BI60" t="s">
         <v>86</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
         <v>75</v>
       </c>
       <c r="BN60" t="s">
         <v>75</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
         <v>0</v>
       </c>
       <c r="BS60"/>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C61">
         <v>4027193931</v>
       </c>
       <c r="D61">
         <v>488350</v>
       </c>
       <c r="E61">
         <v>440.65</v>
       </c>
       <c r="F61" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="G61" t="s">
         <v>69</v>
       </c>
       <c r="H61" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="I61">
         <v>297.16</v>
       </c>
       <c r="J61" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="K61" t="s">
         <v>72</v>
       </c>
       <c r="L61">
         <v>5595387825</v>
       </c>
       <c r="M61" t="s">
         <v>73</v>
       </c>
       <c r="N61" t="s">
         <v>74</v>
       </c>
       <c r="O61"/>
       <c r="P61" t="s">
         <v>75</v>
       </c>
       <c r="Q61" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="R61" t="s">
         <v>75</v>
       </c>
       <c r="S61" t="s">
         <v>75</v>
       </c>
       <c r="T61" t="s">
         <v>76</v>
       </c>
       <c r="U61">
         <v>4027193931</v>
       </c>
       <c r="V61">
         <v>488350</v>
       </c>
       <c r="W61" t="s">
         <v>75</v>
       </c>
       <c r="X61">
         <v>440.65</v>
       </c>
       <c r="Y61">
         <v>1</v>
       </c>
       <c r="Z61" t="s">
         <v>75</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>69</v>
       </c>
       <c r="AC61" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="AD61" t="s">
         <v>75</v>
       </c>
       <c r="AE61" t="s">
         <v>75</v>
       </c>
       <c r="AF61" t="s">
         <v>77</v>
       </c>
       <c r="AG61"/>
       <c r="AH61" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="AI61" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="AJ61" t="s">
         <v>331</v>
       </c>
       <c r="AK61" t="s">
         <v>80</v>
       </c>
       <c r="AL61" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="AM61"/>
       <c r="AN61" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="AO61">
         <v>297.16</v>
       </c>
       <c r="AP61" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="AQ61"/>
       <c r="AR61"/>
       <c r="AS61"/>
       <c r="AT61" t="s">
         <v>75</v>
       </c>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61" t="s">
         <v>82</v>
       </c>
       <c r="AY61">
         <v>5595387825</v>
       </c>
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61"/>
       <c r="BB61" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="BC61" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="BD61" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="BE61" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="BF61" t="s">
         <v>75</v>
       </c>
       <c r="BG61" t="s">
         <v>75</v>
       </c>
       <c r="BH61">
-        <v>1857</v>
+        <v>1917</v>
       </c>
       <c r="BI61" t="s">
         <v>86</v>
       </c>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61" t="s">
         <v>75</v>
       </c>
       <c r="BN61" t="s">
         <v>75</v>
       </c>
       <c r="BO61">
         <v>0</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
         <v>0</v>
       </c>
       <c r="BS61"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>