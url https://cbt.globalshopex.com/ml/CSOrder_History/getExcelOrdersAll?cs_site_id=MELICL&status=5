--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -260,51 +260,51 @@
   <si>
     <t>XXXXXXX</t>
   </si>
   <si>
     <t>Capitan Orella 2445</t>
   </si>
   <si>
     <t>Ñuñoa</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
     <t>/B08T82GKVT</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2021-06-25 11:23:30</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>Tracking Information - Waiting Ship. Info.</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t>2020-10-09 11:29:22</t>
   </si>
   <si>
     <t>Esteban Barrueto</t>
   </si>
   <si>
     <t>/1560637420</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -988,51 +988,51 @@
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>1556</v>
+        <v>1649</v>
       </c>
       <c r="BI2" t="s">
         <v>79</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>70</v>
       </c>
       <c r="BN2" t="s">
         <v>70</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>700</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1165,51 +1165,51 @@
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
         <v>81</v>
       </c>
       <c r="BB3" t="s">
         <v>80</v>
       </c>
       <c r="BC3" t="s">
         <v>70</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>1567</v>
+        <v>1660</v>
       </c>
       <c r="BI3" t="s">
         <v>79</v>
       </c>
       <c r="BJ3" t="s">
         <v>82</v>
       </c>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>70</v>
       </c>
       <c r="BN3" t="s">
         <v>70</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>15236</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1338,51 +1338,51 @@
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>83</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>1826</v>
+        <v>1919</v>
       </c>
       <c r="BI4" t="s">
         <v>79</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>70</v>
       </c>
       <c r="BN4" t="s">
         <v>70</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>19966</v>
       </c>
       <c r="BS4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>