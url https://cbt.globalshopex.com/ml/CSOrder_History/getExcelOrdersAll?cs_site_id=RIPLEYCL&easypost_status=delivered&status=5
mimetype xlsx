--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1007">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1087">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,326 +215,578 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
+    <t>2025-11-07 20:36:46</t>
+  </si>
+  <si>
+    <t>24107916302-A</t>
+  </si>
+  <si>
+    <t>Carlos Garcia</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>/114-5894477-3927455</t>
+  </si>
+  <si>
+    <t>2025-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (auto buy is not available, )</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>eshopex - ENTREGADO - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:36:47</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:36:48</t>
+  </si>
+  <si>
+    <t>SHIPPED</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--987810761</t>
+  </si>
+  <si>
+    <t>rosas  2999</t>
+  </si>
+  <si>
+    <t>SANTIAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B08JLDQ24L</t>
+  </si>
+  <si>
+    <t>starken</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-11-17 16:35:53</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-22 14:58:09</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "RIPLEY ENVIARÁ ORDEN A OFICINA DE CHILE"				</t>
+  </si>
+  <si>
+    <t>2025-11-21 22:29:59</t>
+  </si>
+  <si>
+    <t>2025-11-07 21:50:08</t>
+  </si>
+  <si>
+    <t>Collecting Pending</t>
+  </si>
+  <si>
+    <t>2025-10-02 00:19:31</t>
+  </si>
+  <si>
+    <t>23964006001-A</t>
+  </si>
+  <si>
+    <t>Vickenberly Pirela</t>
+  </si>
+  <si>
+    <t>/113-1245297-8804236</t>
+  </si>
+  <si>
+    <t>2025-10-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-10-02 00:19:33</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--930663445</t>
+  </si>
+  <si>
+    <t>Avenida Libertador Bernardo O'Higgins 4877</t>
+  </si>
+  <si>
+    <t>EST.CENTRAL</t>
+  </si>
+  <si>
+    <t>/B074ZDNJBD</t>
+  </si>
+  <si>
+    <t>2025-10-07 10:31:51</t>
+  </si>
+  <si>
+    <t>2025-10-11 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-10-22 11:52:25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
+  </si>
+  <si>
+    <t>2025-10-20 17:11:49</t>
+  </si>
+  <si>
+    <t>2025-10-02 00:49:49</t>
+  </si>
+  <si>
+    <t>2025-09-01 15:34:30</t>
+  </si>
+  <si>
+    <t>23859277101-A</t>
+  </si>
+  <si>
+    <t>Orietta Romo</t>
+  </si>
+  <si>
+    <t>/ 112-5112380-8715439</t>
+  </si>
+  <si>
+    <t>2025-09-01 00:00:00</t>
+  </si>
+  <si>
+    <t>253163178, 9393720582</t>
+  </si>
+  <si>
+    <t>2025-09-01 15:34:31</t>
+  </si>
+  <si>
+    <t>RECEIVED</t>
+  </si>
+  <si>
+    <t>--992787371</t>
+  </si>
+  <si>
+    <t>Costas de montemar 358</t>
+  </si>
+  <si>
+    <t>CON-CON</t>
+  </si>
+  <si>
+    <t>/B095L1YBDY</t>
+  </si>
+  <si>
+    <t>starken, Blue Express</t>
+  </si>
+  <si>
+    <t>2025-09-10 14:17:24</t>
+  </si>
+  <si>
+    <t>2025-09-13 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-09-23 17:24:22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "RIPLEY ENVIARÁ ORDEN A OFICINA DE CHILE"					</t>
+  </si>
+  <si>
+    <t>2025-11-21 22:46:09</t>
+  </si>
+  <si>
+    <t>2025-09-01 18:43:18</t>
+  </si>
+  <si>
+    <t>2025-08-30 19:35:11</t>
+  </si>
+  <si>
+    <t>23854945401-A</t>
+  </si>
+  <si>
+    <t>Raul  Serey</t>
+  </si>
+  <si>
+    <t>/112-2911899-7539412</t>
+  </si>
+  <si>
+    <t>2025-08-30 19:35:12</t>
+  </si>
+  <si>
+    <t>2025-08-30 19:35:13</t>
+  </si>
+  <si>
+    <t>--984482372</t>
+  </si>
+  <si>
+    <t>Av. Jorge Alessandri 1431</t>
+  </si>
+  <si>
+    <t>MAIPU</t>
+  </si>
+  <si>
+    <t>/B004VRD6FY</t>
+  </si>
+  <si>
+    <t>2025-09-15 10:04:51</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-09-25 11:22:32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-09-15 14:52:00</t>
+  </si>
+  <si>
+    <t>2025-09-01 18:43:04</t>
+  </si>
+  <si>
+    <t>Return Label Pending</t>
+  </si>
+  <si>
+    <t>2025-07-30 23:05:31</t>
+  </si>
+  <si>
+    <t>23786751501-A</t>
+  </si>
+  <si>
+    <t>Diego Fierro</t>
+  </si>
+  <si>
+    <t>/11362141</t>
+  </si>
+  <si>
+    <t>2025-07-31 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>2025-07-30 23:05:32</t>
+  </si>
+  <si>
+    <t>2025-07-30 23:05:33</t>
+  </si>
+  <si>
+    <t>--972450445</t>
+  </si>
+  <si>
+    <t>Los Quillayes Norte 7593</t>
+  </si>
+  <si>
+    <t>PUENTE ALTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSP470821</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>2025-08-04 13:47:05</t>
+  </si>
+  <si>
+    <t>2025-08-08 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-08-14 14:12:13</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-08-18 17:53:59</t>
+  </si>
+  <si>
+    <t>2025-07-30 23:47:05</t>
+  </si>
+  <si>
     <t>2025-03-26 13:03:38</t>
   </si>
   <si>
     <t>23409542201-A</t>
   </si>
   <si>
     <t>Giovanna Concha</t>
   </si>
   <si>
-    <t>CL</t>
-[...1 lines deleted...]
-  <si>
     <t>/112-3617115-6102653</t>
   </si>
   <si>
     <t>2025-03-26 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">Cancelled </t>
   </si>
   <si>
     <t>242185779, 9315345911</t>
   </si>
   <si>
-    <t>delivered</t>
-[...1 lines deleted...]
-  <si>
     <t>eshopex - ENTREGADO PDA - ENTREGADO</t>
   </si>
   <si>
     <t>2025-03-26 13:03:39</t>
   </si>
   <si>
     <t>2025-03-26 13:03:40</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...4 lines deleted...]
-  <si>
     <t>--962247735</t>
   </si>
   <si>
     <t>Tagua tagua  8750</t>
   </si>
   <si>
     <t>PE.ALOLEN</t>
   </si>
   <si>
     <t>/B0068NW8KI</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...1 lines deleted...]
-  <si>
     <t>USPS</t>
   </si>
   <si>
     <t>9361289677046161214456</t>
   </si>
   <si>
     <t>2025-03-27</t>
   </si>
   <si>
-    <t>starken, Blue Express</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-04-01 13:30:49</t>
   </si>
   <si>
     <t>2025-04-05 17:00:00</t>
   </si>
   <si>
     <t>2025-04-11 12:51:35</t>
   </si>
   <si>
-    <t>automatic</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-04-14 20:38:27</t>
   </si>
   <si>
     <t>2025-03-26 15:18:47</t>
   </si>
   <si>
     <t>Closed</t>
   </si>
   <si>
     <t>Finance Pending</t>
   </si>
   <si>
     <t>2024-12-26 19:16:44</t>
   </si>
   <si>
     <t>23218504401-A</t>
   </si>
   <si>
     <t>Juan Riveros</t>
   </si>
   <si>
     <t>/11242773</t>
   </si>
   <si>
     <t>2024-12-26 00:00:00</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, )</t>
-[...1 lines deleted...]
-  <si>
     <t>236856441, 7975757440</t>
   </si>
   <si>
     <t>2024-12-26 19:16:45</t>
   </si>
   <si>
     <t>--999391847</t>
   </si>
   <si>
     <t>Calle Cerro Moreno 10500</t>
   </si>
   <si>
     <t>ANTOFAGASTA</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPOS6121</t>
   </si>
   <si>
-    <t>Fedex</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-31 07:29:32</t>
   </si>
   <si>
     <t>2025-01-01 17:00:00</t>
   </si>
   <si>
     <t>2025-01-08 13:20:03</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"			</t>
   </si>
   <si>
     <t>2025-01-13 20:01:01</t>
   </si>
   <si>
     <t>2024-12-26 20:21:38</t>
   </si>
   <si>
     <t>2024-12-22 20:52:02</t>
   </si>
   <si>
     <t>23211312301-A</t>
   </si>
   <si>
     <t xml:space="preserve">Luisa Vasquez </t>
   </si>
   <si>
     <t>/11240836</t>
   </si>
   <si>
     <t>2024-12-22 00:00:00</t>
   </si>
   <si>
     <t>237321808, 7972518444</t>
   </si>
   <si>
-    <t>eshopex - ENTREGADO - ENTREGADO</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-22 20:52:03</t>
   </si>
   <si>
     <t>--998904481</t>
   </si>
   <si>
     <t>Amunategui 620</t>
   </si>
   <si>
-    <t>SANTIAGO</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPLL2621</t>
   </si>
   <si>
     <t>2025-01-09 10:37:18</t>
   </si>
   <si>
     <t>2025-01-11 17:00:00</t>
   </si>
   <si>
     <t>2025-01-18 10:10:05</t>
   </si>
   <si>
     <t>2025-01-21 18:23:15</t>
   </si>
   <si>
     <t>2024-12-22 21:51:39</t>
   </si>
   <si>
     <t>2024-12-13 19:59:49</t>
   </si>
   <si>
     <t>23171472501-A</t>
   </si>
   <si>
     <t>Katalina Cerda</t>
   </si>
   <si>
     <t>/113-9444691-4666666</t>
   </si>
   <si>
     <t>2024-12-14 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (Is not posible logon by captcha, please Review)</t>
   </si>
   <si>
     <t>2024-12-13 19:59:50</t>
   </si>
   <si>
     <t>--973885093</t>
   </si>
   <si>
     <t>El tololo 2663</t>
   </si>
   <si>
-    <t>PUENTE ALTO</t>
-[...4 lines deleted...]
-  <si>
     <t>/B004C7S70W</t>
   </si>
   <si>
     <t>UPS</t>
   </si>
   <si>
     <t>1ZAC27800310894394</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
-    <t>starken</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-17 17:19:39</t>
   </si>
   <si>
     <t>2024-12-21 17:00:00</t>
   </si>
   <si>
     <t>2024-12-30 09:06:18</t>
   </si>
   <si>
-    <t>manual</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"		</t>
   </si>
   <si>
     <t>2025-01-08 15:23:32</t>
   </si>
   <si>
     <t>2024-12-13 21:25:05</t>
   </si>
   <si>
     <t>2024-12-08 18:31:12</t>
   </si>
   <si>
     <t>23146119401-A</t>
   </si>
   <si>
     <t>Jaime Alexi Lanfranco Devia</t>
   </si>
   <si>
     <t>/114-7266187-4791447</t>
   </si>
   <si>
     <t>2024-12-10 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (warning: Invalid card information. Please check added card in CBT.)</t>
@@ -596,53 +848,50 @@
   <si>
     <t>Arona villa don ambrosio  409</t>
   </si>
   <si>
     <t>CHILLAN</t>
   </si>
   <si>
     <t>/B082N75D6J</t>
   </si>
   <si>
     <t>9361289677037836599855</t>
   </si>
   <si>
     <t>2024-10-03</t>
   </si>
   <si>
     <t>2024-10-07 16:32:47</t>
   </si>
   <si>
     <t>2024-10-12 17:00:00</t>
   </si>
   <si>
     <t>2024-10-18 14:19:03</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-10-10 16:56:54</t>
   </si>
   <si>
     <t>2024-10-02 18:36:56</t>
   </si>
   <si>
     <t>2024-09-24 01:35:53</t>
   </si>
   <si>
     <t>22875968501-A</t>
   </si>
   <si>
     <t>Patricia Sanhueza G.</t>
   </si>
   <si>
     <t>/114-4000768-7871441</t>
   </si>
   <si>
     <t>2024-09-25 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (The customer on checkout is different, please review)</t>
   </si>
   <si>
     <t>232320938, 7916995111</t>
@@ -800,53 +1049,50 @@
   <si>
     <t>Carol Tellez</t>
   </si>
   <si>
     <t>/114-4056684-1596212</t>
   </si>
   <si>
     <t>2024-04-08 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (Order time it's exceeded)</t>
   </si>
   <si>
     <t>225035343, 7786837844</t>
   </si>
   <si>
     <t>2024-04-08 14:09:40</t>
   </si>
   <si>
     <t>--569945591</t>
   </si>
   <si>
     <t>isla salas 2781</t>
   </si>
   <si>
-    <t>MAIPU</t>
-[...1 lines deleted...]
-  <si>
     <t>/B072LBSZKQ</t>
   </si>
   <si>
     <t>1Z69A9480398183327</t>
   </si>
   <si>
     <t>2024-04-09</t>
   </si>
   <si>
     <t>2024-04-15 14:58:26</t>
   </si>
   <si>
     <t>2024-04-17 17:00:00</t>
   </si>
   <si>
     <t>2024-04-20 11:52:43</t>
   </si>
   <si>
     <t xml:space="preserve">						ARREPENTIMIENTO DE COMPRA	</t>
   </si>
   <si>
     <t>2024-06-11 18:57:45</t>
   </si>
   <si>
     <t>2024-04-08 16:34:18</t>
@@ -1442,53 +1688,50 @@
   <si>
     <t>--994707854</t>
   </si>
   <si>
     <t>Camino el paso  4134</t>
   </si>
   <si>
     <t>/VSP332721</t>
   </si>
   <si>
     <t>2023-11-28 15:19:59</t>
   </si>
   <si>
     <t>2023-12-03 17:00:00</t>
   </si>
   <si>
     <t>2023-12-13 12:18:54</t>
   </si>
   <si>
     <t>2023-12-29 14:52:24</t>
   </si>
   <si>
     <t>2023-11-21 18:46:04</t>
   </si>
   <si>
-    <t>Collecting Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-11-21 00:33:57</t>
   </si>
   <si>
     <t>21969902101-A</t>
   </si>
   <si>
     <t>Claudio Aros</t>
   </si>
   <si>
     <t>/114-5992363-6283428</t>
   </si>
   <si>
     <t>2023-11-21 00:33:58</t>
   </si>
   <si>
     <t>--990517067</t>
   </si>
   <si>
     <t>Av Pedro Aguirre Cerda 7903</t>
   </si>
   <si>
     <t>/B0009X3MNU</t>
   </si>
   <si>
     <t>TBADD0000545901</t>
@@ -2180,72 +2423,69 @@
   <si>
     <t>2023-05-10 07:52:00</t>
   </si>
   <si>
     <t>2023-12-05 19:59:31</t>
   </si>
   <si>
     <t>2023-04-24 23:07:28</t>
   </si>
   <si>
     <t>2023-04-16 04:04:54</t>
   </si>
   <si>
     <t>21308532301-A</t>
   </si>
   <si>
     <t>María paz  Mansilla durán</t>
   </si>
   <si>
     <t>/10949538</t>
   </si>
   <si>
     <t>2023-04-16 00:00:00</t>
   </si>
   <si>
-    <t>984113497, 7503928891</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-04-16 04:04:56</t>
   </si>
   <si>
     <t>--976549738</t>
   </si>
   <si>
     <t>Primera avenida 1178</t>
   </si>
   <si>
     <t>/VSPEN4421/VE8103721</t>
   </si>
   <si>
+    <t>Blue Express</t>
+  </si>
+  <si>
     <t>2023-04-19 11:42:41</t>
   </si>
   <si>
     <t>2023-04-23 17:00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t>2023-04-27 13:37:02</t>
   </si>
   <si>
     <t>2023-11-27 22:00:30</t>
   </si>
   <si>
     <t>2023-04-16 04:18:59</t>
   </si>
   <si>
     <t>2023-04-04 00:31:07</t>
   </si>
   <si>
     <t>21275884501-A</t>
   </si>
   <si>
     <t>Jeisson Labbe</t>
   </si>
   <si>
     <t>/10945802</t>
   </si>
   <si>
     <t>2023-04-04 00:00:00</t>
   </si>
   <si>
     <t>983633712, 7491225652</t>
   </si>
@@ -3380,51 +3620,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS56"/>
+  <dimension ref="A1:BS61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3614,11341 +3854,12354 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>588380</v>
+        <v>595954</v>
       </c>
       <c r="E2">
-        <v>52.57</v>
+        <v>43.11</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>19.39</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
-      <c r="L2" t="s">
-        <v>74</v>
+      <c r="L2">
+        <v>257547060</v>
       </c>
       <c r="M2" t="s">
+        <v>74</v>
+      </c>
+      <c r="N2" t="s">
         <v>75</v>
       </c>
-      <c r="N2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O2">
-        <v>523500021362</v>
+        <v>523500022544</v>
       </c>
       <c r="P2">
-        <v>121873117</v>
+        <v>141636596</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>76</v>
+      </c>
+      <c r="S2" t="s">
         <v>77</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>588380</v>
+        <v>595954</v>
       </c>
       <c r="W2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X2">
-        <v>52.57</v>
+        <v>43.11</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>121873117</v>
+        <v>141636596</v>
       </c>
       <c r="AE2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AF2">
-        <v>962247735</v>
+        <v>987810761</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
-      <c r="AM2"/>
+      <c r="AM2" t="s">
+        <v>83</v>
+      </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>0</v>
+        <v>19.39</v>
       </c>
       <c r="AP2" t="s">
         <v>84</v>
       </c>
-      <c r="AQ2" t="s">
+      <c r="AQ2"/>
+      <c r="AR2"/>
+      <c r="AS2"/>
+      <c r="AT2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU2">
+        <v>523500022544</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW2">
+        <v>1011832</v>
+      </c>
+      <c r="AX2" t="s">
         <v>85</v>
       </c>
-      <c r="AR2" t="s">
+      <c r="AY2">
+        <v>257547060</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA2" t="s">
         <v>86</v>
-      </c>
-[...25 lines deleted...]
-        <v>90</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
+        <v>87</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>88</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG2" t="s">
+        <v>89</v>
+      </c>
+      <c r="BH2">
+        <v>14</v>
+      </c>
+      <c r="BI2" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ2" t="s">
         <v>91</v>
       </c>
-      <c r="BE2" t="s">
+      <c r="BK2" t="s">
         <v>92</v>
       </c>
-      <c r="BF2" t="s">
-[...2 lines deleted...]
-      <c r="BG2" t="s">
+      <c r="BL2" t="s">
         <v>93</v>
       </c>
-      <c r="BH2">
-[...2 lines deleted...]
-      <c r="BI2" t="s">
+      <c r="BM2" t="s">
         <v>94</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BN2" t="s">
         <v>95</v>
       </c>
-      <c r="BK2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BO2">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>49989</v>
+        <v>40993</v>
       </c>
       <c r="BS2" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D3">
+        <v>594559</v>
+      </c>
+      <c r="E3">
+        <v>38.9</v>
+      </c>
+      <c r="F3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>100</v>
+      </c>
+      <c r="I3">
+        <v>17.49</v>
+      </c>
+      <c r="J3" t="s">
+        <v>101</v>
+      </c>
+      <c r="K3" t="s">
+        <v>73</v>
+      </c>
+      <c r="L3">
+        <v>254983655</v>
+      </c>
+      <c r="M3" t="s">
+        <v>74</v>
+      </c>
+      <c r="N3" t="s">
+        <v>75</v>
+      </c>
+      <c r="O3">
+        <v>523500022290</v>
+      </c>
+      <c r="P3">
+        <v>274976217</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R3" t="s">
         <v>102</v>
       </c>
-      <c r="C3" t="s">
+      <c r="S3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T3" t="s">
         <v>103</v>
       </c>
-      <c r="D3">
-[...49 lines deleted...]
-      </c>
       <c r="U3" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="V3">
-        <v>584430</v>
+        <v>594559</v>
       </c>
       <c r="W3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X3">
-        <v>184.03</v>
+        <v>38.9</v>
       </c>
       <c r="Y3">
         <v>950.9</v>
       </c>
       <c r="Z3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD3">
+        <v>274976217</v>
+      </c>
+      <c r="AE3" t="s">
         <v>104</v>
       </c>
-      <c r="AD3">
-[...4 lines deleted...]
-      </c>
       <c r="AF3">
-        <v>999391847</v>
+        <v>930663445</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
+        <v>106</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>101</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>100</v>
+      </c>
+      <c r="AO3">
+        <v>17.49</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>107</v>
+      </c>
+      <c r="AQ3"/>
+      <c r="AR3"/>
+      <c r="AS3"/>
+      <c r="AT3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU3">
+        <v>523500022290</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW3">
+        <v>1011767</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY3">
+        <v>254983655</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>97</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>101</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>108</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>109</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>110</v>
+      </c>
+      <c r="BH3">
+        <v>20</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ3" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK3" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL3" t="s">
+        <v>111</v>
+      </c>
+      <c r="BM3" t="s">
         <v>112</v>
       </c>
-      <c r="AK3" t="s">
-[...5 lines deleted...]
-      <c r="AM3" t="s">
+      <c r="BN3" t="s">
         <v>113</v>
-      </c>
-[...79 lines deleted...]
-        <v>121</v>
       </c>
       <c r="BO3">
         <v>18</v>
       </c>
-      <c r="BP3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>174994</v>
+        <v>36990</v>
       </c>
       <c r="BS3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="C4" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="D4">
-        <v>584107</v>
+        <v>593696</v>
       </c>
       <c r="E4">
-        <v>168.25</v>
+        <v>80.97</v>
       </c>
       <c r="F4" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="I4">
-        <v>80.99</v>
+        <v>42.7</v>
       </c>
       <c r="J4" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="K4" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="M4" t="s">
+        <v>74</v>
+      </c>
+      <c r="N4" t="s">
         <v>75</v>
       </c>
-      <c r="N4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4">
-        <v>523500020995</v>
+        <v>523500022119</v>
       </c>
       <c r="P4">
-        <v>97297711</v>
+        <v>118449347</v>
       </c>
       <c r="Q4" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="R4" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="S4" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="T4" t="s">
-        <v>79</v>
+        <v>121</v>
       </c>
       <c r="U4" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="V4">
-        <v>584107</v>
+        <v>593696</v>
       </c>
       <c r="W4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X4">
-        <v>168.25</v>
+        <v>80.97</v>
       </c>
       <c r="Y4">
         <v>950.9</v>
       </c>
       <c r="Z4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="AD4">
-        <v>97297711</v>
+        <v>118449347</v>
       </c>
       <c r="AE4" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="AF4">
-        <v>998904481</v>
+        <v>992787371</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
+        <v>124</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO4">
+        <v>42.7</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>125</v>
+      </c>
+      <c r="AQ4"/>
+      <c r="AR4"/>
+      <c r="AS4"/>
+      <c r="AT4" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU4">
+        <v>523500022119</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW4">
+        <v>1011718</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>119</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>114</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>118</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>127</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>128</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>129</v>
+      </c>
+      <c r="BH4">
+        <v>22</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>130</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>131</v>
+      </c>
+      <c r="BN4" t="s">
         <v>132</v>
       </c>
-      <c r="AK4" t="s">
-[...88 lines deleted...]
-      </c>
       <c r="BO4">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>159989</v>
+        <v>76994</v>
       </c>
       <c r="BS4" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D5">
-        <v>583500</v>
+        <v>593693</v>
       </c>
       <c r="E5">
-        <v>27.33</v>
+        <v>106.2</v>
       </c>
       <c r="F5" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="I5">
-        <v>14.02</v>
+        <v>47.92</v>
       </c>
       <c r="J5" t="s">
-        <v>143</v>
+        <v>118</v>
       </c>
       <c r="K5" t="s">
-        <v>144</v>
+        <v>73</v>
       </c>
       <c r="L5">
-        <v>236355015</v>
+        <v>253409317</v>
       </c>
       <c r="M5" t="s">
+        <v>74</v>
+      </c>
+      <c r="N5" t="s">
         <v>75</v>
       </c>
-      <c r="N5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O5">
-        <v>523500020817</v>
+        <v>523500022158</v>
       </c>
       <c r="P5">
-        <v>186061985</v>
+        <v>89628792</v>
       </c>
       <c r="Q5" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="R5" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="S5" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="T5" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="V5">
-        <v>583500</v>
+        <v>593693</v>
       </c>
       <c r="W5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X5">
-        <v>27.33</v>
+        <v>106.2</v>
       </c>
       <c r="Y5">
         <v>950.9</v>
       </c>
       <c r="Z5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="AD5">
-        <v>186061985</v>
+        <v>89628792</v>
       </c>
       <c r="AE5" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="AF5">
-        <v>973885093</v>
+        <v>984482372</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
+        <v>141</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AO5">
+        <v>47.92</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>142</v>
+      </c>
+      <c r="AQ5"/>
+      <c r="AR5"/>
+      <c r="AS5"/>
+      <c r="AT5" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU5">
+        <v>523500022158</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW5">
+        <v>1011724</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY5">
+        <v>253409317</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>133</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>118</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>143</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>145</v>
+      </c>
+      <c r="BH5">
+        <v>25</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>146</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>147</v>
+      </c>
+      <c r="BN5" t="s">
         <v>148</v>
       </c>
-      <c r="AK5" t="s">
-[...88 lines deleted...]
-      </c>
       <c r="BO5">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>25988</v>
+        <v>100986</v>
       </c>
       <c r="BS5" t="s">
-        <v>101</v>
+        <v>149</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="C6" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="D6">
-        <v>583122</v>
+        <v>592724</v>
       </c>
       <c r="E6">
-        <v>275.52</v>
+        <v>205.06</v>
       </c>
       <c r="F6" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="I6">
-        <v>140</v>
+        <v>103</v>
       </c>
       <c r="J6" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="K6" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="L6">
-        <v>236366860</v>
+        <v>250608624</v>
       </c>
       <c r="M6" t="s">
+        <v>74</v>
+      </c>
+      <c r="N6" t="s">
         <v>75</v>
       </c>
-      <c r="N6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O6">
-        <v>523500020863</v>
+        <v>523500021940</v>
       </c>
       <c r="P6">
-        <v>104460968</v>
+        <v>191072456</v>
       </c>
       <c r="Q6" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R6" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="S6" t="s">
-        <v>168</v>
+        <v>157</v>
       </c>
       <c r="T6" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U6" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="V6">
-        <v>583122</v>
+        <v>592724</v>
       </c>
       <c r="W6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X6">
-        <v>275.52</v>
+        <v>205.06</v>
       </c>
       <c r="Y6">
         <v>950.9</v>
       </c>
       <c r="Z6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="AD6">
-        <v>104460968</v>
+        <v>191072456</v>
       </c>
       <c r="AE6" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="AF6">
-        <v>944291968</v>
+        <v>972450445</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
+        <v>154</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>153</v>
+      </c>
+      <c r="AO6">
+        <v>103</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>162</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS6">
+        <v>391619259185</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU6">
+        <v>523500021940</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW6">
+        <v>1011652</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY6">
+        <v>250608624</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>150</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>154</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>165</v>
+      </c>
+      <c r="BE6" t="s">
         <v>166</v>
       </c>
-      <c r="AM6" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="BF6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG6" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="BH6">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="BI6" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="BJ6" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK6" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="BL6" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="BM6" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="BN6" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="BO6">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="BP6" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>261992</v>
+        <v>194992</v>
       </c>
       <c r="BS6" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C7" t="s">
+        <v>172</v>
+      </c>
+      <c r="D7">
+        <v>588380</v>
+      </c>
+      <c r="E7">
+        <v>52.57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
+        <v>174</v>
+      </c>
+      <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7" t="s">
+        <v>175</v>
+      </c>
+      <c r="K7" t="s">
+        <v>176</v>
+      </c>
+      <c r="L7" t="s">
+        <v>177</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
         <v>178</v>
       </c>
-      <c r="C7" t="s">
+      <c r="O7">
+        <v>523500021362</v>
+      </c>
+      <c r="P7">
+        <v>121873117</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>171</v>
+      </c>
+      <c r="R7" t="s">
         <v>179</v>
       </c>
-      <c r="D7">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="S7" t="s">
         <v>180</v>
       </c>
-      <c r="G7" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T7" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U7" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="V7">
-        <v>578157</v>
+        <v>588380</v>
       </c>
       <c r="W7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X7">
-        <v>42.05</v>
+        <v>52.57</v>
       </c>
       <c r="Y7">
         <v>950.9</v>
       </c>
       <c r="Z7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="AD7">
-        <v>187727030</v>
+        <v>121873117</v>
       </c>
       <c r="AE7" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="AF7">
-        <v>99462160</v>
+        <v>962247735</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="AM7"/>
       <c r="AN7" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="AO7">
-        <v>20.25</v>
+        <v>0</v>
       </c>
       <c r="AP7" t="s">
+        <v>184</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>185</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>186</v>
+      </c>
+      <c r="AT7" t="s">
+        <v>187</v>
+      </c>
+      <c r="AU7">
+        <v>523500021362</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW7">
+        <v>1011462</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>177</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>171</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>175</v>
+      </c>
+      <c r="BD7" t="s">
         <v>188</v>
       </c>
-      <c r="AQ7" t="s">
-[...5 lines deleted...]
-      <c r="AS7" t="s">
+      <c r="BE7" t="s">
         <v>189</v>
       </c>
-      <c r="AT7" t="s">
+      <c r="BF7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG7" t="s">
         <v>190</v>
-      </c>
-[...37 lines deleted...]
-        <v>193</v>
       </c>
       <c r="BH7">
         <v>15</v>
       </c>
       <c r="BI7" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ7" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK7" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="BL7" t="s">
-        <v>194</v>
+        <v>111</v>
       </c>
       <c r="BM7" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="BN7" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="BO7">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="BP7" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>39985</v>
+        <v>49989</v>
       </c>
       <c r="BS7" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
+        <v>195</v>
+      </c>
+      <c r="C8" t="s">
+        <v>196</v>
+      </c>
+      <c r="D8">
+        <v>584430</v>
+      </c>
+      <c r="E8">
+        <v>184.03</v>
+      </c>
+      <c r="F8" t="s">
         <v>197</v>
       </c>
-      <c r="C8" t="s">
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
         <v>198</v>
       </c>
-      <c r="D8">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="I8">
+        <v>79.99</v>
+      </c>
+      <c r="J8" t="s">
         <v>199</v>
       </c>
-      <c r="G8" t="s">
-[...2 lines deleted...]
-      <c r="H8" t="s">
+      <c r="K8" t="s">
+        <v>155</v>
+      </c>
+      <c r="L8" t="s">
         <v>200</v>
       </c>
-      <c r="I8">
-[...2 lines deleted...]
-      <c r="J8" t="s">
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>178</v>
+      </c>
+      <c r="O8">
+        <v>523500020918</v>
+      </c>
+      <c r="P8">
+        <v>105583419</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>195</v>
+      </c>
+      <c r="R8" t="s">
         <v>201</v>
       </c>
-      <c r="K8" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S8" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="T8" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U8" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="V8">
-        <v>577668</v>
+        <v>584430</v>
       </c>
       <c r="W8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X8">
-        <v>114.25</v>
+        <v>184.03</v>
       </c>
       <c r="Y8">
-        <v>980.23</v>
+        <v>950.9</v>
       </c>
       <c r="Z8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="AD8">
-        <v>99147792</v>
+        <v>105583419</v>
       </c>
       <c r="AE8" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="AF8">
-        <v>977079472</v>
+        <v>999391847</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
+        <v>204</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>199</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>198</v>
+      </c>
+      <c r="AO8">
+        <v>79.99</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>205</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS8">
+        <v>283735470345</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU8">
+        <v>523500020918</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW8">
+        <v>1011321</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>200</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>195</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>199</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>206</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>207</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG8" t="s">
         <v>208</v>
       </c>
-      <c r="AK8" t="s">
-[...14 lines deleted...]
-      <c r="AP8" t="s">
+      <c r="BH8">
+        <v>12</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL8" t="s">
         <v>209</v>
       </c>
-      <c r="AQ8"/>
-[...32 lines deleted...]
-      <c r="BD8" t="s">
+      <c r="BM8" t="s">
         <v>210</v>
       </c>
-      <c r="BE8" t="s">
+      <c r="BN8" t="s">
         <v>211</v>
       </c>
-      <c r="BF8" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO8">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="BP8"/>
+        <v>18</v>
+      </c>
+      <c r="BP8" t="s">
+        <v>163</v>
+      </c>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>111991</v>
+        <v>174994</v>
       </c>
       <c r="BS8" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
+        <v>212</v>
+      </c>
+      <c r="C9" t="s">
+        <v>213</v>
+      </c>
+      <c r="D9">
+        <v>584107</v>
+      </c>
+      <c r="E9">
+        <v>168.25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>214</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>215</v>
+      </c>
+      <c r="I9">
+        <v>80.99</v>
+      </c>
+      <c r="J9" t="s">
         <v>216</v>
       </c>
-      <c r="C9" t="s">
+      <c r="K9" t="s">
+        <v>155</v>
+      </c>
+      <c r="L9" t="s">
         <v>217</v>
       </c>
-      <c r="D9">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>75</v>
+      </c>
+      <c r="O9">
+        <v>523500020995</v>
+      </c>
+      <c r="P9">
+        <v>97297711</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>212</v>
+      </c>
+      <c r="R9" t="s">
         <v>218</v>
       </c>
-      <c r="G9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="S9" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="T9" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U9" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="V9">
-        <v>571075</v>
+        <v>584107</v>
       </c>
       <c r="W9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X9">
-        <v>45.79</v>
+        <v>168.25</v>
       </c>
       <c r="Y9">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="AD9">
-        <v>215607712</v>
+        <v>97297711</v>
       </c>
       <c r="AE9" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="AF9">
-        <v>937227932</v>
+        <v>998904481</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
+        <v>82</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>216</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>215</v>
+      </c>
+      <c r="AO9">
+        <v>80.99</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>221</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS9">
+        <v>283645278235</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU9">
+        <v>523500020995</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW9">
+        <v>1011338</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>217</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>212</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>216</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>222</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>223</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>224</v>
+      </c>
+      <c r="BH9">
+        <v>26</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK9" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL9" t="s">
+        <v>111</v>
+      </c>
+      <c r="BM9" t="s">
         <v>225</v>
       </c>
-      <c r="AK9" t="s">
-[...14 lines deleted...]
-      <c r="AP9" t="s">
+      <c r="BN9" t="s">
         <v>226</v>
       </c>
-      <c r="AQ9" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="BO9">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="BP9" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>50988</v>
+        <v>159989</v>
       </c>
       <c r="BS9" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="C10" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="D10">
-        <v>571031</v>
+        <v>583500</v>
       </c>
       <c r="E10">
-        <v>197.56</v>
+        <v>27.33</v>
       </c>
       <c r="F10" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="I10">
-        <v>104</v>
+        <v>14.02</v>
       </c>
       <c r="J10" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="K10" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>232</v>
+      </c>
+      <c r="L10">
+        <v>236355015</v>
       </c>
       <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
         <v>75</v>
       </c>
-      <c r="N10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O10">
-        <v>523500019077</v>
+        <v>523500020817</v>
       </c>
       <c r="P10">
-        <v>117034828</v>
+        <v>186061985</v>
       </c>
       <c r="Q10" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="R10" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="S10" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="T10" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U10" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="V10">
-        <v>571031</v>
+        <v>583500</v>
       </c>
       <c r="W10" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X10">
-        <v>197.56</v>
+        <v>27.33</v>
       </c>
       <c r="Y10">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z10" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="AD10">
-        <v>117034828</v>
+        <v>186061985</v>
       </c>
       <c r="AE10" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="AF10">
-        <v>947957450</v>
+        <v>973885093</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
+        <v>160</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>231</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>230</v>
+      </c>
+      <c r="AO10">
+        <v>14.02</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>236</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>238</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>239</v>
+      </c>
+      <c r="AU10">
+        <v>523500020817</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW10">
+        <v>1011306</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY10">
+        <v>236355015</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>227</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>231</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>240</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>241</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>242</v>
+      </c>
+      <c r="BH10">
+        <v>16</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>243</v>
+      </c>
+      <c r="BM10" t="s">
         <v>244</v>
       </c>
-      <c r="AK10" t="s">
-[...14 lines deleted...]
-      <c r="AP10" t="s">
+      <c r="BN10" t="s">
         <v>245</v>
       </c>
-      <c r="AQ10" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="BO10">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="BP10" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>219987</v>
+        <v>25988</v>
       </c>
       <c r="BS10" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C11" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D11">
-        <v>569721</v>
+        <v>583122</v>
       </c>
       <c r="E11">
-        <v>70.94</v>
+        <v>275.52</v>
       </c>
       <c r="F11" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="I11">
-        <v>28.32</v>
+        <v>140</v>
       </c>
       <c r="J11" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="K11" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>251</v>
+      </c>
+      <c r="L11">
+        <v>236366860</v>
       </c>
       <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
         <v>75</v>
       </c>
-      <c r="N11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O11">
-        <v>523500018724</v>
+        <v>523500020863</v>
       </c>
       <c r="P11">
-        <v>132525099</v>
+        <v>104460968</v>
       </c>
       <c r="Q11" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="R11" t="s">
         <v>252</v>
       </c>
       <c r="S11" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="T11" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U11" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="V11">
-        <v>569721</v>
+        <v>583122</v>
       </c>
       <c r="W11" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X11">
-        <v>70.94</v>
+        <v>275.52</v>
       </c>
       <c r="Y11">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z11" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="AD11">
-        <v>132525099</v>
+        <v>104460968</v>
       </c>
       <c r="AE11" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="AF11">
-        <v>569945591</v>
+        <v>944291968</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
+        <v>250</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>249</v>
+      </c>
+      <c r="AO11">
+        <v>140</v>
+      </c>
+      <c r="AP11" t="s">
         <v>256</v>
       </c>
-      <c r="AM11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AQ11" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>185</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>257</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>239</v>
+      </c>
+      <c r="AU11">
+        <v>523500020863</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW11">
+        <v>1011306</v>
+      </c>
+      <c r="AX11" t="s">
         <v>85</v>
       </c>
-      <c r="AR11" t="s">
-[...20 lines deleted...]
-      <c r="AY11" t="s">
+      <c r="AY11">
+        <v>236366860</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>246</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>250</v>
+      </c>
+      <c r="BD11" t="s">
         <v>258</v>
       </c>
-      <c r="AZ11" t="s">
-[...2 lines deleted...]
-      <c r="BA11" t="s">
+      <c r="BE11" t="s">
+        <v>241</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>259</v>
+      </c>
+      <c r="BH11">
+        <v>19</v>
+      </c>
+      <c r="BI11" t="s">
         <v>90</v>
       </c>
-      <c r="BB11" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BJ11" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK11" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="BL11" t="s">
-        <v>269</v>
+        <v>111</v>
       </c>
       <c r="BM11" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="BN11" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="BO11">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="BP11" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>78993</v>
+        <v>261992</v>
       </c>
       <c r="BS11" t="s">
-        <v>272</v>
+        <v>194</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="C12" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="D12">
-        <v>569521</v>
+        <v>578157</v>
       </c>
       <c r="E12">
-        <v>75.43</v>
+        <v>42.05</v>
       </c>
       <c r="F12" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="I12">
-        <v>32.79</v>
+        <v>20.25</v>
       </c>
       <c r="J12" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="K12" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>176</v>
+      </c>
+      <c r="L12">
+        <v>232649807</v>
       </c>
       <c r="M12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N12" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="O12">
-        <v>523500018668</v>
+        <v>523500020247</v>
       </c>
       <c r="P12">
-        <v>195985510</v>
+        <v>187727030</v>
       </c>
       <c r="Q12" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="R12" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="S12" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="T12" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U12" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="V12">
-        <v>569521</v>
+        <v>578157</v>
       </c>
       <c r="W12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X12">
-        <v>75.43</v>
+        <v>42.05</v>
       </c>
       <c r="Y12">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="AD12">
-        <v>195985510</v>
+        <v>187727030</v>
       </c>
       <c r="AE12" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="AF12">
-        <v>979099194</v>
+        <v>99462160</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="AM12"/>
       <c r="AN12" t="s">
+        <v>265</v>
+      </c>
+      <c r="AO12">
+        <v>20.25</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>272</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>185</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>273</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>274</v>
+      </c>
+      <c r="AU12">
+        <v>523500020247</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW12">
+        <v>1011187</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY12">
+        <v>232649807</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>262</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>266</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>275</v>
+      </c>
+      <c r="BE12" t="s">
         <v>276</v>
       </c>
-      <c r="AO12">
-[...29 lines deleted...]
-      <c r="AY12" t="s">
+      <c r="BF12" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>277</v>
+      </c>
+      <c r="BH12">
+        <v>15</v>
+      </c>
+      <c r="BI12" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ12" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK12" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL12" t="s">
+        <v>146</v>
+      </c>
+      <c r="BM12" t="s">
         <v>278</v>
       </c>
-      <c r="AZ12" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="BN12" t="s">
-        <v>291</v>
+        <v>279</v>
       </c>
       <c r="BO12">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="BP12" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>83993</v>
+        <v>39985</v>
       </c>
       <c r="BS12" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="C13" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="D13">
-        <v>568961</v>
+        <v>577668</v>
       </c>
       <c r="E13">
-        <v>73.63</v>
+        <v>114.25</v>
       </c>
       <c r="F13" t="s">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="I13">
-        <v>29.99</v>
+        <v>48.73</v>
       </c>
       <c r="J13" t="s">
-        <v>296</v>
+        <v>284</v>
       </c>
       <c r="K13" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>224355779</v>
+        <v>285</v>
+      </c>
+      <c r="L13" t="s">
+        <v>286</v>
       </c>
       <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
         <v>75</v>
       </c>
-      <c r="N13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O13">
-        <v>523500018539</v>
+        <v>523500020179</v>
       </c>
       <c r="P13">
-        <v>101540502</v>
+        <v>99147792</v>
       </c>
       <c r="Q13" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="R13" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="S13" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="T13" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U13" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="V13">
-        <v>568961</v>
+        <v>577668</v>
       </c>
       <c r="W13" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X13">
-        <v>73.63</v>
+        <v>114.25</v>
       </c>
       <c r="Y13">
-        <v>1113.52</v>
+        <v>980.23</v>
       </c>
       <c r="Z13" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="AD13">
-        <v>101540502</v>
+        <v>99147792</v>
       </c>
       <c r="AE13" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="AF13">
-        <v>993353583</v>
+        <v>977079472</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
+        <v>284</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>283</v>
+      </c>
+      <c r="AO13">
+        <v>48.73</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>292</v>
+      </c>
+      <c r="AQ13"/>
+      <c r="AR13"/>
+      <c r="AS13"/>
+      <c r="AT13" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU13">
+        <v>523500020179</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW13">
+        <v>1011168</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY13" t="s">
+        <v>286</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>280</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>284</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>293</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>294</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>295</v>
+      </c>
+      <c r="BH13">
+        <v>27</v>
+      </c>
+      <c r="BI13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ13" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK13" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL13" t="s">
         <v>296</v>
       </c>
-      <c r="AM13"/>
-[...74 lines deleted...]
-      </c>
       <c r="BM13" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="BN13" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="BO13">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>81988</v>
+        <v>111991</v>
       </c>
       <c r="BS13" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="C14" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="D14">
-        <v>568348</v>
+        <v>571075</v>
       </c>
       <c r="E14">
-        <v>73.48</v>
+        <v>45.79</v>
       </c>
       <c r="F14" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="I14">
-        <v>29.99</v>
+        <v>17.99</v>
       </c>
       <c r="J14" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="K14" t="s">
-        <v>73</v>
+        <v>232</v>
       </c>
       <c r="L14" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
         <v>75</v>
       </c>
-      <c r="N14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O14">
-        <v>523500018321</v>
+        <v>523500019093</v>
       </c>
       <c r="P14">
-        <v>101540502</v>
+        <v>215607712</v>
       </c>
       <c r="Q14" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="R14" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="S14" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="T14" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U14" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="V14">
-        <v>568348</v>
+        <v>571075</v>
       </c>
       <c r="W14" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X14">
-        <v>73.48</v>
+        <v>45.79</v>
       </c>
       <c r="Y14">
-        <v>1020.61</v>
+        <v>1113.52</v>
       </c>
       <c r="Z14" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="AD14">
-        <v>101540502</v>
+        <v>215607712</v>
       </c>
       <c r="AE14" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="AF14">
-        <v>993353583</v>
+        <v>937227932</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
+        <v>308</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>303</v>
+      </c>
+      <c r="AM14" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN14" t="s">
+        <v>302</v>
+      </c>
+      <c r="AO14">
+        <v>17.99</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>309</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR14" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS14" t="s">
+        <v>310</v>
+      </c>
+      <c r="AT14" t="s">
+        <v>311</v>
+      </c>
+      <c r="AU14">
+        <v>523500019093</v>
+      </c>
+      <c r="AV14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW14">
+        <v>1010955</v>
+      </c>
+      <c r="AX14" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY14" t="s">
+        <v>304</v>
+      </c>
+      <c r="AZ14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB14" t="s">
         <v>299</v>
       </c>
-      <c r="AK14" t="s">
-[...2 lines deleted...]
-      <c r="AL14" t="s">
+      <c r="BC14" t="s">
+        <v>303</v>
+      </c>
+      <c r="BD14" t="s">
         <v>312</v>
       </c>
-      <c r="AM14"/>
-[...15 lines deleted...]
-      <c r="AS14" t="s">
+      <c r="BE14" t="s">
+        <v>313</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>314</v>
+      </c>
+      <c r="BH14">
+        <v>17</v>
+      </c>
+      <c r="BI14" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ14" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK14" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL14" t="s">
+        <v>315</v>
+      </c>
+      <c r="BM14" t="s">
         <v>316</v>
       </c>
-      <c r="AT14" t="s">
+      <c r="BN14" t="s">
         <v>317</v>
       </c>
-      <c r="AU14">
-[...58 lines deleted...]
-      </c>
       <c r="BO14">
-        <v>115</v>
+        <v>41</v>
       </c>
       <c r="BP14" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>74994</v>
+        <v>50988</v>
       </c>
       <c r="BS14" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
+        <v>318</v>
+      </c>
+      <c r="C15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D15">
+        <v>571031</v>
+      </c>
+      <c r="E15">
+        <v>197.56</v>
+      </c>
+      <c r="F15" t="s">
+        <v>320</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>321</v>
+      </c>
+      <c r="I15">
+        <v>104</v>
+      </c>
+      <c r="J15" t="s">
+        <v>322</v>
+      </c>
+      <c r="K15" t="s">
+        <v>155</v>
+      </c>
+      <c r="L15" t="s">
         <v>323</v>
       </c>
-      <c r="C15" t="s">
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
+        <v>178</v>
+      </c>
+      <c r="O15">
+        <v>523500019077</v>
+      </c>
+      <c r="P15">
+        <v>117034828</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>318</v>
+      </c>
+      <c r="R15" t="s">
         <v>324</v>
       </c>
-      <c r="D15">
-[...43 lines deleted...]
-      </c>
       <c r="S15" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="T15" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U15" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="V15">
-        <v>568214</v>
+        <v>571031</v>
       </c>
       <c r="W15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X15">
-        <v>52.9</v>
+        <v>197.56</v>
       </c>
       <c r="Y15">
-        <v>1020.61</v>
+        <v>1113.52</v>
       </c>
       <c r="Z15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
+        <v>320</v>
+      </c>
+      <c r="AD15">
+        <v>117034828</v>
+      </c>
+      <c r="AE15" t="s">
         <v>325</v>
       </c>
-      <c r="AD15">
-[...4 lines deleted...]
-      </c>
       <c r="AF15">
-        <v>998279435</v>
+        <v>947957450</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
+        <v>327</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>322</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>321</v>
+      </c>
+      <c r="AO15">
+        <v>104</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>328</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS15">
+        <v>274645387937</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU15">
+        <v>523500019077</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW15">
+        <v>1010951</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>323</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>318</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>322</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>329</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>330</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>331</v>
+      </c>
+      <c r="BH15">
+        <v>18</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL15" t="s">
         <v>332</v>
       </c>
-      <c r="AK15" t="s">
-[...12 lines deleted...]
-      <c r="AP15" t="s">
+      <c r="BM15" t="s">
         <v>333</v>
       </c>
-      <c r="AQ15" t="s">
-[...5 lines deleted...]
-      <c r="AS15" t="s">
+      <c r="BN15" t="s">
         <v>334</v>
       </c>
-      <c r="AT15" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="BO15">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="BP15" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>53990</v>
+        <v>219987</v>
       </c>
       <c r="BS15" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
+        <v>335</v>
+      </c>
+      <c r="C16" t="s">
+        <v>336</v>
+      </c>
+      <c r="D16">
+        <v>569721</v>
+      </c>
+      <c r="E16">
+        <v>70.94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>337</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>338</v>
+      </c>
+      <c r="I16">
+        <v>28.32</v>
+      </c>
+      <c r="J16" t="s">
+        <v>339</v>
+      </c>
+      <c r="K16" t="s">
+        <v>340</v>
+      </c>
+      <c r="L16" t="s">
         <v>341</v>
       </c>
-      <c r="C16" t="s">
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
+        <v>75</v>
+      </c>
+      <c r="O16">
+        <v>523500018724</v>
+      </c>
+      <c r="P16">
+        <v>132525099</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>335</v>
+      </c>
+      <c r="R16" t="s">
+        <v>335</v>
+      </c>
+      <c r="S16" t="s">
         <v>342</v>
       </c>
-      <c r="D16">
-[...46 lines deleted...]
-      </c>
       <c r="T16" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U16" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="V16">
-        <v>567603</v>
+        <v>569721</v>
       </c>
       <c r="W16" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X16">
-        <v>54.91</v>
+        <v>70.94</v>
       </c>
       <c r="Y16">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z16" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
+        <v>337</v>
+      </c>
+      <c r="AD16">
+        <v>132525099</v>
+      </c>
+      <c r="AE16" t="s">
         <v>343</v>
       </c>
-      <c r="AD16">
-[...4 lines deleted...]
-      </c>
       <c r="AF16">
-        <v>972115870</v>
+        <v>569945591</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
+        <v>141</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>339</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>338</v>
+      </c>
+      <c r="AO16">
+        <v>28.32</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>345</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>346</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>347</v>
+      </c>
+      <c r="AU16">
+        <v>523500018724</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW16">
+        <v>1010874</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>341</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>335</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>339</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>348</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>349</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>350</v>
+      </c>
+      <c r="BH16">
+        <v>11</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL16" t="s">
         <v>351</v>
       </c>
-      <c r="AK16" t="s">
-[...12 lines deleted...]
-      <c r="AP16" t="s">
+      <c r="BM16" t="s">
         <v>352</v>
       </c>
-      <c r="AQ16" t="s">
-[...5 lines deleted...]
-      <c r="AS16" t="s">
+      <c r="BN16" t="s">
         <v>353</v>
       </c>
-      <c r="AT16" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="BO16">
-        <v>136</v>
+        <v>64</v>
       </c>
       <c r="BP16" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>52991</v>
+        <v>78993</v>
       </c>
       <c r="BS16" t="s">
-        <v>101</v>
+        <v>354</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>355</v>
+      </c>
+      <c r="C17" t="s">
+        <v>356</v>
+      </c>
+      <c r="D17">
+        <v>569521</v>
+      </c>
+      <c r="E17">
+        <v>75.43</v>
+      </c>
+      <c r="F17" t="s">
+        <v>357</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
+        <v>358</v>
+      </c>
+      <c r="I17">
+        <v>32.79</v>
+      </c>
+      <c r="J17" t="s">
+        <v>359</v>
+      </c>
+      <c r="K17" t="s">
+        <v>176</v>
+      </c>
+      <c r="L17" t="s">
         <v>360</v>
       </c>
-      <c r="C17" t="s">
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>178</v>
+      </c>
+      <c r="O17">
+        <v>523500018668</v>
+      </c>
+      <c r="P17">
+        <v>195985510</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>355</v>
+      </c>
+      <c r="R17" t="s">
         <v>361</v>
       </c>
-      <c r="D17">
-[...43 lines deleted...]
-      </c>
       <c r="S17" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="T17" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U17" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="V17">
-        <v>565561</v>
+        <v>569521</v>
       </c>
       <c r="W17" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X17">
-        <v>459.03</v>
+        <v>75.43</v>
       </c>
       <c r="Y17">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z17" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
+        <v>357</v>
+      </c>
+      <c r="AD17">
+        <v>195985510</v>
+      </c>
+      <c r="AE17" t="s">
         <v>362</v>
       </c>
-      <c r="AD17">
-[...4 lines deleted...]
-      </c>
       <c r="AF17">
-        <v>981219088</v>
+        <v>979099194</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
+        <v>364</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>359</v>
+      </c>
+      <c r="AM17"/>
+      <c r="AN17" t="s">
+        <v>358</v>
+      </c>
+      <c r="AO17">
+        <v>32.79</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>365</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>366</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>367</v>
+      </c>
+      <c r="AU17">
+        <v>523500018668</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW17">
+        <v>1010862</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY17" t="s">
+        <v>360</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>355</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>359</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>368</v>
+      </c>
+      <c r="BE17" t="s">
         <v>369</v>
       </c>
-      <c r="AK17" t="s">
-[...14 lines deleted...]
-      <c r="AP17" t="s">
+      <c r="BF17" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG17" t="s">
         <v>370</v>
       </c>
-      <c r="AQ17" t="s">
-[...38 lines deleted...]
-      <c r="BD17" t="s">
+      <c r="BH17">
+        <v>13</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ17" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK17" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL17" t="s">
         <v>371</v>
       </c>
-      <c r="BE17" t="s">
+      <c r="BM17" t="s">
         <v>372</v>
       </c>
-      <c r="BF17" t="s">
-[...2 lines deleted...]
-      <c r="BG17" t="s">
+      <c r="BN17" t="s">
         <v>373</v>
       </c>
-      <c r="BH17">
-[...19 lines deleted...]
-      </c>
       <c r="BO17">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="BP17" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>442987</v>
+        <v>83993</v>
       </c>
       <c r="BS17" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
+        <v>374</v>
+      </c>
+      <c r="C18" t="s">
+        <v>375</v>
+      </c>
+      <c r="D18">
+        <v>568961</v>
+      </c>
+      <c r="E18">
+        <v>73.63</v>
+      </c>
+      <c r="F18" t="s">
+        <v>376</v>
+      </c>
+      <c r="G18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" t="s">
         <v>377</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18">
+        <v>29.99</v>
+      </c>
+      <c r="J18" t="s">
         <v>378</v>
       </c>
-      <c r="D18">
-[...19 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>176</v>
+      </c>
+      <c r="L18">
+        <v>224355779</v>
       </c>
       <c r="M18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N18" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="O18">
-        <v>523500017646</v>
+        <v>523500018539</v>
       </c>
       <c r="P18">
-        <v>70711400</v>
+        <v>101540502</v>
       </c>
       <c r="Q18" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="R18" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="S18" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="T18" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U18" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="V18">
-        <v>565415</v>
+        <v>568961</v>
       </c>
       <c r="W18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X18">
-        <v>153.35</v>
+        <v>73.63</v>
       </c>
       <c r="Y18">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
+        <v>376</v>
+      </c>
+      <c r="AD18">
+        <v>101540502</v>
+      </c>
+      <c r="AE18" t="s">
         <v>379</v>
       </c>
-      <c r="AD18">
-[...4 lines deleted...]
-      </c>
       <c r="AF18">
-        <v>954480696</v>
+        <v>993353583</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>148</v>
+        <v>381</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="AM18"/>
       <c r="AN18" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="AO18">
-        <v>79</v>
+        <v>29.99</v>
       </c>
       <c r="AP18" t="s">
+        <v>382</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR18" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS18" t="s">
+        <v>383</v>
+      </c>
+      <c r="AT18" t="s">
+        <v>384</v>
+      </c>
+      <c r="AU18">
+        <v>523500018539</v>
+      </c>
+      <c r="AV18" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW18">
+        <v>1010838</v>
+      </c>
+      <c r="AX18" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY18">
+        <v>224355779</v>
+      </c>
+      <c r="AZ18" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA18" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB18" t="s">
+        <v>374</v>
+      </c>
+      <c r="BC18" t="s">
+        <v>378</v>
+      </c>
+      <c r="BD18" t="s">
+        <v>385</v>
+      </c>
+      <c r="BE18" t="s">
         <v>386</v>
       </c>
-      <c r="AQ18" t="s">
-[...38 lines deleted...]
-      <c r="BD18" t="s">
+      <c r="BF18" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG18" t="s">
         <v>387</v>
       </c>
-      <c r="BE18" t="s">
-[...5 lines deleted...]
-      <c r="BG18" t="s">
+      <c r="BH18">
+        <v>16</v>
+      </c>
+      <c r="BI18" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ18" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK18" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL18" t="s">
         <v>388</v>
-      </c>
-[...13 lines deleted...]
-        <v>374</v>
       </c>
       <c r="BM18" t="s">
         <v>389</v>
       </c>
       <c r="BN18" t="s">
         <v>390</v>
       </c>
       <c r="BO18">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="BP18" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>147990</v>
+        <v>81988</v>
       </c>
       <c r="BS18" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>391</v>
       </c>
       <c r="C19" t="s">
         <v>392</v>
       </c>
       <c r="D19">
-        <v>565361</v>
+        <v>568348</v>
       </c>
       <c r="E19">
-        <v>84.96</v>
+        <v>73.48</v>
       </c>
       <c r="F19" t="s">
+        <v>376</v>
+      </c>
+      <c r="G19" t="s">
+        <v>70</v>
+      </c>
+      <c r="H19" t="s">
         <v>393</v>
       </c>
-      <c r="G19" t="s">
-[...2 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19">
+        <v>29.99</v>
+      </c>
+      <c r="J19" t="s">
         <v>394</v>
       </c>
-      <c r="I19">
-[...2 lines deleted...]
-      <c r="J19" t="s">
+      <c r="K19" t="s">
+        <v>176</v>
+      </c>
+      <c r="L19" t="s">
         <v>395</v>
       </c>
-      <c r="K19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N19" t="s">
-        <v>128</v>
+        <v>396</v>
       </c>
       <c r="O19">
-        <v>523500017640</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>523500018321</v>
+      </c>
+      <c r="P19">
+        <v>101540502</v>
       </c>
       <c r="Q19" t="s">
         <v>391</v>
       </c>
       <c r="R19" t="s">
         <v>397</v>
       </c>
       <c r="S19" t="s">
         <v>397</v>
       </c>
       <c r="T19" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U19" t="s">
         <v>392</v>
       </c>
       <c r="V19">
-        <v>565361</v>
+        <v>568348</v>
       </c>
       <c r="W19" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X19">
-        <v>84.96</v>
+        <v>73.48</v>
       </c>
       <c r="Y19">
-        <v>965.05</v>
+        <v>1020.61</v>
       </c>
       <c r="Z19" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>376</v>
+      </c>
+      <c r="AD19">
+        <v>101540502</v>
       </c>
       <c r="AE19" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
       <c r="AF19">
-        <v>941066227</v>
+        <v>993353583</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="AM19"/>
       <c r="AN19" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="AO19">
-        <v>35.45</v>
+        <v>29.99</v>
       </c>
       <c r="AP19" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="AQ19" t="s">
-        <v>402</v>
+        <v>163</v>
       </c>
       <c r="AR19" t="s">
-        <v>403</v>
+        <v>237</v>
       </c>
       <c r="AS19" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="AT19" t="s">
-        <v>80</v>
+        <v>399</v>
       </c>
       <c r="AU19">
-        <v>523500017640</v>
+        <v>523500018321</v>
       </c>
       <c r="AV19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW19">
-        <v>1010677</v>
+        <v>1010810</v>
       </c>
       <c r="AX19" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>994061561</v>
+        <v>126</v>
+      </c>
+      <c r="AY19" t="s">
+        <v>395</v>
       </c>
       <c r="AZ19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA19" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB19" t="s">
         <v>391</v>
       </c>
       <c r="BC19" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="BD19" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="BE19" t="s">
-        <v>372</v>
+        <v>401</v>
       </c>
       <c r="BF19" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG19" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="BH19">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="BI19" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ19" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="BL19" t="s">
-        <v>374</v>
+        <v>332</v>
       </c>
       <c r="BM19" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="BN19" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="BO19">
-        <v>7</v>
+        <v>115</v>
       </c>
       <c r="BP19" t="s">
-        <v>409</v>
+        <v>193</v>
       </c>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>81991</v>
+        <v>74994</v>
       </c>
       <c r="BS19" t="s">
-        <v>410</v>
+        <v>194</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
+        <v>405</v>
+      </c>
+      <c r="C20" t="s">
+        <v>406</v>
+      </c>
+      <c r="D20">
+        <v>568214</v>
+      </c>
+      <c r="E20">
+        <v>52.9</v>
+      </c>
+      <c r="F20" t="s">
+        <v>407</v>
+      </c>
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20" t="s">
+        <v>408</v>
+      </c>
+      <c r="I20">
+        <v>26.99</v>
+      </c>
+      <c r="J20" t="s">
+        <v>409</v>
+      </c>
+      <c r="K20" t="s">
+        <v>176</v>
+      </c>
+      <c r="L20" t="s">
+        <v>410</v>
+      </c>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20" t="s">
+        <v>75</v>
+      </c>
+      <c r="O20">
+        <v>523500018270</v>
+      </c>
+      <c r="P20">
+        <v>129087234</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>405</v>
+      </c>
+      <c r="R20" t="s">
+        <v>405</v>
+      </c>
+      <c r="S20" t="s">
         <v>411</v>
       </c>
-      <c r="C20" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T20" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U20" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="V20">
-        <v>564196</v>
+        <v>568214</v>
       </c>
       <c r="W20" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X20">
-        <v>151.28</v>
+        <v>52.9</v>
       </c>
       <c r="Y20">
-        <v>965.05</v>
+        <v>1020.61</v>
       </c>
       <c r="Z20" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="AD20">
-        <v>174341249</v>
+        <v>129087234</v>
       </c>
       <c r="AE20" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="AF20">
-        <v>988692301</v>
+        <v>998279435</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>112</v>
+        <v>414</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
+        <v>409</v>
+      </c>
+      <c r="AM20"/>
+      <c r="AN20" t="s">
+        <v>408</v>
+      </c>
+      <c r="AO20">
+        <v>26.99</v>
+      </c>
+      <c r="AP20" t="s">
         <v>415</v>
       </c>
-      <c r="AM20" t="s">
-[...8 lines deleted...]
-      <c r="AP20" t="s">
+      <c r="AQ20" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR20" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS20" t="s">
+        <v>416</v>
+      </c>
+      <c r="AT20" t="s">
+        <v>417</v>
+      </c>
+      <c r="AU20">
+        <v>523500018270</v>
+      </c>
+      <c r="AV20" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW20">
+        <v>1010803</v>
+      </c>
+      <c r="AX20" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY20" t="s">
+        <v>410</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>405</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>409</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>418</v>
+      </c>
+      <c r="BE20" t="s">
+        <v>419</v>
+      </c>
+      <c r="BF20" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG20" t="s">
         <v>420</v>
       </c>
-      <c r="AQ20" t="s">
-[...5 lines deleted...]
-      <c r="AS20" t="s">
+      <c r="BH20">
+        <v>11</v>
+      </c>
+      <c r="BI20" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ20" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK20" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL20" t="s">
+        <v>111</v>
+      </c>
+      <c r="BM20" t="s">
         <v>421</v>
       </c>
-      <c r="AT20" t="s">
+      <c r="BN20" t="s">
         <v>422</v>
       </c>
-      <c r="AU20">
-[...58 lines deleted...]
-      </c>
       <c r="BO20">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="BP20" t="s">
-        <v>409</v>
+        <v>193</v>
       </c>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>145993</v>
+        <v>53990</v>
       </c>
       <c r="BS20" t="s">
-        <v>410</v>
+        <v>194</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
+        <v>423</v>
+      </c>
+      <c r="C21" t="s">
+        <v>424</v>
+      </c>
+      <c r="D21">
+        <v>567603</v>
+      </c>
+      <c r="E21">
+        <v>54.91</v>
+      </c>
+      <c r="F21" t="s">
+        <v>425</v>
+      </c>
+      <c r="G21" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21" t="s">
+        <v>426</v>
+      </c>
+      <c r="I21">
+        <v>26.99</v>
+      </c>
+      <c r="J21" t="s">
+        <v>427</v>
+      </c>
+      <c r="K21" t="s">
+        <v>176</v>
+      </c>
+      <c r="L21" t="s">
         <v>428</v>
       </c>
-      <c r="C21" t="s">
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
+        <v>178</v>
+      </c>
+      <c r="O21">
+        <v>523500018109</v>
+      </c>
+      <c r="P21">
+        <v>57172916</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>423</v>
+      </c>
+      <c r="R21" t="s">
         <v>429</v>
       </c>
-      <c r="D21">
-[...5 lines deleted...]
-      <c r="F21" t="s">
+      <c r="S21" t="s">
         <v>430</v>
       </c>
-      <c r="G21" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T21" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U21" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="V21">
-        <v>564092</v>
+        <v>567603</v>
       </c>
       <c r="W21" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X21">
-        <v>144.02</v>
+        <v>54.91</v>
       </c>
       <c r="Y21">
         <v>965.05</v>
       </c>
       <c r="Z21" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="AD21">
-        <v>117457052</v>
+        <v>57172916</v>
       </c>
       <c r="AE21" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="AF21">
-        <v>976489027</v>
+        <v>972115870</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>369</v>
+        <v>433</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>432</v>
-[...3 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="AM21"/>
       <c r="AN21" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="AO21">
-        <v>67.49</v>
+        <v>26.99</v>
       </c>
       <c r="AP21" t="s">
+        <v>434</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>435</v>
+      </c>
+      <c r="AT21" t="s">
         <v>436</v>
       </c>
-      <c r="AQ21" t="s">
-[...5 lines deleted...]
-      <c r="AS21" t="s">
+      <c r="AU21">
+        <v>523500018109</v>
+      </c>
+      <c r="AV21" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW21">
+        <v>1010770</v>
+      </c>
+      <c r="AX21" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY21" t="s">
+        <v>428</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB21" t="s">
+        <v>423</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>427</v>
+      </c>
+      <c r="BD21" t="s">
         <v>437</v>
       </c>
-      <c r="AT21" t="s">
-[...29 lines deleted...]
-      <c r="BD21" t="s">
+      <c r="BE21" t="s">
         <v>438</v>
       </c>
-      <c r="BE21" t="s">
+      <c r="BF21" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG21" t="s">
         <v>439</v>
       </c>
-      <c r="BF21" t="s">
-[...2 lines deleted...]
-      <c r="BG21" t="s">
+      <c r="BH21">
+        <v>14</v>
+      </c>
+      <c r="BI21" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ21" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK21" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL21" t="s">
+        <v>332</v>
+      </c>
+      <c r="BM21" t="s">
         <v>440</v>
       </c>
-      <c r="BH21">
-[...14 lines deleted...]
-      <c r="BM21" t="s">
+      <c r="BN21" t="s">
         <v>441</v>
       </c>
-      <c r="BN21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO21">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="BP21" t="s">
-        <v>409</v>
+        <v>193</v>
       </c>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>138987</v>
+        <v>52991</v>
       </c>
       <c r="BS21" t="s">
-        <v>410</v>
+        <v>194</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
+        <v>442</v>
+      </c>
+      <c r="C22" t="s">
         <v>443</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22">
+        <v>565561</v>
+      </c>
+      <c r="E22">
+        <v>459.03</v>
+      </c>
+      <c r="F22" t="s">
         <v>444</v>
       </c>
-      <c r="D22">
-[...5 lines deleted...]
-      <c r="F22" t="s">
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22" t="s">
         <v>445</v>
       </c>
-      <c r="G22" t="s">
-[...2 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22">
+        <v>249.7</v>
+      </c>
+      <c r="J22" t="s">
         <v>446</v>
       </c>
-      <c r="I22">
-[...2 lines deleted...]
-      <c r="J22" t="s">
+      <c r="K22" t="s">
+        <v>155</v>
+      </c>
+      <c r="L22">
+        <v>994061545</v>
+      </c>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
+        <v>75</v>
+      </c>
+      <c r="O22">
+        <v>523500017663</v>
+      </c>
+      <c r="P22">
+        <v>190445763</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>442</v>
+      </c>
+      <c r="R22" t="s">
         <v>447</v>
       </c>
-      <c r="K22" t="s">
+      <c r="S22" t="s">
         <v>448</v>
       </c>
-      <c r="L22" t="s">
-[...14 lines deleted...]
-      <c r="Q22" t="s">
+      <c r="T22" t="s">
+        <v>103</v>
+      </c>
+      <c r="U22" t="s">
         <v>443</v>
       </c>
-      <c r="R22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V22">
-        <v>563476</v>
+        <v>565561</v>
       </c>
       <c r="W22" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X22">
-        <v>61.13</v>
+        <v>459.03</v>
       </c>
       <c r="Y22">
         <v>965.05</v>
       </c>
       <c r="Z22" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="AD22">
-        <v>141127926</v>
+        <v>190445763</v>
       </c>
       <c r="AE22" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="AF22">
-        <v>976085920</v>
+        <v>981219088</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
+        <v>451</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>446</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>445</v>
+      </c>
+      <c r="AO22">
+        <v>249.7</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>452</v>
+      </c>
+      <c r="AQ22" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS22">
+        <v>788268618887</v>
+      </c>
+      <c r="AT22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU22">
+        <v>523500017663</v>
+      </c>
+      <c r="AV22" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW22">
+        <v>1010677</v>
+      </c>
+      <c r="AX22" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY22">
+        <v>994061545</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB22" t="s">
+        <v>442</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>446</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>453</v>
+      </c>
+      <c r="BE22" t="s">
         <v>454</v>
       </c>
-      <c r="AK22" t="s">
-[...14 lines deleted...]
-      <c r="AP22" t="s">
+      <c r="BF22" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG22" t="s">
         <v>455</v>
       </c>
-      <c r="AQ22"/>
-[...32 lines deleted...]
-      <c r="BD22" t="s">
+      <c r="BH22">
+        <v>10</v>
+      </c>
+      <c r="BI22" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ22" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK22" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL22" t="s">
         <v>456</v>
       </c>
-      <c r="BE22" t="s">
+      <c r="BM22" t="s">
         <v>457</v>
       </c>
-      <c r="BF22" t="s">
-[...2 lines deleted...]
-      <c r="BG22" t="s">
+      <c r="BN22" t="s">
         <v>458</v>
       </c>
-      <c r="BH22">
-[...19 lines deleted...]
-      </c>
       <c r="BO22">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="BP22"/>
+        <v>14</v>
+      </c>
+      <c r="BP22" t="s">
+        <v>163</v>
+      </c>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>58994</v>
+        <v>442987</v>
       </c>
       <c r="BS22" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
+        <v>459</v>
+      </c>
+      <c r="C23" t="s">
+        <v>460</v>
+      </c>
+      <c r="D23">
+        <v>565415</v>
+      </c>
+      <c r="E23">
+        <v>153.35</v>
+      </c>
+      <c r="F23" t="s">
         <v>461</v>
       </c>
-      <c r="C23" t="s">
+      <c r="G23" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" t="s">
         <v>462</v>
       </c>
-      <c r="D23">
-[...5 lines deleted...]
-      <c r="F23" t="s">
+      <c r="I23">
+        <v>79</v>
+      </c>
+      <c r="J23" t="s">
         <v>463</v>
       </c>
-      <c r="G23" t="s">
-[...2 lines deleted...]
-      <c r="H23" t="s">
+      <c r="K23" t="s">
+        <v>155</v>
+      </c>
+      <c r="L23" t="s">
         <v>464</v>
       </c>
-      <c r="I23">
-[...2 lines deleted...]
-      <c r="J23" t="s">
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>75</v>
+      </c>
+      <c r="O23">
+        <v>523500017646</v>
+      </c>
+      <c r="P23">
+        <v>70711400</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>459</v>
+      </c>
+      <c r="R23" t="s">
         <v>465</v>
       </c>
-      <c r="K23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S23" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="T23" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U23" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="V23">
-        <v>563373</v>
+        <v>565415</v>
       </c>
       <c r="W23" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X23">
-        <v>205.16</v>
+        <v>153.35</v>
       </c>
       <c r="Y23">
         <v>965.05</v>
       </c>
       <c r="Z23" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="AD23">
-        <v>222152747</v>
+        <v>70711400</v>
       </c>
       <c r="AE23" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="AF23">
-        <v>994707854</v>
+        <v>954480696</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>83</v>
+        <v>160</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="AM23" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="AN23" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO23">
+        <v>79</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>468</v>
+      </c>
+      <c r="AQ23" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR23" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS23">
+        <v>788204161301</v>
+      </c>
+      <c r="AT23" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU23">
+        <v>523500017646</v>
+      </c>
+      <c r="AV23" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW23">
+        <v>1010677</v>
+      </c>
+      <c r="AX23" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY23" t="s">
         <v>464</v>
       </c>
-      <c r="AO23">
-[...2 lines deleted...]
-      <c r="AP23" t="s">
+      <c r="AZ23" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA23" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB23" t="s">
+        <v>459</v>
+      </c>
+      <c r="BC23" t="s">
+        <v>463</v>
+      </c>
+      <c r="BD23" t="s">
+        <v>469</v>
+      </c>
+      <c r="BE23" t="s">
+        <v>454</v>
+      </c>
+      <c r="BF23" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG23" t="s">
         <v>470</v>
       </c>
-      <c r="AQ23" t="s">
-[...38 lines deleted...]
-      <c r="BD23" t="s">
+      <c r="BH23">
+        <v>12</v>
+      </c>
+      <c r="BI23" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ23" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK23" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL23" t="s">
+        <v>456</v>
+      </c>
+      <c r="BM23" t="s">
         <v>471</v>
       </c>
-      <c r="BE23" t="s">
+      <c r="BN23" t="s">
         <v>472</v>
       </c>
-      <c r="BF23" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO23">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="BP23" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>197990</v>
+        <v>147990</v>
       </c>
       <c r="BS23" t="s">
-        <v>476</v>
+        <v>194</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
+        <v>473</v>
+      </c>
+      <c r="C24" t="s">
+        <v>474</v>
+      </c>
+      <c r="D24">
+        <v>565361</v>
+      </c>
+      <c r="E24">
+        <v>84.96</v>
+      </c>
+      <c r="F24" t="s">
+        <v>475</v>
+      </c>
+      <c r="G24" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24" t="s">
+        <v>476</v>
+      </c>
+      <c r="I24">
+        <v>35.45</v>
+      </c>
+      <c r="J24" t="s">
         <v>477</v>
       </c>
-      <c r="C24" t="s">
+      <c r="K24" t="s">
+        <v>176</v>
+      </c>
+      <c r="L24">
+        <v>994061561</v>
+      </c>
+      <c r="M24" t="s">
+        <v>74</v>
+      </c>
+      <c r="N24" t="s">
+        <v>75</v>
+      </c>
+      <c r="O24">
+        <v>523500017640</v>
+      </c>
+      <c r="P24" t="s">
         <v>478</v>
       </c>
-      <c r="D24">
-[...5 lines deleted...]
-      <c r="F24" t="s">
+      <c r="Q24" t="s">
+        <v>473</v>
+      </c>
+      <c r="R24" t="s">
         <v>479</v>
       </c>
-      <c r="G24" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="S24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="T24" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U24" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="V24">
-        <v>563304</v>
+        <v>565361</v>
       </c>
       <c r="W24" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X24">
-        <v>37.29</v>
+        <v>84.96</v>
       </c>
       <c r="Y24">
         <v>965.05</v>
       </c>
       <c r="Z24" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>108748826</v>
+        <v>475</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>478</v>
       </c>
       <c r="AE24" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="AF24">
-        <v>990517067</v>
+        <v>941066227</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>112</v>
+        <v>482</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="AM24" t="s">
+        <v>477</v>
+      </c>
+      <c r="AM24"/>
+      <c r="AN24" t="s">
+        <v>476</v>
+      </c>
+      <c r="AO24">
+        <v>35.45</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>483</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>484</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>485</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>486</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU24">
+        <v>523500017640</v>
+      </c>
+      <c r="AV24" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW24">
+        <v>1010677</v>
+      </c>
+      <c r="AX24" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY24">
+        <v>994061561</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB24" t="s">
+        <v>473</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>477</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>487</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>454</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>488</v>
+      </c>
+      <c r="BH24">
         <v>149</v>
       </c>
-      <c r="AN24" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="BI24" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="BJ24" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK24" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="BL24" t="s">
-        <v>488</v>
+        <v>456</v>
       </c>
       <c r="BM24" t="s">
         <v>489</v>
       </c>
       <c r="BN24" t="s">
         <v>490</v>
       </c>
       <c r="BO24">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="BP24" t="s">
-        <v>409</v>
+        <v>491</v>
       </c>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>35987</v>
+        <v>81991</v>
       </c>
       <c r="BS24" t="s">
-        <v>410</v>
+        <v>492</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C25" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D25">
-        <v>561675</v>
+        <v>564196</v>
       </c>
       <c r="E25">
-        <v>49.58</v>
+        <v>151.28</v>
       </c>
       <c r="F25" t="s">
+        <v>495</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25" t="s">
+        <v>496</v>
+      </c>
+      <c r="I25">
+        <v>66</v>
+      </c>
+      <c r="J25" t="s">
+        <v>497</v>
+      </c>
+      <c r="K25" t="s">
+        <v>498</v>
+      </c>
+      <c r="L25">
+        <v>993189092</v>
+      </c>
+      <c r="M25" t="s">
+        <v>74</v>
+      </c>
+      <c r="N25" t="s">
+        <v>178</v>
+      </c>
+      <c r="O25">
+        <v>523500017364</v>
+      </c>
+      <c r="P25">
+        <v>174341249</v>
+      </c>
+      <c r="Q25" t="s">
         <v>493</v>
       </c>
-      <c r="G25" t="s">
-[...2 lines deleted...]
-      <c r="H25" t="s">
+      <c r="R25" t="s">
+        <v>499</v>
+      </c>
+      <c r="S25" t="s">
+        <v>499</v>
+      </c>
+      <c r="T25" t="s">
+        <v>103</v>
+      </c>
+      <c r="U25" t="s">
         <v>494</v>
       </c>
-      <c r="I25">
-[...37 lines deleted...]
-      </c>
       <c r="V25">
-        <v>561675</v>
+        <v>564196</v>
       </c>
       <c r="W25" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X25">
-        <v>49.58</v>
+        <v>151.28</v>
       </c>
       <c r="Y25">
-        <v>967.95</v>
+        <v>965.05</v>
       </c>
       <c r="Z25" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="AD25">
-        <v>163549158</v>
+        <v>174341249</v>
       </c>
       <c r="AE25" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="AF25">
-        <v>966661674</v>
+        <v>988692301</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>501</v>
+        <v>204</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="AM25" t="s">
-        <v>149</v>
+        <v>83</v>
       </c>
       <c r="AN25" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="AO25">
-        <v>20.89</v>
+        <v>66</v>
       </c>
       <c r="AP25" t="s">
         <v>502</v>
       </c>
       <c r="AQ25" t="s">
-        <v>402</v>
+        <v>484</v>
       </c>
       <c r="AR25" t="s">
+        <v>485</v>
+      </c>
+      <c r="AS25" t="s">
         <v>503</v>
       </c>
-      <c r="AS25" t="s">
+      <c r="AT25" t="s">
         <v>504</v>
       </c>
-      <c r="AT25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU25">
-        <v>523500016994</v>
+        <v>523500017364</v>
       </c>
       <c r="AV25" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW25">
-        <v>1010581</v>
+        <v>1010638</v>
       </c>
       <c r="AX25" t="s">
-        <v>154</v>
+        <v>85</v>
       </c>
       <c r="AY25">
-        <v>991906183</v>
+        <v>993189092</v>
       </c>
       <c r="AZ25" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA25" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB25" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="BC25" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="BD25" t="s">
         <v>505</v>
       </c>
       <c r="BE25" t="s">
         <v>506</v>
       </c>
       <c r="BF25" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG25" t="s">
         <v>507</v>
       </c>
       <c r="BH25">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="BI25" t="s">
-        <v>158</v>
+        <v>90</v>
       </c>
       <c r="BJ25" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="BK25" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL25" t="s">
+        <v>456</v>
+      </c>
+      <c r="BM25" t="s">
         <v>508</v>
       </c>
-      <c r="BL25" t="s">
-[...2 lines deleted...]
-      <c r="BM25" t="s">
+      <c r="BN25" t="s">
         <v>509</v>
       </c>
-      <c r="BN25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO25">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="BP25" t="s">
-        <v>409</v>
+        <v>491</v>
       </c>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>47991</v>
+        <v>145993</v>
       </c>
       <c r="BS25" t="s">
-        <v>511</v>
+        <v>492</v>
       </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
+        <v>510</v>
+      </c>
+      <c r="C26" t="s">
+        <v>511</v>
+      </c>
+      <c r="D26">
+        <v>564092</v>
+      </c>
+      <c r="E26">
+        <v>144.02</v>
+      </c>
+      <c r="F26" t="s">
         <v>512</v>
       </c>
-      <c r="C26" t="s">
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26" t="s">
         <v>513</v>
       </c>
-      <c r="D26">
-[...5 lines deleted...]
-      <c r="F26" t="s">
+      <c r="I26">
+        <v>67.49</v>
+      </c>
+      <c r="J26" t="s">
         <v>514</v>
       </c>
-      <c r="G26" t="s">
-[...2 lines deleted...]
-      <c r="H26" t="s">
+      <c r="K26" t="s">
+        <v>285</v>
+      </c>
+      <c r="L26">
+        <v>993308530</v>
+      </c>
+      <c r="M26" t="s">
+        <v>74</v>
+      </c>
+      <c r="N26" t="s">
+        <v>75</v>
+      </c>
+      <c r="O26">
+        <v>523500017418</v>
+      </c>
+      <c r="P26">
+        <v>117457052</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>510</v>
+      </c>
+      <c r="R26" t="s">
         <v>515</v>
       </c>
-      <c r="I26">
-[...28 lines deleted...]
-      </c>
       <c r="S26" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="T26" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U26" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="V26">
-        <v>561655</v>
+        <v>564092</v>
       </c>
       <c r="W26" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X26">
-        <v>50.61</v>
+        <v>144.02</v>
       </c>
       <c r="Y26">
-        <v>967.95</v>
+        <v>965.05</v>
       </c>
       <c r="Z26" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="AD26">
-        <v>279603850</v>
+        <v>117457052</v>
       </c>
       <c r="AE26" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="AF26">
-        <v>932619908</v>
+        <v>976489027</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
+        <v>451</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>514</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>513</v>
+      </c>
+      <c r="AO26">
+        <v>67.49</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>518</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>484</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>485</v>
+      </c>
+      <c r="AS26" t="s">
+        <v>519</v>
+      </c>
+      <c r="AT26" t="s">
+        <v>504</v>
+      </c>
+      <c r="AU26">
+        <v>523500017418</v>
+      </c>
+      <c r="AV26" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW26">
+        <v>1010648</v>
+      </c>
+      <c r="AX26" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY26">
+        <v>993308530</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>510</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>514</v>
+      </c>
+      <c r="BD26" t="s">
         <v>520</v>
       </c>
-      <c r="AK26" t="s">
-[...14 lines deleted...]
-      <c r="AP26" t="s">
+      <c r="BE26" t="s">
         <v>521</v>
       </c>
-      <c r="AQ26"/>
-[...23 lines deleted...]
-      <c r="BA26" t="s">
+      <c r="BF26" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG26" t="s">
+        <v>522</v>
+      </c>
+      <c r="BH26">
+        <v>17</v>
+      </c>
+      <c r="BI26" t="s">
         <v>90</v>
       </c>
-      <c r="BB26" t="s">
-[...8 lines deleted...]
-      <c r="BE26" t="s">
+      <c r="BJ26" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK26" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL26" t="s">
+        <v>456</v>
+      </c>
+      <c r="BM26" t="s">
         <v>523</v>
       </c>
-      <c r="BF26" t="s">
-[...2 lines deleted...]
-      <c r="BG26" t="s">
+      <c r="BN26" t="s">
         <v>524</v>
       </c>
-      <c r="BH26">
-[...19 lines deleted...]
-      </c>
       <c r="BO26">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="BP26"/>
+        <v>20</v>
+      </c>
+      <c r="BP26" t="s">
+        <v>491</v>
+      </c>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>48988</v>
+        <v>138987</v>
       </c>
       <c r="BS26" t="s">
-        <v>101</v>
+        <v>492</v>
       </c>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
+        <v>525</v>
+      </c>
+      <c r="C27" t="s">
+        <v>526</v>
+      </c>
+      <c r="D27">
+        <v>563476</v>
+      </c>
+      <c r="E27">
+        <v>61.13</v>
+      </c>
+      <c r="F27" t="s">
         <v>527</v>
       </c>
-      <c r="C27" t="s">
+      <c r="G27" t="s">
+        <v>70</v>
+      </c>
+      <c r="H27" t="s">
         <v>528</v>
       </c>
-      <c r="D27">
-[...5 lines deleted...]
-      <c r="F27" t="s">
+      <c r="I27">
+        <v>27.99</v>
+      </c>
+      <c r="J27" t="s">
         <v>529</v>
       </c>
-      <c r="G27" t="s">
-[...2 lines deleted...]
-      <c r="H27" t="s">
+      <c r="K27" t="s">
         <v>530</v>
       </c>
-      <c r="I27">
-[...2 lines deleted...]
-      <c r="J27" t="s">
+      <c r="L27" t="s">
         <v>531</v>
       </c>
-      <c r="K27" t="s">
-[...2 lines deleted...]
-      <c r="L27" t="s">
+      <c r="M27" t="s">
+        <v>74</v>
+      </c>
+      <c r="N27" t="s">
+        <v>75</v>
+      </c>
+      <c r="O27">
+        <v>523500017197</v>
+      </c>
+      <c r="P27">
+        <v>141127926</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>525</v>
+      </c>
+      <c r="R27" t="s">
         <v>532</v>
-      </c>
-[...16 lines deleted...]
-        <v>533</v>
       </c>
       <c r="S27" t="s">
         <v>533</v>
       </c>
       <c r="T27" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U27" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="V27">
-        <v>560455</v>
+        <v>563476</v>
       </c>
       <c r="W27" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X27">
-        <v>114.86</v>
+        <v>61.13</v>
       </c>
       <c r="Y27">
-        <v>940.17</v>
+        <v>965.05</v>
       </c>
       <c r="Z27" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>70</v>
       </c>
       <c r="AC27" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="AD27">
-        <v>65171570</v>
+        <v>141127926</v>
       </c>
       <c r="AE27" t="s">
         <v>534</v>
       </c>
       <c r="AF27">
-        <v>999938596</v>
+        <v>976085920</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
         <v>535</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>225</v>
+        <v>536</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="AM27" t="s">
-        <v>149</v>
+        <v>83</v>
       </c>
       <c r="AN27" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="AO27">
-        <v>46.99</v>
+        <v>27.99</v>
       </c>
       <c r="AP27" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AU27">
-        <v>523500016721</v>
+        <v>523500017197</v>
       </c>
       <c r="AV27" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW27">
-        <v>1010544</v>
+        <v>1010621</v>
       </c>
       <c r="AX27" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="AY27" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="AZ27" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA27" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB27" t="s">
+        <v>525</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>529</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>538</v>
+      </c>
+      <c r="BE27" t="s">
+        <v>539</v>
+      </c>
+      <c r="BF27" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG27" t="s">
+        <v>540</v>
+      </c>
+      <c r="BH27">
+        <v>12</v>
+      </c>
+      <c r="BI27" t="s">
         <v>90</v>
       </c>
-      <c r="BB27" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BJ27" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK27" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="BL27" t="s">
-        <v>540</v>
+        <v>456</v>
       </c>
       <c r="BM27" t="s">
         <v>541</v>
       </c>
       <c r="BN27" t="s">
         <v>542</v>
       </c>
       <c r="BO27">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>107988</v>
+        <v>58994</v>
       </c>
       <c r="BS27" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>543</v>
       </c>
       <c r="C28" t="s">
         <v>544</v>
       </c>
       <c r="D28">
-        <v>559872</v>
+        <v>563373</v>
       </c>
       <c r="E28">
-        <v>186.22</v>
+        <v>205.16</v>
       </c>
       <c r="F28" t="s">
         <v>545</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
         <v>546</v>
       </c>
       <c r="I28">
-        <v>123.75</v>
+        <v>89</v>
       </c>
       <c r="J28" t="s">
         <v>547</v>
       </c>
       <c r="K28" t="s">
-        <v>73</v>
+        <v>155</v>
       </c>
       <c r="L28" t="s">
         <v>548</v>
       </c>
       <c r="M28" t="s">
+        <v>74</v>
+      </c>
+      <c r="N28" t="s">
         <v>75</v>
       </c>
-      <c r="N28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O28">
-        <v>523500016602</v>
+        <v>523500017225</v>
       </c>
       <c r="P28">
-        <v>190579921</v>
+        <v>222152747</v>
       </c>
       <c r="Q28" t="s">
         <v>543</v>
       </c>
       <c r="R28" t="s">
         <v>549</v>
       </c>
       <c r="S28" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="T28" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U28" t="s">
         <v>544</v>
       </c>
       <c r="V28">
-        <v>559872</v>
+        <v>563373</v>
       </c>
       <c r="W28" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X28">
-        <v>186.22</v>
+        <v>205.16</v>
       </c>
       <c r="Y28">
-        <v>934.35</v>
+        <v>965.05</v>
       </c>
       <c r="Z28" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>70</v>
       </c>
       <c r="AC28" t="s">
         <v>545</v>
       </c>
       <c r="AD28">
-        <v>190579921</v>
+        <v>222152747</v>
       </c>
       <c r="AE28" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="AF28">
-        <v>965024934</v>
+        <v>994707854</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>553</v>
+        <v>183</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
         <v>547</v>
       </c>
-      <c r="AM28"/>
+      <c r="AM28" t="s">
+        <v>161</v>
+      </c>
       <c r="AN28" t="s">
         <v>546</v>
       </c>
       <c r="AO28">
-        <v>123.75</v>
+        <v>89</v>
       </c>
       <c r="AP28" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="AQ28" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="AR28" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>164</v>
+      </c>
+      <c r="AS28">
+        <v>786720095223</v>
       </c>
       <c r="AT28" t="s">
-        <v>556</v>
+        <v>79</v>
       </c>
       <c r="AU28">
-        <v>523500016602</v>
+        <v>523500017225</v>
       </c>
       <c r="AV28" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW28">
-        <v>1010525</v>
+        <v>1010632</v>
       </c>
       <c r="AX28" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="AY28" t="s">
         <v>548</v>
       </c>
       <c r="AZ28" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA28" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB28" t="s">
         <v>543</v>
       </c>
       <c r="BC28" t="s">
         <v>547</v>
       </c>
       <c r="BD28" t="s">
+        <v>553</v>
+      </c>
+      <c r="BE28" t="s">
+        <v>554</v>
+      </c>
+      <c r="BF28" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG28" t="s">
+        <v>555</v>
+      </c>
+      <c r="BH28">
+        <v>21</v>
+      </c>
+      <c r="BI28" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ28" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK28" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL28" t="s">
+        <v>456</v>
+      </c>
+      <c r="BM28" t="s">
+        <v>556</v>
+      </c>
+      <c r="BN28" t="s">
         <v>557</v>
       </c>
-      <c r="BE28" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BO28">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="BP28" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>173995</v>
+        <v>197990</v>
       </c>
       <c r="BS28" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
+        <v>558</v>
+      </c>
+      <c r="C29" t="s">
+        <v>559</v>
+      </c>
+      <c r="D29">
+        <v>563304</v>
+      </c>
+      <c r="E29">
+        <v>37.29</v>
+      </c>
+      <c r="F29" t="s">
+        <v>560</v>
+      </c>
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29" t="s">
+        <v>561</v>
+      </c>
+      <c r="I29">
+        <v>14.97</v>
+      </c>
+      <c r="J29" t="s">
+        <v>547</v>
+      </c>
+      <c r="K29" t="s">
+        <v>530</v>
+      </c>
+      <c r="L29">
+        <v>992987457</v>
+      </c>
+      <c r="M29" t="s">
+        <v>74</v>
+      </c>
+      <c r="N29" t="s">
+        <v>178</v>
+      </c>
+      <c r="O29">
+        <v>523500017211</v>
+      </c>
+      <c r="P29">
+        <v>108748826</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>558</v>
+      </c>
+      <c r="R29" t="s">
+        <v>558</v>
+      </c>
+      <c r="S29" t="s">
         <v>562</v>
       </c>
-      <c r="C29" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T29" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U29" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="V29">
-        <v>559337</v>
+        <v>563304</v>
       </c>
       <c r="W29" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X29">
-        <v>59.66</v>
+        <v>37.29</v>
       </c>
       <c r="Y29">
-        <v>972</v>
+        <v>965.05</v>
       </c>
       <c r="Z29" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>70</v>
       </c>
       <c r="AC29" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="AD29">
-        <v>170843630</v>
+        <v>108748826</v>
       </c>
       <c r="AE29" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="AF29">
-        <v>78363115</v>
+        <v>990517067</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
+        <v>204</v>
+      </c>
+      <c r="AK29" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL29" t="s">
+        <v>547</v>
+      </c>
+      <c r="AM29" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN29" t="s">
+        <v>561</v>
+      </c>
+      <c r="AO29">
+        <v>14.97</v>
+      </c>
+      <c r="AP29" t="s">
+        <v>565</v>
+      </c>
+      <c r="AQ29" t="s">
+        <v>484</v>
+      </c>
+      <c r="AR29" t="s">
+        <v>485</v>
+      </c>
+      <c r="AS29" t="s">
+        <v>566</v>
+      </c>
+      <c r="AT29" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU29">
+        <v>523500017211</v>
+      </c>
+      <c r="AV29" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW29">
+        <v>1010632</v>
+      </c>
+      <c r="AX29" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY29">
+        <v>992987457</v>
+      </c>
+      <c r="AZ29" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA29" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB29" t="s">
+        <v>558</v>
+      </c>
+      <c r="BC29" t="s">
+        <v>547</v>
+      </c>
+      <c r="BD29" t="s">
+        <v>567</v>
+      </c>
+      <c r="BE29" t="s">
+        <v>554</v>
+      </c>
+      <c r="BF29" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG29" t="s">
+        <v>568</v>
+      </c>
+      <c r="BH29">
+        <v>27</v>
+      </c>
+      <c r="BI29" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ29" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK29" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL29" t="s">
+        <v>569</v>
+      </c>
+      <c r="BM29" t="s">
+        <v>570</v>
+      </c>
+      <c r="BN29" t="s">
         <v>571</v>
       </c>
-      <c r="AK29" t="s">
-[...86 lines deleted...]
-      </c>
       <c r="BO29">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="BP29" t="s">
-        <v>100</v>
+        <v>491</v>
       </c>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>57990</v>
+        <v>35987</v>
       </c>
       <c r="BS29" t="s">
-        <v>101</v>
+        <v>492</v>
       </c>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="C30" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="D30">
-        <v>558674</v>
+        <v>561675</v>
       </c>
       <c r="E30">
-        <v>75.09</v>
+        <v>49.58</v>
       </c>
       <c r="F30" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>584</v>
+        <v>575</v>
       </c>
       <c r="I30">
-        <v>28</v>
+        <v>20.89</v>
       </c>
       <c r="J30" t="s">
-        <v>585</v>
+        <v>576</v>
       </c>
       <c r="K30" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>586</v>
+        <v>577</v>
+      </c>
+      <c r="L30">
+        <v>991906183</v>
       </c>
       <c r="M30" t="s">
+        <v>74</v>
+      </c>
+      <c r="N30" t="s">
         <v>75</v>
       </c>
-      <c r="N30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O30">
-        <v>523500016298</v>
+        <v>523500016994</v>
       </c>
       <c r="P30">
-        <v>171233623</v>
+        <v>163549158</v>
       </c>
       <c r="Q30" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="R30" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="S30" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="T30" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U30" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="V30">
-        <v>558674</v>
+        <v>561675</v>
       </c>
       <c r="W30" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X30">
-        <v>75.09</v>
+        <v>49.58</v>
       </c>
       <c r="Y30">
-        <v>972</v>
+        <v>967.95</v>
       </c>
       <c r="Z30" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>70</v>
       </c>
       <c r="AC30" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="AD30">
-        <v>171233623</v>
+        <v>163549158</v>
       </c>
       <c r="AE30" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="AF30">
-        <v>949159615</v>
+        <v>966661674</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
+        <v>582</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>576</v>
+      </c>
+      <c r="AM30" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>575</v>
+      </c>
+      <c r="AO30">
+        <v>20.89</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>583</v>
+      </c>
+      <c r="AQ30" t="s">
+        <v>484</v>
+      </c>
+      <c r="AR30" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS30" t="s">
+        <v>585</v>
+      </c>
+      <c r="AT30" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU30">
+        <v>523500016994</v>
+      </c>
+      <c r="AV30" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW30">
+        <v>1010581</v>
+      </c>
+      <c r="AX30" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY30">
+        <v>991906183</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA30" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB30" t="s">
+        <v>572</v>
+      </c>
+      <c r="BC30" t="s">
+        <v>576</v>
+      </c>
+      <c r="BD30" t="s">
+        <v>586</v>
+      </c>
+      <c r="BE30" t="s">
+        <v>587</v>
+      </c>
+      <c r="BF30" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG30" t="s">
+        <v>588</v>
+      </c>
+      <c r="BH30">
+        <v>10</v>
+      </c>
+      <c r="BI30" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ30" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK30" t="s">
+        <v>589</v>
+      </c>
+      <c r="BL30" t="s">
+        <v>456</v>
+      </c>
+      <c r="BM30" t="s">
         <v>590</v>
       </c>
-      <c r="AK30" t="s">
-[...14 lines deleted...]
-      <c r="AP30" t="s">
+      <c r="BN30" t="s">
         <v>591</v>
       </c>
-      <c r="AQ30" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="BO30">
-        <v>99</v>
+        <v>9</v>
       </c>
       <c r="BP30" t="s">
-        <v>100</v>
+        <v>491</v>
       </c>
       <c r="BQ30"/>
       <c r="BR30">
-        <v>72987</v>
+        <v>47991</v>
       </c>
       <c r="BS30" t="s">
-        <v>101</v>
+        <v>592</v>
       </c>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="C31" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="D31">
-        <v>556893</v>
+        <v>561655</v>
       </c>
       <c r="E31">
-        <v>58.63</v>
+        <v>50.61</v>
       </c>
       <c r="F31" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="I31">
-        <v>26.89</v>
+        <v>25.99</v>
       </c>
       <c r="J31" t="s">
-        <v>603</v>
+        <v>576</v>
       </c>
       <c r="K31" t="s">
-        <v>73</v>
+        <v>577</v>
       </c>
       <c r="L31" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="M31" t="s">
+        <v>74</v>
+      </c>
+      <c r="N31" t="s">
         <v>75</v>
       </c>
-      <c r="N31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31">
-        <v>523500015961</v>
+        <v>523500017012</v>
       </c>
       <c r="P31">
-        <v>151519024</v>
+        <v>279603850</v>
       </c>
       <c r="Q31" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="R31" t="s">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="S31" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="T31" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U31" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="V31">
-        <v>556893</v>
+        <v>561655</v>
       </c>
       <c r="W31" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X31">
-        <v>58.63</v>
+        <v>50.61</v>
       </c>
       <c r="Y31">
-        <v>972</v>
+        <v>967.95</v>
       </c>
       <c r="Z31" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>70</v>
       </c>
       <c r="AC31" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="AD31">
-        <v>151519024</v>
+        <v>279603850</v>
       </c>
       <c r="AE31" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="AF31">
-        <v>962180513</v>
+        <v>932619908</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>369</v>
+        <v>601</v>
       </c>
       <c r="AK31" t="s">
         <v>70</v>
       </c>
       <c r="AL31" t="s">
+        <v>576</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>596</v>
+      </c>
+      <c r="AO31">
+        <v>25.99</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>602</v>
+      </c>
+      <c r="AQ31"/>
+      <c r="AR31"/>
+      <c r="AS31"/>
+      <c r="AT31" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU31">
+        <v>523500017012</v>
+      </c>
+      <c r="AV31" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW31">
+        <v>1010588</v>
+      </c>
+      <c r="AX31" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY31" t="s">
+        <v>597</v>
+      </c>
+      <c r="AZ31" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA31" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB31" t="s">
+        <v>593</v>
+      </c>
+      <c r="BC31" t="s">
+        <v>576</v>
+      </c>
+      <c r="BD31" t="s">
         <v>603</v>
       </c>
-      <c r="AM31"/>
-[...33 lines deleted...]
-      <c r="AY31" t="s">
+      <c r="BE31" t="s">
         <v>604</v>
       </c>
-      <c r="AZ31" t="s">
-[...2 lines deleted...]
-      <c r="BA31" t="s">
+      <c r="BF31" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG31" t="s">
+        <v>605</v>
+      </c>
+      <c r="BH31">
+        <v>16</v>
+      </c>
+      <c r="BI31" t="s">
         <v>90</v>
       </c>
-      <c r="BB31" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BJ31" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK31" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="BL31" t="s">
-        <v>488</v>
+        <v>456</v>
       </c>
       <c r="BM31" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="BN31" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="BO31">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>56988</v>
+        <v>48988</v>
       </c>
       <c r="BS31" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="C32" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="D32">
-        <v>556649</v>
+        <v>560455</v>
       </c>
       <c r="E32">
-        <v>37.03</v>
+        <v>114.86</v>
       </c>
       <c r="F32" t="s">
-        <v>619</v>
+        <v>610</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="I32">
-        <v>14.99</v>
+        <v>46.99</v>
       </c>
       <c r="J32" t="s">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="K32" t="s">
-        <v>496</v>
+        <v>577</v>
       </c>
       <c r="L32" t="s">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="M32" t="s">
+        <v>74</v>
+      </c>
+      <c r="N32" t="s">
         <v>75</v>
       </c>
-      <c r="N32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O32">
-        <v>523500015929</v>
+        <v>523500016721</v>
       </c>
       <c r="P32">
-        <v>171325080</v>
+        <v>65171570</v>
       </c>
       <c r="Q32" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="R32" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="S32" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="T32" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U32" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="V32">
-        <v>556649</v>
+        <v>560455</v>
       </c>
       <c r="W32" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X32">
-        <v>37.03</v>
+        <v>114.86</v>
       </c>
       <c r="Y32">
-        <v>972</v>
+        <v>940.17</v>
       </c>
       <c r="Z32" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>70</v>
       </c>
       <c r="AC32" t="s">
-        <v>619</v>
+        <v>610</v>
       </c>
       <c r="AD32">
-        <v>171325080</v>
+        <v>65171570</v>
       </c>
       <c r="AE32" t="s">
-        <v>624</v>
+        <v>615</v>
       </c>
       <c r="AF32">
-        <v>979865022</v>
+        <v>999938596</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>112</v>
+        <v>308</v>
       </c>
       <c r="AK32" t="s">
         <v>70</v>
       </c>
       <c r="AL32" t="s">
+        <v>612</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>611</v>
+      </c>
+      <c r="AO32">
+        <v>46.99</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>617</v>
+      </c>
+      <c r="AQ32"/>
+      <c r="AR32"/>
+      <c r="AS32"/>
+      <c r="AT32" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU32">
+        <v>523500016721</v>
+      </c>
+      <c r="AV32" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW32">
+        <v>1010544</v>
+      </c>
+      <c r="AX32" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY32" t="s">
+        <v>613</v>
+      </c>
+      <c r="AZ32" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA32" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB32" t="s">
+        <v>608</v>
+      </c>
+      <c r="BC32" t="s">
+        <v>612</v>
+      </c>
+      <c r="BD32" t="s">
+        <v>618</v>
+      </c>
+      <c r="BE32" t="s">
+        <v>619</v>
+      </c>
+      <c r="BF32" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG32" t="s">
+        <v>620</v>
+      </c>
+      <c r="BH32">
+        <v>15</v>
+      </c>
+      <c r="BI32" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ32" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK32" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL32" t="s">
         <v>621</v>
       </c>
-      <c r="AM32" t="s">
-[...35 lines deleted...]
-      <c r="AY32" t="s">
+      <c r="BM32" t="s">
         <v>622</v>
       </c>
-      <c r="AZ32" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="BN32" t="s">
-        <v>634</v>
+        <v>623</v>
       </c>
       <c r="BO32">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>35993</v>
+        <v>107988</v>
       </c>
       <c r="BS32" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>635</v>
+        <v>624</v>
       </c>
       <c r="C33" t="s">
-        <v>636</v>
+        <v>625</v>
       </c>
       <c r="D33">
-        <v>555657</v>
+        <v>559872</v>
       </c>
       <c r="E33">
-        <v>832.29</v>
+        <v>186.22</v>
       </c>
       <c r="F33" t="s">
-        <v>637</v>
+        <v>626</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
-        <v>638</v>
+        <v>627</v>
       </c>
       <c r="I33">
-        <v>424.1</v>
+        <v>123.75</v>
       </c>
       <c r="J33" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="K33" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>987388366</v>
+        <v>176</v>
+      </c>
+      <c r="L33" t="s">
+        <v>629</v>
       </c>
       <c r="M33" t="s">
+        <v>74</v>
+      </c>
+      <c r="N33" t="s">
         <v>75</v>
       </c>
-      <c r="N33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O33">
-        <v>523500015597</v>
+        <v>523500016602</v>
       </c>
       <c r="P33">
-        <v>80460139</v>
+        <v>190579921</v>
       </c>
       <c r="Q33" t="s">
-        <v>635</v>
+        <v>624</v>
       </c>
       <c r="R33" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="S33" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="T33" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U33" t="s">
-        <v>636</v>
+        <v>625</v>
       </c>
       <c r="V33">
-        <v>555657</v>
+        <v>559872</v>
       </c>
       <c r="W33" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X33">
-        <v>832.29</v>
+        <v>186.22</v>
       </c>
       <c r="Y33">
-        <v>972</v>
+        <v>934.35</v>
       </c>
       <c r="Z33" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>70</v>
       </c>
       <c r="AC33" t="s">
-        <v>637</v>
+        <v>626</v>
       </c>
       <c r="AD33">
-        <v>80460139</v>
+        <v>190579921</v>
       </c>
       <c r="AE33" t="s">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="AF33">
-        <v>985118157</v>
+        <v>965024934</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>642</v>
+        <v>633</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>643</v>
+        <v>634</v>
       </c>
       <c r="AK33" t="s">
         <v>70</v>
       </c>
       <c r="AL33" t="s">
+        <v>628</v>
+      </c>
+      <c r="AM33"/>
+      <c r="AN33" t="s">
+        <v>627</v>
+      </c>
+      <c r="AO33">
+        <v>123.75</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>635</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>636</v>
+      </c>
+      <c r="AT33" t="s">
+        <v>637</v>
+      </c>
+      <c r="AU33">
+        <v>523500016602</v>
+      </c>
+      <c r="AV33" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW33">
+        <v>1010525</v>
+      </c>
+      <c r="AX33" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY33" t="s">
+        <v>629</v>
+      </c>
+      <c r="AZ33" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA33" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB33" t="s">
+        <v>624</v>
+      </c>
+      <c r="BC33" t="s">
+        <v>628</v>
+      </c>
+      <c r="BD33" t="s">
+        <v>638</v>
+      </c>
+      <c r="BE33" t="s">
         <v>639</v>
       </c>
-      <c r="AM33" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="BF33" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG33" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="BH33">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="BI33" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ33" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK33" t="s">
-        <v>508</v>
+        <v>92</v>
       </c>
       <c r="BL33" t="s">
-        <v>648</v>
+        <v>569</v>
       </c>
       <c r="BM33" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="BN33" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="BO33">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="BP33" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>808986</v>
+        <v>173995</v>
       </c>
       <c r="BS33" t="s">
-        <v>272</v>
+        <v>194</v>
       </c>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="C34" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="D34">
-        <v>554489</v>
+        <v>559337</v>
       </c>
       <c r="E34">
-        <v>75.09</v>
+        <v>59.66</v>
       </c>
       <c r="F34" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="I34">
-        <v>25.49</v>
+        <v>27.98</v>
       </c>
       <c r="J34" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="K34" t="s">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="L34" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="M34" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N34" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="O34">
-        <v>523500015381</v>
+        <v>523500016404</v>
       </c>
       <c r="P34">
-        <v>139924894</v>
+        <v>170843630</v>
       </c>
       <c r="Q34" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="R34" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="S34" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="T34" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U34" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="V34">
-        <v>554489</v>
+        <v>559337</v>
       </c>
       <c r="W34" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X34">
-        <v>75.09</v>
+        <v>59.66</v>
       </c>
       <c r="Y34">
         <v>972</v>
       </c>
       <c r="Z34" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>70</v>
       </c>
       <c r="AC34" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="AD34">
-        <v>139924894</v>
+        <v>170843630</v>
       </c>
       <c r="AE34" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="AF34">
-        <v>996212745</v>
+        <v>78363115</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="AM34"/>
       <c r="AN34" t="s">
+        <v>646</v>
+      </c>
+      <c r="AO34">
+        <v>27.98</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>653</v>
+      </c>
+      <c r="AQ34" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR34" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS34" t="s">
         <v>654</v>
       </c>
-      <c r="AO34">
-[...2 lines deleted...]
-      <c r="AP34" t="s">
+      <c r="AT34" t="s">
+        <v>655</v>
+      </c>
+      <c r="AU34">
+        <v>523500016404</v>
+      </c>
+      <c r="AV34" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW34">
+        <v>1010492</v>
+      </c>
+      <c r="AX34" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY34" t="s">
+        <v>648</v>
+      </c>
+      <c r="AZ34" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA34" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB34" t="s">
+        <v>643</v>
+      </c>
+      <c r="BC34" t="s">
+        <v>647</v>
+      </c>
+      <c r="BD34" t="s">
+        <v>656</v>
+      </c>
+      <c r="BE34" t="s">
+        <v>657</v>
+      </c>
+      <c r="BF34" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG34" t="s">
+        <v>658</v>
+      </c>
+      <c r="BH34">
+        <v>11</v>
+      </c>
+      <c r="BI34" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ34" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK34" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL34" t="s">
+        <v>659</v>
+      </c>
+      <c r="BM34" t="s">
+        <v>660</v>
+      </c>
+      <c r="BN34" t="s">
         <v>661</v>
       </c>
-      <c r="AQ34" t="s">
+      <c r="BO34">
         <v>85</v>
       </c>
-      <c r="AR34" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="BP34" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>72987</v>
+        <v>57990</v>
       </c>
       <c r="BS34" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="C35" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="D35">
-        <v>554038</v>
+        <v>558674</v>
       </c>
       <c r="E35">
-        <v>115.22</v>
+        <v>75.09</v>
       </c>
       <c r="F35" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="I35">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="J35" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="K35" t="s">
-        <v>107</v>
+        <v>340</v>
       </c>
       <c r="L35" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="M35" t="s">
+        <v>74</v>
+      </c>
+      <c r="N35" t="s">
         <v>75</v>
       </c>
-      <c r="N35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O35">
-        <v>523500015266</v>
+        <v>523500016298</v>
       </c>
       <c r="P35">
-        <v>161473332</v>
+        <v>171233623</v>
       </c>
       <c r="Q35" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="R35" t="s">
-        <v>676</v>
+        <v>662</v>
       </c>
       <c r="S35" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="T35" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U35" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="V35">
-        <v>554038</v>
+        <v>558674</v>
       </c>
       <c r="W35" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X35">
-        <v>115.22</v>
+        <v>75.09</v>
       </c>
       <c r="Y35">
         <v>972</v>
       </c>
       <c r="Z35" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>70</v>
       </c>
       <c r="AC35" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="AD35">
-        <v>161473332</v>
+        <v>171233623</v>
       </c>
       <c r="AE35" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
       <c r="AF35">
-        <v>967048478</v>
+        <v>949159615</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
+        <v>671</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>666</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>665</v>
+      </c>
+      <c r="AO35">
+        <v>28</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>672</v>
+      </c>
+      <c r="AQ35" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR35" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS35" t="s">
+        <v>673</v>
+      </c>
+      <c r="AT35" t="s">
+        <v>674</v>
+      </c>
+      <c r="AU35">
+        <v>523500016298</v>
+      </c>
+      <c r="AV35" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW35">
+        <v>1010481</v>
+      </c>
+      <c r="AX35" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY35" t="s">
+        <v>667</v>
+      </c>
+      <c r="AZ35" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA35" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB35" t="s">
+        <v>662</v>
+      </c>
+      <c r="BC35" t="s">
+        <v>666</v>
+      </c>
+      <c r="BD35" t="s">
+        <v>675</v>
+      </c>
+      <c r="BE35" t="s">
+        <v>676</v>
+      </c>
+      <c r="BF35" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG35" t="s">
+        <v>677</v>
+      </c>
+      <c r="BH35">
+        <v>16</v>
+      </c>
+      <c r="BI35" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ35" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK35" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL35" t="s">
+        <v>659</v>
+      </c>
+      <c r="BM35" t="s">
+        <v>678</v>
+      </c>
+      <c r="BN35" t="s">
         <v>679</v>
       </c>
-      <c r="AK35" t="s">
-[...88 lines deleted...]
-      </c>
       <c r="BO35">
-        <v>59</v>
+        <v>99</v>
       </c>
       <c r="BP35" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>111994</v>
+        <v>72987</v>
       </c>
       <c r="BS35" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
+        <v>680</v>
+      </c>
+      <c r="C36" t="s">
+        <v>681</v>
+      </c>
+      <c r="D36">
+        <v>556893</v>
+      </c>
+      <c r="E36">
+        <v>58.63</v>
+      </c>
+      <c r="F36" t="s">
+        <v>682</v>
+      </c>
+      <c r="G36" t="s">
+        <v>70</v>
+      </c>
+      <c r="H36" t="s">
+        <v>683</v>
+      </c>
+      <c r="I36">
+        <v>26.89</v>
+      </c>
+      <c r="J36" t="s">
+        <v>684</v>
+      </c>
+      <c r="K36" t="s">
+        <v>176</v>
+      </c>
+      <c r="L36" t="s">
+        <v>685</v>
+      </c>
+      <c r="M36" t="s">
+        <v>74</v>
+      </c>
+      <c r="N36" t="s">
+        <v>178</v>
+      </c>
+      <c r="O36">
+        <v>523500015961</v>
+      </c>
+      <c r="P36">
+        <v>151519024</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>680</v>
+      </c>
+      <c r="R36" t="s">
+        <v>686</v>
+      </c>
+      <c r="S36" t="s">
         <v>687</v>
       </c>
-      <c r="C36" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T36" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U36" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="V36">
-        <v>553970</v>
+        <v>556893</v>
       </c>
       <c r="W36" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X36">
-        <v>470.15</v>
+        <v>58.63</v>
       </c>
       <c r="Y36">
         <v>972</v>
       </c>
       <c r="Z36" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>70</v>
       </c>
       <c r="AC36" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="AD36">
-        <v>158920395</v>
+        <v>151519024</v>
       </c>
       <c r="AE36" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="AF36">
-        <v>987006387</v>
+        <v>962180513</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
+        <v>451</v>
+      </c>
+      <c r="AK36" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL36" t="s">
+        <v>684</v>
+      </c>
+      <c r="AM36"/>
+      <c r="AN36" t="s">
+        <v>683</v>
+      </c>
+      <c r="AO36">
+        <v>26.89</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>690</v>
+      </c>
+      <c r="AQ36" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR36" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS36" t="s">
+        <v>691</v>
+      </c>
+      <c r="AT36" t="s">
+        <v>692</v>
+      </c>
+      <c r="AU36">
+        <v>523500015961</v>
+      </c>
+      <c r="AV36" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW36">
+        <v>1010405</v>
+      </c>
+      <c r="AX36" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY36" t="s">
+        <v>685</v>
+      </c>
+      <c r="AZ36" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA36" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB36" t="s">
+        <v>680</v>
+      </c>
+      <c r="BC36" t="s">
+        <v>684</v>
+      </c>
+      <c r="BD36" t="s">
+        <v>693</v>
+      </c>
+      <c r="BE36" t="s">
+        <v>694</v>
+      </c>
+      <c r="BF36" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG36" t="s">
         <v>695</v>
       </c>
-      <c r="AK36" t="s">
-[...14 lines deleted...]
-      <c r="AP36" t="s">
+      <c r="BH36">
+        <v>23</v>
+      </c>
+      <c r="BI36" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ36" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK36" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL36" t="s">
+        <v>569</v>
+      </c>
+      <c r="BM36" t="s">
         <v>696</v>
       </c>
-      <c r="AQ36" t="s">
-[...38 lines deleted...]
-      <c r="BD36" t="s">
+      <c r="BN36" t="s">
         <v>697</v>
       </c>
-      <c r="BE36" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BO36">
-        <v>14</v>
+        <v>135</v>
       </c>
       <c r="BP36" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>456986</v>
+        <v>56988</v>
       </c>
       <c r="BS36" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
+        <v>698</v>
+      </c>
+      <c r="C37" t="s">
+        <v>699</v>
+      </c>
+      <c r="D37">
+        <v>556649</v>
+      </c>
+      <c r="E37">
+        <v>37.03</v>
+      </c>
+      <c r="F37" t="s">
+        <v>700</v>
+      </c>
+      <c r="G37" t="s">
+        <v>70</v>
+      </c>
+      <c r="H37" t="s">
         <v>701</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37">
+        <v>14.99</v>
+      </c>
+      <c r="J37" t="s">
         <v>702</v>
       </c>
-      <c r="D37">
-[...5 lines deleted...]
-      <c r="F37" t="s">
+      <c r="K37" t="s">
+        <v>577</v>
+      </c>
+      <c r="L37" t="s">
         <v>703</v>
       </c>
-      <c r="G37" t="s">
-[...2 lines deleted...]
-      <c r="H37" t="s">
+      <c r="M37" t="s">
+        <v>74</v>
+      </c>
+      <c r="N37" t="s">
+        <v>178</v>
+      </c>
+      <c r="O37">
+        <v>523500015929</v>
+      </c>
+      <c r="P37">
+        <v>171325080</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>698</v>
+      </c>
+      <c r="R37" t="s">
         <v>704</v>
       </c>
-      <c r="I37">
-[...28 lines deleted...]
-      </c>
       <c r="S37" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="T37" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U37" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="V37">
-        <v>552252</v>
+        <v>556649</v>
       </c>
       <c r="W37" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X37">
-        <v>381.68</v>
+        <v>37.03</v>
       </c>
       <c r="Y37">
         <v>972</v>
       </c>
       <c r="Z37" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>70</v>
       </c>
       <c r="AC37" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="AD37">
-        <v>46770315</v>
+        <v>171325080</v>
       </c>
       <c r="AE37" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="AF37">
-        <v>93307963</v>
+        <v>979865022</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
+        <v>204</v>
+      </c>
+      <c r="AK37" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL37" t="s">
+        <v>702</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN37" t="s">
+        <v>701</v>
+      </c>
+      <c r="AO37">
+        <v>14.99</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>707</v>
+      </c>
+      <c r="AQ37" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR37" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS37" t="s">
+        <v>708</v>
+      </c>
+      <c r="AT37" t="s">
+        <v>709</v>
+      </c>
+      <c r="AU37">
+        <v>523500015929</v>
+      </c>
+      <c r="AV37" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW37">
+        <v>1010399</v>
+      </c>
+      <c r="AX37" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY37" t="s">
+        <v>703</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA37" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB37" t="s">
+        <v>698</v>
+      </c>
+      <c r="BC37" t="s">
+        <v>702</v>
+      </c>
+      <c r="BD37" t="s">
         <v>710</v>
       </c>
-      <c r="AK37" t="s">
-[...14 lines deleted...]
-      <c r="AP37" t="s">
+      <c r="BE37" t="s">
         <v>711</v>
       </c>
-      <c r="AQ37" t="s">
-[...29 lines deleted...]
-      <c r="BA37" t="s">
+      <c r="BF37" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG37" t="s">
+        <v>712</v>
+      </c>
+      <c r="BH37">
+        <v>18</v>
+      </c>
+      <c r="BI37" t="s">
         <v>90</v>
       </c>
-      <c r="BB37" t="s">
-[...8 lines deleted...]
-      <c r="BE37" t="s">
+      <c r="BJ37" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK37" t="s">
+        <v>589</v>
+      </c>
+      <c r="BL37" t="s">
         <v>713</v>
       </c>
-      <c r="BF37" t="s">
-[...2 lines deleted...]
-      <c r="BG37" t="s">
+      <c r="BM37" t="s">
         <v>714</v>
       </c>
-      <c r="BH37">
-[...14 lines deleted...]
-      <c r="BM37" t="s">
+      <c r="BN37" t="s">
         <v>715</v>
       </c>
-      <c r="BN37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO37">
-        <v>224</v>
+        <v>25</v>
       </c>
       <c r="BP37" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>370993</v>
+        <v>35993</v>
       </c>
       <c r="BS37" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
+        <v>716</v>
+      </c>
+      <c r="C38" t="s">
         <v>717</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38">
+        <v>555657</v>
+      </c>
+      <c r="E38">
+        <v>832.29</v>
+      </c>
+      <c r="F38" t="s">
         <v>718</v>
       </c>
-      <c r="D38">
-[...5 lines deleted...]
-      <c r="F38" t="s">
+      <c r="G38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
         <v>719</v>
       </c>
-      <c r="G38" t="s">
-[...2 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38">
+        <v>424.1</v>
+      </c>
+      <c r="J38" t="s">
         <v>720</v>
       </c>
-      <c r="I38">
-[...2 lines deleted...]
-      <c r="J38" t="s">
+      <c r="K38" t="s">
+        <v>155</v>
+      </c>
+      <c r="L38">
+        <v>987388366</v>
+      </c>
+      <c r="M38" t="s">
+        <v>74</v>
+      </c>
+      <c r="N38" t="s">
+        <v>75</v>
+      </c>
+      <c r="O38">
+        <v>523500015597</v>
+      </c>
+      <c r="P38">
+        <v>80460139</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>716</v>
+      </c>
+      <c r="R38" t="s">
         <v>721</v>
       </c>
-      <c r="K38" t="s">
-[...17 lines deleted...]
-      <c r="Q38" t="s">
+      <c r="S38" t="s">
+        <v>721</v>
+      </c>
+      <c r="T38" t="s">
+        <v>103</v>
+      </c>
+      <c r="U38" t="s">
         <v>717</v>
       </c>
-      <c r="R38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V38">
-        <v>551751</v>
+        <v>555657</v>
       </c>
       <c r="W38" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X38">
-        <v>548.33</v>
+        <v>832.29</v>
       </c>
       <c r="Y38">
         <v>972</v>
       </c>
       <c r="Z38" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>70</v>
       </c>
       <c r="AC38" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="AD38">
-        <v>183404628</v>
+        <v>80460139</v>
       </c>
       <c r="AE38" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="AF38">
-        <v>976549738</v>
+        <v>985118157</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>208</v>
+        <v>724</v>
       </c>
       <c r="AK38" t="s">
         <v>70</v>
       </c>
       <c r="AL38" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="AM38" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="AN38" t="s">
+        <v>719</v>
+      </c>
+      <c r="AO38">
+        <v>424.1</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>725</v>
+      </c>
+      <c r="AQ38" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR38" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS38">
+        <v>780573921009</v>
+      </c>
+      <c r="AT38" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU38">
+        <v>523500015597</v>
+      </c>
+      <c r="AV38" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW38">
+        <v>1010357</v>
+      </c>
+      <c r="AX38" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY38">
+        <v>987388366</v>
+      </c>
+      <c r="AZ38" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA38" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB38" t="s">
+        <v>716</v>
+      </c>
+      <c r="BC38" t="s">
         <v>720</v>
       </c>
-      <c r="AO38">
-[...2 lines deleted...]
-      <c r="AP38" t="s">
+      <c r="BD38" t="s">
         <v>726</v>
       </c>
-      <c r="AQ38" t="s">
-[...38 lines deleted...]
-      <c r="BD38" t="s">
+      <c r="BE38" t="s">
         <v>727</v>
       </c>
-      <c r="BE38" t="s">
+      <c r="BF38" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG38" t="s">
         <v>728</v>
       </c>
-      <c r="BF38" t="s">
-[...2 lines deleted...]
-      <c r="BG38" t="s">
+      <c r="BH38">
+        <v>13</v>
+      </c>
+      <c r="BI38" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ38" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK38" t="s">
+        <v>589</v>
+      </c>
+      <c r="BL38" t="s">
         <v>729</v>
-      </c>
-[...13 lines deleted...]
-        <v>374</v>
       </c>
       <c r="BM38" t="s">
         <v>730</v>
       </c>
       <c r="BN38" t="s">
         <v>731</v>
       </c>
       <c r="BO38">
-        <v>225</v>
+        <v>6</v>
       </c>
       <c r="BP38" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>532977</v>
+        <v>808986</v>
       </c>
       <c r="BS38" t="s">
-        <v>272</v>
+        <v>354</v>
       </c>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>732</v>
       </c>
       <c r="C39" t="s">
         <v>733</v>
       </c>
       <c r="D39">
-        <v>551061</v>
+        <v>554489</v>
       </c>
       <c r="E39">
-        <v>403.28</v>
+        <v>75.09</v>
       </c>
       <c r="F39" t="s">
         <v>734</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
       <c r="H39" t="s">
         <v>735</v>
       </c>
       <c r="I39">
-        <v>199</v>
+        <v>25.49</v>
       </c>
       <c r="J39" t="s">
         <v>736</v>
       </c>
       <c r="K39" t="s">
-        <v>107</v>
+        <v>176</v>
       </c>
       <c r="L39" t="s">
         <v>737</v>
       </c>
       <c r="M39" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N39" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="O39">
-        <v>523500014733</v>
+        <v>523500015381</v>
       </c>
       <c r="P39">
-        <v>169686998</v>
+        <v>139924894</v>
       </c>
       <c r="Q39" t="s">
         <v>732</v>
       </c>
       <c r="R39" t="s">
         <v>738</v>
       </c>
       <c r="S39" t="s">
         <v>738</v>
       </c>
       <c r="T39" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U39" t="s">
         <v>733</v>
       </c>
       <c r="V39">
-        <v>551061</v>
+        <v>554489</v>
       </c>
       <c r="W39" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X39">
-        <v>403.28</v>
+        <v>75.09</v>
       </c>
       <c r="Y39">
         <v>972</v>
       </c>
       <c r="Z39" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>70</v>
       </c>
       <c r="AC39" t="s">
         <v>734</v>
       </c>
       <c r="AD39">
-        <v>169686998</v>
+        <v>139924894</v>
       </c>
       <c r="AE39" t="s">
         <v>739</v>
       </c>
       <c r="AF39">
-        <v>988978917</v>
+        <v>996212745</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
         <v>740</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
         <v>741</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
         <v>736</v>
       </c>
-      <c r="AM39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AM39"/>
       <c r="AN39" t="s">
         <v>735</v>
       </c>
       <c r="AO39">
-        <v>199</v>
+        <v>25.49</v>
       </c>
       <c r="AP39" t="s">
         <v>742</v>
       </c>
       <c r="AQ39" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="AR39" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>396601561702</v>
+        <v>237</v>
+      </c>
+      <c r="AS39" t="s">
+        <v>743</v>
       </c>
       <c r="AT39" t="s">
-        <v>80</v>
+        <v>744</v>
       </c>
       <c r="AU39">
-        <v>523500014733</v>
+        <v>523500015381</v>
       </c>
       <c r="AV39" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW39">
-        <v>1010208</v>
+        <v>1010319</v>
       </c>
       <c r="AX39" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="AY39" t="s">
         <v>737</v>
       </c>
       <c r="AZ39" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA39" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB39" t="s">
         <v>732</v>
       </c>
       <c r="BC39" t="s">
         <v>736</v>
       </c>
       <c r="BD39" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="BE39" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="BF39" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG39" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="BH39">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="BI39" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ39" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="BK39" t="s">
-        <v>96</v>
+        <v>589</v>
       </c>
       <c r="BL39" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="BM39" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="BN39" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="BO39">
-        <v>245</v>
+        <v>20</v>
       </c>
       <c r="BP39" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="BQ39"/>
       <c r="BR39">
-        <v>391988</v>
+        <v>72987</v>
       </c>
       <c r="BS39" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C40" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D40">
-        <v>550307</v>
+        <v>554038</v>
       </c>
       <c r="E40">
-        <v>59.66</v>
+        <v>115.22</v>
       </c>
       <c r="F40" t="s">
+        <v>753</v>
+      </c>
+      <c r="G40" t="s">
+        <v>70</v>
+      </c>
+      <c r="H40" t="s">
+        <v>754</v>
+      </c>
+      <c r="I40">
+        <v>54</v>
+      </c>
+      <c r="J40" t="s">
+        <v>755</v>
+      </c>
+      <c r="K40" t="s">
+        <v>155</v>
+      </c>
+      <c r="L40" t="s">
+        <v>756</v>
+      </c>
+      <c r="M40" t="s">
+        <v>74</v>
+      </c>
+      <c r="N40" t="s">
+        <v>178</v>
+      </c>
+      <c r="O40">
+        <v>523500015266</v>
+      </c>
+      <c r="P40">
+        <v>161473332</v>
+      </c>
+      <c r="Q40" t="s">
         <v>751</v>
       </c>
-      <c r="G40" t="s">
-[...2 lines deleted...]
-      <c r="H40" t="s">
+      <c r="R40" t="s">
+        <v>757</v>
+      </c>
+      <c r="S40" t="s">
+        <v>757</v>
+      </c>
+      <c r="T40" t="s">
+        <v>103</v>
+      </c>
+      <c r="U40" t="s">
         <v>752</v>
       </c>
-      <c r="I40">
-[...37 lines deleted...]
-      </c>
       <c r="V40">
-        <v>550307</v>
+        <v>554038</v>
       </c>
       <c r="W40" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X40">
-        <v>59.66</v>
+        <v>115.22</v>
       </c>
       <c r="Y40">
         <v>972</v>
       </c>
       <c r="Z40" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>70</v>
       </c>
       <c r="AC40" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="AD40">
-        <v>98901477</v>
+        <v>161473332</v>
       </c>
       <c r="AE40" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="AF40">
-        <v>79694136</v>
+        <v>967048478</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="AK40" t="s">
         <v>70</v>
       </c>
       <c r="AL40" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="AM40"/>
+        <v>755</v>
+      </c>
+      <c r="AM40" t="s">
+        <v>161</v>
+      </c>
       <c r="AN40" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="AO40">
-        <v>27.99</v>
+        <v>54</v>
       </c>
       <c r="AP40" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="AQ40" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="AR40" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>164</v>
+      </c>
+      <c r="AS40">
+        <v>398928434600</v>
       </c>
       <c r="AT40" t="s">
-        <v>760</v>
+        <v>79</v>
       </c>
       <c r="AU40">
-        <v>523500014596</v>
+        <v>523500015266</v>
       </c>
       <c r="AV40" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW40">
-        <v>1010179</v>
+        <v>1010311</v>
       </c>
       <c r="AX40" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>982893334</v>
+        <v>126</v>
+      </c>
+      <c r="AY40" t="s">
+        <v>756</v>
       </c>
       <c r="AZ40" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA40" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB40" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="BC40" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="BD40" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="BE40" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="BF40" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG40" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="BH40">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="BI40" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ40" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="BK40" t="s">
-        <v>508</v>
+        <v>589</v>
       </c>
       <c r="BL40" t="s">
-        <v>667</v>
+        <v>765</v>
       </c>
       <c r="BM40" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="BN40" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="BO40">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="BP40" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>57990</v>
+        <v>111994</v>
       </c>
       <c r="BS40" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C41" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D41">
-        <v>549792</v>
+        <v>553970</v>
       </c>
       <c r="E41">
-        <v>342.57</v>
+        <v>470.15</v>
       </c>
       <c r="F41" t="s">
+        <v>770</v>
+      </c>
+      <c r="G41" t="s">
+        <v>70</v>
+      </c>
+      <c r="H41" t="s">
+        <v>771</v>
+      </c>
+      <c r="I41">
+        <v>234.15</v>
+      </c>
+      <c r="J41" t="s">
+        <v>772</v>
+      </c>
+      <c r="K41" t="s">
+        <v>155</v>
+      </c>
+      <c r="L41">
+        <v>986230924</v>
+      </c>
+      <c r="M41" t="s">
+        <v>74</v>
+      </c>
+      <c r="N41" t="s">
+        <v>75</v>
+      </c>
+      <c r="O41">
+        <v>523500015264</v>
+      </c>
+      <c r="P41">
+        <v>158920395</v>
+      </c>
+      <c r="Q41" t="s">
         <v>768</v>
-      </c>
-[...31 lines deleted...]
-        <v>766</v>
       </c>
       <c r="R41" t="s">
         <v>773</v>
       </c>
       <c r="S41" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="T41" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U41" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="V41">
-        <v>549792</v>
+        <v>553970</v>
       </c>
       <c r="W41" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X41">
-        <v>342.57</v>
+        <v>470.15</v>
       </c>
       <c r="Y41">
         <v>972</v>
       </c>
       <c r="Z41" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>70</v>
       </c>
       <c r="AC41" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="AD41">
-        <v>81102562</v>
+        <v>158920395</v>
       </c>
       <c r="AE41" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="AF41">
-        <v>976495176</v>
+        <v>987006387</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>454</v>
+        <v>776</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="AM41" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN41" t="s">
+        <v>771</v>
+      </c>
+      <c r="AO41">
+        <v>234.15</v>
+      </c>
+      <c r="AP41" t="s">
         <v>777</v>
       </c>
-      <c r="AN41" t="s">
-[...5 lines deleted...]
-      <c r="AP41" t="s">
+      <c r="AQ41" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR41" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS41">
+        <v>398926471657</v>
+      </c>
+      <c r="AT41" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU41">
+        <v>523500015264</v>
+      </c>
+      <c r="AV41" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW41">
+        <v>1010311</v>
+      </c>
+      <c r="AX41" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY41">
+        <v>986230924</v>
+      </c>
+      <c r="AZ41" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA41" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB41" t="s">
+        <v>768</v>
+      </c>
+      <c r="BC41" t="s">
+        <v>772</v>
+      </c>
+      <c r="BD41" t="s">
         <v>778</v>
       </c>
-      <c r="AQ41" t="s">
-[...5 lines deleted...]
-      <c r="AS41" t="s">
+      <c r="BE41" t="s">
+        <v>763</v>
+      </c>
+      <c r="BF41" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG41" t="s">
         <v>779</v>
       </c>
-      <c r="AT41" t="s">
-[...29 lines deleted...]
-      <c r="BD41" t="s">
+      <c r="BH41">
+        <v>25</v>
+      </c>
+      <c r="BI41" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ41" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK41" t="s">
+        <v>589</v>
+      </c>
+      <c r="BL41" t="s">
+        <v>748</v>
+      </c>
+      <c r="BM41" t="s">
         <v>780</v>
       </c>
-      <c r="BE41" t="s">
-[...5 lines deleted...]
-      <c r="BG41" t="s">
+      <c r="BN41" t="s">
         <v>781</v>
       </c>
-      <c r="BH41">
-[...19 lines deleted...]
-      </c>
       <c r="BO41">
-        <v>272</v>
+        <v>14</v>
       </c>
       <c r="BP41" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>332978</v>
+        <v>456986</v>
       </c>
       <c r="BS41" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
+        <v>782</v>
+      </c>
+      <c r="C42" t="s">
         <v>783</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42">
+        <v>552252</v>
+      </c>
+      <c r="E42">
+        <v>381.68</v>
+      </c>
+      <c r="F42" t="s">
         <v>784</v>
       </c>
-      <c r="D42">
-[...5 lines deleted...]
-      <c r="F42" t="s">
+      <c r="G42" t="s">
+        <v>70</v>
+      </c>
+      <c r="H42" t="s">
         <v>785</v>
       </c>
-      <c r="G42" t="s">
-[...2 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42">
+        <v>188</v>
+      </c>
+      <c r="J42" t="s">
         <v>786</v>
       </c>
-      <c r="I42">
-[...2 lines deleted...]
-      <c r="J42" t="s">
+      <c r="K42" t="s">
+        <v>155</v>
+      </c>
+      <c r="L42" t="s">
         <v>787</v>
       </c>
-      <c r="K42" t="s">
-[...2 lines deleted...]
-      <c r="L42" t="s">
+      <c r="M42" t="s">
+        <v>74</v>
+      </c>
+      <c r="N42" t="s">
+        <v>75</v>
+      </c>
+      <c r="O42">
+        <v>523500014923</v>
+      </c>
+      <c r="P42">
+        <v>46770315</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>782</v>
+      </c>
+      <c r="R42" t="s">
         <v>788</v>
       </c>
-      <c r="M42" t="s">
-[...11 lines deleted...]
-      <c r="Q42" t="s">
+      <c r="S42" t="s">
+        <v>788</v>
+      </c>
+      <c r="T42" t="s">
+        <v>103</v>
+      </c>
+      <c r="U42" t="s">
         <v>783</v>
       </c>
-      <c r="R42" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V42">
-        <v>542193</v>
+        <v>552252</v>
       </c>
       <c r="W42" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X42">
-        <v>630.65</v>
+        <v>381.68</v>
       </c>
       <c r="Y42">
         <v>972</v>
       </c>
       <c r="Z42" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>70</v>
       </c>
       <c r="AC42" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="AD42">
-        <v>74578527</v>
+        <v>46770315</v>
       </c>
       <c r="AE42" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="AF42">
-        <v>985021897</v>
+        <v>93307963</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>299</v>
+        <v>791</v>
       </c>
       <c r="AK42" t="s">
         <v>70</v>
       </c>
       <c r="AL42" t="s">
+        <v>786</v>
+      </c>
+      <c r="AM42" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN42" t="s">
+        <v>785</v>
+      </c>
+      <c r="AO42">
+        <v>188</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>792</v>
+      </c>
+      <c r="AQ42" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR42" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS42">
+        <v>397457804796</v>
+      </c>
+      <c r="AT42" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU42">
+        <v>523500014923</v>
+      </c>
+      <c r="AV42" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW42">
+        <v>1010249</v>
+      </c>
+      <c r="AX42" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY42" t="s">
         <v>787</v>
       </c>
-      <c r="AM42" t="s">
-[...2 lines deleted...]
-      <c r="AN42" t="s">
+      <c r="AZ42" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA42" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB42" t="s">
+        <v>782</v>
+      </c>
+      <c r="BC42" t="s">
         <v>786</v>
       </c>
-      <c r="AO42">
-[...2 lines deleted...]
-      <c r="AP42" t="s">
+      <c r="BD42" t="s">
         <v>793</v>
       </c>
-      <c r="AQ42" t="s">
-[...38 lines deleted...]
-      <c r="BD42" t="s">
+      <c r="BE42" t="s">
         <v>794</v>
       </c>
-      <c r="BE42" t="s">
+      <c r="BF42" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG42" t="s">
         <v>795</v>
       </c>
-      <c r="BF42" t="s">
-[...2 lines deleted...]
-      <c r="BG42" t="s">
+      <c r="BH42">
+        <v>15</v>
+      </c>
+      <c r="BI42" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ42" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK42" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL42" t="s">
+        <v>569</v>
+      </c>
+      <c r="BM42" t="s">
         <v>796</v>
       </c>
-      <c r="BH42">
-[...11 lines deleted...]
-      <c r="BL42" t="s">
+      <c r="BN42" t="s">
         <v>797</v>
       </c>
-      <c r="BM42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BO42">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="BP42" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>612992</v>
+        <v>370993</v>
       </c>
       <c r="BS42" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
+        <v>798</v>
+      </c>
+      <c r="C43" t="s">
+        <v>799</v>
+      </c>
+      <c r="D43">
+        <v>551751</v>
+      </c>
+      <c r="E43">
+        <v>548.33</v>
+      </c>
+      <c r="F43" t="s">
         <v>800</v>
       </c>
-      <c r="C43" t="s">
+      <c r="G43" t="s">
+        <v>70</v>
+      </c>
+      <c r="H43" t="s">
         <v>801</v>
       </c>
-      <c r="D43">
-[...5 lines deleted...]
-      <c r="F43" t="s">
+      <c r="I43">
+        <v>266.8</v>
+      </c>
+      <c r="J43" t="s">
         <v>802</v>
       </c>
-      <c r="G43" t="s">
-[...2 lines deleted...]
-      <c r="H43" t="s">
+      <c r="K43" t="s">
+        <v>155</v>
+      </c>
+      <c r="L43">
+        <v>7503928891</v>
+      </c>
+      <c r="M43" t="s">
+        <v>74</v>
+      </c>
+      <c r="N43" t="s">
+        <v>178</v>
+      </c>
+      <c r="O43">
+        <v>523500014810</v>
+      </c>
+      <c r="P43">
+        <v>183404628</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>798</v>
+      </c>
+      <c r="R43" t="s">
         <v>803</v>
       </c>
-      <c r="I43">
-[...28 lines deleted...]
-      </c>
       <c r="S43" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="T43" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U43" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="V43">
-        <v>541596</v>
+        <v>551751</v>
       </c>
       <c r="W43" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X43">
-        <v>28.8</v>
+        <v>548.33</v>
       </c>
       <c r="Y43">
         <v>972</v>
       </c>
       <c r="Z43" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>70</v>
       </c>
       <c r="AC43" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="AD43">
-        <v>159462617</v>
+        <v>183404628</v>
       </c>
       <c r="AE43" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="AF43">
-        <v>982718947</v>
+        <v>976549738</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
+        <v>291</v>
+      </c>
+      <c r="AK43" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL43" t="s">
+        <v>802</v>
+      </c>
+      <c r="AM43" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN43" t="s">
+        <v>801</v>
+      </c>
+      <c r="AO43">
+        <v>266.8</v>
+      </c>
+      <c r="AP43" t="s">
+        <v>806</v>
+      </c>
+      <c r="AQ43" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR43" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS43">
+        <v>397105676670</v>
+      </c>
+      <c r="AT43" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU43">
+        <v>523500014810</v>
+      </c>
+      <c r="AV43" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW43">
+        <v>1010226</v>
+      </c>
+      <c r="AX43" t="s">
+        <v>807</v>
+      </c>
+      <c r="AY43">
+        <v>7503928891</v>
+      </c>
+      <c r="AZ43" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA43" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB43" t="s">
+        <v>798</v>
+      </c>
+      <c r="BC43" t="s">
+        <v>802</v>
+      </c>
+      <c r="BD43" t="s">
         <v>808</v>
       </c>
-      <c r="AK43" t="s">
-[...12 lines deleted...]
-      <c r="AP43" t="s">
+      <c r="BE43" t="s">
         <v>809</v>
       </c>
-      <c r="AQ43" t="s">
-[...5 lines deleted...]
-      <c r="AS43" t="s">
+      <c r="BF43" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG43" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH43">
+        <v>953</v>
+      </c>
+      <c r="BI43" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ43" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK43" t="s">
+        <v>589</v>
+      </c>
+      <c r="BL43" t="s">
+        <v>456</v>
+      </c>
+      <c r="BM43" t="s">
         <v>810</v>
       </c>
-      <c r="AT43" t="s">
+      <c r="BN43" t="s">
         <v>811</v>
       </c>
-      <c r="AU43">
-[...58 lines deleted...]
-      </c>
       <c r="BO43">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="BP43" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>27994</v>
+        <v>532977</v>
       </c>
       <c r="BS43" t="s">
-        <v>272</v>
+        <v>354</v>
       </c>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
+        <v>812</v>
+      </c>
+      <c r="C44" t="s">
+        <v>813</v>
+      </c>
+      <c r="D44">
+        <v>551061</v>
+      </c>
+      <c r="E44">
+        <v>403.28</v>
+      </c>
+      <c r="F44" t="s">
+        <v>814</v>
+      </c>
+      <c r="G44" t="s">
+        <v>70</v>
+      </c>
+      <c r="H44" t="s">
+        <v>815</v>
+      </c>
+      <c r="I44">
+        <v>199</v>
+      </c>
+      <c r="J44" t="s">
+        <v>816</v>
+      </c>
+      <c r="K44" t="s">
+        <v>155</v>
+      </c>
+      <c r="L44" t="s">
         <v>817</v>
       </c>
-      <c r="C44" t="s">
+      <c r="M44" t="s">
+        <v>74</v>
+      </c>
+      <c r="N44" t="s">
+        <v>75</v>
+      </c>
+      <c r="O44">
+        <v>523500014733</v>
+      </c>
+      <c r="P44">
+        <v>169686998</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>812</v>
+      </c>
+      <c r="R44" t="s">
         <v>818</v>
       </c>
-      <c r="D44">
-[...43 lines deleted...]
-      </c>
       <c r="S44" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="T44" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U44" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="V44">
-        <v>540167</v>
+        <v>551061</v>
       </c>
       <c r="W44" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X44">
-        <v>132.71</v>
+        <v>403.28</v>
       </c>
       <c r="Y44">
         <v>972</v>
       </c>
       <c r="Z44" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>70</v>
       </c>
       <c r="AC44" t="s">
+        <v>814</v>
+      </c>
+      <c r="AD44">
+        <v>169686998</v>
+      </c>
+      <c r="AE44" t="s">
         <v>819</v>
       </c>
-      <c r="AD44">
-[...4 lines deleted...]
-      </c>
       <c r="AF44">
-        <v>941246932</v>
+        <v>988978917</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>660</v>
+        <v>821</v>
       </c>
       <c r="AK44" t="s">
         <v>70</v>
       </c>
       <c r="AL44" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="AM44"/>
+        <v>816</v>
+      </c>
+      <c r="AM44" t="s">
+        <v>161</v>
+      </c>
       <c r="AN44" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="AO44">
-        <v>56.51</v>
+        <v>199</v>
       </c>
       <c r="AP44" t="s">
+        <v>822</v>
+      </c>
+      <c r="AQ44" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS44">
+        <v>396601561702</v>
+      </c>
+      <c r="AT44" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU44">
+        <v>523500014733</v>
+      </c>
+      <c r="AV44" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW44">
+        <v>1010208</v>
+      </c>
+      <c r="AX44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY44" t="s">
+        <v>817</v>
+      </c>
+      <c r="AZ44" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA44" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB44" t="s">
+        <v>812</v>
+      </c>
+      <c r="BC44" t="s">
+        <v>816</v>
+      </c>
+      <c r="BD44" t="s">
+        <v>823</v>
+      </c>
+      <c r="BE44" t="s">
+        <v>824</v>
+      </c>
+      <c r="BF44" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG44" t="s">
         <v>825</v>
-      </c>
-[...49 lines deleted...]
-        <v>829</v>
       </c>
       <c r="BH44">
         <v>14</v>
       </c>
       <c r="BI44" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ44" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK44" t="s">
-        <v>508</v>
+        <v>92</v>
       </c>
       <c r="BL44" t="s">
-        <v>667</v>
+        <v>826</v>
       </c>
       <c r="BM44" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="BN44" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="BO44">
-        <v>101</v>
+        <v>245</v>
       </c>
       <c r="BP44" t="s">
-        <v>409</v>
+        <v>163</v>
       </c>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>128994</v>
+        <v>391988</v>
       </c>
       <c r="BS44" t="s">
-        <v>832</v>
+        <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
+        <v>829</v>
+      </c>
+      <c r="C45" t="s">
+        <v>830</v>
+      </c>
+      <c r="D45">
+        <v>550307</v>
+      </c>
+      <c r="E45">
+        <v>59.66</v>
+      </c>
+      <c r="F45" t="s">
+        <v>831</v>
+      </c>
+      <c r="G45" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45" t="s">
+        <v>832</v>
+      </c>
+      <c r="I45">
+        <v>27.99</v>
+      </c>
+      <c r="J45" t="s">
         <v>833</v>
       </c>
-      <c r="C45" t="s">
+      <c r="K45" t="s">
+        <v>176</v>
+      </c>
+      <c r="L45">
+        <v>982893334</v>
+      </c>
+      <c r="M45" t="s">
+        <v>74</v>
+      </c>
+      <c r="N45" t="s">
+        <v>178</v>
+      </c>
+      <c r="O45">
+        <v>523500014596</v>
+      </c>
+      <c r="P45">
+        <v>98901477</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>829</v>
+      </c>
+      <c r="R45" t="s">
         <v>834</v>
       </c>
-      <c r="D45">
-[...5 lines deleted...]
-      <c r="F45" t="s">
+      <c r="S45" t="s">
         <v>835</v>
       </c>
-      <c r="G45" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T45" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U45" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="V45">
-        <v>539849</v>
+        <v>550307</v>
       </c>
       <c r="W45" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X45">
-        <v>91.55</v>
+        <v>59.66</v>
       </c>
       <c r="Y45">
         <v>972</v>
       </c>
       <c r="Z45" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>70</v>
       </c>
       <c r="AC45" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="AD45">
-        <v>156117293</v>
+        <v>98901477</v>
       </c>
       <c r="AE45" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="AF45">
-        <v>942059003</v>
+        <v>79694136</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>501</v>
+        <v>821</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="AM45"/>
       <c r="AN45" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="AO45">
-        <v>42.95</v>
+        <v>27.99</v>
       </c>
       <c r="AP45" t="s">
+        <v>838</v>
+      </c>
+      <c r="AQ45" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR45" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS45" t="s">
+        <v>839</v>
+      </c>
+      <c r="AT45" t="s">
+        <v>840</v>
+      </c>
+      <c r="AU45">
+        <v>523500014596</v>
+      </c>
+      <c r="AV45" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW45">
+        <v>1010179</v>
+      </c>
+      <c r="AX45" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY45">
+        <v>982893334</v>
+      </c>
+      <c r="AZ45" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA45" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB45" t="s">
+        <v>829</v>
+      </c>
+      <c r="BC45" t="s">
+        <v>833</v>
+      </c>
+      <c r="BD45" t="s">
         <v>841</v>
       </c>
-      <c r="AQ45" t="s">
-[...5 lines deleted...]
-      <c r="AS45" t="s">
+      <c r="BE45" t="s">
         <v>842</v>
       </c>
-      <c r="AT45" t="s">
+      <c r="BF45" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG45" t="s">
         <v>843</v>
-      </c>
-[...37 lines deleted...]
-        <v>846</v>
       </c>
       <c r="BH45">
         <v>14</v>
       </c>
       <c r="BI45" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ45" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK45" t="s">
-        <v>508</v>
+        <v>589</v>
       </c>
       <c r="BL45" t="s">
-        <v>667</v>
+        <v>748</v>
       </c>
       <c r="BM45" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="BN45" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="BO45">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="BP45" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>88987</v>
+        <v>57990</v>
       </c>
       <c r="BS45" t="s">
-        <v>832</v>
+        <v>194</v>
       </c>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
+        <v>846</v>
+      </c>
+      <c r="C46" t="s">
+        <v>847</v>
+      </c>
+      <c r="D46">
+        <v>549792</v>
+      </c>
+      <c r="E46">
+        <v>342.57</v>
+      </c>
+      <c r="F46" t="s">
+        <v>848</v>
+      </c>
+      <c r="G46" t="s">
+        <v>70</v>
+      </c>
+      <c r="H46" t="s">
         <v>849</v>
       </c>
-      <c r="C46" t="s">
+      <c r="I46">
+        <v>194.98</v>
+      </c>
+      <c r="J46" t="s">
         <v>850</v>
       </c>
-      <c r="D46">
-[...5 lines deleted...]
-      <c r="F46" t="s">
+      <c r="K46" t="s">
         <v>851</v>
       </c>
-      <c r="G46" t="s">
-[...2 lines deleted...]
-      <c r="H46" t="s">
+      <c r="L46" t="s">
         <v>852</v>
       </c>
-      <c r="I46">
-[...2 lines deleted...]
-      <c r="J46" t="s">
+      <c r="M46" t="s">
+        <v>74</v>
+      </c>
+      <c r="N46" t="s">
+        <v>75</v>
+      </c>
+      <c r="O46">
+        <v>523500014583</v>
+      </c>
+      <c r="P46">
+        <v>81102562</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>846</v>
+      </c>
+      <c r="R46" t="s">
         <v>853</v>
       </c>
-      <c r="K46" t="s">
-[...18 lines deleted...]
-      <c r="R46" t="s">
+      <c r="S46" t="s">
         <v>854</v>
       </c>
-      <c r="S46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T46" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U46" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="V46">
-        <v>523322</v>
+        <v>549792</v>
       </c>
       <c r="W46" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X46">
-        <v>21.24</v>
+        <v>342.57</v>
       </c>
       <c r="Y46">
-        <v>800</v>
+        <v>972</v>
       </c>
       <c r="Z46" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>70</v>
       </c>
       <c r="AC46" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="AD46">
-        <v>218932134</v>
+        <v>81102562</v>
       </c>
       <c r="AE46" t="s">
-        <v>80</v>
+        <v>855</v>
       </c>
       <c r="AF46">
-        <v>63808188</v>
+        <v>976495176</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
         <v>856</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>148</v>
+        <v>536</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>853</v>
-[...1 lines deleted...]
-      <c r="AM46"/>
+        <v>850</v>
+      </c>
+      <c r="AM46" t="s">
+        <v>857</v>
+      </c>
       <c r="AN46" t="s">
+        <v>849</v>
+      </c>
+      <c r="AO46">
+        <v>194.98</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>858</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR46" t="s">
+        <v>237</v>
+      </c>
+      <c r="AS46" t="s">
+        <v>859</v>
+      </c>
+      <c r="AT46" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU46">
+        <v>523500014583</v>
+      </c>
+      <c r="AV46" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW46">
+        <v>1010179</v>
+      </c>
+      <c r="AX46" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY46" t="s">
         <v>852</v>
       </c>
-      <c r="AO46">
-[...27 lines deleted...]
-      <c r="AY46"/>
       <c r="AZ46" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA46" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB46" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="BC46" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="BD46" t="s">
         <v>860</v>
       </c>
       <c r="BE46" t="s">
+        <v>842</v>
+      </c>
+      <c r="BF46" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG46" t="s">
         <v>861</v>
       </c>
-      <c r="BF46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH46">
-        <v>1404</v>
+        <v>27</v>
       </c>
       <c r="BI46" t="s">
-        <v>158</v>
+        <v>90</v>
       </c>
       <c r="BJ46" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK46" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL46" t="s">
+        <v>569</v>
+      </c>
+      <c r="BM46" t="s">
         <v>862</v>
       </c>
-      <c r="BL46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BN46" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BO46">
-        <v>44</v>
+        <v>272</v>
       </c>
       <c r="BP46" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>16992</v>
+        <v>332978</v>
       </c>
       <c r="BS46" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
+        <v>863</v>
+      </c>
+      <c r="C47" t="s">
         <v>864</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47">
+        <v>542193</v>
+      </c>
+      <c r="E47">
+        <v>630.65</v>
+      </c>
+      <c r="F47" t="s">
         <v>865</v>
       </c>
-      <c r="D47">
-[...5 lines deleted...]
-      <c r="F47" t="s">
+      <c r="G47" t="s">
+        <v>70</v>
+      </c>
+      <c r="H47" t="s">
         <v>866</v>
       </c>
-      <c r="G47" t="s">
-[...2 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47">
+        <v>314.2</v>
+      </c>
+      <c r="J47" t="s">
         <v>867</v>
       </c>
-      <c r="I47">
-[...2 lines deleted...]
-      <c r="J47" t="s">
+      <c r="K47" t="s">
+        <v>155</v>
+      </c>
+      <c r="L47" t="s">
         <v>868</v>
       </c>
-      <c r="K47" t="s">
-[...2 lines deleted...]
-      <c r="L47"/>
       <c r="M47" t="s">
+        <v>74</v>
+      </c>
+      <c r="N47" t="s">
         <v>75</v>
       </c>
-      <c r="N47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O47">
-        <v>523500008223</v>
+        <v>523500013019</v>
       </c>
       <c r="P47">
-        <v>234549995</v>
+        <v>74578527</v>
       </c>
       <c r="Q47" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="R47" t="s">
         <v>869</v>
       </c>
       <c r="S47" t="s">
         <v>870</v>
       </c>
       <c r="T47" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U47" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="V47">
-        <v>520408</v>
+        <v>542193</v>
       </c>
       <c r="W47" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X47">
-        <v>281.24</v>
+        <v>630.65</v>
       </c>
       <c r="Y47">
-        <v>800</v>
+        <v>972</v>
       </c>
       <c r="Z47" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>70</v>
       </c>
       <c r="AC47" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="AD47">
-        <v>234549995</v>
+        <v>74578527</v>
       </c>
       <c r="AE47" t="s">
-        <v>80</v>
+        <v>871</v>
       </c>
       <c r="AF47">
-        <v>58792170</v>
+        <v>985021897</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>872</v>
+        <v>381</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="AM47" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="AN47" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="AO47">
-        <v>160.5</v>
+        <v>314.2</v>
       </c>
       <c r="AP47" t="s">
         <v>873</v>
       </c>
       <c r="AQ47" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="AR47" t="s">
-        <v>503</v>
-[...1 lines deleted...]
-      <c r="AS47" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS47">
+        <v>390914965890</v>
+      </c>
+      <c r="AT47" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU47">
+        <v>523500013019</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW47">
+        <v>1009946</v>
+      </c>
+      <c r="AX47" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY47" t="s">
+        <v>868</v>
+      </c>
+      <c r="AZ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA47" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB47" t="s">
+        <v>863</v>
+      </c>
+      <c r="BC47" t="s">
+        <v>867</v>
+      </c>
+      <c r="BD47" t="s">
         <v>874</v>
       </c>
-      <c r="AT47" t="s">
+      <c r="BE47" t="s">
         <v>875</v>
       </c>
-      <c r="AU47">
-[...22 lines deleted...]
-      <c r="BD47" t="s">
+      <c r="BF47" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG47" t="s">
         <v>876</v>
       </c>
-      <c r="BE47" t="s">
+      <c r="BH47">
+        <v>23</v>
+      </c>
+      <c r="BI47" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ47" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK47" t="s">
+        <v>589</v>
+      </c>
+      <c r="BL47" t="s">
         <v>877</v>
-      </c>
-[...19 lines deleted...]
-        <v>667</v>
       </c>
       <c r="BM47" t="s">
         <v>878</v>
       </c>
       <c r="BN47" t="s">
         <v>879</v>
       </c>
       <c r="BO47">
-        <v>79</v>
+        <v>214</v>
       </c>
       <c r="BP47" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="BQ47"/>
       <c r="BR47">
-        <v>224992</v>
+        <v>612992</v>
       </c>
       <c r="BS47" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
         <v>880</v>
       </c>
       <c r="C48" t="s">
         <v>881</v>
       </c>
       <c r="D48">
-        <v>520026</v>
+        <v>541596</v>
       </c>
       <c r="E48">
-        <v>31.24</v>
+        <v>28.8</v>
       </c>
       <c r="F48" t="s">
         <v>882</v>
       </c>
       <c r="G48" t="s">
         <v>70</v>
       </c>
       <c r="H48" t="s">
         <v>883</v>
       </c>
       <c r="I48">
-        <v>17.11</v>
+        <v>9.99</v>
       </c>
       <c r="J48" t="s">
         <v>884</v>
       </c>
       <c r="K48" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="L48"/>
+        <v>176</v>
+      </c>
+      <c r="L48">
+        <v>977526467</v>
+      </c>
       <c r="M48" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N48" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="O48">
-        <v>523500008152</v>
+        <v>523500012896</v>
       </c>
       <c r="P48">
-        <v>268851933</v>
+        <v>159462617</v>
       </c>
       <c r="Q48" t="s">
         <v>880</v>
       </c>
       <c r="R48" t="s">
         <v>885</v>
       </c>
       <c r="S48" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="T48" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U48" t="s">
         <v>881</v>
       </c>
       <c r="V48">
-        <v>520026</v>
+        <v>541596</v>
       </c>
       <c r="W48" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X48">
-        <v>31.24</v>
+        <v>28.8</v>
       </c>
       <c r="Y48">
-        <v>800</v>
+        <v>972</v>
       </c>
       <c r="Z48" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>70</v>
       </c>
       <c r="AC48" t="s">
         <v>882</v>
       </c>
       <c r="AD48">
-        <v>268851933</v>
+        <v>159462617</v>
       </c>
       <c r="AE48" t="s">
-        <v>80</v>
+        <v>886</v>
       </c>
       <c r="AF48">
-        <v>56094082</v>
+        <v>982718947</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
         <v>887</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
         <v>888</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
         <v>884</v>
       </c>
       <c r="AM48"/>
       <c r="AN48" t="s">
         <v>883</v>
       </c>
       <c r="AO48">
-        <v>17.11</v>
+        <v>9.99</v>
       </c>
       <c r="AP48" t="s">
         <v>889</v>
       </c>
       <c r="AQ48" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="AR48" t="s">
-        <v>503</v>
+        <v>584</v>
       </c>
       <c r="AS48" t="s">
         <v>890</v>
       </c>
       <c r="AT48" t="s">
         <v>891</v>
       </c>
       <c r="AU48">
-        <v>523500008152</v>
+        <v>523500012896</v>
       </c>
       <c r="AV48" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW48">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY48"/>
+        <v>1009925</v>
+      </c>
+      <c r="AX48" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY48">
+        <v>977526467</v>
+      </c>
       <c r="AZ48" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA48" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB48" t="s">
         <v>880</v>
       </c>
       <c r="BC48" t="s">
         <v>884</v>
       </c>
       <c r="BD48" t="s">
         <v>892</v>
       </c>
       <c r="BE48" t="s">
         <v>893</v>
       </c>
       <c r="BF48" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG48" t="s">
-        <v>80</v>
+        <v>894</v>
       </c>
       <c r="BH48">
-        <v>1453</v>
+        <v>12</v>
       </c>
       <c r="BI48" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="BJ48" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK48" t="s">
-        <v>862</v>
+        <v>589</v>
       </c>
       <c r="BL48" t="s">
-        <v>667</v>
+        <v>748</v>
       </c>
       <c r="BM48" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="BN48" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="BO48">
-        <v>87</v>
+        <v>220</v>
       </c>
       <c r="BP48" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="BQ48"/>
       <c r="BR48">
-        <v>24992</v>
+        <v>27994</v>
       </c>
       <c r="BS48" t="s">
-        <v>101</v>
+        <v>354</v>
       </c>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C49" t="s">
+        <v>898</v>
+      </c>
+      <c r="D49">
+        <v>540167</v>
+      </c>
+      <c r="E49">
+        <v>132.71</v>
+      </c>
+      <c r="F49" t="s">
+        <v>899</v>
+      </c>
+      <c r="G49" t="s">
+        <v>70</v>
+      </c>
+      <c r="H49" t="s">
+        <v>900</v>
+      </c>
+      <c r="I49">
+        <v>56.51</v>
+      </c>
+      <c r="J49" t="s">
+        <v>901</v>
+      </c>
+      <c r="K49" t="s">
+        <v>176</v>
+      </c>
+      <c r="L49">
+        <v>976531912</v>
+      </c>
+      <c r="M49" t="s">
+        <v>74</v>
+      </c>
+      <c r="N49" t="s">
+        <v>75</v>
+      </c>
+      <c r="O49">
+        <v>523500012637</v>
+      </c>
+      <c r="P49">
+        <v>45149137</v>
+      </c>
+      <c r="Q49" t="s">
         <v>897</v>
       </c>
-      <c r="D49">
-[...40 lines deleted...]
-      </c>
       <c r="R49" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="S49" t="s">
         <v>902</v>
       </c>
       <c r="T49" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U49" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="V49">
-        <v>514029</v>
+        <v>540167</v>
       </c>
       <c r="W49" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X49">
-        <v>46.15</v>
+        <v>132.71</v>
       </c>
       <c r="Y49">
-        <v>755</v>
+        <v>972</v>
       </c>
       <c r="Z49" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>70</v>
       </c>
       <c r="AC49" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="AD49">
-        <v>105566360</v>
+        <v>45149137</v>
       </c>
       <c r="AE49" t="s">
-        <v>80</v>
+        <v>903</v>
       </c>
       <c r="AF49">
-        <v>76194577</v>
+        <v>941246932</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>904</v>
+        <v>741</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="AM49"/>
       <c r="AN49" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="AO49">
-        <v>23.1</v>
+        <v>56.51</v>
       </c>
       <c r="AP49" t="s">
         <v>905</v>
       </c>
       <c r="AQ49" t="s">
-        <v>85</v>
+        <v>484</v>
       </c>
       <c r="AR49" t="s">
-        <v>503</v>
+        <v>237</v>
       </c>
       <c r="AS49" t="s">
         <v>906</v>
       </c>
       <c r="AT49" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU49">
+        <v>523500012637</v>
+      </c>
+      <c r="AV49" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW49">
+        <v>1009872</v>
+      </c>
+      <c r="AX49" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY49">
+        <v>976531912</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA49" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB49" t="s">
+        <v>897</v>
+      </c>
+      <c r="BC49" t="s">
+        <v>901</v>
+      </c>
+      <c r="BD49" t="s">
         <v>907</v>
       </c>
-      <c r="AU49">
-[...26 lines deleted...]
-      <c r="BD49" t="s">
+      <c r="BE49" t="s">
         <v>908</v>
       </c>
-      <c r="BE49" t="s">
+      <c r="BF49" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG49" t="s">
         <v>909</v>
       </c>
-      <c r="BF49" t="s">
-[...2 lines deleted...]
-      <c r="BG49" t="s">
+      <c r="BH49">
+        <v>14</v>
+      </c>
+      <c r="BI49" t="s">
+        <v>168</v>
+      </c>
+      <c r="BJ49" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK49" t="s">
+        <v>589</v>
+      </c>
+      <c r="BL49" t="s">
+        <v>748</v>
+      </c>
+      <c r="BM49" t="s">
         <v>910</v>
       </c>
-      <c r="BH49">
-[...14 lines deleted...]
-      <c r="BM49" t="s">
+      <c r="BN49" t="s">
         <v>911</v>
       </c>
-      <c r="BN49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO49">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="BP49" t="s">
-        <v>100</v>
+        <v>491</v>
       </c>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>34843</v>
+        <v>128994</v>
       </c>
       <c r="BS49" t="s">
-        <v>511</v>
+        <v>912</v>
       </c>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C50" t="s">
+        <v>914</v>
+      </c>
+      <c r="D50">
+        <v>539849</v>
+      </c>
+      <c r="E50">
+        <v>91.55</v>
+      </c>
+      <c r="F50" t="s">
+        <v>915</v>
+      </c>
+      <c r="G50" t="s">
+        <v>70</v>
+      </c>
+      <c r="H50" t="s">
+        <v>916</v>
+      </c>
+      <c r="I50">
+        <v>42.95</v>
+      </c>
+      <c r="J50" t="s">
+        <v>917</v>
+      </c>
+      <c r="K50" t="s">
+        <v>176</v>
+      </c>
+      <c r="L50">
+        <v>976259841</v>
+      </c>
+      <c r="M50" t="s">
+        <v>74</v>
+      </c>
+      <c r="N50" t="s">
+        <v>75</v>
+      </c>
+      <c r="O50">
+        <v>523500012538</v>
+      </c>
+      <c r="P50">
+        <v>156117293</v>
+      </c>
+      <c r="Q50" t="s">
         <v>913</v>
-      </c>
-[...38 lines deleted...]
-        <v>912</v>
       </c>
       <c r="R50" t="s">
         <v>918</v>
       </c>
       <c r="S50" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="T50" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U50" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="V50">
-        <v>511627</v>
+        <v>539849</v>
       </c>
       <c r="W50" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X50">
-        <v>144.12</v>
+        <v>91.55</v>
       </c>
       <c r="Y50">
-        <v>720</v>
+        <v>972</v>
       </c>
       <c r="Z50" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>70</v>
       </c>
       <c r="AC50" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>915</v>
+      </c>
+      <c r="AD50">
+        <v>156117293</v>
       </c>
       <c r="AE50" t="s">
-        <v>80</v>
+        <v>919</v>
       </c>
       <c r="AF50">
-        <v>48540741</v>
+        <v>942059003</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
         <v>920</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>225</v>
+        <v>582</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="AM50"/>
       <c r="AN50" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="AO50">
-        <v>77.07</v>
+        <v>42.95</v>
       </c>
       <c r="AP50" t="s">
         <v>921</v>
       </c>
-      <c r="AQ50"/>
-[...1 lines deleted...]
-      <c r="AS50"/>
+      <c r="AQ50" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR50" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS50" t="s">
+        <v>922</v>
+      </c>
       <c r="AT50" t="s">
-        <v>80</v>
+        <v>923</v>
       </c>
       <c r="AU50">
-        <v>523500006846</v>
+        <v>523500012538</v>
       </c>
       <c r="AV50" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW50">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY50"/>
+        <v>1009857</v>
+      </c>
+      <c r="AX50" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY50">
+        <v>976259841</v>
+      </c>
       <c r="AZ50" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA50" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB50" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="BC50" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="BD50" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="BE50" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="BF50" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG50" t="s">
-        <v>80</v>
+        <v>926</v>
       </c>
       <c r="BH50">
-        <v>1586</v>
+        <v>14</v>
       </c>
       <c r="BI50" t="s">
-        <v>924</v>
+        <v>168</v>
       </c>
       <c r="BJ50" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK50" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="BL50"/>
+        <v>589</v>
+      </c>
+      <c r="BL50" t="s">
+        <v>748</v>
+      </c>
       <c r="BM50" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="BN50" t="s">
-        <v>80</v>
+        <v>928</v>
       </c>
       <c r="BO50">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="BP50"/>
+        <v>39</v>
+      </c>
+      <c r="BP50" t="s">
+        <v>193</v>
+      </c>
       <c r="BQ50"/>
       <c r="BR50">
-        <v>103766</v>
+        <v>88987</v>
       </c>
       <c r="BS50" t="s">
-        <v>832</v>
+        <v>912</v>
       </c>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="C51" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="D51">
-        <v>507491</v>
+        <v>523322</v>
       </c>
       <c r="E51">
-        <v>45.04</v>
+        <v>21.24</v>
       </c>
       <c r="F51" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="G51" t="s">
         <v>70</v>
       </c>
       <c r="H51" t="s">
+        <v>932</v>
+      </c>
+      <c r="I51">
+        <v>7.9</v>
+      </c>
+      <c r="J51" t="s">
+        <v>933</v>
+      </c>
+      <c r="K51" t="s">
+        <v>176</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>74</v>
+      </c>
+      <c r="N51" t="s">
+        <v>75</v>
+      </c>
+      <c r="O51">
+        <v>523500008842</v>
+      </c>
+      <c r="P51">
+        <v>218932134</v>
+      </c>
+      <c r="Q51" t="s">
         <v>929</v>
       </c>
-      <c r="I51">
-[...2 lines deleted...]
-      <c r="J51" t="s">
+      <c r="R51" t="s">
+        <v>934</v>
+      </c>
+      <c r="S51" t="s">
+        <v>935</v>
+      </c>
+      <c r="T51" t="s">
+        <v>103</v>
+      </c>
+      <c r="U51" t="s">
         <v>930</v>
       </c>
-      <c r="K51" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="V51">
-        <v>507491</v>
+        <v>523322</v>
       </c>
       <c r="W51" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X51">
-        <v>45.04</v>
+        <v>21.24</v>
       </c>
       <c r="Y51">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="Z51" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>70</v>
       </c>
       <c r="AC51" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AD51">
-        <v>132791406</v>
+        <v>218932134</v>
       </c>
       <c r="AE51" t="s">
-        <v>933</v>
+        <v>79</v>
       </c>
       <c r="AF51">
-        <v>89513193</v>
+        <v>63808188</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>679</v>
+        <v>160</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="AM51"/>
       <c r="AN51" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="AO51">
-        <v>22.58</v>
+        <v>7.9</v>
       </c>
       <c r="AP51" t="s">
-        <v>935</v>
-[...3 lines deleted...]
-      <c r="AS51"/>
+        <v>937</v>
+      </c>
+      <c r="AQ51" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR51" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS51" t="s">
+        <v>938</v>
+      </c>
       <c r="AT51" t="s">
-        <v>80</v>
+        <v>939</v>
       </c>
       <c r="AU51">
-        <v>523500006385</v>
+        <v>523500008842</v>
       </c>
       <c r="AV51" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW51">
         <v>0</v>
       </c>
-      <c r="AX51" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AX51"/>
+      <c r="AY51"/>
       <c r="AZ51" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA51" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB51" t="s">
+        <v>929</v>
+      </c>
+      <c r="BC51" t="s">
+        <v>933</v>
+      </c>
+      <c r="BD51" t="s">
+        <v>940</v>
+      </c>
+      <c r="BE51" t="s">
+        <v>941</v>
+      </c>
+      <c r="BF51" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG51" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH51">
+        <v>1449</v>
+      </c>
+      <c r="BI51" t="s">
         <v>90</v>
       </c>
-      <c r="BB51" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BJ51" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK51" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="BL51"/>
+        <v>942</v>
+      </c>
+      <c r="BL51" t="s">
+        <v>748</v>
+      </c>
       <c r="BM51" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="BN51" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BO51">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="BP51"/>
+        <v>44</v>
+      </c>
+      <c r="BP51" t="s">
+        <v>193</v>
+      </c>
       <c r="BQ51"/>
       <c r="BR51">
-        <v>35807</v>
+        <v>16992</v>
       </c>
       <c r="BS51" t="s">
-        <v>939</v>
+        <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="C52" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="D52">
-        <v>506772</v>
+        <v>520408</v>
       </c>
       <c r="E52">
-        <v>71.4</v>
+        <v>281.24</v>
       </c>
       <c r="F52" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
       <c r="H52" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="I52">
-        <v>25.98</v>
+        <v>160.5</v>
       </c>
       <c r="J52" t="s">
+        <v>948</v>
+      </c>
+      <c r="K52" t="s">
+        <v>498</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>74</v>
+      </c>
+      <c r="N52" t="s">
+        <v>75</v>
+      </c>
+      <c r="O52">
+        <v>523500008223</v>
+      </c>
+      <c r="P52">
+        <v>234549995</v>
+      </c>
+      <c r="Q52" t="s">
         <v>944</v>
       </c>
-      <c r="K52" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R52" t="s">
+        <v>949</v>
+      </c>
+      <c r="S52" t="s">
+        <v>950</v>
+      </c>
+      <c r="T52" t="s">
+        <v>103</v>
+      </c>
+      <c r="U52" t="s">
         <v>945</v>
       </c>
-      <c r="S52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V52">
-        <v>506772</v>
+        <v>520408</v>
       </c>
       <c r="W52" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X52">
-        <v>71.4</v>
+        <v>281.24</v>
       </c>
       <c r="Y52">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="Z52" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>70</v>
       </c>
       <c r="AC52" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="AD52">
-        <v>144692438</v>
+        <v>234549995</v>
       </c>
       <c r="AE52" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AF52">
-        <v>89000770</v>
+        <v>58792170</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>741</v>
+        <v>952</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="AM52"/>
+        <v>948</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>83</v>
+      </c>
       <c r="AN52" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="AO52">
-        <v>25.98</v>
+        <v>160.5</v>
       </c>
       <c r="AP52" t="s">
-        <v>948</v>
-[...3 lines deleted...]
-      <c r="AS52"/>
+        <v>953</v>
+      </c>
+      <c r="AQ52" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS52" t="s">
+        <v>954</v>
+      </c>
       <c r="AT52" t="s">
-        <v>80</v>
+        <v>955</v>
       </c>
       <c r="AU52">
-        <v>523500006245</v>
+        <v>523500008223</v>
       </c>
       <c r="AV52" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW52">
         <v>0</v>
       </c>
-      <c r="AX52" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AX52"/>
+      <c r="AY52"/>
       <c r="AZ52" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA52" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB52" t="s">
+        <v>944</v>
+      </c>
+      <c r="BC52" t="s">
+        <v>948</v>
+      </c>
+      <c r="BD52" t="s">
+        <v>956</v>
+      </c>
+      <c r="BE52" t="s">
+        <v>957</v>
+      </c>
+      <c r="BF52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH52">
+        <v>1490</v>
+      </c>
+      <c r="BI52" t="s">
         <v>90</v>
       </c>
-      <c r="BB52" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BJ52" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK52" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="BL52"/>
+        <v>942</v>
+      </c>
+      <c r="BL52" t="s">
+        <v>748</v>
+      </c>
       <c r="BM52" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="BN52" t="s">
-        <v>80</v>
+        <v>959</v>
       </c>
       <c r="BO52">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="BP52"/>
+        <v>79</v>
+      </c>
+      <c r="BP52" t="s">
+        <v>193</v>
+      </c>
       <c r="BQ52"/>
       <c r="BR52">
-        <v>56763</v>
+        <v>224992</v>
       </c>
       <c r="BS52" t="s">
-        <v>476</v>
+        <v>194</v>
       </c>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="C53" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="D53">
-        <v>506332</v>
+        <v>520026</v>
       </c>
       <c r="E53">
-        <v>173.72</v>
+        <v>31.24</v>
       </c>
       <c r="F53" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
       <c r="H53" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="I53">
-        <v>155</v>
+        <v>17.11</v>
       </c>
       <c r="J53" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
       <c r="K53" t="s">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
+        <v>74</v>
+      </c>
+      <c r="N53" t="s">
         <v>75</v>
       </c>
-      <c r="N53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O53">
-        <v>523500006376</v>
+        <v>523500008152</v>
       </c>
       <c r="P53">
-        <v>181609265</v>
+        <v>268851933</v>
       </c>
       <c r="Q53" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="R53" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="S53" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="T53" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U53" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="V53">
-        <v>506332</v>
+        <v>520026</v>
       </c>
       <c r="W53" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X53">
-        <v>173.72</v>
+        <v>31.24</v>
       </c>
       <c r="Y53">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="Z53" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>70</v>
       </c>
       <c r="AC53" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="AD53">
-        <v>181609265</v>
+        <v>268851933</v>
       </c>
       <c r="AE53" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AF53">
-        <v>33771627</v>
+        <v>56094082</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>132</v>
+        <v>968</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
       <c r="AM53"/>
       <c r="AN53" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="AO53">
-        <v>155</v>
+        <v>17.11</v>
       </c>
       <c r="AP53" t="s">
-        <v>959</v>
-[...3 lines deleted...]
-      <c r="AS53"/>
+        <v>969</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS53" t="s">
+        <v>970</v>
+      </c>
       <c r="AT53" t="s">
-        <v>80</v>
+        <v>971</v>
       </c>
       <c r="AU53">
-        <v>523500006376</v>
+        <v>523500008152</v>
       </c>
       <c r="AV53" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW53">
         <v>0</v>
       </c>
       <c r="AX53"/>
       <c r="AY53"/>
       <c r="AZ53" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA53" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB53" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="BC53" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
       <c r="BD53" t="s">
-        <v>960</v>
+        <v>972</v>
       </c>
       <c r="BE53" t="s">
-        <v>961</v>
+        <v>973</v>
       </c>
       <c r="BF53" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG53" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BH53">
-        <v>1651</v>
+        <v>1498</v>
       </c>
       <c r="BI53" t="s">
-        <v>924</v>
+        <v>168</v>
       </c>
       <c r="BJ53" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK53" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="BL53"/>
+        <v>942</v>
+      </c>
+      <c r="BL53" t="s">
+        <v>748</v>
+      </c>
       <c r="BM53" t="s">
-        <v>962</v>
+        <v>974</v>
       </c>
       <c r="BN53" t="s">
-        <v>80</v>
+        <v>975</v>
       </c>
       <c r="BO53">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="BP53"/>
+        <v>87</v>
+      </c>
+      <c r="BP53" t="s">
+        <v>193</v>
+      </c>
       <c r="BQ53"/>
       <c r="BR53">
-        <v>138107</v>
+        <v>24992</v>
       </c>
       <c r="BS53" t="s">
-        <v>939</v>
+        <v>194</v>
       </c>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="C54" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="D54">
-        <v>504860</v>
+        <v>514029</v>
       </c>
       <c r="E54">
-        <v>24.74</v>
+        <v>46.15</v>
       </c>
       <c r="F54" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="G54" t="s">
         <v>70</v>
       </c>
       <c r="H54" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="I54">
-        <v>10.09</v>
+        <v>23.1</v>
       </c>
       <c r="J54" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="K54" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="L54"/>
+        <v>176</v>
+      </c>
+      <c r="L54">
+        <v>990092986889</v>
+      </c>
       <c r="M54" t="s">
+        <v>74</v>
+      </c>
+      <c r="N54" t="s">
         <v>75</v>
       </c>
-      <c r="N54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O54">
-        <v>523500006042</v>
+        <v>523500007136</v>
       </c>
       <c r="P54">
-        <v>225620628</v>
+        <v>105566360</v>
       </c>
       <c r="Q54" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="R54" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="S54" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="T54" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U54" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="V54">
-        <v>504860</v>
+        <v>514029</v>
       </c>
       <c r="W54" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X54">
-        <v>24.74</v>
+        <v>46.15</v>
       </c>
       <c r="Y54">
-        <v>795</v>
+        <v>755</v>
       </c>
       <c r="Z54" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>70</v>
       </c>
       <c r="AC54" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="AD54">
-        <v>225620628</v>
+        <v>105566360</v>
       </c>
       <c r="AE54" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AF54">
-        <v>33114144</v>
+        <v>76194577</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>571</v>
+        <v>984</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="AM54"/>
       <c r="AN54" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="AO54">
-        <v>10.09</v>
+        <v>23.1</v>
       </c>
       <c r="AP54" t="s">
-        <v>971</v>
-[...3 lines deleted...]
-      <c r="AS54"/>
+        <v>985</v>
+      </c>
+      <c r="AQ54" t="s">
+        <v>163</v>
+      </c>
+      <c r="AR54" t="s">
+        <v>584</v>
+      </c>
+      <c r="AS54" t="s">
+        <v>986</v>
+      </c>
       <c r="AT54" t="s">
-        <v>80</v>
+        <v>987</v>
       </c>
       <c r="AU54">
-        <v>523500006042</v>
+        <v>523500007136</v>
       </c>
       <c r="AV54" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW54">
         <v>0</v>
       </c>
-      <c r="AX54"/>
-      <c r="AY54"/>
+      <c r="AX54" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY54">
+        <v>990092986889</v>
+      </c>
       <c r="AZ54" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA54" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB54" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="BC54" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="BD54" t="s">
-        <v>972</v>
+        <v>988</v>
       </c>
       <c r="BE54" t="s">
-        <v>973</v>
+        <v>989</v>
       </c>
       <c r="BF54" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG54" t="s">
-        <v>80</v>
+        <v>990</v>
       </c>
       <c r="BH54">
-        <v>1665</v>
+        <v>503</v>
       </c>
       <c r="BI54" t="s">
-        <v>924</v>
+        <v>168</v>
       </c>
       <c r="BJ54" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK54" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="BL54"/>
+        <v>942</v>
+      </c>
+      <c r="BL54" t="s">
+        <v>748</v>
+      </c>
       <c r="BM54" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="BN54" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BO54">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="BP54"/>
+        <v>119</v>
+      </c>
+      <c r="BP54" t="s">
+        <v>193</v>
+      </c>
       <c r="BQ54"/>
       <c r="BR54">
-        <v>19668</v>
+        <v>34843</v>
       </c>
       <c r="BS54" t="s">
-        <v>511</v>
+        <v>592</v>
       </c>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
       <c r="C55" t="s">
-        <v>976</v>
+        <v>993</v>
       </c>
       <c r="D55">
-        <v>501351</v>
+        <v>511627</v>
       </c>
       <c r="E55">
-        <v>47.69</v>
+        <v>144.12</v>
       </c>
       <c r="F55" t="s">
-        <v>977</v>
+        <v>994</v>
       </c>
       <c r="G55" t="s">
         <v>70</v>
       </c>
       <c r="H55" t="s">
-        <v>978</v>
+        <v>995</v>
       </c>
       <c r="I55">
-        <v>24.88</v>
+        <v>77.07</v>
       </c>
       <c r="J55" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="K55" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
+        <v>74</v>
+      </c>
+      <c r="N55" t="s">
         <v>75</v>
       </c>
-      <c r="N55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O55">
-        <v>523500005684</v>
-[...2 lines deleted...]
-        <v>134729449</v>
+        <v>523500006846</v>
+      </c>
+      <c r="P55" t="s">
+        <v>997</v>
       </c>
       <c r="Q55" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
       <c r="R55" t="s">
-        <v>980</v>
+        <v>998</v>
       </c>
       <c r="S55" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="T55" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U55" t="s">
-        <v>976</v>
+        <v>993</v>
       </c>
       <c r="V55">
-        <v>501351</v>
+        <v>511627</v>
       </c>
       <c r="W55" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X55">
-        <v>47.69</v>
+        <v>144.12</v>
       </c>
       <c r="Y55">
-        <v>795</v>
+        <v>720</v>
       </c>
       <c r="Z55" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>70</v>
       </c>
       <c r="AC55" t="s">
-        <v>977</v>
-[...2 lines deleted...]
-        <v>134729449</v>
+        <v>994</v>
+      </c>
+      <c r="AD55" t="s">
+        <v>997</v>
       </c>
       <c r="AE55" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AF55">
-        <v>95398241</v>
+        <v>48540741</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>982</v>
+        <v>1000</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>983</v>
+        <v>308</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="AM55"/>
       <c r="AN55" t="s">
-        <v>978</v>
+        <v>995</v>
       </c>
       <c r="AO55">
-        <v>24.88</v>
+        <v>77.07</v>
       </c>
       <c r="AP55" t="s">
-        <v>984</v>
-[...9 lines deleted...]
-      </c>
+        <v>1001</v>
+      </c>
+      <c r="AQ55"/>
+      <c r="AR55"/>
+      <c r="AS55"/>
       <c r="AT55" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AU55">
-        <v>523500005684</v>
+        <v>523500006846</v>
       </c>
       <c r="AV55" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AW55">
         <v>0</v>
       </c>
-      <c r="AX55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AX55"/>
+      <c r="AY55"/>
       <c r="AZ55" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="BA55" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BB55" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
       <c r="BC55" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="BD55" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="BE55" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="BF55" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG55" t="s">
-        <v>910</v>
+        <v>79</v>
       </c>
       <c r="BH55">
-        <v>658</v>
+        <v>1631</v>
       </c>
       <c r="BI55" t="s">
-        <v>924</v>
+        <v>1004</v>
       </c>
       <c r="BJ55" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="BK55" t="s">
-        <v>862</v>
+        <v>92</v>
       </c>
       <c r="BL55"/>
       <c r="BM55" t="s">
-        <v>990</v>
+        <v>1005</v>
       </c>
       <c r="BN55" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BO55">
-        <v>140</v>
+        <v>8</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
-        <v>37914</v>
+        <v>103766</v>
       </c>
       <c r="BS55" t="s">
-        <v>476</v>
+        <v>912</v>
       </c>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="C56" t="s">
-        <v>992</v>
+        <v>1007</v>
       </c>
       <c r="D56">
-        <v>497208</v>
+        <v>507491</v>
       </c>
       <c r="E56">
-        <v>137.1</v>
+        <v>45.04</v>
       </c>
       <c r="F56" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
       <c r="H56" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="I56">
-        <v>66.59</v>
+        <v>22.58</v>
       </c>
       <c r="J56" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="K56" t="s">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="L56">
-        <v>990085436383</v>
+        <v>990089779465</v>
       </c>
       <c r="M56" t="s">
+        <v>74</v>
+      </c>
+      <c r="N56" t="s">
         <v>75</v>
       </c>
-      <c r="N56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O56">
-        <v>523500005305</v>
+        <v>523500006385</v>
       </c>
       <c r="P56">
-        <v>189782020</v>
+        <v>132791406</v>
       </c>
       <c r="Q56" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="R56" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
       <c r="S56" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
       <c r="T56" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="U56" t="s">
-        <v>992</v>
+        <v>1007</v>
       </c>
       <c r="V56">
-        <v>497208</v>
+        <v>507491</v>
       </c>
       <c r="W56" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X56">
-        <v>137.1</v>
+        <v>45.04</v>
       </c>
       <c r="Y56">
         <v>795</v>
       </c>
       <c r="Z56" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>70</v>
       </c>
       <c r="AC56" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="AD56">
-        <v>189782020</v>
+        <v>132791406</v>
       </c>
       <c r="AE56" t="s">
-        <v>80</v>
+        <v>1013</v>
       </c>
       <c r="AF56">
-        <v>37492405</v>
+        <v>89513193</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>999</v>
+        <v>1014</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>710</v>
+        <v>760</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="AM56"/>
       <c r="AN56" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="AO56">
-        <v>66.59</v>
+        <v>22.58</v>
       </c>
       <c r="AP56" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="AQ56"/>
       <c r="AR56"/>
       <c r="AS56"/>
       <c r="AT56" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AU56">
-        <v>523500005305</v>
+        <v>523500006385</v>
       </c>
       <c r="AV56" t="s">
-        <v>1001</v>
+        <v>74</v>
       </c>
       <c r="AW56">
-        <v>1008600</v>
+        <v>0</v>
       </c>
       <c r="AX56" t="s">
-        <v>1002</v>
+        <v>85</v>
       </c>
       <c r="AY56">
-        <v>990085436383</v>
+        <v>990089779465</v>
       </c>
       <c r="AZ56" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="BA56"/>
+        <v>74</v>
+      </c>
+      <c r="BA56" t="s">
+        <v>86</v>
+      </c>
       <c r="BB56" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="BC56" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="BD56" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
       <c r="BE56" t="s">
+        <v>1017</v>
+      </c>
+      <c r="BF56" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG56" t="s">
+        <v>990</v>
+      </c>
+      <c r="BH56">
+        <v>586</v>
+      </c>
+      <c r="BI56" t="s">
         <v>1004</v>
       </c>
-      <c r="BF56" t="s">
-[...12 lines deleted...]
-      <c r="BK56"/>
+      <c r="BJ56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK56" t="s">
+        <v>942</v>
+      </c>
       <c r="BL56"/>
       <c r="BM56" t="s">
-        <v>80</v>
+        <v>1018</v>
       </c>
       <c r="BN56" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BO56">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
+        <v>35807</v>
+      </c>
+      <c r="BS56" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="57" spans="1:71">
+      <c r="A57" t="s">
+        <v>66</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D57">
+        <v>506772</v>
+      </c>
+      <c r="E57">
+        <v>71.4</v>
+      </c>
+      <c r="F57" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G57" t="s">
+        <v>70</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1023</v>
+      </c>
+      <c r="I57">
+        <v>25.98</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K57" t="s">
+        <v>176</v>
+      </c>
+      <c r="L57">
+        <v>990089068162</v>
+      </c>
+      <c r="M57" t="s">
+        <v>74</v>
+      </c>
+      <c r="N57" t="s">
+        <v>75</v>
+      </c>
+      <c r="O57">
+        <v>523500006245</v>
+      </c>
+      <c r="P57">
+        <v>144692438</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>1020</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1025</v>
+      </c>
+      <c r="S57" t="s">
+        <v>1026</v>
+      </c>
+      <c r="T57" t="s">
+        <v>103</v>
+      </c>
+      <c r="U57" t="s">
+        <v>1021</v>
+      </c>
+      <c r="V57">
+        <v>506772</v>
+      </c>
+      <c r="W57" t="s">
+        <v>79</v>
+      </c>
+      <c r="X57">
+        <v>71.4</v>
+      </c>
+      <c r="Y57">
+        <v>795</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>1022</v>
+      </c>
+      <c r="AD57">
+        <v>144692438</v>
+      </c>
+      <c r="AE57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF57">
+        <v>89000770</v>
+      </c>
+      <c r="AG57"/>
+      <c r="AH57" t="s">
+        <v>1027</v>
+      </c>
+      <c r="AI57"/>
+      <c r="AJ57" t="s">
+        <v>821</v>
+      </c>
+      <c r="AK57" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL57" t="s">
+        <v>1024</v>
+      </c>
+      <c r="AM57"/>
+      <c r="AN57" t="s">
+        <v>1023</v>
+      </c>
+      <c r="AO57">
+        <v>25.98</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>1028</v>
+      </c>
+      <c r="AQ57"/>
+      <c r="AR57"/>
+      <c r="AS57"/>
+      <c r="AT57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU57">
+        <v>523500006245</v>
+      </c>
+      <c r="AV57" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW57">
+        <v>0</v>
+      </c>
+      <c r="AX57" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY57">
+        <v>990089068162</v>
+      </c>
+      <c r="AZ57" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA57" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB57" t="s">
+        <v>1020</v>
+      </c>
+      <c r="BC57" t="s">
+        <v>1024</v>
+      </c>
+      <c r="BD57" t="s">
+        <v>1029</v>
+      </c>
+      <c r="BE57" t="s">
+        <v>1030</v>
+      </c>
+      <c r="BF57" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG57" t="s">
+        <v>990</v>
+      </c>
+      <c r="BH57">
+        <v>590</v>
+      </c>
+      <c r="BI57" t="s">
+        <v>1004</v>
+      </c>
+      <c r="BJ57" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK57" t="s">
+        <v>942</v>
+      </c>
+      <c r="BL57"/>
+      <c r="BM57" t="s">
+        <v>1031</v>
+      </c>
+      <c r="BN57" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO57">
+        <v>71</v>
+      </c>
+      <c r="BP57"/>
+      <c r="BQ57"/>
+      <c r="BR57">
+        <v>56763</v>
+      </c>
+      <c r="BS57" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="58" spans="1:71">
+      <c r="A58" t="s">
+        <v>66</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D58">
+        <v>506332</v>
+      </c>
+      <c r="E58">
+        <v>173.72</v>
+      </c>
+      <c r="F58" t="s">
+        <v>1034</v>
+      </c>
+      <c r="G58" t="s">
+        <v>70</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1035</v>
+      </c>
+      <c r="I58">
+        <v>155</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K58" t="s">
+        <v>176</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>74</v>
+      </c>
+      <c r="N58" t="s">
+        <v>75</v>
+      </c>
+      <c r="O58">
+        <v>523500006376</v>
+      </c>
+      <c r="P58">
+        <v>181609265</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>1032</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S58" t="s">
+        <v>1037</v>
+      </c>
+      <c r="T58" t="s">
+        <v>103</v>
+      </c>
+      <c r="U58" t="s">
+        <v>1033</v>
+      </c>
+      <c r="V58">
+        <v>506332</v>
+      </c>
+      <c r="W58" t="s">
+        <v>79</v>
+      </c>
+      <c r="X58">
+        <v>173.72</v>
+      </c>
+      <c r="Y58">
+        <v>795</v>
+      </c>
+      <c r="Z58" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>1034</v>
+      </c>
+      <c r="AD58">
+        <v>181609265</v>
+      </c>
+      <c r="AE58" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF58">
+        <v>33771627</v>
+      </c>
+      <c r="AG58"/>
+      <c r="AH58" t="s">
+        <v>1038</v>
+      </c>
+      <c r="AI58"/>
+      <c r="AJ58" t="s">
+        <v>82</v>
+      </c>
+      <c r="AK58" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL58" t="s">
+        <v>1024</v>
+      </c>
+      <c r="AM58"/>
+      <c r="AN58" t="s">
+        <v>1035</v>
+      </c>
+      <c r="AO58">
+        <v>155</v>
+      </c>
+      <c r="AP58" t="s">
+        <v>1039</v>
+      </c>
+      <c r="AQ58"/>
+      <c r="AR58"/>
+      <c r="AS58"/>
+      <c r="AT58" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU58">
+        <v>523500006376</v>
+      </c>
+      <c r="AV58" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW58">
+        <v>0</v>
+      </c>
+      <c r="AX58"/>
+      <c r="AY58"/>
+      <c r="AZ58" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA58" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB58" t="s">
+        <v>1032</v>
+      </c>
+      <c r="BC58" t="s">
+        <v>1024</v>
+      </c>
+      <c r="BD58" t="s">
+        <v>1040</v>
+      </c>
+      <c r="BE58" t="s">
+        <v>1041</v>
+      </c>
+      <c r="BF58" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG58" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH58">
+        <v>1696</v>
+      </c>
+      <c r="BI58" t="s">
+        <v>1004</v>
+      </c>
+      <c r="BJ58" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK58" t="s">
+        <v>942</v>
+      </c>
+      <c r="BL58"/>
+      <c r="BM58" t="s">
+        <v>1042</v>
+      </c>
+      <c r="BN58" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO58">
+        <v>29</v>
+      </c>
+      <c r="BP58"/>
+      <c r="BQ58"/>
+      <c r="BR58">
+        <v>138107</v>
+      </c>
+      <c r="BS58" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="59" spans="1:71">
+      <c r="A59" t="s">
+        <v>66</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D59">
+        <v>504860</v>
+      </c>
+      <c r="E59">
+        <v>24.74</v>
+      </c>
+      <c r="F59" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G59" t="s">
+        <v>70</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I59">
+        <v>10.09</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1047</v>
+      </c>
+      <c r="K59" t="s">
+        <v>176</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>74</v>
+      </c>
+      <c r="N59" t="s">
+        <v>75</v>
+      </c>
+      <c r="O59">
+        <v>523500006042</v>
+      </c>
+      <c r="P59">
+        <v>225620628</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>1043</v>
+      </c>
+      <c r="R59" t="s">
+        <v>1048</v>
+      </c>
+      <c r="S59" t="s">
+        <v>1049</v>
+      </c>
+      <c r="T59" t="s">
+        <v>103</v>
+      </c>
+      <c r="U59" t="s">
+        <v>1044</v>
+      </c>
+      <c r="V59">
+        <v>504860</v>
+      </c>
+      <c r="W59" t="s">
+        <v>79</v>
+      </c>
+      <c r="X59">
+        <v>24.74</v>
+      </c>
+      <c r="Y59">
+        <v>795</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC59" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AD59">
+        <v>225620628</v>
+      </c>
+      <c r="AE59" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF59">
+        <v>33114144</v>
+      </c>
+      <c r="AG59"/>
+      <c r="AH59" t="s">
+        <v>1050</v>
+      </c>
+      <c r="AI59"/>
+      <c r="AJ59" t="s">
+        <v>652</v>
+      </c>
+      <c r="AK59" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL59" t="s">
+        <v>1047</v>
+      </c>
+      <c r="AM59"/>
+      <c r="AN59" t="s">
+        <v>1046</v>
+      </c>
+      <c r="AO59">
+        <v>10.09</v>
+      </c>
+      <c r="AP59" t="s">
+        <v>1051</v>
+      </c>
+      <c r="AQ59"/>
+      <c r="AR59"/>
+      <c r="AS59"/>
+      <c r="AT59" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU59">
+        <v>523500006042</v>
+      </c>
+      <c r="AV59" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW59">
+        <v>0</v>
+      </c>
+      <c r="AX59"/>
+      <c r="AY59"/>
+      <c r="AZ59" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA59" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB59" t="s">
+        <v>1043</v>
+      </c>
+      <c r="BC59" t="s">
+        <v>1047</v>
+      </c>
+      <c r="BD59" t="s">
+        <v>1052</v>
+      </c>
+      <c r="BE59" t="s">
+        <v>1053</v>
+      </c>
+      <c r="BF59" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG59" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH59">
+        <v>1710</v>
+      </c>
+      <c r="BI59" t="s">
+        <v>1004</v>
+      </c>
+      <c r="BJ59" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK59" t="s">
+        <v>942</v>
+      </c>
+      <c r="BL59"/>
+      <c r="BM59" t="s">
+        <v>1054</v>
+      </c>
+      <c r="BN59" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO59">
+        <v>71</v>
+      </c>
+      <c r="BP59"/>
+      <c r="BQ59"/>
+      <c r="BR59">
+        <v>19668</v>
+      </c>
+      <c r="BS59" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="60" spans="1:71">
+      <c r="A60" t="s">
+        <v>66</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D60">
+        <v>501351</v>
+      </c>
+      <c r="E60">
+        <v>47.69</v>
+      </c>
+      <c r="F60" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G60" t="s">
+        <v>70</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I60">
+        <v>24.88</v>
+      </c>
+      <c r="J60" t="s">
+        <v>1059</v>
+      </c>
+      <c r="K60" t="s">
+        <v>176</v>
+      </c>
+      <c r="L60">
+        <v>990086683428</v>
+      </c>
+      <c r="M60" t="s">
+        <v>74</v>
+      </c>
+      <c r="N60" t="s">
+        <v>75</v>
+      </c>
+      <c r="O60">
+        <v>523500005684</v>
+      </c>
+      <c r="P60">
+        <v>134729449</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>1055</v>
+      </c>
+      <c r="R60" t="s">
+        <v>1060</v>
+      </c>
+      <c r="S60" t="s">
+        <v>1061</v>
+      </c>
+      <c r="T60" t="s">
+        <v>103</v>
+      </c>
+      <c r="U60" t="s">
+        <v>1056</v>
+      </c>
+      <c r="V60">
+        <v>501351</v>
+      </c>
+      <c r="W60" t="s">
+        <v>79</v>
+      </c>
+      <c r="X60">
+        <v>47.69</v>
+      </c>
+      <c r="Y60">
+        <v>795</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>1057</v>
+      </c>
+      <c r="AD60">
+        <v>134729449</v>
+      </c>
+      <c r="AE60" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF60">
+        <v>95398241</v>
+      </c>
+      <c r="AG60"/>
+      <c r="AH60" t="s">
+        <v>1062</v>
+      </c>
+      <c r="AI60"/>
+      <c r="AJ60" t="s">
+        <v>1063</v>
+      </c>
+      <c r="AK60" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL60" t="s">
+        <v>1059</v>
+      </c>
+      <c r="AM60"/>
+      <c r="AN60" t="s">
+        <v>1058</v>
+      </c>
+      <c r="AO60">
+        <v>24.88</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>1064</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>1066</v>
+      </c>
+      <c r="AS60" t="s">
+        <v>1067</v>
+      </c>
+      <c r="AT60" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU60">
+        <v>523500005684</v>
+      </c>
+      <c r="AV60" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW60">
+        <v>0</v>
+      </c>
+      <c r="AX60" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY60">
+        <v>990086683428</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA60" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB60" t="s">
+        <v>1055</v>
+      </c>
+      <c r="BC60" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BD60" t="s">
+        <v>1068</v>
+      </c>
+      <c r="BE60" t="s">
+        <v>1069</v>
+      </c>
+      <c r="BF60" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG60" t="s">
+        <v>990</v>
+      </c>
+      <c r="BH60">
+        <v>658</v>
+      </c>
+      <c r="BI60" t="s">
+        <v>1004</v>
+      </c>
+      <c r="BJ60" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK60" t="s">
+        <v>942</v>
+      </c>
+      <c r="BL60"/>
+      <c r="BM60" t="s">
+        <v>1070</v>
+      </c>
+      <c r="BN60" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO60">
+        <v>140</v>
+      </c>
+      <c r="BP60"/>
+      <c r="BQ60"/>
+      <c r="BR60">
+        <v>37914</v>
+      </c>
+      <c r="BS60" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="61" spans="1:71">
+      <c r="A61" t="s">
+        <v>66</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D61">
+        <v>497208</v>
+      </c>
+      <c r="E61">
+        <v>137.1</v>
+      </c>
+      <c r="F61" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G61" t="s">
+        <v>70</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I61">
+        <v>66.59</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K61" t="s">
+        <v>176</v>
+      </c>
+      <c r="L61">
+        <v>990085436383</v>
+      </c>
+      <c r="M61" t="s">
+        <v>74</v>
+      </c>
+      <c r="N61" t="s">
+        <v>1076</v>
+      </c>
+      <c r="O61">
+        <v>523500005305</v>
+      </c>
+      <c r="P61">
+        <v>189782020</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>1071</v>
+      </c>
+      <c r="R61" t="s">
+        <v>1077</v>
+      </c>
+      <c r="S61" t="s">
+        <v>1078</v>
+      </c>
+      <c r="T61" t="s">
+        <v>103</v>
+      </c>
+      <c r="U61" t="s">
+        <v>1072</v>
+      </c>
+      <c r="V61">
+        <v>497208</v>
+      </c>
+      <c r="W61" t="s">
+        <v>79</v>
+      </c>
+      <c r="X61">
+        <v>137.1</v>
+      </c>
+      <c r="Y61">
+        <v>795</v>
+      </c>
+      <c r="Z61" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>1073</v>
+      </c>
+      <c r="AD61">
+        <v>189782020</v>
+      </c>
+      <c r="AE61" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF61">
+        <v>37492405</v>
+      </c>
+      <c r="AG61"/>
+      <c r="AH61" t="s">
+        <v>1079</v>
+      </c>
+      <c r="AI61"/>
+      <c r="AJ61" t="s">
+        <v>791</v>
+      </c>
+      <c r="AK61" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL61" t="s">
+        <v>1075</v>
+      </c>
+      <c r="AM61"/>
+      <c r="AN61" t="s">
+        <v>1074</v>
+      </c>
+      <c r="AO61">
+        <v>66.59</v>
+      </c>
+      <c r="AP61" t="s">
+        <v>1080</v>
+      </c>
+      <c r="AQ61"/>
+      <c r="AR61"/>
+      <c r="AS61"/>
+      <c r="AT61" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU61">
+        <v>523500005305</v>
+      </c>
+      <c r="AV61" t="s">
+        <v>1081</v>
+      </c>
+      <c r="AW61">
+        <v>1008600</v>
+      </c>
+      <c r="AX61" t="s">
+        <v>1082</v>
+      </c>
+      <c r="AY61">
+        <v>990085436383</v>
+      </c>
+      <c r="AZ61" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA61"/>
+      <c r="BB61" t="s">
+        <v>1071</v>
+      </c>
+      <c r="BC61" t="s">
+        <v>1075</v>
+      </c>
+      <c r="BD61" t="s">
+        <v>1083</v>
+      </c>
+      <c r="BE61" t="s">
+        <v>1084</v>
+      </c>
+      <c r="BF61" t="s">
+        <v>1085</v>
+      </c>
+      <c r="BG61" t="s">
+        <v>1086</v>
+      </c>
+      <c r="BH61">
+        <v>20</v>
+      </c>
+      <c r="BI61" t="s">
+        <v>1004</v>
+      </c>
+      <c r="BJ61"/>
+      <c r="BK61"/>
+      <c r="BL61"/>
+      <c r="BM61" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN61" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO61">
+        <v>0</v>
+      </c>
+      <c r="BP61"/>
+      <c r="BQ61"/>
+      <c r="BR61">
         <v>108995</v>
       </c>
-      <c r="BS56"/>
+      <c r="BS61"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>