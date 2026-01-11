--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1087">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1201">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,230 +215,604 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
+    <t>2025-12-12 00:39:04</t>
+  </si>
+  <si>
+    <t>24243839802-A</t>
+  </si>
+  <si>
+    <t>Macarena Bravo</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>/ 113-1108678-1918648</t>
+  </si>
+  <si>
+    <t>2025-12-12 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (auto buy is not available, )</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>eshopex - ENTREGADO - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-12 00:39:05</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--996444620</t>
+  </si>
+  <si>
+    <t>Epsilon 01390</t>
+  </si>
+  <si>
+    <t>RANCAGUA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B087JG6H25</t>
+  </si>
+  <si>
+    <t>starken</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-12-18 15:26:20</t>
+  </si>
+  <si>
+    <t>2025-12-20 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-31 12:33:13</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"				</t>
+  </si>
+  <si>
+    <t>2026-01-02 18:17:49</t>
+  </si>
+  <si>
+    <t>2025-12-12 00:53:47</t>
+  </si>
+  <si>
+    <t>Collecting Pending</t>
+  </si>
+  <si>
+    <t>2025-12-10 18:29:17</t>
+  </si>
+  <si>
+    <t>24235093201-A</t>
+  </si>
+  <si>
+    <t>Francisco Manuel Sandoval</t>
+  </si>
+  <si>
+    <t>/18-13959-64462</t>
+  </si>
+  <si>
+    <t>2025-12-13 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>2025-12-10 18:29:18</t>
+  </si>
+  <si>
+    <t>--979415070</t>
+  </si>
+  <si>
+    <t>manuel rodriguez 10160</t>
+  </si>
+  <si>
+    <t>EL BOSQUE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BESTBUY, </t>
+  </si>
+  <si>
+    <t>/6579040</t>
+  </si>
+  <si>
+    <t>2025-12-23 08:26:21</t>
+  </si>
+  <si>
+    <t>2025-12-25 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-31 09:46:23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:17:48</t>
+  </si>
+  <si>
+    <t>2025-12-10 18:53:48</t>
+  </si>
+  <si>
+    <t>2025-12-10 05:18:26</t>
+  </si>
+  <si>
+    <t>24233325501-A</t>
+  </si>
+  <si>
+    <t>Patricia Navarrete Castro</t>
+  </si>
+  <si>
+    <t>/113-7679790-6660253</t>
+  </si>
+  <si>
+    <t>2025-12-10 00:00:00</t>
+  </si>
+  <si>
+    <t>259997804, 9420859372</t>
+  </si>
+  <si>
+    <t>eshopex - ENTREGADO PDA - ENTREGADO</t>
+  </si>
+  <si>
+    <t>12728153K</t>
+  </si>
+  <si>
+    <t>2025-12-10 05:18:27</t>
+  </si>
+  <si>
+    <t>2025-12-10 05:18:28</t>
+  </si>
+  <si>
+    <t>--992985347</t>
+  </si>
+  <si>
+    <t>maria escobar castro 3398</t>
+  </si>
+  <si>
+    <t>SAN JAVIER</t>
+  </si>
+  <si>
+    <t>/B085FZVH5L</t>
+  </si>
+  <si>
+    <t>starken, Blue Express</t>
+  </si>
+  <si>
+    <t>2025-12-15 13:28:09</t>
+  </si>
+  <si>
+    <t>2025-12-18 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-27 10:10:30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"
+Ripley realiza la recolección inversa				</t>
+  </si>
+  <si>
+    <t>2026-01-06 21:21:32</t>
+  </si>
+  <si>
+    <t>2025-12-10 05:53:45</t>
+  </si>
+  <si>
+    <t>2025-12-01 03:07:29</t>
+  </si>
+  <si>
+    <t>24188642201-A</t>
+  </si>
+  <si>
+    <t>Pia Serrano</t>
+  </si>
+  <si>
+    <t>2025-12-01 03:07:30</t>
+  </si>
+  <si>
+    <t>--966957838</t>
+  </si>
+  <si>
+    <t>Piscicultura río blanco 00</t>
+  </si>
+  <si>
+    <t>LOS ANDES</t>
+  </si>
+  <si>
+    <t>/B096VNTY7H</t>
+  </si>
+  <si>
+    <t>2025-12-13 10:32:34</t>
+  </si>
+  <si>
+    <t>2025-12-30 10:43:01</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"			</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:08:38</t>
+  </si>
+  <si>
+    <t>2025-12-01 03:53:44</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
+    <t>2025-11-30 23:04:05</t>
+  </si>
+  <si>
+    <t>24182606401-A</t>
+  </si>
+  <si>
+    <t>Ignacio Mory</t>
+  </si>
+  <si>
+    <t>/114-1190355-6364204</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-30 23:04:06</t>
+  </si>
+  <si>
+    <t>--937439306</t>
+  </si>
+  <si>
+    <t>Las hormigas 1149</t>
+  </si>
+  <si>
+    <t>TEMUCO</t>
+  </si>
+  <si>
+    <t>/B017VCQ5M6</t>
+  </si>
+  <si>
+    <t>2025-12-15 09:09:23</t>
+  </si>
+  <si>
+    <t>2025-12-29 11:04:39</t>
+  </si>
+  <si>
+    <t>2025-12-30 21:26:08</t>
+  </si>
+  <si>
+    <t>2025-11-30 23:53:44</t>
+  </si>
+  <si>
+    <t>2025-11-29 19:54:40</t>
+  </si>
+  <si>
+    <t>24169608701-A</t>
+  </si>
+  <si>
+    <t>Marcela Silva</t>
+  </si>
+  <si>
+    <t>/114-2860450-0831431</t>
+  </si>
+  <si>
+    <t>2025-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>260317179, 9425447544</t>
+  </si>
+  <si>
+    <t>2025-11-29 19:54:41</t>
+  </si>
+  <si>
+    <t>--982088323</t>
+  </si>
+  <si>
+    <t>Colonia 2606</t>
+  </si>
+  <si>
+    <t>CALAMA</t>
+  </si>
+  <si>
+    <t>2025-12-18 16:37:24</t>
+  </si>
+  <si>
+    <t>2026-01-03 07:56:24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"
+Ripley gestiona recolección inversa 				</t>
+  </si>
+  <si>
+    <t>2026-01-06 21:40:45</t>
+  </si>
+  <si>
+    <t>2025-11-29 21:08:41</t>
+  </si>
+  <si>
+    <t>2025-11-28 03:53:45</t>
+  </si>
+  <si>
+    <t>24152156701-A</t>
+  </si>
+  <si>
+    <t>Leslie Mancilla</t>
+  </si>
+  <si>
+    <t>/114-1838408-6372254</t>
+  </si>
+  <si>
+    <t>2025-11-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-28 03:53:46</t>
+  </si>
+  <si>
+    <t>--984698961</t>
+  </si>
+  <si>
+    <t>Vicuña mackenna 11454</t>
+  </si>
+  <si>
+    <t>LA FLORIDA</t>
+  </si>
+  <si>
+    <t>/B079TY897X</t>
+  </si>
+  <si>
+    <t>2025-12-08 10:03:33</t>
+  </si>
+  <si>
+    <t>2025-12-10 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-13 14:23:04</t>
+  </si>
+  <si>
+    <t>2025-12-11 20:59:38</t>
+  </si>
+  <si>
+    <t>2025-11-28 04:53:43</t>
+  </si>
+  <si>
+    <t>2025-11-28 02:11:39</t>
+  </si>
+  <si>
+    <t>24151321501-A</t>
+  </si>
+  <si>
+    <t>Cristian  Alvarez</t>
+  </si>
+  <si>
+    <t>2025-11-28 02:11:40</t>
+  </si>
+  <si>
+    <t>--985403691</t>
+  </si>
+  <si>
+    <t>15 poniente 30 sur 01030</t>
+  </si>
+  <si>
+    <t>TALCA</t>
+  </si>
+  <si>
+    <t>/B07FFBHM7F</t>
+  </si>
+  <si>
+    <t>2025-12-05 11:34:11</t>
+  </si>
+  <si>
+    <t>2025-12-13 09:28:49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-11-28 14:10:04</t>
+  </si>
+  <si>
+    <t>2025-11-28 02:53:41</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
     <t>2025-11-07 20:36:46</t>
   </si>
   <si>
     <t>24107916302-A</t>
   </si>
   <si>
     <t>Carlos Garcia</t>
   </si>
   <si>
-    <t>CL</t>
-[...1 lines deleted...]
-  <si>
     <t>/114-5894477-3927455</t>
   </si>
   <si>
     <t>2025-11-08 00:00:00</t>
   </si>
   <si>
-    <t>Cancelled (auto buy is not available, )</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-11-07 20:36:47</t>
   </si>
   <si>
     <t>2025-11-07 20:36:48</t>
   </si>
   <si>
     <t>SHIPPED</t>
   </si>
   <si>
-    <t>--</t>
-[...1 lines deleted...]
-  <si>
     <t>--987810761</t>
   </si>
   <si>
     <t>rosas  2999</t>
   </si>
   <si>
     <t>SANTIAGO</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...1 lines deleted...]
-  <si>
     <t>/B08JLDQ24L</t>
   </si>
   <si>
-    <t>starken</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-11-17 16:35:53</t>
   </si>
   <si>
     <t>2025-11-19 17:00:00</t>
   </si>
   <si>
     <t>2025-11-22 14:58:09</t>
   </si>
   <si>
-    <t>manual</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">			COMENTARIO: "RIPLEY ENVIARÁ ORDEN A OFICINA DE CHILE"				</t>
   </si>
   <si>
     <t>2025-11-21 22:29:59</t>
   </si>
   <si>
     <t>2025-11-07 21:50:08</t>
   </si>
   <si>
-    <t>Collecting Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-02 00:19:31</t>
   </si>
   <si>
     <t>23964006001-A</t>
   </si>
   <si>
     <t>Vickenberly Pirela</t>
   </si>
   <si>
-    <t>/113-1245297-8804236</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-02 00:19:33</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...1 lines deleted...]
-  <si>
     <t>--930663445</t>
   </si>
   <si>
     <t>Avenida Libertador Bernardo O'Higgins 4877</t>
   </si>
   <si>
     <t>EST.CENTRAL</t>
   </si>
   <si>
     <t>/B074ZDNJBD</t>
   </si>
   <si>
     <t>2025-10-07 10:31:51</t>
   </si>
   <si>
     <t>2025-10-11 17:00:00</t>
   </si>
   <si>
     <t>2025-10-22 11:52:25</t>
   </si>
   <si>
-    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-20 17:11:49</t>
   </si>
   <si>
     <t>2025-10-02 00:49:49</t>
   </si>
   <si>
     <t>2025-09-01 15:34:30</t>
   </si>
   <si>
     <t>23859277101-A</t>
   </si>
   <si>
     <t>Orietta Romo</t>
   </si>
   <si>
     <t>/ 112-5112380-8715439</t>
   </si>
   <si>
     <t>2025-09-01 00:00:00</t>
   </si>
   <si>
     <t>253163178, 9393720582</t>
   </si>
   <si>
     <t>2025-09-01 15:34:31</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
     <t>--992787371</t>
   </si>
   <si>
     <t>Costas de montemar 358</t>
   </si>
   <si>
     <t>CON-CON</t>
   </si>
   <si>
     <t>/B095L1YBDY</t>
   </si>
   <si>
-    <t>starken, Blue Express</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-10 14:17:24</t>
   </si>
   <si>
     <t>2025-09-13 17:00:00</t>
   </si>
   <si>
     <t>2025-09-23 17:24:22</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "RIPLEY ENVIARÁ ORDEN A OFICINA DE CHILE"					</t>
   </si>
   <si>
     <t>2025-11-21 22:46:09</t>
   </si>
   <si>
     <t>2025-09-01 18:43:18</t>
   </si>
   <si>
     <t>2025-08-30 19:35:11</t>
   </si>
   <si>
     <t>23854945401-A</t>
   </si>
   <si>
     <t>Raul  Serey</t>
@@ -461,71 +835,65 @@
   <si>
     <t>MAIPU</t>
   </si>
   <si>
     <t>/B004VRD6FY</t>
   </si>
   <si>
     <t>2025-09-15 10:04:51</t>
   </si>
   <si>
     <t>2025-09-17 17:00:00</t>
   </si>
   <si>
     <t>2025-09-25 11:22:32</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
   </si>
   <si>
     <t>2025-09-15 14:52:00</t>
   </si>
   <si>
     <t>2025-09-01 18:43:04</t>
   </si>
   <si>
-    <t>Return Label Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-30 23:05:31</t>
   </si>
   <si>
     <t>23786751501-A</t>
   </si>
   <si>
     <t>Diego Fierro</t>
   </si>
   <si>
     <t>/11362141</t>
   </si>
   <si>
     <t>2025-07-31 00:00:00</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, )</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-30 23:05:32</t>
   </si>
   <si>
     <t>2025-07-30 23:05:33</t>
   </si>
   <si>
     <t>--972450445</t>
   </si>
   <si>
     <t>Los Quillayes Norte 7593</t>
   </si>
   <si>
     <t>PUENTE ALTO</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSP470821</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>Fedex</t>
@@ -548,146 +916,137 @@
   <si>
     <t>2025-07-30 23:47:05</t>
   </si>
   <si>
     <t>2025-03-26 13:03:38</t>
   </si>
   <si>
     <t>23409542201-A</t>
   </si>
   <si>
     <t>Giovanna Concha</t>
   </si>
   <si>
     <t>/112-3617115-6102653</t>
   </si>
   <si>
     <t>2025-03-26 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">Cancelled </t>
   </si>
   <si>
     <t>242185779, 9315345911</t>
   </si>
   <si>
-    <t>eshopex - ENTREGADO PDA - ENTREGADO</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-03-26 13:03:39</t>
   </si>
   <si>
     <t>2025-03-26 13:03:40</t>
   </si>
   <si>
     <t>--962247735</t>
   </si>
   <si>
     <t>Tagua tagua  8750</t>
   </si>
   <si>
     <t>PE.ALOLEN</t>
   </si>
   <si>
     <t>/B0068NW8KI</t>
   </si>
   <si>
     <t>USPS</t>
   </si>
   <si>
     <t>9361289677046161214456</t>
   </si>
   <si>
     <t>2025-03-27</t>
   </si>
   <si>
     <t>2025-04-01 13:30:49</t>
   </si>
   <si>
     <t>2025-04-05 17:00:00</t>
   </si>
   <si>
     <t>2025-04-11 12:51:35</t>
   </si>
   <si>
     <t>2025-04-14 20:38:27</t>
   </si>
   <si>
     <t>2025-03-26 15:18:47</t>
   </si>
   <si>
     <t>Closed</t>
   </si>
   <si>
-    <t>Finance Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-26 19:16:44</t>
   </si>
   <si>
     <t>23218504401-A</t>
   </si>
   <si>
     <t>Juan Riveros</t>
   </si>
   <si>
     <t>/11242773</t>
   </si>
   <si>
     <t>2024-12-26 00:00:00</t>
   </si>
   <si>
     <t>236856441, 7975757440</t>
   </si>
   <si>
     <t>2024-12-26 19:16:45</t>
   </si>
   <si>
     <t>--999391847</t>
   </si>
   <si>
     <t>Calle Cerro Moreno 10500</t>
   </si>
   <si>
     <t>ANTOFAGASTA</t>
   </si>
   <si>
     <t>/VSPOS6121</t>
   </si>
   <si>
     <t>2024-12-31 07:29:32</t>
   </si>
   <si>
     <t>2025-01-01 17:00:00</t>
   </si>
   <si>
     <t>2025-01-08 13:20:03</t>
   </si>
   <si>
-    <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"			</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-13 20:01:01</t>
   </si>
   <si>
     <t>2024-12-26 20:21:38</t>
   </si>
   <si>
     <t>2024-12-22 20:52:02</t>
   </si>
   <si>
     <t>23211312301-A</t>
   </si>
   <si>
     <t xml:space="preserve">Luisa Vasquez </t>
   </si>
   <si>
     <t>/11240836</t>
   </si>
   <si>
     <t>2024-12-22 00:00:00</t>
   </si>
   <si>
     <t>237321808, 7972518444</t>
   </si>
   <si>
     <t>2024-12-22 20:52:03</t>
@@ -902,53 +1261,50 @@
   <si>
     <t>2024-09-24 01:35:55</t>
   </si>
   <si>
     <t>--977079472</t>
   </si>
   <si>
     <t>Segunda avenida 1331</t>
   </si>
   <si>
     <t>SAN MIGUEL</t>
   </si>
   <si>
     <t>/B07GXJF55Y</t>
   </si>
   <si>
     <t>2024-10-01 09:46:18</t>
   </si>
   <si>
     <t>2024-10-08 17:00:00</t>
   </si>
   <si>
     <t>2024-10-21 14:28:17</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-21 22:41:05</t>
   </si>
   <si>
     <t>2024-09-24 17:50:34</t>
   </si>
   <si>
     <t>2024-05-15 02:06:55</t>
   </si>
   <si>
     <t>22440390602-A</t>
   </si>
   <si>
     <t>Catalina Espina</t>
   </si>
   <si>
     <t>/114-4855407-0013819</t>
   </si>
   <si>
     <t>2024-05-15 00:00:00</t>
   </si>
   <si>
     <t>226306358, 7814144682</t>
   </si>
   <si>
     <t>2024-05-15 02:06:56</t>
@@ -1076,53 +1432,50 @@
   <si>
     <t>1Z69A9480398183327</t>
   </si>
   <si>
     <t>2024-04-09</t>
   </si>
   <si>
     <t>2024-04-15 14:58:26</t>
   </si>
   <si>
     <t>2024-04-17 17:00:00</t>
   </si>
   <si>
     <t>2024-04-20 11:52:43</t>
   </si>
   <si>
     <t xml:space="preserve">						ARREPENTIMIENTO DE COMPRA	</t>
   </si>
   <si>
     <t>2024-06-11 18:57:45</t>
   </si>
   <si>
     <t>2024-04-08 16:34:18</t>
   </si>
   <si>
-    <t>Finished</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-04-03 02:46:13</t>
   </si>
   <si>
     <t>22339931201-A</t>
   </si>
   <si>
     <t>Germn Araya</t>
   </si>
   <si>
     <t>/112-5262711-4738641</t>
   </si>
   <si>
     <t>2024-04-03 00:00:00</t>
   </si>
   <si>
     <t>224773503, 7781980603</t>
   </si>
   <si>
     <t>2024-04-03 02:46:14</t>
   </si>
   <si>
     <t>--979099194</t>
   </si>
   <si>
     <t>Ongolmo 1580</t>
@@ -1367,53 +1720,50 @@
   <si>
     <t>22110188501-A</t>
   </si>
   <si>
     <t>Brayan Canales</t>
   </si>
   <si>
     <t>/11041312</t>
   </si>
   <si>
     <t>2023-12-19 00:00:00</t>
   </si>
   <si>
     <t>2023-12-19 02:19:51</t>
   </si>
   <si>
     <t>2023-12-19 02:19:52</t>
   </si>
   <si>
     <t>--981219088</t>
   </si>
   <si>
     <t>16 y media norte b con 12 oriente 1903</t>
   </si>
   <si>
-    <t>TALCA</t>
-[...1 lines deleted...]
-  <si>
     <t>/PWNAA0722</t>
   </si>
   <si>
     <t>2023-12-21 13:12:52</t>
   </si>
   <si>
     <t>2023-12-26 17:00:00</t>
   </si>
   <si>
     <t>2023-12-29 11:52:07</t>
   </si>
   <si>
     <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA</t>
   </si>
   <si>
     <t>2024-01-02 14:43:31</t>
   </si>
   <si>
     <t>2023-12-19 02:36:18</t>
   </si>
   <si>
     <t>2023-12-16 21:17:35</t>
   </si>
   <si>
     <t>22094927001-A</t>
@@ -2423,69 +2773,72 @@
   <si>
     <t>2023-05-10 07:52:00</t>
   </si>
   <si>
     <t>2023-12-05 19:59:31</t>
   </si>
   <si>
     <t>2023-04-24 23:07:28</t>
   </si>
   <si>
     <t>2023-04-16 04:04:54</t>
   </si>
   <si>
     <t>21308532301-A</t>
   </si>
   <si>
     <t>María paz  Mansilla durán</t>
   </si>
   <si>
     <t>/10949538</t>
   </si>
   <si>
     <t>2023-04-16 00:00:00</t>
   </si>
   <si>
+    <t>984113497, 7503928891</t>
+  </si>
+  <si>
     <t>2023-04-16 04:04:56</t>
   </si>
   <si>
     <t>--976549738</t>
   </si>
   <si>
     <t>Primera avenida 1178</t>
   </si>
   <si>
     <t>/VSPEN4421/VE8103721</t>
   </si>
   <si>
-    <t>Blue Express</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-04-19 11:42:41</t>
   </si>
   <si>
     <t>2023-04-23 17:00:00</t>
+  </si>
+  <si>
+    <t>2023-04-27 13:37:02</t>
   </si>
   <si>
     <t>2023-11-27 22:00:30</t>
   </si>
   <si>
     <t>2023-04-16 04:18:59</t>
   </si>
   <si>
     <t>2023-04-04 00:31:07</t>
   </si>
   <si>
     <t>21275884501-A</t>
   </si>
   <si>
     <t>Jeisson Labbe</t>
   </si>
   <si>
     <t>/10945802</t>
   </si>
   <si>
     <t>2023-04-04 00:00:00</t>
   </si>
   <si>
     <t>983633712, 7491225652</t>
   </si>
@@ -2871,53 +3224,50 @@
   <si>
     <t>2021-10-26 16:03:18</t>
   </si>
   <si>
     <t>144310494-A</t>
   </si>
   <si>
     <t>olga zunico</t>
   </si>
   <si>
     <t>/113-1481991-9218669</t>
   </si>
   <si>
     <t>2021-10-26 00:00:00</t>
   </si>
   <si>
     <t>2021-10-26 16:15:29</t>
   </si>
   <si>
     <t>2021-10-26 16:30:07</t>
   </si>
   <si>
     <t>Andalién 7399</t>
   </si>
   <si>
-    <t>LA FLORIDA</t>
-[...1 lines deleted...]
-  <si>
     <t>/B0843G918F</t>
   </si>
   <si>
     <t>TBA168397902701</t>
   </si>
   <si>
     <t>2021-10-26</t>
   </si>
   <si>
     <t>2021-10-29 10:01:52</t>
   </si>
   <si>
     <t>2021-10-29 12:12:25</t>
   </si>
   <si>
     <t>2022-01-13 19:13:56</t>
   </si>
   <si>
     <t>2021-10-26 19:15:30</t>
   </si>
   <si>
     <t>2021-10-18 18:49:49</t>
   </si>
   <si>
     <t>143865818-A</t>
@@ -2967,53 +3317,50 @@
   <si>
     <t>2021-07-09 10:54:18</t>
   </si>
   <si>
     <t>132518858-A</t>
   </si>
   <si>
     <t>Mario Fuenzalida</t>
   </si>
   <si>
     <t>/113-2732923-0108213</t>
   </si>
   <si>
     <t>2021-07-09 00:00:00</t>
   </si>
   <si>
     <t>2021-07-09 10:57:28</t>
   </si>
   <si>
     <t>2021-07-09 11:06:17</t>
   </si>
   <si>
     <t>villa los cantaros psj 3  831</t>
   </si>
   <si>
-    <t>RANCAGUA</t>
-[...1 lines deleted...]
-  <si>
     <t>/B07SJ6MS5T</t>
   </si>
   <si>
     <t>TBA162159783301</t>
   </si>
   <si>
     <t>2021-07-10</t>
   </si>
   <si>
     <t>2021-07-12 16:50:06</t>
   </si>
   <si>
     <t>2021-07-13 11:56:54</t>
   </si>
   <si>
     <t>2022-11-25 00:10:07</t>
   </si>
   <si>
     <t>2021-11-05 15:44:26</t>
   </si>
   <si>
     <t>2021-06-07 09:57:22</t>
   </si>
   <si>
     <t>128128761-B</t>
@@ -3025,53 +3372,50 @@
     <t>/113-0419178-8309053</t>
   </si>
   <si>
     <t>2021-06-07 00:00:00</t>
   </si>
   <si>
     <t>17610645K</t>
   </si>
   <si>
     <t>2021-06-07 10:11:26</t>
   </si>
   <si>
     <t>2021-06-07 10:24:42</t>
   </si>
   <si>
     <t>Comandante Bartolomé Vivar 02673</t>
   </si>
   <si>
     <t>/B005FN12BS</t>
   </si>
   <si>
     <t>2021-06-11 10:00:47</t>
   </si>
   <si>
     <t>2021-06-14 14:39:45</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t>2021-06-15 19:40:26</t>
   </si>
   <si>
     <t>2021-04-17 20:19:50</t>
   </si>
   <si>
     <t>114997195-A</t>
   </si>
   <si>
     <t>carolina quiroz</t>
   </si>
   <si>
     <t>/111-3068282-2970603/111-2634058-7733008</t>
   </si>
   <si>
     <t>2021-04-22 00:00:00</t>
   </si>
   <si>
     <t>2021-04-17 20:25:38</t>
   </si>
   <si>
     <t>2021-04-17 20:35:47</t>
   </si>
@@ -3620,51 +3964,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS61"/>
+  <dimension ref="A1:BS69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3854,12354 +4198,13950 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>595954</v>
+        <v>598355</v>
       </c>
       <c r="E2">
-        <v>43.11</v>
+        <v>94.64</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>19.39</v>
+        <v>42.99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2">
-        <v>257547060</v>
+        <v>260316603</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2">
-        <v>523500022544</v>
+        <v>523500022968</v>
       </c>
       <c r="P2">
-        <v>141636596</v>
+        <v>153465088</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>76</v>
       </c>
       <c r="S2" t="s">
+        <v>76</v>
+      </c>
+      <c r="T2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>595954</v>
+        <v>598355</v>
       </c>
       <c r="W2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X2">
-        <v>43.11</v>
+        <v>94.64</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>141636596</v>
+        <v>153465088</v>
       </c>
       <c r="AE2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AF2">
-        <v>987810761</v>
+        <v>996444620</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>19.39</v>
+        <v>42.99</v>
       </c>
       <c r="AP2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU2">
-        <v>523500022544</v>
+        <v>523500022968</v>
       </c>
       <c r="AV2" t="s">
         <v>74</v>
       </c>
       <c r="AW2">
-        <v>1011832</v>
+        <v>1011882</v>
       </c>
       <c r="AX2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY2">
+        <v>260316603</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA2" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BE2" t="s">
         <v>87</v>
       </c>
-      <c r="BE2" t="s">
+      <c r="BF2" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG2" t="s">
         <v>88</v>
       </c>
-      <c r="BF2" t="s">
-[...2 lines deleted...]
-      <c r="BG2" t="s">
+      <c r="BH2">
+        <v>19</v>
+      </c>
+      <c r="BI2" t="s">
         <v>89</v>
       </c>
-      <c r="BH2">
-[...2 lines deleted...]
-      <c r="BI2" t="s">
+      <c r="BJ2" t="s">
         <v>90</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BK2" t="s">
         <v>91</v>
       </c>
-      <c r="BK2" t="s">
+      <c r="BL2" t="s">
         <v>92</v>
       </c>
-      <c r="BL2" t="s">
+      <c r="BM2" t="s">
         <v>93</v>
       </c>
-      <c r="BM2" t="s">
+      <c r="BN2" t="s">
         <v>94</v>
       </c>
-      <c r="BN2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>40993</v>
+        <v>89993</v>
       </c>
       <c r="BS2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" t="s">
         <v>97</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>598283</v>
+      </c>
+      <c r="E3">
+        <v>112.51</v>
+      </c>
+      <c r="F3" t="s">
         <v>98</v>
       </c>
-      <c r="D3">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
         <v>99</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3">
+        <v>27.98</v>
+      </c>
+      <c r="J3" t="s">
         <v>100</v>
       </c>
-      <c r="I3">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>101</v>
       </c>
-      <c r="K3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L3">
-        <v>254983655</v>
+        <v>260658897</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
         <v>75</v>
       </c>
       <c r="O3">
-        <v>523500022290</v>
+        <v>523500023065</v>
       </c>
       <c r="P3">
-        <v>274976217</v>
+        <v>160699000</v>
       </c>
       <c r="Q3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="R3" t="s">
         <v>102</v>
       </c>
       <c r="S3" t="s">
         <v>102</v>
       </c>
       <c r="T3" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="V3">
-        <v>594559</v>
+        <v>598283</v>
       </c>
       <c r="W3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X3">
-        <v>38.9</v>
+        <v>112.51</v>
       </c>
       <c r="Y3">
         <v>950.9</v>
       </c>
       <c r="Z3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AD3">
-        <v>274976217</v>
+        <v>160699000</v>
       </c>
       <c r="AE3" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="AF3">
-        <v>930663445</v>
+        <v>979415070</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
+        <v>105</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>100</v>
+      </c>
+      <c r="AM3" t="s">
         <v>106</v>
       </c>
-      <c r="AK3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AN3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="AO3">
-        <v>17.49</v>
+        <v>27.98</v>
       </c>
       <c r="AP3" t="s">
         <v>107</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU3">
-        <v>523500022290</v>
+        <v>523500023065</v>
       </c>
       <c r="AV3" t="s">
         <v>74</v>
       </c>
       <c r="AW3">
-        <v>1011767</v>
+        <v>1011888</v>
       </c>
       <c r="AX3" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY3">
+        <v>260658897</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA3" t="s">
         <v>85</v>
       </c>
-      <c r="AY3">
-[...7 lines deleted...]
-      </c>
       <c r="BB3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="BC3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="BD3" t="s">
         <v>108</v>
       </c>
       <c r="BE3" t="s">
         <v>109</v>
       </c>
       <c r="BF3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG3" t="s">
         <v>110</v>
       </c>
       <c r="BH3">
         <v>20</v>
       </c>
       <c r="BI3" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ3" t="s">
         <v>90</v>
       </c>
-      <c r="BJ3" t="s">
+      <c r="BK3" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="BL3" t="s">
         <v>111</v>
       </c>
       <c r="BM3" t="s">
         <v>112</v>
       </c>
       <c r="BN3" t="s">
         <v>113</v>
       </c>
       <c r="BO3">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>36990</v>
+        <v>106986</v>
       </c>
       <c r="BS3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>114</v>
       </c>
       <c r="C4" t="s">
         <v>115</v>
       </c>
       <c r="D4">
-        <v>593696</v>
+        <v>598265</v>
       </c>
       <c r="E4">
-        <v>80.97</v>
+        <v>53.62</v>
       </c>
       <c r="F4" t="s">
         <v>116</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>117</v>
       </c>
       <c r="I4">
-        <v>42.7</v>
+        <v>20.55</v>
       </c>
       <c r="J4" t="s">
         <v>118</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
         <v>119</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O4">
-        <v>523500022119</v>
-[...2 lines deleted...]
-        <v>118449347</v>
+        <v>523500022895</v>
+      </c>
+      <c r="P4" t="s">
+        <v>121</v>
       </c>
       <c r="Q4" t="s">
         <v>114</v>
       </c>
       <c r="R4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="S4" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="T4" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="U4" t="s">
         <v>115</v>
       </c>
       <c r="V4">
-        <v>593696</v>
+        <v>598265</v>
       </c>
       <c r="W4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X4">
-        <v>80.97</v>
+        <v>53.62</v>
       </c>
       <c r="Y4">
         <v>950.9</v>
       </c>
       <c r="Z4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
         <v>116</v>
       </c>
-      <c r="AD4">
-        <v>118449347</v>
+      <c r="AD4" t="s">
+        <v>121</v>
       </c>
       <c r="AE4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AF4">
-        <v>992787371</v>
+        <v>992985347</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
         <v>118</v>
       </c>
       <c r="AM4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN4" t="s">
         <v>117</v>
       </c>
       <c r="AO4">
-        <v>42.7</v>
+        <v>20.55</v>
       </c>
       <c r="AP4" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU4">
-        <v>523500022119</v>
+        <v>523500022895</v>
       </c>
       <c r="AV4" t="s">
         <v>74</v>
       </c>
       <c r="AW4">
-        <v>1011718</v>
+        <v>1011875</v>
       </c>
       <c r="AX4" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY4" t="s">
         <v>119</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB4" t="s">
         <v>114</v>
       </c>
       <c r="BC4" t="s">
         <v>118</v>
       </c>
       <c r="BD4" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="BE4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="BF4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="BH4">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="BI4" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ4" t="s">
         <v>90</v>
       </c>
-      <c r="BJ4" t="s">
+      <c r="BK4" t="s">
         <v>91</v>
       </c>
-      <c r="BK4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="BM4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="BN4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="BO4">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>76994</v>
+        <v>50987</v>
       </c>
       <c r="BS4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D5">
-        <v>593693</v>
+        <v>597598</v>
       </c>
       <c r="E5">
-        <v>106.2</v>
+        <v>54.67</v>
       </c>
       <c r="F5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
       <c r="I5">
-        <v>47.92</v>
+        <v>0</v>
       </c>
       <c r="J5" t="s">
-        <v>118</v>
+        <v>78</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5">
-        <v>253409317</v>
+        <v>259997440</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
         <v>75</v>
       </c>
       <c r="O5">
-        <v>523500022158</v>
+        <v>523500022882</v>
       </c>
       <c r="P5">
-        <v>89628792</v>
+        <v>186797051</v>
       </c>
       <c r="Q5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="R5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="S5" t="s">
         <v>138</v>
       </c>
       <c r="T5" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="V5">
-        <v>593693</v>
+        <v>597598</v>
       </c>
       <c r="W5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X5">
-        <v>106.2</v>
+        <v>54.67</v>
       </c>
       <c r="Y5">
         <v>950.9</v>
       </c>
       <c r="Z5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AD5">
-        <v>89628792</v>
+        <v>186797051</v>
       </c>
       <c r="AE5" t="s">
         <v>139</v>
       </c>
       <c r="AF5">
-        <v>984482372</v>
+        <v>966957838</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
         <v>140</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
         <v>141</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>118</v>
+        <v>78</v>
       </c>
       <c r="AM5" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN5"/>
       <c r="AO5">
-        <v>47.92</v>
+        <v>0</v>
       </c>
       <c r="AP5" t="s">
         <v>142</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU5">
-        <v>523500022158</v>
+        <v>523500022882</v>
       </c>
       <c r="AV5" t="s">
         <v>74</v>
       </c>
       <c r="AW5">
-        <v>1011724</v>
+        <v>1011875</v>
       </c>
       <c r="AX5" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY5">
+        <v>259997440</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA5" t="s">
         <v>85</v>
       </c>
-      <c r="AY5">
-[...7 lines deleted...]
-      </c>
       <c r="BB5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="BC5" t="s">
-        <v>118</v>
+        <v>78</v>
       </c>
       <c r="BD5" t="s">
         <v>143</v>
       </c>
       <c r="BE5" t="s">
+        <v>130</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG5" t="s">
         <v>144</v>
       </c>
-      <c r="BF5" t="s">
-[...2 lines deleted...]
-      <c r="BG5" t="s">
+      <c r="BH5">
+        <v>29</v>
+      </c>
+      <c r="BI5" t="s">
         <v>145</v>
       </c>
-      <c r="BH5">
-[...2 lines deleted...]
-      <c r="BI5" t="s">
+      <c r="BJ5" t="s">
         <v>90</v>
       </c>
-      <c r="BJ5" t="s">
+      <c r="BK5" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="BL5" t="s">
         <v>146</v>
       </c>
       <c r="BM5" t="s">
         <v>147</v>
       </c>
       <c r="BN5" t="s">
         <v>148</v>
       </c>
       <c r="BO5">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>100986</v>
+        <v>51986</v>
       </c>
       <c r="BS5" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
         <v>150</v>
       </c>
       <c r="C6" t="s">
         <v>151</v>
       </c>
       <c r="D6">
-        <v>592724</v>
+        <v>597572</v>
       </c>
       <c r="E6">
-        <v>205.06</v>
+        <v>52.57</v>
       </c>
       <c r="F6" t="s">
         <v>152</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>153</v>
       </c>
       <c r="I6">
-        <v>103</v>
+        <v>38.95</v>
       </c>
       <c r="J6" t="s">
         <v>154</v>
       </c>
       <c r="K6" t="s">
-        <v>155</v>
+        <v>73</v>
       </c>
       <c r="L6">
-        <v>250608624</v>
+        <v>259998627</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O6">
-        <v>523500021940</v>
+        <v>523500022888</v>
       </c>
       <c r="P6">
-        <v>191072456</v>
+        <v>201066387</v>
       </c>
       <c r="Q6" t="s">
         <v>150</v>
       </c>
       <c r="R6" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="S6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="T6" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U6" t="s">
         <v>151</v>
       </c>
       <c r="V6">
-        <v>592724</v>
+        <v>597572</v>
       </c>
       <c r="W6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X6">
-        <v>205.06</v>
+        <v>52.57</v>
       </c>
       <c r="Y6">
         <v>950.9</v>
       </c>
       <c r="Z6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
         <v>152</v>
       </c>
       <c r="AD6">
-        <v>191072456</v>
+        <v>201066387</v>
       </c>
       <c r="AE6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="AF6">
-        <v>972450445</v>
+        <v>937439306</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
         <v>154</v>
       </c>
       <c r="AM6" t="s">
-        <v>161</v>
+        <v>82</v>
       </c>
       <c r="AN6" t="s">
         <v>153</v>
       </c>
       <c r="AO6">
-        <v>103</v>
+        <v>38.95</v>
       </c>
       <c r="AP6" t="s">
-        <v>162</v>
-[...9 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="AQ6"/>
+      <c r="AR6"/>
+      <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU6">
-        <v>523500021940</v>
+        <v>523500022888</v>
       </c>
       <c r="AV6" t="s">
         <v>74</v>
       </c>
       <c r="AW6">
-        <v>1011652</v>
+        <v>1011875</v>
       </c>
       <c r="AX6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY6">
+        <v>259998627</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA6" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BB6" t="s">
         <v>150</v>
       </c>
       <c r="BC6" t="s">
         <v>154</v>
       </c>
       <c r="BD6" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="BE6" t="s">
-        <v>166</v>
+        <v>130</v>
       </c>
       <c r="BF6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG6" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="BH6">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="BI6" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ6" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK6" t="s">
         <v>91</v>
       </c>
-      <c r="BK6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL6" t="s">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="BM6" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="BN6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="BO6">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>194992</v>
+        <v>49989</v>
       </c>
       <c r="BS6" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="C7" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="D7">
-        <v>588380</v>
+        <v>597448</v>
       </c>
       <c r="E7">
-        <v>52.57</v>
+        <v>43.11</v>
       </c>
       <c r="F7" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="I7">
-        <v>0</v>
+        <v>19.49</v>
       </c>
       <c r="J7" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="K7" t="s">
-        <v>176</v>
+        <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O7">
-        <v>523500021362</v>
+        <v>523500022993</v>
       </c>
       <c r="P7">
-        <v>121873117</v>
+        <v>145391490</v>
       </c>
       <c r="Q7" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="R7" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="S7" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="T7" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U7" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="V7">
-        <v>588380</v>
+        <v>597448</v>
       </c>
       <c r="W7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X7">
-        <v>52.57</v>
+        <v>43.11</v>
       </c>
       <c r="Y7">
         <v>950.9</v>
       </c>
       <c r="Z7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="AD7">
-        <v>121873117</v>
+        <v>145391490</v>
       </c>
       <c r="AE7" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="AF7">
-        <v>962247735</v>
+        <v>982088323</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
+        <v>168</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>167</v>
+      </c>
+      <c r="AO7">
+        <v>19.49</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ7"/>
+      <c r="AR7"/>
+      <c r="AS7"/>
+      <c r="AT7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU7">
+        <v>523500022993</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW7">
+        <v>1011882</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>169</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>164</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>168</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>174</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>87</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG7" t="s">
         <v>175</v>
       </c>
-      <c r="AM7"/>
-[...33 lines deleted...]
-      <c r="AY7" t="s">
+      <c r="BH7">
+        <v>34</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ7" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK7" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL7" t="s">
+        <v>176</v>
+      </c>
+      <c r="BM7" t="s">
         <v>177</v>
       </c>
-      <c r="AZ7" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="BN7" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="BO7">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>49989</v>
+        <v>40993</v>
       </c>
       <c r="BS7" t="s">
-        <v>194</v>
+        <v>95</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="C8" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="D8">
-        <v>584430</v>
+        <v>597306</v>
       </c>
       <c r="E8">
-        <v>184.03</v>
+        <v>46.26</v>
       </c>
       <c r="F8" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="I8">
-        <v>79.99</v>
+        <v>20.91</v>
       </c>
       <c r="J8" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="K8" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>73</v>
+      </c>
+      <c r="L8">
+        <v>259383956</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O8">
-        <v>523500020918</v>
+        <v>523500022764</v>
       </c>
       <c r="P8">
-        <v>105583419</v>
+        <v>191618394</v>
       </c>
       <c r="Q8" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="R8" t="s">
-        <v>201</v>
+        <v>179</v>
       </c>
       <c r="S8" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="T8" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U8" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="V8">
-        <v>584430</v>
+        <v>597306</v>
       </c>
       <c r="W8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X8">
-        <v>184.03</v>
+        <v>46.26</v>
       </c>
       <c r="Y8">
         <v>950.9</v>
       </c>
       <c r="Z8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="AD8">
-        <v>105583419</v>
+        <v>191618394</v>
       </c>
       <c r="AE8" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="AF8">
-        <v>999391847</v>
+        <v>984698961</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="AM8" t="s">
-        <v>161</v>
+        <v>82</v>
       </c>
       <c r="AN8" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="AO8">
-        <v>79.99</v>
+        <v>20.91</v>
       </c>
       <c r="AP8" t="s">
-        <v>205</v>
-[...9 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="AQ8"/>
+      <c r="AR8"/>
+      <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU8">
-        <v>523500020918</v>
+        <v>523500022764</v>
       </c>
       <c r="AV8" t="s">
         <v>74</v>
       </c>
       <c r="AW8">
-        <v>1011321</v>
+        <v>1011861</v>
       </c>
       <c r="AX8" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>84</v>
+      </c>
+      <c r="AY8">
+        <v>259383956</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB8" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="BC8" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="BD8" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="BE8" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="BF8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG8" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="BH8">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="BI8" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ8" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK8" t="s">
         <v>91</v>
       </c>
-      <c r="BK8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL8" t="s">
-        <v>209</v>
+        <v>111</v>
       </c>
       <c r="BM8" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="BN8" t="s">
-        <v>211</v>
+        <v>193</v>
       </c>
       <c r="BO8">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>174994</v>
+        <v>43989</v>
       </c>
       <c r="BS8" t="s">
-        <v>194</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="C9" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="D9">
-        <v>584107</v>
+        <v>597297</v>
       </c>
       <c r="E9">
-        <v>168.25</v>
+        <v>75.71</v>
       </c>
       <c r="F9" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
       <c r="I9">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="J9" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>73</v>
+      </c>
+      <c r="L9">
+        <v>259383626</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O9">
-        <v>523500020995</v>
+        <v>523500022746</v>
       </c>
       <c r="P9">
-        <v>97297711</v>
+        <v>159426378</v>
       </c>
       <c r="Q9" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="R9" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="S9" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="T9" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U9" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="V9">
-        <v>584107</v>
+        <v>597297</v>
       </c>
       <c r="W9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X9">
-        <v>168.25</v>
+        <v>75.71</v>
       </c>
       <c r="Y9">
         <v>950.9</v>
       </c>
       <c r="Z9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="AD9">
-        <v>97297711</v>
+        <v>159426378</v>
       </c>
       <c r="AE9" t="s">
-        <v>219</v>
+        <v>198</v>
       </c>
       <c r="AF9">
-        <v>998904481</v>
+        <v>985403691</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
+        <v>200</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM9" t="s">
         <v>82</v>
       </c>
-      <c r="AK9" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="AN9"/>
       <c r="AO9">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>221</v>
-[...9 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="AQ9"/>
+      <c r="AR9"/>
+      <c r="AS9"/>
       <c r="AT9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU9">
-        <v>523500020995</v>
+        <v>523500022746</v>
       </c>
       <c r="AV9" t="s">
         <v>74</v>
       </c>
       <c r="AW9">
-        <v>1011338</v>
+        <v>1011861</v>
       </c>
       <c r="AX9" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>84</v>
+      </c>
+      <c r="AY9">
+        <v>259383626</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB9" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="BC9" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="BD9" t="s">
-        <v>222</v>
+        <v>202</v>
       </c>
       <c r="BE9" t="s">
-        <v>223</v>
+        <v>190</v>
       </c>
       <c r="BF9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG9" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="BH9">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="BI9" t="s">
-        <v>168</v>
+        <v>145</v>
       </c>
       <c r="BJ9" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK9" t="s">
         <v>91</v>
       </c>
-      <c r="BK9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL9" t="s">
-        <v>111</v>
+        <v>204</v>
       </c>
       <c r="BM9" t="s">
-        <v>225</v>
+        <v>205</v>
       </c>
       <c r="BN9" t="s">
-        <v>226</v>
+        <v>206</v>
       </c>
       <c r="BO9">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>159989</v>
+        <v>71993</v>
       </c>
       <c r="BS9" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="C10" t="s">
-        <v>228</v>
+        <v>209</v>
       </c>
       <c r="D10">
-        <v>583500</v>
+        <v>595954</v>
       </c>
       <c r="E10">
-        <v>27.33</v>
+        <v>43.11</v>
       </c>
       <c r="F10" t="s">
-        <v>229</v>
+        <v>210</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>230</v>
+        <v>211</v>
       </c>
       <c r="I10">
-        <v>14.02</v>
+        <v>19.39</v>
       </c>
       <c r="J10" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="K10" t="s">
-        <v>232</v>
+        <v>73</v>
       </c>
       <c r="L10">
-        <v>236355015</v>
+        <v>257547060</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10" t="s">
         <v>75</v>
       </c>
       <c r="O10">
-        <v>523500020817</v>
+        <v>523500022544</v>
       </c>
       <c r="P10">
-        <v>186061985</v>
+        <v>141636596</v>
       </c>
       <c r="Q10" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="R10" t="s">
-        <v>233</v>
+        <v>213</v>
       </c>
       <c r="S10" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="T10" t="s">
-        <v>103</v>
+        <v>215</v>
       </c>
       <c r="U10" t="s">
-        <v>228</v>
+        <v>209</v>
       </c>
       <c r="V10">
-        <v>583500</v>
+        <v>595954</v>
       </c>
       <c r="W10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X10">
-        <v>27.33</v>
+        <v>43.11</v>
       </c>
       <c r="Y10">
         <v>950.9</v>
       </c>
       <c r="Z10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>229</v>
+        <v>210</v>
       </c>
       <c r="AD10">
-        <v>186061985</v>
+        <v>141636596</v>
       </c>
       <c r="AE10" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="AF10">
-        <v>973885093</v>
+        <v>987810761</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>235</v>
+        <v>217</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>160</v>
+        <v>218</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="AM10" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN10" t="s">
-        <v>230</v>
+        <v>211</v>
       </c>
       <c r="AO10">
-        <v>14.02</v>
+        <v>19.39</v>
       </c>
       <c r="AP10" t="s">
-        <v>236</v>
-[...9 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="AQ10"/>
+      <c r="AR10"/>
+      <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>239</v>
+        <v>78</v>
       </c>
       <c r="AU10">
-        <v>523500020817</v>
+        <v>523500022544</v>
       </c>
       <c r="AV10" t="s">
         <v>74</v>
       </c>
       <c r="AW10">
-        <v>1011306</v>
+        <v>1011832</v>
       </c>
       <c r="AX10" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY10">
+        <v>257547060</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA10" t="s">
         <v>85</v>
       </c>
-      <c r="AY10">
-[...7 lines deleted...]
-      </c>
       <c r="BB10" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="BC10" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="BD10" t="s">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="BE10" t="s">
-        <v>241</v>
+        <v>221</v>
       </c>
       <c r="BF10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG10" t="s">
-        <v>242</v>
+        <v>222</v>
       </c>
       <c r="BH10">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="BI10" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ10" t="s">
         <v>90</v>
       </c>
-      <c r="BJ10" t="s">
+      <c r="BK10" t="s">
         <v>91</v>
       </c>
-      <c r="BK10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL10" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
       <c r="BM10" t="s">
-        <v>244</v>
+        <v>224</v>
       </c>
       <c r="BN10" t="s">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="BO10">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>25988</v>
+        <v>40993</v>
       </c>
       <c r="BS10" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="C11" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="D11">
-        <v>583122</v>
+        <v>594559</v>
       </c>
       <c r="E11">
-        <v>275.52</v>
+        <v>38.9</v>
       </c>
       <c r="F11" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>250</v>
+        <v>78</v>
       </c>
       <c r="K11" t="s">
-        <v>251</v>
+        <v>73</v>
       </c>
       <c r="L11">
-        <v>236366860</v>
+        <v>254983655</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>75</v>
       </c>
       <c r="O11">
-        <v>523500020863</v>
+        <v>523500022290</v>
       </c>
       <c r="P11">
-        <v>104460968</v>
+        <v>274976217</v>
       </c>
       <c r="Q11" t="s">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="R11" t="s">
-        <v>252</v>
+        <v>229</v>
       </c>
       <c r="S11" t="s">
-        <v>252</v>
+        <v>229</v>
       </c>
       <c r="T11" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U11" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="V11">
-        <v>583122</v>
+        <v>594559</v>
       </c>
       <c r="W11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X11">
-        <v>275.52</v>
+        <v>38.9</v>
       </c>
       <c r="Y11">
         <v>950.9</v>
       </c>
       <c r="Z11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="AD11">
-        <v>104460968</v>
+        <v>274976217</v>
       </c>
       <c r="AE11" t="s">
-        <v>253</v>
+        <v>230</v>
       </c>
       <c r="AF11">
-        <v>944291968</v>
+        <v>930663445</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>254</v>
+        <v>231</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>255</v>
+        <v>232</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>250</v>
+        <v>78</v>
       </c>
       <c r="AM11" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN11"/>
       <c r="AO11">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="AP11" t="s">
-        <v>256</v>
-[...9 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="AQ11"/>
+      <c r="AR11"/>
+      <c r="AS11"/>
       <c r="AT11" t="s">
-        <v>239</v>
+        <v>78</v>
       </c>
       <c r="AU11">
-        <v>523500020863</v>
+        <v>523500022290</v>
       </c>
       <c r="AV11" t="s">
         <v>74</v>
       </c>
       <c r="AW11">
-        <v>1011306</v>
+        <v>1011767</v>
       </c>
       <c r="AX11" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY11">
+        <v>254983655</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA11" t="s">
         <v>85</v>
       </c>
-      <c r="AY11">
-[...7 lines deleted...]
-      </c>
       <c r="BB11" t="s">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="BC11" t="s">
-        <v>250</v>
+        <v>78</v>
       </c>
       <c r="BD11" t="s">
-        <v>258</v>
+        <v>234</v>
       </c>
       <c r="BE11" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="BF11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG11" t="s">
-        <v>259</v>
+        <v>236</v>
       </c>
       <c r="BH11">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="BI11" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ11" t="s">
         <v>90</v>
       </c>
-      <c r="BJ11" t="s">
+      <c r="BK11" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="BL11" t="s">
         <v>111</v>
       </c>
       <c r="BM11" t="s">
-        <v>260</v>
+        <v>237</v>
       </c>
       <c r="BN11" t="s">
-        <v>261</v>
+        <v>238</v>
       </c>
       <c r="BO11">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>261992</v>
+        <v>36990</v>
       </c>
       <c r="BS11" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="C12" t="s">
-        <v>263</v>
+        <v>240</v>
       </c>
       <c r="D12">
-        <v>578157</v>
+        <v>593696</v>
       </c>
       <c r="E12">
-        <v>42.05</v>
+        <v>80.97</v>
       </c>
       <c r="F12" t="s">
-        <v>264</v>
+        <v>241</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>265</v>
+        <v>242</v>
       </c>
       <c r="I12">
-        <v>20.25</v>
+        <v>42.7</v>
       </c>
       <c r="J12" t="s">
-        <v>266</v>
+        <v>243</v>
       </c>
       <c r="K12" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>232649807</v>
+        <v>73</v>
+      </c>
+      <c r="L12" t="s">
+        <v>244</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O12">
-        <v>523500020247</v>
+        <v>523500022119</v>
       </c>
       <c r="P12">
-        <v>187727030</v>
+        <v>118449347</v>
       </c>
       <c r="Q12" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="R12" t="s">
-        <v>267</v>
+        <v>245</v>
       </c>
       <c r="S12" t="s">
-        <v>268</v>
+        <v>245</v>
       </c>
       <c r="T12" t="s">
-        <v>103</v>
+        <v>246</v>
       </c>
       <c r="U12" t="s">
-        <v>263</v>
+        <v>240</v>
       </c>
       <c r="V12">
-        <v>578157</v>
+        <v>593696</v>
       </c>
       <c r="W12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X12">
-        <v>42.05</v>
+        <v>80.97</v>
       </c>
       <c r="Y12">
         <v>950.9</v>
       </c>
       <c r="Z12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>264</v>
+        <v>241</v>
       </c>
       <c r="AD12">
-        <v>187727030</v>
+        <v>118449347</v>
       </c>
       <c r="AE12" t="s">
-        <v>269</v>
+        <v>247</v>
       </c>
       <c r="AF12">
-        <v>99462160</v>
+        <v>992787371</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>270</v>
+        <v>248</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>271</v>
+        <v>249</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="AM12"/>
+        <v>243</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>82</v>
+      </c>
       <c r="AN12" t="s">
-        <v>265</v>
+        <v>242</v>
       </c>
       <c r="AO12">
-        <v>20.25</v>
+        <v>42.7</v>
       </c>
       <c r="AP12" t="s">
-        <v>272</v>
-[...9 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="AQ12"/>
+      <c r="AR12"/>
+      <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>274</v>
+        <v>78</v>
       </c>
       <c r="AU12">
-        <v>523500020247</v>
+        <v>523500022119</v>
       </c>
       <c r="AV12" t="s">
         <v>74</v>
       </c>
       <c r="AW12">
-        <v>1011187</v>
+        <v>1011718</v>
       </c>
       <c r="AX12" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>244</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA12" t="s">
         <v>85</v>
       </c>
-      <c r="AY12">
-[...7 lines deleted...]
-      </c>
       <c r="BB12" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="BC12" t="s">
-        <v>266</v>
+        <v>243</v>
       </c>
       <c r="BD12" t="s">
-        <v>275</v>
+        <v>251</v>
       </c>
       <c r="BE12" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="BF12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG12" t="s">
-        <v>277</v>
+        <v>253</v>
       </c>
       <c r="BH12">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="BI12" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ12" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK12" t="s">
         <v>91</v>
       </c>
-      <c r="BK12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL12" t="s">
-        <v>146</v>
+        <v>254</v>
       </c>
       <c r="BM12" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="BN12" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="BO12">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>39985</v>
+        <v>76994</v>
       </c>
       <c r="BS12" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="C13" t="s">
-        <v>281</v>
+        <v>258</v>
       </c>
       <c r="D13">
-        <v>577668</v>
+        <v>593693</v>
       </c>
       <c r="E13">
-        <v>114.25</v>
+        <v>106.2</v>
       </c>
       <c r="F13" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="I13">
-        <v>48.73</v>
+        <v>47.92</v>
       </c>
       <c r="J13" t="s">
-        <v>284</v>
+        <v>243</v>
       </c>
       <c r="K13" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>73</v>
+      </c>
+      <c r="L13">
+        <v>253409317</v>
       </c>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13" t="s">
         <v>75</v>
       </c>
       <c r="O13">
-        <v>523500020179</v>
+        <v>523500022158</v>
       </c>
       <c r="P13">
-        <v>99147792</v>
+        <v>89628792</v>
       </c>
       <c r="Q13" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="R13" t="s">
-        <v>287</v>
+        <v>261</v>
       </c>
       <c r="S13" t="s">
-        <v>288</v>
+        <v>262</v>
       </c>
       <c r="T13" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U13" t="s">
-        <v>281</v>
+        <v>258</v>
       </c>
       <c r="V13">
-        <v>577668</v>
+        <v>593693</v>
       </c>
       <c r="W13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X13">
-        <v>114.25</v>
+        <v>106.2</v>
       </c>
       <c r="Y13">
-        <v>980.23</v>
+        <v>950.9</v>
       </c>
       <c r="Z13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
       <c r="AD13">
-        <v>99147792</v>
+        <v>89628792</v>
       </c>
       <c r="AE13" t="s">
-        <v>289</v>
+        <v>263</v>
       </c>
       <c r="AF13">
-        <v>977079472</v>
+        <v>984482372</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>290</v>
+        <v>264</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>291</v>
+        <v>265</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>284</v>
+        <v>243</v>
       </c>
       <c r="AM13" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN13" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="AO13">
-        <v>48.73</v>
+        <v>47.92</v>
       </c>
       <c r="AP13" t="s">
-        <v>292</v>
+        <v>266</v>
       </c>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU13">
-        <v>523500020179</v>
+        <v>523500022158</v>
       </c>
       <c r="AV13" t="s">
         <v>74</v>
       </c>
       <c r="AW13">
-        <v>1011168</v>
+        <v>1011724</v>
       </c>
       <c r="AX13" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>84</v>
+      </c>
+      <c r="AY13">
+        <v>253409317</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB13" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="BC13" t="s">
-        <v>284</v>
+        <v>243</v>
       </c>
       <c r="BD13" t="s">
-        <v>293</v>
+        <v>267</v>
       </c>
       <c r="BE13" t="s">
-        <v>294</v>
+        <v>268</v>
       </c>
       <c r="BF13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG13" t="s">
-        <v>295</v>
+        <v>269</v>
       </c>
       <c r="BH13">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="BI13" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ13" t="s">
         <v>90</v>
       </c>
-      <c r="BJ13" t="s">
+      <c r="BK13" t="s">
         <v>91</v>
       </c>
-      <c r="BK13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL13" t="s">
-        <v>296</v>
+        <v>270</v>
       </c>
       <c r="BM13" t="s">
-        <v>297</v>
+        <v>271</v>
       </c>
       <c r="BN13" t="s">
-        <v>298</v>
+        <v>272</v>
       </c>
       <c r="BO13">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>111991</v>
+        <v>100986</v>
       </c>
       <c r="BS13" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>299</v>
+        <v>273</v>
       </c>
       <c r="C14" t="s">
-        <v>300</v>
+        <v>274</v>
       </c>
       <c r="D14">
-        <v>571075</v>
+        <v>592724</v>
       </c>
       <c r="E14">
-        <v>45.79</v>
+        <v>205.06</v>
       </c>
       <c r="F14" t="s">
-        <v>301</v>
+        <v>275</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>302</v>
+        <v>276</v>
       </c>
       <c r="I14">
-        <v>17.99</v>
+        <v>103</v>
       </c>
       <c r="J14" t="s">
-        <v>303</v>
+        <v>277</v>
       </c>
       <c r="K14" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>101</v>
+      </c>
+      <c r="L14">
+        <v>250608624</v>
       </c>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14" t="s">
         <v>75</v>
       </c>
       <c r="O14">
-        <v>523500019093</v>
+        <v>523500021940</v>
       </c>
       <c r="P14">
-        <v>215607712</v>
+        <v>191072456</v>
       </c>
       <c r="Q14" t="s">
-        <v>299</v>
+        <v>273</v>
       </c>
       <c r="R14" t="s">
-        <v>305</v>
+        <v>278</v>
       </c>
       <c r="S14" t="s">
-        <v>305</v>
+        <v>279</v>
       </c>
       <c r="T14" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U14" t="s">
-        <v>300</v>
+        <v>274</v>
       </c>
       <c r="V14">
-        <v>571075</v>
+        <v>592724</v>
       </c>
       <c r="W14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X14">
-        <v>45.79</v>
+        <v>205.06</v>
       </c>
       <c r="Y14">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>301</v>
+        <v>275</v>
       </c>
       <c r="AD14">
-        <v>215607712</v>
+        <v>191072456</v>
       </c>
       <c r="AE14" t="s">
-        <v>306</v>
+        <v>280</v>
       </c>
       <c r="AF14">
-        <v>937227932</v>
+        <v>972450445</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>307</v>
+        <v>281</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>308</v>
+        <v>282</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>303</v>
+        <v>277</v>
       </c>
       <c r="AM14" t="s">
-        <v>83</v>
+        <v>283</v>
       </c>
       <c r="AN14" t="s">
-        <v>302</v>
+        <v>276</v>
       </c>
       <c r="AO14">
-        <v>17.99</v>
+        <v>103</v>
       </c>
       <c r="AP14" t="s">
-        <v>309</v>
+        <v>284</v>
       </c>
       <c r="AQ14" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR14" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>286</v>
+      </c>
+      <c r="AS14">
+        <v>391619259185</v>
       </c>
       <c r="AT14" t="s">
-        <v>311</v>
+        <v>78</v>
       </c>
       <c r="AU14">
-        <v>523500019093</v>
+        <v>523500021940</v>
       </c>
       <c r="AV14" t="s">
         <v>74</v>
       </c>
       <c r="AW14">
-        <v>1010955</v>
+        <v>1011652</v>
       </c>
       <c r="AX14" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>84</v>
+      </c>
+      <c r="AY14">
+        <v>250608624</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB14" t="s">
-        <v>299</v>
+        <v>273</v>
       </c>
       <c r="BC14" t="s">
-        <v>303</v>
+        <v>277</v>
       </c>
       <c r="BD14" t="s">
-        <v>312</v>
+        <v>287</v>
       </c>
       <c r="BE14" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="BF14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG14" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
       <c r="BH14">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="BI14" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ14" t="s">
         <v>90</v>
       </c>
-      <c r="BJ14" t="s">
+      <c r="BK14" t="s">
         <v>91</v>
       </c>
-      <c r="BK14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL14" t="s">
-        <v>315</v>
+        <v>111</v>
       </c>
       <c r="BM14" t="s">
-        <v>316</v>
+        <v>291</v>
       </c>
       <c r="BN14" t="s">
-        <v>317</v>
+        <v>292</v>
       </c>
       <c r="BO14">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="BP14" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>50988</v>
+        <v>194992</v>
       </c>
       <c r="BS14" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>318</v>
+        <v>293</v>
       </c>
       <c r="C15" t="s">
-        <v>319</v>
+        <v>294</v>
       </c>
       <c r="D15">
-        <v>571031</v>
+        <v>588380</v>
       </c>
       <c r="E15">
-        <v>197.56</v>
+        <v>52.57</v>
       </c>
       <c r="F15" t="s">
-        <v>320</v>
+        <v>295</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="I15">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="J15" t="s">
-        <v>322</v>
+        <v>297</v>
       </c>
       <c r="K15" t="s">
-        <v>155</v>
+        <v>298</v>
       </c>
       <c r="L15" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="M15" t="s">
         <v>74</v>
       </c>
       <c r="N15" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="O15">
-        <v>523500019077</v>
+        <v>523500021362</v>
       </c>
       <c r="P15">
-        <v>117034828</v>
+        <v>121873117</v>
       </c>
       <c r="Q15" t="s">
-        <v>318</v>
+        <v>293</v>
       </c>
       <c r="R15" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="S15" t="s">
-        <v>324</v>
+        <v>301</v>
       </c>
       <c r="T15" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U15" t="s">
-        <v>319</v>
+        <v>294</v>
       </c>
       <c r="V15">
-        <v>571031</v>
+        <v>588380</v>
       </c>
       <c r="W15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X15">
-        <v>197.56</v>
+        <v>52.57</v>
       </c>
       <c r="Y15">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>320</v>
+        <v>295</v>
       </c>
       <c r="AD15">
-        <v>117034828</v>
+        <v>121873117</v>
       </c>
       <c r="AE15" t="s">
-        <v>325</v>
+        <v>302</v>
       </c>
       <c r="AF15">
-        <v>947957450</v>
+        <v>962247735</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>326</v>
+        <v>303</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="AM15"/>
       <c r="AN15" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="AO15">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="AP15" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="AQ15" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR15" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>274645387937</v>
+        <v>306</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>307</v>
       </c>
       <c r="AT15" t="s">
-        <v>79</v>
+        <v>308</v>
       </c>
       <c r="AU15">
-        <v>523500019077</v>
+        <v>523500021362</v>
       </c>
       <c r="AV15" t="s">
         <v>74</v>
       </c>
       <c r="AW15">
-        <v>1010951</v>
+        <v>1011462</v>
       </c>
       <c r="AX15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY15" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB15" t="s">
-        <v>318</v>
+        <v>293</v>
       </c>
       <c r="BC15" t="s">
-        <v>322</v>
+        <v>297</v>
       </c>
       <c r="BD15" t="s">
-        <v>329</v>
+        <v>309</v>
       </c>
       <c r="BE15" t="s">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="BF15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG15" t="s">
-        <v>331</v>
+        <v>311</v>
       </c>
       <c r="BH15">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="BI15" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ15" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK15" t="s">
         <v>91</v>
       </c>
-      <c r="BK15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL15" t="s">
-        <v>332</v>
+        <v>111</v>
       </c>
       <c r="BM15" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="BN15" t="s">
-        <v>334</v>
+        <v>313</v>
       </c>
       <c r="BO15">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="BP15" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>219987</v>
+        <v>49989</v>
       </c>
       <c r="BS15" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="C16" t="s">
-        <v>336</v>
+        <v>316</v>
       </c>
       <c r="D16">
-        <v>569721</v>
+        <v>584430</v>
       </c>
       <c r="E16">
-        <v>70.94</v>
+        <v>184.03</v>
       </c>
       <c r="F16" t="s">
-        <v>337</v>
+        <v>317</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>338</v>
+        <v>318</v>
       </c>
       <c r="I16">
-        <v>28.32</v>
+        <v>79.99</v>
       </c>
       <c r="J16" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="K16" t="s">
-        <v>340</v>
+        <v>101</v>
       </c>
       <c r="L16" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="M16" t="s">
         <v>74</v>
       </c>
       <c r="N16" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O16">
-        <v>523500018724</v>
+        <v>523500020918</v>
       </c>
       <c r="P16">
-        <v>132525099</v>
+        <v>105583419</v>
       </c>
       <c r="Q16" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="R16" t="s">
-        <v>335</v>
+        <v>321</v>
       </c>
       <c r="S16" t="s">
-        <v>342</v>
+        <v>321</v>
       </c>
       <c r="T16" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U16" t="s">
-        <v>336</v>
+        <v>316</v>
       </c>
       <c r="V16">
-        <v>569721</v>
+        <v>584430</v>
       </c>
       <c r="W16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X16">
-        <v>70.94</v>
+        <v>184.03</v>
       </c>
       <c r="Y16">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>337</v>
+        <v>317</v>
       </c>
       <c r="AD16">
-        <v>132525099</v>
+        <v>105583419</v>
       </c>
       <c r="AE16" t="s">
-        <v>343</v>
+        <v>322</v>
       </c>
       <c r="AF16">
-        <v>569945591</v>
+        <v>999391847</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>344</v>
+        <v>323</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>141</v>
+        <v>324</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="AM16" t="s">
-        <v>83</v>
+        <v>283</v>
       </c>
       <c r="AN16" t="s">
-        <v>338</v>
+        <v>318</v>
       </c>
       <c r="AO16">
-        <v>28.32</v>
+        <v>79.99</v>
       </c>
       <c r="AP16" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="AQ16" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR16" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>286</v>
+      </c>
+      <c r="AS16">
+        <v>283735470345</v>
       </c>
       <c r="AT16" t="s">
-        <v>347</v>
+        <v>78</v>
       </c>
       <c r="AU16">
-        <v>523500018724</v>
+        <v>523500020918</v>
       </c>
       <c r="AV16" t="s">
         <v>74</v>
       </c>
       <c r="AW16">
-        <v>1010874</v>
+        <v>1011321</v>
       </c>
       <c r="AX16" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY16" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB16" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="BC16" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="BD16" t="s">
-        <v>348</v>
+        <v>326</v>
       </c>
       <c r="BE16" t="s">
-        <v>349</v>
+        <v>327</v>
       </c>
       <c r="BF16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG16" t="s">
-        <v>350</v>
+        <v>328</v>
       </c>
       <c r="BH16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="BI16" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ16" t="s">
         <v>90</v>
       </c>
-      <c r="BJ16" t="s">
+      <c r="BK16" t="s">
         <v>91</v>
       </c>
-      <c r="BK16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL16" t="s">
-        <v>351</v>
+        <v>146</v>
       </c>
       <c r="BM16" t="s">
-        <v>352</v>
+        <v>329</v>
       </c>
       <c r="BN16" t="s">
-        <v>353</v>
+        <v>330</v>
       </c>
       <c r="BO16">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="BP16" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>78993</v>
+        <v>174994</v>
       </c>
       <c r="BS16" t="s">
-        <v>354</v>
+        <v>207</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="C17" t="s">
-        <v>356</v>
+        <v>332</v>
       </c>
       <c r="D17">
-        <v>569521</v>
+        <v>584107</v>
       </c>
       <c r="E17">
-        <v>75.43</v>
+        <v>168.25</v>
       </c>
       <c r="F17" t="s">
-        <v>357</v>
+        <v>333</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="I17">
-        <v>32.79</v>
+        <v>80.99</v>
       </c>
       <c r="J17" t="s">
-        <v>359</v>
+        <v>335</v>
       </c>
       <c r="K17" t="s">
-        <v>176</v>
+        <v>101</v>
       </c>
       <c r="L17" t="s">
-        <v>360</v>
+        <v>336</v>
       </c>
       <c r="M17" t="s">
         <v>74</v>
       </c>
       <c r="N17" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O17">
-        <v>523500018668</v>
+        <v>523500020995</v>
       </c>
       <c r="P17">
-        <v>195985510</v>
+        <v>97297711</v>
       </c>
       <c r="Q17" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="R17" t="s">
-        <v>361</v>
+        <v>337</v>
       </c>
       <c r="S17" t="s">
-        <v>361</v>
+        <v>337</v>
       </c>
       <c r="T17" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U17" t="s">
-        <v>356</v>
+        <v>332</v>
       </c>
       <c r="V17">
-        <v>569521</v>
+        <v>584107</v>
       </c>
       <c r="W17" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X17">
-        <v>75.43</v>
+        <v>168.25</v>
       </c>
       <c r="Y17">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z17" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>357</v>
+        <v>333</v>
       </c>
       <c r="AD17">
-        <v>195985510</v>
+        <v>97297711</v>
       </c>
       <c r="AE17" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="AF17">
-        <v>979099194</v>
+        <v>998904481</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>364</v>
+        <v>218</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="AM17"/>
+        <v>335</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>283</v>
+      </c>
       <c r="AN17" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="AO17">
-        <v>32.79</v>
+        <v>80.99</v>
       </c>
       <c r="AP17" t="s">
-        <v>365</v>
+        <v>340</v>
       </c>
       <c r="AQ17" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR17" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>286</v>
+      </c>
+      <c r="AS17">
+        <v>283645278235</v>
       </c>
       <c r="AT17" t="s">
-        <v>367</v>
+        <v>78</v>
       </c>
       <c r="AU17">
-        <v>523500018668</v>
+        <v>523500020995</v>
       </c>
       <c r="AV17" t="s">
         <v>74</v>
       </c>
       <c r="AW17">
-        <v>1010862</v>
+        <v>1011338</v>
       </c>
       <c r="AX17" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY17" t="s">
-        <v>360</v>
+        <v>336</v>
       </c>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB17" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="BC17" t="s">
-        <v>359</v>
+        <v>335</v>
       </c>
       <c r="BD17" t="s">
-        <v>368</v>
+        <v>341</v>
       </c>
       <c r="BE17" t="s">
-        <v>369</v>
+        <v>342</v>
       </c>
       <c r="BF17" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG17" t="s">
-        <v>370</v>
+        <v>343</v>
       </c>
       <c r="BH17">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="BI17" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ17" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK17" t="s">
         <v>91</v>
       </c>
-      <c r="BK17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL17" t="s">
-        <v>371</v>
+        <v>111</v>
       </c>
       <c r="BM17" t="s">
-        <v>372</v>
+        <v>344</v>
       </c>
       <c r="BN17" t="s">
-        <v>373</v>
+        <v>345</v>
       </c>
       <c r="BO17">
-        <v>69</v>
+        <v>29</v>
       </c>
       <c r="BP17" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>83993</v>
+        <v>159989</v>
       </c>
       <c r="BS17" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>374</v>
+        <v>346</v>
       </c>
       <c r="C18" t="s">
-        <v>375</v>
+        <v>347</v>
       </c>
       <c r="D18">
-        <v>568961</v>
+        <v>583500</v>
       </c>
       <c r="E18">
-        <v>73.63</v>
+        <v>27.33</v>
       </c>
       <c r="F18" t="s">
-        <v>376</v>
+        <v>348</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>377</v>
+        <v>349</v>
       </c>
       <c r="I18">
-        <v>29.99</v>
+        <v>14.02</v>
       </c>
       <c r="J18" t="s">
-        <v>378</v>
+        <v>350</v>
       </c>
       <c r="K18" t="s">
-        <v>176</v>
+        <v>351</v>
       </c>
       <c r="L18">
-        <v>224355779</v>
+        <v>236355015</v>
       </c>
       <c r="M18" t="s">
         <v>74</v>
       </c>
       <c r="N18" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O18">
-        <v>523500018539</v>
+        <v>523500020817</v>
       </c>
       <c r="P18">
-        <v>101540502</v>
+        <v>186061985</v>
       </c>
       <c r="Q18" t="s">
-        <v>374</v>
+        <v>346</v>
       </c>
       <c r="R18" t="s">
-        <v>374</v>
+        <v>352</v>
       </c>
       <c r="S18" t="s">
-        <v>374</v>
+        <v>352</v>
       </c>
       <c r="T18" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U18" t="s">
-        <v>375</v>
+        <v>347</v>
       </c>
       <c r="V18">
-        <v>568961</v>
+        <v>583500</v>
       </c>
       <c r="W18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X18">
-        <v>73.63</v>
+        <v>27.33</v>
       </c>
       <c r="Y18">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
-        <v>376</v>
+        <v>348</v>
       </c>
       <c r="AD18">
-        <v>101540502</v>
+        <v>186061985</v>
       </c>
       <c r="AE18" t="s">
-        <v>379</v>
+        <v>353</v>
       </c>
       <c r="AF18">
-        <v>993353583</v>
+        <v>973885093</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>380</v>
+        <v>354</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>381</v>
+        <v>282</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="AM18"/>
+        <v>350</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>82</v>
+      </c>
       <c r="AN18" t="s">
-        <v>377</v>
+        <v>349</v>
       </c>
       <c r="AO18">
-        <v>29.99</v>
+        <v>14.02</v>
       </c>
       <c r="AP18" t="s">
-        <v>382</v>
+        <v>355</v>
       </c>
       <c r="AQ18" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR18" t="s">
-        <v>237</v>
+        <v>356</v>
       </c>
       <c r="AS18" t="s">
-        <v>383</v>
+        <v>357</v>
       </c>
       <c r="AT18" t="s">
-        <v>384</v>
+        <v>358</v>
       </c>
       <c r="AU18">
-        <v>523500018539</v>
+        <v>523500020817</v>
       </c>
       <c r="AV18" t="s">
         <v>74</v>
       </c>
       <c r="AW18">
-        <v>1010838</v>
+        <v>1011306</v>
       </c>
       <c r="AX18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY18">
+        <v>236355015</v>
+      </c>
+      <c r="AZ18" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA18" t="s">
         <v>85</v>
       </c>
-      <c r="AY18">
-[...7 lines deleted...]
-      </c>
       <c r="BB18" t="s">
-        <v>374</v>
+        <v>346</v>
       </c>
       <c r="BC18" t="s">
-        <v>378</v>
+        <v>350</v>
       </c>
       <c r="BD18" t="s">
-        <v>385</v>
+        <v>359</v>
       </c>
       <c r="BE18" t="s">
-        <v>386</v>
+        <v>360</v>
       </c>
       <c r="BF18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG18" t="s">
-        <v>387</v>
+        <v>361</v>
       </c>
       <c r="BH18">
         <v>16</v>
       </c>
       <c r="BI18" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ18" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK18" t="s">
         <v>91</v>
       </c>
-      <c r="BK18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL18" t="s">
-        <v>388</v>
+        <v>362</v>
       </c>
       <c r="BM18" t="s">
-        <v>389</v>
+        <v>363</v>
       </c>
       <c r="BN18" t="s">
-        <v>390</v>
+        <v>364</v>
       </c>
       <c r="BO18">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="BP18" t="s">
-        <v>193</v>
+        <v>314</v>
       </c>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>81988</v>
+        <v>25988</v>
       </c>
       <c r="BS18" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>391</v>
+        <v>365</v>
       </c>
       <c r="C19" t="s">
-        <v>392</v>
+        <v>366</v>
       </c>
       <c r="D19">
-        <v>568348</v>
+        <v>583122</v>
       </c>
       <c r="E19">
-        <v>73.48</v>
+        <v>275.52</v>
       </c>
       <c r="F19" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>393</v>
+        <v>368</v>
       </c>
       <c r="I19">
-        <v>29.99</v>
+        <v>140</v>
       </c>
       <c r="J19" t="s">
-        <v>394</v>
+        <v>369</v>
       </c>
       <c r="K19" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>370</v>
+      </c>
+      <c r="L19">
+        <v>236366860</v>
       </c>
       <c r="M19" t="s">
         <v>74</v>
       </c>
       <c r="N19" t="s">
-        <v>396</v>
+        <v>75</v>
       </c>
       <c r="O19">
-        <v>523500018321</v>
+        <v>523500020863</v>
       </c>
       <c r="P19">
-        <v>101540502</v>
+        <v>104460968</v>
       </c>
       <c r="Q19" t="s">
-        <v>391</v>
+        <v>365</v>
       </c>
       <c r="R19" t="s">
-        <v>397</v>
+        <v>371</v>
       </c>
       <c r="S19" t="s">
-        <v>397</v>
+        <v>371</v>
       </c>
       <c r="T19" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U19" t="s">
-        <v>392</v>
+        <v>366</v>
       </c>
       <c r="V19">
-        <v>568348</v>
+        <v>583122</v>
       </c>
       <c r="W19" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X19">
-        <v>73.48</v>
+        <v>275.52</v>
       </c>
       <c r="Y19">
-        <v>1020.61</v>
+        <v>950.9</v>
       </c>
       <c r="Z19" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
       <c r="AD19">
-        <v>101540502</v>
+        <v>104460968</v>
       </c>
       <c r="AE19" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="AF19">
-        <v>993353583</v>
+        <v>944291968</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="AM19"/>
+        <v>369</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>82</v>
+      </c>
       <c r="AN19" t="s">
-        <v>393</v>
+        <v>368</v>
       </c>
       <c r="AO19">
-        <v>29.99</v>
+        <v>140</v>
       </c>
       <c r="AP19" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="AQ19" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR19" t="s">
-        <v>237</v>
+        <v>306</v>
       </c>
       <c r="AS19" t="s">
-        <v>398</v>
+        <v>376</v>
       </c>
       <c r="AT19" t="s">
-        <v>399</v>
+        <v>358</v>
       </c>
       <c r="AU19">
-        <v>523500018321</v>
+        <v>523500020863</v>
       </c>
       <c r="AV19" t="s">
         <v>74</v>
       </c>
       <c r="AW19">
-        <v>1010810</v>
+        <v>1011306</v>
       </c>
       <c r="AX19" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>84</v>
+      </c>
+      <c r="AY19">
+        <v>236366860</v>
       </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB19" t="s">
-        <v>391</v>
+        <v>365</v>
       </c>
       <c r="BC19" t="s">
-        <v>394</v>
+        <v>369</v>
       </c>
       <c r="BD19" t="s">
-        <v>400</v>
+        <v>377</v>
       </c>
       <c r="BE19" t="s">
-        <v>401</v>
+        <v>360</v>
       </c>
       <c r="BF19" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG19" t="s">
-        <v>402</v>
+        <v>378</v>
       </c>
       <c r="BH19">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="BI19" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ19" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK19" t="s">
         <v>91</v>
       </c>
-      <c r="BK19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL19" t="s">
-        <v>332</v>
+        <v>111</v>
       </c>
       <c r="BM19" t="s">
-        <v>403</v>
+        <v>379</v>
       </c>
       <c r="BN19" t="s">
-        <v>404</v>
+        <v>380</v>
       </c>
       <c r="BO19">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="BP19" t="s">
-        <v>193</v>
+        <v>314</v>
       </c>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>74994</v>
+        <v>261992</v>
       </c>
       <c r="BS19" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="C20" t="s">
-        <v>406</v>
+        <v>382</v>
       </c>
       <c r="D20">
-        <v>568214</v>
+        <v>578157</v>
       </c>
       <c r="E20">
-        <v>52.9</v>
+        <v>42.05</v>
       </c>
       <c r="F20" t="s">
-        <v>407</v>
+        <v>383</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="I20">
-        <v>26.99</v>
+        <v>20.25</v>
       </c>
       <c r="J20" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
       <c r="K20" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>298</v>
+      </c>
+      <c r="L20">
+        <v>232649807</v>
       </c>
       <c r="M20" t="s">
         <v>74</v>
       </c>
       <c r="N20" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O20">
-        <v>523500018270</v>
+        <v>523500020247</v>
       </c>
       <c r="P20">
-        <v>129087234</v>
+        <v>187727030</v>
       </c>
       <c r="Q20" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="R20" t="s">
-        <v>405</v>
+        <v>386</v>
       </c>
       <c r="S20" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="T20" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U20" t="s">
-        <v>406</v>
+        <v>382</v>
       </c>
       <c r="V20">
-        <v>568214</v>
+        <v>578157</v>
       </c>
       <c r="W20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X20">
-        <v>52.9</v>
+        <v>42.05</v>
       </c>
       <c r="Y20">
-        <v>1020.61</v>
+        <v>950.9</v>
       </c>
       <c r="Z20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>407</v>
+        <v>383</v>
       </c>
       <c r="AD20">
-        <v>129087234</v>
+        <v>187727030</v>
       </c>
       <c r="AE20" t="s">
-        <v>412</v>
+        <v>388</v>
       </c>
       <c r="AF20">
-        <v>998279435</v>
+        <v>99462160</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>413</v>
+        <v>389</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
       <c r="AM20"/>
       <c r="AN20" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="AO20">
-        <v>26.99</v>
+        <v>20.25</v>
       </c>
       <c r="AP20" t="s">
-        <v>415</v>
+        <v>391</v>
       </c>
       <c r="AQ20" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR20" t="s">
-        <v>237</v>
+        <v>306</v>
       </c>
       <c r="AS20" t="s">
-        <v>416</v>
+        <v>392</v>
       </c>
       <c r="AT20" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="AU20">
-        <v>523500018270</v>
+        <v>523500020247</v>
       </c>
       <c r="AV20" t="s">
         <v>74</v>
       </c>
       <c r="AW20">
-        <v>1010803</v>
+        <v>1011187</v>
       </c>
       <c r="AX20" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>84</v>
+      </c>
+      <c r="AY20">
+        <v>232649807</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB20" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="BC20" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
       <c r="BD20" t="s">
-        <v>418</v>
+        <v>394</v>
       </c>
       <c r="BE20" t="s">
-        <v>419</v>
+        <v>395</v>
       </c>
       <c r="BF20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG20" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="BH20">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="BI20" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ20" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK20" t="s">
         <v>91</v>
       </c>
-      <c r="BK20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL20" t="s">
-        <v>111</v>
+        <v>270</v>
       </c>
       <c r="BM20" t="s">
-        <v>421</v>
+        <v>397</v>
       </c>
       <c r="BN20" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="BO20">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="BP20" t="s">
-        <v>193</v>
+        <v>314</v>
       </c>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>53990</v>
+        <v>39985</v>
       </c>
       <c r="BS20" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
       <c r="C21" t="s">
-        <v>424</v>
+        <v>400</v>
       </c>
       <c r="D21">
-        <v>567603</v>
+        <v>577668</v>
       </c>
       <c r="E21">
-        <v>54.91</v>
+        <v>114.25</v>
       </c>
       <c r="F21" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
       <c r="I21">
-        <v>26.99</v>
+        <v>48.73</v>
       </c>
       <c r="J21" t="s">
-        <v>427</v>
+        <v>403</v>
       </c>
       <c r="K21" t="s">
-        <v>176</v>
+        <v>404</v>
       </c>
       <c r="L21" t="s">
-        <v>428</v>
+        <v>405</v>
       </c>
       <c r="M21" t="s">
         <v>74</v>
       </c>
       <c r="N21" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O21">
-        <v>523500018109</v>
+        <v>523500020179</v>
       </c>
       <c r="P21">
-        <v>57172916</v>
+        <v>99147792</v>
       </c>
       <c r="Q21" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
       <c r="R21" t="s">
-        <v>429</v>
+        <v>406</v>
       </c>
       <c r="S21" t="s">
-        <v>430</v>
+        <v>407</v>
       </c>
       <c r="T21" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U21" t="s">
-        <v>424</v>
+        <v>400</v>
       </c>
       <c r="V21">
-        <v>567603</v>
+        <v>577668</v>
       </c>
       <c r="W21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X21">
-        <v>54.91</v>
+        <v>114.25</v>
       </c>
       <c r="Y21">
-        <v>965.05</v>
+        <v>980.23</v>
       </c>
       <c r="Z21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="AD21">
-        <v>57172916</v>
+        <v>99147792</v>
       </c>
       <c r="AE21" t="s">
-        <v>431</v>
+        <v>408</v>
       </c>
       <c r="AF21">
-        <v>972115870</v>
+        <v>977079472</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>432</v>
+        <v>409</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>433</v>
+        <v>410</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="AM21"/>
+        <v>403</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>82</v>
+      </c>
       <c r="AN21" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
       <c r="AO21">
-        <v>26.99</v>
+        <v>48.73</v>
       </c>
       <c r="AP21" t="s">
-        <v>434</v>
-[...9 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="AQ21"/>
+      <c r="AR21"/>
+      <c r="AS21"/>
       <c r="AT21" t="s">
-        <v>436</v>
+        <v>78</v>
       </c>
       <c r="AU21">
-        <v>523500018109</v>
+        <v>523500020179</v>
       </c>
       <c r="AV21" t="s">
         <v>74</v>
       </c>
       <c r="AW21">
-        <v>1010770</v>
+        <v>1011168</v>
       </c>
       <c r="AX21" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY21" t="s">
-        <v>428</v>
+        <v>405</v>
       </c>
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB21" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
       <c r="BC21" t="s">
-        <v>427</v>
+        <v>403</v>
       </c>
       <c r="BD21" t="s">
-        <v>437</v>
+        <v>412</v>
       </c>
       <c r="BE21" t="s">
-        <v>438</v>
+        <v>413</v>
       </c>
       <c r="BF21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG21" t="s">
-        <v>439</v>
+        <v>414</v>
       </c>
       <c r="BH21">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="BI21" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ21" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK21" t="s">
         <v>91</v>
       </c>
-      <c r="BK21" t="s">
+      <c r="BL21" t="s">
         <v>92</v>
       </c>
-      <c r="BL21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BM21" t="s">
-        <v>440</v>
+        <v>415</v>
       </c>
       <c r="BN21" t="s">
-        <v>441</v>
+        <v>416</v>
       </c>
       <c r="BO21">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>52991</v>
+        <v>111991</v>
       </c>
       <c r="BS21" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>442</v>
+        <v>417</v>
       </c>
       <c r="C22" t="s">
-        <v>443</v>
+        <v>418</v>
       </c>
       <c r="D22">
-        <v>565561</v>
+        <v>571075</v>
       </c>
       <c r="E22">
-        <v>459.03</v>
+        <v>45.79</v>
       </c>
       <c r="F22" t="s">
-        <v>444</v>
+        <v>419</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>445</v>
+        <v>420</v>
       </c>
       <c r="I22">
-        <v>249.7</v>
+        <v>17.99</v>
       </c>
       <c r="J22" t="s">
-        <v>446</v>
+        <v>421</v>
       </c>
       <c r="K22" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>994061545</v>
+        <v>351</v>
+      </c>
+      <c r="L22" t="s">
+        <v>422</v>
       </c>
       <c r="M22" t="s">
         <v>74</v>
       </c>
       <c r="N22" t="s">
         <v>75</v>
       </c>
       <c r="O22">
-        <v>523500017663</v>
+        <v>523500019093</v>
       </c>
       <c r="P22">
-        <v>190445763</v>
+        <v>215607712</v>
       </c>
       <c r="Q22" t="s">
-        <v>442</v>
+        <v>417</v>
       </c>
       <c r="R22" t="s">
-        <v>447</v>
+        <v>423</v>
       </c>
       <c r="S22" t="s">
-        <v>448</v>
+        <v>423</v>
       </c>
       <c r="T22" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U22" t="s">
-        <v>443</v>
+        <v>418</v>
       </c>
       <c r="V22">
-        <v>565561</v>
+        <v>571075</v>
       </c>
       <c r="W22" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X22">
-        <v>459.03</v>
+        <v>45.79</v>
       </c>
       <c r="Y22">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z22" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
-        <v>444</v>
+        <v>419</v>
       </c>
       <c r="AD22">
-        <v>190445763</v>
+        <v>215607712</v>
       </c>
       <c r="AE22" t="s">
-        <v>449</v>
+        <v>424</v>
       </c>
       <c r="AF22">
-        <v>981219088</v>
+        <v>937227932</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>450</v>
+        <v>425</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>451</v>
+        <v>426</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>446</v>
+        <v>421</v>
       </c>
       <c r="AM22" t="s">
-        <v>161</v>
+        <v>82</v>
       </c>
       <c r="AN22" t="s">
-        <v>445</v>
+        <v>420</v>
       </c>
       <c r="AO22">
-        <v>249.7</v>
+        <v>17.99</v>
       </c>
       <c r="AP22" t="s">
-        <v>452</v>
+        <v>427</v>
       </c>
       <c r="AQ22" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR22" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>788268618887</v>
+        <v>356</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>428</v>
       </c>
       <c r="AT22" t="s">
-        <v>79</v>
+        <v>429</v>
       </c>
       <c r="AU22">
-        <v>523500017663</v>
+        <v>523500019093</v>
       </c>
       <c r="AV22" t="s">
         <v>74</v>
       </c>
       <c r="AW22">
-        <v>1010677</v>
+        <v>1010955</v>
       </c>
       <c r="AX22" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY22" t="s">
+        <v>422</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA22" t="s">
         <v>85</v>
       </c>
-      <c r="AY22">
-[...7 lines deleted...]
-      </c>
       <c r="BB22" t="s">
-        <v>442</v>
+        <v>417</v>
       </c>
       <c r="BC22" t="s">
-        <v>446</v>
+        <v>421</v>
       </c>
       <c r="BD22" t="s">
-        <v>453</v>
+        <v>430</v>
       </c>
       <c r="BE22" t="s">
-        <v>454</v>
+        <v>431</v>
       </c>
       <c r="BF22" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG22" t="s">
-        <v>455</v>
+        <v>432</v>
       </c>
       <c r="BH22">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="BI22" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ22" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK22" t="s">
         <v>91</v>
       </c>
-      <c r="BK22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL22" t="s">
-        <v>456</v>
+        <v>433</v>
       </c>
       <c r="BM22" t="s">
-        <v>457</v>
+        <v>434</v>
       </c>
       <c r="BN22" t="s">
-        <v>458</v>
+        <v>435</v>
       </c>
       <c r="BO22">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="BP22" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>442987</v>
+        <v>50988</v>
       </c>
       <c r="BS22" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>459</v>
+        <v>436</v>
       </c>
       <c r="C23" t="s">
-        <v>460</v>
+        <v>437</v>
       </c>
       <c r="D23">
-        <v>565415</v>
+        <v>571031</v>
       </c>
       <c r="E23">
-        <v>153.35</v>
+        <v>197.56</v>
       </c>
       <c r="F23" t="s">
-        <v>461</v>
+        <v>438</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
-        <v>462</v>
+        <v>439</v>
       </c>
       <c r="I23">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="J23" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="K23" t="s">
-        <v>155</v>
+        <v>101</v>
       </c>
       <c r="L23" t="s">
-        <v>464</v>
+        <v>441</v>
       </c>
       <c r="M23" t="s">
         <v>74</v>
       </c>
       <c r="N23" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O23">
-        <v>523500017646</v>
+        <v>523500019077</v>
       </c>
       <c r="P23">
-        <v>70711400</v>
+        <v>117034828</v>
       </c>
       <c r="Q23" t="s">
-        <v>459</v>
+        <v>436</v>
       </c>
       <c r="R23" t="s">
-        <v>465</v>
+        <v>442</v>
       </c>
       <c r="S23" t="s">
-        <v>465</v>
+        <v>442</v>
       </c>
       <c r="T23" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U23" t="s">
-        <v>460</v>
+        <v>437</v>
       </c>
       <c r="V23">
-        <v>565415</v>
+        <v>571031</v>
       </c>
       <c r="W23" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X23">
-        <v>153.35</v>
+        <v>197.56</v>
       </c>
       <c r="Y23">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z23" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>461</v>
+        <v>438</v>
       </c>
       <c r="AD23">
-        <v>70711400</v>
+        <v>117034828</v>
       </c>
       <c r="AE23" t="s">
-        <v>466</v>
+        <v>443</v>
       </c>
       <c r="AF23">
-        <v>954480696</v>
+        <v>947957450</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>160</v>
+        <v>445</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="AM23" t="s">
-        <v>161</v>
+        <v>283</v>
       </c>
       <c r="AN23" t="s">
-        <v>462</v>
+        <v>439</v>
       </c>
       <c r="AO23">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="AP23" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="AQ23" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR23" t="s">
-        <v>164</v>
+        <v>286</v>
       </c>
       <c r="AS23">
-        <v>788204161301</v>
+        <v>274645387937</v>
       </c>
       <c r="AT23" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU23">
-        <v>523500017646</v>
+        <v>523500019077</v>
       </c>
       <c r="AV23" t="s">
         <v>74</v>
       </c>
       <c r="AW23">
-        <v>1010677</v>
+        <v>1010951</v>
       </c>
       <c r="AX23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY23" t="s">
-        <v>464</v>
+        <v>441</v>
       </c>
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB23" t="s">
-        <v>459</v>
+        <v>436</v>
       </c>
       <c r="BC23" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="BD23" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="BE23" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="BF23" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG23" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
       <c r="BH23">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="BI23" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ23" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK23" t="s">
         <v>91</v>
       </c>
-      <c r="BK23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL23" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="BM23" t="s">
-        <v>471</v>
+        <v>451</v>
       </c>
       <c r="BN23" t="s">
-        <v>472</v>
+        <v>452</v>
       </c>
       <c r="BO23">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="BP23" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>147990</v>
+        <v>219987</v>
       </c>
       <c r="BS23" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>473</v>
+        <v>453</v>
       </c>
       <c r="C24" t="s">
-        <v>474</v>
+        <v>454</v>
       </c>
       <c r="D24">
-        <v>565361</v>
+        <v>569721</v>
       </c>
       <c r="E24">
-        <v>84.96</v>
+        <v>70.94</v>
       </c>
       <c r="F24" t="s">
-        <v>475</v>
+        <v>455</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
-        <v>476</v>
+        <v>456</v>
       </c>
       <c r="I24">
-        <v>35.45</v>
+        <v>28.32</v>
       </c>
       <c r="J24" t="s">
-        <v>477</v>
+        <v>457</v>
       </c>
       <c r="K24" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>994061561</v>
+        <v>458</v>
+      </c>
+      <c r="L24" t="s">
+        <v>459</v>
       </c>
       <c r="M24" t="s">
         <v>74</v>
       </c>
       <c r="N24" t="s">
         <v>75</v>
       </c>
       <c r="O24">
-        <v>523500017640</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>523500018724</v>
+      </c>
+      <c r="P24">
+        <v>132525099</v>
       </c>
       <c r="Q24" t="s">
-        <v>473</v>
+        <v>453</v>
       </c>
       <c r="R24" t="s">
-        <v>479</v>
+        <v>453</v>
       </c>
       <c r="S24" t="s">
-        <v>479</v>
+        <v>460</v>
       </c>
       <c r="T24" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U24" t="s">
-        <v>474</v>
+        <v>454</v>
       </c>
       <c r="V24">
-        <v>565361</v>
+        <v>569721</v>
       </c>
       <c r="W24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X24">
-        <v>84.96</v>
+        <v>70.94</v>
       </c>
       <c r="Y24">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>455</v>
+      </c>
+      <c r="AD24">
+        <v>132525099</v>
       </c>
       <c r="AE24" t="s">
-        <v>480</v>
+        <v>461</v>
       </c>
       <c r="AF24">
-        <v>941066227</v>
+        <v>569945591</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>481</v>
+        <v>462</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>482</v>
+        <v>265</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="AM24"/>
+        <v>457</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>82</v>
+      </c>
       <c r="AN24" t="s">
-        <v>476</v>
+        <v>456</v>
       </c>
       <c r="AO24">
-        <v>35.45</v>
+        <v>28.32</v>
       </c>
       <c r="AP24" t="s">
-        <v>483</v>
+        <v>463</v>
       </c>
       <c r="AQ24" t="s">
-        <v>484</v>
+        <v>285</v>
       </c>
       <c r="AR24" t="s">
-        <v>485</v>
+        <v>356</v>
       </c>
       <c r="AS24" t="s">
-        <v>486</v>
+        <v>464</v>
       </c>
       <c r="AT24" t="s">
-        <v>79</v>
+        <v>465</v>
       </c>
       <c r="AU24">
-        <v>523500017640</v>
+        <v>523500018724</v>
       </c>
       <c r="AV24" t="s">
         <v>74</v>
       </c>
       <c r="AW24">
-        <v>1010677</v>
+        <v>1010874</v>
       </c>
       <c r="AX24" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY24" t="s">
+        <v>459</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA24" t="s">
         <v>85</v>
       </c>
-      <c r="AY24">
-[...7 lines deleted...]
-      </c>
       <c r="BB24" t="s">
-        <v>473</v>
+        <v>453</v>
       </c>
       <c r="BC24" t="s">
-        <v>477</v>
+        <v>457</v>
       </c>
       <c r="BD24" t="s">
-        <v>487</v>
+        <v>466</v>
       </c>
       <c r="BE24" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="BF24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG24" t="s">
-        <v>488</v>
+        <v>468</v>
       </c>
       <c r="BH24">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="BI24" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ24" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK24" t="s">
         <v>91</v>
       </c>
-      <c r="BK24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL24" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="BM24" t="s">
-        <v>489</v>
+        <v>470</v>
       </c>
       <c r="BN24" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="BO24">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="BP24" t="s">
-        <v>491</v>
+        <v>314</v>
       </c>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>81991</v>
+        <v>78993</v>
       </c>
       <c r="BS24" t="s">
-        <v>492</v>
+        <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>493</v>
+        <v>472</v>
       </c>
       <c r="C25" t="s">
-        <v>494</v>
+        <v>473</v>
       </c>
       <c r="D25">
-        <v>564196</v>
+        <v>569521</v>
       </c>
       <c r="E25">
-        <v>151.28</v>
+        <v>75.43</v>
       </c>
       <c r="F25" t="s">
-        <v>495</v>
+        <v>474</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
       <c r="I25">
-        <v>66</v>
+        <v>32.79</v>
       </c>
       <c r="J25" t="s">
-        <v>497</v>
+        <v>476</v>
       </c>
       <c r="K25" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>993189092</v>
+        <v>298</v>
+      </c>
+      <c r="L25" t="s">
+        <v>477</v>
       </c>
       <c r="M25" t="s">
         <v>74</v>
       </c>
       <c r="N25" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="O25">
-        <v>523500017364</v>
+        <v>523500018668</v>
       </c>
       <c r="P25">
-        <v>174341249</v>
+        <v>195985510</v>
       </c>
       <c r="Q25" t="s">
-        <v>493</v>
+        <v>472</v>
       </c>
       <c r="R25" t="s">
-        <v>499</v>
+        <v>478</v>
       </c>
       <c r="S25" t="s">
-        <v>499</v>
+        <v>478</v>
       </c>
       <c r="T25" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U25" t="s">
-        <v>494</v>
+        <v>473</v>
       </c>
       <c r="V25">
-        <v>564196</v>
+        <v>569521</v>
       </c>
       <c r="W25" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X25">
-        <v>151.28</v>
+        <v>75.43</v>
       </c>
       <c r="Y25">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z25" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
-        <v>495</v>
+        <v>474</v>
       </c>
       <c r="AD25">
-        <v>174341249</v>
+        <v>195985510</v>
       </c>
       <c r="AE25" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="AF25">
-        <v>988692301</v>
+        <v>979099194</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>501</v>
+        <v>480</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>204</v>
+        <v>481</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>476</v>
+      </c>
+      <c r="AM25"/>
       <c r="AN25" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
       <c r="AO25">
-        <v>66</v>
+        <v>32.79</v>
       </c>
       <c r="AP25" t="s">
-        <v>502</v>
+        <v>482</v>
       </c>
       <c r="AQ25" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>356</v>
+      </c>
+      <c r="AS25" t="s">
+        <v>483</v>
+      </c>
+      <c r="AT25" t="s">
         <v>484</v>
       </c>
-      <c r="AR25" t="s">
+      <c r="AU25">
+        <v>523500018668</v>
+      </c>
+      <c r="AV25" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW25">
+        <v>1010862</v>
+      </c>
+      <c r="AX25" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY25" t="s">
+        <v>477</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>472</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>476</v>
+      </c>
+      <c r="BD25" t="s">
         <v>485</v>
       </c>
-      <c r="AS25" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BE25" t="s">
-        <v>506</v>
+        <v>486</v>
       </c>
       <c r="BF25" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG25" t="s">
-        <v>507</v>
+        <v>487</v>
       </c>
       <c r="BH25">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="BI25" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ25" t="s">
         <v>90</v>
       </c>
-      <c r="BJ25" t="s">
+      <c r="BK25" t="s">
         <v>91</v>
       </c>
-      <c r="BK25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL25" t="s">
-        <v>456</v>
+        <v>488</v>
       </c>
       <c r="BM25" t="s">
-        <v>508</v>
+        <v>489</v>
       </c>
       <c r="BN25" t="s">
-        <v>509</v>
+        <v>490</v>
       </c>
       <c r="BO25">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="BP25" t="s">
-        <v>491</v>
+        <v>314</v>
       </c>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>145993</v>
+        <v>83993</v>
       </c>
       <c r="BS25" t="s">
-        <v>492</v>
+        <v>207</v>
       </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>510</v>
+        <v>491</v>
       </c>
       <c r="C26" t="s">
-        <v>511</v>
+        <v>492</v>
       </c>
       <c r="D26">
-        <v>564092</v>
+        <v>568961</v>
       </c>
       <c r="E26">
-        <v>144.02</v>
+        <v>73.63</v>
       </c>
       <c r="F26" t="s">
-        <v>512</v>
+        <v>493</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="I26">
-        <v>67.49</v>
+        <v>29.99</v>
       </c>
       <c r="J26" t="s">
-        <v>514</v>
+        <v>495</v>
       </c>
       <c r="K26" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="L26">
-        <v>993308530</v>
+        <v>224355779</v>
       </c>
       <c r="M26" t="s">
         <v>74</v>
       </c>
       <c r="N26" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O26">
-        <v>523500017418</v>
+        <v>523500018539</v>
       </c>
       <c r="P26">
-        <v>117457052</v>
+        <v>101540502</v>
       </c>
       <c r="Q26" t="s">
-        <v>510</v>
+        <v>491</v>
       </c>
       <c r="R26" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
       <c r="S26" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
       <c r="T26" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U26" t="s">
-        <v>511</v>
+        <v>492</v>
       </c>
       <c r="V26">
-        <v>564092</v>
+        <v>568961</v>
       </c>
       <c r="W26" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X26">
-        <v>144.02</v>
+        <v>73.63</v>
       </c>
       <c r="Y26">
-        <v>965.05</v>
+        <v>1113.52</v>
       </c>
       <c r="Z26" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>512</v>
+        <v>493</v>
       </c>
       <c r="AD26">
-        <v>117457052</v>
+        <v>101540502</v>
       </c>
       <c r="AE26" t="s">
-        <v>516</v>
+        <v>496</v>
       </c>
       <c r="AF26">
-        <v>976489027</v>
+        <v>993353583</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>517</v>
+        <v>497</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>451</v>
+        <v>498</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="AM26"/>
       <c r="AN26" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="AO26">
-        <v>67.49</v>
+        <v>29.99</v>
       </c>
       <c r="AP26" t="s">
-        <v>518</v>
+        <v>499</v>
       </c>
       <c r="AQ26" t="s">
-        <v>484</v>
+        <v>285</v>
       </c>
       <c r="AR26" t="s">
-        <v>485</v>
+        <v>356</v>
       </c>
       <c r="AS26" t="s">
-        <v>519</v>
+        <v>500</v>
       </c>
       <c r="AT26" t="s">
+        <v>501</v>
+      </c>
+      <c r="AU26">
+        <v>523500018539</v>
+      </c>
+      <c r="AV26" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW26">
+        <v>1010838</v>
+      </c>
+      <c r="AX26" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY26">
+        <v>224355779</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>491</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>495</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>502</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>503</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG26" t="s">
         <v>504</v>
       </c>
-      <c r="AU26">
-[...37 lines deleted...]
-      </c>
       <c r="BH26">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="BI26" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ26" t="s">
         <v>90</v>
       </c>
-      <c r="BJ26" t="s">
+      <c r="BK26" t="s">
         <v>91</v>
       </c>
-      <c r="BK26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL26" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="BM26" t="s">
-        <v>523</v>
+        <v>506</v>
       </c>
       <c r="BN26" t="s">
-        <v>524</v>
+        <v>507</v>
       </c>
       <c r="BO26">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="BP26" t="s">
-        <v>491</v>
+        <v>314</v>
       </c>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>138987</v>
+        <v>81988</v>
       </c>
       <c r="BS26" t="s">
-        <v>492</v>
+        <v>207</v>
       </c>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>525</v>
+        <v>508</v>
       </c>
       <c r="C27" t="s">
-        <v>526</v>
+        <v>509</v>
       </c>
       <c r="D27">
-        <v>563476</v>
+        <v>568348</v>
       </c>
       <c r="E27">
-        <v>61.13</v>
+        <v>73.48</v>
       </c>
       <c r="F27" t="s">
-        <v>527</v>
+        <v>493</v>
       </c>
       <c r="G27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>528</v>
+        <v>510</v>
       </c>
       <c r="I27">
-        <v>27.99</v>
+        <v>29.99</v>
       </c>
       <c r="J27" t="s">
-        <v>529</v>
+        <v>511</v>
       </c>
       <c r="K27" t="s">
-        <v>530</v>
+        <v>298</v>
       </c>
       <c r="L27" t="s">
-        <v>531</v>
+        <v>512</v>
       </c>
       <c r="M27" t="s">
         <v>74</v>
       </c>
       <c r="N27" t="s">
-        <v>75</v>
+        <v>513</v>
       </c>
       <c r="O27">
-        <v>523500017197</v>
+        <v>523500018321</v>
       </c>
       <c r="P27">
-        <v>141127926</v>
+        <v>101540502</v>
       </c>
       <c r="Q27" t="s">
-        <v>525</v>
+        <v>508</v>
       </c>
       <c r="R27" t="s">
-        <v>532</v>
+        <v>514</v>
       </c>
       <c r="S27" t="s">
-        <v>533</v>
+        <v>514</v>
       </c>
       <c r="T27" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U27" t="s">
-        <v>526</v>
+        <v>509</v>
       </c>
       <c r="V27">
-        <v>563476</v>
+        <v>568348</v>
       </c>
       <c r="W27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X27">
-        <v>61.13</v>
+        <v>73.48</v>
       </c>
       <c r="Y27">
-        <v>965.05</v>
+        <v>1020.61</v>
       </c>
       <c r="Z27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>70</v>
       </c>
       <c r="AC27" t="s">
-        <v>527</v>
+        <v>493</v>
       </c>
       <c r="AD27">
-        <v>141127926</v>
+        <v>101540502</v>
       </c>
       <c r="AE27" t="s">
-        <v>534</v>
+        <v>496</v>
       </c>
       <c r="AF27">
-        <v>976085920</v>
+        <v>993353583</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>535</v>
+        <v>497</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>536</v>
+        <v>498</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="AM27"/>
       <c r="AN27" t="s">
-        <v>528</v>
+        <v>510</v>
       </c>
       <c r="AO27">
-        <v>27.99</v>
+        <v>29.99</v>
       </c>
       <c r="AP27" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      <c r="AS27"/>
+        <v>499</v>
+      </c>
+      <c r="AQ27" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR27" t="s">
+        <v>356</v>
+      </c>
+      <c r="AS27" t="s">
+        <v>515</v>
+      </c>
       <c r="AT27" t="s">
-        <v>79</v>
+        <v>516</v>
       </c>
       <c r="AU27">
-        <v>523500017197</v>
+        <v>523500018321</v>
       </c>
       <c r="AV27" t="s">
         <v>74</v>
       </c>
       <c r="AW27">
-        <v>1010621</v>
+        <v>1010810</v>
       </c>
       <c r="AX27" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY27" t="s">
-        <v>531</v>
+        <v>512</v>
       </c>
       <c r="AZ27" t="s">
         <v>74</v>
       </c>
       <c r="BA27" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB27" t="s">
-        <v>525</v>
+        <v>508</v>
       </c>
       <c r="BC27" t="s">
-        <v>529</v>
+        <v>511</v>
       </c>
       <c r="BD27" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="BE27" t="s">
-        <v>539</v>
+        <v>518</v>
       </c>
       <c r="BF27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG27" t="s">
-        <v>540</v>
+        <v>519</v>
       </c>
       <c r="BH27">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="BI27" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ27" t="s">
         <v>90</v>
       </c>
-      <c r="BJ27" t="s">
+      <c r="BK27" t="s">
         <v>91</v>
       </c>
-      <c r="BK27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL27" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="BM27" t="s">
-        <v>541</v>
+        <v>520</v>
       </c>
       <c r="BN27" t="s">
-        <v>542</v>
+        <v>521</v>
       </c>
       <c r="BO27">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="BP27"/>
+        <v>115</v>
+      </c>
+      <c r="BP27" t="s">
+        <v>314</v>
+      </c>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>58994</v>
+        <v>74994</v>
       </c>
       <c r="BS27" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>543</v>
+        <v>522</v>
       </c>
       <c r="C28" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="D28">
-        <v>563373</v>
+        <v>568214</v>
       </c>
       <c r="E28">
-        <v>205.16</v>
+        <v>52.9</v>
       </c>
       <c r="F28" t="s">
-        <v>545</v>
+        <v>524</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
-        <v>546</v>
+        <v>525</v>
       </c>
       <c r="I28">
-        <v>89</v>
+        <v>26.99</v>
       </c>
       <c r="J28" t="s">
-        <v>547</v>
+        <v>526</v>
       </c>
       <c r="K28" t="s">
-        <v>155</v>
+        <v>298</v>
       </c>
       <c r="L28" t="s">
-        <v>548</v>
+        <v>527</v>
       </c>
       <c r="M28" t="s">
         <v>74</v>
       </c>
       <c r="N28" t="s">
         <v>75</v>
       </c>
       <c r="O28">
-        <v>523500017225</v>
+        <v>523500018270</v>
       </c>
       <c r="P28">
-        <v>222152747</v>
+        <v>129087234</v>
       </c>
       <c r="Q28" t="s">
-        <v>543</v>
+        <v>522</v>
       </c>
       <c r="R28" t="s">
-        <v>549</v>
+        <v>522</v>
       </c>
       <c r="S28" t="s">
-        <v>549</v>
+        <v>528</v>
       </c>
       <c r="T28" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U28" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="V28">
-        <v>563373</v>
+        <v>568214</v>
       </c>
       <c r="W28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X28">
-        <v>205.16</v>
+        <v>52.9</v>
       </c>
       <c r="Y28">
-        <v>965.05</v>
+        <v>1020.61</v>
       </c>
       <c r="Z28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>70</v>
       </c>
       <c r="AC28" t="s">
-        <v>545</v>
+        <v>524</v>
       </c>
       <c r="AD28">
-        <v>222152747</v>
+        <v>129087234</v>
       </c>
       <c r="AE28" t="s">
-        <v>550</v>
+        <v>529</v>
       </c>
       <c r="AF28">
-        <v>994707854</v>
+        <v>998279435</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>551</v>
+        <v>530</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>183</v>
+        <v>531</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="AM28"/>
       <c r="AN28" t="s">
-        <v>546</v>
+        <v>525</v>
       </c>
       <c r="AO28">
-        <v>89</v>
+        <v>26.99</v>
       </c>
       <c r="AP28" t="s">
-        <v>552</v>
+        <v>532</v>
       </c>
       <c r="AQ28" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR28" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>786720095223</v>
+        <v>356</v>
+      </c>
+      <c r="AS28" t="s">
+        <v>533</v>
       </c>
       <c r="AT28" t="s">
-        <v>79</v>
+        <v>534</v>
       </c>
       <c r="AU28">
-        <v>523500017225</v>
+        <v>523500018270</v>
       </c>
       <c r="AV28" t="s">
         <v>74</v>
       </c>
       <c r="AW28">
-        <v>1010632</v>
+        <v>1010803</v>
       </c>
       <c r="AX28" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY28" t="s">
-        <v>548</v>
+        <v>527</v>
       </c>
       <c r="AZ28" t="s">
         <v>74</v>
       </c>
       <c r="BA28" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB28" t="s">
-        <v>543</v>
+        <v>522</v>
       </c>
       <c r="BC28" t="s">
-        <v>547</v>
+        <v>526</v>
       </c>
       <c r="BD28" t="s">
-        <v>553</v>
+        <v>535</v>
       </c>
       <c r="BE28" t="s">
-        <v>554</v>
+        <v>536</v>
       </c>
       <c r="BF28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG28" t="s">
-        <v>555</v>
+        <v>537</v>
       </c>
       <c r="BH28">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="BI28" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ28" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK28" t="s">
         <v>91</v>
       </c>
-      <c r="BK28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL28" t="s">
-        <v>456</v>
+        <v>111</v>
       </c>
       <c r="BM28" t="s">
-        <v>556</v>
+        <v>538</v>
       </c>
       <c r="BN28" t="s">
-        <v>557</v>
+        <v>539</v>
       </c>
       <c r="BO28">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="BP28" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>197990</v>
+        <v>53990</v>
       </c>
       <c r="BS28" t="s">
-        <v>96</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>558</v>
+        <v>540</v>
       </c>
       <c r="C29" t="s">
-        <v>559</v>
+        <v>541</v>
       </c>
       <c r="D29">
-        <v>563304</v>
+        <v>567603</v>
       </c>
       <c r="E29">
-        <v>37.29</v>
+        <v>54.91</v>
       </c>
       <c r="F29" t="s">
-        <v>560</v>
+        <v>542</v>
       </c>
       <c r="G29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
-        <v>561</v>
+        <v>543</v>
       </c>
       <c r="I29">
-        <v>14.97</v>
+        <v>26.99</v>
       </c>
       <c r="J29" t="s">
+        <v>544</v>
+      </c>
+      <c r="K29" t="s">
+        <v>298</v>
+      </c>
+      <c r="L29" t="s">
+        <v>545</v>
+      </c>
+      <c r="M29" t="s">
+        <v>74</v>
+      </c>
+      <c r="N29" t="s">
+        <v>120</v>
+      </c>
+      <c r="O29">
+        <v>523500018109</v>
+      </c>
+      <c r="P29">
+        <v>57172916</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>540</v>
+      </c>
+      <c r="R29" t="s">
+        <v>546</v>
+      </c>
+      <c r="S29" t="s">
         <v>547</v>
       </c>
-      <c r="K29" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="T29" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U29" t="s">
-        <v>559</v>
+        <v>541</v>
       </c>
       <c r="V29">
-        <v>563304</v>
+        <v>567603</v>
       </c>
       <c r="W29" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X29">
-        <v>37.29</v>
+        <v>54.91</v>
       </c>
       <c r="Y29">
         <v>965.05</v>
       </c>
       <c r="Z29" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>70</v>
       </c>
       <c r="AC29" t="s">
-        <v>560</v>
+        <v>542</v>
       </c>
       <c r="AD29">
-        <v>108748826</v>
+        <v>57172916</v>
       </c>
       <c r="AE29" t="s">
-        <v>563</v>
+        <v>548</v>
       </c>
       <c r="AF29">
-        <v>990517067</v>
+        <v>972115870</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>564</v>
+        <v>549</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>204</v>
+        <v>550</v>
       </c>
       <c r="AK29" t="s">
         <v>70</v>
       </c>
       <c r="AL29" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>544</v>
+      </c>
+      <c r="AM29"/>
       <c r="AN29" t="s">
-        <v>561</v>
+        <v>543</v>
       </c>
       <c r="AO29">
-        <v>14.97</v>
+        <v>26.99</v>
       </c>
       <c r="AP29" t="s">
-        <v>565</v>
+        <v>551</v>
       </c>
       <c r="AQ29" t="s">
-        <v>484</v>
+        <v>285</v>
       </c>
       <c r="AR29" t="s">
-        <v>485</v>
+        <v>356</v>
       </c>
       <c r="AS29" t="s">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c r="AT29" t="s">
-        <v>79</v>
+        <v>553</v>
       </c>
       <c r="AU29">
-        <v>523500017211</v>
+        <v>523500018109</v>
       </c>
       <c r="AV29" t="s">
         <v>74</v>
       </c>
       <c r="AW29">
-        <v>1010632</v>
+        <v>1010770</v>
       </c>
       <c r="AX29" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY29" t="s">
+        <v>545</v>
+      </c>
+      <c r="AZ29" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA29" t="s">
         <v>85</v>
       </c>
-      <c r="AY29">
-[...7 lines deleted...]
-      </c>
       <c r="BB29" t="s">
+        <v>540</v>
+      </c>
+      <c r="BC29" t="s">
+        <v>544</v>
+      </c>
+      <c r="BD29" t="s">
+        <v>554</v>
+      </c>
+      <c r="BE29" t="s">
+        <v>555</v>
+      </c>
+      <c r="BF29" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG29" t="s">
+        <v>556</v>
+      </c>
+      <c r="BH29">
+        <v>14</v>
+      </c>
+      <c r="BI29" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ29" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK29" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL29" t="s">
+        <v>450</v>
+      </c>
+      <c r="BM29" t="s">
+        <v>557</v>
+      </c>
+      <c r="BN29" t="s">
         <v>558</v>
       </c>
-      <c r="BC29" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BO29">
-        <v>28</v>
+        <v>136</v>
       </c>
       <c r="BP29" t="s">
-        <v>491</v>
+        <v>314</v>
       </c>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>35987</v>
+        <v>52991</v>
       </c>
       <c r="BS29" t="s">
-        <v>492</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="C30" t="s">
-        <v>573</v>
+        <v>560</v>
       </c>
       <c r="D30">
-        <v>561675</v>
+        <v>565561</v>
       </c>
       <c r="E30">
-        <v>49.58</v>
+        <v>459.03</v>
       </c>
       <c r="F30" t="s">
-        <v>574</v>
+        <v>561</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>575</v>
+        <v>562</v>
       </c>
       <c r="I30">
-        <v>20.89</v>
+        <v>249.7</v>
       </c>
       <c r="J30" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="K30" t="s">
-        <v>577</v>
+        <v>101</v>
       </c>
       <c r="L30">
-        <v>991906183</v>
+        <v>994061545</v>
       </c>
       <c r="M30" t="s">
         <v>74</v>
       </c>
       <c r="N30" t="s">
         <v>75</v>
       </c>
       <c r="O30">
-        <v>523500016994</v>
+        <v>523500017663</v>
       </c>
       <c r="P30">
-        <v>163549158</v>
+        <v>190445763</v>
       </c>
       <c r="Q30" t="s">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="R30" t="s">
-        <v>578</v>
+        <v>564</v>
       </c>
       <c r="S30" t="s">
-        <v>579</v>
+        <v>565</v>
       </c>
       <c r="T30" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U30" t="s">
-        <v>573</v>
+        <v>560</v>
       </c>
       <c r="V30">
-        <v>561675</v>
+        <v>565561</v>
       </c>
       <c r="W30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X30">
-        <v>49.58</v>
+        <v>459.03</v>
       </c>
       <c r="Y30">
-        <v>967.95</v>
+        <v>965.05</v>
       </c>
       <c r="Z30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>70</v>
       </c>
       <c r="AC30" t="s">
-        <v>574</v>
+        <v>561</v>
       </c>
       <c r="AD30">
-        <v>163549158</v>
+        <v>190445763</v>
       </c>
       <c r="AE30" t="s">
-        <v>580</v>
+        <v>566</v>
       </c>
       <c r="AF30">
-        <v>966661674</v>
+        <v>981219088</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>581</v>
+        <v>567</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>582</v>
+        <v>200</v>
       </c>
       <c r="AK30" t="s">
         <v>70</v>
       </c>
       <c r="AL30" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="AM30" t="s">
-        <v>83</v>
+        <v>283</v>
       </c>
       <c r="AN30" t="s">
-        <v>575</v>
+        <v>562</v>
       </c>
       <c r="AO30">
-        <v>20.89</v>
+        <v>249.7</v>
       </c>
       <c r="AP30" t="s">
-        <v>583</v>
+        <v>568</v>
       </c>
       <c r="AQ30" t="s">
-        <v>484</v>
+        <v>285</v>
       </c>
       <c r="AR30" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>286</v>
+      </c>
+      <c r="AS30">
+        <v>788268618887</v>
       </c>
       <c r="AT30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU30">
-        <v>523500016994</v>
+        <v>523500017663</v>
       </c>
       <c r="AV30" t="s">
         <v>74</v>
       </c>
       <c r="AW30">
-        <v>1010581</v>
+        <v>1010677</v>
       </c>
       <c r="AX30" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY30">
+        <v>994061545</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA30" t="s">
         <v>85</v>
       </c>
-      <c r="AY30">
-[...7 lines deleted...]
-      </c>
       <c r="BB30" t="s">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="BC30" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="BD30" t="s">
-        <v>586</v>
+        <v>569</v>
       </c>
       <c r="BE30" t="s">
-        <v>587</v>
+        <v>570</v>
       </c>
       <c r="BF30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG30" t="s">
-        <v>588</v>
+        <v>571</v>
       </c>
       <c r="BH30">
         <v>10</v>
       </c>
       <c r="BI30" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ30" t="s">
         <v>90</v>
       </c>
-      <c r="BJ30" t="s">
+      <c r="BK30" t="s">
         <v>91</v>
       </c>
-      <c r="BK30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL30" t="s">
-        <v>456</v>
+        <v>572</v>
       </c>
       <c r="BM30" t="s">
-        <v>590</v>
+        <v>573</v>
       </c>
       <c r="BN30" t="s">
-        <v>591</v>
+        <v>574</v>
       </c>
       <c r="BO30">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="BP30" t="s">
-        <v>491</v>
+        <v>285</v>
       </c>
       <c r="BQ30"/>
       <c r="BR30">
-        <v>47991</v>
+        <v>442987</v>
       </c>
       <c r="BS30" t="s">
-        <v>592</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>593</v>
+        <v>575</v>
       </c>
       <c r="C31" t="s">
-        <v>594</v>
+        <v>576</v>
       </c>
       <c r="D31">
-        <v>561655</v>
+        <v>565415</v>
       </c>
       <c r="E31">
-        <v>50.61</v>
+        <v>153.35</v>
       </c>
       <c r="F31" t="s">
-        <v>595</v>
+        <v>577</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>596</v>
+        <v>578</v>
       </c>
       <c r="I31">
-        <v>25.99</v>
+        <v>79</v>
       </c>
       <c r="J31" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="K31" t="s">
-        <v>577</v>
+        <v>101</v>
       </c>
       <c r="L31" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="M31" t="s">
         <v>74</v>
       </c>
       <c r="N31" t="s">
         <v>75</v>
       </c>
       <c r="O31">
-        <v>523500017012</v>
+        <v>523500017646</v>
       </c>
       <c r="P31">
-        <v>279603850</v>
+        <v>70711400</v>
       </c>
       <c r="Q31" t="s">
-        <v>593</v>
+        <v>575</v>
       </c>
       <c r="R31" t="s">
-        <v>598</v>
+        <v>581</v>
       </c>
       <c r="S31" t="s">
-        <v>598</v>
+        <v>581</v>
       </c>
       <c r="T31" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U31" t="s">
-        <v>594</v>
+        <v>576</v>
       </c>
       <c r="V31">
-        <v>561655</v>
+        <v>565415</v>
       </c>
       <c r="W31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X31">
-        <v>50.61</v>
+        <v>153.35</v>
       </c>
       <c r="Y31">
-        <v>967.95</v>
+        <v>965.05</v>
       </c>
       <c r="Z31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>70</v>
       </c>
       <c r="AC31" t="s">
-        <v>595</v>
+        <v>577</v>
       </c>
       <c r="AD31">
-        <v>279603850</v>
+        <v>70711400</v>
       </c>
       <c r="AE31" t="s">
-        <v>599</v>
+        <v>582</v>
       </c>
       <c r="AF31">
-        <v>932619908</v>
+        <v>954480696</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>600</v>
+        <v>583</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>601</v>
+        <v>282</v>
       </c>
       <c r="AK31" t="s">
         <v>70</v>
       </c>
       <c r="AL31" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="AM31" t="s">
-        <v>83</v>
+        <v>283</v>
       </c>
       <c r="AN31" t="s">
-        <v>596</v>
+        <v>578</v>
       </c>
       <c r="AO31">
-        <v>25.99</v>
+        <v>79</v>
       </c>
       <c r="AP31" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      <c r="AS31"/>
+        <v>584</v>
+      </c>
+      <c r="AQ31" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>286</v>
+      </c>
+      <c r="AS31">
+        <v>788204161301</v>
+      </c>
       <c r="AT31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU31">
-        <v>523500017012</v>
+        <v>523500017646</v>
       </c>
       <c r="AV31" t="s">
         <v>74</v>
       </c>
       <c r="AW31">
-        <v>1010588</v>
+        <v>1010677</v>
       </c>
       <c r="AX31" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY31" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="AZ31" t="s">
         <v>74</v>
       </c>
       <c r="BA31" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB31" t="s">
-        <v>593</v>
+        <v>575</v>
       </c>
       <c r="BC31" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="BD31" t="s">
-        <v>603</v>
+        <v>585</v>
       </c>
       <c r="BE31" t="s">
-        <v>604</v>
+        <v>570</v>
       </c>
       <c r="BF31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG31" t="s">
-        <v>605</v>
+        <v>586</v>
       </c>
       <c r="BH31">
+        <v>12</v>
+      </c>
+      <c r="BI31" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ31" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK31" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL31" t="s">
+        <v>572</v>
+      </c>
+      <c r="BM31" t="s">
+        <v>587</v>
+      </c>
+      <c r="BN31" t="s">
+        <v>588</v>
+      </c>
+      <c r="BO31">
         <v>16</v>
       </c>
-      <c r="BI31" t="s">
-[...20 lines deleted...]
-      <c r="BP31"/>
+      <c r="BP31" t="s">
+        <v>285</v>
+      </c>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>48988</v>
+        <v>147990</v>
       </c>
       <c r="BS31" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>608</v>
+        <v>589</v>
       </c>
       <c r="C32" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="D32">
-        <v>560455</v>
+        <v>565361</v>
       </c>
       <c r="E32">
-        <v>114.86</v>
+        <v>84.96</v>
       </c>
       <c r="F32" t="s">
-        <v>610</v>
+        <v>591</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
-        <v>611</v>
+        <v>592</v>
       </c>
       <c r="I32">
-        <v>46.99</v>
+        <v>35.45</v>
       </c>
       <c r="J32" t="s">
-        <v>612</v>
+        <v>593</v>
       </c>
       <c r="K32" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>298</v>
+      </c>
+      <c r="L32">
+        <v>994061561</v>
       </c>
       <c r="M32" t="s">
         <v>74</v>
       </c>
       <c r="N32" t="s">
         <v>75</v>
       </c>
       <c r="O32">
-        <v>523500016721</v>
-[...2 lines deleted...]
-        <v>65171570</v>
+        <v>523500017640</v>
+      </c>
+      <c r="P32" t="s">
+        <v>594</v>
       </c>
       <c r="Q32" t="s">
-        <v>608</v>
+        <v>589</v>
       </c>
       <c r="R32" t="s">
-        <v>614</v>
+        <v>595</v>
       </c>
       <c r="S32" t="s">
-        <v>614</v>
+        <v>595</v>
       </c>
       <c r="T32" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U32" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="V32">
-        <v>560455</v>
+        <v>565361</v>
       </c>
       <c r="W32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X32">
-        <v>114.86</v>
+        <v>84.96</v>
       </c>
       <c r="Y32">
-        <v>940.17</v>
+        <v>965.05</v>
       </c>
       <c r="Z32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>70</v>
       </c>
       <c r="AC32" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>65171570</v>
+        <v>591</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>594</v>
       </c>
       <c r="AE32" t="s">
-        <v>615</v>
+        <v>596</v>
       </c>
       <c r="AF32">
-        <v>999938596</v>
+        <v>941066227</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>616</v>
+        <v>597</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>308</v>
+        <v>598</v>
       </c>
       <c r="AK32" t="s">
         <v>70</v>
       </c>
       <c r="AL32" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="AM32"/>
       <c r="AN32" t="s">
-        <v>611</v>
+        <v>592</v>
       </c>
       <c r="AO32">
-        <v>46.99</v>
+        <v>35.45</v>
       </c>
       <c r="AP32" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      <c r="AS32"/>
+        <v>599</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>600</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>601</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>602</v>
+      </c>
       <c r="AT32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU32">
-        <v>523500016721</v>
+        <v>523500017640</v>
       </c>
       <c r="AV32" t="s">
         <v>74</v>
       </c>
       <c r="AW32">
-        <v>1010544</v>
+        <v>1010677</v>
       </c>
       <c r="AX32" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>84</v>
+      </c>
+      <c r="AY32">
+        <v>994061561</v>
       </c>
       <c r="AZ32" t="s">
         <v>74</v>
       </c>
       <c r="BA32" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB32" t="s">
-        <v>608</v>
+        <v>589</v>
       </c>
       <c r="BC32" t="s">
-        <v>612</v>
+        <v>593</v>
       </c>
       <c r="BD32" t="s">
-        <v>618</v>
+        <v>603</v>
       </c>
       <c r="BE32" t="s">
-        <v>619</v>
+        <v>570</v>
       </c>
       <c r="BF32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG32" t="s">
-        <v>620</v>
+        <v>604</v>
       </c>
       <c r="BH32">
-        <v>15</v>
+        <v>149</v>
       </c>
       <c r="BI32" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ32" t="s">
         <v>90</v>
       </c>
-      <c r="BJ32" t="s">
+      <c r="BK32" t="s">
         <v>91</v>
       </c>
-      <c r="BK32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL32" t="s">
-        <v>621</v>
+        <v>572</v>
       </c>
       <c r="BM32" t="s">
-        <v>622</v>
+        <v>605</v>
       </c>
       <c r="BN32" t="s">
-        <v>623</v>
+        <v>606</v>
       </c>
       <c r="BO32">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="BP32"/>
+        <v>7</v>
+      </c>
+      <c r="BP32" t="s">
+        <v>607</v>
+      </c>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>107988</v>
+        <v>81991</v>
       </c>
       <c r="BS32" t="s">
-        <v>194</v>
+        <v>608</v>
       </c>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>624</v>
+        <v>609</v>
       </c>
       <c r="C33" t="s">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="D33">
-        <v>559872</v>
+        <v>564196</v>
       </c>
       <c r="E33">
-        <v>186.22</v>
+        <v>151.28</v>
       </c>
       <c r="F33" t="s">
-        <v>626</v>
+        <v>611</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
-        <v>627</v>
+        <v>612</v>
       </c>
       <c r="I33">
-        <v>123.75</v>
+        <v>66</v>
       </c>
       <c r="J33" t="s">
-        <v>628</v>
+        <v>613</v>
       </c>
       <c r="K33" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>614</v>
+      </c>
+      <c r="L33">
+        <v>993189092</v>
       </c>
       <c r="M33" t="s">
         <v>74</v>
       </c>
       <c r="N33" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O33">
-        <v>523500016602</v>
+        <v>523500017364</v>
       </c>
       <c r="P33">
-        <v>190579921</v>
+        <v>174341249</v>
       </c>
       <c r="Q33" t="s">
-        <v>624</v>
+        <v>609</v>
       </c>
       <c r="R33" t="s">
-        <v>630</v>
+        <v>615</v>
       </c>
       <c r="S33" t="s">
-        <v>631</v>
+        <v>615</v>
       </c>
       <c r="T33" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U33" t="s">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="V33">
-        <v>559872</v>
+        <v>564196</v>
       </c>
       <c r="W33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X33">
-        <v>186.22</v>
+        <v>151.28</v>
       </c>
       <c r="Y33">
-        <v>934.35</v>
+        <v>965.05</v>
       </c>
       <c r="Z33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>70</v>
       </c>
       <c r="AC33" t="s">
-        <v>626</v>
+        <v>611</v>
       </c>
       <c r="AD33">
-        <v>190579921</v>
+        <v>174341249</v>
       </c>
       <c r="AE33" t="s">
-        <v>632</v>
+        <v>616</v>
       </c>
       <c r="AF33">
-        <v>965024934</v>
+        <v>988692301</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>633</v>
+        <v>617</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>634</v>
+        <v>324</v>
       </c>
       <c r="AK33" t="s">
         <v>70</v>
       </c>
       <c r="AL33" t="s">
-        <v>628</v>
-[...1 lines deleted...]
-      <c r="AM33"/>
+        <v>613</v>
+      </c>
+      <c r="AM33" t="s">
+        <v>82</v>
+      </c>
       <c r="AN33" t="s">
-        <v>627</v>
+        <v>612</v>
       </c>
       <c r="AO33">
-        <v>123.75</v>
+        <v>66</v>
       </c>
       <c r="AP33" t="s">
-        <v>635</v>
+        <v>618</v>
       </c>
       <c r="AQ33" t="s">
-        <v>163</v>
+        <v>600</v>
       </c>
       <c r="AR33" t="s">
-        <v>584</v>
+        <v>601</v>
       </c>
       <c r="AS33" t="s">
-        <v>636</v>
+        <v>619</v>
       </c>
       <c r="AT33" t="s">
-        <v>637</v>
+        <v>620</v>
       </c>
       <c r="AU33">
-        <v>523500016602</v>
+        <v>523500017364</v>
       </c>
       <c r="AV33" t="s">
         <v>74</v>
       </c>
       <c r="AW33">
-        <v>1010525</v>
+        <v>1010638</v>
       </c>
       <c r="AX33" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>84</v>
+      </c>
+      <c r="AY33">
+        <v>993189092</v>
       </c>
       <c r="AZ33" t="s">
         <v>74</v>
       </c>
       <c r="BA33" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB33" t="s">
+        <v>609</v>
+      </c>
+      <c r="BC33" t="s">
+        <v>613</v>
+      </c>
+      <c r="BD33" t="s">
+        <v>621</v>
+      </c>
+      <c r="BE33" t="s">
+        <v>622</v>
+      </c>
+      <c r="BF33" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG33" t="s">
+        <v>623</v>
+      </c>
+      <c r="BH33">
+        <v>24</v>
+      </c>
+      <c r="BI33" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ33" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK33" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL33" t="s">
+        <v>572</v>
+      </c>
+      <c r="BM33" t="s">
         <v>624</v>
       </c>
-      <c r="BC33" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BN33" t="s">
-        <v>642</v>
+        <v>625</v>
       </c>
       <c r="BO33">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="BP33" t="s">
-        <v>193</v>
+        <v>607</v>
       </c>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>173995</v>
+        <v>145993</v>
       </c>
       <c r="BS33" t="s">
-        <v>194</v>
+        <v>608</v>
       </c>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>643</v>
+        <v>626</v>
       </c>
       <c r="C34" t="s">
-        <v>644</v>
+        <v>627</v>
       </c>
       <c r="D34">
-        <v>559337</v>
+        <v>564092</v>
       </c>
       <c r="E34">
-        <v>59.66</v>
+        <v>144.02</v>
       </c>
       <c r="F34" t="s">
-        <v>645</v>
+        <v>628</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
-        <v>646</v>
+        <v>629</v>
       </c>
       <c r="I34">
-        <v>27.98</v>
+        <v>67.49</v>
       </c>
       <c r="J34" t="s">
-        <v>647</v>
+        <v>630</v>
       </c>
       <c r="K34" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>404</v>
+      </c>
+      <c r="L34">
+        <v>993308530</v>
       </c>
       <c r="M34" t="s">
         <v>74</v>
       </c>
       <c r="N34" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O34">
-        <v>523500016404</v>
+        <v>523500017418</v>
       </c>
       <c r="P34">
-        <v>170843630</v>
+        <v>117457052</v>
       </c>
       <c r="Q34" t="s">
-        <v>643</v>
+        <v>626</v>
       </c>
       <c r="R34" t="s">
-        <v>649</v>
+        <v>631</v>
       </c>
       <c r="S34" t="s">
-        <v>649</v>
+        <v>631</v>
       </c>
       <c r="T34" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U34" t="s">
-        <v>644</v>
+        <v>627</v>
       </c>
       <c r="V34">
-        <v>559337</v>
+        <v>564092</v>
       </c>
       <c r="W34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X34">
-        <v>59.66</v>
+        <v>144.02</v>
       </c>
       <c r="Y34">
-        <v>972</v>
+        <v>965.05</v>
       </c>
       <c r="Z34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>70</v>
       </c>
       <c r="AC34" t="s">
-        <v>645</v>
+        <v>628</v>
       </c>
       <c r="AD34">
-        <v>170843630</v>
+        <v>117457052</v>
       </c>
       <c r="AE34" t="s">
-        <v>650</v>
+        <v>632</v>
       </c>
       <c r="AF34">
-        <v>78363115</v>
+        <v>976489027</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>651</v>
+        <v>633</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>652</v>
+        <v>200</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="AM34"/>
+        <v>630</v>
+      </c>
+      <c r="AM34" t="s">
+        <v>82</v>
+      </c>
       <c r="AN34" t="s">
-        <v>646</v>
+        <v>629</v>
       </c>
       <c r="AO34">
-        <v>27.98</v>
+        <v>67.49</v>
       </c>
       <c r="AP34" t="s">
-        <v>653</v>
+        <v>634</v>
       </c>
       <c r="AQ34" t="s">
-        <v>163</v>
+        <v>600</v>
       </c>
       <c r="AR34" t="s">
-        <v>584</v>
+        <v>601</v>
       </c>
       <c r="AS34" t="s">
-        <v>654</v>
+        <v>635</v>
       </c>
       <c r="AT34" t="s">
-        <v>655</v>
+        <v>620</v>
       </c>
       <c r="AU34">
-        <v>523500016404</v>
+        <v>523500017418</v>
       </c>
       <c r="AV34" t="s">
         <v>74</v>
       </c>
       <c r="AW34">
-        <v>1010492</v>
+        <v>1010648</v>
       </c>
       <c r="AX34" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>84</v>
+      </c>
+      <c r="AY34">
+        <v>993308530</v>
       </c>
       <c r="AZ34" t="s">
         <v>74</v>
       </c>
       <c r="BA34" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB34" t="s">
-        <v>643</v>
+        <v>626</v>
       </c>
       <c r="BC34" t="s">
-        <v>647</v>
+        <v>630</v>
       </c>
       <c r="BD34" t="s">
-        <v>656</v>
+        <v>636</v>
       </c>
       <c r="BE34" t="s">
-        <v>657</v>
+        <v>637</v>
       </c>
       <c r="BF34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG34" t="s">
-        <v>658</v>
+        <v>638</v>
       </c>
       <c r="BH34">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="BI34" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ34" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK34" t="s">
         <v>91</v>
       </c>
-      <c r="BK34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL34" t="s">
-        <v>659</v>
+        <v>572</v>
       </c>
       <c r="BM34" t="s">
-        <v>660</v>
+        <v>639</v>
       </c>
       <c r="BN34" t="s">
-        <v>661</v>
+        <v>640</v>
       </c>
       <c r="BO34">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="BP34" t="s">
-        <v>193</v>
+        <v>607</v>
       </c>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>57990</v>
+        <v>138987</v>
       </c>
       <c r="BS34" t="s">
-        <v>194</v>
+        <v>608</v>
       </c>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>662</v>
+        <v>641</v>
       </c>
       <c r="C35" t="s">
-        <v>663</v>
+        <v>642</v>
       </c>
       <c r="D35">
-        <v>558674</v>
+        <v>563476</v>
       </c>
       <c r="E35">
-        <v>75.09</v>
+        <v>61.13</v>
       </c>
       <c r="F35" t="s">
-        <v>664</v>
+        <v>643</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
       <c r="I35">
-        <v>28</v>
+        <v>27.99</v>
       </c>
       <c r="J35" t="s">
-        <v>666</v>
+        <v>645</v>
       </c>
       <c r="K35" t="s">
-        <v>340</v>
+        <v>646</v>
       </c>
       <c r="L35" t="s">
-        <v>667</v>
+        <v>647</v>
       </c>
       <c r="M35" t="s">
         <v>74</v>
       </c>
       <c r="N35" t="s">
         <v>75</v>
       </c>
       <c r="O35">
-        <v>523500016298</v>
+        <v>523500017197</v>
       </c>
       <c r="P35">
-        <v>171233623</v>
+        <v>141127926</v>
       </c>
       <c r="Q35" t="s">
-        <v>662</v>
+        <v>641</v>
       </c>
       <c r="R35" t="s">
-        <v>662</v>
+        <v>648</v>
       </c>
       <c r="S35" t="s">
-        <v>668</v>
+        <v>649</v>
       </c>
       <c r="T35" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U35" t="s">
-        <v>663</v>
+        <v>642</v>
       </c>
       <c r="V35">
-        <v>558674</v>
+        <v>563476</v>
       </c>
       <c r="W35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X35">
-        <v>75.09</v>
+        <v>61.13</v>
       </c>
       <c r="Y35">
-        <v>972</v>
+        <v>965.05</v>
       </c>
       <c r="Z35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>70</v>
       </c>
       <c r="AC35" t="s">
-        <v>664</v>
+        <v>643</v>
       </c>
       <c r="AD35">
-        <v>171233623</v>
+        <v>141127926</v>
       </c>
       <c r="AE35" t="s">
-        <v>669</v>
+        <v>650</v>
       </c>
       <c r="AF35">
-        <v>949159615</v>
+        <v>976085920</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>670</v>
+        <v>651</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>671</v>
+        <v>652</v>
       </c>
       <c r="AK35" t="s">
         <v>70</v>
       </c>
       <c r="AL35" t="s">
-        <v>666</v>
+        <v>645</v>
       </c>
       <c r="AM35" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN35" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
       <c r="AO35">
-        <v>28</v>
+        <v>27.99</v>
       </c>
       <c r="AP35" t="s">
-        <v>672</v>
-[...9 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="AQ35"/>
+      <c r="AR35"/>
+      <c r="AS35"/>
       <c r="AT35" t="s">
-        <v>674</v>
+        <v>78</v>
       </c>
       <c r="AU35">
-        <v>523500016298</v>
+        <v>523500017197</v>
       </c>
       <c r="AV35" t="s">
         <v>74</v>
       </c>
       <c r="AW35">
-        <v>1010481</v>
+        <v>1010621</v>
       </c>
       <c r="AX35" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY35" t="s">
-        <v>667</v>
+        <v>647</v>
       </c>
       <c r="AZ35" t="s">
         <v>74</v>
       </c>
       <c r="BA35" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB35" t="s">
-        <v>662</v>
+        <v>641</v>
       </c>
       <c r="BC35" t="s">
-        <v>666</v>
+        <v>645</v>
       </c>
       <c r="BD35" t="s">
-        <v>675</v>
+        <v>654</v>
       </c>
       <c r="BE35" t="s">
-        <v>676</v>
+        <v>655</v>
       </c>
       <c r="BF35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG35" t="s">
-        <v>677</v>
+        <v>656</v>
       </c>
       <c r="BH35">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="BI35" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ35" t="s">
         <v>90</v>
       </c>
-      <c r="BJ35" t="s">
+      <c r="BK35" t="s">
         <v>91</v>
       </c>
-      <c r="BK35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL35" t="s">
-        <v>659</v>
+        <v>572</v>
       </c>
       <c r="BM35" t="s">
-        <v>678</v>
+        <v>657</v>
       </c>
       <c r="BN35" t="s">
-        <v>679</v>
+        <v>658</v>
       </c>
       <c r="BO35">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>72987</v>
+        <v>58994</v>
       </c>
       <c r="BS35" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>680</v>
+        <v>659</v>
       </c>
       <c r="C36" t="s">
-        <v>681</v>
+        <v>660</v>
       </c>
       <c r="D36">
-        <v>556893</v>
+        <v>563373</v>
       </c>
       <c r="E36">
-        <v>58.63</v>
+        <v>205.16</v>
       </c>
       <c r="F36" t="s">
-        <v>682</v>
+        <v>661</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>683</v>
+        <v>662</v>
       </c>
       <c r="I36">
-        <v>26.89</v>
+        <v>89</v>
       </c>
       <c r="J36" t="s">
-        <v>684</v>
+        <v>663</v>
       </c>
       <c r="K36" t="s">
-        <v>176</v>
+        <v>101</v>
       </c>
       <c r="L36" t="s">
-        <v>685</v>
+        <v>664</v>
       </c>
       <c r="M36" t="s">
         <v>74</v>
       </c>
       <c r="N36" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O36">
-        <v>523500015961</v>
+        <v>523500017225</v>
       </c>
       <c r="P36">
-        <v>151519024</v>
+        <v>222152747</v>
       </c>
       <c r="Q36" t="s">
-        <v>680</v>
+        <v>659</v>
       </c>
       <c r="R36" t="s">
-        <v>686</v>
+        <v>665</v>
       </c>
       <c r="S36" t="s">
-        <v>687</v>
+        <v>665</v>
       </c>
       <c r="T36" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U36" t="s">
-        <v>681</v>
+        <v>660</v>
       </c>
       <c r="V36">
-        <v>556893</v>
+        <v>563373</v>
       </c>
       <c r="W36" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X36">
-        <v>58.63</v>
+        <v>205.16</v>
       </c>
       <c r="Y36">
-        <v>972</v>
+        <v>965.05</v>
       </c>
       <c r="Z36" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>70</v>
       </c>
       <c r="AC36" t="s">
-        <v>682</v>
+        <v>661</v>
       </c>
       <c r="AD36">
-        <v>151519024</v>
+        <v>222152747</v>
       </c>
       <c r="AE36" t="s">
-        <v>688</v>
+        <v>666</v>
       </c>
       <c r="AF36">
-        <v>962180513</v>
+        <v>994707854</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>689</v>
+        <v>667</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>451</v>
+        <v>304</v>
       </c>
       <c r="AK36" t="s">
         <v>70</v>
       </c>
       <c r="AL36" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="AM36"/>
+        <v>663</v>
+      </c>
+      <c r="AM36" t="s">
+        <v>283</v>
+      </c>
       <c r="AN36" t="s">
-        <v>683</v>
+        <v>662</v>
       </c>
       <c r="AO36">
-        <v>26.89</v>
+        <v>89</v>
       </c>
       <c r="AP36" t="s">
-        <v>690</v>
+        <v>668</v>
       </c>
       <c r="AQ36" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR36" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>691</v>
+        <v>286</v>
+      </c>
+      <c r="AS36">
+        <v>786720095223</v>
       </c>
       <c r="AT36" t="s">
-        <v>692</v>
+        <v>78</v>
       </c>
       <c r="AU36">
-        <v>523500015961</v>
+        <v>523500017225</v>
       </c>
       <c r="AV36" t="s">
         <v>74</v>
       </c>
       <c r="AW36">
-        <v>1010405</v>
+        <v>1010632</v>
       </c>
       <c r="AX36" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY36" t="s">
-        <v>685</v>
+        <v>664</v>
       </c>
       <c r="AZ36" t="s">
         <v>74</v>
       </c>
       <c r="BA36" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB36" t="s">
-        <v>680</v>
+        <v>659</v>
       </c>
       <c r="BC36" t="s">
-        <v>684</v>
+        <v>663</v>
       </c>
       <c r="BD36" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
       <c r="BE36" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
       <c r="BF36" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG36" t="s">
-        <v>695</v>
+        <v>671</v>
       </c>
       <c r="BH36">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="BI36" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ36" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK36" t="s">
         <v>91</v>
       </c>
-      <c r="BK36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL36" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="BM36" t="s">
-        <v>696</v>
+        <v>672</v>
       </c>
       <c r="BN36" t="s">
-        <v>697</v>
+        <v>673</v>
       </c>
       <c r="BO36">
-        <v>135</v>
+        <v>37</v>
       </c>
       <c r="BP36" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>56988</v>
+        <v>197990</v>
       </c>
       <c r="BS36" t="s">
-        <v>194</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="C37" t="s">
-        <v>699</v>
+        <v>675</v>
       </c>
       <c r="D37">
-        <v>556649</v>
+        <v>563304</v>
       </c>
       <c r="E37">
-        <v>37.03</v>
+        <v>37.29</v>
       </c>
       <c r="F37" t="s">
-        <v>700</v>
+        <v>676</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>701</v>
+        <v>677</v>
       </c>
       <c r="I37">
-        <v>14.99</v>
+        <v>14.97</v>
       </c>
       <c r="J37" t="s">
-        <v>702</v>
+        <v>663</v>
       </c>
       <c r="K37" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>646</v>
+      </c>
+      <c r="L37">
+        <v>992987457</v>
       </c>
       <c r="M37" t="s">
         <v>74</v>
       </c>
       <c r="N37" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="O37">
-        <v>523500015929</v>
+        <v>523500017211</v>
       </c>
       <c r="P37">
-        <v>171325080</v>
+        <v>108748826</v>
       </c>
       <c r="Q37" t="s">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="R37" t="s">
-        <v>704</v>
+        <v>674</v>
       </c>
       <c r="S37" t="s">
-        <v>704</v>
+        <v>678</v>
       </c>
       <c r="T37" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U37" t="s">
-        <v>699</v>
+        <v>675</v>
       </c>
       <c r="V37">
-        <v>556649</v>
+        <v>563304</v>
       </c>
       <c r="W37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X37">
-        <v>37.03</v>
+        <v>37.29</v>
       </c>
       <c r="Y37">
-        <v>972</v>
+        <v>965.05</v>
       </c>
       <c r="Z37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>70</v>
       </c>
       <c r="AC37" t="s">
-        <v>700</v>
+        <v>676</v>
       </c>
       <c r="AD37">
-        <v>171325080</v>
+        <v>108748826</v>
       </c>
       <c r="AE37" t="s">
-        <v>705</v>
+        <v>679</v>
       </c>
       <c r="AF37">
-        <v>979865022</v>
+        <v>990517067</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>706</v>
+        <v>680</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>204</v>
+        <v>324</v>
       </c>
       <c r="AK37" t="s">
         <v>70</v>
       </c>
       <c r="AL37" t="s">
-        <v>702</v>
+        <v>663</v>
       </c>
       <c r="AM37" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN37" t="s">
-        <v>701</v>
+        <v>677</v>
       </c>
       <c r="AO37">
-        <v>14.99</v>
+        <v>14.97</v>
       </c>
       <c r="AP37" t="s">
-        <v>707</v>
+        <v>681</v>
       </c>
       <c r="AQ37" t="s">
-        <v>163</v>
+        <v>600</v>
       </c>
       <c r="AR37" t="s">
-        <v>237</v>
+        <v>601</v>
       </c>
       <c r="AS37" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="AT37" t="s">
-        <v>709</v>
+        <v>78</v>
       </c>
       <c r="AU37">
-        <v>523500015929</v>
+        <v>523500017211</v>
       </c>
       <c r="AV37" t="s">
         <v>74</v>
       </c>
       <c r="AW37">
-        <v>1010399</v>
+        <v>1010632</v>
       </c>
       <c r="AX37" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>84</v>
+      </c>
+      <c r="AY37">
+        <v>992987457</v>
       </c>
       <c r="AZ37" t="s">
         <v>74</v>
       </c>
       <c r="BA37" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB37" t="s">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="BC37" t="s">
-        <v>702</v>
+        <v>663</v>
       </c>
       <c r="BD37" t="s">
-        <v>710</v>
+        <v>683</v>
       </c>
       <c r="BE37" t="s">
-        <v>711</v>
+        <v>670</v>
       </c>
       <c r="BF37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG37" t="s">
-        <v>712</v>
+        <v>684</v>
       </c>
       <c r="BH37">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="BI37" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ37" t="s">
         <v>90</v>
       </c>
-      <c r="BJ37" t="s">
+      <c r="BK37" t="s">
         <v>91</v>
       </c>
-      <c r="BK37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL37" t="s">
-        <v>713</v>
+        <v>685</v>
       </c>
       <c r="BM37" t="s">
-        <v>714</v>
+        <v>686</v>
       </c>
       <c r="BN37" t="s">
-        <v>715</v>
+        <v>687</v>
       </c>
       <c r="BO37">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="BP37" t="s">
-        <v>193</v>
+        <v>607</v>
       </c>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>35993</v>
+        <v>35987</v>
       </c>
       <c r="BS37" t="s">
-        <v>194</v>
+        <v>608</v>
       </c>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>716</v>
+        <v>688</v>
       </c>
       <c r="C38" t="s">
-        <v>717</v>
+        <v>689</v>
       </c>
       <c r="D38">
-        <v>555657</v>
+        <v>561675</v>
       </c>
       <c r="E38">
-        <v>832.29</v>
+        <v>49.58</v>
       </c>
       <c r="F38" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="I38">
-        <v>424.1</v>
+        <v>20.89</v>
       </c>
       <c r="J38" t="s">
-        <v>720</v>
+        <v>692</v>
       </c>
       <c r="K38" t="s">
-        <v>155</v>
+        <v>693</v>
       </c>
       <c r="L38">
-        <v>987388366</v>
+        <v>991906183</v>
       </c>
       <c r="M38" t="s">
         <v>74</v>
       </c>
       <c r="N38" t="s">
         <v>75</v>
       </c>
       <c r="O38">
-        <v>523500015597</v>
+        <v>523500016994</v>
       </c>
       <c r="P38">
-        <v>80460139</v>
+        <v>163549158</v>
       </c>
       <c r="Q38" t="s">
-        <v>716</v>
+        <v>688</v>
       </c>
       <c r="R38" t="s">
-        <v>721</v>
+        <v>694</v>
       </c>
       <c r="S38" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="T38" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U38" t="s">
-        <v>717</v>
+        <v>689</v>
       </c>
       <c r="V38">
-        <v>555657</v>
+        <v>561675</v>
       </c>
       <c r="W38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X38">
-        <v>832.29</v>
+        <v>49.58</v>
       </c>
       <c r="Y38">
-        <v>972</v>
+        <v>967.95</v>
       </c>
       <c r="Z38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>70</v>
       </c>
       <c r="AC38" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="AD38">
-        <v>80460139</v>
+        <v>163549158</v>
       </c>
       <c r="AE38" t="s">
-        <v>722</v>
+        <v>696</v>
       </c>
       <c r="AF38">
-        <v>985118157</v>
+        <v>966661674</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>723</v>
+        <v>697</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>724</v>
+        <v>698</v>
       </c>
       <c r="AK38" t="s">
         <v>70</v>
       </c>
       <c r="AL38" t="s">
-        <v>720</v>
+        <v>692</v>
       </c>
       <c r="AM38" t="s">
-        <v>161</v>
+        <v>82</v>
       </c>
       <c r="AN38" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="AO38">
-        <v>424.1</v>
+        <v>20.89</v>
       </c>
       <c r="AP38" t="s">
-        <v>725</v>
+        <v>699</v>
       </c>
       <c r="AQ38" t="s">
-        <v>163</v>
+        <v>600</v>
       </c>
       <c r="AR38" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>780573921009</v>
+        <v>700</v>
+      </c>
+      <c r="AS38" t="s">
+        <v>701</v>
       </c>
       <c r="AT38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU38">
-        <v>523500015597</v>
+        <v>523500016994</v>
       </c>
       <c r="AV38" t="s">
         <v>74</v>
       </c>
       <c r="AW38">
-        <v>1010357</v>
+        <v>1010581</v>
       </c>
       <c r="AX38" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY38">
+        <v>991906183</v>
+      </c>
+      <c r="AZ38" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA38" t="s">
         <v>85</v>
       </c>
-      <c r="AY38">
-[...7 lines deleted...]
-      </c>
       <c r="BB38" t="s">
-        <v>716</v>
+        <v>688</v>
       </c>
       <c r="BC38" t="s">
-        <v>720</v>
+        <v>692</v>
       </c>
       <c r="BD38" t="s">
-        <v>726</v>
+        <v>702</v>
       </c>
       <c r="BE38" t="s">
-        <v>727</v>
+        <v>703</v>
       </c>
       <c r="BF38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG38" t="s">
-        <v>728</v>
+        <v>704</v>
       </c>
       <c r="BH38">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="BI38" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ38" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="BK38" t="s">
-        <v>589</v>
+        <v>705</v>
       </c>
       <c r="BL38" t="s">
-        <v>729</v>
+        <v>572</v>
       </c>
       <c r="BM38" t="s">
-        <v>730</v>
+        <v>706</v>
       </c>
       <c r="BN38" t="s">
-        <v>731</v>
+        <v>707</v>
       </c>
       <c r="BO38">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="BP38" t="s">
-        <v>163</v>
+        <v>607</v>
       </c>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>808986</v>
+        <v>47991</v>
       </c>
       <c r="BS38" t="s">
-        <v>354</v>
+        <v>708</v>
       </c>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>732</v>
+        <v>709</v>
       </c>
       <c r="C39" t="s">
-        <v>733</v>
+        <v>710</v>
       </c>
       <c r="D39">
-        <v>554489</v>
+        <v>561655</v>
       </c>
       <c r="E39">
-        <v>75.09</v>
+        <v>50.61</v>
       </c>
       <c r="F39" t="s">
-        <v>734</v>
+        <v>711</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
       <c r="H39" t="s">
-        <v>735</v>
+        <v>712</v>
       </c>
       <c r="I39">
-        <v>25.49</v>
+        <v>25.99</v>
       </c>
       <c r="J39" t="s">
-        <v>736</v>
+        <v>692</v>
       </c>
       <c r="K39" t="s">
-        <v>176</v>
+        <v>693</v>
       </c>
       <c r="L39" t="s">
-        <v>737</v>
+        <v>713</v>
       </c>
       <c r="M39" t="s">
         <v>74</v>
       </c>
       <c r="N39" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O39">
-        <v>523500015381</v>
+        <v>523500017012</v>
       </c>
       <c r="P39">
-        <v>139924894</v>
+        <v>279603850</v>
       </c>
       <c r="Q39" t="s">
-        <v>732</v>
+        <v>709</v>
       </c>
       <c r="R39" t="s">
-        <v>738</v>
+        <v>714</v>
       </c>
       <c r="S39" t="s">
-        <v>738</v>
+        <v>714</v>
       </c>
       <c r="T39" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U39" t="s">
-        <v>733</v>
+        <v>710</v>
       </c>
       <c r="V39">
-        <v>554489</v>
+        <v>561655</v>
       </c>
       <c r="W39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X39">
-        <v>75.09</v>
+        <v>50.61</v>
       </c>
       <c r="Y39">
-        <v>972</v>
+        <v>967.95</v>
       </c>
       <c r="Z39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>70</v>
       </c>
       <c r="AC39" t="s">
-        <v>734</v>
+        <v>711</v>
       </c>
       <c r="AD39">
-        <v>139924894</v>
+        <v>279603850</v>
       </c>
       <c r="AE39" t="s">
-        <v>739</v>
+        <v>715</v>
       </c>
       <c r="AF39">
-        <v>996212745</v>
+        <v>932619908</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>740</v>
+        <v>716</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>741</v>
+        <v>717</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="AM39"/>
+        <v>692</v>
+      </c>
+      <c r="AM39" t="s">
+        <v>82</v>
+      </c>
       <c r="AN39" t="s">
-        <v>735</v>
+        <v>712</v>
       </c>
       <c r="AO39">
-        <v>25.49</v>
+        <v>25.99</v>
       </c>
       <c r="AP39" t="s">
-        <v>742</v>
-[...9 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="AQ39"/>
+      <c r="AR39"/>
+      <c r="AS39"/>
       <c r="AT39" t="s">
-        <v>744</v>
+        <v>78</v>
       </c>
       <c r="AU39">
-        <v>523500015381</v>
+        <v>523500017012</v>
       </c>
       <c r="AV39" t="s">
         <v>74</v>
       </c>
       <c r="AW39">
-        <v>1010319</v>
+        <v>1010588</v>
       </c>
       <c r="AX39" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY39" t="s">
-        <v>737</v>
+        <v>713</v>
       </c>
       <c r="AZ39" t="s">
         <v>74</v>
       </c>
       <c r="BA39" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB39" t="s">
-        <v>732</v>
+        <v>709</v>
       </c>
       <c r="BC39" t="s">
-        <v>736</v>
+        <v>692</v>
       </c>
       <c r="BD39" t="s">
-        <v>745</v>
+        <v>719</v>
       </c>
       <c r="BE39" t="s">
-        <v>746</v>
+        <v>720</v>
       </c>
       <c r="BF39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG39" t="s">
-        <v>747</v>
+        <v>721</v>
       </c>
       <c r="BH39">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="BI39" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ39" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK39" t="s">
         <v>91</v>
       </c>
-      <c r="BK39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL39" t="s">
-        <v>748</v>
+        <v>572</v>
       </c>
       <c r="BM39" t="s">
-        <v>749</v>
+        <v>722</v>
       </c>
       <c r="BN39" t="s">
-        <v>750</v>
+        <v>723</v>
       </c>
       <c r="BO39">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
-        <v>72987</v>
+        <v>48988</v>
       </c>
       <c r="BS39" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>751</v>
+        <v>724</v>
       </c>
       <c r="C40" t="s">
-        <v>752</v>
+        <v>725</v>
       </c>
       <c r="D40">
-        <v>554038</v>
+        <v>560455</v>
       </c>
       <c r="E40">
-        <v>115.22</v>
+        <v>114.86</v>
       </c>
       <c r="F40" t="s">
-        <v>753</v>
+        <v>726</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>754</v>
+        <v>727</v>
       </c>
       <c r="I40">
-        <v>54</v>
+        <v>46.99</v>
       </c>
       <c r="J40" t="s">
-        <v>755</v>
+        <v>728</v>
       </c>
       <c r="K40" t="s">
-        <v>155</v>
+        <v>693</v>
       </c>
       <c r="L40" t="s">
-        <v>756</v>
+        <v>729</v>
       </c>
       <c r="M40" t="s">
         <v>74</v>
       </c>
       <c r="N40" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O40">
-        <v>523500015266</v>
+        <v>523500016721</v>
       </c>
       <c r="P40">
-        <v>161473332</v>
+        <v>65171570</v>
       </c>
       <c r="Q40" t="s">
-        <v>751</v>
+        <v>724</v>
       </c>
       <c r="R40" t="s">
-        <v>757</v>
+        <v>730</v>
       </c>
       <c r="S40" t="s">
-        <v>757</v>
+        <v>730</v>
       </c>
       <c r="T40" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U40" t="s">
-        <v>752</v>
+        <v>725</v>
       </c>
       <c r="V40">
-        <v>554038</v>
+        <v>560455</v>
       </c>
       <c r="W40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X40">
-        <v>115.22</v>
+        <v>114.86</v>
       </c>
       <c r="Y40">
-        <v>972</v>
+        <v>940.17</v>
       </c>
       <c r="Z40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>70</v>
       </c>
       <c r="AC40" t="s">
-        <v>753</v>
+        <v>726</v>
       </c>
       <c r="AD40">
-        <v>161473332</v>
+        <v>65171570</v>
       </c>
       <c r="AE40" t="s">
-        <v>758</v>
+        <v>731</v>
       </c>
       <c r="AF40">
-        <v>967048478</v>
+        <v>999938596</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>759</v>
+        <v>732</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>760</v>
+        <v>426</v>
       </c>
       <c r="AK40" t="s">
         <v>70</v>
       </c>
       <c r="AL40" t="s">
-        <v>755</v>
+        <v>728</v>
       </c>
       <c r="AM40" t="s">
-        <v>161</v>
+        <v>82</v>
       </c>
       <c r="AN40" t="s">
-        <v>754</v>
+        <v>727</v>
       </c>
       <c r="AO40">
-        <v>54</v>
+        <v>46.99</v>
       </c>
       <c r="AP40" t="s">
-        <v>761</v>
-[...9 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="AQ40"/>
+      <c r="AR40"/>
+      <c r="AS40"/>
       <c r="AT40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU40">
-        <v>523500015266</v>
+        <v>523500016721</v>
       </c>
       <c r="AV40" t="s">
         <v>74</v>
       </c>
       <c r="AW40">
-        <v>1010311</v>
+        <v>1010544</v>
       </c>
       <c r="AX40" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY40" t="s">
-        <v>756</v>
+        <v>729</v>
       </c>
       <c r="AZ40" t="s">
         <v>74</v>
       </c>
       <c r="BA40" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB40" t="s">
-        <v>751</v>
+        <v>724</v>
       </c>
       <c r="BC40" t="s">
-        <v>755</v>
+        <v>728</v>
       </c>
       <c r="BD40" t="s">
-        <v>762</v>
+        <v>734</v>
       </c>
       <c r="BE40" t="s">
-        <v>763</v>
+        <v>735</v>
       </c>
       <c r="BF40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG40" t="s">
-        <v>764</v>
+        <v>736</v>
       </c>
       <c r="BH40">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="BI40" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ40" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK40" t="s">
         <v>91</v>
       </c>
-      <c r="BK40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL40" t="s">
-        <v>765</v>
+        <v>737</v>
       </c>
       <c r="BM40" t="s">
-        <v>766</v>
+        <v>738</v>
       </c>
       <c r="BN40" t="s">
-        <v>767</v>
+        <v>739</v>
       </c>
       <c r="BO40">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>111994</v>
+        <v>107988</v>
       </c>
       <c r="BS40" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>768</v>
+        <v>740</v>
       </c>
       <c r="C41" t="s">
-        <v>769</v>
+        <v>741</v>
       </c>
       <c r="D41">
-        <v>553970</v>
+        <v>559872</v>
       </c>
       <c r="E41">
-        <v>470.15</v>
+        <v>186.22</v>
       </c>
       <c r="F41" t="s">
-        <v>770</v>
+        <v>742</v>
       </c>
       <c r="G41" t="s">
         <v>70</v>
       </c>
       <c r="H41" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="I41">
-        <v>234.15</v>
+        <v>123.75</v>
       </c>
       <c r="J41" t="s">
-        <v>772</v>
+        <v>744</v>
       </c>
       <c r="K41" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>986230924</v>
+        <v>298</v>
+      </c>
+      <c r="L41" t="s">
+        <v>745</v>
       </c>
       <c r="M41" t="s">
         <v>74</v>
       </c>
       <c r="N41" t="s">
         <v>75</v>
       </c>
       <c r="O41">
-        <v>523500015264</v>
+        <v>523500016602</v>
       </c>
       <c r="P41">
-        <v>158920395</v>
+        <v>190579921</v>
       </c>
       <c r="Q41" t="s">
-        <v>768</v>
+        <v>740</v>
       </c>
       <c r="R41" t="s">
-        <v>773</v>
+        <v>746</v>
       </c>
       <c r="S41" t="s">
-        <v>773</v>
+        <v>747</v>
       </c>
       <c r="T41" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U41" t="s">
-        <v>769</v>
+        <v>741</v>
       </c>
       <c r="V41">
-        <v>553970</v>
+        <v>559872</v>
       </c>
       <c r="W41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X41">
-        <v>470.15</v>
+        <v>186.22</v>
       </c>
       <c r="Y41">
-        <v>972</v>
+        <v>934.35</v>
       </c>
       <c r="Z41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>70</v>
       </c>
       <c r="AC41" t="s">
-        <v>770</v>
+        <v>742</v>
       </c>
       <c r="AD41">
-        <v>158920395</v>
+        <v>190579921</v>
       </c>
       <c r="AE41" t="s">
-        <v>774</v>
+        <v>748</v>
       </c>
       <c r="AF41">
-        <v>987006387</v>
+        <v>965024934</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>775</v>
+        <v>749</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>776</v>
+        <v>750</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
-        <v>772</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="AM41"/>
       <c r="AN41" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="AO41">
-        <v>234.15</v>
+        <v>123.75</v>
       </c>
       <c r="AP41" t="s">
-        <v>777</v>
+        <v>751</v>
       </c>
       <c r="AQ41" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR41" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>398926471657</v>
+        <v>700</v>
+      </c>
+      <c r="AS41" t="s">
+        <v>752</v>
       </c>
       <c r="AT41" t="s">
-        <v>79</v>
+        <v>753</v>
       </c>
       <c r="AU41">
-        <v>523500015264</v>
+        <v>523500016602</v>
       </c>
       <c r="AV41" t="s">
         <v>74</v>
       </c>
       <c r="AW41">
-        <v>1010311</v>
+        <v>1010525</v>
       </c>
       <c r="AX41" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY41" t="s">
+        <v>745</v>
+      </c>
+      <c r="AZ41" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA41" t="s">
         <v>85</v>
       </c>
-      <c r="AY41">
-[...7 lines deleted...]
-      </c>
       <c r="BB41" t="s">
-        <v>768</v>
+        <v>740</v>
       </c>
       <c r="BC41" t="s">
-        <v>772</v>
+        <v>744</v>
       </c>
       <c r="BD41" t="s">
-        <v>778</v>
+        <v>754</v>
       </c>
       <c r="BE41" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="BF41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG41" t="s">
-        <v>779</v>
+        <v>756</v>
       </c>
       <c r="BH41">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="BI41" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ41" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK41" t="s">
         <v>91</v>
       </c>
-      <c r="BK41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL41" t="s">
-        <v>748</v>
+        <v>685</v>
       </c>
       <c r="BM41" t="s">
-        <v>780</v>
+        <v>757</v>
       </c>
       <c r="BN41" t="s">
-        <v>781</v>
+        <v>758</v>
       </c>
       <c r="BO41">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="BP41" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>456986</v>
+        <v>173995</v>
       </c>
       <c r="BS41" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="C42" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="D42">
-        <v>552252</v>
+        <v>559337</v>
       </c>
       <c r="E42">
-        <v>381.68</v>
+        <v>59.66</v>
       </c>
       <c r="F42" t="s">
-        <v>784</v>
+        <v>761</v>
       </c>
       <c r="G42" t="s">
         <v>70</v>
       </c>
       <c r="H42" t="s">
-        <v>785</v>
+        <v>762</v>
       </c>
       <c r="I42">
-        <v>188</v>
+        <v>27.98</v>
       </c>
       <c r="J42" t="s">
-        <v>786</v>
+        <v>763</v>
       </c>
       <c r="K42" t="s">
-        <v>155</v>
+        <v>298</v>
       </c>
       <c r="L42" t="s">
-        <v>787</v>
+        <v>764</v>
       </c>
       <c r="M42" t="s">
         <v>74</v>
       </c>
       <c r="N42" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O42">
-        <v>523500014923</v>
+        <v>523500016404</v>
       </c>
       <c r="P42">
-        <v>46770315</v>
+        <v>170843630</v>
       </c>
       <c r="Q42" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="R42" t="s">
-        <v>788</v>
+        <v>765</v>
       </c>
       <c r="S42" t="s">
-        <v>788</v>
+        <v>765</v>
       </c>
       <c r="T42" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U42" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="V42">
-        <v>552252</v>
+        <v>559337</v>
       </c>
       <c r="W42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X42">
-        <v>381.68</v>
+        <v>59.66</v>
       </c>
       <c r="Y42">
         <v>972</v>
       </c>
       <c r="Z42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>70</v>
       </c>
       <c r="AC42" t="s">
-        <v>784</v>
+        <v>761</v>
       </c>
       <c r="AD42">
-        <v>46770315</v>
+        <v>170843630</v>
       </c>
       <c r="AE42" t="s">
-        <v>789</v>
+        <v>766</v>
       </c>
       <c r="AF42">
-        <v>93307963</v>
+        <v>78363115</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>790</v>
+        <v>767</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>791</v>
+        <v>768</v>
       </c>
       <c r="AK42" t="s">
         <v>70</v>
       </c>
       <c r="AL42" t="s">
-        <v>786</v>
-[...3 lines deleted...]
-      </c>
+        <v>763</v>
+      </c>
+      <c r="AM42"/>
       <c r="AN42" t="s">
-        <v>785</v>
+        <v>762</v>
       </c>
       <c r="AO42">
-        <v>188</v>
+        <v>27.98</v>
       </c>
       <c r="AP42" t="s">
-        <v>792</v>
+        <v>769</v>
       </c>
       <c r="AQ42" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR42" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>397457804796</v>
+        <v>700</v>
+      </c>
+      <c r="AS42" t="s">
+        <v>770</v>
       </c>
       <c r="AT42" t="s">
-        <v>79</v>
+        <v>771</v>
       </c>
       <c r="AU42">
-        <v>523500014923</v>
+        <v>523500016404</v>
       </c>
       <c r="AV42" t="s">
         <v>74</v>
       </c>
       <c r="AW42">
-        <v>1010249</v>
+        <v>1010492</v>
       </c>
       <c r="AX42" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY42" t="s">
-        <v>787</v>
+        <v>764</v>
       </c>
       <c r="AZ42" t="s">
         <v>74</v>
       </c>
       <c r="BA42" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB42" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="BC42" t="s">
-        <v>786</v>
+        <v>763</v>
       </c>
       <c r="BD42" t="s">
-        <v>793</v>
+        <v>772</v>
       </c>
       <c r="BE42" t="s">
-        <v>794</v>
+        <v>773</v>
       </c>
       <c r="BF42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG42" t="s">
-        <v>795</v>
+        <v>774</v>
       </c>
       <c r="BH42">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="BI42" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ42" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK42" t="s">
         <v>91</v>
       </c>
-      <c r="BK42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL42" t="s">
-        <v>569</v>
+        <v>775</v>
       </c>
       <c r="BM42" t="s">
-        <v>796</v>
+        <v>776</v>
       </c>
       <c r="BN42" t="s">
-        <v>797</v>
+        <v>777</v>
       </c>
       <c r="BO42">
-        <v>224</v>
+        <v>85</v>
       </c>
       <c r="BP42" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>370993</v>
+        <v>57990</v>
       </c>
       <c r="BS42" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>798</v>
+        <v>778</v>
       </c>
       <c r="C43" t="s">
-        <v>799</v>
+        <v>779</v>
       </c>
       <c r="D43">
-        <v>551751</v>
+        <v>558674</v>
       </c>
       <c r="E43">
-        <v>548.33</v>
+        <v>75.09</v>
       </c>
       <c r="F43" t="s">
-        <v>800</v>
+        <v>780</v>
       </c>
       <c r="G43" t="s">
         <v>70</v>
       </c>
       <c r="H43" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="I43">
-        <v>266.8</v>
+        <v>28</v>
       </c>
       <c r="J43" t="s">
-        <v>802</v>
+        <v>782</v>
       </c>
       <c r="K43" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>7503928891</v>
+        <v>458</v>
+      </c>
+      <c r="L43" t="s">
+        <v>783</v>
       </c>
       <c r="M43" t="s">
         <v>74</v>
       </c>
       <c r="N43" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="O43">
-        <v>523500014810</v>
+        <v>523500016298</v>
       </c>
       <c r="P43">
-        <v>183404628</v>
+        <v>171233623</v>
       </c>
       <c r="Q43" t="s">
-        <v>798</v>
+        <v>778</v>
       </c>
       <c r="R43" t="s">
-        <v>803</v>
+        <v>778</v>
       </c>
       <c r="S43" t="s">
-        <v>803</v>
+        <v>784</v>
       </c>
       <c r="T43" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U43" t="s">
-        <v>799</v>
+        <v>779</v>
       </c>
       <c r="V43">
-        <v>551751</v>
+        <v>558674</v>
       </c>
       <c r="W43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X43">
-        <v>548.33</v>
+        <v>75.09</v>
       </c>
       <c r="Y43">
         <v>972</v>
       </c>
       <c r="Z43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>70</v>
       </c>
       <c r="AC43" t="s">
-        <v>800</v>
+        <v>780</v>
       </c>
       <c r="AD43">
-        <v>183404628</v>
+        <v>171233623</v>
       </c>
       <c r="AE43" t="s">
-        <v>804</v>
+        <v>785</v>
       </c>
       <c r="AF43">
-        <v>976549738</v>
+        <v>949159615</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>805</v>
+        <v>786</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>291</v>
+        <v>787</v>
       </c>
       <c r="AK43" t="s">
         <v>70</v>
       </c>
       <c r="AL43" t="s">
-        <v>802</v>
+        <v>782</v>
       </c>
       <c r="AM43" t="s">
-        <v>161</v>
+        <v>82</v>
       </c>
       <c r="AN43" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="AO43">
-        <v>266.8</v>
+        <v>28</v>
       </c>
       <c r="AP43" t="s">
-        <v>806</v>
+        <v>788</v>
       </c>
       <c r="AQ43" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR43" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>397105676670</v>
+        <v>700</v>
+      </c>
+      <c r="AS43" t="s">
+        <v>789</v>
       </c>
       <c r="AT43" t="s">
-        <v>79</v>
+        <v>790</v>
       </c>
       <c r="AU43">
-        <v>523500014810</v>
+        <v>523500016298</v>
       </c>
       <c r="AV43" t="s">
         <v>74</v>
       </c>
       <c r="AW43">
-        <v>1010226</v>
+        <v>1010481</v>
       </c>
       <c r="AX43" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>7503928891</v>
+        <v>128</v>
+      </c>
+      <c r="AY43" t="s">
+        <v>783</v>
       </c>
       <c r="AZ43" t="s">
         <v>74</v>
       </c>
       <c r="BA43" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB43" t="s">
-        <v>798</v>
+        <v>778</v>
       </c>
       <c r="BC43" t="s">
-        <v>802</v>
+        <v>782</v>
       </c>
       <c r="BD43" t="s">
-        <v>808</v>
+        <v>791</v>
       </c>
       <c r="BE43" t="s">
-        <v>809</v>
+        <v>792</v>
       </c>
       <c r="BF43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG43" t="s">
-        <v>79</v>
+        <v>793</v>
       </c>
       <c r="BH43">
-        <v>953</v>
+        <v>16</v>
       </c>
       <c r="BI43" t="s">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="BJ43" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK43" t="s">
         <v>91</v>
       </c>
-      <c r="BK43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL43" t="s">
-        <v>456</v>
+        <v>775</v>
       </c>
       <c r="BM43" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="BN43" t="s">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="BO43">
-        <v>225</v>
+        <v>99</v>
       </c>
       <c r="BP43" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>532977</v>
+        <v>72987</v>
       </c>
       <c r="BS43" t="s">
-        <v>354</v>
+        <v>207</v>
       </c>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>812</v>
+        <v>796</v>
       </c>
       <c r="C44" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="D44">
-        <v>551061</v>
+        <v>556893</v>
       </c>
       <c r="E44">
-        <v>403.28</v>
+        <v>58.63</v>
       </c>
       <c r="F44" t="s">
-        <v>814</v>
+        <v>798</v>
       </c>
       <c r="G44" t="s">
         <v>70</v>
       </c>
       <c r="H44" t="s">
-        <v>815</v>
+        <v>799</v>
       </c>
       <c r="I44">
-        <v>199</v>
+        <v>26.89</v>
       </c>
       <c r="J44" t="s">
-        <v>816</v>
+        <v>800</v>
       </c>
       <c r="K44" t="s">
-        <v>155</v>
+        <v>298</v>
       </c>
       <c r="L44" t="s">
-        <v>817</v>
+        <v>801</v>
       </c>
       <c r="M44" t="s">
         <v>74</v>
       </c>
       <c r="N44" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O44">
-        <v>523500014733</v>
+        <v>523500015961</v>
       </c>
       <c r="P44">
-        <v>169686998</v>
+        <v>151519024</v>
       </c>
       <c r="Q44" t="s">
-        <v>812</v>
+        <v>796</v>
       </c>
       <c r="R44" t="s">
-        <v>818</v>
+        <v>802</v>
       </c>
       <c r="S44" t="s">
-        <v>818</v>
+        <v>803</v>
       </c>
       <c r="T44" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U44" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="V44">
-        <v>551061</v>
+        <v>556893</v>
       </c>
       <c r="W44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X44">
-        <v>403.28</v>
+        <v>58.63</v>
       </c>
       <c r="Y44">
         <v>972</v>
       </c>
       <c r="Z44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>70</v>
       </c>
       <c r="AC44" t="s">
-        <v>814</v>
+        <v>798</v>
       </c>
       <c r="AD44">
-        <v>169686998</v>
+        <v>151519024</v>
       </c>
       <c r="AE44" t="s">
-        <v>819</v>
+        <v>804</v>
       </c>
       <c r="AF44">
-        <v>988978917</v>
+        <v>962180513</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>820</v>
+        <v>805</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>821</v>
+        <v>200</v>
       </c>
       <c r="AK44" t="s">
         <v>70</v>
       </c>
       <c r="AL44" t="s">
-        <v>816</v>
-[...3 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="AM44"/>
       <c r="AN44" t="s">
-        <v>815</v>
+        <v>799</v>
       </c>
       <c r="AO44">
-        <v>199</v>
+        <v>26.89</v>
       </c>
       <c r="AP44" t="s">
-        <v>822</v>
+        <v>806</v>
       </c>
       <c r="AQ44" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR44" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>396601561702</v>
+        <v>356</v>
+      </c>
+      <c r="AS44" t="s">
+        <v>807</v>
       </c>
       <c r="AT44" t="s">
-        <v>79</v>
+        <v>808</v>
       </c>
       <c r="AU44">
-        <v>523500014733</v>
+        <v>523500015961</v>
       </c>
       <c r="AV44" t="s">
         <v>74</v>
       </c>
       <c r="AW44">
-        <v>1010208</v>
+        <v>1010405</v>
       </c>
       <c r="AX44" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AY44" t="s">
-        <v>817</v>
+        <v>801</v>
       </c>
       <c r="AZ44" t="s">
         <v>74</v>
       </c>
       <c r="BA44" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB44" t="s">
+        <v>796</v>
+      </c>
+      <c r="BC44" t="s">
+        <v>800</v>
+      </c>
+      <c r="BD44" t="s">
+        <v>809</v>
+      </c>
+      <c r="BE44" t="s">
+        <v>810</v>
+      </c>
+      <c r="BF44" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG44" t="s">
+        <v>811</v>
+      </c>
+      <c r="BH44">
+        <v>23</v>
+      </c>
+      <c r="BI44" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ44" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK44" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL44" t="s">
+        <v>685</v>
+      </c>
+      <c r="BM44" t="s">
         <v>812</v>
       </c>
-      <c r="BC44" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BN44" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="BO44">
-        <v>245</v>
+        <v>135</v>
       </c>
       <c r="BP44" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>391988</v>
+        <v>56988</v>
       </c>
       <c r="BS44" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
       <c r="C45" t="s">
-        <v>830</v>
+        <v>815</v>
       </c>
       <c r="D45">
-        <v>550307</v>
+        <v>556649</v>
       </c>
       <c r="E45">
-        <v>59.66</v>
+        <v>37.03</v>
       </c>
       <c r="F45" t="s">
-        <v>831</v>
+        <v>816</v>
       </c>
       <c r="G45" t="s">
         <v>70</v>
       </c>
       <c r="H45" t="s">
-        <v>832</v>
+        <v>817</v>
       </c>
       <c r="I45">
-        <v>27.99</v>
+        <v>14.99</v>
       </c>
       <c r="J45" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
       <c r="K45" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>982893334</v>
+        <v>693</v>
+      </c>
+      <c r="L45" t="s">
+        <v>819</v>
       </c>
       <c r="M45" t="s">
         <v>74</v>
       </c>
       <c r="N45" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="O45">
-        <v>523500014596</v>
+        <v>523500015929</v>
       </c>
       <c r="P45">
-        <v>98901477</v>
+        <v>171325080</v>
       </c>
       <c r="Q45" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
       <c r="R45" t="s">
-        <v>834</v>
+        <v>820</v>
       </c>
       <c r="S45" t="s">
-        <v>835</v>
+        <v>820</v>
       </c>
       <c r="T45" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U45" t="s">
-        <v>830</v>
+        <v>815</v>
       </c>
       <c r="V45">
-        <v>550307</v>
+        <v>556649</v>
       </c>
       <c r="W45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X45">
-        <v>59.66</v>
+        <v>37.03</v>
       </c>
       <c r="Y45">
         <v>972</v>
       </c>
       <c r="Z45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>70</v>
       </c>
       <c r="AC45" t="s">
-        <v>831</v>
+        <v>816</v>
       </c>
       <c r="AD45">
-        <v>98901477</v>
+        <v>171325080</v>
       </c>
       <c r="AE45" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
       <c r="AF45">
-        <v>79694136</v>
+        <v>979865022</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>837</v>
+        <v>822</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>821</v>
+        <v>324</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="AM45"/>
+        <v>818</v>
+      </c>
+      <c r="AM45" t="s">
+        <v>82</v>
+      </c>
       <c r="AN45" t="s">
-        <v>832</v>
+        <v>817</v>
       </c>
       <c r="AO45">
-        <v>27.99</v>
+        <v>14.99</v>
       </c>
       <c r="AP45" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
       <c r="AQ45" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR45" t="s">
-        <v>584</v>
+        <v>356</v>
       </c>
       <c r="AS45" t="s">
-        <v>839</v>
+        <v>824</v>
       </c>
       <c r="AT45" t="s">
-        <v>840</v>
+        <v>825</v>
       </c>
       <c r="AU45">
-        <v>523500014596</v>
+        <v>523500015929</v>
       </c>
       <c r="AV45" t="s">
         <v>74</v>
       </c>
       <c r="AW45">
-        <v>1010179</v>
+        <v>1010399</v>
       </c>
       <c r="AX45" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY45" t="s">
+        <v>819</v>
+      </c>
+      <c r="AZ45" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA45" t="s">
         <v>85</v>
       </c>
-      <c r="AY45">
-[...7 lines deleted...]
-      </c>
       <c r="BB45" t="s">
+        <v>814</v>
+      </c>
+      <c r="BC45" t="s">
+        <v>818</v>
+      </c>
+      <c r="BD45" t="s">
+        <v>826</v>
+      </c>
+      <c r="BE45" t="s">
+        <v>827</v>
+      </c>
+      <c r="BF45" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG45" t="s">
+        <v>828</v>
+      </c>
+      <c r="BH45">
+        <v>18</v>
+      </c>
+      <c r="BI45" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ45" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK45" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL45" t="s">
         <v>829</v>
       </c>
-      <c r="BC45" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BM45" t="s">
-        <v>844</v>
+        <v>830</v>
       </c>
       <c r="BN45" t="s">
-        <v>845</v>
+        <v>831</v>
       </c>
       <c r="BO45">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="BP45" t="s">
-        <v>193</v>
+        <v>314</v>
       </c>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>57990</v>
+        <v>35993</v>
       </c>
       <c r="BS45" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>846</v>
+        <v>832</v>
       </c>
       <c r="C46" t="s">
-        <v>847</v>
+        <v>833</v>
       </c>
       <c r="D46">
-        <v>549792</v>
+        <v>555657</v>
       </c>
       <c r="E46">
-        <v>342.57</v>
+        <v>832.29</v>
       </c>
       <c r="F46" t="s">
-        <v>848</v>
+        <v>834</v>
       </c>
       <c r="G46" t="s">
         <v>70</v>
       </c>
       <c r="H46" t="s">
-        <v>849</v>
+        <v>835</v>
       </c>
       <c r="I46">
-        <v>194.98</v>
+        <v>424.1</v>
       </c>
       <c r="J46" t="s">
-        <v>850</v>
+        <v>836</v>
       </c>
       <c r="K46" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>852</v>
+        <v>101</v>
+      </c>
+      <c r="L46">
+        <v>987388366</v>
       </c>
       <c r="M46" t="s">
         <v>74</v>
       </c>
       <c r="N46" t="s">
         <v>75</v>
       </c>
       <c r="O46">
-        <v>523500014583</v>
+        <v>523500015597</v>
       </c>
       <c r="P46">
-        <v>81102562</v>
+        <v>80460139</v>
       </c>
       <c r="Q46" t="s">
-        <v>846</v>
+        <v>832</v>
       </c>
       <c r="R46" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="S46" t="s">
-        <v>854</v>
+        <v>837</v>
       </c>
       <c r="T46" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U46" t="s">
-        <v>847</v>
+        <v>833</v>
       </c>
       <c r="V46">
-        <v>549792</v>
+        <v>555657</v>
       </c>
       <c r="W46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X46">
-        <v>342.57</v>
+        <v>832.29</v>
       </c>
       <c r="Y46">
         <v>972</v>
       </c>
       <c r="Z46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>70</v>
       </c>
       <c r="AC46" t="s">
-        <v>848</v>
+        <v>834</v>
       </c>
       <c r="AD46">
-        <v>81102562</v>
+        <v>80460139</v>
       </c>
       <c r="AE46" t="s">
-        <v>855</v>
+        <v>838</v>
       </c>
       <c r="AF46">
-        <v>976495176</v>
+        <v>985118157</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>856</v>
+        <v>839</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>536</v>
+        <v>840</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>850</v>
+        <v>836</v>
       </c>
       <c r="AM46" t="s">
-        <v>857</v>
+        <v>283</v>
       </c>
       <c r="AN46" t="s">
-        <v>849</v>
+        <v>835</v>
       </c>
       <c r="AO46">
-        <v>194.98</v>
+        <v>424.1</v>
       </c>
       <c r="AP46" t="s">
-        <v>858</v>
+        <v>841</v>
       </c>
       <c r="AQ46" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR46" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>286</v>
+      </c>
+      <c r="AS46">
+        <v>780573921009</v>
       </c>
       <c r="AT46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU46">
-        <v>523500014583</v>
+        <v>523500015597</v>
       </c>
       <c r="AV46" t="s">
         <v>74</v>
       </c>
       <c r="AW46">
-        <v>1010179</v>
+        <v>1010357</v>
       </c>
       <c r="AX46" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>852</v>
+        <v>84</v>
+      </c>
+      <c r="AY46">
+        <v>987388366</v>
       </c>
       <c r="AZ46" t="s">
         <v>74</v>
       </c>
       <c r="BA46" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB46" t="s">
+        <v>832</v>
+      </c>
+      <c r="BC46" t="s">
+        <v>836</v>
+      </c>
+      <c r="BD46" t="s">
+        <v>842</v>
+      </c>
+      <c r="BE46" t="s">
+        <v>843</v>
+      </c>
+      <c r="BF46" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG46" t="s">
+        <v>844</v>
+      </c>
+      <c r="BH46">
+        <v>13</v>
+      </c>
+      <c r="BI46" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ46" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK46" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL46" t="s">
+        <v>845</v>
+      </c>
+      <c r="BM46" t="s">
         <v>846</v>
       </c>
-      <c r="BC46" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BN46" t="s">
-        <v>79</v>
+        <v>847</v>
       </c>
       <c r="BO46">
-        <v>272</v>
+        <v>6</v>
       </c>
       <c r="BP46" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>332978</v>
+        <v>808986</v>
       </c>
       <c r="BS46" t="s">
-        <v>194</v>
+        <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="C47" t="s">
-        <v>864</v>
+        <v>849</v>
       </c>
       <c r="D47">
-        <v>542193</v>
+        <v>554489</v>
       </c>
       <c r="E47">
-        <v>630.65</v>
+        <v>75.09</v>
       </c>
       <c r="F47" t="s">
-        <v>865</v>
+        <v>850</v>
       </c>
       <c r="G47" t="s">
         <v>70</v>
       </c>
       <c r="H47" t="s">
-        <v>866</v>
+        <v>851</v>
       </c>
       <c r="I47">
-        <v>314.2</v>
+        <v>25.49</v>
       </c>
       <c r="J47" t="s">
-        <v>867</v>
+        <v>852</v>
       </c>
       <c r="K47" t="s">
-        <v>155</v>
+        <v>298</v>
       </c>
       <c r="L47" t="s">
-        <v>868</v>
+        <v>853</v>
       </c>
       <c r="M47" t="s">
         <v>74</v>
       </c>
       <c r="N47" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O47">
-        <v>523500013019</v>
+        <v>523500015381</v>
       </c>
       <c r="P47">
-        <v>74578527</v>
+        <v>139924894</v>
       </c>
       <c r="Q47" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="R47" t="s">
-        <v>869</v>
+        <v>854</v>
       </c>
       <c r="S47" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="T47" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U47" t="s">
-        <v>864</v>
+        <v>849</v>
       </c>
       <c r="V47">
-        <v>542193</v>
+        <v>554489</v>
       </c>
       <c r="W47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X47">
-        <v>630.65</v>
+        <v>75.09</v>
       </c>
       <c r="Y47">
         <v>972</v>
       </c>
       <c r="Z47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>70</v>
       </c>
       <c r="AC47" t="s">
-        <v>865</v>
+        <v>850</v>
       </c>
       <c r="AD47">
-        <v>74578527</v>
+        <v>139924894</v>
       </c>
       <c r="AE47" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
       <c r="AF47">
-        <v>985021897</v>
+        <v>996212745</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>872</v>
+        <v>856</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>381</v>
+        <v>857</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
-        <v>867</v>
-[...3 lines deleted...]
-      </c>
+        <v>852</v>
+      </c>
+      <c r="AM47"/>
       <c r="AN47" t="s">
+        <v>851</v>
+      </c>
+      <c r="AO47">
+        <v>25.49</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>858</v>
+      </c>
+      <c r="AQ47" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>356</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>859</v>
+      </c>
+      <c r="AT47" t="s">
+        <v>860</v>
+      </c>
+      <c r="AU47">
+        <v>523500015381</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW47">
+        <v>1010319</v>
+      </c>
+      <c r="AX47" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY47" t="s">
+        <v>853</v>
+      </c>
+      <c r="AZ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA47" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB47" t="s">
+        <v>848</v>
+      </c>
+      <c r="BC47" t="s">
+        <v>852</v>
+      </c>
+      <c r="BD47" t="s">
+        <v>861</v>
+      </c>
+      <c r="BE47" t="s">
+        <v>862</v>
+      </c>
+      <c r="BF47" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG47" t="s">
+        <v>863</v>
+      </c>
+      <c r="BH47">
+        <v>12</v>
+      </c>
+      <c r="BI47" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ47" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK47" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL47" t="s">
+        <v>864</v>
+      </c>
+      <c r="BM47" t="s">
+        <v>865</v>
+      </c>
+      <c r="BN47" t="s">
         <v>866</v>
       </c>
-      <c r="AO47">
-[...76 lines deleted...]
-      </c>
       <c r="BO47">
-        <v>214</v>
+        <v>20</v>
       </c>
       <c r="BP47" t="s">
-        <v>163</v>
+        <v>314</v>
       </c>
       <c r="BQ47"/>
       <c r="BR47">
-        <v>612992</v>
+        <v>72987</v>
       </c>
       <c r="BS47" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>880</v>
+        <v>867</v>
       </c>
       <c r="C48" t="s">
-        <v>881</v>
+        <v>868</v>
       </c>
       <c r="D48">
-        <v>541596</v>
+        <v>554038</v>
       </c>
       <c r="E48">
-        <v>28.8</v>
+        <v>115.22</v>
       </c>
       <c r="F48" t="s">
-        <v>882</v>
+        <v>869</v>
       </c>
       <c r="G48" t="s">
         <v>70</v>
       </c>
       <c r="H48" t="s">
-        <v>883</v>
+        <v>870</v>
       </c>
       <c r="I48">
-        <v>9.99</v>
+        <v>54</v>
       </c>
       <c r="J48" t="s">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="K48" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>977526467</v>
+        <v>101</v>
+      </c>
+      <c r="L48" t="s">
+        <v>872</v>
       </c>
       <c r="M48" t="s">
         <v>74</v>
       </c>
       <c r="N48" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="O48">
-        <v>523500012896</v>
+        <v>523500015266</v>
       </c>
       <c r="P48">
-        <v>159462617</v>
+        <v>161473332</v>
       </c>
       <c r="Q48" t="s">
-        <v>880</v>
+        <v>867</v>
       </c>
       <c r="R48" t="s">
-        <v>885</v>
+        <v>873</v>
       </c>
       <c r="S48" t="s">
-        <v>885</v>
+        <v>873</v>
       </c>
       <c r="T48" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U48" t="s">
-        <v>881</v>
+        <v>868</v>
       </c>
       <c r="V48">
-        <v>541596</v>
+        <v>554038</v>
       </c>
       <c r="W48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X48">
-        <v>28.8</v>
+        <v>115.22</v>
       </c>
       <c r="Y48">
         <v>972</v>
       </c>
       <c r="Z48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>70</v>
       </c>
       <c r="AC48" t="s">
-        <v>882</v>
+        <v>869</v>
       </c>
       <c r="AD48">
-        <v>159462617</v>
+        <v>161473332</v>
       </c>
       <c r="AE48" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="AF48">
-        <v>982718947</v>
+        <v>967048478</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>887</v>
+        <v>875</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>888</v>
+        <v>876</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="AM48"/>
+        <v>871</v>
+      </c>
+      <c r="AM48" t="s">
+        <v>283</v>
+      </c>
       <c r="AN48" t="s">
+        <v>870</v>
+      </c>
+      <c r="AO48">
+        <v>54</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>877</v>
+      </c>
+      <c r="AQ48" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR48" t="s">
+        <v>286</v>
+      </c>
+      <c r="AS48">
+        <v>398928434600</v>
+      </c>
+      <c r="AT48" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU48">
+        <v>523500015266</v>
+      </c>
+      <c r="AV48" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW48">
+        <v>1010311</v>
+      </c>
+      <c r="AX48" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY48" t="s">
+        <v>872</v>
+      </c>
+      <c r="AZ48" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA48" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB48" t="s">
+        <v>867</v>
+      </c>
+      <c r="BC48" t="s">
+        <v>871</v>
+      </c>
+      <c r="BD48" t="s">
+        <v>878</v>
+      </c>
+      <c r="BE48" t="s">
+        <v>879</v>
+      </c>
+      <c r="BF48" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG48" t="s">
+        <v>880</v>
+      </c>
+      <c r="BH48">
+        <v>24</v>
+      </c>
+      <c r="BI48" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ48" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK48" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL48" t="s">
+        <v>881</v>
+      </c>
+      <c r="BM48" t="s">
+        <v>882</v>
+      </c>
+      <c r="BN48" t="s">
         <v>883</v>
       </c>
-      <c r="AO48">
-[...76 lines deleted...]
-      </c>
       <c r="BO48">
-        <v>220</v>
+        <v>59</v>
       </c>
       <c r="BP48" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ48"/>
       <c r="BR48">
-        <v>27994</v>
+        <v>111994</v>
       </c>
       <c r="BS48" t="s">
-        <v>354</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>897</v>
+        <v>884</v>
       </c>
       <c r="C49" t="s">
-        <v>898</v>
+        <v>885</v>
       </c>
       <c r="D49">
-        <v>540167</v>
+        <v>553970</v>
       </c>
       <c r="E49">
-        <v>132.71</v>
+        <v>470.15</v>
       </c>
       <c r="F49" t="s">
-        <v>899</v>
+        <v>886</v>
       </c>
       <c r="G49" t="s">
         <v>70</v>
       </c>
       <c r="H49" t="s">
-        <v>900</v>
+        <v>887</v>
       </c>
       <c r="I49">
-        <v>56.51</v>
+        <v>234.15</v>
       </c>
       <c r="J49" t="s">
-        <v>901</v>
+        <v>888</v>
       </c>
       <c r="K49" t="s">
-        <v>176</v>
+        <v>101</v>
       </c>
       <c r="L49">
-        <v>976531912</v>
+        <v>986230924</v>
       </c>
       <c r="M49" t="s">
         <v>74</v>
       </c>
       <c r="N49" t="s">
         <v>75</v>
       </c>
       <c r="O49">
-        <v>523500012637</v>
+        <v>523500015264</v>
       </c>
       <c r="P49">
-        <v>45149137</v>
+        <v>158920395</v>
       </c>
       <c r="Q49" t="s">
-        <v>897</v>
+        <v>884</v>
       </c>
       <c r="R49" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="S49" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="T49" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U49" t="s">
-        <v>898</v>
+        <v>885</v>
       </c>
       <c r="V49">
-        <v>540167</v>
+        <v>553970</v>
       </c>
       <c r="W49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X49">
-        <v>132.71</v>
+        <v>470.15</v>
       </c>
       <c r="Y49">
         <v>972</v>
       </c>
       <c r="Z49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>70</v>
       </c>
       <c r="AC49" t="s">
-        <v>899</v>
+        <v>886</v>
       </c>
       <c r="AD49">
-        <v>45149137</v>
+        <v>158920395</v>
       </c>
       <c r="AE49" t="s">
-        <v>903</v>
+        <v>890</v>
       </c>
       <c r="AF49">
-        <v>941246932</v>
+        <v>987006387</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>904</v>
+        <v>891</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>741</v>
+        <v>892</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
-        <v>901</v>
-[...1 lines deleted...]
-      <c r="AM49"/>
+        <v>888</v>
+      </c>
+      <c r="AM49" t="s">
+        <v>283</v>
+      </c>
       <c r="AN49" t="s">
-        <v>900</v>
+        <v>887</v>
       </c>
       <c r="AO49">
-        <v>56.51</v>
+        <v>234.15</v>
       </c>
       <c r="AP49" t="s">
-        <v>905</v>
+        <v>893</v>
       </c>
       <c r="AQ49" t="s">
-        <v>484</v>
+        <v>285</v>
       </c>
       <c r="AR49" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>286</v>
+      </c>
+      <c r="AS49">
+        <v>398926471657</v>
       </c>
       <c r="AT49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU49">
-        <v>523500012637</v>
+        <v>523500015264</v>
       </c>
       <c r="AV49" t="s">
         <v>74</v>
       </c>
       <c r="AW49">
-        <v>1009872</v>
+        <v>1010311</v>
       </c>
       <c r="AX49" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY49">
+        <v>986230924</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA49" t="s">
         <v>85</v>
       </c>
-      <c r="AY49">
-[...7 lines deleted...]
-      </c>
       <c r="BB49" t="s">
+        <v>884</v>
+      </c>
+      <c r="BC49" t="s">
+        <v>888</v>
+      </c>
+      <c r="BD49" t="s">
+        <v>894</v>
+      </c>
+      <c r="BE49" t="s">
+        <v>879</v>
+      </c>
+      <c r="BF49" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG49" t="s">
+        <v>895</v>
+      </c>
+      <c r="BH49">
+        <v>25</v>
+      </c>
+      <c r="BI49" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ49" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK49" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL49" t="s">
+        <v>864</v>
+      </c>
+      <c r="BM49" t="s">
+        <v>896</v>
+      </c>
+      <c r="BN49" t="s">
         <v>897</v>
       </c>
-      <c r="BC49" t="s">
-[...14 lines deleted...]
-      <c r="BH49">
+      <c r="BO49">
         <v>14</v>
       </c>
-      <c r="BI49" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="BP49" t="s">
-        <v>491</v>
+        <v>285</v>
       </c>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>128994</v>
+        <v>456986</v>
       </c>
       <c r="BS49" t="s">
-        <v>912</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>913</v>
+        <v>898</v>
       </c>
       <c r="C50" t="s">
-        <v>914</v>
+        <v>899</v>
       </c>
       <c r="D50">
-        <v>539849</v>
+        <v>552252</v>
       </c>
       <c r="E50">
-        <v>91.55</v>
+        <v>381.68</v>
       </c>
       <c r="F50" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="G50" t="s">
         <v>70</v>
       </c>
       <c r="H50" t="s">
-        <v>916</v>
+        <v>901</v>
       </c>
       <c r="I50">
-        <v>42.95</v>
+        <v>188</v>
       </c>
       <c r="J50" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="K50" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>976259841</v>
+        <v>101</v>
+      </c>
+      <c r="L50" t="s">
+        <v>903</v>
       </c>
       <c r="M50" t="s">
         <v>74</v>
       </c>
       <c r="N50" t="s">
         <v>75</v>
       </c>
       <c r="O50">
-        <v>523500012538</v>
+        <v>523500014923</v>
       </c>
       <c r="P50">
-        <v>156117293</v>
+        <v>46770315</v>
       </c>
       <c r="Q50" t="s">
-        <v>913</v>
+        <v>898</v>
       </c>
       <c r="R50" t="s">
-        <v>918</v>
+        <v>904</v>
       </c>
       <c r="S50" t="s">
-        <v>918</v>
+        <v>904</v>
       </c>
       <c r="T50" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U50" t="s">
-        <v>914</v>
+        <v>899</v>
       </c>
       <c r="V50">
-        <v>539849</v>
+        <v>552252</v>
       </c>
       <c r="W50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X50">
-        <v>91.55</v>
+        <v>381.68</v>
       </c>
       <c r="Y50">
         <v>972</v>
       </c>
       <c r="Z50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>70</v>
       </c>
       <c r="AC50" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="AD50">
-        <v>156117293</v>
+        <v>46770315</v>
       </c>
       <c r="AE50" t="s">
-        <v>919</v>
+        <v>905</v>
       </c>
       <c r="AF50">
-        <v>942059003</v>
+        <v>93307963</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>920</v>
+        <v>906</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>582</v>
+        <v>907</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="AM50"/>
+        <v>902</v>
+      </c>
+      <c r="AM50" t="s">
+        <v>283</v>
+      </c>
       <c r="AN50" t="s">
-        <v>916</v>
+        <v>901</v>
       </c>
       <c r="AO50">
-        <v>42.95</v>
+        <v>188</v>
       </c>
       <c r="AP50" t="s">
-        <v>921</v>
+        <v>908</v>
       </c>
       <c r="AQ50" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR50" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>922</v>
+        <v>286</v>
+      </c>
+      <c r="AS50">
+        <v>397457804796</v>
       </c>
       <c r="AT50" t="s">
-        <v>923</v>
+        <v>78</v>
       </c>
       <c r="AU50">
-        <v>523500012538</v>
+        <v>523500014923</v>
       </c>
       <c r="AV50" t="s">
         <v>74</v>
       </c>
       <c r="AW50">
-        <v>1009857</v>
+        <v>1010249</v>
       </c>
       <c r="AX50" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY50" t="s">
+        <v>903</v>
+      </c>
+      <c r="AZ50" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA50" t="s">
         <v>85</v>
       </c>
-      <c r="AY50">
-[...7 lines deleted...]
-      </c>
       <c r="BB50" t="s">
+        <v>898</v>
+      </c>
+      <c r="BC50" t="s">
+        <v>902</v>
+      </c>
+      <c r="BD50" t="s">
+        <v>909</v>
+      </c>
+      <c r="BE50" t="s">
+        <v>910</v>
+      </c>
+      <c r="BF50" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG50" t="s">
+        <v>911</v>
+      </c>
+      <c r="BH50">
+        <v>15</v>
+      </c>
+      <c r="BI50" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ50" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL50" t="s">
+        <v>685</v>
+      </c>
+      <c r="BM50" t="s">
+        <v>912</v>
+      </c>
+      <c r="BN50" t="s">
         <v>913</v>
       </c>
-      <c r="BC50" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BO50">
-        <v>39</v>
+        <v>224</v>
       </c>
       <c r="BP50" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ50"/>
       <c r="BR50">
-        <v>88987</v>
+        <v>370993</v>
       </c>
       <c r="BS50" t="s">
-        <v>912</v>
+        <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>929</v>
+        <v>914</v>
       </c>
       <c r="C51" t="s">
-        <v>930</v>
+        <v>915</v>
       </c>
       <c r="D51">
-        <v>523322</v>
+        <v>551751</v>
       </c>
       <c r="E51">
-        <v>21.24</v>
+        <v>548.33</v>
       </c>
       <c r="F51" t="s">
-        <v>931</v>
+        <v>916</v>
       </c>
       <c r="G51" t="s">
         <v>70</v>
       </c>
       <c r="H51" t="s">
-        <v>932</v>
+        <v>917</v>
       </c>
       <c r="I51">
-        <v>7.9</v>
+        <v>266.8</v>
       </c>
       <c r="J51" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="K51" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>101</v>
+      </c>
+      <c r="L51" t="s">
+        <v>919</v>
+      </c>
       <c r="M51" t="s">
         <v>74</v>
       </c>
       <c r="N51" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O51">
-        <v>523500008842</v>
+        <v>523500014810</v>
       </c>
       <c r="P51">
-        <v>218932134</v>
+        <v>183404628</v>
       </c>
       <c r="Q51" t="s">
-        <v>929</v>
+        <v>914</v>
       </c>
       <c r="R51" t="s">
-        <v>934</v>
+        <v>920</v>
       </c>
       <c r="S51" t="s">
-        <v>935</v>
+        <v>920</v>
       </c>
       <c r="T51" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U51" t="s">
-        <v>930</v>
+        <v>915</v>
       </c>
       <c r="V51">
-        <v>523322</v>
+        <v>551751</v>
       </c>
       <c r="W51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X51">
-        <v>21.24</v>
+        <v>548.33</v>
       </c>
       <c r="Y51">
-        <v>800</v>
+        <v>972</v>
       </c>
       <c r="Z51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>70</v>
       </c>
       <c r="AC51" t="s">
-        <v>931</v>
+        <v>916</v>
       </c>
       <c r="AD51">
-        <v>218932134</v>
+        <v>183404628</v>
       </c>
       <c r="AE51" t="s">
-        <v>79</v>
+        <v>921</v>
       </c>
       <c r="AF51">
-        <v>63808188</v>
+        <v>976549738</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
-        <v>936</v>
+        <v>922</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>160</v>
+        <v>410</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>933</v>
-[...1 lines deleted...]
-      <c r="AM51"/>
+        <v>918</v>
+      </c>
+      <c r="AM51" t="s">
+        <v>283</v>
+      </c>
       <c r="AN51" t="s">
-        <v>932</v>
+        <v>917</v>
       </c>
       <c r="AO51">
-        <v>7.9</v>
+        <v>266.8</v>
       </c>
       <c r="AP51" t="s">
-        <v>937</v>
+        <v>923</v>
       </c>
       <c r="AQ51" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR51" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>938</v>
+        <v>286</v>
+      </c>
+      <c r="AS51">
+        <v>397105676670</v>
       </c>
       <c r="AT51" t="s">
-        <v>939</v>
+        <v>78</v>
       </c>
       <c r="AU51">
-        <v>523500008842</v>
+        <v>523500014810</v>
       </c>
       <c r="AV51" t="s">
         <v>74</v>
       </c>
       <c r="AW51">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY51"/>
+        <v>1010226</v>
+      </c>
+      <c r="AX51" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY51" t="s">
+        <v>919</v>
+      </c>
       <c r="AZ51" t="s">
         <v>74</v>
       </c>
       <c r="BA51" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB51" t="s">
-        <v>929</v>
+        <v>914</v>
       </c>
       <c r="BC51" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="BD51" t="s">
-        <v>940</v>
+        <v>924</v>
       </c>
       <c r="BE51" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="BF51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG51" t="s">
-        <v>79</v>
+        <v>926</v>
       </c>
       <c r="BH51">
-        <v>1449</v>
+        <v>11</v>
       </c>
       <c r="BI51" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ51" t="s">
         <v>90</v>
       </c>
-      <c r="BJ51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BK51" t="s">
-        <v>942</v>
+        <v>705</v>
       </c>
       <c r="BL51" t="s">
-        <v>748</v>
+        <v>572</v>
       </c>
       <c r="BM51" t="s">
-        <v>943</v>
+        <v>927</v>
       </c>
       <c r="BN51" t="s">
-        <v>79</v>
+        <v>928</v>
       </c>
       <c r="BO51">
-        <v>44</v>
+        <v>225</v>
       </c>
       <c r="BP51" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ51"/>
       <c r="BR51">
-        <v>16992</v>
+        <v>532977</v>
       </c>
       <c r="BS51" t="s">
-        <v>194</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
       <c r="C52" t="s">
-        <v>945</v>
+        <v>930</v>
       </c>
       <c r="D52">
-        <v>520408</v>
+        <v>551061</v>
       </c>
       <c r="E52">
-        <v>281.24</v>
+        <v>403.28</v>
       </c>
       <c r="F52" t="s">
-        <v>946</v>
+        <v>931</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
       <c r="H52" t="s">
-        <v>947</v>
+        <v>932</v>
       </c>
       <c r="I52">
-        <v>160.5</v>
+        <v>199</v>
       </c>
       <c r="J52" t="s">
-        <v>948</v>
+        <v>933</v>
       </c>
       <c r="K52" t="s">
-        <v>498</v>
-[...1 lines deleted...]
-      <c r="L52"/>
+        <v>101</v>
+      </c>
+      <c r="L52" t="s">
+        <v>934</v>
+      </c>
       <c r="M52" t="s">
         <v>74</v>
       </c>
       <c r="N52" t="s">
         <v>75</v>
       </c>
       <c r="O52">
-        <v>523500008223</v>
+        <v>523500014733</v>
       </c>
       <c r="P52">
-        <v>234549995</v>
+        <v>169686998</v>
       </c>
       <c r="Q52" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
       <c r="R52" t="s">
-        <v>949</v>
+        <v>935</v>
       </c>
       <c r="S52" t="s">
-        <v>950</v>
+        <v>935</v>
       </c>
       <c r="T52" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U52" t="s">
-        <v>945</v>
+        <v>930</v>
       </c>
       <c r="V52">
-        <v>520408</v>
+        <v>551061</v>
       </c>
       <c r="W52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X52">
-        <v>281.24</v>
+        <v>403.28</v>
       </c>
       <c r="Y52">
-        <v>800</v>
+        <v>972</v>
       </c>
       <c r="Z52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>70</v>
       </c>
       <c r="AC52" t="s">
-        <v>946</v>
+        <v>931</v>
       </c>
       <c r="AD52">
-        <v>234549995</v>
+        <v>169686998</v>
       </c>
       <c r="AE52" t="s">
-        <v>79</v>
+        <v>936</v>
       </c>
       <c r="AF52">
-        <v>58792170</v>
+        <v>988978917</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>951</v>
+        <v>937</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>952</v>
+        <v>938</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>948</v>
+        <v>933</v>
       </c>
       <c r="AM52" t="s">
-        <v>83</v>
+        <v>283</v>
       </c>
       <c r="AN52" t="s">
-        <v>947</v>
+        <v>932</v>
       </c>
       <c r="AO52">
-        <v>160.5</v>
+        <v>199</v>
       </c>
       <c r="AP52" t="s">
-        <v>953</v>
+        <v>939</v>
       </c>
       <c r="AQ52" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR52" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>954</v>
+        <v>286</v>
+      </c>
+      <c r="AS52">
+        <v>396601561702</v>
       </c>
       <c r="AT52" t="s">
-        <v>955</v>
+        <v>78</v>
       </c>
       <c r="AU52">
-        <v>523500008223</v>
+        <v>523500014733</v>
       </c>
       <c r="AV52" t="s">
         <v>74</v>
       </c>
       <c r="AW52">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY52"/>
+        <v>1010208</v>
+      </c>
+      <c r="AX52" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY52" t="s">
+        <v>934</v>
+      </c>
       <c r="AZ52" t="s">
         <v>74</v>
       </c>
       <c r="BA52" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB52" t="s">
+        <v>929</v>
+      </c>
+      <c r="BC52" t="s">
+        <v>933</v>
+      </c>
+      <c r="BD52" t="s">
+        <v>940</v>
+      </c>
+      <c r="BE52" t="s">
+        <v>941</v>
+      </c>
+      <c r="BF52" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG52" t="s">
+        <v>942</v>
+      </c>
+      <c r="BH52">
+        <v>14</v>
+      </c>
+      <c r="BI52" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ52" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK52" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL52" t="s">
+        <v>943</v>
+      </c>
+      <c r="BM52" t="s">
         <v>944</v>
       </c>
-      <c r="BC52" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BN52" t="s">
-        <v>959</v>
+        <v>945</v>
       </c>
       <c r="BO52">
-        <v>79</v>
+        <v>245</v>
       </c>
       <c r="BP52" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ52"/>
       <c r="BR52">
-        <v>224992</v>
+        <v>391988</v>
       </c>
       <c r="BS52" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>960</v>
+        <v>946</v>
       </c>
       <c r="C53" t="s">
-        <v>961</v>
+        <v>947</v>
       </c>
       <c r="D53">
-        <v>520026</v>
+        <v>550307</v>
       </c>
       <c r="E53">
-        <v>31.24</v>
+        <v>59.66</v>
       </c>
       <c r="F53" t="s">
-        <v>962</v>
+        <v>948</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
       <c r="H53" t="s">
-        <v>963</v>
+        <v>949</v>
       </c>
       <c r="I53">
-        <v>17.11</v>
+        <v>27.99</v>
       </c>
       <c r="J53" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="K53" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="L53"/>
+        <v>298</v>
+      </c>
+      <c r="L53">
+        <v>982893334</v>
+      </c>
       <c r="M53" t="s">
         <v>74</v>
       </c>
       <c r="N53" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O53">
-        <v>523500008152</v>
+        <v>523500014596</v>
       </c>
       <c r="P53">
-        <v>268851933</v>
+        <v>98901477</v>
       </c>
       <c r="Q53" t="s">
-        <v>960</v>
+        <v>946</v>
       </c>
       <c r="R53" t="s">
-        <v>965</v>
+        <v>951</v>
       </c>
       <c r="S53" t="s">
-        <v>966</v>
+        <v>952</v>
       </c>
       <c r="T53" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U53" t="s">
-        <v>961</v>
+        <v>947</v>
       </c>
       <c r="V53">
-        <v>520026</v>
+        <v>550307</v>
       </c>
       <c r="W53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X53">
-        <v>31.24</v>
+        <v>59.66</v>
       </c>
       <c r="Y53">
-        <v>800</v>
+        <v>972</v>
       </c>
       <c r="Z53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>70</v>
       </c>
       <c r="AC53" t="s">
-        <v>962</v>
+        <v>948</v>
       </c>
       <c r="AD53">
-        <v>268851933</v>
+        <v>98901477</v>
       </c>
       <c r="AE53" t="s">
-        <v>79</v>
+        <v>953</v>
       </c>
       <c r="AF53">
-        <v>56094082</v>
+        <v>79694136</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>968</v>
+        <v>938</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="AM53"/>
       <c r="AN53" t="s">
-        <v>963</v>
+        <v>949</v>
       </c>
       <c r="AO53">
-        <v>17.11</v>
+        <v>27.99</v>
       </c>
       <c r="AP53" t="s">
-        <v>969</v>
+        <v>955</v>
       </c>
       <c r="AQ53" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="AR53" t="s">
-        <v>584</v>
+        <v>700</v>
       </c>
       <c r="AS53" t="s">
-        <v>970</v>
+        <v>956</v>
       </c>
       <c r="AT53" t="s">
-        <v>971</v>
+        <v>957</v>
       </c>
       <c r="AU53">
-        <v>523500008152</v>
+        <v>523500014596</v>
       </c>
       <c r="AV53" t="s">
         <v>74</v>
       </c>
       <c r="AW53">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY53"/>
+        <v>1010179</v>
+      </c>
+      <c r="AX53" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY53">
+        <v>982893334</v>
+      </c>
       <c r="AZ53" t="s">
         <v>74</v>
       </c>
       <c r="BA53" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB53" t="s">
+        <v>946</v>
+      </c>
+      <c r="BC53" t="s">
+        <v>950</v>
+      </c>
+      <c r="BD53" t="s">
+        <v>958</v>
+      </c>
+      <c r="BE53" t="s">
+        <v>959</v>
+      </c>
+      <c r="BF53" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG53" t="s">
         <v>960</v>
       </c>
-      <c r="BC53" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="BH53">
-        <v>1498</v>
+        <v>14</v>
       </c>
       <c r="BI53" t="s">
-        <v>168</v>
+        <v>290</v>
       </c>
       <c r="BJ53" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="BK53" t="s">
-        <v>942</v>
+        <v>705</v>
       </c>
       <c r="BL53" t="s">
-        <v>748</v>
+        <v>864</v>
       </c>
       <c r="BM53" t="s">
-        <v>974</v>
+        <v>961</v>
       </c>
       <c r="BN53" t="s">
-        <v>975</v>
+        <v>962</v>
       </c>
       <c r="BO53">
-        <v>87</v>
+        <v>2</v>
       </c>
       <c r="BP53" t="s">
-        <v>193</v>
+        <v>314</v>
       </c>
       <c r="BQ53"/>
       <c r="BR53">
-        <v>24992</v>
+        <v>57990</v>
       </c>
       <c r="BS53" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>976</v>
+        <v>963</v>
       </c>
       <c r="C54" t="s">
-        <v>977</v>
+        <v>964</v>
       </c>
       <c r="D54">
-        <v>514029</v>
+        <v>549792</v>
       </c>
       <c r="E54">
-        <v>46.15</v>
+        <v>342.57</v>
       </c>
       <c r="F54" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="G54" t="s">
         <v>70</v>
       </c>
       <c r="H54" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="I54">
-        <v>23.1</v>
+        <v>194.98</v>
       </c>
       <c r="J54" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="K54" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>990092986889</v>
+        <v>968</v>
+      </c>
+      <c r="L54" t="s">
+        <v>969</v>
       </c>
       <c r="M54" t="s">
         <v>74</v>
       </c>
       <c r="N54" t="s">
         <v>75</v>
       </c>
       <c r="O54">
-        <v>523500007136</v>
+        <v>523500014583</v>
       </c>
       <c r="P54">
-        <v>105566360</v>
+        <v>81102562</v>
       </c>
       <c r="Q54" t="s">
-        <v>976</v>
+        <v>963</v>
       </c>
       <c r="R54" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="S54" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="T54" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U54" t="s">
-        <v>977</v>
+        <v>964</v>
       </c>
       <c r="V54">
-        <v>514029</v>
+        <v>549792</v>
       </c>
       <c r="W54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X54">
-        <v>46.15</v>
+        <v>342.57</v>
       </c>
       <c r="Y54">
-        <v>755</v>
+        <v>972</v>
       </c>
       <c r="Z54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>70</v>
       </c>
       <c r="AC54" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="AD54">
-        <v>105566360</v>
+        <v>81102562</v>
       </c>
       <c r="AE54" t="s">
-        <v>79</v>
+        <v>972</v>
       </c>
       <c r="AF54">
-        <v>76194577</v>
+        <v>976495176</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>983</v>
+        <v>973</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>984</v>
+        <v>652</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>980</v>
-[...1 lines deleted...]
-      <c r="AM54"/>
+        <v>967</v>
+      </c>
+      <c r="AM54" t="s">
+        <v>974</v>
+      </c>
       <c r="AN54" t="s">
+        <v>966</v>
+      </c>
+      <c r="AO54">
+        <v>194.98</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>975</v>
+      </c>
+      <c r="AQ54" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR54" t="s">
+        <v>356</v>
+      </c>
+      <c r="AS54" t="s">
+        <v>976</v>
+      </c>
+      <c r="AT54" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU54">
+        <v>523500014583</v>
+      </c>
+      <c r="AV54" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW54">
+        <v>1010179</v>
+      </c>
+      <c r="AX54" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY54" t="s">
+        <v>969</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA54" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB54" t="s">
+        <v>963</v>
+      </c>
+      <c r="BC54" t="s">
+        <v>967</v>
+      </c>
+      <c r="BD54" t="s">
+        <v>977</v>
+      </c>
+      <c r="BE54" t="s">
+        <v>959</v>
+      </c>
+      <c r="BF54" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG54" t="s">
+        <v>978</v>
+      </c>
+      <c r="BH54">
+        <v>27</v>
+      </c>
+      <c r="BI54" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ54" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK54" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL54" t="s">
+        <v>685</v>
+      </c>
+      <c r="BM54" t="s">
         <v>979</v>
       </c>
-      <c r="AO54">
-[...73 lines deleted...]
-      </c>
       <c r="BN54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO54">
-        <v>119</v>
+        <v>272</v>
       </c>
       <c r="BP54" t="s">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="BQ54"/>
       <c r="BR54">
-        <v>34843</v>
+        <v>332978</v>
       </c>
       <c r="BS54" t="s">
-        <v>592</v>
+        <v>207</v>
       </c>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="C55" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
       <c r="D55">
-        <v>511627</v>
+        <v>542193</v>
       </c>
       <c r="E55">
-        <v>144.12</v>
+        <v>630.65</v>
       </c>
       <c r="F55" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
       <c r="G55" t="s">
         <v>70</v>
       </c>
       <c r="H55" t="s">
-        <v>995</v>
+        <v>983</v>
       </c>
       <c r="I55">
-        <v>77.07</v>
+        <v>314.2</v>
       </c>
       <c r="J55" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
       <c r="K55" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="L55"/>
+        <v>101</v>
+      </c>
+      <c r="L55" t="s">
+        <v>985</v>
+      </c>
       <c r="M55" t="s">
         <v>74</v>
       </c>
       <c r="N55" t="s">
         <v>75</v>
       </c>
       <c r="O55">
-        <v>523500006846</v>
-[...2 lines deleted...]
-        <v>997</v>
+        <v>523500013019</v>
+      </c>
+      <c r="P55">
+        <v>74578527</v>
       </c>
       <c r="Q55" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="R55" t="s">
-        <v>998</v>
+        <v>986</v>
       </c>
       <c r="S55" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="T55" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U55" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
       <c r="V55">
-        <v>511627</v>
+        <v>542193</v>
       </c>
       <c r="W55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X55">
-        <v>144.12</v>
+        <v>630.65</v>
       </c>
       <c r="Y55">
-        <v>720</v>
+        <v>972</v>
       </c>
       <c r="Z55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>70</v>
       </c>
       <c r="AC55" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>997</v>
+        <v>982</v>
+      </c>
+      <c r="AD55">
+        <v>74578527</v>
       </c>
       <c r="AE55" t="s">
-        <v>79</v>
+        <v>988</v>
       </c>
       <c r="AF55">
-        <v>48540741</v>
+        <v>985021897</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>1000</v>
+        <v>989</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>308</v>
+        <v>498</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
+        <v>984</v>
+      </c>
+      <c r="AM55" t="s">
+        <v>283</v>
+      </c>
+      <c r="AN55" t="s">
+        <v>983</v>
+      </c>
+      <c r="AO55">
+        <v>314.2</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>990</v>
+      </c>
+      <c r="AQ55" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR55" t="s">
+        <v>286</v>
+      </c>
+      <c r="AS55">
+        <v>390914965890</v>
+      </c>
+      <c r="AT55" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU55">
+        <v>523500013019</v>
+      </c>
+      <c r="AV55" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW55">
+        <v>1009946</v>
+      </c>
+      <c r="AX55" t="s">
+        <v>128</v>
+      </c>
+      <c r="AY55" t="s">
+        <v>985</v>
+      </c>
+      <c r="AZ55" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA55" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB55" t="s">
+        <v>980</v>
+      </c>
+      <c r="BC55" t="s">
+        <v>984</v>
+      </c>
+      <c r="BD55" t="s">
+        <v>991</v>
+      </c>
+      <c r="BE55" t="s">
+        <v>992</v>
+      </c>
+      <c r="BF55" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG55" t="s">
+        <v>993</v>
+      </c>
+      <c r="BH55">
+        <v>23</v>
+      </c>
+      <c r="BI55" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ55" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK55" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL55" t="s">
+        <v>994</v>
+      </c>
+      <c r="BM55" t="s">
+        <v>995</v>
+      </c>
+      <c r="BN55" t="s">
         <v>996</v>
       </c>
-      <c r="AM55"/>
-[...68 lines deleted...]
-      </c>
       <c r="BO55">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="BP55"/>
+        <v>214</v>
+      </c>
+      <c r="BP55" t="s">
+        <v>285</v>
+      </c>
       <c r="BQ55"/>
       <c r="BR55">
-        <v>103766</v>
+        <v>612992</v>
       </c>
       <c r="BS55" t="s">
-        <v>912</v>
+        <v>207</v>
       </c>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>1006</v>
+        <v>997</v>
       </c>
       <c r="C56" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="D56">
-        <v>507491</v>
+        <v>541596</v>
       </c>
       <c r="E56">
-        <v>45.04</v>
+        <v>28.8</v>
       </c>
       <c r="F56" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
       <c r="H56" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="I56">
-        <v>22.58</v>
+        <v>9.99</v>
       </c>
       <c r="J56" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="K56" t="s">
-        <v>176</v>
+        <v>298</v>
       </c>
       <c r="L56">
-        <v>990089779465</v>
+        <v>977526467</v>
       </c>
       <c r="M56" t="s">
         <v>74</v>
       </c>
       <c r="N56" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="O56">
-        <v>523500006385</v>
+        <v>523500012896</v>
       </c>
       <c r="P56">
-        <v>132791406</v>
+        <v>159462617</v>
       </c>
       <c r="Q56" t="s">
-        <v>1006</v>
+        <v>997</v>
       </c>
       <c r="R56" t="s">
-        <v>1011</v>
+        <v>1002</v>
       </c>
       <c r="S56" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="T56" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U56" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="V56">
-        <v>507491</v>
+        <v>541596</v>
       </c>
       <c r="W56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X56">
-        <v>45.04</v>
+        <v>28.8</v>
       </c>
       <c r="Y56">
-        <v>795</v>
+        <v>972</v>
       </c>
       <c r="Z56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>70</v>
       </c>
       <c r="AC56" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="AD56">
-        <v>132791406</v>
+        <v>159462617</v>
       </c>
       <c r="AE56" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="AF56">
-        <v>89513193</v>
+        <v>982718947</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>760</v>
+        <v>1005</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="AM56"/>
       <c r="AN56" t="s">
+        <v>1000</v>
+      </c>
+      <c r="AO56">
+        <v>9.99</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>1006</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>700</v>
+      </c>
+      <c r="AS56" t="s">
+        <v>1007</v>
+      </c>
+      <c r="AT56" t="s">
+        <v>1008</v>
+      </c>
+      <c r="AU56">
+        <v>523500012896</v>
+      </c>
+      <c r="AV56" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW56">
+        <v>1009925</v>
+      </c>
+      <c r="AX56" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY56">
+        <v>977526467</v>
+      </c>
+      <c r="AZ56" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA56" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB56" t="s">
+        <v>997</v>
+      </c>
+      <c r="BC56" t="s">
+        <v>1001</v>
+      </c>
+      <c r="BD56" t="s">
         <v>1009</v>
       </c>
-      <c r="AO56">
-[...35 lines deleted...]
-      <c r="BC56" t="s">
+      <c r="BE56" t="s">
         <v>1010</v>
       </c>
-      <c r="BD56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG56" t="s">
-        <v>990</v>
+        <v>1011</v>
       </c>
       <c r="BH56">
-        <v>586</v>
+        <v>12</v>
       </c>
       <c r="BI56" t="s">
-        <v>1004</v>
+        <v>290</v>
       </c>
       <c r="BJ56" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="BK56" t="s">
-        <v>942</v>
-[...1 lines deleted...]
-      <c r="BL56"/>
+        <v>705</v>
+      </c>
+      <c r="BL56" t="s">
+        <v>864</v>
+      </c>
       <c r="BM56" t="s">
-        <v>1018</v>
+        <v>1012</v>
       </c>
       <c r="BN56" t="s">
-        <v>79</v>
+        <v>1013</v>
       </c>
       <c r="BO56">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="BP56"/>
+        <v>220</v>
+      </c>
+      <c r="BP56" t="s">
+        <v>314</v>
+      </c>
       <c r="BQ56"/>
       <c r="BR56">
-        <v>35807</v>
+        <v>27994</v>
       </c>
       <c r="BS56" t="s">
-        <v>1019</v>
+        <v>149</v>
       </c>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
       <c r="C57" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="D57">
-        <v>506772</v>
+        <v>540167</v>
       </c>
       <c r="E57">
-        <v>71.4</v>
+        <v>132.71</v>
       </c>
       <c r="F57" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="G57" t="s">
         <v>70</v>
       </c>
       <c r="H57" t="s">
-        <v>1023</v>
+        <v>1017</v>
       </c>
       <c r="I57">
-        <v>25.98</v>
+        <v>56.51</v>
       </c>
       <c r="J57" t="s">
-        <v>1024</v>
+        <v>1018</v>
       </c>
       <c r="K57" t="s">
-        <v>176</v>
+        <v>298</v>
       </c>
       <c r="L57">
-        <v>990089068162</v>
+        <v>976531912</v>
       </c>
       <c r="M57" t="s">
         <v>74</v>
       </c>
       <c r="N57" t="s">
         <v>75</v>
       </c>
       <c r="O57">
-        <v>523500006245</v>
+        <v>523500012637</v>
       </c>
       <c r="P57">
-        <v>144692438</v>
+        <v>45149137</v>
       </c>
       <c r="Q57" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
       <c r="R57" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
       <c r="S57" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="T57" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U57" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="V57">
-        <v>506772</v>
+        <v>540167</v>
       </c>
       <c r="W57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X57">
-        <v>71.4</v>
+        <v>132.71</v>
       </c>
       <c r="Y57">
-        <v>795</v>
+        <v>972</v>
       </c>
       <c r="Z57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>70</v>
       </c>
       <c r="AC57" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="AD57">
-        <v>144692438</v>
+        <v>45149137</v>
       </c>
       <c r="AE57" t="s">
-        <v>79</v>
+        <v>1020</v>
       </c>
       <c r="AF57">
-        <v>89000770</v>
+        <v>941246932</v>
       </c>
       <c r="AG57"/>
       <c r="AH57" t="s">
-        <v>1027</v>
+        <v>1021</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>821</v>
+        <v>857</v>
       </c>
       <c r="AK57" t="s">
         <v>70</v>
       </c>
       <c r="AL57" t="s">
-        <v>1024</v>
+        <v>1018</v>
       </c>
       <c r="AM57"/>
       <c r="AN57" t="s">
+        <v>1017</v>
+      </c>
+      <c r="AO57">
+        <v>56.51</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>1022</v>
+      </c>
+      <c r="AQ57" t="s">
+        <v>600</v>
+      </c>
+      <c r="AR57" t="s">
+        <v>356</v>
+      </c>
+      <c r="AS57" t="s">
         <v>1023</v>
       </c>
-      <c r="AO57">
-[...2 lines deleted...]
-      <c r="AP57" t="s">
+      <c r="AT57" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU57">
+        <v>523500012637</v>
+      </c>
+      <c r="AV57" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW57">
+        <v>1009872</v>
+      </c>
+      <c r="AX57" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY57">
+        <v>976531912</v>
+      </c>
+      <c r="AZ57" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA57" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB57" t="s">
+        <v>1014</v>
+      </c>
+      <c r="BC57" t="s">
+        <v>1018</v>
+      </c>
+      <c r="BD57" t="s">
+        <v>1024</v>
+      </c>
+      <c r="BE57" t="s">
+        <v>1025</v>
+      </c>
+      <c r="BF57" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG57" t="s">
+        <v>1026</v>
+      </c>
+      <c r="BH57">
+        <v>14</v>
+      </c>
+      <c r="BI57" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ57" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK57" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL57" t="s">
+        <v>864</v>
+      </c>
+      <c r="BM57" t="s">
+        <v>1027</v>
+      </c>
+      <c r="BN57" t="s">
         <v>1028</v>
       </c>
-      <c r="AQ57"/>
-[...62 lines deleted...]
-      </c>
       <c r="BO57">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="BP57"/>
+        <v>101</v>
+      </c>
+      <c r="BP57" t="s">
+        <v>607</v>
+      </c>
       <c r="BQ57"/>
       <c r="BR57">
-        <v>56763</v>
+        <v>128994</v>
       </c>
       <c r="BS57" t="s">
-        <v>96</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D58">
+        <v>539849</v>
+      </c>
+      <c r="E58">
+        <v>91.55</v>
+      </c>
+      <c r="F58" t="s">
         <v>1032</v>
       </c>
-      <c r="C58" t="s">
+      <c r="G58" t="s">
+        <v>70</v>
+      </c>
+      <c r="H58" t="s">
         <v>1033</v>
       </c>
-      <c r="D58">
-[...5 lines deleted...]
-      <c r="F58" t="s">
+      <c r="I58">
+        <v>42.95</v>
+      </c>
+      <c r="J58" t="s">
         <v>1034</v>
       </c>
-      <c r="G58" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K58" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="L58"/>
+        <v>298</v>
+      </c>
+      <c r="L58">
+        <v>976259841</v>
+      </c>
       <c r="M58" t="s">
         <v>74</v>
       </c>
       <c r="N58" t="s">
         <v>75</v>
       </c>
       <c r="O58">
-        <v>523500006376</v>
+        <v>523500012538</v>
       </c>
       <c r="P58">
-        <v>181609265</v>
+        <v>156117293</v>
       </c>
       <c r="Q58" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="R58" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="S58" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="T58" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U58" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="V58">
-        <v>506332</v>
+        <v>539849</v>
       </c>
       <c r="W58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X58">
-        <v>173.72</v>
+        <v>91.55</v>
       </c>
       <c r="Y58">
-        <v>795</v>
+        <v>972</v>
       </c>
       <c r="Z58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>70</v>
       </c>
       <c r="AC58" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="AD58">
-        <v>181609265</v>
+        <v>156117293</v>
       </c>
       <c r="AE58" t="s">
-        <v>79</v>
+        <v>1036</v>
       </c>
       <c r="AF58">
-        <v>33771627</v>
+        <v>942059003</v>
       </c>
       <c r="AG58"/>
       <c r="AH58" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>82</v>
+        <v>698</v>
       </c>
       <c r="AK58" t="s">
         <v>70</v>
       </c>
       <c r="AL58" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="AM58"/>
       <c r="AN58" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="AO58">
-        <v>155</v>
+        <v>42.95</v>
       </c>
       <c r="AP58" t="s">
+        <v>1038</v>
+      </c>
+      <c r="AQ58" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR58" t="s">
+        <v>700</v>
+      </c>
+      <c r="AS58" t="s">
         <v>1039</v>
       </c>
-      <c r="AQ58"/>
-[...1 lines deleted...]
-      <c r="AS58"/>
       <c r="AT58" t="s">
-        <v>79</v>
+        <v>1040</v>
       </c>
       <c r="AU58">
-        <v>523500006376</v>
+        <v>523500012538</v>
       </c>
       <c r="AV58" t="s">
         <v>74</v>
       </c>
       <c r="AW58">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY58"/>
+        <v>1009857</v>
+      </c>
+      <c r="AX58" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY58">
+        <v>976259841</v>
+      </c>
       <c r="AZ58" t="s">
         <v>74</v>
       </c>
       <c r="BA58" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB58" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="BC58" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="BD58" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="BE58" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="BF58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG58" t="s">
-        <v>79</v>
+        <v>1043</v>
       </c>
       <c r="BH58">
-        <v>1696</v>
+        <v>14</v>
       </c>
       <c r="BI58" t="s">
-        <v>1004</v>
+        <v>290</v>
       </c>
       <c r="BJ58" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="BK58" t="s">
-        <v>942</v>
-[...1 lines deleted...]
-      <c r="BL58"/>
+        <v>705</v>
+      </c>
+      <c r="BL58" t="s">
+        <v>864</v>
+      </c>
       <c r="BM58" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="BN58" t="s">
-        <v>79</v>
+        <v>1045</v>
       </c>
       <c r="BO58">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="BP58"/>
+        <v>39</v>
+      </c>
+      <c r="BP58" t="s">
+        <v>314</v>
+      </c>
       <c r="BQ58"/>
       <c r="BR58">
-        <v>138107</v>
+        <v>88987</v>
       </c>
       <c r="BS58" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="C59" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="D59">
-        <v>504860</v>
+        <v>523322</v>
       </c>
       <c r="E59">
-        <v>24.74</v>
+        <v>21.24</v>
       </c>
       <c r="F59" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="G59" t="s">
         <v>70</v>
       </c>
       <c r="H59" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="I59">
-        <v>10.09</v>
+        <v>7.9</v>
       </c>
       <c r="J59" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="K59" t="s">
-        <v>176</v>
+        <v>298</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>74</v>
       </c>
       <c r="N59" t="s">
         <v>75</v>
       </c>
       <c r="O59">
-        <v>523500006042</v>
+        <v>523500008842</v>
       </c>
       <c r="P59">
-        <v>225620628</v>
+        <v>218932134</v>
       </c>
       <c r="Q59" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="R59" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="S59" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="T59" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U59" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="V59">
-        <v>504860</v>
+        <v>523322</v>
       </c>
       <c r="W59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X59">
-        <v>24.74</v>
+        <v>21.24</v>
       </c>
       <c r="Y59">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="Z59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>70</v>
       </c>
       <c r="AC59" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="AD59">
-        <v>225620628</v>
+        <v>218932134</v>
       </c>
       <c r="AE59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF59">
-        <v>33114144</v>
+        <v>63808188</v>
       </c>
       <c r="AG59"/>
       <c r="AH59" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>652</v>
+        <v>282</v>
       </c>
       <c r="AK59" t="s">
         <v>70</v>
       </c>
       <c r="AL59" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="AM59"/>
       <c r="AN59" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="AO59">
-        <v>10.09</v>
+        <v>7.9</v>
       </c>
       <c r="AP59" t="s">
-        <v>1051</v>
-[...3 lines deleted...]
-      <c r="AS59"/>
+        <v>1054</v>
+      </c>
+      <c r="AQ59" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR59" t="s">
+        <v>700</v>
+      </c>
+      <c r="AS59" t="s">
+        <v>1055</v>
+      </c>
       <c r="AT59" t="s">
-        <v>79</v>
+        <v>1056</v>
       </c>
       <c r="AU59">
-        <v>523500006042</v>
+        <v>523500008842</v>
       </c>
       <c r="AV59" t="s">
         <v>74</v>
       </c>
       <c r="AW59">
         <v>0</v>
       </c>
       <c r="AX59"/>
       <c r="AY59"/>
       <c r="AZ59" t="s">
         <v>74</v>
       </c>
       <c r="BA59" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB59" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="BC59" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="BD59" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="BE59" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="BF59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH59">
-        <v>1710</v>
+        <v>1496</v>
       </c>
       <c r="BI59" t="s">
-        <v>1004</v>
+        <v>89</v>
       </c>
       <c r="BJ59" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="BK59" t="s">
-        <v>942</v>
-[...1 lines deleted...]
-      <c r="BL59"/>
+        <v>1059</v>
+      </c>
+      <c r="BL59" t="s">
+        <v>864</v>
+      </c>
       <c r="BM59" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="BN59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO59">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="BP59"/>
+        <v>44</v>
+      </c>
+      <c r="BP59" t="s">
+        <v>314</v>
+      </c>
       <c r="BQ59"/>
       <c r="BR59">
-        <v>19668</v>
+        <v>16992</v>
       </c>
       <c r="BS59" t="s">
-        <v>592</v>
+        <v>207</v>
       </c>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="C60" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="D60">
-        <v>501351</v>
+        <v>520408</v>
       </c>
       <c r="E60">
-        <v>47.69</v>
+        <v>281.24</v>
       </c>
       <c r="F60" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="G60" t="s">
         <v>70</v>
       </c>
       <c r="H60" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="I60">
-        <v>24.88</v>
+        <v>160.5</v>
       </c>
       <c r="J60" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="K60" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
         <v>74</v>
       </c>
       <c r="N60" t="s">
         <v>75</v>
       </c>
       <c r="O60">
-        <v>523500005684</v>
+        <v>523500008223</v>
       </c>
       <c r="P60">
-        <v>134729449</v>
+        <v>234549995</v>
       </c>
       <c r="Q60" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="R60" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="S60" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="T60" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="U60" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="V60">
-        <v>501351</v>
+        <v>520408</v>
       </c>
       <c r="W60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X60">
-        <v>47.69</v>
+        <v>281.24</v>
       </c>
       <c r="Y60">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="Z60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>70</v>
       </c>
       <c r="AC60" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="AD60">
-        <v>134729449</v>
+        <v>234549995</v>
       </c>
       <c r="AE60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF60">
-        <v>95398241</v>
+        <v>58792170</v>
       </c>
       <c r="AG60"/>
       <c r="AH60" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>1063</v>
+        <v>187</v>
       </c>
       <c r="AK60" t="s">
         <v>70</v>
       </c>
       <c r="AL60" t="s">
-        <v>1059</v>
-[...1 lines deleted...]
-      <c r="AM60"/>
+        <v>1065</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>82</v>
+      </c>
       <c r="AN60" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="AO60">
-        <v>24.88</v>
+        <v>160.5</v>
       </c>
       <c r="AP60" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="AQ60" t="s">
-        <v>1065</v>
+        <v>285</v>
       </c>
       <c r="AR60" t="s">
-        <v>1066</v>
+        <v>700</v>
       </c>
       <c r="AS60" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="AT60" t="s">
-        <v>79</v>
+        <v>1071</v>
       </c>
       <c r="AU60">
-        <v>523500005684</v>
+        <v>523500008223</v>
       </c>
       <c r="AV60" t="s">
         <v>74</v>
       </c>
       <c r="AW60">
         <v>0</v>
       </c>
-      <c r="AX60" t="s">
+      <c r="AX60"/>
+      <c r="AY60"/>
+      <c r="AZ60" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA60" t="s">
         <v>85</v>
       </c>
-      <c r="AY60">
-[...7 lines deleted...]
-      </c>
       <c r="BB60" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="BC60" t="s">
+        <v>1065</v>
+      </c>
+      <c r="BD60" t="s">
+        <v>1072</v>
+      </c>
+      <c r="BE60" t="s">
+        <v>1073</v>
+      </c>
+      <c r="BF60" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG60" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH60">
+        <v>1537</v>
+      </c>
+      <c r="BI60" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ60" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK60" t="s">
         <v>1059</v>
       </c>
-      <c r="BD60" t="s">
-[...5 lines deleted...]
-      <c r="BF60" t="s">
+      <c r="BL60" t="s">
+        <v>864</v>
+      </c>
+      <c r="BM60" t="s">
+        <v>1074</v>
+      </c>
+      <c r="BN60" t="s">
+        <v>1075</v>
+      </c>
+      <c r="BO60">
         <v>79</v>
       </c>
-      <c r="BG60" t="s">
-[...24 lines deleted...]
-      <c r="BP60"/>
+      <c r="BP60" t="s">
+        <v>314</v>
+      </c>
       <c r="BQ60"/>
       <c r="BR60">
-        <v>37914</v>
+        <v>224992</v>
       </c>
       <c r="BS60" t="s">
-        <v>96</v>
+        <v>207</v>
       </c>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="C61" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="D61">
-        <v>497208</v>
+        <v>520026</v>
       </c>
       <c r="E61">
-        <v>137.1</v>
+        <v>31.24</v>
       </c>
       <c r="F61" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="G61" t="s">
         <v>70</v>
       </c>
       <c r="H61" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="I61">
-        <v>66.59</v>
+        <v>17.11</v>
       </c>
       <c r="J61" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="K61" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
         <v>74</v>
       </c>
       <c r="N61" t="s">
+        <v>75</v>
+      </c>
+      <c r="O61">
+        <v>523500008152</v>
+      </c>
+      <c r="P61">
+        <v>268851933</v>
+      </c>
+      <c r="Q61" t="s">
         <v>1076</v>
       </c>
-      <c r="O61">
-[...7 lines deleted...]
-      </c>
       <c r="R61" t="s">
+        <v>1081</v>
+      </c>
+      <c r="S61" t="s">
+        <v>1082</v>
+      </c>
+      <c r="T61" t="s">
+        <v>77</v>
+      </c>
+      <c r="U61" t="s">
         <v>1077</v>
       </c>
-      <c r="S61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V61">
-        <v>497208</v>
+        <v>520026</v>
       </c>
       <c r="W61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X61">
-        <v>137.1</v>
+        <v>31.24</v>
       </c>
       <c r="Y61">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="Z61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>70</v>
       </c>
       <c r="AC61" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="AD61">
-        <v>189782020</v>
+        <v>268851933</v>
       </c>
       <c r="AE61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF61">
-        <v>37492405</v>
+        <v>56094082</v>
       </c>
       <c r="AG61"/>
       <c r="AH61" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>791</v>
+        <v>1084</v>
       </c>
       <c r="AK61" t="s">
         <v>70</v>
       </c>
       <c r="AL61" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="AM61"/>
       <c r="AN61" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="AO61">
-        <v>66.59</v>
+        <v>17.11</v>
       </c>
       <c r="AP61" t="s">
+        <v>1085</v>
+      </c>
+      <c r="AQ61" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR61" t="s">
+        <v>700</v>
+      </c>
+      <c r="AS61" t="s">
+        <v>1086</v>
+      </c>
+      <c r="AT61" t="s">
+        <v>1087</v>
+      </c>
+      <c r="AU61">
+        <v>523500008152</v>
+      </c>
+      <c r="AV61" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW61">
+        <v>0</v>
+      </c>
+      <c r="AX61"/>
+      <c r="AY61"/>
+      <c r="AZ61" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA61" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB61" t="s">
+        <v>1076</v>
+      </c>
+      <c r="BC61" t="s">
         <v>1080</v>
       </c>
-      <c r="AQ61"/>
-[...29 lines deleted...]
-      </c>
       <c r="BD61" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="BE61" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="BF61" t="s">
-        <v>1085</v>
+        <v>78</v>
       </c>
       <c r="BG61" t="s">
-        <v>1086</v>
+        <v>78</v>
       </c>
       <c r="BH61">
-        <v>20</v>
+        <v>1545</v>
       </c>
       <c r="BI61" t="s">
-        <v>1004</v>
-[...3 lines deleted...]
-      <c r="BL61"/>
+        <v>290</v>
+      </c>
+      <c r="BJ61" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK61" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BL61" t="s">
+        <v>864</v>
+      </c>
       <c r="BM61" t="s">
-        <v>79</v>
+        <v>1090</v>
       </c>
       <c r="BN61" t="s">
-        <v>79</v>
+        <v>1091</v>
       </c>
       <c r="BO61">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP61"/>
+        <v>87</v>
+      </c>
+      <c r="BP61" t="s">
+        <v>314</v>
+      </c>
       <c r="BQ61"/>
       <c r="BR61">
+        <v>24992</v>
+      </c>
+      <c r="BS61" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="62" spans="1:71">
+      <c r="A62" t="s">
+        <v>66</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D62">
+        <v>514029</v>
+      </c>
+      <c r="E62">
+        <v>46.15</v>
+      </c>
+      <c r="F62" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G62" t="s">
+        <v>70</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I62">
+        <v>23.1</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1096</v>
+      </c>
+      <c r="K62" t="s">
+        <v>298</v>
+      </c>
+      <c r="L62">
+        <v>990092986889</v>
+      </c>
+      <c r="M62" t="s">
+        <v>74</v>
+      </c>
+      <c r="N62" t="s">
+        <v>75</v>
+      </c>
+      <c r="O62">
+        <v>523500007136</v>
+      </c>
+      <c r="P62">
+        <v>105566360</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>1092</v>
+      </c>
+      <c r="R62" t="s">
+        <v>1097</v>
+      </c>
+      <c r="S62" t="s">
+        <v>1098</v>
+      </c>
+      <c r="T62" t="s">
+        <v>77</v>
+      </c>
+      <c r="U62" t="s">
+        <v>1093</v>
+      </c>
+      <c r="V62">
+        <v>514029</v>
+      </c>
+      <c r="W62" t="s">
+        <v>78</v>
+      </c>
+      <c r="X62">
+        <v>46.15</v>
+      </c>
+      <c r="Y62">
+        <v>755</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>1094</v>
+      </c>
+      <c r="AD62">
+        <v>105566360</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF62">
+        <v>76194577</v>
+      </c>
+      <c r="AG62"/>
+      <c r="AH62" t="s">
+        <v>1099</v>
+      </c>
+      <c r="AI62"/>
+      <c r="AJ62" t="s">
+        <v>81</v>
+      </c>
+      <c r="AK62" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL62" t="s">
+        <v>1096</v>
+      </c>
+      <c r="AM62"/>
+      <c r="AN62" t="s">
+        <v>1095</v>
+      </c>
+      <c r="AO62">
+        <v>23.1</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>1100</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>285</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>700</v>
+      </c>
+      <c r="AS62" t="s">
+        <v>1101</v>
+      </c>
+      <c r="AT62" t="s">
+        <v>1102</v>
+      </c>
+      <c r="AU62">
+        <v>523500007136</v>
+      </c>
+      <c r="AV62" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW62">
+        <v>0</v>
+      </c>
+      <c r="AX62" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY62">
+        <v>990092986889</v>
+      </c>
+      <c r="AZ62" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB62" t="s">
+        <v>1092</v>
+      </c>
+      <c r="BC62" t="s">
+        <v>1096</v>
+      </c>
+      <c r="BD62" t="s">
+        <v>1103</v>
+      </c>
+      <c r="BE62" t="s">
+        <v>1104</v>
+      </c>
+      <c r="BF62" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG62" t="s">
+        <v>1105</v>
+      </c>
+      <c r="BH62">
+        <v>503</v>
+      </c>
+      <c r="BI62" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ62" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK62" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BL62" t="s">
+        <v>864</v>
+      </c>
+      <c r="BM62" t="s">
+        <v>1106</v>
+      </c>
+      <c r="BN62" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO62">
+        <v>119</v>
+      </c>
+      <c r="BP62" t="s">
+        <v>314</v>
+      </c>
+      <c r="BQ62"/>
+      <c r="BR62">
+        <v>34843</v>
+      </c>
+      <c r="BS62" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="63" spans="1:71">
+      <c r="A63" t="s">
+        <v>66</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D63">
+        <v>511627</v>
+      </c>
+      <c r="E63">
+        <v>144.12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G63" t="s">
+        <v>70</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I63">
+        <v>77.07</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1111</v>
+      </c>
+      <c r="K63" t="s">
+        <v>298</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>74</v>
+      </c>
+      <c r="N63" t="s">
+        <v>75</v>
+      </c>
+      <c r="O63">
+        <v>523500006846</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1112</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>1107</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1113</v>
+      </c>
+      <c r="S63" t="s">
+        <v>1114</v>
+      </c>
+      <c r="T63" t="s">
+        <v>77</v>
+      </c>
+      <c r="U63" t="s">
+        <v>1108</v>
+      </c>
+      <c r="V63">
+        <v>511627</v>
+      </c>
+      <c r="W63" t="s">
+        <v>78</v>
+      </c>
+      <c r="X63">
+        <v>144.12</v>
+      </c>
+      <c r="Y63">
+        <v>720</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>1109</v>
+      </c>
+      <c r="AD63" t="s">
+        <v>1112</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF63">
+        <v>48540741</v>
+      </c>
+      <c r="AG63"/>
+      <c r="AH63" t="s">
+        <v>1115</v>
+      </c>
+      <c r="AI63"/>
+      <c r="AJ63" t="s">
+        <v>426</v>
+      </c>
+      <c r="AK63" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL63" t="s">
+        <v>1111</v>
+      </c>
+      <c r="AM63"/>
+      <c r="AN63" t="s">
+        <v>1110</v>
+      </c>
+      <c r="AO63">
+        <v>77.07</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>1116</v>
+      </c>
+      <c r="AQ63"/>
+      <c r="AR63"/>
+      <c r="AS63"/>
+      <c r="AT63" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU63">
+        <v>523500006846</v>
+      </c>
+      <c r="AV63" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW63">
+        <v>0</v>
+      </c>
+      <c r="AX63"/>
+      <c r="AY63"/>
+      <c r="AZ63" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA63" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB63" t="s">
+        <v>1107</v>
+      </c>
+      <c r="BC63" t="s">
+        <v>1111</v>
+      </c>
+      <c r="BD63" t="s">
+        <v>1117</v>
+      </c>
+      <c r="BE63" t="s">
+        <v>1118</v>
+      </c>
+      <c r="BF63" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG63" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH63">
+        <v>1678</v>
+      </c>
+      <c r="BI63" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ63" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK63" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL63"/>
+      <c r="BM63" t="s">
+        <v>1119</v>
+      </c>
+      <c r="BN63" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO63">
+        <v>8</v>
+      </c>
+      <c r="BP63"/>
+      <c r="BQ63"/>
+      <c r="BR63">
+        <v>103766</v>
+      </c>
+      <c r="BS63" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="64" spans="1:71">
+      <c r="A64" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D64">
+        <v>507491</v>
+      </c>
+      <c r="E64">
+        <v>45.04</v>
+      </c>
+      <c r="F64" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G64" t="s">
+        <v>70</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1123</v>
+      </c>
+      <c r="I64">
+        <v>22.58</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1124</v>
+      </c>
+      <c r="K64" t="s">
+        <v>298</v>
+      </c>
+      <c r="L64">
+        <v>990089779465</v>
+      </c>
+      <c r="M64" t="s">
+        <v>74</v>
+      </c>
+      <c r="N64" t="s">
+        <v>75</v>
+      </c>
+      <c r="O64">
+        <v>523500006385</v>
+      </c>
+      <c r="P64">
+        <v>132791406</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>1120</v>
+      </c>
+      <c r="R64" t="s">
+        <v>1125</v>
+      </c>
+      <c r="S64" t="s">
+        <v>1126</v>
+      </c>
+      <c r="T64" t="s">
+        <v>77</v>
+      </c>
+      <c r="U64" t="s">
+        <v>1121</v>
+      </c>
+      <c r="V64">
+        <v>507491</v>
+      </c>
+      <c r="W64" t="s">
+        <v>78</v>
+      </c>
+      <c r="X64">
+        <v>45.04</v>
+      </c>
+      <c r="Y64">
+        <v>795</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>1122</v>
+      </c>
+      <c r="AD64">
+        <v>132791406</v>
+      </c>
+      <c r="AE64" t="s">
+        <v>1127</v>
+      </c>
+      <c r="AF64">
+        <v>89513193</v>
+      </c>
+      <c r="AG64"/>
+      <c r="AH64" t="s">
+        <v>1128</v>
+      </c>
+      <c r="AI64"/>
+      <c r="AJ64" t="s">
+        <v>876</v>
+      </c>
+      <c r="AK64" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL64" t="s">
+        <v>1124</v>
+      </c>
+      <c r="AM64"/>
+      <c r="AN64" t="s">
+        <v>1123</v>
+      </c>
+      <c r="AO64">
+        <v>22.58</v>
+      </c>
+      <c r="AP64" t="s">
+        <v>1129</v>
+      </c>
+      <c r="AQ64"/>
+      <c r="AR64"/>
+      <c r="AS64"/>
+      <c r="AT64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU64">
+        <v>523500006385</v>
+      </c>
+      <c r="AV64" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW64">
+        <v>0</v>
+      </c>
+      <c r="AX64" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY64">
+        <v>990089779465</v>
+      </c>
+      <c r="AZ64" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA64" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB64" t="s">
+        <v>1120</v>
+      </c>
+      <c r="BC64" t="s">
+        <v>1124</v>
+      </c>
+      <c r="BD64" t="s">
+        <v>1130</v>
+      </c>
+      <c r="BE64" t="s">
+        <v>1131</v>
+      </c>
+      <c r="BF64" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG64" t="s">
+        <v>1105</v>
+      </c>
+      <c r="BH64">
+        <v>586</v>
+      </c>
+      <c r="BI64" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ64" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK64" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BL64"/>
+      <c r="BM64" t="s">
+        <v>1132</v>
+      </c>
+      <c r="BN64" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO64">
+        <v>22</v>
+      </c>
+      <c r="BP64"/>
+      <c r="BQ64"/>
+      <c r="BR64">
+        <v>35807</v>
+      </c>
+      <c r="BS64" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="65" spans="1:71">
+      <c r="A65" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D65">
+        <v>506772</v>
+      </c>
+      <c r="E65">
+        <v>71.4</v>
+      </c>
+      <c r="F65" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G65" t="s">
+        <v>70</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1137</v>
+      </c>
+      <c r="I65">
+        <v>25.98</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1138</v>
+      </c>
+      <c r="K65" t="s">
+        <v>298</v>
+      </c>
+      <c r="L65">
+        <v>990089068162</v>
+      </c>
+      <c r="M65" t="s">
+        <v>74</v>
+      </c>
+      <c r="N65" t="s">
+        <v>75</v>
+      </c>
+      <c r="O65">
+        <v>523500006245</v>
+      </c>
+      <c r="P65">
+        <v>144692438</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>1134</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1139</v>
+      </c>
+      <c r="S65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="T65" t="s">
+        <v>77</v>
+      </c>
+      <c r="U65" t="s">
+        <v>1135</v>
+      </c>
+      <c r="V65">
+        <v>506772</v>
+      </c>
+      <c r="W65" t="s">
+        <v>78</v>
+      </c>
+      <c r="X65">
+        <v>71.4</v>
+      </c>
+      <c r="Y65">
+        <v>795</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>1136</v>
+      </c>
+      <c r="AD65">
+        <v>144692438</v>
+      </c>
+      <c r="AE65" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF65">
+        <v>89000770</v>
+      </c>
+      <c r="AG65"/>
+      <c r="AH65" t="s">
+        <v>1141</v>
+      </c>
+      <c r="AI65"/>
+      <c r="AJ65" t="s">
+        <v>938</v>
+      </c>
+      <c r="AK65" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL65" t="s">
+        <v>1138</v>
+      </c>
+      <c r="AM65"/>
+      <c r="AN65" t="s">
+        <v>1137</v>
+      </c>
+      <c r="AO65">
+        <v>25.98</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AQ65"/>
+      <c r="AR65"/>
+      <c r="AS65"/>
+      <c r="AT65" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU65">
+        <v>523500006245</v>
+      </c>
+      <c r="AV65" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW65">
+        <v>0</v>
+      </c>
+      <c r="AX65" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY65">
+        <v>990089068162</v>
+      </c>
+      <c r="AZ65" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA65" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB65" t="s">
+        <v>1134</v>
+      </c>
+      <c r="BC65" t="s">
+        <v>1138</v>
+      </c>
+      <c r="BD65" t="s">
+        <v>1143</v>
+      </c>
+      <c r="BE65" t="s">
+        <v>1144</v>
+      </c>
+      <c r="BF65" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG65" t="s">
+        <v>1105</v>
+      </c>
+      <c r="BH65">
+        <v>590</v>
+      </c>
+      <c r="BI65" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ65" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK65" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BL65"/>
+      <c r="BM65" t="s">
+        <v>1145</v>
+      </c>
+      <c r="BN65" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO65">
+        <v>71</v>
+      </c>
+      <c r="BP65"/>
+      <c r="BQ65"/>
+      <c r="BR65">
+        <v>56763</v>
+      </c>
+      <c r="BS65" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="66" spans="1:71">
+      <c r="A66" t="s">
+        <v>66</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D66">
+        <v>506332</v>
+      </c>
+      <c r="E66">
+        <v>173.72</v>
+      </c>
+      <c r="F66" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G66" t="s">
+        <v>70</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I66">
+        <v>155</v>
+      </c>
+      <c r="J66" t="s">
+        <v>1138</v>
+      </c>
+      <c r="K66" t="s">
+        <v>298</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>74</v>
+      </c>
+      <c r="N66" t="s">
+        <v>75</v>
+      </c>
+      <c r="O66">
+        <v>523500006376</v>
+      </c>
+      <c r="P66">
+        <v>181609265</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>1146</v>
+      </c>
+      <c r="R66" t="s">
+        <v>1150</v>
+      </c>
+      <c r="S66" t="s">
+        <v>1151</v>
+      </c>
+      <c r="T66" t="s">
+        <v>77</v>
+      </c>
+      <c r="U66" t="s">
+        <v>1147</v>
+      </c>
+      <c r="V66">
+        <v>506332</v>
+      </c>
+      <c r="W66" t="s">
+        <v>78</v>
+      </c>
+      <c r="X66">
+        <v>173.72</v>
+      </c>
+      <c r="Y66">
+        <v>795</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB66" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC66" t="s">
+        <v>1148</v>
+      </c>
+      <c r="AD66">
+        <v>181609265</v>
+      </c>
+      <c r="AE66" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF66">
+        <v>33771627</v>
+      </c>
+      <c r="AG66"/>
+      <c r="AH66" t="s">
+        <v>1152</v>
+      </c>
+      <c r="AI66"/>
+      <c r="AJ66" t="s">
+        <v>218</v>
+      </c>
+      <c r="AK66" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL66" t="s">
+        <v>1138</v>
+      </c>
+      <c r="AM66"/>
+      <c r="AN66" t="s">
+        <v>1149</v>
+      </c>
+      <c r="AO66">
+        <v>155</v>
+      </c>
+      <c r="AP66" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AQ66"/>
+      <c r="AR66"/>
+      <c r="AS66"/>
+      <c r="AT66" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU66">
+        <v>523500006376</v>
+      </c>
+      <c r="AV66" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW66">
+        <v>0</v>
+      </c>
+      <c r="AX66"/>
+      <c r="AY66"/>
+      <c r="AZ66" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA66" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB66" t="s">
+        <v>1146</v>
+      </c>
+      <c r="BC66" t="s">
+        <v>1138</v>
+      </c>
+      <c r="BD66" t="s">
+        <v>1154</v>
+      </c>
+      <c r="BE66" t="s">
+        <v>1155</v>
+      </c>
+      <c r="BF66" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG66" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH66">
+        <v>1743</v>
+      </c>
+      <c r="BI66" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ66" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK66" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BL66"/>
+      <c r="BM66" t="s">
+        <v>1156</v>
+      </c>
+      <c r="BN66" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO66">
+        <v>29</v>
+      </c>
+      <c r="BP66"/>
+      <c r="BQ66"/>
+      <c r="BR66">
+        <v>138107</v>
+      </c>
+      <c r="BS66" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="67" spans="1:71">
+      <c r="A67" t="s">
+        <v>66</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D67">
+        <v>504860</v>
+      </c>
+      <c r="E67">
+        <v>24.74</v>
+      </c>
+      <c r="F67" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G67" t="s">
+        <v>70</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I67">
+        <v>10.09</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K67" t="s">
+        <v>298</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>74</v>
+      </c>
+      <c r="N67" t="s">
+        <v>75</v>
+      </c>
+      <c r="O67">
+        <v>523500006042</v>
+      </c>
+      <c r="P67">
+        <v>225620628</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>1157</v>
+      </c>
+      <c r="R67" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S67" t="s">
+        <v>1163</v>
+      </c>
+      <c r="T67" t="s">
+        <v>77</v>
+      </c>
+      <c r="U67" t="s">
+        <v>1158</v>
+      </c>
+      <c r="V67">
+        <v>504860</v>
+      </c>
+      <c r="W67" t="s">
+        <v>78</v>
+      </c>
+      <c r="X67">
+        <v>24.74</v>
+      </c>
+      <c r="Y67">
+        <v>795</v>
+      </c>
+      <c r="Z67" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>1159</v>
+      </c>
+      <c r="AD67">
+        <v>225620628</v>
+      </c>
+      <c r="AE67" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF67">
+        <v>33114144</v>
+      </c>
+      <c r="AG67"/>
+      <c r="AH67" t="s">
+        <v>1164</v>
+      </c>
+      <c r="AI67"/>
+      <c r="AJ67" t="s">
+        <v>768</v>
+      </c>
+      <c r="AK67" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL67" t="s">
+        <v>1161</v>
+      </c>
+      <c r="AM67"/>
+      <c r="AN67" t="s">
+        <v>1160</v>
+      </c>
+      <c r="AO67">
+        <v>10.09</v>
+      </c>
+      <c r="AP67" t="s">
+        <v>1165</v>
+      </c>
+      <c r="AQ67"/>
+      <c r="AR67"/>
+      <c r="AS67"/>
+      <c r="AT67" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU67">
+        <v>523500006042</v>
+      </c>
+      <c r="AV67" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW67">
+        <v>0</v>
+      </c>
+      <c r="AX67"/>
+      <c r="AY67"/>
+      <c r="AZ67" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA67" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB67" t="s">
+        <v>1157</v>
+      </c>
+      <c r="BC67" t="s">
+        <v>1161</v>
+      </c>
+      <c r="BD67" t="s">
+        <v>1166</v>
+      </c>
+      <c r="BE67" t="s">
+        <v>1167</v>
+      </c>
+      <c r="BF67" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG67" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH67">
+        <v>1757</v>
+      </c>
+      <c r="BI67" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ67" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK67" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BL67"/>
+      <c r="BM67" t="s">
+        <v>1168</v>
+      </c>
+      <c r="BN67" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO67">
+        <v>71</v>
+      </c>
+      <c r="BP67"/>
+      <c r="BQ67"/>
+      <c r="BR67">
+        <v>19668</v>
+      </c>
+      <c r="BS67" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="68" spans="1:71">
+      <c r="A68" t="s">
+        <v>66</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D68">
+        <v>501351</v>
+      </c>
+      <c r="E68">
+        <v>47.69</v>
+      </c>
+      <c r="F68" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G68" t="s">
+        <v>70</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I68">
+        <v>24.88</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K68" t="s">
+        <v>298</v>
+      </c>
+      <c r="L68">
+        <v>990086683428</v>
+      </c>
+      <c r="M68" t="s">
+        <v>74</v>
+      </c>
+      <c r="N68" t="s">
+        <v>75</v>
+      </c>
+      <c r="O68">
+        <v>523500005684</v>
+      </c>
+      <c r="P68">
+        <v>134729449</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>1169</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1174</v>
+      </c>
+      <c r="S68" t="s">
+        <v>1175</v>
+      </c>
+      <c r="T68" t="s">
+        <v>77</v>
+      </c>
+      <c r="U68" t="s">
+        <v>1170</v>
+      </c>
+      <c r="V68">
+        <v>501351</v>
+      </c>
+      <c r="W68" t="s">
+        <v>78</v>
+      </c>
+      <c r="X68">
+        <v>47.69</v>
+      </c>
+      <c r="Y68">
+        <v>795</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>1171</v>
+      </c>
+      <c r="AD68">
+        <v>134729449</v>
+      </c>
+      <c r="AE68" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF68">
+        <v>95398241</v>
+      </c>
+      <c r="AG68"/>
+      <c r="AH68" t="s">
+        <v>1176</v>
+      </c>
+      <c r="AI68"/>
+      <c r="AJ68" t="s">
+        <v>1177</v>
+      </c>
+      <c r="AK68" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL68" t="s">
+        <v>1173</v>
+      </c>
+      <c r="AM68"/>
+      <c r="AN68" t="s">
+        <v>1172</v>
+      </c>
+      <c r="AO68">
+        <v>24.88</v>
+      </c>
+      <c r="AP68" t="s">
+        <v>1178</v>
+      </c>
+      <c r="AQ68" t="s">
+        <v>1179</v>
+      </c>
+      <c r="AR68" t="s">
+        <v>1180</v>
+      </c>
+      <c r="AS68" t="s">
+        <v>1181</v>
+      </c>
+      <c r="AT68" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU68">
+        <v>523500005684</v>
+      </c>
+      <c r="AV68" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW68">
+        <v>0</v>
+      </c>
+      <c r="AX68" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY68">
+        <v>990086683428</v>
+      </c>
+      <c r="AZ68" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA68" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB68" t="s">
+        <v>1169</v>
+      </c>
+      <c r="BC68" t="s">
+        <v>1173</v>
+      </c>
+      <c r="BD68" t="s">
+        <v>1182</v>
+      </c>
+      <c r="BE68" t="s">
+        <v>1183</v>
+      </c>
+      <c r="BF68" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG68" t="s">
+        <v>1105</v>
+      </c>
+      <c r="BH68">
+        <v>658</v>
+      </c>
+      <c r="BI68" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ68" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK68" t="s">
+        <v>1059</v>
+      </c>
+      <c r="BL68"/>
+      <c r="BM68" t="s">
+        <v>1184</v>
+      </c>
+      <c r="BN68" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO68">
+        <v>140</v>
+      </c>
+      <c r="BP68"/>
+      <c r="BQ68"/>
+      <c r="BR68">
+        <v>37914</v>
+      </c>
+      <c r="BS68" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="69" spans="1:71">
+      <c r="A69" t="s">
+        <v>66</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D69">
+        <v>497208</v>
+      </c>
+      <c r="E69">
+        <v>137.1</v>
+      </c>
+      <c r="F69" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G69" t="s">
+        <v>70</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I69">
+        <v>66.59</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1189</v>
+      </c>
+      <c r="K69" t="s">
+        <v>298</v>
+      </c>
+      <c r="L69">
+        <v>990085436383</v>
+      </c>
+      <c r="M69" t="s">
+        <v>74</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1190</v>
+      </c>
+      <c r="O69">
+        <v>523500005305</v>
+      </c>
+      <c r="P69">
+        <v>189782020</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>1185</v>
+      </c>
+      <c r="R69" t="s">
+        <v>1191</v>
+      </c>
+      <c r="S69" t="s">
+        <v>1192</v>
+      </c>
+      <c r="T69" t="s">
+        <v>77</v>
+      </c>
+      <c r="U69" t="s">
+        <v>1186</v>
+      </c>
+      <c r="V69">
+        <v>497208</v>
+      </c>
+      <c r="W69" t="s">
+        <v>78</v>
+      </c>
+      <c r="X69">
+        <v>137.1</v>
+      </c>
+      <c r="Y69">
+        <v>795</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>1187</v>
+      </c>
+      <c r="AD69">
+        <v>189782020</v>
+      </c>
+      <c r="AE69" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF69">
+        <v>37492405</v>
+      </c>
+      <c r="AG69"/>
+      <c r="AH69" t="s">
+        <v>1193</v>
+      </c>
+      <c r="AI69"/>
+      <c r="AJ69" t="s">
+        <v>907</v>
+      </c>
+      <c r="AK69" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL69" t="s">
+        <v>1189</v>
+      </c>
+      <c r="AM69"/>
+      <c r="AN69" t="s">
+        <v>1188</v>
+      </c>
+      <c r="AO69">
+        <v>66.59</v>
+      </c>
+      <c r="AP69" t="s">
+        <v>1194</v>
+      </c>
+      <c r="AQ69"/>
+      <c r="AR69"/>
+      <c r="AS69"/>
+      <c r="AT69" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU69">
+        <v>523500005305</v>
+      </c>
+      <c r="AV69" t="s">
+        <v>1195</v>
+      </c>
+      <c r="AW69">
+        <v>1008600</v>
+      </c>
+      <c r="AX69" t="s">
+        <v>1196</v>
+      </c>
+      <c r="AY69">
+        <v>990085436383</v>
+      </c>
+      <c r="AZ69" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA69"/>
+      <c r="BB69" t="s">
+        <v>1185</v>
+      </c>
+      <c r="BC69" t="s">
+        <v>1189</v>
+      </c>
+      <c r="BD69" t="s">
+        <v>1197</v>
+      </c>
+      <c r="BE69" t="s">
+        <v>1198</v>
+      </c>
+      <c r="BF69" t="s">
+        <v>1199</v>
+      </c>
+      <c r="BG69" t="s">
+        <v>1200</v>
+      </c>
+      <c r="BH69">
+        <v>20</v>
+      </c>
+      <c r="BI69" t="s">
+        <v>145</v>
+      </c>
+      <c r="BJ69"/>
+      <c r="BK69"/>
+      <c r="BL69"/>
+      <c r="BM69" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN69" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO69">
+        <v>0</v>
+      </c>
+      <c r="BP69"/>
+      <c r="BQ69"/>
+      <c r="BR69">
         <v>108995</v>
       </c>
-      <c r="BS61"/>
+      <c r="BS69"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>