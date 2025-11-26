--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1210">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,2331 +215,2277 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-08-30 19:35:11</t>
-[...5 lines deleted...]
-    <t>Raul  Serey</t>
+    <t>2025-09-29 14:15:42</t>
+  </si>
+  <si>
+    <t>23950976501-A</t>
+  </si>
+  <si>
+    <t>Brandon Casapía</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/112-2911899-7539412</t>
-[...5 lines deleted...]
-    <t>Cancelled (auto buy is not available, )</t>
+    <t>/1100000075523741</t>
+  </si>
+  <si>
+    <t>2025-10-14 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
+    <t>eshopex - Ready to go - Ready to go</t>
+  </si>
+  <si>
+    <t>19868788K</t>
+  </si>
+  <si>
+    <t>2025-09-29 14:15:44</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--947058487</t>
+  </si>
+  <si>
+    <t>Fray Camilo Henríquez 255</t>
+  </si>
+  <si>
+    <t>SANTIAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BESTBUY, </t>
+  </si>
+  <si>
+    <t>/6578462</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-10-20 15:42:23</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-10-20 22:28:36</t>
+  </si>
+  <si>
+    <t>2025-09-29 18:50:01</t>
+  </si>
+  <si>
+    <t>Return Label Pending</t>
+  </si>
+  <si>
+    <t>2024-06-05 13:13:48</t>
+  </si>
+  <si>
+    <t>22582478301-A</t>
+  </si>
+  <si>
+    <t>Samuel Cordova Escaida</t>
+  </si>
+  <si>
+    <t>/ 114-7607375-6662648</t>
+  </si>
+  <si>
+    <t>2024-06-05 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (The customer on checkout is different, please review)</t>
+  </si>
+  <si>
+    <t>eshopex - REDESTINADA POR SOLICITUD DEL CLIENTE - shipped</t>
+  </si>
+  <si>
+    <t>2024-06-05 13:13:49</t>
+  </si>
+  <si>
+    <t>--952033272</t>
+  </si>
+  <si>
+    <t>Avenida Pedro Fontova 6850</t>
+  </si>
+  <si>
+    <t>HUECHURABA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B07RXZLMJT</t>
+  </si>
+  <si>
+    <t>starken</t>
+  </si>
+  <si>
+    <t>2024-06-12 09:55:33</t>
+  </si>
+  <si>
+    <t>2024-06-18 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-07-22 15:15:14</t>
+  </si>
+  <si>
+    <t>delayed</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"				</t>
+  </si>
+  <si>
+    <t>2024-08-09 21:26:28</t>
+  </si>
+  <si>
+    <t>2024-06-05 14:04:47</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
+    <t>2024-05-05 23:50:21</t>
+  </si>
+  <si>
+    <t>22415659001-A</t>
+  </si>
+  <si>
+    <t>Natalia Cliente</t>
+  </si>
+  <si>
+    <t>/114-3052272-7223461</t>
+  </si>
+  <si>
+    <t>2024-05-06 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (warning: Invalid card information. Please check added card in CBT.)</t>
+  </si>
+  <si>
+    <t>2024-05-05 23:50:22</t>
+  </si>
+  <si>
+    <t>2024-05-05 23:50:23</t>
+  </si>
+  <si>
+    <t>--983607035</t>
+  </si>
+  <si>
+    <t>Pasaje pedro nolasco 04</t>
+  </si>
+  <si>
+    <t>CHIMBARONGO</t>
+  </si>
+  <si>
+    <t>/B08V8CG76Q</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>UPS</t>
+  </si>
+  <si>
+    <t>1Z82AF32YW09734195</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-05-09 14:14:57</t>
+  </si>
+  <si>
+    <t>2024-05-12 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-05-24 17:37:40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"</t>
+  </si>
+  <si>
+    <t>2024-06-14 21:35:06</t>
+  </si>
+  <si>
+    <t>2024-05-05 23:56:42</t>
+  </si>
+  <si>
+    <t>Closed</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
+    <t>2024-04-19 12:50:44</t>
+  </si>
+  <si>
+    <t>22378276101-A</t>
+  </si>
+  <si>
+    <t>Celeny Montes Perez</t>
+  </si>
+  <si>
+    <t>/11096087</t>
+  </si>
+  <si>
+    <t>2024-04-19 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - ENVIO ANULADO - shipped</t>
+  </si>
+  <si>
+    <t>2024-04-19 12:50:45</t>
+  </si>
+  <si>
+    <t>--941070823</t>
+  </si>
+  <si>
+    <t>Primera avenida 1178</t>
+  </si>
+  <si>
+    <t>SAN MIGUEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSPBH3321</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>2024-04-25 14:05:48</t>
+  </si>
+  <si>
+    <t>2024-04-24 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-07-11 16:16:10</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						CARGA PERDIDA - DESISTIMIENTO DE COMPRA	</t>
+  </si>
+  <si>
+    <t>2024-05-29 18:16:26</t>
+  </si>
+  <si>
+    <t>2024-04-19 13:53:42</t>
+  </si>
+  <si>
+    <t>2024-03-02 01:05:10</t>
+  </si>
+  <si>
+    <t>22263470001-A</t>
+  </si>
+  <si>
+    <t>Vanessa Marlene Arriagada Pino</t>
+  </si>
+  <si>
+    <t>/112-6324129-5293012</t>
+  </si>
+  <si>
+    <t>2024-03-02 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cancelled </t>
+  </si>
+  <si>
     <t>eshopex - ENTREGA EN PLANTA CORREOS DE CHILE - ENTREGA EN PLANTA CORREOS DE CHILE</t>
   </si>
   <si>
-    <t>2025-08-30 19:35:12</t>
-[...14 lines deleted...]
-    <t>Av. Jorge Alessandri 1431</t>
+    <t>2024-03-02 01:05:12</t>
+  </si>
+  <si>
+    <t>--963743486</t>
+  </si>
+  <si>
+    <t>Batalla de chorrillos  1018</t>
   </si>
   <si>
     <t>MAIPU</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...68 lines deleted...]
-    <t>Los Quillayes Norte 7593</t>
+    <t>/B07XNVD8PY</t>
+  </si>
+  <si>
+    <t>1Z093A4A0375594310</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-03-05 15:44:20</t>
+  </si>
+  <si>
+    <t>2024-03-10 17:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						ORDEN PERDIDA EN ADUANAS</t>
+  </si>
+  <si>
+    <t>2024-04-17 14:28:43</t>
+  </si>
+  <si>
+    <t>2024-03-02 02:22:22</t>
+  </si>
+  <si>
+    <t>Refund Pending</t>
+  </si>
+  <si>
+    <t>2024-03-01 14:02:26</t>
+  </si>
+  <si>
+    <t>22261890801-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Antonia Mejas Hernndez </t>
+  </si>
+  <si>
+    <t>/11076322</t>
+  </si>
+  <si>
+    <t>2024-03-01 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - CARGA DECOMISADA POR INCUMPLIMIENTO DE REGLAMENTO - shipped</t>
+  </si>
+  <si>
+    <t>2024-03-01 14:02:28</t>
+  </si>
+  <si>
+    <t>--945646714</t>
+  </si>
+  <si>
+    <t>Ongolmo  7471</t>
+  </si>
+  <si>
+    <t>LA FLORIDA</t>
+  </si>
+  <si>
+    <t>/VSPCD1F21</t>
+  </si>
+  <si>
+    <t>2024-03-04 13:54:29</t>
+  </si>
+  <si>
+    <t>2024-03-06 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-05-16 13:31:27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							ORDEN PERDIDA ADUANAS</t>
+  </si>
+  <si>
+    <t>2024-04-17 14:52:31</t>
+  </si>
+  <si>
+    <t>2024-03-01 14:47:07</t>
+  </si>
+  <si>
+    <t>2024-02-16 14:47:08</t>
+  </si>
+  <si>
+    <t>22229833701-A</t>
+  </si>
+  <si>
+    <t>Jaime Morales</t>
+  </si>
+  <si>
+    <t>/112-6626062-2802612</t>
+  </si>
+  <si>
+    <t>2024-02-16 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - ON HOLD - FALTANTES - ON HOLD - FALTANTES</t>
+  </si>
+  <si>
+    <t>2024-02-16 14:47:09</t>
+  </si>
+  <si>
+    <t>--962467446</t>
+  </si>
+  <si>
+    <t>Palmira Romano Norte 556</t>
+  </si>
+  <si>
+    <t>LIMACHE</t>
+  </si>
+  <si>
+    <t>/B0CK22LJVW</t>
+  </si>
+  <si>
+    <t>1ZX341F40315844270</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>2024-02-21 15:58:13</t>
+  </si>
+  <si>
+    <t>2024-02-21 16:25:26</t>
+  </si>
+  <si>
+    <t>2025-06-27 11:07:06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						Arrepentimiento Bloqueo Masivo	</t>
+  </si>
+  <si>
+    <t>2024-02-23 14:29:32</t>
+  </si>
+  <si>
+    <t>2024-02-16 15:10:09</t>
+  </si>
+  <si>
+    <t>2023-12-14 19:14:06</t>
+  </si>
+  <si>
+    <t>22083780401-A</t>
+  </si>
+  <si>
+    <t>Yasna Fritis flores</t>
+  </si>
+  <si>
+    <t>/111-7210605-5744214</t>
+  </si>
+  <si>
+    <t>2023-12-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2023-12-14 19:14:07</t>
+  </si>
+  <si>
+    <t>--988251843</t>
+  </si>
+  <si>
+    <t>OFCINA LASTENIA 11975</t>
+  </si>
+  <si>
+    <t>ANTOFAGASTA</t>
+  </si>
+  <si>
+    <t>/B07MZYBQYJ</t>
+  </si>
+  <si>
+    <t>Enviado</t>
+  </si>
+  <si>
+    <t>Direct Delivery</t>
+  </si>
+  <si>
+    <t>TBADD0001809633</t>
+  </si>
+  <si>
+    <t>2023-12-18 18:23:45</t>
+  </si>
+  <si>
+    <t>2023-12-20 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-01-03 08:48:51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							</t>
+  </si>
+  <si>
+    <t>2024-02-14 18:01:35</t>
+  </si>
+  <si>
+    <t>2023-12-14 19:21:50</t>
+  </si>
+  <si>
+    <t>Cerrado</t>
+  </si>
+  <si>
+    <t>2023-11-24 13:21:22</t>
+  </si>
+  <si>
+    <t>21978329401-A</t>
+  </si>
+  <si>
+    <t>Aaron Rivero</t>
+  </si>
+  <si>
+    <t>/114-3777268-7488242</t>
+  </si>
+  <si>
+    <t>2023-11-28 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (Products qty on page is not equal with the --&amp;gt; Qty on order 1 --&amp;gt;Qty on page = 0)</t>
+  </si>
+  <si>
+    <t>eshopex - ENVIO ANULADO - ENTREGA EN PLANTA CORREOS DE CHILE</t>
+  </si>
+  <si>
+    <t>2023-11-24 13:21:23</t>
+  </si>
+  <si>
+    <t>--956817559</t>
+  </si>
+  <si>
+    <t>Los cactus 578</t>
+  </si>
+  <si>
+    <t>CALAMA</t>
+  </si>
+  <si>
+    <t>/B08GYJHHVH</t>
+  </si>
+  <si>
+    <t>TBADD0000979325</t>
+  </si>
+  <si>
+    <t>2023-12-02 16:45:35</t>
+  </si>
+  <si>
+    <t>2023-12-08 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-07-11 16:07:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA</t>
+  </si>
+  <si>
+    <t>2023-12-14 14:47:33</t>
+  </si>
+  <si>
+    <t>2023-11-24 15:01:20</t>
+  </si>
+  <si>
+    <t>2023-10-23 02:25:44</t>
+  </si>
+  <si>
+    <t>21911810101-A</t>
+  </si>
+  <si>
+    <t>Juan Coliir Huina</t>
+  </si>
+  <si>
+    <t>/ 112-2313163-9564216</t>
+  </si>
+  <si>
+    <t>2023-10-23 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (Is not posible logon by captcha, please Review)</t>
+  </si>
+  <si>
+    <t>eshopex - ENVIO ANULADO - CUSTOMS</t>
+  </si>
+  <si>
+    <t>2023-10-23 02:25:45</t>
+  </si>
+  <si>
+    <t>--987198281</t>
+  </si>
+  <si>
+    <t>Miraflores 1230</t>
+  </si>
+  <si>
+    <t>TEMUCO</t>
+  </si>
+  <si>
+    <t>/B0718XJ2P8</t>
+  </si>
+  <si>
+    <t>2023-10-25 09:51:19</t>
+  </si>
+  <si>
+    <t>2023-10-29 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-07-11 16:07:28</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	ARREPENTIMIENTO DE COMPRA</t>
+  </si>
+  <si>
+    <t>2023-11-07 14:33:39</t>
+  </si>
+  <si>
+    <t>2023-10-23 03:29:23</t>
+  </si>
+  <si>
+    <t>2023-10-15 22:00:33</t>
+  </si>
+  <si>
+    <t>21897554701-A</t>
+  </si>
+  <si>
+    <t>Cecilia Porta</t>
+  </si>
+  <si>
+    <t>/112-1454824-1634606</t>
+  </si>
+  <si>
+    <t>2023-10-17 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - CUSTOMS - CUSTOMS</t>
+  </si>
+  <si>
+    <t>2023-10-15 22:00:34</t>
+  </si>
+  <si>
+    <t>--998732900</t>
+  </si>
+  <si>
+    <t>americo vespucio sur  948</t>
+  </si>
+  <si>
+    <t>LAS CONDES</t>
+  </si>
+  <si>
+    <t>/B07ZM7BFM5</t>
+  </si>
+  <si>
+    <t>Amazon Logistics</t>
+  </si>
+  <si>
+    <t>TBAMIA526359909</t>
+  </si>
+  <si>
+    <t>2023-10-18</t>
+  </si>
+  <si>
+    <t>2023-10-19 14:19:58</t>
+  </si>
+  <si>
+    <t>2023-10-22 17:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							CARGA PERDIDA </t>
+  </si>
+  <si>
+    <t>2023-12-15 20:00:11</t>
+  </si>
+  <si>
+    <t>2023-10-16 19:40:58</t>
+  </si>
+  <si>
+    <t>Pre Unknown</t>
+  </si>
+  <si>
+    <t>2023-09-01 16:33:07</t>
+  </si>
+  <si>
+    <t>21732439301-A</t>
+  </si>
+  <si>
+    <t>Luis Tapia</t>
+  </si>
+  <si>
+    <t>/230901-184528472-8938</t>
+  </si>
+  <si>
+    <t>2023-09-01 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - ENVIO ANULADO - customsrelease</t>
+  </si>
+  <si>
+    <t>2023-09-01 16:33:09</t>
+  </si>
+  <si>
+    <t>--61947403</t>
+  </si>
+  <si>
+    <t>Calle Nueve 248</t>
+  </si>
+  <si>
+    <t>VI.A DEL MA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BorderX, </t>
+  </si>
+  <si>
+    <t>/703c46cb779c42de_5501080</t>
+  </si>
+  <si>
+    <t>USPS</t>
+  </si>
+  <si>
+    <t>9400111206209525859511</t>
+  </si>
+  <si>
+    <t>2023-09-15 11:07:04</t>
+  </si>
+  <si>
+    <t>2023-09-16 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-02-01 09:43:05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							CLIENTE CANCELA POR DEMORA EN DESPACHO </t>
+  </si>
+  <si>
+    <t>2023-10-13 20:30:16</t>
+  </si>
+  <si>
+    <t>2023-09-01 17:33:55</t>
+  </si>
+  <si>
+    <t>2023-07-24 03:54:05</t>
+  </si>
+  <si>
+    <t>21638928001-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valéry Jean Jacob domond </t>
+  </si>
+  <si>
+    <t>/10982714</t>
+  </si>
+  <si>
+    <t>2023-07-24 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - ABANDONED IN DESTINATION - ABANDONED IN DESTINATION</t>
+  </si>
+  <si>
+    <t>25449657K</t>
+  </si>
+  <si>
+    <t>2023-07-24 03:54:07</t>
+  </si>
+  <si>
+    <t>--950714870</t>
+  </si>
+  <si>
+    <t>Eleuterio Ramírez  1070</t>
+  </si>
+  <si>
+    <t>/VSPCD2B21</t>
+  </si>
+  <si>
+    <t>2023-07-26 13:43:04</t>
+  </si>
+  <si>
+    <t>2023-08-02 17:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">					El producto se encuentra en oficina de Peru		</t>
+  </si>
+  <si>
+    <t>2023-08-18 14:21:50</t>
+  </si>
+  <si>
+    <t>2023-07-24 04:59:48</t>
+  </si>
+  <si>
+    <t>2023-07-18 02:39:09</t>
+  </si>
+  <si>
+    <t>21626454701-A</t>
+  </si>
+  <si>
+    <t>cesar flores</t>
+  </si>
+  <si>
+    <t>/113-4630787-7668233</t>
+  </si>
+  <si>
+    <t>2023-07-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2023-07-18 02:39:10</t>
+  </si>
+  <si>
+    <t>--963941014</t>
+  </si>
+  <si>
+    <t>avenida chamisero 16663</t>
+  </si>
+  <si>
+    <t>COLINA</t>
+  </si>
+  <si>
+    <t>/B0973L9H5Q</t>
+  </si>
+  <si>
+    <t>1Z306A440386727903</t>
+  </si>
+  <si>
+    <t>2023-07-21</t>
+  </si>
+  <si>
+    <t>2023-07-26 16:43:03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						El producto se encuentra en oficina de Peru - Amazon reembolso	</t>
+  </si>
+  <si>
+    <t>2023-08-18 14:21:14</t>
+  </si>
+  <si>
+    <t>2023-07-18 03:09:40</t>
+  </si>
+  <si>
+    <t>2023-06-22 19:07:51</t>
+  </si>
+  <si>
+    <t>21569321301-A</t>
+  </si>
+  <si>
+    <t>Josefa Chandia</t>
+  </si>
+  <si>
+    <t>/111-9364530-4141064</t>
+  </si>
+  <si>
+    <t>2023-06-22 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (Order time it's exceeded)</t>
+  </si>
+  <si>
+    <t>eshopex - ENVIO ANULADO - EN ADUANA</t>
+  </si>
+  <si>
+    <t>2023-06-22 19:07:53</t>
+  </si>
+  <si>
+    <t>--990046031</t>
+  </si>
+  <si>
+    <t>las tranqueras calle los pastores 2527</t>
+  </si>
+  <si>
+    <t>LOS ANGELES</t>
+  </si>
+  <si>
+    <t>/B08P4T4V5C</t>
+  </si>
+  <si>
+    <t>1Z803R420304830452</t>
+  </si>
+  <si>
+    <t>2023-06-25</t>
+  </si>
+  <si>
+    <t>2023-06-26 16:18:49</t>
+  </si>
+  <si>
+    <t>2023-06-28 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-02-01 09:43:03</t>
+  </si>
+  <si>
+    <t>2023-06-27 14:19:27</t>
+  </si>
+  <si>
+    <t>2023-06-22 19:42:54</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>2023-06-16 21:24:00</t>
+  </si>
+  <si>
+    <t>21556659301-A</t>
+  </si>
+  <si>
+    <t>Silvia alejandra Rodriguez silva</t>
+  </si>
+  <si>
+    <t>/10970120</t>
+  </si>
+  <si>
+    <t>2023-06-16 00:00:00</t>
+  </si>
+  <si>
+    <t>2023-06-16 21:24:02</t>
+  </si>
+  <si>
+    <t>--977919064</t>
+  </si>
+  <si>
+    <t>Caupolican 211</t>
+  </si>
+  <si>
+    <t>GRANEROS</t>
+  </si>
+  <si>
+    <t>/VSPOY7821</t>
+  </si>
+  <si>
+    <t>2023-06-21 12:51:28</t>
+  </si>
+  <si>
+    <t>2023-06-25 17:00:00</t>
+  </si>
+  <si>
+    <t>2023-06-26 14:04:01</t>
+  </si>
+  <si>
+    <t>2023-06-16 21:45:01</t>
+  </si>
+  <si>
+    <t>2023-05-29 19:44:45</t>
+  </si>
+  <si>
+    <t>21448108501-A</t>
+  </si>
+  <si>
+    <t>Omar Caimanque Vivar</t>
+  </si>
+  <si>
+    <t>/10964139</t>
+  </si>
+  <si>
+    <t>2023-05-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2023-05-29 19:44:46</t>
+  </si>
+  <si>
+    <t>--966194228</t>
+  </si>
+  <si>
+    <t>Esmeralda 1069</t>
+  </si>
+  <si>
+    <t>VALPARAISO</t>
+  </si>
+  <si>
+    <t>/VSPHI0220</t>
+  </si>
+  <si>
+    <t>2023-06-01 15:24:06</t>
+  </si>
+  <si>
+    <t>2023-06-03 08:37:18</t>
+  </si>
+  <si>
+    <t>2023-06-07 14:50:38</t>
+  </si>
+  <si>
+    <t>2023-05-29 20:54:34</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:28:33</t>
+  </si>
+  <si>
+    <t>21331732901-A</t>
+  </si>
+  <si>
+    <t>Pabla Morales</t>
+  </si>
+  <si>
+    <t>/111-5855868-0733843</t>
+  </si>
+  <si>
+    <t>2023-04-24 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - REDESTINADA POR SOLICITUD DEL CLIENTE - EN ADUANA</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:28:34</t>
+  </si>
+  <si>
+    <t>--941394938</t>
+  </si>
+  <si>
+    <t>pob el laurel pasaje corvi 9 4067</t>
+  </si>
+  <si>
+    <t>VALDIVIA</t>
+  </si>
+  <si>
+    <t>/B07VKZPQDF</t>
+  </si>
+  <si>
+    <t>1Z803R420303392660</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>2023-04-26 13:35:13</t>
+  </si>
+  <si>
+    <t>2023-05-04 17:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cliente rechazo pedido porque estaba en mal estado 	</t>
+  </si>
+  <si>
+    <t>2023-06-20 16:33:47</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:57:28</t>
+  </si>
+  <si>
+    <t>2022-12-16 13:13:20</t>
+  </si>
+  <si>
+    <t>20965171505-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">carmen  rojas salaya </t>
+  </si>
+  <si>
+    <t>/112-0661947-3190621</t>
+  </si>
+  <si>
+    <t>2022-12-16 00:00:00</t>
+  </si>
+  <si>
+    <t>2022-12-16 13:13:27</t>
+  </si>
+  <si>
+    <t>--56967028</t>
+  </si>
+  <si>
+    <t>Avenida Capitán Antonio Millán 879</t>
+  </si>
+  <si>
+    <t>RANCAGUA</t>
+  </si>
+  <si>
+    <t>/B07MD9DGTQ</t>
+  </si>
+  <si>
+    <t>1Z83786W1384970272</t>
+  </si>
+  <si>
+    <t>2022-12-17</t>
+  </si>
+  <si>
+    <t>2022-12-20 08:36:14</t>
+  </si>
+  <si>
+    <t>2022-12-23 17:00:00</t>
+  </si>
+  <si>
+    <t>2023-01-19 12:44:48</t>
+  </si>
+  <si>
+    <t>2022-12-26 16:44:18</t>
+  </si>
+  <si>
+    <t>2022-12-16 14:05:55</t>
+  </si>
+  <si>
+    <t>2022-12-12 23:00:01</t>
+  </si>
+  <si>
+    <t>20944328401-A</t>
+  </si>
+  <si>
+    <t>leonor veronica leiva</t>
+  </si>
+  <si>
+    <t>/114-7357914-8423417</t>
+  </si>
+  <si>
+    <t>2022-12-12 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - ON HOLD - FALTANTE - ON HOLD - FALTANTE</t>
+  </si>
+  <si>
+    <t>2022-12-12 23:00:05</t>
+  </si>
+  <si>
+    <t>--948529676</t>
+  </si>
+  <si>
+    <t>pasaje 20 20</t>
+  </si>
+  <si>
+    <t>PE.ALOLEN</t>
+  </si>
+  <si>
+    <t>/B081287KN1</t>
+  </si>
+  <si>
+    <t>TBA304306902917</t>
+  </si>
+  <si>
+    <t>2022-12-13</t>
+  </si>
+  <si>
+    <t>2022-12-14 14:16:09</t>
+  </si>
+  <si>
+    <t>2022-12-14 14:17:40</t>
+  </si>
+  <si>
+    <t>2022-12-15 16:15:34</t>
+  </si>
+  <si>
+    <t>2022-12-12 23:15:18</t>
+  </si>
+  <si>
+    <t>2022-11-28 00:31:49</t>
+  </si>
+  <si>
+    <t>20865380201-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chantal  Bernouin </t>
+  </si>
+  <si>
+    <t>/112-5028685-3689840</t>
+  </si>
+  <si>
+    <t>2022-11-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2022-11-28 00:31:52</t>
+  </si>
+  <si>
+    <t>--962367289</t>
+  </si>
+  <si>
+    <t>Valle Alegre  498</t>
+  </si>
+  <si>
+    <t>TBA303984465230</t>
+  </si>
+  <si>
+    <t>2022-11-29</t>
+  </si>
+  <si>
+    <t>2022-12-07 11:29:54</t>
+  </si>
+  <si>
+    <t>2022-12-07 11:32:36</t>
+  </si>
+  <si>
+    <t>2023-06-02 04:53:39</t>
+  </si>
+  <si>
+    <t>2022-12-22 16:46:59</t>
+  </si>
+  <si>
+    <t>2022-11-28 05:50:22</t>
+  </si>
+  <si>
+    <t>2022-11-26 03:49:36</t>
+  </si>
+  <si>
+    <t>20851444202-A</t>
+  </si>
+  <si>
+    <t>paulina silva</t>
+  </si>
+  <si>
+    <t>/112-4297946-7249033</t>
+  </si>
+  <si>
+    <t>2022-11-26 00:00:00</t>
+  </si>
+  <si>
+    <t>2022-11-26 03:49:42</t>
+  </si>
+  <si>
+    <t>--985016106</t>
+  </si>
+  <si>
+    <t>oceano antartico  2809</t>
+  </si>
+  <si>
+    <t>/B0886YRBCH</t>
+  </si>
+  <si>
+    <t>1Z6V39180309929513</t>
+  </si>
+  <si>
+    <t>2022-11-28</t>
+  </si>
+  <si>
+    <t>2022-12-03 11:42:38</t>
+  </si>
+  <si>
+    <t>2022-12-08 17:00:00</t>
+  </si>
+  <si>
+    <t>2023-01-06 11:37:20</t>
+  </si>
+  <si>
+    <t>2023-01-03 20:29:33</t>
+  </si>
+  <si>
+    <t>2022-11-26 05:42:11</t>
+  </si>
+  <si>
+    <t>2022-11-08 12:40:36</t>
+  </si>
+  <si>
+    <t>20797276903-A</t>
+  </si>
+  <si>
+    <t>Andres Alarcon</t>
+  </si>
+  <si>
+    <t>/114-8928926-0625013</t>
+  </si>
+  <si>
+    <t>2022-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2022-11-08 12:40:43</t>
+  </si>
+  <si>
+    <t>--989247317</t>
+  </si>
+  <si>
+    <t>Colombia 921 921</t>
+  </si>
+  <si>
+    <t>TBA303649834458</t>
+  </si>
+  <si>
+    <t>2022-11-08</t>
+  </si>
+  <si>
+    <t>2022-11-09 12:25:00</t>
+  </si>
+  <si>
+    <t>2022-11-09 12:26:40</t>
+  </si>
+  <si>
+    <t>2022-11-10 14:33:09</t>
+  </si>
+  <si>
+    <t>2022-11-08 13:39:44</t>
+  </si>
+  <si>
+    <t>Return Pending</t>
+  </si>
+  <si>
+    <t>2022-10-06 02:05:22</t>
+  </si>
+  <si>
+    <t>20714897601-A</t>
+  </si>
+  <si>
+    <t>Constanza  Rocuant</t>
+  </si>
+  <si>
+    <t>/114-6067611-3893817</t>
+  </si>
+  <si>
+    <t>2022-10-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2022-10-06 02:05:26</t>
+  </si>
+  <si>
+    <t>--965700147</t>
+  </si>
+  <si>
+    <t>El barrancon 4876</t>
+  </si>
+  <si>
+    <t>SN.BERNARDO</t>
+  </si>
+  <si>
+    <t>/B07QQ39RY3</t>
+  </si>
+  <si>
+    <t>TBA303188858134</t>
+  </si>
+  <si>
+    <t>2022-10-06</t>
+  </si>
+  <si>
+    <t>2022-10-10 08:48:20</t>
+  </si>
+  <si>
+    <t>2022-10-13 17:00:00</t>
+  </si>
+  <si>
+    <t>2023-01-30 13:30:18</t>
+  </si>
+  <si>
+    <t>2022-10-14 17:07:09</t>
+  </si>
+  <si>
+    <t>2022-10-06 03:19:18</t>
+  </si>
+  <si>
+    <t>2022-01-24 05:06:39</t>
+  </si>
+  <si>
+    <t>150913587-A</t>
+  </si>
+  <si>
+    <t>AGUSTIN PANES</t>
+  </si>
+  <si>
+    <t>/114-4731322-9775454</t>
+  </si>
+  <si>
+    <t>2022-01-24 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">eshopex -  - </t>
+  </si>
+  <si>
+    <t>2022-01-24 05:18:09</t>
+  </si>
+  <si>
+    <t>2022-01-24 05:32:41</t>
+  </si>
+  <si>
+    <t>Hermanos Cabot 7901</t>
+  </si>
+  <si>
+    <t>/B078XPQQ5D</t>
+  </si>
+  <si>
+    <t>TBA174157779401</t>
+  </si>
+  <si>
+    <t>2022-01-24</t>
+  </si>
+  <si>
+    <t>2022-01-27 13:25:25</t>
+  </si>
+  <si>
+    <t>2022-01-29 17:00:00</t>
+  </si>
+  <si>
+    <t>2022-02-02 16:33:00</t>
+  </si>
+  <si>
+    <t>2022-01-31 12:15:58</t>
+  </si>
+  <si>
+    <t>2021-12-09 12:38:36</t>
+  </si>
+  <si>
+    <t>147712807-A</t>
+  </si>
+  <si>
+    <t>María Francisca Perez Obando</t>
+  </si>
+  <si>
+    <t>/113-0385434-9765868</t>
+  </si>
+  <si>
+    <t>2021-12-09 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - deleted - deleted</t>
+  </si>
+  <si>
+    <t>2021-12-09 12:47:04</t>
+  </si>
+  <si>
+    <t>2021-12-09 13:02:10</t>
+  </si>
+  <si>
+    <t>--7849684</t>
+  </si>
+  <si>
+    <t>Thomas Bridges 01568</t>
+  </si>
+  <si>
+    <t>PTA.ARENAS</t>
+  </si>
+  <si>
+    <t>/B08B77Q738</t>
+  </si>
+  <si>
+    <t>TBA171353389301</t>
+  </si>
+  <si>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>2021-12-10 16:15:31</t>
+  </si>
+  <si>
+    <t>2021-12-10 16:17:09</t>
+  </si>
+  <si>
+    <t>2021-12-20 17:46:26</t>
+  </si>
+  <si>
+    <t>2021-11-13 15:50:15</t>
+  </si>
+  <si>
+    <t>145432341-A</t>
+  </si>
+  <si>
+    <t>Rosa Escobar</t>
+  </si>
+  <si>
+    <t>/114-8146099-3445046</t>
+  </si>
+  <si>
+    <t>2021-11-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-13 16:01:05</t>
+  </si>
+  <si>
+    <t>2021-11-13 16:10:44</t>
+  </si>
+  <si>
+    <t>Avenida Ricardo Lyon 1096</t>
+  </si>
+  <si>
+    <t>PROVIDENCIA</t>
+  </si>
+  <si>
+    <t>/B07HL3YVWX</t>
+  </si>
+  <si>
+    <t>TBA169636715301</t>
+  </si>
+  <si>
+    <t>2021-11-15</t>
+  </si>
+  <si>
+    <t>2021-11-16 14:42:55</t>
+  </si>
+  <si>
+    <t>2021-11-22 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-25 15:50:00</t>
+  </si>
+  <si>
+    <t>2021-11-09 02:20:08</t>
+  </si>
+  <si>
+    <t>145131080-A</t>
+  </si>
+  <si>
+    <t>Sebastián Méndez</t>
+  </si>
+  <si>
+    <t>/112-3422136-1009006</t>
+  </si>
+  <si>
+    <t>2021-11-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-09 02:30:57</t>
+  </si>
+  <si>
+    <t>2021-11-09 02:41:45</t>
+  </si>
+  <si>
+    <t>24 1/2 norte A  3879</t>
+  </si>
+  <si>
+    <t>TALCA</t>
+  </si>
+  <si>
+    <t>/0152023984</t>
+  </si>
+  <si>
+    <t>TBA169315067301</t>
+  </si>
+  <si>
+    <t>2021-11-09</t>
+  </si>
+  <si>
+    <t>2021-11-10 11:47:32</t>
+  </si>
+  <si>
+    <t>2021-11-15 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-17 16:30:00</t>
+  </si>
+  <si>
+    <t>2021-11-04 13:14:02</t>
+  </si>
+  <si>
+    <t>144825487-A</t>
+  </si>
+  <si>
+    <t>RODRIGO MONTECINO</t>
+  </si>
+  <si>
+    <t>/114-9572771-4838641</t>
+  </si>
+  <si>
+    <t>2021-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-04 13:15:54</t>
+  </si>
+  <si>
+    <t>2021-11-04 13:29:26</t>
+  </si>
+  <si>
+    <t>Ramiro Méndez 397</t>
+  </si>
+  <si>
+    <t>CAUQUENES</t>
+  </si>
+  <si>
+    <t>/8433026917</t>
+  </si>
+  <si>
+    <t>TBA168976793701</t>
+  </si>
+  <si>
+    <t>2021-11-04</t>
+  </si>
+  <si>
+    <t>2021-11-05 14:15:26</t>
+  </si>
+  <si>
+    <t>2021-11-17 16:29:00</t>
+  </si>
+  <si>
+    <t>2021-11-04 14:03:37</t>
+  </si>
+  <si>
+    <t>2021-11-02 19:31:49</t>
+  </si>
+  <si>
+    <t>144698259-A</t>
+  </si>
+  <si>
+    <t>MARIA DE LOS ANGELES YEPEZ</t>
+  </si>
+  <si>
+    <t>/111-0333944-0728236</t>
+  </si>
+  <si>
+    <t>2021-11-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-02 19:45:37</t>
+  </si>
+  <si>
+    <t>2021-11-02 20:01:12</t>
+  </si>
+  <si>
+    <t>Irarrázaval 1628</t>
+  </si>
+  <si>
+    <t>NUNOA</t>
+  </si>
+  <si>
+    <t>/0764801554</t>
+  </si>
+  <si>
+    <t>TBA168888735001</t>
+  </si>
+  <si>
+    <t>2021-11-03</t>
+  </si>
+  <si>
+    <t>2021-11-08 08:45:55</t>
+  </si>
+  <si>
+    <t>2021-11-29 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-12-03 13:40:00</t>
+  </si>
+  <si>
+    <t>2021-11-02 21:03:32</t>
+  </si>
+  <si>
+    <t>2021-11-02 02:51:16</t>
+  </si>
+  <si>
+    <t>144679484-A</t>
+  </si>
+  <si>
+    <t>Danilo Mardones</t>
+  </si>
+  <si>
+    <t>/112-2486167-7073064</t>
+  </si>
+  <si>
+    <t>Cancelled (Total Different)</t>
+  </si>
+  <si>
+    <t>2021-11-02 03:15:34</t>
+  </si>
+  <si>
+    <t>2021-11-02 03:20:51</t>
+  </si>
+  <si>
+    <t>Juan de Dios Malebrán 3744</t>
   </si>
   <si>
     <t>PUENTE ALTO</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...29 lines deleted...]
-    <t>2025-07-30 23:47:05</t>
+    <t>/B07Z46BG31</t>
+  </si>
+  <si>
+    <t>TBA169042130901</t>
+  </si>
+  <si>
+    <t>2021-11-06</t>
+  </si>
+  <si>
+    <t>2021-11-09 15:04:48</t>
+  </si>
+  <si>
+    <t>2021-11-17 16:53:00</t>
+  </si>
+  <si>
+    <t>2021-11-02 04:03:29</t>
+  </si>
+  <si>
+    <t>2021-11-01 20:18:25</t>
+  </si>
+  <si>
+    <t>144640612-A</t>
+  </si>
+  <si>
+    <t>Lorena Alarcón</t>
+  </si>
+  <si>
+    <t>/113-4414733-7268223</t>
+  </si>
+  <si>
+    <t>2021-11-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-01 20:30:34</t>
+  </si>
+  <si>
+    <t>2021-11-01 20:42:01</t>
+  </si>
+  <si>
+    <t>Pontevedra 441</t>
+  </si>
+  <si>
+    <t>QUILICURA</t>
+  </si>
+  <si>
+    <t>/1423163249</t>
+  </si>
+  <si>
+    <t>TBA168768747601</t>
+  </si>
+  <si>
+    <t>2021-11-01</t>
+  </si>
+  <si>
+    <t>2021-11-02 13:17:27</t>
+  </si>
+  <si>
+    <t>2021-11-08 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-12 17:26:00</t>
+  </si>
+  <si>
+    <t>2021-11-01 21:03:29</t>
+  </si>
+  <si>
+    <t>2021-11-01 06:40:34</t>
+  </si>
+  <si>
+    <t>144616280-A</t>
+  </si>
+  <si>
+    <t>CONSTANZA PARRA</t>
+  </si>
+  <si>
+    <t>/114-6094698-3035446</t>
+  </si>
+  <si>
+    <t>2021-11-01 06:45:32</t>
+  </si>
+  <si>
+    <t>2021-11-01 06:58:47</t>
+  </si>
+  <si>
+    <t>--957896697</t>
+  </si>
+  <si>
+    <t>MATAMOROS 01656</t>
+  </si>
+  <si>
+    <t>LO ESPEJO</t>
+  </si>
+  <si>
+    <t>/B07SJR6HL3</t>
+  </si>
+  <si>
+    <t>TBA168723230001</t>
+  </si>
+  <si>
+    <t>2021-11-02 13:17:47</t>
+  </si>
+  <si>
+    <t>2021-11-12 16:18:00</t>
+  </si>
+  <si>
+    <t>2021-11-01 08:03:26</t>
+  </si>
+  <si>
+    <t>2021-10-31 16:20:04</t>
+  </si>
+  <si>
+    <t>144566469-A</t>
+  </si>
+  <si>
+    <t>Nesly JASME</t>
+  </si>
+  <si>
+    <t>/111-8857039-3477064</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-10-31 16:30:34</t>
+  </si>
+  <si>
+    <t>2021-10-31 16:41:05</t>
+  </si>
+  <si>
+    <t>Pasaje arco iris 116</t>
+  </si>
+  <si>
+    <t>COLTAUCO</t>
+  </si>
+  <si>
+    <t>/B07YCB711N</t>
+  </si>
+  <si>
+    <t>TBA168874666201</t>
+  </si>
+  <si>
+    <t>2021-11-08 09:32:56</t>
+  </si>
+  <si>
+    <t>2021-12-03 13:21:00</t>
+  </si>
+  <si>
+    <t>2021-10-31 17:03:23</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:43:26</t>
+  </si>
+  <si>
+    <t>144545028-C</t>
+  </si>
+  <si>
+    <t>ELIZABETH LARA</t>
+  </si>
+  <si>
+    <t>/112-2928589-1556265</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:45:51</t>
+  </si>
+  <si>
+    <t>2021-10-31 01:00:12</t>
+  </si>
+  <si>
+    <t>Pedro Riveros 1521</t>
+  </si>
+  <si>
+    <t>/B07D3P2J6C</t>
+  </si>
+  <si>
+    <t>TBA168742289901</t>
+  </si>
+  <si>
+    <t>2021-11-02 13:19:27</t>
+  </si>
+  <si>
+    <t>2021-11-02 14:05:48</t>
+  </si>
+  <si>
+    <t>2021-11-03 14:44:19</t>
+  </si>
+  <si>
+    <t>2021-10-31 02:03:19</t>
+  </si>
+  <si>
+    <t>2021-10-27 02:16:01</t>
+  </si>
+  <si>
+    <t>144334089-A</t>
+  </si>
+  <si>
+    <t>Valentina Bustos</t>
+  </si>
+  <si>
+    <t>/113-1670546-6681813</t>
+  </si>
+  <si>
+    <t>2021-10-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-10-27 02:30:22</t>
+  </si>
+  <si>
+    <t>2021-10-27 02:40:48</t>
+  </si>
+  <si>
+    <t>Roxane 1625</t>
+  </si>
+  <si>
+    <t>CONCEPCION</t>
+  </si>
+  <si>
+    <t>/B01N4DUG88</t>
+  </si>
+  <si>
+    <t>TBA168463130801</t>
+  </si>
+  <si>
+    <t>2021-10-27</t>
+  </si>
+  <si>
+    <t>2021-10-29 09:37:31</t>
+  </si>
+  <si>
+    <t>2021-11-12 16:55:00</t>
+  </si>
+  <si>
+    <t>2021-10-27 14:13:13</t>
+  </si>
+  <si>
+    <t>2021-10-10 01:27:48</t>
+  </si>
+  <si>
+    <t>143391855-A</t>
+  </si>
+  <si>
+    <t>Roxana Cortes</t>
+  </si>
+  <si>
+    <t>/114-9309221-4385862/ 113-3111246-4774615</t>
+  </si>
+  <si>
+    <t>Cancelled (Has finish the proccess, but the order has no get)</t>
+  </si>
+  <si>
+    <t>2021-10-10 01:30:18</t>
+  </si>
+  <si>
+    <t>2021-10-10 01:38:54</t>
+  </si>
+  <si>
+    <t>Arturo Matte Larraín 1239</t>
+  </si>
+  <si>
+    <t>LO PRADO</t>
+  </si>
+  <si>
+    <t>/B003D3YLM4</t>
+  </si>
+  <si>
+    <t>TBA024905841404</t>
+  </si>
+  <si>
+    <t>2021-10-13</t>
+  </si>
+  <si>
+    <t>2021-11-04 15:28:29</t>
+  </si>
+  <si>
+    <t>2021-11-17 16:19:00</t>
+  </si>
+  <si>
+    <t>2021-10-10 02:08:42</t>
+  </si>
+  <si>
+    <t>2021-10-06 20:09:55</t>
+  </si>
+  <si>
+    <t>143027821-A</t>
+  </si>
+  <si>
+    <t>María Cristina Arenas</t>
+  </si>
+  <si>
+    <t>/114-9774400-0603406/113-8549947-9213027</t>
+  </si>
+  <si>
+    <t>2021-10-06 20:16:05</t>
+  </si>
+  <si>
+    <t>2021-10-06 22:01:03</t>
+  </si>
+  <si>
+    <t>Valdivia 01</t>
+  </si>
+  <si>
+    <t>/B006ZTJFMO</t>
+  </si>
+  <si>
+    <t>TBA024750259504</t>
+  </si>
+  <si>
+    <t>2021-11-04 15:17:56</t>
+  </si>
+  <si>
+    <t>2021-10-06 23:08:39</t>
+  </si>
+  <si>
+    <t>2021-09-29 14:07:04</t>
+  </si>
+  <si>
+    <t>142010691-A</t>
+  </si>
+  <si>
+    <t>Catalina Hurtado</t>
+  </si>
+  <si>
+    <t>/111-8919230-6006628</t>
+  </si>
+  <si>
+    <t>2021-09-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-09-29 14:15:07</t>
+  </si>
+  <si>
+    <t>2021-09-29 14:29:20</t>
+  </si>
+  <si>
+    <t>Mar Jónico 8200</t>
+  </si>
+  <si>
+    <t>VITACURA</t>
+  </si>
+  <si>
+    <t>/6075279202</t>
+  </si>
+  <si>
+    <t>TBA166688662901</t>
+  </si>
+  <si>
+    <t>2021-09-29</t>
+  </si>
+  <si>
+    <t>2021-09-30 14:54:16</t>
+  </si>
+  <si>
+    <t>2021-10-11 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-10-15 16:13:00</t>
+  </si>
+  <si>
+    <t>2021-09-29 14:39:35</t>
+  </si>
+  <si>
+    <t>2021-09-26 11:23:34</t>
+  </si>
+  <si>
+    <t>141879262-A</t>
+  </si>
+  <si>
+    <t>Dario Espinoza</t>
+  </si>
+  <si>
+    <t>/112-4560369-4884255</t>
+  </si>
+  <si>
+    <t>2021-09-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-09-26 11:29:17</t>
+  </si>
+  <si>
+    <t>2021-09-26 11:37:32</t>
+  </si>
+  <si>
+    <t>--55212478</t>
+  </si>
+  <si>
+    <t>Pasaje Hermes 7024</t>
+  </si>
+  <si>
+    <t>RENCA</t>
+  </si>
+  <si>
+    <t>/B076F95JD4</t>
+  </si>
+  <si>
+    <t>TBA166524325001</t>
+  </si>
+  <si>
+    <t>2021-09-27</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:17:11</t>
+  </si>
+  <si>
+    <t>2021-10-01 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-09-27 20:02:57</t>
+  </si>
+  <si>
+    <t>2021-09-27 08:39:31</t>
+  </si>
+  <si>
+    <t>2021-08-08 13:31:54</t>
+  </si>
+  <si>
+    <t>136050355-A</t>
+  </si>
+  <si>
+    <t>Felipe Ganderats</t>
+  </si>
+  <si>
+    <t>2021-08-08 13:43:26</t>
+  </si>
+  <si>
+    <t>2021-08-08 13:57:11</t>
+  </si>
+  <si>
+    <t>Rosario Norte 400</t>
+  </si>
+  <si>
+    <t>/0399182020</t>
+  </si>
+  <si>
+    <t>2021-08-10 15:24:47</t>
+  </si>
+  <si>
+    <t>2021-08-20 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-08-24 11:33:00</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2021-08-11 23:00:24</t>
+  </si>
+  <si>
+    <t>2021-08-07 21:41:36</t>
+  </si>
+  <si>
+    <t>136001443-A</t>
+  </si>
+  <si>
+    <t>Tatiana Aravena</t>
+  </si>
+  <si>
+    <t>2021-08-07 21:43:42</t>
+  </si>
+  <si>
+    <t>2021-08-07 21:57:40</t>
+  </si>
+  <si>
+    <t>Loncoche 321</t>
+  </si>
+  <si>
+    <t>/B075CXZM7Q</t>
+  </si>
+  <si>
+    <t>2021-08-10 11:42:42</t>
+  </si>
+  <si>
+    <t>2021-08-24 11:49:00</t>
+  </si>
+  <si>
+    <t>2021-08-11 22:58:10</t>
+  </si>
+  <si>
+    <t>2021-08-02 15:59:11</t>
+  </si>
+  <si>
+    <t>135186887-A</t>
+  </si>
+  <si>
+    <t>Felipe Aballay</t>
+  </si>
+  <si>
+    <t>/111-8205918-1849050</t>
+  </si>
+  <si>
+    <t>2021-08-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-08-02 16:13:19</t>
+  </si>
+  <si>
+    <t>2021-08-02 16:28:55</t>
+  </si>
+  <si>
+    <t>Tarapacá 1432</t>
+  </si>
+  <si>
+    <t>/B01D3QZ96M</t>
+  </si>
+  <si>
+    <t>TBA163382775201</t>
+  </si>
+  <si>
+    <t>2021-08-03</t>
+  </si>
+  <si>
+    <t>2021-08-06 11:55:04</t>
+  </si>
+  <si>
+    <t>2021-09-27 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-10-06 16:09:09</t>
+  </si>
+  <si>
+    <t>2021-06-24 18:28:36</t>
+  </si>
+  <si>
+    <t>130196509-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fernanda  Núñez Sanhueza </t>
+  </si>
+  <si>
+    <t>/112-4754986-7450625</t>
+  </si>
+  <si>
+    <t>2021-06-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-06-24 18:42:18</t>
+  </si>
+  <si>
+    <t>2021-06-24 18:57:36</t>
+  </si>
+  <si>
+    <t>Los Cuasimodistas 568</t>
+  </si>
+  <si>
+    <t>/B07QCCM8YY</t>
+  </si>
+  <si>
+    <t>2021-06-28 15:12:57</t>
+  </si>
+  <si>
+    <t>2021-08-06 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-11-05 15:45:10</t>
+  </si>
+  <si>
+    <t>2021-05-28 17:28:43</t>
+  </si>
+  <si>
+    <t>125160101-A</t>
+  </si>
+  <si>
+    <t>Pamela  Torres Cerda</t>
+  </si>
+  <si>
+    <t>/ 114-3206972-6121804</t>
+  </si>
+  <si>
+    <t>2021-05-31 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-05-28 17:41:17</t>
+  </si>
+  <si>
+    <t>2021-05-28 18:06:05</t>
+  </si>
+  <si>
+    <t>Avenida Presidente Manuel Bulnes 978</t>
+  </si>
+  <si>
+    <t>/B072BZBPXP</t>
+  </si>
+  <si>
+    <t>2021-06-03 15:54:18</t>
+  </si>
+  <si>
+    <t>2021-07-16 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-07-07 17:51:30</t>
   </si>
   <si>
     <t>Collecting Pending</t>
-  </si>
-[...2122 lines deleted...]
-    <t>2021-07-07 17:51:30</t>
   </si>
   <si>
     <t>2021-05-28 15:32:01</t>
   </si>
   <si>
     <t>124879856-A</t>
   </si>
   <si>
     <t>Pamela Jerez</t>
   </si>
   <si>
     <t>/ 114-0766843-5980209</t>
   </si>
   <si>
     <t>2021-05-28 15:41:48</t>
   </si>
   <si>
     <t>2021-05-28 15:55:55</t>
   </si>
   <si>
     <t>Pto Arturo 813</t>
   </si>
   <si>
     <t>/B07KPD28PT</t>
   </si>
@@ -4042,51 +3988,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS77"/>
+  <dimension ref="A1:BS76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4276,15389 +4222,15168 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>593693</v>
+        <v>594488</v>
       </c>
       <c r="E2">
-        <v>106.2</v>
+        <v>93.59</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>47.92</v>
+        <v>37.43</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
-      <c r="L2">
-[...1 lines deleted...]
-      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2">
-        <v>523500022158</v>
-[...2 lines deleted...]
-        <v>89628792</v>
+        <v>523500022361</v>
+      </c>
+      <c r="P2" t="s">
+        <v>76</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="S2" t="s">
         <v>77</v>
       </c>
       <c r="T2" t="s">
         <v>78</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>593693</v>
+        <v>594488</v>
       </c>
       <c r="W2" t="s">
         <v>79</v>
       </c>
       <c r="X2">
-        <v>106.2</v>
+        <v>93.59</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
         <v>79</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2">
-        <v>89628792</v>
+      <c r="AD2" t="s">
+        <v>76</v>
       </c>
       <c r="AE2" t="s">
         <v>80</v>
       </c>
       <c r="AF2">
-        <v>984482372</v>
+        <v>947058487</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>81</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>82</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
         <v>83</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>47.92</v>
+        <v>37.43</v>
       </c>
       <c r="AP2" t="s">
         <v>84</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>79</v>
       </c>
       <c r="AU2">
-        <v>523500022158</v>
+        <v>523500022361</v>
       </c>
       <c r="AV2" t="s">
         <v>74</v>
       </c>
       <c r="AW2">
-        <v>1011724</v>
-[...1 lines deleted...]
-      <c r="AX2" t="s">
+        <v>0</v>
+      </c>
+      <c r="AX2"/>
+      <c r="AY2"/>
+      <c r="AZ2" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA2" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>79</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG2" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH2">
+        <v>57</v>
+      </c>
+      <c r="BI2" t="s">
         <v>87</v>
       </c>
-      <c r="BE2" t="s">
+      <c r="BJ2" t="s">
         <v>88</v>
       </c>
-      <c r="BF2" t="s">
-[...2 lines deleted...]
-      <c r="BG2" t="s">
+      <c r="BK2" t="s">
         <v>89</v>
       </c>
-      <c r="BH2">
-[...2 lines deleted...]
-      <c r="BI2" t="s">
+      <c r="BL2" t="s">
         <v>90</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BM2" t="s">
         <v>91</v>
       </c>
-      <c r="BK2" t="s">
+      <c r="BN2" t="s">
         <v>92</v>
       </c>
-      <c r="BL2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BO2">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>100986</v>
+        <v>88995</v>
       </c>
       <c r="BS2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D3">
+        <v>571855</v>
+      </c>
+      <c r="E3">
+        <v>88</v>
+      </c>
+      <c r="F3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
         <v>97</v>
       </c>
-      <c r="C3" t="s">
+      <c r="I3">
+        <v>36.99</v>
+      </c>
+      <c r="J3" t="s">
         <v>98</v>
       </c>
-      <c r="D3">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="K3" t="s">
         <v>99</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="L3">
+        <v>227435262</v>
+      </c>
+      <c r="M3" t="s">
+        <v>74</v>
+      </c>
+      <c r="N3" t="s">
         <v>100</v>
       </c>
-      <c r="I3">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O3">
+        <v>523500019289</v>
+      </c>
+      <c r="P3">
+        <v>116433486</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R3" t="s">
+        <v>94</v>
+      </c>
+      <c r="S3" t="s">
         <v>101</v>
-      </c>
-[...25 lines deleted...]
-        <v>104</v>
       </c>
       <c r="T3" t="s">
         <v>78</v>
       </c>
       <c r="U3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="V3">
-        <v>592724</v>
+        <v>571855</v>
       </c>
       <c r="W3" t="s">
         <v>79</v>
       </c>
       <c r="X3">
-        <v>205.06</v>
+        <v>88</v>
       </c>
       <c r="Y3">
-        <v>950.9</v>
+        <v>1113.52</v>
       </c>
       <c r="Z3" t="s">
         <v>79</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="AD3">
-        <v>191072456</v>
+        <v>116433486</v>
       </c>
       <c r="AE3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="AF3">
-        <v>972450445</v>
+        <v>952033272</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>98</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO3">
+        <v>36.99</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>106</v>
+      </c>
+      <c r="AQ3"/>
+      <c r="AR3"/>
+      <c r="AS3"/>
+      <c r="AT3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU3">
+        <v>523500019289</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW3">
+        <v>1010998</v>
+      </c>
+      <c r="AX3" t="s">
         <v>107</v>
       </c>
-      <c r="AK3" t="s">
-[...5 lines deleted...]
-      <c r="AM3" t="s">
+      <c r="AY3">
+        <v>227435262</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>94</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>98</v>
+      </c>
+      <c r="BD3" t="s">
         <v>108</v>
       </c>
-      <c r="AN3" t="s">
-[...5 lines deleted...]
-      <c r="AP3" t="s">
+      <c r="BE3" t="s">
         <v>109</v>
       </c>
-      <c r="AQ3" t="s">
+      <c r="BF3" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG3" t="s">
         <v>110</v>
       </c>
-      <c r="AR3" t="s">
+      <c r="BH3">
+        <v>47</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ3" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK3" t="s">
         <v>111</v>
       </c>
-      <c r="AS3">
-[...32 lines deleted...]
-      <c r="BD3" t="s">
+      <c r="BL3" t="s">
         <v>112</v>
       </c>
-      <c r="BE3" t="s">
+      <c r="BM3" t="s">
         <v>113</v>
       </c>
-      <c r="BF3" t="s">
-[...2 lines deleted...]
-      <c r="BG3" t="s">
+      <c r="BN3" t="s">
         <v>114</v>
       </c>
-      <c r="BH3">
-[...19 lines deleted...]
-      </c>
       <c r="BO3">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>194992</v>
+        <v>97990</v>
       </c>
       <c r="BS3" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D4">
+        <v>570715</v>
+      </c>
+      <c r="E4">
+        <v>114.04</v>
+      </c>
+      <c r="F4" t="s">
+        <v>118</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>119</v>
+      </c>
+      <c r="I4">
+        <v>47.99</v>
+      </c>
+      <c r="J4" t="s">
         <v>120</v>
       </c>
-      <c r="C4" t="s">
+      <c r="K4" t="s">
         <v>121</v>
       </c>
-      <c r="D4">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="L4">
+        <v>225958697</v>
+      </c>
+      <c r="M4" t="s">
+        <v>74</v>
+      </c>
+      <c r="N4" t="s">
+        <v>100</v>
+      </c>
+      <c r="O4">
+        <v>523500019009</v>
+      </c>
+      <c r="P4">
+        <v>163107104</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>116</v>
+      </c>
+      <c r="R4" t="s">
         <v>122</v>
       </c>
-      <c r="G4" t="s">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+      <c r="S4" t="s">
         <v>123</v>
-      </c>
-[...31 lines deleted...]
-        <v>127</v>
       </c>
       <c r="T4" t="s">
         <v>78</v>
       </c>
       <c r="U4" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="V4">
-        <v>571855</v>
+        <v>570715</v>
       </c>
       <c r="W4" t="s">
         <v>79</v>
       </c>
       <c r="X4">
-        <v>88</v>
+        <v>114.04</v>
       </c>
       <c r="Y4">
         <v>1113.52</v>
       </c>
       <c r="Z4" t="s">
         <v>79</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="AD4">
-        <v>116433486</v>
+        <v>163107104</v>
       </c>
       <c r="AE4" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="AF4">
-        <v>952033272</v>
+        <v>983607035</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
+        <v>126</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>120</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>119</v>
+      </c>
+      <c r="AO4">
+        <v>47.99</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>129</v>
+      </c>
+      <c r="AS4" t="s">
         <v>130</v>
       </c>
-      <c r="AK4" t="s">
-[...14 lines deleted...]
-      <c r="AP4" t="s">
+      <c r="AT4" t="s">
         <v>131</v>
       </c>
-      <c r="AQ4"/>
-[...4 lines deleted...]
-      </c>
       <c r="AU4">
-        <v>523500019289</v>
+        <v>523500019009</v>
       </c>
       <c r="AV4" t="s">
         <v>74</v>
       </c>
       <c r="AW4">
-        <v>1010998</v>
+        <v>1010931</v>
       </c>
       <c r="AX4" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY4">
+        <v>225958697</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA4" t="s">
         <v>85</v>
       </c>
-      <c r="AY4">
-[...7 lines deleted...]
-      </c>
       <c r="BB4" t="s">
+        <v>116</v>
+      </c>
+      <c r="BC4" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="BD4" t="s">
         <v>132</v>
       </c>
       <c r="BE4" t="s">
         <v>133</v>
       </c>
       <c r="BF4" t="s">
         <v>79</v>
       </c>
       <c r="BG4" t="s">
         <v>134</v>
       </c>
       <c r="BH4">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="BI4" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="BJ4" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK4" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL4" t="s">
         <v>135</v>
       </c>
-      <c r="BL4" t="s">
+      <c r="BM4" t="s">
         <v>136</v>
       </c>
-      <c r="BM4" t="s">
+      <c r="BN4" t="s">
         <v>137</v>
       </c>
-      <c r="BN4" t="s">
+      <c r="BO4">
+        <v>39</v>
+      </c>
+      <c r="BP4" t="s">
         <v>138</v>
       </c>
-      <c r="BO4">
-[...2 lines deleted...]
-      <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>97990</v>
+        <v>126986</v>
       </c>
       <c r="BS4" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>140</v>
       </c>
       <c r="C5" t="s">
         <v>141</v>
       </c>
       <c r="D5">
-        <v>570715</v>
+        <v>570125</v>
       </c>
       <c r="E5">
-        <v>114.04</v>
+        <v>258.63</v>
       </c>
       <c r="F5" t="s">
         <v>142</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>143</v>
       </c>
       <c r="I5">
-        <v>47.99</v>
+        <v>129.6</v>
       </c>
       <c r="J5" t="s">
         <v>144</v>
       </c>
       <c r="K5" t="s">
+        <v>73</v>
+      </c>
+      <c r="L5">
+        <v>225306990</v>
+      </c>
+      <c r="M5" t="s">
+        <v>74</v>
+      </c>
+      <c r="N5" t="s">
         <v>145</v>
       </c>
-      <c r="L5">
-[...7 lines deleted...]
-      </c>
       <c r="O5">
-        <v>523500019009</v>
+        <v>523500018790</v>
       </c>
       <c r="P5">
-        <v>163107104</v>
+        <v>250192169</v>
       </c>
       <c r="Q5" t="s">
         <v>140</v>
       </c>
       <c r="R5" t="s">
+        <v>140</v>
+      </c>
+      <c r="S5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="T5" t="s">
         <v>78</v>
       </c>
       <c r="U5" t="s">
         <v>141</v>
       </c>
       <c r="V5">
-        <v>570715</v>
+        <v>570125</v>
       </c>
       <c r="W5" t="s">
         <v>79</v>
       </c>
       <c r="X5">
-        <v>114.04</v>
+        <v>258.63</v>
       </c>
       <c r="Y5">
         <v>1113.52</v>
       </c>
       <c r="Z5" t="s">
         <v>79</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
         <v>142</v>
       </c>
       <c r="AD5">
-        <v>163107104</v>
+        <v>250192169</v>
       </c>
       <c r="AE5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AF5">
-        <v>983607035</v>
+        <v>941070823</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
         <v>144</v>
       </c>
       <c r="AM5" t="s">
-        <v>83</v>
+        <v>150</v>
       </c>
       <c r="AN5" t="s">
         <v>143</v>
       </c>
       <c r="AO5">
-        <v>47.99</v>
+        <v>129.6</v>
       </c>
       <c r="AP5" t="s">
         <v>151</v>
       </c>
       <c r="AQ5" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR5" t="s">
         <v>152</v>
       </c>
-      <c r="AS5" t="s">
-        <v>153</v>
+      <c r="AS5">
+        <v>273628716009</v>
       </c>
       <c r="AT5" t="s">
-        <v>154</v>
+        <v>79</v>
       </c>
       <c r="AU5">
-        <v>523500019009</v>
+        <v>523500018790</v>
       </c>
       <c r="AV5" t="s">
         <v>74</v>
       </c>
       <c r="AW5">
-        <v>1010931</v>
+        <v>1010895</v>
       </c>
       <c r="AX5" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY5">
+        <v>225306990</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA5" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>140</v>
       </c>
       <c r="BC5" t="s">
         <v>144</v>
       </c>
       <c r="BD5" t="s">
+        <v>153</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>154</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG5" t="s">
         <v>155</v>
       </c>
-      <c r="BE5" t="s">
+      <c r="BH5">
+        <v>83</v>
+      </c>
+      <c r="BI5" t="s">
         <v>156</v>
       </c>
-      <c r="BF5" t="s">
-[...2 lines deleted...]
-      <c r="BG5" t="s">
+      <c r="BJ5" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL5" t="s">
         <v>157</v>
       </c>
-      <c r="BH5">
-[...11 lines deleted...]
-      <c r="BL5" t="s">
+      <c r="BM5" t="s">
         <v>158</v>
       </c>
-      <c r="BM5" t="s">
+      <c r="BN5" t="s">
         <v>159</v>
       </c>
-      <c r="BN5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="BP5" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>126986</v>
+        <v>287990</v>
       </c>
       <c r="BS5" t="s">
-        <v>162</v>
+        <v>115</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D6">
+        <v>568356</v>
+      </c>
+      <c r="E6">
+        <v>82.29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>162</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
         <v>163</v>
       </c>
-      <c r="C6" t="s">
+      <c r="I6">
+        <v>33.99</v>
+      </c>
+      <c r="J6" t="s">
         <v>164</v>
       </c>
-      <c r="D6">
-[...5 lines deleted...]
-      <c r="F6" t="s">
+      <c r="K6" t="s">
         <v>165</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="H6" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>74</v>
+      </c>
+      <c r="N6" t="s">
         <v>166</v>
       </c>
-      <c r="I6">
-[...2 lines deleted...]
-      <c r="J6" t="s">
+      <c r="O6">
+        <v>523500018309</v>
+      </c>
+      <c r="P6">
+        <v>185308634</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>160</v>
+      </c>
+      <c r="R6" t="s">
         <v>167</v>
       </c>
-      <c r="K6" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="T6" t="s">
         <v>78</v>
       </c>
       <c r="U6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="V6">
-        <v>570125</v>
+        <v>568356</v>
       </c>
       <c r="W6" t="s">
         <v>79</v>
       </c>
       <c r="X6">
-        <v>258.63</v>
+        <v>82.29</v>
       </c>
       <c r="Y6">
-        <v>1113.52</v>
+        <v>1020.61</v>
       </c>
       <c r="Z6" t="s">
         <v>79</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="AD6">
-        <v>250192169</v>
+        <v>185308634</v>
       </c>
       <c r="AE6" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="AF6">
-        <v>941070823</v>
+        <v>963743486</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>164</v>
+      </c>
+      <c r="AM6"/>
+      <c r="AN6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AO6">
+        <v>33.99</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>171</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>129</v>
+      </c>
+      <c r="AS6" t="s">
         <v>172</v>
       </c>
-      <c r="AK6" t="s">
-[...14 lines deleted...]
-      <c r="AP6" t="s">
+      <c r="AT6" t="s">
         <v>173</v>
       </c>
-      <c r="AQ6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AU6">
-        <v>523500018790</v>
+        <v>523500018309</v>
       </c>
       <c r="AV6" t="s">
         <v>74</v>
       </c>
       <c r="AW6">
-        <v>1010895</v>
-[...1 lines deleted...]
-      <c r="AX6" t="s">
+        <v>1010810</v>
+      </c>
+      <c r="AX6"/>
+      <c r="AY6"/>
+      <c r="AZ6" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA6" t="s">
         <v>85</v>
       </c>
-      <c r="AY6">
-[...7 lines deleted...]
-      </c>
       <c r="BB6" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="BC6" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="BD6" t="s">
         <v>174</v>
       </c>
       <c r="BE6" t="s">
         <v>175</v>
       </c>
       <c r="BF6" t="s">
         <v>79</v>
       </c>
       <c r="BG6" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH6">
+        <v>633</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL6" t="s">
         <v>176</v>
       </c>
-      <c r="BH6">
-[...11 lines deleted...]
-      <c r="BL6" t="s">
+      <c r="BM6" t="s">
         <v>177</v>
       </c>
-      <c r="BM6" t="s">
+      <c r="BN6" t="s">
         <v>178</v>
       </c>
-      <c r="BN6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO6">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="BP6" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>287990</v>
+        <v>83986</v>
       </c>
       <c r="BS6" t="s">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>180</v>
       </c>
       <c r="C7" t="s">
         <v>181</v>
       </c>
       <c r="D7">
-        <v>568356</v>
+        <v>568336</v>
       </c>
       <c r="E7">
-        <v>82.29</v>
+        <v>154.8</v>
       </c>
       <c r="F7" t="s">
         <v>182</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>183</v>
       </c>
       <c r="I7">
-        <v>33.99</v>
+        <v>79.99</v>
       </c>
       <c r="J7" t="s">
         <v>184</v>
       </c>
       <c r="K7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7">
+        <v>223470871</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
         <v>185</v>
       </c>
-      <c r="L7"/>
-[...5 lines deleted...]
-      </c>
       <c r="O7">
-        <v>523500018309</v>
+        <v>523500018282</v>
       </c>
       <c r="P7">
-        <v>185308634</v>
+        <v>125092381</v>
       </c>
       <c r="Q7" t="s">
         <v>180</v>
       </c>
       <c r="R7" t="s">
         <v>186</v>
       </c>
       <c r="S7" t="s">
         <v>186</v>
       </c>
       <c r="T7" t="s">
         <v>78</v>
       </c>
       <c r="U7" t="s">
         <v>181</v>
       </c>
       <c r="V7">
-        <v>568356</v>
+        <v>568336</v>
       </c>
       <c r="W7" t="s">
         <v>79</v>
       </c>
       <c r="X7">
-        <v>82.29</v>
+        <v>154.8</v>
       </c>
       <c r="Y7">
         <v>1020.61</v>
       </c>
       <c r="Z7" t="s">
         <v>79</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
         <v>182</v>
       </c>
       <c r="AD7">
-        <v>185308634</v>
+        <v>125092381</v>
       </c>
       <c r="AE7" t="s">
         <v>187</v>
       </c>
       <c r="AF7">
-        <v>963743486</v>
+        <v>945646714</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
         <v>188</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>82</v>
+        <v>189</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
         <v>184</v>
       </c>
-      <c r="AM7"/>
+      <c r="AM7" t="s">
+        <v>150</v>
+      </c>
       <c r="AN7" t="s">
         <v>183</v>
       </c>
       <c r="AO7">
-        <v>33.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP7" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AQ7" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR7" t="s">
         <v>152</v>
       </c>
-      <c r="AS7" t="s">
-        <v>190</v>
+      <c r="AS7">
+        <v>271632899501</v>
       </c>
       <c r="AT7" t="s">
-        <v>191</v>
+        <v>79</v>
       </c>
       <c r="AU7">
-        <v>523500018309</v>
+        <v>523500018282</v>
       </c>
       <c r="AV7" t="s">
         <v>74</v>
       </c>
       <c r="AW7">
-        <v>1010810</v>
-[...2 lines deleted...]
-      <c r="AY7"/>
+        <v>1010803</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY7">
+        <v>223470871</v>
+      </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB7" t="s">
         <v>180</v>
       </c>
       <c r="BC7" t="s">
         <v>184</v>
       </c>
       <c r="BD7" t="s">
+        <v>191</v>
+      </c>
+      <c r="BE7" t="s">
         <v>192</v>
       </c>
-      <c r="BE7" t="s">
+      <c r="BF7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG7" t="s">
         <v>193</v>
       </c>
-      <c r="BF7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH7">
-        <v>587</v>
+        <v>75</v>
       </c>
       <c r="BI7" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ7" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK7" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="BL7" t="s">
         <v>194</v>
       </c>
       <c r="BM7" t="s">
         <v>195</v>
       </c>
       <c r="BN7" t="s">
         <v>196</v>
       </c>
       <c r="BO7">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="BP7" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>83986</v>
+        <v>157990</v>
       </c>
       <c r="BS7" t="s">
-        <v>197</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C8" t="s">
         <v>198</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>567857</v>
+      </c>
+      <c r="E8">
+        <v>78.37</v>
+      </c>
+      <c r="F8" t="s">
         <v>199</v>
       </c>
-      <c r="D8">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
         <v>200</v>
       </c>
-      <c r="G8" t="s">
-[...2 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8">
+        <v>33.99</v>
+      </c>
+      <c r="J8" t="s">
         <v>201</v>
       </c>
-      <c r="I8">
-[...2 lines deleted...]
-      <c r="J8" t="s">
+      <c r="K8" t="s">
+        <v>165</v>
+      </c>
+      <c r="L8">
+        <v>223081990</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
         <v>202</v>
       </c>
-      <c r="K8" t="s">
-[...8 lines deleted...]
-      <c r="N8" t="s">
+      <c r="O8">
+        <v>523500018171</v>
+      </c>
+      <c r="P8">
+        <v>76430152</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>197</v>
+      </c>
+      <c r="R8" t="s">
         <v>203</v>
       </c>
-      <c r="O8">
-[...10 lines deleted...]
-      </c>
       <c r="S8" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="T8" t="s">
         <v>78</v>
       </c>
       <c r="U8" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="V8">
-        <v>568336</v>
+        <v>567857</v>
       </c>
       <c r="W8" t="s">
         <v>79</v>
       </c>
       <c r="X8">
-        <v>154.8</v>
+        <v>78.37</v>
       </c>
       <c r="Y8">
         <v>1020.61</v>
       </c>
       <c r="Z8" t="s">
         <v>79</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="AD8">
-        <v>125092381</v>
+        <v>76430152</v>
       </c>
       <c r="AE8" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="AF8">
-        <v>945646714</v>
+        <v>962467446</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
+        <v>206</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>201</v>
+      </c>
+      <c r="AM8"/>
+      <c r="AN8" t="s">
+        <v>200</v>
+      </c>
+      <c r="AO8">
+        <v>33.99</v>
+      </c>
+      <c r="AP8" t="s">
         <v>207</v>
       </c>
-      <c r="AK8" t="s">
-[...8 lines deleted...]
-      <c r="AN8" t="s">
+      <c r="AQ8" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>129</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>208</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>209</v>
+      </c>
+      <c r="AU8">
+        <v>523500018171</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW8">
+        <v>0</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY8">
+        <v>223081990</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>197</v>
+      </c>
+      <c r="BC8" t="s">
         <v>201</v>
       </c>
-      <c r="AO8">
-[...43 lines deleted...]
-      </c>
       <c r="BD8" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="BE8" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="BF8" t="s">
         <v>79</v>
       </c>
       <c r="BG8" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BH8">
-        <v>75</v>
+        <v>496</v>
       </c>
       <c r="BI8" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ8" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK8" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="BL8" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="BM8" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="BN8" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="BO8">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="BP8" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>157990</v>
+        <v>79985</v>
       </c>
       <c r="BS8" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D9">
+        <v>565291</v>
+      </c>
+      <c r="E9">
+        <v>192.72</v>
+      </c>
+      <c r="F9" t="s">
+        <v>218</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>219</v>
+      </c>
+      <c r="I9">
+        <v>79.98</v>
+      </c>
+      <c r="J9" t="s">
+        <v>220</v>
+      </c>
+      <c r="K9" t="s">
+        <v>165</v>
+      </c>
+      <c r="L9">
+        <v>993873534</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>100</v>
+      </c>
+      <c r="O9">
+        <v>523500017612</v>
+      </c>
+      <c r="P9">
+        <v>137446936</v>
+      </c>
+      <c r="Q9" t="s">
         <v>216</v>
-      </c>
-[...40 lines deleted...]
-        <v>215</v>
       </c>
       <c r="R9" t="s">
         <v>221</v>
       </c>
       <c r="S9" t="s">
         <v>221</v>
       </c>
       <c r="T9" t="s">
         <v>78</v>
       </c>
       <c r="U9" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="V9">
-        <v>567857</v>
+        <v>565291</v>
       </c>
       <c r="W9" t="s">
         <v>79</v>
       </c>
       <c r="X9">
-        <v>78.37</v>
+        <v>192.72</v>
       </c>
       <c r="Y9">
-        <v>1020.61</v>
+        <v>965.05</v>
       </c>
       <c r="Z9" t="s">
         <v>79</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="AD9">
-        <v>76430152</v>
+        <v>137446936</v>
       </c>
       <c r="AE9" t="s">
         <v>222</v>
       </c>
       <c r="AF9">
-        <v>962467446</v>
+        <v>988251843</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
         <v>223</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
         <v>224</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="AM9"/>
       <c r="AN9" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="AO9">
-        <v>33.99</v>
+        <v>79.98</v>
       </c>
       <c r="AP9" t="s">
         <v>225</v>
       </c>
       <c r="AQ9" t="s">
-        <v>110</v>
+        <v>226</v>
       </c>
       <c r="AR9" t="s">
-        <v>152</v>
+        <v>227</v>
       </c>
       <c r="AS9" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="AT9" t="s">
-        <v>227</v>
+        <v>79</v>
       </c>
       <c r="AU9">
-        <v>523500018171</v>
+        <v>523500017612</v>
       </c>
       <c r="AV9" t="s">
         <v>74</v>
       </c>
       <c r="AW9">
-        <v>0</v>
+        <v>1010671</v>
       </c>
       <c r="AX9" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY9">
+        <v>993873534</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA9" t="s">
         <v>85</v>
       </c>
-      <c r="AY9">
-[...7 lines deleted...]
-      </c>
       <c r="BB9" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BC9" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="BD9" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="BE9" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="BF9" t="s">
         <v>79</v>
       </c>
       <c r="BG9" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="BH9">
-        <v>496</v>
+        <v>19</v>
       </c>
       <c r="BI9" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ9" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK9" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="BL9" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="BM9" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="BN9" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="BO9">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="BP9" t="s">
-        <v>161</v>
+        <v>235</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>79985</v>
+        <v>185984</v>
       </c>
       <c r="BS9" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C10" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D10">
-        <v>565291</v>
+        <v>563663</v>
       </c>
       <c r="E10">
-        <v>192.72</v>
+        <v>48.69</v>
       </c>
       <c r="F10" t="s">
+        <v>238</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I10">
+        <v>25.99</v>
+      </c>
+      <c r="J10" t="s">
+        <v>240</v>
+      </c>
+      <c r="K10" t="s">
+        <v>241</v>
+      </c>
+      <c r="L10">
+        <v>993189311</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>242</v>
+      </c>
+      <c r="O10">
+        <v>523500017353</v>
+      </c>
+      <c r="P10">
+        <v>135290971</v>
+      </c>
+      <c r="Q10" t="s">
         <v>236</v>
       </c>
-      <c r="G10" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R10" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="S10" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="T10" t="s">
         <v>78</v>
       </c>
       <c r="U10" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="V10">
-        <v>565291</v>
+        <v>563663</v>
       </c>
       <c r="W10" t="s">
         <v>79</v>
       </c>
       <c r="X10">
-        <v>192.72</v>
+        <v>48.69</v>
       </c>
       <c r="Y10">
         <v>965.05</v>
       </c>
       <c r="Z10" t="s">
         <v>79</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="AD10">
-        <v>137446936</v>
+        <v>135290971</v>
       </c>
       <c r="AE10" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="AF10">
-        <v>988251843</v>
+        <v>956817559</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="AM10"/>
+        <v>240</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>105</v>
+      </c>
       <c r="AN10" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="AO10">
-        <v>79.98</v>
+        <v>25.99</v>
       </c>
       <c r="AP10" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="AQ10" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="AR10" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="AS10" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="AT10" t="s">
         <v>79</v>
       </c>
       <c r="AU10">
-        <v>523500017612</v>
+        <v>523500017353</v>
       </c>
       <c r="AV10" t="s">
         <v>74</v>
       </c>
       <c r="AW10">
-        <v>1010671</v>
+        <v>1010638</v>
       </c>
       <c r="AX10" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY10">
+        <v>993189311</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA10" t="s">
         <v>85</v>
       </c>
-      <c r="AY10">
-[...7 lines deleted...]
-      </c>
       <c r="BB10" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="BC10" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="BD10" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="BE10" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="BF10" t="s">
         <v>79</v>
       </c>
       <c r="BG10" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="BH10">
-        <v>19</v>
+        <v>230</v>
       </c>
       <c r="BI10" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="BJ10" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK10" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="BL10" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="BM10" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="BN10" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="BO10">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="BP10" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>185984</v>
+        <v>46988</v>
       </c>
       <c r="BS10" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C11" t="s">
+        <v>256</v>
+      </c>
+      <c r="D11">
+        <v>561290</v>
+      </c>
+      <c r="E11">
+        <v>52.68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>257</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>258</v>
+      </c>
+      <c r="I11">
+        <v>23.99</v>
+      </c>
+      <c r="J11" t="s">
+        <v>259</v>
+      </c>
+      <c r="K11" t="s">
+        <v>260</v>
+      </c>
+      <c r="L11">
+        <v>991690673</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>261</v>
+      </c>
+      <c r="O11">
+        <v>523500016915</v>
+      </c>
+      <c r="P11">
+        <v>152457065</v>
+      </c>
+      <c r="Q11" t="s">
         <v>255</v>
       </c>
-      <c r="D11">
-[...40 lines deleted...]
-      </c>
       <c r="R11" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="S11" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="T11" t="s">
         <v>78</v>
       </c>
       <c r="U11" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="V11">
-        <v>563663</v>
+        <v>561290</v>
       </c>
       <c r="W11" t="s">
         <v>79</v>
       </c>
       <c r="X11">
-        <v>48.69</v>
+        <v>52.68</v>
       </c>
       <c r="Y11">
-        <v>965.05</v>
+        <v>967.95</v>
       </c>
       <c r="Z11" t="s">
         <v>79</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="AD11">
-        <v>135290971</v>
+        <v>152457065</v>
       </c>
       <c r="AE11" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="AF11">
-        <v>956817559</v>
+        <v>987198281</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
+        <v>259</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN11" t="s">
         <v>258</v>
       </c>
-      <c r="AM11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO11">
-        <v>25.99</v>
+        <v>23.99</v>
       </c>
       <c r="AP11" t="s">
-        <v>265</v>
-[...7 lines deleted...]
-      <c r="AS11" t="s">
         <v>266</v>
       </c>
+      <c r="AQ11"/>
+      <c r="AR11"/>
+      <c r="AS11"/>
       <c r="AT11" t="s">
         <v>79</v>
       </c>
       <c r="AU11">
-        <v>523500017353</v>
+        <v>523500016915</v>
       </c>
       <c r="AV11" t="s">
         <v>74</v>
       </c>
       <c r="AW11">
-        <v>1010638</v>
+        <v>1010570</v>
       </c>
       <c r="AX11" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY11">
+        <v>991690673</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA11" t="s">
         <v>85</v>
       </c>
-      <c r="AY11">
-[...7 lines deleted...]
-      </c>
       <c r="BB11" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="BC11" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="BD11" t="s">
         <v>267</v>
       </c>
       <c r="BE11" t="s">
         <v>268</v>
       </c>
       <c r="BF11" t="s">
         <v>79</v>
       </c>
       <c r="BG11" t="s">
         <v>269</v>
       </c>
       <c r="BH11">
-        <v>230</v>
+        <v>262</v>
       </c>
       <c r="BI11" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="BJ11" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK11" t="s">
-        <v>92</v>
+        <v>270</v>
       </c>
       <c r="BL11" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="BM11" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="BN11" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="BO11">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>46988</v>
+        <v>50992</v>
       </c>
       <c r="BS11" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C12" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D12">
-        <v>561290</v>
+        <v>561006</v>
       </c>
       <c r="E12">
-        <v>52.68</v>
+        <v>157.02</v>
       </c>
       <c r="F12" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="I12">
-        <v>23.99</v>
+        <v>85.89</v>
       </c>
       <c r="J12" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K12" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12" t="s">
         <v>279</v>
       </c>
       <c r="O12">
-        <v>523500016915</v>
+        <v>523500016813</v>
       </c>
       <c r="P12">
-        <v>152457065</v>
+        <v>108099534</v>
       </c>
       <c r="Q12" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="R12" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="S12" t="s">
         <v>280</v>
       </c>
       <c r="T12" t="s">
         <v>78</v>
       </c>
       <c r="U12" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="V12">
-        <v>561290</v>
+        <v>561006</v>
       </c>
       <c r="W12" t="s">
         <v>79</v>
       </c>
       <c r="X12">
-        <v>52.68</v>
+        <v>157.02</v>
       </c>
       <c r="Y12">
         <v>967.95</v>
       </c>
       <c r="Z12" t="s">
         <v>79</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="AD12">
-        <v>152457065</v>
+        <v>108099534</v>
       </c>
       <c r="AE12" t="s">
         <v>281</v>
       </c>
       <c r="AF12">
-        <v>987198281</v>
+        <v>998732900</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
         <v>282</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
         <v>283</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
+        <v>278</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN12" t="s">
         <v>277</v>
       </c>
-      <c r="AM12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO12">
-        <v>23.99</v>
+        <v>85.89</v>
       </c>
       <c r="AP12" t="s">
         <v>284</v>
       </c>
-      <c r="AQ12"/>
-[...1 lines deleted...]
-      <c r="AS12"/>
+      <c r="AQ12" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>286</v>
+      </c>
       <c r="AT12" t="s">
-        <v>79</v>
+        <v>287</v>
       </c>
       <c r="AU12">
-        <v>523500016915</v>
+        <v>523500016813</v>
       </c>
       <c r="AV12" t="s">
         <v>74</v>
       </c>
       <c r="AW12">
-        <v>1010570</v>
-[...1 lines deleted...]
-      <c r="AX12" t="s">
+        <v>1010558</v>
+      </c>
+      <c r="AX12"/>
+      <c r="AY12"/>
+      <c r="AZ12" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA12" t="s">
         <v>85</v>
       </c>
-      <c r="AY12">
-[...7 lines deleted...]
-      </c>
       <c r="BB12" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="BC12" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="BD12" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="BE12" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="BF12" t="s">
         <v>79</v>
       </c>
       <c r="BG12" t="s">
-        <v>287</v>
+        <v>79</v>
       </c>
       <c r="BH12">
-        <v>262</v>
+        <v>772</v>
       </c>
       <c r="BI12" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="BJ12" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK12" t="s">
-        <v>288</v>
+        <v>111</v>
       </c>
       <c r="BL12" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="BM12" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="BN12" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="BO12">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="BP12"/>
+        <v>60</v>
+      </c>
+      <c r="BP12" t="s">
+        <v>138</v>
+      </c>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>50992</v>
+        <v>151988</v>
       </c>
       <c r="BS12" t="s">
-        <v>139</v>
+        <v>293</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C13" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D13">
-        <v>561006</v>
+        <v>558879</v>
       </c>
       <c r="E13">
-        <v>157.02</v>
+        <v>151.22</v>
       </c>
       <c r="F13" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>297</v>
+      </c>
+      <c r="I13">
+        <v>72.29</v>
+      </c>
+      <c r="J13" t="s">
+        <v>298</v>
+      </c>
+      <c r="K13" t="s">
+        <v>73</v>
+      </c>
+      <c r="L13">
+        <v>990106107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>299</v>
+      </c>
+      <c r="O13">
+        <v>523500016429</v>
+      </c>
+      <c r="P13">
+        <v>131923287</v>
+      </c>
+      <c r="Q13" t="s">
         <v>294</v>
       </c>
-      <c r="G13" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="R13" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="S13" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="T13" t="s">
         <v>78</v>
       </c>
       <c r="U13" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="V13">
-        <v>561006</v>
+        <v>558879</v>
       </c>
       <c r="W13" t="s">
         <v>79</v>
       </c>
       <c r="X13">
-        <v>157.02</v>
+        <v>151.22</v>
       </c>
       <c r="Y13">
-        <v>967.95</v>
+        <v>972</v>
       </c>
       <c r="Z13" t="s">
         <v>79</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="AD13">
-        <v>108099534</v>
+        <v>131923287</v>
       </c>
       <c r="AE13" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="AF13">
-        <v>998732900</v>
+        <v>61947403</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="AM13" t="s">
-        <v>83</v>
+        <v>304</v>
       </c>
       <c r="AN13" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="AO13">
-        <v>85.89</v>
+        <v>72.29</v>
       </c>
       <c r="AP13" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="AQ13" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR13" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="AS13" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="AT13" t="s">
-        <v>305</v>
+        <v>79</v>
       </c>
       <c r="AU13">
-        <v>523500016813</v>
+        <v>523500016429</v>
       </c>
       <c r="AV13" t="s">
         <v>74</v>
       </c>
       <c r="AW13">
-        <v>1010558</v>
-[...2 lines deleted...]
-      <c r="AY13"/>
+        <v>1010492</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY13">
+        <v>990106107</v>
+      </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB13" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="BC13" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="BD13" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="BE13" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="BF13" t="s">
         <v>79</v>
       </c>
       <c r="BG13" t="s">
-        <v>79</v>
+        <v>310</v>
       </c>
       <c r="BH13">
-        <v>726</v>
+        <v>152</v>
       </c>
       <c r="BI13" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="BJ13" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK13" t="s">
-        <v>135</v>
+        <v>270</v>
       </c>
       <c r="BL13" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="BM13" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="BN13" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="BO13">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="BP13" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>151988</v>
+        <v>146986</v>
       </c>
       <c r="BS13" t="s">
-        <v>311</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C14" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D14">
-        <v>558879</v>
+        <v>556880</v>
       </c>
       <c r="E14">
-        <v>151.22</v>
+        <v>160.48</v>
       </c>
       <c r="F14" t="s">
+        <v>316</v>
+      </c>
+      <c r="G14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H14" t="s">
+        <v>317</v>
+      </c>
+      <c r="I14">
+        <v>65.88</v>
+      </c>
+      <c r="J14" t="s">
+        <v>318</v>
+      </c>
+      <c r="K14" t="s">
+        <v>73</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>319</v>
+      </c>
+      <c r="O14">
+        <v>523500015881</v>
+      </c>
+      <c r="P14" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q14" t="s">
         <v>314</v>
       </c>
-      <c r="G14" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R14" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="S14" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="T14" t="s">
         <v>78</v>
       </c>
       <c r="U14" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="V14">
-        <v>558879</v>
+        <v>556880</v>
       </c>
       <c r="W14" t="s">
         <v>79</v>
       </c>
       <c r="X14">
-        <v>151.22</v>
+        <v>160.48</v>
       </c>
       <c r="Y14">
         <v>972</v>
       </c>
       <c r="Z14" t="s">
         <v>79</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>131923287</v>
+        <v>316</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>320</v>
       </c>
       <c r="AE14" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="AF14">
-        <v>61947403</v>
+        <v>950714870</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>321</v>
+        <v>82</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="AM14" t="s">
-        <v>322</v>
+        <v>150</v>
       </c>
       <c r="AN14" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="AO14">
-        <v>72.29</v>
+        <v>65.88</v>
       </c>
       <c r="AP14" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="AQ14" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR14" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="AS14" t="s">
+        <v>152</v>
+      </c>
+      <c r="AS14">
+        <v>781534080984</v>
+      </c>
+      <c r="AT14" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU14">
+        <v>523500015881</v>
+      </c>
+      <c r="AV14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW14">
+        <v>1010399</v>
+      </c>
+      <c r="AX14"/>
+      <c r="AY14"/>
+      <c r="AZ14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB14" t="s">
+        <v>314</v>
+      </c>
+      <c r="BC14" t="s">
+        <v>318</v>
+      </c>
+      <c r="BD14" t="s">
         <v>325</v>
       </c>
-      <c r="AT14" t="s">
-[...29 lines deleted...]
-      <c r="BD14" t="s">
+      <c r="BE14" t="s">
         <v>326</v>
       </c>
-      <c r="BE14" t="s">
+      <c r="BF14" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH14">
+        <v>855</v>
+      </c>
+      <c r="BI14" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ14" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK14" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL14" t="s">
         <v>327</v>
       </c>
-      <c r="BF14" t="s">
-[...2 lines deleted...]
-      <c r="BG14" t="s">
+      <c r="BM14" t="s">
         <v>328</v>
       </c>
-      <c r="BH14">
-[...11 lines deleted...]
-      <c r="BL14" t="s">
+      <c r="BN14" t="s">
         <v>329</v>
       </c>
-      <c r="BM14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BO14">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="BP14" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>146986</v>
+        <v>155987</v>
       </c>
       <c r="BS14" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C15" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="D15">
-        <v>556880</v>
+        <v>556556</v>
       </c>
       <c r="E15">
         <v>160.48</v>
       </c>
       <c r="F15" t="s">
+        <v>332</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>333</v>
+      </c>
+      <c r="I15">
+        <v>70.99</v>
+      </c>
+      <c r="J15" t="s">
         <v>334</v>
       </c>
-      <c r="G15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>102</v>
+        <v>241</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>74</v>
       </c>
       <c r="N15" t="s">
-        <v>337</v>
+        <v>319</v>
       </c>
       <c r="O15">
-        <v>523500015881</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>523500015878</v>
+      </c>
+      <c r="P15">
+        <v>237422368</v>
       </c>
       <c r="Q15" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="R15" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="S15" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="T15" t="s">
         <v>78</v>
       </c>
       <c r="U15" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="V15">
-        <v>556880</v>
+        <v>556556</v>
       </c>
       <c r="W15" t="s">
         <v>79</v>
       </c>
       <c r="X15">
         <v>160.48</v>
       </c>
       <c r="Y15">
         <v>972</v>
       </c>
       <c r="Z15" t="s">
         <v>79</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>332</v>
+      </c>
+      <c r="AD15">
+        <v>237422368</v>
       </c>
       <c r="AE15" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="AF15">
-        <v>950714870</v>
+        <v>963941014</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="AM15" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="AN15" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="AO15">
-        <v>65.88</v>
+        <v>70.99</v>
       </c>
       <c r="AP15" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="AQ15" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR15" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>781534080984</v>
+        <v>129</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>340</v>
       </c>
       <c r="AT15" t="s">
-        <v>79</v>
+        <v>341</v>
       </c>
       <c r="AU15">
-        <v>523500015881</v>
+        <v>523500015878</v>
       </c>
       <c r="AV15" t="s">
         <v>74</v>
       </c>
       <c r="AW15">
         <v>1010399</v>
       </c>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB15" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="BC15" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="BD15" t="s">
+        <v>342</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>326</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH15">
+        <v>861</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL15" t="s">
+        <v>343</v>
+      </c>
+      <c r="BM15" t="s">
         <v>344</v>
       </c>
-      <c r="BE15" t="s">
+      <c r="BN15" t="s">
         <v>345</v>
       </c>
-      <c r="BF15" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO15">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="BP15" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
         <v>155987</v>
       </c>
       <c r="BS15" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
+        <v>346</v>
+      </c>
+      <c r="C16" t="s">
+        <v>347</v>
+      </c>
+      <c r="D16">
+        <v>555231</v>
+      </c>
+      <c r="E16">
+        <v>54.52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>348</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
         <v>349</v>
       </c>
-      <c r="C16" t="s">
+      <c r="I16">
+        <v>23.99</v>
+      </c>
+      <c r="J16" t="s">
         <v>350</v>
       </c>
-      <c r="D16">
-[...5 lines deleted...]
-      <c r="F16" t="s">
+      <c r="K16" t="s">
         <v>351</v>
       </c>
-      <c r="G16" t="s">
-[...2 lines deleted...]
-      <c r="H16" t="s">
+      <c r="L16">
+        <v>986914824</v>
+      </c>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
         <v>352</v>
       </c>
-      <c r="I16">
-[...2 lines deleted...]
-      <c r="J16" t="s">
+      <c r="O16">
+        <v>523500015543</v>
+      </c>
+      <c r="P16">
+        <v>169818320</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>346</v>
+      </c>
+      <c r="R16" t="s">
         <v>353</v>
       </c>
-      <c r="K16" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="S16" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="T16" t="s">
         <v>78</v>
       </c>
       <c r="U16" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="V16">
-        <v>556556</v>
+        <v>555231</v>
       </c>
       <c r="W16" t="s">
         <v>79</v>
       </c>
       <c r="X16">
-        <v>160.48</v>
+        <v>54.52</v>
       </c>
       <c r="Y16">
         <v>972</v>
       </c>
       <c r="Z16" t="s">
         <v>79</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="AD16">
-        <v>237422368</v>
+        <v>169818320</v>
       </c>
       <c r="AE16" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="AF16">
-        <v>963941014</v>
+        <v>990046031</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
+        <v>356</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>350</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>349</v>
+      </c>
+      <c r="AO16">
+        <v>23.99</v>
+      </c>
+      <c r="AP16" t="s">
         <v>357</v>
       </c>
-      <c r="AK16" t="s">
-[...14 lines deleted...]
-      <c r="AP16" t="s">
+      <c r="AQ16" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>129</v>
+      </c>
+      <c r="AS16" t="s">
         <v>358</v>
       </c>
-      <c r="AQ16" t="s">
-[...5 lines deleted...]
-      <c r="AS16" t="s">
+      <c r="AT16" t="s">
         <v>359</v>
       </c>
-      <c r="AT16" t="s">
+      <c r="AU16">
+        <v>523500015543</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW16">
+        <v>1010346</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY16">
+        <v>986914824</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>346</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>350</v>
+      </c>
+      <c r="BD16" t="s">
         <v>360</v>
       </c>
-      <c r="AU16">
-[...22 lines deleted...]
-      <c r="BD16" t="s">
+      <c r="BE16" t="s">
         <v>361</v>
       </c>
-      <c r="BE16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BF16" t="s">
         <v>79</v>
       </c>
       <c r="BG16" t="s">
-        <v>79</v>
+        <v>362</v>
       </c>
       <c r="BH16">
-        <v>815</v>
+        <v>223</v>
       </c>
       <c r="BI16" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="BJ16" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK16" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="BL16" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="BM16" t="s">
         <v>363</v>
       </c>
       <c r="BN16" t="s">
         <v>364</v>
       </c>
       <c r="BO16">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="BP16" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>155987</v>
+        <v>52993</v>
       </c>
       <c r="BS16" t="s">
-        <v>139</v>
+        <v>365</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C17" t="s">
+        <v>367</v>
+      </c>
+      <c r="D17">
+        <v>554969</v>
+      </c>
+      <c r="E17">
+        <v>85.38</v>
+      </c>
+      <c r="F17" t="s">
+        <v>368</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
+        <v>369</v>
+      </c>
+      <c r="I17">
+        <v>37.44</v>
+      </c>
+      <c r="J17" t="s">
+        <v>370</v>
+      </c>
+      <c r="K17" t="s">
+        <v>73</v>
+      </c>
+      <c r="L17">
+        <v>986839777</v>
+      </c>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>352</v>
+      </c>
+      <c r="O17">
+        <v>523500015479</v>
+      </c>
+      <c r="P17">
+        <v>151066631</v>
+      </c>
+      <c r="Q17" t="s">
         <v>366</v>
       </c>
-      <c r="D17">
-[...29 lines deleted...]
-      <c r="N17" t="s">
+      <c r="R17" t="s">
         <v>371</v>
       </c>
-      <c r="O17">
-[...10 lines deleted...]
-      </c>
       <c r="S17" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="T17" t="s">
         <v>78</v>
       </c>
       <c r="U17" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="V17">
-        <v>555231</v>
+        <v>554969</v>
       </c>
       <c r="W17" t="s">
         <v>79</v>
       </c>
       <c r="X17">
-        <v>54.52</v>
+        <v>85.38</v>
       </c>
       <c r="Y17">
         <v>972</v>
       </c>
       <c r="Z17" t="s">
         <v>79</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="AD17">
-        <v>169818320</v>
+        <v>151066631</v>
       </c>
       <c r="AE17" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="AF17">
-        <v>990046031</v>
+        <v>977919064</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
+        <v>374</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>370</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>150</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>369</v>
+      </c>
+      <c r="AO17">
+        <v>37.44</v>
+      </c>
+      <c r="AP17" t="s">
         <v>375</v>
       </c>
-      <c r="AK17" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AQ17" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR17" t="s">
         <v>152</v>
       </c>
-      <c r="AS17" t="s">
+      <c r="AS17">
+        <v>780044710820</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU17">
+        <v>523500015479</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW17">
+        <v>1010342</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY17">
+        <v>986839777</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>366</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>370</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>376</v>
+      </c>
+      <c r="BE17" t="s">
         <v>377</v>
       </c>
-      <c r="AT17" t="s">
+      <c r="BF17" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>310</v>
+      </c>
+      <c r="BH17">
+        <v>229</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ17" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK17" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL17" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM17" t="s">
         <v>378</v>
       </c>
-      <c r="AU17">
-[...26 lines deleted...]
-      <c r="BD17" t="s">
+      <c r="BN17" t="s">
         <v>379</v>
       </c>
-      <c r="BE17" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BO17">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="BP17" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>52993</v>
+        <v>82989</v>
       </c>
       <c r="BS17" t="s">
-        <v>384</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
+        <v>380</v>
+      </c>
+      <c r="C18" t="s">
+        <v>381</v>
+      </c>
+      <c r="D18">
+        <v>554018</v>
+      </c>
+      <c r="E18">
+        <v>125.5</v>
+      </c>
+      <c r="F18" t="s">
+        <v>382</v>
+      </c>
+      <c r="G18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" t="s">
+        <v>383</v>
+      </c>
+      <c r="I18">
+        <v>59.5</v>
+      </c>
+      <c r="J18" t="s">
+        <v>384</v>
+      </c>
+      <c r="K18" t="s">
+        <v>73</v>
+      </c>
+      <c r="L18">
+        <v>986230499</v>
+      </c>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18" t="s">
+        <v>202</v>
+      </c>
+      <c r="O18">
+        <v>523500015279</v>
+      </c>
+      <c r="P18">
+        <v>212614645</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>380</v>
+      </c>
+      <c r="R18" t="s">
         <v>385</v>
       </c>
-      <c r="C18" t="s">
-[...41 lines deleted...]
-      <c r="Q18" t="s">
+      <c r="S18" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>390</v>
       </c>
       <c r="T18" t="s">
         <v>78</v>
       </c>
       <c r="U18" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="V18">
-        <v>554969</v>
+        <v>554018</v>
       </c>
       <c r="W18" t="s">
         <v>79</v>
       </c>
       <c r="X18">
-        <v>85.38</v>
+        <v>125.5</v>
       </c>
       <c r="Y18">
         <v>972</v>
       </c>
       <c r="Z18" t="s">
         <v>79</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="AD18">
-        <v>151066631</v>
+        <v>212614645</v>
       </c>
       <c r="AE18" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="AF18">
-        <v>977919064</v>
+        <v>966194228</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
+        <v>388</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>384</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>150</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>383</v>
+      </c>
+      <c r="AO18">
+        <v>59.5</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>389</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR18" t="s">
+        <v>152</v>
+      </c>
+      <c r="AS18">
+        <v>398936918488</v>
+      </c>
+      <c r="AT18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU18">
+        <v>523500015279</v>
+      </c>
+      <c r="AV18" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW18">
+        <v>0</v>
+      </c>
+      <c r="AX18" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY18">
+        <v>986230499</v>
+      </c>
+      <c r="AZ18" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA18" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB18" t="s">
+        <v>380</v>
+      </c>
+      <c r="BC18" t="s">
+        <v>384</v>
+      </c>
+      <c r="BD18" t="s">
+        <v>390</v>
+      </c>
+      <c r="BE18" t="s">
+        <v>391</v>
+      </c>
+      <c r="BF18" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG18" t="s">
+        <v>212</v>
+      </c>
+      <c r="BH18">
+        <v>759</v>
+      </c>
+      <c r="BI18" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ18" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK18" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL18" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM18" t="s">
+        <v>392</v>
+      </c>
+      <c r="BN18" t="s">
         <v>393</v>
       </c>
-      <c r="AK18" t="s">
-[...88 lines deleted...]
-      </c>
       <c r="BO18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="BP18" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>82989</v>
+        <v>121986</v>
       </c>
       <c r="BS18" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
+        <v>394</v>
+      </c>
+      <c r="C19" t="s">
+        <v>395</v>
+      </c>
+      <c r="D19">
+        <v>552249</v>
+      </c>
+      <c r="E19">
+        <v>165.63</v>
+      </c>
+      <c r="F19" t="s">
+        <v>396</v>
+      </c>
+      <c r="G19" t="s">
+        <v>70</v>
+      </c>
+      <c r="H19" t="s">
+        <v>397</v>
+      </c>
+      <c r="I19">
+        <v>57.99</v>
+      </c>
+      <c r="J19" t="s">
+        <v>398</v>
+      </c>
+      <c r="K19" t="s">
+        <v>241</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19" t="s">
         <v>399</v>
       </c>
-      <c r="C19" t="s">
+      <c r="O19">
+        <v>523500014888</v>
+      </c>
+      <c r="P19">
+        <v>117046451</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>394</v>
+      </c>
+      <c r="R19" t="s">
         <v>400</v>
       </c>
-      <c r="D19">
-[...43 lines deleted...]
-      </c>
       <c r="S19" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="T19" t="s">
         <v>78</v>
       </c>
       <c r="U19" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="V19">
-        <v>554018</v>
+        <v>552249</v>
       </c>
       <c r="W19" t="s">
         <v>79</v>
       </c>
       <c r="X19">
-        <v>125.5</v>
+        <v>165.63</v>
       </c>
       <c r="Y19">
         <v>972</v>
       </c>
       <c r="Z19" t="s">
         <v>79</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
+        <v>396</v>
+      </c>
+      <c r="AD19">
+        <v>117046451</v>
+      </c>
+      <c r="AE19" t="s">
         <v>401</v>
       </c>
-      <c r="AD19">
-[...4 lines deleted...]
-      </c>
       <c r="AF19">
-        <v>966194228</v>
+        <v>941394938</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
+        <v>403</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>398</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>397</v>
+      </c>
+      <c r="AO19">
+        <v>57.99</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>404</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>129</v>
+      </c>
+      <c r="AS19" t="s">
+        <v>405</v>
+      </c>
+      <c r="AT19" t="s">
+        <v>406</v>
+      </c>
+      <c r="AU19">
+        <v>523500014888</v>
+      </c>
+      <c r="AV19" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW19">
+        <v>1010249</v>
+      </c>
+      <c r="AX19"/>
+      <c r="AY19"/>
+      <c r="AZ19" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>394</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>398</v>
+      </c>
+      <c r="BD19" t="s">
         <v>407</v>
       </c>
-      <c r="AK19" t="s">
-[...14 lines deleted...]
-      <c r="AP19" t="s">
+      <c r="BE19" t="s">
         <v>408</v>
       </c>
-      <c r="AQ19" t="s">
-[...38 lines deleted...]
-      <c r="BD19" t="s">
+      <c r="BF19" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH19">
+        <v>946</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ19" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK19" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL19" t="s">
         <v>409</v>
       </c>
-      <c r="BE19" t="s">
+      <c r="BM19" t="s">
         <v>410</v>
       </c>
-      <c r="BF19" t="s">
-[...20 lines deleted...]
-      <c r="BM19" t="s">
+      <c r="BN19" t="s">
         <v>411</v>
       </c>
-      <c r="BN19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO19">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="BP19" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>121986</v>
+        <v>160992</v>
       </c>
       <c r="BS19" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
+        <v>412</v>
+      </c>
+      <c r="C20" t="s">
         <v>413</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20">
+        <v>544896</v>
+      </c>
+      <c r="E20">
+        <v>48.34</v>
+      </c>
+      <c r="F20" t="s">
         <v>414</v>
       </c>
-      <c r="D20">
-[...5 lines deleted...]
-      <c r="F20" t="s">
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20" t="s">
         <v>415</v>
       </c>
-      <c r="G20" t="s">
-[...2 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20">
+        <v>19.99</v>
+      </c>
+      <c r="J20" t="s">
         <v>416</v>
       </c>
-      <c r="I20">
-[...2 lines deleted...]
-      <c r="J20" t="s">
+      <c r="K20" t="s">
+        <v>165</v>
+      </c>
+      <c r="L20">
+        <v>979326234</v>
+      </c>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20" t="s">
+        <v>399</v>
+      </c>
+      <c r="O20">
+        <v>523500013581</v>
+      </c>
+      <c r="P20">
+        <v>101087182</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>412</v>
+      </c>
+      <c r="R20" t="s">
         <v>417</v>
       </c>
-      <c r="K20" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S20" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="T20" t="s">
         <v>78</v>
       </c>
       <c r="U20" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="V20">
-        <v>552249</v>
+        <v>544896</v>
       </c>
       <c r="W20" t="s">
         <v>79</v>
       </c>
       <c r="X20">
-        <v>165.63</v>
+        <v>48.34</v>
       </c>
       <c r="Y20">
         <v>972</v>
       </c>
       <c r="Z20" t="s">
         <v>79</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="AD20">
-        <v>117046451</v>
+        <v>101087182</v>
       </c>
       <c r="AE20" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="AF20">
-        <v>941394938</v>
+        <v>56967028</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
+        <v>420</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>416</v>
+      </c>
+      <c r="AM20"/>
+      <c r="AN20" t="s">
+        <v>415</v>
+      </c>
+      <c r="AO20">
+        <v>19.99</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>421</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR20" t="s">
+        <v>129</v>
+      </c>
+      <c r="AS20" t="s">
         <v>422</v>
       </c>
-      <c r="AK20" t="s">
-[...8 lines deleted...]
-      <c r="AN20" t="s">
+      <c r="AT20" t="s">
+        <v>423</v>
+      </c>
+      <c r="AU20">
+        <v>523500013581</v>
+      </c>
+      <c r="AV20" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW20">
+        <v>1009995</v>
+      </c>
+      <c r="AX20" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY20">
+        <v>979326234</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>412</v>
+      </c>
+      <c r="BC20" t="s">
         <v>416</v>
       </c>
-      <c r="AO20">
-[...11 lines deleted...]
-      <c r="AS20" t="s">
+      <c r="BD20" t="s">
         <v>424</v>
       </c>
-      <c r="AT20" t="s">
+      <c r="BE20" t="s">
         <v>425</v>
       </c>
-      <c r="AU20">
-[...26 lines deleted...]
-      <c r="BD20" t="s">
+      <c r="BF20" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG20" t="s">
         <v>426</v>
       </c>
-      <c r="BE20" t="s">
+      <c r="BH20">
+        <v>33</v>
+      </c>
+      <c r="BI20" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ20" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK20" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL20" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM20" t="s">
         <v>427</v>
       </c>
-      <c r="BF20" t="s">
-[...2 lines deleted...]
-      <c r="BG20" t="s">
+      <c r="BN20" t="s">
         <v>428</v>
       </c>
-      <c r="BH20">
-[...19 lines deleted...]
-      </c>
       <c r="BO20">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="BP20" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>160992</v>
+        <v>46986</v>
       </c>
       <c r="BS20" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
+        <v>429</v>
+      </c>
+      <c r="C21" t="s">
+        <v>430</v>
+      </c>
+      <c r="D21">
+        <v>544572</v>
+      </c>
+      <c r="E21">
+        <v>25.71</v>
+      </c>
+      <c r="F21" t="s">
+        <v>431</v>
+      </c>
+      <c r="G21" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21" t="s">
         <v>432</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21">
+        <v>8.39</v>
+      </c>
+      <c r="J21" t="s">
         <v>433</v>
       </c>
-      <c r="D21">
-[...5 lines deleted...]
-      <c r="F21" t="s">
+      <c r="K21" t="s">
+        <v>165</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
         <v>434</v>
       </c>
-      <c r="G21" t="s">
-[...2 lines deleted...]
-      <c r="H21" t="s">
+      <c r="O21">
+        <v>523500013438</v>
+      </c>
+      <c r="P21">
+        <v>122619168</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>429</v>
+      </c>
+      <c r="R21" t="s">
         <v>435</v>
       </c>
-      <c r="I21">
-[...28 lines deleted...]
-      </c>
       <c r="S21" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="T21" t="s">
         <v>78</v>
       </c>
       <c r="U21" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="V21">
-        <v>544896</v>
+        <v>544572</v>
       </c>
       <c r="W21" t="s">
         <v>79</v>
       </c>
       <c r="X21">
-        <v>48.34</v>
+        <v>25.71</v>
       </c>
       <c r="Y21">
         <v>972</v>
       </c>
       <c r="Z21" t="s">
         <v>79</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="AD21">
-        <v>101087182</v>
+        <v>122619168</v>
       </c>
       <c r="AE21" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="AF21">
-        <v>56967028</v>
+        <v>948529676</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="AM21"/>
       <c r="AN21" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="AO21">
-        <v>19.99</v>
+        <v>8.39</v>
       </c>
       <c r="AP21" t="s">
+        <v>439</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>440</v>
+      </c>
+      <c r="AT21" t="s">
         <v>441</v>
       </c>
-      <c r="AQ21" t="s">
-[...5 lines deleted...]
-      <c r="AS21" t="s">
+      <c r="AU21">
+        <v>523500013438</v>
+      </c>
+      <c r="AV21" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW21">
+        <v>0</v>
+      </c>
+      <c r="AX21"/>
+      <c r="AY21"/>
+      <c r="AZ21" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB21" t="s">
+        <v>429</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>433</v>
+      </c>
+      <c r="BD21" t="s">
         <v>442</v>
       </c>
-      <c r="AT21" t="s">
+      <c r="BE21" t="s">
         <v>443</v>
       </c>
-      <c r="AU21">
-[...26 lines deleted...]
-      <c r="BD21" t="s">
+      <c r="BF21" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG21" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH21">
+        <v>1079</v>
+      </c>
+      <c r="BI21" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ21" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK21" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL21" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM21" t="s">
         <v>444</v>
       </c>
-      <c r="BE21" t="s">
+      <c r="BN21" t="s">
         <v>445</v>
       </c>
-      <c r="BF21" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO21">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="BP21" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>46986</v>
+        <v>24990</v>
       </c>
       <c r="BS21" t="s">
-        <v>162</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
+        <v>446</v>
+      </c>
+      <c r="C22" t="s">
+        <v>447</v>
+      </c>
+      <c r="D22">
+        <v>542973</v>
+      </c>
+      <c r="E22">
+        <v>60.69</v>
+      </c>
+      <c r="F22" t="s">
+        <v>448</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22" t="s">
         <v>449</v>
       </c>
-      <c r="C22" t="s">
+      <c r="I22">
+        <v>23.99</v>
+      </c>
+      <c r="J22" t="s">
         <v>450</v>
       </c>
-      <c r="D22">
-[...5 lines deleted...]
-      <c r="F22" t="s">
+      <c r="K22" t="s">
+        <v>165</v>
+      </c>
+      <c r="L22">
+        <v>978617513</v>
+      </c>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
+        <v>434</v>
+      </c>
+      <c r="O22">
+        <v>523500013314</v>
+      </c>
+      <c r="P22">
+        <v>144616200</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>446</v>
+      </c>
+      <c r="R22" t="s">
         <v>451</v>
       </c>
-      <c r="G22" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="S22" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="T22" t="s">
         <v>78</v>
       </c>
       <c r="U22" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="V22">
-        <v>544572</v>
+        <v>542973</v>
       </c>
       <c r="W22" t="s">
         <v>79</v>
       </c>
       <c r="X22">
-        <v>25.71</v>
+        <v>60.69</v>
       </c>
       <c r="Y22">
         <v>972</v>
       </c>
       <c r="Z22" t="s">
         <v>79</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="AD22">
-        <v>122619168</v>
+        <v>144616200</v>
       </c>
       <c r="AE22" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="AF22">
-        <v>948529676</v>
+        <v>962367289</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>458</v>
+        <v>283</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="AM22"/>
       <c r="AN22" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="AO22">
-        <v>8.39</v>
+        <v>23.99</v>
       </c>
       <c r="AP22" t="s">
-        <v>459</v>
+        <v>357</v>
       </c>
       <c r="AQ22" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR22" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="AS22" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="AT22" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="AU22">
-        <v>523500013438</v>
+        <v>523500013314</v>
       </c>
       <c r="AV22" t="s">
         <v>74</v>
       </c>
       <c r="AW22">
         <v>0</v>
       </c>
-      <c r="AX22"/>
-      <c r="AY22"/>
+      <c r="AX22" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY22">
+        <v>978617513</v>
+      </c>
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB22" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="BC22" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="BD22" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="BE22" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="BF22" t="s">
         <v>79</v>
       </c>
       <c r="BG22" t="s">
-        <v>79</v>
+        <v>458</v>
       </c>
       <c r="BH22">
-        <v>1033</v>
+        <v>186</v>
       </c>
       <c r="BI22" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ22" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK22" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="BL22" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="BM22" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="BN22" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="BO22">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="BP22" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>24990</v>
+        <v>58991</v>
       </c>
       <c r="BS22" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
+        <v>461</v>
+      </c>
+      <c r="C23" t="s">
+        <v>462</v>
+      </c>
+      <c r="D23">
+        <v>542760</v>
+      </c>
+      <c r="E23">
+        <v>159.45</v>
+      </c>
+      <c r="F23" t="s">
+        <v>463</v>
+      </c>
+      <c r="G23" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" t="s">
+        <v>464</v>
+      </c>
+      <c r="I23">
+        <v>69.99</v>
+      </c>
+      <c r="J23" t="s">
+        <v>465</v>
+      </c>
+      <c r="K23" t="s">
+        <v>165</v>
+      </c>
+      <c r="L23">
+        <v>978512382</v>
+      </c>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>399</v>
+      </c>
+      <c r="O23">
+        <v>523500013175</v>
+      </c>
+      <c r="P23">
+        <v>174033870</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>461</v>
+      </c>
+      <c r="R23" t="s">
         <v>466</v>
       </c>
-      <c r="C23" t="s">
-[...41 lines deleted...]
-      <c r="Q23" t="s">
+      <c r="S23" t="s">
         <v>466</v>
-      </c>
-[...4 lines deleted...]
-        <v>471</v>
       </c>
       <c r="T23" t="s">
         <v>78</v>
       </c>
       <c r="U23" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="V23">
-        <v>542973</v>
+        <v>542760</v>
       </c>
       <c r="W23" t="s">
         <v>79</v>
       </c>
       <c r="X23">
-        <v>60.69</v>
+        <v>159.45</v>
       </c>
       <c r="Y23">
         <v>972</v>
       </c>
       <c r="Z23" t="s">
         <v>79</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="AD23">
-        <v>144616200</v>
+        <v>174033870</v>
       </c>
       <c r="AE23" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="AF23">
-        <v>962367289</v>
+        <v>985016106</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>301</v>
+        <v>438</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="AM23"/>
       <c r="AN23" t="s">
+        <v>464</v>
+      </c>
+      <c r="AO23">
+        <v>69.99</v>
+      </c>
+      <c r="AP23" t="s">
         <v>469</v>
       </c>
-      <c r="AO23">
-[...4 lines deleted...]
-      </c>
       <c r="AQ23" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR23" t="s">
-        <v>303</v>
+        <v>129</v>
       </c>
       <c r="AS23" t="s">
+        <v>470</v>
+      </c>
+      <c r="AT23" t="s">
+        <v>471</v>
+      </c>
+      <c r="AU23">
+        <v>523500013175</v>
+      </c>
+      <c r="AV23" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW23">
+        <v>1009965</v>
+      </c>
+      <c r="AX23" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY23">
+        <v>978512382</v>
+      </c>
+      <c r="AZ23" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA23" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB23" t="s">
+        <v>461</v>
+      </c>
+      <c r="BC23" t="s">
+        <v>465</v>
+      </c>
+      <c r="BD23" t="s">
+        <v>472</v>
+      </c>
+      <c r="BE23" t="s">
+        <v>473</v>
+      </c>
+      <c r="BF23" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG23" t="s">
         <v>474</v>
       </c>
-      <c r="AT23" t="s">
+      <c r="BH23">
+        <v>41</v>
+      </c>
+      <c r="BI23" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ23" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK23" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL23" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM23" t="s">
         <v>475</v>
       </c>
-      <c r="AU23">
-[...26 lines deleted...]
-      <c r="BD23" t="s">
+      <c r="BN23" t="s">
         <v>476</v>
       </c>
-      <c r="BE23" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BO23">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="BP23" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>58991</v>
+        <v>154985</v>
       </c>
       <c r="BS23" t="s">
-        <v>139</v>
+        <v>365</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
+        <v>477</v>
+      </c>
+      <c r="C24" t="s">
+        <v>478</v>
+      </c>
+      <c r="D24">
+        <v>541347</v>
+      </c>
+      <c r="E24">
+        <v>59.66</v>
+      </c>
+      <c r="F24" t="s">
+        <v>479</v>
+      </c>
+      <c r="G24" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24" t="s">
+        <v>480</v>
+      </c>
+      <c r="I24">
+        <v>23.99</v>
+      </c>
+      <c r="J24" t="s">
         <v>481</v>
       </c>
-      <c r="C24" t="s">
+      <c r="K24" t="s">
+        <v>165</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>74</v>
+      </c>
+      <c r="N24" t="s">
+        <v>434</v>
+      </c>
+      <c r="O24">
+        <v>523500012851</v>
+      </c>
+      <c r="P24">
+        <v>142059851</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>477</v>
+      </c>
+      <c r="R24" t="s">
         <v>482</v>
       </c>
-      <c r="D24">
-[...43 lines deleted...]
-      </c>
       <c r="S24" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="T24" t="s">
         <v>78</v>
       </c>
       <c r="U24" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="V24">
-        <v>542760</v>
+        <v>541347</v>
       </c>
       <c r="W24" t="s">
         <v>79</v>
       </c>
       <c r="X24">
-        <v>159.45</v>
+        <v>59.66</v>
       </c>
       <c r="Y24">
         <v>972</v>
       </c>
       <c r="Z24" t="s">
         <v>79</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
+        <v>479</v>
+      </c>
+      <c r="AD24">
+        <v>142059851</v>
+      </c>
+      <c r="AE24" t="s">
         <v>483</v>
       </c>
-      <c r="AD24">
-[...4 lines deleted...]
-      </c>
       <c r="AF24">
-        <v>985016106</v>
+        <v>989247317</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>458</v>
+        <v>265</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="AM24"/>
       <c r="AN24" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="AO24">
-        <v>69.99</v>
+        <v>23.99</v>
       </c>
       <c r="AP24" t="s">
+        <v>357</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>485</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>486</v>
+      </c>
+      <c r="AU24">
+        <v>523500012851</v>
+      </c>
+      <c r="AV24" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW24">
+        <v>0</v>
+      </c>
+      <c r="AX24"/>
+      <c r="AY24"/>
+      <c r="AZ24" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB24" t="s">
+        <v>477</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>481</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>487</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>488</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH24">
+        <v>1113</v>
+      </c>
+      <c r="BI24" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ24" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK24" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL24" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM24" t="s">
         <v>489</v>
       </c>
-      <c r="AQ24" t="s">
-[...5 lines deleted...]
-      <c r="AS24" t="s">
+      <c r="BN24" t="s">
         <v>490</v>
       </c>
-      <c r="AT24" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="BO24">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="BP24" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>154985</v>
+        <v>57990</v>
       </c>
       <c r="BS24" t="s">
-        <v>384</v>
+        <v>491</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
+        <v>492</v>
+      </c>
+      <c r="C25" t="s">
+        <v>493</v>
+      </c>
+      <c r="D25">
+        <v>539692</v>
+      </c>
+      <c r="E25">
+        <v>144.02</v>
+      </c>
+      <c r="F25" t="s">
+        <v>494</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25" t="s">
+        <v>495</v>
+      </c>
+      <c r="I25">
+        <v>72</v>
+      </c>
+      <c r="J25" t="s">
+        <v>496</v>
+      </c>
+      <c r="K25" t="s">
+        <v>165</v>
+      </c>
+      <c r="L25">
+        <v>976062427</v>
+      </c>
+      <c r="M25" t="s">
+        <v>74</v>
+      </c>
+      <c r="N25" t="s">
+        <v>352</v>
+      </c>
+      <c r="O25">
+        <v>523500012516</v>
+      </c>
+      <c r="P25">
+        <v>190769275</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>492</v>
+      </c>
+      <c r="R25" t="s">
         <v>497</v>
       </c>
-      <c r="C25" t="s">
-[...39 lines deleted...]
-      <c r="Q25" t="s">
+      <c r="S25" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="T25" t="s">
         <v>78</v>
       </c>
       <c r="U25" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="V25">
-        <v>541347</v>
+        <v>539692</v>
       </c>
       <c r="W25" t="s">
         <v>79</v>
       </c>
       <c r="X25">
-        <v>59.66</v>
+        <v>144.02</v>
       </c>
       <c r="Y25">
         <v>972</v>
       </c>
       <c r="Z25" t="s">
         <v>79</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="AD25">
-        <v>142059851</v>
+        <v>190769275</v>
       </c>
       <c r="AE25" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="AF25">
-        <v>989247317</v>
+        <v>965700147</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>283</v>
+        <v>500</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="AM25"/>
       <c r="AN25" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="AO25">
-        <v>23.99</v>
+        <v>72</v>
       </c>
       <c r="AP25" t="s">
-        <v>376</v>
+        <v>501</v>
       </c>
       <c r="AQ25" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR25" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="AS25" t="s">
+        <v>502</v>
+      </c>
+      <c r="AT25" t="s">
+        <v>503</v>
+      </c>
+      <c r="AU25">
+        <v>523500012516</v>
+      </c>
+      <c r="AV25" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW25">
+        <v>1009849</v>
+      </c>
+      <c r="AX25" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY25">
+        <v>976062427</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>492</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>496</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>504</v>
+      </c>
+      <c r="BE25" t="s">
         <v>505</v>
       </c>
-      <c r="AT25" t="s">
+      <c r="BF25" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG25" t="s">
         <v>506</v>
       </c>
-      <c r="AU25">
-[...22 lines deleted...]
-      <c r="BD25" t="s">
+      <c r="BH25">
+        <v>116</v>
+      </c>
+      <c r="BI25" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ25" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK25" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL25" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM25" t="s">
         <v>507</v>
       </c>
-      <c r="BE25" t="s">
+      <c r="BN25" t="s">
         <v>508</v>
       </c>
-      <c r="BF25" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO25">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="BP25" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>57990</v>
+        <v>139987</v>
       </c>
       <c r="BS25" t="s">
-        <v>511</v>
+        <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
+        <v>509</v>
+      </c>
+      <c r="C26" t="s">
+        <v>510</v>
+      </c>
+      <c r="D26">
+        <v>525990</v>
+      </c>
+      <c r="E26">
+        <v>37.49</v>
+      </c>
+      <c r="F26" t="s">
+        <v>511</v>
+      </c>
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26" t="s">
         <v>512</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26">
+        <v>25.46</v>
+      </c>
+      <c r="J26" t="s">
         <v>513</v>
       </c>
-      <c r="D26">
-[...5 lines deleted...]
-      <c r="F26" t="s">
+      <c r="K26" t="s">
+        <v>165</v>
+      </c>
+      <c r="L26">
+        <v>880002369956</v>
+      </c>
+      <c r="M26" t="s">
+        <v>74</v>
+      </c>
+      <c r="N26" t="s">
         <v>514</v>
       </c>
-      <c r="G26" t="s">
-[...2 lines deleted...]
-      <c r="H26" t="s">
+      <c r="O26">
+        <v>523500009823</v>
+      </c>
+      <c r="P26">
+        <v>163646242</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>509</v>
+      </c>
+      <c r="R26" t="s">
         <v>515</v>
       </c>
-      <c r="I26">
-[...2 lines deleted...]
-      <c r="J26" t="s">
+      <c r="S26" t="s">
         <v>516</v>
-      </c>
-[...25 lines deleted...]
-        <v>517</v>
       </c>
       <c r="T26" t="s">
         <v>78</v>
       </c>
       <c r="U26" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="V26">
-        <v>539692</v>
+        <v>525990</v>
       </c>
       <c r="W26" t="s">
         <v>79</v>
       </c>
       <c r="X26">
-        <v>144.02</v>
+        <v>37.49</v>
       </c>
       <c r="Y26">
-        <v>972</v>
+        <v>880</v>
       </c>
       <c r="Z26" t="s">
         <v>79</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="AD26">
-        <v>190769275</v>
+        <v>163646242</v>
       </c>
       <c r="AE26" t="s">
-        <v>518</v>
+        <v>79</v>
       </c>
       <c r="AF26">
-        <v>965700147</v>
+        <v>81391614</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>520</v>
+        <v>283</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="AM26"/>
       <c r="AN26" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="AO26">
-        <v>72</v>
+        <v>25.46</v>
       </c>
       <c r="AP26" t="s">
+        <v>518</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS26" t="s">
+        <v>519</v>
+      </c>
+      <c r="AT26" t="s">
+        <v>520</v>
+      </c>
+      <c r="AU26">
+        <v>523500009823</v>
+      </c>
+      <c r="AV26" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW26">
+        <v>1009385</v>
+      </c>
+      <c r="AX26" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY26">
+        <v>880002369956</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>509</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>513</v>
+      </c>
+      <c r="BD26" t="s">
         <v>521</v>
       </c>
-      <c r="AQ26" t="s">
-[...5 lines deleted...]
-      <c r="AS26" t="s">
+      <c r="BE26" t="s">
         <v>522</v>
       </c>
-      <c r="AT26" t="s">
+      <c r="BF26" t="s">
         <v>523</v>
       </c>
-      <c r="AU26">
-[...26 lines deleted...]
-      <c r="BD26" t="s">
+      <c r="BG26" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH26">
+        <v>1401</v>
+      </c>
+      <c r="BI26" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ26" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK26" t="s">
+        <v>111</v>
+      </c>
+      <c r="BL26" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM26" t="s">
         <v>524</v>
       </c>
-      <c r="BE26" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BN26" t="s">
-        <v>528</v>
+        <v>79</v>
       </c>
       <c r="BO26">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="BP26" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>139987</v>
+        <v>32991</v>
       </c>
       <c r="BS26" t="s">
-        <v>162</v>
+        <v>365</v>
       </c>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
+        <v>525</v>
+      </c>
+      <c r="C27" t="s">
+        <v>526</v>
+      </c>
+      <c r="D27">
+        <v>523525</v>
+      </c>
+      <c r="E27">
+        <v>29.99</v>
+      </c>
+      <c r="F27" t="s">
+        <v>527</v>
+      </c>
+      <c r="G27" t="s">
+        <v>70</v>
+      </c>
+      <c r="H27" t="s">
+        <v>528</v>
+      </c>
+      <c r="I27">
+        <v>14.97</v>
+      </c>
+      <c r="J27" t="s">
         <v>529</v>
       </c>
-      <c r="C27" t="s">
+      <c r="K27" t="s">
+        <v>165</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>74</v>
+      </c>
+      <c r="N27" t="s">
         <v>530</v>
       </c>
-      <c r="D27">
-[...5 lines deleted...]
-      <c r="F27" t="s">
+      <c r="O27">
+        <v>523500008925</v>
+      </c>
+      <c r="P27">
+        <v>180157891</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>525</v>
+      </c>
+      <c r="R27" t="s">
         <v>531</v>
       </c>
-      <c r="G27" t="s">
-[...2 lines deleted...]
-      <c r="H27" t="s">
+      <c r="S27" t="s">
         <v>532</v>
-      </c>
-[...31 lines deleted...]
-        <v>536</v>
       </c>
       <c r="T27" t="s">
         <v>78</v>
       </c>
       <c r="U27" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="V27">
-        <v>525990</v>
+        <v>523525</v>
       </c>
       <c r="W27" t="s">
         <v>79</v>
       </c>
       <c r="X27">
-        <v>37.49</v>
+        <v>29.99</v>
       </c>
       <c r="Y27">
-        <v>880</v>
+        <v>800</v>
       </c>
       <c r="Z27" t="s">
         <v>79</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>70</v>
       </c>
       <c r="AC27" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="AD27">
-        <v>163646242</v>
+        <v>180157891</v>
       </c>
       <c r="AE27" t="s">
-        <v>79</v>
+        <v>533</v>
       </c>
       <c r="AF27">
-        <v>81391614</v>
+        <v>77849684</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>301</v>
+        <v>535</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="AM27"/>
       <c r="AN27" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="AO27">
-        <v>25.46</v>
+        <v>14.97</v>
       </c>
       <c r="AP27" t="s">
+        <v>536</v>
+      </c>
+      <c r="AQ27" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR27" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS27" t="s">
+        <v>537</v>
+      </c>
+      <c r="AT27" t="s">
         <v>538</v>
       </c>
-      <c r="AQ27" t="s">
-[...5 lines deleted...]
-      <c r="AS27" t="s">
+      <c r="AU27">
+        <v>523500008925</v>
+      </c>
+      <c r="AV27" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW27">
+        <v>0</v>
+      </c>
+      <c r="AX27"/>
+      <c r="AY27"/>
+      <c r="AZ27" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA27" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB27" t="s">
+        <v>525</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>529</v>
+      </c>
+      <c r="BD27" t="s">
         <v>539</v>
       </c>
-      <c r="AT27" t="s">
+      <c r="BE27" t="s">
         <v>540</v>
       </c>
-      <c r="AU27">
-[...26 lines deleted...]
-      <c r="BD27" t="s">
+      <c r="BF27" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG27" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH27">
+        <v>1447</v>
+      </c>
+      <c r="BI27" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ27" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK27" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL27" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM27" t="s">
         <v>541</v>
       </c>
-      <c r="BE27" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BN27" t="s">
         <v>79</v>
       </c>
       <c r="BO27">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="BP27" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>32991</v>
+        <v>23992</v>
       </c>
       <c r="BS27" t="s">
-        <v>384</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
+        <v>542</v>
+      </c>
+      <c r="C28" t="s">
+        <v>543</v>
+      </c>
+      <c r="D28">
+        <v>521436</v>
+      </c>
+      <c r="E28">
+        <v>61.24</v>
+      </c>
+      <c r="F28" t="s">
+        <v>544</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28" t="s">
         <v>545</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28">
+        <v>34.12</v>
+      </c>
+      <c r="J28" t="s">
         <v>546</v>
       </c>
-      <c r="D28">
-[...5 lines deleted...]
-      <c r="F28" t="s">
+      <c r="K28" t="s">
+        <v>165</v>
+      </c>
+      <c r="L28">
+        <v>990098770818</v>
+      </c>
+      <c r="M28" t="s">
+        <v>74</v>
+      </c>
+      <c r="N28" t="s">
+        <v>514</v>
+      </c>
+      <c r="O28">
+        <v>523500008412</v>
+      </c>
+      <c r="P28">
+        <v>67124103</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>542</v>
+      </c>
+      <c r="R28" t="s">
         <v>547</v>
       </c>
-      <c r="G28" t="s">
-[...2 lines deleted...]
-      <c r="H28" t="s">
+      <c r="S28" t="s">
         <v>548</v>
-      </c>
-[...29 lines deleted...]
-        <v>552</v>
       </c>
       <c r="T28" t="s">
         <v>78</v>
       </c>
       <c r="U28" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="V28">
-        <v>523525</v>
+        <v>521436</v>
       </c>
       <c r="W28" t="s">
         <v>79</v>
       </c>
       <c r="X28">
-        <v>29.99</v>
+        <v>61.24</v>
       </c>
       <c r="Y28">
         <v>800</v>
       </c>
       <c r="Z28" t="s">
         <v>79</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>70</v>
       </c>
       <c r="AC28" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="AD28">
-        <v>180157891</v>
+        <v>67124103</v>
       </c>
       <c r="AE28" t="s">
-        <v>553</v>
+        <v>79</v>
       </c>
       <c r="AF28">
-        <v>77849684</v>
+        <v>78508171</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="AM28"/>
       <c r="AN28" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="AO28">
-        <v>14.97</v>
+        <v>34.12</v>
       </c>
       <c r="AP28" t="s">
+        <v>551</v>
+      </c>
+      <c r="AQ28" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR28" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS28" t="s">
+        <v>552</v>
+      </c>
+      <c r="AT28" t="s">
+        <v>553</v>
+      </c>
+      <c r="AU28">
+        <v>523500008412</v>
+      </c>
+      <c r="AV28" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW28">
+        <v>1009265</v>
+      </c>
+      <c r="AX28" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY28">
+        <v>990098770818</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>542</v>
+      </c>
+      <c r="BC28" t="s">
+        <v>546</v>
+      </c>
+      <c r="BD28" t="s">
+        <v>554</v>
+      </c>
+      <c r="BE28" t="s">
+        <v>555</v>
+      </c>
+      <c r="BF28" t="s">
         <v>556</v>
       </c>
-      <c r="AQ28" t="s">
-[...17 lines deleted...]
-      <c r="AW28">
+      <c r="BG28" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH28">
+        <v>1473</v>
+      </c>
+      <c r="BI28" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ28" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK28"/>
+      <c r="BL28"/>
+      <c r="BM28" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN28" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO28">
         <v>0</v>
       </c>
-      <c r="AX28"/>
-[...48 lines deleted...]
-      </c>
       <c r="BP28" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>23992</v>
-[...3 lines deleted...]
-      </c>
+        <v>48992</v>
+      </c>
+      <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
+        <v>557</v>
+      </c>
+      <c r="C29" t="s">
+        <v>558</v>
+      </c>
+      <c r="D29">
+        <v>521160</v>
+      </c>
+      <c r="E29">
+        <v>32.49</v>
+      </c>
+      <c r="F29" t="s">
+        <v>559</v>
+      </c>
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29" t="s">
+        <v>560</v>
+      </c>
+      <c r="I29">
+        <v>17.11</v>
+      </c>
+      <c r="J29" t="s">
+        <v>561</v>
+      </c>
+      <c r="K29" t="s">
+        <v>165</v>
+      </c>
+      <c r="L29">
+        <v>990098360369</v>
+      </c>
+      <c r="M29" t="s">
+        <v>74</v>
+      </c>
+      <c r="N29" t="s">
+        <v>514</v>
+      </c>
+      <c r="O29">
+        <v>523500008365</v>
+      </c>
+      <c r="P29">
+        <v>194728077</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>557</v>
+      </c>
+      <c r="R29" t="s">
         <v>562</v>
       </c>
-      <c r="C29" t="s">
+      <c r="S29" t="s">
         <v>563</v>
-      </c>
-[...46 lines deleted...]
-        <v>568</v>
       </c>
       <c r="T29" t="s">
         <v>78</v>
       </c>
       <c r="U29" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="V29">
-        <v>521436</v>
+        <v>521160</v>
       </c>
       <c r="W29" t="s">
         <v>79</v>
       </c>
       <c r="X29">
-        <v>61.24</v>
+        <v>32.49</v>
       </c>
       <c r="Y29">
         <v>800</v>
       </c>
       <c r="Z29" t="s">
         <v>79</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>70</v>
       </c>
       <c r="AC29" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="AD29">
-        <v>67124103</v>
+        <v>194728077</v>
       </c>
       <c r="AE29" t="s">
         <v>79</v>
       </c>
       <c r="AF29">
-        <v>78508171</v>
+        <v>81502590</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
+        <v>565</v>
+      </c>
+      <c r="AK29" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL29" t="s">
+        <v>561</v>
+      </c>
+      <c r="AM29" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN29" t="s">
+        <v>560</v>
+      </c>
+      <c r="AO29">
+        <v>17.11</v>
+      </c>
+      <c r="AP29" t="s">
+        <v>566</v>
+      </c>
+      <c r="AQ29" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR29" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS29" t="s">
+        <v>567</v>
+      </c>
+      <c r="AT29" t="s">
+        <v>568</v>
+      </c>
+      <c r="AU29">
+        <v>523500008365</v>
+      </c>
+      <c r="AV29" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW29">
+        <v>1009253</v>
+      </c>
+      <c r="AX29" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY29">
+        <v>990098360369</v>
+      </c>
+      <c r="AZ29" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA29" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB29" t="s">
+        <v>557</v>
+      </c>
+      <c r="BC29" t="s">
+        <v>561</v>
+      </c>
+      <c r="BD29" t="s">
+        <v>569</v>
+      </c>
+      <c r="BE29" t="s">
         <v>570</v>
       </c>
-      <c r="AK29" t="s">
-[...12 lines deleted...]
-      <c r="AP29" t="s">
+      <c r="BF29" t="s">
         <v>571</v>
       </c>
-      <c r="AQ29" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="BG29" t="s">
         <v>79</v>
       </c>
       <c r="BH29">
-        <v>1427</v>
+        <v>1477</v>
       </c>
       <c r="BI29" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="BJ29" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>79</v>
       </c>
       <c r="BN29" t="s">
         <v>79</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>48992</v>
+        <v>25992</v>
       </c>
       <c r="BS29"/>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
+        <v>572</v>
+      </c>
+      <c r="C30" t="s">
+        <v>573</v>
+      </c>
+      <c r="D30">
+        <v>520891</v>
+      </c>
+      <c r="E30">
+        <v>38.74</v>
+      </c>
+      <c r="F30" t="s">
+        <v>574</v>
+      </c>
+      <c r="G30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30" t="s">
+        <v>575</v>
+      </c>
+      <c r="I30">
+        <v>18.99</v>
+      </c>
+      <c r="J30" t="s">
+        <v>576</v>
+      </c>
+      <c r="K30" t="s">
+        <v>165</v>
+      </c>
+      <c r="L30">
+        <v>990098360624</v>
+      </c>
+      <c r="M30" t="s">
+        <v>74</v>
+      </c>
+      <c r="N30" t="s">
+        <v>514</v>
+      </c>
+      <c r="O30">
+        <v>523500008314</v>
+      </c>
+      <c r="P30">
+        <v>117681122</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>572</v>
+      </c>
+      <c r="R30" t="s">
         <v>577</v>
       </c>
-      <c r="C30" t="s">
+      <c r="S30" t="s">
         <v>578</v>
-      </c>
-[...46 lines deleted...]
-        <v>583</v>
       </c>
       <c r="T30" t="s">
         <v>78</v>
       </c>
       <c r="U30" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="V30">
-        <v>521160</v>
+        <v>520891</v>
       </c>
       <c r="W30" t="s">
         <v>79</v>
       </c>
       <c r="X30">
-        <v>32.49</v>
+        <v>38.74</v>
       </c>
       <c r="Y30">
         <v>800</v>
       </c>
       <c r="Z30" t="s">
         <v>79</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>70</v>
       </c>
       <c r="AC30" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="AD30">
-        <v>194728077</v>
+        <v>117681122</v>
       </c>
       <c r="AE30" t="s">
         <v>79</v>
       </c>
       <c r="AF30">
-        <v>81502590</v>
+        <v>66501512</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="AK30" t="s">
         <v>70</v>
       </c>
       <c r="AL30" t="s">
+        <v>576</v>
+      </c>
+      <c r="AM30" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>575</v>
+      </c>
+      <c r="AO30">
+        <v>18.99</v>
+      </c>
+      <c r="AP30" t="s">
         <v>581</v>
       </c>
-      <c r="AM30" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AQ30" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR30" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="AS30" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="AT30" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="AU30">
-        <v>523500008365</v>
+        <v>523500008314</v>
       </c>
       <c r="AV30" t="s">
         <v>74</v>
       </c>
       <c r="AW30">
         <v>1009253</v>
       </c>
       <c r="AX30" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY30">
+        <v>990098360624</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA30" t="s">
         <v>85</v>
       </c>
-      <c r="AY30">
-[...7 lines deleted...]
-      </c>
       <c r="BB30" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="BC30" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="BD30" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="BE30" t="s">
-        <v>590</v>
+        <v>570</v>
       </c>
       <c r="BF30" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="BG30" t="s">
         <v>79</v>
       </c>
       <c r="BH30">
-        <v>1431</v>
+        <v>1482</v>
       </c>
       <c r="BI30" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="BJ30" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>79</v>
       </c>
       <c r="BN30" t="s">
-        <v>79</v>
+        <v>586</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ30"/>
       <c r="BR30">
-        <v>25992</v>
+        <v>30992</v>
       </c>
       <c r="BS30"/>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
+        <v>587</v>
+      </c>
+      <c r="C31" t="s">
+        <v>588</v>
+      </c>
+      <c r="D31">
+        <v>520818</v>
+      </c>
+      <c r="E31">
+        <v>27.49</v>
+      </c>
+      <c r="F31" t="s">
+        <v>589</v>
+      </c>
+      <c r="G31" t="s">
+        <v>70</v>
+      </c>
+      <c r="H31" t="s">
+        <v>590</v>
+      </c>
+      <c r="I31">
+        <v>12.83</v>
+      </c>
+      <c r="J31" t="s">
+        <v>591</v>
+      </c>
+      <c r="K31" t="s">
+        <v>165</v>
+      </c>
+      <c r="L31">
+        <v>990098358305</v>
+      </c>
+      <c r="M31" t="s">
+        <v>74</v>
+      </c>
+      <c r="N31" t="s">
+        <v>514</v>
+      </c>
+      <c r="O31">
+        <v>523500008324</v>
+      </c>
+      <c r="P31">
+        <v>260649396</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>587</v>
+      </c>
+      <c r="R31" t="s">
         <v>592</v>
       </c>
-      <c r="C31" t="s">
+      <c r="S31" t="s">
         <v>593</v>
-      </c>
-[...46 lines deleted...]
-        <v>598</v>
       </c>
       <c r="T31" t="s">
         <v>78</v>
       </c>
       <c r="U31" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="V31">
-        <v>520891</v>
+        <v>520818</v>
       </c>
       <c r="W31" t="s">
         <v>79</v>
       </c>
       <c r="X31">
-        <v>38.74</v>
+        <v>27.49</v>
       </c>
       <c r="Y31">
         <v>800</v>
       </c>
       <c r="Z31" t="s">
         <v>79</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>70</v>
       </c>
       <c r="AC31" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="AD31">
-        <v>117681122</v>
+        <v>260649396</v>
       </c>
       <c r="AE31" t="s">
         <v>79</v>
       </c>
       <c r="AF31">
-        <v>66501512</v>
+        <v>47056893</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
+        <v>595</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>591</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>590</v>
+      </c>
+      <c r="AO31">
+        <v>12.83</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>596</v>
+      </c>
+      <c r="AQ31" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS31" t="s">
+        <v>597</v>
+      </c>
+      <c r="AT31" t="s">
+        <v>598</v>
+      </c>
+      <c r="AU31">
+        <v>523500008324</v>
+      </c>
+      <c r="AV31" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW31">
+        <v>1009277</v>
+      </c>
+      <c r="AX31" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY31">
+        <v>990098358305</v>
+      </c>
+      <c r="AZ31" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA31" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB31" t="s">
+        <v>587</v>
+      </c>
+      <c r="BC31" t="s">
+        <v>591</v>
+      </c>
+      <c r="BD31" t="s">
+        <v>599</v>
+      </c>
+      <c r="BE31" t="s">
         <v>600</v>
       </c>
-      <c r="AK31" t="s">
-[...14 lines deleted...]
-      <c r="AP31" t="s">
+      <c r="BF31" t="s">
         <v>601</v>
       </c>
-      <c r="AQ31" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="BG31" t="s">
         <v>79</v>
       </c>
       <c r="BH31">
-        <v>1436</v>
+        <v>1484</v>
       </c>
       <c r="BI31" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ31" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
         <v>79</v>
       </c>
       <c r="BN31" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>30992</v>
+        <v>21992</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
+        <v>603</v>
+      </c>
+      <c r="C32" t="s">
+        <v>604</v>
+      </c>
+      <c r="D32">
+        <v>520775</v>
+      </c>
+      <c r="E32">
+        <v>152.49</v>
+      </c>
+      <c r="F32" t="s">
+        <v>605</v>
+      </c>
+      <c r="G32" t="s">
+        <v>70</v>
+      </c>
+      <c r="H32" t="s">
+        <v>606</v>
+      </c>
+      <c r="I32">
+        <v>139.1</v>
+      </c>
+      <c r="J32" t="s">
+        <v>576</v>
+      </c>
+      <c r="K32" t="s">
         <v>607</v>
       </c>
-      <c r="C32" t="s">
+      <c r="L32">
+        <v>990098359471</v>
+      </c>
+      <c r="M32" t="s">
+        <v>74</v>
+      </c>
+      <c r="N32" t="s">
+        <v>514</v>
+      </c>
+      <c r="O32">
+        <v>523500008359</v>
+      </c>
+      <c r="P32">
+        <v>134854626</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>603</v>
+      </c>
+      <c r="R32" t="s">
         <v>608</v>
       </c>
-      <c r="D32">
-[...5 lines deleted...]
-      <c r="F32" t="s">
+      <c r="S32" t="s">
         <v>609</v>
-      </c>
-[...37 lines deleted...]
-        <v>613</v>
       </c>
       <c r="T32" t="s">
         <v>78</v>
       </c>
       <c r="U32" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="V32">
-        <v>520818</v>
+        <v>520775</v>
       </c>
       <c r="W32" t="s">
         <v>79</v>
       </c>
       <c r="X32">
-        <v>27.49</v>
+        <v>152.49</v>
       </c>
       <c r="Y32">
         <v>800</v>
       </c>
       <c r="Z32" t="s">
         <v>79</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>70</v>
       </c>
       <c r="AC32" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="AD32">
-        <v>260649396</v>
+        <v>134854626</v>
       </c>
       <c r="AE32" t="s">
         <v>79</v>
       </c>
       <c r="AF32">
-        <v>47056893</v>
+        <v>96994515</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
+        <v>611</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>576</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>606</v>
+      </c>
+      <c r="AO32">
+        <v>139.1</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>612</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>613</v>
+      </c>
+      <c r="AT32" t="s">
+        <v>614</v>
+      </c>
+      <c r="AU32">
+        <v>523500008359</v>
+      </c>
+      <c r="AV32" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW32">
+        <v>1009253</v>
+      </c>
+      <c r="AX32" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY32">
+        <v>990098359471</v>
+      </c>
+      <c r="AZ32" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA32" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB32" t="s">
+        <v>603</v>
+      </c>
+      <c r="BC32" t="s">
+        <v>576</v>
+      </c>
+      <c r="BD32" t="s">
         <v>615</v>
       </c>
-      <c r="AK32" t="s">
-[...14 lines deleted...]
-      <c r="AP32" t="s">
+      <c r="BE32" t="s">
+        <v>570</v>
+      </c>
+      <c r="BF32" t="s">
         <v>616</v>
       </c>
-      <c r="AQ32" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="BG32" t="s">
         <v>79</v>
       </c>
       <c r="BH32">
-        <v>1438</v>
+        <v>1484</v>
       </c>
       <c r="BI32" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="BJ32" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
         <v>79</v>
       </c>
       <c r="BN32" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>21992</v>
+        <v>121992</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
+        <v>618</v>
+      </c>
+      <c r="C33" t="s">
+        <v>619</v>
+      </c>
+      <c r="D33">
+        <v>520756</v>
+      </c>
+      <c r="E33">
+        <v>24.99</v>
+      </c>
+      <c r="F33" t="s">
+        <v>620</v>
+      </c>
+      <c r="G33" t="s">
+        <v>70</v>
+      </c>
+      <c r="H33" t="s">
+        <v>621</v>
+      </c>
+      <c r="I33">
+        <v>10.17</v>
+      </c>
+      <c r="J33" t="s">
+        <v>622</v>
+      </c>
+      <c r="K33" t="s">
+        <v>165</v>
+      </c>
+      <c r="L33">
+        <v>990098069554</v>
+      </c>
+      <c r="M33" t="s">
+        <v>74</v>
+      </c>
+      <c r="N33" t="s">
+        <v>514</v>
+      </c>
+      <c r="O33">
+        <v>523500008267</v>
+      </c>
+      <c r="P33">
+        <v>122501957</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>618</v>
+      </c>
+      <c r="R33" t="s">
         <v>623</v>
       </c>
-      <c r="C33" t="s">
+      <c r="S33" t="s">
         <v>624</v>
-      </c>
-[...46 lines deleted...]
-        <v>629</v>
       </c>
       <c r="T33" t="s">
         <v>78</v>
       </c>
       <c r="U33" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="V33">
-        <v>520775</v>
+        <v>520756</v>
       </c>
       <c r="W33" t="s">
         <v>79</v>
       </c>
       <c r="X33">
-        <v>152.49</v>
+        <v>24.99</v>
       </c>
       <c r="Y33">
         <v>800</v>
       </c>
       <c r="Z33" t="s">
         <v>79</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>70</v>
       </c>
       <c r="AC33" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="AD33">
-        <v>134854626</v>
+        <v>122501957</v>
       </c>
       <c r="AE33" t="s">
         <v>79</v>
       </c>
       <c r="AF33">
-        <v>96994515</v>
+        <v>84193231</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
+        <v>626</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>622</v>
+      </c>
+      <c r="AM33"/>
+      <c r="AN33" t="s">
+        <v>621</v>
+      </c>
+      <c r="AO33">
+        <v>10.17</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>627</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>628</v>
+      </c>
+      <c r="AT33" t="s">
+        <v>629</v>
+      </c>
+      <c r="AU33">
+        <v>523500008267</v>
+      </c>
+      <c r="AV33" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW33">
+        <v>1009240</v>
+      </c>
+      <c r="AX33" t="s">
         <v>107</v>
       </c>
-      <c r="AK33" t="s">
-[...14 lines deleted...]
-      <c r="AP33" t="s">
+      <c r="AY33">
+        <v>990098069554</v>
+      </c>
+      <c r="AZ33" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA33" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB33" t="s">
+        <v>618</v>
+      </c>
+      <c r="BC33" t="s">
+        <v>622</v>
+      </c>
+      <c r="BD33" t="s">
+        <v>630</v>
+      </c>
+      <c r="BE33" t="s">
         <v>631</v>
       </c>
-      <c r="AQ33" t="s">
-[...5 lines deleted...]
-      <c r="AS33" t="s">
+      <c r="BF33" t="s">
         <v>632</v>
       </c>
-      <c r="AT33" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="BG33" t="s">
         <v>79</v>
       </c>
       <c r="BH33">
-        <v>1438</v>
+        <v>1485</v>
       </c>
       <c r="BI33" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="BJ33" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
         <v>79</v>
       </c>
       <c r="BN33" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>121992</v>
+        <v>19992</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
+        <v>634</v>
+      </c>
+      <c r="C34" t="s">
+        <v>635</v>
+      </c>
+      <c r="D34">
+        <v>520725</v>
+      </c>
+      <c r="E34">
+        <v>83.74</v>
+      </c>
+      <c r="F34" t="s">
+        <v>636</v>
+      </c>
+      <c r="G34" t="s">
+        <v>70</v>
+      </c>
+      <c r="H34" t="s">
         <v>637</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34">
+        <v>47.66</v>
+      </c>
+      <c r="J34" t="s">
+        <v>622</v>
+      </c>
+      <c r="K34" t="s">
+        <v>165</v>
+      </c>
+      <c r="L34">
+        <v>990098069269</v>
+      </c>
+      <c r="M34" t="s">
+        <v>74</v>
+      </c>
+      <c r="N34" t="s">
+        <v>514</v>
+      </c>
+      <c r="O34">
+        <v>523500008266</v>
+      </c>
+      <c r="P34">
+        <v>158928558</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>634</v>
+      </c>
+      <c r="R34" t="s">
         <v>638</v>
       </c>
-      <c r="D34">
-[...5 lines deleted...]
-      <c r="F34" t="s">
+      <c r="S34" t="s">
         <v>639</v>
-      </c>
-[...37 lines deleted...]
-        <v>643</v>
       </c>
       <c r="T34" t="s">
         <v>78</v>
       </c>
       <c r="U34" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="V34">
-        <v>520756</v>
+        <v>520725</v>
       </c>
       <c r="W34" t="s">
         <v>79</v>
       </c>
       <c r="X34">
-        <v>24.99</v>
+        <v>83.74</v>
       </c>
       <c r="Y34">
         <v>800</v>
       </c>
       <c r="Z34" t="s">
         <v>79</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>70</v>
       </c>
       <c r="AC34" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="AD34">
-        <v>122501957</v>
+        <v>158928558</v>
       </c>
       <c r="AE34" t="s">
-        <v>79</v>
+        <v>640</v>
       </c>
       <c r="AF34">
-        <v>84193231</v>
+        <v>95780669</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="AM34"/>
+        <v>622</v>
+      </c>
+      <c r="AM34" t="s">
+        <v>105</v>
+      </c>
       <c r="AN34" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="AO34">
-        <v>10.17</v>
+        <v>47.66</v>
       </c>
       <c r="AP34" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="AQ34" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR34" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="AS34" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="AT34" t="s">
-        <v>648</v>
+        <v>629</v>
       </c>
       <c r="AU34">
-        <v>523500008267</v>
+        <v>523500008266</v>
       </c>
       <c r="AV34" t="s">
         <v>74</v>
       </c>
       <c r="AW34">
         <v>1009240</v>
       </c>
       <c r="AX34" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY34">
+        <v>990098069269</v>
+      </c>
+      <c r="AZ34" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA34" t="s">
         <v>85</v>
       </c>
-      <c r="AY34">
-[...7 lines deleted...]
-      </c>
       <c r="BB34" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="BC34" t="s">
-        <v>641</v>
+        <v>622</v>
       </c>
       <c r="BD34" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="BE34" t="s">
-        <v>650</v>
+        <v>631</v>
       </c>
       <c r="BF34" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="BG34" t="s">
         <v>79</v>
       </c>
       <c r="BH34">
-        <v>1439</v>
+        <v>1485</v>
       </c>
       <c r="BI34" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ34" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
         <v>79</v>
       </c>
       <c r="BN34" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>19992</v>
+        <v>66992</v>
       </c>
       <c r="BS34"/>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
+        <v>648</v>
+      </c>
+      <c r="C35" t="s">
+        <v>649</v>
+      </c>
+      <c r="D35">
+        <v>520687</v>
+      </c>
+      <c r="E35">
+        <v>72.49</v>
+      </c>
+      <c r="F35" t="s">
+        <v>650</v>
+      </c>
+      <c r="G35" t="s">
+        <v>70</v>
+      </c>
+      <c r="H35" t="s">
+        <v>651</v>
+      </c>
+      <c r="I35">
+        <v>36.73</v>
+      </c>
+      <c r="J35" t="s">
+        <v>652</v>
+      </c>
+      <c r="K35" t="s">
+        <v>165</v>
+      </c>
+      <c r="L35">
+        <v>990098361437</v>
+      </c>
+      <c r="M35" t="s">
+        <v>74</v>
+      </c>
+      <c r="N35" t="s">
+        <v>514</v>
+      </c>
+      <c r="O35">
+        <v>523500008329</v>
+      </c>
+      <c r="P35">
+        <v>257998770</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>648</v>
+      </c>
+      <c r="R35" t="s">
         <v>653</v>
       </c>
-      <c r="C35" t="s">
+      <c r="S35" t="s">
         <v>654</v>
-      </c>
-[...46 lines deleted...]
-        <v>658</v>
       </c>
       <c r="T35" t="s">
         <v>78</v>
       </c>
       <c r="U35" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="V35">
-        <v>520725</v>
+        <v>520687</v>
       </c>
       <c r="W35" t="s">
         <v>79</v>
       </c>
       <c r="X35">
-        <v>83.74</v>
+        <v>72.49</v>
       </c>
       <c r="Y35">
         <v>800</v>
       </c>
       <c r="Z35" t="s">
         <v>79</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>70</v>
       </c>
       <c r="AC35" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="AD35">
-        <v>158928558</v>
+        <v>257998770</v>
       </c>
       <c r="AE35" t="s">
-        <v>659</v>
+        <v>79</v>
       </c>
       <c r="AF35">
-        <v>95780669</v>
+        <v>82132262</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="AK35" t="s">
         <v>70</v>
       </c>
       <c r="AL35" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="AM35" t="s">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="AN35" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="AO35">
-        <v>47.66</v>
+        <v>36.73</v>
       </c>
       <c r="AP35" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="AQ35" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR35" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="AS35" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="AT35" t="s">
+        <v>598</v>
+      </c>
+      <c r="AU35">
+        <v>523500008329</v>
+      </c>
+      <c r="AV35" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW35">
+        <v>1009277</v>
+      </c>
+      <c r="AX35" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY35">
+        <v>990098361437</v>
+      </c>
+      <c r="AZ35" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA35" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB35" t="s">
         <v>648</v>
       </c>
-      <c r="AU35">
-[...22 lines deleted...]
-      </c>
       <c r="BC35" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="BD35" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="BE35" t="s">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="BF35" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="BG35" t="s">
         <v>79</v>
       </c>
       <c r="BH35">
-        <v>1439</v>
+        <v>1486</v>
       </c>
       <c r="BI35" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ35" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
         <v>79</v>
       </c>
       <c r="BN35" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>66992</v>
+        <v>57992</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
+        <v>662</v>
+      </c>
+      <c r="C36" t="s">
+        <v>663</v>
+      </c>
+      <c r="D36">
+        <v>520662</v>
+      </c>
+      <c r="E36">
+        <v>38.74</v>
+      </c>
+      <c r="F36" t="s">
+        <v>664</v>
+      </c>
+      <c r="G36" t="s">
+        <v>70</v>
+      </c>
+      <c r="H36" t="s">
+        <v>665</v>
+      </c>
+      <c r="I36">
+        <v>23.53</v>
+      </c>
+      <c r="J36" t="s">
+        <v>652</v>
+      </c>
+      <c r="K36" t="s">
+        <v>165</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>74</v>
+      </c>
+      <c r="N36" t="s">
+        <v>530</v>
+      </c>
+      <c r="O36">
+        <v>523500008268</v>
+      </c>
+      <c r="P36">
+        <v>159418057</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>662</v>
+      </c>
+      <c r="R36" t="s">
+        <v>666</v>
+      </c>
+      <c r="S36" t="s">
         <v>667</v>
-      </c>
-[...49 lines deleted...]
-        <v>673</v>
       </c>
       <c r="T36" t="s">
         <v>78</v>
       </c>
       <c r="U36" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="V36">
-        <v>520687</v>
+        <v>520662</v>
       </c>
       <c r="W36" t="s">
         <v>79</v>
       </c>
       <c r="X36">
-        <v>72.49</v>
+        <v>38.74</v>
       </c>
       <c r="Y36">
         <v>800</v>
       </c>
       <c r="Z36" t="s">
         <v>79</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>70</v>
       </c>
       <c r="AC36" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="AD36">
-        <v>257998770</v>
+        <v>159418057</v>
       </c>
       <c r="AE36" t="s">
         <v>79</v>
       </c>
       <c r="AF36">
-        <v>82132262</v>
+        <v>82728963</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>675</v>
+        <v>626</v>
       </c>
       <c r="AK36" t="s">
         <v>70</v>
       </c>
       <c r="AL36" t="s">
+        <v>652</v>
+      </c>
+      <c r="AM36"/>
+      <c r="AN36" t="s">
+        <v>665</v>
+      </c>
+      <c r="AO36">
+        <v>23.53</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>669</v>
+      </c>
+      <c r="AQ36" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR36" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS36" t="s">
+        <v>670</v>
+      </c>
+      <c r="AT36" t="s">
+        <v>629</v>
+      </c>
+      <c r="AU36">
+        <v>523500008268</v>
+      </c>
+      <c r="AV36" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW36">
+        <v>0</v>
+      </c>
+      <c r="AX36"/>
+      <c r="AY36"/>
+      <c r="AZ36" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA36" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB36" t="s">
+        <v>662</v>
+      </c>
+      <c r="BC36" t="s">
+        <v>652</v>
+      </c>
+      <c r="BD36" t="s">
         <v>671</v>
       </c>
-      <c r="AM36" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="BE36" t="s">
-        <v>620</v>
+        <v>672</v>
       </c>
       <c r="BF36" t="s">
-        <v>679</v>
+        <v>79</v>
       </c>
       <c r="BG36" t="s">
         <v>79</v>
       </c>
       <c r="BH36">
-        <v>1440</v>
+        <v>1486</v>
       </c>
       <c r="BI36" t="s">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="BJ36" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="BL36"/>
+        <v>88</v>
+      </c>
+      <c r="BK36" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL36" t="s">
+        <v>232</v>
+      </c>
       <c r="BM36" t="s">
-        <v>79</v>
+        <v>673</v>
       </c>
       <c r="BN36" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="BO36">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BP36" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>57992</v>
-[...1 lines deleted...]
-      <c r="BS36"/>
+        <v>30992</v>
+      </c>
+      <c r="BS36" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
+        <v>675</v>
+      </c>
+      <c r="C37" t="s">
+        <v>676</v>
+      </c>
+      <c r="D37">
+        <v>520436</v>
+      </c>
+      <c r="E37">
+        <v>39.99</v>
+      </c>
+      <c r="F37" t="s">
+        <v>677</v>
+      </c>
+      <c r="G37" t="s">
+        <v>70</v>
+      </c>
+      <c r="H37" t="s">
+        <v>678</v>
+      </c>
+      <c r="I37">
+        <v>21.39</v>
+      </c>
+      <c r="J37" t="s">
+        <v>679</v>
+      </c>
+      <c r="K37" t="s">
+        <v>165</v>
+      </c>
+      <c r="L37">
+        <v>990098069901</v>
+      </c>
+      <c r="M37" t="s">
+        <v>74</v>
+      </c>
+      <c r="N37" t="s">
+        <v>514</v>
+      </c>
+      <c r="O37">
+        <v>523500008218</v>
+      </c>
+      <c r="P37">
+        <v>207390674</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>675</v>
+      </c>
+      <c r="R37" t="s">
+        <v>680</v>
+      </c>
+      <c r="S37" t="s">
         <v>681</v>
-      </c>
-[...47 lines deleted...]
-        <v>686</v>
       </c>
       <c r="T37" t="s">
         <v>78</v>
       </c>
       <c r="U37" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="V37">
-        <v>520662</v>
+        <v>520436</v>
       </c>
       <c r="W37" t="s">
         <v>79</v>
       </c>
       <c r="X37">
-        <v>38.74</v>
+        <v>39.99</v>
       </c>
       <c r="Y37">
         <v>800</v>
       </c>
       <c r="Z37" t="s">
         <v>79</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>70</v>
       </c>
       <c r="AC37" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="AD37">
-        <v>159418057</v>
+        <v>207390674</v>
       </c>
       <c r="AE37" t="s">
         <v>79</v>
       </c>
       <c r="AF37">
-        <v>82728963</v>
+        <v>65291096</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>645</v>
+        <v>683</v>
       </c>
       <c r="AK37" t="s">
         <v>70</v>
       </c>
       <c r="AL37" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="AM37"/>
+        <v>679</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>105</v>
+      </c>
       <c r="AN37" t="s">
+        <v>678</v>
+      </c>
+      <c r="AO37">
+        <v>21.39</v>
+      </c>
+      <c r="AP37" t="s">
         <v>684</v>
       </c>
-      <c r="AO37">
-[...2 lines deleted...]
-      <c r="AP37" t="s">
+      <c r="AQ37" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR37" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS37" t="s">
+        <v>685</v>
+      </c>
+      <c r="AT37" t="s">
+        <v>686</v>
+      </c>
+      <c r="AU37">
+        <v>523500008218</v>
+      </c>
+      <c r="AV37" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW37">
+        <v>1009240</v>
+      </c>
+      <c r="AX37" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY37">
+        <v>990098069901</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA37" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB37" t="s">
+        <v>675</v>
+      </c>
+      <c r="BC37" t="s">
+        <v>679</v>
+      </c>
+      <c r="BD37" t="s">
+        <v>687</v>
+      </c>
+      <c r="BE37" t="s">
+        <v>631</v>
+      </c>
+      <c r="BF37" t="s">
         <v>688</v>
       </c>
-      <c r="AQ37" t="s">
-[...5 lines deleted...]
-      <c r="AS37" t="s">
+      <c r="BG37" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH37">
+        <v>1490</v>
+      </c>
+      <c r="BI37" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ37" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK37"/>
+      <c r="BL37"/>
+      <c r="BM37" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN37" t="s">
         <v>689</v>
       </c>
-      <c r="AT37" t="s">
-[...8 lines deleted...]
-      <c r="AW37">
+      <c r="BO37">
         <v>0</v>
       </c>
-      <c r="AX37"/>
-[...48 lines deleted...]
-      </c>
       <c r="BP37" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>30992</v>
-[...3 lines deleted...]
-      </c>
+        <v>31992</v>
+      </c>
+      <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
+        <v>690</v>
+      </c>
+      <c r="C38" t="s">
+        <v>691</v>
+      </c>
+      <c r="D38">
+        <v>519594</v>
+      </c>
+      <c r="E38">
+        <v>43.74</v>
+      </c>
+      <c r="F38" t="s">
+        <v>692</v>
+      </c>
+      <c r="G38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
+        <v>693</v>
+      </c>
+      <c r="I38">
+        <v>49.12</v>
+      </c>
+      <c r="J38" t="s">
+        <v>679</v>
+      </c>
+      <c r="K38" t="s">
         <v>694</v>
       </c>
-      <c r="C38" t="s">
+      <c r="L38">
+        <v>990098360539</v>
+      </c>
+      <c r="M38" t="s">
+        <v>74</v>
+      </c>
+      <c r="N38" t="s">
+        <v>514</v>
+      </c>
+      <c r="O38">
+        <v>523500008307</v>
+      </c>
+      <c r="P38">
+        <v>161994723</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>690</v>
+      </c>
+      <c r="R38" t="s">
         <v>695</v>
       </c>
-      <c r="D38">
-[...5 lines deleted...]
-      <c r="F38" t="s">
+      <c r="S38" t="s">
         <v>696</v>
-      </c>
-[...37 lines deleted...]
-        <v>700</v>
       </c>
       <c r="T38" t="s">
         <v>78</v>
       </c>
       <c r="U38" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="V38">
-        <v>520436</v>
+        <v>519594</v>
       </c>
       <c r="W38" t="s">
         <v>79</v>
       </c>
       <c r="X38">
-        <v>39.99</v>
+        <v>43.74</v>
       </c>
       <c r="Y38">
         <v>800</v>
       </c>
       <c r="Z38" t="s">
         <v>79</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>70</v>
       </c>
       <c r="AC38" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="AD38">
-        <v>207390674</v>
+        <v>161994723</v>
       </c>
       <c r="AE38" t="s">
         <v>79</v>
       </c>
       <c r="AF38">
-        <v>65291096</v>
+        <v>63044255</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
+        <v>698</v>
+      </c>
+      <c r="AK38" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL38" t="s">
+        <v>679</v>
+      </c>
+      <c r="AM38" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN38" t="s">
+        <v>693</v>
+      </c>
+      <c r="AO38">
+        <v>49.12</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>699</v>
+      </c>
+      <c r="AQ38" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR38" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS38" t="s">
+        <v>700</v>
+      </c>
+      <c r="AT38" t="s">
+        <v>701</v>
+      </c>
+      <c r="AU38">
+        <v>523500008307</v>
+      </c>
+      <c r="AV38" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW38">
+        <v>1009253</v>
+      </c>
+      <c r="AX38" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY38">
+        <v>990098360539</v>
+      </c>
+      <c r="AZ38" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA38" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB38" t="s">
+        <v>690</v>
+      </c>
+      <c r="BC38" t="s">
+        <v>679</v>
+      </c>
+      <c r="BD38" t="s">
         <v>702</v>
       </c>
-      <c r="AK38" t="s">
-[...14 lines deleted...]
-      <c r="AP38" t="s">
+      <c r="BE38" t="s">
+        <v>570</v>
+      </c>
+      <c r="BF38" t="s">
         <v>703</v>
       </c>
-      <c r="AQ38" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="BG38" t="s">
         <v>79</v>
       </c>
       <c r="BH38">
-        <v>1444</v>
+        <v>1507</v>
       </c>
       <c r="BI38" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="BJ38" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
         <v>79</v>
       </c>
       <c r="BN38" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>31992</v>
+        <v>34992</v>
       </c>
       <c r="BS38"/>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
+        <v>705</v>
+      </c>
+      <c r="C39" t="s">
+        <v>706</v>
+      </c>
+      <c r="D39">
+        <v>519423</v>
+      </c>
+      <c r="E39">
+        <v>88.74</v>
+      </c>
+      <c r="F39" t="s">
+        <v>707</v>
+      </c>
+      <c r="G39" t="s">
+        <v>70</v>
+      </c>
+      <c r="H39" t="s">
+        <v>708</v>
+      </c>
+      <c r="I39">
+        <v>91</v>
+      </c>
+      <c r="J39" t="s">
+        <v>679</v>
+      </c>
+      <c r="K39" t="s">
+        <v>694</v>
+      </c>
+      <c r="L39">
+        <v>990098360512</v>
+      </c>
+      <c r="M39" t="s">
+        <v>74</v>
+      </c>
+      <c r="N39" t="s">
+        <v>514</v>
+      </c>
+      <c r="O39">
+        <v>523500008305</v>
+      </c>
+      <c r="P39">
+        <v>77158588</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>705</v>
+      </c>
+      <c r="R39" t="s">
         <v>709</v>
       </c>
-      <c r="C39" t="s">
+      <c r="S39" t="s">
         <v>710</v>
-      </c>
-[...46 lines deleted...]
-        <v>715</v>
       </c>
       <c r="T39" t="s">
         <v>78</v>
       </c>
       <c r="U39" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="V39">
-        <v>519594</v>
+        <v>519423</v>
       </c>
       <c r="W39" t="s">
         <v>79</v>
       </c>
       <c r="X39">
-        <v>43.74</v>
+        <v>88.74</v>
       </c>
       <c r="Y39">
         <v>800</v>
       </c>
       <c r="Z39" t="s">
         <v>79</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>70</v>
       </c>
       <c r="AC39" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AD39">
-        <v>161994723</v>
+        <v>77158588</v>
       </c>
       <c r="AE39" t="s">
         <v>79</v>
       </c>
       <c r="AF39">
-        <v>63044255</v>
+        <v>83539349</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>717</v>
+        <v>611</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
-        <v>698</v>
+        <v>679</v>
       </c>
       <c r="AM39" t="s">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="AN39" t="s">
+        <v>708</v>
+      </c>
+      <c r="AO39">
+        <v>91</v>
+      </c>
+      <c r="AP39" t="s">
         <v>712</v>
       </c>
-      <c r="AO39">
-[...4 lines deleted...]
-      </c>
       <c r="AQ39" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="AR39" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="AS39" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="AT39" t="s">
-        <v>720</v>
+        <v>701</v>
       </c>
       <c r="AU39">
-        <v>523500008307</v>
+        <v>523500008305</v>
       </c>
       <c r="AV39" t="s">
         <v>74</v>
       </c>
       <c r="AW39">
         <v>1009253</v>
       </c>
       <c r="AX39" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY39">
+        <v>990098360512</v>
+      </c>
+      <c r="AZ39" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA39" t="s">
         <v>85</v>
       </c>
-      <c r="AY39">
-[...7 lines deleted...]
-      </c>
       <c r="BB39" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="BC39" t="s">
-        <v>698</v>
+        <v>679</v>
       </c>
       <c r="BD39" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="BE39" t="s">
-        <v>590</v>
+        <v>570</v>
       </c>
       <c r="BF39" t="s">
-        <v>722</v>
+        <v>616</v>
       </c>
       <c r="BG39" t="s">
         <v>79</v>
       </c>
       <c r="BH39">
-        <v>1461</v>
+        <v>1511</v>
       </c>
       <c r="BI39" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="BJ39" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
         <v>79</v>
       </c>
       <c r="BN39" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ39"/>
       <c r="BR39">
-        <v>34992</v>
+        <v>70992</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="C40" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="D40">
-        <v>519423</v>
+        <v>518998</v>
       </c>
       <c r="E40">
-        <v>88.74</v>
+        <v>27.49</v>
       </c>
       <c r="F40" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="I40">
-        <v>91</v>
+        <v>12.79</v>
       </c>
       <c r="J40" t="s">
-        <v>698</v>
+        <v>720</v>
       </c>
       <c r="K40" t="s">
-        <v>713</v>
+        <v>165</v>
       </c>
       <c r="L40">
-        <v>990098360512</v>
+        <v>990096728710</v>
       </c>
       <c r="M40" t="s">
         <v>74</v>
       </c>
       <c r="N40" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O40">
-        <v>523500008305</v>
+        <v>523500007911</v>
       </c>
       <c r="P40">
-        <v>77158588</v>
+        <v>153855536</v>
       </c>
       <c r="Q40" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="R40" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="S40" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="T40" t="s">
         <v>78</v>
       </c>
       <c r="U40" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="V40">
-        <v>519423</v>
+        <v>518998</v>
       </c>
       <c r="W40" t="s">
         <v>79</v>
       </c>
       <c r="X40">
-        <v>88.74</v>
+        <v>27.49</v>
       </c>
       <c r="Y40">
         <v>800</v>
       </c>
       <c r="Z40" t="s">
         <v>79</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>70</v>
       </c>
       <c r="AC40" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
       <c r="AD40">
-        <v>77158588</v>
+        <v>153855536</v>
       </c>
       <c r="AE40" t="s">
         <v>79</v>
       </c>
       <c r="AF40">
-        <v>83539349</v>
+        <v>99988477</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
+        <v>724</v>
+      </c>
+      <c r="AK40" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL40" t="s">
+        <v>720</v>
+      </c>
+      <c r="AM40"/>
+      <c r="AN40" t="s">
+        <v>719</v>
+      </c>
+      <c r="AO40">
+        <v>12.79</v>
+      </c>
+      <c r="AP40" t="s">
+        <v>725</v>
+      </c>
+      <c r="AQ40" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR40" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS40" t="s">
+        <v>726</v>
+      </c>
+      <c r="AT40" t="s">
+        <v>727</v>
+      </c>
+      <c r="AU40">
+        <v>523500007911</v>
+      </c>
+      <c r="AV40" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW40">
+        <v>1009197</v>
+      </c>
+      <c r="AX40" t="s">
         <v>107</v>
       </c>
-      <c r="AK40" t="s">
-[...26 lines deleted...]
-      <c r="AT40" t="s">
+      <c r="AY40">
+        <v>990096728710</v>
+      </c>
+      <c r="AZ40" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA40" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB40" t="s">
+        <v>716</v>
+      </c>
+      <c r="BC40" t="s">
         <v>720</v>
       </c>
-      <c r="AU40">
-[...25 lines deleted...]
-      </c>
       <c r="BD40" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="BE40" t="s">
-        <v>590</v>
+        <v>729</v>
       </c>
       <c r="BF40" t="s">
-        <v>635</v>
+        <v>730</v>
       </c>
       <c r="BG40" t="s">
         <v>79</v>
       </c>
       <c r="BH40">
-        <v>1465</v>
+        <v>1518</v>
       </c>
       <c r="BI40" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="BJ40" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
         <v>79</v>
       </c>
       <c r="BN40" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>70992</v>
+        <v>21992</v>
       </c>
       <c r="BS40"/>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
+        <v>732</v>
+      </c>
+      <c r="C41" t="s">
+        <v>733</v>
+      </c>
+      <c r="D41">
+        <v>518880</v>
+      </c>
+      <c r="E41">
+        <v>32.49</v>
+      </c>
+      <c r="F41" t="s">
+        <v>734</v>
+      </c>
+      <c r="G41" t="s">
+        <v>70</v>
+      </c>
+      <c r="H41" t="s">
         <v>735</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41">
+        <v>16.04</v>
+      </c>
+      <c r="J41" t="s">
         <v>736</v>
       </c>
-      <c r="D41">
-[...5 lines deleted...]
-      <c r="F41" t="s">
+      <c r="K41" t="s">
+        <v>165</v>
+      </c>
+      <c r="L41">
+        <v>990096257399</v>
+      </c>
+      <c r="M41" t="s">
+        <v>74</v>
+      </c>
+      <c r="N41" t="s">
+        <v>514</v>
+      </c>
+      <c r="O41">
+        <v>523500007904</v>
+      </c>
+      <c r="P41">
+        <v>166606225</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>732</v>
+      </c>
+      <c r="R41" t="s">
         <v>737</v>
       </c>
-      <c r="G41" t="s">
-[...2 lines deleted...]
-      <c r="H41" t="s">
+      <c r="S41" t="s">
         <v>738</v>
-      </c>
-[...31 lines deleted...]
-        <v>741</v>
       </c>
       <c r="T41" t="s">
         <v>78</v>
       </c>
       <c r="U41" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="V41">
-        <v>518998</v>
+        <v>518880</v>
       </c>
       <c r="W41" t="s">
         <v>79</v>
       </c>
       <c r="X41">
-        <v>27.49</v>
+        <v>32.49</v>
       </c>
       <c r="Y41">
         <v>800</v>
       </c>
       <c r="Z41" t="s">
         <v>79</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>70</v>
       </c>
       <c r="AC41" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="AD41">
-        <v>153855536</v>
+        <v>166606225</v>
       </c>
       <c r="AE41" t="s">
-        <v>79</v>
+        <v>739</v>
       </c>
       <c r="AF41">
-        <v>99988477</v>
+        <v>55212478</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="AM41"/>
       <c r="AN41" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="AO41">
-        <v>12.79</v>
+        <v>16.04</v>
       </c>
       <c r="AP41" t="s">
+        <v>742</v>
+      </c>
+      <c r="AQ41" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR41" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS41" t="s">
+        <v>743</v>
+      </c>
+      <c r="AT41" t="s">
         <v>744</v>
       </c>
-      <c r="AQ41" t="s">
-[...5 lines deleted...]
-      <c r="AS41" t="s">
+      <c r="AU41">
+        <v>523500007904</v>
+      </c>
+      <c r="AV41" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW41">
+        <v>1009184</v>
+      </c>
+      <c r="AX41" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY41">
+        <v>990096257399</v>
+      </c>
+      <c r="AZ41" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA41" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB41" t="s">
+        <v>732</v>
+      </c>
+      <c r="BC41" t="s">
+        <v>736</v>
+      </c>
+      <c r="BD41" t="s">
         <v>745</v>
       </c>
-      <c r="AT41" t="s">
+      <c r="BE41" t="s">
         <v>746</v>
       </c>
-      <c r="AU41">
-[...26 lines deleted...]
-      <c r="BD41" t="s">
+      <c r="BF41" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG41" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH41">
+        <v>1521</v>
+      </c>
+      <c r="BI41" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ41" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK41" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL41" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM41" t="s">
         <v>747</v>
       </c>
-      <c r="BE41" t="s">
+      <c r="BN41" t="s">
         <v>748</v>
       </c>
-      <c r="BF41" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="BO41">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP41" t="s">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>21992</v>
-[...1 lines deleted...]
-      <c r="BS41"/>
+        <v>25992</v>
+      </c>
+      <c r="BS41" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
+        <v>749</v>
+      </c>
+      <c r="C42" t="s">
+        <v>750</v>
+      </c>
+      <c r="D42">
+        <v>515873</v>
+      </c>
+      <c r="E42">
+        <v>22.05</v>
+      </c>
+      <c r="F42" t="s">
         <v>751</v>
       </c>
-      <c r="C42" t="s">
+      <c r="G42" t="s">
+        <v>70</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="J42" t="s">
+        <v>79</v>
+      </c>
+      <c r="K42" t="s">
+        <v>694</v>
+      </c>
+      <c r="L42">
+        <v>990094126472</v>
+      </c>
+      <c r="M42" t="s">
+        <v>74</v>
+      </c>
+      <c r="N42" t="s">
+        <v>514</v>
+      </c>
+      <c r="O42">
+        <v>523500007419</v>
+      </c>
+      <c r="P42">
+        <v>138827887</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>749</v>
+      </c>
+      <c r="R42" t="s">
         <v>752</v>
       </c>
-      <c r="D42">
-[...5 lines deleted...]
-      <c r="F42" t="s">
+      <c r="S42" t="s">
         <v>753</v>
-      </c>
-[...37 lines deleted...]
-        <v>757</v>
       </c>
       <c r="T42" t="s">
         <v>78</v>
       </c>
       <c r="U42" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="V42">
-        <v>518880</v>
+        <v>515873</v>
       </c>
       <c r="W42" t="s">
         <v>79</v>
       </c>
       <c r="X42">
-        <v>32.49</v>
+        <v>22.05</v>
       </c>
       <c r="Y42">
-        <v>800</v>
+        <v>770</v>
       </c>
       <c r="Z42" t="s">
         <v>79</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>70</v>
       </c>
       <c r="AC42" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="AD42">
-        <v>166606225</v>
+        <v>138827887</v>
       </c>
       <c r="AE42" t="s">
-        <v>758</v>
+        <v>79</v>
       </c>
       <c r="AF42">
-        <v>55212478</v>
+        <v>56198654</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
+        <v>283</v>
+      </c>
+      <c r="AK42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL42" t="s">
+        <v>79</v>
+      </c>
+      <c r="AM42"/>
+      <c r="AN42"/>
+      <c r="AO42">
+        <v>0</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>755</v>
+      </c>
+      <c r="AQ42"/>
+      <c r="AR42"/>
+      <c r="AS42"/>
+      <c r="AT42" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU42">
+        <v>523500007419</v>
+      </c>
+      <c r="AV42" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW42">
+        <v>1009091</v>
+      </c>
+      <c r="AX42" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY42">
+        <v>990094126472</v>
+      </c>
+      <c r="AZ42" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA42" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB42" t="s">
+        <v>749</v>
+      </c>
+      <c r="BC42" t="s">
+        <v>79</v>
+      </c>
+      <c r="BD42" t="s">
+        <v>756</v>
+      </c>
+      <c r="BE42" t="s">
+        <v>757</v>
+      </c>
+      <c r="BF42" t="s">
+        <v>758</v>
+      </c>
+      <c r="BG42" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH42">
+        <v>1570</v>
+      </c>
+      <c r="BI42" t="s">
+        <v>759</v>
+      </c>
+      <c r="BJ42" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK42" t="s">
+        <v>270</v>
+      </c>
+      <c r="BL42"/>
+      <c r="BM42" t="s">
         <v>760</v>
       </c>
-      <c r="AK42" t="s">
-[...83 lines deleted...]
-      </c>
       <c r="BN42" t="s">
-        <v>767</v>
+        <v>79</v>
       </c>
       <c r="BO42">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>25992</v>
+        <v>16979</v>
       </c>
       <c r="BS42" t="s">
-        <v>96</v>
+        <v>139</v>
       </c>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="C43" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="D43">
-        <v>515873</v>
+        <v>515836</v>
       </c>
       <c r="E43">
-        <v>22.05</v>
+        <v>97.67</v>
       </c>
       <c r="F43" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="G43" t="s">
         <v>70</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="J43" t="s">
         <v>79</v>
       </c>
       <c r="K43" t="s">
-        <v>713</v>
+        <v>694</v>
       </c>
       <c r="L43">
-        <v>990094126472</v>
+        <v>990094126028</v>
       </c>
       <c r="M43" t="s">
         <v>74</v>
       </c>
       <c r="N43" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O43">
-        <v>523500007419</v>
+        <v>523500007418</v>
       </c>
       <c r="P43">
-        <v>138827887</v>
+        <v>130074480</v>
       </c>
       <c r="Q43" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="R43" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="S43" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="T43" t="s">
         <v>78</v>
       </c>
       <c r="U43" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="V43">
-        <v>515873</v>
+        <v>515836</v>
       </c>
       <c r="W43" t="s">
         <v>79</v>
       </c>
       <c r="X43">
-        <v>22.05</v>
+        <v>97.67</v>
       </c>
       <c r="Y43">
         <v>770</v>
       </c>
       <c r="Z43" t="s">
         <v>79</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>70</v>
       </c>
       <c r="AC43" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="AD43">
-        <v>138827887</v>
+        <v>130074480</v>
       </c>
       <c r="AE43" t="s">
         <v>79</v>
       </c>
       <c r="AF43">
-        <v>56198654</v>
+        <v>82558896</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>301</v>
+        <v>611</v>
       </c>
       <c r="AK43" t="s">
         <v>70</v>
       </c>
       <c r="AL43" t="s">
         <v>79</v>
       </c>
       <c r="AM43"/>
       <c r="AN43"/>
       <c r="AO43">
         <v>0</v>
       </c>
       <c r="AP43" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43" t="s">
         <v>79</v>
       </c>
       <c r="AU43">
-        <v>523500007419</v>
+        <v>523500007418</v>
       </c>
       <c r="AV43" t="s">
         <v>74</v>
       </c>
       <c r="AW43">
         <v>1009091</v>
       </c>
       <c r="AX43" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY43">
+        <v>990094126028</v>
+      </c>
+      <c r="AZ43" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA43" t="s">
         <v>85</v>
       </c>
-      <c r="AY43">
-[...7 lines deleted...]
-      </c>
       <c r="BB43" t="s">
+        <v>761</v>
+      </c>
+      <c r="BC43" t="s">
+        <v>79</v>
+      </c>
+      <c r="BD43" t="s">
         <v>768</v>
       </c>
-      <c r="BC43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BE43" t="s">
-        <v>776</v>
+        <v>757</v>
       </c>
       <c r="BF43" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="BG43" t="s">
         <v>79</v>
       </c>
       <c r="BH43">
-        <v>1524</v>
+        <v>1571</v>
       </c>
       <c r="BI43" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ43" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK43" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="BL43"/>
       <c r="BM43" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="BN43" t="s">
         <v>79</v>
       </c>
       <c r="BO43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>16979</v>
+        <v>75206</v>
       </c>
       <c r="BS43" t="s">
-        <v>162</v>
+        <v>139</v>
       </c>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="C44" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="D44">
-        <v>515836</v>
+        <v>515528</v>
       </c>
       <c r="E44">
-        <v>97.67</v>
+        <v>48.35</v>
       </c>
       <c r="F44" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="G44" t="s">
         <v>70</v>
       </c>
-      <c r="H44"/>
+      <c r="H44" t="s">
+        <v>774</v>
+      </c>
       <c r="I44">
-        <v>0</v>
+        <v>27.27</v>
       </c>
       <c r="J44" t="s">
-        <v>79</v>
+        <v>775</v>
       </c>
       <c r="K44" t="s">
-        <v>713</v>
+        <v>165</v>
       </c>
       <c r="L44">
-        <v>990094126028</v>
+        <v>990095985966</v>
       </c>
       <c r="M44" t="s">
         <v>74</v>
       </c>
       <c r="N44" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O44">
-        <v>523500007418</v>
+        <v>523500007822</v>
       </c>
       <c r="P44">
-        <v>130074480</v>
+        <v>192818559</v>
       </c>
       <c r="Q44" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="R44" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="S44" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
       <c r="T44" t="s">
         <v>78</v>
       </c>
       <c r="U44" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="V44">
-        <v>515836</v>
+        <v>515528</v>
       </c>
       <c r="W44" t="s">
         <v>79</v>
       </c>
       <c r="X44">
-        <v>97.67</v>
+        <v>48.35</v>
       </c>
       <c r="Y44">
         <v>770</v>
       </c>
       <c r="Z44" t="s">
         <v>79</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>70</v>
       </c>
       <c r="AC44" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="AD44">
-        <v>130074480</v>
+        <v>192818559</v>
       </c>
       <c r="AE44" t="s">
         <v>79</v>
       </c>
       <c r="AF44">
-        <v>82558896</v>
+        <v>99262792</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
+        <v>741</v>
+      </c>
+      <c r="AK44" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL44" t="s">
+        <v>775</v>
+      </c>
+      <c r="AM44"/>
+      <c r="AN44" t="s">
+        <v>774</v>
+      </c>
+      <c r="AO44">
+        <v>27.27</v>
+      </c>
+      <c r="AP44" t="s">
+        <v>779</v>
+      </c>
+      <c r="AQ44" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>285</v>
+      </c>
+      <c r="AS44" t="s">
+        <v>780</v>
+      </c>
+      <c r="AT44" t="s">
+        <v>781</v>
+      </c>
+      <c r="AU44">
+        <v>523500007822</v>
+      </c>
+      <c r="AV44" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW44">
+        <v>1009170</v>
+      </c>
+      <c r="AX44" t="s">
         <v>107</v>
       </c>
-      <c r="AK44" t="s">
-[...28 lines deleted...]
-      <c r="AX44" t="s">
+      <c r="AY44">
+        <v>990095985966</v>
+      </c>
+      <c r="AZ44" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA44" t="s">
         <v>85</v>
       </c>
-      <c r="AY44">
-[...7 lines deleted...]
-      </c>
       <c r="BB44" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="BC44" t="s">
-        <v>79</v>
+        <v>775</v>
       </c>
       <c r="BD44" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="BE44" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="BF44" t="s">
-        <v>788</v>
+        <v>79</v>
       </c>
       <c r="BG44" t="s">
         <v>79</v>
       </c>
       <c r="BH44">
-        <v>1525</v>
+        <v>1576</v>
       </c>
       <c r="BI44" t="s">
-        <v>778</v>
+        <v>156</v>
       </c>
       <c r="BJ44" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK44" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="BL44"/>
+        <v>111</v>
+      </c>
+      <c r="BL44" t="s">
+        <v>232</v>
+      </c>
       <c r="BM44" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="BN44" t="s">
         <v>79</v>
       </c>
       <c r="BO44">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="BP44"/>
+        <v>65</v>
+      </c>
+      <c r="BP44" t="s">
+        <v>138</v>
+      </c>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>75206</v>
+        <v>37230</v>
       </c>
       <c r="BS44" t="s">
-        <v>162</v>
+        <v>365</v>
       </c>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
+        <v>785</v>
+      </c>
+      <c r="C45" t="s">
+        <v>786</v>
+      </c>
+      <c r="D45">
+        <v>512946</v>
+      </c>
+      <c r="E45">
+        <v>86.38</v>
+      </c>
+      <c r="F45" t="s">
+        <v>787</v>
+      </c>
+      <c r="G45" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45" t="s">
+        <v>788</v>
+      </c>
+      <c r="I45">
+        <v>43.96</v>
+      </c>
+      <c r="J45" t="s">
+        <v>789</v>
+      </c>
+      <c r="K45" t="s">
+        <v>165</v>
+      </c>
+      <c r="L45">
+        <v>990092423650</v>
+      </c>
+      <c r="M45" t="s">
+        <v>74</v>
+      </c>
+      <c r="N45" t="s">
+        <v>514</v>
+      </c>
+      <c r="O45">
+        <v>523500007022</v>
+      </c>
+      <c r="P45">
+        <v>186279093</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>785</v>
+      </c>
+      <c r="R45" t="s">
         <v>790</v>
       </c>
-      <c r="C45" t="s">
+      <c r="S45" t="s">
         <v>791</v>
-      </c>
-[...46 lines deleted...]
-        <v>796</v>
       </c>
       <c r="T45" t="s">
         <v>78</v>
       </c>
       <c r="U45" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="V45">
-        <v>515528</v>
+        <v>512946</v>
       </c>
       <c r="W45" t="s">
         <v>79</v>
       </c>
       <c r="X45">
-        <v>48.35</v>
+        <v>86.38</v>
       </c>
       <c r="Y45">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="Z45" t="s">
         <v>79</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>70</v>
       </c>
       <c r="AC45" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="AD45">
-        <v>192818559</v>
+        <v>186279093</v>
       </c>
       <c r="AE45" t="s">
         <v>79</v>
       </c>
       <c r="AF45">
-        <v>99262792</v>
+        <v>71293020</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>760</v>
+        <v>626</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="AM45"/>
       <c r="AN45" t="s">
+        <v>788</v>
+      </c>
+      <c r="AO45">
+        <v>43.96</v>
+      </c>
+      <c r="AP45" t="s">
         <v>793</v>
       </c>
-      <c r="AO45">
-[...13 lines deleted...]
-      </c>
+      <c r="AQ45"/>
+      <c r="AR45"/>
+      <c r="AS45"/>
       <c r="AT45" t="s">
-        <v>800</v>
+        <v>79</v>
       </c>
       <c r="AU45">
-        <v>523500007822</v>
+        <v>523500007022</v>
       </c>
       <c r="AV45" t="s">
         <v>74</v>
       </c>
       <c r="AW45">
-        <v>1009170</v>
+        <v>1009049</v>
       </c>
       <c r="AX45" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY45">
+        <v>990092423650</v>
+      </c>
+      <c r="AZ45" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA45" t="s">
         <v>85</v>
       </c>
-      <c r="AY45">
-[...7 lines deleted...]
-      </c>
       <c r="BB45" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="BC45" t="s">
+        <v>789</v>
+      </c>
+      <c r="BD45" t="s">
         <v>794</v>
       </c>
-      <c r="BD45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE45" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="BF45" t="s">
         <v>79</v>
       </c>
       <c r="BG45" t="s">
         <v>79</v>
       </c>
       <c r="BH45">
-        <v>1530</v>
+        <v>1615</v>
       </c>
       <c r="BI45" t="s">
-        <v>115</v>
+        <v>759</v>
       </c>
       <c r="BJ45" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK45" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL45" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="BM45" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="BN45" t="s">
         <v>79</v>
       </c>
       <c r="BO45">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>37230</v>
+        <v>65217</v>
       </c>
       <c r="BS45" t="s">
-        <v>384</v>
+        <v>365</v>
       </c>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="C46" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="D46">
-        <v>512946</v>
+        <v>510777</v>
       </c>
       <c r="E46">
-        <v>86.38</v>
+        <v>486.26</v>
       </c>
       <c r="F46" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="G46" t="s">
         <v>70</v>
       </c>
       <c r="H46" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="I46">
-        <v>43.96</v>
+        <v>209.67</v>
       </c>
       <c r="J46" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="K46" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="L46">
-        <v>990092423650</v>
+        <v>990091395912</v>
       </c>
       <c r="M46" t="s">
         <v>74</v>
       </c>
       <c r="N46" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O46">
-        <v>523500007022</v>
+        <v>523500006723</v>
       </c>
       <c r="P46">
-        <v>186279093</v>
+        <v>118699386</v>
       </c>
       <c r="Q46" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="R46" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="S46" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
       <c r="T46" t="s">
         <v>78</v>
       </c>
       <c r="U46" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="V46">
-        <v>512946</v>
+        <v>510777</v>
       </c>
       <c r="W46" t="s">
         <v>79</v>
       </c>
       <c r="X46">
-        <v>86.38</v>
+        <v>486.26</v>
       </c>
       <c r="Y46">
-        <v>755</v>
+        <v>720</v>
       </c>
       <c r="Z46" t="s">
         <v>79</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>70</v>
       </c>
       <c r="AC46" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="AD46">
-        <v>186279093</v>
+        <v>118699386</v>
       </c>
       <c r="AE46" t="s">
         <v>79</v>
       </c>
       <c r="AF46">
-        <v>71293020</v>
+        <v>95735418</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>645</v>
+        <v>535</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="AM46"/>
       <c r="AN46" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="AO46">
-        <v>43.96</v>
+        <v>209.67</v>
       </c>
       <c r="AP46" t="s">
-        <v>812</v>
+        <v>805</v>
       </c>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46" t="s">
         <v>79</v>
       </c>
       <c r="AU46">
-        <v>523500007022</v>
+        <v>523500006723</v>
       </c>
       <c r="AV46" t="s">
         <v>74</v>
       </c>
       <c r="AW46">
-        <v>1009049</v>
+        <v>1009023</v>
       </c>
       <c r="AX46" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY46">
+        <v>990091395912</v>
+      </c>
+      <c r="AZ46" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA46" t="s">
         <v>85</v>
       </c>
-      <c r="AY46">
-[...7 lines deleted...]
-      </c>
       <c r="BB46" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="BC46" t="s">
+        <v>801</v>
+      </c>
+      <c r="BD46" t="s">
+        <v>806</v>
+      </c>
+      <c r="BE46" t="s">
+        <v>807</v>
+      </c>
+      <c r="BF46" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG46" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH46">
+        <v>1642</v>
+      </c>
+      <c r="BI46" t="s">
+        <v>759</v>
+      </c>
+      <c r="BJ46" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK46" t="s">
+        <v>111</v>
+      </c>
+      <c r="BL46"/>
+      <c r="BM46" t="s">
         <v>808</v>
       </c>
-      <c r="BD46" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BN46" t="s">
         <v>79</v>
       </c>
       <c r="BO46">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>65217</v>
+        <v>350107</v>
       </c>
       <c r="BS46" t="s">
-        <v>384</v>
+        <v>809</v>
       </c>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="C47" t="s">
-        <v>817</v>
+        <v>811</v>
       </c>
       <c r="D47">
-        <v>510777</v>
+        <v>510771</v>
       </c>
       <c r="E47">
-        <v>486.26</v>
+        <v>36.87</v>
       </c>
       <c r="F47" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="G47" t="s">
         <v>70</v>
       </c>
       <c r="H47" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="I47">
-        <v>209.67</v>
+        <v>39.99</v>
       </c>
       <c r="J47" t="s">
-        <v>820</v>
+        <v>801</v>
       </c>
       <c r="K47" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="L47">
-        <v>990091395912</v>
+        <v>990092222334</v>
       </c>
       <c r="M47" t="s">
         <v>74</v>
       </c>
       <c r="N47" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O47">
-        <v>523500006723</v>
+        <v>523500006875</v>
       </c>
       <c r="P47">
-        <v>118699386</v>
+        <v>167478492</v>
       </c>
       <c r="Q47" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="R47" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="S47" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="T47" t="s">
         <v>78</v>
       </c>
       <c r="U47" t="s">
-        <v>817</v>
+        <v>811</v>
       </c>
       <c r="V47">
-        <v>510777</v>
+        <v>510771</v>
       </c>
       <c r="W47" t="s">
         <v>79</v>
       </c>
       <c r="X47">
-        <v>486.26</v>
+        <v>36.87</v>
       </c>
       <c r="Y47">
         <v>720</v>
       </c>
       <c r="Z47" t="s">
         <v>79</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>70</v>
       </c>
       <c r="AC47" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="AD47">
-        <v>118699386</v>
+        <v>167478492</v>
       </c>
       <c r="AE47" t="s">
         <v>79</v>
       </c>
       <c r="AF47">
-        <v>95735418</v>
+        <v>44752436</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>823</v>
+        <v>816</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>555</v>
+        <v>626</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
-        <v>820</v>
+        <v>801</v>
       </c>
       <c r="AM47"/>
       <c r="AN47" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="AO47">
-        <v>209.67</v>
+        <v>39.99</v>
       </c>
       <c r="AP47" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47" t="s">
         <v>79</v>
       </c>
       <c r="AU47">
-        <v>523500006723</v>
+        <v>523500006875</v>
       </c>
       <c r="AV47" t="s">
         <v>74</v>
       </c>
       <c r="AW47">
-        <v>1009023</v>
+        <v>1008989</v>
       </c>
       <c r="AX47" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY47">
+        <v>990092222334</v>
+      </c>
+      <c r="AZ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA47" t="s">
         <v>85</v>
       </c>
-      <c r="AY47">
-[...7 lines deleted...]
-      </c>
       <c r="BB47" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="BC47" t="s">
+        <v>801</v>
+      </c>
+      <c r="BD47" t="s">
+        <v>818</v>
+      </c>
+      <c r="BE47" t="s">
+        <v>819</v>
+      </c>
+      <c r="BF47" t="s">
         <v>820</v>
       </c>
-      <c r="BD47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BG47" t="s">
         <v>79</v>
       </c>
       <c r="BH47">
-        <v>1596</v>
+        <v>1642</v>
       </c>
       <c r="BI47" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ47" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK47" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL47"/>
       <c r="BM47" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="BN47" t="s">
         <v>79</v>
       </c>
       <c r="BO47">
         <v>40</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
-        <v>350107</v>
+        <v>26546</v>
       </c>
       <c r="BS47" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
+        <v>822</v>
+      </c>
+      <c r="C48" t="s">
+        <v>823</v>
+      </c>
+      <c r="D48">
+        <v>510369</v>
+      </c>
+      <c r="E48">
+        <v>42.57</v>
+      </c>
+      <c r="F48" t="s">
+        <v>824</v>
+      </c>
+      <c r="G48" t="s">
+        <v>70</v>
+      </c>
+      <c r="H48" t="s">
+        <v>825</v>
+      </c>
+      <c r="I48">
+        <v>16.81</v>
+      </c>
+      <c r="J48" t="s">
+        <v>826</v>
+      </c>
+      <c r="K48" t="s">
+        <v>165</v>
+      </c>
+      <c r="L48">
+        <v>990091511729</v>
+      </c>
+      <c r="M48" t="s">
+        <v>74</v>
+      </c>
+      <c r="N48" t="s">
+        <v>514</v>
+      </c>
+      <c r="O48">
+        <v>523500006751</v>
+      </c>
+      <c r="P48">
+        <v>105766637</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>822</v>
+      </c>
+      <c r="R48" t="s">
+        <v>827</v>
+      </c>
+      <c r="S48" t="s">
         <v>828</v>
-      </c>
-[...49 lines deleted...]
-        <v>833</v>
       </c>
       <c r="T48" t="s">
         <v>78</v>
       </c>
       <c r="U48" t="s">
-        <v>829</v>
+        <v>823</v>
       </c>
       <c r="V48">
-        <v>510771</v>
+        <v>510369</v>
       </c>
       <c r="W48" t="s">
         <v>79</v>
       </c>
       <c r="X48">
-        <v>36.87</v>
+        <v>42.57</v>
       </c>
       <c r="Y48">
         <v>720</v>
       </c>
       <c r="Z48" t="s">
         <v>79</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>70</v>
       </c>
       <c r="AC48" t="s">
-        <v>830</v>
+        <v>824</v>
       </c>
       <c r="AD48">
-        <v>167478492</v>
+        <v>105766637</v>
       </c>
       <c r="AE48" t="s">
         <v>79</v>
       </c>
       <c r="AF48">
-        <v>44752436</v>
+        <v>81834479</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>645</v>
+        <v>830</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="AM48"/>
       <c r="AN48" t="s">
+        <v>825</v>
+      </c>
+      <c r="AO48">
+        <v>16.81</v>
+      </c>
+      <c r="AP48" t="s">
         <v>831</v>
-      </c>
-[...4 lines deleted...]
-        <v>835</v>
       </c>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48" t="s">
         <v>79</v>
       </c>
       <c r="AU48">
-        <v>523500006875</v>
+        <v>523500006751</v>
       </c>
       <c r="AV48" t="s">
         <v>74</v>
       </c>
       <c r="AW48">
-        <v>1008989</v>
+        <v>1008955</v>
       </c>
       <c r="AX48" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY48">
+        <v>990091511729</v>
+      </c>
+      <c r="AZ48" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA48" t="s">
         <v>85</v>
       </c>
-      <c r="AY48">
-[...7 lines deleted...]
-      </c>
       <c r="BB48" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="BC48" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="BD48" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="BE48" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="BF48" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="BG48" t="s">
         <v>79</v>
       </c>
       <c r="BH48">
-        <v>1596</v>
+        <v>1647</v>
       </c>
       <c r="BI48" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ48" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK48" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL48"/>
       <c r="BM48" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="BN48" t="s">
         <v>79</v>
       </c>
       <c r="BO48">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
-        <v>26546</v>
+        <v>30650</v>
       </c>
       <c r="BS48" t="s">
-        <v>119</v>
+        <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
+        <v>836</v>
+      </c>
+      <c r="C49" t="s">
+        <v>837</v>
+      </c>
+      <c r="D49">
+        <v>510268</v>
+      </c>
+      <c r="E49">
+        <v>47.4</v>
+      </c>
+      <c r="F49" t="s">
+        <v>838</v>
+      </c>
+      <c r="G49" t="s">
+        <v>70</v>
+      </c>
+      <c r="H49" t="s">
+        <v>839</v>
+      </c>
+      <c r="I49">
+        <v>21.99</v>
+      </c>
+      <c r="J49" t="s">
+        <v>826</v>
+      </c>
+      <c r="K49" t="s">
+        <v>165</v>
+      </c>
+      <c r="L49">
+        <v>990091229636</v>
+      </c>
+      <c r="M49" t="s">
+        <v>74</v>
+      </c>
+      <c r="N49" t="s">
+        <v>514</v>
+      </c>
+      <c r="O49">
+        <v>523500006661</v>
+      </c>
+      <c r="P49">
+        <v>110966725</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>836</v>
+      </c>
+      <c r="R49" t="s">
         <v>840</v>
       </c>
-      <c r="C49" t="s">
+      <c r="S49" t="s">
         <v>841</v>
-      </c>
-[...46 lines deleted...]
-        <v>846</v>
       </c>
       <c r="T49" t="s">
         <v>78</v>
       </c>
       <c r="U49" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="V49">
-        <v>510369</v>
+        <v>510268</v>
       </c>
       <c r="W49" t="s">
         <v>79</v>
       </c>
       <c r="X49">
-        <v>42.57</v>
+        <v>47.4</v>
       </c>
       <c r="Y49">
-        <v>720</v>
+        <v>795</v>
       </c>
       <c r="Z49" t="s">
         <v>79</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>70</v>
       </c>
       <c r="AC49" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="AD49">
-        <v>105766637</v>
+        <v>110966725</v>
       </c>
       <c r="AE49" t="s">
         <v>79</v>
       </c>
       <c r="AF49">
-        <v>81834479</v>
+        <v>62743262</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>848</v>
+        <v>338</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="AM49"/>
       <c r="AN49" t="s">
+        <v>839</v>
+      </c>
+      <c r="AO49">
+        <v>21.99</v>
+      </c>
+      <c r="AP49" t="s">
         <v>843</v>
-      </c>
-[...4 lines deleted...]
-        <v>849</v>
       </c>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49" t="s">
         <v>79</v>
       </c>
       <c r="AU49">
-        <v>523500006751</v>
+        <v>523500006661</v>
       </c>
       <c r="AV49" t="s">
         <v>74</v>
       </c>
       <c r="AW49">
-        <v>1008955</v>
+        <v>1008943</v>
       </c>
       <c r="AX49" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY49">
+        <v>990091229636</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA49" t="s">
         <v>85</v>
       </c>
-      <c r="AY49">
-[...7 lines deleted...]
-      </c>
       <c r="BB49" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="BC49" t="s">
+        <v>826</v>
+      </c>
+      <c r="BD49" t="s">
         <v>844</v>
       </c>
-      <c r="BD49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE49" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="BF49" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="BG49" t="s">
         <v>79</v>
       </c>
       <c r="BH49">
-        <v>1601</v>
+        <v>1648</v>
       </c>
       <c r="BI49" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ49" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK49" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL49"/>
       <c r="BM49" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="BN49" t="s">
         <v>79</v>
       </c>
       <c r="BO49">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>30650</v>
+        <v>37683</v>
       </c>
       <c r="BS49" t="s">
-        <v>197</v>
+        <v>809</v>
       </c>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
+        <v>848</v>
+      </c>
+      <c r="C50" t="s">
+        <v>849</v>
+      </c>
+      <c r="D50">
+        <v>510028</v>
+      </c>
+      <c r="E50">
+        <v>27.7</v>
+      </c>
+      <c r="F50" t="s">
+        <v>850</v>
+      </c>
+      <c r="G50" t="s">
+        <v>70</v>
+      </c>
+      <c r="H50" t="s">
+        <v>851</v>
+      </c>
+      <c r="I50">
+        <v>10.54</v>
+      </c>
+      <c r="J50" t="s">
+        <v>852</v>
+      </c>
+      <c r="K50" t="s">
+        <v>165</v>
+      </c>
+      <c r="L50">
+        <v>990090605280</v>
+      </c>
+      <c r="M50" t="s">
+        <v>74</v>
+      </c>
+      <c r="N50" t="s">
+        <v>514</v>
+      </c>
+      <c r="O50">
+        <v>523500006561</v>
+      </c>
+      <c r="P50">
+        <v>217577268</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>848</v>
+      </c>
+      <c r="R50" t="s">
+        <v>853</v>
+      </c>
+      <c r="S50" t="s">
         <v>854</v>
-      </c>
-[...49 lines deleted...]
-        <v>859</v>
       </c>
       <c r="T50" t="s">
         <v>78</v>
       </c>
       <c r="U50" t="s">
-        <v>855</v>
+        <v>849</v>
       </c>
       <c r="V50">
-        <v>510268</v>
+        <v>510028</v>
       </c>
       <c r="W50" t="s">
         <v>79</v>
       </c>
       <c r="X50">
-        <v>47.4</v>
+        <v>27.7</v>
       </c>
       <c r="Y50">
         <v>795</v>
       </c>
       <c r="Z50" t="s">
         <v>79</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>70</v>
       </c>
       <c r="AC50" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="AD50">
-        <v>110966725</v>
+        <v>217577268</v>
       </c>
       <c r="AE50" t="s">
         <v>79</v>
       </c>
       <c r="AF50">
-        <v>62743262</v>
+        <v>79416856</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>357</v>
+        <v>856</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="AM50"/>
       <c r="AN50" t="s">
+        <v>851</v>
+      </c>
+      <c r="AO50">
+        <v>10.54</v>
+      </c>
+      <c r="AP50" t="s">
         <v>857</v>
-      </c>
-[...4 lines deleted...]
-        <v>861</v>
       </c>
       <c r="AQ50"/>
       <c r="AR50"/>
       <c r="AS50"/>
       <c r="AT50" t="s">
         <v>79</v>
       </c>
       <c r="AU50">
-        <v>523500006661</v>
+        <v>523500006561</v>
       </c>
       <c r="AV50" t="s">
         <v>74</v>
       </c>
       <c r="AW50">
-        <v>1008943</v>
+        <v>1008912</v>
       </c>
       <c r="AX50" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY50">
+        <v>990090605280</v>
+      </c>
+      <c r="AZ50" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA50" t="s">
         <v>85</v>
       </c>
-      <c r="AY50">
-[...7 lines deleted...]
-      </c>
       <c r="BB50" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="BC50" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="BD50" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="BE50" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="BF50" t="s">
-        <v>864</v>
+        <v>79</v>
       </c>
       <c r="BG50" t="s">
         <v>79</v>
       </c>
       <c r="BH50">
-        <v>1602</v>
+        <v>1651</v>
       </c>
       <c r="BI50" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ50" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK50" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL50"/>
       <c r="BM50" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="BN50" t="s">
         <v>79</v>
       </c>
       <c r="BO50">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
-        <v>37683</v>
+        <v>22022</v>
       </c>
       <c r="BS50" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
+        <v>861</v>
+      </c>
+      <c r="C51" t="s">
+        <v>862</v>
+      </c>
+      <c r="D51">
+        <v>509835</v>
+      </c>
+      <c r="E51">
+        <v>40.84</v>
+      </c>
+      <c r="F51" t="s">
+        <v>863</v>
+      </c>
+      <c r="G51" t="s">
+        <v>70</v>
+      </c>
+      <c r="H51" t="s">
+        <v>864</v>
+      </c>
+      <c r="I51">
+        <v>19.99</v>
+      </c>
+      <c r="J51" t="s">
+        <v>865</v>
+      </c>
+      <c r="K51" t="s">
+        <v>165</v>
+      </c>
+      <c r="L51">
+        <v>990090605113</v>
+      </c>
+      <c r="M51" t="s">
+        <v>74</v>
+      </c>
+      <c r="N51" t="s">
+        <v>514</v>
+      </c>
+      <c r="O51">
+        <v>523500006550</v>
+      </c>
+      <c r="P51">
+        <v>132000328</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>861</v>
+      </c>
+      <c r="R51" t="s">
         <v>866</v>
       </c>
-      <c r="C51" t="s">
+      <c r="S51" t="s">
         <v>867</v>
-      </c>
-[...46 lines deleted...]
-        <v>872</v>
       </c>
       <c r="T51" t="s">
         <v>78</v>
       </c>
       <c r="U51" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="V51">
-        <v>510028</v>
+        <v>509835</v>
       </c>
       <c r="W51" t="s">
         <v>79</v>
       </c>
       <c r="X51">
-        <v>27.7</v>
+        <v>40.84</v>
       </c>
       <c r="Y51">
         <v>795</v>
       </c>
       <c r="Z51" t="s">
         <v>79</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>70</v>
       </c>
       <c r="AC51" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="AD51">
-        <v>217577268</v>
+        <v>132000328</v>
       </c>
       <c r="AE51" t="s">
         <v>79</v>
       </c>
       <c r="AF51">
-        <v>79416856</v>
+        <v>42625775</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>874</v>
+        <v>189</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="AM51"/>
       <c r="AN51" t="s">
+        <v>864</v>
+      </c>
+      <c r="AO51">
+        <v>19.99</v>
+      </c>
+      <c r="AP51" t="s">
         <v>869</v>
-      </c>
-[...4 lines deleted...]
-        <v>875</v>
       </c>
       <c r="AQ51"/>
       <c r="AR51"/>
       <c r="AS51"/>
       <c r="AT51" t="s">
         <v>79</v>
       </c>
       <c r="AU51">
-        <v>523500006561</v>
+        <v>523500006550</v>
       </c>
       <c r="AV51" t="s">
         <v>74</v>
       </c>
       <c r="AW51">
         <v>1008912</v>
       </c>
       <c r="AX51" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY51">
+        <v>990090605113</v>
+      </c>
+      <c r="AZ51" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA51" t="s">
         <v>85</v>
       </c>
-      <c r="AY51">
-[...7 lines deleted...]
-      </c>
       <c r="BB51" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="BC51" t="s">
+        <v>865</v>
+      </c>
+      <c r="BD51" t="s">
         <v>870</v>
       </c>
-      <c r="BD51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE51" t="s">
-        <v>877</v>
+        <v>859</v>
       </c>
       <c r="BF51" t="s">
-        <v>79</v>
+        <v>871</v>
       </c>
       <c r="BG51" t="s">
         <v>79</v>
       </c>
       <c r="BH51">
-        <v>1605</v>
+        <v>1653</v>
       </c>
       <c r="BI51" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ51" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK51" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL51"/>
       <c r="BM51" t="s">
-        <v>878</v>
+        <v>872</v>
       </c>
       <c r="BN51" t="s">
         <v>79</v>
       </c>
       <c r="BO51">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
-        <v>22022</v>
+        <v>32468</v>
       </c>
       <c r="BS51" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="C52" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="D52">
-        <v>509835</v>
+        <v>509824</v>
       </c>
       <c r="E52">
-        <v>40.84</v>
+        <v>101.34</v>
       </c>
       <c r="F52" t="s">
-        <v>881</v>
+        <v>875</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
       <c r="H52" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="I52">
-        <v>19.99</v>
+        <v>53.49</v>
       </c>
       <c r="J52" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="K52" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="L52">
-        <v>990090605113</v>
+        <v>990090604932</v>
       </c>
       <c r="M52" t="s">
         <v>74</v>
       </c>
       <c r="N52" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O52">
-        <v>523500006550</v>
+        <v>523500006551</v>
       </c>
       <c r="P52">
-        <v>132000328</v>
+        <v>141912062</v>
       </c>
       <c r="Q52" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="R52" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="S52" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="T52" t="s">
         <v>78</v>
       </c>
       <c r="U52" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="V52">
-        <v>509835</v>
+        <v>509824</v>
       </c>
       <c r="W52" t="s">
         <v>79</v>
       </c>
       <c r="X52">
-        <v>40.84</v>
+        <v>101.34</v>
       </c>
       <c r="Y52">
         <v>795</v>
       </c>
       <c r="Z52" t="s">
         <v>79</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>70</v>
       </c>
       <c r="AC52" t="s">
-        <v>881</v>
+        <v>875</v>
       </c>
       <c r="AD52">
-        <v>132000328</v>
+        <v>141912062</v>
       </c>
       <c r="AE52" t="s">
         <v>79</v>
       </c>
       <c r="AF52">
-        <v>42625775</v>
+        <v>98086400</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>207</v>
+        <v>611</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="AM52"/>
       <c r="AN52" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="AO52">
-        <v>19.99</v>
+        <v>53.49</v>
       </c>
       <c r="AP52" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="AQ52"/>
       <c r="AR52"/>
       <c r="AS52"/>
       <c r="AT52" t="s">
         <v>79</v>
       </c>
       <c r="AU52">
-        <v>523500006550</v>
+        <v>523500006551</v>
       </c>
       <c r="AV52" t="s">
         <v>74</v>
       </c>
       <c r="AW52">
         <v>1008912</v>
       </c>
       <c r="AX52" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY52">
+        <v>990090604932</v>
+      </c>
+      <c r="AZ52" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA52" t="s">
         <v>85</v>
       </c>
-      <c r="AY52">
-[...7 lines deleted...]
-      </c>
       <c r="BB52" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="BC52" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="BD52" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="BE52" t="s">
-        <v>877</v>
+        <v>859</v>
       </c>
       <c r="BF52" t="s">
-        <v>889</v>
+        <v>882</v>
       </c>
       <c r="BG52" t="s">
         <v>79</v>
       </c>
       <c r="BH52">
-        <v>1607</v>
+        <v>1653</v>
       </c>
       <c r="BI52" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ52" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK52" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL52"/>
       <c r="BM52" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="BN52" t="s">
         <v>79</v>
       </c>
       <c r="BO52">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
-        <v>32468</v>
+        <v>80565</v>
       </c>
       <c r="BS52" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="C53" t="s">
-        <v>892</v>
+        <v>885</v>
       </c>
       <c r="D53">
-        <v>509824</v>
+        <v>508837</v>
       </c>
       <c r="E53">
-        <v>101.34</v>
+        <v>32.77</v>
       </c>
       <c r="F53" t="s">
-        <v>893</v>
+        <v>886</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
       <c r="H53" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="I53">
-        <v>53.49</v>
+        <v>14.6</v>
       </c>
       <c r="J53" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="K53" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="L53">
-        <v>990090604932</v>
+        <v>990090010844</v>
       </c>
       <c r="M53" t="s">
         <v>74</v>
       </c>
       <c r="N53" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O53">
-        <v>523500006551</v>
+        <v>523500006484</v>
       </c>
       <c r="P53">
-        <v>141912062</v>
+        <v>209569299</v>
       </c>
       <c r="Q53" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="R53" t="s">
-        <v>895</v>
+        <v>889</v>
       </c>
       <c r="S53" t="s">
-        <v>896</v>
+        <v>890</v>
       </c>
       <c r="T53" t="s">
         <v>78</v>
       </c>
       <c r="U53" t="s">
-        <v>892</v>
+        <v>885</v>
       </c>
       <c r="V53">
-        <v>509824</v>
+        <v>508837</v>
       </c>
       <c r="W53" t="s">
         <v>79</v>
       </c>
       <c r="X53">
-        <v>101.34</v>
+        <v>32.77</v>
       </c>
       <c r="Y53">
         <v>795</v>
       </c>
       <c r="Z53" t="s">
         <v>79</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>70</v>
       </c>
       <c r="AC53" t="s">
-        <v>893</v>
+        <v>886</v>
       </c>
       <c r="AD53">
-        <v>141912062</v>
+        <v>209569299</v>
       </c>
       <c r="AE53" t="s">
         <v>79</v>
       </c>
       <c r="AF53">
-        <v>98086400</v>
+        <v>85901938</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>897</v>
+        <v>891</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>107</v>
+        <v>500</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="AM53"/>
       <c r="AN53" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="AO53">
-        <v>53.49</v>
+        <v>14.6</v>
       </c>
       <c r="AP53" t="s">
-        <v>898</v>
+        <v>892</v>
       </c>
       <c r="AQ53"/>
       <c r="AR53"/>
       <c r="AS53"/>
       <c r="AT53" t="s">
         <v>79</v>
       </c>
       <c r="AU53">
-        <v>523500006551</v>
+        <v>523500006484</v>
       </c>
       <c r="AV53" t="s">
         <v>74</v>
       </c>
       <c r="AW53">
-        <v>1008912</v>
+        <v>1008896</v>
       </c>
       <c r="AX53" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY53">
+        <v>990090010844</v>
+      </c>
+      <c r="AZ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA53" t="s">
         <v>85</v>
       </c>
-      <c r="AY53">
-[...7 lines deleted...]
-      </c>
       <c r="BB53" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="BC53" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="BD53" t="s">
-        <v>899</v>
+        <v>893</v>
       </c>
       <c r="BE53" t="s">
-        <v>877</v>
+        <v>894</v>
       </c>
       <c r="BF53" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="BG53" t="s">
         <v>79</v>
       </c>
       <c r="BH53">
-        <v>1607</v>
+        <v>1663</v>
       </c>
       <c r="BI53" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ53" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK53" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="BL53"/>
+        <v>111</v>
+      </c>
+      <c r="BL53" t="s">
+        <v>232</v>
+      </c>
       <c r="BM53" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="BN53" t="s">
         <v>79</v>
       </c>
       <c r="BO53">
-        <v>38</v>
+        <v>192</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
-        <v>80565</v>
+        <v>26052</v>
       </c>
       <c r="BS53" t="s">
-        <v>119</v>
+        <v>365</v>
       </c>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
+        <v>897</v>
+      </c>
+      <c r="C54" t="s">
+        <v>898</v>
+      </c>
+      <c r="D54">
+        <v>508596</v>
+      </c>
+      <c r="E54">
+        <v>38.62</v>
+      </c>
+      <c r="F54" t="s">
+        <v>899</v>
+      </c>
+      <c r="G54" t="s">
+        <v>70</v>
+      </c>
+      <c r="H54" t="s">
+        <v>900</v>
+      </c>
+      <c r="I54">
+        <v>18.99</v>
+      </c>
+      <c r="J54" t="s">
+        <v>901</v>
+      </c>
+      <c r="K54" t="s">
+        <v>165</v>
+      </c>
+      <c r="L54">
+        <v>990089779897</v>
+      </c>
+      <c r="M54" t="s">
+        <v>74</v>
+      </c>
+      <c r="N54" t="s">
+        <v>514</v>
+      </c>
+      <c r="O54">
+        <v>523500006389</v>
+      </c>
+      <c r="P54">
+        <v>138139212</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>897</v>
+      </c>
+      <c r="R54" t="s">
         <v>902</v>
       </c>
-      <c r="C54" t="s">
+      <c r="S54" t="s">
         <v>903</v>
-      </c>
-[...46 lines deleted...]
-        <v>908</v>
       </c>
       <c r="T54" t="s">
         <v>78</v>
       </c>
       <c r="U54" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="V54">
-        <v>508837</v>
+        <v>508596</v>
       </c>
       <c r="W54" t="s">
         <v>79</v>
       </c>
       <c r="X54">
-        <v>32.77</v>
+        <v>38.62</v>
       </c>
       <c r="Y54">
         <v>795</v>
       </c>
       <c r="Z54" t="s">
         <v>79</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>70</v>
       </c>
       <c r="AC54" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="AD54">
-        <v>209569299</v>
+        <v>138139212</v>
       </c>
       <c r="AE54" t="s">
         <v>79</v>
       </c>
       <c r="AF54">
-        <v>85901938</v>
+        <v>66038459</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>520</v>
+        <v>905</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="AM54"/>
       <c r="AN54" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="AO54">
-        <v>14.6</v>
+        <v>18.99</v>
       </c>
       <c r="AP54" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="AQ54"/>
       <c r="AR54"/>
       <c r="AS54"/>
       <c r="AT54" t="s">
         <v>79</v>
       </c>
       <c r="AU54">
-        <v>523500006484</v>
+        <v>523500006389</v>
       </c>
       <c r="AV54" t="s">
         <v>74</v>
       </c>
       <c r="AW54">
-        <v>1008896</v>
+        <v>1008888</v>
       </c>
       <c r="AX54" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY54">
+        <v>990089779897</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA54" t="s">
         <v>85</v>
       </c>
-      <c r="AY54">
-[...7 lines deleted...]
-      </c>
       <c r="BB54" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="BC54" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="BD54" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="BE54" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="BF54" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="BG54" t="s">
         <v>79</v>
       </c>
       <c r="BH54">
-        <v>1617</v>
+        <v>1665</v>
       </c>
       <c r="BI54" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ54" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK54" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL54" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="BM54" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="BN54" t="s">
         <v>79</v>
       </c>
       <c r="BO54">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
-        <v>26052</v>
+        <v>30703</v>
       </c>
       <c r="BS54" t="s">
-        <v>384</v>
+        <v>365</v>
       </c>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
+        <v>911</v>
+      </c>
+      <c r="C55" t="s">
+        <v>912</v>
+      </c>
+      <c r="D55">
+        <v>508595</v>
+      </c>
+      <c r="E55">
+        <v>47.3</v>
+      </c>
+      <c r="F55" t="s">
+        <v>913</v>
+      </c>
+      <c r="G55" t="s">
+        <v>70</v>
+      </c>
+      <c r="H55" t="s">
+        <v>914</v>
+      </c>
+      <c r="I55">
+        <v>24.6</v>
+      </c>
+      <c r="J55" t="s">
+        <v>901</v>
+      </c>
+      <c r="K55" t="s">
+        <v>165</v>
+      </c>
+      <c r="L55">
+        <v>990089864232</v>
+      </c>
+      <c r="M55" t="s">
+        <v>74</v>
+      </c>
+      <c r="N55" t="s">
+        <v>514</v>
+      </c>
+      <c r="O55">
+        <v>523500006405</v>
+      </c>
+      <c r="P55">
+        <v>140494534</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>911</v>
+      </c>
+      <c r="R55" t="s">
         <v>915</v>
       </c>
-      <c r="C55" t="s">
+      <c r="S55" t="s">
         <v>916</v>
-      </c>
-[...46 lines deleted...]
-        <v>921</v>
       </c>
       <c r="T55" t="s">
         <v>78</v>
       </c>
       <c r="U55" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="V55">
-        <v>508596</v>
+        <v>508595</v>
       </c>
       <c r="W55" t="s">
         <v>79</v>
       </c>
       <c r="X55">
-        <v>38.62</v>
+        <v>47.3</v>
       </c>
       <c r="Y55">
         <v>795</v>
       </c>
       <c r="Z55" t="s">
         <v>79</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>70</v>
       </c>
       <c r="AC55" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="AD55">
-        <v>138139212</v>
+        <v>140494534</v>
       </c>
       <c r="AE55" t="s">
         <v>79</v>
       </c>
       <c r="AF55">
-        <v>66038459</v>
+        <v>89369094</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="AM55"/>
       <c r="AN55" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="AO55">
-        <v>18.99</v>
+        <v>24.6</v>
       </c>
       <c r="AP55" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="AQ55"/>
       <c r="AR55"/>
       <c r="AS55"/>
       <c r="AT55" t="s">
         <v>79</v>
       </c>
       <c r="AU55">
-        <v>523500006389</v>
+        <v>523500006405</v>
       </c>
       <c r="AV55" t="s">
         <v>74</v>
       </c>
       <c r="AW55">
         <v>1008888</v>
       </c>
       <c r="AX55" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY55">
+        <v>990089864232</v>
+      </c>
+      <c r="AZ55" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA55" t="s">
         <v>85</v>
       </c>
-      <c r="AY55">
-[...7 lines deleted...]
-      </c>
       <c r="BB55" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="BC55" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="BD55" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="BE55" t="s">
-        <v>926</v>
+        <v>908</v>
       </c>
       <c r="BF55" t="s">
-        <v>927</v>
+        <v>79</v>
       </c>
       <c r="BG55" t="s">
         <v>79</v>
       </c>
       <c r="BH55">
-        <v>1619</v>
+        <v>1666</v>
       </c>
       <c r="BI55" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ55" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK55" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="BL55"/>
       <c r="BM55" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="BN55" t="s">
         <v>79</v>
       </c>
       <c r="BO55">
-        <v>194</v>
+        <v>63</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
-        <v>30703</v>
+        <v>37604</v>
       </c>
       <c r="BS55" t="s">
-        <v>384</v>
+        <v>809</v>
       </c>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="C56" t="s">
-        <v>930</v>
+        <v>923</v>
       </c>
       <c r="D56">
-        <v>508595</v>
+        <v>508505</v>
       </c>
       <c r="E56">
-        <v>47.3</v>
+        <v>55.53</v>
       </c>
       <c r="F56" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
       <c r="H56" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="I56">
-        <v>24.6</v>
+        <v>35.96</v>
       </c>
       <c r="J56" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="K56" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="L56">
-        <v>990089864232</v>
+        <v>990092223302</v>
       </c>
       <c r="M56" t="s">
         <v>74</v>
       </c>
       <c r="N56" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="O56">
-        <v>523500006405</v>
+        <v>523500006886</v>
       </c>
       <c r="P56">
-        <v>140494534</v>
+        <v>175154469</v>
       </c>
       <c r="Q56" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="R56" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="S56" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="T56" t="s">
         <v>78</v>
       </c>
       <c r="U56" t="s">
-        <v>930</v>
+        <v>923</v>
       </c>
       <c r="V56">
-        <v>508595</v>
+        <v>508505</v>
       </c>
       <c r="W56" t="s">
         <v>79</v>
       </c>
       <c r="X56">
-        <v>47.3</v>
+        <v>55.53</v>
       </c>
       <c r="Y56">
         <v>795</v>
       </c>
       <c r="Z56" t="s">
         <v>79</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>70</v>
       </c>
       <c r="AC56" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="AD56">
-        <v>140494534</v>
+        <v>175154469</v>
       </c>
       <c r="AE56" t="s">
         <v>79</v>
       </c>
       <c r="AF56">
-        <v>89369094</v>
+        <v>45011431</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>935</v>
+        <v>929</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>936</v>
+        <v>283</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="AM56"/>
       <c r="AN56" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="AO56">
-        <v>24.6</v>
+        <v>35.96</v>
       </c>
       <c r="AP56" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="AQ56"/>
       <c r="AR56"/>
       <c r="AS56"/>
       <c r="AT56" t="s">
         <v>79</v>
       </c>
       <c r="AU56">
-        <v>523500006405</v>
+        <v>523500006886</v>
       </c>
       <c r="AV56" t="s">
         <v>74</v>
       </c>
       <c r="AW56">
-        <v>1008888</v>
+        <v>1008989</v>
       </c>
       <c r="AX56" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY56">
+        <v>990092223302</v>
+      </c>
+      <c r="AZ56" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA56" t="s">
         <v>85</v>
       </c>
-      <c r="AY56">
-[...7 lines deleted...]
-      </c>
       <c r="BB56" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="BC56" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="BD56" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="BE56" t="s">
-        <v>926</v>
+        <v>819</v>
       </c>
       <c r="BF56" t="s">
-        <v>79</v>
+        <v>932</v>
       </c>
       <c r="BG56" t="s">
         <v>79</v>
       </c>
       <c r="BH56">
-        <v>1620</v>
+        <v>1666</v>
       </c>
       <c r="BI56" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ56" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK56" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL56"/>
       <c r="BM56" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
       <c r="BN56" t="s">
         <v>79</v>
       </c>
       <c r="BO56">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
-        <v>37604</v>
+        <v>44146</v>
       </c>
       <c r="BS56" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
+        <v>934</v>
+      </c>
+      <c r="C57" t="s">
+        <v>935</v>
+      </c>
+      <c r="D57">
+        <v>506887</v>
+      </c>
+      <c r="E57">
+        <v>29.85</v>
+      </c>
+      <c r="F57" t="s">
+        <v>936</v>
+      </c>
+      <c r="G57" t="s">
+        <v>70</v>
+      </c>
+      <c r="H57" t="s">
+        <v>937</v>
+      </c>
+      <c r="I57">
+        <v>12.99</v>
+      </c>
+      <c r="J57" t="s">
+        <v>938</v>
+      </c>
+      <c r="K57" t="s">
+        <v>165</v>
+      </c>
+      <c r="L57">
+        <v>990089636568</v>
+      </c>
+      <c r="M57" t="s">
+        <v>74</v>
+      </c>
+      <c r="N57" t="s">
+        <v>514</v>
+      </c>
+      <c r="O57">
+        <v>523500006380</v>
+      </c>
+      <c r="P57">
+        <v>186797639</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>934</v>
+      </c>
+      <c r="R57" t="s">
+        <v>939</v>
+      </c>
+      <c r="S57" t="s">
         <v>940</v>
-      </c>
-[...49 lines deleted...]
-        <v>946</v>
       </c>
       <c r="T57" t="s">
         <v>78</v>
       </c>
       <c r="U57" t="s">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c r="V57">
-        <v>508505</v>
+        <v>506887</v>
       </c>
       <c r="W57" t="s">
         <v>79</v>
       </c>
       <c r="X57">
-        <v>55.53</v>
+        <v>29.85</v>
       </c>
       <c r="Y57">
         <v>795</v>
       </c>
       <c r="Z57" t="s">
         <v>79</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>70</v>
       </c>
       <c r="AC57" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="AD57">
-        <v>175154469</v>
+        <v>186797639</v>
       </c>
       <c r="AE57" t="s">
         <v>79</v>
       </c>
       <c r="AF57">
-        <v>45011431</v>
+        <v>86666879</v>
       </c>
       <c r="AG57"/>
       <c r="AH57" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>301</v>
+        <v>82</v>
       </c>
       <c r="AK57" t="s">
         <v>70</v>
       </c>
       <c r="AL57" t="s">
-        <v>944</v>
+        <v>938</v>
       </c>
       <c r="AM57"/>
       <c r="AN57" t="s">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c r="AO57">
-        <v>35.96</v>
+        <v>12.99</v>
       </c>
       <c r="AP57" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
       <c r="AQ57"/>
       <c r="AR57"/>
       <c r="AS57"/>
       <c r="AT57" t="s">
         <v>79</v>
       </c>
       <c r="AU57">
-        <v>523500006886</v>
+        <v>523500006380</v>
       </c>
       <c r="AV57" t="s">
         <v>74</v>
       </c>
       <c r="AW57">
-        <v>1008989</v>
+        <v>1008877</v>
       </c>
       <c r="AX57" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY57">
+        <v>990089636568</v>
+      </c>
+      <c r="AZ57" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA57" t="s">
         <v>85</v>
       </c>
-      <c r="AY57">
-[...7 lines deleted...]
-      </c>
       <c r="BB57" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="BC57" t="s">
+        <v>938</v>
+      </c>
+      <c r="BD57" t="s">
+        <v>943</v>
+      </c>
+      <c r="BE57" t="s">
         <v>944</v>
       </c>
-      <c r="BD57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BF57" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="BG57" t="s">
         <v>79</v>
       </c>
       <c r="BH57">
-        <v>1620</v>
+        <v>1685</v>
       </c>
       <c r="BI57" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ57" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK57" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL57"/>
       <c r="BM57" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="BN57" t="s">
         <v>79</v>
       </c>
       <c r="BO57">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
-        <v>44146</v>
+        <v>23731</v>
       </c>
       <c r="BS57" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
+        <v>947</v>
+      </c>
+      <c r="C58" t="s">
+        <v>948</v>
+      </c>
+      <c r="D58">
+        <v>506327</v>
+      </c>
+      <c r="E58">
+        <v>31.07</v>
+      </c>
+      <c r="F58" t="s">
+        <v>949</v>
+      </c>
+      <c r="G58" t="s">
+        <v>70</v>
+      </c>
+      <c r="H58" t="s">
+        <v>950</v>
+      </c>
+      <c r="I58">
+        <v>12.79</v>
+      </c>
+      <c r="J58" t="s">
+        <v>951</v>
+      </c>
+      <c r="K58" t="s">
+        <v>165</v>
+      </c>
+      <c r="L58">
+        <v>990089243149</v>
+      </c>
+      <c r="M58" t="s">
+        <v>74</v>
+      </c>
+      <c r="N58" t="s">
+        <v>514</v>
+      </c>
+      <c r="O58">
+        <v>523500006252</v>
+      </c>
+      <c r="P58">
+        <v>173939825</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>947</v>
+      </c>
+      <c r="R58" t="s">
         <v>952</v>
       </c>
-      <c r="C58" t="s">
+      <c r="S58" t="s">
         <v>953</v>
-      </c>
-[...46 lines deleted...]
-        <v>958</v>
       </c>
       <c r="T58" t="s">
         <v>78</v>
       </c>
       <c r="U58" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="V58">
-        <v>506887</v>
+        <v>506327</v>
       </c>
       <c r="W58" t="s">
         <v>79</v>
       </c>
       <c r="X58">
-        <v>29.85</v>
+        <v>31.07</v>
       </c>
       <c r="Y58">
         <v>795</v>
       </c>
       <c r="Z58" t="s">
         <v>79</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>70</v>
       </c>
       <c r="AC58" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="AD58">
-        <v>186797639</v>
+        <v>173939825</v>
       </c>
       <c r="AE58" t="s">
         <v>79</v>
       </c>
       <c r="AF58">
-        <v>86666879</v>
+        <v>67665267</v>
       </c>
       <c r="AG58"/>
       <c r="AH58" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>342</v>
+        <v>955</v>
       </c>
       <c r="AK58" t="s">
         <v>70</v>
       </c>
       <c r="AL58" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="AM58"/>
       <c r="AN58" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="AO58">
-        <v>12.99</v>
+        <v>12.79</v>
       </c>
       <c r="AP58" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="AQ58"/>
       <c r="AR58"/>
       <c r="AS58"/>
       <c r="AT58" t="s">
         <v>79</v>
       </c>
       <c r="AU58">
-        <v>523500006380</v>
+        <v>523500006252</v>
       </c>
       <c r="AV58" t="s">
         <v>74</v>
       </c>
       <c r="AW58">
-        <v>1008877</v>
+        <v>1008861</v>
       </c>
       <c r="AX58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY58">
+        <v>990089243149</v>
+      </c>
+      <c r="AZ58" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA58" t="s">
         <v>85</v>
       </c>
-      <c r="AY58">
-[...7 lines deleted...]
-      </c>
       <c r="BB58" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="BC58" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="BD58" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="BE58" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="BF58" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="BG58" t="s">
         <v>79</v>
       </c>
       <c r="BH58">
-        <v>1639</v>
+        <v>1697</v>
       </c>
       <c r="BI58" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ58" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK58" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL58"/>
       <c r="BM58" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="BN58" t="s">
         <v>79</v>
       </c>
       <c r="BO58">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
-        <v>23731</v>
+        <v>24701</v>
       </c>
       <c r="BS58" t="s">
-        <v>119</v>
+        <v>365</v>
       </c>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
+        <v>961</v>
+      </c>
+      <c r="C59" t="s">
+        <v>962</v>
+      </c>
+      <c r="D59">
+        <v>505040</v>
+      </c>
+      <c r="E59">
+        <v>42.18</v>
+      </c>
+      <c r="F59" t="s">
+        <v>963</v>
+      </c>
+      <c r="G59" t="s">
+        <v>70</v>
+      </c>
+      <c r="H59" t="s">
+        <v>964</v>
+      </c>
+      <c r="I59">
+        <v>24.02</v>
+      </c>
+      <c r="J59" t="s">
         <v>965</v>
       </c>
-      <c r="C59" t="s">
+      <c r="K59" t="s">
+        <v>165</v>
+      </c>
+      <c r="L59">
+        <v>990088545362</v>
+      </c>
+      <c r="M59" t="s">
+        <v>74</v>
+      </c>
+      <c r="N59" t="s">
+        <v>514</v>
+      </c>
+      <c r="O59">
+        <v>523500006152</v>
+      </c>
+      <c r="P59">
+        <v>91497980</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>961</v>
+      </c>
+      <c r="R59" t="s">
         <v>966</v>
       </c>
-      <c r="D59">
-[...5 lines deleted...]
-      <c r="F59" t="s">
+      <c r="S59" t="s">
         <v>967</v>
-      </c>
-[...37 lines deleted...]
-        <v>971</v>
       </c>
       <c r="T59" t="s">
         <v>78</v>
       </c>
       <c r="U59" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="V59">
-        <v>506327</v>
+        <v>505040</v>
       </c>
       <c r="W59" t="s">
         <v>79</v>
       </c>
       <c r="X59">
-        <v>31.07</v>
+        <v>42.18</v>
       </c>
       <c r="Y59">
         <v>795</v>
       </c>
       <c r="Z59" t="s">
         <v>79</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>70</v>
       </c>
       <c r="AC59" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="AD59">
-        <v>173939825</v>
+        <v>91497980</v>
       </c>
       <c r="AE59" t="s">
-        <v>79</v>
+        <v>968</v>
       </c>
       <c r="AF59">
-        <v>67665267</v>
+        <v>87366024</v>
       </c>
       <c r="AG59"/>
       <c r="AH59" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>973</v>
+        <v>303</v>
       </c>
       <c r="AK59" t="s">
         <v>70</v>
       </c>
       <c r="AL59" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="AM59"/>
       <c r="AN59" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="AO59">
-        <v>12.79</v>
+        <v>24.02</v>
       </c>
       <c r="AP59" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="AQ59"/>
       <c r="AR59"/>
       <c r="AS59"/>
       <c r="AT59" t="s">
         <v>79</v>
       </c>
       <c r="AU59">
-        <v>523500006252</v>
+        <v>523500006152</v>
       </c>
       <c r="AV59" t="s">
         <v>74</v>
       </c>
       <c r="AW59">
-        <v>1008861</v>
+        <v>0</v>
       </c>
       <c r="AX59" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY59">
+        <v>990088545362</v>
+      </c>
+      <c r="AZ59" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA59" t="s">
         <v>85</v>
       </c>
-      <c r="AY59">
-[...7 lines deleted...]
-      </c>
       <c r="BB59" t="s">
+        <v>961</v>
+      </c>
+      <c r="BC59" t="s">
         <v>965</v>
       </c>
-      <c r="BC59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD59" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="BE59" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="BF59" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="BG59" t="s">
         <v>79</v>
       </c>
       <c r="BH59">
-        <v>1651</v>
+        <v>1707</v>
       </c>
       <c r="BI59" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ59" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK59" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL59"/>
       <c r="BM59" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="BN59" t="s">
         <v>79</v>
       </c>
       <c r="BO59">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
-        <v>24701</v>
+        <v>33533</v>
       </c>
       <c r="BS59" t="s">
-        <v>384</v>
+        <v>809</v>
       </c>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
+        <v>975</v>
+      </c>
+      <c r="C60" t="s">
+        <v>976</v>
+      </c>
+      <c r="D60">
+        <v>504910</v>
+      </c>
+      <c r="E60">
+        <v>48.86</v>
+      </c>
+      <c r="F60" t="s">
+        <v>977</v>
+      </c>
+      <c r="G60" t="s">
+        <v>70</v>
+      </c>
+      <c r="H60" t="s">
+        <v>978</v>
+      </c>
+      <c r="I60">
+        <v>25.99</v>
+      </c>
+      <c r="J60" t="s">
         <v>979</v>
       </c>
-      <c r="C60" t="s">
+      <c r="K60" t="s">
+        <v>165</v>
+      </c>
+      <c r="L60">
+        <v>990088052465</v>
+      </c>
+      <c r="M60" t="s">
+        <v>74</v>
+      </c>
+      <c r="N60" t="s">
+        <v>514</v>
+      </c>
+      <c r="O60">
+        <v>523500006036</v>
+      </c>
+      <c r="P60">
+        <v>193799655</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>975</v>
+      </c>
+      <c r="R60" t="s">
         <v>980</v>
       </c>
-      <c r="D60">
-[...5 lines deleted...]
-      <c r="F60" t="s">
+      <c r="S60" t="s">
         <v>981</v>
-      </c>
-[...37 lines deleted...]
-        <v>985</v>
       </c>
       <c r="T60" t="s">
         <v>78</v>
       </c>
       <c r="U60" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="V60">
-        <v>505040</v>
+        <v>504910</v>
       </c>
       <c r="W60" t="s">
         <v>79</v>
       </c>
       <c r="X60">
-        <v>42.18</v>
+        <v>48.86</v>
       </c>
       <c r="Y60">
         <v>795</v>
       </c>
       <c r="Z60" t="s">
         <v>79</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>70</v>
       </c>
       <c r="AC60" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="AD60">
-        <v>91497980</v>
+        <v>193799655</v>
       </c>
       <c r="AE60" t="s">
-        <v>986</v>
+        <v>79</v>
       </c>
       <c r="AF60">
-        <v>87366024</v>
+        <v>87281594</v>
       </c>
       <c r="AG60"/>
       <c r="AH60" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>321</v>
+        <v>983</v>
       </c>
       <c r="AK60" t="s">
         <v>70</v>
       </c>
       <c r="AL60" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="AM60"/>
       <c r="AN60" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="AO60">
-        <v>24.02</v>
+        <v>25.99</v>
       </c>
       <c r="AP60" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="AQ60"/>
       <c r="AR60"/>
       <c r="AS60"/>
       <c r="AT60" t="s">
         <v>79</v>
       </c>
       <c r="AU60">
-        <v>523500006152</v>
+        <v>523500006036</v>
       </c>
       <c r="AV60" t="s">
         <v>74</v>
       </c>
       <c r="AW60">
-        <v>0</v>
+        <v>1008800</v>
       </c>
       <c r="AX60" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY60">
+        <v>990088052465</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA60" t="s">
         <v>85</v>
       </c>
-      <c r="AY60">
-[...7 lines deleted...]
-      </c>
       <c r="BB60" t="s">
+        <v>975</v>
+      </c>
+      <c r="BC60" t="s">
         <v>979</v>
       </c>
-      <c r="BC60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD60" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="BE60" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="BF60" t="s">
-        <v>991</v>
+        <v>79</v>
       </c>
       <c r="BG60" t="s">
         <v>79</v>
       </c>
       <c r="BH60">
-        <v>1661</v>
+        <v>1710</v>
       </c>
       <c r="BI60" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ60" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK60" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL60"/>
       <c r="BM60" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="BN60" t="s">
         <v>79</v>
       </c>
       <c r="BO60">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
-        <v>33533</v>
+        <v>38844</v>
       </c>
       <c r="BS60" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
+        <v>988</v>
+      </c>
+      <c r="C61" t="s">
+        <v>989</v>
+      </c>
+      <c r="D61">
+        <v>504863</v>
+      </c>
+      <c r="E61">
+        <v>26.48</v>
+      </c>
+      <c r="F61" t="s">
+        <v>990</v>
+      </c>
+      <c r="G61" t="s">
+        <v>70</v>
+      </c>
+      <c r="H61" t="s">
+        <v>991</v>
+      </c>
+      <c r="I61">
+        <v>11.44</v>
+      </c>
+      <c r="J61" t="s">
+        <v>979</v>
+      </c>
+      <c r="K61" t="s">
+        <v>165</v>
+      </c>
+      <c r="L61">
+        <v>990088052753</v>
+      </c>
+      <c r="M61" t="s">
+        <v>74</v>
+      </c>
+      <c r="N61" t="s">
+        <v>992</v>
+      </c>
+      <c r="O61">
+        <v>523500006048</v>
+      </c>
+      <c r="P61">
+        <v>166230950</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>988</v>
+      </c>
+      <c r="R61" t="s">
         <v>993</v>
       </c>
-      <c r="C61" t="s">
+      <c r="S61" t="s">
         <v>994</v>
-      </c>
-[...46 lines deleted...]
-        <v>999</v>
       </c>
       <c r="T61" t="s">
         <v>78</v>
       </c>
       <c r="U61" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="V61">
-        <v>504910</v>
+        <v>504863</v>
       </c>
       <c r="W61" t="s">
         <v>79</v>
       </c>
       <c r="X61">
-        <v>48.86</v>
+        <v>26.48</v>
       </c>
       <c r="Y61">
         <v>795</v>
       </c>
       <c r="Z61" t="s">
         <v>79</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>70</v>
       </c>
       <c r="AC61" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="AD61">
-        <v>193799655</v>
+        <v>166230950</v>
       </c>
       <c r="AE61" t="s">
         <v>79</v>
       </c>
       <c r="AF61">
-        <v>87281594</v>
+        <v>95071194</v>
       </c>
       <c r="AG61"/>
       <c r="AH61" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="AK61" t="s">
         <v>70</v>
       </c>
       <c r="AL61" t="s">
-        <v>997</v>
+        <v>979</v>
       </c>
       <c r="AM61"/>
       <c r="AN61" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="AO61">
-        <v>25.99</v>
+        <v>11.44</v>
       </c>
       <c r="AP61" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="AQ61"/>
       <c r="AR61"/>
       <c r="AS61"/>
       <c r="AT61" t="s">
         <v>79</v>
       </c>
       <c r="AU61">
-        <v>523500006036</v>
+        <v>523500006048</v>
       </c>
       <c r="AV61" t="s">
         <v>74</v>
       </c>
       <c r="AW61">
-        <v>1008800</v>
+        <v>1009008</v>
       </c>
       <c r="AX61" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY61">
+        <v>990088052753</v>
+      </c>
+      <c r="AZ61" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA61" t="s">
         <v>85</v>
       </c>
-      <c r="AY61">
-[...7 lines deleted...]
-      </c>
       <c r="BB61" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="BC61" t="s">
-        <v>997</v>
+        <v>979</v>
       </c>
       <c r="BD61" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="BE61" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="BF61" t="s">
         <v>79</v>
       </c>
       <c r="BG61" t="s">
-        <v>79</v>
+        <v>1000</v>
       </c>
       <c r="BH61">
-        <v>1664</v>
+        <v>613</v>
       </c>
       <c r="BI61" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ61" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK61" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL61"/>
       <c r="BM61" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="BN61" t="s">
         <v>79</v>
       </c>
       <c r="BO61">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
-        <v>38844</v>
+        <v>21052</v>
       </c>
       <c r="BS61" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D62">
+        <v>502638</v>
+      </c>
+      <c r="E62">
+        <v>24</v>
+      </c>
+      <c r="F62" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G62" t="s">
+        <v>70</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I62">
+        <v>9.62</v>
+      </c>
+      <c r="J62" t="s">
         <v>1006</v>
       </c>
-      <c r="C62" t="s">
+      <c r="K62" t="s">
+        <v>165</v>
+      </c>
+      <c r="L62">
+        <v>990087128908</v>
+      </c>
+      <c r="M62" t="s">
+        <v>74</v>
+      </c>
+      <c r="N62" t="s">
+        <v>514</v>
+      </c>
+      <c r="O62">
+        <v>523500005809</v>
+      </c>
+      <c r="P62">
+        <v>145748313</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R62" t="s">
         <v>1007</v>
       </c>
-      <c r="D62">
-[...5 lines deleted...]
-      <c r="F62" t="s">
+      <c r="S62" t="s">
         <v>1008</v>
-      </c>
-[...37 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="T62" t="s">
         <v>78</v>
       </c>
       <c r="U62" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="V62">
-        <v>504863</v>
+        <v>502638</v>
       </c>
       <c r="W62" t="s">
         <v>79</v>
       </c>
       <c r="X62">
-        <v>26.48</v>
+        <v>24</v>
       </c>
       <c r="Y62">
         <v>795</v>
       </c>
       <c r="Z62" t="s">
         <v>79</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>70</v>
       </c>
       <c r="AC62" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="AD62">
-        <v>166230950</v>
+        <v>145748313</v>
       </c>
       <c r="AE62" t="s">
         <v>79</v>
       </c>
       <c r="AF62">
-        <v>95071194</v>
+        <v>62476019</v>
       </c>
       <c r="AG62"/>
       <c r="AH62" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>1014</v>
+        <v>246</v>
       </c>
       <c r="AK62" t="s">
         <v>70</v>
       </c>
       <c r="AL62" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="AM62"/>
       <c r="AN62" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="AO62">
-        <v>11.44</v>
+        <v>9.62</v>
       </c>
       <c r="AP62" t="s">
+        <v>1010</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AS62" t="s">
+        <v>1013</v>
+      </c>
+      <c r="AT62" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU62">
+        <v>523500005809</v>
+      </c>
+      <c r="AV62" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW62">
+        <v>1008727</v>
+      </c>
+      <c r="AX62" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY62">
+        <v>990087128908</v>
+      </c>
+      <c r="AZ62" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB62" t="s">
+        <v>1002</v>
+      </c>
+      <c r="BC62" t="s">
+        <v>1006</v>
+      </c>
+      <c r="BD62" t="s">
+        <v>1014</v>
+      </c>
+      <c r="BE62" t="s">
         <v>1015</v>
       </c>
-      <c r="AQ62"/>
-[...37 lines deleted...]
-      </c>
       <c r="BF62" t="s">
         <v>79</v>
       </c>
       <c r="BG62" t="s">
-        <v>1018</v>
+        <v>79</v>
       </c>
       <c r="BH62">
-        <v>613</v>
+        <v>1738</v>
       </c>
       <c r="BI62" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ62" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK62" t="s">
-        <v>135</v>
+        <v>270</v>
       </c>
       <c r="BL62"/>
       <c r="BM62" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="BN62" t="s">
         <v>79</v>
       </c>
       <c r="BO62">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62">
-        <v>21052</v>
+        <v>19080</v>
       </c>
       <c r="BS62" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D63">
+        <v>502587</v>
+      </c>
+      <c r="E63">
+        <v>24.21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G63" t="s">
+        <v>70</v>
+      </c>
+      <c r="H63" t="s">
         <v>1020</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63">
+        <v>8.73</v>
+      </c>
+      <c r="J63" t="s">
         <v>1021</v>
       </c>
-      <c r="D63">
-[...5 lines deleted...]
-      <c r="F63" t="s">
+      <c r="K63" t="s">
+        <v>165</v>
+      </c>
+      <c r="L63">
+        <v>990087129252</v>
+      </c>
+      <c r="M63" t="s">
+        <v>74</v>
+      </c>
+      <c r="N63" t="s">
+        <v>514</v>
+      </c>
+      <c r="O63">
+        <v>523500005819</v>
+      </c>
+      <c r="P63">
+        <v>170975227</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>1017</v>
+      </c>
+      <c r="R63" t="s">
         <v>1022</v>
       </c>
-      <c r="G63" t="s">
-[...2 lines deleted...]
-      <c r="H63" t="s">
+      <c r="S63" t="s">
         <v>1023</v>
-      </c>
-[...31 lines deleted...]
-        <v>1026</v>
       </c>
       <c r="T63" t="s">
         <v>78</v>
       </c>
       <c r="U63" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="V63">
-        <v>502638</v>
+        <v>502587</v>
       </c>
       <c r="W63" t="s">
         <v>79</v>
       </c>
       <c r="X63">
-        <v>24</v>
+        <v>24.21</v>
       </c>
       <c r="Y63">
         <v>795</v>
       </c>
       <c r="Z63" t="s">
         <v>79</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>70</v>
       </c>
       <c r="AC63" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="AD63">
-        <v>145748313</v>
+        <v>170975227</v>
       </c>
       <c r="AE63" t="s">
         <v>79</v>
       </c>
       <c r="AF63">
-        <v>62476019</v>
+        <v>44398759</v>
       </c>
       <c r="AG63"/>
       <c r="AH63" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>264</v>
+        <v>595</v>
       </c>
       <c r="AK63" t="s">
         <v>70</v>
       </c>
       <c r="AL63" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="AM63"/>
       <c r="AN63" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="AO63">
-        <v>9.62</v>
+        <v>8.73</v>
       </c>
       <c r="AP63" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="AQ63" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="AR63" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="AS63" t="s">
-        <v>1031</v>
+        <v>1026</v>
       </c>
       <c r="AT63" t="s">
         <v>79</v>
       </c>
       <c r="AU63">
-        <v>523500005809</v>
+        <v>523500005819</v>
       </c>
       <c r="AV63" t="s">
         <v>74</v>
       </c>
       <c r="AW63">
         <v>1008727</v>
       </c>
       <c r="AX63" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY63">
+        <v>990087129252</v>
+      </c>
+      <c r="AZ63" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA63" t="s">
         <v>85</v>
       </c>
-      <c r="AY63">
-[...7 lines deleted...]
-      </c>
       <c r="BB63" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="BC63" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="BD63" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="BE63" t="s">
-        <v>1033</v>
+        <v>1015</v>
       </c>
       <c r="BF63" t="s">
-        <v>79</v>
+        <v>1028</v>
       </c>
       <c r="BG63" t="s">
         <v>79</v>
       </c>
       <c r="BH63">
-        <v>1692</v>
+        <v>1739</v>
       </c>
       <c r="BI63" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ63" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK63" t="s">
-        <v>288</v>
+        <v>111</v>
       </c>
       <c r="BL63"/>
       <c r="BM63" t="s">
-        <v>1034</v>
+        <v>1029</v>
       </c>
       <c r="BN63" t="s">
         <v>79</v>
       </c>
       <c r="BO63">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63">
-        <v>19080</v>
+        <v>19247</v>
       </c>
       <c r="BS63" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D64">
+        <v>502204</v>
+      </c>
+      <c r="E64">
+        <v>165.18</v>
+      </c>
+      <c r="F64" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G64" t="s">
+        <v>70</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I64">
+        <v>96.28</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K64" t="s">
+        <v>165</v>
+      </c>
+      <c r="L64">
+        <v>990087128864</v>
+      </c>
+      <c r="M64" t="s">
+        <v>74</v>
+      </c>
+      <c r="N64" t="s">
+        <v>514</v>
+      </c>
+      <c r="O64">
+        <v>523500005815</v>
+      </c>
+      <c r="P64">
+        <v>242883276</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>1030</v>
+      </c>
+      <c r="R64" t="s">
         <v>1035</v>
       </c>
-      <c r="C64" t="s">
+      <c r="S64" t="s">
         <v>1036</v>
-      </c>
-[...46 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="T64" t="s">
         <v>78</v>
       </c>
       <c r="U64" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="V64">
-        <v>502587</v>
+        <v>502204</v>
       </c>
       <c r="W64" t="s">
         <v>79</v>
       </c>
       <c r="X64">
-        <v>24.21</v>
+        <v>165.18</v>
       </c>
       <c r="Y64">
         <v>795</v>
       </c>
       <c r="Z64" t="s">
         <v>79</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>70</v>
       </c>
       <c r="AC64" t="s">
-        <v>1037</v>
+        <v>1032</v>
       </c>
       <c r="AD64">
-        <v>170975227</v>
+        <v>242883276</v>
       </c>
       <c r="AE64" t="s">
         <v>79</v>
       </c>
       <c r="AF64">
-        <v>44398759</v>
+        <v>69171466</v>
       </c>
       <c r="AG64"/>
       <c r="AH64" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>615</v>
+        <v>550</v>
       </c>
       <c r="AK64" t="s">
         <v>70</v>
       </c>
       <c r="AL64" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="AM64"/>
       <c r="AN64" t="s">
+        <v>1033</v>
+      </c>
+      <c r="AO64">
+        <v>96.28</v>
+      </c>
+      <c r="AP64" t="s">
         <v>1038</v>
       </c>
-      <c r="AO64">
-[...4 lines deleted...]
-      </c>
       <c r="AQ64" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="AR64" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="AS64" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="AT64" t="s">
         <v>79</v>
       </c>
       <c r="AU64">
-        <v>523500005819</v>
+        <v>523500005815</v>
       </c>
       <c r="AV64" t="s">
         <v>74</v>
       </c>
       <c r="AW64">
         <v>1008727</v>
       </c>
       <c r="AX64" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY64">
+        <v>990087128864</v>
+      </c>
+      <c r="AZ64" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA64" t="s">
         <v>85</v>
       </c>
-      <c r="AY64">
-[...7 lines deleted...]
-      </c>
       <c r="BB64" t="s">
-        <v>1035</v>
+        <v>1030</v>
       </c>
       <c r="BC64" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="BD64" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="BE64" t="s">
-        <v>1033</v>
+        <v>1015</v>
       </c>
       <c r="BF64" t="s">
-        <v>1046</v>
+        <v>79</v>
       </c>
       <c r="BG64" t="s">
         <v>79</v>
       </c>
       <c r="BH64">
-        <v>1693</v>
+        <v>1744</v>
       </c>
       <c r="BI64" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ64" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK64" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL64"/>
       <c r="BM64" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="BN64" t="s">
         <v>79</v>
       </c>
       <c r="BO64">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
-        <v>19247</v>
+        <v>131318</v>
       </c>
       <c r="BS64" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D65">
+        <v>501852</v>
+      </c>
+      <c r="E65">
+        <v>30.4</v>
+      </c>
+      <c r="F65" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G65" t="s">
+        <v>70</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I65">
+        <v>12.98</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K65" t="s">
+        <v>165</v>
+      </c>
+      <c r="L65">
+        <v>990086966284</v>
+      </c>
+      <c r="M65" t="s">
+        <v>74</v>
+      </c>
+      <c r="N65" t="s">
+        <v>514</v>
+      </c>
+      <c r="O65">
+        <v>523500005762</v>
+      </c>
+      <c r="P65">
+        <v>138576442</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>1042</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1047</v>
+      </c>
+      <c r="S65" t="s">
         <v>1048</v>
-      </c>
-[...49 lines deleted...]
-        <v>1054</v>
       </c>
       <c r="T65" t="s">
         <v>78</v>
       </c>
       <c r="U65" t="s">
-        <v>1049</v>
+        <v>1043</v>
       </c>
       <c r="V65">
-        <v>502204</v>
+        <v>501852</v>
       </c>
       <c r="W65" t="s">
         <v>79</v>
       </c>
       <c r="X65">
-        <v>165.18</v>
+        <v>30.4</v>
       </c>
       <c r="Y65">
         <v>795</v>
       </c>
       <c r="Z65" t="s">
         <v>79</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>70</v>
       </c>
       <c r="AC65" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="AD65">
-        <v>242883276</v>
+        <v>138576442</v>
       </c>
       <c r="AE65" t="s">
         <v>79</v>
       </c>
       <c r="AF65">
-        <v>69171466</v>
+        <v>62838906</v>
       </c>
       <c r="AG65"/>
       <c r="AH65" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="AK65" t="s">
         <v>70</v>
       </c>
       <c r="AL65" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="AM65"/>
       <c r="AN65" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AO65">
+        <v>12.98</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>1050</v>
+      </c>
+      <c r="AQ65" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AR65" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AS65" t="s">
         <v>1051</v>
       </c>
-      <c r="AO65">
-[...13 lines deleted...]
-      </c>
       <c r="AT65" t="s">
-        <v>79</v>
+        <v>1052</v>
       </c>
       <c r="AU65">
-        <v>523500005815</v>
+        <v>523500005762</v>
       </c>
       <c r="AV65" t="s">
         <v>74</v>
       </c>
       <c r="AW65">
-        <v>1008727</v>
+        <v>1008712</v>
       </c>
       <c r="AX65" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY65">
+        <v>990086966284</v>
+      </c>
+      <c r="AZ65" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA65" t="s">
         <v>85</v>
       </c>
-      <c r="AY65">
-[...7 lines deleted...]
-      </c>
       <c r="BB65" t="s">
-        <v>1048</v>
+        <v>1042</v>
       </c>
       <c r="BC65" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="BD65" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="BE65" t="s">
-        <v>1033</v>
+        <v>1054</v>
       </c>
       <c r="BF65" t="s">
         <v>79</v>
       </c>
       <c r="BG65" t="s">
         <v>79</v>
       </c>
       <c r="BH65">
-        <v>1698</v>
+        <v>1748</v>
       </c>
       <c r="BI65" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ65" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK65" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL65"/>
       <c r="BM65" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="BN65" t="s">
         <v>79</v>
       </c>
       <c r="BO65">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
-        <v>131318</v>
+        <v>24168</v>
       </c>
       <c r="BS65" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D66">
+        <v>500928</v>
+      </c>
+      <c r="E66">
+        <v>37.71</v>
+      </c>
+      <c r="F66" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G66" t="s">
+        <v>70</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I66">
+        <v>19.14</v>
+      </c>
+      <c r="J66" t="s">
         <v>1060</v>
       </c>
-      <c r="C66" t="s">
+      <c r="K66" t="s">
+        <v>165</v>
+      </c>
+      <c r="L66">
+        <v>990086591257</v>
+      </c>
+      <c r="M66" t="s">
+        <v>74</v>
+      </c>
+      <c r="N66" t="s">
+        <v>514</v>
+      </c>
+      <c r="O66">
+        <v>523500005662</v>
+      </c>
+      <c r="P66">
+        <v>137166380</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>1056</v>
+      </c>
+      <c r="R66" t="s">
         <v>1061</v>
       </c>
-      <c r="D66">
-[...5 lines deleted...]
-      <c r="F66" t="s">
+      <c r="S66" t="s">
         <v>1062</v>
-      </c>
-[...37 lines deleted...]
-        <v>1066</v>
       </c>
       <c r="T66" t="s">
         <v>78</v>
       </c>
       <c r="U66" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="V66">
-        <v>501852</v>
+        <v>500928</v>
       </c>
       <c r="W66" t="s">
         <v>79</v>
       </c>
       <c r="X66">
-        <v>30.4</v>
+        <v>37.71</v>
       </c>
       <c r="Y66">
         <v>795</v>
       </c>
       <c r="Z66" t="s">
         <v>79</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>70</v>
       </c>
       <c r="AC66" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="AD66">
-        <v>138576442</v>
+        <v>137166380</v>
       </c>
       <c r="AE66" t="s">
-        <v>79</v>
+        <v>1063</v>
       </c>
       <c r="AF66">
-        <v>62838906</v>
+        <v>44405312</v>
       </c>
       <c r="AG66"/>
       <c r="AH66" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="AK66" t="s">
         <v>70</v>
       </c>
       <c r="AL66" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
       <c r="AM66"/>
       <c r="AN66" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="AO66">
-        <v>12.98</v>
+        <v>19.14</v>
       </c>
       <c r="AP66" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AQ66" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AR66" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AS66" t="s">
+        <v>1066</v>
+      </c>
+      <c r="AT66" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU66">
+        <v>523500005662</v>
+      </c>
+      <c r="AV66" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW66">
+        <v>1008682</v>
+      </c>
+      <c r="AX66" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY66">
+        <v>990086591257</v>
+      </c>
+      <c r="AZ66" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA66" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB66" t="s">
+        <v>1056</v>
+      </c>
+      <c r="BC66" t="s">
+        <v>1060</v>
+      </c>
+      <c r="BD66" t="s">
+        <v>1067</v>
+      </c>
+      <c r="BE66" t="s">
         <v>1068</v>
       </c>
-      <c r="AQ66" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="BF66" t="s">
         <v>79</v>
       </c>
       <c r="BG66" t="s">
         <v>79</v>
       </c>
       <c r="BH66">
-        <v>1702</v>
+        <v>1760</v>
       </c>
       <c r="BI66" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ66" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK66" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL66"/>
       <c r="BM66" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="BN66" t="s">
         <v>79</v>
       </c>
       <c r="BO66">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
-        <v>24168</v>
+        <v>29979</v>
       </c>
       <c r="BS66" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D67">
+        <v>500778</v>
+      </c>
+      <c r="E67">
+        <v>40.84</v>
+      </c>
+      <c r="F67" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G67" t="s">
+        <v>70</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I67">
+        <v>19.99</v>
+      </c>
+      <c r="J67" t="s">
         <v>1074</v>
       </c>
-      <c r="C67" t="s">
+      <c r="K67" t="s">
+        <v>165</v>
+      </c>
+      <c r="L67">
+        <v>990086624884</v>
+      </c>
+      <c r="M67" t="s">
+        <v>74</v>
+      </c>
+      <c r="N67" t="s">
+        <v>514</v>
+      </c>
+      <c r="O67">
+        <v>523500005654</v>
+      </c>
+      <c r="P67">
+        <v>150950163</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>1070</v>
+      </c>
+      <c r="R67" t="s">
         <v>1075</v>
       </c>
-      <c r="D67">
-[...5 lines deleted...]
-      <c r="F67" t="s">
+      <c r="S67" t="s">
         <v>1076</v>
-      </c>
-[...37 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="T67" t="s">
         <v>78</v>
       </c>
       <c r="U67" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="V67">
-        <v>500928</v>
+        <v>500778</v>
       </c>
       <c r="W67" t="s">
         <v>79</v>
       </c>
       <c r="X67">
-        <v>37.71</v>
+        <v>40.84</v>
       </c>
       <c r="Y67">
         <v>795</v>
       </c>
       <c r="Z67" t="s">
         <v>79</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>70</v>
       </c>
       <c r="AC67" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="AD67">
-        <v>137166380</v>
+        <v>150950163</v>
       </c>
       <c r="AE67" t="s">
-        <v>1081</v>
+        <v>79</v>
       </c>
       <c r="AF67">
-        <v>44405312</v>
+        <v>97955522</v>
       </c>
       <c r="AG67"/>
       <c r="AH67" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>615</v>
+        <v>303</v>
       </c>
       <c r="AK67" t="s">
         <v>70</v>
       </c>
       <c r="AL67" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="AM67"/>
       <c r="AN67" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="AO67">
-        <v>19.14</v>
+        <v>19.99</v>
       </c>
       <c r="AP67" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="AQ67" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="AR67" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="AS67" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="AT67" t="s">
         <v>79</v>
       </c>
       <c r="AU67">
-        <v>523500005662</v>
+        <v>523500005654</v>
       </c>
       <c r="AV67" t="s">
         <v>74</v>
       </c>
       <c r="AW67">
         <v>1008682</v>
       </c>
       <c r="AX67" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY67">
+        <v>990086624884</v>
+      </c>
+      <c r="AZ67" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA67" t="s">
         <v>85</v>
       </c>
-      <c r="AY67">
-[...7 lines deleted...]
-      </c>
       <c r="BB67" t="s">
+        <v>1070</v>
+      </c>
+      <c r="BC67" t="s">
         <v>1074</v>
       </c>
-      <c r="BC67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD67" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="BE67" t="s">
-        <v>1086</v>
+        <v>1068</v>
       </c>
       <c r="BF67" t="s">
         <v>79</v>
       </c>
       <c r="BG67" t="s">
         <v>79</v>
       </c>
       <c r="BH67">
-        <v>1714</v>
+        <v>1762</v>
       </c>
       <c r="BI67" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ67" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK67" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL67"/>
       <c r="BM67" t="s">
-        <v>1087</v>
+        <v>1081</v>
       </c>
       <c r="BN67" t="s">
         <v>79</v>
       </c>
       <c r="BO67">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="BP67"/>
       <c r="BQ67"/>
       <c r="BR67">
-        <v>29979</v>
+        <v>32468</v>
       </c>
       <c r="BS67" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D68">
+        <v>499985</v>
+      </c>
+      <c r="E68">
+        <v>40.09</v>
+      </c>
+      <c r="F68" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G68" t="s">
+        <v>70</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I68">
+        <v>21.39</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1086</v>
+      </c>
+      <c r="K68" t="s">
+        <v>165</v>
+      </c>
+      <c r="L68">
+        <v>990086368534</v>
+      </c>
+      <c r="M68" t="s">
+        <v>74</v>
+      </c>
+      <c r="N68" t="s">
+        <v>514</v>
+      </c>
+      <c r="O68">
+        <v>523500005587</v>
+      </c>
+      <c r="P68">
+        <v>184975777</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>1082</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1087</v>
+      </c>
+      <c r="S68" t="s">
         <v>1088</v>
-      </c>
-[...49 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="T68" t="s">
         <v>78</v>
       </c>
       <c r="U68" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="V68">
-        <v>500778</v>
+        <v>499985</v>
       </c>
       <c r="W68" t="s">
         <v>79</v>
       </c>
       <c r="X68">
-        <v>40.84</v>
+        <v>40.09</v>
       </c>
       <c r="Y68">
         <v>795</v>
       </c>
       <c r="Z68" t="s">
         <v>79</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>70</v>
       </c>
       <c r="AC68" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="AD68">
-        <v>150950163</v>
+        <v>184975777</v>
       </c>
       <c r="AE68" t="s">
         <v>79</v>
       </c>
       <c r="AF68">
-        <v>97955522</v>
+        <v>78876227</v>
       </c>
       <c r="AG68"/>
       <c r="AH68" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>321</v>
+        <v>626</v>
       </c>
       <c r="AK68" t="s">
         <v>70</v>
       </c>
       <c r="AL68" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="AM68"/>
       <c r="AN68" t="s">
+        <v>1085</v>
+      </c>
+      <c r="AO68">
+        <v>21.39</v>
+      </c>
+      <c r="AP68" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AQ68" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AR68" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AS68" t="s">
         <v>1091</v>
       </c>
-      <c r="AO68">
-[...13 lines deleted...]
-      </c>
       <c r="AT68" t="s">
         <v>79</v>
       </c>
       <c r="AU68">
-        <v>523500005654</v>
+        <v>523500005587</v>
       </c>
       <c r="AV68" t="s">
         <v>74</v>
       </c>
       <c r="AW68">
-        <v>1008682</v>
+        <v>1008666</v>
       </c>
       <c r="AX68" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY68">
+        <v>990086368534</v>
+      </c>
+      <c r="AZ68" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA68" t="s">
         <v>85</v>
       </c>
-      <c r="AY68">
-[...7 lines deleted...]
-      </c>
       <c r="BB68" t="s">
-        <v>1088</v>
+        <v>1082</v>
       </c>
       <c r="BC68" t="s">
+        <v>1086</v>
+      </c>
+      <c r="BD68" t="s">
         <v>1092</v>
       </c>
-      <c r="BD68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE68" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="BF68" t="s">
         <v>79</v>
       </c>
       <c r="BG68" t="s">
         <v>79</v>
       </c>
       <c r="BH68">
-        <v>1716</v>
+        <v>1770</v>
       </c>
       <c r="BI68" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ68" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK68" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL68"/>
       <c r="BM68" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="BN68" t="s">
         <v>79</v>
       </c>
       <c r="BO68">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="BP68"/>
       <c r="BQ68"/>
       <c r="BR68">
-        <v>32468</v>
+        <v>31872</v>
       </c>
       <c r="BS68" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D69">
+        <v>499739</v>
+      </c>
+      <c r="E69">
+        <v>43.82</v>
+      </c>
+      <c r="F69" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G69" t="s">
+        <v>70</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I69">
+        <v>23.53</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1099</v>
+      </c>
+      <c r="K69" t="s">
+        <v>165</v>
+      </c>
+      <c r="L69">
+        <v>990086292130</v>
+      </c>
+      <c r="M69" t="s">
+        <v>74</v>
+      </c>
+      <c r="N69" t="s">
+        <v>514</v>
+      </c>
+      <c r="O69">
+        <v>523500005548</v>
+      </c>
+      <c r="P69">
+        <v>94192927</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>1095</v>
+      </c>
+      <c r="R69" t="s">
         <v>1100</v>
       </c>
-      <c r="C69" t="s">
+      <c r="S69" t="s">
         <v>1101</v>
-      </c>
-[...46 lines deleted...]
-        <v>1106</v>
       </c>
       <c r="T69" t="s">
         <v>78</v>
       </c>
       <c r="U69" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="V69">
-        <v>499985</v>
+        <v>499739</v>
       </c>
       <c r="W69" t="s">
         <v>79</v>
       </c>
       <c r="X69">
-        <v>40.09</v>
+        <v>43.82</v>
       </c>
       <c r="Y69">
         <v>795</v>
       </c>
       <c r="Z69" t="s">
         <v>79</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>70</v>
       </c>
       <c r="AC69" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="AD69">
-        <v>184975777</v>
+        <v>94192927</v>
       </c>
       <c r="AE69" t="s">
         <v>79</v>
       </c>
       <c r="AF69">
-        <v>78876227</v>
+        <v>99916778</v>
       </c>
       <c r="AG69"/>
       <c r="AH69" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>645</v>
+        <v>356</v>
       </c>
       <c r="AK69" t="s">
         <v>70</v>
       </c>
       <c r="AL69" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="AM69"/>
       <c r="AN69" t="s">
+        <v>1098</v>
+      </c>
+      <c r="AO69">
+        <v>23.53</v>
+      </c>
+      <c r="AP69" t="s">
         <v>1103</v>
       </c>
-      <c r="AO69">
-[...4 lines deleted...]
-      </c>
       <c r="AQ69" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="AR69" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="AS69" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="AT69" t="s">
         <v>79</v>
       </c>
       <c r="AU69">
-        <v>523500005587</v>
+        <v>523500005548</v>
       </c>
       <c r="AV69" t="s">
         <v>74</v>
       </c>
       <c r="AW69">
         <v>1008666</v>
       </c>
       <c r="AX69" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY69">
+        <v>990086292130</v>
+      </c>
+      <c r="AZ69" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA69" t="s">
         <v>85</v>
       </c>
-      <c r="AY69">
-[...7 lines deleted...]
-      </c>
       <c r="BB69" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="BC69" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="BD69" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="BE69" t="s">
-        <v>1111</v>
+        <v>1093</v>
       </c>
       <c r="BF69" t="s">
         <v>79</v>
       </c>
       <c r="BG69" t="s">
         <v>79</v>
       </c>
       <c r="BH69">
-        <v>1724</v>
+        <v>1773</v>
       </c>
       <c r="BI69" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ69" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK69" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL69"/>
       <c r="BM69" t="s">
-        <v>1112</v>
+        <v>1106</v>
       </c>
       <c r="BN69" t="s">
         <v>79</v>
       </c>
       <c r="BO69">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
-        <v>31872</v>
+        <v>34837</v>
       </c>
       <c r="BS69" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D70">
+        <v>499478</v>
+      </c>
+      <c r="E70">
+        <v>40.09</v>
+      </c>
+      <c r="F70" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G70" t="s">
+        <v>70</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I70">
+        <v>21.39</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1111</v>
+      </c>
+      <c r="K70" t="s">
+        <v>165</v>
+      </c>
+      <c r="L70">
+        <v>990086289973</v>
+      </c>
+      <c r="M70" t="s">
+        <v>74</v>
+      </c>
+      <c r="N70" t="s">
+        <v>514</v>
+      </c>
+      <c r="O70">
+        <v>523500005563</v>
+      </c>
+      <c r="P70">
+        <v>136432257</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>1107</v>
+      </c>
+      <c r="R70" t="s">
+        <v>1112</v>
+      </c>
+      <c r="S70" t="s">
         <v>1113</v>
-      </c>
-[...49 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="T70" t="s">
         <v>78</v>
       </c>
       <c r="U70" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="V70">
-        <v>499739</v>
+        <v>499478</v>
       </c>
       <c r="W70" t="s">
         <v>79</v>
       </c>
       <c r="X70">
-        <v>43.82</v>
+        <v>40.09</v>
       </c>
       <c r="Y70">
         <v>795</v>
       </c>
       <c r="Z70" t="s">
         <v>79</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>70</v>
       </c>
       <c r="AC70" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="AD70">
-        <v>94192927</v>
+        <v>136432257</v>
       </c>
       <c r="AE70" t="s">
         <v>79</v>
       </c>
       <c r="AF70">
-        <v>99916778</v>
+        <v>88372427</v>
       </c>
       <c r="AG70"/>
       <c r="AH70" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>375</v>
+        <v>1115</v>
       </c>
       <c r="AK70" t="s">
         <v>70</v>
       </c>
       <c r="AL70" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="AM70"/>
       <c r="AN70" t="s">
+        <v>1110</v>
+      </c>
+      <c r="AO70">
+        <v>21.39</v>
+      </c>
+      <c r="AP70" t="s">
         <v>1116</v>
       </c>
-      <c r="AO70">
-[...4 lines deleted...]
-      </c>
       <c r="AQ70" t="s">
-        <v>1029</v>
-[...6 lines deleted...]
-      </c>
+        <v>1011</v>
+      </c>
+      <c r="AR70"/>
+      <c r="AS70"/>
       <c r="AT70" t="s">
         <v>79</v>
       </c>
       <c r="AU70">
-        <v>523500005548</v>
+        <v>523500005563</v>
       </c>
       <c r="AV70" t="s">
         <v>74</v>
       </c>
       <c r="AW70">
         <v>1008666</v>
       </c>
       <c r="AX70" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY70">
+        <v>990086289973</v>
+      </c>
+      <c r="AZ70" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA70" t="s">
         <v>85</v>
       </c>
-      <c r="AY70">
-[...7 lines deleted...]
-      </c>
       <c r="BB70" t="s">
-        <v>1113</v>
+        <v>1107</v>
       </c>
       <c r="BC70" t="s">
+        <v>1111</v>
+      </c>
+      <c r="BD70" t="s">
         <v>1117</v>
       </c>
-      <c r="BD70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BE70" t="s">
-        <v>1111</v>
+        <v>1093</v>
       </c>
       <c r="BF70" t="s">
-        <v>79</v>
+        <v>1118</v>
       </c>
       <c r="BG70" t="s">
         <v>79</v>
       </c>
       <c r="BH70">
-        <v>1727</v>
+        <v>1776</v>
       </c>
       <c r="BI70" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ70" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK70" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL70"/>
       <c r="BM70" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="BN70" t="s">
         <v>79</v>
       </c>
       <c r="BO70">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
-        <v>34837</v>
+        <v>31872</v>
       </c>
       <c r="BS70" t="s">
-        <v>119</v>
+        <v>809</v>
       </c>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D71">
+        <v>499164</v>
+      </c>
+      <c r="E71">
+        <v>36.37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G71" t="s">
+        <v>70</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1123</v>
+      </c>
+      <c r="I71">
+        <v>14.99</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1124</v>
+      </c>
+      <c r="K71" t="s">
+        <v>165</v>
+      </c>
+      <c r="L71">
+        <v>990086060996</v>
+      </c>
+      <c r="M71" t="s">
+        <v>74</v>
+      </c>
+      <c r="N71" t="s">
+        <v>514</v>
+      </c>
+      <c r="O71">
+        <v>523500005512</v>
+      </c>
+      <c r="P71">
+        <v>86681153</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>1120</v>
+      </c>
+      <c r="R71" t="s">
         <v>1125</v>
       </c>
-      <c r="C71" t="s">
+      <c r="S71" t="s">
         <v>1126</v>
-      </c>
-[...46 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="T71" t="s">
         <v>78</v>
       </c>
       <c r="U71" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="V71">
-        <v>499478</v>
+        <v>499164</v>
       </c>
       <c r="W71" t="s">
         <v>79</v>
       </c>
       <c r="X71">
-        <v>40.09</v>
+        <v>36.37</v>
       </c>
       <c r="Y71">
         <v>795</v>
       </c>
       <c r="Z71" t="s">
         <v>79</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>70</v>
       </c>
       <c r="AC71" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="AD71">
-        <v>136432257</v>
+        <v>86681153</v>
       </c>
       <c r="AE71" t="s">
         <v>79</v>
       </c>
       <c r="AF71">
-        <v>88372427</v>
+        <v>97013941</v>
       </c>
       <c r="AG71"/>
       <c r="AH71" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="AK71" t="s">
         <v>70</v>
       </c>
       <c r="AL71" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="AM71"/>
       <c r="AN71" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="AO71">
-        <v>21.39</v>
+        <v>14.99</v>
       </c>
       <c r="AP71" t="s">
+        <v>1129</v>
+      </c>
+      <c r="AQ71" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AS71" t="s">
+        <v>1130</v>
+      </c>
+      <c r="AT71" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU71">
+        <v>523500005512</v>
+      </c>
+      <c r="AV71" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW71">
+        <v>1008647</v>
+      </c>
+      <c r="AX71" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY71">
+        <v>990086060996</v>
+      </c>
+      <c r="AZ71" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA71" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB71" t="s">
+        <v>1120</v>
+      </c>
+      <c r="BC71" t="s">
+        <v>1124</v>
+      </c>
+      <c r="BD71" t="s">
+        <v>1131</v>
+      </c>
+      <c r="BE71" t="s">
+        <v>1132</v>
+      </c>
+      <c r="BF71" t="s">
+        <v>1133</v>
+      </c>
+      <c r="BG71" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH71">
+        <v>1780</v>
+      </c>
+      <c r="BI71" t="s">
+        <v>759</v>
+      </c>
+      <c r="BJ71" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK71" t="s">
+        <v>111</v>
+      </c>
+      <c r="BL71" t="s">
+        <v>232</v>
+      </c>
+      <c r="BM71" t="s">
         <v>1134</v>
       </c>
-      <c r="AQ71" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="BN71" t="s">
         <v>79</v>
       </c>
       <c r="BO71">
-        <v>160</v>
+        <v>308</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
-        <v>31872</v>
+        <v>28914</v>
       </c>
       <c r="BS71" t="s">
-        <v>119</v>
+        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D72">
+        <v>499023</v>
+      </c>
+      <c r="E72">
+        <v>37.86</v>
+      </c>
+      <c r="F72" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G72" t="s">
+        <v>70</v>
+      </c>
+      <c r="H72" t="s">
         <v>1138</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72">
+        <v>17.99</v>
+      </c>
+      <c r="J72" t="s">
         <v>1139</v>
       </c>
-      <c r="D72">
-[...5 lines deleted...]
-      <c r="F72" t="s">
+      <c r="K72" t="s">
+        <v>165</v>
+      </c>
+      <c r="L72">
+        <v>990086367645</v>
+      </c>
+      <c r="M72" t="s">
+        <v>74</v>
+      </c>
+      <c r="N72" t="s">
+        <v>514</v>
+      </c>
+      <c r="O72">
+        <v>523500005569</v>
+      </c>
+      <c r="P72">
+        <v>170021010</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>1135</v>
+      </c>
+      <c r="R72" t="s">
         <v>1140</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72" t="s">
+      <c r="S72" t="s">
         <v>1141</v>
-      </c>
-[...31 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="T72" t="s">
         <v>78</v>
       </c>
       <c r="U72" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="V72">
-        <v>499164</v>
+        <v>499023</v>
       </c>
       <c r="W72" t="s">
         <v>79</v>
       </c>
       <c r="X72">
-        <v>36.37</v>
+        <v>37.86</v>
       </c>
       <c r="Y72">
         <v>795</v>
       </c>
       <c r="Z72" t="s">
         <v>79</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>70</v>
       </c>
       <c r="AC72" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="AD72">
-        <v>86681153</v>
+        <v>170021010</v>
       </c>
       <c r="AE72" t="s">
         <v>79</v>
       </c>
       <c r="AF72">
-        <v>97013941</v>
+        <v>78574761</v>
       </c>
       <c r="AG72"/>
       <c r="AH72" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>1146</v>
+        <v>611</v>
       </c>
       <c r="AK72" t="s">
         <v>70</v>
       </c>
       <c r="AL72" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="AM72"/>
       <c r="AN72" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="AO72">
-        <v>14.99</v>
+        <v>17.99</v>
       </c>
       <c r="AP72" t="s">
+        <v>1143</v>
+      </c>
+      <c r="AQ72" t="s">
+        <v>1144</v>
+      </c>
+      <c r="AR72" t="s">
+        <v>1145</v>
+      </c>
+      <c r="AS72" t="s">
+        <v>1146</v>
+      </c>
+      <c r="AT72" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU72">
+        <v>523500005569</v>
+      </c>
+      <c r="AV72" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW72">
+        <v>1008666</v>
+      </c>
+      <c r="AX72" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY72">
+        <v>990086367645</v>
+      </c>
+      <c r="AZ72" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA72" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB72" t="s">
+        <v>1135</v>
+      </c>
+      <c r="BC72" t="s">
+        <v>1139</v>
+      </c>
+      <c r="BD72" t="s">
         <v>1147</v>
       </c>
-      <c r="AQ72" t="s">
-[...5 lines deleted...]
-      <c r="AS72" t="s">
+      <c r="BE72" t="s">
+        <v>1093</v>
+      </c>
+      <c r="BF72" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG72" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH72">
+        <v>1781</v>
+      </c>
+      <c r="BI72" t="s">
+        <v>759</v>
+      </c>
+      <c r="BJ72" t="s">
+        <v>88</v>
+      </c>
+      <c r="BK72" t="s">
+        <v>111</v>
+      </c>
+      <c r="BL72"/>
+      <c r="BM72" t="s">
         <v>1148</v>
       </c>
-      <c r="AT72" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="BN72" t="s">
         <v>79</v>
       </c>
       <c r="BO72">
-        <v>308</v>
+        <v>166</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
-        <v>28914</v>
+        <v>30099</v>
       </c>
       <c r="BS72" t="s">
-        <v>384</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
         <v>66</v>
       </c>
       <c r="B73" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D73">
+        <v>498914</v>
+      </c>
+      <c r="E73">
+        <v>29.85</v>
+      </c>
+      <c r="F73" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G73" t="s">
+        <v>70</v>
+      </c>
+      <c r="H73" t="s">
         <v>1153</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73">
+        <v>12.99</v>
+      </c>
+      <c r="J73" t="s">
         <v>1154</v>
       </c>
-      <c r="D73">
-[...5 lines deleted...]
-      <c r="F73" t="s">
+      <c r="K73" t="s">
+        <v>165</v>
+      </c>
+      <c r="L73">
+        <v>990087770921</v>
+      </c>
+      <c r="M73" t="s">
+        <v>74</v>
+      </c>
+      <c r="N73" t="s">
+        <v>514</v>
+      </c>
+      <c r="O73">
+        <v>523500005498</v>
+      </c>
+      <c r="P73">
+        <v>183445057</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>1150</v>
+      </c>
+      <c r="R73" t="s">
         <v>1155</v>
       </c>
-      <c r="G73" t="s">
-[...2 lines deleted...]
-      <c r="H73" t="s">
+      <c r="S73" t="s">
         <v>1156</v>
-      </c>
-[...31 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="T73" t="s">
         <v>78</v>
       </c>
       <c r="U73" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="V73">
-        <v>499023</v>
+        <v>498914</v>
       </c>
       <c r="W73" t="s">
         <v>79</v>
       </c>
       <c r="X73">
-        <v>37.86</v>
+        <v>29.85</v>
       </c>
       <c r="Y73">
         <v>795</v>
       </c>
       <c r="Z73" t="s">
         <v>79</v>
       </c>
       <c r="AA73" t="s">
         <v>66</v>
       </c>
       <c r="AB73" t="s">
         <v>70</v>
       </c>
       <c r="AC73" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="AD73">
-        <v>170021010</v>
+        <v>183445057</v>
       </c>
       <c r="AE73" t="s">
         <v>79</v>
       </c>
       <c r="AF73">
-        <v>78574761</v>
+        <v>79885524</v>
       </c>
       <c r="AG73"/>
       <c r="AH73" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73" t="s">
-        <v>107</v>
+        <v>356</v>
       </c>
       <c r="AK73" t="s">
         <v>70</v>
       </c>
       <c r="AL73" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="AM73"/>
       <c r="AN73" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="AO73">
-        <v>17.99</v>
+        <v>12.99</v>
       </c>
       <c r="AP73" t="s">
+        <v>1158</v>
+      </c>
+      <c r="AQ73" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AS73" t="s">
+        <v>1159</v>
+      </c>
+      <c r="AT73" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU73">
+        <v>523500005498</v>
+      </c>
+      <c r="AV73" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW73">
+        <v>1008647</v>
+      </c>
+      <c r="AX73" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY73">
+        <v>990087770921</v>
+      </c>
+      <c r="AZ73" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA73" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB73" t="s">
+        <v>1150</v>
+      </c>
+      <c r="BC73" t="s">
+        <v>1154</v>
+      </c>
+      <c r="BD73" t="s">
+        <v>1160</v>
+      </c>
+      <c r="BE73" t="s">
+        <v>1132</v>
+      </c>
+      <c r="BF73" t="s">
         <v>1161</v>
       </c>
-      <c r="AQ73" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="BG73" t="s">
         <v>79</v>
       </c>
       <c r="BH73">
-        <v>1735</v>
+        <v>1783</v>
       </c>
       <c r="BI73" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ73" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BK73" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="BL73"/>
       <c r="BM73" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="BN73" t="s">
         <v>79</v>
       </c>
       <c r="BO73">
-        <v>166</v>
+        <v>180</v>
       </c>
       <c r="BP73"/>
       <c r="BQ73"/>
       <c r="BR73">
-        <v>30099</v>
+        <v>23731</v>
       </c>
       <c r="BS73" t="s">
-        <v>1167</v>
+        <v>809</v>
       </c>
     </row>
     <row r="74" spans="1:71">
       <c r="A74" t="s">
         <v>66</v>
       </c>
       <c r="B74" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D74">
+        <v>496802</v>
+      </c>
+      <c r="E74">
+        <v>92.64</v>
+      </c>
+      <c r="F74" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G74" t="s">
+        <v>70</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1166</v>
+      </c>
+      <c r="I74">
+        <v>42.91</v>
+      </c>
+      <c r="J74" t="s">
+        <v>1167</v>
+      </c>
+      <c r="K74" t="s">
+        <v>165</v>
+      </c>
+      <c r="L74">
+        <v>990085356694</v>
+      </c>
+      <c r="M74" t="s">
+        <v>74</v>
+      </c>
+      <c r="N74" t="s">
         <v>1168</v>
       </c>
-      <c r="C74" t="s">
+      <c r="O74">
+        <v>523500005267</v>
+      </c>
+      <c r="P74">
+        <v>179195089</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>1163</v>
+      </c>
+      <c r="R74" t="s">
         <v>1169</v>
       </c>
-      <c r="D74">
-[...5 lines deleted...]
-      <c r="F74" t="s">
+      <c r="S74" t="s">
         <v>1170</v>
-      </c>
-[...37 lines deleted...]
-        <v>1174</v>
       </c>
       <c r="T74" t="s">
         <v>78</v>
       </c>
       <c r="U74" t="s">
-        <v>1169</v>
+        <v>1164</v>
       </c>
       <c r="V74">
-        <v>498914</v>
+        <v>496802</v>
       </c>
       <c r="W74" t="s">
         <v>79</v>
       </c>
       <c r="X74">
-        <v>29.85</v>
+        <v>92.64</v>
       </c>
       <c r="Y74">
         <v>795</v>
       </c>
       <c r="Z74" t="s">
         <v>79</v>
       </c>
       <c r="AA74" t="s">
         <v>66</v>
       </c>
       <c r="AB74" t="s">
         <v>70</v>
       </c>
       <c r="AC74" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="AD74">
-        <v>183445057</v>
+        <v>179195089</v>
       </c>
       <c r="AE74" t="s">
         <v>79</v>
       </c>
       <c r="AF74">
-        <v>79885524</v>
+        <v>89135047</v>
       </c>
       <c r="AG74"/>
       <c r="AH74" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74" t="s">
-        <v>375</v>
+        <v>918</v>
       </c>
       <c r="AK74" t="s">
         <v>70</v>
       </c>
       <c r="AL74" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="AM74"/>
       <c r="AN74" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="AO74">
-        <v>12.99</v>
+        <v>42.91</v>
       </c>
       <c r="AP74" t="s">
+        <v>1172</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>1173</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>1174</v>
+      </c>
+      <c r="AS74"/>
+      <c r="AT74" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU74">
+        <v>523500005267</v>
+      </c>
+      <c r="AV74" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW74">
+        <v>1008600</v>
+      </c>
+      <c r="AX74" t="s">
+        <v>1175</v>
+      </c>
+      <c r="AY74">
+        <v>990085356694</v>
+      </c>
+      <c r="AZ74" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA74"/>
+      <c r="BB74" t="s">
+        <v>1163</v>
+      </c>
+      <c r="BC74" t="s">
+        <v>1167</v>
+      </c>
+      <c r="BD74" t="s">
         <v>1176</v>
       </c>
-      <c r="AQ74" t="s">
-[...5 lines deleted...]
-      <c r="AS74" t="s">
+      <c r="BE74" t="s">
         <v>1177</v>
       </c>
-      <c r="AT74" t="s">
-[...29 lines deleted...]
-      <c r="BD74" t="s">
+      <c r="BF74" t="s">
         <v>1178</v>
       </c>
-      <c r="BE74" t="s">
-[...2 lines deleted...]
-      <c r="BF74" t="s">
+      <c r="BG74" t="s">
         <v>1179</v>
       </c>
-      <c r="BG74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BH74">
-        <v>1737</v>
+        <v>25</v>
       </c>
       <c r="BI74" t="s">
-        <v>778</v>
-[...3 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="BJ74"/>
       <c r="BK74" t="s">
-        <v>135</v>
+        <v>270</v>
       </c>
       <c r="BL74"/>
       <c r="BM74" t="s">
         <v>1180</v>
       </c>
       <c r="BN74" t="s">
         <v>79</v>
       </c>
       <c r="BO74">
-        <v>180</v>
+        <v>44</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
-        <v>23731</v>
+        <v>73649</v>
       </c>
       <c r="BS74" t="s">
-        <v>119</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
         <v>66</v>
       </c>
       <c r="B75" t="s">
         <v>1181</v>
       </c>
       <c r="C75" t="s">
         <v>1182</v>
       </c>
       <c r="D75">
-        <v>496802</v>
+        <v>484710</v>
       </c>
       <c r="E75">
-        <v>92.64</v>
+        <v>34.16</v>
       </c>
       <c r="F75" t="s">
         <v>1183</v>
       </c>
       <c r="G75" t="s">
         <v>70</v>
       </c>
       <c r="H75" t="s">
         <v>1184</v>
       </c>
       <c r="I75">
-        <v>42.91</v>
+        <v>17.99</v>
       </c>
       <c r="J75" t="s">
         <v>1185</v>
       </c>
       <c r="K75" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="L75">
-        <v>990085356694</v>
+        <v>6685045452</v>
       </c>
       <c r="M75" t="s">
         <v>74</v>
       </c>
       <c r="N75" t="s">
         <v>1186</v>
       </c>
       <c r="O75">
-        <v>523500005267</v>
+        <v>523500003745</v>
       </c>
       <c r="P75">
-        <v>179195089</v>
+        <v>173671253</v>
       </c>
       <c r="Q75" t="s">
         <v>1181</v>
       </c>
       <c r="R75" t="s">
         <v>1187</v>
       </c>
       <c r="S75" t="s">
         <v>1188</v>
       </c>
       <c r="T75" t="s">
         <v>78</v>
       </c>
       <c r="U75" t="s">
         <v>1182</v>
       </c>
       <c r="V75">
-        <v>496802</v>
+        <v>484710</v>
       </c>
       <c r="W75" t="s">
         <v>79</v>
       </c>
       <c r="X75">
-        <v>92.64</v>
+        <v>34.16</v>
       </c>
       <c r="Y75">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="Z75" t="s">
         <v>79</v>
       </c>
       <c r="AA75" t="s">
         <v>66</v>
       </c>
       <c r="AB75" t="s">
         <v>70</v>
       </c>
       <c r="AC75" t="s">
         <v>1183</v>
       </c>
       <c r="AD75">
-        <v>179195089</v>
+        <v>173671253</v>
       </c>
       <c r="AE75" t="s">
         <v>79</v>
       </c>
       <c r="AF75">
-        <v>89135047</v>
+        <v>41537769</v>
       </c>
       <c r="AG75"/>
       <c r="AH75" t="s">
         <v>1189</v>
       </c>
-      <c r="AI75"/>
+      <c r="AI75" t="s">
+        <v>1190</v>
+      </c>
       <c r="AJ75" t="s">
-        <v>936</v>
+        <v>1191</v>
       </c>
       <c r="AK75" t="s">
         <v>70</v>
       </c>
       <c r="AL75" t="s">
         <v>1185</v>
       </c>
       <c r="AM75"/>
       <c r="AN75" t="s">
         <v>1184</v>
       </c>
       <c r="AO75">
-        <v>42.91</v>
+        <v>17.99</v>
       </c>
       <c r="AP75" t="s">
-        <v>1190</v>
-[...4 lines deleted...]
-      <c r="AR75" t="s">
         <v>1192</v>
       </c>
+      <c r="AQ75"/>
+      <c r="AR75"/>
       <c r="AS75"/>
       <c r="AT75" t="s">
         <v>79</v>
       </c>
       <c r="AU75">
-        <v>523500005267</v>
+        <v>523500003745</v>
       </c>
       <c r="AV75" t="s">
         <v>74</v>
       </c>
       <c r="AW75">
-        <v>1008600</v>
+        <v>1008362</v>
       </c>
       <c r="AX75" t="s">
         <v>1193</v>
       </c>
       <c r="AY75">
-        <v>990085356694</v>
+        <v>6685045452</v>
       </c>
       <c r="AZ75" t="s">
         <v>74</v>
       </c>
       <c r="BA75"/>
       <c r="BB75" t="s">
         <v>1181</v>
       </c>
       <c r="BC75" t="s">
         <v>1185</v>
       </c>
       <c r="BD75" t="s">
         <v>1194</v>
       </c>
       <c r="BE75" t="s">
         <v>1195</v>
       </c>
       <c r="BF75" t="s">
-        <v>1196</v>
+        <v>79</v>
       </c>
       <c r="BG75" t="s">
-        <v>1197</v>
+        <v>79</v>
       </c>
       <c r="BH75">
-        <v>25</v>
+        <v>1951</v>
       </c>
       <c r="BI75" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ75"/>
       <c r="BK75" t="s">
-        <v>288</v>
+        <v>89</v>
       </c>
       <c r="BL75"/>
       <c r="BM75" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="BN75" t="s">
         <v>79</v>
       </c>
       <c r="BO75">
-        <v>44</v>
+        <v>179</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
-        <v>73649</v>
+        <v>0</v>
       </c>
       <c r="BS75" t="s">
-        <v>1167</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
         <v>66</v>
       </c>
       <c r="B76" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D76">
+        <v>475493</v>
+      </c>
+      <c r="E76">
+        <v>19728</v>
+      </c>
+      <c r="F76" t="s">
         <v>1199</v>
       </c>
-      <c r="C76" t="s">
+      <c r="G76" t="s">
+        <v>70</v>
+      </c>
+      <c r="H76" t="s">
         <v>1200</v>
       </c>
-      <c r="D76">
-[...5 lines deleted...]
-      <c r="F76" t="s">
+      <c r="I76">
+        <v>0</v>
+      </c>
+      <c r="J76" t="s">
+        <v>79</v>
+      </c>
+      <c r="K76" t="s">
+        <v>165</v>
+      </c>
+      <c r="L76">
+        <v>712073566256</v>
+      </c>
+      <c r="M76" t="s">
+        <v>74</v>
+      </c>
+      <c r="N76" t="s">
         <v>1201</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76" t="s">
+      <c r="O76">
+        <v>523500003205</v>
+      </c>
+      <c r="P76">
+        <v>180336451</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>1197</v>
+      </c>
+      <c r="R76" t="s">
         <v>1202</v>
       </c>
-      <c r="I76">
-[...2 lines deleted...]
-      <c r="J76" t="s">
+      <c r="S76" t="s">
         <v>1203</v>
-      </c>
-[...25 lines deleted...]
-        <v>1206</v>
       </c>
       <c r="T76" t="s">
         <v>78</v>
       </c>
       <c r="U76" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="V76">
-        <v>484710</v>
+        <v>475493</v>
       </c>
       <c r="W76" t="s">
         <v>79</v>
       </c>
       <c r="X76">
-        <v>34.16</v>
+        <v>19728</v>
       </c>
       <c r="Y76">
-        <v>810</v>
+        <v>0</v>
       </c>
       <c r="Z76" t="s">
         <v>79</v>
       </c>
       <c r="AA76" t="s">
         <v>66</v>
       </c>
       <c r="AB76" t="s">
         <v>70</v>
       </c>
       <c r="AC76" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="AD76">
-        <v>173671253</v>
+        <v>180336451</v>
       </c>
       <c r="AE76" t="s">
         <v>79</v>
       </c>
-      <c r="AF76">
-[...1 lines deleted...]
-      </c>
+      <c r="AF76"/>
       <c r="AG76"/>
-      <c r="AH76" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="AH76"/>
+      <c r="AI76"/>
+      <c r="AJ76"/>
+      <c r="AK76"/>
       <c r="AL76" t="s">
-        <v>1203</v>
+        <v>79</v>
       </c>
       <c r="AM76"/>
       <c r="AN76" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="AO76">
-        <v>17.99</v>
+        <v>0</v>
       </c>
       <c r="AP76" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="AQ76"/>
       <c r="AR76"/>
       <c r="AS76"/>
       <c r="AT76" t="s">
         <v>79</v>
       </c>
       <c r="AU76">
-        <v>523500003745</v>
+        <v>523500003205</v>
       </c>
       <c r="AV76" t="s">
         <v>74</v>
       </c>
-      <c r="AW76">
-[...1 lines deleted...]
-      </c>
+      <c r="AW76"/>
       <c r="AX76" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="AY76">
-        <v>6685045452</v>
+        <v>712073566256</v>
       </c>
       <c r="AZ76" t="s">
         <v>74</v>
       </c>
       <c r="BA76"/>
       <c r="BB76" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="BC76" t="s">
-        <v>1203</v>
+        <v>79</v>
       </c>
       <c r="BD76" t="s">
-        <v>1212</v>
+        <v>1206</v>
       </c>
       <c r="BE76" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="BF76" t="s">
         <v>79</v>
       </c>
       <c r="BG76" t="s">
         <v>79</v>
       </c>
       <c r="BH76">
-        <v>1905</v>
+        <v>2079</v>
       </c>
       <c r="BI76" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="BL76"/>
+        <v>111</v>
+      </c>
+      <c r="BL76" t="s">
+        <v>1208</v>
+      </c>
       <c r="BM76" t="s">
-        <v>1214</v>
+        <v>1209</v>
       </c>
       <c r="BN76" t="s">
         <v>79</v>
       </c>
       <c r="BO76">
-        <v>179</v>
+        <v>610</v>
       </c>
       <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
         <v>0</v>
       </c>
       <c r="BS76" t="s">
-        <v>1167</v>
-[...184 lines deleted...]
-        <v>384</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">