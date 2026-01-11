--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1243">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,173 +215,275 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
+    <t>2025-12-06 00:33:33</t>
+  </si>
+  <si>
+    <t>24217615901-A</t>
+  </si>
+  <si>
+    <t>Andrea Bustos</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>/111-7813234-4309810</t>
+  </si>
+  <si>
+    <t>2025-12-05 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (auto buy is not available, )</t>
+  </si>
+  <si>
+    <t>status_unknown</t>
+  </si>
+  <si>
+    <t>eshopex - REDESTINADA POR SOLICITUD DEL CLIENTE - CUSTOMS RELEASE</t>
+  </si>
+  <si>
+    <t>2025-12-06 00:33:34</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--985466837</t>
+  </si>
+  <si>
+    <t>Calle i 908</t>
+  </si>
+  <si>
+    <t>TALCAHUANO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B07NC732ZW</t>
+  </si>
+  <si>
+    <t>starken</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-12-13 07:30:50</t>
+  </si>
+  <si>
+    <t>2025-12-18 17:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-05 09:39:00</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA - GESTIONADO POR RIPLEY CL"				</t>
+  </si>
+  <si>
+    <t>2025-12-17 17:34:03</t>
+  </si>
+  <si>
+    <t>2025-12-06 00:53:46</t>
+  </si>
+  <si>
+    <t>Collecting Pending</t>
+  </si>
+  <si>
+    <t>2025-11-28 12:48:12</t>
+  </si>
+  <si>
+    <t>24153715801-A</t>
+  </si>
+  <si>
+    <t>Dessiree Diaz</t>
+  </si>
+  <si>
+    <t>/114-4047141-2987426</t>
+  </si>
+  <si>
+    <t>2025-11-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-28 12:48:13</t>
+  </si>
+  <si>
+    <t>--937029709</t>
+  </si>
+  <si>
+    <t>Av Víctor Jara  4570</t>
+  </si>
+  <si>
+    <t>EST.CENTRAL</t>
+  </si>
+  <si>
+    <t>/B074ZDP7FZ</t>
+  </si>
+  <si>
+    <t>2025-12-06 09:02:44</t>
+  </si>
+  <si>
+    <t>2025-12-10 17:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-05 09:56:14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:14:05</t>
+  </si>
+  <si>
+    <t>2025-11-28 13:53:41</t>
+  </si>
+  <si>
     <t>2025-09-29 14:15:42</t>
   </si>
   <si>
     <t>23950976501-A</t>
   </si>
   <si>
     <t>Brandon Casapía</t>
   </si>
   <si>
-    <t>CL</t>
-[...7 lines deleted...]
-  <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
-    <t>status_unknown</t>
-[...1 lines deleted...]
-  <si>
     <t>eshopex - Ready to go - Ready to go</t>
   </si>
   <si>
     <t>19868788K</t>
   </si>
   <si>
     <t>2025-09-29 14:15:44</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...4 lines deleted...]
-  <si>
     <t>--947058487</t>
   </si>
   <si>
     <t>Fray Camilo Henríquez 255</t>
   </si>
   <si>
     <t>SANTIAGO</t>
   </si>
   <si>
     <t xml:space="preserve">BESTBUY, </t>
   </si>
   <si>
     <t>/6578462</t>
   </si>
   <si>
-    <t xml:space="preserve">  </t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-20 15:42:23</t>
   </si>
   <si>
-    <t>manual</t>
-[...5 lines deleted...]
-    <t>cancelled_by_customer</t>
+    <t>unknown</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
   </si>
   <si>
     <t>2025-10-20 22:28:36</t>
   </si>
   <si>
     <t>2025-09-29 18:50:01</t>
   </si>
   <si>
     <t>Return Label Pending</t>
   </si>
   <si>
     <t>2024-06-05 13:13:48</t>
   </si>
   <si>
     <t>22582478301-A</t>
   </si>
   <si>
     <t>Samuel Cordova Escaida</t>
   </si>
   <si>
     <t>/ 114-7607375-6662648</t>
   </si>
   <si>
     <t>2024-06-05 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (The customer on checkout is different, please review)</t>
   </si>
   <si>
     <t>eshopex - REDESTINADA POR SOLICITUD DEL CLIENTE - shipped</t>
   </si>
   <si>
     <t>2024-06-05 13:13:49</t>
   </si>
   <si>
     <t>--952033272</t>
   </si>
   <si>
     <t>Avenida Pedro Fontova 6850</t>
   </si>
   <si>
     <t>HUECHURABA</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...1 lines deleted...]
-  <si>
     <t>/B07RXZLMJT</t>
   </si>
   <si>
-    <t>starken</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-06-12 09:55:33</t>
   </si>
   <si>
     <t>2024-06-18 17:00:00</t>
   </si>
   <si>
     <t>2024-07-22 15:15:14</t>
   </si>
   <si>
     <t>delayed</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"				</t>
   </si>
   <si>
     <t>2024-08-09 21:26:28</t>
   </si>
   <si>
     <t>2024-06-05 14:04:47</t>
   </si>
   <si>
     <t>Finance Pending</t>
   </si>
   <si>
     <t>2024-05-05 23:50:21</t>
@@ -1241,50 +1343,53 @@
   <si>
     <t>--941394938</t>
   </si>
   <si>
     <t>pob el laurel pasaje corvi 9 4067</t>
   </si>
   <si>
     <t>VALDIVIA</t>
   </si>
   <si>
     <t>/B07VKZPQDF</t>
   </si>
   <si>
     <t>1Z803R420303392660</t>
   </si>
   <si>
     <t>2023-04-25</t>
   </si>
   <si>
     <t>2023-04-26 13:35:13</t>
   </si>
   <si>
     <t>2023-05-04 17:00:00</t>
   </si>
   <si>
+    <t>2023-05-17 09:10:31</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cliente rechazo pedido porque estaba en mal estado 	</t>
   </si>
   <si>
     <t>2023-06-20 16:33:47</t>
   </si>
   <si>
     <t>2023-04-24 21:57:28</t>
   </si>
   <si>
     <t>2022-12-16 13:13:20</t>
   </si>
   <si>
     <t>20965171505-A</t>
   </si>
   <si>
     <t xml:space="preserve">carmen  rojas salaya </t>
   </si>
   <si>
     <t>/112-0661947-3190621</t>
   </si>
   <si>
     <t>2022-12-16 00:00:00</t>
   </si>
   <si>
     <t>2022-12-16 13:13:27</t>
@@ -2291,53 +2396,50 @@
   <si>
     <t>Felipe Ganderats</t>
   </si>
   <si>
     <t>2021-08-08 13:43:26</t>
   </si>
   <si>
     <t>2021-08-08 13:57:11</t>
   </si>
   <si>
     <t>Rosario Norte 400</t>
   </si>
   <si>
     <t>/0399182020</t>
   </si>
   <si>
     <t>2021-08-10 15:24:47</t>
   </si>
   <si>
     <t>2021-08-20 17:00:00</t>
   </si>
   <si>
     <t>2021-08-24 11:33:00</t>
   </si>
   <si>
-    <t>unknown</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-08-11 23:00:24</t>
   </si>
   <si>
     <t>2021-08-07 21:41:36</t>
   </si>
   <si>
     <t>136001443-A</t>
   </si>
   <si>
     <t>Tatiana Aravena</t>
   </si>
   <si>
     <t>2021-08-07 21:43:42</t>
   </si>
   <si>
     <t>2021-08-07 21:57:40</t>
   </si>
   <si>
     <t>Loncoche 321</t>
   </si>
   <si>
     <t>/B075CXZM7Q</t>
   </si>
   <si>
     <t>2021-08-10 11:42:42</t>
@@ -2439,53 +2541,50 @@
     <t>/ 114-3206972-6121804</t>
   </si>
   <si>
     <t>2021-05-31 00:00:00</t>
   </si>
   <si>
     <t>2021-05-28 17:41:17</t>
   </si>
   <si>
     <t>2021-05-28 18:06:05</t>
   </si>
   <si>
     <t>Avenida Presidente Manuel Bulnes 978</t>
   </si>
   <si>
     <t>/B072BZBPXP</t>
   </si>
   <si>
     <t>2021-06-03 15:54:18</t>
   </si>
   <si>
     <t>2021-07-16 17:00:00</t>
   </si>
   <si>
     <t>2021-07-07 17:51:30</t>
-  </si>
-[...1 lines deleted...]
-    <t>Collecting Pending</t>
   </si>
   <si>
     <t>2021-05-28 15:32:01</t>
   </si>
   <si>
     <t>124879856-A</t>
   </si>
   <si>
     <t>Pamela Jerez</t>
   </si>
   <si>
     <t>/ 114-0766843-5980209</t>
   </si>
   <si>
     <t>2021-05-28 15:41:48</t>
   </si>
   <si>
     <t>2021-05-28 15:55:55</t>
   </si>
   <si>
     <t>Pto Arturo 813</t>
   </si>
   <si>
     <t>/B07KPD28PT</t>
   </si>
@@ -3988,51 +4087,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS76"/>
+  <dimension ref="A1:BS78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4222,15168 +4321,15572 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>594488</v>
+        <v>598023</v>
       </c>
       <c r="E2">
-        <v>93.59</v>
+        <v>51.52</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>37.43</v>
+        <v>24.5</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
-      <c r="L2"/>
+      <c r="L2">
+        <v>259997585</v>
+      </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2">
-        <v>523500022361</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>523500022878</v>
+      </c>
+      <c r="P2">
+        <v>151789927</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>76</v>
+      </c>
+      <c r="S2" t="s">
+        <v>76</v>
+      </c>
+      <c r="T2" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>594488</v>
+        <v>598023</v>
       </c>
       <c r="W2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X2">
-        <v>93.59</v>
+        <v>51.52</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2" t="s">
-        <v>76</v>
+      <c r="AD2">
+        <v>151789927</v>
       </c>
       <c r="AE2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AF2">
-        <v>947058487</v>
+        <v>985466837</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>37.43</v>
+        <v>24.5</v>
       </c>
       <c r="AP2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU2">
-        <v>523500022361</v>
+        <v>523500022878</v>
       </c>
       <c r="AV2" t="s">
         <v>74</v>
       </c>
       <c r="AW2">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY2"/>
+        <v>1011875</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY2">
+        <v>259997585</v>
+      </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>86</v>
       </c>
       <c r="BE2" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="BF2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG2" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="BH2">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="BI2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="BJ2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="BL2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="BM2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="BN2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="BO2">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>88995</v>
+        <v>48990</v>
       </c>
       <c r="BS2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D3">
-        <v>571855</v>
+        <v>597332</v>
       </c>
       <c r="E3">
-        <v>88</v>
+        <v>51.52</v>
       </c>
       <c r="F3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>99</v>
+      </c>
+      <c r="I3">
+        <v>24.97</v>
+      </c>
+      <c r="J3" t="s">
+        <v>100</v>
+      </c>
+      <c r="K3" t="s">
+        <v>73</v>
+      </c>
+      <c r="L3">
+        <v>259382991</v>
+      </c>
+      <c r="M3" t="s">
+        <v>74</v>
+      </c>
+      <c r="N3" t="s">
+        <v>75</v>
+      </c>
+      <c r="O3">
+        <v>523500022754</v>
+      </c>
+      <c r="P3">
+        <v>266611366</v>
+      </c>
+      <c r="Q3" t="s">
         <v>96</v>
       </c>
-      <c r="G3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R3" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="S3" t="s">
         <v>101</v>
       </c>
       <c r="T3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="V3">
-        <v>571855</v>
+        <v>597332</v>
       </c>
       <c r="W3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X3">
-        <v>88</v>
+        <v>51.52</v>
       </c>
       <c r="Y3">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AD3">
-        <v>116433486</v>
+        <v>266611366</v>
       </c>
       <c r="AE3" t="s">
         <v>102</v>
       </c>
       <c r="AF3">
-        <v>952033272</v>
+        <v>937029709</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
         <v>103</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>104</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AM3" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>99</v>
+      </c>
+      <c r="AO3">
+        <v>24.97</v>
+      </c>
+      <c r="AP3" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU3">
-        <v>523500019289</v>
+        <v>523500022754</v>
       </c>
       <c r="AV3" t="s">
         <v>74</v>
       </c>
       <c r="AW3">
-        <v>1010998</v>
+        <v>1011861</v>
       </c>
       <c r="AX3" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY3">
-        <v>227435262</v>
+        <v>259382991</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>85</v>
       </c>
       <c r="BB3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="BC3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="BD3" t="s">
+        <v>106</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>107</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG3" t="s">
         <v>108</v>
       </c>
-      <c r="BE3" t="s">
+      <c r="BH3">
+        <v>37</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ3" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK3" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL3" t="s">
         <v>109</v>
       </c>
-      <c r="BF3" t="s">
-[...2 lines deleted...]
-      <c r="BG3" t="s">
+      <c r="BM3" t="s">
         <v>110</v>
       </c>
-      <c r="BH3">
-[...8 lines deleted...]
-      <c r="BK3" t="s">
+      <c r="BN3" t="s">
         <v>111</v>
       </c>
-      <c r="BL3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BO3">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>97990</v>
+        <v>48990</v>
       </c>
       <c r="BS3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4">
+        <v>594488</v>
+      </c>
+      <c r="E4">
+        <v>93.59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4">
+        <v>0</v>
+      </c>
+      <c r="J4" t="s">
+        <v>78</v>
+      </c>
+      <c r="K4" t="s">
+        <v>115</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>74</v>
+      </c>
+      <c r="N4" t="s">
         <v>116</v>
       </c>
-      <c r="C4" t="s">
+      <c r="O4">
+        <v>523500022361</v>
+      </c>
+      <c r="P4" t="s">
         <v>117</v>
       </c>
-      <c r="D4">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="Q4" t="s">
+        <v>112</v>
+      </c>
+      <c r="R4" t="s">
         <v>118</v>
       </c>
-      <c r="G4" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="S4" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="T4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U4" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="V4">
-        <v>570715</v>
+        <v>594488</v>
       </c>
       <c r="W4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X4">
-        <v>114.04</v>
+        <v>93.59</v>
       </c>
       <c r="Y4">
-        <v>1113.52</v>
+        <v>950.9</v>
       </c>
       <c r="Z4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>163107104</v>
+        <v>114</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>117</v>
       </c>
       <c r="AE4" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="AF4">
-        <v>983607035</v>
+        <v>947058487</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>120</v>
+        <v>78</v>
       </c>
       <c r="AM4" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="AN4"/>
       <c r="AO4">
-        <v>47.99</v>
+        <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>127</v>
-[...9 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="AQ4"/>
+      <c r="AR4"/>
+      <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="AU4">
-        <v>523500019009</v>
+        <v>523500022361</v>
       </c>
       <c r="AV4" t="s">
         <v>74</v>
       </c>
       <c r="AW4">
-        <v>1010931</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="AX4"/>
+      <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>85</v>
       </c>
       <c r="BB4" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="BC4" t="s">
-        <v>120</v>
+        <v>78</v>
       </c>
       <c r="BD4" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="BE4" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
       <c r="BF4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG4" t="s">
-        <v>134</v>
+        <v>78</v>
       </c>
       <c r="BH4">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="BI4" t="s">
-        <v>87</v>
+        <v>125</v>
       </c>
       <c r="BJ4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="BL4" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="BM4" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="BN4" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="BO4">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>126986</v>
+        <v>88995</v>
       </c>
       <c r="BS4" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="C5" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="D5">
-        <v>570125</v>
+        <v>571855</v>
       </c>
       <c r="E5">
-        <v>258.63</v>
+        <v>88</v>
       </c>
       <c r="F5" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="I5">
-        <v>129.6</v>
+        <v>36.99</v>
       </c>
       <c r="J5" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="K5" t="s">
-        <v>73</v>
+        <v>135</v>
       </c>
       <c r="L5">
-        <v>225306990</v>
+        <v>227435262</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="O5">
-        <v>523500018790</v>
+        <v>523500019289</v>
       </c>
       <c r="P5">
-        <v>250192169</v>
+        <v>116433486</v>
       </c>
       <c r="Q5" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="R5" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="S5" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="T5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U5" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="V5">
-        <v>570125</v>
+        <v>571855</v>
       </c>
       <c r="W5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X5">
-        <v>258.63</v>
+        <v>88</v>
       </c>
       <c r="Y5">
         <v>1113.52</v>
       </c>
       <c r="Z5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="AD5">
-        <v>250192169</v>
+        <v>116433486</v>
       </c>
       <c r="AE5" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="AF5">
-        <v>941070823</v>
+        <v>952033272</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="AM5" t="s">
-        <v>150</v>
+        <v>82</v>
       </c>
       <c r="AN5" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="AO5">
-        <v>129.6</v>
+        <v>36.99</v>
       </c>
       <c r="AP5" t="s">
-        <v>151</v>
-[...9 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="AQ5"/>
+      <c r="AR5"/>
+      <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU5">
-        <v>523500018790</v>
+        <v>523500019289</v>
       </c>
       <c r="AV5" t="s">
         <v>74</v>
       </c>
       <c r="AW5">
-        <v>1010895</v>
+        <v>1010998</v>
       </c>
       <c r="AX5" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY5">
-        <v>225306990</v>
+        <v>227435262</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
         <v>85</v>
       </c>
       <c r="BB5" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="BC5" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>142</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>143</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG5" t="s">
         <v>144</v>
       </c>
-      <c r="BD5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH5">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="BI5" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK5" t="s">
-        <v>89</v>
+        <v>145</v>
       </c>
       <c r="BL5" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="BM5" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="BN5" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="BO5">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>287990</v>
+        <v>97990</v>
       </c>
       <c r="BS5" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="C6" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="D6">
-        <v>568356</v>
+        <v>570715</v>
       </c>
       <c r="E6">
-        <v>82.29</v>
+        <v>114.04</v>
       </c>
       <c r="F6" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="I6">
-        <v>33.99</v>
+        <v>47.99</v>
       </c>
       <c r="J6" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="K6" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>155</v>
+      </c>
+      <c r="L6">
+        <v>225958697</v>
+      </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>166</v>
+        <v>136</v>
       </c>
       <c r="O6">
-        <v>523500018309</v>
+        <v>523500019009</v>
       </c>
       <c r="P6">
-        <v>185308634</v>
+        <v>163107104</v>
       </c>
       <c r="Q6" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="R6" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="S6" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="T6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U6" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="V6">
-        <v>568356</v>
+        <v>570715</v>
       </c>
       <c r="W6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X6">
-        <v>82.29</v>
+        <v>114.04</v>
       </c>
       <c r="Y6">
-        <v>1020.61</v>
+        <v>1113.52</v>
       </c>
       <c r="Z6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="AD6">
-        <v>185308634</v>
+        <v>163107104</v>
       </c>
       <c r="AE6" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="AF6">
-        <v>963743486</v>
+        <v>983607035</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
+        <v>154</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>153</v>
+      </c>
+      <c r="AO6">
+        <v>47.99</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>161</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AS6" t="s">
         <v>164</v>
       </c>
-      <c r="AM6"/>
-[...17 lines deleted...]
-      </c>
       <c r="AT6" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="AU6">
-        <v>523500018309</v>
+        <v>523500019009</v>
       </c>
       <c r="AV6" t="s">
         <v>74</v>
       </c>
       <c r="AW6">
-        <v>1010810</v>
-[...2 lines deleted...]
-      <c r="AY6"/>
+        <v>1010931</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY6">
+        <v>225958697</v>
+      </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>85</v>
       </c>
       <c r="BB6" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="BC6" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="BD6" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="BE6" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="BF6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG6" t="s">
-        <v>79</v>
+        <v>168</v>
       </c>
       <c r="BH6">
-        <v>633</v>
+        <v>18</v>
       </c>
       <c r="BI6" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="BL6" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="BM6" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="BN6" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="BO6">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="BP6" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>83986</v>
+        <v>126986</v>
       </c>
       <c r="BS6" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C7" t="s">
+        <v>175</v>
+      </c>
+      <c r="D7">
+        <v>570125</v>
+      </c>
+      <c r="E7">
+        <v>258.63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>176</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
+        <v>177</v>
+      </c>
+      <c r="I7">
+        <v>129.6</v>
+      </c>
+      <c r="J7" t="s">
+        <v>178</v>
+      </c>
+      <c r="K7" t="s">
+        <v>115</v>
+      </c>
+      <c r="L7">
+        <v>225306990</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>179</v>
+      </c>
+      <c r="O7">
+        <v>523500018790</v>
+      </c>
+      <c r="P7">
+        <v>250192169</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>174</v>
+      </c>
+      <c r="R7" t="s">
+        <v>174</v>
+      </c>
+      <c r="S7" t="s">
         <v>180</v>
       </c>
-      <c r="C7" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U7" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="V7">
-        <v>568336</v>
+        <v>570125</v>
       </c>
       <c r="W7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X7">
-        <v>154.8</v>
+        <v>258.63</v>
       </c>
       <c r="Y7">
-        <v>1020.61</v>
+        <v>1113.52</v>
       </c>
       <c r="Z7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="AD7">
-        <v>125092381</v>
+        <v>250192169</v>
       </c>
       <c r="AE7" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="AF7">
-        <v>945646714</v>
+        <v>941070823</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
+        <v>178</v>
+      </c>
+      <c r="AM7" t="s">
         <v>184</v>
       </c>
-      <c r="AM7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN7" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="AO7">
-        <v>79.99</v>
+        <v>129.6</v>
       </c>
       <c r="AP7" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="AQ7" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR7" t="s">
-        <v>152</v>
+        <v>186</v>
       </c>
       <c r="AS7">
-        <v>271632899501</v>
+        <v>273628716009</v>
       </c>
       <c r="AT7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU7">
-        <v>523500018282</v>
+        <v>523500018790</v>
       </c>
       <c r="AV7" t="s">
         <v>74</v>
       </c>
       <c r="AW7">
-        <v>1010803</v>
+        <v>1010895</v>
       </c>
       <c r="AX7" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY7">
-        <v>223470871</v>
+        <v>225306990</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
         <v>85</v>
       </c>
       <c r="BB7" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="BC7" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="BD7" t="s">
+        <v>187</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>188</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>189</v>
+      </c>
+      <c r="BH7">
+        <v>83</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>190</v>
+      </c>
+      <c r="BJ7" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK7" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL7" t="s">
         <v>191</v>
       </c>
-      <c r="BE7" t="s">
+      <c r="BM7" t="s">
         <v>192</v>
       </c>
-      <c r="BF7" t="s">
-[...2 lines deleted...]
-      <c r="BG7" t="s">
+      <c r="BN7" t="s">
         <v>193</v>
       </c>
-      <c r="BH7">
-[...19 lines deleted...]
-      </c>
       <c r="BO7">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="BP7" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>157990</v>
+        <v>287990</v>
       </c>
       <c r="BS7" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
+        <v>194</v>
+      </c>
+      <c r="C8" t="s">
+        <v>195</v>
+      </c>
+      <c r="D8">
+        <v>568356</v>
+      </c>
+      <c r="E8">
+        <v>82.29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>196</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I8">
         <v>33.99</v>
       </c>
       <c r="J8" t="s">
+        <v>198</v>
+      </c>
+      <c r="K8" t="s">
+        <v>199</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>200</v>
+      </c>
+      <c r="O8">
+        <v>523500018309</v>
+      </c>
+      <c r="P8">
+        <v>185308634</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>194</v>
+      </c>
+      <c r="R8" t="s">
         <v>201</v>
       </c>
-      <c r="K8" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S8" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="T8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U8" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="V8">
-        <v>567857</v>
+        <v>568356</v>
       </c>
       <c r="W8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X8">
-        <v>78.37</v>
+        <v>82.29</v>
       </c>
       <c r="Y8">
         <v>1020.61</v>
       </c>
       <c r="Z8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="AD8">
-        <v>76430152</v>
+        <v>185308634</v>
       </c>
       <c r="AE8" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="AF8">
-        <v>962467446</v>
+        <v>963743486</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="AM8"/>
       <c r="AN8" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="AO8">
         <v>33.99</v>
       </c>
       <c r="AP8" t="s">
+        <v>205</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>163</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>206</v>
+      </c>
+      <c r="AT8" t="s">
         <v>207</v>
       </c>
-      <c r="AQ8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AU8">
-        <v>523500018171</v>
+        <v>523500018309</v>
       </c>
       <c r="AV8" t="s">
         <v>74</v>
       </c>
       <c r="AW8">
-        <v>0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1010810</v>
+      </c>
+      <c r="AX8"/>
+      <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
         <v>85</v>
       </c>
       <c r="BB8" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="BC8" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="BD8" t="s">
+        <v>208</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>209</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH8">
+        <v>679</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>190</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL8" t="s">
         <v>210</v>
       </c>
-      <c r="BE8" t="s">
+      <c r="BM8" t="s">
         <v>211</v>
       </c>
-      <c r="BF8" t="s">
-[...2 lines deleted...]
-      <c r="BG8" t="s">
+      <c r="BN8" t="s">
         <v>212</v>
       </c>
-      <c r="BH8">
-[...19 lines deleted...]
-      </c>
       <c r="BO8">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="BP8" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>79985</v>
+        <v>83986</v>
       </c>
       <c r="BS8" t="s">
-        <v>115</v>
+        <v>213</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
+        <v>214</v>
+      </c>
+      <c r="C9" t="s">
+        <v>215</v>
+      </c>
+      <c r="D9">
+        <v>568336</v>
+      </c>
+      <c r="E9">
+        <v>154.8</v>
+      </c>
+      <c r="F9" t="s">
         <v>216</v>
       </c>
-      <c r="C9" t="s">
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
         <v>217</v>
       </c>
-      <c r="D9">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="I9">
+        <v>79.99</v>
+      </c>
+      <c r="J9" t="s">
         <v>218</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="K9" t="s">
+        <v>115</v>
+      </c>
+      <c r="L9">
+        <v>223470871</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
         <v>219</v>
       </c>
-      <c r="I9">
-[...2 lines deleted...]
-      <c r="J9" t="s">
+      <c r="O9">
+        <v>523500018282</v>
+      </c>
+      <c r="P9">
+        <v>125092381</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>214</v>
+      </c>
+      <c r="R9" t="s">
         <v>220</v>
       </c>
-      <c r="K9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S9" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="T9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U9" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="V9">
-        <v>565291</v>
+        <v>568336</v>
       </c>
       <c r="W9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X9">
-        <v>192.72</v>
+        <v>154.8</v>
       </c>
       <c r="Y9">
-        <v>965.05</v>
+        <v>1020.61</v>
       </c>
       <c r="Z9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="AD9">
-        <v>137446936</v>
+        <v>125092381</v>
       </c>
       <c r="AE9" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="AF9">
-        <v>988251843</v>
+        <v>945646714</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
+        <v>223</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>218</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>184</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>217</v>
+      </c>
+      <c r="AO9">
+        <v>79.99</v>
+      </c>
+      <c r="AP9" t="s">
         <v>224</v>
       </c>
-      <c r="AK9" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="AQ9" t="s">
-        <v>226</v>
+        <v>162</v>
       </c>
       <c r="AR9" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>186</v>
+      </c>
+      <c r="AS9">
+        <v>271632899501</v>
       </c>
       <c r="AT9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU9">
-        <v>523500017612</v>
+        <v>523500018282</v>
       </c>
       <c r="AV9" t="s">
         <v>74</v>
       </c>
       <c r="AW9">
-        <v>1010671</v>
+        <v>1010803</v>
       </c>
       <c r="AX9" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY9">
-        <v>993873534</v>
+        <v>223470871</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
         <v>85</v>
       </c>
       <c r="BB9" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="BC9" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="BD9" t="s">
+        <v>225</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>226</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>227</v>
+      </c>
+      <c r="BH9">
+        <v>75</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>190</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK9" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL9" t="s">
+        <v>228</v>
+      </c>
+      <c r="BM9" t="s">
         <v>229</v>
       </c>
-      <c r="BE9" t="s">
+      <c r="BN9" t="s">
         <v>230</v>
       </c>
-      <c r="BF9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO9">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="BP9" t="s">
-        <v>235</v>
+        <v>162</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>185984</v>
+        <v>157990</v>
       </c>
       <c r="BS9" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
+        <v>231</v>
+      </c>
+      <c r="C10" t="s">
+        <v>232</v>
+      </c>
+      <c r="D10">
+        <v>567857</v>
+      </c>
+      <c r="E10">
+        <v>78.37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>233</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>234</v>
+      </c>
+      <c r="I10">
+        <v>33.99</v>
+      </c>
+      <c r="J10" t="s">
+        <v>235</v>
+      </c>
+      <c r="K10" t="s">
+        <v>199</v>
+      </c>
+      <c r="L10">
+        <v>223081990</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
         <v>236</v>
       </c>
-      <c r="C10" t="s">
+      <c r="O10">
+        <v>523500018171</v>
+      </c>
+      <c r="P10">
+        <v>76430152</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>231</v>
+      </c>
+      <c r="R10" t="s">
         <v>237</v>
       </c>
-      <c r="D10">
-[...43 lines deleted...]
-      </c>
       <c r="S10" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="T10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U10" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="V10">
-        <v>563663</v>
+        <v>567857</v>
       </c>
       <c r="W10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X10">
-        <v>48.69</v>
+        <v>78.37</v>
       </c>
       <c r="Y10">
-        <v>965.05</v>
+        <v>1020.61</v>
       </c>
       <c r="Z10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
+        <v>233</v>
+      </c>
+      <c r="AD10">
+        <v>76430152</v>
+      </c>
+      <c r="AE10" t="s">
         <v>238</v>
       </c>
-      <c r="AD10">
-[...4 lines deleted...]
-      </c>
       <c r="AF10">
-        <v>956817559</v>
+        <v>962467446</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="AM10"/>
       <c r="AN10" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="AO10">
-        <v>25.99</v>
+        <v>33.99</v>
       </c>
       <c r="AP10" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="AQ10" t="s">
-        <v>226</v>
+        <v>162</v>
       </c>
       <c r="AR10" t="s">
-        <v>227</v>
+        <v>163</v>
       </c>
       <c r="AS10" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AT10" t="s">
-        <v>79</v>
+        <v>243</v>
       </c>
       <c r="AU10">
-        <v>523500017353</v>
+        <v>523500018171</v>
       </c>
       <c r="AV10" t="s">
         <v>74</v>
       </c>
       <c r="AW10">
-        <v>1010638</v>
+        <v>0</v>
       </c>
       <c r="AX10" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY10">
-        <v>993189311</v>
+        <v>223081990</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
         <v>85</v>
       </c>
       <c r="BB10" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="BC10" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="BD10" t="s">
+        <v>244</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>245</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>246</v>
+      </c>
+      <c r="BH10">
+        <v>496</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>190</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>247</v>
+      </c>
+      <c r="BM10" t="s">
+        <v>248</v>
+      </c>
+      <c r="BN10" t="s">
         <v>249</v>
       </c>
-      <c r="BE10" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BO10">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="BP10" t="s">
-        <v>235</v>
+        <v>172</v>
       </c>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>46988</v>
+        <v>79985</v>
       </c>
       <c r="BS10" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C11" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D11">
-        <v>561290</v>
+        <v>565291</v>
       </c>
       <c r="E11">
-        <v>52.68</v>
+        <v>192.72</v>
       </c>
       <c r="F11" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="I11">
-        <v>23.99</v>
+        <v>79.98</v>
       </c>
       <c r="J11" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="K11" t="s">
-        <v>260</v>
+        <v>199</v>
       </c>
       <c r="L11">
-        <v>991690673</v>
+        <v>993873534</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11" t="s">
-        <v>261</v>
+        <v>136</v>
       </c>
       <c r="O11">
-        <v>523500016915</v>
+        <v>523500017612</v>
       </c>
       <c r="P11">
-        <v>152457065</v>
+        <v>137446936</v>
       </c>
       <c r="Q11" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="R11" t="s">
         <v>255</v>
       </c>
       <c r="S11" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="T11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U11" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="V11">
-        <v>561290</v>
+        <v>565291</v>
       </c>
       <c r="W11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X11">
-        <v>52.68</v>
+        <v>192.72</v>
       </c>
       <c r="Y11">
-        <v>967.95</v>
+        <v>965.05</v>
       </c>
       <c r="Z11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="AD11">
-        <v>152457065</v>
+        <v>137446936</v>
       </c>
       <c r="AE11" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="AF11">
-        <v>987198281</v>
+        <v>988251843</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
+        <v>254</v>
+      </c>
+      <c r="AM11"/>
+      <c r="AN11" t="s">
+        <v>253</v>
+      </c>
+      <c r="AO11">
+        <v>79.98</v>
+      </c>
+      <c r="AP11" t="s">
         <v>259</v>
       </c>
-      <c r="AM11" t="s">
-[...13 lines deleted...]
-      <c r="AS11"/>
+      <c r="AQ11" t="s">
+        <v>260</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>262</v>
+      </c>
       <c r="AT11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU11">
-        <v>523500016915</v>
+        <v>523500017612</v>
       </c>
       <c r="AV11" t="s">
         <v>74</v>
       </c>
       <c r="AW11">
-        <v>1010570</v>
+        <v>1010671</v>
       </c>
       <c r="AX11" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY11">
-        <v>991690673</v>
+        <v>993873534</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11" t="s">
         <v>85</v>
       </c>
       <c r="BB11" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="BC11" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="BD11" t="s">
+        <v>263</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>264</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>265</v>
+      </c>
+      <c r="BH11">
+        <v>19</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>190</v>
+      </c>
+      <c r="BJ11" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK11" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL11" t="s">
+        <v>266</v>
+      </c>
+      <c r="BM11" t="s">
         <v>267</v>
       </c>
-      <c r="BE11" t="s">
+      <c r="BN11" t="s">
         <v>268</v>
       </c>
-      <c r="BF11" t="s">
-[...2 lines deleted...]
-      <c r="BG11" t="s">
+      <c r="BO11">
+        <v>61</v>
+      </c>
+      <c r="BP11" t="s">
         <v>269</v>
       </c>
-      <c r="BH11">
-[...23 lines deleted...]
-      <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>50992</v>
+        <v>185984</v>
       </c>
       <c r="BS11" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
+        <v>270</v>
+      </c>
+      <c r="C12" t="s">
+        <v>271</v>
+      </c>
+      <c r="D12">
+        <v>563663</v>
+      </c>
+      <c r="E12">
+        <v>48.69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>272</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>273</v>
+      </c>
+      <c r="I12">
+        <v>25.99</v>
+      </c>
+      <c r="J12" t="s">
         <v>274</v>
       </c>
-      <c r="C12" t="s">
+      <c r="K12" t="s">
         <v>275</v>
       </c>
-      <c r="D12">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="L12">
+        <v>993189311</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
         <v>276</v>
       </c>
-      <c r="G12" t="s">
-[...2 lines deleted...]
-      <c r="H12" t="s">
+      <c r="O12">
+        <v>523500017353</v>
+      </c>
+      <c r="P12">
+        <v>135290971</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>270</v>
+      </c>
+      <c r="R12" t="s">
         <v>277</v>
       </c>
-      <c r="I12">
-[...26 lines deleted...]
-      </c>
       <c r="S12" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="T12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U12" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="V12">
-        <v>561006</v>
+        <v>563663</v>
       </c>
       <c r="W12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X12">
-        <v>157.02</v>
+        <v>48.69</v>
       </c>
       <c r="Y12">
-        <v>967.95</v>
+        <v>965.05</v>
       </c>
       <c r="Z12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="AD12">
-        <v>108099534</v>
+        <v>135290971</v>
       </c>
       <c r="AE12" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="AF12">
-        <v>998732900</v>
+        <v>956817559</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="AM12" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="AN12" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="AO12">
-        <v>85.89</v>
+        <v>25.99</v>
       </c>
       <c r="AP12" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="AQ12" t="s">
-        <v>128</v>
+        <v>260</v>
       </c>
       <c r="AR12" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
       <c r="AS12" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="AT12" t="s">
-        <v>287</v>
+        <v>78</v>
       </c>
       <c r="AU12">
-        <v>523500016813</v>
+        <v>523500017353</v>
       </c>
       <c r="AV12" t="s">
         <v>74</v>
       </c>
       <c r="AW12">
-        <v>1010558</v>
-[...2 lines deleted...]
-      <c r="AY12"/>
+        <v>1010638</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY12">
+        <v>993189311</v>
+      </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12" t="s">
         <v>85</v>
       </c>
       <c r="BB12" t="s">
+        <v>270</v>
+      </c>
+      <c r="BC12" t="s">
         <v>274</v>
       </c>
-      <c r="BC12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD12" t="s">
+        <v>283</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>284</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>285</v>
+      </c>
+      <c r="BH12">
+        <v>230</v>
+      </c>
+      <c r="BI12" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ12" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK12" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL12" t="s">
+        <v>286</v>
+      </c>
+      <c r="BM12" t="s">
+        <v>287</v>
+      </c>
+      <c r="BN12" t="s">
         <v>288</v>
       </c>
-      <c r="BE12" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BO12">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="BP12" t="s">
-        <v>138</v>
+        <v>269</v>
       </c>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>151988</v>
+        <v>46988</v>
       </c>
       <c r="BS12" t="s">
-        <v>293</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
+        <v>289</v>
+      </c>
+      <c r="C13" t="s">
+        <v>290</v>
+      </c>
+      <c r="D13">
+        <v>561290</v>
+      </c>
+      <c r="E13">
+        <v>52.68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>291</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>292</v>
+      </c>
+      <c r="I13">
+        <v>23.99</v>
+      </c>
+      <c r="J13" t="s">
+        <v>293</v>
+      </c>
+      <c r="K13" t="s">
         <v>294</v>
       </c>
-      <c r="C13" t="s">
+      <c r="L13">
+        <v>991690673</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
         <v>295</v>
       </c>
-      <c r="D13">
-[...5 lines deleted...]
-      <c r="F13" t="s">
+      <c r="O13">
+        <v>523500016915</v>
+      </c>
+      <c r="P13">
+        <v>152457065</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>289</v>
+      </c>
+      <c r="R13" t="s">
+        <v>289</v>
+      </c>
+      <c r="S13" t="s">
         <v>296</v>
       </c>
-      <c r="G13" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U13" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="V13">
-        <v>558879</v>
+        <v>561290</v>
       </c>
       <c r="W13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X13">
-        <v>151.22</v>
+        <v>52.68</v>
       </c>
       <c r="Y13">
-        <v>972</v>
+        <v>967.95</v>
       </c>
       <c r="Z13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="AD13">
-        <v>131923287</v>
+        <v>152457065</v>
       </c>
       <c r="AE13" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="AF13">
-        <v>61947403</v>
+        <v>987198281</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="AM13" t="s">
-        <v>304</v>
+        <v>82</v>
       </c>
       <c r="AN13" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="AO13">
-        <v>72.29</v>
+        <v>23.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>305</v>
-[...9 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="AQ13"/>
+      <c r="AR13"/>
+      <c r="AS13"/>
       <c r="AT13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU13">
-        <v>523500016429</v>
+        <v>523500016915</v>
       </c>
       <c r="AV13" t="s">
         <v>74</v>
       </c>
       <c r="AW13">
-        <v>1010492</v>
+        <v>1010570</v>
       </c>
       <c r="AX13" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY13">
-        <v>990106107</v>
+        <v>991690673</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
         <v>85</v>
       </c>
       <c r="BB13" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="BC13" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="BD13" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="BE13" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="BF13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG13" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="BH13">
-        <v>152</v>
+        <v>262</v>
       </c>
       <c r="BI13" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ13" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK13" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL13" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="BM13" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="BN13" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="BO13">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>146986</v>
+        <v>50992</v>
       </c>
       <c r="BS13" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="C14" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D14">
-        <v>556880</v>
+        <v>561006</v>
       </c>
       <c r="E14">
-        <v>160.48</v>
+        <v>157.02</v>
       </c>
       <c r="F14" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="I14">
-        <v>65.88</v>
+        <v>85.89</v>
       </c>
       <c r="J14" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="K14" t="s">
-        <v>73</v>
+        <v>199</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="O14">
-        <v>523500015881</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>523500016813</v>
+      </c>
+      <c r="P14">
+        <v>108099534</v>
       </c>
       <c r="Q14" t="s">
+        <v>308</v>
+      </c>
+      <c r="R14" t="s">
         <v>314</v>
       </c>
-      <c r="R14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="T14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U14" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="V14">
-        <v>556880</v>
+        <v>561006</v>
       </c>
       <c r="W14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X14">
-        <v>160.48</v>
+        <v>157.02</v>
       </c>
       <c r="Y14">
-        <v>972</v>
+        <v>967.95</v>
       </c>
       <c r="Z14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>310</v>
+      </c>
+      <c r="AD14">
+        <v>108099534</v>
       </c>
       <c r="AE14" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AF14">
-        <v>950714870</v>
+        <v>998732900</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
+        <v>317</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>312</v>
+      </c>
+      <c r="AM14" t="s">
         <v>82</v>
       </c>
-      <c r="AK14" t="s">
-[...2 lines deleted...]
-      <c r="AL14" t="s">
+      <c r="AN14" t="s">
+        <v>311</v>
+      </c>
+      <c r="AO14">
+        <v>85.89</v>
+      </c>
+      <c r="AP14" t="s">
         <v>318</v>
       </c>
-      <c r="AM14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AQ14" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR14" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>781534080984</v>
+        <v>319</v>
+      </c>
+      <c r="AS14" t="s">
+        <v>320</v>
       </c>
       <c r="AT14" t="s">
-        <v>79</v>
+        <v>321</v>
       </c>
       <c r="AU14">
-        <v>523500015881</v>
+        <v>523500016813</v>
       </c>
       <c r="AV14" t="s">
         <v>74</v>
       </c>
       <c r="AW14">
-        <v>1010399</v>
+        <v>1010558</v>
       </c>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14" t="s">
         <v>85</v>
       </c>
       <c r="BB14" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="BC14" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="BD14" t="s">
+        <v>322</v>
+      </c>
+      <c r="BE14" t="s">
+        <v>323</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH14">
+        <v>818</v>
+      </c>
+      <c r="BI14" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ14" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK14" t="s">
+        <v>145</v>
+      </c>
+      <c r="BL14" t="s">
+        <v>324</v>
+      </c>
+      <c r="BM14" t="s">
         <v>325</v>
       </c>
-      <c r="BE14" t="s">
+      <c r="BN14" t="s">
         <v>326</v>
       </c>
-      <c r="BF14" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO14">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="BP14" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>155987</v>
+        <v>151988</v>
       </c>
       <c r="BS14" t="s">
-        <v>115</v>
+        <v>327</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
+        <v>328</v>
+      </c>
+      <c r="C15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D15">
+        <v>558879</v>
+      </c>
+      <c r="E15">
+        <v>151.22</v>
+      </c>
+      <c r="F15" t="s">
         <v>330</v>
       </c>
-      <c r="C15" t="s">
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
         <v>331</v>
       </c>
-      <c r="D15">
-[...5 lines deleted...]
-      <c r="F15" t="s">
+      <c r="I15">
+        <v>72.29</v>
+      </c>
+      <c r="J15" t="s">
         <v>332</v>
       </c>
-      <c r="G15" t="s">
-[...2 lines deleted...]
-      <c r="H15" t="s">
+      <c r="K15" t="s">
+        <v>115</v>
+      </c>
+      <c r="L15">
+        <v>990106107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
         <v>333</v>
       </c>
-      <c r="I15">
-[...2 lines deleted...]
-      <c r="J15" t="s">
+      <c r="O15">
+        <v>523500016429</v>
+      </c>
+      <c r="P15">
+        <v>131923287</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>328</v>
+      </c>
+      <c r="R15" t="s">
         <v>334</v>
       </c>
-      <c r="K15" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="S15" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="T15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U15" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="V15">
-        <v>556556</v>
+        <v>558879</v>
       </c>
       <c r="W15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X15">
-        <v>160.48</v>
+        <v>151.22</v>
       </c>
       <c r="Y15">
         <v>972</v>
       </c>
       <c r="Z15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="AD15">
-        <v>237422368</v>
+        <v>131923287</v>
       </c>
       <c r="AE15" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="AF15">
-        <v>963941014</v>
+        <v>61947403</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
+        <v>337</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>332</v>
+      </c>
+      <c r="AM15" t="s">
         <v>338</v>
       </c>
-      <c r="AK15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AN15" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="AO15">
-        <v>70.99</v>
+        <v>72.29</v>
       </c>
       <c r="AP15" t="s">
         <v>339</v>
       </c>
       <c r="AQ15" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR15" t="s">
-        <v>129</v>
+        <v>340</v>
       </c>
       <c r="AS15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="AT15" t="s">
-        <v>341</v>
+        <v>78</v>
       </c>
       <c r="AU15">
-        <v>523500015878</v>
+        <v>523500016429</v>
       </c>
       <c r="AV15" t="s">
         <v>74</v>
       </c>
       <c r="AW15">
-        <v>1010399</v>
-[...2 lines deleted...]
-      <c r="AY15"/>
+        <v>1010492</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY15">
+        <v>990106107</v>
+      </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15" t="s">
         <v>85</v>
       </c>
       <c r="BB15" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="BC15" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="BD15" t="s">
         <v>342</v>
       </c>
       <c r="BE15" t="s">
-        <v>326</v>
+        <v>343</v>
       </c>
       <c r="BF15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG15" t="s">
-        <v>79</v>
+        <v>344</v>
       </c>
       <c r="BH15">
-        <v>861</v>
+        <v>152</v>
       </c>
       <c r="BI15" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="BJ15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK15" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL15" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="BM15" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="BN15" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="BO15">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="BP15" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>155987</v>
+        <v>146986</v>
       </c>
       <c r="BS15" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C16" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D16">
-        <v>555231</v>
+        <v>556880</v>
       </c>
       <c r="E16">
-        <v>54.52</v>
+        <v>160.48</v>
       </c>
       <c r="F16" t="s">
+        <v>350</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>351</v>
+      </c>
+      <c r="I16">
+        <v>65.88</v>
+      </c>
+      <c r="J16" t="s">
+        <v>352</v>
+      </c>
+      <c r="K16" t="s">
+        <v>115</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
+        <v>353</v>
+      </c>
+      <c r="O16">
+        <v>523500015881</v>
+      </c>
+      <c r="P16" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q16" t="s">
         <v>348</v>
       </c>
-      <c r="G16" t="s">
-[...2 lines deleted...]
-      <c r="H16" t="s">
+      <c r="R16" t="s">
+        <v>355</v>
+      </c>
+      <c r="S16" t="s">
+        <v>355</v>
+      </c>
+      <c r="T16" t="s">
+        <v>77</v>
+      </c>
+      <c r="U16" t="s">
         <v>349</v>
       </c>
-      <c r="I16">
-[...37 lines deleted...]
-      </c>
       <c r="V16">
-        <v>555231</v>
+        <v>556880</v>
       </c>
       <c r="W16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X16">
-        <v>54.52</v>
+        <v>160.48</v>
       </c>
       <c r="Y16">
         <v>972</v>
       </c>
       <c r="Z16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>169818320</v>
+        <v>350</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>354</v>
       </c>
       <c r="AE16" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="AF16">
-        <v>990046031</v>
+        <v>950714870</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>356</v>
+        <v>121</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="AM16" t="s">
-        <v>105</v>
+        <v>184</v>
       </c>
       <c r="AN16" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="AO16">
-        <v>23.99</v>
+        <v>65.88</v>
       </c>
       <c r="AP16" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="AQ16" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR16" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>186</v>
+      </c>
+      <c r="AS16">
+        <v>781534080984</v>
       </c>
       <c r="AT16" t="s">
-        <v>359</v>
+        <v>78</v>
       </c>
       <c r="AU16">
-        <v>523500015543</v>
+        <v>523500015881</v>
       </c>
       <c r="AV16" t="s">
         <v>74</v>
       </c>
       <c r="AW16">
-        <v>1010346</v>
-[...6 lines deleted...]
-      </c>
+        <v>1010399</v>
+      </c>
+      <c r="AX16"/>
+      <c r="AY16"/>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16" t="s">
         <v>85</v>
       </c>
       <c r="BB16" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="BC16" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="BD16" t="s">
+        <v>359</v>
+      </c>
+      <c r="BE16" t="s">
         <v>360</v>
       </c>
-      <c r="BE16" t="s">
+      <c r="BF16" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH16">
+        <v>901</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>190</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>304</v>
+      </c>
+      <c r="BL16" t="s">
         <v>361</v>
       </c>
-      <c r="BF16" t="s">
-[...2 lines deleted...]
-      <c r="BG16" t="s">
+      <c r="BM16" t="s">
         <v>362</v>
       </c>
-      <c r="BH16">
-[...14 lines deleted...]
-      <c r="BM16" t="s">
+      <c r="BN16" t="s">
         <v>363</v>
       </c>
-      <c r="BN16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO16">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="BP16" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>52993</v>
+        <v>155987</v>
       </c>
       <c r="BS16" t="s">
-        <v>365</v>
+        <v>149</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>364</v>
+      </c>
+      <c r="C17" t="s">
+        <v>365</v>
+      </c>
+      <c r="D17">
+        <v>556556</v>
+      </c>
+      <c r="E17">
+        <v>160.48</v>
+      </c>
+      <c r="F17" t="s">
         <v>366</v>
       </c>
-      <c r="C17" t="s">
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
         <v>367</v>
       </c>
-      <c r="D17">
-[...5 lines deleted...]
-      <c r="F17" t="s">
+      <c r="I17">
+        <v>70.99</v>
+      </c>
+      <c r="J17" t="s">
         <v>368</v>
       </c>
-      <c r="G17" t="s">
-[...2 lines deleted...]
-      <c r="H17" t="s">
+      <c r="K17" t="s">
+        <v>275</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>353</v>
+      </c>
+      <c r="O17">
+        <v>523500015878</v>
+      </c>
+      <c r="P17">
+        <v>237422368</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>364</v>
+      </c>
+      <c r="R17" t="s">
+        <v>364</v>
+      </c>
+      <c r="S17" t="s">
         <v>369</v>
       </c>
-      <c r="I17">
-[...31 lines deleted...]
-      </c>
       <c r="T17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U17" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="V17">
-        <v>554969</v>
+        <v>556556</v>
       </c>
       <c r="W17" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X17">
-        <v>85.38</v>
+        <v>160.48</v>
       </c>
       <c r="Y17">
         <v>972</v>
       </c>
       <c r="Z17" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="AD17">
-        <v>151066631</v>
+        <v>237422368</v>
       </c>
       <c r="AE17" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="AF17">
-        <v>977919064</v>
+        <v>963941014</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
+        <v>372</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>368</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>367</v>
+      </c>
+      <c r="AO17">
+        <v>70.99</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>373</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>163</v>
+      </c>
+      <c r="AS17" t="s">
         <v>374</v>
       </c>
-      <c r="AK17" t="s">
-[...14 lines deleted...]
-      <c r="AP17" t="s">
+      <c r="AT17" t="s">
         <v>375</v>
       </c>
-      <c r="AQ17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AU17">
-        <v>523500015479</v>
+        <v>523500015878</v>
       </c>
       <c r="AV17" t="s">
         <v>74</v>
       </c>
       <c r="AW17">
-        <v>1010342</v>
-[...6 lines deleted...]
-      </c>
+        <v>1010399</v>
+      </c>
+      <c r="AX17"/>
+      <c r="AY17"/>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17" t="s">
         <v>85</v>
       </c>
       <c r="BB17" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="BC17" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="BD17" t="s">
         <v>376</v>
       </c>
       <c r="BE17" t="s">
+        <v>360</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH17">
+        <v>907</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ17" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK17" t="s">
+        <v>304</v>
+      </c>
+      <c r="BL17" t="s">
         <v>377</v>
-      </c>
-[...19 lines deleted...]
-        <v>232</v>
       </c>
       <c r="BM17" t="s">
         <v>378</v>
       </c>
       <c r="BN17" t="s">
         <v>379</v>
       </c>
       <c r="BO17">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="BP17" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>82989</v>
+        <v>155987</v>
       </c>
       <c r="BS17" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
         <v>380</v>
       </c>
       <c r="C18" t="s">
         <v>381</v>
       </c>
       <c r="D18">
-        <v>554018</v>
+        <v>555231</v>
       </c>
       <c r="E18">
-        <v>125.5</v>
+        <v>54.52</v>
       </c>
       <c r="F18" t="s">
         <v>382</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
         <v>383</v>
       </c>
       <c r="I18">
-        <v>59.5</v>
+        <v>23.99</v>
       </c>
       <c r="J18" t="s">
         <v>384</v>
       </c>
       <c r="K18" t="s">
-        <v>73</v>
+        <v>385</v>
       </c>
       <c r="L18">
-        <v>986230499</v>
+        <v>986914824</v>
       </c>
       <c r="M18" t="s">
         <v>74</v>
       </c>
       <c r="N18" t="s">
-        <v>202</v>
+        <v>386</v>
       </c>
       <c r="O18">
-        <v>523500015279</v>
+        <v>523500015543</v>
       </c>
       <c r="P18">
-        <v>212614645</v>
+        <v>169818320</v>
       </c>
       <c r="Q18" t="s">
         <v>380</v>
       </c>
       <c r="R18" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="S18" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="T18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U18" t="s">
         <v>381</v>
       </c>
       <c r="V18">
-        <v>554018</v>
+        <v>555231</v>
       </c>
       <c r="W18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X18">
-        <v>125.5</v>
+        <v>54.52</v>
       </c>
       <c r="Y18">
         <v>972</v>
       </c>
       <c r="Z18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
         <v>382</v>
       </c>
       <c r="AD18">
-        <v>212614645</v>
+        <v>169818320</v>
       </c>
       <c r="AE18" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="AF18">
-        <v>966194228</v>
+        <v>990046031</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
         <v>384</v>
       </c>
       <c r="AM18" t="s">
-        <v>150</v>
+        <v>82</v>
       </c>
       <c r="AN18" t="s">
         <v>383</v>
       </c>
       <c r="AO18">
-        <v>59.5</v>
+        <v>23.99</v>
       </c>
       <c r="AP18" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="AQ18" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR18" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>398936918488</v>
+        <v>163</v>
+      </c>
+      <c r="AS18" t="s">
+        <v>392</v>
       </c>
       <c r="AT18" t="s">
-        <v>79</v>
+        <v>393</v>
       </c>
       <c r="AU18">
-        <v>523500015279</v>
+        <v>523500015543</v>
       </c>
       <c r="AV18" t="s">
         <v>74</v>
       </c>
       <c r="AW18">
-        <v>0</v>
+        <v>1010346</v>
       </c>
       <c r="AX18" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY18">
-        <v>986230499</v>
+        <v>986914824</v>
       </c>
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
       <c r="BA18" t="s">
         <v>85</v>
       </c>
       <c r="BB18" t="s">
         <v>380</v>
       </c>
       <c r="BC18" t="s">
         <v>384</v>
       </c>
       <c r="BD18" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="BE18" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="BF18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG18" t="s">
-        <v>212</v>
+        <v>396</v>
       </c>
       <c r="BH18">
-        <v>759</v>
+        <v>223</v>
       </c>
       <c r="BI18" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ18" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK18" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL18" t="s">
-        <v>232</v>
+        <v>286</v>
       </c>
       <c r="BM18" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="BN18" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="BO18">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="BP18" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>121986</v>
+        <v>52993</v>
       </c>
       <c r="BS18" t="s">
-        <v>115</v>
+        <v>399</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C19" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="D19">
-        <v>552249</v>
+        <v>554969</v>
       </c>
       <c r="E19">
-        <v>165.63</v>
+        <v>85.38</v>
       </c>
       <c r="F19" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="I19">
-        <v>57.99</v>
+        <v>37.44</v>
       </c>
       <c r="J19" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="K19" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="L19"/>
+        <v>115</v>
+      </c>
+      <c r="L19">
+        <v>986839777</v>
+      </c>
       <c r="M19" t="s">
         <v>74</v>
       </c>
       <c r="N19" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="O19">
-        <v>523500014888</v>
+        <v>523500015479</v>
       </c>
       <c r="P19">
-        <v>117046451</v>
+        <v>151066631</v>
       </c>
       <c r="Q19" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="R19" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="S19" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="T19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U19" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="V19">
-        <v>552249</v>
+        <v>554969</v>
       </c>
       <c r="W19" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X19">
-        <v>165.63</v>
+        <v>85.38</v>
       </c>
       <c r="Y19">
         <v>972</v>
       </c>
       <c r="Z19" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="AD19">
-        <v>117046451</v>
+        <v>151066631</v>
       </c>
       <c r="AE19" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="AF19">
-        <v>941394938</v>
+        <v>977919064</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
+        <v>408</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>404</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>184</v>
+      </c>
+      <c r="AN19" t="s">
         <v>403</v>
       </c>
-      <c r="AK19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AO19">
-        <v>57.99</v>
+        <v>37.44</v>
       </c>
       <c r="AP19" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="AQ19" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR19" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>186</v>
+      </c>
+      <c r="AS19">
+        <v>780044710820</v>
       </c>
       <c r="AT19" t="s">
-        <v>406</v>
+        <v>78</v>
       </c>
       <c r="AU19">
-        <v>523500014888</v>
+        <v>523500015479</v>
       </c>
       <c r="AV19" t="s">
         <v>74</v>
       </c>
       <c r="AW19">
-        <v>1010249</v>
-[...2 lines deleted...]
-      <c r="AY19"/>
+        <v>1010342</v>
+      </c>
+      <c r="AX19" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY19">
+        <v>986839777</v>
+      </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19" t="s">
         <v>85</v>
       </c>
       <c r="BB19" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="BC19" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="BD19" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="BE19" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="BF19" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG19" t="s">
-        <v>79</v>
+        <v>344</v>
       </c>
       <c r="BH19">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="BI19" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="BJ19" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK19" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL19" t="s">
-        <v>409</v>
+        <v>266</v>
       </c>
       <c r="BM19" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="BN19" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="BO19">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="BP19" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>160992</v>
+        <v>82989</v>
       </c>
       <c r="BS19" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C20" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D20">
-        <v>544896</v>
+        <v>554018</v>
       </c>
       <c r="E20">
-        <v>48.34</v>
+        <v>125.5</v>
       </c>
       <c r="F20" t="s">
+        <v>416</v>
+      </c>
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20" t="s">
+        <v>417</v>
+      </c>
+      <c r="I20">
+        <v>59.5</v>
+      </c>
+      <c r="J20" t="s">
+        <v>418</v>
+      </c>
+      <c r="K20" t="s">
+        <v>115</v>
+      </c>
+      <c r="L20">
+        <v>986230499</v>
+      </c>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20" t="s">
+        <v>236</v>
+      </c>
+      <c r="O20">
+        <v>523500015279</v>
+      </c>
+      <c r="P20">
+        <v>212614645</v>
+      </c>
+      <c r="Q20" t="s">
         <v>414</v>
       </c>
-      <c r="G20" t="s">
-[...2 lines deleted...]
-      <c r="H20" t="s">
+      <c r="R20" t="s">
+        <v>419</v>
+      </c>
+      <c r="S20" t="s">
+        <v>419</v>
+      </c>
+      <c r="T20" t="s">
+        <v>77</v>
+      </c>
+      <c r="U20" t="s">
         <v>415</v>
       </c>
-      <c r="I20">
-[...37 lines deleted...]
-      </c>
       <c r="V20">
-        <v>544896</v>
+        <v>554018</v>
       </c>
       <c r="W20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X20">
-        <v>48.34</v>
+        <v>125.5</v>
       </c>
       <c r="Y20">
         <v>972</v>
       </c>
       <c r="Z20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="AD20">
-        <v>101087182</v>
+        <v>212614645</v>
       </c>
       <c r="AE20" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="AF20">
-        <v>56967028</v>
+        <v>966194228</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="AM20"/>
+        <v>418</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>184</v>
+      </c>
       <c r="AN20" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="AO20">
-        <v>19.99</v>
+        <v>59.5</v>
       </c>
       <c r="AP20" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="AQ20" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR20" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>186</v>
+      </c>
+      <c r="AS20">
+        <v>398936918488</v>
       </c>
       <c r="AT20" t="s">
-        <v>423</v>
+        <v>78</v>
       </c>
       <c r="AU20">
-        <v>523500013581</v>
+        <v>523500015279</v>
       </c>
       <c r="AV20" t="s">
         <v>74</v>
       </c>
       <c r="AW20">
-        <v>1009995</v>
+        <v>0</v>
       </c>
       <c r="AX20" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY20">
-        <v>979326234</v>
+        <v>986230499</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20" t="s">
         <v>85</v>
       </c>
       <c r="BB20" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="BC20" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="BD20" t="s">
         <v>424</v>
       </c>
       <c r="BE20" t="s">
         <v>425</v>
       </c>
       <c r="BF20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG20" t="s">
+        <v>246</v>
+      </c>
+      <c r="BH20">
+        <v>759</v>
+      </c>
+      <c r="BI20" t="s">
+        <v>190</v>
+      </c>
+      <c r="BJ20" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK20" t="s">
+        <v>304</v>
+      </c>
+      <c r="BL20" t="s">
+        <v>266</v>
+      </c>
+      <c r="BM20" t="s">
         <v>426</v>
       </c>
-      <c r="BH20">
-[...14 lines deleted...]
-      <c r="BM20" t="s">
+      <c r="BN20" t="s">
         <v>427</v>
       </c>
-      <c r="BN20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO20">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="BP20" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>46986</v>
+        <v>121986</v>
       </c>
       <c r="BS20" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
+        <v>428</v>
+      </c>
+      <c r="C21" t="s">
         <v>429</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>552249</v>
+      </c>
+      <c r="E21">
+        <v>165.63</v>
+      </c>
+      <c r="F21" t="s">
         <v>430</v>
       </c>
-      <c r="D21">
-[...5 lines deleted...]
-      <c r="F21" t="s">
+      <c r="G21" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21" t="s">
         <v>431</v>
       </c>
-      <c r="G21" t="s">
-[...2 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21">
+        <v>57.99</v>
+      </c>
+      <c r="J21" t="s">
         <v>432</v>
       </c>
-      <c r="I21">
-[...2 lines deleted...]
-      <c r="J21" t="s">
+      <c r="K21" t="s">
+        <v>275</v>
+      </c>
+      <c r="L21">
+        <v>984413389</v>
+      </c>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
         <v>433</v>
       </c>
-      <c r="K21" t="s">
-[...6 lines deleted...]
-      <c r="N21" t="s">
+      <c r="O21">
+        <v>523500014888</v>
+      </c>
+      <c r="P21">
+        <v>117046451</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>428</v>
+      </c>
+      <c r="R21" t="s">
         <v>434</v>
       </c>
-      <c r="O21">
-[...5 lines deleted...]
-      <c r="Q21" t="s">
+      <c r="S21" t="s">
+        <v>434</v>
+      </c>
+      <c r="T21" t="s">
+        <v>77</v>
+      </c>
+      <c r="U21" t="s">
         <v>429</v>
       </c>
-      <c r="R21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V21">
-        <v>544572</v>
+        <v>552249</v>
       </c>
       <c r="W21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X21">
-        <v>25.71</v>
+        <v>165.63</v>
       </c>
       <c r="Y21">
         <v>972</v>
       </c>
       <c r="Z21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="AD21">
-        <v>122619168</v>
+        <v>117046451</v>
       </c>
       <c r="AE21" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="AF21">
-        <v>948529676</v>
+        <v>941394938</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
+        <v>437</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>432</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AO21">
+        <v>57.99</v>
+      </c>
+      <c r="AP21" t="s">
         <v>438</v>
       </c>
-      <c r="AK21" t="s">
-[...12 lines deleted...]
-      <c r="AP21" t="s">
+      <c r="AQ21" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>163</v>
+      </c>
+      <c r="AS21" t="s">
         <v>439</v>
       </c>
-      <c r="AQ21" t="s">
-[...5 lines deleted...]
-      <c r="AS21" t="s">
+      <c r="AT21" t="s">
         <v>440</v>
       </c>
-      <c r="AT21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU21">
-        <v>523500013438</v>
+        <v>523500014888</v>
       </c>
       <c r="AV21" t="s">
         <v>74</v>
       </c>
       <c r="AW21">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY21"/>
+        <v>1010249</v>
+      </c>
+      <c r="AX21" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY21">
+        <v>984413389</v>
+      </c>
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21" t="s">
         <v>85</v>
       </c>
       <c r="BB21" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="BC21" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="BD21" t="s">
+        <v>441</v>
+      </c>
+      <c r="BE21" t="s">
         <v>442</v>
       </c>
-      <c r="BE21" t="s">
+      <c r="BF21" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG21" t="s">
         <v>443</v>
       </c>
-      <c r="BF21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH21">
-        <v>1079</v>
+        <v>22</v>
       </c>
       <c r="BI21" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK21" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL21" t="s">
-        <v>232</v>
+        <v>444</v>
       </c>
       <c r="BM21" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="BN21" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="BO21">
-        <v>2</v>
+        <v>56</v>
       </c>
       <c r="BP21" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>24990</v>
+        <v>160992</v>
       </c>
       <c r="BS21" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
+        <v>448</v>
+      </c>
+      <c r="D22">
+        <v>544896</v>
+      </c>
+      <c r="E22">
+        <v>48.34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>449</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22" t="s">
+        <v>450</v>
+      </c>
+      <c r="I22">
+        <v>19.99</v>
+      </c>
+      <c r="J22" t="s">
+        <v>451</v>
+      </c>
+      <c r="K22" t="s">
+        <v>199</v>
+      </c>
+      <c r="L22">
+        <v>979326234</v>
+      </c>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
+        <v>433</v>
+      </c>
+      <c r="O22">
+        <v>523500013581</v>
+      </c>
+      <c r="P22">
+        <v>101087182</v>
+      </c>
+      <c r="Q22" t="s">
         <v>447</v>
       </c>
-      <c r="D22">
-[...5 lines deleted...]
-      <c r="F22" t="s">
+      <c r="R22" t="s">
+        <v>452</v>
+      </c>
+      <c r="S22" t="s">
+        <v>452</v>
+      </c>
+      <c r="T22" t="s">
+        <v>77</v>
+      </c>
+      <c r="U22" t="s">
         <v>448</v>
       </c>
-      <c r="G22" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="V22">
-        <v>542973</v>
+        <v>544896</v>
       </c>
       <c r="W22" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X22">
-        <v>60.69</v>
+        <v>48.34</v>
       </c>
       <c r="Y22">
         <v>972</v>
       </c>
       <c r="Z22" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="AD22">
-        <v>144616200</v>
+        <v>101087182</v>
       </c>
       <c r="AE22" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="AF22">
-        <v>962367289</v>
+        <v>56967028</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>283</v>
+        <v>455</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="AM22"/>
       <c r="AN22" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="AO22">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
       <c r="AP22" t="s">
-        <v>357</v>
+        <v>456</v>
       </c>
       <c r="AQ22" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR22" t="s">
-        <v>285</v>
+        <v>163</v>
       </c>
       <c r="AS22" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="AT22" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="AU22">
-        <v>523500013314</v>
+        <v>523500013581</v>
       </c>
       <c r="AV22" t="s">
         <v>74</v>
       </c>
       <c r="AW22">
-        <v>0</v>
+        <v>1009995</v>
       </c>
       <c r="AX22" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY22">
-        <v>978617513</v>
+        <v>979326234</v>
       </c>
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22" t="s">
         <v>85</v>
       </c>
       <c r="BB22" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="BC22" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="BD22" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="BE22" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="BF22" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG22" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="BH22">
-        <v>186</v>
+        <v>33</v>
       </c>
       <c r="BI22" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK22" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL22" t="s">
-        <v>232</v>
+        <v>266</v>
       </c>
       <c r="BM22" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="BN22" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="BO22">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="BP22" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>58991</v>
+        <v>46986</v>
       </c>
       <c r="BS22" t="s">
-        <v>115</v>
+        <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C23" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="D23">
-        <v>542760</v>
+        <v>544572</v>
       </c>
       <c r="E23">
-        <v>159.45</v>
+        <v>25.71</v>
       </c>
       <c r="F23" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
+        <v>467</v>
+      </c>
+      <c r="I23">
+        <v>8.39</v>
+      </c>
+      <c r="J23" t="s">
+        <v>468</v>
+      </c>
+      <c r="K23" t="s">
+        <v>199</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>469</v>
+      </c>
+      <c r="O23">
+        <v>523500013438</v>
+      </c>
+      <c r="P23">
+        <v>122619168</v>
+      </c>
+      <c r="Q23" t="s">
         <v>464</v>
       </c>
-      <c r="I23">
-[...2 lines deleted...]
-      <c r="J23" t="s">
+      <c r="R23" t="s">
+        <v>470</v>
+      </c>
+      <c r="S23" t="s">
+        <v>470</v>
+      </c>
+      <c r="T23" t="s">
+        <v>77</v>
+      </c>
+      <c r="U23" t="s">
         <v>465</v>
       </c>
-      <c r="K23" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="V23">
-        <v>542760</v>
+        <v>544572</v>
       </c>
       <c r="W23" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X23">
-        <v>159.45</v>
+        <v>25.71</v>
       </c>
       <c r="Y23">
         <v>972</v>
       </c>
       <c r="Z23" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="AD23">
-        <v>174033870</v>
+        <v>122619168</v>
       </c>
       <c r="AE23" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="AF23">
-        <v>985016106</v>
+        <v>948529676</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>438</v>
+        <v>473</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="AM23"/>
       <c r="AN23" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="AO23">
-        <v>69.99</v>
+        <v>8.39</v>
       </c>
       <c r="AP23" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="AQ23" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR23" t="s">
-        <v>129</v>
+        <v>319</v>
       </c>
       <c r="AS23" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="AT23" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="AU23">
-        <v>523500013175</v>
+        <v>523500013438</v>
       </c>
       <c r="AV23" t="s">
         <v>74</v>
       </c>
       <c r="AW23">
-        <v>1009965</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="AX23"/>
+      <c r="AY23"/>
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
         <v>85</v>
       </c>
       <c r="BB23" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="BC23" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="BD23" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="BE23" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="BF23" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG23" t="s">
-        <v>474</v>
+        <v>78</v>
       </c>
       <c r="BH23">
-        <v>41</v>
+        <v>1125</v>
       </c>
       <c r="BI23" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ23" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK23" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL23" t="s">
-        <v>232</v>
+        <v>266</v>
       </c>
       <c r="BM23" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="BN23" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="BO23">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="BP23" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>154985</v>
+        <v>24990</v>
       </c>
       <c r="BS23" t="s">
-        <v>365</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C24" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="D24">
-        <v>541347</v>
+        <v>542973</v>
       </c>
       <c r="E24">
-        <v>59.66</v>
+        <v>60.69</v>
       </c>
       <c r="F24" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="I24">
         <v>23.99</v>
       </c>
       <c r="J24" t="s">
+        <v>485</v>
+      </c>
+      <c r="K24" t="s">
+        <v>199</v>
+      </c>
+      <c r="L24">
+        <v>978617513</v>
+      </c>
+      <c r="M24" t="s">
+        <v>74</v>
+      </c>
+      <c r="N24" t="s">
+        <v>469</v>
+      </c>
+      <c r="O24">
+        <v>523500013314</v>
+      </c>
+      <c r="P24">
+        <v>144616200</v>
+      </c>
+      <c r="Q24" t="s">
         <v>481</v>
       </c>
-      <c r="K24" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="R24" t="s">
+        <v>486</v>
+      </c>
+      <c r="S24" t="s">
+        <v>486</v>
+      </c>
+      <c r="T24" t="s">
+        <v>77</v>
+      </c>
+      <c r="U24" t="s">
         <v>482</v>
       </c>
-      <c r="S24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V24">
-        <v>541347</v>
+        <v>542973</v>
       </c>
       <c r="W24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X24">
-        <v>59.66</v>
+        <v>60.69</v>
       </c>
       <c r="Y24">
         <v>972</v>
       </c>
       <c r="Z24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="AD24">
-        <v>142059851</v>
+        <v>144616200</v>
       </c>
       <c r="AE24" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="AF24">
-        <v>989247317</v>
+        <v>962367289</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>265</v>
+        <v>317</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="AM24"/>
       <c r="AN24" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="AO24">
         <v>23.99</v>
       </c>
       <c r="AP24" t="s">
-        <v>357</v>
+        <v>391</v>
       </c>
       <c r="AQ24" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR24" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS24" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="AT24" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="AU24">
-        <v>523500012851</v>
+        <v>523500013314</v>
       </c>
       <c r="AV24" t="s">
         <v>74</v>
       </c>
       <c r="AW24">
         <v>0</v>
       </c>
-      <c r="AX24"/>
-      <c r="AY24"/>
+      <c r="AX24" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY24">
+        <v>978617513</v>
+      </c>
       <c r="AZ24" t="s">
         <v>74</v>
       </c>
       <c r="BA24" t="s">
         <v>85</v>
       </c>
       <c r="BB24" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="BC24" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="BD24" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="BE24" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="BF24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG24" t="s">
-        <v>79</v>
+        <v>493</v>
       </c>
       <c r="BH24">
-        <v>1113</v>
+        <v>186</v>
       </c>
       <c r="BI24" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ24" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK24" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL24" t="s">
-        <v>232</v>
+        <v>266</v>
       </c>
       <c r="BM24" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="BN24" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="BO24">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="BP24" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>57990</v>
+        <v>58991</v>
       </c>
       <c r="BS24" t="s">
-        <v>491</v>
+        <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C25" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="D25">
-        <v>539692</v>
+        <v>542760</v>
       </c>
       <c r="E25">
-        <v>144.02</v>
+        <v>159.45</v>
       </c>
       <c r="F25" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="I25">
-        <v>72</v>
+        <v>69.99</v>
       </c>
       <c r="J25" t="s">
+        <v>500</v>
+      </c>
+      <c r="K25" t="s">
+        <v>199</v>
+      </c>
+      <c r="L25">
+        <v>978512382</v>
+      </c>
+      <c r="M25" t="s">
+        <v>74</v>
+      </c>
+      <c r="N25" t="s">
+        <v>433</v>
+      </c>
+      <c r="O25">
+        <v>523500013175</v>
+      </c>
+      <c r="P25">
+        <v>174033870</v>
+      </c>
+      <c r="Q25" t="s">
         <v>496</v>
       </c>
-      <c r="K25" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R25" t="s">
+        <v>501</v>
+      </c>
+      <c r="S25" t="s">
+        <v>501</v>
+      </c>
+      <c r="T25" t="s">
+        <v>77</v>
+      </c>
+      <c r="U25" t="s">
         <v>497</v>
       </c>
-      <c r="S25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V25">
-        <v>539692</v>
+        <v>542760</v>
       </c>
       <c r="W25" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X25">
-        <v>144.02</v>
+        <v>159.45</v>
       </c>
       <c r="Y25">
         <v>972</v>
       </c>
       <c r="Z25" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="AD25">
-        <v>190769275</v>
+        <v>174033870</v>
       </c>
       <c r="AE25" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="AF25">
-        <v>965700147</v>
+        <v>985016106</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
+        <v>473</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL25" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>496</v>
       </c>
       <c r="AM25"/>
       <c r="AN25" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="AO25">
-        <v>72</v>
+        <v>69.99</v>
       </c>
       <c r="AP25" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="AQ25" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR25" t="s">
-        <v>285</v>
+        <v>163</v>
       </c>
       <c r="AS25" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="AT25" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="AU25">
-        <v>523500012516</v>
+        <v>523500013175</v>
       </c>
       <c r="AV25" t="s">
         <v>74</v>
       </c>
       <c r="AW25">
-        <v>1009849</v>
+        <v>1009965</v>
       </c>
       <c r="AX25" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY25">
-        <v>976062427</v>
+        <v>978512382</v>
       </c>
       <c r="AZ25" t="s">
         <v>74</v>
       </c>
       <c r="BA25" t="s">
         <v>85</v>
       </c>
       <c r="BB25" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="BC25" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="BD25" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="BE25" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="BF25" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG25" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="BH25">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="BI25" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ25" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK25" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="BL25" t="s">
-        <v>232</v>
+        <v>266</v>
       </c>
       <c r="BM25" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="BN25" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="BO25">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="BP25" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>139987</v>
+        <v>154985</v>
       </c>
       <c r="BS25" t="s">
-        <v>139</v>
+        <v>399</v>
       </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C26" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D26">
-        <v>525990</v>
+        <v>541347</v>
       </c>
       <c r="E26">
-        <v>37.49</v>
+        <v>59.66</v>
       </c>
       <c r="F26" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
+        <v>515</v>
+      </c>
+      <c r="I26">
+        <v>23.99</v>
+      </c>
+      <c r="J26" t="s">
+        <v>516</v>
+      </c>
+      <c r="K26" t="s">
+        <v>199</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>74</v>
+      </c>
+      <c r="N26" t="s">
+        <v>469</v>
+      </c>
+      <c r="O26">
+        <v>523500012851</v>
+      </c>
+      <c r="P26">
+        <v>142059851</v>
+      </c>
+      <c r="Q26" t="s">
         <v>512</v>
       </c>
-      <c r="I26">
-[...2 lines deleted...]
-      <c r="J26" t="s">
+      <c r="R26" t="s">
+        <v>517</v>
+      </c>
+      <c r="S26" t="s">
+        <v>517</v>
+      </c>
+      <c r="T26" t="s">
+        <v>77</v>
+      </c>
+      <c r="U26" t="s">
         <v>513</v>
       </c>
-      <c r="K26" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="V26">
-        <v>525990</v>
+        <v>541347</v>
       </c>
       <c r="W26" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X26">
-        <v>37.49</v>
+        <v>59.66</v>
       </c>
       <c r="Y26">
-        <v>880</v>
+        <v>972</v>
       </c>
       <c r="Z26" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="AD26">
-        <v>163646242</v>
+        <v>142059851</v>
       </c>
       <c r="AE26" t="s">
-        <v>79</v>
+        <v>518</v>
       </c>
       <c r="AF26">
-        <v>81391614</v>
+        <v>989247317</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="AM26"/>
       <c r="AN26" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="AO26">
-        <v>25.46</v>
+        <v>23.99</v>
       </c>
       <c r="AP26" t="s">
-        <v>518</v>
+        <v>391</v>
       </c>
       <c r="AQ26" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR26" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS26" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="AT26" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="AU26">
-        <v>523500009823</v>
+        <v>523500012851</v>
       </c>
       <c r="AV26" t="s">
         <v>74</v>
       </c>
       <c r="AW26">
-        <v>1009385</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="AX26"/>
+      <c r="AY26"/>
       <c r="AZ26" t="s">
         <v>74</v>
       </c>
       <c r="BA26" t="s">
         <v>85</v>
       </c>
       <c r="BB26" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="BC26" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="BD26" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="BE26" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="BF26" t="s">
-        <v>523</v>
+        <v>78</v>
       </c>
       <c r="BG26" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH26">
-        <v>1401</v>
+        <v>1159</v>
       </c>
       <c r="BI26" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="BJ26" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK26" t="s">
-        <v>111</v>
+        <v>304</v>
       </c>
       <c r="BL26" t="s">
-        <v>232</v>
+        <v>266</v>
       </c>
       <c r="BM26" t="s">
         <v>524</v>
       </c>
       <c r="BN26" t="s">
-        <v>79</v>
+        <v>525</v>
       </c>
       <c r="BO26">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BP26" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>32991</v>
+        <v>57990</v>
       </c>
       <c r="BS26" t="s">
-        <v>365</v>
+        <v>526</v>
       </c>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C27" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D27">
-        <v>523525</v>
+        <v>539692</v>
       </c>
       <c r="E27">
-        <v>29.99</v>
+        <v>144.02</v>
       </c>
       <c r="F27" t="s">
+        <v>529</v>
+      </c>
+      <c r="G27" t="s">
+        <v>70</v>
+      </c>
+      <c r="H27" t="s">
+        <v>530</v>
+      </c>
+      <c r="I27">
+        <v>72</v>
+      </c>
+      <c r="J27" t="s">
+        <v>531</v>
+      </c>
+      <c r="K27" t="s">
+        <v>199</v>
+      </c>
+      <c r="L27">
+        <v>976062427</v>
+      </c>
+      <c r="M27" t="s">
+        <v>74</v>
+      </c>
+      <c r="N27" t="s">
+        <v>386</v>
+      </c>
+      <c r="O27">
+        <v>523500012516</v>
+      </c>
+      <c r="P27">
+        <v>190769275</v>
+      </c>
+      <c r="Q27" t="s">
         <v>527</v>
       </c>
-      <c r="G27" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="R27" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="S27" t="s">
         <v>532</v>
       </c>
       <c r="T27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U27" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="V27">
-        <v>523525</v>
+        <v>539692</v>
       </c>
       <c r="W27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X27">
-        <v>29.99</v>
+        <v>144.02</v>
       </c>
       <c r="Y27">
-        <v>800</v>
+        <v>972</v>
       </c>
       <c r="Z27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>70</v>
       </c>
       <c r="AC27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="AD27">
-        <v>180157891</v>
+        <v>190769275</v>
       </c>
       <c r="AE27" t="s">
         <v>533</v>
       </c>
       <c r="AF27">
-        <v>77849684</v>
+        <v>965700147</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
         <v>534</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
         <v>535</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="AM27"/>
       <c r="AN27" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="AO27">
-        <v>14.97</v>
+        <v>72</v>
       </c>
       <c r="AP27" t="s">
         <v>536</v>
       </c>
       <c r="AQ27" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR27" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS27" t="s">
         <v>537</v>
       </c>
       <c r="AT27" t="s">
         <v>538</v>
       </c>
       <c r="AU27">
-        <v>523500008925</v>
+        <v>523500012516</v>
       </c>
       <c r="AV27" t="s">
         <v>74</v>
       </c>
       <c r="AW27">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY27"/>
+        <v>1009849</v>
+      </c>
+      <c r="AX27" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY27">
+        <v>976062427</v>
+      </c>
       <c r="AZ27" t="s">
         <v>74</v>
       </c>
       <c r="BA27" t="s">
         <v>85</v>
       </c>
       <c r="BB27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="BC27" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="BD27" t="s">
         <v>539</v>
       </c>
       <c r="BE27" t="s">
         <v>540</v>
       </c>
       <c r="BF27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG27" t="s">
-        <v>79</v>
+        <v>541</v>
       </c>
       <c r="BH27">
-        <v>1447</v>
+        <v>116</v>
       </c>
       <c r="BI27" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="BJ27" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK27" t="s">
-        <v>89</v>
+        <v>304</v>
       </c>
       <c r="BL27" t="s">
-        <v>232</v>
+        <v>266</v>
       </c>
       <c r="BM27" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="BN27" t="s">
-        <v>79</v>
+        <v>543</v>
       </c>
       <c r="BO27">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="BP27" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>23992</v>
+        <v>139987</v>
       </c>
       <c r="BS27" t="s">
-        <v>93</v>
+        <v>173</v>
       </c>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C28" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D28">
-        <v>521436</v>
+        <v>525990</v>
       </c>
       <c r="E28">
-        <v>61.24</v>
+        <v>37.49</v>
       </c>
       <c r="F28" t="s">
+        <v>546</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28" t="s">
+        <v>547</v>
+      </c>
+      <c r="I28">
+        <v>25.46</v>
+      </c>
+      <c r="J28" t="s">
+        <v>548</v>
+      </c>
+      <c r="K28" t="s">
+        <v>199</v>
+      </c>
+      <c r="L28">
+        <v>880002369956</v>
+      </c>
+      <c r="M28" t="s">
+        <v>74</v>
+      </c>
+      <c r="N28" t="s">
+        <v>549</v>
+      </c>
+      <c r="O28">
+        <v>523500009823</v>
+      </c>
+      <c r="P28">
+        <v>163646242</v>
+      </c>
+      <c r="Q28" t="s">
         <v>544</v>
       </c>
-      <c r="G28" t="s">
-[...2 lines deleted...]
-      <c r="H28" t="s">
+      <c r="R28" t="s">
+        <v>550</v>
+      </c>
+      <c r="S28" t="s">
+        <v>551</v>
+      </c>
+      <c r="T28" t="s">
+        <v>77</v>
+      </c>
+      <c r="U28" t="s">
         <v>545</v>
       </c>
-      <c r="I28">
-[...37 lines deleted...]
-      </c>
       <c r="V28">
-        <v>521436</v>
+        <v>525990</v>
       </c>
       <c r="W28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X28">
-        <v>61.24</v>
+        <v>37.49</v>
       </c>
       <c r="Y28">
-        <v>800</v>
+        <v>880</v>
       </c>
       <c r="Z28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>70</v>
       </c>
       <c r="AC28" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="AD28">
-        <v>67124103</v>
+        <v>163646242</v>
       </c>
       <c r="AE28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF28">
-        <v>78508171</v>
+        <v>81391614</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>550</v>
+        <v>317</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="AM28"/>
       <c r="AN28" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="AO28">
-        <v>34.12</v>
+        <v>25.46</v>
       </c>
       <c r="AP28" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="AQ28" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR28" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS28" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="AT28" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="AU28">
-        <v>523500008412</v>
+        <v>523500009823</v>
       </c>
       <c r="AV28" t="s">
         <v>74</v>
       </c>
       <c r="AW28">
-        <v>1009265</v>
+        <v>1009385</v>
       </c>
       <c r="AX28" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY28">
-        <v>990098770818</v>
+        <v>880002369956</v>
       </c>
       <c r="AZ28" t="s">
         <v>74</v>
       </c>
       <c r="BA28" t="s">
         <v>85</v>
       </c>
       <c r="BB28" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="BC28" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="BD28" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="BE28" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="BF28" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="BG28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH28">
-        <v>1473</v>
+        <v>1447</v>
       </c>
       <c r="BI28" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="BJ28" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-      <c r="BL28"/>
+        <v>90</v>
+      </c>
+      <c r="BK28" t="s">
+        <v>145</v>
+      </c>
+      <c r="BL28" t="s">
+        <v>266</v>
+      </c>
       <c r="BM28" t="s">
-        <v>79</v>
+        <v>559</v>
       </c>
       <c r="BN28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO28">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="BP28" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>48992</v>
-[...1 lines deleted...]
-      <c r="BS28"/>
+        <v>32991</v>
+      </c>
+      <c r="BS28" t="s">
+        <v>399</v>
+      </c>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C29" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="D29">
-        <v>521160</v>
+        <v>523525</v>
       </c>
       <c r="E29">
-        <v>32.49</v>
+        <v>29.99</v>
       </c>
       <c r="F29" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="G29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
+        <v>563</v>
+      </c>
+      <c r="I29">
+        <v>14.97</v>
+      </c>
+      <c r="J29" t="s">
+        <v>564</v>
+      </c>
+      <c r="K29" t="s">
+        <v>199</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>74</v>
+      </c>
+      <c r="N29" t="s">
+        <v>565</v>
+      </c>
+      <c r="O29">
+        <v>523500008925</v>
+      </c>
+      <c r="P29">
+        <v>180157891</v>
+      </c>
+      <c r="Q29" t="s">
         <v>560</v>
       </c>
-      <c r="I29">
-[...2 lines deleted...]
-      <c r="J29" t="s">
+      <c r="R29" t="s">
+        <v>566</v>
+      </c>
+      <c r="S29" t="s">
+        <v>567</v>
+      </c>
+      <c r="T29" t="s">
+        <v>77</v>
+      </c>
+      <c r="U29" t="s">
         <v>561</v>
       </c>
-      <c r="K29" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="V29">
-        <v>521160</v>
+        <v>523525</v>
       </c>
       <c r="W29" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X29">
-        <v>32.49</v>
+        <v>29.99</v>
       </c>
       <c r="Y29">
         <v>800</v>
       </c>
       <c r="Z29" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>70</v>
       </c>
       <c r="AC29" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="AD29">
-        <v>194728077</v>
+        <v>180157891</v>
       </c>
       <c r="AE29" t="s">
-        <v>79</v>
+        <v>568</v>
       </c>
       <c r="AF29">
-        <v>81502590</v>
+        <v>77849684</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="AK29" t="s">
         <v>70</v>
       </c>
       <c r="AL29" t="s">
-        <v>561</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="AM29"/>
       <c r="AN29" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="AO29">
-        <v>17.11</v>
+        <v>14.97</v>
       </c>
       <c r="AP29" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="AQ29" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR29" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS29" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="AT29" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="AU29">
-        <v>523500008365</v>
+        <v>523500008925</v>
       </c>
       <c r="AV29" t="s">
         <v>74</v>
       </c>
       <c r="AW29">
-        <v>1009253</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="AX29"/>
+      <c r="AY29"/>
       <c r="AZ29" t="s">
         <v>74</v>
       </c>
       <c r="BA29" t="s">
         <v>85</v>
       </c>
       <c r="BB29" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="BC29" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="BD29" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="BE29" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="BF29" t="s">
-        <v>571</v>
+        <v>78</v>
       </c>
       <c r="BG29" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH29">
-        <v>1477</v>
+        <v>1493</v>
       </c>
       <c r="BI29" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="BJ29" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-      <c r="BL29"/>
+        <v>90</v>
+      </c>
+      <c r="BK29" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL29" t="s">
+        <v>266</v>
+      </c>
       <c r="BM29" t="s">
-        <v>79</v>
+        <v>576</v>
       </c>
       <c r="BN29" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO29">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="BP29" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>25992</v>
-[...1 lines deleted...]
-      <c r="BS29"/>
+        <v>23992</v>
+      </c>
+      <c r="BS29" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="C30" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="D30">
-        <v>520891</v>
+        <v>521436</v>
       </c>
       <c r="E30">
-        <v>38.74</v>
+        <v>61.24</v>
       </c>
       <c r="F30" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="I30">
-        <v>18.99</v>
+        <v>34.12</v>
       </c>
       <c r="J30" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="K30" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L30">
-        <v>990098360624</v>
+        <v>990098770818</v>
       </c>
       <c r="M30" t="s">
         <v>74</v>
       </c>
       <c r="N30" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O30">
-        <v>523500008314</v>
+        <v>523500008412</v>
       </c>
       <c r="P30">
-        <v>117681122</v>
+        <v>67124103</v>
       </c>
       <c r="Q30" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="R30" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="S30" t="s">
+        <v>583</v>
+      </c>
+      <c r="T30" t="s">
+        <v>77</v>
+      </c>
+      <c r="U30" t="s">
         <v>578</v>
       </c>
-      <c r="T30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V30">
-        <v>520891</v>
+        <v>521436</v>
       </c>
       <c r="W30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X30">
-        <v>38.74</v>
+        <v>61.24</v>
       </c>
       <c r="Y30">
         <v>800</v>
       </c>
       <c r="Z30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>70</v>
       </c>
       <c r="AC30" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="AD30">
-        <v>117681122</v>
+        <v>67124103</v>
       </c>
       <c r="AE30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF30">
-        <v>66501512</v>
+        <v>78508171</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
+        <v>585</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>581</v>
+      </c>
+      <c r="AM30"/>
+      <c r="AN30" t="s">
         <v>580</v>
       </c>
-      <c r="AK30" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AO30">
-        <v>18.99</v>
+        <v>34.12</v>
       </c>
       <c r="AP30" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="AQ30" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR30" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS30" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="AT30" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="AU30">
-        <v>523500008314</v>
+        <v>523500008412</v>
       </c>
       <c r="AV30" t="s">
         <v>74</v>
       </c>
       <c r="AW30">
-        <v>1009253</v>
+        <v>1009265</v>
       </c>
       <c r="AX30" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY30">
-        <v>990098360624</v>
+        <v>990098770818</v>
       </c>
       <c r="AZ30" t="s">
         <v>74</v>
       </c>
       <c r="BA30" t="s">
         <v>85</v>
       </c>
       <c r="BB30" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="BC30" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="BD30" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="BE30" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
       <c r="BF30" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="BG30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH30">
-        <v>1482</v>
+        <v>1519</v>
       </c>
       <c r="BI30" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ30" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN30" t="s">
-        <v>586</v>
+        <v>78</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ30"/>
       <c r="BR30">
-        <v>30992</v>
+        <v>48992</v>
       </c>
       <c r="BS30"/>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C31" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D31">
-        <v>520818</v>
+        <v>521160</v>
       </c>
       <c r="E31">
-        <v>27.49</v>
+        <v>32.49</v>
       </c>
       <c r="F31" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="I31">
-        <v>12.83</v>
+        <v>17.11</v>
       </c>
       <c r="J31" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="K31" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L31">
-        <v>990098358305</v>
+        <v>990098360369</v>
       </c>
       <c r="M31" t="s">
         <v>74</v>
       </c>
       <c r="N31" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O31">
-        <v>523500008324</v>
+        <v>523500008365</v>
       </c>
       <c r="P31">
-        <v>260649396</v>
+        <v>194728077</v>
       </c>
       <c r="Q31" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="R31" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="S31" t="s">
+        <v>598</v>
+      </c>
+      <c r="T31" t="s">
+        <v>77</v>
+      </c>
+      <c r="U31" t="s">
         <v>593</v>
       </c>
-      <c r="T31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V31">
-        <v>520818</v>
+        <v>521160</v>
       </c>
       <c r="W31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X31">
-        <v>27.49</v>
+        <v>32.49</v>
       </c>
       <c r="Y31">
         <v>800</v>
       </c>
       <c r="Z31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>70</v>
       </c>
       <c r="AC31" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="AD31">
-        <v>260649396</v>
+        <v>194728077</v>
       </c>
       <c r="AE31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF31">
-        <v>47056893</v>
+        <v>81502590</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
+        <v>600</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>596</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN31" t="s">
         <v>595</v>
       </c>
-      <c r="AK31" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AO31">
-        <v>12.83</v>
+        <v>17.11</v>
       </c>
       <c r="AP31" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="AQ31" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR31" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS31" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="AT31" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="AU31">
-        <v>523500008324</v>
+        <v>523500008365</v>
       </c>
       <c r="AV31" t="s">
         <v>74</v>
       </c>
       <c r="AW31">
-        <v>1009277</v>
+        <v>1009253</v>
       </c>
       <c r="AX31" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY31">
-        <v>990098358305</v>
+        <v>990098360369</v>
       </c>
       <c r="AZ31" t="s">
         <v>74</v>
       </c>
       <c r="BA31" t="s">
         <v>85</v>
       </c>
       <c r="BB31" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="BC31" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="BD31" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="BE31" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="BF31" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="BG31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH31">
-        <v>1484</v>
+        <v>1523</v>
       </c>
       <c r="BI31" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ31" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN31" t="s">
-        <v>602</v>
+        <v>78</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>21992</v>
+        <v>25992</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="C32" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="D32">
-        <v>520775</v>
+        <v>520891</v>
       </c>
       <c r="E32">
-        <v>152.49</v>
+        <v>38.74</v>
       </c>
       <c r="F32" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="I32">
-        <v>139.1</v>
+        <v>18.99</v>
       </c>
       <c r="J32" t="s">
-        <v>576</v>
+        <v>611</v>
       </c>
       <c r="K32" t="s">
+        <v>199</v>
+      </c>
+      <c r="L32">
+        <v>990098360624</v>
+      </c>
+      <c r="M32" t="s">
+        <v>74</v>
+      </c>
+      <c r="N32" t="s">
+        <v>549</v>
+      </c>
+      <c r="O32">
+        <v>523500008314</v>
+      </c>
+      <c r="P32">
+        <v>117681122</v>
+      </c>
+      <c r="Q32" t="s">
         <v>607</v>
       </c>
-      <c r="L32">
-[...16 lines deleted...]
-      </c>
       <c r="R32" t="s">
+        <v>612</v>
+      </c>
+      <c r="S32" t="s">
+        <v>613</v>
+      </c>
+      <c r="T32" t="s">
+        <v>77</v>
+      </c>
+      <c r="U32" t="s">
         <v>608</v>
       </c>
-      <c r="S32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V32">
-        <v>520775</v>
+        <v>520891</v>
       </c>
       <c r="W32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X32">
-        <v>152.49</v>
+        <v>38.74</v>
       </c>
       <c r="Y32">
         <v>800</v>
       </c>
       <c r="Z32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>70</v>
       </c>
       <c r="AC32" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="AD32">
-        <v>134854626</v>
+        <v>117681122</v>
       </c>
       <c r="AE32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF32">
-        <v>96994515</v>
+        <v>66501512</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
+        <v>615</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL32" t="s">
         <v>611</v>
       </c>
-      <c r="AK32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AM32" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="AN32" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="AO32">
-        <v>139.1</v>
+        <v>18.99</v>
       </c>
       <c r="AP32" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="AQ32" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR32" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS32" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="AT32" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="AU32">
-        <v>523500008359</v>
+        <v>523500008314</v>
       </c>
       <c r="AV32" t="s">
         <v>74</v>
       </c>
       <c r="AW32">
         <v>1009253</v>
       </c>
       <c r="AX32" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY32">
-        <v>990098359471</v>
+        <v>990098360624</v>
       </c>
       <c r="AZ32" t="s">
         <v>74</v>
       </c>
       <c r="BA32" t="s">
         <v>85</v>
       </c>
       <c r="BB32" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="BC32" t="s">
-        <v>576</v>
+        <v>611</v>
       </c>
       <c r="BD32" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="BE32" t="s">
-        <v>570</v>
+        <v>605</v>
       </c>
       <c r="BF32" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="BG32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH32">
-        <v>1484</v>
+        <v>1528</v>
       </c>
       <c r="BI32" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="BJ32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN32" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
       <c r="BP32" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>121992</v>
+        <v>30992</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C33" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="D33">
-        <v>520756</v>
+        <v>520818</v>
       </c>
       <c r="E33">
-        <v>24.99</v>
+        <v>27.49</v>
       </c>
       <c r="F33" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="I33">
-        <v>10.17</v>
+        <v>12.83</v>
       </c>
       <c r="J33" t="s">
+        <v>626</v>
+      </c>
+      <c r="K33" t="s">
+        <v>199</v>
+      </c>
+      <c r="L33">
+        <v>990098358305</v>
+      </c>
+      <c r="M33" t="s">
+        <v>74</v>
+      </c>
+      <c r="N33" t="s">
+        <v>549</v>
+      </c>
+      <c r="O33">
+        <v>523500008324</v>
+      </c>
+      <c r="P33">
+        <v>260649396</v>
+      </c>
+      <c r="Q33" t="s">
         <v>622</v>
       </c>
-      <c r="K33" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R33" t="s">
+        <v>627</v>
+      </c>
+      <c r="S33" t="s">
+        <v>628</v>
+      </c>
+      <c r="T33" t="s">
+        <v>77</v>
+      </c>
+      <c r="U33" t="s">
         <v>623</v>
       </c>
-      <c r="S33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V33">
-        <v>520756</v>
+        <v>520818</v>
       </c>
       <c r="W33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X33">
-        <v>24.99</v>
+        <v>27.49</v>
       </c>
       <c r="Y33">
         <v>800</v>
       </c>
       <c r="Z33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>70</v>
       </c>
       <c r="AC33" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="AD33">
-        <v>122501957</v>
+        <v>260649396</v>
       </c>
       <c r="AE33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF33">
-        <v>84193231</v>
+        <v>47056893</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
+        <v>630</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL33" t="s">
         <v>626</v>
       </c>
-      <c r="AK33" t="s">
-[...5 lines deleted...]
-      <c r="AM33"/>
+      <c r="AM33" t="s">
+        <v>82</v>
+      </c>
       <c r="AN33" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="AO33">
-        <v>10.17</v>
+        <v>12.83</v>
       </c>
       <c r="AP33" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="AQ33" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR33" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS33" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="AT33" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="AU33">
-        <v>523500008267</v>
+        <v>523500008324</v>
       </c>
       <c r="AV33" t="s">
         <v>74</v>
       </c>
       <c r="AW33">
-        <v>1009240</v>
+        <v>1009277</v>
       </c>
       <c r="AX33" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY33">
-        <v>990098069554</v>
+        <v>990098358305</v>
       </c>
       <c r="AZ33" t="s">
         <v>74</v>
       </c>
       <c r="BA33" t="s">
         <v>85</v>
       </c>
       <c r="BB33" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="BC33" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="BD33" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="BE33" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="BF33" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="BG33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH33">
-        <v>1485</v>
+        <v>1530</v>
       </c>
       <c r="BI33" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ33" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN33" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>19992</v>
+        <v>21992</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C34" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="D34">
-        <v>520725</v>
+        <v>520775</v>
       </c>
       <c r="E34">
-        <v>83.74</v>
+        <v>152.49</v>
       </c>
       <c r="F34" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="I34">
-        <v>47.66</v>
+        <v>139.1</v>
       </c>
       <c r="J34" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="K34" t="s">
-        <v>165</v>
+        <v>642</v>
       </c>
       <c r="L34">
-        <v>990098069269</v>
+        <v>990098359471</v>
       </c>
       <c r="M34" t="s">
         <v>74</v>
       </c>
       <c r="N34" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O34">
-        <v>523500008266</v>
+        <v>523500008359</v>
       </c>
       <c r="P34">
-        <v>158928558</v>
+        <v>134854626</v>
       </c>
       <c r="Q34" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="R34" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="S34" t="s">
+        <v>644</v>
+      </c>
+      <c r="T34" t="s">
+        <v>77</v>
+      </c>
+      <c r="U34" t="s">
         <v>639</v>
       </c>
-      <c r="T34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V34">
-        <v>520725</v>
+        <v>520775</v>
       </c>
       <c r="W34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X34">
-        <v>83.74</v>
+        <v>152.49</v>
       </c>
       <c r="Y34">
         <v>800</v>
       </c>
       <c r="Z34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>70</v>
       </c>
       <c r="AC34" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="AD34">
-        <v>158928558</v>
+        <v>134854626</v>
       </c>
       <c r="AE34" t="s">
-        <v>640</v>
+        <v>78</v>
       </c>
       <c r="AF34">
-        <v>95780669</v>
+        <v>96994515</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="AM34" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="AN34" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="AO34">
-        <v>47.66</v>
+        <v>139.1</v>
       </c>
       <c r="AP34" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="AQ34" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR34" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS34" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="AT34" t="s">
-        <v>629</v>
+        <v>649</v>
       </c>
       <c r="AU34">
-        <v>523500008266</v>
+        <v>523500008359</v>
       </c>
       <c r="AV34" t="s">
         <v>74</v>
       </c>
       <c r="AW34">
-        <v>1009240</v>
+        <v>1009253</v>
       </c>
       <c r="AX34" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY34">
-        <v>990098069269</v>
+        <v>990098359471</v>
       </c>
       <c r="AZ34" t="s">
         <v>74</v>
       </c>
       <c r="BA34" t="s">
         <v>85</v>
       </c>
       <c r="BB34" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="BC34" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="BD34" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="BE34" t="s">
-        <v>631</v>
+        <v>605</v>
       </c>
       <c r="BF34" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="BG34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH34">
-        <v>1485</v>
+        <v>1530</v>
       </c>
       <c r="BI34" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ34" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN34" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>66992</v>
+        <v>121992</v>
       </c>
       <c r="BS34"/>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C35" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="D35">
-        <v>520687</v>
+        <v>520756</v>
       </c>
       <c r="E35">
-        <v>72.49</v>
+        <v>24.99</v>
       </c>
       <c r="F35" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="I35">
-        <v>36.73</v>
+        <v>10.17</v>
       </c>
       <c r="J35" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="K35" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L35">
-        <v>990098361437</v>
+        <v>990098069554</v>
       </c>
       <c r="M35" t="s">
         <v>74</v>
       </c>
       <c r="N35" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O35">
-        <v>523500008329</v>
+        <v>523500008267</v>
       </c>
       <c r="P35">
-        <v>257998770</v>
+        <v>122501957</v>
       </c>
       <c r="Q35" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="R35" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="S35" t="s">
+        <v>659</v>
+      </c>
+      <c r="T35" t="s">
+        <v>77</v>
+      </c>
+      <c r="U35" t="s">
         <v>654</v>
       </c>
-      <c r="T35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V35">
-        <v>520687</v>
+        <v>520756</v>
       </c>
       <c r="W35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X35">
-        <v>72.49</v>
+        <v>24.99</v>
       </c>
       <c r="Y35">
         <v>800</v>
       </c>
       <c r="Z35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>70</v>
       </c>
       <c r="AC35" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="AD35">
-        <v>257998770</v>
+        <v>122501957</v>
       </c>
       <c r="AE35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF35">
-        <v>82132262</v>
+        <v>84193231</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
+        <v>661</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>657</v>
+      </c>
+      <c r="AM35"/>
+      <c r="AN35" t="s">
         <v>656</v>
       </c>
-      <c r="AK35" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AO35">
-        <v>36.73</v>
+        <v>10.17</v>
       </c>
       <c r="AP35" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="AQ35" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR35" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS35" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="AT35" t="s">
-        <v>598</v>
+        <v>664</v>
       </c>
       <c r="AU35">
-        <v>523500008329</v>
+        <v>523500008267</v>
       </c>
       <c r="AV35" t="s">
         <v>74</v>
       </c>
       <c r="AW35">
-        <v>1009277</v>
+        <v>1009240</v>
       </c>
       <c r="AX35" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY35">
-        <v>990098361437</v>
+        <v>990098069554</v>
       </c>
       <c r="AZ35" t="s">
         <v>74</v>
       </c>
       <c r="BA35" t="s">
         <v>85</v>
       </c>
       <c r="BB35" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="BC35" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="BD35" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="BE35" t="s">
-        <v>600</v>
+        <v>666</v>
       </c>
       <c r="BF35" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="BG35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH35">
-        <v>1486</v>
+        <v>1531</v>
       </c>
       <c r="BI35" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN35" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>57992</v>
+        <v>19992</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C36" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="D36">
-        <v>520662</v>
+        <v>520725</v>
       </c>
       <c r="E36">
-        <v>38.74</v>
+        <v>83.74</v>
       </c>
       <c r="F36" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="I36">
-        <v>23.53</v>
+        <v>47.66</v>
       </c>
       <c r="J36" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="K36" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="L36"/>
+        <v>199</v>
+      </c>
+      <c r="L36">
+        <v>990098069269</v>
+      </c>
       <c r="M36" t="s">
         <v>74</v>
       </c>
       <c r="N36" t="s">
-        <v>530</v>
+        <v>549</v>
       </c>
       <c r="O36">
-        <v>523500008268</v>
+        <v>523500008266</v>
       </c>
       <c r="P36">
-        <v>159418057</v>
+        <v>158928558</v>
       </c>
       <c r="Q36" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="R36" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="S36" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="T36" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U36" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="V36">
-        <v>520662</v>
+        <v>520725</v>
       </c>
       <c r="W36" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X36">
-        <v>38.74</v>
+        <v>83.74</v>
       </c>
       <c r="Y36">
         <v>800</v>
       </c>
       <c r="Z36" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>70</v>
       </c>
       <c r="AC36" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="AD36">
-        <v>159418057</v>
+        <v>158928558</v>
       </c>
       <c r="AE36" t="s">
-        <v>79</v>
+        <v>675</v>
       </c>
       <c r="AF36">
-        <v>82728963</v>
+        <v>95780669</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>626</v>
+        <v>677</v>
       </c>
       <c r="AK36" t="s">
         <v>70</v>
       </c>
       <c r="AL36" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="AM36"/>
+        <v>657</v>
+      </c>
+      <c r="AM36" t="s">
+        <v>82</v>
+      </c>
       <c r="AN36" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="AO36">
-        <v>23.53</v>
+        <v>47.66</v>
       </c>
       <c r="AP36" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="AQ36" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR36" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS36" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="AT36" t="s">
-        <v>629</v>
+        <v>664</v>
       </c>
       <c r="AU36">
-        <v>523500008268</v>
+        <v>523500008266</v>
       </c>
       <c r="AV36" t="s">
         <v>74</v>
       </c>
       <c r="AW36">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AY36"/>
+        <v>1009240</v>
+      </c>
+      <c r="AX36" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY36">
+        <v>990098069269</v>
+      </c>
       <c r="AZ36" t="s">
         <v>74</v>
       </c>
       <c r="BA36" t="s">
         <v>85</v>
       </c>
       <c r="BB36" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="BC36" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="BD36" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="BE36" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="BF36" t="s">
-        <v>79</v>
+        <v>681</v>
       </c>
       <c r="BG36" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH36">
-        <v>1486</v>
+        <v>1531</v>
       </c>
       <c r="BI36" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ36" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="BK36"/>
+      <c r="BL36"/>
       <c r="BM36" t="s">
-        <v>673</v>
+        <v>78</v>
       </c>
       <c r="BN36" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="BO36">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BP36" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>30992</v>
-[...3 lines deleted...]
-      </c>
+        <v>66992</v>
+      </c>
+      <c r="BS36"/>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="C37" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="D37">
-        <v>520436</v>
+        <v>520687</v>
       </c>
       <c r="E37">
-        <v>39.99</v>
+        <v>72.49</v>
       </c>
       <c r="F37" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="I37">
-        <v>21.39</v>
+        <v>36.73</v>
       </c>
       <c r="J37" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="K37" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L37">
-        <v>990098069901</v>
+        <v>990098361437</v>
       </c>
       <c r="M37" t="s">
         <v>74</v>
       </c>
       <c r="N37" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O37">
-        <v>523500008218</v>
+        <v>523500008329</v>
       </c>
       <c r="P37">
-        <v>207390674</v>
+        <v>257998770</v>
       </c>
       <c r="Q37" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="R37" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="S37" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="T37" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U37" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="V37">
-        <v>520436</v>
+        <v>520687</v>
       </c>
       <c r="W37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X37">
-        <v>39.99</v>
+        <v>72.49</v>
       </c>
       <c r="Y37">
         <v>800</v>
       </c>
       <c r="Z37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>70</v>
       </c>
       <c r="AC37" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="AD37">
-        <v>207390674</v>
+        <v>257998770</v>
       </c>
       <c r="AE37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF37">
-        <v>65291096</v>
+        <v>82132262</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="AK37" t="s">
         <v>70</v>
       </c>
       <c r="AL37" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="AM37" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="AN37" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="AO37">
-        <v>21.39</v>
+        <v>36.73</v>
       </c>
       <c r="AP37" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="AQ37" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR37" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS37" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="AT37" t="s">
-        <v>686</v>
+        <v>633</v>
       </c>
       <c r="AU37">
-        <v>523500008218</v>
+        <v>523500008329</v>
       </c>
       <c r="AV37" t="s">
         <v>74</v>
       </c>
       <c r="AW37">
-        <v>1009240</v>
+        <v>1009277</v>
       </c>
       <c r="AX37" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY37">
-        <v>990098069901</v>
+        <v>990098361437</v>
       </c>
       <c r="AZ37" t="s">
         <v>74</v>
       </c>
       <c r="BA37" t="s">
         <v>85</v>
       </c>
       <c r="BB37" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="BC37" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="BD37" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="BE37" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="BF37" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="BG37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH37">
-        <v>1490</v>
+        <v>1532</v>
       </c>
       <c r="BI37" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="BJ37" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN37" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>31992</v>
+        <v>57992</v>
       </c>
       <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C38" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="D38">
-        <v>519594</v>
+        <v>520662</v>
       </c>
       <c r="E38">
-        <v>43.74</v>
+        <v>38.74</v>
       </c>
       <c r="F38" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="I38">
-        <v>49.12</v>
+        <v>23.53</v>
       </c>
       <c r="J38" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="K38" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
         <v>74</v>
       </c>
       <c r="N38" t="s">
-        <v>514</v>
+        <v>565</v>
       </c>
       <c r="O38">
-        <v>523500008307</v>
+        <v>523500008268</v>
       </c>
       <c r="P38">
-        <v>161994723</v>
+        <v>159418057</v>
       </c>
       <c r="Q38" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="R38" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="S38" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="T38" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U38" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="V38">
-        <v>519594</v>
+        <v>520662</v>
       </c>
       <c r="W38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X38">
-        <v>43.74</v>
+        <v>38.74</v>
       </c>
       <c r="Y38">
         <v>800</v>
       </c>
       <c r="Z38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>70</v>
       </c>
       <c r="AC38" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="AD38">
-        <v>161994723</v>
+        <v>159418057</v>
       </c>
       <c r="AE38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF38">
-        <v>63044255</v>
+        <v>82728963</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>698</v>
+        <v>661</v>
       </c>
       <c r="AK38" t="s">
         <v>70</v>
       </c>
       <c r="AL38" t="s">
-        <v>679</v>
-[...3 lines deleted...]
-      </c>
+        <v>687</v>
+      </c>
+      <c r="AM38"/>
       <c r="AN38" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="AO38">
-        <v>49.12</v>
+        <v>23.53</v>
       </c>
       <c r="AP38" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="AQ38" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR38" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS38" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="AT38" t="s">
-        <v>701</v>
+        <v>664</v>
       </c>
       <c r="AU38">
-        <v>523500008307</v>
+        <v>523500008268</v>
       </c>
       <c r="AV38" t="s">
         <v>74</v>
       </c>
       <c r="AW38">
-        <v>1009253</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="AX38"/>
+      <c r="AY38"/>
       <c r="AZ38" t="s">
         <v>74</v>
       </c>
       <c r="BA38" t="s">
         <v>85</v>
       </c>
       <c r="BB38" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="BC38" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="BD38" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="BE38" t="s">
-        <v>570</v>
+        <v>707</v>
       </c>
       <c r="BF38" t="s">
-        <v>703</v>
+        <v>78</v>
       </c>
       <c r="BG38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH38">
-        <v>1507</v>
+        <v>1532</v>
       </c>
       <c r="BI38" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="BJ38" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-      <c r="BL38"/>
+        <v>90</v>
+      </c>
+      <c r="BK38" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL38" t="s">
+        <v>266</v>
+      </c>
       <c r="BM38" t="s">
-        <v>79</v>
+        <v>708</v>
       </c>
       <c r="BN38" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="BO38">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BP38" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>34992</v>
-[...1 lines deleted...]
-      <c r="BS38"/>
+        <v>30992</v>
+      </c>
+      <c r="BS38" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="C39" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="D39">
-        <v>519423</v>
+        <v>520436</v>
       </c>
       <c r="E39">
-        <v>88.74</v>
+        <v>39.99</v>
       </c>
       <c r="F39" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
       <c r="H39" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="I39">
-        <v>91</v>
+        <v>21.39</v>
       </c>
       <c r="J39" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="K39" t="s">
-        <v>694</v>
+        <v>199</v>
       </c>
       <c r="L39">
-        <v>990098360512</v>
+        <v>990098069901</v>
       </c>
       <c r="M39" t="s">
         <v>74</v>
       </c>
       <c r="N39" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O39">
-        <v>523500008305</v>
+        <v>523500008218</v>
       </c>
       <c r="P39">
-        <v>77158588</v>
+        <v>207390674</v>
       </c>
       <c r="Q39" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="R39" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="S39" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="T39" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U39" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="V39">
-        <v>519423</v>
+        <v>520436</v>
       </c>
       <c r="W39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X39">
-        <v>88.74</v>
+        <v>39.99</v>
       </c>
       <c r="Y39">
         <v>800</v>
       </c>
       <c r="Z39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>70</v>
       </c>
       <c r="AC39" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="AD39">
-        <v>77158588</v>
+        <v>207390674</v>
       </c>
       <c r="AE39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF39">
-        <v>83539349</v>
+        <v>65291096</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>611</v>
+        <v>718</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="AM39" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="AN39" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="AO39">
-        <v>91</v>
+        <v>21.39</v>
       </c>
       <c r="AP39" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="AQ39" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR39" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS39" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="AT39" t="s">
-        <v>701</v>
+        <v>721</v>
       </c>
       <c r="AU39">
-        <v>523500008305</v>
+        <v>523500008218</v>
       </c>
       <c r="AV39" t="s">
         <v>74</v>
       </c>
       <c r="AW39">
-        <v>1009253</v>
+        <v>1009240</v>
       </c>
       <c r="AX39" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY39">
-        <v>990098360512</v>
+        <v>990098069901</v>
       </c>
       <c r="AZ39" t="s">
         <v>74</v>
       </c>
       <c r="BA39" t="s">
         <v>85</v>
       </c>
       <c r="BB39" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="BC39" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="BD39" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="BE39" t="s">
-        <v>570</v>
+        <v>666</v>
       </c>
       <c r="BF39" t="s">
-        <v>616</v>
+        <v>723</v>
       </c>
       <c r="BG39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH39">
-        <v>1511</v>
+        <v>1536</v>
       </c>
       <c r="BI39" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="BJ39" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN39" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ39"/>
       <c r="BR39">
-        <v>70992</v>
+        <v>31992</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="C40" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="D40">
-        <v>518998</v>
+        <v>519594</v>
       </c>
       <c r="E40">
-        <v>27.49</v>
+        <v>43.74</v>
       </c>
       <c r="F40" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="I40">
-        <v>12.79</v>
+        <v>49.12</v>
       </c>
       <c r="J40" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="K40" t="s">
-        <v>165</v>
+        <v>729</v>
       </c>
       <c r="L40">
-        <v>990096728710</v>
+        <v>990098360539</v>
       </c>
       <c r="M40" t="s">
         <v>74</v>
       </c>
       <c r="N40" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O40">
-        <v>523500007911</v>
+        <v>523500008307</v>
       </c>
       <c r="P40">
-        <v>153855536</v>
+        <v>161994723</v>
       </c>
       <c r="Q40" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="R40" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="S40" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="T40" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U40" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="V40">
-        <v>518998</v>
+        <v>519594</v>
       </c>
       <c r="W40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X40">
-        <v>27.49</v>
+        <v>43.74</v>
       </c>
       <c r="Y40">
         <v>800</v>
       </c>
       <c r="Z40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>70</v>
       </c>
       <c r="AC40" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="AD40">
-        <v>153855536</v>
+        <v>161994723</v>
       </c>
       <c r="AE40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF40">
-        <v>99988477</v>
+        <v>63044255</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="AK40" t="s">
         <v>70</v>
       </c>
       <c r="AL40" t="s">
-        <v>720</v>
-[...1 lines deleted...]
-      <c r="AM40"/>
+        <v>714</v>
+      </c>
+      <c r="AM40" t="s">
+        <v>82</v>
+      </c>
       <c r="AN40" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="AO40">
-        <v>12.79</v>
+        <v>49.12</v>
       </c>
       <c r="AP40" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="AQ40" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="AR40" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="AS40" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="AT40" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="AU40">
-        <v>523500007911</v>
+        <v>523500008307</v>
       </c>
       <c r="AV40" t="s">
         <v>74</v>
       </c>
       <c r="AW40">
-        <v>1009197</v>
+        <v>1009253</v>
       </c>
       <c r="AX40" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY40">
-        <v>990096728710</v>
+        <v>990098360539</v>
       </c>
       <c r="AZ40" t="s">
         <v>74</v>
       </c>
       <c r="BA40" t="s">
         <v>85</v>
       </c>
       <c r="BB40" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="BC40" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="BD40" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="BE40" t="s">
-        <v>729</v>
+        <v>605</v>
       </c>
       <c r="BF40" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="BG40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH40">
-        <v>1518</v>
+        <v>1553</v>
       </c>
       <c r="BI40" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ40" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BN40" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="BO40">
         <v>0</v>
       </c>
       <c r="BP40" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>21992</v>
+        <v>34992</v>
       </c>
       <c r="BS40"/>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="C41" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="D41">
-        <v>518880</v>
+        <v>519423</v>
       </c>
       <c r="E41">
-        <v>32.49</v>
+        <v>88.74</v>
       </c>
       <c r="F41" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="G41" t="s">
         <v>70</v>
       </c>
       <c r="H41" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="I41">
-        <v>16.04</v>
+        <v>91</v>
       </c>
       <c r="J41" t="s">
-        <v>736</v>
+        <v>714</v>
       </c>
       <c r="K41" t="s">
-        <v>165</v>
+        <v>729</v>
       </c>
       <c r="L41">
-        <v>990096257399</v>
+        <v>990098360512</v>
       </c>
       <c r="M41" t="s">
         <v>74</v>
       </c>
       <c r="N41" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O41">
-        <v>523500007904</v>
+        <v>523500008305</v>
       </c>
       <c r="P41">
-        <v>166606225</v>
+        <v>77158588</v>
       </c>
       <c r="Q41" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="R41" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="S41" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="T41" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U41" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="V41">
-        <v>518880</v>
+        <v>519423</v>
       </c>
       <c r="W41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X41">
-        <v>32.49</v>
+        <v>88.74</v>
       </c>
       <c r="Y41">
         <v>800</v>
       </c>
       <c r="Z41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>70</v>
       </c>
       <c r="AC41" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="AD41">
-        <v>166606225</v>
+        <v>77158588</v>
       </c>
       <c r="AE41" t="s">
-        <v>739</v>
+        <v>78</v>
       </c>
       <c r="AF41">
-        <v>55212478</v>
+        <v>83539349</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>741</v>
+        <v>646</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
+        <v>714</v>
+      </c>
+      <c r="AM41" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN41" t="s">
+        <v>743</v>
+      </c>
+      <c r="AO41">
+        <v>91</v>
+      </c>
+      <c r="AP41" t="s">
+        <v>747</v>
+      </c>
+      <c r="AQ41" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR41" t="s">
+        <v>319</v>
+      </c>
+      <c r="AS41" t="s">
+        <v>748</v>
+      </c>
+      <c r="AT41" t="s">
         <v>736</v>
       </c>
-      <c r="AM41"/>
-[...20 lines deleted...]
-      </c>
       <c r="AU41">
-        <v>523500007904</v>
+        <v>523500008305</v>
       </c>
       <c r="AV41" t="s">
         <v>74</v>
       </c>
       <c r="AW41">
-        <v>1009184</v>
+        <v>1009253</v>
       </c>
       <c r="AX41" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY41">
-        <v>990096257399</v>
+        <v>990098360512</v>
       </c>
       <c r="AZ41" t="s">
         <v>74</v>
       </c>
       <c r="BA41" t="s">
         <v>85</v>
       </c>
       <c r="BB41" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="BC41" t="s">
-        <v>736</v>
+        <v>714</v>
       </c>
       <c r="BD41" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="BE41" t="s">
-        <v>746</v>
+        <v>605</v>
       </c>
       <c r="BF41" t="s">
-        <v>79</v>
+        <v>651</v>
       </c>
       <c r="BG41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH41">
-        <v>1521</v>
+        <v>1557</v>
       </c>
       <c r="BI41" t="s">
-        <v>156</v>
+        <v>89</v>
       </c>
       <c r="BJ41" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="BK41"/>
+      <c r="BL41"/>
       <c r="BM41" t="s">
-        <v>747</v>
+        <v>78</v>
       </c>
       <c r="BN41" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="BO41">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP41" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>25992</v>
-[...3 lines deleted...]
-      </c>
+        <v>70992</v>
+      </c>
+      <c r="BS41"/>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C42" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D42">
-        <v>515873</v>
+        <v>518998</v>
       </c>
       <c r="E42">
-        <v>22.05</v>
+        <v>27.49</v>
       </c>
       <c r="F42" t="s">
+        <v>753</v>
+      </c>
+      <c r="G42" t="s">
+        <v>70</v>
+      </c>
+      <c r="H42" t="s">
+        <v>754</v>
+      </c>
+      <c r="I42">
+        <v>12.79</v>
+      </c>
+      <c r="J42" t="s">
+        <v>755</v>
+      </c>
+      <c r="K42" t="s">
+        <v>199</v>
+      </c>
+      <c r="L42">
+        <v>990096728710</v>
+      </c>
+      <c r="M42" t="s">
+        <v>74</v>
+      </c>
+      <c r="N42" t="s">
+        <v>549</v>
+      </c>
+      <c r="O42">
+        <v>523500007911</v>
+      </c>
+      <c r="P42">
+        <v>153855536</v>
+      </c>
+      <c r="Q42" t="s">
         <v>751</v>
       </c>
-      <c r="G42" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="R42" t="s">
+        <v>756</v>
+      </c>
+      <c r="S42" t="s">
+        <v>757</v>
+      </c>
+      <c r="T42" t="s">
+        <v>77</v>
+      </c>
+      <c r="U42" t="s">
         <v>752</v>
       </c>
-      <c r="S42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V42">
-        <v>515873</v>
+        <v>518998</v>
       </c>
       <c r="W42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X42">
-        <v>22.05</v>
+        <v>27.49</v>
       </c>
       <c r="Y42">
-        <v>770</v>
+        <v>800</v>
       </c>
       <c r="Z42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>70</v>
       </c>
       <c r="AC42" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="AD42">
-        <v>138827887</v>
+        <v>153855536</v>
       </c>
       <c r="AE42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF42">
-        <v>56198654</v>
+        <v>99988477</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>283</v>
+        <v>759</v>
       </c>
       <c r="AK42" t="s">
         <v>70</v>
       </c>
       <c r="AL42" t="s">
-        <v>79</v>
+        <v>755</v>
       </c>
       <c r="AM42"/>
-      <c r="AN42"/>
+      <c r="AN42" t="s">
+        <v>754</v>
+      </c>
       <c r="AO42">
-        <v>0</v>
+        <v>12.79</v>
       </c>
       <c r="AP42" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      <c r="AS42"/>
+        <v>760</v>
+      </c>
+      <c r="AQ42" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR42" t="s">
+        <v>319</v>
+      </c>
+      <c r="AS42" t="s">
+        <v>761</v>
+      </c>
       <c r="AT42" t="s">
-        <v>79</v>
+        <v>762</v>
       </c>
       <c r="AU42">
-        <v>523500007419</v>
+        <v>523500007911</v>
       </c>
       <c r="AV42" t="s">
         <v>74</v>
       </c>
       <c r="AW42">
-        <v>1009091</v>
+        <v>1009197</v>
       </c>
       <c r="AX42" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY42">
-        <v>990094126472</v>
+        <v>990096728710</v>
       </c>
       <c r="AZ42" t="s">
         <v>74</v>
       </c>
       <c r="BA42" t="s">
         <v>85</v>
       </c>
       <c r="BB42" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="BC42" t="s">
-        <v>79</v>
+        <v>755</v>
       </c>
       <c r="BD42" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="BE42" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="BF42" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="BG42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH42">
-        <v>1570</v>
+        <v>1564</v>
       </c>
       <c r="BI42" t="s">
-        <v>759</v>
+        <v>190</v>
       </c>
       <c r="BJ42" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
-        <v>760</v>
+        <v>78</v>
       </c>
       <c r="BN42" t="s">
-        <v>79</v>
+        <v>766</v>
       </c>
       <c r="BO42">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="BP42"/>
+        <v>0</v>
+      </c>
+      <c r="BP42" t="s">
+        <v>172</v>
+      </c>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>16979</v>
-[...3 lines deleted...]
-      </c>
+        <v>21992</v>
+      </c>
+      <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="C43" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="D43">
-        <v>515836</v>
+        <v>518880</v>
       </c>
       <c r="E43">
-        <v>97.67</v>
+        <v>32.49</v>
       </c>
       <c r="F43" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="G43" t="s">
         <v>70</v>
       </c>
-      <c r="H43"/>
+      <c r="H43" t="s">
+        <v>770</v>
+      </c>
       <c r="I43">
-        <v>0</v>
+        <v>16.04</v>
       </c>
       <c r="J43" t="s">
-        <v>79</v>
+        <v>771</v>
       </c>
       <c r="K43" t="s">
-        <v>694</v>
+        <v>199</v>
       </c>
       <c r="L43">
-        <v>990094126028</v>
+        <v>990096257399</v>
       </c>
       <c r="M43" t="s">
         <v>74</v>
       </c>
       <c r="N43" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O43">
-        <v>523500007418</v>
+        <v>523500007904</v>
       </c>
       <c r="P43">
-        <v>130074480</v>
+        <v>166606225</v>
       </c>
       <c r="Q43" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="R43" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="S43" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="T43" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U43" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="V43">
-        <v>515836</v>
+        <v>518880</v>
       </c>
       <c r="W43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X43">
-        <v>97.67</v>
+        <v>32.49</v>
       </c>
       <c r="Y43">
-        <v>770</v>
+        <v>800</v>
       </c>
       <c r="Z43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>70</v>
       </c>
       <c r="AC43" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="AD43">
-        <v>130074480</v>
+        <v>166606225</v>
       </c>
       <c r="AE43" t="s">
-        <v>79</v>
+        <v>774</v>
       </c>
       <c r="AF43">
-        <v>82558896</v>
+        <v>55212478</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>611</v>
+        <v>776</v>
       </c>
       <c r="AK43" t="s">
         <v>70</v>
       </c>
       <c r="AL43" t="s">
-        <v>79</v>
+        <v>771</v>
       </c>
       <c r="AM43"/>
-      <c r="AN43"/>
+      <c r="AN43" t="s">
+        <v>770</v>
+      </c>
       <c r="AO43">
-        <v>0</v>
+        <v>16.04</v>
       </c>
       <c r="AP43" t="s">
-        <v>767</v>
-[...3 lines deleted...]
-      <c r="AS43"/>
+        <v>777</v>
+      </c>
+      <c r="AQ43" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR43" t="s">
+        <v>319</v>
+      </c>
+      <c r="AS43" t="s">
+        <v>778</v>
+      </c>
       <c r="AT43" t="s">
-        <v>79</v>
+        <v>779</v>
       </c>
       <c r="AU43">
-        <v>523500007418</v>
+        <v>523500007904</v>
       </c>
       <c r="AV43" t="s">
         <v>74</v>
       </c>
       <c r="AW43">
-        <v>1009091</v>
+        <v>1009184</v>
       </c>
       <c r="AX43" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY43">
-        <v>990094126028</v>
+        <v>990096257399</v>
       </c>
       <c r="AZ43" t="s">
         <v>74</v>
       </c>
       <c r="BA43" t="s">
         <v>85</v>
       </c>
       <c r="BB43" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="BC43" t="s">
-        <v>79</v>
+        <v>771</v>
       </c>
       <c r="BD43" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="BE43" t="s">
-        <v>757</v>
+        <v>781</v>
       </c>
       <c r="BF43" t="s">
-        <v>769</v>
+        <v>78</v>
       </c>
       <c r="BG43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH43">
-        <v>1571</v>
+        <v>1567</v>
       </c>
       <c r="BI43" t="s">
-        <v>759</v>
+        <v>190</v>
       </c>
       <c r="BJ43" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK43" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="BL43"/>
+        <v>91</v>
+      </c>
+      <c r="BL43" t="s">
+        <v>266</v>
+      </c>
       <c r="BM43" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="BN43" t="s">
-        <v>79</v>
+        <v>783</v>
       </c>
       <c r="BO43">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="BP43"/>
+        <v>1</v>
+      </c>
+      <c r="BP43" t="s">
+        <v>172</v>
+      </c>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>75206</v>
+        <v>25992</v>
       </c>
       <c r="BS43" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>771</v>
+        <v>784</v>
       </c>
       <c r="C44" t="s">
-        <v>772</v>
+        <v>785</v>
       </c>
       <c r="D44">
-        <v>515528</v>
+        <v>515873</v>
       </c>
       <c r="E44">
-        <v>48.35</v>
+        <v>22.05</v>
       </c>
       <c r="F44" t="s">
-        <v>773</v>
+        <v>786</v>
       </c>
       <c r="G44" t="s">
         <v>70</v>
       </c>
-      <c r="H44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H44"/>
       <c r="I44">
-        <v>27.27</v>
+        <v>0</v>
       </c>
       <c r="J44" t="s">
-        <v>775</v>
+        <v>78</v>
       </c>
       <c r="K44" t="s">
-        <v>165</v>
+        <v>729</v>
       </c>
       <c r="L44">
-        <v>990095985966</v>
+        <v>990094126472</v>
       </c>
       <c r="M44" t="s">
         <v>74</v>
       </c>
       <c r="N44" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O44">
-        <v>523500007822</v>
+        <v>523500007419</v>
       </c>
       <c r="P44">
-        <v>192818559</v>
+        <v>138827887</v>
       </c>
       <c r="Q44" t="s">
-        <v>771</v>
+        <v>784</v>
       </c>
       <c r="R44" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="S44" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="T44" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U44" t="s">
-        <v>772</v>
+        <v>785</v>
       </c>
       <c r="V44">
-        <v>515528</v>
+        <v>515873</v>
       </c>
       <c r="W44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X44">
-        <v>48.35</v>
+        <v>22.05</v>
       </c>
       <c r="Y44">
         <v>770</v>
       </c>
       <c r="Z44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>70</v>
       </c>
       <c r="AC44" t="s">
-        <v>773</v>
+        <v>786</v>
       </c>
       <c r="AD44">
-        <v>192818559</v>
+        <v>138827887</v>
       </c>
       <c r="AE44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF44">
-        <v>99262792</v>
+        <v>56198654</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>778</v>
+        <v>789</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>741</v>
+        <v>317</v>
       </c>
       <c r="AK44" t="s">
         <v>70</v>
       </c>
       <c r="AL44" t="s">
-        <v>775</v>
+        <v>78</v>
       </c>
       <c r="AM44"/>
-      <c r="AN44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN44"/>
       <c r="AO44">
-        <v>27.27</v>
+        <v>0</v>
       </c>
       <c r="AP44" t="s">
-        <v>779</v>
-[...9 lines deleted...]
-      </c>
+        <v>790</v>
+      </c>
+      <c r="AQ44"/>
+      <c r="AR44"/>
+      <c r="AS44"/>
       <c r="AT44" t="s">
-        <v>781</v>
+        <v>78</v>
       </c>
       <c r="AU44">
-        <v>523500007822</v>
+        <v>523500007419</v>
       </c>
       <c r="AV44" t="s">
         <v>74</v>
       </c>
       <c r="AW44">
-        <v>1009170</v>
+        <v>1009091</v>
       </c>
       <c r="AX44" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY44">
-        <v>990095985966</v>
+        <v>990094126472</v>
       </c>
       <c r="AZ44" t="s">
         <v>74</v>
       </c>
       <c r="BA44" t="s">
         <v>85</v>
       </c>
       <c r="BB44" t="s">
-        <v>771</v>
+        <v>784</v>
       </c>
       <c r="BC44" t="s">
-        <v>775</v>
+        <v>78</v>
       </c>
       <c r="BD44" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="BE44" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="BF44" t="s">
-        <v>79</v>
+        <v>793</v>
       </c>
       <c r="BG44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH44">
-        <v>1576</v>
+        <v>1616</v>
       </c>
       <c r="BI44" t="s">
-        <v>156</v>
+        <v>125</v>
       </c>
       <c r="BJ44" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK44" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="BL44"/>
       <c r="BM44" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="BN44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO44">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>37230</v>
+        <v>16979</v>
       </c>
       <c r="BS44" t="s">
-        <v>365</v>
+        <v>173</v>
       </c>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="C45" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="D45">
-        <v>512946</v>
+        <v>515836</v>
       </c>
       <c r="E45">
-        <v>86.38</v>
+        <v>97.67</v>
       </c>
       <c r="F45" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="G45" t="s">
         <v>70</v>
       </c>
-      <c r="H45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
       <c r="I45">
-        <v>43.96</v>
+        <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>789</v>
+        <v>78</v>
       </c>
       <c r="K45" t="s">
-        <v>165</v>
+        <v>729</v>
       </c>
       <c r="L45">
-        <v>990092423650</v>
+        <v>990094126028</v>
       </c>
       <c r="M45" t="s">
         <v>74</v>
       </c>
       <c r="N45" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O45">
-        <v>523500007022</v>
+        <v>523500007418</v>
       </c>
       <c r="P45">
-        <v>186279093</v>
+        <v>130074480</v>
       </c>
       <c r="Q45" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="R45" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="S45" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="T45" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U45" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="V45">
-        <v>512946</v>
+        <v>515836</v>
       </c>
       <c r="W45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X45">
-        <v>86.38</v>
+        <v>97.67</v>
       </c>
       <c r="Y45">
-        <v>755</v>
+        <v>770</v>
       </c>
       <c r="Z45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>70</v>
       </c>
       <c r="AC45" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="AD45">
-        <v>186279093</v>
+        <v>130074480</v>
       </c>
       <c r="AE45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF45">
-        <v>71293020</v>
+        <v>82558896</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>626</v>
+        <v>646</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>789</v>
+        <v>78</v>
       </c>
       <c r="AM45"/>
-      <c r="AN45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN45"/>
       <c r="AO45">
-        <v>43.96</v>
+        <v>0</v>
       </c>
       <c r="AP45" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU45">
-        <v>523500007022</v>
+        <v>523500007418</v>
       </c>
       <c r="AV45" t="s">
         <v>74</v>
       </c>
       <c r="AW45">
-        <v>1009049</v>
+        <v>1009091</v>
       </c>
       <c r="AX45" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY45">
-        <v>990092423650</v>
+        <v>990094126028</v>
       </c>
       <c r="AZ45" t="s">
         <v>74</v>
       </c>
       <c r="BA45" t="s">
         <v>85</v>
       </c>
       <c r="BB45" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="BC45" t="s">
-        <v>789</v>
+        <v>78</v>
       </c>
       <c r="BD45" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="BE45" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="BF45" t="s">
-        <v>79</v>
+        <v>803</v>
       </c>
       <c r="BG45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH45">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="BI45" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ45" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK45" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="BL45"/>
       <c r="BM45" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="BN45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO45">
-        <v>133</v>
+        <v>4</v>
       </c>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>65217</v>
+        <v>75206</v>
       </c>
       <c r="BS45" t="s">
-        <v>365</v>
+        <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="C46" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="D46">
-        <v>510777</v>
+        <v>515528</v>
       </c>
       <c r="E46">
-        <v>486.26</v>
+        <v>48.35</v>
       </c>
       <c r="F46" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="G46" t="s">
         <v>70</v>
       </c>
       <c r="H46" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="I46">
-        <v>209.67</v>
+        <v>27.27</v>
       </c>
       <c r="J46" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="K46" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L46">
-        <v>990091395912</v>
+        <v>990095985966</v>
       </c>
       <c r="M46" t="s">
         <v>74</v>
       </c>
       <c r="N46" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O46">
-        <v>523500006723</v>
+        <v>523500007822</v>
       </c>
       <c r="P46">
-        <v>118699386</v>
+        <v>192818559</v>
       </c>
       <c r="Q46" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="R46" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="S46" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="T46" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U46" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="V46">
-        <v>510777</v>
+        <v>515528</v>
       </c>
       <c r="W46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X46">
-        <v>486.26</v>
+        <v>48.35</v>
       </c>
       <c r="Y46">
-        <v>720</v>
+        <v>770</v>
       </c>
       <c r="Z46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>70</v>
       </c>
       <c r="AC46" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="AD46">
-        <v>118699386</v>
+        <v>192818559</v>
       </c>
       <c r="AE46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF46">
-        <v>95735418</v>
+        <v>99262792</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>535</v>
+        <v>776</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="AM46"/>
       <c r="AN46" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="AO46">
-        <v>209.67</v>
+        <v>27.27</v>
       </c>
       <c r="AP46" t="s">
-        <v>805</v>
-[...3 lines deleted...]
-      <c r="AS46"/>
+        <v>813</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>162</v>
+      </c>
+      <c r="AR46" t="s">
+        <v>319</v>
+      </c>
+      <c r="AS46" t="s">
+        <v>814</v>
+      </c>
       <c r="AT46" t="s">
-        <v>79</v>
+        <v>815</v>
       </c>
       <c r="AU46">
-        <v>523500006723</v>
+        <v>523500007822</v>
       </c>
       <c r="AV46" t="s">
         <v>74</v>
       </c>
       <c r="AW46">
-        <v>1009023</v>
+        <v>1009170</v>
       </c>
       <c r="AX46" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY46">
-        <v>990091395912</v>
+        <v>990095985966</v>
       </c>
       <c r="AZ46" t="s">
         <v>74</v>
       </c>
       <c r="BA46" t="s">
         <v>85</v>
       </c>
       <c r="BB46" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="BC46" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="BD46" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="BE46" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="BF46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH46">
-        <v>1642</v>
+        <v>1622</v>
       </c>
       <c r="BI46" t="s">
-        <v>759</v>
+        <v>190</v>
       </c>
       <c r="BJ46" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK46" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="BL46"/>
+        <v>145</v>
+      </c>
+      <c r="BL46" t="s">
+        <v>266</v>
+      </c>
       <c r="BM46" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="BN46" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO46">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="BP46"/>
+        <v>65</v>
+      </c>
+      <c r="BP46" t="s">
+        <v>172</v>
+      </c>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>350107</v>
+        <v>37230</v>
       </c>
       <c r="BS46" t="s">
-        <v>809</v>
+        <v>399</v>
       </c>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="C47" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="D47">
-        <v>510771</v>
+        <v>512946</v>
       </c>
       <c r="E47">
-        <v>36.87</v>
+        <v>86.38</v>
       </c>
       <c r="F47" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="G47" t="s">
         <v>70</v>
       </c>
       <c r="H47" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="I47">
-        <v>39.99</v>
+        <v>43.96</v>
       </c>
       <c r="J47" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
       <c r="K47" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L47">
-        <v>990092222334</v>
+        <v>990092423650</v>
       </c>
       <c r="M47" t="s">
         <v>74</v>
       </c>
       <c r="N47" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O47">
-        <v>523500006875</v>
+        <v>523500007022</v>
       </c>
       <c r="P47">
-        <v>167478492</v>
+        <v>186279093</v>
       </c>
       <c r="Q47" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="R47" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="S47" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="T47" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U47" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="V47">
-        <v>510771</v>
+        <v>512946</v>
       </c>
       <c r="W47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X47">
-        <v>36.87</v>
+        <v>86.38</v>
       </c>
       <c r="Y47">
-        <v>720</v>
+        <v>755</v>
       </c>
       <c r="Z47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>70</v>
       </c>
       <c r="AC47" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="AD47">
-        <v>167478492</v>
+        <v>186279093</v>
       </c>
       <c r="AE47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF47">
-        <v>44752436</v>
+        <v>71293020</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>626</v>
+        <v>661</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
       <c r="AM47"/>
       <c r="AN47" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="AO47">
-        <v>39.99</v>
+        <v>43.96</v>
       </c>
       <c r="AP47" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU47">
-        <v>523500006875</v>
+        <v>523500007022</v>
       </c>
       <c r="AV47" t="s">
         <v>74</v>
       </c>
       <c r="AW47">
-        <v>1008989</v>
+        <v>1009049</v>
       </c>
       <c r="AX47" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY47">
-        <v>990092222334</v>
+        <v>990092423650</v>
       </c>
       <c r="AZ47" t="s">
         <v>74</v>
       </c>
       <c r="BA47" t="s">
         <v>85</v>
       </c>
       <c r="BB47" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="BC47" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
       <c r="BD47" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="BE47" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="BF47" t="s">
-        <v>820</v>
+        <v>78</v>
       </c>
       <c r="BG47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH47">
-        <v>1642</v>
+        <v>1661</v>
       </c>
       <c r="BI47" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ47" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK47" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="BL47"/>
+        <v>145</v>
+      </c>
+      <c r="BL47" t="s">
+        <v>266</v>
+      </c>
       <c r="BM47" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="BN47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO47">
-        <v>40</v>
+        <v>133</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
-        <v>26546</v>
+        <v>65217</v>
       </c>
       <c r="BS47" t="s">
-        <v>809</v>
+        <v>399</v>
       </c>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="C48" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="D48">
-        <v>510369</v>
+        <v>510777</v>
       </c>
       <c r="E48">
-        <v>42.57</v>
+        <v>486.26</v>
       </c>
       <c r="F48" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="G48" t="s">
         <v>70</v>
       </c>
       <c r="H48" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="I48">
-        <v>16.81</v>
+        <v>209.67</v>
       </c>
       <c r="J48" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="K48" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L48">
-        <v>990091511729</v>
+        <v>990091395912</v>
       </c>
       <c r="M48" t="s">
         <v>74</v>
       </c>
       <c r="N48" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O48">
-        <v>523500006751</v>
+        <v>523500006723</v>
       </c>
       <c r="P48">
-        <v>105766637</v>
+        <v>118699386</v>
       </c>
       <c r="Q48" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="R48" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="S48" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="T48" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U48" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="V48">
-        <v>510369</v>
+        <v>510777</v>
       </c>
       <c r="W48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X48">
-        <v>42.57</v>
+        <v>486.26</v>
       </c>
       <c r="Y48">
         <v>720</v>
       </c>
       <c r="Z48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>70</v>
       </c>
       <c r="AC48" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="AD48">
-        <v>105766637</v>
+        <v>118699386</v>
       </c>
       <c r="AE48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF48">
-        <v>81834479</v>
+        <v>95735418</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>830</v>
+        <v>570</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="AM48"/>
       <c r="AN48" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="AO48">
-        <v>16.81</v>
+        <v>209.67</v>
       </c>
       <c r="AP48" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU48">
-        <v>523500006751</v>
+        <v>523500006723</v>
       </c>
       <c r="AV48" t="s">
         <v>74</v>
       </c>
       <c r="AW48">
-        <v>1008955</v>
+        <v>1009023</v>
       </c>
       <c r="AX48" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY48">
-        <v>990091511729</v>
+        <v>990091395912</v>
       </c>
       <c r="AZ48" t="s">
         <v>74</v>
       </c>
       <c r="BA48" t="s">
         <v>85</v>
       </c>
       <c r="BB48" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="BC48" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="BD48" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="BE48" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="BF48" t="s">
-        <v>834</v>
+        <v>78</v>
       </c>
       <c r="BG48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH48">
-        <v>1647</v>
+        <v>1688</v>
       </c>
       <c r="BI48" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ48" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK48" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL48"/>
       <c r="BM48" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="BN48" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO48">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
-        <v>30650</v>
+        <v>350107</v>
       </c>
       <c r="BS48" t="s">
-        <v>179</v>
+        <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="C49" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="D49">
-        <v>510268</v>
+        <v>510771</v>
       </c>
       <c r="E49">
-        <v>47.4</v>
+        <v>36.87</v>
       </c>
       <c r="F49" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="G49" t="s">
         <v>70</v>
       </c>
       <c r="H49" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="I49">
-        <v>21.99</v>
+        <v>39.99</v>
       </c>
       <c r="J49" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="K49" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L49">
-        <v>990091229636</v>
+        <v>990092222334</v>
       </c>
       <c r="M49" t="s">
         <v>74</v>
       </c>
       <c r="N49" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O49">
-        <v>523500006661</v>
+        <v>523500006875</v>
       </c>
       <c r="P49">
-        <v>110966725</v>
+        <v>167478492</v>
       </c>
       <c r="Q49" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="R49" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="S49" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="T49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U49" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="V49">
-        <v>510268</v>
+        <v>510771</v>
       </c>
       <c r="W49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X49">
-        <v>47.4</v>
+        <v>36.87</v>
       </c>
       <c r="Y49">
-        <v>795</v>
+        <v>720</v>
       </c>
       <c r="Z49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>70</v>
       </c>
       <c r="AC49" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="AD49">
-        <v>110966725</v>
+        <v>167478492</v>
       </c>
       <c r="AE49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF49">
-        <v>62743262</v>
+        <v>44752436</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>338</v>
+        <v>661</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="AM49"/>
       <c r="AN49" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="AO49">
-        <v>21.99</v>
+        <v>39.99</v>
       </c>
       <c r="AP49" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU49">
-        <v>523500006661</v>
+        <v>523500006875</v>
       </c>
       <c r="AV49" t="s">
         <v>74</v>
       </c>
       <c r="AW49">
-        <v>1008943</v>
+        <v>1008989</v>
       </c>
       <c r="AX49" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY49">
-        <v>990091229636</v>
+        <v>990092222334</v>
       </c>
       <c r="AZ49" t="s">
         <v>74</v>
       </c>
       <c r="BA49" t="s">
         <v>85</v>
       </c>
       <c r="BB49" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="BC49" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="BD49" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="BE49" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="BF49" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="BG49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH49">
-        <v>1648</v>
+        <v>1688</v>
       </c>
       <c r="BI49" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ49" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK49" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL49"/>
       <c r="BM49" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="BN49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO49">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>37683</v>
+        <v>26546</v>
       </c>
       <c r="BS49" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="C50" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="D50">
-        <v>510028</v>
+        <v>510369</v>
       </c>
       <c r="E50">
-        <v>27.7</v>
+        <v>42.57</v>
       </c>
       <c r="F50" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="G50" t="s">
         <v>70</v>
       </c>
       <c r="H50" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="I50">
-        <v>10.54</v>
+        <v>16.81</v>
       </c>
       <c r="J50" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="K50" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L50">
-        <v>990090605280</v>
+        <v>990091511729</v>
       </c>
       <c r="M50" t="s">
         <v>74</v>
       </c>
       <c r="N50" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O50">
-        <v>523500006561</v>
+        <v>523500006751</v>
       </c>
       <c r="P50">
-        <v>217577268</v>
+        <v>105766637</v>
       </c>
       <c r="Q50" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="R50" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="S50" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="T50" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U50" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="V50">
-        <v>510028</v>
+        <v>510369</v>
       </c>
       <c r="W50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X50">
-        <v>27.7</v>
+        <v>42.57</v>
       </c>
       <c r="Y50">
-        <v>795</v>
+        <v>720</v>
       </c>
       <c r="Z50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>70</v>
       </c>
       <c r="AC50" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="AD50">
-        <v>217577268</v>
+        <v>105766637</v>
       </c>
       <c r="AE50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF50">
-        <v>79416856</v>
+        <v>81834479</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="AM50"/>
       <c r="AN50" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="AO50">
-        <v>10.54</v>
+        <v>16.81</v>
       </c>
       <c r="AP50" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="AQ50"/>
       <c r="AR50"/>
       <c r="AS50"/>
       <c r="AT50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU50">
-        <v>523500006561</v>
+        <v>523500006751</v>
       </c>
       <c r="AV50" t="s">
         <v>74</v>
       </c>
       <c r="AW50">
-        <v>1008912</v>
+        <v>1008955</v>
       </c>
       <c r="AX50" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY50">
-        <v>990090605280</v>
+        <v>990091511729</v>
       </c>
       <c r="AZ50" t="s">
         <v>74</v>
       </c>
       <c r="BA50" t="s">
         <v>85</v>
       </c>
       <c r="BB50" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="BC50" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="BD50" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="BE50" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="BF50" t="s">
-        <v>79</v>
+        <v>867</v>
       </c>
       <c r="BG50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH50">
-        <v>1651</v>
+        <v>1693</v>
       </c>
       <c r="BI50" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ50" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK50" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL50"/>
       <c r="BM50" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="BN50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO50">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
-        <v>22022</v>
+        <v>30650</v>
       </c>
       <c r="BS50" t="s">
-        <v>809</v>
+        <v>213</v>
       </c>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="C51" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="D51">
-        <v>509835</v>
+        <v>510268</v>
       </c>
       <c r="E51">
-        <v>40.84</v>
+        <v>47.4</v>
       </c>
       <c r="F51" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="G51" t="s">
         <v>70</v>
       </c>
       <c r="H51" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="I51">
-        <v>19.99</v>
+        <v>21.99</v>
       </c>
       <c r="J51" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
       <c r="K51" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L51">
-        <v>990090605113</v>
+        <v>990091229636</v>
       </c>
       <c r="M51" t="s">
         <v>74</v>
       </c>
       <c r="N51" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O51">
-        <v>523500006550</v>
+        <v>523500006661</v>
       </c>
       <c r="P51">
-        <v>132000328</v>
+        <v>110966725</v>
       </c>
       <c r="Q51" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="R51" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="S51" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="T51" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U51" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="V51">
-        <v>509835</v>
+        <v>510268</v>
       </c>
       <c r="W51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X51">
-        <v>40.84</v>
+        <v>47.4</v>
       </c>
       <c r="Y51">
         <v>795</v>
       </c>
       <c r="Z51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>70</v>
       </c>
       <c r="AC51" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="AD51">
-        <v>132000328</v>
+        <v>110966725</v>
       </c>
       <c r="AE51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF51">
-        <v>42625775</v>
+        <v>62743262</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>189</v>
+        <v>372</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
       <c r="AM51"/>
       <c r="AN51" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="AO51">
-        <v>19.99</v>
+        <v>21.99</v>
       </c>
       <c r="AP51" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="AQ51"/>
       <c r="AR51"/>
       <c r="AS51"/>
       <c r="AT51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU51">
-        <v>523500006550</v>
+        <v>523500006661</v>
       </c>
       <c r="AV51" t="s">
         <v>74</v>
       </c>
       <c r="AW51">
-        <v>1008912</v>
+        <v>1008943</v>
       </c>
       <c r="AX51" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY51">
-        <v>990090605113</v>
+        <v>990091229636</v>
       </c>
       <c r="AZ51" t="s">
         <v>74</v>
       </c>
       <c r="BA51" t="s">
         <v>85</v>
       </c>
       <c r="BB51" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="BC51" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
       <c r="BD51" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="BE51" t="s">
-        <v>859</v>
+        <v>878</v>
       </c>
       <c r="BF51" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="BG51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH51">
-        <v>1653</v>
+        <v>1694</v>
       </c>
       <c r="BI51" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ51" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK51" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL51"/>
       <c r="BM51" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="BN51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO51">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
-        <v>32468</v>
+        <v>37683</v>
       </c>
       <c r="BS51" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="C52" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="D52">
-        <v>509824</v>
+        <v>510028</v>
       </c>
       <c r="E52">
-        <v>101.34</v>
+        <v>27.7</v>
       </c>
       <c r="F52" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
       <c r="H52" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="I52">
-        <v>53.49</v>
+        <v>10.54</v>
       </c>
       <c r="J52" t="s">
-        <v>865</v>
+        <v>885</v>
       </c>
       <c r="K52" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L52">
-        <v>990090604932</v>
+        <v>990090605280</v>
       </c>
       <c r="M52" t="s">
         <v>74</v>
       </c>
       <c r="N52" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O52">
-        <v>523500006551</v>
+        <v>523500006561</v>
       </c>
       <c r="P52">
-        <v>141912062</v>
+        <v>217577268</v>
       </c>
       <c r="Q52" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="R52" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="S52" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="T52" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U52" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="V52">
-        <v>509824</v>
+        <v>510028</v>
       </c>
       <c r="W52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X52">
-        <v>101.34</v>
+        <v>27.7</v>
       </c>
       <c r="Y52">
         <v>795</v>
       </c>
       <c r="Z52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>70</v>
       </c>
       <c r="AC52" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="AD52">
-        <v>141912062</v>
+        <v>217577268</v>
       </c>
       <c r="AE52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF52">
-        <v>98086400</v>
+        <v>79416856</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>611</v>
+        <v>889</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>865</v>
+        <v>885</v>
       </c>
       <c r="AM52"/>
       <c r="AN52" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="AO52">
-        <v>53.49</v>
+        <v>10.54</v>
       </c>
       <c r="AP52" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="AQ52"/>
       <c r="AR52"/>
       <c r="AS52"/>
       <c r="AT52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU52">
-        <v>523500006551</v>
+        <v>523500006561</v>
       </c>
       <c r="AV52" t="s">
         <v>74</v>
       </c>
       <c r="AW52">
         <v>1008912</v>
       </c>
       <c r="AX52" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY52">
-        <v>990090604932</v>
+        <v>990090605280</v>
       </c>
       <c r="AZ52" t="s">
         <v>74</v>
       </c>
       <c r="BA52" t="s">
         <v>85</v>
       </c>
       <c r="BB52" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="BC52" t="s">
-        <v>865</v>
+        <v>885</v>
       </c>
       <c r="BD52" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="BE52" t="s">
-        <v>859</v>
+        <v>892</v>
       </c>
       <c r="BF52" t="s">
-        <v>882</v>
+        <v>78</v>
       </c>
       <c r="BG52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH52">
-        <v>1653</v>
+        <v>1697</v>
       </c>
       <c r="BI52" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ52" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK52" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL52"/>
       <c r="BM52" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="BN52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO52">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
-        <v>80565</v>
+        <v>22022</v>
       </c>
       <c r="BS52" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="C53" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="D53">
-        <v>508837</v>
+        <v>509835</v>
       </c>
       <c r="E53">
-        <v>32.77</v>
+        <v>40.84</v>
       </c>
       <c r="F53" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
       <c r="H53" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="I53">
-        <v>14.6</v>
+        <v>19.99</v>
       </c>
       <c r="J53" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="K53" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L53">
-        <v>990090010844</v>
+        <v>990090605113</v>
       </c>
       <c r="M53" t="s">
         <v>74</v>
       </c>
       <c r="N53" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O53">
-        <v>523500006484</v>
+        <v>523500006550</v>
       </c>
       <c r="P53">
-        <v>209569299</v>
+        <v>132000328</v>
       </c>
       <c r="Q53" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="R53" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="S53" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="T53" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U53" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="V53">
-        <v>508837</v>
+        <v>509835</v>
       </c>
       <c r="W53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X53">
-        <v>32.77</v>
+        <v>40.84</v>
       </c>
       <c r="Y53">
         <v>795</v>
       </c>
       <c r="Z53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>70</v>
       </c>
       <c r="AC53" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="AD53">
-        <v>209569299</v>
+        <v>132000328</v>
       </c>
       <c r="AE53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF53">
-        <v>85901938</v>
+        <v>42625775</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>500</v>
+        <v>223</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="AM53"/>
       <c r="AN53" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="AO53">
-        <v>14.6</v>
+        <v>19.99</v>
       </c>
       <c r="AP53" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="AQ53"/>
       <c r="AR53"/>
       <c r="AS53"/>
       <c r="AT53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU53">
-        <v>523500006484</v>
+        <v>523500006550</v>
       </c>
       <c r="AV53" t="s">
         <v>74</v>
       </c>
       <c r="AW53">
-        <v>1008896</v>
+        <v>1008912</v>
       </c>
       <c r="AX53" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY53">
-        <v>990090010844</v>
+        <v>990090605113</v>
       </c>
       <c r="AZ53" t="s">
         <v>74</v>
       </c>
       <c r="BA53" t="s">
         <v>85</v>
       </c>
       <c r="BB53" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="BC53" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="BD53" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="BE53" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="BF53" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="BG53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH53">
-        <v>1663</v>
+        <v>1699</v>
       </c>
       <c r="BI53" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ53" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK53" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="BL53"/>
       <c r="BM53" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="BN53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO53">
-        <v>192</v>
+        <v>37</v>
       </c>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
-        <v>26052</v>
+        <v>32468</v>
       </c>
       <c r="BS53" t="s">
-        <v>365</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="C54" t="s">
+        <v>907</v>
+      </c>
+      <c r="D54">
+        <v>509824</v>
+      </c>
+      <c r="E54">
+        <v>101.34</v>
+      </c>
+      <c r="F54" t="s">
+        <v>908</v>
+      </c>
+      <c r="G54" t="s">
+        <v>70</v>
+      </c>
+      <c r="H54" t="s">
+        <v>909</v>
+      </c>
+      <c r="I54">
+        <v>53.49</v>
+      </c>
+      <c r="J54" t="s">
         <v>898</v>
       </c>
-      <c r="D54">
-[...19 lines deleted...]
-      </c>
       <c r="K54" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L54">
-        <v>990089779897</v>
+        <v>990090604932</v>
       </c>
       <c r="M54" t="s">
         <v>74</v>
       </c>
       <c r="N54" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O54">
-        <v>523500006389</v>
+        <v>523500006551</v>
       </c>
       <c r="P54">
-        <v>138139212</v>
+        <v>141912062</v>
       </c>
       <c r="Q54" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="R54" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="S54" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="T54" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U54" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="V54">
-        <v>508596</v>
+        <v>509824</v>
       </c>
       <c r="W54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X54">
-        <v>38.62</v>
+        <v>101.34</v>
       </c>
       <c r="Y54">
         <v>795</v>
       </c>
       <c r="Z54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>70</v>
       </c>
       <c r="AC54" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="AD54">
-        <v>138139212</v>
+        <v>141912062</v>
       </c>
       <c r="AE54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF54">
-        <v>66038459</v>
+        <v>98086400</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>905</v>
+        <v>646</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="AM54"/>
       <c r="AN54" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="AO54">
-        <v>18.99</v>
+        <v>53.49</v>
       </c>
       <c r="AP54" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="AQ54"/>
       <c r="AR54"/>
       <c r="AS54"/>
       <c r="AT54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU54">
-        <v>523500006389</v>
+        <v>523500006551</v>
       </c>
       <c r="AV54" t="s">
         <v>74</v>
       </c>
       <c r="AW54">
-        <v>1008888</v>
+        <v>1008912</v>
       </c>
       <c r="AX54" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY54">
-        <v>990089779897</v>
+        <v>990090604932</v>
       </c>
       <c r="AZ54" t="s">
         <v>74</v>
       </c>
       <c r="BA54" t="s">
         <v>85</v>
       </c>
       <c r="BB54" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="BC54" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="BD54" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="BE54" t="s">
-        <v>908</v>
+        <v>892</v>
       </c>
       <c r="BF54" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="BG54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH54">
-        <v>1665</v>
+        <v>1699</v>
       </c>
       <c r="BI54" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ54" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK54" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="BL54"/>
       <c r="BM54" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="BN54" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO54">
-        <v>194</v>
+        <v>38</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
-        <v>30703</v>
+        <v>80565</v>
       </c>
       <c r="BS54" t="s">
-        <v>365</v>
+        <v>95</v>
       </c>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="C55" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="D55">
-        <v>508595</v>
+        <v>508837</v>
       </c>
       <c r="E55">
-        <v>47.3</v>
+        <v>32.77</v>
       </c>
       <c r="F55" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="G55" t="s">
         <v>70</v>
       </c>
       <c r="H55" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="I55">
-        <v>24.6</v>
+        <v>14.6</v>
       </c>
       <c r="J55" t="s">
-        <v>901</v>
+        <v>921</v>
       </c>
       <c r="K55" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L55">
-        <v>990089864232</v>
+        <v>990090010844</v>
       </c>
       <c r="M55" t="s">
         <v>74</v>
       </c>
       <c r="N55" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O55">
-        <v>523500006405</v>
+        <v>523500006484</v>
       </c>
       <c r="P55">
-        <v>140494534</v>
+        <v>209569299</v>
       </c>
       <c r="Q55" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="R55" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="S55" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="T55" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U55" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="V55">
-        <v>508595</v>
+        <v>508837</v>
       </c>
       <c r="W55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X55">
-        <v>47.3</v>
+        <v>32.77</v>
       </c>
       <c r="Y55">
         <v>795</v>
       </c>
       <c r="Z55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>70</v>
       </c>
       <c r="AC55" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="AD55">
-        <v>140494534</v>
+        <v>209569299</v>
       </c>
       <c r="AE55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF55">
-        <v>89369094</v>
+        <v>85901938</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>918</v>
+        <v>535</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
-        <v>901</v>
+        <v>921</v>
       </c>
       <c r="AM55"/>
       <c r="AN55" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="AO55">
-        <v>24.6</v>
+        <v>14.6</v>
       </c>
       <c r="AP55" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="AQ55"/>
       <c r="AR55"/>
       <c r="AS55"/>
       <c r="AT55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU55">
-        <v>523500006405</v>
+        <v>523500006484</v>
       </c>
       <c r="AV55" t="s">
         <v>74</v>
       </c>
       <c r="AW55">
-        <v>1008888</v>
+        <v>1008896</v>
       </c>
       <c r="AX55" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY55">
-        <v>990089864232</v>
+        <v>990090010844</v>
       </c>
       <c r="AZ55" t="s">
         <v>74</v>
       </c>
       <c r="BA55" t="s">
         <v>85</v>
       </c>
       <c r="BB55" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="BC55" t="s">
-        <v>901</v>
+        <v>921</v>
       </c>
       <c r="BD55" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="BE55" t="s">
-        <v>908</v>
+        <v>927</v>
       </c>
       <c r="BF55" t="s">
-        <v>79</v>
+        <v>928</v>
       </c>
       <c r="BG55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH55">
-        <v>1666</v>
+        <v>1709</v>
       </c>
       <c r="BI55" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ55" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK55" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="BL55"/>
+        <v>145</v>
+      </c>
+      <c r="BL55" t="s">
+        <v>266</v>
+      </c>
       <c r="BM55" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="BN55" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO55">
-        <v>63</v>
+        <v>192</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
-        <v>37604</v>
+        <v>26052</v>
       </c>
       <c r="BS55" t="s">
-        <v>809</v>
+        <v>399</v>
       </c>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="C56" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="D56">
-        <v>508505</v>
+        <v>508596</v>
       </c>
       <c r="E56">
-        <v>55.53</v>
+        <v>38.62</v>
       </c>
       <c r="F56" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
       <c r="H56" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="I56">
-        <v>35.96</v>
+        <v>18.99</v>
       </c>
       <c r="J56" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="K56" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L56">
-        <v>990092223302</v>
+        <v>990089779897</v>
       </c>
       <c r="M56" t="s">
         <v>74</v>
       </c>
       <c r="N56" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O56">
-        <v>523500006886</v>
+        <v>523500006389</v>
       </c>
       <c r="P56">
-        <v>175154469</v>
+        <v>138139212</v>
       </c>
       <c r="Q56" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="R56" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="S56" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="T56" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U56" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="V56">
-        <v>508505</v>
+        <v>508596</v>
       </c>
       <c r="W56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X56">
-        <v>55.53</v>
+        <v>38.62</v>
       </c>
       <c r="Y56">
         <v>795</v>
       </c>
       <c r="Z56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>70</v>
       </c>
       <c r="AC56" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="AD56">
-        <v>175154469</v>
+        <v>138139212</v>
       </c>
       <c r="AE56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF56">
-        <v>45011431</v>
+        <v>66038459</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>283</v>
+        <v>938</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="AM56"/>
       <c r="AN56" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="AO56">
-        <v>35.96</v>
+        <v>18.99</v>
       </c>
       <c r="AP56" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="AQ56"/>
       <c r="AR56"/>
       <c r="AS56"/>
       <c r="AT56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU56">
-        <v>523500006886</v>
+        <v>523500006389</v>
       </c>
       <c r="AV56" t="s">
         <v>74</v>
       </c>
       <c r="AW56">
-        <v>1008989</v>
+        <v>1008888</v>
       </c>
       <c r="AX56" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY56">
-        <v>990092223302</v>
+        <v>990089779897</v>
       </c>
       <c r="AZ56" t="s">
         <v>74</v>
       </c>
       <c r="BA56" t="s">
         <v>85</v>
       </c>
       <c r="BB56" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="BC56" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="BD56" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="BE56" t="s">
-        <v>819</v>
+        <v>941</v>
       </c>
       <c r="BF56" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="BG56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH56">
-        <v>1666</v>
+        <v>1711</v>
       </c>
       <c r="BI56" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ56" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK56" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="BL56"/>
+        <v>145</v>
+      </c>
+      <c r="BL56" t="s">
+        <v>266</v>
+      </c>
       <c r="BM56" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
       <c r="BN56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO56">
-        <v>64</v>
+        <v>194</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
-        <v>44146</v>
+        <v>30703</v>
       </c>
       <c r="BS56" t="s">
-        <v>809</v>
+        <v>399</v>
       </c>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
+        <v>944</v>
+      </c>
+      <c r="C57" t="s">
+        <v>945</v>
+      </c>
+      <c r="D57">
+        <v>508595</v>
+      </c>
+      <c r="E57">
+        <v>47.3</v>
+      </c>
+      <c r="F57" t="s">
+        <v>946</v>
+      </c>
+      <c r="G57" t="s">
+        <v>70</v>
+      </c>
+      <c r="H57" t="s">
+        <v>947</v>
+      </c>
+      <c r="I57">
+        <v>24.6</v>
+      </c>
+      <c r="J57" t="s">
         <v>934</v>
       </c>
-      <c r="C57" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K57" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L57">
-        <v>990089636568</v>
+        <v>990089864232</v>
       </c>
       <c r="M57" t="s">
         <v>74</v>
       </c>
       <c r="N57" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O57">
-        <v>523500006380</v>
+        <v>523500006405</v>
       </c>
       <c r="P57">
-        <v>186797639</v>
+        <v>140494534</v>
       </c>
       <c r="Q57" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="R57" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="S57" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="T57" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U57" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="V57">
-        <v>506887</v>
+        <v>508595</v>
       </c>
       <c r="W57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X57">
-        <v>29.85</v>
+        <v>47.3</v>
       </c>
       <c r="Y57">
         <v>795</v>
       </c>
       <c r="Z57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>70</v>
       </c>
       <c r="AC57" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="AD57">
-        <v>186797639</v>
+        <v>140494534</v>
       </c>
       <c r="AE57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF57">
-        <v>86666879</v>
+        <v>89369094</v>
       </c>
       <c r="AG57"/>
       <c r="AH57" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>82</v>
+        <v>951</v>
       </c>
       <c r="AK57" t="s">
         <v>70</v>
       </c>
       <c r="AL57" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="AM57"/>
       <c r="AN57" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="AO57">
-        <v>12.99</v>
+        <v>24.6</v>
       </c>
       <c r="AP57" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="AQ57"/>
       <c r="AR57"/>
       <c r="AS57"/>
       <c r="AT57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU57">
-        <v>523500006380</v>
+        <v>523500006405</v>
       </c>
       <c r="AV57" t="s">
         <v>74</v>
       </c>
       <c r="AW57">
-        <v>1008877</v>
+        <v>1008888</v>
       </c>
       <c r="AX57" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY57">
-        <v>990089636568</v>
+        <v>990089864232</v>
       </c>
       <c r="AZ57" t="s">
         <v>74</v>
       </c>
       <c r="BA57" t="s">
         <v>85</v>
       </c>
       <c r="BB57" t="s">
+        <v>944</v>
+      </c>
+      <c r="BC57" t="s">
         <v>934</v>
       </c>
-      <c r="BC57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD57" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="BE57" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="BF57" t="s">
-        <v>945</v>
+        <v>78</v>
       </c>
       <c r="BG57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH57">
-        <v>1685</v>
+        <v>1712</v>
       </c>
       <c r="BI57" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ57" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK57" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL57"/>
       <c r="BM57" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="BN57" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO57">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
-        <v>23731</v>
+        <v>37604</v>
       </c>
       <c r="BS57" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="C58" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="D58">
-        <v>506327</v>
+        <v>508505</v>
       </c>
       <c r="E58">
-        <v>31.07</v>
+        <v>55.53</v>
       </c>
       <c r="F58" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="G58" t="s">
         <v>70</v>
       </c>
       <c r="H58" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="I58">
-        <v>12.79</v>
+        <v>35.96</v>
       </c>
       <c r="J58" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="K58" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L58">
-        <v>990089243149</v>
+        <v>990092223302</v>
       </c>
       <c r="M58" t="s">
         <v>74</v>
       </c>
       <c r="N58" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O58">
-        <v>523500006252</v>
+        <v>523500006886</v>
       </c>
       <c r="P58">
-        <v>173939825</v>
+        <v>175154469</v>
       </c>
       <c r="Q58" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="R58" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="S58" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="T58" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U58" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="V58">
-        <v>506327</v>
+        <v>508505</v>
       </c>
       <c r="W58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X58">
-        <v>31.07</v>
+        <v>55.53</v>
       </c>
       <c r="Y58">
         <v>795</v>
       </c>
       <c r="Z58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>70</v>
       </c>
       <c r="AC58" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="AD58">
-        <v>173939825</v>
+        <v>175154469</v>
       </c>
       <c r="AE58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF58">
-        <v>67665267</v>
+        <v>45011431</v>
       </c>
       <c r="AG58"/>
       <c r="AH58" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>955</v>
+        <v>317</v>
       </c>
       <c r="AK58" t="s">
         <v>70</v>
       </c>
       <c r="AL58" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="AM58"/>
       <c r="AN58" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="AO58">
-        <v>12.79</v>
+        <v>35.96</v>
       </c>
       <c r="AP58" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="AQ58"/>
       <c r="AR58"/>
       <c r="AS58"/>
       <c r="AT58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU58">
-        <v>523500006252</v>
+        <v>523500006886</v>
       </c>
       <c r="AV58" t="s">
         <v>74</v>
       </c>
       <c r="AW58">
-        <v>1008861</v>
+        <v>1008989</v>
       </c>
       <c r="AX58" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY58">
-        <v>990089243149</v>
+        <v>990092223302</v>
       </c>
       <c r="AZ58" t="s">
         <v>74</v>
       </c>
       <c r="BA58" t="s">
         <v>85</v>
       </c>
       <c r="BB58" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="BC58" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="BD58" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="BE58" t="s">
-        <v>958</v>
+        <v>852</v>
       </c>
       <c r="BF58" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="BG58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH58">
-        <v>1697</v>
+        <v>1712</v>
       </c>
       <c r="BI58" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ58" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK58" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL58"/>
       <c r="BM58" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="BN58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO58">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
-        <v>24701</v>
+        <v>44146</v>
       </c>
       <c r="BS58" t="s">
-        <v>365</v>
+        <v>95</v>
       </c>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C59" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="D59">
-        <v>505040</v>
+        <v>506887</v>
       </c>
       <c r="E59">
-        <v>42.18</v>
+        <v>29.85</v>
       </c>
       <c r="F59" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="G59" t="s">
         <v>70</v>
       </c>
       <c r="H59" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="I59">
-        <v>24.02</v>
+        <v>12.99</v>
       </c>
       <c r="J59" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="K59" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L59">
-        <v>990088545362</v>
+        <v>990089636568</v>
       </c>
       <c r="M59" t="s">
         <v>74</v>
       </c>
       <c r="N59" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O59">
-        <v>523500006152</v>
+        <v>523500006380</v>
       </c>
       <c r="P59">
-        <v>91497980</v>
+        <v>186797639</v>
       </c>
       <c r="Q59" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="R59" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="S59" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="T59" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U59" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="V59">
-        <v>505040</v>
+        <v>506887</v>
       </c>
       <c r="W59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X59">
-        <v>42.18</v>
+        <v>29.85</v>
       </c>
       <c r="Y59">
         <v>795</v>
       </c>
       <c r="Z59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>70</v>
       </c>
       <c r="AC59" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="AD59">
-        <v>91497980</v>
+        <v>186797639</v>
       </c>
       <c r="AE59" t="s">
-        <v>968</v>
+        <v>78</v>
       </c>
       <c r="AF59">
-        <v>87366024</v>
+        <v>86666879</v>
       </c>
       <c r="AG59"/>
       <c r="AH59" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>303</v>
+        <v>121</v>
       </c>
       <c r="AK59" t="s">
         <v>70</v>
       </c>
       <c r="AL59" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="AM59"/>
       <c r="AN59" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="AO59">
-        <v>24.02</v>
+        <v>12.99</v>
       </c>
       <c r="AP59" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="AQ59"/>
       <c r="AR59"/>
       <c r="AS59"/>
       <c r="AT59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU59">
-        <v>523500006152</v>
+        <v>523500006380</v>
       </c>
       <c r="AV59" t="s">
         <v>74</v>
       </c>
       <c r="AW59">
-        <v>0</v>
+        <v>1008877</v>
       </c>
       <c r="AX59" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY59">
-        <v>990088545362</v>
+        <v>990089636568</v>
       </c>
       <c r="AZ59" t="s">
         <v>74</v>
       </c>
       <c r="BA59" t="s">
         <v>85</v>
       </c>
       <c r="BB59" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="BC59" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="BD59" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="BE59" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="BF59" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="BG59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH59">
-        <v>1707</v>
+        <v>1731</v>
       </c>
       <c r="BI59" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ59" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK59" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL59"/>
       <c r="BM59" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="BN59" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO59">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
-        <v>33533</v>
+        <v>23731</v>
       </c>
       <c r="BS59" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="C60" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="D60">
-        <v>504910</v>
+        <v>506327</v>
       </c>
       <c r="E60">
-        <v>48.86</v>
+        <v>31.07</v>
       </c>
       <c r="F60" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="G60" t="s">
         <v>70</v>
       </c>
       <c r="H60" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="I60">
-        <v>25.99</v>
+        <v>12.79</v>
       </c>
       <c r="J60" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="K60" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L60">
-        <v>990088052465</v>
+        <v>990089243149</v>
       </c>
       <c r="M60" t="s">
         <v>74</v>
       </c>
       <c r="N60" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O60">
-        <v>523500006036</v>
+        <v>523500006252</v>
       </c>
       <c r="P60">
-        <v>193799655</v>
+        <v>173939825</v>
       </c>
       <c r="Q60" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="R60" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="S60" t="s">
+        <v>986</v>
+      </c>
+      <c r="T60" t="s">
+        <v>77</v>
+      </c>
+      <c r="U60" t="s">
         <v>981</v>
       </c>
-      <c r="T60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V60">
-        <v>504910</v>
+        <v>506327</v>
       </c>
       <c r="W60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X60">
-        <v>48.86</v>
+        <v>31.07</v>
       </c>
       <c r="Y60">
         <v>795</v>
       </c>
       <c r="Z60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>70</v>
       </c>
       <c r="AC60" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="AD60">
-        <v>193799655</v>
+        <v>173939825</v>
       </c>
       <c r="AE60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF60">
-        <v>87281594</v>
+        <v>67665267</v>
       </c>
       <c r="AG60"/>
       <c r="AH60" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="AK60" t="s">
         <v>70</v>
       </c>
       <c r="AL60" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="AM60"/>
       <c r="AN60" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="AO60">
-        <v>25.99</v>
+        <v>12.79</v>
       </c>
       <c r="AP60" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="AQ60"/>
       <c r="AR60"/>
       <c r="AS60"/>
       <c r="AT60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU60">
-        <v>523500006036</v>
+        <v>523500006252</v>
       </c>
       <c r="AV60" t="s">
         <v>74</v>
       </c>
       <c r="AW60">
-        <v>1008800</v>
+        <v>1008861</v>
       </c>
       <c r="AX60" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY60">
-        <v>990088052465</v>
+        <v>990089243149</v>
       </c>
       <c r="AZ60" t="s">
         <v>74</v>
       </c>
       <c r="BA60" t="s">
         <v>85</v>
       </c>
       <c r="BB60" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="BC60" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="BD60" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="BE60" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="BF60" t="s">
-        <v>79</v>
+        <v>992</v>
       </c>
       <c r="BG60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH60">
-        <v>1710</v>
+        <v>1743</v>
       </c>
       <c r="BI60" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ60" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK60" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL60"/>
       <c r="BM60" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="BN60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO60">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
-        <v>38844</v>
+        <v>24701</v>
       </c>
       <c r="BS60" t="s">
-        <v>809</v>
+        <v>399</v>
       </c>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="C61" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="D61">
-        <v>504863</v>
+        <v>505040</v>
       </c>
       <c r="E61">
-        <v>26.48</v>
+        <v>42.18</v>
       </c>
       <c r="F61" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="G61" t="s">
         <v>70</v>
       </c>
       <c r="H61" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="I61">
-        <v>11.44</v>
+        <v>24.02</v>
       </c>
       <c r="J61" t="s">
-        <v>979</v>
+        <v>998</v>
       </c>
       <c r="K61" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L61">
-        <v>990088052753</v>
+        <v>990088545362</v>
       </c>
       <c r="M61" t="s">
         <v>74</v>
       </c>
       <c r="N61" t="s">
-        <v>992</v>
+        <v>549</v>
       </c>
       <c r="O61">
-        <v>523500006048</v>
+        <v>523500006152</v>
       </c>
       <c r="P61">
-        <v>166230950</v>
+        <v>91497980</v>
       </c>
       <c r="Q61" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="R61" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="S61" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="T61" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U61" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="V61">
-        <v>504863</v>
+        <v>505040</v>
       </c>
       <c r="W61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X61">
-        <v>26.48</v>
+        <v>42.18</v>
       </c>
       <c r="Y61">
         <v>795</v>
       </c>
       <c r="Z61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>70</v>
       </c>
       <c r="AC61" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="AD61">
-        <v>166230950</v>
+        <v>91497980</v>
       </c>
       <c r="AE61" t="s">
-        <v>79</v>
+        <v>1001</v>
       </c>
       <c r="AF61">
-        <v>95071194</v>
+        <v>87366024</v>
       </c>
       <c r="AG61"/>
       <c r="AH61" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>996</v>
+        <v>337</v>
       </c>
       <c r="AK61" t="s">
         <v>70</v>
       </c>
       <c r="AL61" t="s">
-        <v>979</v>
+        <v>998</v>
       </c>
       <c r="AM61"/>
       <c r="AN61" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="AO61">
-        <v>11.44</v>
+        <v>24.02</v>
       </c>
       <c r="AP61" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="AQ61"/>
       <c r="AR61"/>
       <c r="AS61"/>
       <c r="AT61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU61">
-        <v>523500006048</v>
+        <v>523500006152</v>
       </c>
       <c r="AV61" t="s">
         <v>74</v>
       </c>
       <c r="AW61">
-        <v>1009008</v>
+        <v>0</v>
       </c>
       <c r="AX61" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY61">
-        <v>990088052753</v>
+        <v>990088545362</v>
       </c>
       <c r="AZ61" t="s">
         <v>74</v>
       </c>
       <c r="BA61" t="s">
         <v>85</v>
       </c>
       <c r="BB61" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="BC61" t="s">
-        <v>979</v>
+        <v>998</v>
       </c>
       <c r="BD61" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="BE61" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="BF61" t="s">
-        <v>79</v>
+        <v>1006</v>
       </c>
       <c r="BG61" t="s">
-        <v>1000</v>
+        <v>78</v>
       </c>
       <c r="BH61">
-        <v>613</v>
+        <v>1753</v>
       </c>
       <c r="BI61" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ61" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK61" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL61"/>
       <c r="BM61" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="BN61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO61">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
-        <v>21052</v>
+        <v>33533</v>
       </c>
       <c r="BS61" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="C62" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="D62">
-        <v>502638</v>
+        <v>504910</v>
       </c>
       <c r="E62">
-        <v>24</v>
+        <v>48.86</v>
       </c>
       <c r="F62" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="G62" t="s">
         <v>70</v>
       </c>
       <c r="H62" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="I62">
-        <v>9.62</v>
+        <v>25.99</v>
       </c>
       <c r="J62" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="K62" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L62">
-        <v>990087128908</v>
+        <v>990088052465</v>
       </c>
       <c r="M62" t="s">
         <v>74</v>
       </c>
       <c r="N62" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O62">
-        <v>523500005809</v>
+        <v>523500006036</v>
       </c>
       <c r="P62">
-        <v>145748313</v>
+        <v>193799655</v>
       </c>
       <c r="Q62" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="R62" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="S62" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="T62" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U62" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="V62">
-        <v>502638</v>
+        <v>504910</v>
       </c>
       <c r="W62" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X62">
-        <v>24</v>
+        <v>48.86</v>
       </c>
       <c r="Y62">
         <v>795</v>
       </c>
       <c r="Z62" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>70</v>
       </c>
       <c r="AC62" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="AD62">
-        <v>145748313</v>
+        <v>193799655</v>
       </c>
       <c r="AE62" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF62">
-        <v>62476019</v>
+        <v>87281594</v>
       </c>
       <c r="AG62"/>
       <c r="AH62" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>246</v>
+        <v>1016</v>
       </c>
       <c r="AK62" t="s">
         <v>70</v>
       </c>
       <c r="AL62" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="AM62"/>
       <c r="AN62" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="AO62">
-        <v>9.62</v>
+        <v>25.99</v>
       </c>
       <c r="AP62" t="s">
-        <v>1010</v>
-[...9 lines deleted...]
-      </c>
+        <v>1017</v>
+      </c>
+      <c r="AQ62"/>
+      <c r="AR62"/>
+      <c r="AS62"/>
       <c r="AT62" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU62">
-        <v>523500005809</v>
+        <v>523500006036</v>
       </c>
       <c r="AV62" t="s">
         <v>74</v>
       </c>
       <c r="AW62">
-        <v>1008727</v>
+        <v>1008800</v>
       </c>
       <c r="AX62" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY62">
-        <v>990087128908</v>
+        <v>990088052465</v>
       </c>
       <c r="AZ62" t="s">
         <v>74</v>
       </c>
       <c r="BA62" t="s">
         <v>85</v>
       </c>
       <c r="BB62" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="BC62" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="BD62" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="BE62" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="BF62" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG62" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH62">
-        <v>1738</v>
+        <v>1756</v>
       </c>
       <c r="BI62" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ62" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK62" t="s">
-        <v>270</v>
+        <v>145</v>
       </c>
       <c r="BL62"/>
       <c r="BM62" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="BN62" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO62">
-        <v>136</v>
+        <v>94</v>
       </c>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62">
-        <v>19080</v>
+        <v>38844</v>
       </c>
       <c r="BS62" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="C63" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D63">
-        <v>502587</v>
+        <v>504863</v>
       </c>
       <c r="E63">
-        <v>24.21</v>
+        <v>26.48</v>
       </c>
       <c r="F63" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="G63" t="s">
         <v>70</v>
       </c>
       <c r="H63" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="I63">
-        <v>8.73</v>
+        <v>11.44</v>
       </c>
       <c r="J63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K63" t="s">
+        <v>199</v>
+      </c>
+      <c r="L63">
+        <v>990088052753</v>
+      </c>
+      <c r="M63" t="s">
+        <v>74</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1025</v>
+      </c>
+      <c r="O63">
+        <v>523500006048</v>
+      </c>
+      <c r="P63">
+        <v>166230950</v>
+      </c>
+      <c r="Q63" t="s">
         <v>1021</v>
       </c>
-      <c r="K63" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R63" t="s">
+        <v>1026</v>
+      </c>
+      <c r="S63" t="s">
+        <v>1027</v>
+      </c>
+      <c r="T63" t="s">
+        <v>77</v>
+      </c>
+      <c r="U63" t="s">
         <v>1022</v>
       </c>
-      <c r="S63" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V63">
-        <v>502587</v>
+        <v>504863</v>
       </c>
       <c r="W63" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X63">
-        <v>24.21</v>
+        <v>26.48</v>
       </c>
       <c r="Y63">
         <v>795</v>
       </c>
       <c r="Z63" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>70</v>
       </c>
       <c r="AC63" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="AD63">
-        <v>170975227</v>
+        <v>166230950</v>
       </c>
       <c r="AE63" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF63">
-        <v>44398759</v>
+        <v>95071194</v>
       </c>
       <c r="AG63"/>
       <c r="AH63" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>595</v>
+        <v>1029</v>
       </c>
       <c r="AK63" t="s">
         <v>70</v>
       </c>
       <c r="AL63" t="s">
-        <v>1021</v>
+        <v>1012</v>
       </c>
       <c r="AM63"/>
       <c r="AN63" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="AO63">
-        <v>8.73</v>
+        <v>11.44</v>
       </c>
       <c r="AP63" t="s">
-        <v>1025</v>
-[...9 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="AQ63"/>
+      <c r="AR63"/>
+      <c r="AS63"/>
       <c r="AT63" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU63">
-        <v>523500005819</v>
+        <v>523500006048</v>
       </c>
       <c r="AV63" t="s">
         <v>74</v>
       </c>
       <c r="AW63">
-        <v>1008727</v>
+        <v>1009008</v>
       </c>
       <c r="AX63" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY63">
-        <v>990087129252</v>
+        <v>990088052753</v>
       </c>
       <c r="AZ63" t="s">
         <v>74</v>
       </c>
       <c r="BA63" t="s">
         <v>85</v>
       </c>
       <c r="BB63" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="BC63" t="s">
-        <v>1021</v>
+        <v>1012</v>
       </c>
       <c r="BD63" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="BE63" t="s">
-        <v>1015</v>
+        <v>1032</v>
       </c>
       <c r="BF63" t="s">
-        <v>1028</v>
+        <v>78</v>
       </c>
       <c r="BG63" t="s">
-        <v>79</v>
+        <v>1033</v>
       </c>
       <c r="BH63">
-        <v>1739</v>
+        <v>613</v>
       </c>
       <c r="BI63" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ63" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK63" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL63"/>
       <c r="BM63" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="BN63" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO63">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63">
-        <v>19247</v>
+        <v>21052</v>
       </c>
       <c r="BS63" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="C64" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="D64">
-        <v>502204</v>
+        <v>502638</v>
       </c>
       <c r="E64">
-        <v>165.18</v>
+        <v>24</v>
       </c>
       <c r="F64" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="G64" t="s">
         <v>70</v>
       </c>
       <c r="H64" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="I64">
-        <v>96.28</v>
+        <v>9.62</v>
       </c>
       <c r="J64" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="K64" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L64">
-        <v>990087128864</v>
+        <v>990087128908</v>
       </c>
       <c r="M64" t="s">
         <v>74</v>
       </c>
       <c r="N64" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O64">
-        <v>523500005815</v>
+        <v>523500005809</v>
       </c>
       <c r="P64">
-        <v>242883276</v>
+        <v>145748313</v>
       </c>
       <c r="Q64" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="R64" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="S64" t="s">
+        <v>1041</v>
+      </c>
+      <c r="T64" t="s">
+        <v>77</v>
+      </c>
+      <c r="U64" t="s">
         <v>1036</v>
       </c>
-      <c r="T64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V64">
-        <v>502204</v>
+        <v>502638</v>
       </c>
       <c r="W64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X64">
-        <v>165.18</v>
+        <v>24</v>
       </c>
       <c r="Y64">
         <v>795</v>
       </c>
       <c r="Z64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>70</v>
       </c>
       <c r="AC64" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="AD64">
-        <v>242883276</v>
+        <v>145748313</v>
       </c>
       <c r="AE64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF64">
-        <v>69171466</v>
+        <v>62476019</v>
       </c>
       <c r="AG64"/>
       <c r="AH64" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>550</v>
+        <v>280</v>
       </c>
       <c r="AK64" t="s">
         <v>70</v>
       </c>
       <c r="AL64" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="AM64"/>
       <c r="AN64" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="AO64">
-        <v>96.28</v>
+        <v>9.62</v>
       </c>
       <c r="AP64" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="AQ64" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="AR64" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="AS64" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="AT64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU64">
-        <v>523500005815</v>
+        <v>523500005809</v>
       </c>
       <c r="AV64" t="s">
         <v>74</v>
       </c>
       <c r="AW64">
         <v>1008727</v>
       </c>
       <c r="AX64" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY64">
-        <v>990087128864</v>
+        <v>990087128908</v>
       </c>
       <c r="AZ64" t="s">
         <v>74</v>
       </c>
       <c r="BA64" t="s">
         <v>85</v>
       </c>
       <c r="BB64" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="BC64" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="BD64" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="BE64" t="s">
-        <v>1015</v>
+        <v>1048</v>
       </c>
       <c r="BF64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH64">
-        <v>1744</v>
+        <v>1784</v>
       </c>
       <c r="BI64" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ64" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK64" t="s">
-        <v>111</v>
+        <v>304</v>
       </c>
       <c r="BL64"/>
       <c r="BM64" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
       <c r="BN64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO64">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
-        <v>131318</v>
+        <v>19080</v>
       </c>
       <c r="BS64" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="C65" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="D65">
-        <v>501852</v>
+        <v>502587</v>
       </c>
       <c r="E65">
-        <v>30.4</v>
+        <v>24.21</v>
       </c>
       <c r="F65" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="G65" t="s">
         <v>70</v>
       </c>
       <c r="H65" t="s">
-        <v>1045</v>
+        <v>1053</v>
       </c>
       <c r="I65">
-        <v>12.98</v>
+        <v>8.73</v>
       </c>
       <c r="J65" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="K65" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L65">
-        <v>990086966284</v>
+        <v>990087129252</v>
       </c>
       <c r="M65" t="s">
         <v>74</v>
       </c>
       <c r="N65" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O65">
-        <v>523500005762</v>
+        <v>523500005819</v>
       </c>
       <c r="P65">
-        <v>138576442</v>
+        <v>170975227</v>
       </c>
       <c r="Q65" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="R65" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="S65" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="T65" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U65" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="V65">
-        <v>501852</v>
+        <v>502587</v>
       </c>
       <c r="W65" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X65">
-        <v>30.4</v>
+        <v>24.21</v>
       </c>
       <c r="Y65">
         <v>795</v>
       </c>
       <c r="Z65" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>70</v>
       </c>
       <c r="AC65" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="AD65">
-        <v>138576442</v>
+        <v>170975227</v>
       </c>
       <c r="AE65" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF65">
-        <v>62838906</v>
+        <v>44398759</v>
       </c>
       <c r="AG65"/>
       <c r="AH65" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>565</v>
+        <v>630</v>
       </c>
       <c r="AK65" t="s">
         <v>70</v>
       </c>
       <c r="AL65" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="AM65"/>
       <c r="AN65" t="s">
+        <v>1053</v>
+      </c>
+      <c r="AO65">
+        <v>8.73</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>1058</v>
+      </c>
+      <c r="AQ65" t="s">
+        <v>1044</v>
+      </c>
+      <c r="AR65" t="s">
         <v>1045</v>
       </c>
-      <c r="AO65">
-[...10 lines deleted...]
-      </c>
       <c r="AS65" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="AT65" t="s">
-        <v>1052</v>
+        <v>78</v>
       </c>
       <c r="AU65">
-        <v>523500005762</v>
+        <v>523500005819</v>
       </c>
       <c r="AV65" t="s">
         <v>74</v>
       </c>
       <c r="AW65">
-        <v>1008712</v>
+        <v>1008727</v>
       </c>
       <c r="AX65" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY65">
-        <v>990086966284</v>
+        <v>990087129252</v>
       </c>
       <c r="AZ65" t="s">
         <v>74</v>
       </c>
       <c r="BA65" t="s">
         <v>85</v>
       </c>
       <c r="BB65" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="BC65" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="BD65" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="BE65" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="BF65" t="s">
-        <v>79</v>
+        <v>1061</v>
       </c>
       <c r="BG65" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH65">
-        <v>1748</v>
+        <v>1785</v>
       </c>
       <c r="BI65" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ65" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK65" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL65"/>
       <c r="BM65" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="BN65" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO65">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
-        <v>24168</v>
+        <v>19247</v>
       </c>
       <c r="BS65" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="C66" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="D66">
-        <v>500928</v>
+        <v>502204</v>
       </c>
       <c r="E66">
-        <v>37.71</v>
+        <v>165.18</v>
       </c>
       <c r="F66" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="G66" t="s">
         <v>70</v>
       </c>
       <c r="H66" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="I66">
-        <v>19.14</v>
+        <v>96.28</v>
       </c>
       <c r="J66" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="K66" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L66">
-        <v>990086591257</v>
+        <v>990087128864</v>
       </c>
       <c r="M66" t="s">
         <v>74</v>
       </c>
       <c r="N66" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O66">
-        <v>523500005662</v>
+        <v>523500005815</v>
       </c>
       <c r="P66">
-        <v>137166380</v>
+        <v>242883276</v>
       </c>
       <c r="Q66" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="R66" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="S66" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="T66" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U66" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="V66">
-        <v>500928</v>
+        <v>502204</v>
       </c>
       <c r="W66" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X66">
-        <v>37.71</v>
+        <v>165.18</v>
       </c>
       <c r="Y66">
         <v>795</v>
       </c>
       <c r="Z66" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>70</v>
       </c>
       <c r="AC66" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="AD66">
-        <v>137166380</v>
+        <v>242883276</v>
       </c>
       <c r="AE66" t="s">
-        <v>1063</v>
+        <v>78</v>
       </c>
       <c r="AF66">
-        <v>44405312</v>
+        <v>69171466</v>
       </c>
       <c r="AG66"/>
       <c r="AH66" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="AK66" t="s">
         <v>70</v>
       </c>
       <c r="AL66" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="AM66"/>
       <c r="AN66" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="AO66">
-        <v>19.14</v>
+        <v>96.28</v>
       </c>
       <c r="AP66" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="AQ66" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="AR66" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="AS66" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="AT66" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU66">
-        <v>523500005662</v>
+        <v>523500005815</v>
       </c>
       <c r="AV66" t="s">
         <v>74</v>
       </c>
       <c r="AW66">
-        <v>1008682</v>
+        <v>1008727</v>
       </c>
       <c r="AX66" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY66">
-        <v>990086591257</v>
+        <v>990087128864</v>
       </c>
       <c r="AZ66" t="s">
         <v>74</v>
       </c>
       <c r="BA66" t="s">
         <v>85</v>
       </c>
       <c r="BB66" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="BC66" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="BD66" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="BE66" t="s">
-        <v>1068</v>
+        <v>1048</v>
       </c>
       <c r="BF66" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG66" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH66">
-        <v>1760</v>
+        <v>1790</v>
       </c>
       <c r="BI66" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ66" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK66" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL66"/>
       <c r="BM66" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="BN66" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO66">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
-        <v>29979</v>
+        <v>131318</v>
       </c>
       <c r="BS66" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="C67" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="D67">
-        <v>500778</v>
+        <v>501852</v>
       </c>
       <c r="E67">
-        <v>40.84</v>
+        <v>30.4</v>
       </c>
       <c r="F67" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="G67" t="s">
         <v>70</v>
       </c>
       <c r="H67" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="I67">
-        <v>19.99</v>
+        <v>12.98</v>
       </c>
       <c r="J67" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="K67" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L67">
-        <v>990086624884</v>
+        <v>990086966284</v>
       </c>
       <c r="M67" t="s">
         <v>74</v>
       </c>
       <c r="N67" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O67">
-        <v>523500005654</v>
+        <v>523500005762</v>
       </c>
       <c r="P67">
-        <v>150950163</v>
+        <v>138576442</v>
       </c>
       <c r="Q67" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="R67" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="S67" t="s">
+        <v>1081</v>
+      </c>
+      <c r="T67" t="s">
+        <v>77</v>
+      </c>
+      <c r="U67" t="s">
         <v>1076</v>
       </c>
-      <c r="T67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V67">
-        <v>500778</v>
+        <v>501852</v>
       </c>
       <c r="W67" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X67">
-        <v>40.84</v>
+        <v>30.4</v>
       </c>
       <c r="Y67">
         <v>795</v>
       </c>
       <c r="Z67" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>70</v>
       </c>
       <c r="AC67" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="AD67">
-        <v>150950163</v>
+        <v>138576442</v>
       </c>
       <c r="AE67" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF67">
-        <v>97955522</v>
+        <v>62838906</v>
       </c>
       <c r="AG67"/>
       <c r="AH67" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>303</v>
+        <v>600</v>
       </c>
       <c r="AK67" t="s">
         <v>70</v>
       </c>
       <c r="AL67" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="AM67"/>
       <c r="AN67" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="AO67">
-        <v>19.99</v>
+        <v>12.98</v>
       </c>
       <c r="AP67" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="AQ67" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="AR67" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="AS67" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="AT67" t="s">
-        <v>79</v>
+        <v>1085</v>
       </c>
       <c r="AU67">
-        <v>523500005654</v>
+        <v>523500005762</v>
       </c>
       <c r="AV67" t="s">
         <v>74</v>
       </c>
       <c r="AW67">
-        <v>1008682</v>
+        <v>1008712</v>
       </c>
       <c r="AX67" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY67">
-        <v>990086624884</v>
+        <v>990086966284</v>
       </c>
       <c r="AZ67" t="s">
         <v>74</v>
       </c>
       <c r="BA67" t="s">
         <v>85</v>
       </c>
       <c r="BB67" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="BC67" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="BD67" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="BE67" t="s">
-        <v>1068</v>
+        <v>1087</v>
       </c>
       <c r="BF67" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG67" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH67">
-        <v>1762</v>
+        <v>1794</v>
       </c>
       <c r="BI67" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ67" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK67" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL67"/>
       <c r="BM67" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="BN67" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO67">
-        <v>146</v>
+        <v>133</v>
       </c>
       <c r="BP67"/>
       <c r="BQ67"/>
       <c r="BR67">
-        <v>32468</v>
+        <v>24168</v>
       </c>
       <c r="BS67" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="C68" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="D68">
-        <v>499985</v>
+        <v>500928</v>
       </c>
       <c r="E68">
-        <v>40.09</v>
+        <v>37.71</v>
       </c>
       <c r="F68" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="G68" t="s">
         <v>70</v>
       </c>
       <c r="H68" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="I68">
-        <v>21.39</v>
+        <v>19.14</v>
       </c>
       <c r="J68" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="K68" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L68">
-        <v>990086368534</v>
+        <v>990086591257</v>
       </c>
       <c r="M68" t="s">
         <v>74</v>
       </c>
       <c r="N68" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O68">
-        <v>523500005587</v>
+        <v>523500005662</v>
       </c>
       <c r="P68">
-        <v>184975777</v>
+        <v>137166380</v>
       </c>
       <c r="Q68" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="R68" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="S68" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="T68" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U68" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="V68">
-        <v>499985</v>
+        <v>500928</v>
       </c>
       <c r="W68" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X68">
-        <v>40.09</v>
+        <v>37.71</v>
       </c>
       <c r="Y68">
         <v>795</v>
       </c>
       <c r="Z68" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>70</v>
       </c>
       <c r="AC68" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="AD68">
-        <v>184975777</v>
+        <v>137166380</v>
       </c>
       <c r="AE68" t="s">
-        <v>79</v>
+        <v>1096</v>
       </c>
       <c r="AF68">
-        <v>78876227</v>
+        <v>44405312</v>
       </c>
       <c r="AG68"/>
       <c r="AH68" t="s">
-        <v>1089</v>
+        <v>1097</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="AK68" t="s">
         <v>70</v>
       </c>
       <c r="AL68" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="AM68"/>
       <c r="AN68" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="AO68">
-        <v>21.39</v>
+        <v>19.14</v>
       </c>
       <c r="AP68" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
       <c r="AQ68" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="AR68" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="AS68" t="s">
-        <v>1091</v>
+        <v>1099</v>
       </c>
       <c r="AT68" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU68">
-        <v>523500005587</v>
+        <v>523500005662</v>
       </c>
       <c r="AV68" t="s">
         <v>74</v>
       </c>
       <c r="AW68">
-        <v>1008666</v>
+        <v>1008682</v>
       </c>
       <c r="AX68" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY68">
-        <v>990086368534</v>
+        <v>990086591257</v>
       </c>
       <c r="AZ68" t="s">
         <v>74</v>
       </c>
       <c r="BA68" t="s">
         <v>85</v>
       </c>
       <c r="BB68" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="BC68" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="BD68" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
       <c r="BE68" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="BF68" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG68" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH68">
-        <v>1770</v>
+        <v>1806</v>
       </c>
       <c r="BI68" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ68" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK68" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL68"/>
       <c r="BM68" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="BN68" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO68">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="BP68"/>
       <c r="BQ68"/>
       <c r="BR68">
-        <v>31872</v>
+        <v>29979</v>
       </c>
       <c r="BS68" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="C69" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="D69">
-        <v>499739</v>
+        <v>500778</v>
       </c>
       <c r="E69">
-        <v>43.82</v>
+        <v>40.84</v>
       </c>
       <c r="F69" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="G69" t="s">
         <v>70</v>
       </c>
       <c r="H69" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
       <c r="I69">
-        <v>23.53</v>
+        <v>19.99</v>
       </c>
       <c r="J69" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="K69" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L69">
-        <v>990086292130</v>
+        <v>990086624884</v>
       </c>
       <c r="M69" t="s">
         <v>74</v>
       </c>
       <c r="N69" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O69">
-        <v>523500005548</v>
+        <v>523500005654</v>
       </c>
       <c r="P69">
-        <v>94192927</v>
+        <v>150950163</v>
       </c>
       <c r="Q69" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="R69" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
       <c r="S69" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="T69" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U69" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="V69">
-        <v>499739</v>
+        <v>500778</v>
       </c>
       <c r="W69" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X69">
-        <v>43.82</v>
+        <v>40.84</v>
       </c>
       <c r="Y69">
         <v>795</v>
       </c>
       <c r="Z69" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>70</v>
       </c>
       <c r="AC69" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="AD69">
-        <v>94192927</v>
+        <v>150950163</v>
       </c>
       <c r="AE69" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF69">
-        <v>99916778</v>
+        <v>97955522</v>
       </c>
       <c r="AG69"/>
       <c r="AH69" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>356</v>
+        <v>337</v>
       </c>
       <c r="AK69" t="s">
         <v>70</v>
       </c>
       <c r="AL69" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="AM69"/>
       <c r="AN69" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
       <c r="AO69">
-        <v>23.53</v>
+        <v>19.99</v>
       </c>
       <c r="AP69" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="AQ69" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="AR69" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="AS69" t="s">
-        <v>1104</v>
+        <v>1112</v>
       </c>
       <c r="AT69" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU69">
-        <v>523500005548</v>
+        <v>523500005654</v>
       </c>
       <c r="AV69" t="s">
         <v>74</v>
       </c>
       <c r="AW69">
-        <v>1008666</v>
+        <v>1008682</v>
       </c>
       <c r="AX69" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY69">
-        <v>990086292130</v>
+        <v>990086624884</v>
       </c>
       <c r="AZ69" t="s">
         <v>74</v>
       </c>
       <c r="BA69" t="s">
         <v>85</v>
       </c>
       <c r="BB69" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="BC69" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="BD69" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="BE69" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="BF69" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BG69" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH69">
-        <v>1773</v>
+        <v>1808</v>
       </c>
       <c r="BI69" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ69" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK69" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL69"/>
       <c r="BM69" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="BN69" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO69">
-        <v>170</v>
+        <v>146</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
-        <v>34837</v>
+        <v>32468</v>
       </c>
       <c r="BS69" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="C70" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="D70">
-        <v>499478</v>
+        <v>499985</v>
       </c>
       <c r="E70">
         <v>40.09</v>
       </c>
       <c r="F70" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
       <c r="G70" t="s">
         <v>70</v>
       </c>
       <c r="H70" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="I70">
         <v>21.39</v>
       </c>
       <c r="J70" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="K70" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L70">
-        <v>990086289973</v>
+        <v>990086368534</v>
       </c>
       <c r="M70" t="s">
         <v>74</v>
       </c>
       <c r="N70" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O70">
-        <v>523500005563</v>
+        <v>523500005587</v>
       </c>
       <c r="P70">
-        <v>136432257</v>
+        <v>184975777</v>
       </c>
       <c r="Q70" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="R70" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="S70" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="T70" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U70" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="V70">
-        <v>499478</v>
+        <v>499985</v>
       </c>
       <c r="W70" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X70">
         <v>40.09</v>
       </c>
       <c r="Y70">
         <v>795</v>
       </c>
       <c r="Z70" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>70</v>
       </c>
       <c r="AC70" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
       <c r="AD70">
-        <v>136432257</v>
+        <v>184975777</v>
       </c>
       <c r="AE70" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF70">
-        <v>88372427</v>
+        <v>78876227</v>
       </c>
       <c r="AG70"/>
       <c r="AH70" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>1115</v>
+        <v>661</v>
       </c>
       <c r="AK70" t="s">
         <v>70</v>
       </c>
       <c r="AL70" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="AM70"/>
       <c r="AN70" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="AO70">
         <v>21.39</v>
       </c>
       <c r="AP70" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="AQ70" t="s">
-        <v>1011</v>
-[...2 lines deleted...]
-      <c r="AS70"/>
+        <v>1044</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AS70" t="s">
+        <v>1124</v>
+      </c>
       <c r="AT70" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU70">
-        <v>523500005563</v>
+        <v>523500005587</v>
       </c>
       <c r="AV70" t="s">
         <v>74</v>
       </c>
       <c r="AW70">
         <v>1008666</v>
       </c>
       <c r="AX70" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY70">
-        <v>990086289973</v>
+        <v>990086368534</v>
       </c>
       <c r="AZ70" t="s">
         <v>74</v>
       </c>
       <c r="BA70" t="s">
         <v>85</v>
       </c>
       <c r="BB70" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="BC70" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="BD70" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="BE70" t="s">
-        <v>1093</v>
+        <v>1126</v>
       </c>
       <c r="BF70" t="s">
-        <v>1118</v>
+        <v>78</v>
       </c>
       <c r="BG70" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH70">
-        <v>1776</v>
+        <v>1816</v>
       </c>
       <c r="BI70" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ70" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK70" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL70"/>
       <c r="BM70" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="BN70" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO70">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
         <v>31872</v>
       </c>
       <c r="BS70" t="s">
-        <v>809</v>
+        <v>95</v>
       </c>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="C71" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="D71">
-        <v>499164</v>
+        <v>499739</v>
       </c>
       <c r="E71">
-        <v>36.37</v>
+        <v>43.82</v>
       </c>
       <c r="F71" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="G71" t="s">
         <v>70</v>
       </c>
       <c r="H71" t="s">
-        <v>1123</v>
+        <v>1131</v>
       </c>
       <c r="I71">
-        <v>14.99</v>
+        <v>23.53</v>
       </c>
       <c r="J71" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="K71" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L71">
-        <v>990086060996</v>
+        <v>990086292130</v>
       </c>
       <c r="M71" t="s">
         <v>74</v>
       </c>
       <c r="N71" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O71">
-        <v>523500005512</v>
+        <v>523500005548</v>
       </c>
       <c r="P71">
-        <v>86681153</v>
+        <v>94192927</v>
       </c>
       <c r="Q71" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="R71" t="s">
-        <v>1125</v>
+        <v>1133</v>
       </c>
       <c r="S71" t="s">
-        <v>1126</v>
+        <v>1134</v>
       </c>
       <c r="T71" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U71" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="V71">
-        <v>499164</v>
+        <v>499739</v>
       </c>
       <c r="W71" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X71">
-        <v>36.37</v>
+        <v>43.82</v>
       </c>
       <c r="Y71">
         <v>795</v>
       </c>
       <c r="Z71" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>70</v>
       </c>
       <c r="AC71" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="AD71">
-        <v>86681153</v>
+        <v>94192927</v>
       </c>
       <c r="AE71" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF71">
-        <v>97013941</v>
+        <v>99916778</v>
       </c>
       <c r="AG71"/>
       <c r="AH71" t="s">
-        <v>1127</v>
+        <v>1135</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>1128</v>
+        <v>390</v>
       </c>
       <c r="AK71" t="s">
         <v>70</v>
       </c>
       <c r="AL71" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="AM71"/>
       <c r="AN71" t="s">
-        <v>1123</v>
+        <v>1131</v>
       </c>
       <c r="AO71">
-        <v>14.99</v>
+        <v>23.53</v>
       </c>
       <c r="AP71" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="AQ71" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="AR71" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="AS71" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="AT71" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU71">
-        <v>523500005512</v>
+        <v>523500005548</v>
       </c>
       <c r="AV71" t="s">
         <v>74</v>
       </c>
       <c r="AW71">
-        <v>1008647</v>
+        <v>1008666</v>
       </c>
       <c r="AX71" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY71">
-        <v>990086060996</v>
+        <v>990086292130</v>
       </c>
       <c r="AZ71" t="s">
         <v>74</v>
       </c>
       <c r="BA71" t="s">
         <v>85</v>
       </c>
       <c r="BB71" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="BC71" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="BD71" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c r="BE71" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="BF71" t="s">
-        <v>1133</v>
+        <v>78</v>
       </c>
       <c r="BG71" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH71">
-        <v>1780</v>
+        <v>1819</v>
       </c>
       <c r="BI71" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ71" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK71" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="BL71"/>
       <c r="BM71" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="BN71" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO71">
-        <v>308</v>
+        <v>170</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
-        <v>28914</v>
+        <v>34837</v>
       </c>
       <c r="BS71" t="s">
-        <v>365</v>
+        <v>95</v>
       </c>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="C72" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="D72">
-        <v>499023</v>
+        <v>499478</v>
       </c>
       <c r="E72">
-        <v>37.86</v>
+        <v>40.09</v>
       </c>
       <c r="F72" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="G72" t="s">
         <v>70</v>
       </c>
       <c r="H72" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="I72">
-        <v>17.99</v>
+        <v>21.39</v>
       </c>
       <c r="J72" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="K72" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L72">
-        <v>990086367645</v>
+        <v>990086289973</v>
       </c>
       <c r="M72" t="s">
         <v>74</v>
       </c>
       <c r="N72" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="O72">
-        <v>523500005569</v>
+        <v>523500005563</v>
       </c>
       <c r="P72">
-        <v>170021010</v>
+        <v>136432257</v>
       </c>
       <c r="Q72" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="R72" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="S72" t="s">
+        <v>1146</v>
+      </c>
+      <c r="T72" t="s">
+        <v>77</v>
+      </c>
+      <c r="U72" t="s">
         <v>1141</v>
       </c>
-      <c r="T72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V72">
-        <v>499023</v>
+        <v>499478</v>
       </c>
       <c r="W72" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X72">
-        <v>37.86</v>
+        <v>40.09</v>
       </c>
       <c r="Y72">
         <v>795</v>
       </c>
       <c r="Z72" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>70</v>
       </c>
       <c r="AC72" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="AD72">
-        <v>170021010</v>
+        <v>136432257</v>
       </c>
       <c r="AE72" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF72">
-        <v>78574761</v>
+        <v>88372427</v>
       </c>
       <c r="AG72"/>
       <c r="AH72" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>611</v>
+        <v>1148</v>
       </c>
       <c r="AK72" t="s">
         <v>70</v>
       </c>
       <c r="AL72" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="AM72"/>
       <c r="AN72" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="AO72">
-        <v>17.99</v>
+        <v>21.39</v>
       </c>
       <c r="AP72" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="AQ72" t="s">
-        <v>1144</v>
-[...6 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="AR72"/>
+      <c r="AS72"/>
       <c r="AT72" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU72">
-        <v>523500005569</v>
+        <v>523500005563</v>
       </c>
       <c r="AV72" t="s">
         <v>74</v>
       </c>
       <c r="AW72">
         <v>1008666</v>
       </c>
       <c r="AX72" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY72">
-        <v>990086367645</v>
+        <v>990086289973</v>
       </c>
       <c r="AZ72" t="s">
         <v>74</v>
       </c>
       <c r="BA72" t="s">
         <v>85</v>
       </c>
       <c r="BB72" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="BC72" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="BD72" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="BE72" t="s">
-        <v>1093</v>
+        <v>1126</v>
       </c>
       <c r="BF72" t="s">
-        <v>79</v>
+        <v>1151</v>
       </c>
       <c r="BG72" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH72">
-        <v>1781</v>
+        <v>1822</v>
       </c>
       <c r="BI72" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ72" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK72" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="BL72"/>
       <c r="BM72" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="BN72" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO72">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
-        <v>30099</v>
+        <v>31872</v>
       </c>
       <c r="BS72" t="s">
-        <v>1149</v>
+        <v>95</v>
       </c>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
         <v>66</v>
       </c>
       <c r="B73" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="C73" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="D73">
-        <v>498914</v>
+        <v>499164</v>
       </c>
       <c r="E73">
-        <v>29.85</v>
+        <v>36.37</v>
       </c>
       <c r="F73" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="G73" t="s">
         <v>70</v>
       </c>
       <c r="H73" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I73">
+        <v>14.99</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1157</v>
+      </c>
+      <c r="K73" t="s">
+        <v>199</v>
+      </c>
+      <c r="L73">
+        <v>990086060996</v>
+      </c>
+      <c r="M73" t="s">
+        <v>74</v>
+      </c>
+      <c r="N73" t="s">
+        <v>549</v>
+      </c>
+      <c r="O73">
+        <v>523500005512</v>
+      </c>
+      <c r="P73">
+        <v>86681153</v>
+      </c>
+      <c r="Q73" t="s">
         <v>1153</v>
       </c>
-      <c r="I73">
-[...2 lines deleted...]
-      <c r="J73" t="s">
+      <c r="R73" t="s">
+        <v>1158</v>
+      </c>
+      <c r="S73" t="s">
+        <v>1159</v>
+      </c>
+      <c r="T73" t="s">
+        <v>77</v>
+      </c>
+      <c r="U73" t="s">
         <v>1154</v>
       </c>
-      <c r="K73" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="V73">
-        <v>498914</v>
+        <v>499164</v>
       </c>
       <c r="W73" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X73">
-        <v>29.85</v>
+        <v>36.37</v>
       </c>
       <c r="Y73">
         <v>795</v>
       </c>
       <c r="Z73" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA73" t="s">
         <v>66</v>
       </c>
       <c r="AB73" t="s">
         <v>70</v>
       </c>
       <c r="AC73" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="AD73">
-        <v>183445057</v>
+        <v>86681153</v>
       </c>
       <c r="AE73" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF73">
-        <v>79885524</v>
+        <v>97013941</v>
       </c>
       <c r="AG73"/>
       <c r="AH73" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73" t="s">
-        <v>356</v>
+        <v>1161</v>
       </c>
       <c r="AK73" t="s">
         <v>70</v>
       </c>
       <c r="AL73" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="AM73"/>
       <c r="AN73" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="AO73">
-        <v>12.99</v>
+        <v>14.99</v>
       </c>
       <c r="AP73" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="AQ73" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="AR73" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="AS73" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="AT73" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU73">
-        <v>523500005498</v>
+        <v>523500005512</v>
       </c>
       <c r="AV73" t="s">
         <v>74</v>
       </c>
       <c r="AW73">
         <v>1008647</v>
       </c>
       <c r="AX73" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AY73">
-        <v>990087770921</v>
+        <v>990086060996</v>
       </c>
       <c r="AZ73" t="s">
         <v>74</v>
       </c>
       <c r="BA73" t="s">
         <v>85</v>
       </c>
       <c r="BB73" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="BC73" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="BD73" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="BE73" t="s">
-        <v>1132</v>
+        <v>1165</v>
       </c>
       <c r="BF73" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="BG73" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH73">
-        <v>1783</v>
+        <v>1826</v>
       </c>
       <c r="BI73" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ73" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="BK73" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="BL73"/>
+        <v>145</v>
+      </c>
+      <c r="BL73" t="s">
+        <v>266</v>
+      </c>
       <c r="BM73" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="BN73" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO73">
-        <v>180</v>
+        <v>308</v>
       </c>
       <c r="BP73"/>
       <c r="BQ73"/>
       <c r="BR73">
-        <v>23731</v>
+        <v>28914</v>
       </c>
       <c r="BS73" t="s">
-        <v>809</v>
+        <v>399</v>
       </c>
     </row>
     <row r="74" spans="1:71">
       <c r="A74" t="s">
         <v>66</v>
       </c>
       <c r="B74" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="C74" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="D74">
-        <v>496802</v>
+        <v>499023</v>
       </c>
       <c r="E74">
-        <v>92.64</v>
+        <v>37.86</v>
       </c>
       <c r="F74" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="G74" t="s">
         <v>70</v>
       </c>
       <c r="H74" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="I74">
-        <v>42.91</v>
+        <v>17.99</v>
       </c>
       <c r="J74" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="K74" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L74">
-        <v>990085356694</v>
+        <v>990086367645</v>
       </c>
       <c r="M74" t="s">
         <v>74</v>
       </c>
       <c r="N74" t="s">
+        <v>549</v>
+      </c>
+      <c r="O74">
+        <v>523500005569</v>
+      </c>
+      <c r="P74">
+        <v>170021010</v>
+      </c>
+      <c r="Q74" t="s">
         <v>1168</v>
       </c>
-      <c r="O74">
-[...7 lines deleted...]
-      </c>
       <c r="R74" t="s">
+        <v>1173</v>
+      </c>
+      <c r="S74" t="s">
+        <v>1174</v>
+      </c>
+      <c r="T74" t="s">
+        <v>77</v>
+      </c>
+      <c r="U74" t="s">
         <v>1169</v>
       </c>
-      <c r="S74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V74">
-        <v>496802</v>
+        <v>499023</v>
       </c>
       <c r="W74" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X74">
-        <v>92.64</v>
+        <v>37.86</v>
       </c>
       <c r="Y74">
         <v>795</v>
       </c>
       <c r="Z74" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA74" t="s">
         <v>66</v>
       </c>
       <c r="AB74" t="s">
         <v>70</v>
       </c>
       <c r="AC74" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="AD74">
-        <v>179195089</v>
+        <v>170021010</v>
       </c>
       <c r="AE74" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF74">
-        <v>89135047</v>
+        <v>78574761</v>
       </c>
       <c r="AG74"/>
       <c r="AH74" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74" t="s">
-        <v>918</v>
+        <v>646</v>
       </c>
       <c r="AK74" t="s">
         <v>70</v>
       </c>
       <c r="AL74" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="AM74"/>
       <c r="AN74" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="AO74">
-        <v>42.91</v>
+        <v>17.99</v>
       </c>
       <c r="AP74" t="s">
+        <v>1176</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>1177</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>1178</v>
+      </c>
+      <c r="AS74" t="s">
+        <v>1179</v>
+      </c>
+      <c r="AT74" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU74">
+        <v>523500005569</v>
+      </c>
+      <c r="AV74" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW74">
+        <v>1008666</v>
+      </c>
+      <c r="AX74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY74">
+        <v>990086367645</v>
+      </c>
+      <c r="AZ74" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA74" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB74" t="s">
+        <v>1168</v>
+      </c>
+      <c r="BC74" t="s">
         <v>1172</v>
       </c>
-      <c r="AQ74" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="BD74" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="BE74" t="s">
-        <v>1177</v>
+        <v>1126</v>
       </c>
       <c r="BF74" t="s">
-        <v>1178</v>
+        <v>78</v>
       </c>
       <c r="BG74" t="s">
-        <v>1179</v>
+        <v>78</v>
       </c>
       <c r="BH74">
-        <v>25</v>
+        <v>1827</v>
       </c>
       <c r="BI74" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="BJ74"/>
+        <v>125</v>
+      </c>
+      <c r="BJ74" t="s">
+        <v>90</v>
+      </c>
       <c r="BK74" t="s">
-        <v>270</v>
+        <v>145</v>
       </c>
       <c r="BL74"/>
       <c r="BM74" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="BN74" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO74">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
-        <v>73649</v>
+        <v>30099</v>
       </c>
       <c r="BS74" t="s">
-        <v>1149</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
         <v>66</v>
       </c>
       <c r="B75" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="C75" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="D75">
-        <v>484710</v>
+        <v>498914</v>
       </c>
       <c r="E75">
-        <v>34.16</v>
+        <v>29.85</v>
       </c>
       <c r="F75" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G75" t="s">
+        <v>70</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1186</v>
+      </c>
+      <c r="I75">
+        <v>12.99</v>
+      </c>
+      <c r="J75" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K75" t="s">
+        <v>199</v>
+      </c>
+      <c r="L75">
+        <v>990087770921</v>
+      </c>
+      <c r="M75" t="s">
+        <v>74</v>
+      </c>
+      <c r="N75" t="s">
+        <v>549</v>
+      </c>
+      <c r="O75">
+        <v>523500005498</v>
+      </c>
+      <c r="P75">
+        <v>183445057</v>
+      </c>
+      <c r="Q75" t="s">
         <v>1183</v>
       </c>
-      <c r="G75" t="s">
-[...2 lines deleted...]
-      <c r="H75" t="s">
+      <c r="R75" t="s">
+        <v>1188</v>
+      </c>
+      <c r="S75" t="s">
+        <v>1189</v>
+      </c>
+      <c r="T75" t="s">
+        <v>77</v>
+      </c>
+      <c r="U75" t="s">
         <v>1184</v>
       </c>
-      <c r="I75">
-[...37 lines deleted...]
-      </c>
       <c r="V75">
-        <v>484710</v>
+        <v>498914</v>
       </c>
       <c r="W75" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X75">
-        <v>34.16</v>
+        <v>29.85</v>
       </c>
       <c r="Y75">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="Z75" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA75" t="s">
         <v>66</v>
       </c>
       <c r="AB75" t="s">
         <v>70</v>
       </c>
       <c r="AC75" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="AD75">
-        <v>173671253</v>
+        <v>183445057</v>
       </c>
       <c r="AE75" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF75">
-        <v>41537769</v>
+        <v>79885524</v>
       </c>
       <c r="AG75"/>
       <c r="AH75" t="s">
-        <v>1189</v>
-[...1 lines deleted...]
-      <c r="AI75" t="s">
         <v>1190</v>
       </c>
+      <c r="AI75"/>
       <c r="AJ75" t="s">
-        <v>1191</v>
+        <v>390</v>
       </c>
       <c r="AK75" t="s">
         <v>70</v>
       </c>
       <c r="AL75" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="AM75"/>
       <c r="AN75" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="AO75">
-        <v>17.99</v>
+        <v>12.99</v>
       </c>
       <c r="AP75" t="s">
+        <v>1191</v>
+      </c>
+      <c r="AQ75" t="s">
+        <v>1044</v>
+      </c>
+      <c r="AR75" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AS75" t="s">
         <v>1192</v>
       </c>
-      <c r="AQ75"/>
-[...1 lines deleted...]
-      <c r="AS75"/>
       <c r="AT75" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU75">
-        <v>523500003745</v>
+        <v>523500005498</v>
       </c>
       <c r="AV75" t="s">
         <v>74</v>
       </c>
       <c r="AW75">
-        <v>1008362</v>
+        <v>1008647</v>
       </c>
       <c r="AX75" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY75">
+        <v>990087770921</v>
+      </c>
+      <c r="AZ75" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA75" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB75" t="s">
+        <v>1183</v>
+      </c>
+      <c r="BC75" t="s">
+        <v>1187</v>
+      </c>
+      <c r="BD75" t="s">
         <v>1193</v>
       </c>
-      <c r="AY75">
-[...12 lines deleted...]
-      <c r="BD75" t="s">
+      <c r="BE75" t="s">
+        <v>1165</v>
+      </c>
+      <c r="BF75" t="s">
         <v>1194</v>
       </c>
-      <c r="BE75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BG75" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BH75">
-        <v>1951</v>
+        <v>1829</v>
       </c>
       <c r="BI75" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="BJ75"/>
+        <v>125</v>
+      </c>
+      <c r="BJ75" t="s">
+        <v>90</v>
+      </c>
       <c r="BK75" t="s">
-        <v>89</v>
+        <v>145</v>
       </c>
       <c r="BL75"/>
       <c r="BM75" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
       <c r="BN75" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO75">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
-        <v>0</v>
+        <v>23731</v>
       </c>
       <c r="BS75" t="s">
-        <v>1149</v>
+        <v>95</v>
       </c>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
         <v>66</v>
       </c>
       <c r="B76" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C76" t="s">
         <v>1197</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76">
+        <v>496802</v>
+      </c>
+      <c r="E76">
+        <v>92.64</v>
+      </c>
+      <c r="F76" t="s">
         <v>1198</v>
       </c>
-      <c r="D76">
-[...5 lines deleted...]
-      <c r="F76" t="s">
+      <c r="G76" t="s">
+        <v>70</v>
+      </c>
+      <c r="H76" t="s">
         <v>1199</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76">
+        <v>42.91</v>
+      </c>
+      <c r="J76" t="s">
         <v>1200</v>
       </c>
-      <c r="I76">
-[...4 lines deleted...]
-      </c>
       <c r="K76" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="L76">
-        <v>712073566256</v>
+        <v>990085356694</v>
       </c>
       <c r="M76" t="s">
         <v>74</v>
       </c>
       <c r="N76" t="s">
         <v>1201</v>
       </c>
       <c r="O76">
-        <v>523500003205</v>
+        <v>523500005267</v>
       </c>
       <c r="P76">
-        <v>180336451</v>
+        <v>179195089</v>
       </c>
       <c r="Q76" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="R76" t="s">
         <v>1202</v>
       </c>
       <c r="S76" t="s">
         <v>1203</v>
       </c>
       <c r="T76" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U76" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="V76">
-        <v>475493</v>
+        <v>496802</v>
       </c>
       <c r="W76" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X76">
-        <v>19728</v>
+        <v>92.64</v>
       </c>
       <c r="Y76">
-        <v>0</v>
+        <v>795</v>
       </c>
       <c r="Z76" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA76" t="s">
         <v>66</v>
       </c>
       <c r="AB76" t="s">
         <v>70</v>
       </c>
       <c r="AC76" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="AD76">
-        <v>180336451</v>
+        <v>179195089</v>
       </c>
       <c r="AE76" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AF76"/>
+        <v>78</v>
+      </c>
+      <c r="AF76">
+        <v>89135047</v>
+      </c>
       <c r="AG76"/>
-      <c r="AH76"/>
+      <c r="AH76" t="s">
+        <v>1204</v>
+      </c>
       <c r="AI76"/>
-      <c r="AJ76"/>
-      <c r="AK76"/>
+      <c r="AJ76" t="s">
+        <v>951</v>
+      </c>
+      <c r="AK76" t="s">
+        <v>70</v>
+      </c>
       <c r="AL76" t="s">
-        <v>79</v>
+        <v>1200</v>
       </c>
       <c r="AM76"/>
       <c r="AN76" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="AO76">
-        <v>0</v>
+        <v>42.91</v>
       </c>
       <c r="AP76" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-      <c r="AR76"/>
+        <v>1205</v>
+      </c>
+      <c r="AQ76" t="s">
+        <v>1206</v>
+      </c>
+      <c r="AR76" t="s">
+        <v>1207</v>
+      </c>
       <c r="AS76"/>
       <c r="AT76" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AU76">
-        <v>523500003205</v>
+        <v>523500005267</v>
       </c>
       <c r="AV76" t="s">
         <v>74</v>
       </c>
-      <c r="AW76"/>
+      <c r="AW76">
+        <v>1008600</v>
+      </c>
       <c r="AX76" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="AY76">
-        <v>712073566256</v>
+        <v>990085356694</v>
       </c>
       <c r="AZ76" t="s">
         <v>74</v>
       </c>
       <c r="BA76"/>
       <c r="BB76" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="BC76" t="s">
-        <v>79</v>
+        <v>1200</v>
       </c>
       <c r="BD76" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="BE76" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="BF76" t="s">
-        <v>79</v>
+        <v>1211</v>
       </c>
       <c r="BG76" t="s">
-        <v>79</v>
+        <v>1212</v>
       </c>
       <c r="BH76">
-        <v>2079</v>
+        <v>25</v>
       </c>
       <c r="BI76" t="s">
-        <v>759</v>
+        <v>125</v>
       </c>
       <c r="BJ76"/>
       <c r="BK76" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="BL76"/>
       <c r="BM76" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="BN76" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="BO76">
-        <v>610</v>
+        <v>44</v>
       </c>
       <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
+        <v>73649</v>
+      </c>
+      <c r="BS76" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="77" spans="1:71">
+      <c r="A77" t="s">
+        <v>66</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D77">
+        <v>484710</v>
+      </c>
+      <c r="E77">
+        <v>34.16</v>
+      </c>
+      <c r="F77" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G77" t="s">
+        <v>70</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I77">
+        <v>17.99</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1218</v>
+      </c>
+      <c r="K77" t="s">
+        <v>199</v>
+      </c>
+      <c r="L77">
+        <v>6685045452</v>
+      </c>
+      <c r="M77" t="s">
+        <v>74</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1219</v>
+      </c>
+      <c r="O77">
+        <v>523500003745</v>
+      </c>
+      <c r="P77">
+        <v>173671253</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>1214</v>
+      </c>
+      <c r="R77" t="s">
+        <v>1220</v>
+      </c>
+      <c r="S77" t="s">
+        <v>1221</v>
+      </c>
+      <c r="T77" t="s">
+        <v>77</v>
+      </c>
+      <c r="U77" t="s">
+        <v>1215</v>
+      </c>
+      <c r="V77">
+        <v>484710</v>
+      </c>
+      <c r="W77" t="s">
+        <v>78</v>
+      </c>
+      <c r="X77">
+        <v>34.16</v>
+      </c>
+      <c r="Y77">
+        <v>810</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>1216</v>
+      </c>
+      <c r="AD77">
+        <v>173671253</v>
+      </c>
+      <c r="AE77" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF77">
+        <v>41537769</v>
+      </c>
+      <c r="AG77"/>
+      <c r="AH77" t="s">
+        <v>1222</v>
+      </c>
+      <c r="AI77" t="s">
+        <v>1223</v>
+      </c>
+      <c r="AJ77" t="s">
+        <v>1224</v>
+      </c>
+      <c r="AK77" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL77" t="s">
+        <v>1218</v>
+      </c>
+      <c r="AM77"/>
+      <c r="AN77" t="s">
+        <v>1217</v>
+      </c>
+      <c r="AO77">
+        <v>17.99</v>
+      </c>
+      <c r="AP77" t="s">
+        <v>1225</v>
+      </c>
+      <c r="AQ77"/>
+      <c r="AR77"/>
+      <c r="AS77"/>
+      <c r="AT77" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU77">
+        <v>523500003745</v>
+      </c>
+      <c r="AV77" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW77">
+        <v>1008362</v>
+      </c>
+      <c r="AX77" t="s">
+        <v>1226</v>
+      </c>
+      <c r="AY77">
+        <v>6685045452</v>
+      </c>
+      <c r="AZ77" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA77"/>
+      <c r="BB77" t="s">
+        <v>1214</v>
+      </c>
+      <c r="BC77" t="s">
+        <v>1218</v>
+      </c>
+      <c r="BD77" t="s">
+        <v>1227</v>
+      </c>
+      <c r="BE77" t="s">
+        <v>1228</v>
+      </c>
+      <c r="BF77" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG77" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH77">
+        <v>1997</v>
+      </c>
+      <c r="BI77" t="s">
+        <v>125</v>
+      </c>
+      <c r="BJ77"/>
+      <c r="BK77" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL77"/>
+      <c r="BM77" t="s">
+        <v>1229</v>
+      </c>
+      <c r="BN77" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO77">
+        <v>179</v>
+      </c>
+      <c r="BP77"/>
+      <c r="BQ77"/>
+      <c r="BR77">
         <v>0</v>
       </c>
-      <c r="BS76" t="s">
-        <v>365</v>
+      <c r="BS77" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="78" spans="1:71">
+      <c r="A78" t="s">
+        <v>66</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D78">
+        <v>475493</v>
+      </c>
+      <c r="E78">
+        <v>19728</v>
+      </c>
+      <c r="F78" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G78" t="s">
+        <v>70</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1233</v>
+      </c>
+      <c r="I78">
+        <v>0</v>
+      </c>
+      <c r="J78" t="s">
+        <v>78</v>
+      </c>
+      <c r="K78" t="s">
+        <v>199</v>
+      </c>
+      <c r="L78">
+        <v>712073566256</v>
+      </c>
+      <c r="M78" t="s">
+        <v>74</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1234</v>
+      </c>
+      <c r="O78">
+        <v>523500003205</v>
+      </c>
+      <c r="P78">
+        <v>180336451</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>1230</v>
+      </c>
+      <c r="R78" t="s">
+        <v>1235</v>
+      </c>
+      <c r="S78" t="s">
+        <v>1236</v>
+      </c>
+      <c r="T78" t="s">
+        <v>77</v>
+      </c>
+      <c r="U78" t="s">
+        <v>1231</v>
+      </c>
+      <c r="V78">
+        <v>475493</v>
+      </c>
+      <c r="W78" t="s">
+        <v>78</v>
+      </c>
+      <c r="X78">
+        <v>19728</v>
+      </c>
+      <c r="Y78">
+        <v>0</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>1232</v>
+      </c>
+      <c r="AD78">
+        <v>180336451</v>
+      </c>
+      <c r="AE78" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF78"/>
+      <c r="AG78"/>
+      <c r="AH78"/>
+      <c r="AI78"/>
+      <c r="AJ78"/>
+      <c r="AK78"/>
+      <c r="AL78" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM78"/>
+      <c r="AN78" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AO78">
+        <v>0</v>
+      </c>
+      <c r="AP78" t="s">
+        <v>1237</v>
+      </c>
+      <c r="AQ78"/>
+      <c r="AR78"/>
+      <c r="AS78"/>
+      <c r="AT78" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU78">
+        <v>523500003205</v>
+      </c>
+      <c r="AV78" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW78"/>
+      <c r="AX78" t="s">
+        <v>1238</v>
+      </c>
+      <c r="AY78">
+        <v>712073566256</v>
+      </c>
+      <c r="AZ78" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA78"/>
+      <c r="BB78" t="s">
+        <v>1230</v>
+      </c>
+      <c r="BC78" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD78" t="s">
+        <v>1239</v>
+      </c>
+      <c r="BE78" t="s">
+        <v>1240</v>
+      </c>
+      <c r="BF78" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG78" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH78">
+        <v>2125</v>
+      </c>
+      <c r="BI78" t="s">
+        <v>125</v>
+      </c>
+      <c r="BJ78"/>
+      <c r="BK78" t="s">
+        <v>145</v>
+      </c>
+      <c r="BL78" t="s">
+        <v>1241</v>
+      </c>
+      <c r="BM78" t="s">
+        <v>1242</v>
+      </c>
+      <c r="BN78" t="s">
+        <v>78</v>
+      </c>
+      <c r="BO78">
+        <v>610</v>
+      </c>
+      <c r="BP78"/>
+      <c r="BQ78"/>
+      <c r="BR78">
+        <v>0</v>
+      </c>
+      <c r="BS78" t="s">
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">