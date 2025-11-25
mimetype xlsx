--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,570 +215,648 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-10-10 06:32:50</t>
-[...5 lines deleted...]
-    <t>Jocelyn Ortega Muoz</t>
+    <t>2025-11-25 00:17:36</t>
+  </si>
+  <si>
+    <t>24141433701-A</t>
+  </si>
+  <si>
+    <t>Carolina Gonzalez</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/114-0055215-3005850</t>
-[...2 lines deleted...]
-    <t>2025-10-10 00:00:00</t>
+    <t>/111-0331484-7515445</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
-    <t>2025-10-10 06:32:51</t>
-[...2 lines deleted...]
-    <t>2025-10-10 06:32:52</t>
+    <t>2025-11-25 00:17:37</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>--569401468</t>
-[...5 lines deleted...]
-    <t>VILLARICA</t>
+    <t>--45464088</t>
+  </si>
+  <si>
+    <t>Pasaje padre antonio jupnerk 0284</t>
+  </si>
+  <si>
+    <t>LA GRANJA</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
-    <t>/B079TY897X</t>
+    <t>/B07NC732ZW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>manual</t>
   </si>
   <si>
-    <t>2025-10-10 06:49:53</t>
-[...155 lines deleted...]
-    <t>VALPARAISO</t>
+    <t>2025-11-25 00:53:42</t>
+  </si>
+  <si>
+    <t>2025-11-23 16:47:27</t>
+  </si>
+  <si>
+    <t>24138478201-A</t>
+  </si>
+  <si>
+    <t>Smith Bustamante</t>
+  </si>
+  <si>
+    <t>/111-0202284-6881813</t>
+  </si>
+  <si>
+    <t>2025-11-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23 16:47:28</t>
+  </si>
+  <si>
+    <t>2025-11-23 16:47:29</t>
+  </si>
+  <si>
+    <t>--962681608</t>
+  </si>
+  <si>
+    <t>Yungay 935</t>
+  </si>
+  <si>
+    <t>/B00A343708</t>
+  </si>
+  <si>
+    <t>2025-11-23 17:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 15:30:13</t>
+  </si>
+  <si>
+    <t>24138345401-A</t>
+  </si>
+  <si>
+    <t>Gladys Belen Cea Parraguez</t>
+  </si>
+  <si>
+    <t>/111-4026955-9742601</t>
+  </si>
+  <si>
+    <t>2025-11-23 15:30:14</t>
+  </si>
+  <si>
+    <t>--988541313</t>
+  </si>
+  <si>
+    <t>1 norte, entre 2 y 3 poniente 550</t>
+  </si>
+  <si>
+    <t>TALCA</t>
+  </si>
+  <si>
+    <t>/B08Y63XK8J</t>
+  </si>
+  <si>
+    <t>2025-11-23 15:53:44</t>
+  </si>
+  <si>
+    <t>2025-11-23 15:29:29</t>
+  </si>
+  <si>
+    <t>24138342001-A</t>
+  </si>
+  <si>
+    <t>Jose Antonio Castillo Vera</t>
+  </si>
+  <si>
+    <t>/111-5068246-5705022</t>
+  </si>
+  <si>
+    <t>2025-11-23 15:29:30</t>
+  </si>
+  <si>
+    <t>--946374076</t>
+  </si>
+  <si>
+    <t>Soberania 2135</t>
+  </si>
+  <si>
+    <t>QTA. NORMAL</t>
+  </si>
+  <si>
+    <t>/B074ZDP7FZ</t>
+  </si>
+  <si>
+    <t>2025-11-23 15:53:41</t>
+  </si>
+  <si>
+    <t>2025-11-23 14:39:25</t>
+  </si>
+  <si>
+    <t>24138257001-A</t>
+  </si>
+  <si>
+    <t>Lizanka Melivilu</t>
+  </si>
+  <si>
+    <t>/111-5301325-5513826</t>
+  </si>
+  <si>
+    <t>2025-11-23 14:39:26</t>
+  </si>
+  <si>
+    <t>--954608377</t>
+  </si>
+  <si>
+    <t>Lago villarrica 1055</t>
+  </si>
+  <si>
+    <t>LO PRADO</t>
+  </si>
+  <si>
+    <t>2025-11-23 15:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 00:31:32</t>
+  </si>
+  <si>
+    <t>24137627601-A</t>
+  </si>
+  <si>
+    <t>Fabian Farias</t>
+  </si>
+  <si>
+    <t>/ 111-4106463-1879442</t>
+  </si>
+  <si>
+    <t>2025-11-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23 00:31:33</t>
+  </si>
+  <si>
+    <t>--934212200</t>
+  </si>
+  <si>
+    <t>Ejercito 2180</t>
+  </si>
+  <si>
+    <t>SAN ANTONIO</t>
+  </si>
+  <si>
+    <t>/B08VLX25W2</t>
+  </si>
+  <si>
+    <t>2025-11-23 00:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-22 21:13:41</t>
+  </si>
+  <si>
+    <t>24137286201-A</t>
+  </si>
+  <si>
+    <t>Cristian Cabrera</t>
+  </si>
+  <si>
+    <t>/111-6400016-8373044</t>
+  </si>
+  <si>
+    <t>2025-11-22 21:13:42</t>
+  </si>
+  <si>
+    <t>--920007083</t>
+  </si>
+  <si>
+    <t>Calle Apostol pablo 01090</t>
+  </si>
+  <si>
+    <t>PUENTE ALTO</t>
+  </si>
+  <si>
+    <t>/B0791VHH86</t>
+  </si>
+  <si>
+    <t>2025-11-22 21:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-22 16:51:58</t>
+  </si>
+  <si>
+    <t>24136817901-A</t>
+  </si>
+  <si>
+    <t>Pedro Amache</t>
+  </si>
+  <si>
+    <t>/111-1342136-1445005</t>
+  </si>
+  <si>
+    <t>2025-11-22 16:51:59</t>
+  </si>
+  <si>
+    <t>--931829108</t>
+  </si>
+  <si>
+    <t>Chacabuco 1120</t>
+  </si>
+  <si>
+    <t>SANTIAGO</t>
+  </si>
+  <si>
+    <t>2025-11-22 17:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:47:02</t>
+  </si>
+  <si>
+    <t>24135121901-A</t>
+  </si>
+  <si>
+    <t>Denisse Giuras</t>
+  </si>
+  <si>
+    <t>/114-7522811-7313005</t>
+  </si>
+  <si>
+    <t>2025-11-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:47:03</t>
+  </si>
+  <si>
+    <t>--968444364</t>
+  </si>
+  <si>
+    <t>Camino chiu chiu 3</t>
+  </si>
+  <si>
+    <t>CALAMA</t>
+  </si>
+  <si>
+    <t>/B08DQD37CY</t>
+  </si>
+  <si>
+    <t>2025-11-21 18:53:44</t>
+  </si>
+  <si>
+    <t>2025-11-20 21:24:24</t>
+  </si>
+  <si>
+    <t>24133778301-A</t>
+  </si>
+  <si>
+    <t>Margarita Dominguez</t>
+  </si>
+  <si>
+    <t>/114-7618741-3451468</t>
+  </si>
+  <si>
+    <t>2025-11-20 21:24:25</t>
+  </si>
+  <si>
+    <t>2025-11-20 21:24:26</t>
+  </si>
+  <si>
+    <t>--967393668</t>
+  </si>
+  <si>
+    <t>RIO MAULLIN  2616</t>
+  </si>
+  <si>
+    <t>QUILPUE</t>
+  </si>
+  <si>
+    <t>2025-11-20 21:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-20 01:26:44</t>
+  </si>
+  <si>
+    <t>24132434501-A</t>
+  </si>
+  <si>
+    <t>Francisco Sepulveda</t>
+  </si>
+  <si>
+    <t>/114-4111583-4143418</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-20 01:26:45</t>
+  </si>
+  <si>
+    <t>--949694538</t>
+  </si>
+  <si>
+    <t>aurora 9030</t>
+  </si>
+  <si>
+    <t>PUDAHUEL</t>
+  </si>
+  <si>
+    <t>/B017VCQ5M6</t>
+  </si>
+  <si>
+    <t>2025-11-20 01:53:40</t>
+  </si>
+  <si>
+    <t>2025-11-18 23:18:14</t>
+  </si>
+  <si>
+    <t>24130287401-A</t>
+  </si>
+  <si>
+    <t>Veronica  Rubilar</t>
+  </si>
+  <si>
+    <t>/ 114-0141244-6252213</t>
+  </si>
+  <si>
+    <t>2025-11-19 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-18 23:18:15</t>
+  </si>
+  <si>
+    <t>2025-11-18 23:18:16</t>
+  </si>
+  <si>
+    <t>--988053174</t>
+  </si>
+  <si>
+    <t>Los montes 426</t>
+  </si>
+  <si>
+    <t>TIL TIL</t>
+  </si>
+  <si>
+    <t>/B07Z46CPMQ</t>
+  </si>
+  <si>
+    <t>2025-11-18 23:53:37</t>
+  </si>
+  <si>
+    <t>2025-11-16 20:04:09</t>
+  </si>
+  <si>
+    <t>24125980801-A</t>
+  </si>
+  <si>
+    <t>Irene Castro</t>
+  </si>
+  <si>
+    <t>/11437255</t>
+  </si>
+  <si>
+    <t>2025-11-17 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-16 20:04:10</t>
+  </si>
+  <si>
+    <t>--994301205</t>
+  </si>
+  <si>
+    <t>4 oriente con 7 norte  1798</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/PJ0029O-30006263-003-40048</t>
+    <t>/PJ0032O-30006266-001-60036</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2025-10-08 05:49:52</t>
-[...122 lines deleted...]
-    <t>ANTOFAGASTA</t>
+    <t>2025-11-17 15:53:45</t>
+  </si>
+  <si>
+    <t>2025-11-05 16:11:17</t>
+  </si>
+  <si>
+    <t>24103342801-A</t>
+  </si>
+  <si>
+    <t>Sergio Leiva</t>
+  </si>
+  <si>
+    <t>/200013992905955</t>
+  </si>
+  <si>
+    <t>2025-11-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-05 16:11:19</t>
+  </si>
+  <si>
+    <t>--991499497</t>
+  </si>
+  <si>
+    <t>Avenida domingo tocornal  721</t>
+  </si>
+  <si>
+    <t>/B096RYZJWS</t>
+  </si>
+  <si>
+    <t>2025-11-05 16:50:10</t>
+  </si>
+  <si>
+    <t>2025-11-04 16:38:24</t>
+  </si>
+  <si>
+    <t>24101243901-A</t>
+  </si>
+  <si>
+    <t>Richard Elgueta</t>
+  </si>
+  <si>
+    <t>/11431466</t>
+  </si>
+  <si>
+    <t>2025-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t>12776302K</t>
+  </si>
+  <si>
+    <t>2025-11-04 16:38:25</t>
+  </si>
+  <si>
+    <t>--31959540</t>
+  </si>
+  <si>
+    <t>José Besa 1337</t>
+  </si>
+  <si>
+    <t>/PJ0011O-30000642-002-40024</t>
+  </si>
+  <si>
+    <t>2025-11-04 17:50:09</t>
+  </si>
+  <si>
+    <t>2025-11-02 15:03:35</t>
+  </si>
+  <si>
+    <t>24096365201-A</t>
+  </si>
+  <si>
+    <t>Fernando Marihuen</t>
+  </si>
+  <si>
+    <t>/11430463</t>
+  </si>
+  <si>
+    <t>2025-11-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-02 15:03:37</t>
+  </si>
+  <si>
+    <t>--92998586</t>
+  </si>
+  <si>
+    <t>freire 301</t>
+  </si>
+  <si>
+    <t>CONSTITUCIO</t>
+  </si>
+  <si>
+    <t>/PJ0016O-30002079-007-60073/PJ0012O-30000643-010-00018/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>2025-11-02 15:50:06</t>
+  </si>
+  <si>
+    <t>2025-10-30 22:16:25</t>
+  </si>
+  <si>
+    <t>24091881101-A</t>
+  </si>
+  <si>
+    <t>Fernanda Naipallan</t>
+  </si>
+  <si>
+    <t>/BBY01-807106374598/200013907319775/114-6279736-3997013/114-2442832-8151426</t>
+  </si>
+  <si>
+    <t>2025-11-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-10-30 22:16:28</t>
+  </si>
+  <si>
+    <t>--933015942</t>
+  </si>
+  <si>
+    <t>Las Magnolias 3875</t>
+  </si>
+  <si>
+    <t>ALTO HOSPICIO</t>
   </si>
   <si>
     <t xml:space="preserve">BESTBUY, </t>
   </si>
   <si>
-    <t>/6571348</t>
-[...119 lines deleted...]
-    <t>2025-01-17 14:43:07</t>
+    <t>/6587807/6579200/6586163</t>
+  </si>
+  <si>
+    <t>2025-10-30 22:50:06</t>
+  </si>
+  <si>
+    <t>2020-04-01 01:10:39</t>
+  </si>
+  <si>
+    <t>73930648-A</t>
+  </si>
+  <si>
+    <t>Gabriela Arancibia</t>
+  </si>
+  <si>
+    <t>114-3246048-4009816</t>
+  </si>
+  <si>
+    <t>712078197213, 712078197213</t>
+  </si>
+  <si>
+    <t>Generated in 2020-10-29T15:29:43Z</t>
+  </si>
+  <si>
+    <t>2020-04-01 01:25:12</t>
+  </si>
+  <si>
+    <t>2020-04-01 12:13:08</t>
   </si>
   <si>
     <t>CLOSED</t>
-  </si>
-[...37 lines deleted...]
-    <t>2020-04-01 12:13:08</t>
   </si>
   <si>
     <t>B07DMLCR3F</t>
   </si>
   <si>
     <t>Chilexpress, Chilexpress</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1090,51 +1168,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS16"/>
+  <dimension ref="A1:BS19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1324,2793 +1402,3340 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>594766</v>
+        <v>597051</v>
       </c>
       <c r="E2">
-        <v>51.52</v>
+        <v>52.57</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>27.36</v>
+        <v>24.84</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2">
-        <v>168292538</v>
+        <v>156582441</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
+        <v>75</v>
+      </c>
+      <c r="T2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>594766</v>
+        <v>597051</v>
       </c>
       <c r="W2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X2">
-        <v>51.52</v>
+        <v>52.57</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>168292538</v>
+        <v>156582441</v>
       </c>
       <c r="AE2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF2">
-        <v>569401468</v>
+        <v>45464088</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>27.36</v>
+        <v>24.84</v>
       </c>
       <c r="AP2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2"/>
+      <c r="AW2">
+        <v>0</v>
+      </c>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2"/>
+      <c r="BA2" t="s">
+        <v>83</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH2">
         <v>0</v>
       </c>
       <c r="BI2" t="s">
         <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>48990</v>
+        <v>49989</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>86</v>
       </c>
       <c r="C3" t="s">
         <v>87</v>
       </c>
       <c r="D3">
-        <v>594731</v>
+        <v>596915</v>
       </c>
       <c r="E3">
-        <v>73.6</v>
+        <v>51.52</v>
       </c>
       <c r="F3" t="s">
         <v>88</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>89</v>
       </c>
       <c r="I3">
-        <v>39.99</v>
+        <v>23.74</v>
       </c>
       <c r="J3" t="s">
         <v>90</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3" t="s">
         <v>87</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3">
-        <v>244262368</v>
+        <v>270111866</v>
       </c>
       <c r="Q3" t="s">
         <v>86</v>
       </c>
       <c r="R3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="S3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="T3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U3" t="s">
         <v>87</v>
       </c>
       <c r="V3">
-        <v>594731</v>
+        <v>596915</v>
       </c>
       <c r="W3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X3">
-        <v>73.6</v>
+        <v>51.52</v>
       </c>
       <c r="Y3">
         <v>950.9</v>
       </c>
       <c r="Z3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
         <v>88</v>
       </c>
       <c r="AD3">
-        <v>244262368</v>
+        <v>270111866</v>
       </c>
       <c r="AE3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AF3">
-        <v>986620635</v>
+        <v>962681608</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>90</v>
       </c>
       <c r="AM3" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN3" t="s">
         <v>89</v>
       </c>
       <c r="AO3">
-        <v>39.99</v>
+        <v>23.74</v>
       </c>
       <c r="AP3" t="s">
         <v>95</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3"/>
       <c r="AY3" t="s">
         <v>87</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH3">
         <v>1</v>
       </c>
       <c r="BI3" t="s">
         <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>69986</v>
+        <v>48990</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C4" t="s">
         <v>98</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>596908</v>
+      </c>
+      <c r="E4">
+        <v>174.56</v>
+      </c>
+      <c r="F4" t="s">
         <v>99</v>
       </c>
-      <c r="D4">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
         <v>100</v>
       </c>
-      <c r="G4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I4">
-        <v>23.99</v>
+        <v>82.5</v>
       </c>
       <c r="J4" t="s">
         <v>90</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>114052337</v>
+        <v>201441269</v>
       </c>
       <c r="Q4" t="s">
+        <v>97</v>
+      </c>
+      <c r="R4" t="s">
+        <v>97</v>
+      </c>
+      <c r="S4" t="s">
+        <v>101</v>
+      </c>
+      <c r="T4" t="s">
+        <v>76</v>
+      </c>
+      <c r="U4" t="s">
         <v>98</v>
       </c>
-      <c r="R4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V4">
-        <v>594730</v>
+        <v>596908</v>
       </c>
       <c r="W4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X4">
-        <v>50.47</v>
+        <v>174.56</v>
       </c>
       <c r="Y4">
         <v>950.9</v>
       </c>
       <c r="Z4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="AD4">
-        <v>114052337</v>
+        <v>201441269</v>
       </c>
       <c r="AE4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="AF4">
-        <v>930976970</v>
+        <v>988541313</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
         <v>90</v>
       </c>
       <c r="AM4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="AO4">
-        <v>23.99</v>
+        <v>82.5</v>
       </c>
       <c r="AP4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4"/>
       <c r="AY4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>90</v>
       </c>
       <c r="BD4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH4">
         <v>1</v>
       </c>
       <c r="BI4" t="s">
         <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>47992</v>
+        <v>165989</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C5" t="s">
         <v>108</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>596907</v>
+      </c>
+      <c r="E5">
+        <v>51.52</v>
+      </c>
+      <c r="F5" t="s">
         <v>109</v>
       </c>
-      <c r="D5">
-[...5 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5" t="s">
         <v>110</v>
       </c>
-      <c r="G5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I5">
-        <v>19.99</v>
+        <v>24.97</v>
       </c>
       <c r="J5" t="s">
         <v>90</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
-        <v>89340535</v>
+        <v>177585041</v>
       </c>
       <c r="Q5" t="s">
+        <v>107</v>
+      </c>
+      <c r="R5" t="s">
+        <v>111</v>
+      </c>
+      <c r="S5" t="s">
+        <v>111</v>
+      </c>
+      <c r="T5" t="s">
+        <v>76</v>
+      </c>
+      <c r="U5" t="s">
         <v>108</v>
       </c>
-      <c r="R5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V5">
-        <v>594724</v>
+        <v>596907</v>
       </c>
       <c r="W5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X5">
-        <v>43.11</v>
+        <v>51.52</v>
       </c>
       <c r="Y5">
         <v>950.9</v>
       </c>
       <c r="Z5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AD5">
-        <v>89340535</v>
+        <v>177585041</v>
       </c>
       <c r="AE5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="AF5">
-        <v>930780915</v>
+        <v>946374076</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
         <v>90</v>
       </c>
       <c r="AM5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN5" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AO5">
-        <v>19.99</v>
+        <v>24.97</v>
       </c>
       <c r="AP5" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5"/>
       <c r="AY5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="BC5" t="s">
         <v>90</v>
       </c>
       <c r="BD5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH5">
         <v>1</v>
       </c>
       <c r="BI5" t="s">
         <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN5" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>40993</v>
+        <v>48990</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D6">
+        <v>596906</v>
+      </c>
+      <c r="E6">
+        <v>51.52</v>
+      </c>
+      <c r="F6" t="s">
         <v>119</v>
       </c>
-      <c r="C6" t="s">
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
         <v>120</v>
       </c>
-      <c r="D6">
-[...13 lines deleted...]
-      </c>
       <c r="I6">
-        <v>29.98</v>
+        <v>23.74</v>
       </c>
       <c r="J6" t="s">
         <v>90</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
-        <v>75752229</v>
+        <v>178794434</v>
       </c>
       <c r="Q6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="R6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="S6" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="T6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="V6">
-        <v>594723</v>
+        <v>596906</v>
       </c>
       <c r="W6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X6">
-        <v>70.45</v>
+        <v>51.52</v>
       </c>
       <c r="Y6">
         <v>950.9</v>
       </c>
       <c r="Z6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="AD6">
-        <v>75752229</v>
+        <v>178794434</v>
       </c>
       <c r="AE6" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="AF6">
-        <v>931873593</v>
+        <v>954608377</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
         <v>90</v>
       </c>
       <c r="AM6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN6" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="AO6">
-        <v>29.98</v>
+        <v>23.74</v>
       </c>
       <c r="AP6" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="BC6" t="s">
         <v>90</v>
       </c>
       <c r="BD6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BI6" t="s">
         <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN6" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>66991</v>
+        <v>48990</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
+        <v>126</v>
+      </c>
+      <c r="C7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D7">
+        <v>596874</v>
+      </c>
+      <c r="E7">
+        <v>43.11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>128</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
         <v>129</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7">
+        <v>19.99</v>
+      </c>
+      <c r="J7" t="s">
         <v>130</v>
-      </c>
-[...19 lines deleted...]
-        <v>133</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
-        <v>132593264</v>
+        <v>140029203</v>
       </c>
       <c r="Q7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="R7" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="S7" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="T7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U7" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="V7">
-        <v>594704</v>
+        <v>596874</v>
       </c>
       <c r="W7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X7">
-        <v>28.38</v>
+        <v>43.11</v>
       </c>
       <c r="Y7">
         <v>950.9</v>
       </c>
       <c r="Z7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="AD7">
-        <v>132593264</v>
+        <v>140029203</v>
       </c>
       <c r="AE7" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="AF7">
-        <v>988893165</v>
+        <v>934212200</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="AM7" t="s">
-        <v>138</v>
+        <v>81</v>
       </c>
       <c r="AN7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="AO7">
-        <v>10.99</v>
+        <v>19.99</v>
       </c>
       <c r="AP7" t="s">
-        <v>139</v>
-[...6 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="AQ7"/>
+      <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="BC7" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="BD7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BI7" t="s">
-        <v>142</v>
+        <v>84</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN7" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
-      <c r="BP7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>26987</v>
+        <v>40993</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="C8" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="D8">
-        <v>594701</v>
+        <v>596867</v>
       </c>
       <c r="E8">
-        <v>119.88</v>
+        <v>42.05</v>
       </c>
       <c r="F8" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="I8">
-        <v>54.9</v>
+        <v>18.46</v>
       </c>
       <c r="J8" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
-      <c r="P8" t="s">
-        <v>148</v>
+      <c r="P8">
+        <v>210222200</v>
       </c>
       <c r="Q8" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="R8" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="S8" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="T8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U8" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="V8">
-        <v>594701</v>
+        <v>596867</v>
       </c>
       <c r="W8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X8">
-        <v>119.88</v>
+        <v>42.05</v>
       </c>
       <c r="Y8">
         <v>950.9</v>
       </c>
       <c r="Z8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>139</v>
+      </c>
+      <c r="AD8">
+        <v>210222200</v>
       </c>
       <c r="AE8" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="AF8">
-        <v>923289268</v>
+        <v>920007083</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="AM8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN8" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="AO8">
-        <v>54.9</v>
+        <v>18.46</v>
       </c>
       <c r="AP8" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB8" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="BC8" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="BD8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH8">
         <v>2</v>
       </c>
       <c r="BI8" t="s">
         <v>84</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN8" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>113994</v>
+        <v>39985</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="C9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="D9">
-        <v>594673</v>
+        <v>596848</v>
       </c>
       <c r="E9">
-        <v>28.38</v>
+        <v>51.52</v>
       </c>
       <c r="F9" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="I9">
-        <v>10.99</v>
+        <v>24.97</v>
       </c>
       <c r="J9" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9">
-        <v>136358944</v>
+        <v>272075638</v>
       </c>
       <c r="Q9" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="R9" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="S9" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="T9" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="V9">
-        <v>594673</v>
+        <v>596848</v>
       </c>
       <c r="W9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X9">
-        <v>28.38</v>
+        <v>51.52</v>
       </c>
       <c r="Y9">
         <v>950.9</v>
       </c>
       <c r="Z9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="AD9">
-        <v>136358944</v>
+        <v>272075638</v>
       </c>
       <c r="AE9" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="AF9">
-        <v>985700688</v>
+        <v>931829108</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="AM9" t="s">
-        <v>138</v>
+        <v>81</v>
       </c>
       <c r="AN9" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="AO9">
-        <v>10.99</v>
+        <v>24.97</v>
       </c>
       <c r="AP9" t="s">
-        <v>164</v>
-[...6 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="AQ9"/>
+      <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB9" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="BC9" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="BD9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BI9" t="s">
-        <v>142</v>
+        <v>84</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN9" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
-      <c r="BP9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>26987</v>
+        <v>48990</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="C10" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="D10">
-        <v>594669</v>
+        <v>596796</v>
       </c>
       <c r="E10">
-        <v>119.88</v>
+        <v>292.34</v>
       </c>
       <c r="F10" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="I10">
-        <v>49.99</v>
+        <v>129.49</v>
       </c>
       <c r="J10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
-      <c r="P10" t="s">
-        <v>170</v>
+      <c r="P10">
+        <v>86697998</v>
       </c>
       <c r="Q10" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="R10" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="S10" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="T10" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U10" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="V10">
-        <v>594669</v>
+        <v>596796</v>
       </c>
       <c r="W10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X10">
-        <v>119.88</v>
+        <v>292.34</v>
       </c>
       <c r="Y10">
         <v>950.9</v>
       </c>
       <c r="Z10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>158</v>
+      </c>
+      <c r="AD10">
+        <v>86697998</v>
       </c>
       <c r="AE10" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="AF10">
-        <v>956936465</v>
+        <v>968444364</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
+        <v>160</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN10" t="s">
         <v>159</v>
       </c>
-      <c r="AM10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO10">
-        <v>49.99</v>
+        <v>129.49</v>
       </c>
       <c r="AP10" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB10" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="BC10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="BD10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="BI10" t="s">
         <v>84</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN10" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>113994</v>
+        <v>277986</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="C11" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="D11">
-        <v>594667</v>
+        <v>596736</v>
       </c>
       <c r="E11">
-        <v>227.14</v>
+        <v>51.52</v>
       </c>
       <c r="F11" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="I11">
-        <v>79.99</v>
+        <v>24.97</v>
       </c>
       <c r="J11" t="s">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
       <c r="L11" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
-        <v>133564535</v>
+        <v>95341934</v>
       </c>
       <c r="Q11" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="R11" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="S11" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="T11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U11" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="V11">
-        <v>594667</v>
+        <v>596736</v>
       </c>
       <c r="W11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X11">
-        <v>227.14</v>
+        <v>51.52</v>
       </c>
       <c r="Y11">
         <v>950.9</v>
       </c>
       <c r="Z11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="AD11">
-        <v>133564535</v>
+        <v>95341934</v>
       </c>
       <c r="AE11" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="AF11">
-        <v>976374245</v>
+        <v>967393668</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="AM11" t="s">
-        <v>185</v>
+        <v>81</v>
       </c>
       <c r="AN11" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="AO11">
-        <v>79.99</v>
+        <v>24.97</v>
       </c>
       <c r="AP11" t="s">
-        <v>186</v>
+        <v>115</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB11" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="BC11" t="s">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="BD11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH11">
         <v>4</v>
       </c>
       <c r="BI11" t="s">
         <v>84</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN11" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>215987</v>
+        <v>48990</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="C12" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="D12">
-        <v>594605</v>
+        <v>596682</v>
       </c>
       <c r="E12">
-        <v>70.45</v>
+        <v>52.57</v>
       </c>
       <c r="F12" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="I12">
-        <v>29.97</v>
+        <v>25.43</v>
       </c>
       <c r="J12" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12">
-        <v>171364744</v>
+        <v>195572364</v>
       </c>
       <c r="Q12" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="R12" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="S12" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="T12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U12" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="V12">
-        <v>594605</v>
+        <v>596682</v>
       </c>
       <c r="W12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X12">
-        <v>70.45</v>
+        <v>52.57</v>
       </c>
       <c r="Y12">
         <v>950.9</v>
       </c>
       <c r="Z12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="AD12">
-        <v>171364744</v>
+        <v>195572364</v>
       </c>
       <c r="AE12" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
       <c r="AF12">
-        <v>964736370</v>
+        <v>949694538</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="AM12" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN12" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="AO12">
-        <v>29.97</v>
+        <v>25.43</v>
       </c>
       <c r="AP12" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB12" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="BC12" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="BD12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH12">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="BI12" t="s">
         <v>84</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN12" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>66991</v>
+        <v>49989</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="C13" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="D13">
-        <v>594497</v>
+        <v>596614</v>
       </c>
       <c r="E13">
-        <v>28.38</v>
+        <v>278.67</v>
       </c>
       <c r="F13" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="I13">
-        <v>10.99</v>
+        <v>134.5</v>
       </c>
       <c r="J13" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13">
-        <v>139819535</v>
+        <v>130734812</v>
       </c>
       <c r="Q13" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="R13" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="S13" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="T13" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U13" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="V13">
-        <v>594497</v>
+        <v>596614</v>
       </c>
       <c r="W13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X13">
-        <v>28.38</v>
+        <v>278.67</v>
       </c>
       <c r="Y13">
         <v>950.9</v>
       </c>
       <c r="Z13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="AD13">
-        <v>139819535</v>
+        <v>130734812</v>
       </c>
       <c r="AE13" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="AF13">
-        <v>955104030</v>
+        <v>988053174</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="AM13" t="s">
-        <v>138</v>
+        <v>81</v>
       </c>
       <c r="AN13" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="AO13">
-        <v>10.99</v>
+        <v>134.5</v>
       </c>
       <c r="AP13" t="s">
-        <v>139</v>
-[...6 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="AQ13"/>
+      <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB13" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="BC13" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="BD13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH13">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="BI13" t="s">
-        <v>142</v>
+        <v>84</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN13" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
-      <c r="BP13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>26987</v>
+        <v>264987</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C14" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="D14">
-        <v>593731</v>
+        <v>596499</v>
       </c>
       <c r="E14">
         <v>28.38</v>
       </c>
       <c r="F14" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="I14">
         <v>10.99</v>
       </c>
       <c r="J14" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="K14" t="s">
         <v>73</v>
       </c>
       <c r="L14" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
-        <v>154593837</v>
+        <v>103786355</v>
       </c>
       <c r="Q14" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="R14" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="S14" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="T14" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U14" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="V14">
-        <v>593731</v>
+        <v>596499</v>
       </c>
       <c r="W14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X14">
         <v>28.38</v>
       </c>
       <c r="Y14">
         <v>950.9</v>
       </c>
       <c r="Z14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="AD14">
-        <v>154593837</v>
+        <v>103786355</v>
       </c>
       <c r="AE14" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="AF14">
-        <v>989441203</v>
+        <v>994301205</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>217</v>
+        <v>104</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="AM14" t="s">
-        <v>138</v>
+        <v>208</v>
       </c>
       <c r="AN14" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="AO14">
         <v>10.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="AQ14" t="s">
-        <v>140</v>
+        <v>210</v>
       </c>
       <c r="AR14" t="s">
-        <v>141</v>
+        <v>211</v>
       </c>
       <c r="AS14"/>
       <c r="AT14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB14" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="BC14" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="BD14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH14">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="BI14" t="s">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN14" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
-        <v>140</v>
+        <v>210</v>
       </c>
       <c r="BQ14"/>
       <c r="BR14">
         <v>26987</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C15" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="D15">
-        <v>585614</v>
+        <v>595826</v>
       </c>
       <c r="E15">
-        <v>286.03</v>
+        <v>193.49</v>
       </c>
       <c r="F15" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="I15">
-        <v>83.99</v>
+        <v>53.49</v>
       </c>
       <c r="J15" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="K15" t="s">
         <v>73</v>
       </c>
       <c r="L15" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="M15" t="s">
         <v>74</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
-        <v>79914894</v>
+        <v>103927285</v>
       </c>
       <c r="Q15" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="R15" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="S15" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="T15" t="s">
-        <v>227</v>
+        <v>76</v>
       </c>
       <c r="U15" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="V15">
-        <v>585614</v>
+        <v>595826</v>
       </c>
       <c r="W15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X15">
-        <v>286.03</v>
+        <v>193.49</v>
       </c>
       <c r="Y15">
         <v>950.9</v>
       </c>
       <c r="Z15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="AD15">
-        <v>79914894</v>
+        <v>103927285</v>
       </c>
       <c r="AE15" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="AF15">
-        <v>997837243</v>
+        <v>991499497</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>230</v>
+        <v>144</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="AM15" t="s">
-        <v>185</v>
+        <v>81</v>
       </c>
       <c r="AN15" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="AO15">
-        <v>83.99</v>
+        <v>53.49</v>
       </c>
       <c r="AP15" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15"/>
       <c r="AY15" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BB15" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="BC15" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="BD15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH15">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="BI15" t="s">
         <v>84</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN15" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>271986</v>
+        <v>183990</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="C16" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="D16">
-        <v>476234</v>
+        <v>595753</v>
       </c>
       <c r="E16">
-        <v>19728</v>
+        <v>28.38</v>
       </c>
       <c r="F16" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>10.99</v>
       </c>
       <c r="J16" t="s">
-        <v>78</v>
+        <v>228</v>
       </c>
       <c r="K16" t="s">
         <v>73</v>
       </c>
       <c r="L16" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="M16" t="s">
         <v>74</v>
       </c>
-      <c r="N16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N16"/>
       <c r="O16"/>
-      <c r="P16">
-        <v>202881386</v>
+      <c r="P16" t="s">
+        <v>229</v>
       </c>
       <c r="Q16" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="R16" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="S16" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="T16" t="s">
-        <v>227</v>
+        <v>76</v>
       </c>
       <c r="U16" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="V16">
-        <v>476234</v>
+        <v>595753</v>
       </c>
       <c r="W16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X16">
-        <v>19728</v>
+        <v>28.38</v>
       </c>
       <c r="Y16">
-        <v>0</v>
+        <v>950.9</v>
       </c>
       <c r="Z16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>202881386</v>
+        <v>226</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>229</v>
       </c>
       <c r="AE16" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="AF16"/>
+        <v>231</v>
+      </c>
+      <c r="AF16">
+        <v>31959540</v>
+      </c>
       <c r="AG16"/>
-      <c r="AH16"/>
+      <c r="AH16" t="s">
+        <v>232</v>
+      </c>
       <c r="AI16"/>
-      <c r="AJ16"/>
-      <c r="AK16"/>
+      <c r="AJ16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>70</v>
+      </c>
       <c r="AL16" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="AM16"/>
+        <v>228</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>208</v>
+      </c>
       <c r="AN16" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="AO16">
-        <v>0</v>
+        <v>10.99</v>
       </c>
       <c r="AP16" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-      <c r="AR16"/>
+        <v>233</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>210</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>211</v>
+      </c>
       <c r="AS16"/>
       <c r="AT16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
-      <c r="AW16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AW16">
+        <v>0</v>
+      </c>
+      <c r="AX16"/>
       <c r="AY16" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
-      <c r="BA16"/>
+      <c r="BA16" t="s">
+        <v>83</v>
+      </c>
       <c r="BB16" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="BC16" t="s">
-        <v>78</v>
+        <v>228</v>
       </c>
       <c r="BD16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH16">
-        <v>2018</v>
+        <v>20</v>
       </c>
       <c r="BI16" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN16" t="s">
-        <v>78</v>
+        <v>234</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
-      <c r="BP16"/>
+      <c r="BP16" t="s">
+        <v>210</v>
+      </c>
       <c r="BQ16"/>
       <c r="BR16">
+        <v>26987</v>
+      </c>
+      <c r="BS16"/>
+    </row>
+    <row r="17" spans="1:71">
+      <c r="A17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" t="s">
+        <v>235</v>
+      </c>
+      <c r="C17" t="s">
+        <v>236</v>
+      </c>
+      <c r="D17">
+        <v>595612</v>
+      </c>
+      <c r="E17">
+        <v>85.14</v>
+      </c>
+      <c r="F17" t="s">
+        <v>237</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
+        <v>238</v>
+      </c>
+      <c r="I17">
+        <v>32.97</v>
+      </c>
+      <c r="J17" t="s">
+        <v>239</v>
+      </c>
+      <c r="K17" t="s">
+        <v>73</v>
+      </c>
+      <c r="L17" t="s">
+        <v>236</v>
+      </c>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17">
+        <v>91360292</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>235</v>
+      </c>
+      <c r="R17" t="s">
+        <v>240</v>
+      </c>
+      <c r="S17" t="s">
+        <v>240</v>
+      </c>
+      <c r="T17" t="s">
+        <v>76</v>
+      </c>
+      <c r="U17" t="s">
+        <v>236</v>
+      </c>
+      <c r="V17">
+        <v>595612</v>
+      </c>
+      <c r="W17" t="s">
+        <v>77</v>
+      </c>
+      <c r="X17">
+        <v>85.14</v>
+      </c>
+      <c r="Y17">
+        <v>950.9</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>237</v>
+      </c>
+      <c r="AD17">
+        <v>91360292</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>241</v>
+      </c>
+      <c r="AF17">
+        <v>92998586</v>
+      </c>
+      <c r="AG17"/>
+      <c r="AH17" t="s">
+        <v>242</v>
+      </c>
+      <c r="AI17"/>
+      <c r="AJ17" t="s">
+        <v>243</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>239</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>208</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>238</v>
+      </c>
+      <c r="AO17">
+        <v>32.97</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>244</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>210</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>211</v>
+      </c>
+      <c r="AS17"/>
+      <c r="AT17" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU17"/>
+      <c r="AV17"/>
+      <c r="AW17">
         <v>0</v>
       </c>
-      <c r="BS16"/>
+      <c r="AX17"/>
+      <c r="AY17" t="s">
+        <v>236</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>235</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>239</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH17">
+        <v>22</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>212</v>
+      </c>
+      <c r="BJ17"/>
+      <c r="BK17"/>
+      <c r="BL17"/>
+      <c r="BM17" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN17" t="s">
+        <v>245</v>
+      </c>
+      <c r="BO17">
+        <v>0</v>
+      </c>
+      <c r="BP17" t="s">
+        <v>210</v>
+      </c>
+      <c r="BQ17"/>
+      <c r="BR17">
+        <v>80960</v>
+      </c>
+      <c r="BS17"/>
+    </row>
+    <row r="18" spans="1:71">
+      <c r="A18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" t="s">
+        <v>246</v>
+      </c>
+      <c r="C18" t="s">
+        <v>247</v>
+      </c>
+      <c r="D18">
+        <v>595518</v>
+      </c>
+      <c r="E18">
+        <v>375.39</v>
+      </c>
+      <c r="F18" t="s">
+        <v>248</v>
+      </c>
+      <c r="G18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" t="s">
+        <v>249</v>
+      </c>
+      <c r="I18">
+        <v>316.39</v>
+      </c>
+      <c r="J18" t="s">
+        <v>250</v>
+      </c>
+      <c r="K18" t="s">
+        <v>73</v>
+      </c>
+      <c r="L18" t="s">
+        <v>247</v>
+      </c>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18">
+        <v>169059802</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>246</v>
+      </c>
+      <c r="R18" t="s">
+        <v>251</v>
+      </c>
+      <c r="S18" t="s">
+        <v>251</v>
+      </c>
+      <c r="T18" t="s">
+        <v>76</v>
+      </c>
+      <c r="U18" t="s">
+        <v>247</v>
+      </c>
+      <c r="V18">
+        <v>595518</v>
+      </c>
+      <c r="W18" t="s">
+        <v>77</v>
+      </c>
+      <c r="X18">
+        <v>375.39</v>
+      </c>
+      <c r="Y18">
+        <v>950.9</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>248</v>
+      </c>
+      <c r="AD18">
+        <v>169059802</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>252</v>
+      </c>
+      <c r="AF18">
+        <v>933015942</v>
+      </c>
+      <c r="AG18"/>
+      <c r="AH18" t="s">
+        <v>253</v>
+      </c>
+      <c r="AI18"/>
+      <c r="AJ18" t="s">
+        <v>254</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>250</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>255</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>249</v>
+      </c>
+      <c r="AO18">
+        <v>316.39</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>256</v>
+      </c>
+      <c r="AQ18"/>
+      <c r="AR18"/>
+      <c r="AS18"/>
+      <c r="AT18" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU18"/>
+      <c r="AV18"/>
+      <c r="AW18">
+        <v>0</v>
+      </c>
+      <c r="AX18"/>
+      <c r="AY18" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ18" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA18" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB18" t="s">
+        <v>246</v>
+      </c>
+      <c r="BC18" t="s">
+        <v>250</v>
+      </c>
+      <c r="BD18" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE18" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF18" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG18" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH18">
+        <v>25</v>
+      </c>
+      <c r="BI18" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ18"/>
+      <c r="BK18"/>
+      <c r="BL18"/>
+      <c r="BM18" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN18" t="s">
+        <v>257</v>
+      </c>
+      <c r="BO18">
+        <v>0</v>
+      </c>
+      <c r="BP18"/>
+      <c r="BQ18"/>
+      <c r="BR18">
+        <v>356958</v>
+      </c>
+      <c r="BS18"/>
+    </row>
+    <row r="19" spans="1:71">
+      <c r="A19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" t="s">
+        <v>258</v>
+      </c>
+      <c r="C19" t="s">
+        <v>259</v>
+      </c>
+      <c r="D19">
+        <v>476234</v>
+      </c>
+      <c r="E19">
+        <v>19728</v>
+      </c>
+      <c r="F19" t="s">
+        <v>260</v>
+      </c>
+      <c r="G19" t="s">
+        <v>70</v>
+      </c>
+      <c r="H19" t="s">
+        <v>261</v>
+      </c>
+      <c r="I19">
+        <v>0</v>
+      </c>
+      <c r="J19" t="s">
+        <v>77</v>
+      </c>
+      <c r="K19" t="s">
+        <v>73</v>
+      </c>
+      <c r="L19" t="s">
+        <v>262</v>
+      </c>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19" t="s">
+        <v>263</v>
+      </c>
+      <c r="O19"/>
+      <c r="P19">
+        <v>202881386</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>258</v>
+      </c>
+      <c r="R19" t="s">
+        <v>264</v>
+      </c>
+      <c r="S19" t="s">
+        <v>265</v>
+      </c>
+      <c r="T19" t="s">
+        <v>266</v>
+      </c>
+      <c r="U19" t="s">
+        <v>259</v>
+      </c>
+      <c r="V19">
+        <v>476234</v>
+      </c>
+      <c r="W19" t="s">
+        <v>77</v>
+      </c>
+      <c r="X19">
+        <v>19728</v>
+      </c>
+      <c r="Y19">
+        <v>0</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>260</v>
+      </c>
+      <c r="AD19">
+        <v>202881386</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF19"/>
+      <c r="AG19"/>
+      <c r="AH19"/>
+      <c r="AI19"/>
+      <c r="AJ19"/>
+      <c r="AK19"/>
+      <c r="AL19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM19"/>
+      <c r="AN19" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO19">
+        <v>0</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>267</v>
+      </c>
+      <c r="AQ19"/>
+      <c r="AR19"/>
+      <c r="AS19"/>
+      <c r="AT19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU19"/>
+      <c r="AV19"/>
+      <c r="AW19"/>
+      <c r="AX19" t="s">
+        <v>268</v>
+      </c>
+      <c r="AY19" t="s">
+        <v>262</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA19"/>
+      <c r="BB19" t="s">
+        <v>258</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH19">
+        <v>2063</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>269</v>
+      </c>
+      <c r="BJ19"/>
+      <c r="BK19"/>
+      <c r="BL19"/>
+      <c r="BM19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BO19">
+        <v>0</v>
+      </c>
+      <c r="BP19"/>
+      <c r="BQ19"/>
+      <c r="BR19">
+        <v>0</v>
+      </c>
+      <c r="BS19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>