--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,657 +215,288 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-11-25 00:17:36</t>
-[...5 lines deleted...]
-    <t>Carolina Gonzalez</t>
+    <t>2026-01-10 17:57:17</t>
+  </si>
+  <si>
+    <t>24339284301-A</t>
+  </si>
+  <si>
+    <t>Diego Perez Oliva</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/111-0331484-7515445</t>
-[...2 lines deleted...]
-    <t>2025-11-24 00:00:00</t>
+    <t>/ 114-4490060-4249864</t>
+  </si>
+  <si>
+    <t>2026-01-10 00:00:00</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
-    <t>2025-11-25 00:17:37</t>
+    <t>18828499K</t>
+  </si>
+  <si>
+    <t>2026-01-10 17:57:18</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>--45464088</t>
-[...5 lines deleted...]
-    <t>LA GRANJA</t>
+    <t>--957423213</t>
+  </si>
+  <si>
+    <t>la floresta 3 pasaje 15 2659</t>
+  </si>
+  <si>
+    <t>HUALPEN</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
-    <t>/B07NC732ZW</t>
+    <t>/B0B5RFHYJT</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>manual</t>
   </si>
   <si>
-    <t>2025-11-25 00:53:42</t>
-[...173 lines deleted...]
-    <t>Calle Apostol pablo 01090</t>
+    <t>2026-01-10 18:45:40</t>
+  </si>
+  <si>
+    <t>2025-12-02 23:58:20</t>
+  </si>
+  <si>
+    <t>24205034901-A</t>
+  </si>
+  <si>
+    <t>Alejandra Yañez</t>
+  </si>
+  <si>
+    <t>/11446529</t>
+  </si>
+  <si>
+    <t>2025-12-03 00:00:00</t>
+  </si>
+  <si>
+    <t>9997267K</t>
+  </si>
+  <si>
+    <t>2025-12-02 23:58:21</t>
+  </si>
+  <si>
+    <t>--991281384</t>
+  </si>
+  <si>
+    <t>Los militares 5225 edificio alcazar 5225</t>
+  </si>
+  <si>
+    <t>LAS CONDES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/CH0041S-30009770-001-70377</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-12-03 00:53:42</t>
+  </si>
+  <si>
+    <t>2025-12-02 03:54:27</t>
+  </si>
+  <si>
+    <t>24200697302-A</t>
+  </si>
+  <si>
+    <t>LAURA CABRERA</t>
+  </si>
+  <si>
+    <t>/11445870</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-02 03:54:28</t>
+  </si>
+  <si>
+    <t>2025-12-02 03:54:29</t>
+  </si>
+  <si>
+    <t>--992642791</t>
+  </si>
+  <si>
+    <t>CASTILLO URIZAR 2647</t>
+  </si>
+  <si>
+    <t>MACUL</t>
+  </si>
+  <si>
+    <t>/PJ0018OJ-30002304-006-60517</t>
+  </si>
+  <si>
+    <t>2025-12-02 04:54:16</t>
+  </si>
+  <si>
+    <t>2025-12-01 02:24:15</t>
+  </si>
+  <si>
+    <t>24187166401-A</t>
+  </si>
+  <si>
+    <t>Carolina Inés Aguirre Ahumada</t>
+  </si>
+  <si>
+    <t>/114-8730629-7037848</t>
+  </si>
+  <si>
+    <t>2025-12-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-01 02:24:16</t>
+  </si>
+  <si>
+    <t>--987091379</t>
+  </si>
+  <si>
+    <t>Villa San Enrique Gustavo prado santo 1713</t>
+  </si>
+  <si>
+    <t>SAN JAVIER</t>
+  </si>
+  <si>
+    <t>/B09PRHHM23/B01N2IZ5C0</t>
+  </si>
+  <si>
+    <t>2025-12-01 02:53:47</t>
+  </si>
+  <si>
+    <t>2025-11-05 16:11:17</t>
+  </si>
+  <si>
+    <t>24103342801-A</t>
+  </si>
+  <si>
+    <t>Sergio Leiva</t>
+  </si>
+  <si>
+    <t>2025-11-05 16:11:19</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--991499497</t>
+  </si>
+  <si>
+    <t>Avenida domingo tocornal  721</t>
   </si>
   <si>
     <t>PUENTE ALTO</t>
   </si>
   <si>
-    <t>/B0791VHH86</t>
-[...229 lines deleted...]
-  <si>
     <t>/B096RYZJWS</t>
   </si>
   <si>
+    <t>unknown</t>
+  </si>
+  <si>
     <t>2025-11-05 16:50:10</t>
   </si>
   <si>
-    <t>2025-11-04 16:38:24</t>
-[...100 lines deleted...]
-  <si>
     <t>2020-04-01 01:10:39</t>
   </si>
   <si>
     <t>73930648-A</t>
   </si>
   <si>
     <t>Gabriela Arancibia</t>
   </si>
   <si>
     <t>114-3246048-4009816</t>
   </si>
   <si>
     <t>712078197213, 712078197213</t>
   </si>
   <si>
     <t>Generated in 2020-10-29T15:29:43Z</t>
   </si>
   <si>
     <t>2020-04-01 01:25:12</t>
   </si>
   <si>
     <t>2020-04-01 12:13:08</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...1 lines deleted...]
-  <si>
     <t>B07DMLCR3F</t>
   </si>
   <si>
     <t>Chilexpress, Chilexpress</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1168,51 +799,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS19"/>
+  <dimension ref="A1:BS7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1402,3340 +1033,1134 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>597051</v>
+        <v>599559</v>
       </c>
       <c r="E2">
-        <v>52.57</v>
+        <v>27.33</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>24.84</v>
+        <v>9.99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2">
-        <v>156582441</v>
+      <c r="P2" t="s">
+        <v>75</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>597051</v>
+        <v>599559</v>
       </c>
       <c r="W2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X2">
-        <v>52.57</v>
+        <v>27.33</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2">
-        <v>156582441</v>
+      <c r="AD2" t="s">
+        <v>75</v>
       </c>
       <c r="AE2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AF2">
-        <v>45464088</v>
+        <v>957423213</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>24.84</v>
+        <v>9.99</v>
       </c>
       <c r="AP2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH2">
         <v>0</v>
       </c>
       <c r="BI2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>49989</v>
+        <v>25988</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D3">
-        <v>596915</v>
+        <v>597766</v>
       </c>
       <c r="E3">
-        <v>51.52</v>
+        <v>238.71</v>
       </c>
       <c r="F3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I3">
-        <v>23.74</v>
+        <v>119.99</v>
       </c>
       <c r="J3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
-      <c r="P3">
-        <v>270111866</v>
+      <c r="P3" t="s">
+        <v>92</v>
       </c>
       <c r="Q3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="R3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="S3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="T3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="V3">
-        <v>596915</v>
+        <v>597766</v>
       </c>
       <c r="W3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X3">
-        <v>51.52</v>
+        <v>238.71</v>
       </c>
       <c r="Y3">
         <v>950.9</v>
       </c>
       <c r="Z3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>270111866</v>
+        <v>89</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>92</v>
       </c>
       <c r="AE3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AF3">
-        <v>962681608</v>
+        <v>991281384</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN3" t="s">
         <v>90</v>
       </c>
-      <c r="AM3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO3">
-        <v>23.74</v>
+        <v>119.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="AR3"/>
+        <v>98</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>99</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>100</v>
+      </c>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3"/>
       <c r="AY3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BB3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BC3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="BD3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH3">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="BI3" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN3" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
-      <c r="BP3"/>
+      <c r="BP3" t="s">
+        <v>99</v>
+      </c>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>48990</v>
+        <v>226989</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C4" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D4">
-        <v>596908</v>
+        <v>597697</v>
       </c>
       <c r="E4">
-        <v>174.56</v>
+        <v>28.38</v>
       </c>
       <c r="F4" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="I4">
-        <v>82.5</v>
+        <v>10.99</v>
       </c>
       <c r="J4" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>201441269</v>
+        <v>103448182</v>
       </c>
       <c r="Q4" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="R4" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="S4" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="T4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U4" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="V4">
-        <v>596908</v>
+        <v>597697</v>
       </c>
       <c r="W4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X4">
-        <v>174.56</v>
+        <v>28.38</v>
       </c>
       <c r="Y4">
         <v>950.9</v>
       </c>
       <c r="Z4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="AD4">
-        <v>201441269</v>
+        <v>103448182</v>
       </c>
       <c r="AE4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AF4">
-        <v>988541313</v>
+        <v>992642791</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="AM4" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="AN4" t="s">
+        <v>106</v>
+      </c>
+      <c r="AO4">
+        <v>10.99</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>113</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AR4" t="s">
         <v>100</v>
       </c>
-      <c r="AO4">
-[...6 lines deleted...]
-      <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4"/>
       <c r="AY4" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BB4" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="BC4" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="BD4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH4">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="BI4" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN4" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
-      <c r="BP4"/>
+      <c r="BP4" t="s">
+        <v>99</v>
+      </c>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>165989</v>
+        <v>26987</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C5" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="D5">
-        <v>596907</v>
+        <v>597589</v>
       </c>
       <c r="E5">
-        <v>51.52</v>
+        <v>108.29</v>
       </c>
       <c r="F5" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="I5">
-        <v>24.97</v>
+        <v>53.12</v>
       </c>
       <c r="J5" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
-        <v>177585041</v>
+        <v>182773778</v>
       </c>
       <c r="Q5" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="R5" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="S5" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="T5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U5" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="V5">
-        <v>596907</v>
+        <v>597589</v>
       </c>
       <c r="W5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X5">
-        <v>51.52</v>
+        <v>108.29</v>
       </c>
       <c r="Y5">
         <v>950.9</v>
       </c>
       <c r="Z5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AD5">
-        <v>177585041</v>
+        <v>182773778</v>
       </c>
       <c r="AE5" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="AF5">
-        <v>946374076</v>
+        <v>987091379</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="AM5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN5" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AO5">
-        <v>24.97</v>
+        <v>53.12</v>
       </c>
       <c r="AP5" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5"/>
       <c r="AY5" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BB5" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="BC5" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="BD5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH5">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="BI5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN5" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>48990</v>
+        <v>102973</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="C6" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="D6">
-        <v>596906</v>
+        <v>595826</v>
       </c>
       <c r="E6">
-        <v>51.52</v>
+        <v>193.49</v>
       </c>
       <c r="F6" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
       <c r="I6">
-        <v>23.74</v>
+        <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
-        <v>178794434</v>
+        <v>103927285</v>
       </c>
       <c r="Q6" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="R6" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="S6" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="T6" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="U6" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="V6">
-        <v>596906</v>
+        <v>595826</v>
       </c>
       <c r="W6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X6">
-        <v>51.52</v>
+        <v>193.49</v>
       </c>
       <c r="Y6">
         <v>950.9</v>
       </c>
       <c r="Z6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="AD6">
-        <v>178794434</v>
+        <v>103927285</v>
       </c>
       <c r="AE6" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="AF6">
-        <v>954608377</v>
+        <v>991499497</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="AM6" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN6"/>
       <c r="AO6">
-        <v>23.74</v>
+        <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BB6" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="BC6" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="BD6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH6">
-        <v>1</v>
+        <v>66</v>
       </c>
       <c r="BI6" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN6" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>48990</v>
+        <v>183990</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="C7" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="D7">
-        <v>596874</v>
+        <v>476234</v>
       </c>
       <c r="E7">
-        <v>43.11</v>
+        <v>19728</v>
       </c>
       <c r="F7" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="I7">
-        <v>19.99</v>
+        <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
-      <c r="N7"/>
+      <c r="N7" t="s">
+        <v>142</v>
+      </c>
       <c r="O7"/>
       <c r="P7">
-        <v>140029203</v>
+        <v>202881386</v>
       </c>
       <c r="Q7" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="R7" t="s">
-        <v>126</v>
+        <v>143</v>
       </c>
       <c r="S7" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="T7" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="U7" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="V7">
-        <v>596874</v>
+        <v>476234</v>
       </c>
       <c r="W7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X7">
-        <v>43.11</v>
+        <v>19728</v>
       </c>
       <c r="Y7">
-        <v>950.9</v>
+        <v>0</v>
       </c>
       <c r="Z7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="AD7">
-        <v>140029203</v>
+        <v>202881386</v>
       </c>
       <c r="AE7" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AF7"/>
       <c r="AG7"/>
-      <c r="AH7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AH7"/>
       <c r="AI7"/>
-      <c r="AJ7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AJ7"/>
+      <c r="AK7"/>
       <c r="AL7" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM7"/>
       <c r="AN7" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="AO7">
-        <v>19.99</v>
+        <v>0</v>
       </c>
       <c r="AP7" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
-      <c r="AW7">
-[...2 lines deleted...]
-      <c r="AX7"/>
+      <c r="AW7"/>
+      <c r="AX7" t="s">
+        <v>146</v>
+      </c>
       <c r="AY7" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
-      <c r="BA7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA7"/>
       <c r="BB7" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="BC7" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="BD7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH7">
-        <v>1</v>
+        <v>2110</v>
       </c>
       <c r="BI7" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN7" t="s">
-        <v>136</v>
+        <v>78</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>40993</v>
+        <v>0</v>
       </c>
       <c r="BS7"/>
-    </row>
-[...2202 lines deleted...]
-      <c r="BS19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>