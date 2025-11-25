--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,87 +215,213 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
+    <t>2025-11-15 23:09:16</t>
+  </si>
+  <si>
+    <t>24124727001-A</t>
+  </si>
+  <si>
+    <t>Veronica Berger</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>/ 114-8340648-5098645</t>
+  </si>
+  <si>
+    <t>2025-11-16 00:00:00</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>tracking_code_created</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:09:18</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--992192201</t>
+  </si>
+  <si>
+    <t>Thomas Somerscales 2042</t>
+  </si>
+  <si>
+    <t>LA REINA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B0B28Q411L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-11-24 12:19:22</t>
+  </si>
+  <si>
+    <t>2025-11-24 12:22:46</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:50:13</t>
+  </si>
+  <si>
+    <t>2025-11-15 19:06:48</t>
+  </si>
+  <si>
+    <t>24124245501-A</t>
+  </si>
+  <si>
+    <t>Angela Geraldine Caniulen Neira</t>
+  </si>
+  <si>
+    <t>/114-9272815-8941805</t>
+  </si>
+  <si>
+    <t>2025-11-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-15 19:06:49</t>
+  </si>
+  <si>
+    <t>--923601350</t>
+  </si>
+  <si>
+    <t>Avenida Lo Blanco 1435</t>
+  </si>
+  <si>
+    <t>SN.BERNARDO</t>
+  </si>
+  <si>
+    <t>/B07RJTFRFK</t>
+  </si>
+  <si>
+    <t>2025-11-24 16:52:44</t>
+  </si>
+  <si>
+    <t>2025-11-24 16:53:50</t>
+  </si>
+  <si>
+    <t>2025-11-15 19:50:12</t>
+  </si>
+  <si>
+    <t>2025-11-12 13:20:38</t>
+  </si>
+  <si>
+    <t>24118337601-A</t>
+  </si>
+  <si>
+    <t>Esteban Diocares Saldias</t>
+  </si>
+  <si>
+    <t>/111-3439715-4601835</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-12 13:20:40</t>
+  </si>
+  <si>
+    <t>--995715581</t>
+  </si>
+  <si>
+    <t>Bulgaria 3743 crispulo gandara 2 3743</t>
+  </si>
+  <si>
+    <t>HUALPEN</t>
+  </si>
+  <si>
+    <t>2025-11-24 16:50:07</t>
+  </si>
+  <si>
+    <t>2025-11-24 16:51:18</t>
+  </si>
+  <si>
+    <t>2025-11-12 13:50:13</t>
+  </si>
+  <si>
     <t>2020-12-12 03:05:32</t>
   </si>
   <si>
     <t>103929186-A</t>
   </si>
   <si>
     <t>oscar leiva</t>
   </si>
   <si>
-    <t>CL</t>
-[...1 lines deleted...]
-  <si>
     <t>/112-6947119-1232234/ 113-3804415-3530611</t>
   </si>
   <si>
     <t>2021-02-25 00:00:00</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...4 lines deleted...]
-  <si>
     <t>correosdechile</t>
   </si>
   <si>
     <t>2020-12-12 03:07:02</t>
   </si>
   <si>
     <t>2020-12-12 03:24:38</t>
   </si>
   <si>
     <t>CLOSED</t>
-  </si>
-[...1 lines deleted...]
-    <t>--</t>
   </si>
   <si>
     <t>--27915029</t>
   </si>
   <si>
     <t>rosario de santa fe 9059</t>
   </si>
   <si>
     <t>LA CISTERNA</t>
   </si>
   <si>
     <t>/0545855721</t>
   </si>
   <si>
     <t>Delivered</t>
   </si>
   <si>
     <t>Delivery by Amazon</t>
   </si>
   <si>
     <t>Tracking ID: TBA152622226901</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
@@ -1090,51 +1216,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS12"/>
+  <dimension ref="A1:BS15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1324,2167 +1450,2728 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>496561</v>
+        <v>596407</v>
       </c>
       <c r="E2">
-        <v>47.93</v>
+        <v>69.4</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>60.94</v>
+        <v>26.99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
-      <c r="L2">
-        <v>990085257475</v>
+      <c r="L2" t="s">
+        <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
-      <c r="N2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N2"/>
       <c r="O2">
-        <v>523500005237</v>
+        <v>523500022607</v>
       </c>
       <c r="P2">
-        <v>51143272</v>
+        <v>101336042</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>75</v>
+      </c>
+      <c r="S2" t="s">
+        <v>75</v>
+      </c>
+      <c r="T2" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>496561</v>
+        <v>596407</v>
       </c>
       <c r="W2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X2">
-        <v>47.93</v>
+        <v>69.4</v>
       </c>
       <c r="Y2">
-        <v>795</v>
+        <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>51143272</v>
+        <v>101336042</v>
       </c>
       <c r="AE2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AF2">
-        <v>90155924</v>
+        <v>992192201</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
-      <c r="AM2"/>
+      <c r="AM2" t="s">
+        <v>81</v>
+      </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>60.94</v>
+        <v>26.99</v>
       </c>
       <c r="AP2" t="s">
-        <v>83</v>
-[...9 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AQ2"/>
+      <c r="AR2"/>
+      <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AU2">
-        <v>523500005237</v>
-[...3 lines deleted...]
-      </c>
+        <v>523500022607</v>
+      </c>
+      <c r="AV2"/>
       <c r="AW2">
-        <v>1008589</v>
-[...5 lines deleted...]
-        <v>990085257475</v>
+        <v>0</v>
+      </c>
+      <c r="AX2"/>
+      <c r="AY2" t="s">
+        <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2"/>
+      <c r="BA2" t="s">
+        <v>83</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="BE2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="BF2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BG2" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="BH2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="BI2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN2" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>38104</v>
+        <v>65992</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D3">
-        <v>495458</v>
+        <v>596395</v>
       </c>
       <c r="E3">
-        <v>24.45</v>
+        <v>57.83</v>
       </c>
       <c r="F3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="I3">
-        <v>15.08</v>
+        <v>19.99</v>
       </c>
       <c r="J3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
-      <c r="L3">
-        <v>990085232280</v>
+      <c r="L3" t="s">
+        <v>89</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
-      <c r="N3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N3"/>
       <c r="O3">
-        <v>523500005244</v>
+        <v>523500022617</v>
       </c>
       <c r="P3">
-        <v>169357404</v>
+        <v>204032939</v>
       </c>
       <c r="Q3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="R3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="S3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="T3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="U3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="V3">
-        <v>495458</v>
+        <v>596395</v>
       </c>
       <c r="W3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X3">
-        <v>24.45</v>
+        <v>57.83</v>
       </c>
       <c r="Y3">
-        <v>795</v>
+        <v>950.9</v>
       </c>
       <c r="Z3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="AD3">
-        <v>169357404</v>
+        <v>204032939</v>
       </c>
       <c r="AE3" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="AF3">
-        <v>57662448</v>
+        <v>923601350</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="AM3"/>
+        <v>92</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>81</v>
+      </c>
       <c r="AN3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="AO3">
-        <v>15.08</v>
+        <v>19.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>100</v>
-[...9 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="AQ3"/>
+      <c r="AR3"/>
+      <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AU3">
-        <v>523500005244</v>
-[...3 lines deleted...]
-      </c>
+        <v>523500022617</v>
+      </c>
+      <c r="AV3"/>
       <c r="AW3">
-        <v>1008589</v>
-[...5 lines deleted...]
-        <v>990085232280</v>
+        <v>0</v>
+      </c>
+      <c r="AX3"/>
+      <c r="AY3" t="s">
+        <v>89</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
-      <c r="BA3"/>
+      <c r="BA3" t="s">
+        <v>83</v>
+      </c>
       <c r="BB3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BC3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="BD3" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="BE3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="BF3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BG3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="BH3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="BI3" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN3" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>19438</v>
+        <v>54991</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D4">
-        <v>493382</v>
+        <v>596223</v>
       </c>
       <c r="E4">
-        <v>40.93</v>
+        <v>44.16</v>
       </c>
       <c r="F4" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="I4">
-        <v>20.96</v>
+        <v>19.99</v>
       </c>
       <c r="J4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
-      <c r="L4">
-        <v>990084512641</v>
+      <c r="L4" t="s">
+        <v>102</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
-      <c r="N4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N4"/>
       <c r="O4">
-        <v>523500004925</v>
+        <v>523500022616</v>
       </c>
       <c r="P4">
-        <v>187039193</v>
+        <v>172066305</v>
       </c>
       <c r="Q4" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="R4" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="S4" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="T4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="U4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="V4">
-        <v>493382</v>
+        <v>596223</v>
       </c>
       <c r="W4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X4">
-        <v>40.93</v>
+        <v>44.16</v>
       </c>
       <c r="Y4">
-        <v>810</v>
+        <v>950.9</v>
       </c>
       <c r="Z4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="AD4">
-        <v>187039193</v>
+        <v>172066305</v>
       </c>
       <c r="AE4" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="AF4">
-        <v>97960863</v>
+        <v>995715581</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="AM4"/>
+        <v>105</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>81</v>
+      </c>
       <c r="AN4" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="AO4">
-        <v>20.96</v>
+        <v>19.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>113</v>
-[...9 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="AQ4"/>
+      <c r="AR4"/>
+      <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="AU4">
-        <v>523500004925</v>
-[...3 lines deleted...]
-      </c>
+        <v>523500022616</v>
+      </c>
+      <c r="AV4"/>
       <c r="AW4">
-        <v>1008544</v>
-[...5 lines deleted...]
-        <v>990084512641</v>
+        <v>0</v>
+      </c>
+      <c r="AX4"/>
+      <c r="AY4" t="s">
+        <v>102</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
-      <c r="BA4"/>
+      <c r="BA4" t="s">
+        <v>83</v>
+      </c>
       <c r="BB4" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="BC4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="BD4" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="BE4" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="BF4" t="s">
-        <v>119</v>
+        <v>77</v>
       </c>
       <c r="BG4" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="BH4">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="BI4" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN4" t="s">
-        <v>79</v>
+        <v>112</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>33153</v>
+        <v>41992</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="C5" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="D5">
-        <v>492705</v>
+        <v>496561</v>
       </c>
       <c r="E5">
-        <v>31.23</v>
+        <v>47.93</v>
       </c>
       <c r="F5" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="I5">
-        <v>21.39</v>
+        <v>60.94</v>
       </c>
       <c r="J5" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5">
-        <v>990084253506</v>
+        <v>990085257475</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="O5">
-        <v>523500004882</v>
+        <v>523500005237</v>
       </c>
       <c r="P5">
-        <v>182488828</v>
+        <v>51143272</v>
       </c>
       <c r="Q5" t="s">
+        <v>113</v>
+      </c>
+      <c r="R5" t="s">
+        <v>119</v>
+      </c>
+      <c r="S5" t="s">
+        <v>120</v>
+      </c>
+      <c r="T5" t="s">
         <v>121</v>
       </c>
-      <c r="R5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="U5" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="V5">
-        <v>492705</v>
+        <v>496561</v>
       </c>
       <c r="W5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X5">
-        <v>31.23</v>
+        <v>47.93</v>
       </c>
       <c r="Y5">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="Z5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="AD5">
-        <v>182488828</v>
+        <v>51143272</v>
       </c>
       <c r="AE5" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="AF5">
-        <v>78795683</v>
+        <v>90155924</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="AM5"/>
       <c r="AN5" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="AO5">
-        <v>21.39</v>
+        <v>60.94</v>
       </c>
       <c r="AP5" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="AQ5" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="AR5" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="AS5" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="AT5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AU5">
-        <v>523500004882</v>
+        <v>523500005237</v>
       </c>
       <c r="AV5" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="AW5">
-        <v>1008516</v>
+        <v>1008589</v>
       </c>
       <c r="AX5" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="AY5">
-        <v>990084253506</v>
+        <v>990085257475</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="BC5" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="BD5" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>131</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>131</v>
+      </c>
+      <c r="BH5">
+        <v>6</v>
+      </c>
+      <c r="BI5" t="s">
         <v>132</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>25296</v>
+        <v>38104</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C6" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D6">
-        <v>491579</v>
+        <v>495458</v>
       </c>
       <c r="E6">
-        <v>25.46</v>
+        <v>24.45</v>
       </c>
       <c r="F6" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="I6">
-        <v>8.99</v>
+        <v>15.08</v>
       </c>
       <c r="J6" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6">
-        <v>990087450924</v>
+        <v>990085232280</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="O6">
-        <v>523500004760</v>
+        <v>523500005244</v>
       </c>
       <c r="P6">
-        <v>176062932</v>
+        <v>169357404</v>
       </c>
       <c r="Q6" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="R6" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="S6" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="T6" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="U6" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="V6">
-        <v>491579</v>
+        <v>495458</v>
       </c>
       <c r="W6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X6">
-        <v>25.46</v>
+        <v>24.45</v>
       </c>
       <c r="Y6">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="Z6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="AD6">
-        <v>176062932</v>
+        <v>169357404</v>
       </c>
       <c r="AE6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AF6">
-        <v>61504256</v>
+        <v>57662448</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="AM6"/>
       <c r="AN6" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AO6">
-        <v>8.99</v>
+        <v>15.08</v>
       </c>
       <c r="AP6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="AQ6" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="AR6" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
       <c r="AS6" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="AT6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AU6">
-        <v>523500004760</v>
+        <v>523500005244</v>
       </c>
       <c r="AV6" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="AW6">
-        <v>1008496</v>
+        <v>1008589</v>
       </c>
       <c r="AX6" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="AY6">
-        <v>990087450924</v>
+        <v>990085232280</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="BC6" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="BD6" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="BE6" t="s">
-        <v>149</v>
+        <v>131</v>
       </c>
       <c r="BF6" t="s">
-        <v>150</v>
+        <v>77</v>
       </c>
       <c r="BG6" t="s">
-        <v>151</v>
+        <v>131</v>
       </c>
       <c r="BH6">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="BI6" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>0</v>
+        <v>19438</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C7" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="D7">
-        <v>487906</v>
+        <v>493382</v>
       </c>
       <c r="E7">
-        <v>23.39</v>
+        <v>40.93</v>
       </c>
       <c r="F7" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="I7">
-        <v>7.9</v>
+        <v>20.96</v>
       </c>
       <c r="J7" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
-      <c r="L7" t="s">
-        <v>157</v>
+      <c r="L7">
+        <v>990084512641</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="O7">
-        <v>523500004253</v>
+        <v>523500004925</v>
       </c>
       <c r="P7">
-        <v>102716612</v>
+        <v>187039193</v>
       </c>
       <c r="Q7" t="s">
+        <v>146</v>
+      </c>
+      <c r="R7" t="s">
+        <v>151</v>
+      </c>
+      <c r="S7" t="s">
         <v>152</v>
       </c>
-      <c r="R7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T7" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="U7" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="V7">
-        <v>487906</v>
+        <v>493382</v>
       </c>
       <c r="W7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X7">
-        <v>23.39</v>
+        <v>40.93</v>
       </c>
       <c r="Y7">
         <v>810</v>
       </c>
       <c r="Z7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="AD7">
-        <v>102716612</v>
+        <v>187039193</v>
       </c>
       <c r="AE7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AF7">
-        <v>42931538</v>
+        <v>97960863</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="AM7"/>
       <c r="AN7" t="s">
+        <v>149</v>
+      </c>
+      <c r="AO7">
+        <v>20.96</v>
+      </c>
+      <c r="AP7" t="s">
         <v>155</v>
       </c>
-      <c r="AO7">
-[...4 lines deleted...]
-      </c>
       <c r="AQ7" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-      <c r="AS7"/>
+        <v>126</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>156</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>157</v>
+      </c>
       <c r="AT7" t="s">
-        <v>79</v>
+        <v>158</v>
       </c>
       <c r="AU7">
-        <v>523500004253</v>
+        <v>523500004925</v>
       </c>
       <c r="AV7" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="AW7">
-        <v>1008405</v>
+        <v>1008544</v>
       </c>
       <c r="AX7" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>118</v>
+      </c>
+      <c r="AY7">
+        <v>990084512641</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="BC7" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="BD7" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="BE7" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="BF7" t="s">
-        <v>79</v>
+        <v>161</v>
       </c>
       <c r="BG7" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="BH7">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="BI7" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>0</v>
+        <v>33153</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C8" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D8">
-        <v>487632</v>
+        <v>492705</v>
       </c>
       <c r="E8">
-        <v>25.46</v>
+        <v>31.23</v>
       </c>
       <c r="F8" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="I8">
-        <v>9.99</v>
+        <v>21.39</v>
       </c>
       <c r="J8" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
-      <c r="L8" t="s">
-        <v>173</v>
+      <c r="L8">
+        <v>990084253506</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-        <v>175</v>
+        <v>118</v>
+      </c>
+      <c r="O8">
+        <v>523500004882</v>
+      </c>
+      <c r="P8">
+        <v>182488828</v>
       </c>
       <c r="Q8" t="s">
+        <v>163</v>
+      </c>
+      <c r="R8" t="s">
         <v>168</v>
       </c>
-      <c r="R8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S8" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="T8" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="U8" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="V8">
-        <v>487632</v>
+        <v>492705</v>
       </c>
       <c r="W8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X8">
-        <v>25.46</v>
+        <v>31.23</v>
       </c>
       <c r="Y8">
         <v>810</v>
       </c>
       <c r="Z8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>165</v>
+      </c>
+      <c r="AD8">
+        <v>182488828</v>
       </c>
       <c r="AE8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AF8">
-        <v>56761713</v>
+        <v>78795683</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="AM8"/>
       <c r="AN8" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="AO8">
-        <v>9.99</v>
+        <v>21.39</v>
       </c>
       <c r="AP8" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      <c r="AS8"/>
+        <v>172</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>126</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>127</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>173</v>
+      </c>
       <c r="AT8" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      <c r="AW8"/>
+        <v>77</v>
+      </c>
+      <c r="AU8">
+        <v>523500004882</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>129</v>
+      </c>
+      <c r="AW8">
+        <v>1008516</v>
+      </c>
       <c r="AX8" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>118</v>
+      </c>
+      <c r="AY8">
+        <v>990084253506</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="BC8" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="BD8" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="BE8" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="BF8" t="s">
-        <v>79</v>
+        <v>176</v>
       </c>
       <c r="BG8" t="s">
-        <v>79</v>
+        <v>177</v>
       </c>
       <c r="BH8">
-        <v>1866</v>
+        <v>24</v>
       </c>
       <c r="BI8" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>0</v>
+        <v>25296</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="D9">
-        <v>487349</v>
+        <v>491579</v>
       </c>
       <c r="E9">
-        <v>23.19</v>
+        <v>25.46</v>
       </c>
       <c r="F9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="I9">
-        <v>5.15</v>
+        <v>8.99</v>
       </c>
       <c r="J9" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
-      <c r="L9" t="s">
-        <v>189</v>
+      <c r="L9">
+        <v>990087450924</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="O9">
-        <v>523500004164</v>
+        <v>523500004760</v>
       </c>
       <c r="P9">
-        <v>145544610</v>
+        <v>176062932</v>
       </c>
       <c r="Q9" t="s">
+        <v>178</v>
+      </c>
+      <c r="R9" t="s">
+        <v>183</v>
+      </c>
+      <c r="S9" t="s">
         <v>184</v>
       </c>
-      <c r="R9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T9" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="U9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="V9">
-        <v>487349</v>
+        <v>491579</v>
       </c>
       <c r="W9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X9">
-        <v>23.19</v>
+        <v>25.46</v>
       </c>
       <c r="Y9">
         <v>810</v>
       </c>
       <c r="Z9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AD9">
-        <v>145544610</v>
+        <v>176062932</v>
       </c>
       <c r="AE9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AF9">
-        <v>64894897</v>
+        <v>61504256</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="AI9" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="AJ9" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="AM9"/>
       <c r="AN9" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="AO9">
-        <v>5.15</v>
+        <v>8.99</v>
       </c>
       <c r="AP9" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      <c r="AS9"/>
+        <v>188</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>126</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>156</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>189</v>
+      </c>
       <c r="AT9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AU9">
-        <v>523500004164</v>
+        <v>523500004760</v>
       </c>
       <c r="AV9" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="AW9">
-        <v>1008398</v>
+        <v>1008496</v>
       </c>
       <c r="AX9" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>118</v>
+      </c>
+      <c r="AY9">
+        <v>990087450924</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
-      <c r="BA9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA9"/>
       <c r="BB9" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="BC9" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="BD9" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="BE9" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="BF9" t="s">
-        <v>79</v>
+        <v>192</v>
       </c>
       <c r="BG9" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="BH9">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="BI9" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>0</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C10" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D10">
-        <v>485705</v>
+        <v>487906</v>
       </c>
       <c r="E10">
-        <v>34.99</v>
+        <v>23.39</v>
       </c>
       <c r="F10" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="I10">
-        <v>15.58</v>
+        <v>7.9</v>
       </c>
       <c r="J10" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
-      <c r="L10">
-        <v>990087256338</v>
+      <c r="L10" t="s">
+        <v>199</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="O10">
-        <v>523500003885</v>
+        <v>523500004253</v>
       </c>
       <c r="P10">
-        <v>154091858</v>
+        <v>102716612</v>
       </c>
       <c r="Q10" t="s">
+        <v>194</v>
+      </c>
+      <c r="R10" t="s">
         <v>200</v>
       </c>
-      <c r="R10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S10" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="T10" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="U10" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="V10">
-        <v>485705</v>
+        <v>487906</v>
       </c>
       <c r="W10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X10">
-        <v>34.99</v>
+        <v>23.39</v>
       </c>
       <c r="Y10">
         <v>810</v>
       </c>
       <c r="Z10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="AD10">
-        <v>154091858</v>
+        <v>102716612</v>
       </c>
       <c r="AE10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AF10">
-        <v>2373052</v>
+        <v>42931538</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="AI10" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="AJ10" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="AM10"/>
       <c r="AN10" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="AO10">
-        <v>15.58</v>
-[...2 lines deleted...]
-        <v>1401283594</v>
+        <v>7.9</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>205</v>
       </c>
       <c r="AQ10" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AU10">
-        <v>523500003885</v>
+        <v>523500004253</v>
       </c>
       <c r="AV10" t="s">
-        <v>210</v>
+        <v>129</v>
       </c>
       <c r="AW10">
-        <v>1008372</v>
+        <v>1008405</v>
       </c>
       <c r="AX10" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>990087256338</v>
+        <v>206</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>199</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
-      <c r="BA10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA10"/>
       <c r="BB10" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="BC10" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="BD10" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="BE10" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="BF10" t="s">
-        <v>214</v>
+        <v>77</v>
       </c>
       <c r="BG10" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="BH10">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="BI10" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>0</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C11" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D11">
-        <v>485531</v>
+        <v>487632</v>
       </c>
       <c r="E11">
-        <v>32.77</v>
+        <v>25.46</v>
       </c>
       <c r="F11" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="I11">
-        <v>15.99</v>
+        <v>9.99</v>
       </c>
       <c r="J11" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
-      <c r="L11">
-        <v>990079227510</v>
+      <c r="L11" t="s">
+        <v>215</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>156785407</v>
+        <v>216</v>
+      </c>
+      <c r="O11"/>
+      <c r="P11" t="s">
+        <v>217</v>
       </c>
       <c r="Q11" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="R11" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="S11" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="T11" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="U11" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="V11">
-        <v>485531</v>
+        <v>487632</v>
       </c>
       <c r="W11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X11">
-        <v>32.77</v>
+        <v>25.46</v>
       </c>
       <c r="Y11">
         <v>810</v>
       </c>
       <c r="Z11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>156785407</v>
+        <v>212</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>217</v>
       </c>
       <c r="AE11" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="AF11"/>
+        <v>77</v>
+      </c>
+      <c r="AF11">
+        <v>56761713</v>
+      </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="AI11" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="AJ11" t="s">
-        <v>226</v>
+        <v>154</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="AM11"/>
       <c r="AN11" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="AO11">
-        <v>15.99</v>
+        <v>9.99</v>
       </c>
       <c r="AP11" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
-        <v>79</v>
-[...9 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="AU11"/>
+      <c r="AV11"/>
+      <c r="AW11"/>
       <c r="AX11" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>990079227510</v>
+        <v>223</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>215</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
-      <c r="BA11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA11"/>
       <c r="BB11" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="BC11" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="BD11" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="BE11" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="BF11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BG11" t="s">
-        <v>213</v>
+        <v>77</v>
       </c>
       <c r="BH11">
-        <v>8</v>
+        <v>1911</v>
       </c>
       <c r="BI11" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>0</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C12" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D12">
-        <v>485503</v>
+        <v>487349</v>
       </c>
       <c r="E12">
-        <v>40.09</v>
+        <v>23.19</v>
       </c>
       <c r="F12" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="I12">
-        <v>19.99</v>
+        <v>5.15</v>
       </c>
       <c r="J12" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="O12">
-        <v>523500003774</v>
+        <v>523500004164</v>
       </c>
       <c r="P12">
-        <v>138780112</v>
+        <v>145544610</v>
       </c>
       <c r="Q12" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="R12" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="S12" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="T12" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="U12" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="V12">
-        <v>485503</v>
+        <v>487349</v>
       </c>
       <c r="W12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="X12">
-        <v>40.09</v>
+        <v>23.19</v>
       </c>
       <c r="Y12">
         <v>810</v>
       </c>
       <c r="Z12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="AD12">
-        <v>138780112</v>
+        <v>145544610</v>
       </c>
       <c r="AE12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AF12">
-        <v>42951174</v>
+        <v>64894897</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="AI12" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="AJ12" t="s">
-        <v>162</v>
+        <v>236</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="AM12"/>
       <c r="AN12" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="AO12">
-        <v>19.99</v>
+        <v>5.15</v>
       </c>
       <c r="AP12" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AU12">
-        <v>523500003774</v>
+        <v>523500004164</v>
       </c>
       <c r="AV12" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="AW12">
-        <v>1008366</v>
+        <v>1008398</v>
       </c>
       <c r="AX12" t="s">
-        <v>164</v>
+        <v>206</v>
       </c>
       <c r="AY12" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12" t="s">
+        <v>238</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>226</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>230</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>239</v>
+      </c>
+      <c r="BE12" t="s">
         <v>240</v>
       </c>
-      <c r="BB12" t="s">
-[...5 lines deleted...]
-      <c r="BD12" t="s">
+      <c r="BF12" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG12" t="s">
         <v>241</v>
       </c>
-      <c r="BE12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BH12">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="BI12" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BN12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>0</v>
       </c>
       <c r="BS12"/>
+    </row>
+    <row r="13" spans="1:71">
+      <c r="A13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" t="s">
+        <v>242</v>
+      </c>
+      <c r="C13" t="s">
+        <v>243</v>
+      </c>
+      <c r="D13">
+        <v>485705</v>
+      </c>
+      <c r="E13">
+        <v>34.99</v>
+      </c>
+      <c r="F13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>245</v>
+      </c>
+      <c r="I13">
+        <v>15.58</v>
+      </c>
+      <c r="J13" t="s">
+        <v>246</v>
+      </c>
+      <c r="K13" t="s">
+        <v>73</v>
+      </c>
+      <c r="L13">
+        <v>990087256338</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>118</v>
+      </c>
+      <c r="O13">
+        <v>523500003885</v>
+      </c>
+      <c r="P13">
+        <v>154091858</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>242</v>
+      </c>
+      <c r="R13" t="s">
+        <v>247</v>
+      </c>
+      <c r="S13" t="s">
+        <v>248</v>
+      </c>
+      <c r="T13" t="s">
+        <v>121</v>
+      </c>
+      <c r="U13" t="s">
+        <v>243</v>
+      </c>
+      <c r="V13">
+        <v>485705</v>
+      </c>
+      <c r="W13" t="s">
+        <v>77</v>
+      </c>
+      <c r="X13">
+        <v>34.99</v>
+      </c>
+      <c r="Y13">
+        <v>810</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>244</v>
+      </c>
+      <c r="AD13">
+        <v>154091858</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF13">
+        <v>2373052</v>
+      </c>
+      <c r="AG13"/>
+      <c r="AH13" t="s">
+        <v>249</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>250</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>246</v>
+      </c>
+      <c r="AM13"/>
+      <c r="AN13" t="s">
+        <v>245</v>
+      </c>
+      <c r="AO13">
+        <v>15.58</v>
+      </c>
+      <c r="AP13">
+        <v>1401283594</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>126</v>
+      </c>
+      <c r="AR13"/>
+      <c r="AS13"/>
+      <c r="AT13" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU13">
+        <v>523500003885</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>252</v>
+      </c>
+      <c r="AW13">
+        <v>1008372</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>118</v>
+      </c>
+      <c r="AY13">
+        <v>990087256338</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>253</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>242</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>246</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>254</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>255</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>256</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>257</v>
+      </c>
+      <c r="BH13">
+        <v>316</v>
+      </c>
+      <c r="BI13" t="s">
+        <v>132</v>
+      </c>
+      <c r="BJ13"/>
+      <c r="BK13"/>
+      <c r="BL13"/>
+      <c r="BM13" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN13" t="s">
+        <v>77</v>
+      </c>
+      <c r="BO13">
+        <v>0</v>
+      </c>
+      <c r="BP13"/>
+      <c r="BQ13"/>
+      <c r="BR13">
+        <v>0</v>
+      </c>
+      <c r="BS13"/>
+    </row>
+    <row r="14" spans="1:71">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>258</v>
+      </c>
+      <c r="C14" t="s">
+        <v>259</v>
+      </c>
+      <c r="D14">
+        <v>485531</v>
+      </c>
+      <c r="E14">
+        <v>32.77</v>
+      </c>
+      <c r="F14" t="s">
+        <v>260</v>
+      </c>
+      <c r="G14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H14" t="s">
+        <v>261</v>
+      </c>
+      <c r="I14">
+        <v>15.99</v>
+      </c>
+      <c r="J14" t="s">
+        <v>262</v>
+      </c>
+      <c r="K14" t="s">
+        <v>73</v>
+      </c>
+      <c r="L14">
+        <v>990079227510</v>
+      </c>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>118</v>
+      </c>
+      <c r="O14">
+        <v>523500003831</v>
+      </c>
+      <c r="P14">
+        <v>156785407</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>258</v>
+      </c>
+      <c r="R14" t="s">
+        <v>263</v>
+      </c>
+      <c r="S14" t="s">
+        <v>264</v>
+      </c>
+      <c r="T14" t="s">
+        <v>121</v>
+      </c>
+      <c r="U14" t="s">
+        <v>259</v>
+      </c>
+      <c r="V14">
+        <v>485531</v>
+      </c>
+      <c r="W14" t="s">
+        <v>77</v>
+      </c>
+      <c r="X14">
+        <v>32.77</v>
+      </c>
+      <c r="Y14">
+        <v>810</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>260</v>
+      </c>
+      <c r="AD14">
+        <v>156785407</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>265</v>
+      </c>
+      <c r="AF14"/>
+      <c r="AG14"/>
+      <c r="AH14" t="s">
+        <v>266</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>267</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>268</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>262</v>
+      </c>
+      <c r="AM14"/>
+      <c r="AN14" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO14">
+        <v>15.99</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>269</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>126</v>
+      </c>
+      <c r="AR14"/>
+      <c r="AS14"/>
+      <c r="AT14" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU14">
+        <v>523500003831</v>
+      </c>
+      <c r="AV14" t="s">
+        <v>129</v>
+      </c>
+      <c r="AW14">
+        <v>1008372</v>
+      </c>
+      <c r="AX14" t="s">
+        <v>118</v>
+      </c>
+      <c r="AY14">
+        <v>990079227510</v>
+      </c>
+      <c r="AZ14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>270</v>
+      </c>
+      <c r="BB14" t="s">
+        <v>258</v>
+      </c>
+      <c r="BC14" t="s">
+        <v>262</v>
+      </c>
+      <c r="BD14" t="s">
+        <v>271</v>
+      </c>
+      <c r="BE14" t="s">
+        <v>255</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>255</v>
+      </c>
+      <c r="BH14">
+        <v>8</v>
+      </c>
+      <c r="BI14" t="s">
+        <v>132</v>
+      </c>
+      <c r="BJ14"/>
+      <c r="BK14"/>
+      <c r="BL14"/>
+      <c r="BM14" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN14" t="s">
+        <v>77</v>
+      </c>
+      <c r="BO14">
+        <v>0</v>
+      </c>
+      <c r="BP14"/>
+      <c r="BQ14"/>
+      <c r="BR14">
+        <v>0</v>
+      </c>
+      <c r="BS14"/>
+    </row>
+    <row r="15" spans="1:71">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>272</v>
+      </c>
+      <c r="C15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D15">
+        <v>485503</v>
+      </c>
+      <c r="E15">
+        <v>40.09</v>
+      </c>
+      <c r="F15" t="s">
+        <v>274</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>275</v>
+      </c>
+      <c r="I15">
+        <v>19.99</v>
+      </c>
+      <c r="J15" t="s">
+        <v>262</v>
+      </c>
+      <c r="K15" t="s">
+        <v>73</v>
+      </c>
+      <c r="L15" t="s">
+        <v>276</v>
+      </c>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
+        <v>118</v>
+      </c>
+      <c r="O15">
+        <v>523500003774</v>
+      </c>
+      <c r="P15">
+        <v>138780112</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>272</v>
+      </c>
+      <c r="R15" t="s">
+        <v>277</v>
+      </c>
+      <c r="S15" t="s">
+        <v>278</v>
+      </c>
+      <c r="T15" t="s">
+        <v>121</v>
+      </c>
+      <c r="U15" t="s">
+        <v>273</v>
+      </c>
+      <c r="V15">
+        <v>485503</v>
+      </c>
+      <c r="W15" t="s">
+        <v>77</v>
+      </c>
+      <c r="X15">
+        <v>40.09</v>
+      </c>
+      <c r="Y15">
+        <v>810</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>274</v>
+      </c>
+      <c r="AD15">
+        <v>138780112</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF15">
+        <v>42951174</v>
+      </c>
+      <c r="AG15"/>
+      <c r="AH15" t="s">
+        <v>279</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>280</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>204</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>262</v>
+      </c>
+      <c r="AM15"/>
+      <c r="AN15" t="s">
+        <v>275</v>
+      </c>
+      <c r="AO15">
+        <v>19.99</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>281</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>126</v>
+      </c>
+      <c r="AR15"/>
+      <c r="AS15"/>
+      <c r="AT15" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU15">
+        <v>523500003774</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>129</v>
+      </c>
+      <c r="AW15">
+        <v>1008366</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>206</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>276</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>282</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>272</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>262</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>283</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>284</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>285</v>
+      </c>
+      <c r="BH15">
+        <v>10</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>132</v>
+      </c>
+      <c r="BJ15"/>
+      <c r="BK15"/>
+      <c r="BL15"/>
+      <c r="BM15" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN15" t="s">
+        <v>77</v>
+      </c>
+      <c r="BO15">
+        <v>0</v>
+      </c>
+      <c r="BP15"/>
+      <c r="BQ15"/>
+      <c r="BR15">
+        <v>0</v>
+      </c>
+      <c r="BS15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>