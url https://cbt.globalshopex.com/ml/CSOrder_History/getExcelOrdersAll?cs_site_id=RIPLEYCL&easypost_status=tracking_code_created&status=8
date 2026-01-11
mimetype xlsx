--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,224 +215,101 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-11-15 23:09:16</t>
-[...5 lines deleted...]
-    <t>Veronica Berger</t>
+    <t>2020-12-12 03:05:32</t>
+  </si>
+  <si>
+    <t>103929186-A</t>
+  </si>
+  <si>
+    <t>oscar leiva</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/ 114-8340648-5098645</t>
-[...2 lines deleted...]
-    <t>2025-11-16 00:00:00</t>
+    <t>/112-6947119-1232234/ 113-3804415-3530611</t>
+  </si>
+  <si>
+    <t>2021-02-25 00:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
-    <t>2025-11-15 23:09:18</t>
-[...2 lines deleted...]
-    <t>SHIPPING</t>
+    <t>correosdechile</t>
+  </si>
+  <si>
+    <t>2020-12-12 03:07:02</t>
+  </si>
+  <si>
+    <t>2020-12-12 03:24:38</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>--992192201</t>
-[...5 lines deleted...]
-    <t>LA REINA</t>
+    <t>--27915029</t>
+  </si>
+  <si>
+    <t>rosario de santa fe 9059</t>
+  </si>
+  <si>
+    <t>LA CISTERNA</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
-    <t>/B0B28Q411L</t>
-[...127 lines deleted...]
-  <si>
     <t>/0545855721</t>
   </si>
   <si>
     <t>Delivered</t>
   </si>
   <si>
     <t>Delivery by Amazon</t>
   </si>
   <si>
     <t>Tracking ID: TBA152622226901</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t>2020-12-15 17:52:08</t>
   </si>
   <si>
     <t>2020-12-18 17:00:00</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2020-12-02 15:20:13</t>
@@ -723,50 +600,53 @@
     <t>jocelyn homann</t>
   </si>
   <si>
     <t>/GSX487349</t>
   </si>
   <si>
     <t>2020-08-27 00:00:00</t>
   </si>
   <si>
     <t>990081078184, 712167123695</t>
   </si>
   <si>
     <t>2020-08-27 15:21:37</t>
   </si>
   <si>
     <t>2020-08-27 15:30:54</t>
   </si>
   <si>
     <t>Av. concepcion 398</t>
   </si>
   <si>
     <t>Depto.centro cultural</t>
   </si>
   <si>
     <t>COLINA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">er, </t>
   </si>
   <si>
     <t>BIN588199</t>
   </si>
   <si>
     <t>12493513777990081078184001</t>
   </si>
   <si>
     <t>2020-09-01 13:28:52</t>
   </si>
   <si>
     <t>2020-09-04 17:00:00</t>
   </si>
   <si>
     <t>2020-09-09 09:31:00</t>
   </si>
   <si>
     <t>2020-08-05 20:14:34</t>
   </si>
   <si>
     <t>78155872-A</t>
   </si>
   <si>
     <t>EVELYN HERRERA</t>
   </si>
@@ -1216,51 +1096,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS15"/>
+  <dimension ref="A1:BS12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1450,2728 +1330,2183 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>596407</v>
+        <v>496561</v>
       </c>
       <c r="E2">
-        <v>69.4</v>
+        <v>47.93</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>26.99</v>
+        <v>60.94</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
-      <c r="L2" t="s">
-        <v>68</v>
+      <c r="L2">
+        <v>990085257475</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
-      <c r="N2"/>
+      <c r="N2" t="s">
+        <v>75</v>
+      </c>
       <c r="O2">
-        <v>523500022607</v>
+        <v>523500005237</v>
       </c>
       <c r="P2">
-        <v>101336042</v>
+        <v>51143272</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>596407</v>
+        <v>496561</v>
       </c>
       <c r="W2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X2">
-        <v>69.4</v>
+        <v>47.93</v>
       </c>
       <c r="Y2">
-        <v>950.9</v>
+        <v>795</v>
       </c>
       <c r="Z2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>101336042</v>
+        <v>51143272</v>
       </c>
       <c r="AE2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AF2">
-        <v>992192201</v>
+        <v>90155924</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>26.99</v>
+        <v>60.94</v>
       </c>
       <c r="AP2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      <c r="AS2"/>
+        <v>84</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>86</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>87</v>
+      </c>
       <c r="AT2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AU2">
-        <v>523500022607</v>
-[...1 lines deleted...]
-      <c r="AV2"/>
+        <v>523500005237</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>88</v>
+      </c>
       <c r="AW2">
-        <v>0</v>
-[...3 lines deleted...]
-        <v>68</v>
+        <v>1008589</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>75</v>
+      </c>
+      <c r="AY2">
+        <v>990085257475</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="BE2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="BF2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BG2" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="BH2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="BI2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>65992</v>
+        <v>38104</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D3">
-        <v>596395</v>
+        <v>495458</v>
       </c>
       <c r="E3">
-        <v>57.83</v>
+        <v>24.45</v>
       </c>
       <c r="F3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I3">
-        <v>19.99</v>
+        <v>15.08</v>
       </c>
       <c r="J3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
-      <c r="L3" t="s">
-        <v>89</v>
+      <c r="L3">
+        <v>990085232280</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
-      <c r="N3"/>
+      <c r="N3" t="s">
+        <v>75</v>
+      </c>
       <c r="O3">
-        <v>523500022617</v>
+        <v>523500005244</v>
       </c>
       <c r="P3">
-        <v>204032939</v>
+        <v>169357404</v>
       </c>
       <c r="Q3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="R3" t="s">
+        <v>97</v>
+      </c>
+      <c r="S3" t="s">
+        <v>98</v>
+      </c>
+      <c r="T3" t="s">
+        <v>78</v>
+      </c>
+      <c r="U3" t="s">
         <v>93</v>
       </c>
-      <c r="S3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V3">
-        <v>596395</v>
+        <v>495458</v>
       </c>
       <c r="W3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X3">
-        <v>57.83</v>
+        <v>24.45</v>
       </c>
       <c r="Y3">
-        <v>950.9</v>
+        <v>795</v>
       </c>
       <c r="Z3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="AD3">
-        <v>204032939</v>
+        <v>169357404</v>
       </c>
       <c r="AE3" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="AF3">
-        <v>923601350</v>
+        <v>57662448</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AN3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="AO3">
-        <v>19.99</v>
+        <v>15.08</v>
       </c>
       <c r="AP3" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      <c r="AS3"/>
+        <v>101</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>85</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>102</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>103</v>
+      </c>
       <c r="AT3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AU3">
-        <v>523500022617</v>
-[...1 lines deleted...]
-      <c r="AV3"/>
+        <v>523500005244</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>88</v>
+      </c>
       <c r="AW3">
-        <v>0</v>
-[...3 lines deleted...]
-        <v>89</v>
+        <v>1008589</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AY3">
+        <v>990085232280</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
-      <c r="BA3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="BC3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="BD3" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="BE3" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="BF3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BG3" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="BH3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="BI3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN3" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>54991</v>
+        <v>19438</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C4" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D4">
-        <v>596223</v>
+        <v>493382</v>
       </c>
       <c r="E4">
-        <v>44.16</v>
+        <v>40.93</v>
       </c>
       <c r="F4" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="I4">
-        <v>19.99</v>
+        <v>20.96</v>
       </c>
       <c r="J4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
-      <c r="L4" t="s">
-        <v>102</v>
+      <c r="L4">
+        <v>990084512641</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
-      <c r="N4"/>
+      <c r="N4" t="s">
+        <v>75</v>
+      </c>
       <c r="O4">
-        <v>523500022616</v>
+        <v>523500004925</v>
       </c>
       <c r="P4">
-        <v>172066305</v>
+        <v>187039193</v>
       </c>
       <c r="Q4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="R4" t="s">
+        <v>110</v>
+      </c>
+      <c r="S4" t="s">
+        <v>111</v>
+      </c>
+      <c r="T4" t="s">
+        <v>78</v>
+      </c>
+      <c r="U4" t="s">
         <v>106</v>
       </c>
-      <c r="S4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V4">
-        <v>596223</v>
+        <v>493382</v>
       </c>
       <c r="W4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X4">
-        <v>44.16</v>
+        <v>40.93</v>
       </c>
       <c r="Y4">
-        <v>950.9</v>
+        <v>810</v>
       </c>
       <c r="Z4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="AD4">
-        <v>172066305</v>
+        <v>187039193</v>
       </c>
       <c r="AE4" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="AF4">
-        <v>995715581</v>
+        <v>97960863</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="AM4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AN4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="AO4">
-        <v>19.99</v>
+        <v>20.96</v>
       </c>
       <c r="AP4" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      <c r="AS4"/>
+        <v>114</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>85</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>115</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>116</v>
+      </c>
       <c r="AT4" t="s">
-        <v>77</v>
+        <v>117</v>
       </c>
       <c r="AU4">
-        <v>523500022616</v>
-[...1 lines deleted...]
-      <c r="AV4"/>
+        <v>523500004925</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>88</v>
+      </c>
       <c r="AW4">
-        <v>0</v>
-[...3 lines deleted...]
-        <v>102</v>
+        <v>1008544</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>75</v>
+      </c>
+      <c r="AY4">
+        <v>990084512641</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
-      <c r="BA4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA4"/>
       <c r="BB4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="BC4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="BD4" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="BE4" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="BF4" t="s">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="BG4" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="BH4">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="BI4"/>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN4" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>41992</v>
+        <v>33153</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="C5" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="D5">
-        <v>496561</v>
+        <v>492705</v>
       </c>
       <c r="E5">
-        <v>47.93</v>
+        <v>31.23</v>
       </c>
       <c r="F5" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="I5">
-        <v>60.94</v>
+        <v>21.39</v>
       </c>
       <c r="J5" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5">
-        <v>990085257475</v>
+        <v>990084253506</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="O5">
-        <v>523500005237</v>
+        <v>523500004882</v>
       </c>
       <c r="P5">
-        <v>51143272</v>
+        <v>182488828</v>
       </c>
       <c r="Q5" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="R5" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="S5" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="T5" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="U5" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="V5">
-        <v>496561</v>
+        <v>492705</v>
       </c>
       <c r="W5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X5">
-        <v>47.93</v>
+        <v>31.23</v>
       </c>
       <c r="Y5">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="Z5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="AD5">
-        <v>51143272</v>
+        <v>182488828</v>
       </c>
       <c r="AE5" t="s">
-        <v>122</v>
+        <v>79</v>
       </c>
       <c r="AF5">
-        <v>90155924</v>
+        <v>78795683</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="AM5"/>
+        <v>126</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>83</v>
+      </c>
       <c r="AN5" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="AO5">
-        <v>60.94</v>
+        <v>21.39</v>
       </c>
       <c r="AP5" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="AQ5" t="s">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="AR5" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="AS5" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="AT5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AU5">
-        <v>523500005237</v>
+        <v>523500004882</v>
       </c>
       <c r="AV5" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="AW5">
-        <v>1008589</v>
+        <v>1008516</v>
       </c>
       <c r="AX5" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="AY5">
-        <v>990085257475</v>
+        <v>990084253506</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="BC5" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="BD5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="BE5" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="BF5" t="s">
-        <v>77</v>
+        <v>135</v>
       </c>
       <c r="BG5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="BH5">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="BI5" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>38104</v>
+        <v>25296</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C6" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D6">
-        <v>495458</v>
+        <v>491579</v>
       </c>
       <c r="E6">
-        <v>24.45</v>
+        <v>25.46</v>
       </c>
       <c r="F6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="I6">
-        <v>15.08</v>
+        <v>8.99</v>
       </c>
       <c r="J6" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6">
-        <v>990085232280</v>
+        <v>990087450924</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="O6">
-        <v>523500005244</v>
+        <v>523500004760</v>
       </c>
       <c r="P6">
-        <v>169357404</v>
+        <v>176062932</v>
       </c>
       <c r="Q6" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="R6" t="s">
+        <v>142</v>
+      </c>
+      <c r="S6" t="s">
+        <v>143</v>
+      </c>
+      <c r="T6" t="s">
+        <v>78</v>
+      </c>
+      <c r="U6" t="s">
         <v>138</v>
       </c>
-      <c r="S6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V6">
-        <v>495458</v>
+        <v>491579</v>
       </c>
       <c r="W6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X6">
-        <v>24.45</v>
+        <v>25.46</v>
       </c>
       <c r="Y6">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="Z6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="AD6">
-        <v>169357404</v>
+        <v>176062932</v>
       </c>
       <c r="AE6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AF6">
-        <v>57662448</v>
+        <v>61504256</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="AI6"/>
+        <v>144</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>145</v>
+      </c>
       <c r="AJ6" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="AM6"/>
+        <v>141</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>83</v>
+      </c>
       <c r="AN6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="AO6">
-        <v>15.08</v>
+        <v>8.99</v>
       </c>
       <c r="AP6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="AQ6" t="s">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="AR6" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="AS6" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="AT6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AU6">
-        <v>523500005244</v>
+        <v>523500004760</v>
       </c>
       <c r="AV6" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="AW6">
-        <v>1008589</v>
+        <v>1008496</v>
       </c>
       <c r="AX6" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="AY6">
-        <v>990085232280</v>
+        <v>990087450924</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="BC6" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="BD6" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="BE6" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="BF6" t="s">
-        <v>77</v>
+        <v>151</v>
       </c>
       <c r="BG6" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="BH6">
-        <v>16</v>
+        <v>200</v>
       </c>
       <c r="BI6" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>19438</v>
+        <v>0</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C7" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="D7">
-        <v>493382</v>
+        <v>487906</v>
       </c>
       <c r="E7">
-        <v>40.93</v>
+        <v>23.39</v>
       </c>
       <c r="F7" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="I7">
-        <v>20.96</v>
+        <v>7.9</v>
       </c>
       <c r="J7" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
-      <c r="L7">
-        <v>990084512641</v>
+      <c r="L7" t="s">
+        <v>158</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="O7">
-        <v>523500004925</v>
+        <v>523500004253</v>
       </c>
       <c r="P7">
-        <v>187039193</v>
+        <v>102716612</v>
       </c>
       <c r="Q7" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="R7" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="S7" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="T7" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="U7" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="V7">
-        <v>493382</v>
+        <v>487906</v>
       </c>
       <c r="W7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X7">
-        <v>40.93</v>
+        <v>23.39</v>
       </c>
       <c r="Y7">
         <v>810</v>
       </c>
       <c r="Z7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="AD7">
-        <v>187039193</v>
+        <v>102716612</v>
       </c>
       <c r="AE7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AF7">
-        <v>97960863</v>
+        <v>42931538</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="AI7"/>
+        <v>161</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>162</v>
+      </c>
       <c r="AJ7" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="AM7"/>
+        <v>157</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>83</v>
+      </c>
       <c r="AN7" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="AO7">
-        <v>20.96</v>
+        <v>7.9</v>
       </c>
       <c r="AP7" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="AQ7" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="AR7"/>
+      <c r="AS7"/>
       <c r="AT7" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU7">
+        <v>523500004253</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>88</v>
+      </c>
+      <c r="AW7">
+        <v>1008405</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>165</v>
+      </c>
+      <c r="AY7" t="s">
         <v>158</v>
-      </c>
-[...13 lines deleted...]
-        <v>990084512641</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="BC7" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="BD7" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="BE7" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="BF7" t="s">
-        <v>161</v>
+        <v>79</v>
       </c>
       <c r="BG7" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="BH7">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="BI7"/>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>33153</v>
+        <v>0</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C8" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="D8">
-        <v>492705</v>
+        <v>487632</v>
       </c>
       <c r="E8">
-        <v>31.23</v>
+        <v>25.46</v>
       </c>
       <c r="F8" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="I8">
-        <v>21.39</v>
+        <v>9.99</v>
       </c>
       <c r="J8" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
-      <c r="L8">
-        <v>990084253506</v>
+      <c r="L8" t="s">
+        <v>174</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>182488828</v>
+        <v>175</v>
+      </c>
+      <c r="O8"/>
+      <c r="P8" t="s">
+        <v>176</v>
       </c>
       <c r="Q8" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="R8" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="S8" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="T8" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="U8" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="V8">
-        <v>492705</v>
+        <v>487632</v>
       </c>
       <c r="W8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X8">
-        <v>31.23</v>
+        <v>25.46</v>
       </c>
       <c r="Y8">
         <v>810</v>
       </c>
       <c r="Z8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>182488828</v>
+        <v>171</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>176</v>
       </c>
       <c r="AE8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AF8">
-        <v>78795683</v>
+        <v>56761713</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="AI8"/>
+        <v>179</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>180</v>
+      </c>
       <c r="AJ8" t="s">
-        <v>171</v>
+        <v>113</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="AM8"/>
+        <v>173</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>83</v>
+      </c>
       <c r="AN8" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="AO8">
-        <v>21.39</v>
+        <v>9.99</v>
       </c>
       <c r="AP8" t="s">
-        <v>172</v>
-[...9 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="AQ8"/>
+      <c r="AR8"/>
+      <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>77</v>
-[...9 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AU8"/>
+      <c r="AV8"/>
+      <c r="AW8"/>
       <c r="AX8" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>990084253506</v>
+        <v>182</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>174</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="BC8" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="BD8" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="BE8" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="BF8" t="s">
-        <v>176</v>
+        <v>79</v>
       </c>
       <c r="BG8" t="s">
-        <v>177</v>
+        <v>79</v>
       </c>
       <c r="BH8">
-        <v>24</v>
+        <v>1958</v>
       </c>
       <c r="BI8" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>25296</v>
+        <v>0</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C9" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="D9">
-        <v>491579</v>
+        <v>487349</v>
       </c>
       <c r="E9">
-        <v>25.46</v>
+        <v>23.19</v>
       </c>
       <c r="F9" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="I9">
-        <v>8.99</v>
+        <v>5.15</v>
       </c>
       <c r="J9" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
-      <c r="L9">
-        <v>990087450924</v>
+      <c r="L9" t="s">
+        <v>190</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="O9">
-        <v>523500004760</v>
+        <v>523500004164</v>
       </c>
       <c r="P9">
-        <v>176062932</v>
+        <v>145544610</v>
       </c>
       <c r="Q9" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="R9" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="S9" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="T9" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="U9" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="V9">
-        <v>491579</v>
+        <v>487349</v>
       </c>
       <c r="W9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X9">
-        <v>25.46</v>
+        <v>23.19</v>
       </c>
       <c r="Y9">
         <v>810</v>
       </c>
       <c r="Z9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="AD9">
-        <v>176062932</v>
+        <v>145544610</v>
       </c>
       <c r="AE9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AF9">
-        <v>61504256</v>
+        <v>64894897</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="AI9" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="AJ9" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="AM9"/>
+        <v>189</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>196</v>
+      </c>
       <c r="AN9" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="AO9">
-        <v>8.99</v>
+        <v>5.15</v>
       </c>
       <c r="AP9" t="s">
-        <v>188</v>
-[...9 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="AQ9"/>
+      <c r="AR9"/>
+      <c r="AS9"/>
       <c r="AT9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AU9">
-        <v>523500004760</v>
+        <v>523500004164</v>
       </c>
       <c r="AV9" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="AW9">
-        <v>1008496</v>
+        <v>1008398</v>
       </c>
       <c r="AX9" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>990087450924</v>
+        <v>165</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>190</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
-      <c r="BA9"/>
+      <c r="BA9" t="s">
+        <v>198</v>
+      </c>
       <c r="BB9" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="BC9" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="BD9" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="BE9" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="BF9" t="s">
-        <v>192</v>
+        <v>79</v>
       </c>
       <c r="BG9" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="BH9">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="BI9" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>0</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="C10" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="D10">
-        <v>487906</v>
+        <v>485705</v>
       </c>
       <c r="E10">
-        <v>23.39</v>
+        <v>34.99</v>
       </c>
       <c r="F10" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="I10">
-        <v>7.9</v>
+        <v>15.58</v>
       </c>
       <c r="J10" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
-      <c r="L10" t="s">
-        <v>199</v>
+      <c r="L10">
+        <v>990087256338</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="O10">
-        <v>523500004253</v>
+        <v>523500003885</v>
       </c>
       <c r="P10">
-        <v>102716612</v>
+        <v>154091858</v>
       </c>
       <c r="Q10" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="R10" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="S10" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="T10" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="U10" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="V10">
-        <v>487906</v>
+        <v>485705</v>
       </c>
       <c r="W10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X10">
-        <v>23.39</v>
+        <v>34.99</v>
       </c>
       <c r="Y10">
         <v>810</v>
       </c>
       <c r="Z10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="AD10">
-        <v>102716612</v>
+        <v>154091858</v>
       </c>
       <c r="AE10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AF10">
-        <v>42931538</v>
+        <v>2373052</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="AI10" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="AJ10" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="AM10"/>
+        <v>206</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>83</v>
+      </c>
       <c r="AN10" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="AO10">
-        <v>7.9</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>15.58</v>
+      </c>
+      <c r="AP10">
+        <v>1401283594</v>
       </c>
       <c r="AQ10" t="s">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AU10">
-        <v>523500004253</v>
+        <v>523500003885</v>
       </c>
       <c r="AV10" t="s">
-        <v>129</v>
+        <v>212</v>
       </c>
       <c r="AW10">
-        <v>1008405</v>
+        <v>1008372</v>
       </c>
       <c r="AX10" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>75</v>
+      </c>
+      <c r="AY10">
+        <v>990087256338</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
-      <c r="BA10"/>
+      <c r="BA10" t="s">
+        <v>213</v>
+      </c>
       <c r="BB10" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="BC10" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="BD10" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="BE10" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="BF10" t="s">
-        <v>77</v>
+        <v>216</v>
       </c>
       <c r="BG10" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="BH10">
-        <v>13</v>
+        <v>316</v>
       </c>
       <c r="BI10" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>0</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="C11" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="D11">
-        <v>487632</v>
+        <v>485531</v>
       </c>
       <c r="E11">
-        <v>25.46</v>
+        <v>32.77</v>
       </c>
       <c r="F11" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="I11">
-        <v>9.99</v>
+        <v>15.99</v>
       </c>
       <c r="J11" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
-      <c r="L11" t="s">
-        <v>215</v>
+      <c r="L11">
+        <v>990079227510</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-        <v>217</v>
+        <v>75</v>
+      </c>
+      <c r="O11">
+        <v>523500003831</v>
+      </c>
+      <c r="P11">
+        <v>156785407</v>
       </c>
       <c r="Q11" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="R11" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="S11" t="s">
+        <v>224</v>
+      </c>
+      <c r="T11" t="s">
+        <v>78</v>
+      </c>
+      <c r="U11" t="s">
         <v>219</v>
       </c>
-      <c r="T11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V11">
-        <v>487632</v>
+        <v>485531</v>
       </c>
       <c r="W11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X11">
-        <v>25.46</v>
+        <v>32.77</v>
       </c>
       <c r="Y11">
         <v>810</v>
       </c>
       <c r="Z11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>220</v>
+      </c>
+      <c r="AD11">
+        <v>156785407</v>
       </c>
       <c r="AE11" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="AF11"/>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="AI11" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="AJ11" t="s">
-        <v>154</v>
+        <v>228</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="AM11"/>
+        <v>222</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>83</v>
+      </c>
       <c r="AN11" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="AO11">
-        <v>9.99</v>
+        <v>15.99</v>
       </c>
       <c r="AP11" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="AQ11"/>
+        <v>229</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>85</v>
+      </c>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      <c r="AW11"/>
+        <v>79</v>
+      </c>
+      <c r="AU11">
+        <v>523500003831</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AW11">
+        <v>1008372</v>
+      </c>
       <c r="AX11" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>75</v>
+      </c>
+      <c r="AY11">
+        <v>990079227510</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
-      <c r="BA11"/>
+      <c r="BA11" t="s">
+        <v>230</v>
+      </c>
       <c r="BB11" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="BC11" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="BD11" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="BE11" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="BF11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BG11" t="s">
-        <v>77</v>
+        <v>215</v>
       </c>
       <c r="BH11">
-        <v>1911</v>
+        <v>8</v>
       </c>
       <c r="BI11" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>0</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="D12">
-        <v>487349</v>
+        <v>485503</v>
       </c>
       <c r="E12">
-        <v>23.19</v>
+        <v>40.09</v>
       </c>
       <c r="F12" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="I12">
-        <v>5.15</v>
+        <v>19.99</v>
       </c>
       <c r="J12" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="O12">
-        <v>523500004164</v>
+        <v>523500003774</v>
       </c>
       <c r="P12">
-        <v>145544610</v>
+        <v>138780112</v>
       </c>
       <c r="Q12" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="R12" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="S12" t="s">
+        <v>238</v>
+      </c>
+      <c r="T12" t="s">
+        <v>78</v>
+      </c>
+      <c r="U12" t="s">
         <v>233</v>
       </c>
-      <c r="T12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V12">
-        <v>487349</v>
+        <v>485503</v>
       </c>
       <c r="W12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X12">
-        <v>23.19</v>
+        <v>40.09</v>
       </c>
       <c r="Y12">
         <v>810</v>
       </c>
       <c r="Z12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="AD12">
-        <v>145544610</v>
+        <v>138780112</v>
       </c>
       <c r="AE12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AF12">
-        <v>64894897</v>
+        <v>42951174</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="AI12" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="AJ12" t="s">
-        <v>236</v>
+        <v>163</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="AM12"/>
+        <v>222</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>83</v>
+      </c>
       <c r="AN12" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="AO12">
-        <v>5.15</v>
+        <v>19.99</v>
       </c>
       <c r="AP12" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="AQ12"/>
+        <v>241</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>85</v>
+      </c>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AU12">
-        <v>523500004164</v>
+        <v>523500003774</v>
       </c>
       <c r="AV12" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="AW12">
-        <v>1008398</v>
+        <v>1008366</v>
       </c>
       <c r="AX12" t="s">
-        <v>206</v>
+        <v>165</v>
       </c>
       <c r="AY12" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="BB12" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="BC12" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="BD12" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="BE12" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="BF12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BG12" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="BH12">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="BI12"/>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BN12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>0</v>
       </c>
       <c r="BS12"/>
-    </row>
-[...581 lines deleted...]
-      <c r="BS15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>