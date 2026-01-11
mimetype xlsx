--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -266,50 +266,53 @@
   <si>
     <t>eshopex - GE CANCELADA - SC</t>
   </si>
   <si>
     <t>2024-09-12 15:32:21</t>
   </si>
   <si>
     <t>2024-09-12 15:32:22</t>
   </si>
   <si>
     <t>CLOSED</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>--950736245</t>
   </si>
   <si>
     <t>AV BRASIL 241, CASA</t>
   </si>
   <si>
     <t>LIMA</t>
   </si>
   <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
     <t>/B005P12F2K</t>
   </si>
   <si>
     <t>UPS</t>
   </si>
   <si>
     <t>1ZW739750302720996</t>
   </si>
   <si>
     <t>2024-09-16</t>
   </si>
   <si>
     <t>urbano</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2024-09-17 13:02:44</t>
   </si>
   <si>
     <t>2024-10-05 17:00:00</t>
   </si>
   <si>
     <t>2024-11-26 18:00:00</t>
@@ -362,113 +365,104 @@
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>2022-12-07 11:25:02</t>
   </si>
   <si>
     <t>2022-12-14 17:00:00</t>
   </si>
   <si>
     <t>2023-01-06 18:00:00</t>
   </si>
   <si>
     <t>2022-11-22 22:47:49</t>
   </si>
   <si>
     <t>2022-08-11 22:22:22</t>
   </si>
   <si>
     <t>NA000001-A</t>
   </si>
   <si>
     <t>Eliana Diaz</t>
   </si>
   <si>
-    <t>/10854643</t>
-[...4 lines deleted...]
-  <si>
     <t>WYB145227216</t>
   </si>
   <si>
     <t>urbano - GE CANCELADA - SC</t>
   </si>
   <si>
     <t>00000000</t>
   </si>
   <si>
     <t>2022-08-11 21:44:25</t>
   </si>
   <si>
     <t>2022-08-11 21:49:25</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>017086199</t>
   </si>
   <si>
     <t>Av. República de Colombia 285, San Isidro</t>
   </si>
   <si>
     <t>SAN ISIDRO</t>
   </si>
   <si>
     <t>/VSPEV0219</t>
   </si>
   <si>
     <t>2022-08-16 16:14:30</t>
   </si>
   <si>
     <t>2022-08-20 17:00:00</t>
   </si>
   <si>
     <t>2022-09-09 17:24:00</t>
   </si>
   <si>
+    <t>unknown</t>
+  </si>
+  <si>
     <t>2022-08-11 22:35:27</t>
   </si>
   <si>
     <t>2021-10-09 18:58:02</t>
   </si>
   <si>
     <t>40176233-A</t>
   </si>
   <si>
     <t>JUANA CAROLA CUZQUÉN</t>
   </si>
   <si>
-    <t>/114-7684782-3280237</t>
-[...4 lines deleted...]
-  <si>
     <t>WYB115877984</t>
   </si>
   <si>
     <t>2021-10-09 18:58:49</t>
   </si>
   <si>
     <t>2021-10-09 19:03:49</t>
   </si>
   <si>
     <t>--950487960</t>
   </si>
   <si>
     <t>Peregrino N° 214 - Urbanización Las Brisas</t>
   </si>
   <si>
     <t>CHICLAYO</t>
   </si>
   <si>
     <t>/B08H8HFTHL</t>
   </si>
   <si>
     <t>Amazon Logistics</t>
   </si>
   <si>
     <t>TBA167460395401</t>
@@ -509,66 +503,57 @@
   <si>
     <t>2021-06-11 15:15:22</t>
   </si>
   <si>
     <t>2021-06-11 15:17:46</t>
   </si>
   <si>
     <t>AAHH VICTOR RAUL MZ N LOTE 24</t>
   </si>
   <si>
     <t>CHORRILLOS</t>
   </si>
   <si>
     <t>/B019ICH1R0</t>
   </si>
   <si>
     <t>2021-06-23 16:35:50</t>
   </si>
   <si>
     <t>2021-07-03 17:00:00</t>
   </si>
   <si>
     <t>2021-08-10 17:37:00</t>
   </si>
   <si>
-    <t>unknown</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-05-05 15:23:23</t>
   </si>
   <si>
     <t>35918931-A</t>
   </si>
   <si>
     <t xml:space="preserve">Maria Gamero </t>
-  </si>
-[...4 lines deleted...]
-    <t>2021-05-05 00:00:00</t>
   </si>
   <si>
     <t>WYB100171228</t>
   </si>
   <si>
     <t>2021-05-05 15:26:07</t>
   </si>
   <si>
     <t>2021-05-05 15:29:23</t>
   </si>
   <si>
     <t>--956841577</t>
   </si>
   <si>
     <t>Calle Colmenares 348</t>
   </si>
   <si>
     <t>LA MOLINA</t>
   </si>
   <si>
     <t>/B07QDCBSP7</t>
   </si>
   <si>
     <t>2021-05-07 16:13:05</t>
   </si>
@@ -1481,2254 +1466,2250 @@
         <v>69</v>
       </c>
       <c r="AD2">
         <v>74291664</v>
       </c>
       <c r="AE2" t="s">
         <v>81</v>
       </c>
       <c r="AF2">
         <v>950736245</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>82</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>83</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
-      <c r="AM2"/>
+      <c r="AM2" t="s">
+        <v>84</v>
+      </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
         <v>435.28</v>
       </c>
       <c r="AP2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AQ2" t="s">
         <v>73</v>
       </c>
       <c r="AR2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AS2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AT2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AU2">
         <v>523500020202</v>
       </c>
       <c r="AV2" t="s">
         <v>75</v>
       </c>
       <c r="AW2">
         <v>1011171</v>
       </c>
       <c r="AX2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY2" t="s">
         <v>74</v>
       </c>
       <c r="AZ2" t="s">
         <v>75</v>
       </c>
       <c r="BA2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="BE2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="BF2" t="s">
         <v>80</v>
       </c>
       <c r="BG2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="BH2">
         <v>75</v>
       </c>
       <c r="BI2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>80</v>
       </c>
       <c r="BN2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>3378</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D3">
         <v>542370</v>
       </c>
       <c r="E3">
         <v>119.75</v>
       </c>
       <c r="F3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I3">
         <v>71.9</v>
       </c>
       <c r="J3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M3" t="s">
         <v>75</v>
       </c>
       <c r="N3" t="s">
         <v>76</v>
       </c>
       <c r="O3">
         <v>523500013312</v>
       </c>
       <c r="P3">
         <v>70061771</v>
       </c>
       <c r="Q3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="R3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="S3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="T3" t="s">
         <v>79</v>
       </c>
       <c r="U3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="V3">
         <v>542370</v>
       </c>
       <c r="W3" t="s">
         <v>80</v>
       </c>
       <c r="X3">
         <v>119.75</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3" t="s">
         <v>80</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AD3">
         <v>70061771</v>
       </c>
       <c r="AE3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AF3">
         <v>959967506</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
+        <v>101</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>107</v>
+      </c>
+      <c r="AN3" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="AO3">
         <v>71.9</v>
       </c>
       <c r="AP3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AQ3" t="s">
         <v>73</v>
       </c>
       <c r="AR3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS3">
         <v>391036595361</v>
       </c>
       <c r="AT3" t="s">
         <v>80</v>
       </c>
       <c r="AU3">
         <v>523500013312</v>
       </c>
       <c r="AV3" t="s">
         <v>75</v>
       </c>
       <c r="AW3">
         <v>1009975</v>
       </c>
       <c r="AX3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AZ3" t="s">
         <v>75</v>
       </c>
       <c r="BA3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="BC3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="BD3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="BE3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="BF3" t="s">
         <v>80</v>
       </c>
       <c r="BG3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="BH3">
         <v>44</v>
       </c>
       <c r="BI3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>80</v>
       </c>
       <c r="BN3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>73</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>479</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D4">
         <v>536835</v>
       </c>
       <c r="E4">
         <v>154.75</v>
       </c>
       <c r="F4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M4" t="s">
         <v>75</v>
       </c>
       <c r="N4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="O4">
         <v>523500011911</v>
       </c>
       <c r="P4" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>114</v>
+      </c>
+      <c r="R4" t="s">
         <v>120</v>
       </c>
-      <c r="Q4" t="s">
-[...2 lines deleted...]
-      <c r="R4" t="s">
+      <c r="S4" t="s">
         <v>121</v>
       </c>
-      <c r="S4" t="s">
+      <c r="T4" t="s">
         <v>122</v>
       </c>
-      <c r="T4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="V4">
         <v>536835</v>
       </c>
       <c r="W4" t="s">
         <v>80</v>
       </c>
       <c r="X4">
         <v>154.75</v>
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4" t="s">
         <v>80</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AD4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AE4" t="s">
         <v>80</v>
       </c>
       <c r="AF4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="AM4" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="AN4"/>
       <c r="AO4">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AQ4" t="s">
         <v>73</v>
       </c>
       <c r="AR4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS4">
         <v>276703014406</v>
       </c>
       <c r="AT4" t="s">
         <v>80</v>
       </c>
       <c r="AU4">
         <v>523500011911</v>
       </c>
       <c r="AV4" t="s">
         <v>75</v>
       </c>
       <c r="AW4">
         <v>1009746</v>
       </c>
       <c r="AX4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AZ4" t="s">
         <v>75</v>
       </c>
       <c r="BA4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="BC4" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="BD4" t="s">
+        <v>127</v>
+      </c>
+      <c r="BE4" t="s">
         <v>128</v>
       </c>
-      <c r="BE4" t="s">
+      <c r="BF4" t="s">
+        <v>80</v>
+      </c>
+      <c r="BG4" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="BH4">
         <v>28</v>
       </c>
       <c r="BI4" t="s">
-        <v>93</v>
+        <v>130</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>80</v>
       </c>
       <c r="BN4" t="s">
         <v>131</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>73</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>619</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>132</v>
       </c>
       <c r="C5" t="s">
         <v>133</v>
       </c>
       <c r="D5">
         <v>519580</v>
       </c>
       <c r="E5">
         <v>58.74</v>
       </c>
       <c r="F5" t="s">
         <v>134</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
       <c r="I5">
-        <v>25.67</v>
+        <v>0</v>
       </c>
       <c r="J5" t="s">
-        <v>136</v>
+        <v>80</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="M5" t="s">
         <v>75</v>
       </c>
       <c r="N5" t="s">
         <v>76</v>
       </c>
       <c r="O5">
         <v>523500008212</v>
       </c>
       <c r="P5">
         <v>17547554</v>
       </c>
       <c r="Q5" t="s">
         <v>132</v>
       </c>
       <c r="R5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="S5" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="T5" t="s">
         <v>79</v>
       </c>
       <c r="U5" t="s">
         <v>133</v>
       </c>
       <c r="V5">
         <v>519580</v>
       </c>
       <c r="W5" t="s">
         <v>80</v>
       </c>
       <c r="X5">
         <v>58.74</v>
       </c>
       <c r="Y5">
         <v>4.12</v>
       </c>
       <c r="Z5" t="s">
         <v>80</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
         <v>134</v>
       </c>
       <c r="AD5">
         <v>17547554</v>
       </c>
       <c r="AE5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="AF5">
         <v>950487960</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN5"/>
       <c r="AO5">
-        <v>25.67</v>
+        <v>0</v>
       </c>
       <c r="AP5" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="AQ5" t="s">
         <v>73</v>
       </c>
       <c r="AR5" t="s">
+        <v>142</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>143</v>
+      </c>
+      <c r="AT5" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="AU5">
         <v>523500008212</v>
       </c>
       <c r="AV5" t="s">
         <v>75</v>
       </c>
       <c r="AW5">
         <v>1009238</v>
       </c>
       <c r="AX5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY5" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="AZ5" t="s">
         <v>75</v>
       </c>
       <c r="BA5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB5" t="s">
         <v>132</v>
       </c>
       <c r="BC5" t="s">
-        <v>136</v>
+        <v>80</v>
       </c>
       <c r="BD5" t="s">
+        <v>145</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>146</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>80</v>
+      </c>
+      <c r="BG5" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="BH5">
         <v>53</v>
       </c>
       <c r="BI5" t="s">
-        <v>93</v>
+        <v>130</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>80</v>
       </c>
       <c r="BN5" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>242</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D6">
         <v>511986</v>
       </c>
       <c r="E6">
         <v>46</v>
       </c>
       <c r="F6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="I6">
         <v>26.22</v>
       </c>
       <c r="J6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="M6" t="s">
         <v>75</v>
       </c>
       <c r="N6" t="s">
         <v>76</v>
       </c>
       <c r="O6">
         <v>523500006960</v>
       </c>
       <c r="P6">
         <v>45191324</v>
       </c>
       <c r="Q6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="R6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="S6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="T6" t="s">
         <v>79</v>
       </c>
       <c r="U6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="V6">
         <v>511986</v>
       </c>
       <c r="W6" t="s">
         <v>80</v>
       </c>
       <c r="X6">
         <v>46</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6" t="s">
         <v>80</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="AD6">
         <v>45191324</v>
       </c>
       <c r="AE6" t="s">
         <v>80</v>
       </c>
       <c r="AF6">
         <v>995238998</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="AM6"/>
+        <v>153</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>84</v>
+      </c>
       <c r="AN6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="AO6">
         <v>26.22</v>
       </c>
       <c r="AP6" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
         <v>80</v>
       </c>
       <c r="AU6">
         <v>523500006960</v>
       </c>
       <c r="AV6" t="s">
         <v>75</v>
       </c>
       <c r="AW6">
         <v>1009000</v>
       </c>
       <c r="AX6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AZ6" t="s">
         <v>75</v>
       </c>
       <c r="BA6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="BC6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="BD6" t="s">
+        <v>160</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>161</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>80</v>
+      </c>
+      <c r="BG6" t="s">
         <v>162</v>
-      </c>
-[...7 lines deleted...]
-        <v>164</v>
       </c>
       <c r="BH6">
         <v>60</v>
       </c>
-      <c r="BI6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI6"/>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>80</v>
       </c>
       <c r="BN6" t="s">
         <v>80</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>184</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C7" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D7">
         <v>508647</v>
       </c>
       <c r="E7">
         <v>191.69</v>
       </c>
       <c r="F7" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
       <c r="I7">
-        <v>139.09</v>
+        <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>170</v>
+        <v>80</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="M7" t="s">
         <v>75</v>
       </c>
       <c r="N7" t="s">
         <v>76</v>
       </c>
       <c r="O7">
         <v>523500006390</v>
       </c>
       <c r="P7">
         <v>45197754</v>
       </c>
       <c r="Q7" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="R7" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="S7" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="T7" t="s">
         <v>79</v>
       </c>
       <c r="U7" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="V7">
         <v>508647</v>
       </c>
       <c r="W7" t="s">
         <v>80</v>
       </c>
       <c r="X7">
         <v>191.69</v>
       </c>
       <c r="Y7">
         <v>3.85</v>
       </c>
       <c r="Z7" t="s">
         <v>80</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="AD7">
         <v>45197754</v>
       </c>
       <c r="AE7" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="AF7">
         <v>956841577</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN7"/>
       <c r="AO7">
-        <v>139.09</v>
+        <v>0</v>
       </c>
       <c r="AP7" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>80</v>
       </c>
       <c r="AU7">
         <v>523500006390</v>
       </c>
       <c r="AV7" t="s">
         <v>75</v>
       </c>
       <c r="AW7">
         <v>1008899</v>
       </c>
       <c r="AX7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY7" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="AZ7" t="s">
         <v>75</v>
       </c>
       <c r="BA7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB7" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="BC7" t="s">
-        <v>170</v>
+        <v>80</v>
       </c>
       <c r="BD7" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="BE7" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="BF7" t="s">
         <v>80</v>
       </c>
       <c r="BG7" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="BH7">
         <v>53</v>
       </c>
       <c r="BI7" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>80</v>
       </c>
       <c r="BN7" t="s">
         <v>80</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>738</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C8" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D8">
         <v>508377</v>
       </c>
       <c r="E8">
         <v>59.74</v>
       </c>
       <c r="F8" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="I8">
         <v>25.19</v>
       </c>
       <c r="J8" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="M8" t="s">
         <v>75</v>
       </c>
       <c r="N8" t="s">
         <v>76</v>
       </c>
       <c r="O8">
         <v>523500006414</v>
       </c>
       <c r="P8">
         <v>41192032</v>
       </c>
       <c r="Q8" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="R8" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="S8" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="T8" t="s">
         <v>79</v>
       </c>
       <c r="U8" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="V8">
         <v>508377</v>
       </c>
       <c r="W8" t="s">
         <v>80</v>
       </c>
       <c r="X8">
         <v>59.74</v>
       </c>
       <c r="Y8">
         <v>3.85</v>
       </c>
       <c r="Z8" t="s">
         <v>80</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="AD8">
         <v>41192032</v>
       </c>
       <c r="AE8" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="AF8">
         <v>981730055</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="AM8"/>
+        <v>180</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>84</v>
+      </c>
       <c r="AN8" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="AO8">
         <v>25.19</v>
       </c>
       <c r="AP8" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>80</v>
       </c>
       <c r="AU8">
         <v>523500006414</v>
       </c>
       <c r="AV8" t="s">
         <v>75</v>
       </c>
       <c r="AW8">
         <v>1008899</v>
       </c>
       <c r="AX8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY8" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="AZ8" t="s">
         <v>75</v>
       </c>
       <c r="BA8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB8" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="BC8" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="BD8" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="BE8" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="BF8" t="s">
         <v>80</v>
       </c>
       <c r="BG8" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="BH8">
         <v>56</v>
       </c>
-      <c r="BI8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI8"/>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>80</v>
       </c>
       <c r="BN8" t="s">
         <v>80</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>230</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C9" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="D9">
         <v>507478</v>
       </c>
       <c r="E9">
         <v>135.56</v>
       </c>
       <c r="F9" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="I9">
         <v>96.29</v>
       </c>
       <c r="J9" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="M9" t="s">
         <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>76</v>
       </c>
       <c r="O9">
         <v>523500006355</v>
       </c>
       <c r="P9">
         <v>76455327</v>
       </c>
       <c r="Q9" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="R9" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="S9" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="T9" t="s">
         <v>79</v>
       </c>
       <c r="U9" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="V9">
         <v>507478</v>
       </c>
       <c r="W9" t="s">
         <v>80</v>
       </c>
       <c r="X9">
         <v>135.56</v>
       </c>
       <c r="Y9">
         <v>3.6</v>
       </c>
       <c r="Z9" t="s">
         <v>80</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="AD9">
         <v>76455327</v>
       </c>
       <c r="AE9" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="AF9">
         <v>947350044</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="AM9"/>
+        <v>193</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>84</v>
+      </c>
       <c r="AN9" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="AO9">
         <v>96.29</v>
       </c>
       <c r="AP9" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>80</v>
       </c>
       <c r="AU9">
         <v>523500006355</v>
       </c>
       <c r="AV9" t="s">
         <v>75</v>
       </c>
       <c r="AW9">
         <v>1008860</v>
       </c>
       <c r="AX9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY9" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="AZ9" t="s">
         <v>75</v>
       </c>
       <c r="BA9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB9" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="BC9" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="BD9" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="BE9" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="BF9" t="s">
         <v>80</v>
       </c>
       <c r="BG9" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="BH9">
         <v>67</v>
       </c>
-      <c r="BI9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI9"/>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>80</v>
       </c>
       <c r="BN9" t="s">
         <v>80</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>488</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C10" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D10">
         <v>507472</v>
       </c>
       <c r="E10">
         <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="I10">
         <v>26.32</v>
       </c>
       <c r="J10" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="M10" t="s">
         <v>75</v>
       </c>
       <c r="N10" t="s">
         <v>76</v>
       </c>
       <c r="O10">
         <v>523500006349</v>
       </c>
       <c r="P10">
         <v>46489115</v>
       </c>
       <c r="Q10" t="s">
+        <v>203</v>
+      </c>
+      <c r="R10" t="s">
         <v>208</v>
       </c>
-      <c r="R10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S10" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="T10" t="s">
         <v>79</v>
       </c>
       <c r="U10" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="V10">
         <v>507472</v>
       </c>
       <c r="W10" t="s">
         <v>80</v>
       </c>
       <c r="X10">
         <v>55</v>
       </c>
       <c r="Y10">
         <v>3.6</v>
       </c>
       <c r="Z10" t="s">
         <v>80</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="AD10">
         <v>46489115</v>
       </c>
       <c r="AE10" t="s">
         <v>80</v>
       </c>
       <c r="AF10">
         <v>983311036</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="AM10"/>
+        <v>193</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>84</v>
+      </c>
       <c r="AN10" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="AO10">
         <v>26.32</v>
       </c>
       <c r="AP10" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>80</v>
       </c>
       <c r="AU10">
         <v>523500006349</v>
       </c>
       <c r="AV10" t="s">
         <v>75</v>
       </c>
       <c r="AW10">
         <v>1008860</v>
       </c>
       <c r="AX10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY10" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="AZ10" t="s">
         <v>75</v>
       </c>
       <c r="BA10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB10" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="BC10" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="BD10" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="BE10" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="BF10" t="s">
         <v>80</v>
       </c>
       <c r="BG10" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="BH10">
         <v>69</v>
       </c>
       <c r="BI10" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>80</v>
       </c>
       <c r="BN10" t="s">
         <v>80</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>198</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C11" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D11">
         <v>506673</v>
       </c>
       <c r="E11">
         <v>26.94</v>
       </c>
       <c r="F11" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="I11">
         <v>5.95</v>
       </c>
       <c r="J11" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
       <c r="L11" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="M11" t="s">
         <v>75</v>
       </c>
       <c r="N11" t="s">
         <v>76</v>
       </c>
       <c r="O11">
         <v>523500006311</v>
       </c>
       <c r="P11">
         <v>48885186</v>
       </c>
       <c r="Q11" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="R11" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="S11" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="T11" t="s">
         <v>79</v>
       </c>
       <c r="U11" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="V11">
         <v>506673</v>
       </c>
       <c r="W11" t="s">
         <v>80</v>
       </c>
       <c r="X11">
         <v>26.94</v>
       </c>
       <c r="Y11">
         <v>3.6</v>
       </c>
       <c r="Z11" t="s">
         <v>80</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="AD11">
         <v>48885186</v>
       </c>
       <c r="AE11" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="AF11">
         <v>992757917</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="AM11"/>
+        <v>218</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>84</v>
+      </c>
       <c r="AN11" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="AO11">
         <v>5.95</v>
       </c>
       <c r="AP11" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
         <v>80</v>
       </c>
       <c r="AU11">
         <v>523500006311</v>
       </c>
       <c r="AV11" t="s">
         <v>75</v>
       </c>
       <c r="AW11">
         <v>1008860</v>
       </c>
       <c r="AX11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY11" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="AZ11" t="s">
         <v>75</v>
       </c>
       <c r="BA11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB11" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="BC11" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="BD11" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="BE11" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="BF11" t="s">
         <v>80</v>
       </c>
       <c r="BG11" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="BH11">
         <v>76</v>
       </c>
-      <c r="BI11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI11"/>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>80</v>
       </c>
       <c r="BN11" t="s">
         <v>80</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>97</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C12" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D12">
         <v>506260</v>
       </c>
       <c r="E12">
         <v>266.65</v>
       </c>
       <c r="F12" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="I12">
         <v>128.27</v>
       </c>
       <c r="J12" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="M12" t="s">
         <v>75</v>
       </c>
       <c r="N12" t="s">
         <v>76</v>
       </c>
       <c r="O12">
         <v>523500006378</v>
       </c>
       <c r="P12">
         <v>71842405</v>
       </c>
       <c r="Q12" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="R12" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="S12" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="T12" t="s">
         <v>79</v>
       </c>
       <c r="U12" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="V12">
         <v>506260</v>
       </c>
       <c r="W12" t="s">
         <v>80</v>
       </c>
       <c r="X12">
         <v>266.65</v>
       </c>
       <c r="Y12">
         <v>3.6</v>
       </c>
       <c r="Z12" t="s">
         <v>80</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="AD12">
         <v>71842405</v>
       </c>
       <c r="AE12" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="AF12">
         <v>987806555</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="AM12"/>
+        <v>231</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>84</v>
+      </c>
       <c r="AN12" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="AO12">
         <v>128.27</v>
       </c>
       <c r="AP12" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
         <v>80</v>
       </c>
       <c r="AU12">
         <v>523500006378</v>
       </c>
       <c r="AV12" t="s">
         <v>75</v>
       </c>
       <c r="AW12">
         <v>1008876</v>
       </c>
       <c r="AX12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY12" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="AZ12" t="s">
         <v>75</v>
       </c>
       <c r="BA12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB12" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="BC12" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="BD12" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="BE12" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="BF12" t="s">
         <v>80</v>
       </c>
       <c r="BG12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="BH12">
         <v>81</v>
       </c>
-      <c r="BI12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI12"/>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>80</v>
       </c>
       <c r="BN12" t="s">
         <v>80</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
         <v>960</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C13" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D13">
         <v>504181</v>
       </c>
       <c r="E13">
         <v>40.56</v>
       </c>
       <c r="F13" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="I13">
         <v>14.97</v>
       </c>
       <c r="J13" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="M13" t="s">
         <v>75</v>
       </c>
       <c r="N13" t="s">
         <v>76</v>
       </c>
       <c r="O13">
         <v>523500005984</v>
       </c>
       <c r="P13">
         <v>73078861</v>
       </c>
       <c r="Q13" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="R13" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="S13" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="T13" t="s">
         <v>79</v>
       </c>
       <c r="U13" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="V13">
         <v>504181</v>
       </c>
       <c r="W13" t="s">
         <v>80</v>
       </c>
       <c r="X13">
         <v>40.56</v>
       </c>
       <c r="Y13">
         <v>3.6</v>
       </c>
       <c r="Z13" t="s">
         <v>80</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="AD13">
         <v>73078861</v>
       </c>
       <c r="AE13" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="AF13">
         <v>930580371</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="AM13"/>
+        <v>245</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>84</v>
+      </c>
       <c r="AN13" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="AO13">
         <v>14.97</v>
       </c>
       <c r="AP13" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="AQ13" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="AR13" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="AS13" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="AT13" t="s">
         <v>80</v>
       </c>
       <c r="AU13">
         <v>523500005984</v>
       </c>
       <c r="AV13" t="s">
         <v>75</v>
       </c>
       <c r="AW13">
         <v>1008785</v>
       </c>
       <c r="AX13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AY13" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="AZ13" t="s">
         <v>75</v>
       </c>
       <c r="BA13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BB13" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="BC13" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="BD13" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="BE13" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="BF13" t="s">
         <v>80</v>
       </c>
       <c r="BG13" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="BH13">
         <v>107</v>
       </c>
-      <c r="BI13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI13"/>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>80</v>
       </c>
       <c r="BN13" t="s">
         <v>80</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
         <v>146</v>
       </c>
       <c r="BS13"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">