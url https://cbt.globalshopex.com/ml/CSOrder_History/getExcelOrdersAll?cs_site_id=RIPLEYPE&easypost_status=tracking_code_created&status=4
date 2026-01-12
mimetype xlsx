--- v0 (2025-11-26)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,99 +215,189 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
-    <t>2025-11-12 20:48:07</t>
-[...5 lines deleted...]
-    <t>Israel Rivera Loja</t>
+    <t>2026-01-11 00:54:52</t>
+  </si>
+  <si>
+    <t>7510324602-A</t>
+  </si>
+  <si>
+    <t>Sopa Lip</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>Error (auto buy is not available, )</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
-    <t>2025-11-12 20:48:08</t>
+    <t>03658652</t>
+  </si>
+  <si>
+    <t>2026-01-11 00:54:54</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
-    <t>--970451560</t>
-[...5 lines deleted...]
-    <t>SANTIAGO DE SURCO</t>
+    <t>--957161323</t>
+  </si>
+  <si>
+    <t>Av. Alejandro Velasco Astete 881, 403</t>
+  </si>
+  <si>
+    <t>SAN BORJA</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
-    <t>/B08JVM5SC4</t>
+    <t>/B0BSR73TZH</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
-    <t>2025-11-12 21:50:11</t>
+    <t>2026-01-11 01:45:41</t>
+  </si>
+  <si>
+    <t>2026-01-06 01:43:05</t>
+  </si>
+  <si>
+    <t>7505886601-A</t>
+  </si>
+  <si>
+    <t>Verónica Morales</t>
+  </si>
+  <si>
+    <t>2026-01-06 01:43:06</t>
+  </si>
+  <si>
+    <t>--933413848</t>
+  </si>
+  <si>
+    <t>Calle Marcahuasi 137, Casa</t>
+  </si>
+  <si>
+    <t>LA MOLINA</t>
+  </si>
+  <si>
+    <t>/B08RP7RTDX</t>
+  </si>
+  <si>
+    <t>2026-01-06 02:45:31</t>
+  </si>
+  <si>
+    <t>2026-01-01 22:12:22</t>
+  </si>
+  <si>
+    <t>7502153901-A</t>
+  </si>
+  <si>
+    <t>Maritza Aguilar Zapata</t>
+  </si>
+  <si>
+    <t>2026-01-01 22:12:23</t>
+  </si>
+  <si>
+    <t>2026-01-01 22:12:24</t>
+  </si>
+  <si>
+    <t>--992790328</t>
+  </si>
+  <si>
+    <t>Los Castaños 133, Casa</t>
+  </si>
+  <si>
+    <t>/B07S32FG5R</t>
+  </si>
+  <si>
+    <t>2026-01-02 14:29:22</t>
+  </si>
+  <si>
+    <t>2025-12-28 20:10:25</t>
+  </si>
+  <si>
+    <t>7497100901-A</t>
+  </si>
+  <si>
+    <t>Mirtha Paredes Bravo</t>
+  </si>
+  <si>
+    <t>06085037</t>
+  </si>
+  <si>
+    <t>2025-12-28 20:10:26</t>
+  </si>
+  <si>
+    <t>2025-12-28 20:10:27</t>
+  </si>
+  <si>
+    <t>--995656318</t>
+  </si>
+  <si>
+    <t>Jr. Manuel Telleria  1352, Casa</t>
+  </si>
+  <si>
+    <t>LIMA</t>
+  </si>
+  <si>
+    <t>/B097Q7F912</t>
+  </si>
+  <si>
+    <t>2025-12-29 19:35:10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -610,51 +700,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS2"/>
+  <dimension ref="A1:BS5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -844,217 +934,754 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>596243</v>
+        <v>599573</v>
       </c>
       <c r="E2">
-        <v>49.74</v>
+        <v>62.89</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2"/>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>73</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2">
-        <v>47798757</v>
+      <c r="P2" t="s">
+        <v>74</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="S2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>596243</v>
+        <v>599573</v>
       </c>
       <c r="W2" t="s">
         <v>71</v>
       </c>
       <c r="X2">
-        <v>49.74</v>
+        <v>62.89</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
         <v>71</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2">
-        <v>47798757</v>
+      <c r="AD2" t="s">
+        <v>74</v>
       </c>
       <c r="AE2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AF2">
-        <v>970451560</v>
+        <v>957161323</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>71</v>
       </c>
       <c r="AM2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AN2"/>
       <c r="AO2">
         <v>0</v>
       </c>
       <c r="AP2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>71</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>71</v>
       </c>
       <c r="BE2" t="s">
         <v>71</v>
       </c>
       <c r="BF2" t="s">
         <v>71</v>
       </c>
       <c r="BG2" t="s">
         <v>71</v>
       </c>
       <c r="BH2">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="BI2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>71</v>
       </c>
       <c r="BN2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>189</v>
+        <v>239</v>
       </c>
       <c r="BS2"/>
+    </row>
+    <row r="3" spans="1:71">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D3">
+        <v>599400</v>
+      </c>
+      <c r="E3">
+        <v>81.32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3" t="s">
+        <v>71</v>
+      </c>
+      <c r="K3" t="s">
+        <v>72</v>
+      </c>
+      <c r="L3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M3" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3"/>
+      <c r="O3"/>
+      <c r="P3">
+        <v>21521891</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R3" t="s">
+        <v>88</v>
+      </c>
+      <c r="S3" t="s">
+        <v>88</v>
+      </c>
+      <c r="T3" t="s">
+        <v>76</v>
+      </c>
+      <c r="U3" t="s">
+        <v>86</v>
+      </c>
+      <c r="V3">
+        <v>599400</v>
+      </c>
+      <c r="W3" t="s">
+        <v>71</v>
+      </c>
+      <c r="X3">
+        <v>81.32</v>
+      </c>
+      <c r="Y3">
+        <v>3.8</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD3">
+        <v>21521891</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF3">
+        <v>933413848</v>
+      </c>
+      <c r="AG3"/>
+      <c r="AH3" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI3"/>
+      <c r="AJ3" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN3"/>
+      <c r="AO3">
+        <v>0</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ3"/>
+      <c r="AR3"/>
+      <c r="AS3"/>
+      <c r="AT3" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU3"/>
+      <c r="AV3"/>
+      <c r="AW3">
+        <v>0</v>
+      </c>
+      <c r="AX3"/>
+      <c r="AY3" t="s">
+        <v>86</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>82</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>85</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH3">
+        <v>5</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>83</v>
+      </c>
+      <c r="BJ3"/>
+      <c r="BK3"/>
+      <c r="BL3"/>
+      <c r="BM3" t="s">
+        <v>71</v>
+      </c>
+      <c r="BN3" t="s">
+        <v>93</v>
+      </c>
+      <c r="BO3">
+        <v>0</v>
+      </c>
+      <c r="BP3"/>
+      <c r="BQ3"/>
+      <c r="BR3">
+        <v>309</v>
+      </c>
+      <c r="BS3"/>
+    </row>
+    <row r="4" spans="1:71">
+      <c r="A4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D4">
+        <v>599262</v>
+      </c>
+      <c r="E4">
+        <v>41.84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>96</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4">
+        <v>0</v>
+      </c>
+      <c r="J4" t="s">
+        <v>71</v>
+      </c>
+      <c r="K4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L4" t="s">
+        <v>95</v>
+      </c>
+      <c r="M4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N4"/>
+      <c r="O4"/>
+      <c r="P4">
+        <v>41443732</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>94</v>
+      </c>
+      <c r="R4" t="s">
+        <v>97</v>
+      </c>
+      <c r="S4" t="s">
+        <v>98</v>
+      </c>
+      <c r="T4" t="s">
+        <v>76</v>
+      </c>
+      <c r="U4" t="s">
+        <v>95</v>
+      </c>
+      <c r="V4">
+        <v>599262</v>
+      </c>
+      <c r="W4" t="s">
+        <v>71</v>
+      </c>
+      <c r="X4">
+        <v>41.84</v>
+      </c>
+      <c r="Y4">
+        <v>3.8</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD4">
+        <v>41443732</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF4">
+        <v>992790328</v>
+      </c>
+      <c r="AG4"/>
+      <c r="AH4" t="s">
+        <v>100</v>
+      </c>
+      <c r="AI4"/>
+      <c r="AJ4" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN4"/>
+      <c r="AO4">
+        <v>0</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>101</v>
+      </c>
+      <c r="AQ4"/>
+      <c r="AR4"/>
+      <c r="AS4"/>
+      <c r="AT4" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU4"/>
+      <c r="AV4"/>
+      <c r="AW4">
+        <v>0</v>
+      </c>
+      <c r="AX4"/>
+      <c r="AY4" t="s">
+        <v>95</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>82</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>94</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH4">
+        <v>10</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>83</v>
+      </c>
+      <c r="BJ4"/>
+      <c r="BK4"/>
+      <c r="BL4"/>
+      <c r="BM4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>102</v>
+      </c>
+      <c r="BO4">
+        <v>0</v>
+      </c>
+      <c r="BP4"/>
+      <c r="BQ4"/>
+      <c r="BR4">
+        <v>159</v>
+      </c>
+      <c r="BS4"/>
+    </row>
+    <row r="5" spans="1:71">
+      <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5">
+        <v>599125</v>
+      </c>
+      <c r="E5">
+        <v>94.47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>105</v>
+      </c>
+      <c r="G5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5">
+        <v>0</v>
+      </c>
+      <c r="J5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L5" t="s">
+        <v>104</v>
+      </c>
+      <c r="M5" t="s">
+        <v>73</v>
+      </c>
+      <c r="N5"/>
+      <c r="O5"/>
+      <c r="P5" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>103</v>
+      </c>
+      <c r="R5" t="s">
+        <v>107</v>
+      </c>
+      <c r="S5" t="s">
+        <v>108</v>
+      </c>
+      <c r="T5" t="s">
+        <v>76</v>
+      </c>
+      <c r="U5" t="s">
+        <v>104</v>
+      </c>
+      <c r="V5">
+        <v>599125</v>
+      </c>
+      <c r="W5" t="s">
+        <v>71</v>
+      </c>
+      <c r="X5">
+        <v>94.47</v>
+      </c>
+      <c r="Y5">
+        <v>3.8</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>105</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>106</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF5">
+        <v>995656318</v>
+      </c>
+      <c r="AG5"/>
+      <c r="AH5" t="s">
+        <v>110</v>
+      </c>
+      <c r="AI5"/>
+      <c r="AJ5" t="s">
+        <v>111</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN5"/>
+      <c r="AO5">
+        <v>0</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>112</v>
+      </c>
+      <c r="AQ5"/>
+      <c r="AR5"/>
+      <c r="AS5"/>
+      <c r="AT5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU5"/>
+      <c r="AV5"/>
+      <c r="AW5">
+        <v>0</v>
+      </c>
+      <c r="AX5"/>
+      <c r="AY5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>82</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>103</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH5">
+        <v>14</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>83</v>
+      </c>
+      <c r="BJ5"/>
+      <c r="BK5"/>
+      <c r="BL5"/>
+      <c r="BM5" t="s">
+        <v>71</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>113</v>
+      </c>
+      <c r="BO5">
+        <v>0</v>
+      </c>
+      <c r="BP5"/>
+      <c r="BQ5"/>
+      <c r="BR5">
+        <v>359</v>
+      </c>
+      <c r="BS5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>