--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1383">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,206 +215,731 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
+    <t>2025-11-25 15:36:03</t>
+  </si>
+  <si>
+    <t>7429424402-A</t>
+  </si>
+  <si>
+    <t>Juan Olavarria</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Cancelled (auto buy is not available, )</t>
+  </si>
+  <si>
+    <t>tracking_code_created</t>
+  </si>
+  <si>
+    <t>2025-11-25 15:36:04</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--977300704</t>
+  </si>
+  <si>
+    <t>San Gregorio 380 urb san Andrés 380, Depto</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B0BJ63R9JR</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
+  </si>
+  <si>
+    <t>2025-11-25 18:01:41</t>
+  </si>
+  <si>
+    <t>2025-11-25 15:53:40</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
+    <t>2025-11-25 01:13:31</t>
+  </si>
+  <si>
+    <t>7428659501-A</t>
+  </si>
+  <si>
+    <t>Gianella Company</t>
+  </si>
+  <si>
+    <t>2025-11-25 01:13:33</t>
+  </si>
+  <si>
+    <t>--973107014</t>
+  </si>
+  <si>
+    <t>Calle monte Carlo 253, 502</t>
+  </si>
+  <si>
+    <t>SANTIAGO DE SURCO</t>
+  </si>
+  <si>
+    <t>/B004JLNUZI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
+  </si>
+  <si>
+    <t>2025-11-25 22:23:36</t>
+  </si>
+  <si>
+    <t>2025-11-25 01:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-24 14:10:34</t>
+  </si>
+  <si>
+    <t>7427674701-A</t>
+  </si>
+  <si>
+    <t>ABRAHAN HERNANDEZ ALVITES</t>
+  </si>
+  <si>
+    <t>2025-11-24 14:10:36</t>
+  </si>
+  <si>
+    <t>--952808673</t>
+  </si>
+  <si>
+    <t>JR. GENERAL ISAAC RECAVARREN 820, casa</t>
+  </si>
+  <si>
+    <t>/B004ZHAUEA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
+  </si>
+  <si>
+    <t>2025-11-25 15:34:12</t>
+  </si>
+  <si>
+    <t>2025-11-24 14:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-24 03:50:09</t>
+  </si>
+  <si>
+    <t>7427321102-A</t>
+  </si>
+  <si>
+    <t>Paula Mnica Orbegoso Mller</t>
+  </si>
+  <si>
+    <t>2025-11-24 03:50:10</t>
+  </si>
+  <si>
+    <t>2025-11-24 03:50:11</t>
+  </si>
+  <si>
+    <t>--963703794</t>
+  </si>
+  <si>
+    <t>Urbanización Casa Lago San José Quint 2, A11</t>
+  </si>
+  <si>
+    <t>AREQUIPA</t>
+  </si>
+  <si>
+    <t>/B08F6WLBT2</t>
+  </si>
+  <si>
+    <t>2025-11-25 16:33:50</t>
+  </si>
+  <si>
+    <t>2025-11-24 04:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-07 05:00:54</t>
+  </si>
+  <si>
+    <t>7409897401-A</t>
+  </si>
+  <si>
+    <t>Vanessa Panta</t>
+  </si>
+  <si>
+    <t>2025-11-07 05:00:55</t>
+  </si>
+  <si>
+    <t>--906931329</t>
+  </si>
+  <si>
+    <t>Las Magnolias 490.Los Parques 490, Casa</t>
+  </si>
+  <si>
+    <t>CHICLAYO</t>
+  </si>
+  <si>
+    <t>/B08QSMQYCN</t>
+  </si>
+  <si>
+    <t>2025-11-10 18:15:52</t>
+  </si>
+  <si>
+    <t>2025-11-07 05:50:13</t>
+  </si>
+  <si>
+    <t>2025-11-04 06:33:32</t>
+  </si>
+  <si>
+    <t>7390405101-A</t>
+  </si>
+  <si>
+    <t>WILSON Julca Quispe</t>
+  </si>
+  <si>
+    <t>2025-11-04 06:33:34</t>
+  </si>
+  <si>
+    <t>--971499620</t>
+  </si>
+  <si>
+    <t>Calle piscis 102, 28</t>
+  </si>
+  <si>
+    <t>LOS OLIVOS</t>
+  </si>
+  <si>
+    <t>/B07TZ4FVK7</t>
+  </si>
+  <si>
+    <t>2025-11-10 18:19:26</t>
+  </si>
+  <si>
+    <t>2025-11-04 06:50:07</t>
+  </si>
+  <si>
+    <t>2025-11-01 07:07:45</t>
+  </si>
+  <si>
+    <t>7383263901-A</t>
+  </si>
+  <si>
+    <t>Jeanfranco César Chiuyare Calsin</t>
+  </si>
+  <si>
+    <t>/114-9675238-4989821</t>
+  </si>
+  <si>
+    <t>2025-11-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-01 07:07:47</t>
+  </si>
+  <si>
+    <t>2025-11-01 07:07:48</t>
+  </si>
+  <si>
+    <t>--993946003</t>
+  </si>
+  <si>
+    <t>Jr.sao Paulo 2854, Casa</t>
+  </si>
+  <si>
+    <t>SAN MARTIN DE PORRES</t>
+  </si>
+  <si>
+    <t>/B07SNNQP5V</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							COMENTARIO: "Orden en Miami para devolución a Merchant"</t>
+  </si>
+  <si>
+    <t>2025-11-04 21:34:19</t>
+  </si>
+  <si>
+    <t>2025-11-01 07:50:10</t>
+  </si>
+  <si>
+    <t>Return Label Pending</t>
+  </si>
+  <si>
+    <t>2025-10-27 01:44:06</t>
+  </si>
+  <si>
+    <t>7361469801-A</t>
+  </si>
+  <si>
+    <t>Eric Anorga</t>
+  </si>
+  <si>
+    <t>07277355</t>
+  </si>
+  <si>
+    <t>2025-10-27 01:44:07</t>
+  </si>
+  <si>
+    <t>--990815756</t>
+  </si>
+  <si>
+    <t>Calle Los Laureles  495, S-01</t>
+  </si>
+  <si>
+    <t>SAN ISIDRO</t>
+  </si>
+  <si>
+    <t>/B07CSTV6LQ</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t>2025-11-13 23:11:10</t>
+  </si>
+  <si>
+    <t>2025-10-27 15:50:03</t>
+  </si>
+  <si>
+    <t>2025-10-21 22:34:17</t>
+  </si>
+  <si>
+    <t>7350137801-A</t>
+  </si>
+  <si>
+    <t>Giovanni Greggio</t>
+  </si>
+  <si>
+    <t>2025-10-21 22:34:18</t>
+  </si>
+  <si>
+    <t>--947800025</t>
+  </si>
+  <si>
+    <t>calle las esmeraldas 125, depto</t>
+  </si>
+  <si>
+    <t>/B08FRR2YSN</t>
+  </si>
+  <si>
+    <t>2025-10-22 17:05:18</t>
+  </si>
+  <si>
+    <t>2025-10-21 22:50:00</t>
+  </si>
+  <si>
+    <t>2025-10-21 00:24:59</t>
+  </si>
+  <si>
+    <t>7344069401-A</t>
+  </si>
+  <si>
+    <t>Dulce Vasquez</t>
+  </si>
+  <si>
+    <t>2025-10-21 00:25:00</t>
+  </si>
+  <si>
+    <t>2025-10-21 00:25:01</t>
+  </si>
+  <si>
+    <t>--994955523</t>
+  </si>
+  <si>
+    <t>Av la encalada 398, surco 398, Casa</t>
+  </si>
+  <si>
+    <t>/B098KZNCKT</t>
+  </si>
+  <si>
+    <t>price_difference</t>
+  </si>
+  <si>
+    <t>2025-11-12 20:35:59</t>
+  </si>
+  <si>
+    <t>2025-10-21 00:49:59</t>
+  </si>
+  <si>
+    <t>2025-10-17 19:01:25</t>
+  </si>
+  <si>
+    <t>7341015401-A</t>
+  </si>
+  <si>
+    <t>Teresa Lara</t>
+  </si>
+  <si>
+    <t>2025-10-17 19:01:26</t>
+  </si>
+  <si>
+    <t>2025-10-17 19:01:27</t>
+  </si>
+  <si>
+    <t>--993430853</t>
+  </si>
+  <si>
+    <t>Calle La Moneda mz. D 7, Casa</t>
+  </si>
+  <si>
+    <t>CALLAO</t>
+  </si>
+  <si>
+    <t>/B00G3YA160</t>
+  </si>
+  <si>
+    <t>2025-11-13 23:11:08</t>
+  </si>
+  <si>
+    <t>2025-10-17 19:50:02</t>
+  </si>
+  <si>
+    <t>2025-10-16 00:14:55</t>
+  </si>
+  <si>
+    <t>7339189901-A</t>
+  </si>
+  <si>
+    <t>Erwin Cruz</t>
+  </si>
+  <si>
+    <t>/11423422</t>
+  </si>
+  <si>
+    <t>2025-10-16 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>04438991</t>
+  </si>
+  <si>
+    <t>2025-10-16 00:14:57</t>
+  </si>
+  <si>
+    <t>--951001380</t>
+  </si>
+  <si>
+    <t>Jr Monitor Huascar 256, Depto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:08:52</t>
+  </si>
+  <si>
+    <t>2025-10-16 00:49:57</t>
+  </si>
+  <si>
+    <t>2025-10-11 20:39:38</t>
+  </si>
+  <si>
+    <t>7335444001-A</t>
+  </si>
+  <si>
+    <t>Angelo Cesar Torres Pascual</t>
+  </si>
+  <si>
+    <t>/ 114-1586860-5345855</t>
+  </si>
+  <si>
+    <t>2025-10-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-10-11 20:39:39</t>
+  </si>
+  <si>
+    <t>--928870090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10567, Villa EL Salvador 15757 00051, </t>
+  </si>
+  <si>
+    <t>LIMA</t>
+  </si>
+  <si>
+    <t>/B08R6D148D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-10-29 15:06:34</t>
+  </si>
+  <si>
+    <t>2025-10-12 02:49:54</t>
+  </si>
+  <si>
+    <t>2025-10-08 17:21:24</t>
+  </si>
+  <si>
+    <t>7332708501-A</t>
+  </si>
+  <si>
+    <t>Jose Rojas</t>
+  </si>
+  <si>
+    <t>2025-10-08 17:21:25</t>
+  </si>
+  <si>
+    <t>2025-10-08 17:21:26</t>
+  </si>
+  <si>
+    <t>--972573376</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jirón Guillermo Geraldino 149, </t>
+  </si>
+  <si>
+    <t>COMAS</t>
+  </si>
+  <si>
+    <t>/B07PDFBJZD</t>
+  </si>
+  <si>
+    <t>2025-10-23 17:58:58</t>
+  </si>
+  <si>
+    <t>2025-10-08 17:49:53</t>
+  </si>
+  <si>
     <t>2025-10-02 14:10:52</t>
   </si>
   <si>
     <t>7327961801-A</t>
   </si>
   <si>
     <t>Jorge Herencia</t>
   </si>
   <si>
-    <t>PE</t>
-[...10 lines deleted...]
-  <si>
     <t>09371414</t>
   </si>
   <si>
     <t>2025-10-02 14:10:54</t>
   </si>
   <si>
     <t>2025-10-02 14:10:55</t>
   </si>
   <si>
-    <t>SHIPPING</t>
-[...1 lines deleted...]
-  <si>
     <t>--993464871</t>
   </si>
   <si>
     <t>Calle Batallón Tarma 657, Dp201</t>
   </si>
   <si>
-    <t>SANTIAGO DE SURCO</t>
-[...4 lines deleted...]
-  <si>
     <t>/B08RXV1RKV</t>
   </si>
   <si>
-    <t xml:space="preserve">  </t>
-[...13 lines deleted...]
-  <si>
     <t>2025-10-03 15:35:48</t>
   </si>
   <si>
     <t>2025-10-02 14:49:49</t>
   </si>
   <si>
-    <t>Finished</t>
+    <t>2025-10-01 20:18:09</t>
+  </si>
+  <si>
+    <t>7327452001-A</t>
+  </si>
+  <si>
+    <t>Nancy Ramírez</t>
+  </si>
+  <si>
+    <t>2025-10-01 20:18:11</t>
+  </si>
+  <si>
+    <t>--958974814</t>
+  </si>
+  <si>
+    <t>Antonio Cardenas mz x lote 32, 32</t>
+  </si>
+  <si>
+    <t>SAN JUAN DE MIRAFLORES</t>
+  </si>
+  <si>
+    <t>/B0BLJRTKXP</t>
+  </si>
+  <si>
+    <t>2025-10-23 17:59:01</t>
+  </si>
+  <si>
+    <t>2025-10-01 20:49:49</t>
   </si>
   <si>
     <t>2025-10-01 03:36:33</t>
   </si>
   <si>
     <t>7326986801-A</t>
   </si>
   <si>
     <t>Ricardo Pena</t>
   </si>
   <si>
     <t>/ 113-8919465-7165817</t>
   </si>
   <si>
     <t>2025-10-01 00:00:00</t>
   </si>
   <si>
     <t>00668560</t>
   </si>
   <si>
     <t>2025-10-01 03:36:35</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...1 lines deleted...]
-  <si>
     <t>--953641531</t>
   </si>
   <si>
     <t>El Rosario 167, 101</t>
   </si>
   <si>
-    <t>SAN ISIDRO</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08S45H5GY</t>
   </si>
   <si>
-    <t>manual</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
   </si>
   <si>
     <t>2025-10-01 15:29:36</t>
   </si>
   <si>
     <t>2025-10-01 04:49:49</t>
   </si>
   <si>
-    <t>Return Label Pending</t>
+    <t>2025-10-01 02:31:53</t>
+  </si>
+  <si>
+    <t>7326910001-A</t>
+  </si>
+  <si>
+    <t>Karol Albujar</t>
+  </si>
+  <si>
+    <t>/11417239</t>
+  </si>
+  <si>
+    <t>2025-10-01 02:31:54</t>
+  </si>
+  <si>
+    <t>--982746798</t>
+  </si>
+  <si>
+    <t>Jrn GUILLERMO GERALDINO 251, Casa</t>
+  </si>
+  <si>
+    <t>/BB0072S-30008290-001-00011</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:03:53</t>
+  </si>
+  <si>
+    <t>2025-10-01 02:49:48</t>
   </si>
   <si>
     <t>2025-09-26 04:26:52</t>
   </si>
   <si>
     <t>7320015101-A</t>
   </si>
   <si>
     <t>Luis Angeles Zevallos</t>
   </si>
   <si>
     <t>2025-09-26 04:26:54</t>
   </si>
   <si>
     <t>2025-09-26 04:26:55</t>
   </si>
   <si>
     <t>--945452584</t>
   </si>
   <si>
     <t>Calle Tupac Yupanqui Trujillo 685, Casa</t>
   </si>
   <si>
-    <t>TRUJILLO</t>
-[...1 lines deleted...]
-  <si>
     <t>/B09FPPB5WZ/B08DFXH2W5</t>
   </si>
   <si>
-    <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-29 18:15:00</t>
   </si>
   <si>
     <t>2025-09-26 18:11:10</t>
   </si>
   <si>
     <t>2025-09-22 20:37:06</t>
   </si>
   <si>
     <t>7316417601-A</t>
   </si>
   <si>
     <t>Rene Mendoza Huamani</t>
   </si>
   <si>
     <t>2025-09-22 20:37:07</t>
   </si>
   <si>
     <t>--956603681</t>
   </si>
   <si>
     <t>Parque Heroes Civiles Urb. Valencia A1, Recep</t>
   </si>
   <si>
     <t>YANAHUARA</t>
@@ -428,128 +953,152 @@
   <si>
     <t>2025-09-22 21:26:21</t>
   </si>
   <si>
     <t>2025-09-21 16:41:11</t>
   </si>
   <si>
     <t>7315294601-A</t>
   </si>
   <si>
     <t>Sthim Palma Torres</t>
   </si>
   <si>
     <t>2025-09-21 16:41:12</t>
   </si>
   <si>
     <t>2025-09-21 16:41:13</t>
   </si>
   <si>
     <t>--997177015</t>
   </si>
   <si>
     <t>Av. Micaela Bastidas 1462, Comas Mz 2, 607</t>
   </si>
   <si>
-    <t>COMAS</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08VD7JBDC</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-29 18:17:35</t>
   </si>
   <si>
     <t>2025-09-21 17:26:21</t>
   </si>
   <si>
+    <t>2025-09-21 01:07:56</t>
+  </si>
+  <si>
+    <t>7314928901-A</t>
+  </si>
+  <si>
+    <t>Lin Gutierrez</t>
+  </si>
+  <si>
+    <t>/113-0358374-7160245/ 113-8511886-9773829</t>
+  </si>
+  <si>
+    <t>2025-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-09-21 01:07:57</t>
+  </si>
+  <si>
+    <t>2025-09-21 01:07:58</t>
+  </si>
+  <si>
+    <t>--953449054</t>
+  </si>
+  <si>
+    <t>Las canarias 131 urb cedros de villa 131, Casa</t>
+  </si>
+  <si>
+    <t>CHORRILLOS</t>
+  </si>
+  <si>
+    <t>/B074ZDP7FZ</t>
+  </si>
+  <si>
+    <t>2025-11-21 22:10:26</t>
+  </si>
+  <si>
+    <t>2025-09-21 01:26:21</t>
+  </si>
+  <si>
     <t>2025-09-18 23:15:31</t>
   </si>
   <si>
     <t>7313199801-A</t>
   </si>
   <si>
     <t>Elida Quezada Quispe</t>
   </si>
   <si>
     <t>2025-09-18 23:15:33</t>
   </si>
   <si>
     <t>--997259540</t>
   </si>
   <si>
     <t>Me 76 Lt1 Psje. Cesar Vallejo Mz76, Casa</t>
   </si>
   <si>
-    <t>LOS OLIVOS</t>
-[...1 lines deleted...]
-  <si>
     <t>/B07HFRRHCL</t>
   </si>
   <si>
     <t>2025-09-29 18:15:38</t>
   </si>
   <si>
     <t>2025-09-19 00:26:21</t>
   </si>
   <si>
     <t>2025-09-15 01:31:31</t>
   </si>
   <si>
     <t>7309700401-A</t>
   </si>
   <si>
     <t>Jimena Valdivieso</t>
   </si>
   <si>
     <t>/ 114-5615903-2125861</t>
   </si>
   <si>
     <t>2025-09-15 00:00:00</t>
   </si>
   <si>
     <t>2025-09-15 01:31:32</t>
   </si>
   <si>
     <t>--981810854</t>
   </si>
   <si>
     <t>Calle Monte Carlo  250, 201</t>
   </si>
   <si>
     <t>/B09YSYJZ92</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-22 21:24:31</t>
   </si>
   <si>
     <t>2025-09-15 02:33:07</t>
   </si>
   <si>
     <t>2025-09-13 15:29:21</t>
   </si>
   <si>
     <t>7308228701-A</t>
   </si>
   <si>
     <t>Morphi Jeisson Inga Vega</t>
   </si>
   <si>
     <t>2025-09-13 15:29:23</t>
   </si>
   <si>
     <t>--934172200</t>
   </si>
   <si>
     <t xml:space="preserve">Frente al mercado LA UNIÓN 12, </t>
   </si>
   <si>
     <t>SAN JUAN DE LURIGANCHO</t>
@@ -629,53 +1178,50 @@
   <si>
     <t>2025-08-24 20:01:07</t>
   </si>
   <si>
     <t>7290069401-A</t>
   </si>
   <si>
     <t>Evelin Becerra</t>
   </si>
   <si>
     <t>/112-3764931-2582661</t>
   </si>
   <si>
     <t>2025-08-24 00:00:00</t>
   </si>
   <si>
     <t>2025-08-24 20:01:08</t>
   </si>
   <si>
     <t>--923962218</t>
   </si>
   <si>
     <t>Av. tantamayo Mercado vipol 23, Depto</t>
   </si>
   <si>
-    <t>SAN MARTIN DE PORRES</t>
-[...1 lines deleted...]
-  <si>
     <t>/B00N34Y9F2</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
   </si>
   <si>
     <t>2025-08-25 17:18:03</t>
   </si>
   <si>
     <t>2025-08-24 20:24:15</t>
   </si>
   <si>
     <t>2025-08-18 13:54:43</t>
   </si>
   <si>
     <t>7284494501-A</t>
   </si>
   <si>
     <t>Diego Enrique  Apaza Velasquez</t>
   </si>
   <si>
     <t>/111-4019902-4460262</t>
   </si>
   <si>
     <t>2025-08-18 00:00:00</t>
@@ -764,53 +1310,50 @@
   <si>
     <t>2025-08-11 17:24:36</t>
   </si>
   <si>
     <t>2025-08-10 04:47:41</t>
   </si>
   <si>
     <t>2025-08-08 19:35:44</t>
   </si>
   <si>
     <t>7275959901-A</t>
   </si>
   <si>
     <t>Miguel Angel Garay Enriquez</t>
   </si>
   <si>
     <t>2025-08-08 19:35:46</t>
   </si>
   <si>
     <t>--949292060</t>
   </si>
   <si>
     <t>Unidad vecinal Mirones Block 1B 1B, INT</t>
   </si>
   <si>
-    <t>LIMA</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08372LKVV</t>
   </si>
   <si>
     <t>2025-08-13 16:40:55</t>
   </si>
   <si>
     <t>2025-08-08 19:47:35</t>
   </si>
   <si>
     <t>2025-08-06 01:16:30</t>
   </si>
   <si>
     <t>7273624101-A</t>
   </si>
   <si>
     <t>Laura Geraldine De La Cruz De La Cruz</t>
   </si>
   <si>
     <t>2025-08-06 01:16:31</t>
   </si>
   <si>
     <t>2025-08-06 01:16:32</t>
   </si>
   <si>
     <t>--972157153</t>
@@ -833,53 +1376,50 @@
   <si>
     <t>7270198101-A</t>
   </si>
   <si>
     <t>Alejandra Cueva</t>
   </si>
   <si>
     <t>/ 114-7047212-7211443</t>
   </si>
   <si>
     <t>2025-08-01 00:00:00</t>
   </si>
   <si>
     <t>2025-08-01 04:33:44</t>
   </si>
   <si>
     <t>--945061519</t>
   </si>
   <si>
     <t>Av. Metropolitana mz B'lot6 Mz B, Casa</t>
   </si>
   <si>
     <t>/B086DQP567</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-01 20:23:22</t>
   </si>
   <si>
     <t>2025-08-01 04:47:10</t>
   </si>
   <si>
     <t>2025-07-18 23:12:39</t>
   </si>
   <si>
     <t>7256856101-A</t>
   </si>
   <si>
     <t>Elvis Sanjinez</t>
   </si>
   <si>
     <t>/112-8697970-7900208</t>
   </si>
   <si>
     <t>2025-07-21 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">Cancelled </t>
   </si>
   <si>
     <t>2025-07-18 23:12:40</t>
@@ -899,83 +1439,65 @@
   <si>
     <t>/B097RG67QB</t>
   </si>
   <si>
     <t xml:space="preserve">					COMENTARIO: "Orden en Miami para devolución a Merchant"		</t>
   </si>
   <si>
     <t>2025-07-22 15:38:39</t>
   </si>
   <si>
     <t>2025-07-15 16:37:29</t>
   </si>
   <si>
     <t>7238458501-A</t>
   </si>
   <si>
     <t>Stalyn Idrogo Bustamante</t>
   </si>
   <si>
     <t>/11352998</t>
   </si>
   <si>
     <t>2025-07-15 00:00:00</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, )</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-15 16:37:30</t>
   </si>
   <si>
     <t>2025-07-15 16:37:31</t>
   </si>
   <si>
     <t>--976006157</t>
   </si>
   <si>
     <t>Calle Pascual Saco 170, Depto</t>
   </si>
   <si>
     <t>LAMBAYEQUE</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...13 lines deleted...]
-  <si>
     <t>2025-08-01 17:11:42</t>
   </si>
   <si>
     <t>2025-07-15 17:19:45</t>
   </si>
   <si>
     <t>2025-07-05 15:26:25</t>
   </si>
   <si>
     <t>7211646101-A</t>
   </si>
   <si>
     <t>Rai Velasques</t>
   </si>
   <si>
     <t>2025-07-05 15:26:27</t>
   </si>
   <si>
     <t>--949259063</t>
   </si>
   <si>
     <t>Calle 32 2020 2020, Casa</t>
   </si>
   <si>
     <t>/B07FKTWKMK</t>
@@ -1481,53 +2003,50 @@
   <si>
     <t>6847329002-A</t>
   </si>
   <si>
     <t>John Doe</t>
   </si>
   <si>
     <t>/111-8911172-6892210</t>
   </si>
   <si>
     <t>2024-10-24 00:00:00</t>
   </si>
   <si>
     <t>2024-10-24 12:46:07</t>
   </si>
   <si>
     <t>--99999999</t>
   </si>
   <si>
     <t>daniel caldera 10322, 1119</t>
   </si>
   <si>
     <t>/B08GPXYJVX</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2024-10-24 20:34:32</t>
   </si>
   <si>
     <t>2024-10-24 15:07:36</t>
   </si>
   <si>
     <t>2024-10-24 12:34:22</t>
   </si>
   <si>
     <t>6847169201-A</t>
   </si>
   <si>
     <t>/111-5313833-8229841</t>
   </si>
   <si>
     <t>2024-10-24 12:34:24</t>
   </si>
   <si>
     <t>2024-10-24 12:34:25</t>
   </si>
   <si>
     <t>/B07RQDL19B</t>
@@ -2129,53 +2648,50 @@
   <si>
     <t>2024-09-04 06:05:28</t>
   </si>
   <si>
     <t>6794212901-A</t>
   </si>
   <si>
     <t>JAIME ZEVALLOS</t>
   </si>
   <si>
     <t>06610448</t>
   </si>
   <si>
     <t>2024-09-04 06:05:30</t>
   </si>
   <si>
     <t>2024-09-04 06:05:31</t>
   </si>
   <si>
     <t>--998784167</t>
   </si>
   <si>
     <t>Calle CORICANCHA 114, null</t>
   </si>
   <si>
-    <t>CHORRILLOS</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08KD4Y2QR</t>
   </si>
   <si>
     <t>2024-09-10 11:42:49</t>
   </si>
   <si>
     <t>2024-09-04 16:25:13</t>
   </si>
   <si>
     <t>2024-08-29 03:58:46</t>
   </si>
   <si>
     <t>6788018901-A</t>
   </si>
   <si>
     <t>Diana Sanchez Cordova</t>
   </si>
   <si>
     <t>/114-5787311-6772200</t>
   </si>
   <si>
     <t>2024-08-29 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (Cannot start the driver service on http://localhost:56432/)</t>
@@ -2387,53 +2903,50 @@
   <si>
     <t>2024-08-05 02:32:09</t>
   </si>
   <si>
     <t>2024-07-28 19:18:32</t>
   </si>
   <si>
     <t>6757257201-A</t>
   </si>
   <si>
     <t>Fernando Castillo</t>
   </si>
   <si>
     <t>Cancelled (The operation has timed out)</t>
   </si>
   <si>
     <t>2024-07-28 19:18:34</t>
   </si>
   <si>
     <t>--979856090</t>
   </si>
   <si>
     <t>La victoria, Union y pachacutec 598, Casa</t>
   </si>
   <si>
-    <t>CHICLAYO</t>
-[...1 lines deleted...]
-  <si>
     <t>/B0836W1QNB</t>
   </si>
   <si>
     <t>2024-07-30 23:09:22</t>
   </si>
   <si>
     <t>2024-07-28 19:58:34</t>
   </si>
   <si>
     <t>2024-07-26 22:20:17</t>
   </si>
   <si>
     <t>6755599901-A</t>
   </si>
   <si>
     <t>Cesar  Alva</t>
   </si>
   <si>
     <t>2024-07-26 22:20:20</t>
   </si>
   <si>
     <t>--970287794</t>
   </si>
   <si>
     <t>Av. Separadora industrial 3262, Casa</t>
@@ -3261,53 +3774,50 @@
     <t>6672397101-A</t>
   </si>
   <si>
     <t xml:space="preserve">Isela Rivera Jimenez </t>
   </si>
   <si>
     <t>/114-0385075-9627462</t>
   </si>
   <si>
     <t>2024-06-16 00:00:00</t>
   </si>
   <si>
     <t>2024-06-15 17:13:14</t>
   </si>
   <si>
     <t>--988052041</t>
   </si>
   <si>
     <t xml:space="preserve">Avenida don bosco   mz D lote 24 24, Casa </t>
   </si>
   <si>
     <t>1ZY345Y20351627951</t>
   </si>
   <si>
     <t>2024-06-17</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">							COMENTARIO: "Orden en Miami para devolución a Merchant"</t>
   </si>
   <si>
     <t>2024-06-17 17:44:22</t>
   </si>
   <si>
     <t>2024-06-15 18:05:33</t>
   </si>
   <si>
     <t>2024-06-15 04:58:46</t>
   </si>
   <si>
     <t>6672115901-A</t>
   </si>
   <si>
     <t>Jose Mendez</t>
   </si>
   <si>
     <t>2024-06-15 04:58:47</t>
   </si>
   <si>
     <t>--945577403</t>
   </si>
   <si>
     <t>Mz. H, Lote 14 - Urb. Los Naranjos 14, Casa</t>
   </si>
@@ -3997,51 +4507,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS98"/>
+  <dimension ref="A1:BS115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4231,18436 +4741,21641 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>594574</v>
+        <v>597085</v>
       </c>
       <c r="E2">
-        <v>83.95</v>
+        <v>68.16</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2"/>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>73</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2" t="s">
-        <v>74</v>
+      <c r="P2">
+        <v>74582129</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>74</v>
+      </c>
+      <c r="S2" t="s">
+        <v>74</v>
+      </c>
+      <c r="T2" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>594574</v>
+        <v>597085</v>
       </c>
       <c r="W2" t="s">
         <v>71</v>
       </c>
       <c r="X2">
-        <v>83.95</v>
+        <v>68.16</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
         <v>71</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2" t="s">
-        <v>74</v>
+      <c r="AD2">
+        <v>74582129</v>
       </c>
       <c r="AE2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AF2">
-        <v>993464871</v>
+        <v>977300704</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>71</v>
       </c>
       <c r="AM2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN2"/>
       <c r="AO2">
         <v>0</v>
       </c>
       <c r="AP2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>71</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2">
-[...1 lines deleted...]
-      </c>
+      <c r="AW2"/>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
-      <c r="BA2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>71</v>
       </c>
       <c r="BE2" t="s">
         <v>71</v>
       </c>
       <c r="BF2" t="s">
         <v>71</v>
       </c>
       <c r="BG2" t="s">
         <v>71</v>
       </c>
       <c r="BH2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="BI2" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ2"/>
+      <c r="BK2" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL2" t="s">
+        <v>83</v>
+      </c>
+      <c r="BM2" t="s">
         <v>84</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BN2" t="s">
         <v>85</v>
       </c>
-      <c r="BK2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BO2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>319</v>
+        <v>259</v>
       </c>
       <c r="BS2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D3">
-        <v>594528</v>
+        <v>597053</v>
       </c>
       <c r="E3">
-        <v>39.21</v>
+        <v>57.63</v>
       </c>
       <c r="F3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="J3" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="M3" t="s">
         <v>73</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
-      <c r="P3" t="s">
-        <v>96</v>
+      <c r="P3">
+        <v>46392081</v>
       </c>
       <c r="Q3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="R3" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="S3" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="T3" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="V3">
-        <v>594528</v>
+        <v>597053</v>
       </c>
       <c r="W3" t="s">
         <v>71</v>
       </c>
       <c r="X3">
-        <v>39.21</v>
+        <v>57.63</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
         <v>71</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>89</v>
+      </c>
+      <c r="AD3">
+        <v>46392081</v>
       </c>
       <c r="AE3" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="AF3">
-        <v>953641531</v>
+        <v>973107014</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AN3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN3"/>
+      <c r="AO3">
+        <v>0</v>
+      </c>
+      <c r="AP3" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
         <v>71</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3"/>
       <c r="AY3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="BC3" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="BD3" t="s">
         <v>71</v>
       </c>
       <c r="BE3" t="s">
         <v>71</v>
       </c>
       <c r="BF3" t="s">
         <v>71</v>
       </c>
       <c r="BG3" t="s">
         <v>71</v>
       </c>
       <c r="BH3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="BI3" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ3" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK3" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL3" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="BM3" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="BN3" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>149</v>
+        <v>219</v>
       </c>
       <c r="BS3" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C4" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="D4">
-        <v>594414</v>
+        <v>597008</v>
       </c>
       <c r="E4">
-        <v>112.64</v>
+        <v>44.47</v>
       </c>
       <c r="F4" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4" t="s">
         <v>71</v>
       </c>
       <c r="K4" t="s">
         <v>72</v>
       </c>
       <c r="L4" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="M4" t="s">
         <v>73</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>41377988</v>
+        <v>41804278</v>
       </c>
       <c r="Q4" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="R4" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="S4" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="T4" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U4" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="V4">
-        <v>594414</v>
+        <v>597008</v>
       </c>
       <c r="W4" t="s">
         <v>71</v>
       </c>
       <c r="X4">
-        <v>112.64</v>
+        <v>44.47</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
         <v>71</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="AD4">
-        <v>41377988</v>
+        <v>41804278</v>
       </c>
       <c r="AE4" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="AF4">
-        <v>945452584</v>
+        <v>952808673</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
         <v>71</v>
       </c>
       <c r="AM4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN4"/>
       <c r="AO4">
         <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>71</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4"/>
       <c r="AY4" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB4" t="s">
+        <v>100</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH4">
+        <v>1</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>107</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>108</v>
+      </c>
+      <c r="BN4" t="s">
         <v>109</v>
       </c>
-      <c r="BC4" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BO4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>428</v>
+        <v>169</v>
       </c>
       <c r="BS4" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="C5" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="D5">
-        <v>594298</v>
+        <v>596966</v>
       </c>
       <c r="E5">
-        <v>433.41</v>
+        <v>60.26</v>
       </c>
       <c r="F5" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5" t="s">
         <v>71</v>
       </c>
       <c r="K5" t="s">
         <v>72</v>
       </c>
       <c r="L5" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="M5" t="s">
         <v>73</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
-        <v>47591658</v>
+        <v>40935787</v>
       </c>
       <c r="Q5" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="R5" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="S5" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="T5" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U5" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="V5">
-        <v>594298</v>
+        <v>596966</v>
       </c>
       <c r="W5" t="s">
         <v>71</v>
       </c>
       <c r="X5">
-        <v>433.41</v>
+        <v>60.26</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
         <v>71</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="AD5">
-        <v>47591658</v>
+        <v>40935787</v>
       </c>
       <c r="AE5" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="AF5">
-        <v>956603681</v>
+        <v>963703794</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
         <v>71</v>
       </c>
-      <c r="AM5"/>
+      <c r="AM5" t="s">
+        <v>79</v>
+      </c>
       <c r="AN5"/>
       <c r="AO5">
         <v>0</v>
       </c>
       <c r="AP5" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
         <v>71</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5"/>
       <c r="AY5" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB5" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="BC5" t="s">
         <v>71</v>
       </c>
       <c r="BD5" t="s">
         <v>71</v>
       </c>
       <c r="BE5" t="s">
         <v>71</v>
       </c>
       <c r="BF5" t="s">
         <v>71</v>
       </c>
       <c r="BG5" t="s">
         <v>71</v>
       </c>
       <c r="BH5">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="BI5" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ5" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK5" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL5" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM5" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="BN5" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="BO5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>1647</v>
+        <v>229</v>
       </c>
       <c r="BS5" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="C6" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="D6">
-        <v>594257</v>
+        <v>595916</v>
       </c>
       <c r="E6">
-        <v>60.26</v>
+        <v>57.63</v>
       </c>
       <c r="F6" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
         <v>71</v>
       </c>
       <c r="K6" t="s">
         <v>72</v>
       </c>
       <c r="L6" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="M6" t="s">
         <v>73</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
-        <v>60411824</v>
+        <v>40822952</v>
       </c>
       <c r="Q6" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="R6" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="S6" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="T6" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U6" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="V6">
-        <v>594257</v>
+        <v>595916</v>
       </c>
       <c r="W6" t="s">
         <v>71</v>
       </c>
       <c r="X6">
-        <v>60.26</v>
+        <v>57.63</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
         <v>71</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="AD6">
-        <v>60411824</v>
+        <v>40822952</v>
       </c>
       <c r="AE6" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="AF6">
-        <v>997177015</v>
+        <v>906931329</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
         <v>71</v>
       </c>
       <c r="AM6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN6"/>
       <c r="AO6">
         <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
         <v>71</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB6" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="BC6" t="s">
         <v>71</v>
       </c>
       <c r="BD6" t="s">
         <v>71</v>
       </c>
       <c r="BE6" t="s">
         <v>71</v>
       </c>
       <c r="BF6" t="s">
         <v>71</v>
       </c>
       <c r="BG6" t="s">
         <v>71</v>
       </c>
       <c r="BH6">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="BI6" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ6" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK6" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="BL6" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="BM6" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="BN6" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="BO6">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="BS6" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="C7" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="D7">
-        <v>594200</v>
+        <v>595715</v>
       </c>
       <c r="E7">
-        <v>41.84</v>
+        <v>44.47</v>
       </c>
       <c r="F7" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7"/>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7" t="s">
         <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="M7" t="s">
         <v>73</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
-        <v>42870797</v>
+        <v>73418523</v>
       </c>
       <c r="Q7" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="R7" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="S7" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="T7" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U7" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="V7">
-        <v>594200</v>
+        <v>595715</v>
       </c>
       <c r="W7" t="s">
         <v>71</v>
       </c>
       <c r="X7">
-        <v>41.84</v>
+        <v>44.47</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
         <v>71</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="AD7">
-        <v>42870797</v>
+        <v>73418523</v>
       </c>
       <c r="AE7" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="AF7">
-        <v>997259540</v>
+        <v>971499620</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
         <v>71</v>
       </c>
       <c r="AM7" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN7"/>
       <c r="AO7">
         <v>0</v>
       </c>
       <c r="AP7" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>71</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB7" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="BC7" t="s">
         <v>71</v>
       </c>
       <c r="BD7" t="s">
         <v>71</v>
       </c>
       <c r="BE7" t="s">
         <v>71</v>
       </c>
       <c r="BF7" t="s">
         <v>71</v>
       </c>
       <c r="BG7" t="s">
         <v>71</v>
       </c>
       <c r="BH7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="BI7" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ7" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK7" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="BL7" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="BM7" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="BN7" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="BO7">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="BS7" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="C8" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="D8">
-        <v>594092</v>
+        <v>595573</v>
       </c>
       <c r="E8">
-        <v>62.89</v>
+        <v>57.63</v>
       </c>
       <c r="F8" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="I8">
-        <v>30</v>
+        <v>24.98</v>
       </c>
       <c r="J8" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="M8" t="s">
         <v>73</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8">
-        <v>47066770</v>
+        <v>76346631</v>
       </c>
       <c r="Q8" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="R8" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="S8" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="T8" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U8" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="V8">
-        <v>594092</v>
+        <v>595573</v>
       </c>
       <c r="W8" t="s">
         <v>71</v>
       </c>
       <c r="X8">
-        <v>62.89</v>
+        <v>57.63</v>
       </c>
       <c r="Y8">
         <v>3.8</v>
       </c>
       <c r="Z8" t="s">
         <v>71</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="AD8">
-        <v>47066770</v>
+        <v>76346631</v>
       </c>
       <c r="AE8" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="AF8">
-        <v>981810854</v>
+        <v>993946003</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="AM8" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN8" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="AO8">
-        <v>30</v>
+        <v>24.98</v>
       </c>
       <c r="AP8" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>71</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB8" t="s">
+        <v>141</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>145</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH8">
+        <v>24</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL8" t="s">
         <v>153</v>
       </c>
-      <c r="BC8" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BM8" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="BN8" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="BO8">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="BS8" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="C9" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="D9">
-        <v>594057</v>
+        <v>595376</v>
       </c>
       <c r="E9">
-        <v>110.26</v>
+        <v>57.63</v>
       </c>
       <c r="F9" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9" t="s">
         <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>72</v>
       </c>
       <c r="L9" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="M9" t="s">
         <v>73</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
-      <c r="P9">
-        <v>73137185</v>
+      <c r="P9" t="s">
+        <v>160</v>
       </c>
       <c r="Q9" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="R9" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="S9" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="T9" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U9" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="V9">
-        <v>594057</v>
+        <v>595376</v>
       </c>
       <c r="W9" t="s">
         <v>71</v>
       </c>
       <c r="X9">
-        <v>110.26</v>
+        <v>57.63</v>
       </c>
       <c r="Y9">
         <v>3.8</v>
       </c>
       <c r="Z9" t="s">
         <v>71</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>73137185</v>
+        <v>159</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>160</v>
       </c>
       <c r="AE9" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="AF9">
-        <v>934172200</v>
+        <v>990815756</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
         <v>71</v>
       </c>
       <c r="AM9" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN9"/>
       <c r="AO9">
         <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>71</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB9" t="s">
+        <v>157</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH9">
+        <v>29</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK9" t="s">
         <v>166</v>
       </c>
-      <c r="BC9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BL9" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM9" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="BN9" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="BO9">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>419</v>
+        <v>219</v>
       </c>
       <c r="BS9" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="C10" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="D10">
-        <v>593913</v>
+        <v>595212</v>
       </c>
       <c r="E10">
         <v>70.79</v>
       </c>
       <c r="F10" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
         <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>72</v>
       </c>
       <c r="L10" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="M10" t="s">
         <v>73</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
-      <c r="P10" t="s">
-        <v>179</v>
+      <c r="P10">
+        <v>70726675</v>
       </c>
       <c r="Q10" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="R10" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="S10" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="T10" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U10" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="V10">
-        <v>593913</v>
+        <v>595212</v>
       </c>
       <c r="W10" t="s">
         <v>71</v>
       </c>
       <c r="X10">
         <v>70.79</v>
       </c>
       <c r="Y10">
         <v>3.8</v>
       </c>
       <c r="Z10" t="s">
         <v>71</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>171</v>
+      </c>
+      <c r="AD10">
+        <v>70726675</v>
       </c>
       <c r="AE10" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="AF10">
-        <v>997520720</v>
+        <v>947800025</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>184</v>
+        <v>93</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
         <v>71</v>
       </c>
       <c r="AM10" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN10"/>
       <c r="AO10">
         <v>0</v>
       </c>
       <c r="AP10" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>71</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB10" t="s">
+        <v>169</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH10">
+        <v>35</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>97</v>
+      </c>
+      <c r="BM10" t="s">
         <v>176</v>
       </c>
-      <c r="BC10" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BN10" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="BO10">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>269</v>
       </c>
       <c r="BS10" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="C11" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="D11">
-        <v>593813</v>
+        <v>595160</v>
       </c>
       <c r="E11">
-        <v>65.53</v>
+        <v>62.89</v>
       </c>
       <c r="F11" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11" t="s">
         <v>71</v>
       </c>
       <c r="K11" t="s">
         <v>72</v>
       </c>
       <c r="L11" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="M11" t="s">
         <v>73</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
-        <v>76529274</v>
+        <v>72642453</v>
       </c>
       <c r="Q11" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="R11" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="S11" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="T11" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U11" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="V11">
-        <v>593813</v>
+        <v>595160</v>
       </c>
       <c r="W11" t="s">
         <v>71</v>
       </c>
       <c r="X11">
-        <v>65.53</v>
+        <v>62.89</v>
       </c>
       <c r="Y11">
         <v>3.8</v>
       </c>
       <c r="Z11" t="s">
         <v>71</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="AD11">
-        <v>76529274</v>
+        <v>72642453</v>
       </c>
       <c r="AE11" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="AF11">
-        <v>959183760</v>
+        <v>994955523</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>184</v>
+        <v>93</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
         <v>71</v>
       </c>
       <c r="AM11" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN11"/>
       <c r="AO11">
         <v>0</v>
       </c>
       <c r="AP11" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
         <v>71</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB11" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="BC11" t="s">
         <v>71</v>
       </c>
       <c r="BD11" t="s">
         <v>71</v>
       </c>
       <c r="BE11" t="s">
         <v>71</v>
       </c>
       <c r="BF11" t="s">
         <v>71</v>
       </c>
       <c r="BG11" t="s">
         <v>71</v>
       </c>
       <c r="BH11">
         <v>35</v>
       </c>
       <c r="BI11" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ11" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK11" t="s">
-        <v>104</v>
+        <v>186</v>
       </c>
       <c r="BL11" t="s">
-        <v>140</v>
+        <v>83</v>
       </c>
       <c r="BM11" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="BN11" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="BO11">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="BS11" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D12">
-        <v>593467</v>
+        <v>595073</v>
       </c>
       <c r="E12">
-        <v>78.68</v>
+        <v>205</v>
       </c>
       <c r="F12" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
       <c r="I12">
-        <v>38.78</v>
+        <v>0</v>
       </c>
       <c r="J12" t="s">
-        <v>201</v>
+        <v>71</v>
       </c>
       <c r="K12" t="s">
         <v>72</v>
       </c>
       <c r="L12" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="M12" t="s">
         <v>73</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12">
-        <v>72782285</v>
+        <v>25564224</v>
       </c>
       <c r="Q12" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="R12" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="S12" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="T12" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U12" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="V12">
-        <v>593467</v>
+        <v>595073</v>
       </c>
       <c r="W12" t="s">
         <v>71</v>
       </c>
       <c r="X12">
-        <v>78.68</v>
+        <v>205</v>
       </c>
       <c r="Y12">
         <v>3.8</v>
       </c>
       <c r="Z12" t="s">
         <v>71</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="AD12">
-        <v>72782285</v>
+        <v>25564224</v>
       </c>
       <c r="AE12" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="AF12">
-        <v>923962218</v>
+        <v>993430853</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>201</v>
+        <v>71</v>
       </c>
       <c r="AM12" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN12"/>
       <c r="AO12">
-        <v>38.78</v>
+        <v>0</v>
       </c>
       <c r="AP12" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
         <v>71</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB12" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="BC12" t="s">
-        <v>201</v>
+        <v>71</v>
       </c>
       <c r="BD12" t="s">
         <v>71</v>
       </c>
       <c r="BE12" t="s">
         <v>71</v>
       </c>
       <c r="BF12" t="s">
         <v>71</v>
       </c>
       <c r="BG12" t="s">
         <v>71</v>
       </c>
       <c r="BH12">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="BI12" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ12" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK12" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL12" t="s">
-        <v>207</v>
+        <v>107</v>
       </c>
       <c r="BM12" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="BN12" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="BO12">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>299</v>
+        <v>779</v>
       </c>
       <c r="BS12" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="C13" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="D13">
-        <v>593278</v>
+        <v>595023</v>
       </c>
       <c r="E13">
-        <v>107.63</v>
+        <v>36.58</v>
       </c>
       <c r="F13" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="I13">
-        <v>59</v>
+        <v>10.99</v>
       </c>
       <c r="J13" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="K13" t="s">
-        <v>72</v>
+        <v>205</v>
       </c>
       <c r="L13" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="M13" t="s">
         <v>73</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
-      <c r="P13">
-        <v>75696178</v>
+      <c r="P13" t="s">
+        <v>206</v>
       </c>
       <c r="Q13" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="R13" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="S13" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="T13" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U13" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="V13">
-        <v>593278</v>
+        <v>595023</v>
       </c>
       <c r="W13" t="s">
         <v>71</v>
       </c>
       <c r="X13">
-        <v>107.63</v>
+        <v>36.58</v>
       </c>
       <c r="Y13">
         <v>3.8</v>
       </c>
       <c r="Z13" t="s">
         <v>71</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>75696178</v>
+        <v>202</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>206</v>
       </c>
       <c r="AE13" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="AF13">
-        <v>902663159</v>
+        <v>951001380</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>218</v>
+        <v>93</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="AM13" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="AN13" t="s">
+        <v>203</v>
+      </c>
+      <c r="AO13">
+        <v>10.99</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>211</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>212</v>
+      </c>
+      <c r="AR13" t="s">
         <v>213</v>
       </c>
-      <c r="AO13">
-[...6 lines deleted...]
-      <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
         <v>71</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB13" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="BC13" t="s">
+        <v>204</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH13">
+        <v>40</v>
+      </c>
+      <c r="BI13" t="s">
         <v>214</v>
       </c>
-      <c r="BD13" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BJ13" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK13" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL13" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="BM13" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="BN13" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="BO13">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP13"/>
+        <v>26</v>
+      </c>
+      <c r="BP13" t="s">
+        <v>212</v>
+      </c>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>409</v>
+        <v>139</v>
       </c>
       <c r="BS13" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C14" t="s">
+        <v>219</v>
+      </c>
+      <c r="D14">
+        <v>594813</v>
+      </c>
+      <c r="E14">
+        <v>118.16</v>
+      </c>
+      <c r="F14" t="s">
+        <v>220</v>
+      </c>
+      <c r="G14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H14" t="s">
+        <v>221</v>
+      </c>
+      <c r="I14">
+        <v>89.99</v>
+      </c>
+      <c r="J14" t="s">
         <v>222</v>
-      </c>
-[...20 lines deleted...]
-        <v>71</v>
       </c>
       <c r="K14" t="s">
         <v>72</v>
       </c>
       <c r="L14" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="M14" t="s">
         <v>73</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
-        <v>44554647</v>
+        <v>70928105</v>
       </c>
       <c r="Q14" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="R14" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="S14" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="T14" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U14" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="V14">
-        <v>593116</v>
+        <v>594813</v>
       </c>
       <c r="W14" t="s">
         <v>71</v>
       </c>
       <c r="X14">
-        <v>68.16</v>
+        <v>118.16</v>
       </c>
       <c r="Y14">
         <v>3.8</v>
       </c>
       <c r="Z14" t="s">
         <v>71</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
+        <v>220</v>
+      </c>
+      <c r="AD14">
+        <v>70928105</v>
+      </c>
+      <c r="AE14" t="s">
         <v>224</v>
       </c>
-      <c r="AD14">
-[...4 lines deleted...]
-      </c>
       <c r="AF14">
-        <v>922879988</v>
+        <v>928870090</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>71</v>
+        <v>222</v>
       </c>
       <c r="AM14" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AN14"/>
+        <v>79</v>
+      </c>
+      <c r="AN14" t="s">
+        <v>221</v>
+      </c>
       <c r="AO14">
-        <v>0</v>
+        <v>89.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
         <v>71</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB14" t="s">
+        <v>218</v>
+      </c>
+      <c r="BC14" t="s">
         <v>222</v>
       </c>
-      <c r="BC14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD14" t="s">
         <v>71</v>
       </c>
       <c r="BE14" t="s">
         <v>71</v>
       </c>
       <c r="BF14" t="s">
         <v>71</v>
       </c>
       <c r="BG14" t="s">
         <v>71</v>
       </c>
       <c r="BH14">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="BI14" t="s">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="BJ14" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK14" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="BL14" t="s">
-        <v>140</v>
+        <v>228</v>
       </c>
       <c r="BM14" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="BN14" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="BO14">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>259</v>
+        <v>449</v>
       </c>
       <c r="BS14" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
+        <v>231</v>
+      </c>
+      <c r="C15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D15">
+        <v>594716</v>
+      </c>
+      <c r="E15">
+        <v>115.53</v>
+      </c>
+      <c r="F15" t="s">
         <v>233</v>
-      </c>
-[...10 lines deleted...]
-        <v>235</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" t="s">
         <v>71</v>
       </c>
       <c r="K15" t="s">
         <v>72</v>
       </c>
       <c r="L15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="M15" t="s">
         <v>73</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
-        <v>41498040</v>
+        <v>71251624</v>
       </c>
       <c r="Q15" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="R15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="S15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="T15" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="V15">
-        <v>593047</v>
+        <v>594716</v>
       </c>
       <c r="W15" t="s">
         <v>71</v>
       </c>
       <c r="X15">
-        <v>168.16</v>
+        <v>115.53</v>
       </c>
       <c r="Y15">
         <v>3.8</v>
       </c>
       <c r="Z15" t="s">
         <v>71</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="AD15">
-        <v>41498040</v>
+        <v>71251624</v>
       </c>
       <c r="AE15" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="AF15">
-        <v>991487762</v>
+        <v>972573376</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
         <v>71</v>
       </c>
       <c r="AM15" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN15"/>
       <c r="AO15">
         <v>0</v>
       </c>
       <c r="AP15" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
         <v>71</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15"/>
       <c r="AY15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>231</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH15">
+        <v>48</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>186</v>
+      </c>
+      <c r="BL15" t="s">
         <v>83</v>
       </c>
-      <c r="BB15" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BM15" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="BN15" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="BO15">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>639</v>
+        <v>439</v>
       </c>
       <c r="BS15" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
+        <v>242</v>
+      </c>
+      <c r="C16" t="s">
+        <v>243</v>
+      </c>
+      <c r="D16">
+        <v>594574</v>
+      </c>
+      <c r="E16">
+        <v>83.95</v>
+      </c>
+      <c r="F16" t="s">
         <v>244</v>
-      </c>
-[...10 lines deleted...]
-        <v>246</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16" t="s">
         <v>71</v>
       </c>
       <c r="K16" t="s">
         <v>72</v>
       </c>
       <c r="L16" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="M16" t="s">
         <v>73</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
-      <c r="P16">
-        <v>70318205</v>
+      <c r="P16" t="s">
+        <v>245</v>
       </c>
       <c r="Q16" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="R16" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="S16" t="s">
         <v>247</v>
       </c>
       <c r="T16" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U16" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="V16">
-        <v>593004</v>
+        <v>594574</v>
       </c>
       <c r="W16" t="s">
         <v>71</v>
       </c>
       <c r="X16">
-        <v>76.05</v>
+        <v>83.95</v>
       </c>
       <c r="Y16">
         <v>3.8</v>
       </c>
       <c r="Z16" t="s">
         <v>71</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>70318205</v>
+        <v>244</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>245</v>
       </c>
       <c r="AE16" t="s">
         <v>248</v>
       </c>
       <c r="AF16">
-        <v>949292060</v>
+        <v>993464871</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
         <v>249</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>250</v>
+        <v>93</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
         <v>71</v>
       </c>
       <c r="AM16" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN16"/>
       <c r="AO16">
         <v>0</v>
       </c>
       <c r="AP16" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16" t="s">
         <v>71</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16"/>
       <c r="AY16" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>242</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH16">
+        <v>54</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>166</v>
+      </c>
+      <c r="BL16" t="s">
         <v>83</v>
       </c>
-      <c r="BB16" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BM16" t="s">
+        <v>251</v>
+      </c>
+      <c r="BN16" t="s">
         <v>252</v>
       </c>
-      <c r="BN16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO16">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>289</v>
+        <v>319</v>
       </c>
       <c r="BS16" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>253</v>
+      </c>
+      <c r="C17" t="s">
         <v>254</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17">
+        <v>594549</v>
+      </c>
+      <c r="E17">
+        <v>36.58</v>
+      </c>
+      <c r="F17" t="s">
         <v>255</v>
-      </c>
-[...7 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" t="s">
         <v>71</v>
       </c>
       <c r="K17" t="s">
         <v>72</v>
       </c>
       <c r="L17" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="M17" t="s">
         <v>73</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
-        <v>75800211</v>
+        <v>43419852</v>
       </c>
       <c r="Q17" t="s">
+        <v>253</v>
+      </c>
+      <c r="R17" t="s">
+        <v>256</v>
+      </c>
+      <c r="S17" t="s">
+        <v>256</v>
+      </c>
+      <c r="T17" t="s">
+        <v>75</v>
+      </c>
+      <c r="U17" t="s">
         <v>254</v>
       </c>
-      <c r="R17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V17">
-        <v>592905</v>
+        <v>594549</v>
       </c>
       <c r="W17" t="s">
         <v>71</v>
       </c>
       <c r="X17">
-        <v>86.58</v>
+        <v>36.58</v>
       </c>
       <c r="Y17">
         <v>3.8</v>
       </c>
       <c r="Z17" t="s">
         <v>71</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="AD17">
-        <v>75800211</v>
+        <v>43419852</v>
       </c>
       <c r="AE17" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="AF17">
-        <v>972157153</v>
+        <v>958974814</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>218</v>
+        <v>259</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
         <v>71</v>
       </c>
       <c r="AM17" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN17"/>
       <c r="AO17">
         <v>0</v>
       </c>
       <c r="AP17" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17" t="s">
         <v>71</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17">
         <v>0</v>
       </c>
       <c r="AX17"/>
       <c r="AY17" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB17" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="BC17" t="s">
         <v>71</v>
       </c>
       <c r="BD17" t="s">
         <v>71</v>
       </c>
       <c r="BE17" t="s">
         <v>71</v>
       </c>
       <c r="BF17" t="s">
         <v>71</v>
       </c>
       <c r="BG17" t="s">
         <v>71</v>
       </c>
       <c r="BH17">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="BI17" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ17" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="BK17" t="s">
-        <v>86</v>
+        <v>166</v>
       </c>
       <c r="BL17" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="BM17" t="s">
+        <v>261</v>
+      </c>
+      <c r="BN17" t="s">
         <v>262</v>
       </c>
-      <c r="BN17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO17">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="BS17" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C18" t="s">
         <v>264</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>594528</v>
+      </c>
+      <c r="E18">
+        <v>39.21</v>
+      </c>
+      <c r="F18" t="s">
         <v>265</v>
       </c>
-      <c r="D18">
-[...5 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" t="s">
         <v>266</v>
       </c>
-      <c r="G18" t="s">
-[...2 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18">
+        <v>12.99</v>
+      </c>
+      <c r="J18" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="K18" t="s">
         <v>72</v>
       </c>
       <c r="L18" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="M18" t="s">
         <v>73</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
-      <c r="P18">
-        <v>73054461</v>
+      <c r="P18" t="s">
+        <v>268</v>
       </c>
       <c r="Q18" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="R18" t="s">
         <v>269</v>
       </c>
       <c r="S18" t="s">
         <v>269</v>
       </c>
       <c r="T18" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U18" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="V18">
-        <v>592771</v>
+        <v>594528</v>
       </c>
       <c r="W18" t="s">
         <v>71</v>
       </c>
       <c r="X18">
-        <v>65.53</v>
+        <v>39.21</v>
       </c>
       <c r="Y18">
         <v>3.8</v>
       </c>
       <c r="Z18" t="s">
         <v>71</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>73054461</v>
+        <v>265</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>268</v>
       </c>
       <c r="AE18" t="s">
         <v>270</v>
       </c>
       <c r="AF18">
-        <v>945061519</v>
+        <v>953641531</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
         <v>271</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="AM18" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN18" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="AO18">
-        <v>0</v>
+        <v>12.99</v>
       </c>
       <c r="AP18" t="s">
         <v>272</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
         <v>71</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18">
         <v>0</v>
       </c>
       <c r="AX18"/>
       <c r="AY18" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB18" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="BC18" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="BD18" t="s">
         <v>71</v>
       </c>
       <c r="BE18" t="s">
         <v>71</v>
       </c>
       <c r="BF18" t="s">
         <v>71</v>
       </c>
       <c r="BG18" t="s">
         <v>71</v>
       </c>
       <c r="BH18">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="BI18" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="BJ18" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK18" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL18" t="s">
         <v>273</v>
       </c>
       <c r="BM18" t="s">
         <v>274</v>
       </c>
       <c r="BN18" t="s">
         <v>275</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>249</v>
+        <v>149</v>
       </c>
       <c r="BS18" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>276</v>
       </c>
       <c r="C19" t="s">
         <v>277</v>
       </c>
       <c r="D19">
-        <v>592333</v>
+        <v>594526</v>
       </c>
       <c r="E19">
-        <v>89.21</v>
+        <v>168.16</v>
       </c>
       <c r="F19" t="s">
         <v>278</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
         <v>279</v>
       </c>
       <c r="I19">
-        <v>49.99</v>
+        <v>94.2</v>
       </c>
       <c r="J19" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="K19" t="s">
-        <v>281</v>
+        <v>205</v>
       </c>
       <c r="L19" t="s">
         <v>277</v>
       </c>
       <c r="M19" t="s">
         <v>73</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19">
-        <v>44460847</v>
+        <v>75509981</v>
       </c>
       <c r="Q19" t="s">
         <v>276</v>
       </c>
       <c r="R19" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="S19" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="T19" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U19" t="s">
         <v>277</v>
       </c>
       <c r="V19">
-        <v>592333</v>
+        <v>594526</v>
       </c>
       <c r="W19" t="s">
         <v>71</v>
       </c>
       <c r="X19">
-        <v>89.21</v>
+        <v>168.16</v>
       </c>
       <c r="Y19">
         <v>3.8</v>
       </c>
       <c r="Z19" t="s">
         <v>71</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
         <v>278</v>
       </c>
       <c r="AD19">
-        <v>44460847</v>
+        <v>75509981</v>
       </c>
       <c r="AE19" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="AF19">
-        <v>941929214</v>
+        <v>982746798</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>286</v>
+        <v>238</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="AM19" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="AN19" t="s">
         <v>279</v>
       </c>
       <c r="AO19">
-        <v>49.99</v>
+        <v>94.2</v>
       </c>
       <c r="AP19" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-      <c r="AR19"/>
+        <v>283</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>212</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>213</v>
+      </c>
       <c r="AS19"/>
       <c r="AT19" t="s">
         <v>71</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19">
         <v>0</v>
       </c>
       <c r="AX19"/>
       <c r="AY19" t="s">
         <v>277</v>
       </c>
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB19" t="s">
         <v>276</v>
       </c>
       <c r="BC19" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="BD19" t="s">
         <v>71</v>
       </c>
       <c r="BE19" t="s">
         <v>71</v>
       </c>
       <c r="BF19" t="s">
         <v>71</v>
       </c>
       <c r="BG19" t="s">
         <v>71</v>
       </c>
       <c r="BH19">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="BI19" t="s">
-        <v>103</v>
+        <v>214</v>
       </c>
       <c r="BJ19" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK19" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL19" t="s">
-        <v>288</v>
+        <v>215</v>
       </c>
       <c r="BM19" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="BN19" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="BO19">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="BP19"/>
+        <v>41</v>
+      </c>
+      <c r="BP19" t="s">
+        <v>212</v>
+      </c>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>339</v>
+        <v>639</v>
       </c>
       <c r="BS19" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C20" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D20">
-        <v>592223</v>
+        <v>594414</v>
       </c>
       <c r="E20">
-        <v>168.16</v>
+        <v>112.64</v>
       </c>
       <c r="F20" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
       <c r="I20">
-        <v>80.07</v>
+        <v>0</v>
       </c>
       <c r="J20" t="s">
-        <v>294</v>
+        <v>71</v>
       </c>
       <c r="K20" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="L20" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="M20" t="s">
         <v>73</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20">
-        <v>70877993</v>
+        <v>41377988</v>
       </c>
       <c r="Q20" t="s">
+        <v>286</v>
+      </c>
+      <c r="R20" t="s">
+        <v>289</v>
+      </c>
+      <c r="S20" t="s">
         <v>290</v>
       </c>
-      <c r="R20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T20" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U20" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="V20">
-        <v>592223</v>
+        <v>594414</v>
       </c>
       <c r="W20" t="s">
         <v>71</v>
       </c>
       <c r="X20">
-        <v>168.16</v>
+        <v>112.64</v>
       </c>
       <c r="Y20">
         <v>3.8</v>
       </c>
       <c r="Z20" t="s">
         <v>71</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="AD20">
-        <v>70877993</v>
+        <v>41377988</v>
       </c>
       <c r="AE20" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="AF20">
-        <v>976006157</v>
+        <v>945452584</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>300</v>
+        <v>78</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>294</v>
+        <v>71</v>
       </c>
       <c r="AM20" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="AN20" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN20"/>
+      <c r="AO20">
+        <v>0</v>
+      </c>
+      <c r="AP20" t="s">
         <v>293</v>
       </c>
-      <c r="AO20">
-[...10 lines deleted...]
-      </c>
+      <c r="AQ20"/>
+      <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20" t="s">
         <v>71</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20">
         <v>0</v>
       </c>
       <c r="AX20"/>
       <c r="AY20" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB20" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="BC20" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE20" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF20" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG20" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH20">
+        <v>60</v>
+      </c>
+      <c r="BI20" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ20" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK20" t="s">
+        <v>166</v>
+      </c>
+      <c r="BL20" t="s">
+        <v>97</v>
+      </c>
+      <c r="BM20" t="s">
         <v>294</v>
       </c>
-      <c r="BD20" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BN20" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="BO20">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>639</v>
+        <v>428</v>
       </c>
       <c r="BS20" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="C21" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="D21">
-        <v>591910</v>
+        <v>594298</v>
       </c>
       <c r="E21">
-        <v>89.21</v>
+        <v>433.41</v>
       </c>
       <c r="F21" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21" t="s">
         <v>71</v>
       </c>
       <c r="K21" t="s">
-        <v>281</v>
+        <v>72</v>
       </c>
       <c r="L21" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="M21" t="s">
         <v>73</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21">
-        <v>77036421</v>
+        <v>47591658</v>
       </c>
       <c r="Q21" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="R21" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="S21" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="T21" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U21" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="V21">
-        <v>591910</v>
+        <v>594298</v>
       </c>
       <c r="W21" t="s">
         <v>71</v>
       </c>
       <c r="X21">
-        <v>89.21</v>
+        <v>433.41</v>
       </c>
       <c r="Y21">
         <v>3.8</v>
       </c>
       <c r="Z21" t="s">
         <v>71</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="AD21">
-        <v>77036421</v>
+        <v>47591658</v>
       </c>
       <c r="AE21" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="AF21">
-        <v>949259063</v>
+        <v>956603681</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>149</v>
+        <v>302</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
         <v>71</v>
       </c>
-      <c r="AM21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AM21"/>
       <c r="AN21"/>
       <c r="AO21">
         <v>0</v>
       </c>
       <c r="AP21" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21" t="s">
         <v>71</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21">
         <v>0</v>
       </c>
       <c r="AX21"/>
       <c r="AY21" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB21" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="BC21" t="s">
         <v>71</v>
       </c>
       <c r="BD21" t="s">
         <v>71</v>
       </c>
       <c r="BE21" t="s">
         <v>71</v>
       </c>
       <c r="BF21" t="s">
         <v>71</v>
       </c>
       <c r="BG21" t="s">
         <v>71</v>
       </c>
       <c r="BH21">
+        <v>64</v>
+      </c>
+      <c r="BI21" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ21" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK21" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL21" t="s">
         <v>97</v>
       </c>
-      <c r="BI21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BM21" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="BN21" t="s">
-        <v>71</v>
+        <v>305</v>
       </c>
       <c r="BO21">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>339</v>
+        <v>1647</v>
       </c>
       <c r="BS21" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="C22" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="D22">
-        <v>591585</v>
+        <v>594257</v>
       </c>
       <c r="E22">
-        <v>73.16</v>
+        <v>60.26</v>
       </c>
       <c r="F22" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H22"/>
       <c r="I22">
-        <v>21.98</v>
+        <v>0</v>
       </c>
       <c r="J22" t="s">
-        <v>320</v>
+        <v>71</v>
       </c>
       <c r="K22" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="L22" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="M22" t="s">
         <v>73</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22">
-        <v>43270053</v>
+        <v>60411824</v>
       </c>
       <c r="Q22" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="R22" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="S22" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="T22" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U22" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="V22">
-        <v>591585</v>
+        <v>594257</v>
       </c>
       <c r="W22" t="s">
         <v>71</v>
       </c>
       <c r="X22">
-        <v>73.16</v>
+        <v>60.26</v>
       </c>
       <c r="Y22">
         <v>3.8</v>
       </c>
       <c r="Z22" t="s">
         <v>71</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="AD22">
-        <v>43270053</v>
+        <v>60411824</v>
       </c>
       <c r="AE22" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="AF22">
-        <v>988260163</v>
+        <v>997177015</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>324</v>
+        <v>238</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>320</v>
+        <v>71</v>
       </c>
       <c r="AM22" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN22"/>
       <c r="AO22">
-        <v>21.98</v>
+        <v>0</v>
       </c>
       <c r="AP22" t="s">
-        <v>325</v>
-[...6 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="AQ22"/>
+      <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22" t="s">
         <v>71</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22">
         <v>0</v>
       </c>
       <c r="AX22"/>
       <c r="AY22" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB22" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="BC22" t="s">
-        <v>320</v>
+        <v>71</v>
       </c>
       <c r="BD22" t="s">
         <v>71</v>
       </c>
       <c r="BE22" t="s">
         <v>71</v>
       </c>
       <c r="BF22" t="s">
         <v>71</v>
       </c>
       <c r="BG22" t="s">
         <v>71</v>
       </c>
       <c r="BH22">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="BI22" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="BJ22" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK22" t="s">
-        <v>86</v>
+        <v>166</v>
       </c>
       <c r="BL22" t="s">
-        <v>326</v>
+        <v>107</v>
       </c>
       <c r="BM22" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="BN22" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="BO22">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>278</v>
+        <v>229</v>
       </c>
       <c r="BS22" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="C23" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="D23">
-        <v>591520</v>
+        <v>594245</v>
       </c>
       <c r="E23">
-        <v>76.05</v>
+        <v>62.89</v>
       </c>
       <c r="F23" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="I23">
-        <v>42.5</v>
+        <v>54.94</v>
       </c>
       <c r="J23" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="K23" t="s">
-        <v>281</v>
+        <v>72</v>
       </c>
       <c r="L23" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="M23" t="s">
         <v>73</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23">
-        <v>48078104</v>
+        <v>48407593</v>
       </c>
       <c r="Q23" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="R23" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
       <c r="S23" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="T23" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U23" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="V23">
-        <v>591520</v>
+        <v>594245</v>
       </c>
       <c r="W23" t="s">
         <v>71</v>
       </c>
       <c r="X23">
-        <v>76.05</v>
+        <v>62.89</v>
       </c>
       <c r="Y23">
         <v>3.8</v>
       </c>
       <c r="Z23" t="s">
         <v>71</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="AD23">
-        <v>48078104</v>
+        <v>48407593</v>
       </c>
       <c r="AE23" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
       <c r="AF23">
-        <v>990991554</v>
+        <v>953449054</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>184</v>
+        <v>325</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="AM23" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN23" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="AO23">
-        <v>42.5</v>
+        <v>54.94</v>
       </c>
       <c r="AP23" t="s">
-        <v>338</v>
-[...9 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="AQ23"/>
+      <c r="AR23"/>
+      <c r="AS23"/>
       <c r="AT23" t="s">
-        <v>342</v>
+        <v>71</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23">
         <v>0</v>
       </c>
       <c r="AX23"/>
       <c r="AY23" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB23" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="BC23" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="BD23" t="s">
         <v>71</v>
       </c>
       <c r="BE23" t="s">
         <v>71</v>
       </c>
       <c r="BF23" t="s">
         <v>71</v>
       </c>
       <c r="BG23" t="s">
         <v>71</v>
       </c>
       <c r="BH23">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="BI23" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="BJ23" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="BK23" t="s">
-        <v>343</v>
+        <v>166</v>
       </c>
       <c r="BL23" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="BM23" t="s">
-        <v>344</v>
+        <v>327</v>
       </c>
       <c r="BN23" t="s">
-        <v>345</v>
+        <v>328</v>
       </c>
       <c r="BO23">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>289</v>
+        <v>239</v>
       </c>
       <c r="BS23" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>347</v>
+        <v>329</v>
       </c>
       <c r="C24" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="D24">
-        <v>591485</v>
+        <v>594200</v>
       </c>
       <c r="E24">
-        <v>102.37</v>
+        <v>41.84</v>
       </c>
       <c r="F24" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24" t="s">
         <v>71</v>
       </c>
       <c r="K24" t="s">
-        <v>350</v>
+        <v>72</v>
       </c>
       <c r="L24" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="M24" t="s">
         <v>73</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24">
-        <v>20220838</v>
+        <v>42870797</v>
       </c>
       <c r="Q24" t="s">
-        <v>347</v>
+        <v>329</v>
       </c>
       <c r="R24" t="s">
-        <v>351</v>
+        <v>332</v>
       </c>
       <c r="S24" t="s">
-        <v>352</v>
+        <v>332</v>
       </c>
       <c r="T24" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U24" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="V24">
-        <v>591485</v>
+        <v>594200</v>
       </c>
       <c r="W24" t="s">
         <v>71</v>
       </c>
       <c r="X24">
-        <v>102.37</v>
+        <v>41.84</v>
       </c>
       <c r="Y24">
         <v>3.8</v>
       </c>
       <c r="Z24" t="s">
         <v>71</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
       <c r="AD24">
-        <v>20220838</v>
+        <v>42870797</v>
       </c>
       <c r="AE24" t="s">
-        <v>353</v>
+        <v>333</v>
       </c>
       <c r="AF24">
-        <v>920585198</v>
+        <v>997259540</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>354</v>
+        <v>334</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>101</v>
+        <v>137</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
         <v>71</v>
       </c>
       <c r="AM24" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN24"/>
       <c r="AO24">
         <v>0</v>
       </c>
       <c r="AP24" t="s">
-        <v>355</v>
+        <v>335</v>
       </c>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24" t="s">
         <v>71</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24">
         <v>0</v>
       </c>
       <c r="AX24"/>
       <c r="AY24" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB24" t="s">
+        <v>329</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH24">
+        <v>68</v>
+      </c>
+      <c r="BI24" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ24" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK24" t="s">
+        <v>166</v>
+      </c>
+      <c r="BL24" t="s">
         <v>83</v>
       </c>
-      <c r="BB24" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BM24" t="s">
-        <v>356</v>
+        <v>336</v>
       </c>
       <c r="BN24" t="s">
-        <v>357</v>
+        <v>337</v>
       </c>
       <c r="BO24">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>389</v>
+        <v>159</v>
       </c>
       <c r="BS24" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>358</v>
+        <v>338</v>
       </c>
       <c r="C25" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="D25">
-        <v>591349</v>
+        <v>594092</v>
       </c>
       <c r="E25">
-        <v>83.95</v>
+        <v>62.89</v>
       </c>
       <c r="F25" t="s">
-        <v>360</v>
+        <v>340</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
-      <c r="H25"/>
+      <c r="H25" t="s">
+        <v>341</v>
+      </c>
       <c r="I25">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="J25" t="s">
-        <v>71</v>
+        <v>342</v>
       </c>
       <c r="K25" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="L25" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="M25" t="s">
         <v>73</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25">
-        <v>47818231</v>
+        <v>47066770</v>
       </c>
       <c r="Q25" t="s">
-        <v>358</v>
+        <v>338</v>
       </c>
       <c r="R25" t="s">
-        <v>361</v>
+        <v>343</v>
       </c>
       <c r="S25" t="s">
-        <v>362</v>
+        <v>343</v>
       </c>
       <c r="T25" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U25" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="V25">
-        <v>591349</v>
+        <v>594092</v>
       </c>
       <c r="W25" t="s">
         <v>71</v>
       </c>
       <c r="X25">
-        <v>83.95</v>
+        <v>62.89</v>
       </c>
       <c r="Y25">
         <v>3.8</v>
       </c>
       <c r="Z25" t="s">
         <v>71</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
-        <v>360</v>
+        <v>340</v>
       </c>
       <c r="AD25">
-        <v>47818231</v>
+        <v>47066770</v>
       </c>
       <c r="AE25" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="AF25">
-        <v>986634248</v>
+        <v>981810854</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>364</v>
+        <v>345</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>184</v>
+        <v>93</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>71</v>
+        <v>342</v>
       </c>
       <c r="AM25" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="AN25"/>
+        <v>79</v>
+      </c>
+      <c r="AN25" t="s">
+        <v>341</v>
+      </c>
       <c r="AO25">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="AP25" t="s">
-        <v>366</v>
+        <v>346</v>
       </c>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25" t="s">
         <v>71</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25">
         <v>0</v>
       </c>
       <c r="AX25"/>
       <c r="AY25" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB25" t="s">
-        <v>358</v>
+        <v>338</v>
       </c>
       <c r="BC25" t="s">
-        <v>71</v>
+        <v>342</v>
       </c>
       <c r="BD25" t="s">
         <v>71</v>
       </c>
       <c r="BE25" t="s">
         <v>71</v>
       </c>
       <c r="BF25" t="s">
         <v>71</v>
       </c>
       <c r="BG25" t="s">
         <v>71</v>
       </c>
       <c r="BH25">
-        <v>112</v>
+        <v>71</v>
       </c>
       <c r="BI25" t="s">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="BJ25" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK25" t="s">
-        <v>86</v>
+        <v>166</v>
       </c>
       <c r="BL25" t="s">
-        <v>118</v>
+        <v>228</v>
       </c>
       <c r="BM25" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
       <c r="BN25" t="s">
-        <v>368</v>
+        <v>348</v>
       </c>
       <c r="BO25">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>319</v>
+        <v>239</v>
       </c>
       <c r="BS25" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="C26" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="D26">
-        <v>591328</v>
+        <v>594057</v>
       </c>
       <c r="E26">
-        <v>172.89</v>
+        <v>110.26</v>
       </c>
       <c r="F26" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26" t="s">
         <v>71</v>
       </c>
       <c r="K26" t="s">
-        <v>281</v>
+        <v>72</v>
       </c>
       <c r="L26" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="M26" t="s">
         <v>73</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26">
-        <v>74697760</v>
+        <v>73137185</v>
       </c>
       <c r="Q26" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="R26" t="s">
-        <v>372</v>
+        <v>352</v>
       </c>
       <c r="S26" t="s">
-        <v>372</v>
+        <v>352</v>
       </c>
       <c r="T26" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U26" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="V26">
-        <v>591328</v>
+        <v>594057</v>
       </c>
       <c r="W26" t="s">
         <v>71</v>
       </c>
       <c r="X26">
-        <v>172.89</v>
+        <v>110.26</v>
       </c>
       <c r="Y26">
         <v>3.8</v>
       </c>
       <c r="Z26" t="s">
         <v>71</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="AD26">
-        <v>74697760</v>
+        <v>73137185</v>
       </c>
       <c r="AE26" t="s">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="AF26">
-        <v>956756430</v>
+        <v>934172200</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>374</v>
+        <v>354</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
         <v>71</v>
       </c>
-      <c r="AM26"/>
+      <c r="AM26" t="s">
+        <v>79</v>
+      </c>
       <c r="AN26"/>
       <c r="AO26">
         <v>0</v>
       </c>
       <c r="AP26" t="s">
-        <v>376</v>
+        <v>356</v>
       </c>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26" t="s">
         <v>71</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26">
         <v>0</v>
       </c>
       <c r="AX26"/>
       <c r="AY26" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB26" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="BC26" t="s">
         <v>71</v>
       </c>
       <c r="BD26" t="s">
         <v>71</v>
       </c>
       <c r="BE26" t="s">
         <v>71</v>
       </c>
       <c r="BF26" t="s">
         <v>71</v>
       </c>
       <c r="BG26" t="s">
         <v>71</v>
       </c>
       <c r="BH26">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="BI26" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ26" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="BK26" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL26" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM26" t="s">
-        <v>377</v>
+        <v>357</v>
       </c>
       <c r="BN26" t="s">
-        <v>378</v>
+        <v>358</v>
       </c>
       <c r="BO26">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>657</v>
+        <v>419</v>
       </c>
       <c r="BS26" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="C27" t="s">
-        <v>380</v>
+        <v>360</v>
       </c>
       <c r="D27">
-        <v>591295</v>
+        <v>593913</v>
       </c>
       <c r="E27">
-        <v>831.32</v>
+        <v>70.79</v>
       </c>
       <c r="F27" t="s">
-        <v>381</v>
+        <v>361</v>
       </c>
       <c r="G27" t="s">
         <v>70</v>
       </c>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H27"/>
       <c r="I27">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="J27" t="s">
-        <v>383</v>
+        <v>71</v>
       </c>
       <c r="K27" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="L27" t="s">
-        <v>380</v>
+        <v>360</v>
       </c>
       <c r="M27" t="s">
         <v>73</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
-      <c r="P27">
-        <v>44592206</v>
+      <c r="P27" t="s">
+        <v>362</v>
       </c>
       <c r="Q27" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="R27" t="s">
-        <v>384</v>
+        <v>363</v>
       </c>
       <c r="S27" t="s">
-        <v>385</v>
+        <v>364</v>
       </c>
       <c r="T27" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U27" t="s">
-        <v>380</v>
+        <v>360</v>
       </c>
       <c r="V27">
-        <v>591295</v>
+        <v>593913</v>
       </c>
       <c r="W27" t="s">
         <v>71</v>
       </c>
       <c r="X27">
-        <v>831.32</v>
+        <v>70.79</v>
       </c>
       <c r="Y27">
         <v>3.8</v>
       </c>
       <c r="Z27" t="s">
         <v>71</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>70</v>
       </c>
       <c r="AC27" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>44592206</v>
+        <v>361</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>362</v>
       </c>
       <c r="AE27" t="s">
-        <v>386</v>
+        <v>365</v>
       </c>
       <c r="AF27">
-        <v>993674031</v>
+        <v>997520720</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>387</v>
+        <v>366</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>383</v>
+        <v>71</v>
       </c>
       <c r="AM27" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN27"/>
       <c r="AO27">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="AP27" t="s">
-        <v>389</v>
-[...6 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="AQ27"/>
+      <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27" t="s">
         <v>71</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27">
         <v>0</v>
       </c>
       <c r="AX27"/>
       <c r="AY27" t="s">
-        <v>380</v>
+        <v>360</v>
       </c>
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB27" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="BC27" t="s">
-        <v>383</v>
+        <v>71</v>
       </c>
       <c r="BD27" t="s">
         <v>71</v>
       </c>
       <c r="BE27" t="s">
         <v>71</v>
       </c>
       <c r="BF27" t="s">
         <v>71</v>
       </c>
       <c r="BG27" t="s">
         <v>71</v>
       </c>
       <c r="BH27">
-        <v>114</v>
+        <v>79</v>
       </c>
       <c r="BI27" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="BJ27" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK27" t="s">
-        <v>86</v>
+        <v>166</v>
       </c>
       <c r="BL27" t="s">
-        <v>273</v>
+        <v>107</v>
       </c>
       <c r="BM27" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
       <c r="BN27" t="s">
-        <v>391</v>
+        <v>370</v>
       </c>
       <c r="BO27">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>3159</v>
+        <v>269</v>
       </c>
       <c r="BS27" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="C28" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="D28">
-        <v>591269</v>
+        <v>593813</v>
       </c>
       <c r="E28">
-        <v>125.78</v>
+        <v>65.53</v>
       </c>
       <c r="F28" t="s">
-        <v>394</v>
+        <v>373</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
-      <c r="H28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
       <c r="I28">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="J28" t="s">
-        <v>383</v>
+        <v>71</v>
       </c>
       <c r="K28" t="s">
-        <v>396</v>
+        <v>72</v>
       </c>
       <c r="L28" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="M28" t="s">
         <v>73</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
-      <c r="P28" t="s">
-        <v>397</v>
+      <c r="P28">
+        <v>76529274</v>
       </c>
       <c r="Q28" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="R28" t="s">
-        <v>398</v>
+        <v>374</v>
       </c>
       <c r="S28" t="s">
-        <v>399</v>
+        <v>374</v>
       </c>
       <c r="T28" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U28" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="V28">
-        <v>591269</v>
+        <v>593813</v>
       </c>
       <c r="W28" t="s">
         <v>71</v>
       </c>
       <c r="X28">
-        <v>125.78</v>
+        <v>65.53</v>
       </c>
       <c r="Y28">
         <v>3.8</v>
       </c>
       <c r="Z28" t="s">
         <v>71</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>70</v>
       </c>
       <c r="AC28" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>373</v>
+      </c>
+      <c r="AD28">
+        <v>76529274</v>
       </c>
       <c r="AE28" t="s">
-        <v>400</v>
+        <v>375</v>
       </c>
       <c r="AF28">
-        <v>927784413</v>
+        <v>959183760</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>401</v>
+        <v>376</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>184</v>
+        <v>367</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>383</v>
+        <v>71</v>
       </c>
       <c r="AM28" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN28"/>
       <c r="AO28">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="AP28" t="s">
-        <v>402</v>
-[...9 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="AQ28"/>
+      <c r="AR28"/>
+      <c r="AS28"/>
       <c r="AT28" t="s">
-        <v>404</v>
+        <v>71</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28">
         <v>0</v>
       </c>
       <c r="AX28"/>
       <c r="AY28" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB28" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="BC28" t="s">
-        <v>383</v>
+        <v>71</v>
       </c>
       <c r="BD28" t="s">
         <v>71</v>
       </c>
       <c r="BE28" t="s">
         <v>71</v>
       </c>
       <c r="BF28" t="s">
         <v>71</v>
       </c>
       <c r="BG28" t="s">
         <v>71</v>
       </c>
       <c r="BH28">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="BI28" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ28" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK28" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="BL28" t="s">
-        <v>405</v>
+        <v>107</v>
       </c>
       <c r="BM28" t="s">
-        <v>406</v>
+        <v>378</v>
       </c>
       <c r="BN28" t="s">
-        <v>407</v>
+        <v>379</v>
       </c>
       <c r="BO28">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>478</v>
+        <v>249</v>
       </c>
       <c r="BS28" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>409</v>
+        <v>380</v>
       </c>
       <c r="C29" t="s">
-        <v>410</v>
+        <v>381</v>
       </c>
       <c r="D29">
-        <v>580491</v>
+        <v>593467</v>
       </c>
       <c r="E29">
-        <v>44.47</v>
+        <v>78.68</v>
       </c>
       <c r="F29" t="s">
-        <v>411</v>
+        <v>382</v>
       </c>
       <c r="G29" t="s">
         <v>70</v>
       </c>
-      <c r="H29"/>
+      <c r="H29" t="s">
+        <v>383</v>
+      </c>
       <c r="I29">
-        <v>0</v>
+        <v>38.78</v>
       </c>
       <c r="J29" t="s">
-        <v>71</v>
+        <v>384</v>
       </c>
       <c r="K29" t="s">
-        <v>412</v>
+        <v>72</v>
       </c>
       <c r="L29" t="s">
-        <v>410</v>
+        <v>381</v>
       </c>
       <c r="M29" t="s">
         <v>73</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29">
-        <v>42646831</v>
+        <v>72782285</v>
       </c>
       <c r="Q29" t="s">
-        <v>409</v>
+        <v>380</v>
       </c>
       <c r="R29" t="s">
-        <v>413</v>
+        <v>380</v>
       </c>
       <c r="S29" t="s">
-        <v>414</v>
+        <v>385</v>
       </c>
       <c r="T29" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U29" t="s">
-        <v>410</v>
+        <v>381</v>
       </c>
       <c r="V29">
-        <v>580491</v>
+        <v>593467</v>
       </c>
       <c r="W29" t="s">
         <v>71</v>
       </c>
       <c r="X29">
-        <v>44.47</v>
+        <v>78.68</v>
       </c>
       <c r="Y29">
         <v>3.8</v>
       </c>
       <c r="Z29" t="s">
         <v>71</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>70</v>
       </c>
       <c r="AC29" t="s">
-        <v>411</v>
+        <v>382</v>
       </c>
       <c r="AD29">
-        <v>42646831</v>
+        <v>72782285</v>
       </c>
       <c r="AE29" t="s">
-        <v>415</v>
+        <v>386</v>
       </c>
       <c r="AF29">
-        <v>970023330</v>
+        <v>923962218</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>416</v>
+        <v>387</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>205</v>
+        <v>150</v>
       </c>
       <c r="AK29" t="s">
         <v>70</v>
       </c>
       <c r="AL29" t="s">
-        <v>71</v>
+        <v>384</v>
       </c>
       <c r="AM29" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AN29"/>
+        <v>79</v>
+      </c>
+      <c r="AN29" t="s">
+        <v>383</v>
+      </c>
       <c r="AO29">
-        <v>0</v>
+        <v>38.78</v>
       </c>
       <c r="AP29" t="s">
-        <v>417</v>
+        <v>388</v>
       </c>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29" t="s">
         <v>71</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29">
         <v>0</v>
       </c>
       <c r="AX29"/>
       <c r="AY29" t="s">
-        <v>410</v>
+        <v>381</v>
       </c>
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB29" t="s">
-        <v>409</v>
+        <v>380</v>
       </c>
       <c r="BC29" t="s">
-        <v>71</v>
+        <v>384</v>
       </c>
       <c r="BD29" t="s">
         <v>71</v>
       </c>
       <c r="BE29" t="s">
         <v>71</v>
       </c>
       <c r="BF29" t="s">
         <v>71</v>
       </c>
       <c r="BG29" t="s">
         <v>71</v>
       </c>
       <c r="BH29">
-        <v>333</v>
+        <v>93</v>
       </c>
       <c r="BI29" t="s">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="BJ29" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK29" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL29" t="s">
-        <v>140</v>
+        <v>389</v>
       </c>
       <c r="BM29" t="s">
-        <v>418</v>
+        <v>390</v>
       </c>
       <c r="BN29" t="s">
-        <v>419</v>
+        <v>391</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>169</v>
+        <v>299</v>
       </c>
       <c r="BS29" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>420</v>
+        <v>392</v>
       </c>
       <c r="C30" t="s">
-        <v>421</v>
+        <v>393</v>
       </c>
       <c r="D30">
-        <v>580169</v>
+        <v>593278</v>
       </c>
       <c r="E30">
-        <v>89.21</v>
+        <v>107.63</v>
       </c>
       <c r="F30" t="s">
-        <v>422</v>
+        <v>394</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
-      <c r="H30"/>
+      <c r="H30" t="s">
+        <v>395</v>
+      </c>
       <c r="I30">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="J30" t="s">
-        <v>71</v>
+        <v>396</v>
       </c>
       <c r="K30" t="s">
-        <v>412</v>
+        <v>72</v>
       </c>
       <c r="L30" t="s">
-        <v>421</v>
+        <v>393</v>
       </c>
       <c r="M30" t="s">
         <v>73</v>
       </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30">
-        <v>43400047</v>
+        <v>75696178</v>
       </c>
       <c r="Q30" t="s">
-        <v>420</v>
+        <v>392</v>
       </c>
       <c r="R30" t="s">
-        <v>423</v>
+        <v>397</v>
       </c>
       <c r="S30" t="s">
-        <v>423</v>
+        <v>397</v>
       </c>
       <c r="T30" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U30" t="s">
-        <v>421</v>
+        <v>393</v>
       </c>
       <c r="V30">
-        <v>580169</v>
+        <v>593278</v>
       </c>
       <c r="W30" t="s">
         <v>71</v>
       </c>
       <c r="X30">
-        <v>89.21</v>
+        <v>107.63</v>
       </c>
       <c r="Y30">
         <v>3.8</v>
       </c>
       <c r="Z30" t="s">
         <v>71</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>70</v>
       </c>
       <c r="AC30" t="s">
-        <v>422</v>
+        <v>394</v>
       </c>
       <c r="AD30">
-        <v>43400047</v>
+        <v>75696178</v>
       </c>
       <c r="AE30" t="s">
-        <v>424</v>
+        <v>398</v>
       </c>
       <c r="AF30">
-        <v>971563629</v>
+        <v>902663159</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>425</v>
+        <v>399</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>138</v>
+        <v>400</v>
       </c>
       <c r="AK30" t="s">
         <v>70</v>
       </c>
       <c r="AL30" t="s">
-        <v>71</v>
+        <v>396</v>
       </c>
       <c r="AM30" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AN30"/>
+        <v>79</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>395</v>
+      </c>
       <c r="AO30">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="AP30" t="s">
-        <v>426</v>
+        <v>401</v>
       </c>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30" t="s">
         <v>71</v>
       </c>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30">
         <v>0</v>
       </c>
       <c r="AX30"/>
       <c r="AY30" t="s">
-        <v>421</v>
+        <v>393</v>
       </c>
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB30" t="s">
-        <v>420</v>
+        <v>392</v>
       </c>
       <c r="BC30" t="s">
-        <v>71</v>
+        <v>396</v>
       </c>
       <c r="BD30" t="s">
         <v>71</v>
       </c>
       <c r="BE30" t="s">
         <v>71</v>
       </c>
       <c r="BF30" t="s">
         <v>71</v>
       </c>
       <c r="BG30" t="s">
         <v>71</v>
       </c>
       <c r="BH30">
-        <v>338</v>
+        <v>99</v>
       </c>
       <c r="BI30" t="s">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="BJ30" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK30" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="BL30" t="s">
-        <v>427</v>
+        <v>389</v>
       </c>
       <c r="BM30" t="s">
-        <v>428</v>
+        <v>402</v>
       </c>
       <c r="BN30" t="s">
-        <v>429</v>
+        <v>403</v>
       </c>
       <c r="BO30">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
-        <v>339</v>
+        <v>409</v>
       </c>
       <c r="BS30" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>430</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
-        <v>431</v>
+        <v>405</v>
       </c>
       <c r="D31">
-        <v>580157</v>
+        <v>593116</v>
       </c>
       <c r="E31">
-        <v>73.16</v>
+        <v>68.16</v>
       </c>
       <c r="F31" t="s">
-        <v>432</v>
+        <v>406</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="J31" t="s">
         <v>71</v>
       </c>
       <c r="K31" t="s">
-        <v>433</v>
+        <v>72</v>
       </c>
       <c r="L31" t="s">
-        <v>431</v>
+        <v>405</v>
       </c>
       <c r="M31" t="s">
         <v>73</v>
       </c>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31">
-        <v>71322479</v>
+        <v>44554647</v>
       </c>
       <c r="Q31" t="s">
-        <v>430</v>
+        <v>404</v>
       </c>
       <c r="R31" t="s">
-        <v>434</v>
+        <v>407</v>
       </c>
       <c r="S31" t="s">
-        <v>434</v>
+        <v>408</v>
       </c>
       <c r="T31" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U31" t="s">
-        <v>431</v>
+        <v>405</v>
       </c>
       <c r="V31">
-        <v>580157</v>
+        <v>593116</v>
       </c>
       <c r="W31" t="s">
         <v>71</v>
       </c>
       <c r="X31">
-        <v>73.16</v>
+        <v>68.16</v>
       </c>
       <c r="Y31">
         <v>3.8</v>
       </c>
       <c r="Z31" t="s">
         <v>71</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>70</v>
       </c>
       <c r="AC31" t="s">
-        <v>432</v>
+        <v>406</v>
       </c>
       <c r="AD31">
-        <v>71322479</v>
+        <v>44554647</v>
       </c>
       <c r="AE31" t="s">
-        <v>435</v>
+        <v>409</v>
       </c>
       <c r="AF31">
-        <v>979175276</v>
+        <v>922879988</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>436</v>
+        <v>410</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>437</v>
+        <v>411</v>
       </c>
       <c r="AK31" t="s">
         <v>70</v>
       </c>
       <c r="AL31" t="s">
         <v>71</v>
       </c>
       <c r="AM31" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN31"/>
       <c r="AO31">
         <v>0</v>
       </c>
       <c r="AP31" t="s">
-        <v>438</v>
+        <v>412</v>
       </c>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31" t="s">
         <v>71</v>
       </c>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31">
         <v>0</v>
       </c>
       <c r="AX31"/>
       <c r="AY31" t="s">
-        <v>431</v>
+        <v>405</v>
       </c>
       <c r="AZ31" t="s">
         <v>73</v>
       </c>
       <c r="BA31" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB31" t="s">
-        <v>430</v>
+        <v>404</v>
       </c>
       <c r="BC31" t="s">
         <v>71</v>
       </c>
       <c r="BD31" t="s">
         <v>71</v>
       </c>
       <c r="BE31" t="s">
         <v>71</v>
       </c>
       <c r="BF31" t="s">
         <v>71</v>
       </c>
       <c r="BG31" t="s">
         <v>71</v>
       </c>
       <c r="BH31">
-        <v>338</v>
+        <v>105</v>
       </c>
       <c r="BI31" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ31" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK31" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL31" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BM31" t="s">
-        <v>439</v>
+        <v>413</v>
       </c>
       <c r="BN31" t="s">
-        <v>440</v>
+        <v>414</v>
       </c>
       <c r="BO31">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>278</v>
+        <v>259</v>
       </c>
       <c r="BS31" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>441</v>
+        <v>415</v>
       </c>
       <c r="C32" t="s">
-        <v>442</v>
+        <v>416</v>
       </c>
       <c r="D32">
-        <v>580079</v>
+        <v>593047</v>
       </c>
       <c r="E32">
-        <v>36.58</v>
+        <v>168.16</v>
       </c>
       <c r="F32" t="s">
-        <v>443</v>
+        <v>417</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32" t="s">
         <v>71</v>
       </c>
       <c r="K32" t="s">
-        <v>412</v>
+        <v>72</v>
       </c>
       <c r="L32" t="s">
-        <v>442</v>
+        <v>416</v>
       </c>
       <c r="M32" t="s">
         <v>73</v>
       </c>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32">
-        <v>10280855</v>
+        <v>41498040</v>
       </c>
       <c r="Q32" t="s">
-        <v>441</v>
+        <v>415</v>
       </c>
       <c r="R32" t="s">
-        <v>444</v>
+        <v>418</v>
       </c>
       <c r="S32" t="s">
-        <v>445</v>
+        <v>419</v>
       </c>
       <c r="T32" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U32" t="s">
-        <v>442</v>
+        <v>416</v>
       </c>
       <c r="V32">
-        <v>580079</v>
+        <v>593047</v>
       </c>
       <c r="W32" t="s">
         <v>71</v>
       </c>
       <c r="X32">
-        <v>36.58</v>
+        <v>168.16</v>
       </c>
       <c r="Y32">
         <v>3.8</v>
       </c>
       <c r="Z32" t="s">
         <v>71</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>70</v>
       </c>
       <c r="AC32" t="s">
-        <v>443</v>
+        <v>417</v>
       </c>
       <c r="AD32">
-        <v>10280855</v>
+        <v>41498040</v>
       </c>
       <c r="AE32" t="s">
-        <v>446</v>
+        <v>420</v>
       </c>
       <c r="AF32">
-        <v>991663309</v>
+        <v>991487762</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>447</v>
+        <v>421</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>448</v>
+        <v>422</v>
       </c>
       <c r="AK32" t="s">
         <v>70</v>
       </c>
       <c r="AL32" t="s">
         <v>71</v>
       </c>
       <c r="AM32" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN32"/>
       <c r="AO32">
         <v>0</v>
       </c>
       <c r="AP32" t="s">
-        <v>438</v>
+        <v>423</v>
       </c>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32" t="s">
         <v>71</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32">
         <v>0</v>
       </c>
       <c r="AX32"/>
       <c r="AY32" t="s">
-        <v>442</v>
+        <v>416</v>
       </c>
       <c r="AZ32" t="s">
         <v>73</v>
       </c>
       <c r="BA32" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB32" t="s">
-        <v>441</v>
+        <v>415</v>
       </c>
       <c r="BC32" t="s">
         <v>71</v>
       </c>
       <c r="BD32" t="s">
         <v>71</v>
       </c>
       <c r="BE32" t="s">
         <v>71</v>
       </c>
       <c r="BF32" t="s">
         <v>71</v>
       </c>
       <c r="BG32" t="s">
         <v>71</v>
       </c>
       <c r="BH32">
-        <v>340</v>
+        <v>107</v>
       </c>
       <c r="BI32" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ32" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK32" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL32" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="BM32" t="s">
-        <v>449</v>
+        <v>424</v>
       </c>
       <c r="BN32" t="s">
-        <v>450</v>
+        <v>425</v>
       </c>
       <c r="BO32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>139</v>
+        <v>639</v>
       </c>
       <c r="BS32" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>451</v>
+        <v>426</v>
       </c>
       <c r="C33" t="s">
-        <v>452</v>
+        <v>427</v>
       </c>
       <c r="D33">
-        <v>580058</v>
+        <v>593004</v>
       </c>
       <c r="E33">
-        <v>44.47</v>
+        <v>76.05</v>
       </c>
       <c r="F33" t="s">
-        <v>453</v>
+        <v>428</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
-      <c r="H33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H33"/>
       <c r="I33">
-        <v>15.99</v>
+        <v>0</v>
       </c>
       <c r="J33" t="s">
-        <v>455</v>
+        <v>71</v>
       </c>
       <c r="K33" t="s">
-        <v>412</v>
+        <v>72</v>
       </c>
       <c r="L33" t="s">
-        <v>452</v>
+        <v>427</v>
       </c>
       <c r="M33" t="s">
         <v>73</v>
       </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33">
-        <v>42394316</v>
+        <v>70318205</v>
       </c>
       <c r="Q33" t="s">
-        <v>451</v>
+        <v>426</v>
       </c>
       <c r="R33" t="s">
-        <v>456</v>
+        <v>429</v>
       </c>
       <c r="S33" t="s">
-        <v>457</v>
+        <v>429</v>
       </c>
       <c r="T33" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U33" t="s">
-        <v>452</v>
+        <v>427</v>
       </c>
       <c r="V33">
-        <v>580058</v>
+        <v>593004</v>
       </c>
       <c r="W33" t="s">
         <v>71</v>
       </c>
       <c r="X33">
-        <v>44.47</v>
+        <v>76.05</v>
       </c>
       <c r="Y33">
         <v>3.8</v>
       </c>
       <c r="Z33" t="s">
         <v>71</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>70</v>
       </c>
       <c r="AC33" t="s">
-        <v>453</v>
+        <v>428</v>
       </c>
       <c r="AD33">
-        <v>42394316</v>
+        <v>70318205</v>
       </c>
       <c r="AE33" t="s">
-        <v>458</v>
+        <v>430</v>
       </c>
       <c r="AF33">
-        <v>962364849</v>
+        <v>949292060</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>459</v>
+        <v>431</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>184</v>
+        <v>226</v>
       </c>
       <c r="AK33" t="s">
         <v>70</v>
       </c>
       <c r="AL33" t="s">
-        <v>455</v>
+        <v>71</v>
       </c>
       <c r="AM33" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN33"/>
       <c r="AO33">
-        <v>15.99</v>
+        <v>0</v>
       </c>
       <c r="AP33" t="s">
-        <v>460</v>
-[...9 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="AQ33"/>
+      <c r="AR33"/>
+      <c r="AS33"/>
       <c r="AT33" t="s">
-        <v>463</v>
+        <v>71</v>
       </c>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33">
         <v>0</v>
       </c>
       <c r="AX33"/>
       <c r="AY33" t="s">
-        <v>452</v>
+        <v>427</v>
       </c>
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB33" t="s">
-        <v>451</v>
+        <v>426</v>
       </c>
       <c r="BC33" t="s">
-        <v>455</v>
+        <v>71</v>
       </c>
       <c r="BD33" t="s">
-        <v>464</v>
+        <v>71</v>
       </c>
       <c r="BE33" t="s">
         <v>71</v>
       </c>
       <c r="BF33" t="s">
         <v>71</v>
       </c>
       <c r="BG33" t="s">
         <v>71</v>
       </c>
       <c r="BH33">
-        <v>340</v>
+        <v>109</v>
       </c>
       <c r="BI33" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ33" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK33" t="s">
-        <v>343</v>
+        <v>166</v>
       </c>
       <c r="BL33" t="s">
-        <v>207</v>
+        <v>97</v>
       </c>
       <c r="BM33" t="s">
-        <v>465</v>
+        <v>433</v>
       </c>
       <c r="BN33" t="s">
-        <v>466</v>
+        <v>434</v>
       </c>
       <c r="BO33">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>169</v>
+        <v>289</v>
       </c>
       <c r="BS33" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>467</v>
+        <v>435</v>
       </c>
       <c r="C34" t="s">
-        <v>468</v>
+        <v>436</v>
       </c>
       <c r="D34">
-        <v>580057</v>
+        <v>592905</v>
       </c>
       <c r="E34">
-        <v>76.05</v>
+        <v>86.58</v>
       </c>
       <c r="F34" t="s">
-        <v>469</v>
+        <v>437</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H34"/>
       <c r="I34">
-        <v>34.19</v>
+        <v>0</v>
       </c>
       <c r="J34" t="s">
-        <v>455</v>
+        <v>71</v>
       </c>
       <c r="K34" t="s">
-        <v>281</v>
+        <v>72</v>
       </c>
       <c r="L34" t="s">
-        <v>468</v>
+        <v>436</v>
       </c>
       <c r="M34" t="s">
         <v>73</v>
       </c>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34">
-        <v>40516343</v>
+        <v>75800211</v>
       </c>
       <c r="Q34" t="s">
-        <v>467</v>
+        <v>435</v>
       </c>
       <c r="R34" t="s">
-        <v>471</v>
+        <v>438</v>
       </c>
       <c r="S34" t="s">
-        <v>472</v>
+        <v>439</v>
       </c>
       <c r="T34" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U34" t="s">
-        <v>468</v>
+        <v>436</v>
       </c>
       <c r="V34">
-        <v>580057</v>
+        <v>592905</v>
       </c>
       <c r="W34" t="s">
         <v>71</v>
       </c>
       <c r="X34">
-        <v>76.05</v>
+        <v>86.58</v>
       </c>
       <c r="Y34">
         <v>3.8</v>
       </c>
       <c r="Z34" t="s">
         <v>71</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>70</v>
       </c>
       <c r="AC34" t="s">
-        <v>469</v>
+        <v>437</v>
       </c>
       <c r="AD34">
-        <v>40516343</v>
+        <v>75800211</v>
       </c>
       <c r="AE34" t="s">
-        <v>473</v>
+        <v>440</v>
       </c>
       <c r="AF34">
-        <v>997124879</v>
+        <v>972157153</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>474</v>
+        <v>441</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="AM34" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN34"/>
       <c r="AO34">
-        <v>34.19</v>
+        <v>0</v>
       </c>
       <c r="AP34" t="s">
-        <v>475</v>
-[...9 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="AQ34"/>
+      <c r="AR34"/>
+      <c r="AS34"/>
       <c r="AT34" t="s">
-        <v>463</v>
+        <v>71</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34">
         <v>0</v>
       </c>
       <c r="AX34"/>
       <c r="AY34" t="s">
-        <v>468</v>
+        <v>436</v>
       </c>
       <c r="AZ34" t="s">
         <v>73</v>
       </c>
       <c r="BA34" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB34" t="s">
-        <v>467</v>
+        <v>435</v>
       </c>
       <c r="BC34" t="s">
-        <v>455</v>
+        <v>71</v>
       </c>
       <c r="BD34" t="s">
-        <v>477</v>
+        <v>71</v>
       </c>
       <c r="BE34" t="s">
         <v>71</v>
       </c>
       <c r="BF34" t="s">
         <v>71</v>
       </c>
       <c r="BG34" t="s">
         <v>71</v>
       </c>
       <c r="BH34">
-        <v>340</v>
+        <v>111</v>
       </c>
       <c r="BI34" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="BJ34" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK34" t="s">
-        <v>343</v>
+        <v>166</v>
       </c>
       <c r="BL34" t="s">
-        <v>405</v>
+        <v>107</v>
       </c>
       <c r="BM34" t="s">
-        <v>478</v>
+        <v>443</v>
       </c>
       <c r="BN34" t="s">
-        <v>479</v>
+        <v>444</v>
       </c>
       <c r="BO34">
         <v>7</v>
       </c>
-      <c r="BP34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>289</v>
+        <v>329</v>
       </c>
       <c r="BS34" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>480</v>
+        <v>445</v>
       </c>
       <c r="C35" t="s">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="D35">
-        <v>579408</v>
+        <v>592771</v>
       </c>
       <c r="E35">
-        <v>83.95</v>
+        <v>65.53</v>
       </c>
       <c r="F35" t="s">
-        <v>482</v>
+        <v>447</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
-        <v>483</v>
+        <v>448</v>
       </c>
       <c r="I35">
-        <v>37.99</v>
+        <v>0</v>
       </c>
       <c r="J35" t="s">
-        <v>484</v>
+        <v>449</v>
       </c>
       <c r="K35" t="s">
-        <v>281</v>
+        <v>72</v>
       </c>
       <c r="L35" t="s">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="M35" t="s">
         <v>73</v>
       </c>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35">
-        <v>11145442</v>
+        <v>73054461</v>
       </c>
       <c r="Q35" t="s">
-        <v>480</v>
+        <v>445</v>
       </c>
       <c r="R35" t="s">
-        <v>485</v>
+        <v>450</v>
       </c>
       <c r="S35" t="s">
-        <v>485</v>
+        <v>450</v>
       </c>
       <c r="T35" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U35" t="s">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="V35">
-        <v>579408</v>
+        <v>592771</v>
       </c>
       <c r="W35" t="s">
         <v>71</v>
       </c>
       <c r="X35">
-        <v>83.95</v>
+        <v>65.53</v>
       </c>
       <c r="Y35">
         <v>3.8</v>
       </c>
       <c r="Z35" t="s">
         <v>71</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>70</v>
       </c>
       <c r="AC35" t="s">
-        <v>482</v>
+        <v>447</v>
       </c>
       <c r="AD35">
-        <v>11145442</v>
+        <v>73054461</v>
       </c>
       <c r="AE35" t="s">
-        <v>486</v>
+        <v>451</v>
       </c>
       <c r="AF35">
-        <v>99999999</v>
+        <v>945061519</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>487</v>
+        <v>452</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>184</v>
+        <v>78</v>
       </c>
       <c r="AK35" t="s">
         <v>70</v>
       </c>
       <c r="AL35" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="AM35"/>
+        <v>449</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>79</v>
+      </c>
       <c r="AN35" t="s">
-        <v>483</v>
+        <v>448</v>
       </c>
       <c r="AO35">
-        <v>37.99</v>
+        <v>0</v>
       </c>
       <c r="AP35" t="s">
-        <v>488</v>
+        <v>453</v>
       </c>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35" t="s">
         <v>71</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35">
         <v>0</v>
       </c>
       <c r="AX35"/>
       <c r="AY35" t="s">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="AZ35" t="s">
         <v>73</v>
       </c>
       <c r="BA35" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB35" t="s">
-        <v>480</v>
+        <v>445</v>
       </c>
       <c r="BC35" t="s">
-        <v>484</v>
+        <v>449</v>
       </c>
       <c r="BD35" t="s">
         <v>71</v>
       </c>
       <c r="BE35" t="s">
         <v>71</v>
       </c>
       <c r="BF35" t="s">
         <v>71</v>
       </c>
       <c r="BG35" t="s">
         <v>71</v>
       </c>
       <c r="BH35">
-        <v>351</v>
+        <v>116</v>
       </c>
       <c r="BI35" t="s">
-        <v>305</v>
+        <v>152</v>
       </c>
       <c r="BJ35" t="s">
-        <v>489</v>
+        <v>96</v>
       </c>
       <c r="BK35" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL35" t="s">
-        <v>490</v>
+        <v>215</v>
       </c>
       <c r="BM35" t="s">
-        <v>491</v>
+        <v>454</v>
       </c>
       <c r="BN35" t="s">
-        <v>492</v>
+        <v>455</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>319</v>
+        <v>249</v>
       </c>
       <c r="BS35" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>493</v>
+        <v>456</v>
       </c>
       <c r="C36" t="s">
-        <v>494</v>
+        <v>457</v>
       </c>
       <c r="D36">
-        <v>579407</v>
+        <v>592333</v>
       </c>
       <c r="E36">
-        <v>104.74</v>
+        <v>89.21</v>
       </c>
       <c r="F36" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>495</v>
+        <v>459</v>
       </c>
       <c r="I36">
-        <v>43.98</v>
+        <v>49.99</v>
       </c>
       <c r="J36" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
       <c r="K36" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L36" t="s">
-        <v>494</v>
+        <v>457</v>
       </c>
       <c r="M36" t="s">
         <v>73</v>
       </c>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36">
-        <v>11139428</v>
+        <v>44460847</v>
       </c>
       <c r="Q36" t="s">
-        <v>493</v>
+        <v>456</v>
       </c>
       <c r="R36" t="s">
-        <v>496</v>
+        <v>462</v>
       </c>
       <c r="S36" t="s">
-        <v>497</v>
+        <v>463</v>
       </c>
       <c r="T36" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U36" t="s">
-        <v>494</v>
+        <v>457</v>
       </c>
       <c r="V36">
-        <v>579407</v>
+        <v>592333</v>
       </c>
       <c r="W36" t="s">
         <v>71</v>
       </c>
       <c r="X36">
-        <v>104.74</v>
+        <v>89.21</v>
       </c>
       <c r="Y36">
         <v>3.8</v>
       </c>
       <c r="Z36" t="s">
         <v>71</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>70</v>
       </c>
       <c r="AC36" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="AD36">
-        <v>11139428</v>
+        <v>44460847</v>
       </c>
       <c r="AE36" t="s">
-        <v>486</v>
+        <v>464</v>
       </c>
       <c r="AF36">
-        <v>99999999</v>
+        <v>941929214</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>487</v>
+        <v>465</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>184</v>
+        <v>466</v>
       </c>
       <c r="AK36" t="s">
         <v>70</v>
       </c>
       <c r="AL36" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="AM36"/>
+        <v>460</v>
+      </c>
+      <c r="AM36" t="s">
+        <v>79</v>
+      </c>
       <c r="AN36" t="s">
-        <v>495</v>
+        <v>459</v>
       </c>
       <c r="AO36">
-        <v>43.98</v>
+        <v>49.99</v>
       </c>
       <c r="AP36" t="s">
-        <v>498</v>
-[...9 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="AQ36"/>
+      <c r="AR36"/>
+      <c r="AS36"/>
       <c r="AT36" t="s">
-        <v>500</v>
+        <v>71</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36">
         <v>0</v>
       </c>
       <c r="AX36"/>
       <c r="AY36" t="s">
-        <v>494</v>
+        <v>457</v>
       </c>
       <c r="AZ36" t="s">
         <v>73</v>
       </c>
       <c r="BA36" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB36" t="s">
-        <v>493</v>
+        <v>456</v>
       </c>
       <c r="BC36" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
       <c r="BD36" t="s">
-        <v>501</v>
+        <v>71</v>
       </c>
       <c r="BE36" t="s">
         <v>71</v>
       </c>
       <c r="BF36" t="s">
         <v>71</v>
       </c>
       <c r="BG36" t="s">
         <v>71</v>
       </c>
       <c r="BH36">
-        <v>351</v>
+        <v>130</v>
       </c>
       <c r="BI36" t="s">
-        <v>305</v>
+        <v>152</v>
       </c>
       <c r="BJ36" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK36" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL36" t="s">
-        <v>490</v>
+        <v>468</v>
       </c>
       <c r="BM36" t="s">
-        <v>502</v>
+        <v>469</v>
       </c>
       <c r="BN36" t="s">
-        <v>503</v>
+        <v>71</v>
       </c>
       <c r="BO36">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>398</v>
+        <v>339</v>
       </c>
       <c r="BS36" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>504</v>
+        <v>470</v>
       </c>
       <c r="C37" t="s">
-        <v>505</v>
+        <v>471</v>
       </c>
       <c r="D37">
-        <v>579406</v>
+        <v>592223</v>
       </c>
       <c r="E37">
-        <v>94.22</v>
+        <v>168.16</v>
       </c>
       <c r="F37" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>506</v>
+        <v>473</v>
       </c>
       <c r="I37">
-        <v>38.8</v>
+        <v>80.07</v>
       </c>
       <c r="J37" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="K37" t="s">
-        <v>281</v>
+        <v>205</v>
       </c>
       <c r="L37" t="s">
-        <v>505</v>
+        <v>471</v>
       </c>
       <c r="M37" t="s">
         <v>73</v>
       </c>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37">
-        <v>11137250</v>
+        <v>70877993</v>
       </c>
       <c r="Q37" t="s">
-        <v>504</v>
+        <v>470</v>
       </c>
       <c r="R37" t="s">
-        <v>507</v>
+        <v>475</v>
       </c>
       <c r="S37" t="s">
-        <v>507</v>
+        <v>476</v>
       </c>
       <c r="T37" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U37" t="s">
-        <v>505</v>
+        <v>471</v>
       </c>
       <c r="V37">
-        <v>579406</v>
+        <v>592223</v>
       </c>
       <c r="W37" t="s">
         <v>71</v>
       </c>
       <c r="X37">
-        <v>94.22</v>
+        <v>168.16</v>
       </c>
       <c r="Y37">
         <v>3.8</v>
       </c>
       <c r="Z37" t="s">
         <v>71</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>70</v>
       </c>
       <c r="AC37" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="AD37">
-        <v>11137250</v>
+        <v>70877993</v>
       </c>
       <c r="AE37" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="AF37">
-        <v>99999999</v>
+        <v>976006157</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>184</v>
+        <v>479</v>
       </c>
       <c r="AK37" t="s">
         <v>70</v>
       </c>
       <c r="AL37" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="AM37"/>
+        <v>474</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>210</v>
+      </c>
       <c r="AN37" t="s">
-        <v>506</v>
+        <v>473</v>
       </c>
       <c r="AO37">
-        <v>38.8</v>
+        <v>80.07</v>
       </c>
       <c r="AP37" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-      <c r="AR37"/>
+        <v>283</v>
+      </c>
+      <c r="AQ37" t="s">
+        <v>212</v>
+      </c>
+      <c r="AR37" t="s">
+        <v>213</v>
+      </c>
       <c r="AS37"/>
       <c r="AT37" t="s">
         <v>71</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37">
         <v>0</v>
       </c>
       <c r="AX37"/>
       <c r="AY37" t="s">
-        <v>505</v>
+        <v>471</v>
       </c>
       <c r="AZ37" t="s">
         <v>73</v>
       </c>
       <c r="BA37" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB37" t="s">
-        <v>504</v>
+        <v>470</v>
       </c>
       <c r="BC37" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="BD37" t="s">
         <v>71</v>
       </c>
       <c r="BE37" t="s">
         <v>71</v>
       </c>
       <c r="BF37" t="s">
         <v>71</v>
       </c>
       <c r="BG37" t="s">
         <v>71</v>
       </c>
       <c r="BH37">
-        <v>351</v>
+        <v>133</v>
       </c>
       <c r="BI37" t="s">
-        <v>305</v>
+        <v>214</v>
       </c>
       <c r="BJ37" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK37" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL37" t="s">
-        <v>273</v>
+        <v>215</v>
       </c>
       <c r="BM37" t="s">
-        <v>509</v>
+        <v>480</v>
       </c>
       <c r="BN37" t="s">
-        <v>510</v>
+        <v>481</v>
       </c>
       <c r="BO37">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP37"/>
+        <v>17</v>
+      </c>
+      <c r="BP37" t="s">
+        <v>212</v>
+      </c>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>358</v>
+        <v>639</v>
       </c>
       <c r="BS37" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="C38" t="s">
-        <v>512</v>
+        <v>483</v>
       </c>
       <c r="D38">
-        <v>579093</v>
+        <v>591910</v>
       </c>
       <c r="E38">
-        <v>205</v>
+        <v>89.21</v>
       </c>
       <c r="F38" t="s">
-        <v>513</v>
+        <v>484</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38" t="s">
         <v>71</v>
       </c>
       <c r="K38" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="L38" t="s">
-        <v>512</v>
+        <v>483</v>
       </c>
       <c r="M38" t="s">
         <v>73</v>
       </c>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38">
-        <v>47828911</v>
+        <v>77036421</v>
       </c>
       <c r="Q38" t="s">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="R38" t="s">
-        <v>514</v>
+        <v>485</v>
       </c>
       <c r="S38" t="s">
-        <v>514</v>
+        <v>485</v>
       </c>
       <c r="T38" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U38" t="s">
-        <v>512</v>
+        <v>483</v>
       </c>
       <c r="V38">
-        <v>579093</v>
+        <v>591910</v>
       </c>
       <c r="W38" t="s">
         <v>71</v>
       </c>
       <c r="X38">
-        <v>205</v>
+        <v>89.21</v>
       </c>
       <c r="Y38">
         <v>3.8</v>
       </c>
       <c r="Z38" t="s">
         <v>71</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>70</v>
       </c>
       <c r="AC38" t="s">
-        <v>513</v>
+        <v>484</v>
       </c>
       <c r="AD38">
-        <v>47828911</v>
+        <v>77036421</v>
       </c>
       <c r="AE38" t="s">
-        <v>515</v>
+        <v>486</v>
       </c>
       <c r="AF38">
-        <v>958899002</v>
+        <v>949259063</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>516</v>
+        <v>487</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="AK38" t="s">
         <v>70</v>
       </c>
       <c r="AL38" t="s">
         <v>71</v>
       </c>
       <c r="AM38" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN38"/>
       <c r="AO38">
         <v>0</v>
       </c>
       <c r="AP38" t="s">
-        <v>517</v>
+        <v>488</v>
       </c>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38" t="s">
         <v>71</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38">
         <v>0</v>
       </c>
       <c r="AX38"/>
       <c r="AY38" t="s">
-        <v>512</v>
+        <v>483</v>
       </c>
       <c r="AZ38" t="s">
         <v>73</v>
       </c>
       <c r="BA38" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB38" t="s">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="BC38" t="s">
         <v>71</v>
       </c>
       <c r="BD38" t="s">
         <v>71</v>
       </c>
       <c r="BE38" t="s">
         <v>71</v>
       </c>
       <c r="BF38" t="s">
         <v>71</v>
       </c>
       <c r="BG38" t="s">
         <v>71</v>
       </c>
       <c r="BH38">
-        <v>356</v>
+        <v>143</v>
       </c>
       <c r="BI38" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ38" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK38" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL38" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BM38" t="s">
-        <v>518</v>
+        <v>489</v>
       </c>
       <c r="BN38" t="s">
-        <v>519</v>
+        <v>71</v>
       </c>
       <c r="BO38">
         <v>2</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>779</v>
+        <v>339</v>
       </c>
       <c r="BS38" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>520</v>
+        <v>490</v>
       </c>
       <c r="C39" t="s">
-        <v>521</v>
+        <v>491</v>
       </c>
       <c r="D39">
-        <v>579070</v>
+        <v>591585</v>
       </c>
       <c r="E39">
-        <v>70.79</v>
+        <v>73.16</v>
       </c>
       <c r="F39" t="s">
-        <v>522</v>
+        <v>492</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
-      <c r="H39"/>
+      <c r="H39" t="s">
+        <v>493</v>
+      </c>
       <c r="I39">
-        <v>0</v>
+        <v>21.98</v>
       </c>
       <c r="J39" t="s">
-        <v>71</v>
+        <v>494</v>
       </c>
       <c r="K39" t="s">
-        <v>412</v>
+        <v>205</v>
       </c>
       <c r="L39" t="s">
-        <v>521</v>
+        <v>491</v>
       </c>
       <c r="M39" t="s">
         <v>73</v>
       </c>
       <c r="N39"/>
       <c r="O39"/>
-      <c r="P39" t="s">
-        <v>523</v>
+      <c r="P39">
+        <v>43270053</v>
       </c>
       <c r="Q39" t="s">
-        <v>520</v>
+        <v>490</v>
       </c>
       <c r="R39" t="s">
-        <v>524</v>
+        <v>495</v>
       </c>
       <c r="S39" t="s">
-        <v>525</v>
+        <v>495</v>
       </c>
       <c r="T39" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U39" t="s">
-        <v>521</v>
+        <v>491</v>
       </c>
       <c r="V39">
-        <v>579070</v>
+        <v>591585</v>
       </c>
       <c r="W39" t="s">
         <v>71</v>
       </c>
       <c r="X39">
-        <v>70.79</v>
+        <v>73.16</v>
       </c>
       <c r="Y39">
         <v>3.8</v>
       </c>
       <c r="Z39" t="s">
         <v>71</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>70</v>
       </c>
       <c r="AC39" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>523</v>
+        <v>492</v>
+      </c>
+      <c r="AD39">
+        <v>43270053</v>
       </c>
       <c r="AE39" t="s">
-        <v>526</v>
+        <v>496</v>
       </c>
       <c r="AF39">
-        <v>965453228</v>
+        <v>988260163</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>527</v>
+        <v>497</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>528</v>
+        <v>498</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
-        <v>71</v>
+        <v>494</v>
       </c>
       <c r="AM39" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AN39"/>
+        <v>210</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>493</v>
+      </c>
       <c r="AO39">
-        <v>0</v>
+        <v>21.98</v>
       </c>
       <c r="AP39" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-      <c r="AR39"/>
+        <v>499</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>212</v>
+      </c>
+      <c r="AR39" t="s">
+        <v>213</v>
+      </c>
       <c r="AS39"/>
       <c r="AT39" t="s">
         <v>71</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39">
         <v>0</v>
       </c>
       <c r="AX39"/>
       <c r="AY39" t="s">
-        <v>521</v>
+        <v>491</v>
       </c>
       <c r="AZ39" t="s">
         <v>73</v>
       </c>
       <c r="BA39" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB39" t="s">
-        <v>520</v>
+        <v>490</v>
       </c>
       <c r="BC39" t="s">
-        <v>71</v>
+        <v>494</v>
       </c>
       <c r="BD39" t="s">
         <v>71</v>
       </c>
       <c r="BE39" t="s">
         <v>71</v>
       </c>
       <c r="BF39" t="s">
         <v>71</v>
       </c>
       <c r="BG39" t="s">
         <v>71</v>
       </c>
       <c r="BH39">
-        <v>357</v>
+        <v>150</v>
       </c>
       <c r="BI39" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ39" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK39" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL39" t="s">
-        <v>118</v>
+        <v>500</v>
       </c>
       <c r="BM39" t="s">
-        <v>530</v>
+        <v>501</v>
       </c>
       <c r="BN39" t="s">
-        <v>531</v>
+        <v>502</v>
       </c>
       <c r="BO39">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="BP39"/>
+        <v>19</v>
+      </c>
+      <c r="BP39" t="s">
+        <v>212</v>
+      </c>
       <c r="BQ39"/>
       <c r="BR39">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="BS39" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
       <c r="C40" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="D40">
-        <v>578820</v>
+        <v>591520</v>
       </c>
       <c r="E40">
-        <v>107.63</v>
+        <v>76.05</v>
       </c>
       <c r="F40" t="s">
-        <v>534</v>
+        <v>505</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>535</v>
+        <v>506</v>
       </c>
       <c r="I40">
-        <v>59.99</v>
+        <v>42.5</v>
       </c>
       <c r="J40" t="s">
-        <v>536</v>
+        <v>507</v>
       </c>
       <c r="K40" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L40" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="M40" t="s">
         <v>73</v>
       </c>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40">
-        <v>71334742</v>
+        <v>48078104</v>
       </c>
       <c r="Q40" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
       <c r="R40" t="s">
-        <v>537</v>
+        <v>508</v>
       </c>
       <c r="S40" t="s">
-        <v>538</v>
+        <v>509</v>
       </c>
       <c r="T40" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U40" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="V40">
-        <v>578820</v>
+        <v>591520</v>
       </c>
       <c r="W40" t="s">
         <v>71</v>
       </c>
       <c r="X40">
-        <v>107.63</v>
+        <v>76.05</v>
       </c>
       <c r="Y40">
         <v>3.8</v>
       </c>
       <c r="Z40" t="s">
         <v>71</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>70</v>
       </c>
       <c r="AC40" t="s">
-        <v>534</v>
+        <v>505</v>
       </c>
       <c r="AD40">
-        <v>71334742</v>
+        <v>48078104</v>
       </c>
       <c r="AE40" t="s">
-        <v>539</v>
+        <v>510</v>
       </c>
       <c r="AF40">
-        <v>962885700</v>
+        <v>990991554</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>540</v>
+        <v>511</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>541</v>
+        <v>367</v>
       </c>
       <c r="AK40" t="s">
         <v>70</v>
       </c>
       <c r="AL40" t="s">
-        <v>536</v>
-[...1 lines deleted...]
-      <c r="AM40"/>
+        <v>507</v>
+      </c>
+      <c r="AM40" t="s">
+        <v>79</v>
+      </c>
       <c r="AN40" t="s">
-        <v>535</v>
+        <v>506</v>
       </c>
       <c r="AO40">
-        <v>59.99</v>
+        <v>42.5</v>
       </c>
       <c r="AP40" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-      <c r="AS40"/>
+        <v>512</v>
+      </c>
+      <c r="AQ40" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR40" t="s">
+        <v>514</v>
+      </c>
+      <c r="AS40" t="s">
+        <v>515</v>
+      </c>
       <c r="AT40" t="s">
-        <v>71</v>
+        <v>516</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40">
         <v>0</v>
       </c>
       <c r="AX40"/>
       <c r="AY40" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="AZ40" t="s">
         <v>73</v>
       </c>
       <c r="BA40" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB40" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
       <c r="BC40" t="s">
-        <v>536</v>
+        <v>507</v>
       </c>
       <c r="BD40" t="s">
         <v>71</v>
       </c>
       <c r="BE40" t="s">
         <v>71</v>
       </c>
       <c r="BF40" t="s">
         <v>71</v>
       </c>
       <c r="BG40" t="s">
         <v>71</v>
       </c>
       <c r="BH40">
-        <v>361</v>
+        <v>152</v>
       </c>
       <c r="BI40" t="s">
-        <v>305</v>
+        <v>152</v>
       </c>
       <c r="BJ40" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK40" t="s">
-        <v>104</v>
+        <v>517</v>
       </c>
       <c r="BL40" t="s">
-        <v>490</v>
+        <v>389</v>
       </c>
       <c r="BM40" t="s">
-        <v>543</v>
+        <v>518</v>
       </c>
       <c r="BN40" t="s">
-        <v>544</v>
+        <v>519</v>
       </c>
       <c r="BO40">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP40"/>
+        <v>60</v>
+      </c>
+      <c r="BP40" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>409</v>
+        <v>289</v>
       </c>
       <c r="BS40" t="s">
-        <v>408</v>
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>545</v>
+        <v>521</v>
       </c>
       <c r="C41" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
       <c r="D41">
-        <v>578803</v>
+        <v>591485</v>
       </c>
       <c r="E41">
-        <v>120.79</v>
+        <v>102.37</v>
       </c>
       <c r="F41" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="G41" t="s">
         <v>70</v>
       </c>
       <c r="H41"/>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="J41" t="s">
         <v>71</v>
       </c>
       <c r="K41" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="L41" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
       <c r="M41" t="s">
         <v>73</v>
       </c>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41">
-        <v>46398323</v>
+        <v>20220838</v>
       </c>
       <c r="Q41" t="s">
-        <v>545</v>
+        <v>521</v>
       </c>
       <c r="R41" t="s">
-        <v>549</v>
+        <v>525</v>
       </c>
       <c r="S41" t="s">
-        <v>550</v>
+        <v>526</v>
       </c>
       <c r="T41" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U41" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
       <c r="V41">
-        <v>578803</v>
+        <v>591485</v>
       </c>
       <c r="W41" t="s">
         <v>71</v>
       </c>
       <c r="X41">
-        <v>120.79</v>
+        <v>102.37</v>
       </c>
       <c r="Y41">
         <v>3.8</v>
       </c>
       <c r="Z41" t="s">
         <v>71</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>70</v>
       </c>
       <c r="AC41" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="AD41">
-        <v>46398323</v>
+        <v>20220838</v>
       </c>
       <c r="AE41" t="s">
-        <v>551</v>
+        <v>527</v>
       </c>
       <c r="AF41">
-        <v>960475780</v>
+        <v>920585198</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>552</v>
+        <v>528</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>553</v>
+        <v>164</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
         <v>71</v>
       </c>
       <c r="AM41" t="s">
-        <v>554</v>
+        <v>79</v>
       </c>
       <c r="AN41"/>
       <c r="AO41">
         <v>0</v>
       </c>
       <c r="AP41" t="s">
-        <v>555</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41" t="s">
         <v>71</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41">
         <v>0</v>
       </c>
       <c r="AX41"/>
       <c r="AY41" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
       <c r="AZ41" t="s">
         <v>73</v>
       </c>
       <c r="BA41" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB41" t="s">
-        <v>545</v>
+        <v>521</v>
       </c>
       <c r="BC41" t="s">
         <v>71</v>
       </c>
       <c r="BD41" t="s">
         <v>71</v>
       </c>
       <c r="BE41" t="s">
         <v>71</v>
       </c>
       <c r="BF41" t="s">
         <v>71</v>
       </c>
       <c r="BG41" t="s">
         <v>71</v>
       </c>
       <c r="BH41">
-        <v>361</v>
+        <v>153</v>
       </c>
       <c r="BI41" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ41" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK41" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL41" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM41" t="s">
-        <v>557</v>
+        <v>530</v>
       </c>
       <c r="BN41" t="s">
-        <v>558</v>
+        <v>531</v>
       </c>
       <c r="BO41">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>459</v>
+        <v>389</v>
       </c>
       <c r="BS41" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>560</v>
+        <v>532</v>
       </c>
       <c r="C42" t="s">
-        <v>561</v>
+        <v>533</v>
       </c>
       <c r="D42">
-        <v>578707</v>
+        <v>591349</v>
       </c>
       <c r="E42">
-        <v>78.68</v>
+        <v>83.95</v>
       </c>
       <c r="F42" t="s">
-        <v>562</v>
+        <v>534</v>
       </c>
       <c r="G42" t="s">
         <v>70</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42" t="s">
         <v>71</v>
       </c>
       <c r="K42" t="s">
-        <v>412</v>
+        <v>205</v>
       </c>
       <c r="L42" t="s">
-        <v>561</v>
+        <v>533</v>
       </c>
       <c r="M42" t="s">
         <v>73</v>
       </c>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42">
-        <v>80076549</v>
+        <v>47818231</v>
       </c>
       <c r="Q42" t="s">
-        <v>560</v>
+        <v>532</v>
       </c>
       <c r="R42" t="s">
-        <v>563</v>
+        <v>535</v>
       </c>
       <c r="S42" t="s">
-        <v>563</v>
+        <v>536</v>
       </c>
       <c r="T42" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U42" t="s">
-        <v>561</v>
+        <v>533</v>
       </c>
       <c r="V42">
-        <v>578707</v>
+        <v>591349</v>
       </c>
       <c r="W42" t="s">
         <v>71</v>
       </c>
       <c r="X42">
-        <v>78.68</v>
+        <v>83.95</v>
       </c>
       <c r="Y42">
         <v>3.8</v>
       </c>
       <c r="Z42" t="s">
         <v>71</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>70</v>
       </c>
       <c r="AC42" t="s">
-        <v>562</v>
+        <v>534</v>
       </c>
       <c r="AD42">
-        <v>80076549</v>
+        <v>47818231</v>
       </c>
       <c r="AE42" t="s">
-        <v>564</v>
+        <v>537</v>
       </c>
       <c r="AF42">
-        <v>952928535</v>
+        <v>986634248</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>565</v>
+        <v>538</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>566</v>
+        <v>367</v>
       </c>
       <c r="AK42" t="s">
         <v>70</v>
       </c>
       <c r="AL42" t="s">
         <v>71</v>
       </c>
       <c r="AM42" t="s">
-        <v>81</v>
+        <v>539</v>
       </c>
       <c r="AN42"/>
       <c r="AO42">
         <v>0</v>
       </c>
       <c r="AP42" t="s">
-        <v>567</v>
+        <v>540</v>
       </c>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42" t="s">
         <v>71</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42">
         <v>0</v>
       </c>
       <c r="AX42"/>
       <c r="AY42" t="s">
-        <v>561</v>
+        <v>533</v>
       </c>
       <c r="AZ42" t="s">
         <v>73</v>
       </c>
       <c r="BA42" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB42" t="s">
-        <v>560</v>
+        <v>532</v>
       </c>
       <c r="BC42" t="s">
         <v>71</v>
       </c>
       <c r="BD42" t="s">
         <v>71</v>
       </c>
       <c r="BE42" t="s">
         <v>71</v>
       </c>
       <c r="BF42" t="s">
         <v>71</v>
       </c>
       <c r="BG42" t="s">
         <v>71</v>
       </c>
       <c r="BH42">
-        <v>363</v>
+        <v>158</v>
       </c>
       <c r="BI42" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ42" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK42" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL42" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM42" t="s">
-        <v>568</v>
+        <v>541</v>
       </c>
       <c r="BN42" t="s">
-        <v>569</v>
+        <v>542</v>
       </c>
       <c r="BO42">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>299</v>
+        <v>319</v>
       </c>
       <c r="BS42" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>570</v>
+        <v>543</v>
       </c>
       <c r="C43" t="s">
-        <v>571</v>
+        <v>544</v>
       </c>
       <c r="D43">
-        <v>578600</v>
+        <v>591328</v>
       </c>
       <c r="E43">
-        <v>447.11</v>
+        <v>172.89</v>
       </c>
       <c r="F43" t="s">
-        <v>572</v>
+        <v>545</v>
       </c>
       <c r="G43" t="s">
         <v>70</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="J43" t="s">
         <v>71</v>
       </c>
       <c r="K43" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="L43" t="s">
-        <v>571</v>
+        <v>544</v>
       </c>
       <c r="M43" t="s">
         <v>73</v>
       </c>
       <c r="N43"/>
       <c r="O43"/>
-      <c r="P43" t="s">
-        <v>573</v>
+      <c r="P43">
+        <v>74697760</v>
       </c>
       <c r="Q43" t="s">
-        <v>570</v>
+        <v>543</v>
       </c>
       <c r="R43" t="s">
-        <v>574</v>
+        <v>546</v>
       </c>
       <c r="S43" t="s">
-        <v>574</v>
+        <v>546</v>
       </c>
       <c r="T43" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U43" t="s">
-        <v>571</v>
+        <v>544</v>
       </c>
       <c r="V43">
-        <v>578600</v>
+        <v>591328</v>
       </c>
       <c r="W43" t="s">
         <v>71</v>
       </c>
       <c r="X43">
-        <v>447.11</v>
+        <v>172.89</v>
       </c>
       <c r="Y43">
         <v>3.8</v>
       </c>
       <c r="Z43" t="s">
         <v>71</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>70</v>
       </c>
       <c r="AC43" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>545</v>
+      </c>
+      <c r="AD43">
+        <v>74697760</v>
       </c>
       <c r="AE43" t="s">
-        <v>575</v>
+        <v>547</v>
       </c>
       <c r="AF43">
-        <v>972839365</v>
+        <v>956756430</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>576</v>
+        <v>548</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>250</v>
+        <v>549</v>
       </c>
       <c r="AK43" t="s">
         <v>70</v>
       </c>
       <c r="AL43" t="s">
         <v>71</v>
       </c>
-      <c r="AM43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AM43"/>
       <c r="AN43"/>
       <c r="AO43">
         <v>0</v>
       </c>
       <c r="AP43" t="s">
-        <v>577</v>
+        <v>550</v>
       </c>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43" t="s">
         <v>71</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43">
         <v>0</v>
       </c>
       <c r="AX43"/>
       <c r="AY43" t="s">
-        <v>571</v>
+        <v>544</v>
       </c>
       <c r="AZ43" t="s">
         <v>73</v>
       </c>
       <c r="BA43" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB43" t="s">
-        <v>570</v>
+        <v>543</v>
       </c>
       <c r="BC43" t="s">
         <v>71</v>
       </c>
       <c r="BD43" t="s">
         <v>71</v>
       </c>
       <c r="BE43" t="s">
         <v>71</v>
       </c>
       <c r="BF43" t="s">
         <v>71</v>
       </c>
       <c r="BG43" t="s">
         <v>71</v>
       </c>
       <c r="BH43">
-        <v>365</v>
+        <v>159</v>
       </c>
       <c r="BI43" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ43" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK43" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="BL43" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="BM43" t="s">
-        <v>578</v>
+        <v>551</v>
       </c>
       <c r="BN43" t="s">
-        <v>579</v>
+        <v>552</v>
       </c>
       <c r="BO43">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>1699</v>
+        <v>657</v>
       </c>
       <c r="BS43" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="C44" t="s">
-        <v>581</v>
+        <v>554</v>
       </c>
       <c r="D44">
-        <v>578557</v>
+        <v>591295</v>
       </c>
       <c r="E44">
-        <v>60.26</v>
+        <v>831.32</v>
       </c>
       <c r="F44" t="s">
-        <v>582</v>
+        <v>555</v>
       </c>
       <c r="G44" t="s">
         <v>70</v>
       </c>
-      <c r="H44"/>
+      <c r="H44" t="s">
+        <v>556</v>
+      </c>
       <c r="I44">
-        <v>0</v>
+        <v>430</v>
       </c>
       <c r="J44" t="s">
-        <v>71</v>
+        <v>557</v>
       </c>
       <c r="K44" t="s">
-        <v>281</v>
+        <v>205</v>
       </c>
       <c r="L44" t="s">
-        <v>581</v>
+        <v>554</v>
       </c>
       <c r="M44" t="s">
         <v>73</v>
       </c>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44">
-        <v>70011146</v>
+        <v>44592206</v>
       </c>
       <c r="Q44" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="R44" t="s">
-        <v>583</v>
+        <v>558</v>
       </c>
       <c r="S44" t="s">
-        <v>583</v>
+        <v>559</v>
       </c>
       <c r="T44" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U44" t="s">
-        <v>581</v>
+        <v>554</v>
       </c>
       <c r="V44">
-        <v>578557</v>
+        <v>591295</v>
       </c>
       <c r="W44" t="s">
         <v>71</v>
       </c>
       <c r="X44">
-        <v>60.26</v>
+        <v>831.32</v>
       </c>
       <c r="Y44">
         <v>3.8</v>
       </c>
       <c r="Z44" t="s">
         <v>71</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>70</v>
       </c>
       <c r="AC44" t="s">
-        <v>582</v>
+        <v>555</v>
       </c>
       <c r="AD44">
-        <v>70011146</v>
+        <v>44592206</v>
       </c>
       <c r="AE44" t="s">
-        <v>584</v>
+        <v>560</v>
       </c>
       <c r="AF44">
-        <v>947927577</v>
+        <v>993674031</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>585</v>
+        <v>561</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>116</v>
+        <v>562</v>
       </c>
       <c r="AK44" t="s">
         <v>70</v>
       </c>
       <c r="AL44" t="s">
-        <v>71</v>
+        <v>557</v>
       </c>
       <c r="AM44" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AN44"/>
+        <v>210</v>
+      </c>
+      <c r="AN44" t="s">
+        <v>556</v>
+      </c>
       <c r="AO44">
-        <v>0</v>
+        <v>430</v>
       </c>
       <c r="AP44" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-      <c r="AR44"/>
+        <v>563</v>
+      </c>
+      <c r="AQ44" t="s">
+        <v>212</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>213</v>
+      </c>
       <c r="AS44"/>
       <c r="AT44" t="s">
         <v>71</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44">
         <v>0</v>
       </c>
       <c r="AX44"/>
       <c r="AY44" t="s">
-        <v>581</v>
+        <v>554</v>
       </c>
       <c r="AZ44" t="s">
         <v>73</v>
       </c>
       <c r="BA44" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB44" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="BC44" t="s">
-        <v>71</v>
+        <v>557</v>
       </c>
       <c r="BD44" t="s">
         <v>71</v>
       </c>
       <c r="BE44" t="s">
         <v>71</v>
       </c>
       <c r="BF44" t="s">
         <v>71</v>
       </c>
       <c r="BG44" t="s">
         <v>71</v>
       </c>
       <c r="BH44">
-        <v>366</v>
+        <v>160</v>
       </c>
       <c r="BI44" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ44" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK44" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL44" t="s">
-        <v>118</v>
+        <v>215</v>
       </c>
       <c r="BM44" t="s">
-        <v>587</v>
+        <v>564</v>
       </c>
       <c r="BN44" t="s">
-        <v>588</v>
+        <v>565</v>
       </c>
       <c r="BO44">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="BP44"/>
+        <v>20</v>
+      </c>
+      <c r="BP44" t="s">
+        <v>212</v>
+      </c>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>229</v>
+        <v>3159</v>
       </c>
       <c r="BS44" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
       <c r="C45" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
       <c r="D45">
-        <v>578500</v>
+        <v>591269</v>
       </c>
       <c r="E45">
-        <v>52.37</v>
+        <v>125.78</v>
       </c>
       <c r="F45" t="s">
-        <v>591</v>
+        <v>568</v>
       </c>
       <c r="G45" t="s">
         <v>70</v>
       </c>
       <c r="H45" t="s">
-        <v>592</v>
+        <v>569</v>
       </c>
       <c r="I45">
-        <v>26.99</v>
+        <v>60</v>
       </c>
       <c r="J45" t="s">
-        <v>593</v>
+        <v>557</v>
       </c>
       <c r="K45" t="s">
-        <v>281</v>
+        <v>570</v>
       </c>
       <c r="L45" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
       <c r="M45" t="s">
         <v>73</v>
       </c>
       <c r="N45"/>
       <c r="O45"/>
-      <c r="P45">
-        <v>60901379</v>
+      <c r="P45" t="s">
+        <v>571</v>
       </c>
       <c r="Q45" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
       <c r="R45" t="s">
-        <v>594</v>
+        <v>572</v>
       </c>
       <c r="S45" t="s">
-        <v>594</v>
+        <v>573</v>
       </c>
       <c r="T45" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U45" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
       <c r="V45">
-        <v>578500</v>
+        <v>591269</v>
       </c>
       <c r="W45" t="s">
         <v>71</v>
       </c>
       <c r="X45">
-        <v>52.37</v>
+        <v>125.78</v>
       </c>
       <c r="Y45">
         <v>3.8</v>
       </c>
       <c r="Z45" t="s">
         <v>71</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>70</v>
       </c>
       <c r="AC45" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-        <v>60901379</v>
+        <v>568</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>571</v>
       </c>
       <c r="AE45" t="s">
-        <v>595</v>
+        <v>574</v>
       </c>
       <c r="AF45">
-        <v>925683140</v>
+        <v>927784413</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>596</v>
+        <v>575</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>597</v>
+        <v>367</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="AM45"/>
+        <v>557</v>
+      </c>
+      <c r="AM45" t="s">
+        <v>79</v>
+      </c>
       <c r="AN45" t="s">
-        <v>592</v>
+        <v>569</v>
       </c>
       <c r="AO45">
-        <v>26.99</v>
+        <v>60</v>
       </c>
       <c r="AP45" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      <c r="AS45"/>
+        <v>576</v>
+      </c>
+      <c r="AQ45" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR45" t="s">
+        <v>514</v>
+      </c>
+      <c r="AS45" t="s">
+        <v>577</v>
+      </c>
       <c r="AT45" t="s">
-        <v>71</v>
+        <v>578</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45">
         <v>0</v>
       </c>
       <c r="AX45"/>
       <c r="AY45" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
       <c r="AZ45" t="s">
         <v>73</v>
       </c>
       <c r="BA45" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB45" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
       <c r="BC45" t="s">
-        <v>593</v>
+        <v>557</v>
       </c>
       <c r="BD45" t="s">
         <v>71</v>
       </c>
       <c r="BE45" t="s">
         <v>71</v>
       </c>
       <c r="BF45" t="s">
         <v>71</v>
       </c>
       <c r="BG45" t="s">
         <v>71</v>
       </c>
       <c r="BH45">
-        <v>367</v>
+        <v>161</v>
       </c>
       <c r="BI45" t="s">
-        <v>305</v>
+        <v>152</v>
       </c>
       <c r="BJ45" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK45" t="s">
-        <v>84</v>
+        <v>166</v>
       </c>
       <c r="BL45" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
       <c r="BM45" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="BN45" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="BO45">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP45"/>
+        <v>8</v>
+      </c>
+      <c r="BP45" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>199</v>
+        <v>478</v>
       </c>
       <c r="BS45" t="s">
-        <v>408</v>
+        <v>582</v>
       </c>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
       <c r="C46" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="D46">
-        <v>577972</v>
+        <v>580491</v>
       </c>
       <c r="E46">
-        <v>73.42</v>
+        <v>44.47</v>
       </c>
       <c r="F46" t="s">
-        <v>604</v>
+        <v>585</v>
       </c>
       <c r="G46" t="s">
         <v>70</v>
       </c>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
       <c r="I46">
-        <v>35.99</v>
+        <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>606</v>
+        <v>71</v>
       </c>
       <c r="K46" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L46" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="M46" t="s">
         <v>73</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46">
-        <v>47137473</v>
+        <v>42646831</v>
       </c>
       <c r="Q46" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
       <c r="R46" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
       <c r="S46" t="s">
-        <v>608</v>
+        <v>588</v>
       </c>
       <c r="T46" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U46" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="V46">
-        <v>577972</v>
+        <v>580491</v>
       </c>
       <c r="W46" t="s">
         <v>71</v>
       </c>
       <c r="X46">
-        <v>73.42</v>
+        <v>44.47</v>
       </c>
       <c r="Y46">
         <v>3.8</v>
       </c>
       <c r="Z46" t="s">
         <v>71</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>70</v>
       </c>
       <c r="AC46" t="s">
-        <v>604</v>
+        <v>585</v>
       </c>
       <c r="AD46">
-        <v>47137473</v>
+        <v>42646831</v>
       </c>
       <c r="AE46" t="s">
-        <v>609</v>
+        <v>589</v>
       </c>
       <c r="AF46">
-        <v>997970221</v>
+        <v>970023330</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>606</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="AM46" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN46"/>
       <c r="AO46">
-        <v>35.99</v>
+        <v>0</v>
       </c>
       <c r="AP46" t="s">
-        <v>611</v>
+        <v>591</v>
       </c>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46" t="s">
         <v>71</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46">
         <v>0</v>
       </c>
       <c r="AX46"/>
       <c r="AY46" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="AZ46" t="s">
         <v>73</v>
       </c>
       <c r="BA46" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB46" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
       <c r="BC46" t="s">
-        <v>606</v>
+        <v>71</v>
       </c>
       <c r="BD46" t="s">
         <v>71</v>
       </c>
       <c r="BE46" t="s">
         <v>71</v>
       </c>
       <c r="BF46" t="s">
         <v>71</v>
       </c>
       <c r="BG46" t="s">
         <v>71</v>
       </c>
       <c r="BH46">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="BI46" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="BJ46" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK46" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL46" t="s">
-        <v>273</v>
+        <v>107</v>
       </c>
       <c r="BM46" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
       <c r="BN46" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
       <c r="BO46">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>279</v>
+        <v>169</v>
       </c>
       <c r="BS46" t="s">
-        <v>614</v>
+        <v>86</v>
       </c>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>615</v>
+        <v>594</v>
       </c>
       <c r="C47" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="D47">
-        <v>577799</v>
+        <v>580169</v>
       </c>
       <c r="E47">
-        <v>73.42</v>
+        <v>89.21</v>
       </c>
       <c r="F47" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="G47" t="s">
         <v>70</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="J47" t="s">
         <v>71</v>
       </c>
       <c r="K47" t="s">
-        <v>412</v>
+        <v>586</v>
       </c>
       <c r="L47" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="M47" t="s">
         <v>73</v>
       </c>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47">
-        <v>80165259</v>
+        <v>43400047</v>
       </c>
       <c r="Q47" t="s">
-        <v>615</v>
+        <v>594</v>
       </c>
       <c r="R47" t="s">
-        <v>618</v>
+        <v>597</v>
       </c>
       <c r="S47" t="s">
-        <v>619</v>
+        <v>597</v>
       </c>
       <c r="T47" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U47" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="V47">
-        <v>577799</v>
+        <v>580169</v>
       </c>
       <c r="W47" t="s">
         <v>71</v>
       </c>
       <c r="X47">
-        <v>73.42</v>
+        <v>89.21</v>
       </c>
       <c r="Y47">
         <v>3.8</v>
       </c>
       <c r="Z47" t="s">
         <v>71</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>70</v>
       </c>
       <c r="AC47" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="AD47">
-        <v>80165259</v>
+        <v>43400047</v>
       </c>
       <c r="AE47" t="s">
-        <v>620</v>
+        <v>598</v>
       </c>
       <c r="AF47">
-        <v>978398600</v>
+        <v>971563629</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>621</v>
+        <v>599</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>622</v>
+        <v>238</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
         <v>71</v>
       </c>
       <c r="AM47" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN47"/>
       <c r="AO47">
         <v>0</v>
       </c>
       <c r="AP47" t="s">
-        <v>623</v>
+        <v>600</v>
       </c>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47" t="s">
         <v>71</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47">
         <v>0</v>
       </c>
       <c r="AX47"/>
       <c r="AY47" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="AZ47" t="s">
         <v>73</v>
       </c>
       <c r="BA47" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB47" t="s">
-        <v>615</v>
+        <v>594</v>
       </c>
       <c r="BC47" t="s">
         <v>71</v>
       </c>
       <c r="BD47" t="s">
         <v>71</v>
       </c>
       <c r="BE47" t="s">
         <v>71</v>
       </c>
       <c r="BF47" t="s">
         <v>71</v>
       </c>
       <c r="BG47" t="s">
         <v>71</v>
       </c>
       <c r="BH47">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="BI47" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ47" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK47" t="s">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="BL47" t="s">
-        <v>140</v>
+        <v>601</v>
       </c>
       <c r="BM47" t="s">
-        <v>624</v>
+        <v>602</v>
       </c>
       <c r="BN47" t="s">
-        <v>625</v>
+        <v>603</v>
       </c>
       <c r="BO47">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
-        <v>279</v>
+        <v>339</v>
       </c>
       <c r="BS47" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>626</v>
+        <v>604</v>
       </c>
       <c r="C48" t="s">
-        <v>627</v>
+        <v>605</v>
       </c>
       <c r="D48">
-        <v>577322</v>
+        <v>580157</v>
       </c>
       <c r="E48">
-        <v>99.48</v>
+        <v>73.16</v>
       </c>
       <c r="F48" t="s">
-        <v>628</v>
+        <v>606</v>
       </c>
       <c r="G48" t="s">
         <v>70</v>
       </c>
       <c r="H48"/>
       <c r="I48">
         <v>0</v>
       </c>
       <c r="J48" t="s">
         <v>71</v>
       </c>
       <c r="K48" t="s">
-        <v>281</v>
+        <v>607</v>
       </c>
       <c r="L48" t="s">
-        <v>627</v>
+        <v>605</v>
       </c>
       <c r="M48" t="s">
         <v>73</v>
       </c>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48">
-        <v>72472182</v>
+        <v>71322479</v>
       </c>
       <c r="Q48" t="s">
-        <v>626</v>
+        <v>604</v>
       </c>
       <c r="R48" t="s">
-        <v>629</v>
+        <v>608</v>
       </c>
       <c r="S48" t="s">
-        <v>629</v>
+        <v>608</v>
       </c>
       <c r="T48" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U48" t="s">
-        <v>627</v>
+        <v>605</v>
       </c>
       <c r="V48">
-        <v>577322</v>
+        <v>580157</v>
       </c>
       <c r="W48" t="s">
         <v>71</v>
       </c>
       <c r="X48">
-        <v>99.48</v>
+        <v>73.16</v>
       </c>
       <c r="Y48">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z48" t="s">
         <v>71</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>70</v>
       </c>
       <c r="AC48" t="s">
-        <v>628</v>
+        <v>606</v>
       </c>
       <c r="AD48">
-        <v>72472182</v>
+        <v>71322479</v>
       </c>
       <c r="AE48" t="s">
-        <v>630</v>
+        <v>609</v>
       </c>
       <c r="AF48">
-        <v>929489116</v>
+        <v>979175276</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>631</v>
+        <v>610</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>250</v>
+        <v>611</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
         <v>71</v>
       </c>
-      <c r="AM48"/>
+      <c r="AM48" t="s">
+        <v>79</v>
+      </c>
       <c r="AN48"/>
       <c r="AO48">
         <v>0</v>
       </c>
       <c r="AP48" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48" t="s">
         <v>71</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48">
         <v>0</v>
       </c>
       <c r="AX48"/>
       <c r="AY48" t="s">
-        <v>627</v>
+        <v>605</v>
       </c>
       <c r="AZ48" t="s">
         <v>73</v>
       </c>
       <c r="BA48" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB48" t="s">
-        <v>626</v>
+        <v>604</v>
       </c>
       <c r="BC48" t="s">
         <v>71</v>
       </c>
       <c r="BD48" t="s">
         <v>71</v>
       </c>
       <c r="BE48" t="s">
         <v>71</v>
       </c>
       <c r="BF48" t="s">
         <v>71</v>
       </c>
       <c r="BG48" t="s">
         <v>71</v>
       </c>
       <c r="BH48">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="BI48" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ48" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK48" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL48" t="s">
-        <v>633</v>
+        <v>97</v>
       </c>
       <c r="BM48" t="s">
-        <v>634</v>
+        <v>613</v>
       </c>
       <c r="BN48" t="s">
-        <v>71</v>
+        <v>614</v>
       </c>
       <c r="BO48">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
-        <v>386</v>
+        <v>278</v>
       </c>
       <c r="BS48" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="C49" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="D49">
-        <v>577282</v>
+        <v>580079</v>
       </c>
       <c r="E49">
-        <v>56.44</v>
+        <v>36.58</v>
       </c>
       <c r="F49" t="s">
-        <v>637</v>
+        <v>617</v>
       </c>
       <c r="G49" t="s">
         <v>70</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49" t="s">
         <v>71</v>
       </c>
       <c r="K49" t="s">
-        <v>412</v>
+        <v>586</v>
       </c>
       <c r="L49" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="M49" t="s">
         <v>73</v>
       </c>
       <c r="N49"/>
       <c r="O49"/>
-      <c r="P49" t="s">
-        <v>638</v>
+      <c r="P49">
+        <v>10280855</v>
       </c>
       <c r="Q49" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="R49" t="s">
-        <v>639</v>
+        <v>618</v>
       </c>
       <c r="S49" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="T49" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U49" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="V49">
-        <v>577282</v>
+        <v>580079</v>
       </c>
       <c r="W49" t="s">
         <v>71</v>
       </c>
       <c r="X49">
-        <v>56.44</v>
+        <v>36.58</v>
       </c>
       <c r="Y49">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z49" t="s">
         <v>71</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>70</v>
       </c>
       <c r="AC49" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>617</v>
+      </c>
+      <c r="AD49">
+        <v>10280855</v>
       </c>
       <c r="AE49" t="s">
-        <v>641</v>
+        <v>620</v>
       </c>
       <c r="AF49">
-        <v>940490440</v>
+        <v>991663309</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>184</v>
+        <v>622</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
         <v>71</v>
       </c>
       <c r="AM49" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN49"/>
       <c r="AO49">
         <v>0</v>
       </c>
       <c r="AP49" t="s">
-        <v>643</v>
+        <v>612</v>
       </c>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49" t="s">
         <v>71</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49">
         <v>0</v>
       </c>
       <c r="AX49"/>
       <c r="AY49" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="AZ49" t="s">
         <v>73</v>
       </c>
       <c r="BA49" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB49" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="BC49" t="s">
         <v>71</v>
       </c>
       <c r="BD49" t="s">
         <v>71</v>
       </c>
       <c r="BE49" t="s">
         <v>71</v>
       </c>
       <c r="BF49" t="s">
         <v>71</v>
       </c>
       <c r="BG49" t="s">
         <v>71</v>
       </c>
       <c r="BH49">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="BI49" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ49" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK49" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL49" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BM49" t="s">
-        <v>644</v>
+        <v>623</v>
       </c>
       <c r="BN49" t="s">
-        <v>645</v>
+        <v>624</v>
       </c>
       <c r="BO49">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>219</v>
+        <v>139</v>
       </c>
       <c r="BS49" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="C50" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="D50">
-        <v>577240</v>
+        <v>580058</v>
       </c>
       <c r="E50">
-        <v>46.13</v>
+        <v>44.47</v>
       </c>
       <c r="F50" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="G50" t="s">
         <v>70</v>
       </c>
       <c r="H50" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="I50">
-        <v>11.97</v>
+        <v>15.99</v>
       </c>
       <c r="J50" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="K50" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L50" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="M50" t="s">
         <v>73</v>
       </c>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50">
-        <v>23813439</v>
+        <v>42394316</v>
       </c>
       <c r="Q50" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="R50" t="s">
-        <v>651</v>
+        <v>630</v>
       </c>
       <c r="S50" t="s">
-        <v>651</v>
+        <v>631</v>
       </c>
       <c r="T50" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U50" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="V50">
-        <v>577240</v>
+        <v>580058</v>
       </c>
       <c r="W50" t="s">
         <v>71</v>
       </c>
       <c r="X50">
-        <v>46.13</v>
+        <v>44.47</v>
       </c>
       <c r="Y50">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z50" t="s">
         <v>71</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>70</v>
       </c>
       <c r="AC50" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="AD50">
-        <v>23813439</v>
+        <v>42394316</v>
       </c>
       <c r="AE50" t="s">
-        <v>652</v>
+        <v>632</v>
       </c>
       <c r="AF50">
-        <v>955173334</v>
+        <v>962364849</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>80</v>
+        <v>367</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="AM50"/>
+        <v>629</v>
+      </c>
+      <c r="AM50" t="s">
+        <v>79</v>
+      </c>
       <c r="AN50" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="AO50">
-        <v>11.97</v>
+        <v>15.99</v>
       </c>
       <c r="AP50" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      <c r="AS50"/>
+        <v>634</v>
+      </c>
+      <c r="AQ50" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR50" t="s">
+        <v>635</v>
+      </c>
+      <c r="AS50" t="s">
+        <v>636</v>
+      </c>
       <c r="AT50" t="s">
-        <v>71</v>
+        <v>637</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50">
         <v>0</v>
       </c>
       <c r="AX50"/>
       <c r="AY50" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="AZ50" t="s">
         <v>73</v>
       </c>
       <c r="BA50" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB50" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="BC50" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="BD50" t="s">
-        <v>71</v>
+        <v>638</v>
       </c>
       <c r="BE50" t="s">
         <v>71</v>
       </c>
       <c r="BF50" t="s">
         <v>71</v>
       </c>
       <c r="BG50" t="s">
         <v>71</v>
       </c>
       <c r="BH50">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="BI50" t="s">
-        <v>305</v>
+        <v>152</v>
       </c>
       <c r="BJ50" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK50" t="s">
-        <v>104</v>
+        <v>517</v>
       </c>
       <c r="BL50" t="s">
-        <v>163</v>
+        <v>389</v>
       </c>
       <c r="BM50" t="s">
-        <v>654</v>
+        <v>639</v>
       </c>
       <c r="BN50" t="s">
-        <v>655</v>
+        <v>640</v>
       </c>
       <c r="BO50">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="BP50"/>
+        <v>7</v>
+      </c>
+      <c r="BP50" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ50"/>
       <c r="BR50">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="BS50" t="s">
-        <v>408</v>
+        <v>582</v>
       </c>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>656</v>
+        <v>641</v>
       </c>
       <c r="C51" t="s">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c r="D51">
-        <v>577193</v>
+        <v>580057</v>
       </c>
       <c r="E51">
-        <v>51.29</v>
+        <v>76.05</v>
       </c>
       <c r="F51" t="s">
-        <v>658</v>
+        <v>643</v>
       </c>
       <c r="G51" t="s">
         <v>70</v>
       </c>
-      <c r="H51"/>
+      <c r="H51" t="s">
+        <v>644</v>
+      </c>
       <c r="I51">
-        <v>0</v>
+        <v>34.19</v>
       </c>
       <c r="J51" t="s">
-        <v>71</v>
+        <v>629</v>
       </c>
       <c r="K51" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L51" t="s">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c r="M51" t="s">
         <v>73</v>
       </c>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51">
-        <v>44428506</v>
+        <v>40516343</v>
       </c>
       <c r="Q51" t="s">
-        <v>656</v>
+        <v>641</v>
       </c>
       <c r="R51" t="s">
-        <v>659</v>
+        <v>645</v>
       </c>
       <c r="S51" t="s">
-        <v>659</v>
+        <v>646</v>
       </c>
       <c r="T51" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U51" t="s">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c r="V51">
-        <v>577193</v>
+        <v>580057</v>
       </c>
       <c r="W51" t="s">
         <v>71</v>
       </c>
       <c r="X51">
-        <v>51.29</v>
+        <v>76.05</v>
       </c>
       <c r="Y51">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z51" t="s">
         <v>71</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>70</v>
       </c>
       <c r="AC51" t="s">
-        <v>658</v>
+        <v>643</v>
       </c>
       <c r="AD51">
-        <v>44428506</v>
+        <v>40516343</v>
       </c>
       <c r="AE51" t="s">
-        <v>660</v>
+        <v>647</v>
       </c>
       <c r="AF51">
-        <v>926912150</v>
+        <v>997124879</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
-        <v>661</v>
+        <v>648</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>662</v>
+        <v>226</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN51"/>
+        <v>629</v>
+      </c>
+      <c r="AM51"/>
+      <c r="AN51" t="s">
+        <v>644</v>
+      </c>
       <c r="AO51">
-        <v>0</v>
+        <v>34.19</v>
       </c>
       <c r="AP51" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      <c r="AS51"/>
+        <v>649</v>
+      </c>
+      <c r="AQ51" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR51" t="s">
+        <v>635</v>
+      </c>
+      <c r="AS51" t="s">
+        <v>650</v>
+      </c>
       <c r="AT51" t="s">
-        <v>71</v>
+        <v>637</v>
       </c>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51">
         <v>0</v>
       </c>
       <c r="AX51"/>
       <c r="AY51" t="s">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c r="AZ51" t="s">
         <v>73</v>
       </c>
       <c r="BA51" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB51" t="s">
-        <v>656</v>
+        <v>641</v>
       </c>
       <c r="BC51" t="s">
-        <v>71</v>
+        <v>629</v>
       </c>
       <c r="BD51" t="s">
-        <v>71</v>
+        <v>651</v>
       </c>
       <c r="BE51" t="s">
         <v>71</v>
       </c>
       <c r="BF51" t="s">
         <v>71</v>
       </c>
       <c r="BG51" t="s">
         <v>71</v>
       </c>
       <c r="BH51">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="BI51" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ51" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK51" t="s">
-        <v>104</v>
+        <v>517</v>
       </c>
       <c r="BL51" t="s">
-        <v>664</v>
+        <v>579</v>
       </c>
       <c r="BM51" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
       <c r="BN51" t="s">
-        <v>666</v>
+        <v>653</v>
       </c>
       <c r="BO51">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="BP51"/>
+        <v>7</v>
+      </c>
+      <c r="BP51" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ51"/>
       <c r="BR51">
-        <v>199</v>
+        <v>289</v>
       </c>
       <c r="BS51" t="s">
-        <v>90</v>
+        <v>582</v>
       </c>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>667</v>
+        <v>654</v>
       </c>
       <c r="C52" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="D52">
-        <v>577128</v>
+        <v>579408</v>
       </c>
       <c r="E52">
-        <v>48.71</v>
+        <v>83.95</v>
       </c>
       <c r="F52" t="s">
-        <v>669</v>
+        <v>656</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
-      <c r="H52"/>
+      <c r="H52" t="s">
+        <v>657</v>
+      </c>
       <c r="I52">
-        <v>0</v>
+        <v>37.99</v>
       </c>
       <c r="J52" t="s">
-        <v>71</v>
+        <v>658</v>
       </c>
       <c r="K52" t="s">
-        <v>670</v>
+        <v>461</v>
       </c>
       <c r="L52" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="M52" t="s">
         <v>73</v>
       </c>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52">
-        <v>44836998</v>
+        <v>11145442</v>
       </c>
       <c r="Q52" t="s">
-        <v>667</v>
+        <v>654</v>
       </c>
       <c r="R52" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="S52" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="T52" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U52" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="V52">
-        <v>577128</v>
+        <v>579408</v>
       </c>
       <c r="W52" t="s">
         <v>71</v>
       </c>
       <c r="X52">
-        <v>48.71</v>
+        <v>83.95</v>
       </c>
       <c r="Y52">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z52" t="s">
         <v>71</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>70</v>
       </c>
       <c r="AC52" t="s">
-        <v>669</v>
+        <v>656</v>
       </c>
       <c r="AD52">
-        <v>44836998</v>
+        <v>11145442</v>
       </c>
       <c r="AE52" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="AF52">
-        <v>932205747</v>
+        <v>99999999</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>205</v>
+        <v>367</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN52"/>
+        <v>658</v>
+      </c>
+      <c r="AM52"/>
+      <c r="AN52" t="s">
+        <v>657</v>
+      </c>
       <c r="AO52">
-        <v>0</v>
+        <v>37.99</v>
       </c>
       <c r="AP52" t="s">
-        <v>674</v>
+        <v>662</v>
       </c>
       <c r="AQ52"/>
       <c r="AR52"/>
       <c r="AS52"/>
       <c r="AT52" t="s">
         <v>71</v>
       </c>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52">
         <v>0</v>
       </c>
       <c r="AX52"/>
       <c r="AY52" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="AZ52" t="s">
         <v>73</v>
       </c>
       <c r="BA52" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB52" t="s">
-        <v>667</v>
+        <v>654</v>
       </c>
       <c r="BC52" t="s">
-        <v>71</v>
+        <v>658</v>
       </c>
       <c r="BD52" t="s">
         <v>71</v>
       </c>
       <c r="BE52" t="s">
         <v>71</v>
       </c>
       <c r="BF52" t="s">
         <v>71</v>
       </c>
       <c r="BG52" t="s">
         <v>71</v>
       </c>
       <c r="BH52">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="BI52" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ52" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK52" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL52" t="s">
-        <v>118</v>
+        <v>663</v>
       </c>
       <c r="BM52" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="BN52" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
-        <v>189</v>
+        <v>319</v>
       </c>
       <c r="BS52" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="C53" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="D53">
-        <v>577090</v>
+        <v>579407</v>
       </c>
       <c r="E53">
-        <v>48.71</v>
+        <v>104.74</v>
       </c>
       <c r="F53" t="s">
-        <v>679</v>
+        <v>656</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
-      <c r="H53"/>
+      <c r="H53" t="s">
+        <v>668</v>
+      </c>
       <c r="I53">
-        <v>0</v>
+        <v>43.98</v>
       </c>
       <c r="J53" t="s">
-        <v>71</v>
+        <v>658</v>
       </c>
       <c r="K53" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="L53" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="M53" t="s">
         <v>73</v>
       </c>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53">
-        <v>15864681</v>
+        <v>11139428</v>
       </c>
       <c r="Q53" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="R53" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="S53" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="T53" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U53" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="V53">
-        <v>577090</v>
+        <v>579407</v>
       </c>
       <c r="W53" t="s">
         <v>71</v>
       </c>
       <c r="X53">
-        <v>48.71</v>
+        <v>104.74</v>
       </c>
       <c r="Y53">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z53" t="s">
         <v>71</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>70</v>
       </c>
       <c r="AC53" t="s">
-        <v>679</v>
+        <v>656</v>
       </c>
       <c r="AD53">
-        <v>15864681</v>
+        <v>11139428</v>
       </c>
       <c r="AE53" t="s">
-        <v>682</v>
+        <v>660</v>
       </c>
       <c r="AF53">
-        <v>987580032</v>
+        <v>99999999</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>683</v>
+        <v>661</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>541</v>
+        <v>367</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN53"/>
+        <v>658</v>
+      </c>
+      <c r="AM53"/>
+      <c r="AN53" t="s">
+        <v>668</v>
+      </c>
       <c r="AO53">
-        <v>0</v>
+        <v>43.98</v>
       </c>
       <c r="AP53" t="s">
-        <v>674</v>
-[...3 lines deleted...]
-      <c r="AS53"/>
+        <v>671</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>635</v>
+      </c>
+      <c r="AS53" t="s">
+        <v>672</v>
+      </c>
       <c r="AT53" t="s">
-        <v>71</v>
+        <v>673</v>
       </c>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53">
         <v>0</v>
       </c>
       <c r="AX53"/>
       <c r="AY53" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="AZ53" t="s">
         <v>73</v>
       </c>
       <c r="BA53" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB53" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="BC53" t="s">
-        <v>71</v>
+        <v>658</v>
       </c>
       <c r="BD53" t="s">
-        <v>71</v>
+        <v>674</v>
       </c>
       <c r="BE53" t="s">
         <v>71</v>
       </c>
       <c r="BF53" t="s">
         <v>71</v>
       </c>
       <c r="BG53" t="s">
         <v>71</v>
       </c>
       <c r="BH53">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="BI53" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ53" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK53" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL53" t="s">
-        <v>118</v>
+        <v>663</v>
       </c>
       <c r="BM53" t="s">
-        <v>684</v>
+        <v>675</v>
       </c>
       <c r="BN53" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="BO53">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="BP53"/>
+        <v>0</v>
+      </c>
+      <c r="BP53" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ53"/>
       <c r="BR53">
-        <v>189</v>
+        <v>398</v>
       </c>
       <c r="BS53" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>686</v>
+        <v>677</v>
       </c>
       <c r="C54" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="D54">
-        <v>576964</v>
+        <v>579406</v>
       </c>
       <c r="E54">
-        <v>59.02</v>
+        <v>94.22</v>
       </c>
       <c r="F54" t="s">
-        <v>688</v>
+        <v>656</v>
       </c>
       <c r="G54" t="s">
         <v>70</v>
       </c>
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>679</v>
+      </c>
       <c r="I54">
-        <v>0</v>
+        <v>38.8</v>
       </c>
       <c r="J54" t="s">
-        <v>71</v>
+        <v>658</v>
       </c>
       <c r="K54" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="L54" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="M54" t="s">
         <v>73</v>
       </c>
       <c r="N54"/>
       <c r="O54"/>
-      <c r="P54" t="s">
-        <v>689</v>
+      <c r="P54">
+        <v>11137250</v>
       </c>
       <c r="Q54" t="s">
-        <v>686</v>
+        <v>677</v>
       </c>
       <c r="R54" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="S54" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="T54" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U54" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="V54">
-        <v>576964</v>
+        <v>579406</v>
       </c>
       <c r="W54" t="s">
         <v>71</v>
       </c>
       <c r="X54">
-        <v>59.02</v>
+        <v>94.22</v>
       </c>
       <c r="Y54">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z54" t="s">
         <v>71</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>70</v>
       </c>
       <c r="AC54" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>656</v>
+      </c>
+      <c r="AD54">
+        <v>11137250</v>
       </c>
       <c r="AE54" t="s">
-        <v>692</v>
+        <v>660</v>
       </c>
       <c r="AF54">
-        <v>952519537</v>
+        <v>99999999</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>693</v>
+        <v>661</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>184</v>
+        <v>367</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN54"/>
+        <v>658</v>
+      </c>
+      <c r="AM54"/>
+      <c r="AN54" t="s">
+        <v>679</v>
+      </c>
       <c r="AO54">
-        <v>0</v>
+        <v>38.8</v>
       </c>
       <c r="AP54" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
       <c r="AQ54"/>
       <c r="AR54"/>
       <c r="AS54"/>
       <c r="AT54" t="s">
         <v>71</v>
       </c>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54">
         <v>0</v>
       </c>
       <c r="AX54"/>
       <c r="AY54" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="AZ54" t="s">
         <v>73</v>
       </c>
       <c r="BA54" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB54" t="s">
-        <v>686</v>
+        <v>677</v>
       </c>
       <c r="BC54" t="s">
-        <v>71</v>
+        <v>658</v>
       </c>
       <c r="BD54" t="s">
         <v>71</v>
       </c>
       <c r="BE54" t="s">
         <v>71</v>
       </c>
       <c r="BF54" t="s">
         <v>71</v>
       </c>
       <c r="BG54" t="s">
         <v>71</v>
       </c>
       <c r="BH54">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="BI54" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ54" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK54" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL54" t="s">
-        <v>118</v>
+        <v>215</v>
       </c>
       <c r="BM54" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="BN54" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="BO54">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
-        <v>229</v>
+        <v>358</v>
       </c>
       <c r="BS54" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="C55" t="s">
-        <v>698</v>
+        <v>685</v>
       </c>
       <c r="D55">
-        <v>576679</v>
+        <v>579093</v>
       </c>
       <c r="E55">
-        <v>40.98</v>
+        <v>205</v>
       </c>
       <c r="F55" t="s">
-        <v>699</v>
+        <v>686</v>
       </c>
       <c r="G55" t="s">
         <v>70</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="J55" t="s">
         <v>71</v>
       </c>
       <c r="K55" t="s">
-        <v>412</v>
+        <v>586</v>
       </c>
       <c r="L55" t="s">
-        <v>698</v>
+        <v>685</v>
       </c>
       <c r="M55" t="s">
         <v>73</v>
       </c>
       <c r="N55"/>
       <c r="O55"/>
-      <c r="P55" t="s">
-        <v>700</v>
+      <c r="P55">
+        <v>47828911</v>
       </c>
       <c r="Q55" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="R55" t="s">
-        <v>701</v>
+        <v>687</v>
       </c>
       <c r="S55" t="s">
-        <v>702</v>
+        <v>687</v>
       </c>
       <c r="T55" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U55" t="s">
-        <v>698</v>
+        <v>685</v>
       </c>
       <c r="V55">
-        <v>576679</v>
+        <v>579093</v>
       </c>
       <c r="W55" t="s">
         <v>71</v>
       </c>
       <c r="X55">
-        <v>40.98</v>
+        <v>205</v>
       </c>
       <c r="Y55">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z55" t="s">
         <v>71</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>70</v>
       </c>
       <c r="AC55" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>686</v>
+      </c>
+      <c r="AD55">
+        <v>47828911</v>
       </c>
       <c r="AE55" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="AF55">
-        <v>998784167</v>
+        <v>958899002</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>705</v>
+        <v>78</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
         <v>71</v>
       </c>
       <c r="AM55" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN55"/>
       <c r="AO55">
         <v>0</v>
       </c>
       <c r="AP55" t="s">
-        <v>706</v>
+        <v>690</v>
       </c>
       <c r="AQ55"/>
       <c r="AR55"/>
       <c r="AS55"/>
       <c r="AT55" t="s">
         <v>71</v>
       </c>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55">
         <v>0</v>
       </c>
       <c r="AX55"/>
       <c r="AY55" t="s">
-        <v>698</v>
+        <v>685</v>
       </c>
       <c r="AZ55" t="s">
         <v>73</v>
       </c>
       <c r="BA55" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB55" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="BC55" t="s">
         <v>71</v>
       </c>
       <c r="BD55" t="s">
         <v>71</v>
       </c>
       <c r="BE55" t="s">
         <v>71</v>
       </c>
       <c r="BF55" t="s">
         <v>71</v>
       </c>
       <c r="BG55" t="s">
         <v>71</v>
       </c>
       <c r="BH55">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="BI55" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ55" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK55" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL55" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM55" t="s">
-        <v>707</v>
+        <v>691</v>
       </c>
       <c r="BN55" t="s">
-        <v>708</v>
+        <v>692</v>
       </c>
       <c r="BO55">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
-        <v>159</v>
+        <v>779</v>
       </c>
       <c r="BS55" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
       <c r="C56" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="D56">
-        <v>576199</v>
+        <v>579070</v>
       </c>
       <c r="E56">
-        <v>84.79</v>
+        <v>70.79</v>
       </c>
       <c r="F56" t="s">
-        <v>711</v>
+        <v>695</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
       <c r="I56">
-        <v>34.99</v>
+        <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>713</v>
+        <v>71</v>
       </c>
       <c r="K56" t="s">
-        <v>714</v>
+        <v>586</v>
       </c>
       <c r="L56" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="M56" t="s">
         <v>73</v>
       </c>
       <c r="N56"/>
       <c r="O56"/>
-      <c r="P56">
-        <v>47563321</v>
+      <c r="P56" t="s">
+        <v>696</v>
       </c>
       <c r="Q56" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
       <c r="R56" t="s">
-        <v>715</v>
+        <v>697</v>
       </c>
       <c r="S56" t="s">
-        <v>715</v>
+        <v>698</v>
       </c>
       <c r="T56" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U56" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="V56">
-        <v>576199</v>
+        <v>579070</v>
       </c>
       <c r="W56" t="s">
         <v>71</v>
       </c>
       <c r="X56">
-        <v>84.79</v>
+        <v>70.79</v>
       </c>
       <c r="Y56">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z56" t="s">
         <v>71</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>70</v>
       </c>
       <c r="AC56" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>47563321</v>
+        <v>695</v>
+      </c>
+      <c r="AD56" t="s">
+        <v>696</v>
       </c>
       <c r="AE56" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
       <c r="AF56">
-        <v>936159315</v>
+        <v>965453228</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>218</v>
+        <v>701</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>713</v>
+        <v>71</v>
       </c>
       <c r="AM56" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN56"/>
       <c r="AO56">
-        <v>34.99</v>
+        <v>0</v>
       </c>
       <c r="AP56" t="s">
-        <v>718</v>
-[...9 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="AQ56"/>
+      <c r="AR56"/>
+      <c r="AS56"/>
       <c r="AT56" t="s">
-        <v>720</v>
+        <v>71</v>
       </c>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56">
         <v>0</v>
       </c>
       <c r="AX56"/>
       <c r="AY56" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="AZ56" t="s">
         <v>73</v>
       </c>
       <c r="BA56" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB56" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
       <c r="BC56" t="s">
-        <v>713</v>
+        <v>71</v>
       </c>
       <c r="BD56" t="s">
         <v>71</v>
       </c>
       <c r="BE56" t="s">
         <v>71</v>
       </c>
       <c r="BF56" t="s">
         <v>71</v>
       </c>
       <c r="BG56" t="s">
         <v>71</v>
       </c>
       <c r="BH56">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="BI56" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ56" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK56" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL56" t="s">
-        <v>490</v>
+        <v>97</v>
       </c>
       <c r="BM56" t="s">
-        <v>721</v>
+        <v>703</v>
       </c>
       <c r="BN56" t="s">
-        <v>722</v>
+        <v>704</v>
       </c>
       <c r="BO56">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
-        <v>329</v>
+        <v>269</v>
       </c>
       <c r="BS56" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>723</v>
+        <v>705</v>
       </c>
       <c r="C57" t="s">
-        <v>724</v>
+        <v>706</v>
       </c>
       <c r="D57">
-        <v>575956</v>
+        <v>578820</v>
       </c>
       <c r="E57">
-        <v>270.36</v>
+        <v>107.63</v>
       </c>
       <c r="F57" t="s">
-        <v>725</v>
+        <v>707</v>
       </c>
       <c r="G57" t="s">
         <v>70</v>
       </c>
       <c r="H57" t="s">
-        <v>726</v>
+        <v>708</v>
       </c>
       <c r="I57">
-        <v>166.99</v>
+        <v>59.99</v>
       </c>
       <c r="J57" t="s">
-        <v>727</v>
+        <v>709</v>
       </c>
       <c r="K57" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L57" t="s">
-        <v>724</v>
+        <v>706</v>
       </c>
       <c r="M57" t="s">
         <v>73</v>
       </c>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57">
-        <v>48175773</v>
+        <v>71334742</v>
       </c>
       <c r="Q57" t="s">
-        <v>723</v>
+        <v>705</v>
       </c>
       <c r="R57" t="s">
-        <v>728</v>
+        <v>710</v>
       </c>
       <c r="S57" t="s">
-        <v>728</v>
+        <v>711</v>
       </c>
       <c r="T57" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U57" t="s">
-        <v>724</v>
+        <v>706</v>
       </c>
       <c r="V57">
-        <v>575956</v>
+        <v>578820</v>
       </c>
       <c r="W57" t="s">
         <v>71</v>
       </c>
       <c r="X57">
-        <v>270.36</v>
+        <v>107.63</v>
       </c>
       <c r="Y57">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z57" t="s">
         <v>71</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>70</v>
       </c>
       <c r="AC57" t="s">
-        <v>725</v>
+        <v>707</v>
       </c>
       <c r="AD57">
-        <v>48175773</v>
+        <v>71334742</v>
       </c>
       <c r="AE57" t="s">
-        <v>729</v>
+        <v>712</v>
       </c>
       <c r="AF57">
-        <v>931073732</v>
+        <v>962885700</v>
       </c>
       <c r="AG57"/>
       <c r="AH57" t="s">
-        <v>730</v>
+        <v>713</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>375</v>
+        <v>714</v>
       </c>
       <c r="AK57" t="s">
         <v>70</v>
       </c>
       <c r="AL57" t="s">
-        <v>727</v>
+        <v>709</v>
       </c>
       <c r="AM57"/>
       <c r="AN57" t="s">
-        <v>726</v>
+        <v>708</v>
       </c>
       <c r="AO57">
-        <v>166.99</v>
+        <v>59.99</v>
       </c>
       <c r="AP57" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="AQ57"/>
       <c r="AR57"/>
       <c r="AS57"/>
       <c r="AT57" t="s">
         <v>71</v>
       </c>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57">
         <v>0</v>
       </c>
       <c r="AX57"/>
       <c r="AY57" t="s">
-        <v>724</v>
+        <v>706</v>
       </c>
       <c r="AZ57" t="s">
         <v>73</v>
       </c>
       <c r="BA57" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB57" t="s">
-        <v>723</v>
+        <v>705</v>
       </c>
       <c r="BC57" t="s">
-        <v>727</v>
+        <v>709</v>
       </c>
       <c r="BD57" t="s">
         <v>71</v>
       </c>
       <c r="BE57" t="s">
         <v>71</v>
       </c>
       <c r="BF57" t="s">
         <v>71</v>
       </c>
       <c r="BG57" t="s">
         <v>71</v>
       </c>
       <c r="BH57">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="BI57" t="s">
-        <v>305</v>
+        <v>214</v>
       </c>
       <c r="BJ57" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK57" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL57" t="s">
-        <v>163</v>
+        <v>663</v>
       </c>
       <c r="BM57" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="BN57" t="s">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
-        <v>1049</v>
+        <v>409</v>
       </c>
       <c r="BS57" t="s">
-        <v>90</v>
+        <v>582</v>
       </c>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
       <c r="C58" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="D58">
-        <v>575566</v>
+        <v>578803</v>
       </c>
       <c r="E58">
-        <v>180.15</v>
+        <v>120.79</v>
       </c>
       <c r="F58" t="s">
-        <v>736</v>
+        <v>720</v>
       </c>
       <c r="G58" t="s">
         <v>70</v>
       </c>
       <c r="H58"/>
       <c r="I58">
         <v>0</v>
       </c>
       <c r="J58" t="s">
         <v>71</v>
       </c>
       <c r="K58" t="s">
-        <v>737</v>
+        <v>721</v>
       </c>
       <c r="L58" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="M58" t="s">
         <v>73</v>
       </c>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58">
-        <v>32543825</v>
+        <v>46398323</v>
       </c>
       <c r="Q58" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
       <c r="R58" t="s">
-        <v>738</v>
+        <v>722</v>
       </c>
       <c r="S58" t="s">
-        <v>738</v>
+        <v>723</v>
       </c>
       <c r="T58" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U58" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="V58">
-        <v>575566</v>
+        <v>578803</v>
       </c>
       <c r="W58" t="s">
         <v>71</v>
       </c>
       <c r="X58">
-        <v>180.15</v>
+        <v>120.79</v>
       </c>
       <c r="Y58">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z58" t="s">
         <v>71</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>70</v>
       </c>
       <c r="AC58" t="s">
-        <v>736</v>
+        <v>720</v>
       </c>
       <c r="AD58">
-        <v>32543825</v>
+        <v>46398323</v>
       </c>
       <c r="AE58" t="s">
-        <v>739</v>
+        <v>724</v>
       </c>
       <c r="AF58">
-        <v>957973114</v>
+        <v>960475780</v>
       </c>
       <c r="AG58"/>
       <c r="AH58" t="s">
-        <v>740</v>
+        <v>725</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>622</v>
+        <v>726</v>
       </c>
       <c r="AK58" t="s">
         <v>70</v>
       </c>
       <c r="AL58" t="s">
         <v>71</v>
       </c>
-      <c r="AM58"/>
+      <c r="AM58" t="s">
+        <v>727</v>
+      </c>
       <c r="AN58"/>
       <c r="AO58">
         <v>0</v>
       </c>
       <c r="AP58" t="s">
-        <v>741</v>
-[...1 lines deleted...]
-      <c r="AQ58"/>
+        <v>728</v>
+      </c>
+      <c r="AQ58" t="s">
+        <v>729</v>
+      </c>
       <c r="AR58"/>
       <c r="AS58"/>
       <c r="AT58" t="s">
         <v>71</v>
       </c>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58">
         <v>0</v>
       </c>
       <c r="AX58"/>
       <c r="AY58" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="AZ58" t="s">
         <v>73</v>
       </c>
       <c r="BA58" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB58" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
       <c r="BC58" t="s">
         <v>71</v>
       </c>
       <c r="BD58" t="s">
         <v>71</v>
       </c>
       <c r="BE58" t="s">
         <v>71</v>
       </c>
       <c r="BF58" t="s">
         <v>71</v>
       </c>
       <c r="BG58" t="s">
         <v>71</v>
       </c>
       <c r="BH58">
-        <v>419</v>
+        <v>407</v>
       </c>
       <c r="BI58" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ58" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK58" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL58" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM58" t="s">
-        <v>742</v>
+        <v>730</v>
       </c>
       <c r="BN58" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="BO58">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="BP58"/>
+        <v>8</v>
+      </c>
+      <c r="BP58" t="s">
+        <v>732</v>
+      </c>
       <c r="BQ58"/>
       <c r="BR58">
-        <v>699</v>
+        <v>459</v>
       </c>
       <c r="BS58" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="C59" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="D59">
-        <v>575522</v>
+        <v>578707</v>
       </c>
       <c r="E59">
-        <v>79.64</v>
+        <v>78.68</v>
       </c>
       <c r="F59" t="s">
-        <v>746</v>
+        <v>735</v>
       </c>
       <c r="G59" t="s">
         <v>70</v>
       </c>
       <c r="H59"/>
       <c r="I59">
         <v>0</v>
       </c>
       <c r="J59" t="s">
         <v>71</v>
       </c>
       <c r="K59" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L59" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="M59" t="s">
         <v>73</v>
       </c>
       <c r="N59"/>
       <c r="O59"/>
-      <c r="P59" t="s">
-        <v>747</v>
+      <c r="P59">
+        <v>80076549</v>
       </c>
       <c r="Q59" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="R59" t="s">
-        <v>748</v>
+        <v>736</v>
       </c>
       <c r="S59" t="s">
-        <v>748</v>
+        <v>736</v>
       </c>
       <c r="T59" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U59" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="V59">
-        <v>575522</v>
+        <v>578707</v>
       </c>
       <c r="W59" t="s">
         <v>71</v>
       </c>
       <c r="X59">
-        <v>79.64</v>
+        <v>78.68</v>
       </c>
       <c r="Y59">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z59" t="s">
         <v>71</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>70</v>
       </c>
       <c r="AC59" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>735</v>
+      </c>
+      <c r="AD59">
+        <v>80076549</v>
       </c>
       <c r="AE59" t="s">
-        <v>749</v>
+        <v>737</v>
       </c>
       <c r="AF59">
-        <v>945166154</v>
+        <v>952928535</v>
       </c>
       <c r="AG59"/>
       <c r="AH59" t="s">
-        <v>750</v>
+        <v>738</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>101</v>
+        <v>739</v>
       </c>
       <c r="AK59" t="s">
         <v>70</v>
       </c>
       <c r="AL59" t="s">
         <v>71</v>
       </c>
-      <c r="AM59"/>
+      <c r="AM59" t="s">
+        <v>79</v>
+      </c>
       <c r="AN59"/>
       <c r="AO59">
         <v>0</v>
       </c>
       <c r="AP59" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="AQ59"/>
       <c r="AR59"/>
       <c r="AS59"/>
       <c r="AT59" t="s">
         <v>71</v>
       </c>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59">
         <v>0</v>
       </c>
       <c r="AX59"/>
       <c r="AY59" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="AZ59" t="s">
         <v>73</v>
       </c>
       <c r="BA59" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB59" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="BC59" t="s">
         <v>71</v>
       </c>
       <c r="BD59" t="s">
         <v>71</v>
       </c>
       <c r="BE59" t="s">
         <v>71</v>
       </c>
       <c r="BF59" t="s">
         <v>71</v>
       </c>
       <c r="BG59" t="s">
         <v>71</v>
       </c>
       <c r="BH59">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="BI59" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ59" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK59" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL59" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM59" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="BN59" t="s">
-        <v>71</v>
+        <v>742</v>
       </c>
       <c r="BO59">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="BS59" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="C60" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="D60">
-        <v>575458</v>
+        <v>578600</v>
       </c>
       <c r="E60">
-        <v>48.71</v>
+        <v>447.11</v>
       </c>
       <c r="F60" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="G60" t="s">
         <v>70</v>
       </c>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
       <c r="I60">
-        <v>20.99</v>
+        <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>757</v>
+        <v>71</v>
       </c>
       <c r="K60" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L60" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="M60" t="s">
         <v>73</v>
       </c>
       <c r="N60"/>
       <c r="O60"/>
-      <c r="P60">
-        <v>46809176</v>
+      <c r="P60" t="s">
+        <v>746</v>
       </c>
       <c r="Q60" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="R60" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="S60" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="T60" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U60" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="V60">
-        <v>575458</v>
+        <v>578600</v>
       </c>
       <c r="W60" t="s">
         <v>71</v>
       </c>
       <c r="X60">
-        <v>48.71</v>
+        <v>447.11</v>
       </c>
       <c r="Y60">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z60" t="s">
         <v>71</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>70</v>
       </c>
       <c r="AC60" t="s">
-        <v>755</v>
-[...2 lines deleted...]
-        <v>46809176</v>
+        <v>745</v>
+      </c>
+      <c r="AD60" t="s">
+        <v>746</v>
       </c>
       <c r="AE60" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="AF60">
-        <v>998122884</v>
+        <v>972839365</v>
       </c>
       <c r="AG60"/>
       <c r="AH60" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>388</v>
+        <v>226</v>
       </c>
       <c r="AK60" t="s">
         <v>70</v>
       </c>
       <c r="AL60" t="s">
-        <v>757</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN60"/>
       <c r="AO60">
-        <v>20.99</v>
+        <v>0</v>
       </c>
       <c r="AP60" t="s">
-        <v>761</v>
-[...9 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="AQ60"/>
+      <c r="AR60"/>
+      <c r="AS60"/>
       <c r="AT60" t="s">
-        <v>763</v>
+        <v>71</v>
       </c>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60">
         <v>0</v>
       </c>
       <c r="AX60"/>
       <c r="AY60" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="AZ60" t="s">
         <v>73</v>
       </c>
       <c r="BA60" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB60" t="s">
+        <v>743</v>
+      </c>
+      <c r="BC60" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD60" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE60" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF60" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG60" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH60">
+        <v>411</v>
+      </c>
+      <c r="BI60" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ60" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK60" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL60" t="s">
         <v>83</v>
       </c>
-      <c r="BB60" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BM60" t="s">
-        <v>764</v>
+        <v>751</v>
       </c>
       <c r="BN60" t="s">
-        <v>765</v>
+        <v>752</v>
       </c>
       <c r="BO60">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60">
-        <v>189</v>
+        <v>1699</v>
       </c>
       <c r="BS60" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>766</v>
+        <v>753</v>
       </c>
       <c r="C61" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
       <c r="D61">
-        <v>574980</v>
+        <v>578557</v>
       </c>
       <c r="E61">
-        <v>154.38</v>
+        <v>60.26</v>
       </c>
       <c r="F61" t="s">
-        <v>768</v>
+        <v>755</v>
       </c>
       <c r="G61" t="s">
         <v>70</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="J61" t="s">
         <v>71</v>
       </c>
       <c r="K61" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L61" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
       <c r="M61" t="s">
         <v>73</v>
       </c>
       <c r="N61"/>
       <c r="O61"/>
-      <c r="P61" t="s">
-        <v>769</v>
+      <c r="P61">
+        <v>70011146</v>
       </c>
       <c r="Q61" t="s">
-        <v>766</v>
+        <v>753</v>
       </c>
       <c r="R61" t="s">
-        <v>770</v>
+        <v>756</v>
       </c>
       <c r="S61" t="s">
-        <v>770</v>
+        <v>756</v>
       </c>
       <c r="T61" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U61" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
       <c r="V61">
-        <v>574980</v>
+        <v>578557</v>
       </c>
       <c r="W61" t="s">
         <v>71</v>
       </c>
       <c r="X61">
-        <v>154.38</v>
+        <v>60.26</v>
       </c>
       <c r="Y61">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z61" t="s">
         <v>71</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>70</v>
       </c>
       <c r="AC61" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>755</v>
+      </c>
+      <c r="AD61">
+        <v>70011146</v>
       </c>
       <c r="AE61" t="s">
-        <v>771</v>
+        <v>757</v>
       </c>
       <c r="AF61">
-        <v>981267157</v>
+        <v>947927577</v>
       </c>
       <c r="AG61"/>
       <c r="AH61" t="s">
-        <v>772</v>
+        <v>758</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>184</v>
+        <v>78</v>
       </c>
       <c r="AK61" t="s">
         <v>70</v>
       </c>
       <c r="AL61" t="s">
         <v>71</v>
       </c>
-      <c r="AM61"/>
+      <c r="AM61" t="s">
+        <v>79</v>
+      </c>
       <c r="AN61"/>
       <c r="AO61">
         <v>0</v>
       </c>
       <c r="AP61" t="s">
-        <v>773</v>
+        <v>759</v>
       </c>
       <c r="AQ61"/>
       <c r="AR61"/>
       <c r="AS61"/>
       <c r="AT61" t="s">
         <v>71</v>
       </c>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61">
         <v>0</v>
       </c>
       <c r="AX61"/>
       <c r="AY61" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
       <c r="AZ61" t="s">
         <v>73</v>
       </c>
       <c r="BA61" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB61" t="s">
-        <v>766</v>
+        <v>753</v>
       </c>
       <c r="BC61" t="s">
         <v>71</v>
       </c>
       <c r="BD61" t="s">
         <v>71</v>
       </c>
       <c r="BE61" t="s">
         <v>71</v>
       </c>
       <c r="BF61" t="s">
         <v>71</v>
       </c>
       <c r="BG61" t="s">
         <v>71</v>
       </c>
       <c r="BH61">
-        <v>429</v>
+        <v>412</v>
       </c>
       <c r="BI61" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ61" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK61" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL61" t="s">
-        <v>427</v>
+        <v>97</v>
       </c>
       <c r="BM61" t="s">
-        <v>774</v>
+        <v>760</v>
       </c>
       <c r="BN61" t="s">
-        <v>71</v>
+        <v>761</v>
       </c>
       <c r="BO61">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
-        <v>599</v>
+        <v>229</v>
       </c>
       <c r="BS61" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="C62" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="D62">
-        <v>574663</v>
+        <v>578500</v>
       </c>
       <c r="E62">
-        <v>77.06</v>
+        <v>52.37</v>
       </c>
       <c r="F62" t="s">
-        <v>777</v>
+        <v>764</v>
       </c>
       <c r="G62" t="s">
         <v>70</v>
       </c>
-      <c r="H62"/>
+      <c r="H62" t="s">
+        <v>765</v>
+      </c>
       <c r="I62">
-        <v>0</v>
+        <v>26.99</v>
       </c>
       <c r="J62" t="s">
-        <v>71</v>
+        <v>766</v>
       </c>
       <c r="K62" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="L62" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="M62" t="s">
         <v>73</v>
       </c>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62">
-        <v>45541386</v>
+        <v>60901379</v>
       </c>
       <c r="Q62" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="R62" t="s">
-        <v>778</v>
+        <v>767</v>
       </c>
       <c r="S62" t="s">
-        <v>778</v>
+        <v>767</v>
       </c>
       <c r="T62" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U62" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="V62">
-        <v>574663</v>
+        <v>578500</v>
       </c>
       <c r="W62" t="s">
         <v>71</v>
       </c>
       <c r="X62">
-        <v>77.06</v>
+        <v>52.37</v>
       </c>
       <c r="Y62">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z62" t="s">
         <v>71</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>70</v>
       </c>
       <c r="AC62" t="s">
-        <v>777</v>
+        <v>764</v>
       </c>
       <c r="AD62">
-        <v>45541386</v>
+        <v>60901379</v>
       </c>
       <c r="AE62" t="s">
-        <v>779</v>
+        <v>768</v>
       </c>
       <c r="AF62">
-        <v>959299155</v>
+        <v>925683140</v>
       </c>
       <c r="AG62"/>
       <c r="AH62" t="s">
-        <v>780</v>
+        <v>769</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>184</v>
+        <v>770</v>
       </c>
       <c r="AK62" t="s">
         <v>70</v>
       </c>
       <c r="AL62" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN62"/>
+        <v>766</v>
+      </c>
+      <c r="AM62"/>
+      <c r="AN62" t="s">
+        <v>765</v>
+      </c>
       <c r="AO62">
-        <v>0</v>
+        <v>26.99</v>
       </c>
       <c r="AP62" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="AQ62"/>
       <c r="AR62"/>
       <c r="AS62"/>
       <c r="AT62" t="s">
         <v>71</v>
       </c>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62">
         <v>0</v>
       </c>
       <c r="AX62"/>
       <c r="AY62" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="AZ62" t="s">
         <v>73</v>
       </c>
       <c r="BA62" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB62" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="BC62" t="s">
-        <v>71</v>
+        <v>766</v>
       </c>
       <c r="BD62" t="s">
         <v>71</v>
       </c>
       <c r="BE62" t="s">
         <v>71</v>
       </c>
       <c r="BF62" t="s">
         <v>71</v>
       </c>
       <c r="BG62" t="s">
         <v>71</v>
       </c>
       <c r="BH62">
-        <v>433</v>
+        <v>413</v>
       </c>
       <c r="BI62" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ62" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK62" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="BL62" t="s">
-        <v>140</v>
+        <v>772</v>
       </c>
       <c r="BM62" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="BN62" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="BO62">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62">
-        <v>299</v>
+        <v>199</v>
       </c>
       <c r="BS62" t="s">
-        <v>90</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="C63" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="D63">
-        <v>574229</v>
+        <v>577972</v>
       </c>
       <c r="E63">
-        <v>66.75</v>
+        <v>73.42</v>
       </c>
       <c r="F63" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="G63" t="s">
         <v>70</v>
       </c>
-      <c r="H63"/>
+      <c r="H63" t="s">
+        <v>778</v>
+      </c>
       <c r="I63">
-        <v>0</v>
+        <v>35.99</v>
       </c>
       <c r="J63" t="s">
-        <v>71</v>
+        <v>779</v>
       </c>
       <c r="K63" t="s">
-        <v>787</v>
+        <v>461</v>
       </c>
       <c r="L63" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="M63" t="s">
         <v>73</v>
       </c>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63">
-        <v>72281996</v>
+        <v>47137473</v>
       </c>
       <c r="Q63" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="R63" t="s">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="S63" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="T63" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U63" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="V63">
-        <v>574229</v>
+        <v>577972</v>
       </c>
       <c r="W63" t="s">
         <v>71</v>
       </c>
       <c r="X63">
-        <v>66.75</v>
+        <v>73.42</v>
       </c>
       <c r="Y63">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z63" t="s">
         <v>71</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>70</v>
       </c>
       <c r="AC63" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="AD63">
-        <v>72281996</v>
+        <v>47137473</v>
       </c>
       <c r="AE63" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="AF63">
-        <v>979856090</v>
+        <v>997970221</v>
       </c>
       <c r="AG63"/>
       <c r="AH63" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>791</v>
+        <v>93</v>
       </c>
       <c r="AK63" t="s">
         <v>70</v>
       </c>
       <c r="AL63" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN63"/>
+        <v>779</v>
+      </c>
+      <c r="AM63"/>
+      <c r="AN63" t="s">
+        <v>778</v>
+      </c>
       <c r="AO63">
-        <v>0</v>
+        <v>35.99</v>
       </c>
       <c r="AP63" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="AQ63"/>
       <c r="AR63"/>
       <c r="AS63"/>
       <c r="AT63" t="s">
         <v>71</v>
       </c>
       <c r="AU63"/>
       <c r="AV63"/>
       <c r="AW63">
         <v>0</v>
       </c>
       <c r="AX63"/>
       <c r="AY63" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="AZ63" t="s">
         <v>73</v>
       </c>
       <c r="BA63" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB63" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="BC63" t="s">
-        <v>71</v>
+        <v>779</v>
       </c>
       <c r="BD63" t="s">
         <v>71</v>
       </c>
       <c r="BE63" t="s">
         <v>71</v>
       </c>
       <c r="BF63" t="s">
         <v>71</v>
       </c>
       <c r="BG63" t="s">
         <v>71</v>
       </c>
       <c r="BH63">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="BI63" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ63" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK63" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL63" t="s">
-        <v>87</v>
+        <v>215</v>
       </c>
       <c r="BM63" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="BN63" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="BO63">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="BS63" t="s">
-        <v>90</v>
+        <v>787</v>
       </c>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="C64" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="D64">
-        <v>574152</v>
+        <v>577799</v>
       </c>
       <c r="E64">
-        <v>61.6</v>
+        <v>73.42</v>
       </c>
       <c r="F64" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="G64" t="s">
         <v>70</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64" t="s">
         <v>71</v>
       </c>
       <c r="K64" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L64" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="M64" t="s">
         <v>73</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64">
-        <v>10143605</v>
+        <v>80165259</v>
       </c>
       <c r="Q64" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="R64" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="S64" t="s">
-        <v>798</v>
+        <v>792</v>
       </c>
       <c r="T64" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U64" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="V64">
-        <v>574152</v>
+        <v>577799</v>
       </c>
       <c r="W64" t="s">
         <v>71</v>
       </c>
       <c r="X64">
-        <v>61.6</v>
+        <v>73.42</v>
       </c>
       <c r="Y64">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z64" t="s">
         <v>71</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>70</v>
       </c>
       <c r="AC64" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="AD64">
-        <v>10143605</v>
+        <v>80165259</v>
       </c>
       <c r="AE64" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="AF64">
-        <v>970287794</v>
+        <v>978398600</v>
       </c>
       <c r="AG64"/>
       <c r="AH64" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>218</v>
+        <v>795</v>
       </c>
       <c r="AK64" t="s">
         <v>70</v>
       </c>
       <c r="AL64" t="s">
         <v>71</v>
       </c>
-      <c r="AM64"/>
+      <c r="AM64" t="s">
+        <v>79</v>
+      </c>
       <c r="AN64"/>
       <c r="AO64">
         <v>0</v>
       </c>
       <c r="AP64" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="AQ64"/>
       <c r="AR64"/>
       <c r="AS64"/>
       <c r="AT64" t="s">
         <v>71</v>
       </c>
       <c r="AU64"/>
       <c r="AV64"/>
       <c r="AW64">
         <v>0</v>
       </c>
       <c r="AX64"/>
       <c r="AY64" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="AZ64" t="s">
         <v>73</v>
       </c>
       <c r="BA64" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB64" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="BC64" t="s">
         <v>71</v>
       </c>
       <c r="BD64" t="s">
         <v>71</v>
       </c>
       <c r="BE64" t="s">
         <v>71</v>
       </c>
       <c r="BF64" t="s">
         <v>71</v>
       </c>
       <c r="BG64" t="s">
         <v>71</v>
       </c>
       <c r="BH64">
-        <v>441</v>
+        <v>425</v>
       </c>
       <c r="BI64" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ64" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK64" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL64" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BM64" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="BN64" t="s">
-        <v>71</v>
+        <v>798</v>
       </c>
       <c r="BO64">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
-        <v>239</v>
+        <v>279</v>
       </c>
       <c r="BS64" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="C65" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D65">
-        <v>573943</v>
+        <v>577322</v>
       </c>
       <c r="E65">
-        <v>97.68</v>
+        <v>99.48</v>
       </c>
       <c r="F65" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="G65" t="s">
         <v>70</v>
       </c>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
       <c r="I65">
-        <v>46.99</v>
+        <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>807</v>
+        <v>71</v>
       </c>
       <c r="K65" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L65" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="M65" t="s">
         <v>73</v>
       </c>
       <c r="N65"/>
       <c r="O65"/>
-      <c r="P65" t="s">
-        <v>808</v>
+      <c r="P65">
+        <v>72472182</v>
       </c>
       <c r="Q65" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="R65" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="S65" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="T65" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U65" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="V65">
-        <v>573943</v>
+        <v>577322</v>
       </c>
       <c r="W65" t="s">
         <v>71</v>
       </c>
       <c r="X65">
-        <v>97.68</v>
+        <v>99.48</v>
       </c>
       <c r="Y65">
         <v>3.88</v>
       </c>
       <c r="Z65" t="s">
         <v>71</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>70</v>
       </c>
       <c r="AC65" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>808</v>
+        <v>801</v>
+      </c>
+      <c r="AD65">
+        <v>72472182</v>
       </c>
       <c r="AE65" t="s">
-        <v>811</v>
+        <v>803</v>
       </c>
       <c r="AF65">
-        <v>934372315</v>
+        <v>929489116</v>
       </c>
       <c r="AG65"/>
       <c r="AH65" t="s">
-        <v>812</v>
+        <v>804</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="AK65" t="s">
         <v>70</v>
       </c>
       <c r="AL65" t="s">
-        <v>807</v>
+        <v>71</v>
       </c>
       <c r="AM65"/>
-      <c r="AN65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN65"/>
       <c r="AO65">
-        <v>46.99</v>
+        <v>0</v>
       </c>
       <c r="AP65" t="s">
-        <v>813</v>
+        <v>805</v>
       </c>
       <c r="AQ65"/>
       <c r="AR65"/>
       <c r="AS65"/>
       <c r="AT65" t="s">
         <v>71</v>
       </c>
       <c r="AU65"/>
       <c r="AV65"/>
       <c r="AW65">
         <v>0</v>
       </c>
       <c r="AX65"/>
       <c r="AY65" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="AZ65" t="s">
         <v>73</v>
       </c>
       <c r="BA65" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB65" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="BC65" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD65" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE65" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF65" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG65" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH65">
+        <v>435</v>
+      </c>
+      <c r="BI65" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ65" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK65" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL65" t="s">
+        <v>806</v>
+      </c>
+      <c r="BM65" t="s">
         <v>807</v>
       </c>
-      <c r="BD65" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BN65" t="s">
-        <v>815</v>
+        <v>71</v>
       </c>
       <c r="BO65">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="BS65" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
       <c r="C66" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
       <c r="D66">
-        <v>573753</v>
+        <v>577282</v>
       </c>
       <c r="E66">
-        <v>77.06</v>
+        <v>56.44</v>
       </c>
       <c r="F66" t="s">
-        <v>818</v>
+        <v>810</v>
       </c>
       <c r="G66" t="s">
         <v>70</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0</v>
       </c>
       <c r="J66" t="s">
         <v>71</v>
       </c>
       <c r="K66" t="s">
-        <v>412</v>
+        <v>586</v>
       </c>
       <c r="L66" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
       <c r="M66" t="s">
         <v>73</v>
       </c>
       <c r="N66"/>
       <c r="O66"/>
-      <c r="P66">
-        <v>70443992</v>
+      <c r="P66" t="s">
+        <v>811</v>
       </c>
       <c r="Q66" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
       <c r="R66" t="s">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="S66" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="T66" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U66" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
       <c r="V66">
-        <v>573753</v>
+        <v>577282</v>
       </c>
       <c r="W66" t="s">
         <v>71</v>
       </c>
       <c r="X66">
-        <v>77.06</v>
+        <v>56.44</v>
       </c>
       <c r="Y66">
         <v>3.88</v>
       </c>
       <c r="Z66" t="s">
         <v>71</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>70</v>
       </c>
       <c r="AC66" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>70443992</v>
+        <v>810</v>
+      </c>
+      <c r="AD66" t="s">
+        <v>811</v>
       </c>
       <c r="AE66" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
       <c r="AF66">
-        <v>933147691</v>
+        <v>940490440</v>
       </c>
       <c r="AG66"/>
       <c r="AH66" t="s">
-        <v>821</v>
+        <v>815</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>116</v>
+        <v>367</v>
       </c>
       <c r="AK66" t="s">
         <v>70</v>
       </c>
       <c r="AL66" t="s">
         <v>71</v>
       </c>
       <c r="AM66" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN66"/>
       <c r="AO66">
         <v>0</v>
       </c>
       <c r="AP66" t="s">
-        <v>417</v>
+        <v>816</v>
       </c>
       <c r="AQ66"/>
       <c r="AR66"/>
       <c r="AS66"/>
       <c r="AT66" t="s">
         <v>71</v>
       </c>
       <c r="AU66"/>
       <c r="AV66"/>
       <c r="AW66">
         <v>0</v>
       </c>
       <c r="AX66"/>
       <c r="AY66" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
       <c r="AZ66" t="s">
         <v>73</v>
       </c>
       <c r="BA66" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB66" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
       <c r="BC66" t="s">
         <v>71</v>
       </c>
       <c r="BD66" t="s">
         <v>71</v>
       </c>
       <c r="BE66" t="s">
         <v>71</v>
       </c>
       <c r="BF66" t="s">
         <v>71</v>
       </c>
       <c r="BG66" t="s">
         <v>71</v>
       </c>
       <c r="BH66">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="BI66" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ66" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK66" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL66" t="s">
-        <v>822</v>
+        <v>97</v>
       </c>
       <c r="BM66" t="s">
-        <v>823</v>
+        <v>817</v>
       </c>
       <c r="BN66" t="s">
-        <v>824</v>
+        <v>818</v>
       </c>
       <c r="BO66">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
-        <v>299</v>
+        <v>219</v>
       </c>
       <c r="BS66" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="C67" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="D67">
-        <v>573712</v>
+        <v>577240</v>
       </c>
       <c r="E67">
-        <v>128.61</v>
+        <v>46.13</v>
       </c>
       <c r="F67" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="G67" t="s">
         <v>70</v>
       </c>
       <c r="H67" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="I67">
-        <v>74.2</v>
+        <v>11.97</v>
       </c>
       <c r="J67" t="s">
-        <v>829</v>
+        <v>823</v>
       </c>
       <c r="K67" t="s">
-        <v>830</v>
+        <v>461</v>
       </c>
       <c r="L67" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="M67" t="s">
         <v>73</v>
       </c>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67">
-        <v>74142338</v>
+        <v>23813439</v>
       </c>
       <c r="Q67" t="s">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="R67" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="S67" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="T67" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U67" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="V67">
-        <v>573712</v>
+        <v>577240</v>
       </c>
       <c r="W67" t="s">
         <v>71</v>
       </c>
       <c r="X67">
-        <v>128.61</v>
+        <v>46.13</v>
       </c>
       <c r="Y67">
         <v>3.88</v>
       </c>
       <c r="Z67" t="s">
         <v>71</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>70</v>
       </c>
       <c r="AC67" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="AD67">
-        <v>74142338</v>
+        <v>23813439</v>
       </c>
       <c r="AE67" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="AF67">
-        <v>940246472</v>
+        <v>955173334</v>
       </c>
       <c r="AG67"/>
       <c r="AH67" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="AK67" t="s">
         <v>70</v>
       </c>
       <c r="AL67" t="s">
-        <v>829</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="AM67"/>
       <c r="AN67" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="AO67">
-        <v>74.2</v>
+        <v>11.97</v>
       </c>
       <c r="AP67" t="s">
-        <v>834</v>
+        <v>612</v>
       </c>
       <c r="AQ67"/>
       <c r="AR67"/>
       <c r="AS67"/>
       <c r="AT67" t="s">
         <v>71</v>
       </c>
       <c r="AU67"/>
       <c r="AV67"/>
       <c r="AW67">
         <v>0</v>
       </c>
       <c r="AX67"/>
       <c r="AY67" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="AZ67" t="s">
         <v>73</v>
       </c>
       <c r="BA67" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB67" t="s">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="BC67" t="s">
-        <v>829</v>
+        <v>823</v>
       </c>
       <c r="BD67" t="s">
         <v>71</v>
       </c>
       <c r="BE67" t="s">
         <v>71</v>
       </c>
       <c r="BF67" t="s">
         <v>71</v>
       </c>
       <c r="BG67" t="s">
         <v>71</v>
       </c>
       <c r="BH67">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="BI67" t="s">
-        <v>103</v>
+        <v>214</v>
       </c>
       <c r="BJ67" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK67" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL67" t="s">
-        <v>599</v>
+        <v>228</v>
       </c>
       <c r="BM67" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="BN67" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="BO67">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="BP67"/>
       <c r="BQ67"/>
       <c r="BR67">
-        <v>499</v>
+        <v>179</v>
       </c>
       <c r="BS67" t="s">
-        <v>90</v>
+        <v>582</v>
       </c>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="C68" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="D68">
-        <v>573665</v>
+        <v>577193</v>
       </c>
       <c r="E68">
-        <v>79.64</v>
+        <v>51.29</v>
       </c>
       <c r="F68" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
       <c r="G68" t="s">
         <v>70</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>0</v>
       </c>
       <c r="J68" t="s">
         <v>71</v>
       </c>
       <c r="K68" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="L68" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="M68" t="s">
         <v>73</v>
       </c>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68">
-        <v>43054741</v>
+        <v>44428506</v>
       </c>
       <c r="Q68" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="R68" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="S68" t="s">
-        <v>841</v>
+        <v>832</v>
       </c>
       <c r="T68" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U68" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="V68">
-        <v>573665</v>
+        <v>577193</v>
       </c>
       <c r="W68" t="s">
         <v>71</v>
       </c>
       <c r="X68">
-        <v>79.64</v>
+        <v>51.29</v>
       </c>
       <c r="Y68">
         <v>3.88</v>
       </c>
       <c r="Z68" t="s">
         <v>71</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>70</v>
       </c>
       <c r="AC68" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
       <c r="AD68">
-        <v>43054741</v>
+        <v>44428506</v>
       </c>
       <c r="AE68" t="s">
-        <v>842</v>
+        <v>833</v>
       </c>
       <c r="AF68">
-        <v>959009562</v>
+        <v>926912150</v>
       </c>
       <c r="AG68"/>
       <c r="AH68" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>541</v>
+        <v>835</v>
       </c>
       <c r="AK68" t="s">
         <v>70</v>
       </c>
       <c r="AL68" t="s">
         <v>71</v>
       </c>
       <c r="AM68" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN68"/>
       <c r="AO68">
         <v>0</v>
       </c>
       <c r="AP68" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="AQ68"/>
       <c r="AR68"/>
       <c r="AS68"/>
       <c r="AT68" t="s">
         <v>71</v>
       </c>
       <c r="AU68"/>
       <c r="AV68"/>
       <c r="AW68">
         <v>0</v>
       </c>
       <c r="AX68"/>
       <c r="AY68" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="AZ68" t="s">
         <v>73</v>
       </c>
       <c r="BA68" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB68" t="s">
+        <v>829</v>
+      </c>
+      <c r="BC68" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD68" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE68" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF68" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG68" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH68">
+        <v>437</v>
+      </c>
+      <c r="BI68" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ68" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK68" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL68" t="s">
         <v>837</v>
       </c>
-      <c r="BC68" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BM68" t="s">
-        <v>845</v>
+        <v>838</v>
       </c>
       <c r="BN68" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="BO68">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="BP68"/>
       <c r="BQ68"/>
       <c r="BR68">
-        <v>309</v>
+        <v>199</v>
       </c>
       <c r="BS68" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>847</v>
+        <v>840</v>
       </c>
       <c r="C69" t="s">
-        <v>848</v>
+        <v>841</v>
       </c>
       <c r="D69">
-        <v>573570</v>
+        <v>577128</v>
       </c>
       <c r="E69">
-        <v>66.75</v>
+        <v>48.71</v>
       </c>
       <c r="F69" t="s">
-        <v>849</v>
+        <v>842</v>
       </c>
       <c r="G69" t="s">
         <v>70</v>
       </c>
       <c r="H69"/>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="J69" t="s">
         <v>71</v>
       </c>
       <c r="K69" t="s">
-        <v>412</v>
+        <v>843</v>
       </c>
       <c r="L69" t="s">
-        <v>848</v>
+        <v>841</v>
       </c>
       <c r="M69" t="s">
         <v>73</v>
       </c>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69">
-        <v>29632869</v>
+        <v>44836998</v>
       </c>
       <c r="Q69" t="s">
-        <v>847</v>
+        <v>840</v>
       </c>
       <c r="R69" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="S69" t="s">
-        <v>851</v>
+        <v>844</v>
       </c>
       <c r="T69" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U69" t="s">
-        <v>848</v>
+        <v>841</v>
       </c>
       <c r="V69">
-        <v>573570</v>
+        <v>577128</v>
       </c>
       <c r="W69" t="s">
         <v>71</v>
       </c>
       <c r="X69">
-        <v>66.75</v>
+        <v>48.71</v>
       </c>
       <c r="Y69">
         <v>3.88</v>
       </c>
       <c r="Z69" t="s">
         <v>71</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>70</v>
       </c>
       <c r="AC69" t="s">
-        <v>849</v>
+        <v>842</v>
       </c>
       <c r="AD69">
-        <v>29632869</v>
+        <v>44836998</v>
       </c>
       <c r="AE69" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
       <c r="AF69">
-        <v>984482766</v>
+        <v>932205747</v>
       </c>
       <c r="AG69"/>
       <c r="AH69" t="s">
-        <v>853</v>
+        <v>846</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>854</v>
+        <v>150</v>
       </c>
       <c r="AK69" t="s">
         <v>70</v>
       </c>
       <c r="AL69" t="s">
         <v>71</v>
       </c>
       <c r="AM69" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN69"/>
       <c r="AO69">
         <v>0</v>
       </c>
       <c r="AP69" t="s">
-        <v>792</v>
+        <v>847</v>
       </c>
       <c r="AQ69"/>
       <c r="AR69"/>
       <c r="AS69"/>
       <c r="AT69" t="s">
         <v>71</v>
       </c>
       <c r="AU69"/>
       <c r="AV69"/>
       <c r="AW69">
         <v>0</v>
       </c>
       <c r="AX69"/>
       <c r="AY69" t="s">
-        <v>848</v>
+        <v>841</v>
       </c>
       <c r="AZ69" t="s">
         <v>73</v>
       </c>
       <c r="BA69" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB69" t="s">
-        <v>847</v>
+        <v>840</v>
       </c>
       <c r="BC69" t="s">
         <v>71</v>
       </c>
       <c r="BD69" t="s">
         <v>71</v>
       </c>
       <c r="BE69" t="s">
         <v>71</v>
       </c>
       <c r="BF69" t="s">
         <v>71</v>
       </c>
       <c r="BG69" t="s">
         <v>71</v>
       </c>
       <c r="BH69">
-        <v>451</v>
+        <v>439</v>
       </c>
       <c r="BI69" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ69" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK69" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL69" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="BM69" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="BN69" t="s">
-        <v>856</v>
+        <v>849</v>
       </c>
       <c r="BO69">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
-        <v>259</v>
+        <v>189</v>
       </c>
       <c r="BS69" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
-        <v>857</v>
+        <v>850</v>
       </c>
       <c r="C70" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="D70">
-        <v>573471</v>
+        <v>577090</v>
       </c>
       <c r="E70">
-        <v>38.4</v>
+        <v>48.71</v>
       </c>
       <c r="F70" t="s">
-        <v>859</v>
+        <v>852</v>
       </c>
       <c r="G70" t="s">
         <v>70</v>
       </c>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
       <c r="I70">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>861</v>
+        <v>71</v>
       </c>
       <c r="K70" t="s">
-        <v>862</v>
+        <v>586</v>
       </c>
       <c r="L70" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="M70" t="s">
         <v>73</v>
       </c>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70">
-        <v>10287262</v>
+        <v>15864681</v>
       </c>
       <c r="Q70" t="s">
-        <v>857</v>
+        <v>850</v>
       </c>
       <c r="R70" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="S70" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
       <c r="T70" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U70" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="V70">
-        <v>573471</v>
+        <v>577090</v>
       </c>
       <c r="W70" t="s">
         <v>71</v>
       </c>
       <c r="X70">
-        <v>38.4</v>
+        <v>48.71</v>
       </c>
       <c r="Y70">
         <v>3.88</v>
       </c>
       <c r="Z70" t="s">
         <v>71</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>70</v>
       </c>
       <c r="AC70" t="s">
-        <v>859</v>
+        <v>852</v>
       </c>
       <c r="AD70">
-        <v>10287262</v>
+        <v>15864681</v>
       </c>
       <c r="AE70" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
       <c r="AF70">
-        <v>976310724</v>
+        <v>987580032</v>
       </c>
       <c r="AG70"/>
       <c r="AH70" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>116</v>
+        <v>714</v>
       </c>
       <c r="AK70" t="s">
         <v>70</v>
       </c>
       <c r="AL70" t="s">
-        <v>861</v>
+        <v>71</v>
       </c>
       <c r="AM70" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN70"/>
       <c r="AO70">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="AP70" t="s">
-        <v>867</v>
-[...9 lines deleted...]
-      </c>
+        <v>847</v>
+      </c>
+      <c r="AQ70"/>
+      <c r="AR70"/>
+      <c r="AS70"/>
       <c r="AT70" t="s">
-        <v>869</v>
+        <v>71</v>
       </c>
       <c r="AU70"/>
       <c r="AV70"/>
       <c r="AW70">
         <v>0</v>
       </c>
       <c r="AX70"/>
       <c r="AY70" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="AZ70" t="s">
         <v>73</v>
       </c>
       <c r="BA70" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB70" t="s">
+        <v>850</v>
+      </c>
+      <c r="BC70" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD70" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE70" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF70" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG70" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH70">
+        <v>439</v>
+      </c>
+      <c r="BI70" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ70" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK70" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL70" t="s">
+        <v>97</v>
+      </c>
+      <c r="BM70" t="s">
         <v>857</v>
       </c>
-      <c r="BC70" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BN70" t="s">
-        <v>871</v>
+        <v>858</v>
       </c>
       <c r="BO70">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
-        <v>149</v>
+        <v>189</v>
       </c>
       <c r="BS70" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
-        <v>872</v>
+        <v>859</v>
       </c>
       <c r="C71" t="s">
-        <v>873</v>
+        <v>860</v>
       </c>
       <c r="D71">
-        <v>573424</v>
+        <v>576964</v>
       </c>
       <c r="E71">
-        <v>368.3</v>
+        <v>59.02</v>
       </c>
       <c r="F71" t="s">
-        <v>874</v>
+        <v>861</v>
       </c>
       <c r="G71" t="s">
         <v>70</v>
       </c>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
       <c r="I71">
-        <v>186.19</v>
+        <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>876</v>
+        <v>71</v>
       </c>
       <c r="K71" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L71" t="s">
-        <v>873</v>
+        <v>860</v>
       </c>
       <c r="M71" t="s">
         <v>73</v>
       </c>
       <c r="N71"/>
       <c r="O71"/>
-      <c r="P71">
-        <v>10035160</v>
+      <c r="P71" t="s">
+        <v>862</v>
       </c>
       <c r="Q71" t="s">
-        <v>872</v>
+        <v>859</v>
       </c>
       <c r="R71" t="s">
-        <v>877</v>
+        <v>863</v>
       </c>
       <c r="S71" t="s">
-        <v>877</v>
+        <v>864</v>
       </c>
       <c r="T71" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U71" t="s">
-        <v>873</v>
+        <v>860</v>
       </c>
       <c r="V71">
-        <v>573424</v>
+        <v>576964</v>
       </c>
       <c r="W71" t="s">
         <v>71</v>
       </c>
       <c r="X71">
-        <v>368.3</v>
+        <v>59.02</v>
       </c>
       <c r="Y71">
         <v>3.88</v>
       </c>
       <c r="Z71" t="s">
         <v>71</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>70</v>
       </c>
       <c r="AC71" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>10035160</v>
+        <v>861</v>
+      </c>
+      <c r="AD71" t="s">
+        <v>862</v>
       </c>
       <c r="AE71" t="s">
-        <v>878</v>
+        <v>865</v>
       </c>
       <c r="AF71">
-        <v>991000253</v>
+        <v>952519537</v>
       </c>
       <c r="AG71"/>
       <c r="AH71" t="s">
-        <v>879</v>
+        <v>866</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>184</v>
+        <v>367</v>
       </c>
       <c r="AK71" t="s">
         <v>70</v>
       </c>
       <c r="AL71" t="s">
-        <v>876</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="AM71" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN71"/>
       <c r="AO71">
-        <v>186.19</v>
+        <v>0</v>
       </c>
       <c r="AP71" t="s">
-        <v>880</v>
+        <v>867</v>
       </c>
       <c r="AQ71"/>
       <c r="AR71"/>
       <c r="AS71"/>
       <c r="AT71" t="s">
         <v>71</v>
       </c>
       <c r="AU71"/>
       <c r="AV71"/>
       <c r="AW71">
         <v>0</v>
       </c>
       <c r="AX71"/>
       <c r="AY71" t="s">
-        <v>873</v>
+        <v>860</v>
       </c>
       <c r="AZ71" t="s">
         <v>73</v>
       </c>
       <c r="BA71" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB71" t="s">
-        <v>872</v>
+        <v>859</v>
       </c>
       <c r="BC71" t="s">
-        <v>876</v>
+        <v>71</v>
       </c>
       <c r="BD71" t="s">
         <v>71</v>
       </c>
       <c r="BE71" t="s">
         <v>71</v>
       </c>
       <c r="BF71" t="s">
         <v>71</v>
       </c>
       <c r="BG71" t="s">
         <v>71</v>
       </c>
       <c r="BH71">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="BI71" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="BJ71" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="BK71" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL71" t="s">
-        <v>599</v>
+        <v>97</v>
       </c>
       <c r="BM71" t="s">
-        <v>881</v>
+        <v>868</v>
       </c>
       <c r="BN71" t="s">
-        <v>882</v>
+        <v>869</v>
       </c>
       <c r="BO71">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
-        <v>1429</v>
+        <v>229</v>
       </c>
       <c r="BS71" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
-        <v>883</v>
+        <v>870</v>
       </c>
       <c r="C72" t="s">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="D72">
-        <v>573256</v>
+        <v>576679</v>
       </c>
       <c r="E72">
-        <v>51.29</v>
+        <v>40.98</v>
       </c>
       <c r="F72" t="s">
-        <v>885</v>
+        <v>872</v>
       </c>
       <c r="G72" t="s">
         <v>70</v>
       </c>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H72"/>
       <c r="I72">
-        <v>22.89</v>
+        <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>887</v>
+        <v>71</v>
       </c>
       <c r="K72" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L72" t="s">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="M72" t="s">
         <v>73</v>
       </c>
       <c r="N72"/>
       <c r="O72"/>
-      <c r="P72">
-        <v>41194212</v>
+      <c r="P72" t="s">
+        <v>873</v>
       </c>
       <c r="Q72" t="s">
-        <v>883</v>
+        <v>870</v>
       </c>
       <c r="R72" t="s">
-        <v>888</v>
+        <v>874</v>
       </c>
       <c r="S72" t="s">
-        <v>889</v>
+        <v>875</v>
       </c>
       <c r="T72" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U72" t="s">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="V72">
-        <v>573256</v>
+        <v>576679</v>
       </c>
       <c r="W72" t="s">
         <v>71</v>
       </c>
       <c r="X72">
-        <v>51.29</v>
+        <v>40.98</v>
       </c>
       <c r="Y72">
         <v>3.88</v>
       </c>
       <c r="Z72" t="s">
         <v>71</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>70</v>
       </c>
       <c r="AC72" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>41194212</v>
+        <v>872</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>873</v>
       </c>
       <c r="AE72" t="s">
-        <v>890</v>
+        <v>876</v>
       </c>
       <c r="AF72">
-        <v>981899742</v>
+        <v>998784167</v>
       </c>
       <c r="AG72"/>
       <c r="AH72" t="s">
-        <v>891</v>
+        <v>877</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>80</v>
+        <v>325</v>
       </c>
       <c r="AK72" t="s">
         <v>70</v>
       </c>
       <c r="AL72" t="s">
-        <v>887</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="AM72" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN72"/>
       <c r="AO72">
-        <v>22.89</v>
+        <v>0</v>
       </c>
       <c r="AP72" t="s">
-        <v>892</v>
-[...9 lines deleted...]
-      </c>
+        <v>878</v>
+      </c>
+      <c r="AQ72"/>
+      <c r="AR72"/>
+      <c r="AS72"/>
       <c r="AT72" t="s">
-        <v>894</v>
+        <v>71</v>
       </c>
       <c r="AU72"/>
       <c r="AV72"/>
       <c r="AW72">
         <v>0</v>
       </c>
       <c r="AX72"/>
       <c r="AY72" t="s">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="AZ72" t="s">
         <v>73</v>
       </c>
       <c r="BA72" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB72" t="s">
-        <v>883</v>
+        <v>870</v>
       </c>
       <c r="BC72" t="s">
-        <v>887</v>
+        <v>71</v>
       </c>
       <c r="BD72" t="s">
-        <v>895</v>
+        <v>71</v>
       </c>
       <c r="BE72" t="s">
         <v>71</v>
       </c>
       <c r="BF72" t="s">
         <v>71</v>
       </c>
       <c r="BG72" t="s">
         <v>71</v>
       </c>
       <c r="BH72">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="BI72" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="BJ72" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK72" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL72" t="s">
-        <v>405</v>
+        <v>97</v>
       </c>
       <c r="BM72" t="s">
-        <v>896</v>
+        <v>879</v>
       </c>
       <c r="BN72" t="s">
-        <v>897</v>
+        <v>880</v>
       </c>
       <c r="BO72">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
-        <v>199</v>
+        <v>159</v>
       </c>
       <c r="BS72" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
         <v>66</v>
       </c>
       <c r="B73" t="s">
-        <v>898</v>
+        <v>881</v>
       </c>
       <c r="C73" t="s">
-        <v>899</v>
+        <v>882</v>
       </c>
       <c r="D73">
-        <v>573181</v>
+        <v>576199</v>
       </c>
       <c r="E73">
-        <v>100.26</v>
+        <v>84.79</v>
       </c>
       <c r="F73" t="s">
-        <v>900</v>
+        <v>883</v>
       </c>
       <c r="G73" t="s">
         <v>70</v>
       </c>
       <c r="H73" t="s">
-        <v>901</v>
+        <v>884</v>
       </c>
       <c r="I73">
-        <v>78.75</v>
+        <v>34.99</v>
       </c>
       <c r="J73" t="s">
-        <v>902</v>
+        <v>885</v>
       </c>
       <c r="K73" t="s">
-        <v>903</v>
+        <v>886</v>
       </c>
       <c r="L73" t="s">
-        <v>899</v>
+        <v>882</v>
       </c>
       <c r="M73" t="s">
         <v>73</v>
       </c>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73">
-        <v>75580346</v>
+        <v>47563321</v>
       </c>
       <c r="Q73" t="s">
-        <v>898</v>
+        <v>881</v>
       </c>
       <c r="R73" t="s">
-        <v>904</v>
+        <v>887</v>
       </c>
       <c r="S73" t="s">
-        <v>904</v>
+        <v>887</v>
       </c>
       <c r="T73" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U73" t="s">
-        <v>899</v>
+        <v>882</v>
       </c>
       <c r="V73">
-        <v>573181</v>
+        <v>576199</v>
       </c>
       <c r="W73" t="s">
         <v>71</v>
       </c>
       <c r="X73">
-        <v>100.26</v>
+        <v>84.79</v>
       </c>
       <c r="Y73">
         <v>3.88</v>
       </c>
       <c r="Z73" t="s">
         <v>71</v>
       </c>
       <c r="AA73" t="s">
         <v>66</v>
       </c>
       <c r="AB73" t="s">
         <v>70</v>
       </c>
       <c r="AC73" t="s">
-        <v>900</v>
+        <v>883</v>
       </c>
       <c r="AD73">
-        <v>75580346</v>
+        <v>47563321</v>
       </c>
       <c r="AE73" t="s">
-        <v>905</v>
+        <v>888</v>
       </c>
       <c r="AF73">
-        <v>919505983</v>
+        <v>936159315</v>
       </c>
       <c r="AG73"/>
       <c r="AH73" t="s">
-        <v>906</v>
+        <v>889</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73" t="s">
-        <v>116</v>
+        <v>400</v>
       </c>
       <c r="AK73" t="s">
         <v>70</v>
       </c>
       <c r="AL73" t="s">
-        <v>902</v>
+        <v>885</v>
       </c>
       <c r="AM73" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN73" t="s">
-        <v>901</v>
+        <v>884</v>
       </c>
       <c r="AO73">
-        <v>78.75</v>
+        <v>34.99</v>
       </c>
       <c r="AP73" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      <c r="AS73"/>
+        <v>890</v>
+      </c>
+      <c r="AQ73" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>635</v>
+      </c>
+      <c r="AS73" t="s">
+        <v>891</v>
+      </c>
       <c r="AT73" t="s">
-        <v>71</v>
+        <v>892</v>
       </c>
       <c r="AU73"/>
       <c r="AV73"/>
       <c r="AW73">
         <v>0</v>
       </c>
       <c r="AX73"/>
       <c r="AY73" t="s">
-        <v>899</v>
+        <v>882</v>
       </c>
       <c r="AZ73" t="s">
         <v>73</v>
       </c>
       <c r="BA73" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB73" t="s">
-        <v>898</v>
+        <v>881</v>
       </c>
       <c r="BC73" t="s">
-        <v>902</v>
+        <v>885</v>
       </c>
       <c r="BD73" t="s">
         <v>71</v>
       </c>
       <c r="BE73" t="s">
         <v>71</v>
       </c>
       <c r="BF73" t="s">
         <v>71</v>
       </c>
       <c r="BG73" t="s">
         <v>71</v>
       </c>
       <c r="BH73">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="BI73" t="s">
-        <v>305</v>
+        <v>152</v>
       </c>
       <c r="BJ73" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK73" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL73" t="s">
-        <v>908</v>
+        <v>663</v>
       </c>
       <c r="BM73" t="s">
-        <v>909</v>
+        <v>893</v>
       </c>
       <c r="BN73" t="s">
-        <v>910</v>
+        <v>894</v>
       </c>
       <c r="BO73">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="BP73"/>
+        <v>41</v>
+      </c>
+      <c r="BP73" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ73"/>
       <c r="BR73">
-        <v>389</v>
+        <v>329</v>
       </c>
       <c r="BS73" t="s">
-        <v>90</v>
+        <v>582</v>
       </c>
     </row>
     <row r="74" spans="1:71">
       <c r="A74" t="s">
         <v>66</v>
       </c>
       <c r="B74" t="s">
-        <v>911</v>
+        <v>895</v>
       </c>
       <c r="C74" t="s">
-        <v>912</v>
+        <v>896</v>
       </c>
       <c r="D74">
-        <v>573180</v>
+        <v>575956</v>
       </c>
       <c r="E74">
-        <v>100.26</v>
+        <v>270.36</v>
       </c>
       <c r="F74" t="s">
-        <v>913</v>
+        <v>897</v>
       </c>
       <c r="G74" t="s">
         <v>70</v>
       </c>
       <c r="H74" t="s">
-        <v>914</v>
+        <v>898</v>
       </c>
       <c r="I74">
-        <v>78.75</v>
+        <v>166.99</v>
       </c>
       <c r="J74" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="K74" t="s">
-        <v>915</v>
+        <v>461</v>
       </c>
       <c r="L74" t="s">
-        <v>912</v>
+        <v>896</v>
       </c>
       <c r="M74" t="s">
         <v>73</v>
       </c>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74">
-        <v>16698005</v>
+        <v>48175773</v>
       </c>
       <c r="Q74" t="s">
-        <v>911</v>
+        <v>895</v>
       </c>
       <c r="R74" t="s">
-        <v>916</v>
+        <v>900</v>
       </c>
       <c r="S74" t="s">
-        <v>916</v>
+        <v>900</v>
       </c>
       <c r="T74" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U74" t="s">
-        <v>912</v>
+        <v>896</v>
       </c>
       <c r="V74">
-        <v>573180</v>
+        <v>575956</v>
       </c>
       <c r="W74" t="s">
         <v>71</v>
       </c>
       <c r="X74">
-        <v>100.26</v>
+        <v>270.36</v>
       </c>
       <c r="Y74">
         <v>3.88</v>
       </c>
       <c r="Z74" t="s">
         <v>71</v>
       </c>
       <c r="AA74" t="s">
         <v>66</v>
       </c>
       <c r="AB74" t="s">
         <v>70</v>
       </c>
       <c r="AC74" t="s">
-        <v>913</v>
+        <v>897</v>
       </c>
       <c r="AD74">
-        <v>16698005</v>
+        <v>48175773</v>
       </c>
       <c r="AE74" t="s">
-        <v>917</v>
+        <v>901</v>
       </c>
       <c r="AF74">
-        <v>975912865</v>
+        <v>931073732</v>
       </c>
       <c r="AG74"/>
       <c r="AH74" t="s">
-        <v>918</v>
+        <v>902</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74" t="s">
-        <v>791</v>
+        <v>549</v>
       </c>
       <c r="AK74" t="s">
         <v>70</v>
       </c>
       <c r="AL74" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>899</v>
+      </c>
+      <c r="AM74"/>
       <c r="AN74" t="s">
-        <v>914</v>
+        <v>898</v>
       </c>
       <c r="AO74">
-        <v>78.75</v>
+        <v>166.99</v>
       </c>
       <c r="AP74" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="AQ74"/>
       <c r="AR74"/>
       <c r="AS74"/>
       <c r="AT74" t="s">
         <v>71</v>
       </c>
       <c r="AU74"/>
       <c r="AV74"/>
       <c r="AW74">
         <v>0</v>
       </c>
       <c r="AX74"/>
       <c r="AY74" t="s">
-        <v>912</v>
+        <v>896</v>
       </c>
       <c r="AZ74" t="s">
         <v>73</v>
       </c>
       <c r="BA74" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB74" t="s">
-        <v>911</v>
+        <v>895</v>
       </c>
       <c r="BC74" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="BD74" t="s">
         <v>71</v>
       </c>
       <c r="BE74" t="s">
         <v>71</v>
       </c>
       <c r="BF74" t="s">
         <v>71</v>
       </c>
       <c r="BG74" t="s">
         <v>71</v>
       </c>
       <c r="BH74">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="BI74" t="s">
-        <v>305</v>
+        <v>214</v>
       </c>
       <c r="BJ74" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK74" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL74" t="s">
-        <v>118</v>
+        <v>228</v>
       </c>
       <c r="BM74" t="s">
-        <v>919</v>
+        <v>904</v>
       </c>
       <c r="BN74" t="s">
-        <v>920</v>
+        <v>905</v>
       </c>
       <c r="BO74">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="BP74"/>
       <c r="BQ74"/>
       <c r="BR74">
-        <v>389</v>
+        <v>1049</v>
       </c>
       <c r="BS74" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
         <v>66</v>
       </c>
       <c r="B75" t="s">
-        <v>921</v>
+        <v>906</v>
       </c>
       <c r="C75" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="D75">
-        <v>573078</v>
+        <v>575566</v>
       </c>
       <c r="E75">
-        <v>107.99</v>
+        <v>180.15</v>
       </c>
       <c r="F75" t="s">
-        <v>923</v>
+        <v>908</v>
       </c>
       <c r="G75" t="s">
         <v>70</v>
       </c>
-      <c r="H75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H75"/>
       <c r="I75">
-        <v>55.99</v>
+        <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>925</v>
+        <v>71</v>
       </c>
       <c r="K75" t="s">
-        <v>926</v>
+        <v>909</v>
       </c>
       <c r="L75" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="M75" t="s">
         <v>73</v>
       </c>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75">
-        <v>47163782</v>
+        <v>32543825</v>
       </c>
       <c r="Q75" t="s">
-        <v>921</v>
+        <v>906</v>
       </c>
       <c r="R75" t="s">
-        <v>927</v>
+        <v>910</v>
       </c>
       <c r="S75" t="s">
-        <v>927</v>
+        <v>910</v>
       </c>
       <c r="T75" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U75" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="V75">
-        <v>573078</v>
+        <v>575566</v>
       </c>
       <c r="W75" t="s">
         <v>71</v>
       </c>
       <c r="X75">
-        <v>107.99</v>
+        <v>180.15</v>
       </c>
       <c r="Y75">
         <v>3.88</v>
       </c>
       <c r="Z75" t="s">
         <v>71</v>
       </c>
       <c r="AA75" t="s">
         <v>66</v>
       </c>
       <c r="AB75" t="s">
         <v>70</v>
       </c>
       <c r="AC75" t="s">
-        <v>923</v>
+        <v>908</v>
       </c>
       <c r="AD75">
-        <v>47163782</v>
+        <v>32543825</v>
       </c>
       <c r="AE75" t="s">
-        <v>928</v>
+        <v>911</v>
       </c>
       <c r="AF75">
-        <v>978553349</v>
+        <v>957973114</v>
       </c>
       <c r="AG75"/>
       <c r="AH75" t="s">
-        <v>929</v>
+        <v>912</v>
       </c>
       <c r="AI75"/>
       <c r="AJ75" t="s">
-        <v>930</v>
+        <v>795</v>
       </c>
       <c r="AK75" t="s">
         <v>70</v>
       </c>
       <c r="AL75" t="s">
-        <v>925</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="AM75"/>
+      <c r="AN75"/>
       <c r="AO75">
-        <v>55.99</v>
+        <v>0</v>
       </c>
       <c r="AP75" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="AQ75"/>
       <c r="AR75"/>
       <c r="AS75"/>
       <c r="AT75" t="s">
         <v>71</v>
       </c>
       <c r="AU75"/>
       <c r="AV75"/>
       <c r="AW75">
         <v>0</v>
       </c>
       <c r="AX75"/>
       <c r="AY75" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="AZ75" t="s">
         <v>73</v>
       </c>
       <c r="BA75" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB75" t="s">
-        <v>921</v>
+        <v>906</v>
       </c>
       <c r="BC75" t="s">
-        <v>925</v>
+        <v>71</v>
       </c>
       <c r="BD75" t="s">
         <v>71</v>
       </c>
       <c r="BE75" t="s">
         <v>71</v>
       </c>
       <c r="BF75" t="s">
         <v>71</v>
       </c>
       <c r="BG75" t="s">
         <v>71</v>
       </c>
       <c r="BH75">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="BI75" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ75" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK75" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL75" t="s">
-        <v>163</v>
+        <v>97</v>
       </c>
       <c r="BM75" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="BN75" t="s">
-        <v>933</v>
+        <v>915</v>
       </c>
       <c r="BO75">
         <v>1</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
-        <v>419</v>
+        <v>699</v>
       </c>
       <c r="BS75" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
         <v>66</v>
       </c>
       <c r="B76" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
       <c r="C76" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="D76">
-        <v>573077</v>
+        <v>575522</v>
       </c>
       <c r="E76">
-        <v>43.56</v>
+        <v>79.64</v>
       </c>
       <c r="F76" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="G76" t="s">
         <v>70</v>
       </c>
-      <c r="H76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H76"/>
       <c r="I76">
-        <v>15.77</v>
+        <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>925</v>
+        <v>71</v>
       </c>
       <c r="K76" t="s">
-        <v>938</v>
+        <v>461</v>
       </c>
       <c r="L76" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="M76" t="s">
         <v>73</v>
       </c>
       <c r="N76"/>
       <c r="O76"/>
-      <c r="P76">
-        <v>73981747</v>
+      <c r="P76" t="s">
+        <v>919</v>
       </c>
       <c r="Q76" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
       <c r="R76" t="s">
-        <v>939</v>
+        <v>920</v>
       </c>
       <c r="S76" t="s">
-        <v>940</v>
+        <v>920</v>
       </c>
       <c r="T76" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U76" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="V76">
-        <v>573077</v>
+        <v>575522</v>
       </c>
       <c r="W76" t="s">
         <v>71</v>
       </c>
       <c r="X76">
-        <v>43.56</v>
+        <v>79.64</v>
       </c>
       <c r="Y76">
         <v>3.88</v>
       </c>
       <c r="Z76" t="s">
         <v>71</v>
       </c>
       <c r="AA76" t="s">
         <v>66</v>
       </c>
       <c r="AB76" t="s">
         <v>70</v>
       </c>
       <c r="AC76" t="s">
-        <v>936</v>
-[...2 lines deleted...]
-        <v>73981747</v>
+        <v>918</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>919</v>
       </c>
       <c r="AE76" t="s">
-        <v>941</v>
+        <v>921</v>
       </c>
       <c r="AF76">
-        <v>900654865</v>
+        <v>945166154</v>
       </c>
       <c r="AG76"/>
       <c r="AH76" t="s">
-        <v>942</v>
+        <v>922</v>
       </c>
       <c r="AI76"/>
       <c r="AJ76" t="s">
-        <v>791</v>
+        <v>164</v>
       </c>
       <c r="AK76" t="s">
         <v>70</v>
       </c>
       <c r="AL76" t="s">
-        <v>925</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="AM76"/>
+      <c r="AN76"/>
       <c r="AO76">
-        <v>15.77</v>
+        <v>0</v>
       </c>
       <c r="AP76" t="s">
-        <v>943</v>
-[...9 lines deleted...]
-      </c>
+        <v>923</v>
+      </c>
+      <c r="AQ76"/>
+      <c r="AR76"/>
+      <c r="AS76"/>
       <c r="AT76" t="s">
-        <v>945</v>
+        <v>71</v>
       </c>
       <c r="AU76"/>
       <c r="AV76"/>
       <c r="AW76">
         <v>0</v>
       </c>
       <c r="AX76"/>
       <c r="AY76" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="AZ76" t="s">
         <v>73</v>
       </c>
       <c r="BA76" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB76" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
       <c r="BC76" t="s">
-        <v>925</v>
+        <v>71</v>
       </c>
       <c r="BD76" t="s">
-        <v>946</v>
+        <v>71</v>
       </c>
       <c r="BE76" t="s">
         <v>71</v>
       </c>
       <c r="BF76" t="s">
         <v>71</v>
       </c>
       <c r="BG76" t="s">
         <v>71</v>
       </c>
       <c r="BH76">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="BI76" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ76" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK76" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="BL76" t="s">
-        <v>207</v>
+        <v>97</v>
       </c>
       <c r="BM76" t="s">
-        <v>947</v>
+        <v>924</v>
       </c>
       <c r="BN76" t="s">
-        <v>948</v>
+        <v>71</v>
       </c>
       <c r="BO76">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP76"/>
       <c r="BQ76"/>
       <c r="BR76">
-        <v>169</v>
+        <v>309</v>
       </c>
       <c r="BS76" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:71">
       <c r="A77" t="s">
         <v>66</v>
       </c>
       <c r="B77" t="s">
-        <v>949</v>
+        <v>925</v>
       </c>
       <c r="C77" t="s">
-        <v>950</v>
+        <v>926</v>
       </c>
       <c r="D77">
-        <v>572645</v>
+        <v>575458</v>
       </c>
       <c r="E77">
-        <v>154.18</v>
+        <v>48.71</v>
       </c>
       <c r="F77" t="s">
-        <v>951</v>
+        <v>927</v>
       </c>
       <c r="G77" t="s">
         <v>70</v>
       </c>
       <c r="H77" t="s">
-        <v>952</v>
+        <v>928</v>
       </c>
       <c r="I77">
-        <v>79.99</v>
+        <v>20.99</v>
       </c>
       <c r="J77" t="s">
-        <v>953</v>
+        <v>929</v>
       </c>
       <c r="K77" t="s">
-        <v>295</v>
+        <v>461</v>
       </c>
       <c r="L77" t="s">
-        <v>950</v>
+        <v>926</v>
       </c>
       <c r="M77" t="s">
         <v>73</v>
       </c>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77">
-        <v>46690033</v>
+        <v>46809176</v>
       </c>
       <c r="Q77" t="s">
-        <v>949</v>
+        <v>925</v>
       </c>
       <c r="R77" t="s">
-        <v>954</v>
+        <v>930</v>
       </c>
       <c r="S77" t="s">
-        <v>954</v>
+        <v>930</v>
       </c>
       <c r="T77" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U77" t="s">
-        <v>950</v>
+        <v>926</v>
       </c>
       <c r="V77">
-        <v>572645</v>
+        <v>575458</v>
       </c>
       <c r="W77" t="s">
         <v>71</v>
       </c>
       <c r="X77">
-        <v>154.18</v>
+        <v>48.71</v>
       </c>
       <c r="Y77">
-        <v>3.95</v>
+        <v>3.88</v>
       </c>
       <c r="Z77" t="s">
         <v>71</v>
       </c>
       <c r="AA77" t="s">
         <v>66</v>
       </c>
       <c r="AB77" t="s">
         <v>70</v>
       </c>
       <c r="AC77" t="s">
-        <v>951</v>
+        <v>927</v>
       </c>
       <c r="AD77">
-        <v>46690033</v>
+        <v>46809176</v>
       </c>
       <c r="AE77" t="s">
-        <v>955</v>
+        <v>931</v>
       </c>
       <c r="AF77">
-        <v>944901215</v>
+        <v>998122884</v>
       </c>
       <c r="AG77"/>
       <c r="AH77" t="s">
-        <v>956</v>
+        <v>932</v>
       </c>
       <c r="AI77"/>
       <c r="AJ77" t="s">
-        <v>957</v>
+        <v>562</v>
       </c>
       <c r="AK77" t="s">
         <v>70</v>
       </c>
       <c r="AL77" t="s">
-        <v>953</v>
-[...3 lines deleted...]
-      </c>
+        <v>929</v>
+      </c>
+      <c r="AM77"/>
       <c r="AN77" t="s">
-        <v>952</v>
+        <v>928</v>
       </c>
       <c r="AO77">
-        <v>79.99</v>
+        <v>20.99</v>
       </c>
       <c r="AP77" t="s">
-        <v>958</v>
+        <v>933</v>
       </c>
       <c r="AQ77" t="s">
-        <v>303</v>
+        <v>513</v>
       </c>
       <c r="AR77" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="AS77"/>
+        <v>514</v>
+      </c>
+      <c r="AS77" t="s">
+        <v>934</v>
+      </c>
       <c r="AT77" t="s">
-        <v>71</v>
+        <v>935</v>
       </c>
       <c r="AU77"/>
       <c r="AV77"/>
       <c r="AW77">
         <v>0</v>
       </c>
       <c r="AX77"/>
       <c r="AY77" t="s">
-        <v>950</v>
+        <v>926</v>
       </c>
       <c r="AZ77" t="s">
         <v>73</v>
       </c>
       <c r="BA77" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB77" t="s">
-        <v>949</v>
+        <v>925</v>
       </c>
       <c r="BC77" t="s">
-        <v>953</v>
+        <v>929</v>
       </c>
       <c r="BD77" t="s">
         <v>71</v>
       </c>
       <c r="BE77" t="s">
         <v>71</v>
       </c>
       <c r="BF77" t="s">
         <v>71</v>
       </c>
       <c r="BG77" t="s">
         <v>71</v>
       </c>
       <c r="BH77">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="BI77" t="s">
-        <v>305</v>
+        <v>214</v>
       </c>
       <c r="BJ77" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK77" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL77" t="s">
-        <v>959</v>
+        <v>579</v>
       </c>
       <c r="BM77" t="s">
-        <v>960</v>
+        <v>936</v>
       </c>
       <c r="BN77" t="s">
-        <v>961</v>
+        <v>937</v>
       </c>
       <c r="BO77">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BP77" t="s">
-        <v>303</v>
+        <v>520</v>
       </c>
       <c r="BQ77"/>
       <c r="BR77">
-        <v>609</v>
+        <v>189</v>
       </c>
       <c r="BS77" t="s">
-        <v>408</v>
+        <v>582</v>
       </c>
     </row>
     <row r="78" spans="1:71">
       <c r="A78" t="s">
         <v>66</v>
       </c>
       <c r="B78" t="s">
-        <v>962</v>
+        <v>938</v>
       </c>
       <c r="C78" t="s">
-        <v>963</v>
+        <v>939</v>
       </c>
       <c r="D78">
-        <v>572622</v>
+        <v>574980</v>
       </c>
       <c r="E78">
-        <v>143.54</v>
+        <v>154.38</v>
       </c>
       <c r="F78" t="s">
-        <v>964</v>
+        <v>940</v>
       </c>
       <c r="G78" t="s">
         <v>70</v>
       </c>
       <c r="H78"/>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="J78" t="s">
         <v>71</v>
       </c>
       <c r="K78" t="s">
-        <v>862</v>
+        <v>461</v>
       </c>
       <c r="L78" t="s">
-        <v>963</v>
+        <v>939</v>
       </c>
       <c r="M78" t="s">
         <v>73</v>
       </c>
       <c r="N78"/>
       <c r="O78"/>
-      <c r="P78">
-        <v>45841825</v>
+      <c r="P78" t="s">
+        <v>941</v>
       </c>
       <c r="Q78" t="s">
-        <v>962</v>
+        <v>938</v>
       </c>
       <c r="R78" t="s">
-        <v>965</v>
+        <v>942</v>
       </c>
       <c r="S78" t="s">
-        <v>965</v>
+        <v>942</v>
       </c>
       <c r="T78" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U78" t="s">
-        <v>963</v>
+        <v>939</v>
       </c>
       <c r="V78">
-        <v>572622</v>
+        <v>574980</v>
       </c>
       <c r="W78" t="s">
         <v>71</v>
       </c>
       <c r="X78">
-        <v>143.54</v>
+        <v>154.38</v>
       </c>
       <c r="Y78">
-        <v>3.95</v>
+        <v>3.88</v>
       </c>
       <c r="Z78" t="s">
         <v>71</v>
       </c>
       <c r="AA78" t="s">
         <v>66</v>
       </c>
       <c r="AB78" t="s">
         <v>70</v>
       </c>
       <c r="AC78" t="s">
-        <v>964</v>
-[...2 lines deleted...]
-        <v>45841825</v>
+        <v>940</v>
+      </c>
+      <c r="AD78" t="s">
+        <v>941</v>
       </c>
       <c r="AE78" t="s">
-        <v>966</v>
+        <v>943</v>
       </c>
       <c r="AF78">
-        <v>950586740</v>
+        <v>981267157</v>
       </c>
       <c r="AG78"/>
       <c r="AH78" t="s">
-        <v>967</v>
+        <v>944</v>
       </c>
       <c r="AI78"/>
       <c r="AJ78" t="s">
-        <v>968</v>
+        <v>367</v>
       </c>
       <c r="AK78" t="s">
         <v>70</v>
       </c>
       <c r="AL78" t="s">
         <v>71</v>
       </c>
-      <c r="AM78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AM78"/>
       <c r="AN78"/>
       <c r="AO78">
         <v>0</v>
       </c>
       <c r="AP78" t="s">
-        <v>969</v>
+        <v>945</v>
       </c>
       <c r="AQ78"/>
       <c r="AR78"/>
       <c r="AS78"/>
       <c r="AT78" t="s">
         <v>71</v>
       </c>
       <c r="AU78"/>
       <c r="AV78"/>
       <c r="AW78">
         <v>0</v>
       </c>
       <c r="AX78"/>
       <c r="AY78" t="s">
-        <v>963</v>
+        <v>939</v>
       </c>
       <c r="AZ78" t="s">
         <v>73</v>
       </c>
       <c r="BA78" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB78" t="s">
-        <v>962</v>
+        <v>938</v>
       </c>
       <c r="BC78" t="s">
         <v>71</v>
       </c>
       <c r="BD78" t="s">
         <v>71</v>
       </c>
       <c r="BE78" t="s">
         <v>71</v>
       </c>
       <c r="BF78" t="s">
         <v>71</v>
       </c>
       <c r="BG78" t="s">
         <v>71</v>
       </c>
       <c r="BH78">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="BI78" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ78" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="BK78" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL78" t="s">
-        <v>118</v>
+        <v>601</v>
       </c>
       <c r="BM78" t="s">
-        <v>970</v>
+        <v>946</v>
       </c>
       <c r="BN78" t="s">
-        <v>971</v>
+        <v>71</v>
       </c>
       <c r="BO78">
         <v>0</v>
       </c>
       <c r="BP78"/>
       <c r="BQ78"/>
       <c r="BR78">
-        <v>567</v>
+        <v>599</v>
       </c>
       <c r="BS78" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="79" spans="1:71">
       <c r="A79" t="s">
         <v>66</v>
       </c>
       <c r="B79" t="s">
-        <v>972</v>
+        <v>947</v>
       </c>
       <c r="C79" t="s">
-        <v>973</v>
+        <v>948</v>
       </c>
       <c r="D79">
-        <v>572541</v>
+        <v>574663</v>
       </c>
       <c r="E79">
-        <v>39.73</v>
+        <v>77.06</v>
       </c>
       <c r="F79" t="s">
-        <v>974</v>
+        <v>949</v>
       </c>
       <c r="G79" t="s">
         <v>70</v>
       </c>
       <c r="H79"/>
       <c r="I79">
         <v>0</v>
       </c>
       <c r="J79" t="s">
         <v>71</v>
       </c>
       <c r="K79" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L79" t="s">
-        <v>973</v>
+        <v>948</v>
       </c>
       <c r="M79" t="s">
         <v>73</v>
       </c>
       <c r="N79"/>
       <c r="O79"/>
-      <c r="P79" t="s">
-        <v>975</v>
+      <c r="P79">
+        <v>45541386</v>
       </c>
       <c r="Q79" t="s">
-        <v>972</v>
+        <v>947</v>
       </c>
       <c r="R79" t="s">
-        <v>976</v>
+        <v>950</v>
       </c>
       <c r="S79" t="s">
-        <v>976</v>
+        <v>950</v>
       </c>
       <c r="T79" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U79" t="s">
-        <v>973</v>
+        <v>948</v>
       </c>
       <c r="V79">
-        <v>572541</v>
+        <v>574663</v>
       </c>
       <c r="W79" t="s">
         <v>71</v>
       </c>
       <c r="X79">
-        <v>39.73</v>
+        <v>77.06</v>
       </c>
       <c r="Y79">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z79" t="s">
         <v>71</v>
       </c>
       <c r="AA79" t="s">
         <v>66</v>
       </c>
       <c r="AB79" t="s">
         <v>70</v>
       </c>
       <c r="AC79" t="s">
-        <v>974</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>949</v>
+      </c>
+      <c r="AD79">
+        <v>45541386</v>
       </c>
       <c r="AE79" t="s">
-        <v>977</v>
+        <v>951</v>
       </c>
       <c r="AF79">
-        <v>953946271</v>
+        <v>959299155</v>
       </c>
       <c r="AG79"/>
       <c r="AH79" t="s">
-        <v>978</v>
+        <v>952</v>
       </c>
       <c r="AI79"/>
       <c r="AJ79" t="s">
-        <v>101</v>
+        <v>367</v>
       </c>
       <c r="AK79" t="s">
         <v>70</v>
       </c>
       <c r="AL79" t="s">
         <v>71</v>
       </c>
-      <c r="AM79"/>
+      <c r="AM79" t="s">
+        <v>79</v>
+      </c>
       <c r="AN79"/>
       <c r="AO79">
         <v>0</v>
       </c>
       <c r="AP79" t="s">
-        <v>979</v>
+        <v>953</v>
       </c>
       <c r="AQ79"/>
       <c r="AR79"/>
       <c r="AS79"/>
       <c r="AT79" t="s">
         <v>71</v>
       </c>
       <c r="AU79"/>
       <c r="AV79"/>
       <c r="AW79">
         <v>0</v>
       </c>
       <c r="AX79"/>
       <c r="AY79" t="s">
-        <v>973</v>
+        <v>948</v>
       </c>
       <c r="AZ79" t="s">
         <v>73</v>
       </c>
       <c r="BA79" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB79" t="s">
-        <v>972</v>
+        <v>947</v>
       </c>
       <c r="BC79" t="s">
         <v>71</v>
       </c>
       <c r="BD79" t="s">
         <v>71</v>
       </c>
       <c r="BE79" t="s">
         <v>71</v>
       </c>
       <c r="BF79" t="s">
         <v>71</v>
       </c>
       <c r="BG79" t="s">
         <v>71</v>
       </c>
       <c r="BH79">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="BI79" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ79" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK79" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL79" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="BM79" t="s">
-        <v>980</v>
+        <v>954</v>
       </c>
       <c r="BN79" t="s">
-        <v>981</v>
+        <v>955</v>
       </c>
       <c r="BO79">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="BP79"/>
       <c r="BQ79"/>
       <c r="BR79">
-        <v>149</v>
+        <v>299</v>
       </c>
       <c r="BS79" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="80" spans="1:71">
       <c r="A80" t="s">
         <v>66</v>
       </c>
       <c r="B80" t="s">
-        <v>982</v>
+        <v>956</v>
       </c>
       <c r="C80" t="s">
-        <v>983</v>
+        <v>957</v>
       </c>
       <c r="D80">
-        <v>572534</v>
+        <v>574229</v>
       </c>
       <c r="E80">
-        <v>39.73</v>
+        <v>66.75</v>
       </c>
       <c r="F80" t="s">
-        <v>984</v>
+        <v>958</v>
       </c>
       <c r="G80" t="s">
         <v>70</v>
       </c>
       <c r="H80"/>
       <c r="I80">
         <v>0</v>
       </c>
       <c r="J80" t="s">
         <v>71</v>
       </c>
       <c r="K80" t="s">
-        <v>412</v>
+        <v>959</v>
       </c>
       <c r="L80" t="s">
-        <v>983</v>
+        <v>957</v>
       </c>
       <c r="M80" t="s">
         <v>73</v>
       </c>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80">
-        <v>46054874</v>
+        <v>72281996</v>
       </c>
       <c r="Q80" t="s">
-        <v>982</v>
+        <v>956</v>
       </c>
       <c r="R80" t="s">
-        <v>985</v>
+        <v>960</v>
       </c>
       <c r="S80" t="s">
-        <v>986</v>
+        <v>960</v>
       </c>
       <c r="T80" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U80" t="s">
-        <v>983</v>
+        <v>957</v>
       </c>
       <c r="V80">
-        <v>572534</v>
+        <v>574229</v>
       </c>
       <c r="W80" t="s">
         <v>71</v>
       </c>
       <c r="X80">
-        <v>39.73</v>
+        <v>66.75</v>
       </c>
       <c r="Y80">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z80" t="s">
         <v>71</v>
       </c>
       <c r="AA80" t="s">
         <v>66</v>
       </c>
       <c r="AB80" t="s">
         <v>70</v>
       </c>
       <c r="AC80" t="s">
-        <v>984</v>
+        <v>958</v>
       </c>
       <c r="AD80">
-        <v>46054874</v>
+        <v>72281996</v>
       </c>
       <c r="AE80" t="s">
-        <v>987</v>
+        <v>961</v>
       </c>
       <c r="AF80">
-        <v>992524990</v>
+        <v>979856090</v>
       </c>
       <c r="AG80"/>
       <c r="AH80" t="s">
-        <v>988</v>
+        <v>962</v>
       </c>
       <c r="AI80"/>
       <c r="AJ80" t="s">
-        <v>184</v>
+        <v>127</v>
       </c>
       <c r="AK80" t="s">
         <v>70</v>
       </c>
       <c r="AL80" t="s">
         <v>71</v>
       </c>
       <c r="AM80" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN80"/>
       <c r="AO80">
         <v>0</v>
       </c>
       <c r="AP80" t="s">
-        <v>989</v>
+        <v>963</v>
       </c>
       <c r="AQ80"/>
       <c r="AR80"/>
       <c r="AS80"/>
       <c r="AT80" t="s">
         <v>71</v>
       </c>
       <c r="AU80"/>
       <c r="AV80"/>
       <c r="AW80">
         <v>0</v>
       </c>
       <c r="AX80"/>
       <c r="AY80" t="s">
-        <v>983</v>
+        <v>957</v>
       </c>
       <c r="AZ80" t="s">
         <v>73</v>
       </c>
       <c r="BA80" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB80" t="s">
+        <v>956</v>
+      </c>
+      <c r="BC80" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD80" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE80" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF80" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG80" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH80">
+        <v>485</v>
+      </c>
+      <c r="BI80" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ80" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK80" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL80" t="s">
         <v>83</v>
       </c>
-      <c r="BB80" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BM80" t="s">
-        <v>990</v>
+        <v>964</v>
       </c>
       <c r="BN80" t="s">
-        <v>991</v>
+        <v>965</v>
       </c>
       <c r="BO80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BP80"/>
       <c r="BQ80"/>
       <c r="BR80">
-        <v>149</v>
+        <v>259</v>
       </c>
       <c r="BS80" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="81" spans="1:71">
       <c r="A81" t="s">
         <v>66</v>
       </c>
       <c r="B81" t="s">
-        <v>992</v>
+        <v>966</v>
       </c>
       <c r="C81" t="s">
-        <v>993</v>
+        <v>967</v>
       </c>
       <c r="D81">
-        <v>572488</v>
+        <v>574152</v>
       </c>
       <c r="E81">
-        <v>231.73</v>
+        <v>61.6</v>
       </c>
       <c r="F81" t="s">
-        <v>994</v>
+        <v>968</v>
       </c>
       <c r="G81" t="s">
         <v>70</v>
       </c>
       <c r="H81"/>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="J81" t="s">
         <v>71</v>
       </c>
       <c r="K81" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L81" t="s">
-        <v>993</v>
+        <v>967</v>
       </c>
       <c r="M81" t="s">
         <v>73</v>
       </c>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81">
-        <v>43354646</v>
+        <v>10143605</v>
       </c>
       <c r="Q81" t="s">
-        <v>992</v>
+        <v>966</v>
       </c>
       <c r="R81" t="s">
-        <v>995</v>
+        <v>969</v>
       </c>
       <c r="S81" t="s">
-        <v>995</v>
+        <v>969</v>
       </c>
       <c r="T81" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U81" t="s">
-        <v>993</v>
+        <v>967</v>
       </c>
       <c r="V81">
-        <v>572488</v>
+        <v>574152</v>
       </c>
       <c r="W81" t="s">
         <v>71</v>
       </c>
       <c r="X81">
-        <v>231.73</v>
+        <v>61.6</v>
       </c>
       <c r="Y81">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z81" t="s">
         <v>71</v>
       </c>
       <c r="AA81" t="s">
         <v>66</v>
       </c>
       <c r="AB81" t="s">
         <v>70</v>
       </c>
       <c r="AC81" t="s">
-        <v>994</v>
+        <v>968</v>
       </c>
       <c r="AD81">
-        <v>43354646</v>
+        <v>10143605</v>
       </c>
       <c r="AE81" t="s">
-        <v>996</v>
+        <v>970</v>
       </c>
       <c r="AF81">
-        <v>985102950</v>
+        <v>970287794</v>
       </c>
       <c r="AG81"/>
       <c r="AH81" t="s">
-        <v>997</v>
+        <v>971</v>
       </c>
       <c r="AI81"/>
       <c r="AJ81" t="s">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="AK81" t="s">
         <v>70</v>
       </c>
       <c r="AL81" t="s">
         <v>71</v>
       </c>
-      <c r="AM81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AM81"/>
       <c r="AN81"/>
       <c r="AO81">
         <v>0</v>
       </c>
       <c r="AP81" t="s">
-        <v>998</v>
+        <v>972</v>
       </c>
       <c r="AQ81"/>
       <c r="AR81"/>
       <c r="AS81"/>
       <c r="AT81" t="s">
         <v>71</v>
       </c>
       <c r="AU81"/>
       <c r="AV81"/>
       <c r="AW81">
         <v>0</v>
       </c>
       <c r="AX81"/>
       <c r="AY81" t="s">
-        <v>993</v>
+        <v>967</v>
       </c>
       <c r="AZ81" t="s">
         <v>73</v>
       </c>
       <c r="BA81" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB81" t="s">
-        <v>992</v>
+        <v>966</v>
       </c>
       <c r="BC81" t="s">
         <v>71</v>
       </c>
       <c r="BD81" t="s">
         <v>71</v>
       </c>
       <c r="BE81" t="s">
         <v>71</v>
       </c>
       <c r="BF81" t="s">
         <v>71</v>
       </c>
       <c r="BG81" t="s">
         <v>71</v>
       </c>
       <c r="BH81">
-        <v>473</v>
+        <v>487</v>
       </c>
       <c r="BI81" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ81" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK81" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL81" t="s">
-        <v>999</v>
+        <v>97</v>
       </c>
       <c r="BM81" t="s">
-        <v>1000</v>
+        <v>973</v>
       </c>
       <c r="BN81" t="s">
-        <v>1001</v>
+        <v>71</v>
       </c>
       <c r="BO81">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP81"/>
       <c r="BQ81"/>
       <c r="BR81">
-        <v>869</v>
+        <v>239</v>
       </c>
       <c r="BS81" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="82" spans="1:71">
       <c r="A82" t="s">
         <v>66</v>
       </c>
       <c r="B82" t="s">
-        <v>1002</v>
+        <v>974</v>
       </c>
       <c r="C82" t="s">
-        <v>1003</v>
+        <v>975</v>
       </c>
       <c r="D82">
-        <v>572457</v>
+        <v>573943</v>
       </c>
       <c r="E82">
-        <v>34.4</v>
+        <v>97.68</v>
       </c>
       <c r="F82" t="s">
-        <v>1004</v>
+        <v>976</v>
       </c>
       <c r="G82" t="s">
         <v>70</v>
       </c>
-      <c r="H82"/>
+      <c r="H82" t="s">
+        <v>977</v>
+      </c>
       <c r="I82">
-        <v>0</v>
+        <v>46.99</v>
       </c>
       <c r="J82" t="s">
-        <v>71</v>
+        <v>978</v>
       </c>
       <c r="K82" t="s">
-        <v>281</v>
+        <v>461</v>
       </c>
       <c r="L82" t="s">
-        <v>1003</v>
+        <v>975</v>
       </c>
       <c r="M82" t="s">
         <v>73</v>
       </c>
       <c r="N82"/>
       <c r="O82"/>
-      <c r="P82">
-        <v>73171863</v>
+      <c r="P82" t="s">
+        <v>979</v>
       </c>
       <c r="Q82" t="s">
-        <v>1002</v>
+        <v>974</v>
       </c>
       <c r="R82" t="s">
-        <v>1005</v>
+        <v>980</v>
       </c>
       <c r="S82" t="s">
-        <v>1005</v>
+        <v>981</v>
       </c>
       <c r="T82" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U82" t="s">
-        <v>1003</v>
+        <v>975</v>
       </c>
       <c r="V82">
-        <v>572457</v>
+        <v>573943</v>
       </c>
       <c r="W82" t="s">
         <v>71</v>
       </c>
       <c r="X82">
-        <v>34.4</v>
+        <v>97.68</v>
       </c>
       <c r="Y82">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z82" t="s">
         <v>71</v>
       </c>
       <c r="AA82" t="s">
         <v>66</v>
       </c>
       <c r="AB82" t="s">
         <v>70</v>
       </c>
       <c r="AC82" t="s">
-        <v>1004</v>
-[...2 lines deleted...]
-        <v>73171863</v>
+        <v>976</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>979</v>
       </c>
       <c r="AE82" t="s">
-        <v>1006</v>
+        <v>982</v>
       </c>
       <c r="AF82">
-        <v>968372164</v>
+        <v>934372315</v>
       </c>
       <c r="AG82"/>
       <c r="AH82" t="s">
-        <v>1007</v>
+        <v>983</v>
       </c>
       <c r="AI82"/>
       <c r="AJ82" t="s">
-        <v>240</v>
+        <v>226</v>
       </c>
       <c r="AK82" t="s">
         <v>70</v>
       </c>
       <c r="AL82" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN82"/>
+        <v>978</v>
+      </c>
+      <c r="AM82"/>
+      <c r="AN82" t="s">
+        <v>977</v>
+      </c>
       <c r="AO82">
-        <v>0</v>
+        <v>46.99</v>
       </c>
       <c r="AP82" t="s">
-        <v>1008</v>
+        <v>984</v>
       </c>
       <c r="AQ82"/>
       <c r="AR82"/>
       <c r="AS82"/>
       <c r="AT82" t="s">
         <v>71</v>
       </c>
       <c r="AU82"/>
       <c r="AV82"/>
       <c r="AW82">
         <v>0</v>
       </c>
       <c r="AX82"/>
       <c r="AY82" t="s">
-        <v>1003</v>
+        <v>975</v>
       </c>
       <c r="AZ82" t="s">
         <v>73</v>
       </c>
       <c r="BA82" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB82" t="s">
-        <v>1002</v>
+        <v>974</v>
       </c>
       <c r="BC82" t="s">
-        <v>71</v>
+        <v>978</v>
       </c>
       <c r="BD82" t="s">
         <v>71</v>
       </c>
       <c r="BE82" t="s">
         <v>71</v>
       </c>
       <c r="BF82" t="s">
         <v>71</v>
       </c>
       <c r="BG82" t="s">
         <v>71</v>
       </c>
       <c r="BH82">
-        <v>475</v>
+        <v>490</v>
       </c>
       <c r="BI82" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ82" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK82" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL82" t="s">
-        <v>1009</v>
+        <v>215</v>
       </c>
       <c r="BM82" t="s">
-        <v>1010</v>
+        <v>985</v>
       </c>
       <c r="BN82" t="s">
-        <v>1011</v>
+        <v>986</v>
       </c>
       <c r="BO82">
         <v>1</v>
       </c>
       <c r="BP82"/>
       <c r="BQ82"/>
       <c r="BR82">
-        <v>129</v>
+        <v>379</v>
       </c>
       <c r="BS82" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="83" spans="1:71">
       <c r="A83" t="s">
         <v>66</v>
       </c>
       <c r="B83" t="s">
-        <v>1012</v>
+        <v>987</v>
       </c>
       <c r="C83" t="s">
-        <v>1013</v>
+        <v>988</v>
       </c>
       <c r="D83">
-        <v>572436</v>
+        <v>573753</v>
       </c>
       <c r="E83">
-        <v>50.4</v>
+        <v>77.06</v>
       </c>
       <c r="F83" t="s">
-        <v>1014</v>
+        <v>989</v>
       </c>
       <c r="G83" t="s">
         <v>70</v>
       </c>
       <c r="H83"/>
       <c r="I83">
         <v>0</v>
       </c>
       <c r="J83" t="s">
         <v>71</v>
       </c>
       <c r="K83" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L83" t="s">
-        <v>1013</v>
+        <v>988</v>
       </c>
       <c r="M83" t="s">
         <v>73</v>
       </c>
       <c r="N83"/>
       <c r="O83"/>
-      <c r="P83" t="s">
-        <v>1015</v>
+      <c r="P83">
+        <v>70443992</v>
       </c>
       <c r="Q83" t="s">
-        <v>1012</v>
+        <v>987</v>
       </c>
       <c r="R83" t="s">
-        <v>1016</v>
+        <v>990</v>
       </c>
       <c r="S83" t="s">
-        <v>1016</v>
+        <v>990</v>
       </c>
       <c r="T83" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U83" t="s">
-        <v>1013</v>
+        <v>988</v>
       </c>
       <c r="V83">
-        <v>572436</v>
+        <v>573753</v>
       </c>
       <c r="W83" t="s">
         <v>71</v>
       </c>
       <c r="X83">
-        <v>50.4</v>
+        <v>77.06</v>
       </c>
       <c r="Y83">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z83" t="s">
         <v>71</v>
       </c>
       <c r="AA83" t="s">
         <v>66</v>
       </c>
       <c r="AB83" t="s">
         <v>70</v>
       </c>
       <c r="AC83" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-        <v>1015</v>
+        <v>989</v>
+      </c>
+      <c r="AD83">
+        <v>70443992</v>
       </c>
       <c r="AE83" t="s">
-        <v>1017</v>
+        <v>991</v>
       </c>
       <c r="AF83">
-        <v>986689251</v>
+        <v>933147691</v>
       </c>
       <c r="AG83"/>
       <c r="AH83" t="s">
-        <v>1018</v>
+        <v>992</v>
       </c>
       <c r="AI83"/>
       <c r="AJ83" t="s">
-        <v>184</v>
+        <v>78</v>
       </c>
       <c r="AK83" t="s">
         <v>70</v>
       </c>
       <c r="AL83" t="s">
         <v>71</v>
       </c>
-      <c r="AM83"/>
+      <c r="AM83" t="s">
+        <v>79</v>
+      </c>
       <c r="AN83"/>
       <c r="AO83">
         <v>0</v>
       </c>
       <c r="AP83" t="s">
-        <v>1019</v>
+        <v>591</v>
       </c>
       <c r="AQ83"/>
       <c r="AR83"/>
       <c r="AS83"/>
       <c r="AT83" t="s">
         <v>71</v>
       </c>
       <c r="AU83"/>
       <c r="AV83"/>
       <c r="AW83">
         <v>0</v>
       </c>
       <c r="AX83"/>
       <c r="AY83" t="s">
-        <v>1013</v>
+        <v>988</v>
       </c>
       <c r="AZ83" t="s">
         <v>73</v>
       </c>
       <c r="BA83" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB83" t="s">
-        <v>1012</v>
+        <v>987</v>
       </c>
       <c r="BC83" t="s">
         <v>71</v>
       </c>
       <c r="BD83" t="s">
         <v>71</v>
       </c>
       <c r="BE83" t="s">
         <v>71</v>
       </c>
       <c r="BF83" t="s">
         <v>71</v>
       </c>
       <c r="BG83" t="s">
         <v>71</v>
       </c>
       <c r="BH83">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="BI83" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ83" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK83" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL83" t="s">
-        <v>1020</v>
+        <v>993</v>
       </c>
       <c r="BM83" t="s">
-        <v>1021</v>
+        <v>994</v>
       </c>
       <c r="BN83" t="s">
-        <v>1022</v>
+        <v>995</v>
       </c>
       <c r="BO83">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BP83"/>
       <c r="BQ83"/>
       <c r="BR83">
-        <v>189</v>
+        <v>299</v>
       </c>
       <c r="BS83" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
         <v>66</v>
       </c>
       <c r="B84" t="s">
-        <v>1023</v>
+        <v>996</v>
       </c>
       <c r="C84" t="s">
-        <v>1024</v>
+        <v>997</v>
       </c>
       <c r="D84">
-        <v>572406</v>
+        <v>573712</v>
       </c>
       <c r="E84">
-        <v>101.07</v>
+        <v>128.61</v>
       </c>
       <c r="F84" t="s">
-        <v>1025</v>
+        <v>998</v>
       </c>
       <c r="G84" t="s">
         <v>70</v>
       </c>
-      <c r="H84"/>
+      <c r="H84" t="s">
+        <v>999</v>
+      </c>
       <c r="I84">
-        <v>0</v>
+        <v>74.2</v>
       </c>
       <c r="J84" t="s">
-        <v>71</v>
+        <v>1000</v>
       </c>
       <c r="K84" t="s">
-        <v>281</v>
+        <v>1001</v>
       </c>
       <c r="L84" t="s">
-        <v>1024</v>
+        <v>997</v>
       </c>
       <c r="M84" t="s">
         <v>73</v>
       </c>
       <c r="N84"/>
       <c r="O84"/>
-      <c r="P84" t="s">
-        <v>1026</v>
+      <c r="P84">
+        <v>74142338</v>
       </c>
       <c r="Q84" t="s">
-        <v>1023</v>
+        <v>996</v>
       </c>
       <c r="R84" t="s">
-        <v>1027</v>
+        <v>1002</v>
       </c>
       <c r="S84" t="s">
-        <v>1027</v>
+        <v>1002</v>
       </c>
       <c r="T84" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U84" t="s">
-        <v>1024</v>
+        <v>997</v>
       </c>
       <c r="V84">
-        <v>572406</v>
+        <v>573712</v>
       </c>
       <c r="W84" t="s">
         <v>71</v>
       </c>
       <c r="X84">
-        <v>101.07</v>
+        <v>128.61</v>
       </c>
       <c r="Y84">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z84" t="s">
         <v>71</v>
       </c>
       <c r="AA84" t="s">
         <v>66</v>
       </c>
       <c r="AB84" t="s">
         <v>70</v>
       </c>
       <c r="AC84" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-        <v>1026</v>
+        <v>998</v>
+      </c>
+      <c r="AD84">
+        <v>74142338</v>
       </c>
       <c r="AE84" t="s">
-        <v>1028</v>
+        <v>1003</v>
       </c>
       <c r="AF84">
-        <v>934503403</v>
+        <v>940246472</v>
       </c>
       <c r="AG84"/>
       <c r="AH84" t="s">
-        <v>1029</v>
+        <v>1004</v>
       </c>
       <c r="AI84"/>
       <c r="AJ84" t="s">
-        <v>1030</v>
+        <v>93</v>
       </c>
       <c r="AK84" t="s">
         <v>70</v>
       </c>
       <c r="AL84" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="AN84"/>
+        <v>1000</v>
+      </c>
+      <c r="AM84" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN84" t="s">
+        <v>999</v>
+      </c>
       <c r="AO84">
-        <v>0</v>
+        <v>74.2</v>
       </c>
       <c r="AP84" t="s">
-        <v>1031</v>
+        <v>1005</v>
       </c>
       <c r="AQ84"/>
       <c r="AR84"/>
       <c r="AS84"/>
       <c r="AT84" t="s">
         <v>71</v>
       </c>
       <c r="AU84"/>
       <c r="AV84"/>
       <c r="AW84">
         <v>0</v>
       </c>
       <c r="AX84"/>
       <c r="AY84" t="s">
-        <v>1024</v>
+        <v>997</v>
       </c>
       <c r="AZ84" t="s">
         <v>73</v>
       </c>
       <c r="BA84" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB84" t="s">
-        <v>1023</v>
+        <v>996</v>
       </c>
       <c r="BC84" t="s">
-        <v>71</v>
+        <v>1000</v>
       </c>
       <c r="BD84" t="s">
         <v>71</v>
       </c>
       <c r="BE84" t="s">
         <v>71</v>
       </c>
       <c r="BF84" t="s">
         <v>71</v>
       </c>
       <c r="BG84" t="s">
         <v>71</v>
       </c>
       <c r="BH84">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="BI84" t="s">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="BJ84" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK84" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL84" t="s">
-        <v>163</v>
+        <v>772</v>
       </c>
       <c r="BM84" t="s">
-        <v>1032</v>
+        <v>1006</v>
       </c>
       <c r="BN84" t="s">
-        <v>1033</v>
+        <v>1007</v>
       </c>
       <c r="BO84">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="BP84"/>
       <c r="BQ84"/>
       <c r="BR84">
-        <v>379</v>
+        <v>499</v>
       </c>
       <c r="BS84" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
         <v>66</v>
       </c>
       <c r="B85" t="s">
-        <v>1034</v>
+        <v>1008</v>
       </c>
       <c r="C85" t="s">
-        <v>1035</v>
+        <v>1009</v>
       </c>
       <c r="D85">
-        <v>572308</v>
+        <v>573665</v>
       </c>
       <c r="E85">
-        <v>42.4</v>
+        <v>79.64</v>
       </c>
       <c r="F85" t="s">
-        <v>1036</v>
+        <v>1010</v>
       </c>
       <c r="G85" t="s">
         <v>70</v>
       </c>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H85"/>
       <c r="I85">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>1038</v>
+        <v>71</v>
       </c>
       <c r="K85" t="s">
-        <v>281</v>
+        <v>586</v>
       </c>
       <c r="L85" t="s">
-        <v>1035</v>
+        <v>1009</v>
       </c>
       <c r="M85" t="s">
         <v>73</v>
       </c>
       <c r="N85"/>
       <c r="O85"/>
-      <c r="P85" t="s">
-        <v>1039</v>
+      <c r="P85">
+        <v>43054741</v>
       </c>
       <c r="Q85" t="s">
-        <v>1034</v>
+        <v>1008</v>
       </c>
       <c r="R85" t="s">
-        <v>1040</v>
+        <v>1011</v>
       </c>
       <c r="S85" t="s">
-        <v>1041</v>
+        <v>1012</v>
       </c>
       <c r="T85" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U85" t="s">
-        <v>1035</v>
+        <v>1009</v>
       </c>
       <c r="V85">
-        <v>572308</v>
+        <v>573665</v>
       </c>
       <c r="W85" t="s">
         <v>71</v>
       </c>
       <c r="X85">
-        <v>42.4</v>
+        <v>79.64</v>
       </c>
       <c r="Y85">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z85" t="s">
         <v>71</v>
       </c>
       <c r="AA85" t="s">
         <v>66</v>
       </c>
       <c r="AB85" t="s">
         <v>70</v>
       </c>
       <c r="AC85" t="s">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>1010</v>
+      </c>
+      <c r="AD85">
+        <v>43054741</v>
       </c>
       <c r="AE85" t="s">
-        <v>1042</v>
+        <v>1013</v>
       </c>
       <c r="AF85">
-        <v>972089539</v>
+        <v>959009562</v>
       </c>
       <c r="AG85"/>
       <c r="AH85" t="s">
-        <v>1043</v>
+        <v>1014</v>
       </c>
       <c r="AI85"/>
       <c r="AJ85" t="s">
-        <v>80</v>
+        <v>714</v>
       </c>
       <c r="AK85" t="s">
         <v>70</v>
       </c>
       <c r="AL85" t="s">
-        <v>1038</v>
+        <v>71</v>
       </c>
       <c r="AM85" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN85"/>
       <c r="AO85">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="AP85" t="s">
-        <v>1044</v>
+        <v>1015</v>
       </c>
       <c r="AQ85"/>
       <c r="AR85"/>
       <c r="AS85"/>
       <c r="AT85" t="s">
         <v>71</v>
       </c>
       <c r="AU85"/>
       <c r="AV85"/>
       <c r="AW85">
         <v>0</v>
       </c>
       <c r="AX85"/>
       <c r="AY85" t="s">
-        <v>1035</v>
+        <v>1009</v>
       </c>
       <c r="AZ85" t="s">
         <v>73</v>
       </c>
       <c r="BA85" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB85" t="s">
-        <v>1034</v>
+        <v>1008</v>
       </c>
       <c r="BC85" t="s">
-        <v>1038</v>
+        <v>71</v>
       </c>
       <c r="BD85" t="s">
         <v>71</v>
       </c>
       <c r="BE85" t="s">
         <v>71</v>
       </c>
       <c r="BF85" t="s">
         <v>71</v>
       </c>
       <c r="BG85" t="s">
         <v>71</v>
       </c>
       <c r="BH85">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="BI85" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ85" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK85" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL85" t="s">
-        <v>273</v>
+        <v>107</v>
       </c>
       <c r="BM85" t="s">
-        <v>1045</v>
+        <v>1016</v>
       </c>
       <c r="BN85" t="s">
-        <v>1046</v>
+        <v>1017</v>
       </c>
       <c r="BO85">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="BP85"/>
       <c r="BQ85"/>
       <c r="BR85">
-        <v>159</v>
+        <v>309</v>
       </c>
       <c r="BS85" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
         <v>66</v>
       </c>
       <c r="B86" t="s">
-        <v>1047</v>
+        <v>1018</v>
       </c>
       <c r="C86" t="s">
-        <v>1048</v>
+        <v>1019</v>
       </c>
       <c r="D86">
-        <v>572232</v>
+        <v>573570</v>
       </c>
       <c r="E86">
-        <v>42.4</v>
+        <v>66.75</v>
       </c>
       <c r="F86" t="s">
-        <v>1049</v>
+        <v>1020</v>
       </c>
       <c r="G86" t="s">
         <v>70</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>0</v>
       </c>
       <c r="J86" t="s">
         <v>71</v>
       </c>
       <c r="K86" t="s">
-        <v>412</v>
+        <v>586</v>
       </c>
       <c r="L86" t="s">
-        <v>1048</v>
+        <v>1019</v>
       </c>
       <c r="M86" t="s">
         <v>73</v>
       </c>
       <c r="N86"/>
       <c r="O86"/>
-      <c r="P86" t="s">
-        <v>1050</v>
+      <c r="P86">
+        <v>29632869</v>
       </c>
       <c r="Q86" t="s">
-        <v>1047</v>
+        <v>1018</v>
       </c>
       <c r="R86" t="s">
-        <v>1051</v>
+        <v>1021</v>
       </c>
       <c r="S86" t="s">
-        <v>1051</v>
+        <v>1022</v>
       </c>
       <c r="T86" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U86" t="s">
-        <v>1048</v>
+        <v>1019</v>
       </c>
       <c r="V86">
-        <v>572232</v>
+        <v>573570</v>
       </c>
       <c r="W86" t="s">
         <v>71</v>
       </c>
       <c r="X86">
-        <v>42.4</v>
+        <v>66.75</v>
       </c>
       <c r="Y86">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z86" t="s">
         <v>71</v>
       </c>
       <c r="AA86" t="s">
         <v>66</v>
       </c>
       <c r="AB86" t="s">
         <v>70</v>
       </c>
       <c r="AC86" t="s">
-        <v>1049</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>1020</v>
+      </c>
+      <c r="AD86">
+        <v>29632869</v>
       </c>
       <c r="AE86" t="s">
-        <v>1052</v>
+        <v>1023</v>
       </c>
       <c r="AF86">
-        <v>917673398</v>
+        <v>984482766</v>
       </c>
       <c r="AG86"/>
       <c r="AH86" t="s">
-        <v>1053</v>
+        <v>1024</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86" t="s">
-        <v>184</v>
+        <v>1025</v>
       </c>
       <c r="AK86" t="s">
         <v>70</v>
       </c>
       <c r="AL86" t="s">
         <v>71</v>
       </c>
       <c r="AM86" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN86"/>
       <c r="AO86">
         <v>0</v>
       </c>
       <c r="AP86" t="s">
-        <v>706</v>
+        <v>963</v>
       </c>
       <c r="AQ86"/>
       <c r="AR86"/>
       <c r="AS86"/>
       <c r="AT86" t="s">
         <v>71</v>
       </c>
       <c r="AU86"/>
       <c r="AV86"/>
       <c r="AW86">
         <v>0</v>
       </c>
       <c r="AX86"/>
       <c r="AY86" t="s">
-        <v>1048</v>
+        <v>1019</v>
       </c>
       <c r="AZ86" t="s">
         <v>73</v>
       </c>
       <c r="BA86" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB86" t="s">
-        <v>1047</v>
+        <v>1018</v>
       </c>
       <c r="BC86" t="s">
         <v>71</v>
       </c>
       <c r="BD86" t="s">
         <v>71</v>
       </c>
       <c r="BE86" t="s">
         <v>71</v>
       </c>
       <c r="BF86" t="s">
         <v>71</v>
       </c>
       <c r="BG86" t="s">
         <v>71</v>
       </c>
       <c r="BH86">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="BI86" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ86" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK86" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="BL86" t="s">
-        <v>1054</v>
+        <v>97</v>
       </c>
       <c r="BM86" t="s">
-        <v>1055</v>
+        <v>1026</v>
       </c>
       <c r="BN86" t="s">
-        <v>1056</v>
+        <v>1027</v>
       </c>
       <c r="BO86">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BP86"/>
       <c r="BQ86"/>
       <c r="BR86">
-        <v>159</v>
+        <v>259</v>
       </c>
       <c r="BS86" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
         <v>66</v>
       </c>
       <c r="B87" t="s">
-        <v>1057</v>
+        <v>1028</v>
       </c>
       <c r="C87" t="s">
-        <v>1058</v>
+        <v>1029</v>
       </c>
       <c r="D87">
-        <v>572220</v>
+        <v>573471</v>
       </c>
       <c r="E87">
-        <v>47.73</v>
+        <v>38.4</v>
       </c>
       <c r="F87" t="s">
-        <v>1059</v>
+        <v>1030</v>
       </c>
       <c r="G87" t="s">
         <v>70</v>
       </c>
       <c r="H87" t="s">
-        <v>1060</v>
+        <v>1031</v>
       </c>
       <c r="I87">
-        <v>37.97</v>
+        <v>12.99</v>
       </c>
       <c r="J87" t="s">
-        <v>1061</v>
+        <v>1032</v>
       </c>
       <c r="K87" t="s">
-        <v>396</v>
+        <v>1033</v>
       </c>
       <c r="L87" t="s">
-        <v>1058</v>
+        <v>1029</v>
       </c>
       <c r="M87" t="s">
         <v>73</v>
       </c>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87">
-        <v>72788598</v>
+        <v>10287262</v>
       </c>
       <c r="Q87" t="s">
-        <v>1057</v>
+        <v>1028</v>
       </c>
       <c r="R87" t="s">
-        <v>1062</v>
+        <v>1034</v>
       </c>
       <c r="S87" t="s">
-        <v>1063</v>
+        <v>1035</v>
       </c>
       <c r="T87" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U87" t="s">
-        <v>1058</v>
+        <v>1029</v>
       </c>
       <c r="V87">
-        <v>572220</v>
+        <v>573471</v>
       </c>
       <c r="W87" t="s">
         <v>71</v>
       </c>
       <c r="X87">
-        <v>47.73</v>
+        <v>38.4</v>
       </c>
       <c r="Y87">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z87" t="s">
         <v>71</v>
       </c>
       <c r="AA87" t="s">
         <v>66</v>
       </c>
       <c r="AB87" t="s">
         <v>70</v>
       </c>
       <c r="AC87" t="s">
-        <v>1059</v>
+        <v>1030</v>
       </c>
       <c r="AD87">
-        <v>72788598</v>
+        <v>10287262</v>
       </c>
       <c r="AE87" t="s">
-        <v>1064</v>
+        <v>1036</v>
       </c>
       <c r="AF87">
-        <v>987112347</v>
+        <v>976310724</v>
       </c>
       <c r="AG87"/>
       <c r="AH87" t="s">
-        <v>1065</v>
+        <v>1037</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87" t="s">
-        <v>149</v>
+        <v>78</v>
       </c>
       <c r="AK87" t="s">
         <v>70</v>
       </c>
       <c r="AL87" t="s">
-        <v>1061</v>
+        <v>1032</v>
       </c>
       <c r="AM87" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN87" t="s">
-        <v>1060</v>
+        <v>1031</v>
       </c>
       <c r="AO87">
-        <v>37.97</v>
+        <v>12.99</v>
       </c>
       <c r="AP87" t="s">
-        <v>1066</v>
+        <v>1038</v>
       </c>
       <c r="AQ87" t="s">
-        <v>339</v>
+        <v>513</v>
       </c>
       <c r="AR87" t="s">
-        <v>340</v>
+        <v>514</v>
       </c>
       <c r="AS87" t="s">
-        <v>1067</v>
+        <v>1039</v>
       </c>
       <c r="AT87" t="s">
-        <v>1068</v>
+        <v>1040</v>
       </c>
       <c r="AU87"/>
       <c r="AV87"/>
       <c r="AW87">
         <v>0</v>
       </c>
       <c r="AX87"/>
       <c r="AY87" t="s">
-        <v>1058</v>
+        <v>1029</v>
       </c>
       <c r="AZ87" t="s">
         <v>73</v>
       </c>
       <c r="BA87" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB87" t="s">
-        <v>1057</v>
+        <v>1028</v>
       </c>
       <c r="BC87" t="s">
-        <v>1061</v>
+        <v>1032</v>
       </c>
       <c r="BD87" t="s">
-        <v>1069</v>
+        <v>71</v>
       </c>
       <c r="BE87" t="s">
         <v>71</v>
       </c>
       <c r="BF87" t="s">
         <v>71</v>
       </c>
       <c r="BG87" t="s">
         <v>71</v>
       </c>
       <c r="BH87">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="BI87" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="BJ87" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK87" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL87" t="s">
-        <v>1070</v>
+        <v>215</v>
       </c>
       <c r="BM87" t="s">
-        <v>1071</v>
+        <v>1041</v>
       </c>
       <c r="BN87" t="s">
-        <v>1072</v>
+        <v>1042</v>
       </c>
       <c r="BO87">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="BP87" t="s">
-        <v>346</v>
+        <v>520</v>
       </c>
       <c r="BQ87"/>
       <c r="BR87">
-        <v>179</v>
+        <v>149</v>
       </c>
       <c r="BS87" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
         <v>66</v>
       </c>
       <c r="B88" t="s">
-        <v>1073</v>
+        <v>1043</v>
       </c>
       <c r="C88" t="s">
-        <v>1074</v>
+        <v>1044</v>
       </c>
       <c r="D88">
-        <v>572213</v>
+        <v>573424</v>
       </c>
       <c r="E88">
-        <v>101.07</v>
+        <v>368.3</v>
       </c>
       <c r="F88" t="s">
-        <v>1075</v>
+        <v>1045</v>
       </c>
       <c r="G88" t="s">
         <v>70</v>
       </c>
       <c r="H88" t="s">
-        <v>1076</v>
+        <v>1046</v>
       </c>
       <c r="I88">
-        <v>57.14</v>
+        <v>186.19</v>
       </c>
       <c r="J88" t="s">
-        <v>1077</v>
+        <v>1047</v>
       </c>
       <c r="K88" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="L88" t="s">
-        <v>1074</v>
+        <v>1044</v>
       </c>
       <c r="M88" t="s">
         <v>73</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88">
-        <v>76951883</v>
+        <v>10035160</v>
       </c>
       <c r="Q88" t="s">
-        <v>1073</v>
+        <v>1043</v>
       </c>
       <c r="R88" t="s">
-        <v>1078</v>
+        <v>1048</v>
       </c>
       <c r="S88" t="s">
-        <v>1078</v>
+        <v>1048</v>
       </c>
       <c r="T88" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U88" t="s">
-        <v>1074</v>
+        <v>1044</v>
       </c>
       <c r="V88">
-        <v>572213</v>
+        <v>573424</v>
       </c>
       <c r="W88" t="s">
         <v>71</v>
       </c>
       <c r="X88">
-        <v>101.07</v>
+        <v>368.3</v>
       </c>
       <c r="Y88">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z88" t="s">
         <v>71</v>
       </c>
       <c r="AA88" t="s">
         <v>66</v>
       </c>
       <c r="AB88" t="s">
         <v>70</v>
       </c>
       <c r="AC88" t="s">
-        <v>1075</v>
+        <v>1045</v>
       </c>
       <c r="AD88">
-        <v>76951883</v>
+        <v>10035160</v>
       </c>
       <c r="AE88" t="s">
-        <v>1079</v>
+        <v>1049</v>
       </c>
       <c r="AF88">
-        <v>988052041</v>
+        <v>991000253</v>
       </c>
       <c r="AG88"/>
       <c r="AH88" t="s">
-        <v>1080</v>
+        <v>1050</v>
       </c>
       <c r="AI88"/>
       <c r="AJ88" t="s">
-        <v>622</v>
+        <v>367</v>
       </c>
       <c r="AK88" t="s">
         <v>70</v>
       </c>
       <c r="AL88" t="s">
-        <v>1077</v>
-[...3 lines deleted...]
-      </c>
+        <v>1047</v>
+      </c>
+      <c r="AM88"/>
       <c r="AN88" t="s">
-        <v>1076</v>
+        <v>1046</v>
       </c>
       <c r="AO88">
-        <v>57.14</v>
+        <v>186.19</v>
       </c>
       <c r="AP88" t="s">
-        <v>907</v>
-[...9 lines deleted...]
-      </c>
+        <v>1051</v>
+      </c>
+      <c r="AQ88"/>
+      <c r="AR88"/>
+      <c r="AS88"/>
       <c r="AT88" t="s">
-        <v>1082</v>
+        <v>71</v>
       </c>
       <c r="AU88"/>
       <c r="AV88"/>
       <c r="AW88">
         <v>0</v>
       </c>
       <c r="AX88"/>
       <c r="AY88" t="s">
-        <v>1074</v>
+        <v>1044</v>
       </c>
       <c r="AZ88" t="s">
         <v>73</v>
       </c>
       <c r="BA88" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB88" t="s">
-        <v>1073</v>
+        <v>1043</v>
       </c>
       <c r="BC88" t="s">
-        <v>1077</v>
+        <v>1047</v>
       </c>
       <c r="BD88" t="s">
         <v>71</v>
       </c>
       <c r="BE88" t="s">
         <v>71</v>
       </c>
       <c r="BF88" t="s">
         <v>71</v>
       </c>
       <c r="BG88" t="s">
         <v>71</v>
       </c>
       <c r="BH88">
-        <v>482</v>
+        <v>499</v>
       </c>
       <c r="BI88" t="s">
-        <v>103</v>
+        <v>214</v>
       </c>
       <c r="BJ88" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK88" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL88" t="s">
-        <v>1083</v>
+        <v>772</v>
       </c>
       <c r="BM88" t="s">
-        <v>1084</v>
+        <v>1052</v>
       </c>
       <c r="BN88" t="s">
-        <v>1085</v>
+        <v>1053</v>
       </c>
       <c r="BO88">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="BP88"/>
       <c r="BQ88"/>
       <c r="BR88">
-        <v>379</v>
+        <v>1429</v>
       </c>
       <c r="BS88" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="89" spans="1:71">
       <c r="A89" t="s">
         <v>66</v>
       </c>
       <c r="B89" t="s">
-        <v>1086</v>
+        <v>1054</v>
       </c>
       <c r="C89" t="s">
-        <v>1087</v>
+        <v>1055</v>
       </c>
       <c r="D89">
-        <v>572200</v>
+        <v>573256</v>
       </c>
       <c r="E89">
-        <v>207.73</v>
+        <v>51.29</v>
       </c>
       <c r="F89" t="s">
-        <v>1088</v>
+        <v>1056</v>
       </c>
       <c r="G89" t="s">
         <v>70</v>
       </c>
-      <c r="H89"/>
+      <c r="H89" t="s">
+        <v>1057</v>
+      </c>
       <c r="I89">
-        <v>0</v>
+        <v>22.89</v>
       </c>
       <c r="J89" t="s">
-        <v>71</v>
+        <v>1058</v>
       </c>
       <c r="K89" t="s">
-        <v>396</v>
+        <v>461</v>
       </c>
       <c r="L89" t="s">
-        <v>1087</v>
+        <v>1055</v>
       </c>
       <c r="M89" t="s">
         <v>73</v>
       </c>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89">
-        <v>74981968</v>
+        <v>41194212</v>
       </c>
       <c r="Q89" t="s">
-        <v>1086</v>
+        <v>1054</v>
       </c>
       <c r="R89" t="s">
-        <v>1089</v>
+        <v>1059</v>
       </c>
       <c r="S89" t="s">
-        <v>1089</v>
+        <v>1060</v>
       </c>
       <c r="T89" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U89" t="s">
-        <v>1087</v>
+        <v>1055</v>
       </c>
       <c r="V89">
-        <v>572200</v>
+        <v>573256</v>
       </c>
       <c r="W89" t="s">
         <v>71</v>
       </c>
       <c r="X89">
-        <v>207.73</v>
+        <v>51.29</v>
       </c>
       <c r="Y89">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z89" t="s">
         <v>71</v>
       </c>
       <c r="AA89" t="s">
         <v>66</v>
       </c>
       <c r="AB89" t="s">
         <v>70</v>
       </c>
       <c r="AC89" t="s">
-        <v>1088</v>
+        <v>1056</v>
       </c>
       <c r="AD89">
-        <v>74981968</v>
+        <v>41194212</v>
       </c>
       <c r="AE89" t="s">
-        <v>1090</v>
+        <v>1061</v>
       </c>
       <c r="AF89">
-        <v>945577403</v>
+        <v>981899742</v>
       </c>
       <c r="AG89"/>
       <c r="AH89" t="s">
-        <v>1091</v>
+        <v>1062</v>
       </c>
       <c r="AI89"/>
       <c r="AJ89" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="AK89" t="s">
         <v>70</v>
       </c>
       <c r="AL89" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN89"/>
+        <v>1058</v>
+      </c>
+      <c r="AM89"/>
+      <c r="AN89" t="s">
+        <v>1057</v>
+      </c>
       <c r="AO89">
-        <v>0</v>
+        <v>22.89</v>
       </c>
       <c r="AP89" t="s">
-        <v>1092</v>
-[...3 lines deleted...]
-      <c r="AS89"/>
+        <v>1063</v>
+      </c>
+      <c r="AQ89" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR89" t="s">
+        <v>514</v>
+      </c>
+      <c r="AS89" t="s">
+        <v>1064</v>
+      </c>
       <c r="AT89" t="s">
-        <v>71</v>
+        <v>1065</v>
       </c>
       <c r="AU89"/>
       <c r="AV89"/>
       <c r="AW89">
         <v>0</v>
       </c>
       <c r="AX89"/>
       <c r="AY89" t="s">
-        <v>1087</v>
+        <v>1055</v>
       </c>
       <c r="AZ89" t="s">
         <v>73</v>
       </c>
       <c r="BA89" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB89" t="s">
-        <v>1086</v>
+        <v>1054</v>
       </c>
       <c r="BC89" t="s">
-        <v>71</v>
+        <v>1058</v>
       </c>
       <c r="BD89" t="s">
-        <v>71</v>
+        <v>1066</v>
       </c>
       <c r="BE89" t="s">
         <v>71</v>
       </c>
       <c r="BF89" t="s">
         <v>71</v>
       </c>
       <c r="BG89" t="s">
         <v>71</v>
       </c>
       <c r="BH89">
-        <v>482</v>
+        <v>502</v>
       </c>
       <c r="BI89" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="BJ89" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK89" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL89" t="s">
-        <v>1009</v>
+        <v>579</v>
       </c>
       <c r="BM89" t="s">
-        <v>1093</v>
+        <v>1067</v>
       </c>
       <c r="BN89" t="s">
-        <v>1094</v>
+        <v>1068</v>
       </c>
       <c r="BO89">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="BP89"/>
+        <v>0</v>
+      </c>
+      <c r="BP89" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ89"/>
       <c r="BR89">
-        <v>779</v>
+        <v>199</v>
       </c>
       <c r="BS89" t="s">
-        <v>90</v>
+        <v>582</v>
       </c>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
         <v>66</v>
       </c>
       <c r="B90" t="s">
-        <v>1095</v>
+        <v>1069</v>
       </c>
       <c r="C90" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="D90">
-        <v>572024</v>
+        <v>573181</v>
       </c>
       <c r="E90">
-        <v>45.07</v>
+        <v>100.26</v>
       </c>
       <c r="F90" t="s">
-        <v>1097</v>
+        <v>1071</v>
       </c>
       <c r="G90" t="s">
         <v>70</v>
       </c>
       <c r="H90" t="s">
-        <v>1098</v>
+        <v>1072</v>
       </c>
       <c r="I90">
-        <v>17.09</v>
+        <v>78.75</v>
       </c>
       <c r="J90" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="K90" t="s">
-        <v>396</v>
+        <v>1074</v>
       </c>
       <c r="L90" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="M90" t="s">
         <v>73</v>
       </c>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90">
-        <v>73110896</v>
+        <v>75580346</v>
       </c>
       <c r="Q90" t="s">
-        <v>1095</v>
+        <v>1069</v>
       </c>
       <c r="R90" t="s">
-        <v>1100</v>
+        <v>1075</v>
       </c>
       <c r="S90" t="s">
-        <v>1100</v>
+        <v>1075</v>
       </c>
       <c r="T90" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U90" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="V90">
-        <v>572024</v>
+        <v>573181</v>
       </c>
       <c r="W90" t="s">
         <v>71</v>
       </c>
       <c r="X90">
-        <v>45.07</v>
+        <v>100.26</v>
       </c>
       <c r="Y90">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z90" t="s">
         <v>71</v>
       </c>
       <c r="AA90" t="s">
         <v>66</v>
       </c>
       <c r="AB90" t="s">
         <v>70</v>
       </c>
       <c r="AC90" t="s">
-        <v>1097</v>
+        <v>1071</v>
       </c>
       <c r="AD90">
-        <v>73110896</v>
+        <v>75580346</v>
       </c>
       <c r="AE90" t="s">
-        <v>1101</v>
+        <v>1076</v>
       </c>
       <c r="AF90">
-        <v>923271151</v>
+        <v>919505983</v>
       </c>
       <c r="AG90"/>
       <c r="AH90" t="s">
-        <v>1102</v>
+        <v>1077</v>
       </c>
       <c r="AI90"/>
       <c r="AJ90" t="s">
-        <v>172</v>
+        <v>78</v>
       </c>
       <c r="AK90" t="s">
         <v>70</v>
       </c>
       <c r="AL90" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="AM90" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN90" t="s">
-        <v>1098</v>
+        <v>1072</v>
       </c>
       <c r="AO90">
-        <v>17.09</v>
+        <v>78.75</v>
       </c>
       <c r="AP90" t="s">
-        <v>1103</v>
+        <v>1078</v>
       </c>
       <c r="AQ90"/>
       <c r="AR90"/>
       <c r="AS90"/>
       <c r="AT90" t="s">
         <v>71</v>
       </c>
       <c r="AU90"/>
       <c r="AV90"/>
       <c r="AW90">
         <v>0</v>
       </c>
       <c r="AX90"/>
       <c r="AY90" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="AZ90" t="s">
         <v>73</v>
       </c>
       <c r="BA90" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB90" t="s">
-        <v>1095</v>
+        <v>1069</v>
       </c>
       <c r="BC90" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="BD90" t="s">
         <v>71</v>
       </c>
       <c r="BE90" t="s">
         <v>71</v>
       </c>
       <c r="BF90" t="s">
         <v>71</v>
       </c>
       <c r="BG90" t="s">
         <v>71</v>
       </c>
       <c r="BH90">
-        <v>487</v>
+        <v>504</v>
       </c>
       <c r="BI90" t="s">
-        <v>103</v>
+        <v>214</v>
       </c>
       <c r="BJ90" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK90" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL90" t="s">
-        <v>1104</v>
+        <v>1079</v>
       </c>
       <c r="BM90" t="s">
-        <v>1105</v>
+        <v>1080</v>
       </c>
       <c r="BN90" t="s">
-        <v>1106</v>
+        <v>1081</v>
       </c>
       <c r="BO90">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="BP90"/>
       <c r="BQ90"/>
       <c r="BR90">
-        <v>169</v>
+        <v>389</v>
       </c>
       <c r="BS90" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
         <v>66</v>
       </c>
       <c r="B91" t="s">
-        <v>1107</v>
+        <v>1082</v>
       </c>
       <c r="C91" t="s">
-        <v>1108</v>
+        <v>1083</v>
       </c>
       <c r="D91">
-        <v>571941</v>
+        <v>573180</v>
       </c>
       <c r="E91">
-        <v>74.4</v>
+        <v>100.26</v>
       </c>
       <c r="F91" t="s">
-        <v>1109</v>
+        <v>1084</v>
       </c>
       <c r="G91" t="s">
         <v>70</v>
       </c>
       <c r="H91" t="s">
-        <v>1110</v>
+        <v>1085</v>
       </c>
       <c r="I91">
-        <v>36.88</v>
+        <v>78.75</v>
       </c>
       <c r="J91" t="s">
-        <v>1111</v>
+        <v>1073</v>
       </c>
       <c r="K91" t="s">
-        <v>396</v>
+        <v>1086</v>
       </c>
       <c r="L91" t="s">
-        <v>1108</v>
+        <v>1083</v>
       </c>
       <c r="M91" t="s">
         <v>73</v>
       </c>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91">
-        <v>76277979</v>
+        <v>16698005</v>
       </c>
       <c r="Q91" t="s">
-        <v>1107</v>
+        <v>1082</v>
       </c>
       <c r="R91" t="s">
-        <v>1112</v>
+        <v>1087</v>
       </c>
       <c r="S91" t="s">
-        <v>1112</v>
+        <v>1087</v>
       </c>
       <c r="T91" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U91" t="s">
-        <v>1108</v>
+        <v>1083</v>
       </c>
       <c r="V91">
-        <v>571941</v>
+        <v>573180</v>
       </c>
       <c r="W91" t="s">
         <v>71</v>
       </c>
       <c r="X91">
-        <v>74.4</v>
+        <v>100.26</v>
       </c>
       <c r="Y91">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z91" t="s">
         <v>71</v>
       </c>
       <c r="AA91" t="s">
         <v>66</v>
       </c>
       <c r="AB91" t="s">
         <v>70</v>
       </c>
       <c r="AC91" t="s">
-        <v>1109</v>
+        <v>1084</v>
       </c>
       <c r="AD91">
-        <v>76277979</v>
+        <v>16698005</v>
       </c>
       <c r="AE91" t="s">
-        <v>1113</v>
+        <v>1088</v>
       </c>
       <c r="AF91">
-        <v>930272197</v>
+        <v>975912865</v>
       </c>
       <c r="AG91"/>
       <c r="AH91" t="s">
-        <v>1114</v>
+        <v>1089</v>
       </c>
       <c r="AI91"/>
       <c r="AJ91" t="s">
-        <v>1115</v>
+        <v>127</v>
       </c>
       <c r="AK91" t="s">
         <v>70</v>
       </c>
       <c r="AL91" t="s">
-        <v>1111</v>
+        <v>1073</v>
       </c>
       <c r="AM91" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN91" t="s">
-        <v>1110</v>
+        <v>1085</v>
       </c>
       <c r="AO91">
-        <v>36.88</v>
+        <v>78.75</v>
       </c>
       <c r="AP91" t="s">
-        <v>1116</v>
-[...9 lines deleted...]
-      </c>
+        <v>1078</v>
+      </c>
+      <c r="AQ91"/>
+      <c r="AR91"/>
+      <c r="AS91"/>
       <c r="AT91" t="s">
-        <v>1118</v>
+        <v>71</v>
       </c>
       <c r="AU91"/>
       <c r="AV91"/>
       <c r="AW91">
         <v>0</v>
       </c>
       <c r="AX91"/>
       <c r="AY91" t="s">
-        <v>1108</v>
+        <v>1083</v>
       </c>
       <c r="AZ91" t="s">
         <v>73</v>
       </c>
       <c r="BA91" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB91" t="s">
-        <v>1107</v>
+        <v>1082</v>
       </c>
       <c r="BC91" t="s">
-        <v>1111</v>
+        <v>1073</v>
       </c>
       <c r="BD91" t="s">
-        <v>1119</v>
+        <v>71</v>
       </c>
       <c r="BE91" t="s">
         <v>71</v>
       </c>
       <c r="BF91" t="s">
         <v>71</v>
       </c>
       <c r="BG91" t="s">
         <v>71</v>
       </c>
       <c r="BH91">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="BI91" t="s">
-        <v>103</v>
+        <v>214</v>
       </c>
       <c r="BJ91" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK91" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL91" t="s">
-        <v>1120</v>
+        <v>97</v>
       </c>
       <c r="BM91" t="s">
-        <v>1121</v>
+        <v>1090</v>
       </c>
       <c r="BN91" t="s">
-        <v>1122</v>
+        <v>1091</v>
       </c>
       <c r="BO91">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="BP91"/>
       <c r="BQ91"/>
       <c r="BR91">
-        <v>279</v>
+        <v>389</v>
       </c>
       <c r="BS91" t="s">
-        <v>408</v>
+        <v>86</v>
       </c>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
         <v>66</v>
       </c>
       <c r="B92" t="s">
-        <v>1123</v>
+        <v>1092</v>
       </c>
       <c r="C92" t="s">
-        <v>1124</v>
+        <v>1093</v>
       </c>
       <c r="D92">
-        <v>571896</v>
+        <v>573078</v>
       </c>
       <c r="E92">
-        <v>74.4</v>
+        <v>107.99</v>
       </c>
       <c r="F92" t="s">
-        <v>1125</v>
+        <v>1094</v>
       </c>
       <c r="G92" t="s">
         <v>70</v>
       </c>
       <c r="H92" t="s">
-        <v>1126</v>
+        <v>1095</v>
       </c>
       <c r="I92">
-        <v>35.89</v>
+        <v>55.99</v>
       </c>
       <c r="J92" t="s">
-        <v>1127</v>
+        <v>1096</v>
       </c>
       <c r="K92" t="s">
-        <v>396</v>
+        <v>1097</v>
       </c>
       <c r="L92" t="s">
-        <v>1124</v>
+        <v>1093</v>
       </c>
       <c r="M92" t="s">
         <v>73</v>
       </c>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92">
-        <v>75034591</v>
+        <v>47163782</v>
       </c>
       <c r="Q92" t="s">
-        <v>1123</v>
+        <v>1092</v>
       </c>
       <c r="R92" t="s">
-        <v>1128</v>
+        <v>1098</v>
       </c>
       <c r="S92" t="s">
-        <v>1128</v>
+        <v>1098</v>
       </c>
       <c r="T92" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U92" t="s">
-        <v>1124</v>
+        <v>1093</v>
       </c>
       <c r="V92">
-        <v>571896</v>
+        <v>573078</v>
       </c>
       <c r="W92" t="s">
         <v>71</v>
       </c>
       <c r="X92">
-        <v>74.4</v>
+        <v>107.99</v>
       </c>
       <c r="Y92">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z92" t="s">
         <v>71</v>
       </c>
       <c r="AA92" t="s">
         <v>66</v>
       </c>
       <c r="AB92" t="s">
         <v>70</v>
       </c>
       <c r="AC92" t="s">
-        <v>1125</v>
+        <v>1094</v>
       </c>
       <c r="AD92">
-        <v>75034591</v>
+        <v>47163782</v>
       </c>
       <c r="AE92" t="s">
-        <v>1129</v>
+        <v>1099</v>
       </c>
       <c r="AF92">
-        <v>519383957</v>
+        <v>978553349</v>
       </c>
       <c r="AG92"/>
       <c r="AH92" t="s">
-        <v>1130</v>
+        <v>1100</v>
       </c>
       <c r="AI92"/>
       <c r="AJ92" t="s">
-        <v>1131</v>
+        <v>1101</v>
       </c>
       <c r="AK92" t="s">
         <v>70</v>
       </c>
       <c r="AL92" t="s">
-        <v>1127</v>
+        <v>1096</v>
       </c>
       <c r="AM92" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN92" t="s">
-        <v>1126</v>
+        <v>1095</v>
       </c>
       <c r="AO92">
-        <v>35.89</v>
+        <v>55.99</v>
       </c>
       <c r="AP92" t="s">
-        <v>1132</v>
+        <v>1102</v>
       </c>
       <c r="AQ92"/>
       <c r="AR92"/>
       <c r="AS92"/>
       <c r="AT92" t="s">
         <v>71</v>
       </c>
       <c r="AU92"/>
       <c r="AV92"/>
       <c r="AW92">
         <v>0</v>
       </c>
       <c r="AX92"/>
       <c r="AY92" t="s">
-        <v>1124</v>
+        <v>1093</v>
       </c>
       <c r="AZ92" t="s">
         <v>73</v>
       </c>
       <c r="BA92" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB92" t="s">
-        <v>1123</v>
+        <v>1092</v>
       </c>
       <c r="BC92" t="s">
-        <v>1127</v>
+        <v>1096</v>
       </c>
       <c r="BD92" t="s">
         <v>71</v>
       </c>
       <c r="BE92" t="s">
         <v>71</v>
       </c>
       <c r="BF92" t="s">
         <v>71</v>
       </c>
       <c r="BG92" t="s">
         <v>71</v>
       </c>
       <c r="BH92">
-        <v>491</v>
+        <v>506</v>
       </c>
       <c r="BI92" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="BJ92" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="BK92" t="s">
-        <v>343</v>
+        <v>82</v>
       </c>
       <c r="BL92" t="s">
-        <v>490</v>
+        <v>228</v>
       </c>
       <c r="BM92" t="s">
-        <v>1133</v>
+        <v>1103</v>
       </c>
       <c r="BN92" t="s">
-        <v>1134</v>
+        <v>1104</v>
       </c>
       <c r="BO92">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="BP92"/>
       <c r="BQ92"/>
       <c r="BR92">
-        <v>279</v>
+        <v>419</v>
       </c>
       <c r="BS92" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
         <v>66</v>
       </c>
       <c r="B93" t="s">
-        <v>1135</v>
+        <v>1105</v>
       </c>
       <c r="C93" t="s">
-        <v>1136</v>
+        <v>1106</v>
       </c>
       <c r="D93">
-        <v>571835</v>
+        <v>573077</v>
       </c>
       <c r="E93">
-        <v>61.07</v>
+        <v>43.56</v>
       </c>
       <c r="F93" t="s">
-        <v>1137</v>
+        <v>1107</v>
       </c>
       <c r="G93" t="s">
         <v>70</v>
       </c>
       <c r="H93" t="s">
-        <v>1138</v>
+        <v>1108</v>
       </c>
       <c r="I93">
-        <v>29.99</v>
+        <v>15.77</v>
       </c>
       <c r="J93" t="s">
-        <v>1139</v>
+        <v>1096</v>
       </c>
       <c r="K93" t="s">
-        <v>396</v>
+        <v>1109</v>
       </c>
       <c r="L93" t="s">
-        <v>1136</v>
+        <v>1106</v>
       </c>
       <c r="M93" t="s">
         <v>73</v>
       </c>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93">
-        <v>10224065</v>
+        <v>73981747</v>
       </c>
       <c r="Q93" t="s">
-        <v>1135</v>
+        <v>1105</v>
       </c>
       <c r="R93" t="s">
-        <v>1140</v>
+        <v>1110</v>
       </c>
       <c r="S93" t="s">
-        <v>1141</v>
+        <v>1111</v>
       </c>
       <c r="T93" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U93" t="s">
-        <v>1136</v>
+        <v>1106</v>
       </c>
       <c r="V93">
-        <v>571835</v>
+        <v>573077</v>
       </c>
       <c r="W93" t="s">
         <v>71</v>
       </c>
       <c r="X93">
-        <v>61.07</v>
+        <v>43.56</v>
       </c>
       <c r="Y93">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z93" t="s">
         <v>71</v>
       </c>
       <c r="AA93" t="s">
         <v>66</v>
       </c>
       <c r="AB93" t="s">
         <v>70</v>
       </c>
       <c r="AC93" t="s">
-        <v>1137</v>
+        <v>1107</v>
       </c>
       <c r="AD93">
-        <v>10224065</v>
+        <v>73981747</v>
       </c>
       <c r="AE93" t="s">
-        <v>1142</v>
+        <v>1112</v>
       </c>
       <c r="AF93">
-        <v>992029080</v>
+        <v>900654865</v>
       </c>
       <c r="AG93"/>
       <c r="AH93" t="s">
-        <v>1143</v>
+        <v>1113</v>
       </c>
       <c r="AI93"/>
       <c r="AJ93" t="s">
-        <v>1144</v>
+        <v>127</v>
       </c>
       <c r="AK93" t="s">
         <v>70</v>
       </c>
       <c r="AL93" t="s">
-        <v>1139</v>
+        <v>1096</v>
       </c>
       <c r="AM93" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN93" t="s">
-        <v>1138</v>
+        <v>1108</v>
       </c>
       <c r="AO93">
-        <v>29.99</v>
+        <v>15.77</v>
       </c>
       <c r="AP93" t="s">
-        <v>1145</v>
-[...3 lines deleted...]
-      <c r="AS93"/>
+        <v>1114</v>
+      </c>
+      <c r="AQ93" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR93" t="s">
+        <v>514</v>
+      </c>
+      <c r="AS93" t="s">
+        <v>1115</v>
+      </c>
       <c r="AT93" t="s">
-        <v>71</v>
+        <v>1116</v>
       </c>
       <c r="AU93"/>
       <c r="AV93"/>
       <c r="AW93">
         <v>0</v>
       </c>
       <c r="AX93"/>
       <c r="AY93" t="s">
-        <v>1136</v>
+        <v>1106</v>
       </c>
       <c r="AZ93" t="s">
         <v>73</v>
       </c>
       <c r="BA93" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB93" t="s">
-        <v>1135</v>
+        <v>1105</v>
       </c>
       <c r="BC93" t="s">
-        <v>1139</v>
+        <v>1096</v>
       </c>
       <c r="BD93" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="BE93" t="s">
         <v>71</v>
       </c>
       <c r="BF93" t="s">
         <v>71</v>
       </c>
       <c r="BG93" t="s">
         <v>71</v>
       </c>
       <c r="BH93">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="BI93" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="BJ93" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK93" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="BL93" t="s">
-        <v>1147</v>
+        <v>389</v>
       </c>
       <c r="BM93" t="s">
-        <v>1148</v>
+        <v>1118</v>
       </c>
       <c r="BN93" t="s">
-        <v>1149</v>
+        <v>1119</v>
       </c>
       <c r="BO93">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP93"/>
+        <v>4</v>
+      </c>
+      <c r="BP93" t="s">
+        <v>520</v>
+      </c>
       <c r="BQ93"/>
       <c r="BR93">
-        <v>229</v>
+        <v>169</v>
       </c>
       <c r="BS93" t="s">
-        <v>408</v>
+        <v>582</v>
       </c>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
         <v>66</v>
       </c>
       <c r="B94" t="s">
-        <v>1150</v>
+        <v>1120</v>
       </c>
       <c r="C94" t="s">
-        <v>1151</v>
+        <v>1121</v>
       </c>
       <c r="D94">
-        <v>571691</v>
+        <v>572645</v>
       </c>
       <c r="E94">
-        <v>154.4</v>
+        <v>154.18</v>
       </c>
       <c r="F94" t="s">
-        <v>1152</v>
+        <v>1122</v>
       </c>
       <c r="G94" t="s">
         <v>70</v>
       </c>
       <c r="H94" t="s">
-        <v>1153</v>
+        <v>1123</v>
       </c>
       <c r="I94">
-        <v>94.67</v>
+        <v>79.99</v>
       </c>
       <c r="J94" t="s">
-        <v>1154</v>
+        <v>1124</v>
       </c>
       <c r="K94" t="s">
-        <v>862</v>
+        <v>205</v>
       </c>
       <c r="L94" t="s">
-        <v>1151</v>
+        <v>1121</v>
       </c>
       <c r="M94" t="s">
         <v>73</v>
       </c>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94">
-        <v>74576213</v>
+        <v>46690033</v>
       </c>
       <c r="Q94" t="s">
-        <v>1150</v>
+        <v>1120</v>
       </c>
       <c r="R94" t="s">
-        <v>1155</v>
+        <v>1125</v>
       </c>
       <c r="S94" t="s">
-        <v>1156</v>
+        <v>1125</v>
       </c>
       <c r="T94" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U94" t="s">
-        <v>1151</v>
+        <v>1121</v>
       </c>
       <c r="V94">
-        <v>571691</v>
+        <v>572645</v>
       </c>
       <c r="W94" t="s">
         <v>71</v>
       </c>
       <c r="X94">
-        <v>154.4</v>
+        <v>154.18</v>
       </c>
       <c r="Y94">
-        <v>3.75</v>
+        <v>3.95</v>
       </c>
       <c r="Z94" t="s">
         <v>71</v>
       </c>
       <c r="AA94" t="s">
         <v>66</v>
       </c>
       <c r="AB94" t="s">
         <v>70</v>
       </c>
       <c r="AC94" t="s">
-        <v>1152</v>
+        <v>1122</v>
       </c>
       <c r="AD94">
-        <v>74576213</v>
+        <v>46690033</v>
       </c>
       <c r="AE94" t="s">
-        <v>1157</v>
+        <v>1126</v>
       </c>
       <c r="AF94">
-        <v>940569564</v>
+        <v>944901215</v>
       </c>
       <c r="AG94"/>
       <c r="AH94" t="s">
-        <v>1158</v>
+        <v>1127</v>
       </c>
       <c r="AI94"/>
       <c r="AJ94" t="s">
-        <v>116</v>
+        <v>1128</v>
       </c>
       <c r="AK94" t="s">
         <v>70</v>
       </c>
       <c r="AL94" t="s">
-        <v>1154</v>
+        <v>1124</v>
       </c>
       <c r="AM94" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="AN94" t="s">
-        <v>1153</v>
+        <v>1123</v>
       </c>
       <c r="AO94">
-        <v>94.67</v>
+        <v>79.99</v>
       </c>
       <c r="AP94" t="s">
-        <v>1159</v>
-[...2 lines deleted...]
-      <c r="AR94"/>
+        <v>1129</v>
+      </c>
+      <c r="AQ94" t="s">
+        <v>212</v>
+      </c>
+      <c r="AR94" t="s">
+        <v>213</v>
+      </c>
       <c r="AS94"/>
       <c r="AT94" t="s">
         <v>71</v>
       </c>
       <c r="AU94"/>
       <c r="AV94"/>
       <c r="AW94">
         <v>0</v>
       </c>
       <c r="AX94"/>
       <c r="AY94" t="s">
-        <v>1151</v>
+        <v>1121</v>
       </c>
       <c r="AZ94" t="s">
         <v>73</v>
       </c>
       <c r="BA94" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB94" t="s">
-        <v>1150</v>
+        <v>1120</v>
       </c>
       <c r="BC94" t="s">
-        <v>1154</v>
+        <v>1124</v>
       </c>
       <c r="BD94" t="s">
         <v>71</v>
       </c>
       <c r="BE94" t="s">
         <v>71</v>
       </c>
       <c r="BF94" t="s">
         <v>71</v>
       </c>
       <c r="BG94" t="s">
         <v>71</v>
       </c>
       <c r="BH94">
-        <v>496</v>
+        <v>515</v>
       </c>
       <c r="BI94" t="s">
-        <v>103</v>
+        <v>214</v>
       </c>
       <c r="BJ94" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK94" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="BL94" t="s">
-        <v>1160</v>
+        <v>1130</v>
       </c>
       <c r="BM94" t="s">
-        <v>1161</v>
+        <v>1131</v>
       </c>
       <c r="BN94" t="s">
-        <v>1162</v>
+        <v>1132</v>
       </c>
       <c r="BO94">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="BP94"/>
+        <v>0</v>
+      </c>
+      <c r="BP94" t="s">
+        <v>212</v>
+      </c>
       <c r="BQ94"/>
       <c r="BR94">
-        <v>579</v>
+        <v>609</v>
       </c>
       <c r="BS94" t="s">
-        <v>408</v>
+        <v>582</v>
       </c>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
         <v>66</v>
       </c>
       <c r="B95" t="s">
-        <v>1163</v>
+        <v>1133</v>
       </c>
       <c r="C95" t="s">
-        <v>1164</v>
+        <v>1134</v>
       </c>
       <c r="D95">
-        <v>571631</v>
+        <v>572622</v>
       </c>
       <c r="E95">
-        <v>234.14</v>
+        <v>143.54</v>
       </c>
       <c r="F95" t="s">
-        <v>1165</v>
+        <v>1135</v>
       </c>
       <c r="G95" t="s">
         <v>70</v>
       </c>
-      <c r="H95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H95"/>
       <c r="I95">
-        <v>79.98</v>
+        <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>1167</v>
+        <v>71</v>
       </c>
       <c r="K95" t="s">
-        <v>396</v>
+        <v>1033</v>
       </c>
       <c r="L95" t="s">
-        <v>1164</v>
+        <v>1134</v>
       </c>
       <c r="M95" t="s">
         <v>73</v>
       </c>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95">
-        <v>32868527</v>
+        <v>45841825</v>
       </c>
       <c r="Q95" t="s">
-        <v>1163</v>
+        <v>1133</v>
       </c>
       <c r="R95" t="s">
-        <v>1168</v>
+        <v>1136</v>
       </c>
       <c r="S95" t="s">
-        <v>1169</v>
+        <v>1136</v>
       </c>
       <c r="T95" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U95" t="s">
-        <v>1164</v>
+        <v>1134</v>
       </c>
       <c r="V95">
-        <v>571631</v>
+        <v>572622</v>
       </c>
       <c r="W95" t="s">
         <v>71</v>
       </c>
       <c r="X95">
-        <v>234.14</v>
+        <v>143.54</v>
       </c>
       <c r="Y95">
-        <v>3.75</v>
+        <v>3.95</v>
       </c>
       <c r="Z95" t="s">
         <v>71</v>
       </c>
       <c r="AA95" t="s">
         <v>66</v>
       </c>
       <c r="AB95" t="s">
         <v>70</v>
       </c>
       <c r="AC95" t="s">
-        <v>1165</v>
+        <v>1135</v>
       </c>
       <c r="AD95">
-        <v>32868527</v>
+        <v>45841825</v>
       </c>
       <c r="AE95" t="s">
-        <v>1170</v>
+        <v>1137</v>
       </c>
       <c r="AF95">
-        <v>954921942</v>
+        <v>950586740</v>
       </c>
       <c r="AG95"/>
       <c r="AH95" t="s">
-        <v>1171</v>
+        <v>1138</v>
       </c>
       <c r="AI95"/>
       <c r="AJ95" t="s">
-        <v>1172</v>
+        <v>1139</v>
       </c>
       <c r="AK95" t="s">
         <v>70</v>
       </c>
       <c r="AL95" t="s">
-        <v>1167</v>
+        <v>71</v>
       </c>
       <c r="AM95" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AN95"/>
       <c r="AO95">
-        <v>79.98</v>
+        <v>0</v>
       </c>
       <c r="AP95" t="s">
-        <v>1173</v>
-[...9 lines deleted...]
-      </c>
+        <v>1140</v>
+      </c>
+      <c r="AQ95"/>
+      <c r="AR95"/>
+      <c r="AS95"/>
       <c r="AT95" t="s">
-        <v>1175</v>
+        <v>71</v>
       </c>
       <c r="AU95"/>
       <c r="AV95"/>
       <c r="AW95">
         <v>0</v>
       </c>
       <c r="AX95"/>
       <c r="AY95" t="s">
-        <v>1164</v>
+        <v>1134</v>
       </c>
       <c r="AZ95" t="s">
         <v>73</v>
       </c>
       <c r="BA95" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB95" t="s">
-        <v>1163</v>
+        <v>1133</v>
       </c>
       <c r="BC95" t="s">
-        <v>1167</v>
+        <v>71</v>
       </c>
       <c r="BD95" t="s">
         <v>71</v>
       </c>
       <c r="BE95" t="s">
         <v>71</v>
       </c>
       <c r="BF95" t="s">
         <v>71</v>
       </c>
       <c r="BG95" t="s">
         <v>71</v>
       </c>
       <c r="BH95">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="BI95" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="BJ95" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK95" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="BL95" t="s">
-        <v>1176</v>
+        <v>97</v>
       </c>
       <c r="BM95" t="s">
-        <v>1177</v>
+        <v>1141</v>
       </c>
       <c r="BN95" t="s">
-        <v>1178</v>
+        <v>1142</v>
       </c>
       <c r="BO95">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP95"/>
       <c r="BQ95"/>
       <c r="BR95">
-        <v>878</v>
+        <v>567</v>
       </c>
       <c r="BS95" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
         <v>66</v>
       </c>
       <c r="B96" t="s">
-        <v>1179</v>
+        <v>1143</v>
       </c>
       <c r="C96" t="s">
-        <v>1180</v>
+        <v>1144</v>
       </c>
       <c r="D96">
-        <v>593921</v>
+        <v>572541</v>
       </c>
       <c r="E96">
-        <v>83.95</v>
+        <v>39.73</v>
       </c>
       <c r="F96" t="s">
-        <v>1181</v>
+        <v>1145</v>
       </c>
       <c r="G96" t="s">
         <v>70</v>
       </c>
       <c r="H96"/>
       <c r="I96">
         <v>0</v>
       </c>
       <c r="J96" t="s">
         <v>71</v>
       </c>
       <c r="K96" t="s">
-        <v>1182</v>
+        <v>461</v>
       </c>
       <c r="L96" t="s">
-        <v>1180</v>
+        <v>1144</v>
       </c>
       <c r="M96" t="s">
         <v>73</v>
       </c>
       <c r="N96"/>
       <c r="O96"/>
-      <c r="P96">
-        <v>10559359</v>
+      <c r="P96" t="s">
+        <v>1146</v>
       </c>
       <c r="Q96" t="s">
-        <v>1179</v>
+        <v>1143</v>
       </c>
       <c r="R96" t="s">
-        <v>1183</v>
+        <v>1147</v>
       </c>
       <c r="S96" t="s">
-        <v>1184</v>
+        <v>1147</v>
       </c>
       <c r="T96" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U96" t="s">
-        <v>1180</v>
+        <v>1144</v>
       </c>
       <c r="V96">
-        <v>593921</v>
+        <v>572541</v>
       </c>
       <c r="W96" t="s">
         <v>71</v>
       </c>
       <c r="X96">
-        <v>83.95</v>
+        <v>39.73</v>
       </c>
       <c r="Y96">
-        <v>3.8</v>
+        <v>3.75</v>
       </c>
       <c r="Z96" t="s">
         <v>71</v>
       </c>
       <c r="AA96" t="s">
         <v>66</v>
       </c>
       <c r="AB96" t="s">
         <v>70</v>
       </c>
       <c r="AC96" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>10559359</v>
+        <v>1145</v>
+      </c>
+      <c r="AD96" t="s">
+        <v>1146</v>
       </c>
       <c r="AE96" t="s">
-        <v>1185</v>
+        <v>1148</v>
       </c>
       <c r="AF96">
-        <v>936753427</v>
+        <v>953946271</v>
       </c>
       <c r="AG96"/>
       <c r="AH96" t="s">
-        <v>1186</v>
+        <v>1149</v>
       </c>
       <c r="AI96"/>
       <c r="AJ96" t="s">
-        <v>80</v>
+        <v>164</v>
       </c>
       <c r="AK96" t="s">
         <v>70</v>
       </c>
       <c r="AL96" t="s">
         <v>71</v>
       </c>
-      <c r="AM96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AM96"/>
       <c r="AN96"/>
       <c r="AO96">
         <v>0</v>
       </c>
       <c r="AP96" t="s">
-        <v>1187</v>
+        <v>1150</v>
       </c>
       <c r="AQ96"/>
       <c r="AR96"/>
       <c r="AS96"/>
       <c r="AT96" t="s">
         <v>71</v>
       </c>
       <c r="AU96"/>
       <c r="AV96"/>
       <c r="AW96">
         <v>0</v>
       </c>
       <c r="AX96"/>
       <c r="AY96" t="s">
-        <v>1180</v>
+        <v>1144</v>
       </c>
       <c r="AZ96" t="s">
         <v>73</v>
       </c>
       <c r="BA96" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB96" t="s">
+        <v>1143</v>
+      </c>
+      <c r="BC96" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD96" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE96" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF96" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG96" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH96">
+        <v>518</v>
+      </c>
+      <c r="BI96" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ96" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK96" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL96" t="s">
         <v>83</v>
       </c>
-      <c r="BB96" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BM96" t="s">
-        <v>1188</v>
+        <v>1151</v>
       </c>
       <c r="BN96" t="s">
-        <v>1189</v>
+        <v>1152</v>
       </c>
       <c r="BO96">
-        <v>468</v>
+        <v>0</v>
       </c>
       <c r="BP96"/>
       <c r="BQ96"/>
       <c r="BR96">
-        <v>319</v>
+        <v>149</v>
       </c>
       <c r="BS96" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
         <v>66</v>
       </c>
       <c r="B97" t="s">
-        <v>1190</v>
+        <v>1153</v>
       </c>
       <c r="C97" t="s">
-        <v>1191</v>
+        <v>1154</v>
       </c>
       <c r="D97">
-        <v>571576</v>
+        <v>572534</v>
       </c>
       <c r="E97">
-        <v>138.4</v>
+        <v>39.73</v>
       </c>
       <c r="F97" t="s">
-        <v>1192</v>
+        <v>1155</v>
       </c>
       <c r="G97" t="s">
         <v>70</v>
       </c>
       <c r="H97"/>
       <c r="I97">
         <v>0</v>
       </c>
       <c r="J97" t="s">
         <v>71</v>
       </c>
       <c r="K97" t="s">
-        <v>862</v>
+        <v>586</v>
       </c>
       <c r="L97" t="s">
-        <v>1191</v>
+        <v>1154</v>
       </c>
       <c r="M97" t="s">
         <v>73</v>
       </c>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97">
-        <v>47877170</v>
+        <v>46054874</v>
       </c>
       <c r="Q97" t="s">
-        <v>1190</v>
+        <v>1153</v>
       </c>
       <c r="R97" t="s">
-        <v>1193</v>
+        <v>1156</v>
       </c>
       <c r="S97" t="s">
-        <v>1194</v>
+        <v>1157</v>
       </c>
       <c r="T97" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U97" t="s">
-        <v>1191</v>
+        <v>1154</v>
       </c>
       <c r="V97">
-        <v>571576</v>
+        <v>572534</v>
       </c>
       <c r="W97" t="s">
         <v>71</v>
       </c>
       <c r="X97">
-        <v>138.4</v>
+        <v>39.73</v>
       </c>
       <c r="Y97">
         <v>3.75</v>
       </c>
       <c r="Z97" t="s">
         <v>71</v>
       </c>
       <c r="AA97" t="s">
         <v>66</v>
       </c>
       <c r="AB97" t="s">
         <v>70</v>
       </c>
       <c r="AC97" t="s">
-        <v>1192</v>
+        <v>1155</v>
       </c>
       <c r="AD97">
-        <v>47877170</v>
+        <v>46054874</v>
       </c>
       <c r="AE97" t="s">
-        <v>1195</v>
+        <v>1158</v>
       </c>
       <c r="AF97">
-        <v>933777946</v>
+        <v>992524990</v>
       </c>
       <c r="AG97"/>
       <c r="AH97" t="s">
-        <v>1196</v>
+        <v>1159</v>
       </c>
       <c r="AI97"/>
       <c r="AJ97" t="s">
-        <v>1197</v>
+        <v>367</v>
       </c>
       <c r="AK97" t="s">
         <v>70</v>
       </c>
       <c r="AL97" t="s">
         <v>71</v>
       </c>
       <c r="AM97" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AN97"/>
       <c r="AO97">
         <v>0</v>
       </c>
       <c r="AP97" t="s">
-        <v>1198</v>
+        <v>1160</v>
       </c>
       <c r="AQ97"/>
       <c r="AR97"/>
       <c r="AS97"/>
       <c r="AT97" t="s">
         <v>71</v>
       </c>
       <c r="AU97"/>
       <c r="AV97"/>
       <c r="AW97">
         <v>0</v>
       </c>
       <c r="AX97"/>
       <c r="AY97" t="s">
-        <v>1191</v>
+        <v>1154</v>
       </c>
       <c r="AZ97" t="s">
         <v>73</v>
       </c>
       <c r="BA97" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB97" t="s">
-        <v>1190</v>
+        <v>1153</v>
       </c>
       <c r="BC97" t="s">
         <v>71</v>
       </c>
       <c r="BD97" t="s">
         <v>71</v>
       </c>
       <c r="BE97" t="s">
         <v>71</v>
       </c>
       <c r="BF97" t="s">
         <v>71</v>
       </c>
       <c r="BG97" t="s">
         <v>71</v>
       </c>
       <c r="BH97">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="BI97" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ97" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK97" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL97" t="s">
-        <v>1199</v>
+        <v>107</v>
       </c>
       <c r="BM97" t="s">
-        <v>1200</v>
+        <v>1161</v>
       </c>
       <c r="BN97" t="s">
-        <v>1201</v>
+        <v>1162</v>
       </c>
       <c r="BO97">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BP97"/>
       <c r="BQ97"/>
       <c r="BR97">
-        <v>519</v>
+        <v>149</v>
       </c>
       <c r="BS97" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
         <v>66</v>
       </c>
       <c r="B98" t="s">
-        <v>1202</v>
+        <v>1163</v>
       </c>
       <c r="C98" t="s">
-        <v>1203</v>
+        <v>1164</v>
       </c>
       <c r="D98">
-        <v>571510</v>
+        <v>572488</v>
       </c>
       <c r="E98">
-        <v>133.07</v>
+        <v>231.73</v>
       </c>
       <c r="F98" t="s">
-        <v>1204</v>
+        <v>1165</v>
       </c>
       <c r="G98" t="s">
         <v>70</v>
       </c>
       <c r="H98"/>
       <c r="I98">
         <v>0</v>
       </c>
       <c r="J98" t="s">
         <v>71</v>
       </c>
       <c r="K98" t="s">
-        <v>862</v>
+        <v>461</v>
       </c>
       <c r="L98" t="s">
-        <v>1203</v>
+        <v>1164</v>
       </c>
       <c r="M98" t="s">
         <v>73</v>
       </c>
       <c r="N98"/>
       <c r="O98"/>
-      <c r="P98" t="s">
-        <v>1205</v>
+      <c r="P98">
+        <v>43354646</v>
       </c>
       <c r="Q98" t="s">
-        <v>1202</v>
+        <v>1163</v>
       </c>
       <c r="R98" t="s">
-        <v>1206</v>
+        <v>1166</v>
       </c>
       <c r="S98" t="s">
-        <v>1206</v>
+        <v>1166</v>
       </c>
       <c r="T98" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="U98" t="s">
-        <v>1203</v>
+        <v>1164</v>
       </c>
       <c r="V98">
-        <v>571510</v>
+        <v>572488</v>
       </c>
       <c r="W98" t="s">
         <v>71</v>
       </c>
       <c r="X98">
-        <v>133.07</v>
+        <v>231.73</v>
       </c>
       <c r="Y98">
         <v>3.75</v>
       </c>
       <c r="Z98" t="s">
         <v>71</v>
       </c>
       <c r="AA98" t="s">
         <v>66</v>
       </c>
       <c r="AB98" t="s">
         <v>70</v>
       </c>
       <c r="AC98" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-        <v>1205</v>
+        <v>1165</v>
+      </c>
+      <c r="AD98">
+        <v>43354646</v>
       </c>
       <c r="AE98" t="s">
-        <v>1207</v>
+        <v>1167</v>
       </c>
       <c r="AF98">
-        <v>934742207</v>
+        <v>985102950</v>
       </c>
       <c r="AG98"/>
       <c r="AH98" t="s">
-        <v>1208</v>
+        <v>1168</v>
       </c>
       <c r="AI98"/>
       <c r="AJ98" t="s">
-        <v>80</v>
+        <v>226</v>
       </c>
       <c r="AK98" t="s">
         <v>70</v>
       </c>
       <c r="AL98" t="s">
         <v>71</v>
       </c>
-      <c r="AM98"/>
+      <c r="AM98" t="s">
+        <v>79</v>
+      </c>
       <c r="AN98"/>
       <c r="AO98">
         <v>0</v>
       </c>
       <c r="AP98" t="s">
-        <v>1209</v>
+        <v>1169</v>
       </c>
       <c r="AQ98"/>
       <c r="AR98"/>
       <c r="AS98"/>
       <c r="AT98" t="s">
         <v>71</v>
       </c>
       <c r="AU98"/>
       <c r="AV98"/>
       <c r="AW98">
         <v>0</v>
       </c>
       <c r="AX98"/>
       <c r="AY98" t="s">
-        <v>1203</v>
+        <v>1164</v>
       </c>
       <c r="AZ98" t="s">
         <v>73</v>
       </c>
       <c r="BA98" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="BB98" t="s">
-        <v>1202</v>
+        <v>1163</v>
       </c>
       <c r="BC98" t="s">
         <v>71</v>
       </c>
       <c r="BD98" t="s">
         <v>71</v>
       </c>
       <c r="BE98" t="s">
         <v>71</v>
       </c>
       <c r="BF98" t="s">
         <v>71</v>
       </c>
       <c r="BG98" t="s">
         <v>71</v>
       </c>
       <c r="BH98">
-        <v>501</v>
+        <v>519</v>
       </c>
       <c r="BI98" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="BJ98" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="BK98" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="BL98" t="s">
-        <v>1210</v>
+        <v>1170</v>
       </c>
       <c r="BM98" t="s">
-        <v>1211</v>
+        <v>1171</v>
       </c>
       <c r="BN98" t="s">
-        <v>1212</v>
+        <v>1172</v>
       </c>
       <c r="BO98">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP98"/>
       <c r="BQ98"/>
       <c r="BR98">
+        <v>869</v>
+      </c>
+      <c r="BS98" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="99" spans="1:71">
+      <c r="A99" t="s">
+        <v>66</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D99">
+        <v>572457</v>
+      </c>
+      <c r="E99">
+        <v>34.4</v>
+      </c>
+      <c r="F99" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G99" t="s">
+        <v>70</v>
+      </c>
+      <c r="H99"/>
+      <c r="I99">
+        <v>0</v>
+      </c>
+      <c r="J99" t="s">
+        <v>71</v>
+      </c>
+      <c r="K99" t="s">
+        <v>461</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1174</v>
+      </c>
+      <c r="M99" t="s">
+        <v>73</v>
+      </c>
+      <c r="N99"/>
+      <c r="O99"/>
+      <c r="P99">
+        <v>73171863</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>1173</v>
+      </c>
+      <c r="R99" t="s">
+        <v>1176</v>
+      </c>
+      <c r="S99" t="s">
+        <v>1176</v>
+      </c>
+      <c r="T99" t="s">
+        <v>75</v>
+      </c>
+      <c r="U99" t="s">
+        <v>1174</v>
+      </c>
+      <c r="V99">
+        <v>572457</v>
+      </c>
+      <c r="W99" t="s">
+        <v>71</v>
+      </c>
+      <c r="X99">
+        <v>34.4</v>
+      </c>
+      <c r="Y99">
+        <v>3.75</v>
+      </c>
+      <c r="Z99" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>1175</v>
+      </c>
+      <c r="AD99">
+        <v>73171863</v>
+      </c>
+      <c r="AE99" t="s">
+        <v>1177</v>
+      </c>
+      <c r="AF99">
+        <v>968372164</v>
+      </c>
+      <c r="AG99"/>
+      <c r="AH99" t="s">
+        <v>1178</v>
+      </c>
+      <c r="AI99"/>
+      <c r="AJ99" t="s">
+        <v>422</v>
+      </c>
+      <c r="AK99" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL99" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM99" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN99"/>
+      <c r="AO99">
+        <v>0</v>
+      </c>
+      <c r="AP99" t="s">
+        <v>1179</v>
+      </c>
+      <c r="AQ99"/>
+      <c r="AR99"/>
+      <c r="AS99"/>
+      <c r="AT99" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU99"/>
+      <c r="AV99"/>
+      <c r="AW99">
+        <v>0</v>
+      </c>
+      <c r="AX99"/>
+      <c r="AY99" t="s">
+        <v>1174</v>
+      </c>
+      <c r="AZ99" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA99" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB99" t="s">
+        <v>1173</v>
+      </c>
+      <c r="BC99" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD99" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE99" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF99" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG99" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH99">
+        <v>521</v>
+      </c>
+      <c r="BI99" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ99" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK99" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL99" t="s">
+        <v>1180</v>
+      </c>
+      <c r="BM99" t="s">
+        <v>1181</v>
+      </c>
+      <c r="BN99" t="s">
+        <v>1182</v>
+      </c>
+      <c r="BO99">
+        <v>1</v>
+      </c>
+      <c r="BP99"/>
+      <c r="BQ99"/>
+      <c r="BR99">
+        <v>129</v>
+      </c>
+      <c r="BS99" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="100" spans="1:71">
+      <c r="A100" t="s">
+        <v>66</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D100">
+        <v>572436</v>
+      </c>
+      <c r="E100">
+        <v>50.4</v>
+      </c>
+      <c r="F100" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G100" t="s">
+        <v>70</v>
+      </c>
+      <c r="H100"/>
+      <c r="I100">
+        <v>0</v>
+      </c>
+      <c r="J100" t="s">
+        <v>71</v>
+      </c>
+      <c r="K100" t="s">
+        <v>461</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M100" t="s">
+        <v>73</v>
+      </c>
+      <c r="N100"/>
+      <c r="O100"/>
+      <c r="P100" t="s">
+        <v>1186</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>1183</v>
+      </c>
+      <c r="R100" t="s">
+        <v>1187</v>
+      </c>
+      <c r="S100" t="s">
+        <v>1187</v>
+      </c>
+      <c r="T100" t="s">
+        <v>75</v>
+      </c>
+      <c r="U100" t="s">
+        <v>1184</v>
+      </c>
+      <c r="V100">
+        <v>572436</v>
+      </c>
+      <c r="W100" t="s">
+        <v>71</v>
+      </c>
+      <c r="X100">
+        <v>50.4</v>
+      </c>
+      <c r="Y100">
+        <v>3.75</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>1185</v>
+      </c>
+      <c r="AD100" t="s">
+        <v>1186</v>
+      </c>
+      <c r="AE100" t="s">
+        <v>1188</v>
+      </c>
+      <c r="AF100">
+        <v>986689251</v>
+      </c>
+      <c r="AG100"/>
+      <c r="AH100" t="s">
+        <v>1189</v>
+      </c>
+      <c r="AI100"/>
+      <c r="AJ100" t="s">
+        <v>367</v>
+      </c>
+      <c r="AK100" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM100"/>
+      <c r="AN100"/>
+      <c r="AO100">
+        <v>0</v>
+      </c>
+      <c r="AP100" t="s">
+        <v>1190</v>
+      </c>
+      <c r="AQ100"/>
+      <c r="AR100"/>
+      <c r="AS100"/>
+      <c r="AT100" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU100"/>
+      <c r="AV100"/>
+      <c r="AW100">
+        <v>0</v>
+      </c>
+      <c r="AX100"/>
+      <c r="AY100" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AZ100" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA100" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB100" t="s">
+        <v>1183</v>
+      </c>
+      <c r="BC100" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD100" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE100" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF100" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG100" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH100">
+        <v>522</v>
+      </c>
+      <c r="BI100" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ100" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK100" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL100" t="s">
+        <v>1191</v>
+      </c>
+      <c r="BM100" t="s">
+        <v>1192</v>
+      </c>
+      <c r="BN100" t="s">
+        <v>1193</v>
+      </c>
+      <c r="BO100">
+        <v>0</v>
+      </c>
+      <c r="BP100"/>
+      <c r="BQ100"/>
+      <c r="BR100">
+        <v>189</v>
+      </c>
+      <c r="BS100" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="101" spans="1:71">
+      <c r="A101" t="s">
+        <v>66</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D101">
+        <v>572406</v>
+      </c>
+      <c r="E101">
+        <v>101.07</v>
+      </c>
+      <c r="F101" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G101" t="s">
+        <v>70</v>
+      </c>
+      <c r="H101"/>
+      <c r="I101">
+        <v>0</v>
+      </c>
+      <c r="J101" t="s">
+        <v>71</v>
+      </c>
+      <c r="K101" t="s">
+        <v>461</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M101" t="s">
+        <v>73</v>
+      </c>
+      <c r="N101"/>
+      <c r="O101"/>
+      <c r="P101" t="s">
+        <v>1197</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>1194</v>
+      </c>
+      <c r="R101" t="s">
+        <v>1198</v>
+      </c>
+      <c r="S101" t="s">
+        <v>1198</v>
+      </c>
+      <c r="T101" t="s">
+        <v>75</v>
+      </c>
+      <c r="U101" t="s">
+        <v>1195</v>
+      </c>
+      <c r="V101">
+        <v>572406</v>
+      </c>
+      <c r="W101" t="s">
+        <v>71</v>
+      </c>
+      <c r="X101">
+        <v>101.07</v>
+      </c>
+      <c r="Y101">
+        <v>3.75</v>
+      </c>
+      <c r="Z101" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA101" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB101" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC101" t="s">
+        <v>1196</v>
+      </c>
+      <c r="AD101" t="s">
+        <v>1197</v>
+      </c>
+      <c r="AE101" t="s">
+        <v>1199</v>
+      </c>
+      <c r="AF101">
+        <v>934503403</v>
+      </c>
+      <c r="AG101"/>
+      <c r="AH101" t="s">
+        <v>1200</v>
+      </c>
+      <c r="AI101"/>
+      <c r="AJ101" t="s">
+        <v>1201</v>
+      </c>
+      <c r="AK101" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL101" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM101"/>
+      <c r="AN101"/>
+      <c r="AO101">
+        <v>0</v>
+      </c>
+      <c r="AP101" t="s">
+        <v>1202</v>
+      </c>
+      <c r="AQ101"/>
+      <c r="AR101"/>
+      <c r="AS101"/>
+      <c r="AT101" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU101"/>
+      <c r="AV101"/>
+      <c r="AW101">
+        <v>0</v>
+      </c>
+      <c r="AX101"/>
+      <c r="AY101" t="s">
+        <v>1195</v>
+      </c>
+      <c r="AZ101" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA101" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB101" t="s">
+        <v>1194</v>
+      </c>
+      <c r="BC101" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD101" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE101" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF101" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG101" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH101">
+        <v>522</v>
+      </c>
+      <c r="BI101" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ101" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK101" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL101" t="s">
+        <v>228</v>
+      </c>
+      <c r="BM101" t="s">
+        <v>1203</v>
+      </c>
+      <c r="BN101" t="s">
+        <v>1204</v>
+      </c>
+      <c r="BO101">
+        <v>0</v>
+      </c>
+      <c r="BP101"/>
+      <c r="BQ101"/>
+      <c r="BR101">
+        <v>379</v>
+      </c>
+      <c r="BS101" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="102" spans="1:71">
+      <c r="A102" t="s">
+        <v>66</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D102">
+        <v>572308</v>
+      </c>
+      <c r="E102">
+        <v>42.4</v>
+      </c>
+      <c r="F102" t="s">
+        <v>1207</v>
+      </c>
+      <c r="G102" t="s">
+        <v>70</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I102">
+        <v>15</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1209</v>
+      </c>
+      <c r="K102" t="s">
+        <v>461</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1206</v>
+      </c>
+      <c r="M102" t="s">
+        <v>73</v>
+      </c>
+      <c r="N102"/>
+      <c r="O102"/>
+      <c r="P102" t="s">
+        <v>1210</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>1205</v>
+      </c>
+      <c r="R102" t="s">
+        <v>1211</v>
+      </c>
+      <c r="S102" t="s">
+        <v>1212</v>
+      </c>
+      <c r="T102" t="s">
+        <v>75</v>
+      </c>
+      <c r="U102" t="s">
+        <v>1206</v>
+      </c>
+      <c r="V102">
+        <v>572308</v>
+      </c>
+      <c r="W102" t="s">
+        <v>71</v>
+      </c>
+      <c r="X102">
+        <v>42.4</v>
+      </c>
+      <c r="Y102">
+        <v>3.75</v>
+      </c>
+      <c r="Z102" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC102" t="s">
+        <v>1207</v>
+      </c>
+      <c r="AD102" t="s">
+        <v>1210</v>
+      </c>
+      <c r="AE102" t="s">
+        <v>1213</v>
+      </c>
+      <c r="AF102">
+        <v>972089539</v>
+      </c>
+      <c r="AG102"/>
+      <c r="AH102" t="s">
+        <v>1214</v>
+      </c>
+      <c r="AI102"/>
+      <c r="AJ102" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK102" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL102" t="s">
+        <v>1209</v>
+      </c>
+      <c r="AM102" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN102" t="s">
+        <v>1208</v>
+      </c>
+      <c r="AO102">
+        <v>15</v>
+      </c>
+      <c r="AP102" t="s">
+        <v>1215</v>
+      </c>
+      <c r="AQ102"/>
+      <c r="AR102"/>
+      <c r="AS102"/>
+      <c r="AT102" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU102"/>
+      <c r="AV102"/>
+      <c r="AW102">
+        <v>0</v>
+      </c>
+      <c r="AX102"/>
+      <c r="AY102" t="s">
+        <v>1206</v>
+      </c>
+      <c r="AZ102" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA102" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB102" t="s">
+        <v>1205</v>
+      </c>
+      <c r="BC102" t="s">
+        <v>1209</v>
+      </c>
+      <c r="BD102" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE102" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF102" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG102" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH102">
+        <v>525</v>
+      </c>
+      <c r="BI102" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ102" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK102" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL102" t="s">
+        <v>215</v>
+      </c>
+      <c r="BM102" t="s">
+        <v>1216</v>
+      </c>
+      <c r="BN102" t="s">
+        <v>1217</v>
+      </c>
+      <c r="BO102">
+        <v>1</v>
+      </c>
+      <c r="BP102"/>
+      <c r="BQ102"/>
+      <c r="BR102">
+        <v>159</v>
+      </c>
+      <c r="BS102" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="103" spans="1:71">
+      <c r="A103" t="s">
+        <v>66</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D103">
+        <v>572232</v>
+      </c>
+      <c r="E103">
+        <v>42.4</v>
+      </c>
+      <c r="F103" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G103" t="s">
+        <v>70</v>
+      </c>
+      <c r="H103"/>
+      <c r="I103">
+        <v>0</v>
+      </c>
+      <c r="J103" t="s">
+        <v>71</v>
+      </c>
+      <c r="K103" t="s">
+        <v>586</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1219</v>
+      </c>
+      <c r="M103" t="s">
+        <v>73</v>
+      </c>
+      <c r="N103"/>
+      <c r="O103"/>
+      <c r="P103" t="s">
+        <v>1221</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>1218</v>
+      </c>
+      <c r="R103" t="s">
+        <v>1222</v>
+      </c>
+      <c r="S103" t="s">
+        <v>1222</v>
+      </c>
+      <c r="T103" t="s">
+        <v>75</v>
+      </c>
+      <c r="U103" t="s">
+        <v>1219</v>
+      </c>
+      <c r="V103">
+        <v>572232</v>
+      </c>
+      <c r="W103" t="s">
+        <v>71</v>
+      </c>
+      <c r="X103">
+        <v>42.4</v>
+      </c>
+      <c r="Y103">
+        <v>3.75</v>
+      </c>
+      <c r="Z103" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA103" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB103" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC103" t="s">
+        <v>1220</v>
+      </c>
+      <c r="AD103" t="s">
+        <v>1221</v>
+      </c>
+      <c r="AE103" t="s">
+        <v>1223</v>
+      </c>
+      <c r="AF103">
+        <v>917673398</v>
+      </c>
+      <c r="AG103"/>
+      <c r="AH103" t="s">
+        <v>1224</v>
+      </c>
+      <c r="AI103"/>
+      <c r="AJ103" t="s">
+        <v>367</v>
+      </c>
+      <c r="AK103" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL103" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM103" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN103"/>
+      <c r="AO103">
+        <v>0</v>
+      </c>
+      <c r="AP103" t="s">
+        <v>878</v>
+      </c>
+      <c r="AQ103"/>
+      <c r="AR103"/>
+      <c r="AS103"/>
+      <c r="AT103" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU103"/>
+      <c r="AV103"/>
+      <c r="AW103">
+        <v>0</v>
+      </c>
+      <c r="AX103"/>
+      <c r="AY103" t="s">
+        <v>1219</v>
+      </c>
+      <c r="AZ103" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA103" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB103" t="s">
+        <v>1218</v>
+      </c>
+      <c r="BC103" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD103" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE103" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF103" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG103" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH103">
+        <v>527</v>
+      </c>
+      <c r="BI103" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ103" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK103" t="s">
+        <v>166</v>
+      </c>
+      <c r="BL103" t="s">
+        <v>1225</v>
+      </c>
+      <c r="BM103" t="s">
+        <v>1226</v>
+      </c>
+      <c r="BN103" t="s">
+        <v>1227</v>
+      </c>
+      <c r="BO103">
+        <v>1</v>
+      </c>
+      <c r="BP103"/>
+      <c r="BQ103"/>
+      <c r="BR103">
+        <v>159</v>
+      </c>
+      <c r="BS103" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="104" spans="1:71">
+      <c r="A104" t="s">
+        <v>66</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D104">
+        <v>572220</v>
+      </c>
+      <c r="E104">
+        <v>47.73</v>
+      </c>
+      <c r="F104" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G104" t="s">
+        <v>70</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I104">
+        <v>37.97</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K104" t="s">
+        <v>570</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M104" t="s">
+        <v>73</v>
+      </c>
+      <c r="N104"/>
+      <c r="O104"/>
+      <c r="P104">
+        <v>72788598</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>1228</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1233</v>
+      </c>
+      <c r="S104" t="s">
+        <v>1234</v>
+      </c>
+      <c r="T104" t="s">
+        <v>75</v>
+      </c>
+      <c r="U104" t="s">
+        <v>1229</v>
+      </c>
+      <c r="V104">
+        <v>572220</v>
+      </c>
+      <c r="W104" t="s">
+        <v>71</v>
+      </c>
+      <c r="X104">
+        <v>47.73</v>
+      </c>
+      <c r="Y104">
+        <v>3.75</v>
+      </c>
+      <c r="Z104" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>1230</v>
+      </c>
+      <c r="AD104">
+        <v>72788598</v>
+      </c>
+      <c r="AE104" t="s">
+        <v>1235</v>
+      </c>
+      <c r="AF104">
+        <v>987112347</v>
+      </c>
+      <c r="AG104"/>
+      <c r="AH104" t="s">
+        <v>1236</v>
+      </c>
+      <c r="AI104"/>
+      <c r="AJ104" t="s">
+        <v>137</v>
+      </c>
+      <c r="AK104" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL104" t="s">
+        <v>1232</v>
+      </c>
+      <c r="AM104" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN104" t="s">
+        <v>1231</v>
+      </c>
+      <c r="AO104">
+        <v>37.97</v>
+      </c>
+      <c r="AP104" t="s">
+        <v>1237</v>
+      </c>
+      <c r="AQ104" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR104" t="s">
+        <v>514</v>
+      </c>
+      <c r="AS104" t="s">
+        <v>1238</v>
+      </c>
+      <c r="AT104" t="s">
+        <v>1239</v>
+      </c>
+      <c r="AU104"/>
+      <c r="AV104"/>
+      <c r="AW104">
+        <v>0</v>
+      </c>
+      <c r="AX104"/>
+      <c r="AY104" t="s">
+        <v>1229</v>
+      </c>
+      <c r="AZ104" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA104" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB104" t="s">
+        <v>1228</v>
+      </c>
+      <c r="BC104" t="s">
+        <v>1232</v>
+      </c>
+      <c r="BD104" t="s">
+        <v>1240</v>
+      </c>
+      <c r="BE104" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF104" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG104" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH104">
+        <v>528</v>
+      </c>
+      <c r="BI104" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ104" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK104" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL104" t="s">
+        <v>1241</v>
+      </c>
+      <c r="BM104" t="s">
+        <v>1242</v>
+      </c>
+      <c r="BN104" t="s">
+        <v>1243</v>
+      </c>
+      <c r="BO104">
+        <v>19</v>
+      </c>
+      <c r="BP104" t="s">
+        <v>520</v>
+      </c>
+      <c r="BQ104"/>
+      <c r="BR104">
+        <v>179</v>
+      </c>
+      <c r="BS104" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="105" spans="1:71">
+      <c r="A105" t="s">
+        <v>66</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D105">
+        <v>572213</v>
+      </c>
+      <c r="E105">
+        <v>101.07</v>
+      </c>
+      <c r="F105" t="s">
+        <v>1246</v>
+      </c>
+      <c r="G105" t="s">
+        <v>70</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I105">
+        <v>57.14</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1248</v>
+      </c>
+      <c r="K105" t="s">
+        <v>586</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1245</v>
+      </c>
+      <c r="M105" t="s">
+        <v>73</v>
+      </c>
+      <c r="N105"/>
+      <c r="O105"/>
+      <c r="P105">
+        <v>76951883</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>1244</v>
+      </c>
+      <c r="R105" t="s">
+        <v>1249</v>
+      </c>
+      <c r="S105" t="s">
+        <v>1249</v>
+      </c>
+      <c r="T105" t="s">
+        <v>75</v>
+      </c>
+      <c r="U105" t="s">
+        <v>1245</v>
+      </c>
+      <c r="V105">
+        <v>572213</v>
+      </c>
+      <c r="W105" t="s">
+        <v>71</v>
+      </c>
+      <c r="X105">
+        <v>101.07</v>
+      </c>
+      <c r="Y105">
+        <v>3.75</v>
+      </c>
+      <c r="Z105" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA105" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB105" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC105" t="s">
+        <v>1246</v>
+      </c>
+      <c r="AD105">
+        <v>76951883</v>
+      </c>
+      <c r="AE105" t="s">
+        <v>1250</v>
+      </c>
+      <c r="AF105">
+        <v>988052041</v>
+      </c>
+      <c r="AG105"/>
+      <c r="AH105" t="s">
+        <v>1251</v>
+      </c>
+      <c r="AI105"/>
+      <c r="AJ105" t="s">
+        <v>795</v>
+      </c>
+      <c r="AK105" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL105" t="s">
+        <v>1248</v>
+      </c>
+      <c r="AM105" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN105" t="s">
+        <v>1247</v>
+      </c>
+      <c r="AO105">
+        <v>57.14</v>
+      </c>
+      <c r="AP105" t="s">
+        <v>1078</v>
+      </c>
+      <c r="AQ105" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR105" t="s">
+        <v>514</v>
+      </c>
+      <c r="AS105" t="s">
+        <v>1252</v>
+      </c>
+      <c r="AT105" t="s">
+        <v>1253</v>
+      </c>
+      <c r="AU105"/>
+      <c r="AV105"/>
+      <c r="AW105">
+        <v>0</v>
+      </c>
+      <c r="AX105"/>
+      <c r="AY105" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AZ105" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA105" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB105" t="s">
+        <v>1244</v>
+      </c>
+      <c r="BC105" t="s">
+        <v>1248</v>
+      </c>
+      <c r="BD105" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE105" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF105" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG105" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH105">
+        <v>528</v>
+      </c>
+      <c r="BI105" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ105" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK105" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL105" t="s">
+        <v>153</v>
+      </c>
+      <c r="BM105" t="s">
+        <v>1254</v>
+      </c>
+      <c r="BN105" t="s">
+        <v>1255</v>
+      </c>
+      <c r="BO105">
+        <v>2</v>
+      </c>
+      <c r="BP105" t="s">
+        <v>520</v>
+      </c>
+      <c r="BQ105"/>
+      <c r="BR105">
+        <v>379</v>
+      </c>
+      <c r="BS105" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="106" spans="1:71">
+      <c r="A106" t="s">
+        <v>66</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D106">
+        <v>572200</v>
+      </c>
+      <c r="E106">
+        <v>207.73</v>
+      </c>
+      <c r="F106" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G106" t="s">
+        <v>70</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106">
+        <v>0</v>
+      </c>
+      <c r="J106" t="s">
+        <v>71</v>
+      </c>
+      <c r="K106" t="s">
+        <v>570</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M106" t="s">
+        <v>73</v>
+      </c>
+      <c r="N106"/>
+      <c r="O106"/>
+      <c r="P106">
+        <v>74981968</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>1256</v>
+      </c>
+      <c r="R106" t="s">
+        <v>1259</v>
+      </c>
+      <c r="S106" t="s">
+        <v>1259</v>
+      </c>
+      <c r="T106" t="s">
+        <v>75</v>
+      </c>
+      <c r="U106" t="s">
+        <v>1257</v>
+      </c>
+      <c r="V106">
+        <v>572200</v>
+      </c>
+      <c r="W106" t="s">
+        <v>71</v>
+      </c>
+      <c r="X106">
+        <v>207.73</v>
+      </c>
+      <c r="Y106">
+        <v>3.75</v>
+      </c>
+      <c r="Z106" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>1258</v>
+      </c>
+      <c r="AD106">
+        <v>74981968</v>
+      </c>
+      <c r="AE106" t="s">
+        <v>1260</v>
+      </c>
+      <c r="AF106">
+        <v>945577403</v>
+      </c>
+      <c r="AG106"/>
+      <c r="AH106" t="s">
+        <v>1261</v>
+      </c>
+      <c r="AI106"/>
+      <c r="AJ106" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK106" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL106" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM106" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN106"/>
+      <c r="AO106">
+        <v>0</v>
+      </c>
+      <c r="AP106" t="s">
+        <v>1262</v>
+      </c>
+      <c r="AQ106"/>
+      <c r="AR106"/>
+      <c r="AS106"/>
+      <c r="AT106" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU106"/>
+      <c r="AV106"/>
+      <c r="AW106">
+        <v>0</v>
+      </c>
+      <c r="AX106"/>
+      <c r="AY106" t="s">
+        <v>1257</v>
+      </c>
+      <c r="AZ106" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA106" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB106" t="s">
+        <v>1256</v>
+      </c>
+      <c r="BC106" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD106" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE106" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF106" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG106" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH106">
+        <v>528</v>
+      </c>
+      <c r="BI106" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ106" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK106" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL106" t="s">
+        <v>1180</v>
+      </c>
+      <c r="BM106" t="s">
+        <v>1263</v>
+      </c>
+      <c r="BN106" t="s">
+        <v>1264</v>
+      </c>
+      <c r="BO106">
+        <v>2</v>
+      </c>
+      <c r="BP106"/>
+      <c r="BQ106"/>
+      <c r="BR106">
+        <v>779</v>
+      </c>
+      <c r="BS106" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="107" spans="1:71">
+      <c r="A107" t="s">
+        <v>66</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D107">
+        <v>572024</v>
+      </c>
+      <c r="E107">
+        <v>45.07</v>
+      </c>
+      <c r="F107" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G107" t="s">
+        <v>70</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I107">
+        <v>17.09</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K107" t="s">
+        <v>570</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1266</v>
+      </c>
+      <c r="M107" t="s">
+        <v>73</v>
+      </c>
+      <c r="N107"/>
+      <c r="O107"/>
+      <c r="P107">
+        <v>73110896</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>1265</v>
+      </c>
+      <c r="R107" t="s">
+        <v>1270</v>
+      </c>
+      <c r="S107" t="s">
+        <v>1270</v>
+      </c>
+      <c r="T107" t="s">
+        <v>75</v>
+      </c>
+      <c r="U107" t="s">
+        <v>1266</v>
+      </c>
+      <c r="V107">
+        <v>572024</v>
+      </c>
+      <c r="W107" t="s">
+        <v>71</v>
+      </c>
+      <c r="X107">
+        <v>45.07</v>
+      </c>
+      <c r="Y107">
+        <v>3.75</v>
+      </c>
+      <c r="Z107" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>1267</v>
+      </c>
+      <c r="AD107">
+        <v>73110896</v>
+      </c>
+      <c r="AE107" t="s">
+        <v>1271</v>
+      </c>
+      <c r="AF107">
+        <v>923271151</v>
+      </c>
+      <c r="AG107"/>
+      <c r="AH107" t="s">
+        <v>1272</v>
+      </c>
+      <c r="AI107"/>
+      <c r="AJ107" t="s">
+        <v>355</v>
+      </c>
+      <c r="AK107" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL107" t="s">
+        <v>1269</v>
+      </c>
+      <c r="AM107" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN107" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AO107">
+        <v>17.09</v>
+      </c>
+      <c r="AP107" t="s">
+        <v>1273</v>
+      </c>
+      <c r="AQ107"/>
+      <c r="AR107"/>
+      <c r="AS107"/>
+      <c r="AT107" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU107"/>
+      <c r="AV107"/>
+      <c r="AW107">
+        <v>0</v>
+      </c>
+      <c r="AX107"/>
+      <c r="AY107" t="s">
+        <v>1266</v>
+      </c>
+      <c r="AZ107" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA107" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB107" t="s">
+        <v>1265</v>
+      </c>
+      <c r="BC107" t="s">
+        <v>1269</v>
+      </c>
+      <c r="BD107" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE107" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF107" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG107" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH107">
+        <v>533</v>
+      </c>
+      <c r="BI107" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ107" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK107" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL107" t="s">
+        <v>1274</v>
+      </c>
+      <c r="BM107" t="s">
+        <v>1275</v>
+      </c>
+      <c r="BN107" t="s">
+        <v>1276</v>
+      </c>
+      <c r="BO107">
+        <v>0</v>
+      </c>
+      <c r="BP107"/>
+      <c r="BQ107"/>
+      <c r="BR107">
+        <v>169</v>
+      </c>
+      <c r="BS107" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="108" spans="1:71">
+      <c r="A108" t="s">
+        <v>66</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D108">
+        <v>571941</v>
+      </c>
+      <c r="E108">
+        <v>74.4</v>
+      </c>
+      <c r="F108" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G108" t="s">
+        <v>70</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1280</v>
+      </c>
+      <c r="I108">
+        <v>36.88</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1281</v>
+      </c>
+      <c r="K108" t="s">
+        <v>570</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M108" t="s">
+        <v>73</v>
+      </c>
+      <c r="N108"/>
+      <c r="O108"/>
+      <c r="P108">
+        <v>76277979</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1277</v>
+      </c>
+      <c r="R108" t="s">
+        <v>1282</v>
+      </c>
+      <c r="S108" t="s">
+        <v>1282</v>
+      </c>
+      <c r="T108" t="s">
+        <v>75</v>
+      </c>
+      <c r="U108" t="s">
+        <v>1278</v>
+      </c>
+      <c r="V108">
+        <v>571941</v>
+      </c>
+      <c r="W108" t="s">
+        <v>71</v>
+      </c>
+      <c r="X108">
+        <v>74.4</v>
+      </c>
+      <c r="Y108">
+        <v>3.75</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>1279</v>
+      </c>
+      <c r="AD108">
+        <v>76277979</v>
+      </c>
+      <c r="AE108" t="s">
+        <v>1283</v>
+      </c>
+      <c r="AF108">
+        <v>930272197</v>
+      </c>
+      <c r="AG108"/>
+      <c r="AH108" t="s">
+        <v>1284</v>
+      </c>
+      <c r="AI108"/>
+      <c r="AJ108" t="s">
+        <v>1285</v>
+      </c>
+      <c r="AK108" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL108" t="s">
+        <v>1281</v>
+      </c>
+      <c r="AM108" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN108" t="s">
+        <v>1280</v>
+      </c>
+      <c r="AO108">
+        <v>36.88</v>
+      </c>
+      <c r="AP108" t="s">
+        <v>1286</v>
+      </c>
+      <c r="AQ108" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR108" t="s">
+        <v>635</v>
+      </c>
+      <c r="AS108" t="s">
+        <v>1287</v>
+      </c>
+      <c r="AT108" t="s">
+        <v>1288</v>
+      </c>
+      <c r="AU108"/>
+      <c r="AV108"/>
+      <c r="AW108">
+        <v>0</v>
+      </c>
+      <c r="AX108"/>
+      <c r="AY108" t="s">
+        <v>1278</v>
+      </c>
+      <c r="AZ108" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA108" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB108" t="s">
+        <v>1277</v>
+      </c>
+      <c r="BC108" t="s">
+        <v>1281</v>
+      </c>
+      <c r="BD108" t="s">
+        <v>1289</v>
+      </c>
+      <c r="BE108" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF108" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG108" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH108">
+        <v>535</v>
+      </c>
+      <c r="BI108" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ108" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK108" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL108" t="s">
+        <v>1290</v>
+      </c>
+      <c r="BM108" t="s">
+        <v>1291</v>
+      </c>
+      <c r="BN108" t="s">
+        <v>1292</v>
+      </c>
+      <c r="BO108">
+        <v>2</v>
+      </c>
+      <c r="BP108" t="s">
+        <v>520</v>
+      </c>
+      <c r="BQ108"/>
+      <c r="BR108">
+        <v>279</v>
+      </c>
+      <c r="BS108" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="109" spans="1:71">
+      <c r="A109" t="s">
+        <v>66</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D109">
+        <v>571896</v>
+      </c>
+      <c r="E109">
+        <v>74.4</v>
+      </c>
+      <c r="F109" t="s">
+        <v>1295</v>
+      </c>
+      <c r="G109" t="s">
+        <v>70</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I109">
+        <v>35.89</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K109" t="s">
+        <v>570</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1294</v>
+      </c>
+      <c r="M109" t="s">
+        <v>73</v>
+      </c>
+      <c r="N109"/>
+      <c r="O109"/>
+      <c r="P109">
+        <v>75034591</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>1293</v>
+      </c>
+      <c r="R109" t="s">
+        <v>1298</v>
+      </c>
+      <c r="S109" t="s">
+        <v>1298</v>
+      </c>
+      <c r="T109" t="s">
+        <v>75</v>
+      </c>
+      <c r="U109" t="s">
+        <v>1294</v>
+      </c>
+      <c r="V109">
+        <v>571896</v>
+      </c>
+      <c r="W109" t="s">
+        <v>71</v>
+      </c>
+      <c r="X109">
+        <v>74.4</v>
+      </c>
+      <c r="Y109">
+        <v>3.75</v>
+      </c>
+      <c r="Z109" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA109" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB109" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC109" t="s">
+        <v>1295</v>
+      </c>
+      <c r="AD109">
+        <v>75034591</v>
+      </c>
+      <c r="AE109" t="s">
+        <v>1299</v>
+      </c>
+      <c r="AF109">
+        <v>519383957</v>
+      </c>
+      <c r="AG109"/>
+      <c r="AH109" t="s">
+        <v>1300</v>
+      </c>
+      <c r="AI109"/>
+      <c r="AJ109" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AK109" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL109" t="s">
+        <v>1297</v>
+      </c>
+      <c r="AM109" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN109" t="s">
+        <v>1296</v>
+      </c>
+      <c r="AO109">
+        <v>35.89</v>
+      </c>
+      <c r="AP109" t="s">
+        <v>1302</v>
+      </c>
+      <c r="AQ109"/>
+      <c r="AR109"/>
+      <c r="AS109"/>
+      <c r="AT109" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU109"/>
+      <c r="AV109"/>
+      <c r="AW109">
+        <v>0</v>
+      </c>
+      <c r="AX109"/>
+      <c r="AY109" t="s">
+        <v>1294</v>
+      </c>
+      <c r="AZ109" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA109" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB109" t="s">
+        <v>1293</v>
+      </c>
+      <c r="BC109" t="s">
+        <v>1297</v>
+      </c>
+      <c r="BD109" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE109" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF109" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG109" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH109">
+        <v>537</v>
+      </c>
+      <c r="BI109" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ109" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK109" t="s">
+        <v>517</v>
+      </c>
+      <c r="BL109" t="s">
+        <v>663</v>
+      </c>
+      <c r="BM109" t="s">
+        <v>1303</v>
+      </c>
+      <c r="BN109" t="s">
+        <v>1304</v>
+      </c>
+      <c r="BO109">
+        <v>33</v>
+      </c>
+      <c r="BP109"/>
+      <c r="BQ109"/>
+      <c r="BR109">
+        <v>279</v>
+      </c>
+      <c r="BS109" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="110" spans="1:71">
+      <c r="A110" t="s">
+        <v>66</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D110">
+        <v>571835</v>
+      </c>
+      <c r="E110">
+        <v>61.07</v>
+      </c>
+      <c r="F110" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G110" t="s">
+        <v>70</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I110">
+        <v>29.99</v>
+      </c>
+      <c r="J110" t="s">
+        <v>1309</v>
+      </c>
+      <c r="K110" t="s">
+        <v>570</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1306</v>
+      </c>
+      <c r="M110" t="s">
+        <v>73</v>
+      </c>
+      <c r="N110"/>
+      <c r="O110"/>
+      <c r="P110">
+        <v>10224065</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>1305</v>
+      </c>
+      <c r="R110" t="s">
+        <v>1310</v>
+      </c>
+      <c r="S110" t="s">
+        <v>1311</v>
+      </c>
+      <c r="T110" t="s">
+        <v>75</v>
+      </c>
+      <c r="U110" t="s">
+        <v>1306</v>
+      </c>
+      <c r="V110">
+        <v>571835</v>
+      </c>
+      <c r="W110" t="s">
+        <v>71</v>
+      </c>
+      <c r="X110">
+        <v>61.07</v>
+      </c>
+      <c r="Y110">
+        <v>3.75</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>1307</v>
+      </c>
+      <c r="AD110">
+        <v>10224065</v>
+      </c>
+      <c r="AE110" t="s">
+        <v>1312</v>
+      </c>
+      <c r="AF110">
+        <v>992029080</v>
+      </c>
+      <c r="AG110"/>
+      <c r="AH110" t="s">
+        <v>1313</v>
+      </c>
+      <c r="AI110"/>
+      <c r="AJ110" t="s">
+        <v>1314</v>
+      </c>
+      <c r="AK110" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL110" t="s">
+        <v>1309</v>
+      </c>
+      <c r="AM110" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN110" t="s">
+        <v>1308</v>
+      </c>
+      <c r="AO110">
+        <v>29.99</v>
+      </c>
+      <c r="AP110" t="s">
+        <v>1315</v>
+      </c>
+      <c r="AQ110"/>
+      <c r="AR110"/>
+      <c r="AS110"/>
+      <c r="AT110" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU110"/>
+      <c r="AV110"/>
+      <c r="AW110">
+        <v>0</v>
+      </c>
+      <c r="AX110"/>
+      <c r="AY110" t="s">
+        <v>1306</v>
+      </c>
+      <c r="AZ110" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA110" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB110" t="s">
+        <v>1305</v>
+      </c>
+      <c r="BC110" t="s">
+        <v>1309</v>
+      </c>
+      <c r="BD110" t="s">
+        <v>1316</v>
+      </c>
+      <c r="BE110" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF110" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG110" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH110">
+        <v>538</v>
+      </c>
+      <c r="BI110" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ110" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK110" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL110" t="s">
+        <v>1317</v>
+      </c>
+      <c r="BM110" t="s">
+        <v>1318</v>
+      </c>
+      <c r="BN110" t="s">
+        <v>1319</v>
+      </c>
+      <c r="BO110">
+        <v>0</v>
+      </c>
+      <c r="BP110"/>
+      <c r="BQ110"/>
+      <c r="BR110">
+        <v>229</v>
+      </c>
+      <c r="BS110" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="111" spans="1:71">
+      <c r="A111" t="s">
+        <v>66</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D111">
+        <v>571691</v>
+      </c>
+      <c r="E111">
+        <v>154.4</v>
+      </c>
+      <c r="F111" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G111" t="s">
+        <v>70</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1323</v>
+      </c>
+      <c r="I111">
+        <v>94.67</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1324</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1033</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M111" t="s">
+        <v>73</v>
+      </c>
+      <c r="N111"/>
+      <c r="O111"/>
+      <c r="P111">
+        <v>74576213</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>1320</v>
+      </c>
+      <c r="R111" t="s">
+        <v>1325</v>
+      </c>
+      <c r="S111" t="s">
+        <v>1326</v>
+      </c>
+      <c r="T111" t="s">
+        <v>75</v>
+      </c>
+      <c r="U111" t="s">
+        <v>1321</v>
+      </c>
+      <c r="V111">
+        <v>571691</v>
+      </c>
+      <c r="W111" t="s">
+        <v>71</v>
+      </c>
+      <c r="X111">
+        <v>154.4</v>
+      </c>
+      <c r="Y111">
+        <v>3.75</v>
+      </c>
+      <c r="Z111" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>1322</v>
+      </c>
+      <c r="AD111">
+        <v>74576213</v>
+      </c>
+      <c r="AE111" t="s">
+        <v>1327</v>
+      </c>
+      <c r="AF111">
+        <v>940569564</v>
+      </c>
+      <c r="AG111"/>
+      <c r="AH111" t="s">
+        <v>1328</v>
+      </c>
+      <c r="AI111"/>
+      <c r="AJ111" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK111" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL111" t="s">
+        <v>1324</v>
+      </c>
+      <c r="AM111" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN111" t="s">
+        <v>1323</v>
+      </c>
+      <c r="AO111">
+        <v>94.67</v>
+      </c>
+      <c r="AP111" t="s">
+        <v>1329</v>
+      </c>
+      <c r="AQ111"/>
+      <c r="AR111"/>
+      <c r="AS111"/>
+      <c r="AT111" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU111"/>
+      <c r="AV111"/>
+      <c r="AW111">
+        <v>0</v>
+      </c>
+      <c r="AX111"/>
+      <c r="AY111" t="s">
+        <v>1321</v>
+      </c>
+      <c r="AZ111" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA111" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB111" t="s">
+        <v>1320</v>
+      </c>
+      <c r="BC111" t="s">
+        <v>1324</v>
+      </c>
+      <c r="BD111" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE111" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF111" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG111" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH111">
+        <v>542</v>
+      </c>
+      <c r="BI111" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ111" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK111" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL111" t="s">
+        <v>1330</v>
+      </c>
+      <c r="BM111" t="s">
+        <v>1331</v>
+      </c>
+      <c r="BN111" t="s">
+        <v>1332</v>
+      </c>
+      <c r="BO111">
+        <v>1</v>
+      </c>
+      <c r="BP111"/>
+      <c r="BQ111"/>
+      <c r="BR111">
+        <v>579</v>
+      </c>
+      <c r="BS111" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="112" spans="1:71">
+      <c r="A112" t="s">
+        <v>66</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D112">
+        <v>571631</v>
+      </c>
+      <c r="E112">
+        <v>234.14</v>
+      </c>
+      <c r="F112" t="s">
+        <v>1335</v>
+      </c>
+      <c r="G112" t="s">
+        <v>70</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I112">
+        <v>79.98</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1337</v>
+      </c>
+      <c r="K112" t="s">
+        <v>570</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1334</v>
+      </c>
+      <c r="M112" t="s">
+        <v>73</v>
+      </c>
+      <c r="N112"/>
+      <c r="O112"/>
+      <c r="P112">
+        <v>32868527</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>1333</v>
+      </c>
+      <c r="R112" t="s">
+        <v>1338</v>
+      </c>
+      <c r="S112" t="s">
+        <v>1339</v>
+      </c>
+      <c r="T112" t="s">
+        <v>75</v>
+      </c>
+      <c r="U112" t="s">
+        <v>1334</v>
+      </c>
+      <c r="V112">
+        <v>571631</v>
+      </c>
+      <c r="W112" t="s">
+        <v>71</v>
+      </c>
+      <c r="X112">
+        <v>234.14</v>
+      </c>
+      <c r="Y112">
+        <v>3.75</v>
+      </c>
+      <c r="Z112" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB112" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC112" t="s">
+        <v>1335</v>
+      </c>
+      <c r="AD112">
+        <v>32868527</v>
+      </c>
+      <c r="AE112" t="s">
+        <v>1340</v>
+      </c>
+      <c r="AF112">
+        <v>954921942</v>
+      </c>
+      <c r="AG112"/>
+      <c r="AH112" t="s">
+        <v>1341</v>
+      </c>
+      <c r="AI112"/>
+      <c r="AJ112" t="s">
+        <v>1342</v>
+      </c>
+      <c r="AK112" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL112" t="s">
+        <v>1337</v>
+      </c>
+      <c r="AM112" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN112" t="s">
+        <v>1336</v>
+      </c>
+      <c r="AO112">
+        <v>79.98</v>
+      </c>
+      <c r="AP112" t="s">
+        <v>1343</v>
+      </c>
+      <c r="AQ112" t="s">
+        <v>513</v>
+      </c>
+      <c r="AR112" t="s">
+        <v>514</v>
+      </c>
+      <c r="AS112" t="s">
+        <v>1344</v>
+      </c>
+      <c r="AT112" t="s">
+        <v>1345</v>
+      </c>
+      <c r="AU112"/>
+      <c r="AV112"/>
+      <c r="AW112">
+        <v>0</v>
+      </c>
+      <c r="AX112"/>
+      <c r="AY112" t="s">
+        <v>1334</v>
+      </c>
+      <c r="AZ112" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA112" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB112" t="s">
+        <v>1333</v>
+      </c>
+      <c r="BC112" t="s">
+        <v>1337</v>
+      </c>
+      <c r="BD112" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE112" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF112" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG112" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH112">
+        <v>544</v>
+      </c>
+      <c r="BI112" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ112" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK112" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL112" t="s">
+        <v>1346</v>
+      </c>
+      <c r="BM112" t="s">
+        <v>1347</v>
+      </c>
+      <c r="BN112" t="s">
+        <v>1348</v>
+      </c>
+      <c r="BO112">
+        <v>1</v>
+      </c>
+      <c r="BP112" t="s">
+        <v>520</v>
+      </c>
+      <c r="BQ112"/>
+      <c r="BR112">
+        <v>878</v>
+      </c>
+      <c r="BS112" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="113" spans="1:71">
+      <c r="A113" t="s">
+        <v>66</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D113">
+        <v>593921</v>
+      </c>
+      <c r="E113">
+        <v>83.95</v>
+      </c>
+      <c r="F113" t="s">
+        <v>1351</v>
+      </c>
+      <c r="G113" t="s">
+        <v>70</v>
+      </c>
+      <c r="H113"/>
+      <c r="I113">
+        <v>0</v>
+      </c>
+      <c r="J113" t="s">
+        <v>71</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1352</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M113" t="s">
+        <v>73</v>
+      </c>
+      <c r="N113"/>
+      <c r="O113"/>
+      <c r="P113">
+        <v>10559359</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>1349</v>
+      </c>
+      <c r="R113" t="s">
+        <v>1353</v>
+      </c>
+      <c r="S113" t="s">
+        <v>1354</v>
+      </c>
+      <c r="T113" t="s">
+        <v>75</v>
+      </c>
+      <c r="U113" t="s">
+        <v>1350</v>
+      </c>
+      <c r="V113">
+        <v>593921</v>
+      </c>
+      <c r="W113" t="s">
+        <v>71</v>
+      </c>
+      <c r="X113">
+        <v>83.95</v>
+      </c>
+      <c r="Y113">
+        <v>3.8</v>
+      </c>
+      <c r="Z113" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB113" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC113" t="s">
+        <v>1351</v>
+      </c>
+      <c r="AD113">
+        <v>10559359</v>
+      </c>
+      <c r="AE113" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AF113">
+        <v>936753427</v>
+      </c>
+      <c r="AG113"/>
+      <c r="AH113" t="s">
+        <v>1356</v>
+      </c>
+      <c r="AI113"/>
+      <c r="AJ113" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK113" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL113" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM113" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN113"/>
+      <c r="AO113">
+        <v>0</v>
+      </c>
+      <c r="AP113" t="s">
+        <v>1357</v>
+      </c>
+      <c r="AQ113"/>
+      <c r="AR113"/>
+      <c r="AS113"/>
+      <c r="AT113" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU113"/>
+      <c r="AV113"/>
+      <c r="AW113">
+        <v>0</v>
+      </c>
+      <c r="AX113"/>
+      <c r="AY113" t="s">
+        <v>1350</v>
+      </c>
+      <c r="AZ113" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA113" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB113" t="s">
+        <v>1349</v>
+      </c>
+      <c r="BC113" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD113" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE113" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF113" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG113" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH113">
+        <v>545</v>
+      </c>
+      <c r="BI113" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ113" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK113" t="s">
+        <v>166</v>
+      </c>
+      <c r="BL113" t="s">
+        <v>83</v>
+      </c>
+      <c r="BM113" t="s">
+        <v>1358</v>
+      </c>
+      <c r="BN113" t="s">
+        <v>1359</v>
+      </c>
+      <c r="BO113">
+        <v>468</v>
+      </c>
+      <c r="BP113"/>
+      <c r="BQ113"/>
+      <c r="BR113">
+        <v>319</v>
+      </c>
+      <c r="BS113" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="114" spans="1:71">
+      <c r="A114" t="s">
+        <v>66</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D114">
+        <v>571576</v>
+      </c>
+      <c r="E114">
+        <v>138.4</v>
+      </c>
+      <c r="F114" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G114" t="s">
+        <v>70</v>
+      </c>
+      <c r="H114"/>
+      <c r="I114">
+        <v>0</v>
+      </c>
+      <c r="J114" t="s">
+        <v>71</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1033</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1361</v>
+      </c>
+      <c r="M114" t="s">
+        <v>73</v>
+      </c>
+      <c r="N114"/>
+      <c r="O114"/>
+      <c r="P114">
+        <v>47877170</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1360</v>
+      </c>
+      <c r="R114" t="s">
+        <v>1363</v>
+      </c>
+      <c r="S114" t="s">
+        <v>1364</v>
+      </c>
+      <c r="T114" t="s">
+        <v>75</v>
+      </c>
+      <c r="U114" t="s">
+        <v>1361</v>
+      </c>
+      <c r="V114">
+        <v>571576</v>
+      </c>
+      <c r="W114" t="s">
+        <v>71</v>
+      </c>
+      <c r="X114">
+        <v>138.4</v>
+      </c>
+      <c r="Y114">
+        <v>3.75</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>1362</v>
+      </c>
+      <c r="AD114">
+        <v>47877170</v>
+      </c>
+      <c r="AE114" t="s">
+        <v>1365</v>
+      </c>
+      <c r="AF114">
+        <v>933777946</v>
+      </c>
+      <c r="AG114"/>
+      <c r="AH114" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AI114"/>
+      <c r="AJ114" t="s">
+        <v>1367</v>
+      </c>
+      <c r="AK114" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL114" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM114" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN114"/>
+      <c r="AO114">
+        <v>0</v>
+      </c>
+      <c r="AP114" t="s">
+        <v>1368</v>
+      </c>
+      <c r="AQ114"/>
+      <c r="AR114"/>
+      <c r="AS114"/>
+      <c r="AT114" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU114"/>
+      <c r="AV114"/>
+      <c r="AW114">
+        <v>0</v>
+      </c>
+      <c r="AX114"/>
+      <c r="AY114" t="s">
+        <v>1361</v>
+      </c>
+      <c r="AZ114" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA114" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB114" t="s">
+        <v>1360</v>
+      </c>
+      <c r="BC114" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD114" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE114" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF114" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG114" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH114">
+        <v>546</v>
+      </c>
+      <c r="BI114" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ114" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK114" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL114" t="s">
+        <v>1369</v>
+      </c>
+      <c r="BM114" t="s">
+        <v>1370</v>
+      </c>
+      <c r="BN114" t="s">
+        <v>1371</v>
+      </c>
+      <c r="BO114">
+        <v>2</v>
+      </c>
+      <c r="BP114"/>
+      <c r="BQ114"/>
+      <c r="BR114">
+        <v>519</v>
+      </c>
+      <c r="BS114" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="115" spans="1:71">
+      <c r="A115" t="s">
+        <v>66</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D115">
+        <v>571510</v>
+      </c>
+      <c r="E115">
+        <v>133.07</v>
+      </c>
+      <c r="F115" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G115" t="s">
+        <v>70</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115">
+        <v>0</v>
+      </c>
+      <c r="J115" t="s">
+        <v>71</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1033</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M115" t="s">
+        <v>73</v>
+      </c>
+      <c r="N115"/>
+      <c r="O115"/>
+      <c r="P115" t="s">
+        <v>1375</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>1372</v>
+      </c>
+      <c r="R115" t="s">
+        <v>1376</v>
+      </c>
+      <c r="S115" t="s">
+        <v>1376</v>
+      </c>
+      <c r="T115" t="s">
+        <v>75</v>
+      </c>
+      <c r="U115" t="s">
+        <v>1373</v>
+      </c>
+      <c r="V115">
+        <v>571510</v>
+      </c>
+      <c r="W115" t="s">
+        <v>71</v>
+      </c>
+      <c r="X115">
+        <v>133.07</v>
+      </c>
+      <c r="Y115">
+        <v>3.75</v>
+      </c>
+      <c r="Z115" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA115" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB115" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC115" t="s">
+        <v>1374</v>
+      </c>
+      <c r="AD115" t="s">
+        <v>1375</v>
+      </c>
+      <c r="AE115" t="s">
+        <v>1377</v>
+      </c>
+      <c r="AF115">
+        <v>934742207</v>
+      </c>
+      <c r="AG115"/>
+      <c r="AH115" t="s">
+        <v>1378</v>
+      </c>
+      <c r="AI115"/>
+      <c r="AJ115" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK115" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL115" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM115"/>
+      <c r="AN115"/>
+      <c r="AO115">
+        <v>0</v>
+      </c>
+      <c r="AP115" t="s">
+        <v>1379</v>
+      </c>
+      <c r="AQ115"/>
+      <c r="AR115"/>
+      <c r="AS115"/>
+      <c r="AT115" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU115"/>
+      <c r="AV115"/>
+      <c r="AW115">
+        <v>0</v>
+      </c>
+      <c r="AX115"/>
+      <c r="AY115" t="s">
+        <v>1373</v>
+      </c>
+      <c r="AZ115" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA115" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB115" t="s">
+        <v>1372</v>
+      </c>
+      <c r="BC115" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD115" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE115" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF115" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG115" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH115">
+        <v>547</v>
+      </c>
+      <c r="BI115" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ115" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK115" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL115" t="s">
+        <v>1380</v>
+      </c>
+      <c r="BM115" t="s">
+        <v>1381</v>
+      </c>
+      <c r="BN115" t="s">
+        <v>1382</v>
+      </c>
+      <c r="BO115">
+        <v>0</v>
+      </c>
+      <c r="BP115"/>
+      <c r="BQ115"/>
+      <c r="BR115">
         <v>499</v>
       </c>
-      <c r="BS98" t="s">
-        <v>90</v>
+      <c r="BS115" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">