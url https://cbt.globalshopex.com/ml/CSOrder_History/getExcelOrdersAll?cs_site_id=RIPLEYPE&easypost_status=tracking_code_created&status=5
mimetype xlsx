--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1628">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,212 +215,1037 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
+    <t>2026-01-01 20:11:46</t>
+  </si>
+  <si>
+    <t>7502085501-A</t>
+  </si>
+  <si>
+    <t>Lucy Vidal</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>/114-3280189-8330649</t>
+  </si>
+  <si>
+    <t>2026-01-02 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (auto buy is not available, )</t>
+  </si>
+  <si>
+    <t>tracking_code_created</t>
+  </si>
+  <si>
+    <t>06379283</t>
+  </si>
+  <si>
+    <t>2026-01-01 20:11:47</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--966670966</t>
+  </si>
+  <si>
+    <t>Jr Felix Dibos 735 A, Casa</t>
+  </si>
+  <si>
+    <t>MAGDALENA DEL MAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B00R7P7XVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2026-01-02 23:09:44</t>
+  </si>
+  <si>
+    <t>2026-01-02 14:29:17</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
+    <t>2025-12-30 17:05:45</t>
+  </si>
+  <si>
+    <t>7499766201-A</t>
+  </si>
+  <si>
+    <t>Gianmarco Gardella</t>
+  </si>
+  <si>
+    <t>/113-0727024-2962666</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-30 17:05:46</t>
+  </si>
+  <si>
+    <t>2025-12-30 17:05:47</t>
+  </si>
+  <si>
+    <t>--997151197</t>
+  </si>
+  <si>
+    <t>Calle Raymundo Morales de la Torre 270, S05</t>
+  </si>
+  <si>
+    <t>SAN ISIDRO</t>
+  </si>
+  <si>
+    <t>/B0089HDZWQ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-12-31 17:51:34</t>
+  </si>
+  <si>
+    <t>2025-12-30 17:45:26</t>
+  </si>
+  <si>
+    <t>Return Label Pending</t>
+  </si>
+  <si>
+    <t>2025-12-29 22:52:36</t>
+  </si>
+  <si>
+    <t>7498933701-A</t>
+  </si>
+  <si>
+    <t>Eduardo Inca</t>
+  </si>
+  <si>
+    <t>/11458324</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>2025-12-29 22:52:37</t>
+  </si>
+  <si>
+    <t>--996323773</t>
+  </si>
+  <si>
+    <t>av Faisanes 1040 Surco 801 D, Depto</t>
+  </si>
+  <si>
+    <t>SANTIAGO DE SURCO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSP1F2121</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2025-12-30 21:15:46</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:45:16</t>
+  </si>
+  <si>
+    <t>2025-12-28 22:34:20</t>
+  </si>
+  <si>
+    <t>7497354701-A</t>
+  </si>
+  <si>
+    <t>Abad Cruz</t>
+  </si>
+  <si>
+    <t>/113-2726413-9641001</t>
+  </si>
+  <si>
+    <t>2025-12-29 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (auto buy is not available, has status disabled to buy, )</t>
+  </si>
+  <si>
+    <t>2025-12-28 22:34:21</t>
+  </si>
+  <si>
+    <t>--990209020</t>
+  </si>
+  <si>
+    <t>Gardenias de la pradera Mz C Lt 16 16, Casa</t>
+  </si>
+  <si>
+    <t>SAN MARTIN DE PORRES</t>
+  </si>
+  <si>
+    <t>/B00WFVF1CY</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:14:08</t>
+  </si>
+  <si>
+    <t>2025-12-29 19:35:30</t>
+  </si>
+  <si>
+    <t>2025-12-27 11:33:19</t>
+  </si>
+  <si>
+    <t>7494985802-A</t>
+  </si>
+  <si>
+    <t>Ana María Whittembury</t>
+  </si>
+  <si>
+    <t>2025-12-27 11:33:22</t>
+  </si>
+  <si>
+    <t>2025-12-27 11:33:23</t>
+  </si>
+  <si>
+    <t>--941718436</t>
+  </si>
+  <si>
+    <t>Santa Isabel 130, Miraflores 130, 402</t>
+  </si>
+  <si>
+    <t>MIRAFLORES</t>
+  </si>
+  <si>
+    <t>/B07MXQ1G4V</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
+  </si>
+  <si>
+    <t>2025-12-30 23:00:37</t>
+  </si>
+  <si>
+    <t>2025-12-27 11:53:53</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:20:55</t>
+  </si>
+  <si>
+    <t>7494555301-A</t>
+  </si>
+  <si>
+    <t>Luis Wladimir Alania Poma</t>
+  </si>
+  <si>
+    <t>/113-5438975-9892254</t>
+  </si>
+  <si>
+    <t>2025-12-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:20:58</t>
+  </si>
+  <si>
+    <t>--943520267</t>
+  </si>
+  <si>
+    <t>Av Ramón Castilla 683, null</t>
+  </si>
+  <si>
+    <t>COMAS</t>
+  </si>
+  <si>
+    <t>/B074ZDP7FZ</t>
+  </si>
+  <si>
+    <t>2025-12-29 18:35:29</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:53:53</t>
+  </si>
+  <si>
+    <t>2025-12-21 04:59:30</t>
+  </si>
+  <si>
+    <t>7485583602-A</t>
+  </si>
+  <si>
+    <t>Lourdes Rocio Calderon Prado</t>
+  </si>
+  <si>
+    <t>/113-1966816-9348217</t>
+  </si>
+  <si>
+    <t>2025-12-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-21 04:59:31</t>
+  </si>
+  <si>
+    <t>--991353678</t>
+  </si>
+  <si>
+    <t>Av. Circunvalación 107, Casa</t>
+  </si>
+  <si>
+    <t>AREQUIPA</t>
+  </si>
+  <si>
+    <t>/B0791VHH86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-12-24 15:47:07</t>
+  </si>
+  <si>
+    <t>2025-12-22 14:28:50</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
+    <t>2025-12-17 14:26:05</t>
+  </si>
+  <si>
+    <t>7477144601-A</t>
+  </si>
+  <si>
+    <t>Angely Chumpitaz</t>
+  </si>
+  <si>
+    <t>2025-12-17 14:26:06</t>
+  </si>
+  <si>
+    <t>--936353776</t>
+  </si>
+  <si>
+    <t>Calle gral.murillo mz o1 la campiña 144, Casa</t>
+  </si>
+  <si>
+    <t>CHORRILLOS</t>
+  </si>
+  <si>
+    <t>/B0BS6HVMQP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:45:58</t>
+  </si>
+  <si>
+    <t>2025-12-17 14:53:47</t>
+  </si>
+  <si>
+    <t>2025-12-14 03:32:32</t>
+  </si>
+  <si>
+    <t>7469649401-A</t>
+  </si>
+  <si>
+    <t>Carmen Yapu</t>
+  </si>
+  <si>
+    <t>/ 114-8990009-3609000</t>
+  </si>
+  <si>
+    <t>2025-12-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-14 03:32:34</t>
+  </si>
+  <si>
+    <t>--998937154</t>
+  </si>
+  <si>
+    <t>Calle Arequipa 208, Cerro Viejo 208, 205</t>
+  </si>
+  <si>
+    <t>CERRO COLORADO</t>
+  </si>
+  <si>
+    <t>/B07PFR5GLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-12-15 23:03:49</t>
+  </si>
+  <si>
+    <t>2025-12-14 03:53:46</t>
+  </si>
+  <si>
+    <t>2025-12-10 21:01:27</t>
+  </si>
+  <si>
+    <t>7464297201-A</t>
+  </si>
+  <si>
+    <t>Maria Olga Gallo Riofrio</t>
+  </si>
+  <si>
+    <t>/05-13978-27753</t>
+  </si>
+  <si>
+    <t>2025-12-10 21:01:28</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>--902368624</t>
+  </si>
+  <si>
+    <t>Calle Jorge Chavez 269, Casa</t>
+  </si>
+  <si>
+    <t>PIURA</t>
+  </si>
+  <si>
+    <t>/B09Q2BCDHD</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2026-01-10 00:18:01</t>
+  </si>
+  <si>
+    <t>2025-12-10 21:53:45</t>
+  </si>
+  <si>
+    <t>2025-12-10 17:27:58</t>
+  </si>
+  <si>
+    <t>7463980702-A</t>
+  </si>
+  <si>
+    <t>Elizabeth Rosa</t>
+  </si>
+  <si>
+    <t>/114-4325205-3399407</t>
+  </si>
+  <si>
+    <t>2025-12-11 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-10 17:28:02</t>
+  </si>
+  <si>
+    <t>2025-12-10 17:28:03</t>
+  </si>
+  <si>
+    <t>--954030313</t>
+  </si>
+  <si>
+    <t>Calle Alcanfores, Miraflores, Perú 475, Depa</t>
+  </si>
+  <si>
+    <t>LIMA</t>
+  </si>
+  <si>
+    <t>/B01N5C39CX</t>
+  </si>
+  <si>
+    <t>2025-12-12 18:32:53</t>
+  </si>
+  <si>
+    <t>2025-12-10 17:40:35</t>
+  </si>
+  <si>
+    <t>2025-12-09 22:08:31</t>
+  </si>
+  <si>
+    <t>7462480201-A</t>
+  </si>
+  <si>
+    <t>GIANELLA ALESSANDRA Saavedra Rodas</t>
+  </si>
+  <si>
+    <t>/113-5161624-4555464</t>
+  </si>
+  <si>
+    <t>2025-12-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-09 22:08:33</t>
+  </si>
+  <si>
+    <t>--953797772</t>
+  </si>
+  <si>
+    <t>Avenida Dos de Mayo 877, 5</t>
+  </si>
+  <si>
+    <t>/B008LQXR8W</t>
+  </si>
+  <si>
+    <t>2025-12-10 22:21:02</t>
+  </si>
+  <si>
+    <t>2025-12-09 22:53:45</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:33:07</t>
+  </si>
+  <si>
+    <t>7452944101-A</t>
+  </si>
+  <si>
+    <t>Roberto Cuba</t>
+  </si>
+  <si>
+    <t>/111-1775178-2773839</t>
+  </si>
+  <si>
+    <t>2025-12-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:33:09</t>
+  </si>
+  <si>
+    <t>--965749390</t>
+  </si>
+  <si>
+    <t>Av Javier Prado Oeste 1238, 505</t>
+  </si>
+  <si>
+    <t>/B0B5HSR626</t>
+  </si>
+  <si>
+    <t>2025-12-04 22:32:15</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:53:42</t>
+  </si>
+  <si>
+    <t>2025-12-03 02:28:32</t>
+  </si>
+  <si>
+    <t>7452373901-A</t>
+  </si>
+  <si>
+    <t>Kimberly Gomez Cochachin</t>
+  </si>
+  <si>
+    <t>2025-12-03 02:28:33</t>
+  </si>
+  <si>
+    <t>--956769702</t>
+  </si>
+  <si>
+    <t>Calle Emilio Fort del Solar  161, Casa</t>
+  </si>
+  <si>
+    <t>SANTA ANITA</t>
+  </si>
+  <si>
+    <t>/B003MYYJD0</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:11:06</t>
+  </si>
+  <si>
+    <t>2025-12-03 02:53:42</t>
+  </si>
+  <si>
+    <t>2025-12-02 19:07:17</t>
+  </si>
+  <si>
+    <t>7451822201-A</t>
+  </si>
+  <si>
+    <t>Denny Canelon</t>
+  </si>
+  <si>
+    <t>/11446407</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>02702811</t>
+  </si>
+  <si>
+    <t>2025-12-02 19:07:18</t>
+  </si>
+  <si>
+    <t>--914762119</t>
+  </si>
+  <si>
+    <t>Avenida universitaria 832, 405</t>
+  </si>
+  <si>
+    <t>SAN MIGUEL</t>
+  </si>
+  <si>
+    <t>/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:09:22</t>
+  </si>
+  <si>
+    <t>2025-12-02 19:53:44</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:28:40</t>
+  </si>
+  <si>
+    <t>7451573601-A</t>
+  </si>
+  <si>
+    <t>Anyela Santillán Lozano</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:28:41</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:28:42</t>
+  </si>
+  <si>
+    <t>--979695646</t>
+  </si>
+  <si>
+    <t>Mz H. Lt. 24 Calle 6 Las Orquídeas 24, Casa</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t>/B07RFNH2TX</t>
+  </si>
+  <si>
+    <t>2025-12-02 18:15:38</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:53:42</t>
+  </si>
+  <si>
+    <t>2025-12-02 02:08:55</t>
+  </si>
+  <si>
+    <t>7450920301-A</t>
+  </si>
+  <si>
+    <t>Raquel Cabellos Plasencia</t>
+  </si>
+  <si>
+    <t>2025-12-02 02:08:56</t>
+  </si>
+  <si>
+    <t>2025-12-02 02:08:57</t>
+  </si>
+  <si>
+    <t>--989002225</t>
+  </si>
+  <si>
+    <t>titu cusi hualpa 192, casa</t>
+  </si>
+  <si>
+    <t>/B08G6PT5DC</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:36:20</t>
+  </si>
+  <si>
+    <t>2025-12-02 02:53:42</t>
+  </si>
+  <si>
+    <t>2025-12-01 01:38:32</t>
+  </si>
+  <si>
+    <t>7447254301-A</t>
+  </si>
+  <si>
+    <t>Dexter Chigne</t>
+  </si>
+  <si>
+    <t>2025-12-01 01:38:33</t>
+  </si>
+  <si>
+    <t>--932313871</t>
+  </si>
+  <si>
+    <t>Calle Quipacocha 340, Casa</t>
+  </si>
+  <si>
+    <t>INDEPENDENCIA</t>
+  </si>
+  <si>
+    <t>/B08WCB25PW</t>
+  </si>
+  <si>
+    <t>price_difference</t>
+  </si>
+  <si>
+    <t>2025-12-02 20:18:46</t>
+  </si>
+  <si>
+    <t>2025-12-01 01:53:45</t>
+  </si>
+  <si>
+    <t>2025-11-29 21:17:47</t>
+  </si>
+  <si>
+    <t>7442735101-A</t>
+  </si>
+  <si>
+    <t>Miguel Angel Cutiri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ 114-8610106-1785069 </t>
+  </si>
+  <si>
+    <t>2025-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-29 21:17:48</t>
+  </si>
+  <si>
+    <t>2025-11-29 21:17:49</t>
+  </si>
+  <si>
+    <t>--961268220</t>
+  </si>
+  <si>
+    <t>Mz F, LT 17, comite 4, vista alegre Cmte4, Casa</t>
+  </si>
+  <si>
+    <t>/B07T629NFJ</t>
+  </si>
+  <si>
+    <t>2025-12-01 22:36:06</t>
+  </si>
+  <si>
+    <t>2025-11-29 21:53:41</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:43:29</t>
+  </si>
+  <si>
+    <t>7442353302-A</t>
+  </si>
+  <si>
+    <t>Nestor Kevin Jondec Salazar</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:43:30</t>
+  </si>
+  <si>
+    <t>--948054000</t>
+  </si>
+  <si>
+    <t>Av. Húsares de Junín 1280, Depto</t>
+  </si>
+  <si>
+    <t>/B0093PD79E</t>
+  </si>
+  <si>
+    <t>2025-12-17 23:35:59</t>
+  </si>
+  <si>
+    <t>2025-11-29 19:53:41</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:47:04</t>
+  </si>
+  <si>
+    <t>7442200701-A</t>
+  </si>
+  <si>
+    <t>Patricia Lopez</t>
+  </si>
+  <si>
+    <t>/114-5624929-4905830</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>07656349</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:47:05</t>
+  </si>
+  <si>
+    <t>--959788390</t>
+  </si>
+  <si>
+    <t>Calle Betania 120 Santa María chosica 120, Casa</t>
+  </si>
+  <si>
+    <t>LURIGANCHO (CHOSICA)</t>
+  </si>
+  <si>
+    <t>/B0B627GTQM</t>
+  </si>
+  <si>
+    <t>2025-12-01 22:40:07</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:53:41</t>
+  </si>
+  <si>
+    <t>2025-11-29 09:32:39</t>
+  </si>
+  <si>
+    <t>7441354801-A</t>
+  </si>
+  <si>
+    <t>Yeltsin Alberca</t>
+  </si>
+  <si>
+    <t>2025-11-29 09:32:41</t>
+  </si>
+  <si>
+    <t>--954995433</t>
+  </si>
+  <si>
+    <t>Calle José Quiñones 959, Casa</t>
+  </si>
+  <si>
+    <t>LA VICTORIA</t>
+  </si>
+  <si>
+    <t>/B0CGHXXRSZ</t>
+  </si>
+  <si>
+    <t>2025-12-01 22:43:51</t>
+  </si>
+  <si>
+    <t>2025-11-29 09:53:41</t>
+  </si>
+  <si>
     <t>2025-11-25 15:36:03</t>
   </si>
   <si>
     <t>7429424402-A</t>
   </si>
   <si>
     <t>Juan Olavarria</t>
   </si>
   <si>
-    <t>PE</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-11-25 15:36:04</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...1 lines deleted...]
-  <si>
     <t>--977300704</t>
   </si>
   <si>
     <t>San Gregorio 380 urb san Andrés 380, Depto</t>
   </si>
   <si>
-    <t>TRUJILLO</t>
-[...4 lines deleted...]
-  <si>
     <t>/B0BJ63R9JR</t>
   </si>
   <si>
-    <t>unknown</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
   </si>
   <si>
     <t>2025-11-25 18:01:41</t>
   </si>
   <si>
     <t>2025-11-25 15:53:40</t>
   </si>
   <si>
-    <t>Finished</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-25 01:13:31</t>
   </si>
   <si>
     <t>7428659501-A</t>
   </si>
   <si>
     <t>Gianella Company</t>
   </si>
   <si>
     <t>2025-11-25 01:13:33</t>
   </si>
   <si>
     <t>--973107014</t>
   </si>
   <si>
     <t>Calle monte Carlo 253, 502</t>
   </si>
   <si>
-    <t>SANTIAGO DE SURCO</t>
-[...1 lines deleted...]
-  <si>
     <t>/B004JLNUZI</t>
   </si>
   <si>
-    <t xml:space="preserve">  </t>
-[...7 lines deleted...]
-  <si>
     <t>2025-11-25 22:23:36</t>
   </si>
   <si>
     <t>2025-11-25 01:53:39</t>
   </si>
   <si>
     <t>2025-11-24 14:10:34</t>
   </si>
   <si>
     <t>7427674701-A</t>
   </si>
   <si>
     <t>ABRAHAN HERNANDEZ ALVITES</t>
   </si>
   <si>
     <t>2025-11-24 14:10:36</t>
   </si>
   <si>
     <t>--952808673</t>
   </si>
   <si>
     <t>JR. GENERAL ISAAC RECAVARREN 820, casa</t>
   </si>
   <si>
     <t>/B004ZHAUEA</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-25 15:34:12</t>
   </si>
   <si>
     <t>2025-11-24 14:53:39</t>
   </si>
   <si>
     <t>2025-11-24 03:50:09</t>
   </si>
   <si>
     <t>7427321102-A</t>
   </si>
   <si>
     <t>Paula Mnica Orbegoso Mller</t>
   </si>
   <si>
     <t>2025-11-24 03:50:10</t>
   </si>
   <si>
     <t>2025-11-24 03:50:11</t>
   </si>
   <si>
     <t>--963703794</t>
   </si>
   <si>
     <t>Urbanización Casa Lago San José Quint 2, A11</t>
   </si>
   <si>
-    <t>AREQUIPA</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08F6WLBT2</t>
   </si>
   <si>
     <t>2025-11-25 16:33:50</t>
   </si>
   <si>
     <t>2025-11-24 04:53:39</t>
   </si>
   <si>
+    <t>2025-11-12 20:48:07</t>
+  </si>
+  <si>
+    <t>7417005501-A</t>
+  </si>
+  <si>
+    <t>Israel Rivera Loja</t>
+  </si>
+  <si>
+    <t>2025-11-12 20:48:08</t>
+  </si>
+  <si>
+    <t>--970451560</t>
+  </si>
+  <si>
+    <t>Jirón loma de los crissntemos 130, Ofcin</t>
+  </si>
+  <si>
+    <t>/B08JVM5SC4</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:53:07</t>
+  </si>
+  <si>
+    <t>2025-11-12 21:50:11</t>
+  </si>
+  <si>
     <t>2025-11-07 05:00:54</t>
   </si>
   <si>
     <t>7409897401-A</t>
   </si>
   <si>
     <t>Vanessa Panta</t>
   </si>
   <si>
     <t>2025-11-07 05:00:55</t>
   </si>
   <si>
     <t>--906931329</t>
   </si>
   <si>
     <t>Las Magnolias 490.Los Parques 490, Casa</t>
   </si>
   <si>
     <t>CHICLAYO</t>
   </si>
   <si>
     <t>/B08QSMQYCN</t>
   </si>
   <si>
     <t>2025-11-10 18:15:52</t>
@@ -464,101 +1289,86 @@
   <si>
     <t>7383263901-A</t>
   </si>
   <si>
     <t>Jeanfranco César Chiuyare Calsin</t>
   </si>
   <si>
     <t>/114-9675238-4989821</t>
   </si>
   <si>
     <t>2025-11-01 00:00:00</t>
   </si>
   <si>
     <t>2025-11-01 07:07:47</t>
   </si>
   <si>
     <t>2025-11-01 07:07:48</t>
   </si>
   <si>
     <t>--993946003</t>
   </si>
   <si>
     <t>Jr.sao Paulo 2854, Casa</t>
   </si>
   <si>
-    <t>SAN MARTIN DE PORRES</t>
-[...1 lines deleted...]
-  <si>
     <t>/B07SNNQP5V</t>
   </si>
   <si>
-    <t>manual</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">							COMENTARIO: "Orden en Miami para devolución a Merchant"</t>
   </si>
   <si>
     <t>2025-11-04 21:34:19</t>
   </si>
   <si>
     <t>2025-11-01 07:50:10</t>
   </si>
   <si>
-    <t>Return Label Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-27 01:44:06</t>
   </si>
   <si>
     <t>7361469801-A</t>
   </si>
   <si>
     <t>Eric Anorga</t>
   </si>
   <si>
     <t>07277355</t>
   </si>
   <si>
     <t>2025-10-27 01:44:07</t>
   </si>
   <si>
     <t>--990815756</t>
   </si>
   <si>
     <t>Calle Los Laureles  495, S-01</t>
   </si>
   <si>
-    <t>SAN ISIDRO</t>
-[...1 lines deleted...]
-  <si>
     <t>/B07CSTV6LQ</t>
   </si>
   <si>
-    <t>out_of_stock</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-13 23:11:10</t>
   </si>
   <si>
     <t>2025-10-27 15:50:03</t>
   </si>
   <si>
     <t>2025-10-21 22:34:17</t>
   </si>
   <si>
     <t>7350137801-A</t>
   </si>
   <si>
     <t>Giovanni Greggio</t>
   </si>
   <si>
     <t>2025-10-21 22:34:18</t>
   </si>
   <si>
     <t>--947800025</t>
   </si>
   <si>
     <t>calle las esmeraldas 125, depto</t>
   </si>
   <si>
     <t>/B08FRR2YSN</t>
@@ -572,53 +1382,50 @@
   <si>
     <t>2025-10-21 00:24:59</t>
   </si>
   <si>
     <t>7344069401-A</t>
   </si>
   <si>
     <t>Dulce Vasquez</t>
   </si>
   <si>
     <t>2025-10-21 00:25:00</t>
   </si>
   <si>
     <t>2025-10-21 00:25:01</t>
   </si>
   <si>
     <t>--994955523</t>
   </si>
   <si>
     <t>Av la encalada 398, surco 398, Casa</t>
   </si>
   <si>
     <t>/B098KZNCKT</t>
   </si>
   <si>
-    <t>price_difference</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-12 20:35:59</t>
   </si>
   <si>
     <t>2025-10-21 00:49:59</t>
   </si>
   <si>
     <t>2025-10-17 19:01:25</t>
   </si>
   <si>
     <t>7341015401-A</t>
   </si>
   <si>
     <t>Teresa Lara</t>
   </si>
   <si>
     <t>2025-10-17 19:01:26</t>
   </si>
   <si>
     <t>2025-10-17 19:01:27</t>
   </si>
   <si>
     <t>--993430853</t>
   </si>
   <si>
     <t>Calle La Moneda mz. D 7, Casa</t>
@@ -629,152 +1436,125 @@
   <si>
     <t>/B00G3YA160</t>
   </si>
   <si>
     <t>2025-11-13 23:11:08</t>
   </si>
   <si>
     <t>2025-10-17 19:50:02</t>
   </si>
   <si>
     <t>2025-10-16 00:14:55</t>
   </si>
   <si>
     <t>7339189901-A</t>
   </si>
   <si>
     <t>Erwin Cruz</t>
   </si>
   <si>
     <t>/11423422</t>
   </si>
   <si>
     <t>2025-10-16 00:00:00</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, )</t>
-[...1 lines deleted...]
-  <si>
     <t>04438991</t>
   </si>
   <si>
     <t>2025-10-16 00:14:57</t>
   </si>
   <si>
     <t>--951001380</t>
   </si>
   <si>
     <t>Jr Monitor Huascar 256, Depto</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...16 lines deleted...]
-  <si>
     <t>2025-11-11 16:08:52</t>
   </si>
   <si>
     <t>2025-10-16 00:49:57</t>
   </si>
   <si>
     <t>2025-10-11 20:39:38</t>
   </si>
   <si>
     <t>7335444001-A</t>
   </si>
   <si>
     <t>Angelo Cesar Torres Pascual</t>
   </si>
   <si>
     <t>/ 114-1586860-5345855</t>
   </si>
   <si>
     <t>2025-10-23 00:00:00</t>
   </si>
   <si>
     <t>2025-10-11 20:39:39</t>
   </si>
   <si>
     <t>--928870090</t>
   </si>
   <si>
     <t xml:space="preserve">10567, Villa EL Salvador 15757 00051, </t>
   </si>
   <si>
-    <t>LIMA</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08R6D148D</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
   </si>
   <si>
     <t>2025-10-29 15:06:34</t>
   </si>
   <si>
     <t>2025-10-12 02:49:54</t>
   </si>
   <si>
     <t>2025-10-08 17:21:24</t>
   </si>
   <si>
     <t>7332708501-A</t>
   </si>
   <si>
     <t>Jose Rojas</t>
   </si>
   <si>
     <t>2025-10-08 17:21:25</t>
   </si>
   <si>
     <t>2025-10-08 17:21:26</t>
   </si>
   <si>
     <t>--972573376</t>
   </si>
   <si>
     <t xml:space="preserve">Jirón Guillermo Geraldino 149, </t>
   </si>
   <si>
-    <t>COMAS</t>
-[...1 lines deleted...]
-  <si>
     <t>/B07PDFBJZD</t>
   </si>
   <si>
     <t>2025-10-23 17:58:58</t>
   </si>
   <si>
     <t>2025-10-08 17:49:53</t>
   </si>
   <si>
     <t>2025-10-02 14:10:52</t>
   </si>
   <si>
     <t>7327961801-A</t>
   </si>
   <si>
     <t>Jorge Herencia</t>
   </si>
   <si>
     <t>09371414</t>
   </si>
   <si>
     <t>2025-10-02 14:10:54</t>
   </si>
   <si>
     <t>2025-10-02 14:10:55</t>
@@ -833,53 +1613,50 @@
   <si>
     <t>Ricardo Pena</t>
   </si>
   <si>
     <t>/ 113-8919465-7165817</t>
   </si>
   <si>
     <t>2025-10-01 00:00:00</t>
   </si>
   <si>
     <t>00668560</t>
   </si>
   <si>
     <t>2025-10-01 03:36:35</t>
   </si>
   <si>
     <t>--953641531</t>
   </si>
   <si>
     <t>El Rosario 167, 101</t>
   </si>
   <si>
     <t>/B08S45H5GY</t>
   </si>
   <si>
-    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-01 15:29:36</t>
   </si>
   <si>
     <t>2025-10-01 04:49:49</t>
   </si>
   <si>
     <t>2025-10-01 02:31:53</t>
   </si>
   <si>
     <t>7326910001-A</t>
   </si>
   <si>
     <t>Karol Albujar</t>
   </si>
   <si>
     <t>/11417239</t>
   </si>
   <si>
     <t>2025-10-01 02:31:54</t>
   </si>
   <si>
     <t>--982746798</t>
   </si>
   <si>
     <t>Jrn GUILLERMO GERALDINO 251, Casa</t>
@@ -989,56 +1766,50 @@
   <si>
     <t>7314928901-A</t>
   </si>
   <si>
     <t>Lin Gutierrez</t>
   </si>
   <si>
     <t>/113-0358374-7160245/ 113-8511886-9773829</t>
   </si>
   <si>
     <t>2025-11-04 00:00:00</t>
   </si>
   <si>
     <t>2025-09-21 01:07:57</t>
   </si>
   <si>
     <t>2025-09-21 01:07:58</t>
   </si>
   <si>
     <t>--953449054</t>
   </si>
   <si>
     <t>Las canarias 131 urb cedros de villa 131, Casa</t>
   </si>
   <si>
-    <t>CHORRILLOS</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-11-21 22:10:26</t>
   </si>
   <si>
     <t>2025-09-21 01:26:21</t>
   </si>
   <si>
     <t>2025-09-18 23:15:31</t>
   </si>
   <si>
     <t>7313199801-A</t>
   </si>
   <si>
     <t>Elida Quezada Quispe</t>
   </si>
   <si>
     <t>2025-09-18 23:15:33</t>
   </si>
   <si>
     <t>--997259540</t>
   </si>
   <si>
     <t>Me 76 Lt1 Psje. Cesar Vallejo Mz76, Casa</t>
   </si>
   <si>
     <t>/B07HFRRHCL</t>
@@ -1115,53 +1886,50 @@
   <si>
     <t>2025-09-07 16:35:02</t>
   </si>
   <si>
     <t>7302200401-A</t>
   </si>
   <si>
     <t>Emily Clarke</t>
   </si>
   <si>
     <t>05831587</t>
   </si>
   <si>
     <t>2025-09-07 16:35:03</t>
   </si>
   <si>
     <t>2025-09-07 16:35:04</t>
   </si>
   <si>
     <t>--997520720</t>
   </si>
   <si>
     <t>Calle Comandante Juan G Moore 386, 701</t>
   </si>
   <si>
-    <t>MIRAFLORES</t>
-[...1 lines deleted...]
-  <si>
     <t>/B09J4H96JP</t>
   </si>
   <si>
     <t>2025-09-29 18:16:57</t>
   </si>
   <si>
     <t>2025-09-08 15:19:33</t>
   </si>
   <si>
     <t>2025-09-05 00:24:50</t>
   </si>
   <si>
     <t>7300270801-A</t>
   </si>
   <si>
     <t>Valeria Muro</t>
   </si>
   <si>
     <t>2025-09-05 00:24:52</t>
   </si>
   <si>
     <t>--959183760</t>
   </si>
   <si>
     <t>Jr Arica 750, miraflores, Lima 750, 504</t>
@@ -1181,53 +1949,50 @@
   <si>
     <t>7290069401-A</t>
   </si>
   <si>
     <t>Evelin Becerra</t>
   </si>
   <si>
     <t>/112-3764931-2582661</t>
   </si>
   <si>
     <t>2025-08-24 00:00:00</t>
   </si>
   <si>
     <t>2025-08-24 20:01:08</t>
   </si>
   <si>
     <t>--923962218</t>
   </si>
   <si>
     <t>Av. tantamayo Mercado vipol 23, Depto</t>
   </si>
   <si>
     <t>/B00N34Y9F2</t>
   </si>
   <si>
-    <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-25 17:18:03</t>
   </si>
   <si>
     <t>2025-08-24 20:24:15</t>
   </si>
   <si>
     <t>2025-08-18 13:54:43</t>
   </si>
   <si>
     <t>7284494501-A</t>
   </si>
   <si>
     <t>Diego Enrique  Apaza Velasquez</t>
   </si>
   <si>
     <t>/111-4019902-4460262</t>
   </si>
   <si>
     <t>2025-08-18 00:00:00</t>
   </si>
   <si>
     <t>2025-08-18 13:54:45</t>
   </si>
   <si>
     <t>--902663159</t>
@@ -1553,53 +2318,50 @@
   <si>
     <t>Jorge Espinoza</t>
   </si>
   <si>
     <t>/114-0193803-8019447</t>
   </si>
   <si>
     <t>2025-06-27 00:00:00</t>
   </si>
   <si>
     <t>2025-06-26 13:30:51</t>
   </si>
   <si>
     <t>2025-06-26 13:30:52</t>
   </si>
   <si>
     <t>--990991554</t>
   </si>
   <si>
     <t>Av. Paseo de la República 6375, 301</t>
   </si>
   <si>
     <t>/B004VR9HP2</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS</t>
   </si>
   <si>
     <t>1ZAC27800328332092</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>delayed</t>
   </si>
   <si>
     <t>2025-08-25 18:06:34</t>
   </si>
   <si>
     <t>2025-06-26 21:28:55</t>
   </si>
   <si>
     <t>Closed</t>
   </si>
   <si>
     <t>2025-06-25 14:24:55</t>
   </si>
   <si>
     <t>7188609201-A</t>
@@ -1661,152 +2423,140 @@
   <si>
     <t>2025-07-16 22:29:07</t>
   </si>
   <si>
     <t>2025-06-20 18:43:46</t>
   </si>
   <si>
     <t>2025-06-19 23:24:40</t>
   </si>
   <si>
     <t>7182682601-A</t>
   </si>
   <si>
     <t>Caroline Leslie Infante Eguiluz</t>
   </si>
   <si>
     <t>2025-06-19 23:24:43</t>
   </si>
   <si>
     <t>--956756430</t>
   </si>
   <si>
     <t>AV. AMAZONAS W-6 RIO SECO 6, W</t>
   </si>
   <si>
-    <t>CERRO COLORADO</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08FM9ZD2M</t>
   </si>
   <si>
     <t>2025-06-20 20:40:52</t>
   </si>
   <si>
     <t>2025-06-19 23:43:43</t>
   </si>
   <si>
     <t>2025-06-18 18:10:45</t>
   </si>
   <si>
     <t>7180875301-A</t>
   </si>
   <si>
     <t>Luccia Daniella Melzi Del Rio</t>
   </si>
   <si>
     <t>/11339696</t>
   </si>
   <si>
     <t>2025-06-18 00:00:00</t>
   </si>
   <si>
     <t>2025-06-18 18:10:46</t>
   </si>
   <si>
     <t>2025-06-18 18:10:47</t>
   </si>
   <si>
     <t>--993674031</t>
   </si>
   <si>
     <t>Jr. Tomás Ramsey 505, Casa</t>
   </si>
   <si>
-    <t>MAGDALENA DEL MAR</t>
-[...1 lines deleted...]
-  <si>
     <t>/PWBAA1122</t>
   </si>
   <si>
     <t>2025-07-09 13:51:51</t>
   </si>
   <si>
     <t>2025-06-18 18:43:40</t>
   </si>
   <si>
     <t>2025-06-17 20:34:45</t>
   </si>
   <si>
     <t>7179721401-A</t>
   </si>
   <si>
     <t>Janeth Prada</t>
   </si>
   <si>
     <t>/114-1801913-1984231</t>
   </si>
   <si>
     <t>Cancelled (The customer on checkout is different, please review)</t>
   </si>
   <si>
     <t>02048504</t>
   </si>
   <si>
     <t>2025-06-17 20:34:46</t>
   </si>
   <si>
     <t>2025-06-17 20:34:47</t>
   </si>
   <si>
     <t>--927784413</t>
   </si>
   <si>
     <t xml:space="preserve">Malecon de la Marina 1176 1301A, </t>
   </si>
   <si>
     <t>/B09YT2H35S/B09YSYJZ92</t>
   </si>
   <si>
     <t>1ZG193640308425444</t>
   </si>
   <si>
     <t>2025-06-20</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-06-25 23:51:25</t>
   </si>
   <si>
     <t>2025-06-17 20:53:38</t>
   </si>
   <si>
-    <t>Finance Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-11-11 02:35:58</t>
   </si>
   <si>
     <t>6892036101-A</t>
   </si>
   <si>
     <t>María Luz Velasquez Blas</t>
   </si>
   <si>
     <t>Cancelled (Products qty on page is not equal with the --&amp;gt; Qty on order 1 --&amp;gt;Qty on page = 0)</t>
   </si>
   <si>
     <t>2024-11-11 02:36:00</t>
   </si>
   <si>
     <t>2024-11-11 02:36:01</t>
   </si>
   <si>
     <t>--970023330</t>
   </si>
   <si>
     <t>Jr callao 594, Casa</t>
   </si>
   <si>
     <t>/B09LKL672D</t>
@@ -2003,53 +2753,50 @@
   <si>
     <t>6847329002-A</t>
   </si>
   <si>
     <t>John Doe</t>
   </si>
   <si>
     <t>/111-8911172-6892210</t>
   </si>
   <si>
     <t>2024-10-24 00:00:00</t>
   </si>
   <si>
     <t>2024-10-24 12:46:07</t>
   </si>
   <si>
     <t>--99999999</t>
   </si>
   <si>
     <t>daniel caldera 10322, 1119</t>
   </si>
   <si>
     <t>/B08GPXYJVX</t>
   </si>
   <si>
-    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-10-24 20:34:32</t>
   </si>
   <si>
     <t>2024-10-24 15:07:36</t>
   </si>
   <si>
     <t>2024-10-24 12:34:22</t>
   </si>
   <si>
     <t>6847169201-A</t>
   </si>
   <si>
     <t>/111-5313833-8229841</t>
   </si>
   <si>
     <t>2024-10-24 12:34:24</t>
   </si>
   <si>
     <t>2024-10-24 12:34:25</t>
   </si>
   <si>
     <t>/B07RQDL19B</t>
   </si>
   <si>
     <t>9361289677039085075234</t>
@@ -2399,53 +3146,50 @@
   <si>
     <t>Held Purchase Pending</t>
   </si>
   <si>
     <t>2024-09-26 21:48:03</t>
   </si>
   <si>
     <t>6816623001-A</t>
   </si>
   <si>
     <t xml:space="preserve">Karina Desiree lamo Alban </t>
   </si>
   <si>
     <t>2024-09-26 21:48:07</t>
   </si>
   <si>
     <t>2024-09-26 21:48:08</t>
   </si>
   <si>
     <t>--978398600</t>
   </si>
   <si>
     <t>Av Sullana sur 256, Piura</t>
   </si>
   <si>
-    <t>PIURA</t>
-[...1 lines deleted...]
-  <si>
     <t>/B00A343ALO</t>
   </si>
   <si>
     <t>2024-10-03 23:29:54</t>
   </si>
   <si>
     <t>2024-09-27 14:21:46</t>
   </si>
   <si>
     <t>2024-09-16 20:36:10</t>
   </si>
   <si>
     <t>6806830701-A</t>
   </si>
   <si>
     <t>Astrid Flores</t>
   </si>
   <si>
     <t>2024-09-16 20:36:12</t>
   </si>
   <si>
     <t>--929489116</t>
   </si>
   <si>
     <t>Gaviotas 2008, Depto</t>
@@ -3737,53 +4481,50 @@
   <si>
     <t>2024-06-15 18:23:39</t>
   </si>
   <si>
     <t>2024-06-15 18:23:40</t>
   </si>
   <si>
     <t>--987112347</t>
   </si>
   <si>
     <t>Mz.C.Lote1,Av.AngélicaGamarradeLeón Lote1, casa</t>
   </si>
   <si>
     <t>/B08PYS1YKW</t>
   </si>
   <si>
     <t>1ZA8G2180311342449</t>
   </si>
   <si>
     <t>2024-06-28</t>
   </si>
   <si>
     <t>2024-07-01 12:58:13</t>
   </si>
   <si>
-    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-07-04 21:27:42</t>
   </si>
   <si>
     <t>2024-06-15 19:05:34</t>
   </si>
   <si>
     <t>2024-06-15 17:13:12</t>
   </si>
   <si>
     <t>6672397101-A</t>
   </si>
   <si>
     <t xml:space="preserve">Isela Rivera Jimenez </t>
   </si>
   <si>
     <t>/114-0385075-9627462</t>
   </si>
   <si>
     <t>2024-06-16 00:00:00</t>
   </si>
   <si>
     <t>2024-06-15 17:13:14</t>
   </si>
   <si>
     <t>--988052041</t>
@@ -3956,53 +4697,50 @@
   <si>
     <t>6660605501-A</t>
   </si>
   <si>
     <t>Eduardo Morales Hudtwalcker</t>
   </si>
   <si>
     <t>/ 114-0458882-6423457</t>
   </si>
   <si>
     <t>2024-06-05 00:00:00</t>
   </si>
   <si>
     <t>2024-06-05 00:03:36</t>
   </si>
   <si>
     <t>2024-06-05 00:03:37</t>
   </si>
   <si>
     <t>--992029080</t>
   </si>
   <si>
     <t>Jiron Manco Segundo  145, 1804A</t>
   </si>
   <si>
-    <t>SAN MIGUEL</t>
-[...1 lines deleted...]
-  <si>
     <t>/B08C6ZVBGW</t>
   </si>
   <si>
     <t>2024-06-07 13:38:53</t>
   </si>
   <si>
     <t xml:space="preserve">				ARREPENTIMIENTO DE COMPRA</t>
   </si>
   <si>
     <t>2024-06-05 21:19:22</t>
   </si>
   <si>
     <t>2024-06-05 01:04:47</t>
   </si>
   <si>
     <t>2024-06-01 21:49:23</t>
   </si>
   <si>
     <t>6657599801-A</t>
   </si>
   <si>
     <t xml:space="preserve">Luiggi  Holguin Romero </t>
   </si>
   <si>
     <t>/ 114-5082521-7157041</t>
@@ -4068,53 +4806,50 @@
     <t>/B07T8LXPSS</t>
   </si>
   <si>
     <t>1ZE3549B0305465674</t>
   </si>
   <si>
     <t>2024-05-31</t>
   </si>
   <si>
     <t xml:space="preserve">							RIPLEY CANCELA POR ALERTA DE FRAUDE - SE ESPERA QUE LLEGUE ORDEN A MIAMI PARA RMA DE RETORNO A AMAZON</t>
   </si>
   <si>
     <t>2024-05-31 20:48:16</t>
   </si>
   <si>
     <t>2024-05-30 18:04:50</t>
   </si>
   <si>
     <t>2024-05-29 05:53:01</t>
   </si>
   <si>
     <t>65586624-R-A</t>
   </si>
   <si>
     <t>Maria Elena Validez Quezada</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cancelled (auto buy is not available, has status disabled to buy, )</t>
   </si>
   <si>
     <t>2024-05-29 05:53:09</t>
   </si>
   <si>
     <t>2024-05-29 05:53:42</t>
   </si>
   <si>
     <t>--936753427</t>
   </si>
   <si>
     <t>urb. Las gardenias Santiago de surco  356, Casa</t>
   </si>
   <si>
     <t>/B09LCZMM7T</t>
   </si>
   <si>
     <t>2025-09-09 15:03:05</t>
   </si>
   <si>
     <t>2025-09-08 16:03:07</t>
   </si>
   <si>
     <t>2024-05-28 22:55:15</t>
   </si>
@@ -4507,51 +5242,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS115"/>
+  <dimension ref="A1:BS138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4741,21641 +5476,26018 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>597085</v>
+        <v>599259</v>
       </c>
       <c r="E2">
-        <v>68.16</v>
+        <v>76.05</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
       <c r="I2">
-        <v>0</v>
+        <v>39.95</v>
       </c>
       <c r="J2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2">
-        <v>74582129</v>
+      <c r="P2" t="s">
+        <v>75</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="T2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>597085</v>
+        <v>599259</v>
       </c>
       <c r="W2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X2">
-        <v>68.16</v>
+        <v>76.05</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2">
-        <v>74582129</v>
+      <c r="AD2" t="s">
+        <v>75</v>
       </c>
       <c r="AE2" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="AF2">
-        <v>977300704</v>
+        <v>966670966</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN2" t="s">
         <v>71</v>
       </c>
-      <c r="AM2" t="s">
-[...2 lines deleted...]
-      <c r="AN2"/>
       <c r="AO2">
-        <v>0</v>
+        <v>39.95</v>
       </c>
       <c r="AP2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2"/>
+      <c r="AW2">
+        <v>0</v>
+      </c>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA2"/>
+        <v>74</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>84</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="BI2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="BJ2"/>
+        <v>85</v>
+      </c>
+      <c r="BJ2" t="s">
+        <v>86</v>
+      </c>
       <c r="BK2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="BM2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="BN2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="BO2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>259</v>
+        <v>289</v>
       </c>
       <c r="BS2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D3">
-        <v>597053</v>
+        <v>599171</v>
       </c>
       <c r="E3">
-        <v>57.63</v>
+        <v>78.68</v>
       </c>
       <c r="F3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>95</v>
+      </c>
       <c r="I3">
-        <v>0</v>
+        <v>29.99</v>
       </c>
       <c r="J3" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="M3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3">
-        <v>46392081</v>
+        <v>42126560</v>
       </c>
       <c r="Q3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="R3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="S3" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="T3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="V3">
-        <v>597053</v>
+        <v>599171</v>
       </c>
       <c r="W3" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X3">
-        <v>57.63</v>
+        <v>78.68</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AD3">
-        <v>46392081</v>
+        <v>42126560</v>
       </c>
       <c r="AE3" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="AF3">
-        <v>973107014</v>
+        <v>997151197</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="AM3" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN3"/>
+        <v>82</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>95</v>
+      </c>
       <c r="AO3">
-        <v>0</v>
+        <v>29.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3"/>
       <c r="AY3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AZ3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA3" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB3" t="s">
+        <v>92</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH3">
+        <v>12</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ3" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK3" t="s">
         <v>87</v>
       </c>
-      <c r="BC3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BL3" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="BM3" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="BN3" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="BO3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>219</v>
+        <v>299</v>
       </c>
       <c r="BS3" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="D4">
-        <v>597008</v>
+        <v>599144</v>
       </c>
       <c r="E4">
-        <v>44.47</v>
+        <v>176.05</v>
       </c>
       <c r="F4" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>110</v>
+      </c>
       <c r="I4">
-        <v>0</v>
+        <v>99.99</v>
       </c>
       <c r="J4" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K4" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="L4" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="M4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>41804278</v>
+        <v>40942691</v>
       </c>
       <c r="Q4" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R4" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="S4" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="T4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U4" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="V4">
-        <v>597008</v>
+        <v>599144</v>
       </c>
       <c r="W4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X4">
-        <v>44.47</v>
+        <v>176.05</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="AD4">
-        <v>41804278</v>
+        <v>40942691</v>
       </c>
       <c r="AE4" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="AF4">
-        <v>952808673</v>
+        <v>996323773</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="AM4" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN4"/>
+        <v>116</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>110</v>
+      </c>
       <c r="AO4">
-        <v>0</v>
+        <v>99.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      <c r="AS4"/>
+        <v>117</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>119</v>
+      </c>
+      <c r="AS4">
+        <v>397277010877</v>
+      </c>
       <c r="AT4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4"/>
       <c r="AY4" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="AZ4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB4" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="BC4" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="BD4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH4">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="BI4" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ4" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK4" t="s">
-        <v>82</v>
+        <v>121</v>
       </c>
       <c r="BL4" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="BM4" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="BN4" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="BO4">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="BP4"/>
+        <v>0</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>118</v>
+      </c>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>169</v>
+        <v>669</v>
       </c>
       <c r="BS4" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="C5" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="D5">
-        <v>596966</v>
+        <v>599128</v>
       </c>
       <c r="E5">
-        <v>60.26</v>
+        <v>702.37</v>
       </c>
       <c r="F5" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>128</v>
+      </c>
       <c r="I5">
-        <v>0</v>
+        <v>406.7</v>
       </c>
       <c r="J5" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="K5" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L5" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="M5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
-        <v>40935787</v>
+        <v>41668619</v>
       </c>
       <c r="Q5" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="R5" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="S5" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="T5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U5" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="V5">
-        <v>596966</v>
+        <v>599128</v>
       </c>
       <c r="W5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X5">
-        <v>60.26</v>
+        <v>702.37</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="AD5">
-        <v>40935787</v>
+        <v>41668619</v>
       </c>
       <c r="AE5" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="AF5">
-        <v>963703794</v>
+        <v>990209020</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>116</v>
+        <v>133</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="AM5" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN5"/>
+        <v>82</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>128</v>
+      </c>
       <c r="AO5">
-        <v>0</v>
+        <v>406.7</v>
       </c>
       <c r="AP5" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5"/>
       <c r="AY5" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="AZ5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA5" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB5" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="BC5" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="BD5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH5">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="BI5" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ5" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL5" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="BM5" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="BN5" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="BO5">
         <v>1</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>229</v>
+        <v>2669</v>
       </c>
       <c r="BS5" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
       <c r="C6" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="D6">
-        <v>595916</v>
+        <v>599051</v>
       </c>
       <c r="E6">
         <v>57.63</v>
       </c>
       <c r="F6" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="M6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
-        <v>40822952</v>
+        <v>40094424</v>
       </c>
       <c r="Q6" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
       <c r="R6" t="s">
-        <v>124</v>
+        <v>141</v>
       </c>
       <c r="S6" t="s">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="T6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U6" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="V6">
-        <v>595916</v>
+        <v>599051</v>
       </c>
       <c r="W6" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X6">
         <v>57.63</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="AD6">
-        <v>40822952</v>
+        <v>40094424</v>
       </c>
       <c r="AE6" t="s">
-        <v>125</v>
+        <v>143</v>
       </c>
       <c r="AF6">
-        <v>906931329</v>
+        <v>941718436</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM6" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN6"/>
       <c r="AO6">
         <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="AZ6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH6">
+        <v>15</v>
+      </c>
+      <c r="BI6" t="s">
         <v>121</v>
       </c>
-      <c r="BC6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="BJ6" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK6" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL6" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="BM6" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="BN6" t="s">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="BO6">
         <v>3</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>219</v>
       </c>
       <c r="BS6" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="C7" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="D7">
-        <v>595715</v>
+        <v>599041</v>
       </c>
       <c r="E7">
-        <v>44.47</v>
+        <v>57.63</v>
       </c>
       <c r="F7" t="s">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
-      <c r="H7"/>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
       <c r="I7">
-        <v>0</v>
+        <v>24.97</v>
       </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>154</v>
       </c>
       <c r="K7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
-        <v>73418523</v>
+        <v>40963468</v>
       </c>
       <c r="Q7" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="R7" t="s">
-        <v>134</v>
+        <v>155</v>
       </c>
       <c r="S7" t="s">
-        <v>134</v>
+        <v>155</v>
       </c>
       <c r="T7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U7" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="V7">
-        <v>595715</v>
+        <v>599041</v>
       </c>
       <c r="W7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X7">
-        <v>44.47</v>
+        <v>57.63</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="AD7">
-        <v>73418523</v>
+        <v>40963468</v>
       </c>
       <c r="AE7" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="AF7">
-        <v>971499620</v>
+        <v>943520267</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>137</v>
+        <v>158</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>71</v>
+        <v>154</v>
       </c>
       <c r="AM7" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN7"/>
+        <v>82</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>153</v>
+      </c>
       <c r="AO7">
-        <v>0</v>
+        <v>24.97</v>
       </c>
       <c r="AP7" t="s">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="AZ7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA7" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB7" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="BC7" t="s">
-        <v>71</v>
+        <v>154</v>
       </c>
       <c r="BD7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH7">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="BI7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ7" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK7" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL7" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="BM7" t="s">
-        <v>139</v>
+        <v>160</v>
       </c>
       <c r="BN7" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="BO7">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>169</v>
+        <v>219</v>
       </c>
       <c r="BS7" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="C8" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="D8">
-        <v>595573</v>
+        <v>598829</v>
       </c>
       <c r="E8">
-        <v>57.63</v>
+        <v>44.47</v>
       </c>
       <c r="F8" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="I8">
-        <v>24.98</v>
+        <v>20.52</v>
       </c>
       <c r="J8" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8">
-        <v>76346631</v>
+        <v>29283191</v>
       </c>
       <c r="Q8" t="s">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="R8" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="S8" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="T8" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U8" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="V8">
-        <v>595573</v>
+        <v>598829</v>
       </c>
       <c r="W8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X8">
-        <v>57.63</v>
+        <v>44.47</v>
       </c>
       <c r="Y8">
         <v>3.8</v>
       </c>
       <c r="Z8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="AD8">
-        <v>76346631</v>
+        <v>29283191</v>
       </c>
       <c r="AE8" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="AF8">
-        <v>993946003</v>
+        <v>991353678</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="AM8" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN8" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="AO8">
-        <v>24.98</v>
+        <v>20.52</v>
       </c>
       <c r="AP8" t="s">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="AZ8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA8" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB8" t="s">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="BC8" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="BD8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH8">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="BI8" t="s">
-        <v>152</v>
+        <v>85</v>
       </c>
       <c r="BJ8" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL8" t="s">
-        <v>153</v>
+        <v>172</v>
       </c>
       <c r="BM8" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="BN8" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="BO8">
         <v>3</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>219</v>
+        <v>169</v>
       </c>
       <c r="BS8" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="C9" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="D9">
-        <v>595376</v>
+        <v>598658</v>
       </c>
       <c r="E9">
-        <v>57.63</v>
+        <v>236.58</v>
       </c>
       <c r="F9" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L9" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
-      <c r="P9" t="s">
-        <v>160</v>
+      <c r="P9">
+        <v>72453894</v>
       </c>
       <c r="Q9" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="R9" t="s">
-        <v>161</v>
+        <v>179</v>
       </c>
       <c r="S9" t="s">
-        <v>161</v>
+        <v>179</v>
       </c>
       <c r="T9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U9" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="V9">
-        <v>595376</v>
+        <v>598658</v>
       </c>
       <c r="W9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X9">
-        <v>57.63</v>
+        <v>236.58</v>
       </c>
       <c r="Y9">
         <v>3.8</v>
       </c>
       <c r="Z9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>178</v>
+      </c>
+      <c r="AD9">
+        <v>72453894</v>
       </c>
       <c r="AE9" t="s">
-        <v>162</v>
+        <v>180</v>
       </c>
       <c r="AF9">
-        <v>990815756</v>
+        <v>936353776</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>163</v>
+        <v>181</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>164</v>
+        <v>182</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN9"/>
       <c r="AO9">
         <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>165</v>
+        <v>183</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="AZ9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA9" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB9" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="BC9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH9">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="BI9" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ9" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK9" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL9" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM9" t="s">
-        <v>167</v>
+        <v>185</v>
       </c>
       <c r="BN9" t="s">
-        <v>168</v>
+        <v>186</v>
       </c>
       <c r="BO9">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>219</v>
+        <v>899</v>
       </c>
       <c r="BS9" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>169</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="D10">
-        <v>595212</v>
+        <v>598452</v>
       </c>
       <c r="E10">
-        <v>70.79</v>
+        <v>36.58</v>
       </c>
       <c r="F10" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>190</v>
+      </c>
       <c r="I10">
-        <v>0</v>
+        <v>11.83</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="K10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L10" t="s">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="M10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10">
-        <v>70726675</v>
+        <v>43351818</v>
       </c>
       <c r="Q10" t="s">
-        <v>169</v>
+        <v>187</v>
       </c>
       <c r="R10" t="s">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="S10" t="s">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="T10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U10" t="s">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="V10">
-        <v>595212</v>
+        <v>598452</v>
       </c>
       <c r="W10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X10">
-        <v>70.79</v>
+        <v>36.58</v>
       </c>
       <c r="Y10">
         <v>3.8</v>
       </c>
       <c r="Z10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
       <c r="AD10">
-        <v>70726675</v>
+        <v>43351818</v>
       </c>
       <c r="AE10" t="s">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="AF10">
-        <v>947800025</v>
+        <v>998937154</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>174</v>
+        <v>194</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>93</v>
+        <v>195</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="AM10" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN10"/>
+        <v>82</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>190</v>
+      </c>
       <c r="AO10">
-        <v>0</v>
+        <v>11.83</v>
       </c>
       <c r="AP10" t="s">
-        <v>175</v>
+        <v>196</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10" t="s">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="AZ10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA10" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB10" t="s">
-        <v>169</v>
+        <v>187</v>
       </c>
       <c r="BC10" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="BD10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH10">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="BI10" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ10" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK10" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL10" t="s">
-        <v>97</v>
+        <v>197</v>
       </c>
       <c r="BM10" t="s">
-        <v>176</v>
+        <v>198</v>
       </c>
       <c r="BN10" t="s">
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="BO10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>269</v>
+        <v>139</v>
       </c>
       <c r="BS10" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="C11" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="D11">
-        <v>595160</v>
+        <v>598287</v>
       </c>
       <c r="E11">
         <v>62.89</v>
       </c>
       <c r="F11" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>203</v>
+      </c>
       <c r="I11">
-        <v>0</v>
+        <v>17.99</v>
       </c>
       <c r="J11" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="K11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L11" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="M11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
-        <v>72642453</v>
+        <v>41392103</v>
       </c>
       <c r="Q11" t="s">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="R11" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="S11" t="s">
-        <v>182</v>
+        <v>204</v>
       </c>
       <c r="T11" t="s">
-        <v>75</v>
+        <v>205</v>
       </c>
       <c r="U11" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="V11">
-        <v>595160</v>
+        <v>598287</v>
       </c>
       <c r="W11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X11">
         <v>62.89</v>
       </c>
       <c r="Y11">
         <v>3.8</v>
       </c>
       <c r="Z11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
       <c r="AD11">
-        <v>72642453</v>
+        <v>41392103</v>
       </c>
       <c r="AE11" t="s">
-        <v>183</v>
+        <v>206</v>
       </c>
       <c r="AF11">
-        <v>994955523</v>
+        <v>902368624</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>184</v>
+        <v>207</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>93</v>
+        <v>208</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="AM11" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN11"/>
+        <v>82</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>203</v>
+      </c>
       <c r="AO11">
-        <v>0</v>
+        <v>17.99</v>
       </c>
       <c r="AP11" t="s">
-        <v>185</v>
+        <v>209</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="AZ11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA11" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB11" t="s">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="BC11" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="BD11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH11">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="BI11" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ11" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK11" t="s">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="BL11" t="s">
-        <v>83</v>
+        <v>211</v>
       </c>
       <c r="BM11" t="s">
-        <v>187</v>
+        <v>212</v>
       </c>
       <c r="BN11" t="s">
-        <v>188</v>
+        <v>213</v>
       </c>
       <c r="BO11">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>239</v>
       </c>
       <c r="BS11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="C12" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="D12">
-        <v>595073</v>
+        <v>598279</v>
       </c>
       <c r="E12">
-        <v>205</v>
+        <v>39.21</v>
       </c>
       <c r="F12" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
-      <c r="H12"/>
+      <c r="H12" t="s">
+        <v>217</v>
+      </c>
       <c r="I12">
-        <v>0</v>
+        <v>12.99</v>
       </c>
       <c r="J12" t="s">
-        <v>71</v>
+        <v>218</v>
       </c>
       <c r="K12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="M12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12">
-        <v>25564224</v>
+        <v>93774858</v>
       </c>
       <c r="Q12" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="R12" t="s">
-        <v>192</v>
+        <v>219</v>
       </c>
       <c r="S12" t="s">
-        <v>193</v>
+        <v>220</v>
       </c>
       <c r="T12" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U12" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="V12">
-        <v>595073</v>
+        <v>598279</v>
       </c>
       <c r="W12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X12">
-        <v>205</v>
+        <v>39.21</v>
       </c>
       <c r="Y12">
         <v>3.8</v>
       </c>
       <c r="Z12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AD12">
-        <v>25564224</v>
+        <v>93774858</v>
       </c>
       <c r="AE12" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="AF12">
-        <v>993430853</v>
+        <v>954030313</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>195</v>
+        <v>222</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>196</v>
+        <v>223</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>71</v>
+        <v>218</v>
       </c>
       <c r="AM12" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN12"/>
+        <v>82</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>217</v>
+      </c>
       <c r="AO12">
-        <v>0</v>
+        <v>12.99</v>
       </c>
       <c r="AP12" t="s">
-        <v>197</v>
+        <v>224</v>
       </c>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AZ12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA12" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB12" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="BC12" t="s">
-        <v>71</v>
+        <v>218</v>
       </c>
       <c r="BD12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH12">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="BI12" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ12" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK12" t="s">
-        <v>166</v>
+        <v>121</v>
       </c>
       <c r="BL12" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="BM12" t="s">
-        <v>198</v>
+        <v>225</v>
       </c>
       <c r="BN12" t="s">
-        <v>199</v>
+        <v>226</v>
       </c>
       <c r="BO12">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>779</v>
+        <v>149</v>
       </c>
       <c r="BS12" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="C13" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="D13">
-        <v>595023</v>
+        <v>598255</v>
       </c>
       <c r="E13">
-        <v>36.58</v>
+        <v>41.84</v>
       </c>
       <c r="F13" t="s">
-        <v>202</v>
+        <v>229</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>203</v>
+        <v>230</v>
       </c>
       <c r="I13">
-        <v>10.99</v>
+        <v>14.99</v>
       </c>
       <c r="J13" t="s">
-        <v>204</v>
+        <v>231</v>
       </c>
       <c r="K13" t="s">
-        <v>205</v>
+        <v>73</v>
       </c>
       <c r="L13" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="M13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
-      <c r="P13" t="s">
-        <v>206</v>
+      <c r="P13">
+        <v>70374330</v>
       </c>
       <c r="Q13" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="R13" t="s">
-        <v>207</v>
+        <v>232</v>
       </c>
       <c r="S13" t="s">
-        <v>207</v>
+        <v>232</v>
       </c>
       <c r="T13" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U13" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="V13">
-        <v>595023</v>
+        <v>598255</v>
       </c>
       <c r="W13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X13">
-        <v>36.58</v>
+        <v>41.84</v>
       </c>
       <c r="Y13">
         <v>3.8</v>
       </c>
       <c r="Z13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>229</v>
+      </c>
+      <c r="AD13">
+        <v>70374330</v>
       </c>
       <c r="AE13" t="s">
-        <v>208</v>
+        <v>233</v>
       </c>
       <c r="AF13">
-        <v>951001380</v>
+        <v>953797772</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>209</v>
+        <v>234</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>204</v>
+        <v>231</v>
       </c>
       <c r="AM13" t="s">
-        <v>210</v>
+        <v>82</v>
       </c>
       <c r="AN13" t="s">
-        <v>203</v>
+        <v>230</v>
       </c>
       <c r="AO13">
-        <v>10.99</v>
+        <v>14.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="AQ13"/>
+      <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="AZ13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB13" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="BC13" t="s">
-        <v>204</v>
+        <v>231</v>
       </c>
       <c r="BD13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH13">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="BI13" t="s">
-        <v>214</v>
+        <v>85</v>
       </c>
       <c r="BJ13" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK13" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL13" t="s">
-        <v>215</v>
+        <v>103</v>
       </c>
       <c r="BM13" t="s">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="BN13" t="s">
-        <v>217</v>
+        <v>237</v>
       </c>
       <c r="BO13">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="BS13" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
       <c r="C14" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="D14">
-        <v>594813</v>
+        <v>597837</v>
       </c>
       <c r="E14">
-        <v>118.16</v>
+        <v>57.63</v>
       </c>
       <c r="F14" t="s">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>221</v>
+        <v>241</v>
       </c>
       <c r="I14">
-        <v>89.99</v>
+        <v>24.99</v>
       </c>
       <c r="J14" t="s">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="K14" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L14" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="M14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
-        <v>70928105</v>
+        <v>10796879</v>
       </c>
       <c r="Q14" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
       <c r="R14" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="S14" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="T14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U14" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="V14">
-        <v>594813</v>
+        <v>597837</v>
       </c>
       <c r="W14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X14">
-        <v>118.16</v>
+        <v>57.63</v>
       </c>
       <c r="Y14">
         <v>3.8</v>
       </c>
       <c r="Z14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="AD14">
-        <v>70928105</v>
+        <v>10796879</v>
       </c>
       <c r="AE14" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="AF14">
-        <v>928870090</v>
+        <v>965749390</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>225</v>
+        <v>245</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="AM14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN14" t="s">
-        <v>221</v>
+        <v>241</v>
       </c>
       <c r="AO14">
-        <v>89.99</v>
+        <v>24.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>227</v>
+        <v>246</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="AZ14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA14" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB14" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
       <c r="BC14" t="s">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="BD14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH14">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="BI14" t="s">
-        <v>152</v>
+        <v>85</v>
       </c>
       <c r="BJ14" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK14" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL14" t="s">
-        <v>228</v>
+        <v>197</v>
       </c>
       <c r="BM14" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
       <c r="BN14" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="BO14">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>449</v>
+        <v>219</v>
       </c>
       <c r="BS14" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="C15" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="D15">
-        <v>594716</v>
+        <v>597784</v>
       </c>
       <c r="E15">
-        <v>115.53</v>
+        <v>91.84</v>
       </c>
       <c r="F15" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L15" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="M15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
-        <v>71251624</v>
+        <v>47934600</v>
       </c>
       <c r="Q15" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="R15" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
       <c r="S15" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="T15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U15" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="V15">
-        <v>594716</v>
+        <v>597784</v>
       </c>
       <c r="W15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X15">
-        <v>115.53</v>
+        <v>91.84</v>
       </c>
       <c r="Y15">
         <v>3.8</v>
       </c>
       <c r="Z15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="AD15">
-        <v>71251624</v>
+        <v>47934600</v>
       </c>
       <c r="AE15" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="AF15">
-        <v>972573376</v>
+        <v>956769702</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM15" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN15"/>
       <c r="AO15">
         <v>0</v>
       </c>
       <c r="AP15" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15"/>
       <c r="AY15" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="AZ15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA15" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB15" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="BC15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH15">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="BI15" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ15" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK15" t="s">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="BL15" t="s">
-        <v>83</v>
+        <v>147</v>
       </c>
       <c r="BM15" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="BN15" t="s">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="BO15">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>439</v>
+        <v>349</v>
       </c>
       <c r="BS15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="C16" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="D16">
-        <v>594574</v>
+        <v>597746</v>
       </c>
       <c r="E16">
-        <v>83.95</v>
+        <v>36.58</v>
       </c>
       <c r="F16" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>262</v>
+      </c>
       <c r="I16">
-        <v>0</v>
+        <v>10.99</v>
       </c>
       <c r="J16" t="s">
-        <v>71</v>
+        <v>263</v>
       </c>
       <c r="K16" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="L16" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="M16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>245</v>
+        <v>264</v>
       </c>
       <c r="Q16" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="R16" t="s">
-        <v>246</v>
+        <v>265</v>
       </c>
       <c r="S16" t="s">
-        <v>247</v>
+        <v>265</v>
       </c>
       <c r="T16" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U16" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="V16">
-        <v>594574</v>
+        <v>597746</v>
       </c>
       <c r="W16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X16">
-        <v>83.95</v>
+        <v>36.58</v>
       </c>
       <c r="Y16">
         <v>3.8</v>
       </c>
       <c r="Z16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="AD16" t="s">
-        <v>245</v>
+        <v>264</v>
       </c>
       <c r="AE16" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="AF16">
-        <v>993464871</v>
+        <v>914762119</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>93</v>
+        <v>268</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>71</v>
+        <v>263</v>
       </c>
       <c r="AM16" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN16"/>
+        <v>116</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>262</v>
+      </c>
       <c r="AO16">
-        <v>0</v>
+        <v>10.99</v>
       </c>
       <c r="AP16" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-      <c r="AR16"/>
+        <v>269</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>119</v>
+      </c>
       <c r="AS16"/>
       <c r="AT16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16"/>
       <c r="AY16" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="AZ16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA16" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB16" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="BC16" t="s">
-        <v>71</v>
+        <v>263</v>
       </c>
       <c r="BD16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH16">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="BI16" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ16" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK16" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
       <c r="BL16" t="s">
-        <v>83</v>
+        <v>211</v>
       </c>
       <c r="BM16" t="s">
-        <v>251</v>
+        <v>271</v>
       </c>
       <c r="BN16" t="s">
-        <v>252</v>
+        <v>272</v>
       </c>
       <c r="BO16">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="BP16"/>
+        <v>27</v>
+      </c>
+      <c r="BP16" t="s">
+        <v>270</v>
+      </c>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>319</v>
+        <v>139</v>
       </c>
       <c r="BS16" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>253</v>
+        <v>273</v>
       </c>
       <c r="C17" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="D17">
-        <v>594549</v>
+        <v>597725</v>
       </c>
       <c r="E17">
-        <v>36.58</v>
+        <v>573.42</v>
       </c>
       <c r="F17" t="s">
-        <v>255</v>
+        <v>275</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L17" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="M17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
-        <v>43419852</v>
+        <v>72651910</v>
       </c>
       <c r="Q17" t="s">
-        <v>253</v>
+        <v>273</v>
       </c>
       <c r="R17" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="S17" t="s">
-        <v>256</v>
+        <v>277</v>
       </c>
       <c r="T17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U17" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="V17">
-        <v>594549</v>
+        <v>597725</v>
       </c>
       <c r="W17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X17">
-        <v>36.58</v>
+        <v>573.42</v>
       </c>
       <c r="Y17">
         <v>3.8</v>
       </c>
       <c r="Z17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>255</v>
+        <v>275</v>
       </c>
       <c r="AD17">
-        <v>43419852</v>
+        <v>72651910</v>
       </c>
       <c r="AE17" t="s">
-        <v>257</v>
+        <v>278</v>
       </c>
       <c r="AF17">
-        <v>958974814</v>
+        <v>979695646</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>258</v>
+        <v>279</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>259</v>
+        <v>280</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM17" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN17"/>
       <c r="AO17">
         <v>0</v>
       </c>
       <c r="AP17" t="s">
-        <v>260</v>
+        <v>281</v>
       </c>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17">
         <v>0</v>
       </c>
       <c r="AX17"/>
       <c r="AY17" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="AZ17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA17" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB17" t="s">
-        <v>253</v>
+        <v>273</v>
       </c>
       <c r="BC17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH17">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="BI17" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ17" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK17" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
       <c r="BL17" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="BM17" t="s">
-        <v>261</v>
+        <v>282</v>
       </c>
       <c r="BN17" t="s">
-        <v>262</v>
+        <v>283</v>
       </c>
       <c r="BO17">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>139</v>
+        <v>2179</v>
       </c>
       <c r="BS17" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="C18" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="D18">
-        <v>594528</v>
+        <v>597683</v>
       </c>
       <c r="E18">
-        <v>39.21</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18"/>
       <c r="I18">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
-        <v>267</v>
+        <v>78</v>
       </c>
       <c r="K18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L18" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="M18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
-      <c r="P18" t="s">
-        <v>268</v>
+      <c r="P18">
+        <v>41087751</v>
       </c>
       <c r="Q18" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="R18" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="S18" t="s">
-        <v>269</v>
+        <v>288</v>
       </c>
       <c r="T18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U18" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="V18">
-        <v>594528</v>
+        <v>597683</v>
       </c>
       <c r="W18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X18">
-        <v>39.21</v>
+        <v>55</v>
       </c>
       <c r="Y18">
         <v>3.8</v>
       </c>
       <c r="Z18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>286</v>
+      </c>
+      <c r="AD18">
+        <v>41087751</v>
       </c>
       <c r="AE18" t="s">
-        <v>270</v>
+        <v>289</v>
       </c>
       <c r="AF18">
-        <v>953641531</v>
+        <v>989002225</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>271</v>
+        <v>290</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>164</v>
+        <v>280</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>267</v>
+        <v>78</v>
       </c>
       <c r="AM18" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN18"/>
       <c r="AO18">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="AP18" t="s">
-        <v>272</v>
+        <v>291</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18">
         <v>0</v>
       </c>
       <c r="AX18"/>
       <c r="AY18" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="AZ18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA18" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB18" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="BC18" t="s">
-        <v>267</v>
+        <v>78</v>
       </c>
       <c r="BD18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH18">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="BI18" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ18" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK18" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL18" t="s">
-        <v>273</v>
+        <v>147</v>
       </c>
       <c r="BM18" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="BN18" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="BO18">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>149</v>
+        <v>209</v>
       </c>
       <c r="BS18" t="s">
-        <v>156</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="C19" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="D19">
-        <v>594526</v>
+        <v>597583</v>
       </c>
       <c r="E19">
-        <v>168.16</v>
+        <v>41.84</v>
       </c>
       <c r="F19" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
       <c r="I19">
-        <v>94.2</v>
+        <v>0</v>
       </c>
       <c r="J19" t="s">
-        <v>267</v>
+        <v>78</v>
       </c>
       <c r="K19" t="s">
-        <v>205</v>
+        <v>73</v>
       </c>
       <c r="L19" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="M19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19">
-        <v>75509981</v>
+        <v>41075942</v>
       </c>
       <c r="Q19" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="R19" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="S19" t="s">
-        <v>280</v>
+        <v>297</v>
       </c>
       <c r="T19" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U19" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="V19">
-        <v>594526</v>
+        <v>597583</v>
       </c>
       <c r="W19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X19">
-        <v>168.16</v>
+        <v>41.84</v>
       </c>
       <c r="Y19">
         <v>3.8</v>
       </c>
       <c r="Z19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="AD19">
-        <v>75509981</v>
+        <v>41075942</v>
       </c>
       <c r="AE19" t="s">
-        <v>281</v>
+        <v>298</v>
       </c>
       <c r="AF19">
-        <v>982746798</v>
+        <v>932313871</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>238</v>
+        <v>300</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>267</v>
+        <v>78</v>
       </c>
       <c r="AM19" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN19"/>
       <c r="AO19">
-        <v>94.2</v>
+        <v>0</v>
       </c>
       <c r="AP19" t="s">
-        <v>283</v>
-[...6 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="AQ19"/>
+      <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19">
         <v>0</v>
       </c>
       <c r="AX19"/>
       <c r="AY19" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="AZ19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA19" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB19" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="BC19" t="s">
-        <v>267</v>
+        <v>78</v>
       </c>
       <c r="BD19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH19">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="BI19" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ19" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK19" t="s">
-        <v>166</v>
+        <v>302</v>
       </c>
       <c r="BL19" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="BM19" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="BN19" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="BO19">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>639</v>
+        <v>159</v>
       </c>
       <c r="BS19" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="C20" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="D20">
-        <v>594414</v>
+        <v>597455</v>
       </c>
       <c r="E20">
-        <v>112.64</v>
+        <v>78.68</v>
       </c>
       <c r="F20" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>308</v>
+      </c>
       <c r="I20">
-        <v>0</v>
+        <v>35.99</v>
       </c>
       <c r="J20" t="s">
-        <v>71</v>
+        <v>309</v>
       </c>
       <c r="K20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L20" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="M20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20">
-        <v>41377988</v>
+        <v>44935648</v>
       </c>
       <c r="Q20" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="R20" t="s">
-        <v>289</v>
+        <v>310</v>
       </c>
       <c r="S20" t="s">
-        <v>290</v>
+        <v>311</v>
       </c>
       <c r="T20" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U20" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="V20">
-        <v>594414</v>
+        <v>597455</v>
       </c>
       <c r="W20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X20">
-        <v>112.64</v>
+        <v>78.68</v>
       </c>
       <c r="Y20">
         <v>3.8</v>
       </c>
       <c r="Z20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="AD20">
-        <v>41377988</v>
+        <v>44935648</v>
       </c>
       <c r="AE20" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="AF20">
-        <v>945452584</v>
+        <v>961268220</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>78</v>
+        <v>182</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>71</v>
+        <v>309</v>
       </c>
       <c r="AM20" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN20"/>
+        <v>82</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>308</v>
+      </c>
       <c r="AO20">
-        <v>0</v>
+        <v>35.99</v>
       </c>
       <c r="AP20" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20">
         <v>0</v>
       </c>
       <c r="AX20"/>
       <c r="AY20" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="AZ20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA20" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB20" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="BC20" t="s">
-        <v>71</v>
+        <v>309</v>
       </c>
       <c r="BD20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH20">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="BI20" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ20" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK20" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL20" t="s">
-        <v>97</v>
+        <v>197</v>
       </c>
       <c r="BM20" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="BN20" t="s">
-        <v>295</v>
+        <v>316</v>
       </c>
       <c r="BO20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>428</v>
+        <v>299</v>
       </c>
       <c r="BS20" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="C21" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="D21">
-        <v>594298</v>
+        <v>597438</v>
       </c>
       <c r="E21">
-        <v>433.41</v>
+        <v>76.05</v>
       </c>
       <c r="F21" t="s">
-        <v>298</v>
+        <v>319</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L21" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="M21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21">
-        <v>47591658</v>
+        <v>74304713</v>
       </c>
       <c r="Q21" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="R21" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="S21" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="T21" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U21" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="V21">
-        <v>594298</v>
+        <v>597438</v>
       </c>
       <c r="W21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X21">
-        <v>433.41</v>
+        <v>76.05</v>
       </c>
       <c r="Y21">
         <v>3.8</v>
       </c>
       <c r="Z21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>298</v>
+        <v>319</v>
       </c>
       <c r="AD21">
-        <v>47591658</v>
+        <v>74304713</v>
       </c>
       <c r="AE21" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="AF21">
-        <v>956603681</v>
+        <v>948054000</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>301</v>
+        <v>322</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="AM21"/>
+        <v>78</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>82</v>
+      </c>
       <c r="AN21"/>
       <c r="AO21">
         <v>0</v>
       </c>
       <c r="AP21" t="s">
-        <v>303</v>
+        <v>323</v>
       </c>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21">
         <v>0</v>
       </c>
       <c r="AX21"/>
       <c r="AY21" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="AZ21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA21" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB21" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="BC21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH21">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="BI21" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ21" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK21" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL21" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="BM21" t="s">
-        <v>304</v>
+        <v>324</v>
       </c>
       <c r="BN21" t="s">
-        <v>305</v>
+        <v>325</v>
       </c>
       <c r="BO21">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>1647</v>
+        <v>289</v>
       </c>
       <c r="BS21" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>306</v>
+        <v>326</v>
       </c>
       <c r="C22" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="D22">
-        <v>594257</v>
+        <v>597435</v>
       </c>
       <c r="E22">
-        <v>60.26</v>
+        <v>52.37</v>
       </c>
       <c r="F22" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>329</v>
+      </c>
       <c r="I22">
-        <v>0</v>
+        <v>21.39</v>
       </c>
       <c r="J22" t="s">
-        <v>71</v>
+        <v>330</v>
       </c>
       <c r="K22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L22" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="M22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
-      <c r="P22">
-        <v>60411824</v>
+      <c r="P22" t="s">
+        <v>331</v>
       </c>
       <c r="Q22" t="s">
-        <v>306</v>
+        <v>326</v>
       </c>
       <c r="R22" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="S22" t="s">
-        <v>310</v>
+        <v>332</v>
       </c>
       <c r="T22" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U22" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="V22">
-        <v>594257</v>
+        <v>597435</v>
       </c>
       <c r="W22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X22">
-        <v>60.26</v>
+        <v>52.37</v>
       </c>
       <c r="Y22">
         <v>3.8</v>
       </c>
       <c r="Z22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>60411824</v>
+        <v>328</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>331</v>
       </c>
       <c r="AE22" t="s">
-        <v>311</v>
+        <v>333</v>
       </c>
       <c r="AF22">
-        <v>997177015</v>
+        <v>959788390</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>312</v>
+        <v>334</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>238</v>
+        <v>335</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>71</v>
+        <v>330</v>
       </c>
       <c r="AM22" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN22"/>
+        <v>82</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>329</v>
+      </c>
       <c r="AO22">
-        <v>0</v>
+        <v>21.39</v>
       </c>
       <c r="AP22" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22">
         <v>0</v>
       </c>
       <c r="AX22"/>
       <c r="AY22" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="AZ22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA22" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB22" t="s">
-        <v>306</v>
+        <v>326</v>
       </c>
       <c r="BC22" t="s">
-        <v>71</v>
+        <v>330</v>
       </c>
       <c r="BD22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH22">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="BI22" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ22" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK22" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL22" t="s">
-        <v>107</v>
+        <v>172</v>
       </c>
       <c r="BM22" t="s">
-        <v>314</v>
+        <v>337</v>
       </c>
       <c r="BN22" t="s">
-        <v>315</v>
+        <v>338</v>
       </c>
       <c r="BO22">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>229</v>
+        <v>199</v>
       </c>
       <c r="BS22" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="C23" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="D23">
-        <v>594245</v>
+        <v>597400</v>
       </c>
       <c r="E23">
-        <v>62.89</v>
+        <v>60.26</v>
       </c>
       <c r="F23" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
-      <c r="H23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
       <c r="I23">
-        <v>54.94</v>
+        <v>0</v>
       </c>
       <c r="J23" t="s">
-        <v>320</v>
+        <v>78</v>
       </c>
       <c r="K23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L23" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="M23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23">
-        <v>48407593</v>
+        <v>47312757</v>
       </c>
       <c r="Q23" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="R23" t="s">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="S23" t="s">
-        <v>322</v>
+        <v>342</v>
       </c>
       <c r="T23" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U23" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="V23">
-        <v>594245</v>
+        <v>597400</v>
       </c>
       <c r="W23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X23">
-        <v>62.89</v>
+        <v>60.26</v>
       </c>
       <c r="Y23">
         <v>3.8</v>
       </c>
       <c r="Z23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
       <c r="AD23">
-        <v>48407593</v>
+        <v>47312757</v>
       </c>
       <c r="AE23" t="s">
-        <v>323</v>
+        <v>343</v>
       </c>
       <c r="AF23">
-        <v>953449054</v>
+        <v>954995433</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>324</v>
+        <v>344</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>325</v>
+        <v>345</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>320</v>
+        <v>78</v>
       </c>
       <c r="AM23" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN23"/>
       <c r="AO23">
-        <v>54.94</v>
+        <v>0</v>
       </c>
       <c r="AP23" t="s">
-        <v>326</v>
+        <v>346</v>
       </c>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23">
         <v>0</v>
       </c>
       <c r="AX23"/>
       <c r="AY23" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="AZ23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA23" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB23" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="BC23" t="s">
-        <v>320</v>
+        <v>78</v>
       </c>
       <c r="BD23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH23">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="BI23" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ23" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK23" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL23" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="BM23" t="s">
-        <v>327</v>
+        <v>347</v>
       </c>
       <c r="BN23" t="s">
-        <v>328</v>
+        <v>348</v>
       </c>
       <c r="BO23">
-        <v>61</v>
+        <v>2</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="BS23" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="C24" t="s">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="D24">
-        <v>594200</v>
+        <v>597085</v>
       </c>
       <c r="E24">
-        <v>41.84</v>
+        <v>68.16</v>
       </c>
       <c r="F24" t="s">
-        <v>331</v>
+        <v>351</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L24" t="s">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="M24" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24">
-        <v>42870797</v>
+        <v>74582129</v>
       </c>
       <c r="Q24" t="s">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="R24" t="s">
-        <v>332</v>
+        <v>352</v>
       </c>
       <c r="S24" t="s">
-        <v>332</v>
+        <v>352</v>
       </c>
       <c r="T24" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U24" t="s">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="V24">
-        <v>594200</v>
+        <v>597085</v>
       </c>
       <c r="W24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X24">
-        <v>41.84</v>
+        <v>68.16</v>
       </c>
       <c r="Y24">
         <v>3.8</v>
       </c>
       <c r="Z24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
-        <v>331</v>
+        <v>351</v>
       </c>
       <c r="AD24">
-        <v>42870797</v>
+        <v>74582129</v>
       </c>
       <c r="AE24" t="s">
-        <v>333</v>
+        <v>353</v>
       </c>
       <c r="AF24">
-        <v>997259540</v>
+        <v>977300704</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>334</v>
+        <v>354</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>137</v>
+        <v>280</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM24" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN24"/>
       <c r="AO24">
         <v>0</v>
       </c>
       <c r="AP24" t="s">
-        <v>335</v>
+        <v>355</v>
       </c>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24">
         <v>0</v>
       </c>
       <c r="AX24"/>
       <c r="AY24" t="s">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="AZ24" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA24" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB24" t="s">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="BC24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH24">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="BI24" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ24" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK24" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL24" t="s">
-        <v>83</v>
+        <v>356</v>
       </c>
       <c r="BM24" t="s">
-        <v>336</v>
+        <v>357</v>
       </c>
       <c r="BN24" t="s">
-        <v>337</v>
+        <v>358</v>
       </c>
       <c r="BO24">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>159</v>
+        <v>259</v>
       </c>
       <c r="BS24" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>338</v>
+        <v>359</v>
       </c>
       <c r="C25" t="s">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="D25">
-        <v>594092</v>
+        <v>597053</v>
       </c>
       <c r="E25">
-        <v>62.89</v>
+        <v>57.63</v>
       </c>
       <c r="F25" t="s">
-        <v>340</v>
+        <v>361</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
       <c r="I25">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="J25" t="s">
-        <v>342</v>
+        <v>78</v>
       </c>
       <c r="K25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L25" t="s">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="M25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25">
-        <v>47066770</v>
+        <v>46392081</v>
       </c>
       <c r="Q25" t="s">
-        <v>338</v>
+        <v>359</v>
       </c>
       <c r="R25" t="s">
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="S25" t="s">
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="T25" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U25" t="s">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="V25">
-        <v>594092</v>
+        <v>597053</v>
       </c>
       <c r="W25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X25">
-        <v>62.89</v>
+        <v>57.63</v>
       </c>
       <c r="Y25">
         <v>3.8</v>
       </c>
       <c r="Z25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
-        <v>340</v>
+        <v>361</v>
       </c>
       <c r="AD25">
-        <v>47066770</v>
+        <v>46392081</v>
       </c>
       <c r="AE25" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="AF25">
-        <v>981810854</v>
+        <v>973107014</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>345</v>
+        <v>364</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>342</v>
+        <v>78</v>
       </c>
       <c r="AM25" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN25"/>
       <c r="AO25">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="AP25" t="s">
-        <v>346</v>
+        <v>365</v>
       </c>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25">
         <v>0</v>
       </c>
       <c r="AX25"/>
       <c r="AY25" t="s">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="AZ25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA25" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB25" t="s">
-        <v>338</v>
+        <v>359</v>
       </c>
       <c r="BC25" t="s">
-        <v>342</v>
+        <v>78</v>
       </c>
       <c r="BD25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH25">
-        <v>71</v>
+        <v>47</v>
       </c>
       <c r="BI25" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ25" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK25" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL25" t="s">
-        <v>228</v>
+        <v>184</v>
       </c>
       <c r="BM25" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="BN25" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="BO25">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="BS25" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>349</v>
+        <v>368</v>
       </c>
       <c r="C26" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="D26">
-        <v>594057</v>
+        <v>597008</v>
       </c>
       <c r="E26">
-        <v>110.26</v>
+        <v>44.47</v>
       </c>
       <c r="F26" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L26" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="M26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26">
-        <v>73137185</v>
+        <v>41804278</v>
       </c>
       <c r="Q26" t="s">
-        <v>349</v>
+        <v>368</v>
       </c>
       <c r="R26" t="s">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="S26" t="s">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="T26" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U26" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="V26">
-        <v>594057</v>
+        <v>597008</v>
       </c>
       <c r="W26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X26">
-        <v>110.26</v>
+        <v>44.47</v>
       </c>
       <c r="Y26">
         <v>3.8</v>
       </c>
       <c r="Z26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
       <c r="AD26">
-        <v>73137185</v>
+        <v>41804278</v>
       </c>
       <c r="AE26" t="s">
-        <v>353</v>
+        <v>372</v>
       </c>
       <c r="AF26">
-        <v>934172200</v>
+        <v>952808673</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>354</v>
+        <v>373</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>355</v>
+        <v>115</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM26" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN26"/>
       <c r="AO26">
         <v>0</v>
       </c>
       <c r="AP26" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26">
         <v>0</v>
       </c>
       <c r="AX26"/>
       <c r="AY26" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="AZ26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA26" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB26" t="s">
-        <v>349</v>
+        <v>368</v>
       </c>
       <c r="BC26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH26">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="BI26" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ26" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK26" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL26" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="BM26" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="BN26" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
       <c r="BO26">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>419</v>
+        <v>169</v>
       </c>
       <c r="BS26" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>359</v>
+        <v>377</v>
       </c>
       <c r="C27" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="D27">
-        <v>593913</v>
+        <v>596966</v>
       </c>
       <c r="E27">
-        <v>70.79</v>
+        <v>60.26</v>
       </c>
       <c r="F27" t="s">
-        <v>361</v>
+        <v>379</v>
       </c>
       <c r="G27" t="s">
         <v>70</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L27" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="M27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
-      <c r="P27" t="s">
-        <v>362</v>
+      <c r="P27">
+        <v>40935787</v>
       </c>
       <c r="Q27" t="s">
-        <v>359</v>
+        <v>377</v>
       </c>
       <c r="R27" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
       <c r="S27" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="T27" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U27" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="V27">
-        <v>593913</v>
+        <v>596966</v>
       </c>
       <c r="W27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X27">
-        <v>70.79</v>
+        <v>60.26</v>
       </c>
       <c r="Y27">
         <v>3.8</v>
       </c>
       <c r="Z27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>70</v>
       </c>
       <c r="AC27" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>379</v>
+      </c>
+      <c r="AD27">
+        <v>40935787</v>
       </c>
       <c r="AE27" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="AF27">
-        <v>997520720</v>
+        <v>963703794</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>367</v>
+        <v>170</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM27" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN27"/>
       <c r="AO27">
         <v>0</v>
       </c>
       <c r="AP27" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27">
         <v>0</v>
       </c>
       <c r="AX27"/>
       <c r="AY27" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="AZ27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA27" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB27" t="s">
-        <v>359</v>
+        <v>377</v>
       </c>
       <c r="BC27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH27">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="BI27" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ27" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK27" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL27" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
       <c r="BM27" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
       <c r="BN27" t="s">
-        <v>370</v>
+        <v>386</v>
       </c>
       <c r="BO27">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>269</v>
+        <v>229</v>
       </c>
       <c r="BS27" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="C28" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="D28">
-        <v>593813</v>
+        <v>596243</v>
       </c>
       <c r="E28">
-        <v>65.53</v>
+        <v>49.74</v>
       </c>
       <c r="F28" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L28" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="M28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28">
-        <v>76529274</v>
+        <v>47798757</v>
       </c>
       <c r="Q28" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="R28" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="S28" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="T28" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U28" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="V28">
-        <v>593813</v>
+        <v>596243</v>
       </c>
       <c r="W28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X28">
-        <v>65.53</v>
+        <v>49.74</v>
       </c>
       <c r="Y28">
         <v>3.8</v>
       </c>
       <c r="Z28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>70</v>
       </c>
       <c r="AC28" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="AD28">
-        <v>76529274</v>
+        <v>47798757</v>
       </c>
       <c r="AE28" t="s">
-        <v>375</v>
+        <v>391</v>
       </c>
       <c r="AF28">
-        <v>959183760</v>
+        <v>970451560</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>367</v>
+        <v>115</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM28" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN28"/>
       <c r="AO28">
         <v>0</v>
       </c>
       <c r="AP28" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28">
         <v>0</v>
       </c>
       <c r="AX28"/>
       <c r="AY28" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="AZ28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA28" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB28" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="BC28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH28">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="BI28" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ28" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK28" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL28" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
       <c r="BM28" t="s">
-        <v>378</v>
+        <v>394</v>
       </c>
       <c r="BN28" t="s">
-        <v>379</v>
+        <v>395</v>
       </c>
       <c r="BO28">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>249</v>
+        <v>189</v>
       </c>
       <c r="BS28" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="C29" t="s">
-        <v>381</v>
+        <v>397</v>
       </c>
       <c r="D29">
-        <v>593467</v>
+        <v>595916</v>
       </c>
       <c r="E29">
-        <v>78.68</v>
+        <v>57.63</v>
       </c>
       <c r="F29" t="s">
-        <v>382</v>
+        <v>398</v>
       </c>
       <c r="G29" t="s">
         <v>70</v>
       </c>
-      <c r="H29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
       <c r="I29">
-        <v>38.78</v>
+        <v>0</v>
       </c>
       <c r="J29" t="s">
-        <v>384</v>
+        <v>78</v>
       </c>
       <c r="K29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L29" t="s">
-        <v>381</v>
+        <v>397</v>
       </c>
       <c r="M29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29">
-        <v>72782285</v>
+        <v>40822952</v>
       </c>
       <c r="Q29" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="R29" t="s">
-        <v>380</v>
+        <v>399</v>
       </c>
       <c r="S29" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="T29" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U29" t="s">
-        <v>381</v>
+        <v>397</v>
       </c>
       <c r="V29">
-        <v>593467</v>
+        <v>595916</v>
       </c>
       <c r="W29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X29">
-        <v>78.68</v>
+        <v>57.63</v>
       </c>
       <c r="Y29">
         <v>3.8</v>
       </c>
       <c r="Z29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>70</v>
       </c>
       <c r="AC29" t="s">
-        <v>382</v>
+        <v>398</v>
       </c>
       <c r="AD29">
-        <v>72782285</v>
+        <v>40822952</v>
       </c>
       <c r="AE29" t="s">
-        <v>386</v>
+        <v>400</v>
       </c>
       <c r="AF29">
-        <v>923962218</v>
+        <v>906931329</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>150</v>
+        <v>402</v>
       </c>
       <c r="AK29" t="s">
         <v>70</v>
       </c>
       <c r="AL29" t="s">
-        <v>384</v>
+        <v>78</v>
       </c>
       <c r="AM29" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN29"/>
       <c r="AO29">
-        <v>38.78</v>
+        <v>0</v>
       </c>
       <c r="AP29" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29">
         <v>0</v>
       </c>
       <c r="AX29"/>
       <c r="AY29" t="s">
-        <v>381</v>
+        <v>397</v>
       </c>
       <c r="AZ29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA29" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB29" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="BC29" t="s">
-        <v>384</v>
+        <v>78</v>
       </c>
       <c r="BD29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH29">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="BI29" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ29" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK29" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL29" t="s">
-        <v>389</v>
+        <v>147</v>
       </c>
       <c r="BM29" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="BN29" t="s">
-        <v>391</v>
+        <v>405</v>
       </c>
       <c r="BO29">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>299</v>
+        <v>219</v>
       </c>
       <c r="BS29" t="s">
-        <v>156</v>
+        <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="C30" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="D30">
-        <v>593278</v>
+        <v>595715</v>
       </c>
       <c r="E30">
-        <v>107.63</v>
+        <v>44.47</v>
       </c>
       <c r="F30" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
       <c r="I30">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="J30" t="s">
-        <v>396</v>
+        <v>78</v>
       </c>
       <c r="K30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L30" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="M30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30">
-        <v>75696178</v>
+        <v>73418523</v>
       </c>
       <c r="Q30" t="s">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="R30" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="S30" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="T30" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U30" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="V30">
-        <v>593278</v>
+        <v>595715</v>
       </c>
       <c r="W30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X30">
-        <v>107.63</v>
+        <v>44.47</v>
       </c>
       <c r="Y30">
         <v>3.8</v>
       </c>
       <c r="Z30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>70</v>
       </c>
       <c r="AC30" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="AD30">
-        <v>75696178</v>
+        <v>73418523</v>
       </c>
       <c r="AE30" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="AF30">
-        <v>902663159</v>
+        <v>971499620</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="AK30" t="s">
         <v>70</v>
       </c>
       <c r="AL30" t="s">
-        <v>396</v>
+        <v>78</v>
       </c>
       <c r="AM30" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN30"/>
       <c r="AO30">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="AP30" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30">
         <v>0</v>
       </c>
       <c r="AX30"/>
       <c r="AY30" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="AZ30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA30" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB30" t="s">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="BC30" t="s">
-        <v>396</v>
+        <v>78</v>
       </c>
       <c r="BD30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH30">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="BI30" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ30" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK30" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL30" t="s">
-        <v>389</v>
+        <v>147</v>
       </c>
       <c r="BM30" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="BN30" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="BO30">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
-        <v>409</v>
+        <v>169</v>
       </c>
       <c r="BS30" t="s">
-        <v>156</v>
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="C31" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="D31">
-        <v>593116</v>
+        <v>595573</v>
       </c>
       <c r="E31">
-        <v>68.16</v>
+        <v>57.63</v>
       </c>
       <c r="F31" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>419</v>
+      </c>
       <c r="I31">
-        <v>0</v>
+        <v>24.98</v>
       </c>
       <c r="J31" t="s">
-        <v>71</v>
+        <v>420</v>
       </c>
       <c r="K31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L31" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="M31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31">
-        <v>44554647</v>
+        <v>76346631</v>
       </c>
       <c r="Q31" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="R31" t="s">
-        <v>407</v>
+        <v>421</v>
       </c>
       <c r="S31" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="T31" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U31" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="V31">
-        <v>593116</v>
+        <v>595573</v>
       </c>
       <c r="W31" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X31">
-        <v>68.16</v>
+        <v>57.63</v>
       </c>
       <c r="Y31">
         <v>3.8</v>
       </c>
       <c r="Z31" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>70</v>
       </c>
       <c r="AC31" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="AD31">
-        <v>44554647</v>
+        <v>76346631</v>
       </c>
       <c r="AE31" t="s">
-        <v>409</v>
+        <v>423</v>
       </c>
       <c r="AF31">
-        <v>922879988</v>
+        <v>993946003</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>410</v>
+        <v>424</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>411</v>
+        <v>134</v>
       </c>
       <c r="AK31" t="s">
         <v>70</v>
       </c>
       <c r="AL31" t="s">
-        <v>71</v>
+        <v>420</v>
       </c>
       <c r="AM31" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN31"/>
+        <v>82</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>419</v>
+      </c>
       <c r="AO31">
-        <v>0</v>
+        <v>24.98</v>
       </c>
       <c r="AP31" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31">
         <v>0</v>
       </c>
       <c r="AX31"/>
       <c r="AY31" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="AZ31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA31" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB31" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="BC31" t="s">
+        <v>420</v>
+      </c>
+      <c r="BD31" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE31" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF31" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG31" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH31">
         <v>71</v>
       </c>
-      <c r="BD31" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="BI31" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ31" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK31" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL31" t="s">
-        <v>107</v>
+        <v>426</v>
       </c>
       <c r="BM31" t="s">
-        <v>413</v>
+        <v>427</v>
       </c>
       <c r="BN31" t="s">
-        <v>414</v>
+        <v>428</v>
       </c>
       <c r="BO31">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>259</v>
+        <v>219</v>
       </c>
       <c r="BS31" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="C32" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="D32">
-        <v>593047</v>
+        <v>595376</v>
       </c>
       <c r="E32">
-        <v>168.16</v>
+        <v>57.63</v>
       </c>
       <c r="F32" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L32" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="M32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N32"/>
       <c r="O32"/>
-      <c r="P32">
-        <v>41498040</v>
+      <c r="P32" t="s">
+        <v>432</v>
       </c>
       <c r="Q32" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="R32" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
       <c r="S32" t="s">
-        <v>419</v>
+        <v>433</v>
       </c>
       <c r="T32" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U32" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="V32">
-        <v>593047</v>
+        <v>595376</v>
       </c>
       <c r="W32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X32">
-        <v>168.16</v>
+        <v>57.63</v>
       </c>
       <c r="Y32">
         <v>3.8</v>
       </c>
       <c r="Z32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>70</v>
       </c>
       <c r="AC32" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>41498040</v>
+        <v>431</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>432</v>
       </c>
       <c r="AE32" t="s">
-        <v>420</v>
+        <v>434</v>
       </c>
       <c r="AF32">
-        <v>991487762</v>
+        <v>990815756</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>421</v>
+        <v>435</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>422</v>
+        <v>101</v>
       </c>
       <c r="AK32" t="s">
         <v>70</v>
       </c>
       <c r="AL32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM32" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN32"/>
       <c r="AO32">
         <v>0</v>
       </c>
       <c r="AP32" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32">
         <v>0</v>
       </c>
       <c r="AX32"/>
       <c r="AY32" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="AZ32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA32" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB32" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="BC32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG32" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH32">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="BI32" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ32" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK32" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL32" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
       <c r="BM32" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="BN32" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="BO32">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>639</v>
+        <v>219</v>
       </c>
       <c r="BS32" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="C33" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="D33">
-        <v>593004</v>
+        <v>595212</v>
       </c>
       <c r="E33">
-        <v>76.05</v>
+        <v>70.79</v>
       </c>
       <c r="F33" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K33" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L33" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="M33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33">
-        <v>70318205</v>
+        <v>70726675</v>
       </c>
       <c r="Q33" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="R33" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="S33" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="T33" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U33" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="V33">
-        <v>593004</v>
+        <v>595212</v>
       </c>
       <c r="W33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X33">
-        <v>76.05</v>
+        <v>70.79</v>
       </c>
       <c r="Y33">
         <v>3.8</v>
       </c>
       <c r="Z33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>70</v>
       </c>
       <c r="AC33" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="AD33">
-        <v>70318205</v>
+        <v>70726675</v>
       </c>
       <c r="AE33" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="AF33">
-        <v>949292060</v>
+        <v>947800025</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>226</v>
+        <v>115</v>
       </c>
       <c r="AK33" t="s">
         <v>70</v>
       </c>
       <c r="AL33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM33" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN33"/>
       <c r="AO33">
         <v>0</v>
       </c>
       <c r="AP33" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33">
         <v>0</v>
       </c>
       <c r="AX33"/>
       <c r="AY33" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="AZ33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA33" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB33" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="BC33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH33">
-        <v>109</v>
+        <v>82</v>
       </c>
       <c r="BI33" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ33" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK33" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL33" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM33" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="BN33" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="BO33">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>289</v>
+        <v>269</v>
       </c>
       <c r="BS33" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="C34" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="D34">
-        <v>592905</v>
+        <v>595160</v>
       </c>
       <c r="E34">
-        <v>86.58</v>
+        <v>62.89</v>
       </c>
       <c r="F34" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34"/>
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L34" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="M34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34">
-        <v>75800211</v>
+        <v>72642453</v>
       </c>
       <c r="Q34" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="R34" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="S34" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="T34" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U34" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="V34">
-        <v>592905</v>
+        <v>595160</v>
       </c>
       <c r="W34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X34">
-        <v>86.58</v>
+        <v>62.89</v>
       </c>
       <c r="Y34">
         <v>3.8</v>
       </c>
       <c r="Z34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>70</v>
       </c>
       <c r="AC34" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="AD34">
-        <v>75800211</v>
+        <v>72642453</v>
       </c>
       <c r="AE34" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="AF34">
-        <v>972157153</v>
+        <v>994955523</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>400</v>
+        <v>115</v>
       </c>
       <c r="AK34" t="s">
         <v>70</v>
       </c>
       <c r="AL34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM34" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN34"/>
       <c r="AO34">
         <v>0</v>
       </c>
       <c r="AP34" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34">
         <v>0</v>
       </c>
       <c r="AX34"/>
       <c r="AY34" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="AZ34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA34" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB34" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="BC34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH34">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="BI34" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ34" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK34" t="s">
-        <v>166</v>
+        <v>302</v>
       </c>
       <c r="BL34" t="s">
-        <v>107</v>
+        <v>356</v>
       </c>
       <c r="BM34" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="BN34" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="BO34">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>329</v>
+        <v>239</v>
       </c>
       <c r="BS34" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="C35" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="D35">
-        <v>592771</v>
+        <v>595073</v>
       </c>
       <c r="E35">
-        <v>65.53</v>
+        <v>205</v>
       </c>
       <c r="F35" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
-      <c r="H35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H35"/>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35" t="s">
-        <v>449</v>
+        <v>78</v>
       </c>
       <c r="K35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L35" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="M35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35">
-        <v>73054461</v>
+        <v>25564224</v>
       </c>
       <c r="Q35" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="R35" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="S35" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="T35" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U35" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="V35">
-        <v>592771</v>
+        <v>595073</v>
       </c>
       <c r="W35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X35">
-        <v>65.53</v>
+        <v>205</v>
       </c>
       <c r="Y35">
         <v>3.8</v>
       </c>
       <c r="Z35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>70</v>
       </c>
       <c r="AC35" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="AD35">
-        <v>73054461</v>
+        <v>25564224</v>
       </c>
       <c r="AE35" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="AF35">
-        <v>945061519</v>
+        <v>993430853</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>78</v>
+        <v>465</v>
       </c>
       <c r="AK35" t="s">
         <v>70</v>
       </c>
       <c r="AL35" t="s">
-        <v>449</v>
+        <v>78</v>
       </c>
       <c r="AM35" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN35"/>
       <c r="AO35">
         <v>0</v>
       </c>
       <c r="AP35" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35">
         <v>0</v>
       </c>
       <c r="AX35"/>
       <c r="AY35" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="AZ35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA35" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB35" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="BC35" t="s">
-        <v>449</v>
+        <v>78</v>
       </c>
       <c r="BD35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH35">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="BI35" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ35" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK35" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL35" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="BM35" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="BN35" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="BO35">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>249</v>
+        <v>779</v>
       </c>
       <c r="BS35" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="C36" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="D36">
-        <v>592333</v>
+        <v>595023</v>
       </c>
       <c r="E36">
-        <v>89.21</v>
+        <v>36.58</v>
       </c>
       <c r="F36" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="I36">
-        <v>49.99</v>
+        <v>10.99</v>
       </c>
       <c r="J36" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="K36" t="s">
-        <v>461</v>
+        <v>111</v>
       </c>
       <c r="L36" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="M36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N36"/>
       <c r="O36"/>
-      <c r="P36">
-        <v>44460847</v>
+      <c r="P36" t="s">
+        <v>474</v>
       </c>
       <c r="Q36" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="R36" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
       <c r="S36" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="T36" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U36" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="V36">
-        <v>592333</v>
+        <v>595023</v>
       </c>
       <c r="W36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X36">
-        <v>89.21</v>
+        <v>36.58</v>
       </c>
       <c r="Y36">
         <v>3.8</v>
       </c>
       <c r="Z36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>70</v>
       </c>
       <c r="AC36" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>44460847</v>
+        <v>471</v>
+      </c>
+      <c r="AD36" t="s">
+        <v>474</v>
       </c>
       <c r="AE36" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="AF36">
-        <v>941929214</v>
+        <v>951001380</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>466</v>
+        <v>115</v>
       </c>
       <c r="AK36" t="s">
         <v>70</v>
       </c>
       <c r="AL36" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="AM36" t="s">
-        <v>79</v>
+        <v>116</v>
       </c>
       <c r="AN36" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="AO36">
-        <v>49.99</v>
+        <v>10.99</v>
       </c>
       <c r="AP36" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-      <c r="AR36"/>
+        <v>269</v>
+      </c>
+      <c r="AQ36" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR36" t="s">
+        <v>119</v>
+      </c>
       <c r="AS36"/>
       <c r="AT36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36">
         <v>0</v>
       </c>
       <c r="AX36"/>
       <c r="AY36" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="AZ36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA36" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB36" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="BC36" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="BD36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH36">
-        <v>130</v>
+        <v>87</v>
       </c>
       <c r="BI36" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="BJ36" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK36" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL36" t="s">
-        <v>468</v>
+        <v>211</v>
       </c>
       <c r="BM36" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="BN36" t="s">
-        <v>71</v>
+        <v>479</v>
       </c>
       <c r="BO36">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="BP36"/>
+        <v>26</v>
+      </c>
+      <c r="BP36" t="s">
+        <v>270</v>
+      </c>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>339</v>
+        <v>139</v>
       </c>
       <c r="BS36" t="s">
-        <v>156</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="C37" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="D37">
-        <v>592223</v>
+        <v>594813</v>
       </c>
       <c r="E37">
-        <v>168.16</v>
+        <v>118.16</v>
       </c>
       <c r="F37" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="I37">
-        <v>80.07</v>
+        <v>89.99</v>
       </c>
       <c r="J37" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="K37" t="s">
-        <v>205</v>
+        <v>73</v>
       </c>
       <c r="L37" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="M37" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37">
-        <v>70877993</v>
+        <v>70928105</v>
       </c>
       <c r="Q37" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="R37" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="S37" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="T37" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U37" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="V37">
-        <v>592223</v>
+        <v>594813</v>
       </c>
       <c r="W37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X37">
-        <v>168.16</v>
+        <v>118.16</v>
       </c>
       <c r="Y37">
         <v>3.8</v>
       </c>
       <c r="Z37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>70</v>
       </c>
       <c r="AC37" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="AD37">
-        <v>70877993</v>
+        <v>70928105</v>
       </c>
       <c r="AE37" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="AF37">
-        <v>976006157</v>
+        <v>928870090</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>479</v>
+        <v>223</v>
       </c>
       <c r="AK37" t="s">
         <v>70</v>
       </c>
       <c r="AL37" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="AM37" t="s">
-        <v>210</v>
+        <v>82</v>
       </c>
       <c r="AN37" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="AO37">
-        <v>80.07</v>
+        <v>89.99</v>
       </c>
       <c r="AP37" t="s">
-        <v>283</v>
-[...6 lines deleted...]
-      </c>
+        <v>488</v>
+      </c>
+      <c r="AQ37"/>
+      <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37">
         <v>0</v>
       </c>
       <c r="AX37"/>
       <c r="AY37" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="AZ37" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA37" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB37" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="BC37" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="BD37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH37">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="BI37" t="s">
-        <v>214</v>
+        <v>85</v>
       </c>
       <c r="BJ37" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK37" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL37" t="s">
-        <v>215</v>
+        <v>489</v>
       </c>
       <c r="BM37" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="BN37" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="BO37">
         <v>17</v>
       </c>
-      <c r="BP37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>639</v>
+        <v>449</v>
       </c>
       <c r="BS37" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="C38" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="D38">
-        <v>591910</v>
+        <v>594716</v>
       </c>
       <c r="E38">
-        <v>89.21</v>
+        <v>115.53</v>
       </c>
       <c r="F38" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K38" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L38" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="M38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38">
-        <v>77036421</v>
+        <v>71251624</v>
       </c>
       <c r="Q38" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="R38" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="S38" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="T38" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U38" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="V38">
-        <v>591910</v>
+        <v>594716</v>
       </c>
       <c r="W38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X38">
-        <v>89.21</v>
+        <v>115.53</v>
       </c>
       <c r="Y38">
         <v>3.8</v>
       </c>
       <c r="Z38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>70</v>
       </c>
       <c r="AC38" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="AD38">
-        <v>77036421</v>
+        <v>71251624</v>
       </c>
       <c r="AE38" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="AF38">
-        <v>949259063</v>
+        <v>972573376</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>137</v>
+        <v>158</v>
       </c>
       <c r="AK38" t="s">
         <v>70</v>
       </c>
       <c r="AL38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM38" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN38"/>
       <c r="AO38">
         <v>0</v>
       </c>
       <c r="AP38" t="s">
-        <v>488</v>
+        <v>499</v>
       </c>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38">
         <v>0</v>
       </c>
       <c r="AX38"/>
       <c r="AY38" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="AZ38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA38" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB38" t="s">
+        <v>492</v>
+      </c>
+      <c r="BC38" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD38" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE38" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF38" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG38" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH38">
         <v>95</v>
       </c>
-      <c r="BB38" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="BI38" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ38" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK38" t="s">
-        <v>82</v>
+        <v>302</v>
       </c>
       <c r="BL38" t="s">
-        <v>107</v>
+        <v>356</v>
       </c>
       <c r="BM38" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
       <c r="BN38" t="s">
-        <v>71</v>
+        <v>501</v>
       </c>
       <c r="BO38">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>339</v>
+        <v>439</v>
       </c>
       <c r="BS38" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="C39" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="D39">
-        <v>591585</v>
+        <v>594574</v>
       </c>
       <c r="E39">
-        <v>73.16</v>
+        <v>83.95</v>
       </c>
       <c r="F39" t="s">
-        <v>492</v>
+        <v>504</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
       <c r="I39">
-        <v>21.98</v>
+        <v>0</v>
       </c>
       <c r="J39" t="s">
-        <v>494</v>
+        <v>78</v>
       </c>
       <c r="K39" t="s">
-        <v>205</v>
+        <v>73</v>
       </c>
       <c r="L39" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="M39" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N39"/>
       <c r="O39"/>
-      <c r="P39">
-        <v>43270053</v>
+      <c r="P39" t="s">
+        <v>505</v>
       </c>
       <c r="Q39" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="R39" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="S39" t="s">
-        <v>495</v>
+        <v>507</v>
       </c>
       <c r="T39" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U39" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="V39">
-        <v>591585</v>
+        <v>594574</v>
       </c>
       <c r="W39" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X39">
-        <v>73.16</v>
+        <v>83.95</v>
       </c>
       <c r="Y39">
         <v>3.8</v>
       </c>
       <c r="Z39" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>70</v>
       </c>
       <c r="AC39" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>43270053</v>
+        <v>504</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>505</v>
       </c>
       <c r="AE39" t="s">
-        <v>496</v>
+        <v>508</v>
       </c>
       <c r="AF39">
-        <v>988260163</v>
+        <v>993464871</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>497</v>
+        <v>509</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>498</v>
+        <v>115</v>
       </c>
       <c r="AK39" t="s">
         <v>70</v>
       </c>
       <c r="AL39" t="s">
-        <v>494</v>
+        <v>78</v>
       </c>
       <c r="AM39" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN39"/>
       <c r="AO39">
-        <v>21.98</v>
+        <v>0</v>
       </c>
       <c r="AP39" t="s">
-        <v>499</v>
-[...6 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="AQ39"/>
+      <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39">
         <v>0</v>
       </c>
       <c r="AX39"/>
       <c r="AY39" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="AZ39" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA39" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB39" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="BC39" t="s">
-        <v>494</v>
+        <v>78</v>
       </c>
       <c r="BD39" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE39" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF39" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG39" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH39">
-        <v>150</v>
+        <v>101</v>
       </c>
       <c r="BI39" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ39" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK39" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
       <c r="BL39" t="s">
-        <v>500</v>
+        <v>356</v>
       </c>
       <c r="BM39" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="BN39" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="BO39">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39">
-        <v>278</v>
+        <v>319</v>
       </c>
       <c r="BS39" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="D40">
-        <v>591520</v>
+        <v>594549</v>
       </c>
       <c r="E40">
-        <v>76.05</v>
+        <v>36.58</v>
       </c>
       <c r="F40" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
       <c r="I40">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="J40" t="s">
-        <v>507</v>
+        <v>78</v>
       </c>
       <c r="K40" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L40" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="M40" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40">
-        <v>48078104</v>
+        <v>43419852</v>
       </c>
       <c r="Q40" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="R40" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="S40" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="T40" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U40" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="V40">
-        <v>591520</v>
+        <v>594549</v>
       </c>
       <c r="W40" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X40">
-        <v>76.05</v>
+        <v>36.58</v>
       </c>
       <c r="Y40">
         <v>3.8</v>
       </c>
       <c r="Z40" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>70</v>
       </c>
       <c r="AC40" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="AD40">
-        <v>48078104</v>
+        <v>43419852</v>
       </c>
       <c r="AE40" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="AF40">
-        <v>990991554</v>
+        <v>958974814</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>367</v>
+        <v>519</v>
       </c>
       <c r="AK40" t="s">
         <v>70</v>
       </c>
       <c r="AL40" t="s">
-        <v>507</v>
+        <v>78</v>
       </c>
       <c r="AM40" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN40"/>
       <c r="AO40">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="AP40" t="s">
-        <v>512</v>
-[...9 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="AQ40"/>
+      <c r="AR40"/>
+      <c r="AS40"/>
       <c r="AT40" t="s">
-        <v>516</v>
+        <v>78</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40">
         <v>0</v>
       </c>
       <c r="AX40"/>
       <c r="AY40" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="AZ40" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA40" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB40" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="BC40" t="s">
-        <v>507</v>
+        <v>78</v>
       </c>
       <c r="BD40" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE40" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF40" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG40" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH40">
-        <v>152</v>
+        <v>102</v>
       </c>
       <c r="BI40" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ40" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK40" t="s">
-        <v>517</v>
+        <v>210</v>
       </c>
       <c r="BL40" t="s">
-        <v>389</v>
+        <v>147</v>
       </c>
       <c r="BM40" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="BN40" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="BO40">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>289</v>
+        <v>139</v>
       </c>
       <c r="BS40" t="s">
-        <v>156</v>
+        <v>91</v>
       </c>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C41" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D41">
-        <v>591485</v>
+        <v>594528</v>
       </c>
       <c r="E41">
-        <v>102.37</v>
+        <v>39.21</v>
       </c>
       <c r="F41" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="G41" t="s">
         <v>70</v>
       </c>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>526</v>
+      </c>
       <c r="I41">
-        <v>0</v>
+        <v>12.99</v>
       </c>
       <c r="J41" t="s">
-        <v>71</v>
+        <v>527</v>
       </c>
       <c r="K41" t="s">
+        <v>73</v>
+      </c>
+      <c r="L41" t="s">
         <v>524</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M41" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N41"/>
       <c r="O41"/>
-      <c r="P41">
-        <v>20220838</v>
+      <c r="P41" t="s">
+        <v>528</v>
       </c>
       <c r="Q41" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="R41" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="S41" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="T41" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U41" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="V41">
-        <v>591485</v>
+        <v>594528</v>
       </c>
       <c r="W41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X41">
-        <v>102.37</v>
+        <v>39.21</v>
       </c>
       <c r="Y41">
         <v>3.8</v>
       </c>
       <c r="Z41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>70</v>
       </c>
       <c r="AC41" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>20220838</v>
+        <v>525</v>
+      </c>
+      <c r="AD41" t="s">
+        <v>528</v>
       </c>
       <c r="AE41" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="AF41">
-        <v>920585198</v>
+        <v>953641531</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>164</v>
+        <v>101</v>
       </c>
       <c r="AK41" t="s">
         <v>70</v>
       </c>
       <c r="AL41" t="s">
-        <v>71</v>
+        <v>527</v>
       </c>
       <c r="AM41" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN41"/>
+        <v>82</v>
+      </c>
+      <c r="AN41" t="s">
+        <v>526</v>
+      </c>
       <c r="AO41">
-        <v>0</v>
+        <v>12.99</v>
       </c>
       <c r="AP41" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41">
         <v>0</v>
       </c>
       <c r="AX41"/>
       <c r="AY41" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="AZ41" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA41" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB41" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="BC41" t="s">
-        <v>71</v>
+        <v>527</v>
       </c>
       <c r="BD41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH41">
-        <v>153</v>
+        <v>102</v>
       </c>
       <c r="BI41" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ41" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK41" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL41" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="BM41" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="BN41" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="BO41">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>389</v>
+        <v>149</v>
       </c>
       <c r="BS41" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C42" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D42">
-        <v>591349</v>
+        <v>594526</v>
       </c>
       <c r="E42">
-        <v>83.95</v>
+        <v>168.16</v>
       </c>
       <c r="F42" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="G42" t="s">
         <v>70</v>
       </c>
-      <c r="H42"/>
+      <c r="H42" t="s">
+        <v>538</v>
+      </c>
       <c r="I42">
-        <v>0</v>
+        <v>94.2</v>
       </c>
       <c r="J42" t="s">
-        <v>71</v>
+        <v>527</v>
       </c>
       <c r="K42" t="s">
-        <v>205</v>
+        <v>111</v>
       </c>
       <c r="L42" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="M42" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42">
-        <v>47818231</v>
+        <v>75509981</v>
       </c>
       <c r="Q42" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="R42" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="S42" t="s">
+        <v>539</v>
+      </c>
+      <c r="T42" t="s">
+        <v>77</v>
+      </c>
+      <c r="U42" t="s">
         <v>536</v>
       </c>
-      <c r="T42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V42">
-        <v>591349</v>
+        <v>594526</v>
       </c>
       <c r="W42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X42">
-        <v>83.95</v>
+        <v>168.16</v>
       </c>
       <c r="Y42">
         <v>3.8</v>
       </c>
       <c r="Z42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>70</v>
       </c>
       <c r="AC42" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="AD42">
-        <v>47818231</v>
+        <v>75509981</v>
       </c>
       <c r="AE42" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="AF42">
-        <v>986634248</v>
+        <v>982746798</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>367</v>
+        <v>158</v>
       </c>
       <c r="AK42" t="s">
         <v>70</v>
       </c>
       <c r="AL42" t="s">
-        <v>71</v>
+        <v>527</v>
       </c>
       <c r="AM42" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="AN42"/>
+        <v>116</v>
+      </c>
+      <c r="AN42" t="s">
+        <v>538</v>
+      </c>
       <c r="AO42">
-        <v>0</v>
+        <v>94.2</v>
       </c>
       <c r="AP42" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-      <c r="AR42"/>
+        <v>542</v>
+      </c>
+      <c r="AQ42" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR42" t="s">
+        <v>119</v>
+      </c>
       <c r="AS42"/>
       <c r="AT42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42">
         <v>0</v>
       </c>
       <c r="AX42"/>
       <c r="AY42" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="AZ42" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA42" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB42" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="BC42" t="s">
-        <v>71</v>
+        <v>527</v>
       </c>
       <c r="BD42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH42">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="BI42" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ42" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK42" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
       <c r="BL42" t="s">
-        <v>97</v>
+        <v>211</v>
       </c>
       <c r="BM42" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="BN42" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="BO42">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="BP42"/>
+        <v>41</v>
+      </c>
+      <c r="BP42" t="s">
+        <v>270</v>
+      </c>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>319</v>
+        <v>639</v>
       </c>
       <c r="BS42" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C43" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D43">
-        <v>591328</v>
+        <v>594414</v>
       </c>
       <c r="E43">
-        <v>172.89</v>
+        <v>112.64</v>
       </c>
       <c r="F43" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G43" t="s">
         <v>70</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="J43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K43" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L43" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="M43" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43">
-        <v>74697760</v>
+        <v>41377988</v>
       </c>
       <c r="Q43" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="R43" t="s">
+        <v>548</v>
+      </c>
+      <c r="S43" t="s">
+        <v>549</v>
+      </c>
+      <c r="T43" t="s">
+        <v>77</v>
+      </c>
+      <c r="U43" t="s">
         <v>546</v>
       </c>
-      <c r="S43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V43">
-        <v>591328</v>
+        <v>594414</v>
       </c>
       <c r="W43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X43">
-        <v>172.89</v>
+        <v>112.64</v>
       </c>
       <c r="Y43">
         <v>3.8</v>
       </c>
       <c r="Z43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>70</v>
       </c>
       <c r="AC43" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="AD43">
-        <v>74697760</v>
+        <v>41377988</v>
       </c>
       <c r="AE43" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="AF43">
-        <v>956756430</v>
+        <v>945452584</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>549</v>
+        <v>280</v>
       </c>
       <c r="AK43" t="s">
         <v>70</v>
       </c>
       <c r="AL43" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="AM43"/>
+        <v>78</v>
+      </c>
+      <c r="AM43" t="s">
+        <v>82</v>
+      </c>
       <c r="AN43"/>
       <c r="AO43">
         <v>0</v>
       </c>
       <c r="AP43" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43">
         <v>0</v>
       </c>
       <c r="AX43"/>
       <c r="AY43" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="AZ43" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA43" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB43" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="BC43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH43">
-        <v>159</v>
+        <v>107</v>
       </c>
       <c r="BI43" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ43" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK43" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL43" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM43" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="BN43" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="BO43">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>657</v>
+        <v>428</v>
       </c>
       <c r="BS43" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C44" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D44">
-        <v>591295</v>
+        <v>594298</v>
       </c>
       <c r="E44">
-        <v>831.32</v>
+        <v>433.41</v>
       </c>
       <c r="F44" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G44" t="s">
         <v>70</v>
       </c>
-      <c r="H44" t="s">
+      <c r="H44"/>
+      <c r="I44">
+        <v>0</v>
+      </c>
+      <c r="J44" t="s">
+        <v>78</v>
+      </c>
+      <c r="K44" t="s">
+        <v>73</v>
+      </c>
+      <c r="L44" t="s">
         <v>556</v>
       </c>
-      <c r="I44">
-[...10 lines deleted...]
-      </c>
       <c r="M44" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44">
-        <v>44592206</v>
+        <v>47591658</v>
       </c>
       <c r="Q44" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="R44" t="s">
         <v>558</v>
       </c>
       <c r="S44" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="T44" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U44" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="V44">
-        <v>591295</v>
+        <v>594298</v>
       </c>
       <c r="W44" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X44">
-        <v>831.32</v>
+        <v>433.41</v>
       </c>
       <c r="Y44">
         <v>3.8</v>
       </c>
       <c r="Z44" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>70</v>
       </c>
       <c r="AC44" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="AD44">
-        <v>44592206</v>
+        <v>47591658</v>
       </c>
       <c r="AE44" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="AF44">
-        <v>993674031</v>
+        <v>956603681</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
+        <v>561</v>
+      </c>
+      <c r="AK44" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL44" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM44"/>
+      <c r="AN44"/>
+      <c r="AO44">
+        <v>0</v>
+      </c>
+      <c r="AP44" t="s">
         <v>562</v>
       </c>
-      <c r="AK44" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="AQ44"/>
+      <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44">
         <v>0</v>
       </c>
       <c r="AX44"/>
       <c r="AY44" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="AZ44" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA44" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB44" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="BC44" t="s">
-        <v>557</v>
+        <v>78</v>
       </c>
       <c r="BD44" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE44" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF44" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG44" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH44">
-        <v>160</v>
+        <v>111</v>
       </c>
       <c r="BI44" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ44" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK44" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL44" t="s">
-        <v>215</v>
+        <v>184</v>
       </c>
       <c r="BM44" t="s">
+        <v>563</v>
+      </c>
+      <c r="BN44" t="s">
         <v>564</v>
       </c>
-      <c r="BN44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO44">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>3159</v>
+        <v>1647</v>
       </c>
       <c r="BS44" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
+        <v>565</v>
+      </c>
+      <c r="C45" t="s">
         <v>566</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45">
+        <v>594257</v>
+      </c>
+      <c r="E45">
+        <v>60.26</v>
+      </c>
+      <c r="F45" t="s">
         <v>567</v>
       </c>
-      <c r="D45">
-[...7 lines deleted...]
-      </c>
       <c r="G45" t="s">
         <v>70</v>
       </c>
-      <c r="H45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
       <c r="I45">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>557</v>
+        <v>78</v>
       </c>
       <c r="K45" t="s">
-        <v>570</v>
+        <v>73</v>
       </c>
       <c r="L45" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="M45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N45"/>
       <c r="O45"/>
-      <c r="P45" t="s">
-        <v>571</v>
+      <c r="P45">
+        <v>60411824</v>
       </c>
       <c r="Q45" t="s">
+        <v>565</v>
+      </c>
+      <c r="R45" t="s">
+        <v>568</v>
+      </c>
+      <c r="S45" t="s">
+        <v>569</v>
+      </c>
+      <c r="T45" t="s">
+        <v>77</v>
+      </c>
+      <c r="U45" t="s">
         <v>566</v>
       </c>
-      <c r="R45" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V45">
-        <v>591269</v>
+        <v>594257</v>
       </c>
       <c r="W45" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X45">
-        <v>125.78</v>
+        <v>60.26</v>
       </c>
       <c r="Y45">
         <v>3.8</v>
       </c>
       <c r="Z45" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>70</v>
       </c>
       <c r="AC45" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>567</v>
+      </c>
+      <c r="AD45">
+        <v>60411824</v>
       </c>
       <c r="AE45" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="AF45">
-        <v>927784413</v>
+        <v>997177015</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>367</v>
+        <v>158</v>
       </c>
       <c r="AK45" t="s">
         <v>70</v>
       </c>
       <c r="AL45" t="s">
-        <v>557</v>
+        <v>78</v>
       </c>
       <c r="AM45" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN45"/>
       <c r="AO45">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="AP45" t="s">
-        <v>576</v>
-[...9 lines deleted...]
-      </c>
+        <v>572</v>
+      </c>
+      <c r="AQ45"/>
+      <c r="AR45"/>
+      <c r="AS45"/>
       <c r="AT45" t="s">
-        <v>578</v>
+        <v>78</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45">
         <v>0</v>
       </c>
       <c r="AX45"/>
       <c r="AY45" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="AZ45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA45" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB45" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="BC45" t="s">
-        <v>557</v>
+        <v>78</v>
       </c>
       <c r="BD45" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE45" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF45" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG45" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH45">
-        <v>161</v>
+        <v>112</v>
       </c>
       <c r="BI45" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ45" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK45" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
       <c r="BL45" t="s">
-        <v>579</v>
+        <v>147</v>
       </c>
       <c r="BM45" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="BN45" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="BO45">
         <v>8</v>
       </c>
-      <c r="BP45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>478</v>
+        <v>229</v>
       </c>
       <c r="BS45" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="C46" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="D46">
-        <v>580491</v>
+        <v>594245</v>
       </c>
       <c r="E46">
-        <v>44.47</v>
+        <v>62.89</v>
       </c>
       <c r="F46" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="G46" t="s">
         <v>70</v>
       </c>
-      <c r="H46"/>
+      <c r="H46" t="s">
+        <v>578</v>
+      </c>
       <c r="I46">
-        <v>0</v>
+        <v>54.94</v>
       </c>
       <c r="J46" t="s">
-        <v>71</v>
+        <v>579</v>
       </c>
       <c r="K46" t="s">
-        <v>586</v>
+        <v>73</v>
       </c>
       <c r="L46" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="M46" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46">
-        <v>42646831</v>
+        <v>48407593</v>
       </c>
       <c r="Q46" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="R46" t="s">
-        <v>587</v>
+        <v>580</v>
       </c>
       <c r="S46" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="T46" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U46" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="V46">
-        <v>580491</v>
+        <v>594245</v>
       </c>
       <c r="W46" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X46">
-        <v>44.47</v>
+        <v>62.89</v>
       </c>
       <c r="Y46">
         <v>3.8</v>
       </c>
       <c r="Z46" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>70</v>
       </c>
       <c r="AC46" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="AD46">
-        <v>42646831</v>
+        <v>48407593</v>
       </c>
       <c r="AE46" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="AF46">
-        <v>970023330</v>
+        <v>953449054</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>150</v>
+        <v>182</v>
       </c>
       <c r="AK46" t="s">
         <v>70</v>
       </c>
       <c r="AL46" t="s">
-        <v>71</v>
+        <v>579</v>
       </c>
       <c r="AM46" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN46"/>
+        <v>82</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>578</v>
+      </c>
       <c r="AO46">
-        <v>0</v>
+        <v>54.94</v>
       </c>
       <c r="AP46" t="s">
-        <v>591</v>
+        <v>159</v>
       </c>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46">
         <v>0</v>
       </c>
       <c r="AX46"/>
       <c r="AY46" t="s">
+        <v>576</v>
+      </c>
+      <c r="AZ46" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA46" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB46" t="s">
+        <v>575</v>
+      </c>
+      <c r="BC46" t="s">
+        <v>579</v>
+      </c>
+      <c r="BD46" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE46" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF46" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG46" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH46">
+        <v>112</v>
+      </c>
+      <c r="BI46" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ46" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK46" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL46" t="s">
+        <v>211</v>
+      </c>
+      <c r="BM46" t="s">
         <v>584</v>
       </c>
-      <c r="AZ46" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="BN46" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="BO46">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>169</v>
+        <v>239</v>
       </c>
       <c r="BS46" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="C47" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="D47">
-        <v>580169</v>
+        <v>594200</v>
       </c>
       <c r="E47">
-        <v>89.21</v>
+        <v>41.84</v>
       </c>
       <c r="F47" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="G47" t="s">
         <v>70</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K47" t="s">
-        <v>586</v>
+        <v>73</v>
       </c>
       <c r="L47" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="M47" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47">
-        <v>43400047</v>
+        <v>42870797</v>
       </c>
       <c r="Q47" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="R47" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="S47" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="T47" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U47" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="V47">
-        <v>580169</v>
+        <v>594200</v>
       </c>
       <c r="W47" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X47">
-        <v>89.21</v>
+        <v>41.84</v>
       </c>
       <c r="Y47">
         <v>3.8</v>
       </c>
       <c r="Z47" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>70</v>
       </c>
       <c r="AC47" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="AD47">
-        <v>43400047</v>
+        <v>42870797</v>
       </c>
       <c r="AE47" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="AF47">
-        <v>971563629</v>
+        <v>997259540</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>238</v>
+        <v>412</v>
       </c>
       <c r="AK47" t="s">
         <v>70</v>
       </c>
       <c r="AL47" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM47" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN47"/>
       <c r="AO47">
         <v>0</v>
       </c>
       <c r="AP47" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47">
         <v>0</v>
       </c>
       <c r="AX47"/>
       <c r="AY47" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="AZ47" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA47" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB47" t="s">
+        <v>586</v>
+      </c>
+      <c r="BC47" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD47" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE47" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF47" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG47" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH47">
+        <v>115</v>
+      </c>
+      <c r="BI47" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ47" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK47" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL47" t="s">
+        <v>356</v>
+      </c>
+      <c r="BM47" t="s">
+        <v>593</v>
+      </c>
+      <c r="BN47" t="s">
         <v>594</v>
       </c>
-      <c r="BC47" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BO47">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47">
-        <v>339</v>
+        <v>159</v>
       </c>
       <c r="BS47" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="C48" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="D48">
-        <v>580157</v>
+        <v>594092</v>
       </c>
       <c r="E48">
-        <v>73.16</v>
+        <v>62.89</v>
       </c>
       <c r="F48" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="G48" t="s">
         <v>70</v>
       </c>
-      <c r="H48"/>
+      <c r="H48" t="s">
+        <v>598</v>
+      </c>
       <c r="I48">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="J48" t="s">
-        <v>71</v>
+        <v>599</v>
       </c>
       <c r="K48" t="s">
-        <v>607</v>
+        <v>73</v>
       </c>
       <c r="L48" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="M48" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48">
-        <v>71322479</v>
+        <v>47066770</v>
       </c>
       <c r="Q48" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="R48" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="S48" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="T48" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U48" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="V48">
-        <v>580157</v>
+        <v>594092</v>
       </c>
       <c r="W48" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X48">
-        <v>73.16</v>
+        <v>62.89</v>
       </c>
       <c r="Y48">
         <v>3.8</v>
       </c>
       <c r="Z48" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>70</v>
       </c>
       <c r="AC48" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="AD48">
-        <v>71322479</v>
+        <v>47066770</v>
       </c>
       <c r="AE48" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="AF48">
-        <v>979175276</v>
+        <v>981810854</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>611</v>
+        <v>115</v>
       </c>
       <c r="AK48" t="s">
         <v>70</v>
       </c>
       <c r="AL48" t="s">
-        <v>71</v>
+        <v>599</v>
       </c>
       <c r="AM48" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN48"/>
+        <v>82</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>598</v>
+      </c>
       <c r="AO48">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="AP48" t="s">
-        <v>612</v>
+        <v>603</v>
       </c>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48">
         <v>0</v>
       </c>
       <c r="AX48"/>
       <c r="AY48" t="s">
+        <v>596</v>
+      </c>
+      <c r="AZ48" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA48" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB48" t="s">
+        <v>595</v>
+      </c>
+      <c r="BC48" t="s">
+        <v>599</v>
+      </c>
+      <c r="BD48" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE48" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF48" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG48" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH48">
+        <v>118</v>
+      </c>
+      <c r="BI48" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ48" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK48" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL48" t="s">
+        <v>489</v>
+      </c>
+      <c r="BM48" t="s">
+        <v>604</v>
+      </c>
+      <c r="BN48" t="s">
         <v>605</v>
       </c>
-      <c r="AZ48" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="BO48">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
-        <v>278</v>
+        <v>239</v>
       </c>
       <c r="BS48" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="C49" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="D49">
-        <v>580079</v>
+        <v>594057</v>
       </c>
       <c r="E49">
-        <v>36.58</v>
+        <v>110.26</v>
       </c>
       <c r="F49" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="G49" t="s">
         <v>70</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K49" t="s">
-        <v>586</v>
+        <v>73</v>
       </c>
       <c r="L49" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="M49" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49">
-        <v>10280855</v>
+        <v>73137185</v>
       </c>
       <c r="Q49" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="R49" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="S49" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="T49" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U49" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="V49">
-        <v>580079</v>
+        <v>594057</v>
       </c>
       <c r="W49" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X49">
-        <v>36.58</v>
+        <v>110.26</v>
       </c>
       <c r="Y49">
         <v>3.8</v>
       </c>
       <c r="Z49" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>70</v>
       </c>
       <c r="AC49" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="AD49">
-        <v>10280855</v>
+        <v>73137185</v>
       </c>
       <c r="AE49" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="AF49">
-        <v>991663309</v>
+        <v>934172200</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="AK49" t="s">
         <v>70</v>
       </c>
       <c r="AL49" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM49" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN49"/>
       <c r="AO49">
         <v>0</v>
       </c>
       <c r="AP49" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49">
         <v>0</v>
       </c>
       <c r="AX49"/>
       <c r="AY49" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="AZ49" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA49" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB49" t="s">
+        <v>606</v>
+      </c>
+      <c r="BC49" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD49" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE49" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF49" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG49" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH49">
+        <v>120</v>
+      </c>
+      <c r="BI49" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ49" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK49" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL49" t="s">
+        <v>184</v>
+      </c>
+      <c r="BM49" t="s">
+        <v>614</v>
+      </c>
+      <c r="BN49" t="s">
         <v>615</v>
       </c>
-      <c r="BC49" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BO49">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>139</v>
+        <v>419</v>
       </c>
       <c r="BS49" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="C50" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="D50">
-        <v>580058</v>
+        <v>593913</v>
       </c>
       <c r="E50">
-        <v>44.47</v>
+        <v>70.79</v>
       </c>
       <c r="F50" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
       <c r="G50" t="s">
         <v>70</v>
       </c>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
       <c r="I50">
-        <v>15.99</v>
+        <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>629</v>
+        <v>78</v>
       </c>
       <c r="K50" t="s">
-        <v>586</v>
+        <v>73</v>
       </c>
       <c r="L50" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="M50" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N50"/>
       <c r="O50"/>
-      <c r="P50">
-        <v>42394316</v>
+      <c r="P50" t="s">
+        <v>619</v>
       </c>
       <c r="Q50" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="R50" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="S50" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="T50" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U50" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="V50">
-        <v>580058</v>
+        <v>593913</v>
       </c>
       <c r="W50" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X50">
-        <v>44.47</v>
+        <v>70.79</v>
       </c>
       <c r="Y50">
         <v>3.8</v>
       </c>
       <c r="Z50" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>70</v>
       </c>
       <c r="AC50" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>42394316</v>
+        <v>618</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>619</v>
       </c>
       <c r="AE50" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="AF50">
-        <v>962364849</v>
+        <v>997520720</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>367</v>
+        <v>145</v>
       </c>
       <c r="AK50" t="s">
         <v>70</v>
       </c>
       <c r="AL50" t="s">
-        <v>629</v>
+        <v>78</v>
       </c>
       <c r="AM50" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN50"/>
       <c r="AO50">
-        <v>15.99</v>
+        <v>0</v>
       </c>
       <c r="AP50" t="s">
-        <v>634</v>
-[...9 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="AQ50"/>
+      <c r="AR50"/>
+      <c r="AS50"/>
       <c r="AT50" t="s">
-        <v>637</v>
+        <v>78</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50">
         <v>0</v>
       </c>
       <c r="AX50"/>
       <c r="AY50" t="s">
+        <v>617</v>
+      </c>
+      <c r="AZ50" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA50" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB50" t="s">
+        <v>616</v>
+      </c>
+      <c r="BC50" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD50" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE50" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF50" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG50" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH50">
+        <v>126</v>
+      </c>
+      <c r="BI50" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ50" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK50" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL50" t="s">
+        <v>147</v>
+      </c>
+      <c r="BM50" t="s">
+        <v>625</v>
+      </c>
+      <c r="BN50" t="s">
         <v>626</v>
       </c>
-      <c r="AZ50" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="BO50">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50">
-        <v>169</v>
+        <v>269</v>
       </c>
       <c r="BS50" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>641</v>
+        <v>627</v>
       </c>
       <c r="C51" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
       <c r="D51">
-        <v>580057</v>
+        <v>593813</v>
       </c>
       <c r="E51">
-        <v>76.05</v>
+        <v>65.53</v>
       </c>
       <c r="F51" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="G51" t="s">
         <v>70</v>
       </c>
-      <c r="H51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
       <c r="I51">
-        <v>34.19</v>
+        <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>629</v>
+        <v>78</v>
       </c>
       <c r="K51" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L51" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
       <c r="M51" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51">
-        <v>40516343</v>
+        <v>76529274</v>
       </c>
       <c r="Q51" t="s">
-        <v>641</v>
+        <v>627</v>
       </c>
       <c r="R51" t="s">
-        <v>645</v>
+        <v>630</v>
       </c>
       <c r="S51" t="s">
-        <v>646</v>
+        <v>630</v>
       </c>
       <c r="T51" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U51" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
       <c r="V51">
-        <v>580057</v>
+        <v>593813</v>
       </c>
       <c r="W51" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X51">
-        <v>76.05</v>
+        <v>65.53</v>
       </c>
       <c r="Y51">
         <v>3.8</v>
       </c>
       <c r="Z51" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>70</v>
       </c>
       <c r="AC51" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="AD51">
-        <v>40516343</v>
+        <v>76529274</v>
       </c>
       <c r="AE51" t="s">
-        <v>647</v>
+        <v>631</v>
       </c>
       <c r="AF51">
-        <v>997124879</v>
+        <v>959183760</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
-        <v>648</v>
+        <v>632</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="AK51" t="s">
         <v>70</v>
       </c>
       <c r="AL51" t="s">
-        <v>629</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM51" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN51"/>
       <c r="AO51">
-        <v>34.19</v>
+        <v>0</v>
       </c>
       <c r="AP51" t="s">
-        <v>649</v>
-[...9 lines deleted...]
-      </c>
+        <v>633</v>
+      </c>
+      <c r="AQ51"/>
+      <c r="AR51"/>
+      <c r="AS51"/>
       <c r="AT51" t="s">
-        <v>637</v>
+        <v>78</v>
       </c>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51">
         <v>0</v>
       </c>
       <c r="AX51"/>
       <c r="AY51" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
       <c r="AZ51" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA51" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB51" t="s">
-        <v>641</v>
+        <v>627</v>
       </c>
       <c r="BC51" t="s">
-        <v>629</v>
+        <v>78</v>
       </c>
       <c r="BD51" t="s">
-        <v>651</v>
+        <v>78</v>
       </c>
       <c r="BE51" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF51" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG51" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH51">
-        <v>386</v>
+        <v>128</v>
       </c>
       <c r="BI51" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ51" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK51" t="s">
-        <v>517</v>
+        <v>87</v>
       </c>
       <c r="BL51" t="s">
-        <v>579</v>
+        <v>147</v>
       </c>
       <c r="BM51" t="s">
-        <v>652</v>
+        <v>634</v>
       </c>
       <c r="BN51" t="s">
-        <v>653</v>
+        <v>635</v>
       </c>
       <c r="BO51">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51">
-        <v>289</v>
+        <v>249</v>
       </c>
       <c r="BS51" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="C52" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="D52">
-        <v>579408</v>
+        <v>593467</v>
       </c>
       <c r="E52">
-        <v>83.95</v>
+        <v>78.68</v>
       </c>
       <c r="F52" t="s">
-        <v>656</v>
+        <v>638</v>
       </c>
       <c r="G52" t="s">
         <v>70</v>
       </c>
       <c r="H52" t="s">
-        <v>657</v>
+        <v>639</v>
       </c>
       <c r="I52">
-        <v>37.99</v>
+        <v>38.78</v>
       </c>
       <c r="J52" t="s">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="K52" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L52" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="M52" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52">
-        <v>11145442</v>
+        <v>72782285</v>
       </c>
       <c r="Q52" t="s">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="R52" t="s">
-        <v>659</v>
+        <v>636</v>
       </c>
       <c r="S52" t="s">
-        <v>659</v>
+        <v>641</v>
       </c>
       <c r="T52" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U52" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="V52">
-        <v>579408</v>
+        <v>593467</v>
       </c>
       <c r="W52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X52">
-        <v>83.95</v>
+        <v>78.68</v>
       </c>
       <c r="Y52">
         <v>3.8</v>
       </c>
       <c r="Z52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>70</v>
       </c>
       <c r="AC52" t="s">
-        <v>656</v>
+        <v>638</v>
       </c>
       <c r="AD52">
-        <v>11145442</v>
+        <v>72782285</v>
       </c>
       <c r="AE52" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="AF52">
-        <v>99999999</v>
+        <v>923962218</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>661</v>
+        <v>643</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>367</v>
+        <v>134</v>
       </c>
       <c r="AK52" t="s">
         <v>70</v>
       </c>
       <c r="AL52" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="AM52"/>
+        <v>640</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>82</v>
+      </c>
       <c r="AN52" t="s">
-        <v>657</v>
+        <v>639</v>
       </c>
       <c r="AO52">
-        <v>37.99</v>
+        <v>38.78</v>
       </c>
       <c r="AP52" t="s">
-        <v>662</v>
+        <v>644</v>
       </c>
       <c r="AQ52"/>
       <c r="AR52"/>
       <c r="AS52"/>
       <c r="AT52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52">
         <v>0</v>
       </c>
       <c r="AX52"/>
       <c r="AY52" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="AZ52" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA52" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB52" t="s">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="BC52" t="s">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="BD52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH52">
-        <v>397</v>
+        <v>140</v>
       </c>
       <c r="BI52" t="s">
-        <v>214</v>
+        <v>85</v>
       </c>
       <c r="BJ52" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK52" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL52" t="s">
-        <v>663</v>
+        <v>172</v>
       </c>
       <c r="BM52" t="s">
-        <v>664</v>
+        <v>645</v>
       </c>
       <c r="BN52" t="s">
-        <v>665</v>
+        <v>646</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52">
-        <v>319</v>
+        <v>299</v>
       </c>
       <c r="BS52" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
-        <v>666</v>
+        <v>647</v>
       </c>
       <c r="C53" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="D53">
-        <v>579407</v>
+        <v>593278</v>
       </c>
       <c r="E53">
-        <v>104.74</v>
+        <v>107.63</v>
       </c>
       <c r="F53" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="G53" t="s">
         <v>70</v>
       </c>
       <c r="H53" t="s">
-        <v>668</v>
+        <v>650</v>
       </c>
       <c r="I53">
-        <v>43.98</v>
+        <v>59</v>
       </c>
       <c r="J53" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="K53" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L53" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="M53" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53">
-        <v>11139428</v>
+        <v>75696178</v>
       </c>
       <c r="Q53" t="s">
-        <v>666</v>
+        <v>647</v>
       </c>
       <c r="R53" t="s">
-        <v>669</v>
+        <v>652</v>
       </c>
       <c r="S53" t="s">
-        <v>670</v>
+        <v>652</v>
       </c>
       <c r="T53" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U53" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="V53">
-        <v>579407</v>
+        <v>593278</v>
       </c>
       <c r="W53" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X53">
-        <v>104.74</v>
+        <v>107.63</v>
       </c>
       <c r="Y53">
         <v>3.8</v>
       </c>
       <c r="Z53" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>70</v>
       </c>
       <c r="AC53" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="AD53">
-        <v>11139428</v>
+        <v>75696178</v>
       </c>
       <c r="AE53" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="AF53">
-        <v>99999999</v>
+        <v>902663159</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>367</v>
+        <v>655</v>
       </c>
       <c r="AK53" t="s">
         <v>70</v>
       </c>
       <c r="AL53" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="AM53"/>
+        <v>651</v>
+      </c>
+      <c r="AM53" t="s">
+        <v>82</v>
+      </c>
       <c r="AN53" t="s">
-        <v>668</v>
+        <v>650</v>
       </c>
       <c r="AO53">
-        <v>43.98</v>
+        <v>59</v>
       </c>
       <c r="AP53" t="s">
-        <v>671</v>
-[...9 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="AQ53"/>
+      <c r="AR53"/>
+      <c r="AS53"/>
       <c r="AT53" t="s">
-        <v>673</v>
+        <v>78</v>
       </c>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53">
         <v>0</v>
       </c>
       <c r="AX53"/>
       <c r="AY53" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="AZ53" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA53" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB53" t="s">
-        <v>666</v>
+        <v>647</v>
       </c>
       <c r="BC53" t="s">
+        <v>651</v>
+      </c>
+      <c r="BD53" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE53" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF53" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG53" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH53">
+        <v>146</v>
+      </c>
+      <c r="BI53" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ53" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL53" t="s">
+        <v>172</v>
+      </c>
+      <c r="BM53" t="s">
+        <v>657</v>
+      </c>
+      <c r="BN53" t="s">
         <v>658</v>
       </c>
-      <c r="BD53" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BO53">
         <v>0</v>
       </c>
-      <c r="BP53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53">
-        <v>398</v>
+        <v>409</v>
       </c>
       <c r="BS53" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>677</v>
+        <v>659</v>
       </c>
       <c r="C54" t="s">
-        <v>678</v>
+        <v>660</v>
       </c>
       <c r="D54">
-        <v>579406</v>
+        <v>593116</v>
       </c>
       <c r="E54">
-        <v>94.22</v>
+        <v>68.16</v>
       </c>
       <c r="F54" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="G54" t="s">
         <v>70</v>
       </c>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
       <c r="I54">
-        <v>38.8</v>
+        <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>658</v>
+        <v>78</v>
       </c>
       <c r="K54" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L54" t="s">
-        <v>678</v>
+        <v>660</v>
       </c>
       <c r="M54" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54">
-        <v>11137250</v>
+        <v>44554647</v>
       </c>
       <c r="Q54" t="s">
-        <v>677</v>
+        <v>659</v>
       </c>
       <c r="R54" t="s">
-        <v>680</v>
+        <v>662</v>
       </c>
       <c r="S54" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
       <c r="T54" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U54" t="s">
-        <v>678</v>
+        <v>660</v>
       </c>
       <c r="V54">
-        <v>579406</v>
+        <v>593116</v>
       </c>
       <c r="W54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X54">
-        <v>94.22</v>
+        <v>68.16</v>
       </c>
       <c r="Y54">
         <v>3.8</v>
       </c>
       <c r="Z54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>70</v>
       </c>
       <c r="AC54" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="AD54">
-        <v>11137250</v>
+        <v>44554647</v>
       </c>
       <c r="AE54" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="AF54">
-        <v>99999999</v>
+        <v>922879988</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
-        <v>367</v>
+        <v>666</v>
       </c>
       <c r="AK54" t="s">
         <v>70</v>
       </c>
       <c r="AL54" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM54" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN54"/>
       <c r="AO54">
-        <v>38.8</v>
+        <v>0</v>
       </c>
       <c r="AP54" t="s">
-        <v>681</v>
+        <v>667</v>
       </c>
       <c r="AQ54"/>
       <c r="AR54"/>
       <c r="AS54"/>
       <c r="AT54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54">
         <v>0</v>
       </c>
       <c r="AX54"/>
       <c r="AY54" t="s">
-        <v>678</v>
+        <v>660</v>
       </c>
       <c r="AZ54" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA54" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB54" t="s">
-        <v>677</v>
+        <v>659</v>
       </c>
       <c r="BC54" t="s">
-        <v>658</v>
+        <v>78</v>
       </c>
       <c r="BD54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH54">
-        <v>397</v>
+        <v>152</v>
       </c>
       <c r="BI54" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ54" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK54" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL54" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="BM54" t="s">
-        <v>682</v>
+        <v>668</v>
       </c>
       <c r="BN54" t="s">
-        <v>683</v>
+        <v>669</v>
       </c>
       <c r="BO54">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="BS54" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>684</v>
+        <v>670</v>
       </c>
       <c r="C55" t="s">
-        <v>685</v>
+        <v>671</v>
       </c>
       <c r="D55">
-        <v>579093</v>
+        <v>593047</v>
       </c>
       <c r="E55">
-        <v>205</v>
+        <v>168.16</v>
       </c>
       <c r="F55" t="s">
-        <v>686</v>
+        <v>672</v>
       </c>
       <c r="G55" t="s">
         <v>70</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K55" t="s">
-        <v>586</v>
+        <v>73</v>
       </c>
       <c r="L55" t="s">
-        <v>685</v>
+        <v>671</v>
       </c>
       <c r="M55" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55">
-        <v>47828911</v>
+        <v>41498040</v>
       </c>
       <c r="Q55" t="s">
-        <v>684</v>
+        <v>670</v>
       </c>
       <c r="R55" t="s">
-        <v>687</v>
+        <v>673</v>
       </c>
       <c r="S55" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="T55" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U55" t="s">
-        <v>685</v>
+        <v>671</v>
       </c>
       <c r="V55">
-        <v>579093</v>
+        <v>593047</v>
       </c>
       <c r="W55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X55">
-        <v>205</v>
+        <v>168.16</v>
       </c>
       <c r="Y55">
         <v>3.8</v>
       </c>
       <c r="Z55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>70</v>
       </c>
       <c r="AC55" t="s">
-        <v>686</v>
+        <v>672</v>
       </c>
       <c r="AD55">
-        <v>47828911</v>
+        <v>41498040</v>
       </c>
       <c r="AE55" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="AF55">
-        <v>958899002</v>
+        <v>991487762</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>689</v>
+        <v>676</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>78</v>
+        <v>677</v>
       </c>
       <c r="AK55" t="s">
         <v>70</v>
       </c>
       <c r="AL55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM55" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN55"/>
       <c r="AO55">
         <v>0</v>
       </c>
       <c r="AP55" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="AQ55"/>
       <c r="AR55"/>
       <c r="AS55"/>
       <c r="AT55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55">
         <v>0</v>
       </c>
       <c r="AX55"/>
       <c r="AY55" t="s">
-        <v>685</v>
+        <v>671</v>
       </c>
       <c r="AZ55" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA55" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB55" t="s">
-        <v>684</v>
+        <v>670</v>
       </c>
       <c r="BC55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH55">
-        <v>402</v>
+        <v>154</v>
       </c>
       <c r="BI55" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ55" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK55" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL55" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="BM55" t="s">
-        <v>691</v>
+        <v>679</v>
       </c>
       <c r="BN55" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="BO55">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55">
-        <v>779</v>
+        <v>639</v>
       </c>
       <c r="BS55" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="C56" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="D56">
-        <v>579070</v>
+        <v>593004</v>
       </c>
       <c r="E56">
-        <v>70.79</v>
+        <v>76.05</v>
       </c>
       <c r="F56" t="s">
-        <v>695</v>
+        <v>683</v>
       </c>
       <c r="G56" t="s">
         <v>70</v>
       </c>
       <c r="H56"/>
       <c r="I56">
         <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K56" t="s">
-        <v>586</v>
+        <v>73</v>
       </c>
       <c r="L56" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="M56" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N56"/>
       <c r="O56"/>
-      <c r="P56" t="s">
-        <v>696</v>
+      <c r="P56">
+        <v>70318205</v>
       </c>
       <c r="Q56" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="R56" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="S56" t="s">
-        <v>698</v>
+        <v>684</v>
       </c>
       <c r="T56" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U56" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="V56">
-        <v>579070</v>
+        <v>593004</v>
       </c>
       <c r="W56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X56">
-        <v>70.79</v>
+        <v>76.05</v>
       </c>
       <c r="Y56">
         <v>3.8</v>
       </c>
       <c r="Z56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>70</v>
       </c>
       <c r="AC56" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>696</v>
+        <v>683</v>
+      </c>
+      <c r="AD56">
+        <v>70318205</v>
       </c>
       <c r="AE56" t="s">
-        <v>699</v>
+        <v>685</v>
       </c>
       <c r="AF56">
-        <v>965453228</v>
+        <v>949292060</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>700</v>
+        <v>686</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
-        <v>701</v>
+        <v>223</v>
       </c>
       <c r="AK56" t="s">
         <v>70</v>
       </c>
       <c r="AL56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM56" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN56"/>
       <c r="AO56">
         <v>0</v>
       </c>
       <c r="AP56" t="s">
-        <v>702</v>
+        <v>687</v>
       </c>
       <c r="AQ56"/>
       <c r="AR56"/>
       <c r="AS56"/>
       <c r="AT56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56">
         <v>0</v>
       </c>
       <c r="AX56"/>
       <c r="AY56" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="AZ56" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA56" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB56" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="BC56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH56">
-        <v>403</v>
+        <v>156</v>
       </c>
       <c r="BI56" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ56" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK56" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL56" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM56" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="BN56" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
       <c r="BO56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56">
-        <v>269</v>
+        <v>289</v>
       </c>
       <c r="BS56" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="C57" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="D57">
-        <v>578820</v>
+        <v>592905</v>
       </c>
       <c r="E57">
-        <v>107.63</v>
+        <v>86.58</v>
       </c>
       <c r="F57" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="G57" t="s">
         <v>70</v>
       </c>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
       <c r="I57">
-        <v>59.99</v>
+        <v>0</v>
       </c>
       <c r="J57" t="s">
-        <v>709</v>
+        <v>78</v>
       </c>
       <c r="K57" t="s">
-        <v>461</v>
+        <v>73</v>
       </c>
       <c r="L57" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="M57" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57">
-        <v>71334742</v>
+        <v>75800211</v>
       </c>
       <c r="Q57" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="R57" t="s">
-        <v>710</v>
+        <v>693</v>
       </c>
       <c r="S57" t="s">
-        <v>711</v>
+        <v>694</v>
       </c>
       <c r="T57" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U57" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="V57">
-        <v>578820</v>
+        <v>592905</v>
       </c>
       <c r="W57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X57">
-        <v>107.63</v>
+        <v>86.58</v>
       </c>
       <c r="Y57">
         <v>3.8</v>
       </c>
       <c r="Z57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>70</v>
       </c>
       <c r="AC57" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="AD57">
-        <v>71334742</v>
+        <v>75800211</v>
       </c>
       <c r="AE57" t="s">
-        <v>712</v>
+        <v>695</v>
       </c>
       <c r="AF57">
-        <v>962885700</v>
+        <v>972157153</v>
       </c>
       <c r="AG57"/>
       <c r="AH57" t="s">
-        <v>713</v>
+        <v>696</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>714</v>
+        <v>655</v>
       </c>
       <c r="AK57" t="s">
         <v>70</v>
       </c>
       <c r="AL57" t="s">
-        <v>709</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM57" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN57"/>
       <c r="AO57">
-        <v>59.99</v>
+        <v>0</v>
       </c>
       <c r="AP57" t="s">
-        <v>715</v>
+        <v>697</v>
       </c>
       <c r="AQ57"/>
       <c r="AR57"/>
       <c r="AS57"/>
       <c r="AT57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57">
         <v>0</v>
       </c>
       <c r="AX57"/>
       <c r="AY57" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="AZ57" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA57" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB57" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="BC57" t="s">
-        <v>709</v>
+        <v>78</v>
       </c>
       <c r="BD57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH57">
-        <v>407</v>
+        <v>158</v>
       </c>
       <c r="BI57" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ57" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK57" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL57" t="s">
-        <v>663</v>
+        <v>147</v>
       </c>
       <c r="BM57" t="s">
-        <v>716</v>
+        <v>698</v>
       </c>
       <c r="BN57" t="s">
-        <v>717</v>
+        <v>699</v>
       </c>
       <c r="BO57">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57">
-        <v>409</v>
+        <v>329</v>
       </c>
       <c r="BS57" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>718</v>
+        <v>700</v>
       </c>
       <c r="C58" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
       <c r="D58">
-        <v>578803</v>
+        <v>592771</v>
       </c>
       <c r="E58">
-        <v>120.79</v>
+        <v>65.53</v>
       </c>
       <c r="F58" t="s">
-        <v>720</v>
+        <v>702</v>
       </c>
       <c r="G58" t="s">
         <v>70</v>
       </c>
-      <c r="H58"/>
+      <c r="H58" t="s">
+        <v>703</v>
+      </c>
       <c r="I58">
         <v>0</v>
       </c>
       <c r="J58" t="s">
-        <v>71</v>
+        <v>704</v>
       </c>
       <c r="K58" t="s">
-        <v>721</v>
+        <v>73</v>
       </c>
       <c r="L58" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
       <c r="M58" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58">
-        <v>46398323</v>
+        <v>73054461</v>
       </c>
       <c r="Q58" t="s">
-        <v>718</v>
+        <v>700</v>
       </c>
       <c r="R58" t="s">
-        <v>722</v>
+        <v>705</v>
       </c>
       <c r="S58" t="s">
-        <v>723</v>
+        <v>705</v>
       </c>
       <c r="T58" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U58" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
       <c r="V58">
-        <v>578803</v>
+        <v>592771</v>
       </c>
       <c r="W58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X58">
-        <v>120.79</v>
+        <v>65.53</v>
       </c>
       <c r="Y58">
         <v>3.8</v>
       </c>
       <c r="Z58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>70</v>
       </c>
       <c r="AC58" t="s">
-        <v>720</v>
+        <v>702</v>
       </c>
       <c r="AD58">
-        <v>46398323</v>
+        <v>73054461</v>
       </c>
       <c r="AE58" t="s">
-        <v>724</v>
+        <v>706</v>
       </c>
       <c r="AF58">
-        <v>960475780</v>
+        <v>945061519</v>
       </c>
       <c r="AG58"/>
       <c r="AH58" t="s">
-        <v>725</v>
+        <v>707</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>726</v>
+        <v>280</v>
       </c>
       <c r="AK58" t="s">
         <v>70</v>
       </c>
       <c r="AL58" t="s">
-        <v>71</v>
+        <v>704</v>
       </c>
       <c r="AM58" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="AN58"/>
+        <v>82</v>
+      </c>
+      <c r="AN58" t="s">
+        <v>703</v>
+      </c>
       <c r="AO58">
         <v>0</v>
       </c>
       <c r="AP58" t="s">
-        <v>728</v>
-[...3 lines deleted...]
-      </c>
+        <v>708</v>
+      </c>
+      <c r="AQ58"/>
       <c r="AR58"/>
       <c r="AS58"/>
       <c r="AT58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58">
         <v>0</v>
       </c>
       <c r="AX58"/>
       <c r="AY58" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
       <c r="AZ58" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA58" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB58" t="s">
-        <v>718</v>
+        <v>700</v>
       </c>
       <c r="BC58" t="s">
-        <v>71</v>
+        <v>704</v>
       </c>
       <c r="BD58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH58">
-        <v>407</v>
+        <v>163</v>
       </c>
       <c r="BI58" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ58" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK58" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL58" t="s">
-        <v>97</v>
+        <v>211</v>
       </c>
       <c r="BM58" t="s">
-        <v>730</v>
+        <v>709</v>
       </c>
       <c r="BN58" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="BO58">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58">
-        <v>459</v>
+        <v>249</v>
       </c>
       <c r="BS58" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
-        <v>733</v>
+        <v>711</v>
       </c>
       <c r="C59" t="s">
-        <v>734</v>
+        <v>712</v>
       </c>
       <c r="D59">
-        <v>578707</v>
+        <v>592333</v>
       </c>
       <c r="E59">
-        <v>78.68</v>
+        <v>89.21</v>
       </c>
       <c r="F59" t="s">
-        <v>735</v>
+        <v>713</v>
       </c>
       <c r="G59" t="s">
         <v>70</v>
       </c>
-      <c r="H59"/>
+      <c r="H59" t="s">
+        <v>714</v>
+      </c>
       <c r="I59">
-        <v>0</v>
+        <v>49.99</v>
       </c>
       <c r="J59" t="s">
-        <v>71</v>
+        <v>715</v>
       </c>
       <c r="K59" t="s">
-        <v>586</v>
+        <v>716</v>
       </c>
       <c r="L59" t="s">
-        <v>734</v>
+        <v>712</v>
       </c>
       <c r="M59" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59">
-        <v>80076549</v>
+        <v>44460847</v>
       </c>
       <c r="Q59" t="s">
-        <v>733</v>
+        <v>711</v>
       </c>
       <c r="R59" t="s">
-        <v>736</v>
+        <v>717</v>
       </c>
       <c r="S59" t="s">
-        <v>736</v>
+        <v>718</v>
       </c>
       <c r="T59" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U59" t="s">
-        <v>734</v>
+        <v>712</v>
       </c>
       <c r="V59">
-        <v>578707</v>
+        <v>592333</v>
       </c>
       <c r="W59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X59">
-        <v>78.68</v>
+        <v>89.21</v>
       </c>
       <c r="Y59">
         <v>3.8</v>
       </c>
       <c r="Z59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>70</v>
       </c>
       <c r="AC59" t="s">
-        <v>735</v>
+        <v>713</v>
       </c>
       <c r="AD59">
-        <v>80076549</v>
+        <v>44460847</v>
       </c>
       <c r="AE59" t="s">
-        <v>737</v>
+        <v>719</v>
       </c>
       <c r="AF59">
-        <v>952928535</v>
+        <v>941929214</v>
       </c>
       <c r="AG59"/>
       <c r="AH59" t="s">
-        <v>738</v>
+        <v>720</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>739</v>
+        <v>721</v>
       </c>
       <c r="AK59" t="s">
         <v>70</v>
       </c>
       <c r="AL59" t="s">
-        <v>71</v>
+        <v>715</v>
       </c>
       <c r="AM59" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN59"/>
+        <v>82</v>
+      </c>
+      <c r="AN59" t="s">
+        <v>714</v>
+      </c>
       <c r="AO59">
-        <v>0</v>
+        <v>49.99</v>
       </c>
       <c r="AP59" t="s">
-        <v>740</v>
+        <v>722</v>
       </c>
       <c r="AQ59"/>
       <c r="AR59"/>
       <c r="AS59"/>
       <c r="AT59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59">
         <v>0</v>
       </c>
       <c r="AX59"/>
       <c r="AY59" t="s">
-        <v>734</v>
+        <v>712</v>
       </c>
       <c r="AZ59" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA59" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB59" t="s">
-        <v>733</v>
+        <v>711</v>
       </c>
       <c r="BC59" t="s">
-        <v>71</v>
+        <v>715</v>
       </c>
       <c r="BD59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH59">
-        <v>409</v>
+        <v>177</v>
       </c>
       <c r="BI59" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ59" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK59" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL59" t="s">
-        <v>97</v>
+        <v>723</v>
       </c>
       <c r="BM59" t="s">
-        <v>741</v>
+        <v>724</v>
       </c>
       <c r="BN59" t="s">
-        <v>742</v>
+        <v>78</v>
       </c>
       <c r="BO59">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59">
-        <v>299</v>
+        <v>339</v>
       </c>
       <c r="BS59" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>743</v>
+        <v>725</v>
       </c>
       <c r="C60" t="s">
-        <v>744</v>
+        <v>726</v>
       </c>
       <c r="D60">
-        <v>578600</v>
+        <v>592223</v>
       </c>
       <c r="E60">
-        <v>447.11</v>
+        <v>168.16</v>
       </c>
       <c r="F60" t="s">
-        <v>745</v>
+        <v>727</v>
       </c>
       <c r="G60" t="s">
         <v>70</v>
       </c>
-      <c r="H60"/>
+      <c r="H60" t="s">
+        <v>728</v>
+      </c>
       <c r="I60">
-        <v>0</v>
+        <v>80.07</v>
       </c>
       <c r="J60" t="s">
-        <v>71</v>
+        <v>729</v>
       </c>
       <c r="K60" t="s">
-        <v>586</v>
+        <v>111</v>
       </c>
       <c r="L60" t="s">
-        <v>744</v>
+        <v>726</v>
       </c>
       <c r="M60" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N60"/>
       <c r="O60"/>
-      <c r="P60" t="s">
-        <v>746</v>
+      <c r="P60">
+        <v>70877993</v>
       </c>
       <c r="Q60" t="s">
-        <v>743</v>
+        <v>725</v>
       </c>
       <c r="R60" t="s">
-        <v>747</v>
+        <v>730</v>
       </c>
       <c r="S60" t="s">
-        <v>747</v>
+        <v>731</v>
       </c>
       <c r="T60" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U60" t="s">
-        <v>744</v>
+        <v>726</v>
       </c>
       <c r="V60">
-        <v>578600</v>
+        <v>592223</v>
       </c>
       <c r="W60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X60">
-        <v>447.11</v>
+        <v>168.16</v>
       </c>
       <c r="Y60">
         <v>3.8</v>
       </c>
       <c r="Z60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>70</v>
       </c>
       <c r="AC60" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>746</v>
+        <v>727</v>
+      </c>
+      <c r="AD60">
+        <v>70877993</v>
       </c>
       <c r="AE60" t="s">
-        <v>748</v>
+        <v>732</v>
       </c>
       <c r="AF60">
-        <v>972839365</v>
+        <v>976006157</v>
       </c>
       <c r="AG60"/>
       <c r="AH60" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>226</v>
+        <v>734</v>
       </c>
       <c r="AK60" t="s">
         <v>70</v>
       </c>
       <c r="AL60" t="s">
-        <v>71</v>
+        <v>729</v>
       </c>
       <c r="AM60" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN60"/>
+        <v>116</v>
+      </c>
+      <c r="AN60" t="s">
+        <v>728</v>
+      </c>
       <c r="AO60">
-        <v>0</v>
+        <v>80.07</v>
       </c>
       <c r="AP60" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-      <c r="AR60"/>
+        <v>542</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>119</v>
+      </c>
       <c r="AS60"/>
       <c r="AT60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60">
         <v>0</v>
       </c>
       <c r="AX60"/>
       <c r="AY60" t="s">
-        <v>744</v>
+        <v>726</v>
       </c>
       <c r="AZ60" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA60" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB60" t="s">
-        <v>743</v>
+        <v>725</v>
       </c>
       <c r="BC60" t="s">
-        <v>71</v>
+        <v>729</v>
       </c>
       <c r="BD60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH60">
-        <v>411</v>
+        <v>180</v>
       </c>
       <c r="BI60" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ60" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK60" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="BL60" t="s">
-        <v>83</v>
+        <v>211</v>
       </c>
       <c r="BM60" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="BN60" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="BO60">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="BP60"/>
+        <v>17</v>
+      </c>
+      <c r="BP60" t="s">
+        <v>270</v>
+      </c>
       <c r="BQ60"/>
       <c r="BR60">
-        <v>1699</v>
+        <v>639</v>
       </c>
       <c r="BS60" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
       <c r="C61" t="s">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="D61">
-        <v>578557</v>
+        <v>591910</v>
       </c>
       <c r="E61">
-        <v>60.26</v>
+        <v>89.21</v>
       </c>
       <c r="F61" t="s">
-        <v>755</v>
+        <v>739</v>
       </c>
       <c r="G61" t="s">
         <v>70</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K61" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L61" t="s">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="M61" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61">
-        <v>70011146</v>
+        <v>77036421</v>
       </c>
       <c r="Q61" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
       <c r="R61" t="s">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="S61" t="s">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="T61" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U61" t="s">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="V61">
-        <v>578557</v>
+        <v>591910</v>
       </c>
       <c r="W61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X61">
-        <v>60.26</v>
+        <v>89.21</v>
       </c>
       <c r="Y61">
         <v>3.8</v>
       </c>
       <c r="Z61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>70</v>
       </c>
       <c r="AC61" t="s">
-        <v>755</v>
+        <v>739</v>
       </c>
       <c r="AD61">
-        <v>70011146</v>
+        <v>77036421</v>
       </c>
       <c r="AE61" t="s">
-        <v>757</v>
+        <v>741</v>
       </c>
       <c r="AF61">
-        <v>947927577</v>
+        <v>949259063</v>
       </c>
       <c r="AG61"/>
       <c r="AH61" t="s">
-        <v>758</v>
+        <v>742</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>78</v>
+        <v>412</v>
       </c>
       <c r="AK61" t="s">
         <v>70</v>
       </c>
       <c r="AL61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM61" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN61"/>
       <c r="AO61">
         <v>0</v>
       </c>
       <c r="AP61" t="s">
-        <v>759</v>
+        <v>743</v>
       </c>
       <c r="AQ61"/>
       <c r="AR61"/>
       <c r="AS61"/>
       <c r="AT61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61">
         <v>0</v>
       </c>
       <c r="AX61"/>
       <c r="AY61" t="s">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="AZ61" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA61" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB61" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
       <c r="BC61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH61">
-        <v>412</v>
+        <v>190</v>
       </c>
       <c r="BI61" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ61" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK61" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL61" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="BM61" t="s">
-        <v>760</v>
+        <v>744</v>
       </c>
       <c r="BN61" t="s">
-        <v>761</v>
+        <v>78</v>
       </c>
       <c r="BO61">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61">
-        <v>229</v>
+        <v>339</v>
       </c>
       <c r="BS61" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="C62" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="D62">
-        <v>578500</v>
+        <v>591585</v>
       </c>
       <c r="E62">
-        <v>52.37</v>
+        <v>73.16</v>
       </c>
       <c r="F62" t="s">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="G62" t="s">
         <v>70</v>
       </c>
       <c r="H62" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="I62">
-        <v>26.99</v>
+        <v>21.98</v>
       </c>
       <c r="J62" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="K62" t="s">
-        <v>461</v>
+        <v>111</v>
       </c>
       <c r="L62" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="M62" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62">
-        <v>60901379</v>
+        <v>43270053</v>
       </c>
       <c r="Q62" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="R62" t="s">
-        <v>767</v>
+        <v>750</v>
       </c>
       <c r="S62" t="s">
-        <v>767</v>
+        <v>750</v>
       </c>
       <c r="T62" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U62" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="V62">
-        <v>578500</v>
+        <v>591585</v>
       </c>
       <c r="W62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X62">
-        <v>52.37</v>
+        <v>73.16</v>
       </c>
       <c r="Y62">
         <v>3.8</v>
       </c>
       <c r="Z62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>70</v>
       </c>
       <c r="AC62" t="s">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="AD62">
-        <v>60901379</v>
+        <v>43270053</v>
       </c>
       <c r="AE62" t="s">
-        <v>768</v>
+        <v>751</v>
       </c>
       <c r="AF62">
-        <v>925683140</v>
+        <v>988260163</v>
       </c>
       <c r="AG62"/>
       <c r="AH62" t="s">
-        <v>769</v>
+        <v>752</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>770</v>
+        <v>753</v>
       </c>
       <c r="AK62" t="s">
         <v>70</v>
       </c>
       <c r="AL62" t="s">
-        <v>766</v>
-[...1 lines deleted...]
-      <c r="AM62"/>
+        <v>749</v>
+      </c>
+      <c r="AM62" t="s">
+        <v>116</v>
+      </c>
       <c r="AN62" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="AO62">
-        <v>26.99</v>
+        <v>21.98</v>
       </c>
       <c r="AP62" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="AR62"/>
+        <v>754</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>119</v>
+      </c>
       <c r="AS62"/>
       <c r="AT62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62">
         <v>0</v>
       </c>
       <c r="AX62"/>
       <c r="AY62" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="AZ62" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA62" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB62" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="BC62" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="BD62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH62">
-        <v>413</v>
+        <v>197</v>
       </c>
       <c r="BI62" t="s">
-        <v>214</v>
+        <v>120</v>
       </c>
       <c r="BJ62" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK62" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="BL62" t="s">
-        <v>772</v>
+        <v>755</v>
       </c>
       <c r="BM62" t="s">
-        <v>773</v>
+        <v>756</v>
       </c>
       <c r="BN62" t="s">
-        <v>774</v>
+        <v>757</v>
       </c>
       <c r="BO62">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP62"/>
+        <v>19</v>
+      </c>
+      <c r="BP62" t="s">
+        <v>270</v>
+      </c>
       <c r="BQ62"/>
       <c r="BR62">
-        <v>199</v>
+        <v>278</v>
       </c>
       <c r="BS62" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
-        <v>775</v>
+        <v>758</v>
       </c>
       <c r="C63" t="s">
-        <v>776</v>
+        <v>759</v>
       </c>
       <c r="D63">
-        <v>577972</v>
+        <v>591520</v>
       </c>
       <c r="E63">
-        <v>73.42</v>
+        <v>76.05</v>
       </c>
       <c r="F63" t="s">
-        <v>777</v>
+        <v>760</v>
       </c>
       <c r="G63" t="s">
         <v>70</v>
       </c>
       <c r="H63" t="s">
-        <v>778</v>
+        <v>761</v>
       </c>
       <c r="I63">
-        <v>35.99</v>
+        <v>42.5</v>
       </c>
       <c r="J63" t="s">
-        <v>779</v>
+        <v>762</v>
       </c>
       <c r="K63" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L63" t="s">
-        <v>776</v>
+        <v>759</v>
       </c>
       <c r="M63" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63">
-        <v>47137473</v>
+        <v>48078104</v>
       </c>
       <c r="Q63" t="s">
-        <v>775</v>
+        <v>758</v>
       </c>
       <c r="R63" t="s">
-        <v>780</v>
+        <v>763</v>
       </c>
       <c r="S63" t="s">
-        <v>781</v>
+        <v>764</v>
       </c>
       <c r="T63" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U63" t="s">
-        <v>776</v>
+        <v>759</v>
       </c>
       <c r="V63">
-        <v>577972</v>
+        <v>591520</v>
       </c>
       <c r="W63" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X63">
-        <v>73.42</v>
+        <v>76.05</v>
       </c>
       <c r="Y63">
         <v>3.8</v>
       </c>
       <c r="Z63" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>70</v>
       </c>
       <c r="AC63" t="s">
-        <v>777</v>
+        <v>760</v>
       </c>
       <c r="AD63">
-        <v>47137473</v>
+        <v>48078104</v>
       </c>
       <c r="AE63" t="s">
-        <v>782</v>
+        <v>765</v>
       </c>
       <c r="AF63">
-        <v>997970221</v>
+        <v>990991554</v>
       </c>
       <c r="AG63"/>
       <c r="AH63" t="s">
-        <v>783</v>
+        <v>766</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="AK63" t="s">
         <v>70</v>
       </c>
       <c r="AL63" t="s">
-        <v>779</v>
-[...1 lines deleted...]
-      <c r="AM63"/>
+        <v>762</v>
+      </c>
+      <c r="AM63" t="s">
+        <v>82</v>
+      </c>
       <c r="AN63" t="s">
-        <v>778</v>
+        <v>761</v>
       </c>
       <c r="AO63">
-        <v>35.99</v>
+        <v>42.5</v>
       </c>
       <c r="AP63" t="s">
-        <v>784</v>
-[...3 lines deleted...]
-      <c r="AS63"/>
+        <v>767</v>
+      </c>
+      <c r="AQ63" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR63" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS63" t="s">
+        <v>769</v>
+      </c>
       <c r="AT63" t="s">
-        <v>71</v>
+        <v>770</v>
       </c>
       <c r="AU63"/>
       <c r="AV63"/>
       <c r="AW63">
         <v>0</v>
       </c>
       <c r="AX63"/>
       <c r="AY63" t="s">
-        <v>776</v>
+        <v>759</v>
       </c>
       <c r="AZ63" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA63" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB63" t="s">
-        <v>775</v>
+        <v>758</v>
       </c>
       <c r="BC63" t="s">
-        <v>779</v>
+        <v>762</v>
       </c>
       <c r="BD63" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE63" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF63" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG63" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH63">
-        <v>422</v>
+        <v>199</v>
       </c>
       <c r="BI63" t="s">
-        <v>214</v>
+        <v>85</v>
       </c>
       <c r="BJ63" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK63" t="s">
-        <v>82</v>
+        <v>771</v>
       </c>
       <c r="BL63" t="s">
-        <v>215</v>
+        <v>172</v>
       </c>
       <c r="BM63" t="s">
-        <v>785</v>
+        <v>772</v>
       </c>
       <c r="BN63" t="s">
-        <v>786</v>
+        <v>773</v>
       </c>
       <c r="BO63">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="BP63"/>
+        <v>60</v>
+      </c>
+      <c r="BP63" t="s">
+        <v>774</v>
+      </c>
       <c r="BQ63"/>
       <c r="BR63">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="BS63" t="s">
-        <v>787</v>
+        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>788</v>
+        <v>775</v>
       </c>
       <c r="C64" t="s">
-        <v>789</v>
+        <v>776</v>
       </c>
       <c r="D64">
-        <v>577799</v>
+        <v>591485</v>
       </c>
       <c r="E64">
-        <v>73.42</v>
+        <v>102.37</v>
       </c>
       <c r="F64" t="s">
-        <v>790</v>
+        <v>777</v>
       </c>
       <c r="G64" t="s">
         <v>70</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K64" t="s">
-        <v>586</v>
+        <v>778</v>
       </c>
       <c r="L64" t="s">
-        <v>789</v>
+        <v>776</v>
       </c>
       <c r="M64" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64">
-        <v>80165259</v>
+        <v>20220838</v>
       </c>
       <c r="Q64" t="s">
-        <v>788</v>
+        <v>775</v>
       </c>
       <c r="R64" t="s">
-        <v>791</v>
+        <v>779</v>
       </c>
       <c r="S64" t="s">
-        <v>792</v>
+        <v>780</v>
       </c>
       <c r="T64" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U64" t="s">
-        <v>789</v>
+        <v>776</v>
       </c>
       <c r="V64">
-        <v>577799</v>
+        <v>591485</v>
       </c>
       <c r="W64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X64">
-        <v>73.42</v>
+        <v>102.37</v>
       </c>
       <c r="Y64">
         <v>3.8</v>
       </c>
       <c r="Z64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>70</v>
       </c>
       <c r="AC64" t="s">
-        <v>790</v>
+        <v>777</v>
       </c>
       <c r="AD64">
-        <v>80165259</v>
+        <v>20220838</v>
       </c>
       <c r="AE64" t="s">
-        <v>793</v>
+        <v>781</v>
       </c>
       <c r="AF64">
-        <v>978398600</v>
+        <v>920585198</v>
       </c>
       <c r="AG64"/>
       <c r="AH64" t="s">
-        <v>794</v>
+        <v>782</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>795</v>
+        <v>101</v>
       </c>
       <c r="AK64" t="s">
         <v>70</v>
       </c>
       <c r="AL64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM64" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN64"/>
       <c r="AO64">
         <v>0</v>
       </c>
       <c r="AP64" t="s">
-        <v>796</v>
+        <v>783</v>
       </c>
       <c r="AQ64"/>
       <c r="AR64"/>
       <c r="AS64"/>
       <c r="AT64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU64"/>
       <c r="AV64"/>
       <c r="AW64">
         <v>0</v>
       </c>
       <c r="AX64"/>
       <c r="AY64" t="s">
-        <v>789</v>
+        <v>776</v>
       </c>
       <c r="AZ64" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA64" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB64" t="s">
-        <v>788</v>
+        <v>775</v>
       </c>
       <c r="BC64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH64">
-        <v>425</v>
+        <v>200</v>
       </c>
       <c r="BI64" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ64" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK64" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL64" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
       <c r="BM64" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="BN64" t="s">
-        <v>798</v>
+        <v>785</v>
       </c>
       <c r="BO64">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="BP64"/>
       <c r="BQ64"/>
       <c r="BR64">
-        <v>279</v>
+        <v>389</v>
       </c>
       <c r="BS64" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>799</v>
+        <v>786</v>
       </c>
       <c r="C65" t="s">
-        <v>800</v>
+        <v>787</v>
       </c>
       <c r="D65">
-        <v>577322</v>
+        <v>591349</v>
       </c>
       <c r="E65">
-        <v>99.48</v>
+        <v>83.95</v>
       </c>
       <c r="F65" t="s">
-        <v>801</v>
+        <v>788</v>
       </c>
       <c r="G65" t="s">
         <v>70</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K65" t="s">
-        <v>461</v>
+        <v>111</v>
       </c>
       <c r="L65" t="s">
-        <v>800</v>
+        <v>787</v>
       </c>
       <c r="M65" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65">
-        <v>72472182</v>
+        <v>47818231</v>
       </c>
       <c r="Q65" t="s">
-        <v>799</v>
+        <v>786</v>
       </c>
       <c r="R65" t="s">
-        <v>802</v>
+        <v>789</v>
       </c>
       <c r="S65" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
       <c r="T65" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U65" t="s">
-        <v>800</v>
+        <v>787</v>
       </c>
       <c r="V65">
-        <v>577322</v>
+        <v>591349</v>
       </c>
       <c r="W65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X65">
-        <v>99.48</v>
+        <v>83.95</v>
       </c>
       <c r="Y65">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>70</v>
       </c>
       <c r="AC65" t="s">
-        <v>801</v>
+        <v>788</v>
       </c>
       <c r="AD65">
-        <v>72472182</v>
+        <v>47818231</v>
       </c>
       <c r="AE65" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="AF65">
-        <v>929489116</v>
+        <v>986634248</v>
       </c>
       <c r="AG65"/>
       <c r="AH65" t="s">
-        <v>804</v>
+        <v>792</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="AK65" t="s">
         <v>70</v>
       </c>
       <c r="AL65" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="AM65"/>
+        <v>78</v>
+      </c>
+      <c r="AM65" t="s">
+        <v>793</v>
+      </c>
       <c r="AN65"/>
       <c r="AO65">
         <v>0</v>
       </c>
       <c r="AP65" t="s">
-        <v>805</v>
+        <v>794</v>
       </c>
       <c r="AQ65"/>
       <c r="AR65"/>
       <c r="AS65"/>
       <c r="AT65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU65"/>
       <c r="AV65"/>
       <c r="AW65">
         <v>0</v>
       </c>
       <c r="AX65"/>
       <c r="AY65" t="s">
-        <v>800</v>
+        <v>787</v>
       </c>
       <c r="AZ65" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA65" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB65" t="s">
-        <v>799</v>
+        <v>786</v>
       </c>
       <c r="BC65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH65">
-        <v>435</v>
+        <v>205</v>
       </c>
       <c r="BI65" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ65" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK65" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL65" t="s">
-        <v>806</v>
+        <v>184</v>
       </c>
       <c r="BM65" t="s">
-        <v>807</v>
+        <v>795</v>
       </c>
       <c r="BN65" t="s">
-        <v>71</v>
+        <v>796</v>
       </c>
       <c r="BO65">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="BP65"/>
       <c r="BQ65"/>
       <c r="BR65">
-        <v>386</v>
+        <v>319</v>
       </c>
       <c r="BS65" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="C66" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="D66">
-        <v>577282</v>
+        <v>591328</v>
       </c>
       <c r="E66">
-        <v>56.44</v>
+        <v>172.89</v>
       </c>
       <c r="F66" t="s">
-        <v>810</v>
+        <v>799</v>
       </c>
       <c r="G66" t="s">
         <v>70</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K66" t="s">
-        <v>586</v>
+        <v>716</v>
       </c>
       <c r="L66" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="M66" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N66"/>
       <c r="O66"/>
-      <c r="P66" t="s">
-        <v>811</v>
+      <c r="P66">
+        <v>74697760</v>
       </c>
       <c r="Q66" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="R66" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
       <c r="S66" t="s">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="T66" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U66" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="V66">
-        <v>577282</v>
+        <v>591328</v>
       </c>
       <c r="W66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X66">
-        <v>56.44</v>
+        <v>172.89</v>
       </c>
       <c r="Y66">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>70</v>
       </c>
       <c r="AC66" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>799</v>
+      </c>
+      <c r="AD66">
+        <v>74697760</v>
       </c>
       <c r="AE66" t="s">
-        <v>814</v>
+        <v>801</v>
       </c>
       <c r="AF66">
-        <v>940490440</v>
+        <v>956756430</v>
       </c>
       <c r="AG66"/>
       <c r="AH66" t="s">
-        <v>815</v>
+        <v>802</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>367</v>
+        <v>195</v>
       </c>
       <c r="AK66" t="s">
         <v>70</v>
       </c>
       <c r="AL66" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM66"/>
       <c r="AN66"/>
       <c r="AO66">
         <v>0</v>
       </c>
       <c r="AP66" t="s">
-        <v>816</v>
+        <v>803</v>
       </c>
       <c r="AQ66"/>
       <c r="AR66"/>
       <c r="AS66"/>
       <c r="AT66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU66"/>
       <c r="AV66"/>
       <c r="AW66">
         <v>0</v>
       </c>
       <c r="AX66"/>
       <c r="AY66" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="AZ66" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA66" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB66" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="BC66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH66">
-        <v>435</v>
+        <v>206</v>
       </c>
       <c r="BI66" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ66" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK66" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL66" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM66" t="s">
-        <v>817</v>
+        <v>804</v>
       </c>
       <c r="BN66" t="s">
-        <v>818</v>
+        <v>805</v>
       </c>
       <c r="BO66">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="BP66"/>
       <c r="BQ66"/>
       <c r="BR66">
-        <v>219</v>
+        <v>657</v>
       </c>
       <c r="BS66" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>819</v>
+        <v>806</v>
       </c>
       <c r="C67" t="s">
-        <v>820</v>
+        <v>807</v>
       </c>
       <c r="D67">
-        <v>577240</v>
+        <v>591295</v>
       </c>
       <c r="E67">
-        <v>46.13</v>
+        <v>831.32</v>
       </c>
       <c r="F67" t="s">
-        <v>821</v>
+        <v>808</v>
       </c>
       <c r="G67" t="s">
         <v>70</v>
       </c>
       <c r="H67" t="s">
-        <v>822</v>
+        <v>809</v>
       </c>
       <c r="I67">
-        <v>11.97</v>
+        <v>430</v>
       </c>
       <c r="J67" t="s">
-        <v>823</v>
+        <v>810</v>
       </c>
       <c r="K67" t="s">
-        <v>461</v>
+        <v>111</v>
       </c>
       <c r="L67" t="s">
-        <v>820</v>
+        <v>807</v>
       </c>
       <c r="M67" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67">
-        <v>23813439</v>
+        <v>44592206</v>
       </c>
       <c r="Q67" t="s">
-        <v>819</v>
+        <v>806</v>
       </c>
       <c r="R67" t="s">
-        <v>824</v>
+        <v>811</v>
       </c>
       <c r="S67" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="T67" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U67" t="s">
-        <v>820</v>
+        <v>807</v>
       </c>
       <c r="V67">
-        <v>577240</v>
+        <v>591295</v>
       </c>
       <c r="W67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X67">
-        <v>46.13</v>
+        <v>831.32</v>
       </c>
       <c r="Y67">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>70</v>
       </c>
       <c r="AC67" t="s">
-        <v>821</v>
+        <v>808</v>
       </c>
       <c r="AD67">
-        <v>23813439</v>
+        <v>44592206</v>
       </c>
       <c r="AE67" t="s">
-        <v>825</v>
+        <v>813</v>
       </c>
       <c r="AF67">
-        <v>955173334</v>
+        <v>993674031</v>
       </c>
       <c r="AG67"/>
       <c r="AH67" t="s">
-        <v>826</v>
+        <v>814</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="AK67" t="s">
         <v>70</v>
       </c>
       <c r="AL67" t="s">
-        <v>823</v>
-[...1 lines deleted...]
-      <c r="AM67"/>
+        <v>810</v>
+      </c>
+      <c r="AM67" t="s">
+        <v>116</v>
+      </c>
       <c r="AN67" t="s">
-        <v>822</v>
+        <v>809</v>
       </c>
       <c r="AO67">
-        <v>11.97</v>
+        <v>430</v>
       </c>
       <c r="AP67" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-      <c r="AR67"/>
+        <v>815</v>
+      </c>
+      <c r="AQ67" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR67" t="s">
+        <v>119</v>
+      </c>
       <c r="AS67"/>
       <c r="AT67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU67"/>
       <c r="AV67"/>
       <c r="AW67">
         <v>0</v>
       </c>
       <c r="AX67"/>
       <c r="AY67" t="s">
-        <v>820</v>
+        <v>807</v>
       </c>
       <c r="AZ67" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA67" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB67" t="s">
-        <v>819</v>
+        <v>806</v>
       </c>
       <c r="BC67" t="s">
-        <v>823</v>
+        <v>810</v>
       </c>
       <c r="BD67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH67">
-        <v>436</v>
+        <v>207</v>
       </c>
       <c r="BI67" t="s">
-        <v>214</v>
+        <v>120</v>
       </c>
       <c r="BJ67" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK67" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL67" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="BM67" t="s">
-        <v>827</v>
+        <v>816</v>
       </c>
       <c r="BN67" t="s">
-        <v>828</v>
+        <v>817</v>
       </c>
       <c r="BO67">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="BP67"/>
+        <v>20</v>
+      </c>
+      <c r="BP67" t="s">
+        <v>270</v>
+      </c>
       <c r="BQ67"/>
       <c r="BR67">
-        <v>179</v>
+        <v>3159</v>
       </c>
       <c r="BS67" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>829</v>
+        <v>818</v>
       </c>
       <c r="C68" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="D68">
-        <v>577193</v>
+        <v>591269</v>
       </c>
       <c r="E68">
-        <v>51.29</v>
+        <v>125.78</v>
       </c>
       <c r="F68" t="s">
-        <v>831</v>
+        <v>820</v>
       </c>
       <c r="G68" t="s">
         <v>70</v>
       </c>
-      <c r="H68"/>
+      <c r="H68" t="s">
+        <v>821</v>
+      </c>
       <c r="I68">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="J68" t="s">
-        <v>71</v>
+        <v>810</v>
       </c>
       <c r="K68" t="s">
-        <v>461</v>
+        <v>822</v>
       </c>
       <c r="L68" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="M68" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N68"/>
       <c r="O68"/>
-      <c r="P68">
-        <v>44428506</v>
+      <c r="P68" t="s">
+        <v>823</v>
       </c>
       <c r="Q68" t="s">
-        <v>829</v>
+        <v>818</v>
       </c>
       <c r="R68" t="s">
-        <v>832</v>
+        <v>824</v>
       </c>
       <c r="S68" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="T68" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U68" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="V68">
-        <v>577193</v>
+        <v>591269</v>
       </c>
       <c r="W68" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X68">
-        <v>51.29</v>
+        <v>125.78</v>
       </c>
       <c r="Y68">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z68" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>70</v>
       </c>
       <c r="AC68" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-        <v>44428506</v>
+        <v>820</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>823</v>
       </c>
       <c r="AE68" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="AF68">
-        <v>926912150</v>
+        <v>927784413</v>
       </c>
       <c r="AG68"/>
       <c r="AH68" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>835</v>
+        <v>145</v>
       </c>
       <c r="AK68" t="s">
         <v>70</v>
       </c>
       <c r="AL68" t="s">
-        <v>71</v>
+        <v>810</v>
       </c>
       <c r="AM68" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN68"/>
+        <v>82</v>
+      </c>
+      <c r="AN68" t="s">
+        <v>821</v>
+      </c>
       <c r="AO68">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="AP68" t="s">
-        <v>836</v>
-[...3 lines deleted...]
-      <c r="AS68"/>
+        <v>828</v>
+      </c>
+      <c r="AQ68" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR68" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS68" t="s">
+        <v>829</v>
+      </c>
       <c r="AT68" t="s">
-        <v>71</v>
+        <v>830</v>
       </c>
       <c r="AU68"/>
       <c r="AV68"/>
       <c r="AW68">
         <v>0</v>
       </c>
       <c r="AX68"/>
       <c r="AY68" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="AZ68" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA68" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB68" t="s">
-        <v>829</v>
+        <v>818</v>
       </c>
       <c r="BC68" t="s">
-        <v>71</v>
+        <v>810</v>
       </c>
       <c r="BD68" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE68" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF68" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG68" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH68">
-        <v>437</v>
+        <v>208</v>
       </c>
       <c r="BI68" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ68" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK68" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="BL68" t="s">
-        <v>837</v>
+        <v>103</v>
       </c>
       <c r="BM68" t="s">
-        <v>838</v>
+        <v>831</v>
       </c>
       <c r="BN68" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="BO68">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="BP68"/>
+        <v>8</v>
+      </c>
+      <c r="BP68" t="s">
+        <v>774</v>
+      </c>
       <c r="BQ68"/>
       <c r="BR68">
-        <v>199</v>
+        <v>478</v>
       </c>
       <c r="BS68" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
       <c r="C69" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="D69">
-        <v>577128</v>
+        <v>580491</v>
       </c>
       <c r="E69">
-        <v>48.71</v>
+        <v>44.47</v>
       </c>
       <c r="F69" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="G69" t="s">
         <v>70</v>
       </c>
       <c r="H69"/>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K69" t="s">
-        <v>843</v>
+        <v>836</v>
       </c>
       <c r="L69" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="M69" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69">
-        <v>44836998</v>
+        <v>42646831</v>
       </c>
       <c r="Q69" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
       <c r="R69" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="S69" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="T69" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U69" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="V69">
-        <v>577128</v>
+        <v>580491</v>
       </c>
       <c r="W69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X69">
-        <v>48.71</v>
+        <v>44.47</v>
       </c>
       <c r="Y69">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>70</v>
       </c>
       <c r="AC69" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="AD69">
-        <v>44836998</v>
+        <v>42646831</v>
       </c>
       <c r="AE69" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
       <c r="AF69">
-        <v>932205747</v>
+        <v>970023330</v>
       </c>
       <c r="AG69"/>
       <c r="AH69" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="AK69" t="s">
         <v>70</v>
       </c>
       <c r="AL69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM69" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN69"/>
       <c r="AO69">
         <v>0</v>
       </c>
       <c r="AP69" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="AQ69"/>
       <c r="AR69"/>
       <c r="AS69"/>
       <c r="AT69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU69"/>
       <c r="AV69"/>
       <c r="AW69">
         <v>0</v>
       </c>
       <c r="AX69"/>
       <c r="AY69" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="AZ69" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA69" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB69" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
       <c r="BC69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG69" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH69">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="BI69" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ69" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK69" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL69" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="BM69" t="s">
-        <v>848</v>
+        <v>842</v>
       </c>
       <c r="BN69" t="s">
-        <v>849</v>
+        <v>843</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69"/>
       <c r="BQ69"/>
       <c r="BR69">
-        <v>189</v>
+        <v>169</v>
       </c>
       <c r="BS69" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="C70" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="D70">
-        <v>577090</v>
+        <v>580169</v>
       </c>
       <c r="E70">
-        <v>48.71</v>
+        <v>89.21</v>
       </c>
       <c r="F70" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="G70" t="s">
         <v>70</v>
       </c>
       <c r="H70"/>
       <c r="I70">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K70" t="s">
-        <v>586</v>
+        <v>836</v>
       </c>
       <c r="L70" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="M70" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70">
-        <v>15864681</v>
+        <v>43400047</v>
       </c>
       <c r="Q70" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="R70" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="S70" t="s">
-        <v>854</v>
+        <v>847</v>
       </c>
       <c r="T70" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U70" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="V70">
-        <v>577090</v>
+        <v>580169</v>
       </c>
       <c r="W70" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X70">
-        <v>48.71</v>
+        <v>89.21</v>
       </c>
       <c r="Y70">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z70" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>70</v>
       </c>
       <c r="AC70" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="AD70">
-        <v>15864681</v>
+        <v>43400047</v>
       </c>
       <c r="AE70" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="AF70">
-        <v>987580032</v>
+        <v>971563629</v>
       </c>
       <c r="AG70"/>
       <c r="AH70" t="s">
-        <v>856</v>
+        <v>849</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>714</v>
+        <v>158</v>
       </c>
       <c r="AK70" t="s">
         <v>70</v>
       </c>
       <c r="AL70" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM70" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN70"/>
       <c r="AO70">
         <v>0</v>
       </c>
       <c r="AP70" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="AQ70"/>
       <c r="AR70"/>
       <c r="AS70"/>
       <c r="AT70" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU70"/>
       <c r="AV70"/>
       <c r="AW70">
         <v>0</v>
       </c>
       <c r="AX70"/>
       <c r="AY70" t="s">
+        <v>845</v>
+      </c>
+      <c r="AZ70" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA70" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB70" t="s">
+        <v>844</v>
+      </c>
+      <c r="BC70" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD70" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE70" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF70" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG70" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH70">
+        <v>431</v>
+      </c>
+      <c r="BI70" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ70" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK70" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL70" t="s">
         <v>851</v>
       </c>
-      <c r="AZ70" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="BM70" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="BN70" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="BO70">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="BP70"/>
       <c r="BQ70"/>
       <c r="BR70">
-        <v>189</v>
+        <v>339</v>
       </c>
       <c r="BS70" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="C71" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="D71">
-        <v>576964</v>
+        <v>580157</v>
       </c>
       <c r="E71">
-        <v>59.02</v>
+        <v>73.16</v>
       </c>
       <c r="F71" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="G71" t="s">
         <v>70</v>
       </c>
       <c r="H71"/>
       <c r="I71">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K71" t="s">
-        <v>586</v>
+        <v>857</v>
       </c>
       <c r="L71" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="M71" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N71"/>
       <c r="O71"/>
-      <c r="P71" t="s">
-        <v>862</v>
+      <c r="P71">
+        <v>71322479</v>
       </c>
       <c r="Q71" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="R71" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="S71" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
       <c r="T71" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U71" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="V71">
-        <v>576964</v>
+        <v>580157</v>
       </c>
       <c r="W71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X71">
-        <v>59.02</v>
+        <v>73.16</v>
       </c>
       <c r="Y71">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>70</v>
       </c>
       <c r="AC71" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>856</v>
+      </c>
+      <c r="AD71">
+        <v>71322479</v>
       </c>
       <c r="AE71" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
       <c r="AF71">
-        <v>952519537</v>
+        <v>979175276</v>
       </c>
       <c r="AG71"/>
       <c r="AH71" t="s">
-        <v>866</v>
+        <v>860</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>367</v>
+        <v>861</v>
       </c>
       <c r="AK71" t="s">
         <v>70</v>
       </c>
       <c r="AL71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM71" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN71"/>
       <c r="AO71">
         <v>0</v>
       </c>
       <c r="AP71" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="AQ71"/>
       <c r="AR71"/>
       <c r="AS71"/>
       <c r="AT71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU71"/>
       <c r="AV71"/>
       <c r="AW71">
         <v>0</v>
       </c>
       <c r="AX71"/>
       <c r="AY71" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="AZ71" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA71" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB71" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="BC71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG71" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH71">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="BI71" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ71" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK71" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL71" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM71" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="BN71" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="BO71">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="BP71"/>
       <c r="BQ71"/>
       <c r="BR71">
-        <v>229</v>
+        <v>278</v>
       </c>
       <c r="BS71" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="C72" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="D72">
-        <v>576679</v>
+        <v>580079</v>
       </c>
       <c r="E72">
-        <v>40.98</v>
+        <v>36.58</v>
       </c>
       <c r="F72" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="G72" t="s">
         <v>70</v>
       </c>
       <c r="H72"/>
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K72" t="s">
-        <v>586</v>
+        <v>836</v>
       </c>
       <c r="L72" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="M72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N72"/>
       <c r="O72"/>
-      <c r="P72" t="s">
-        <v>873</v>
+      <c r="P72">
+        <v>10280855</v>
       </c>
       <c r="Q72" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="R72" t="s">
-        <v>874</v>
+        <v>868</v>
       </c>
       <c r="S72" t="s">
-        <v>875</v>
+        <v>869</v>
       </c>
       <c r="T72" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U72" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="V72">
-        <v>576679</v>
+        <v>580079</v>
       </c>
       <c r="W72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X72">
-        <v>40.98</v>
+        <v>36.58</v>
       </c>
       <c r="Y72">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>70</v>
       </c>
       <c r="AC72" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>867</v>
+      </c>
+      <c r="AD72">
+        <v>10280855</v>
       </c>
       <c r="AE72" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="AF72">
-        <v>998784167</v>
+        <v>991663309</v>
       </c>
       <c r="AG72"/>
       <c r="AH72" t="s">
-        <v>877</v>
+        <v>871</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>325</v>
+        <v>872</v>
       </c>
       <c r="AK72" t="s">
         <v>70</v>
       </c>
       <c r="AL72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM72" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN72"/>
       <c r="AO72">
         <v>0</v>
       </c>
       <c r="AP72" t="s">
-        <v>878</v>
+        <v>862</v>
       </c>
       <c r="AQ72"/>
       <c r="AR72"/>
       <c r="AS72"/>
       <c r="AT72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU72"/>
       <c r="AV72"/>
       <c r="AW72">
         <v>0</v>
       </c>
       <c r="AX72"/>
       <c r="AY72" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="AZ72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA72" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB72" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="BC72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH72">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="BI72" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ72" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK72" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL72" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="BM72" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="BN72" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="BO72">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="BP72"/>
       <c r="BQ72"/>
       <c r="BR72">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="BS72" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="73" spans="1:71">
       <c r="A73" t="s">
         <v>66</v>
       </c>
       <c r="B73" t="s">
-        <v>881</v>
+        <v>875</v>
       </c>
       <c r="C73" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="D73">
-        <v>576199</v>
+        <v>580058</v>
       </c>
       <c r="E73">
-        <v>84.79</v>
+        <v>44.47</v>
       </c>
       <c r="F73" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="G73" t="s">
         <v>70</v>
       </c>
       <c r="H73" t="s">
-        <v>884</v>
+        <v>878</v>
       </c>
       <c r="I73">
-        <v>34.99</v>
+        <v>15.99</v>
       </c>
       <c r="J73" t="s">
-        <v>885</v>
+        <v>879</v>
       </c>
       <c r="K73" t="s">
-        <v>886</v>
+        <v>836</v>
       </c>
       <c r="L73" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="M73" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73">
-        <v>47563321</v>
+        <v>42394316</v>
       </c>
       <c r="Q73" t="s">
+        <v>875</v>
+      </c>
+      <c r="R73" t="s">
+        <v>880</v>
+      </c>
+      <c r="S73" t="s">
         <v>881</v>
       </c>
-      <c r="R73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T73" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U73" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="V73">
-        <v>576199</v>
+        <v>580058</v>
       </c>
       <c r="W73" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X73">
-        <v>84.79</v>
+        <v>44.47</v>
       </c>
       <c r="Y73">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z73" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA73" t="s">
         <v>66</v>
       </c>
       <c r="AB73" t="s">
         <v>70</v>
       </c>
       <c r="AC73" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="AD73">
-        <v>47563321</v>
+        <v>42394316</v>
       </c>
       <c r="AE73" t="s">
-        <v>888</v>
+        <v>882</v>
       </c>
       <c r="AF73">
-        <v>936159315</v>
+        <v>962364849</v>
       </c>
       <c r="AG73"/>
       <c r="AH73" t="s">
-        <v>889</v>
+        <v>883</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73" t="s">
-        <v>400</v>
+        <v>145</v>
       </c>
       <c r="AK73" t="s">
         <v>70</v>
       </c>
       <c r="AL73" t="s">
+        <v>879</v>
+      </c>
+      <c r="AM73" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN73" t="s">
+        <v>878</v>
+      </c>
+      <c r="AO73">
+        <v>15.99</v>
+      </c>
+      <c r="AP73" t="s">
+        <v>884</v>
+      </c>
+      <c r="AQ73" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR73" t="s">
         <v>885</v>
       </c>
-      <c r="AM73" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AS73" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="AT73" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="AU73"/>
       <c r="AV73"/>
       <c r="AW73">
         <v>0</v>
       </c>
       <c r="AX73"/>
       <c r="AY73" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="AZ73" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA73" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB73" t="s">
-        <v>881</v>
+        <v>875</v>
       </c>
       <c r="BC73" t="s">
-        <v>885</v>
+        <v>879</v>
       </c>
       <c r="BD73" t="s">
-        <v>71</v>
+        <v>888</v>
       </c>
       <c r="BE73" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF73" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG73" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH73">
-        <v>453</v>
+        <v>433</v>
       </c>
       <c r="BI73" t="s">
-        <v>152</v>
+        <v>85</v>
       </c>
       <c r="BJ73" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK73" t="s">
-        <v>82</v>
+        <v>771</v>
       </c>
       <c r="BL73" t="s">
-        <v>663</v>
+        <v>172</v>
       </c>
       <c r="BM73" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="BN73" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="BO73">
-        <v>41</v>
+        <v>7</v>
       </c>
       <c r="BP73" t="s">
-        <v>520</v>
+        <v>774</v>
       </c>
       <c r="BQ73"/>
       <c r="BR73">
-        <v>329</v>
+        <v>169</v>
       </c>
       <c r="BS73" t="s">
-        <v>582</v>
+        <v>175</v>
       </c>
     </row>
     <row r="74" spans="1:71">
       <c r="A74" t="s">
         <v>66</v>
       </c>
       <c r="B74" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="C74" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="D74">
-        <v>575956</v>
+        <v>580057</v>
       </c>
       <c r="E74">
-        <v>270.36</v>
+        <v>76.05</v>
       </c>
       <c r="F74" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="G74" t="s">
         <v>70</v>
       </c>
       <c r="H74" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="I74">
-        <v>166.99</v>
+        <v>34.19</v>
       </c>
       <c r="J74" t="s">
-        <v>899</v>
+        <v>879</v>
       </c>
       <c r="K74" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L74" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="M74" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74">
-        <v>48175773</v>
+        <v>40516343</v>
       </c>
       <c r="Q74" t="s">
+        <v>891</v>
+      </c>
+      <c r="R74" t="s">
         <v>895</v>
       </c>
-      <c r="R74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S74" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="T74" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U74" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="V74">
-        <v>575956</v>
+        <v>580057</v>
       </c>
       <c r="W74" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X74">
-        <v>270.36</v>
+        <v>76.05</v>
       </c>
       <c r="Y74">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z74" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA74" t="s">
         <v>66</v>
       </c>
       <c r="AB74" t="s">
         <v>70</v>
       </c>
       <c r="AC74" t="s">
+        <v>893</v>
+      </c>
+      <c r="AD74">
+        <v>40516343</v>
+      </c>
+      <c r="AE74" t="s">
         <v>897</v>
       </c>
-      <c r="AD74">
-[...4 lines deleted...]
-      </c>
       <c r="AF74">
-        <v>931073732</v>
+        <v>997124879</v>
       </c>
       <c r="AG74"/>
       <c r="AH74" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74" t="s">
-        <v>549</v>
+        <v>223</v>
       </c>
       <c r="AK74" t="s">
         <v>70</v>
       </c>
       <c r="AL74" t="s">
-        <v>899</v>
+        <v>879</v>
       </c>
       <c r="AM74"/>
       <c r="AN74" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="AO74">
-        <v>166.99</v>
+        <v>34.19</v>
       </c>
       <c r="AP74" t="s">
-        <v>903</v>
-[...3 lines deleted...]
-      <c r="AS74"/>
+        <v>899</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>885</v>
+      </c>
+      <c r="AS74" t="s">
+        <v>900</v>
+      </c>
       <c r="AT74" t="s">
-        <v>71</v>
+        <v>887</v>
       </c>
       <c r="AU74"/>
       <c r="AV74"/>
       <c r="AW74">
         <v>0</v>
       </c>
       <c r="AX74"/>
       <c r="AY74" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="AZ74" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA74" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB74" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="BC74" t="s">
-        <v>899</v>
+        <v>879</v>
       </c>
       <c r="BD74" t="s">
-        <v>71</v>
+        <v>901</v>
       </c>
       <c r="BE74" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF74" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG74" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH74">
-        <v>457</v>
+        <v>433</v>
       </c>
       <c r="BI74" t="s">
-        <v>214</v>
+        <v>120</v>
       </c>
       <c r="BJ74" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK74" t="s">
-        <v>82</v>
+        <v>771</v>
       </c>
       <c r="BL74" t="s">
-        <v>228</v>
+        <v>103</v>
       </c>
       <c r="BM74" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="BN74" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="BO74">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP74"/>
+        <v>7</v>
+      </c>
+      <c r="BP74" t="s">
+        <v>774</v>
+      </c>
       <c r="BQ74"/>
       <c r="BR74">
-        <v>1049</v>
+        <v>289</v>
       </c>
       <c r="BS74" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:71">
       <c r="A75" t="s">
         <v>66</v>
       </c>
       <c r="B75" t="s">
+        <v>904</v>
+      </c>
+      <c r="C75" t="s">
+        <v>905</v>
+      </c>
+      <c r="D75">
+        <v>579408</v>
+      </c>
+      <c r="E75">
+        <v>83.95</v>
+      </c>
+      <c r="F75" t="s">
         <v>906</v>
       </c>
-      <c r="C75" t="s">
+      <c r="G75" t="s">
+        <v>70</v>
+      </c>
+      <c r="H75" t="s">
         <v>907</v>
       </c>
-      <c r="D75">
-[...5 lines deleted...]
-      <c r="F75" t="s">
+      <c r="I75">
+        <v>37.99</v>
+      </c>
+      <c r="J75" t="s">
         <v>908</v>
       </c>
-      <c r="G75" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K75" t="s">
-        <v>909</v>
+        <v>716</v>
       </c>
       <c r="L75" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="M75" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75">
-        <v>32543825</v>
+        <v>11145442</v>
       </c>
       <c r="Q75" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="R75" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="S75" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="T75" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U75" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="V75">
-        <v>575566</v>
+        <v>579408</v>
       </c>
       <c r="W75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X75">
-        <v>180.15</v>
+        <v>83.95</v>
       </c>
       <c r="Y75">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA75" t="s">
         <v>66</v>
       </c>
       <c r="AB75" t="s">
         <v>70</v>
       </c>
       <c r="AC75" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="AD75">
-        <v>32543825</v>
+        <v>11145442</v>
       </c>
       <c r="AE75" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="AF75">
-        <v>957973114</v>
+        <v>99999999</v>
       </c>
       <c r="AG75"/>
       <c r="AH75" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="AI75"/>
       <c r="AJ75" t="s">
-        <v>795</v>
+        <v>145</v>
       </c>
       <c r="AK75" t="s">
         <v>70</v>
       </c>
       <c r="AL75" t="s">
-        <v>71</v>
+        <v>908</v>
       </c>
       <c r="AM75"/>
-      <c r="AN75"/>
+      <c r="AN75" t="s">
+        <v>907</v>
+      </c>
       <c r="AO75">
-        <v>0</v>
+        <v>37.99</v>
       </c>
       <c r="AP75" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="AQ75"/>
       <c r="AR75"/>
       <c r="AS75"/>
       <c r="AT75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU75"/>
       <c r="AV75"/>
       <c r="AW75">
         <v>0</v>
       </c>
       <c r="AX75"/>
       <c r="AY75" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="AZ75" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA75" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB75" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="BC75" t="s">
-        <v>71</v>
+        <v>908</v>
       </c>
       <c r="BD75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH75">
-        <v>465</v>
+        <v>444</v>
       </c>
       <c r="BI75" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ75" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK75" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL75" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="BM75" t="s">
+        <v>913</v>
+      </c>
+      <c r="BN75" t="s">
         <v>914</v>
       </c>
-      <c r="BN75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO75">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP75"/>
       <c r="BQ75"/>
       <c r="BR75">
-        <v>699</v>
+        <v>319</v>
       </c>
       <c r="BS75" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="76" spans="1:71">
       <c r="A76" t="s">
         <v>66</v>
       </c>
       <c r="B76" t="s">
+        <v>915</v>
+      </c>
+      <c r="C76" t="s">
         <v>916</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76">
+        <v>579407</v>
+      </c>
+      <c r="E76">
+        <v>104.74</v>
+      </c>
+      <c r="F76" t="s">
+        <v>906</v>
+      </c>
+      <c r="G76" t="s">
+        <v>70</v>
+      </c>
+      <c r="H76" t="s">
         <v>917</v>
       </c>
-      <c r="D76">
-[...11 lines deleted...]
-      <c r="H76"/>
       <c r="I76">
-        <v>0</v>
+        <v>43.98</v>
       </c>
       <c r="J76" t="s">
-        <v>71</v>
+        <v>908</v>
       </c>
       <c r="K76" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L76" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="M76" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N76"/>
       <c r="O76"/>
-      <c r="P76" t="s">
+      <c r="P76">
+        <v>11139428</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>915</v>
+      </c>
+      <c r="R76" t="s">
+        <v>918</v>
+      </c>
+      <c r="S76" t="s">
         <v>919</v>
       </c>
-      <c r="Q76" t="s">
+      <c r="T76" t="s">
+        <v>77</v>
+      </c>
+      <c r="U76" t="s">
         <v>916</v>
       </c>
-      <c r="R76" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V76">
-        <v>575522</v>
+        <v>579407</v>
       </c>
       <c r="W76" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X76">
-        <v>79.64</v>
+        <v>104.74</v>
       </c>
       <c r="Y76">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z76" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA76" t="s">
         <v>66</v>
       </c>
       <c r="AB76" t="s">
         <v>70</v>
       </c>
       <c r="AC76" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>906</v>
+      </c>
+      <c r="AD76">
+        <v>11139428</v>
       </c>
       <c r="AE76" t="s">
-        <v>921</v>
+        <v>910</v>
       </c>
       <c r="AF76">
-        <v>945166154</v>
+        <v>99999999</v>
       </c>
       <c r="AG76"/>
       <c r="AH76" t="s">
-        <v>922</v>
+        <v>911</v>
       </c>
       <c r="AI76"/>
       <c r="AJ76" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="AK76" t="s">
         <v>70</v>
       </c>
       <c r="AL76" t="s">
-        <v>71</v>
+        <v>908</v>
       </c>
       <c r="AM76"/>
-      <c r="AN76"/>
+      <c r="AN76" t="s">
+        <v>917</v>
+      </c>
       <c r="AO76">
-        <v>0</v>
+        <v>43.98</v>
       </c>
       <c r="AP76" t="s">
-        <v>923</v>
-[...3 lines deleted...]
-      <c r="AS76"/>
+        <v>920</v>
+      </c>
+      <c r="AQ76" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR76" t="s">
+        <v>885</v>
+      </c>
+      <c r="AS76" t="s">
+        <v>921</v>
+      </c>
       <c r="AT76" t="s">
-        <v>71</v>
+        <v>922</v>
       </c>
       <c r="AU76"/>
       <c r="AV76"/>
       <c r="AW76">
         <v>0</v>
       </c>
       <c r="AX76"/>
       <c r="AY76" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="AZ76" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA76" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB76" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="BC76" t="s">
-        <v>71</v>
+        <v>908</v>
       </c>
       <c r="BD76" t="s">
-        <v>71</v>
+        <v>923</v>
       </c>
       <c r="BE76" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF76" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG76" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH76">
-        <v>466</v>
+        <v>444</v>
       </c>
       <c r="BI76" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ76" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK76" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL76" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="BM76" t="s">
         <v>924</v>
       </c>
       <c r="BN76" t="s">
-        <v>71</v>
+        <v>925</v>
       </c>
       <c r="BO76">
         <v>0</v>
       </c>
-      <c r="BP76"/>
+      <c r="BP76" t="s">
+        <v>774</v>
+      </c>
       <c r="BQ76"/>
       <c r="BR76">
-        <v>309</v>
+        <v>398</v>
       </c>
       <c r="BS76" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="77" spans="1:71">
       <c r="A77" t="s">
         <v>66</v>
       </c>
       <c r="B77" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C77" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D77">
-        <v>575458</v>
+        <v>579406</v>
       </c>
       <c r="E77">
-        <v>48.71</v>
+        <v>94.22</v>
       </c>
       <c r="F77" t="s">
-        <v>927</v>
+        <v>906</v>
       </c>
       <c r="G77" t="s">
         <v>70</v>
       </c>
       <c r="H77" t="s">
         <v>928</v>
       </c>
       <c r="I77">
-        <v>20.99</v>
+        <v>38.8</v>
       </c>
       <c r="J77" t="s">
-        <v>929</v>
+        <v>908</v>
       </c>
       <c r="K77" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L77" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="M77" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77">
-        <v>46809176</v>
+        <v>11137250</v>
       </c>
       <c r="Q77" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="R77" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="S77" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="T77" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U77" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="V77">
-        <v>575458</v>
+        <v>579406</v>
       </c>
       <c r="W77" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X77">
-        <v>48.71</v>
+        <v>94.22</v>
       </c>
       <c r="Y77">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z77" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA77" t="s">
         <v>66</v>
       </c>
       <c r="AB77" t="s">
         <v>70</v>
       </c>
       <c r="AC77" t="s">
-        <v>927</v>
+        <v>906</v>
       </c>
       <c r="AD77">
-        <v>46809176</v>
+        <v>11137250</v>
       </c>
       <c r="AE77" t="s">
-        <v>931</v>
+        <v>910</v>
       </c>
       <c r="AF77">
-        <v>998122884</v>
+        <v>99999999</v>
       </c>
       <c r="AG77"/>
       <c r="AH77" t="s">
-        <v>932</v>
+        <v>911</v>
       </c>
       <c r="AI77"/>
       <c r="AJ77" t="s">
-        <v>562</v>
+        <v>145</v>
       </c>
       <c r="AK77" t="s">
         <v>70</v>
       </c>
       <c r="AL77" t="s">
-        <v>929</v>
+        <v>908</v>
       </c>
       <c r="AM77"/>
       <c r="AN77" t="s">
         <v>928</v>
       </c>
       <c r="AO77">
-        <v>20.99</v>
+        <v>38.8</v>
       </c>
       <c r="AP77" t="s">
-        <v>933</v>
-[...9 lines deleted...]
-      </c>
+        <v>930</v>
+      </c>
+      <c r="AQ77"/>
+      <c r="AR77"/>
+      <c r="AS77"/>
       <c r="AT77" t="s">
-        <v>935</v>
+        <v>78</v>
       </c>
       <c r="AU77"/>
       <c r="AV77"/>
       <c r="AW77">
         <v>0</v>
       </c>
       <c r="AX77"/>
       <c r="AY77" t="s">
+        <v>927</v>
+      </c>
+      <c r="AZ77" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA77" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB77" t="s">
         <v>926</v>
       </c>
-      <c r="AZ77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BC77" t="s">
-        <v>929</v>
+        <v>908</v>
       </c>
       <c r="BD77" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE77" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF77" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG77" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH77">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="BI77" t="s">
-        <v>214</v>
+        <v>120</v>
       </c>
       <c r="BJ77" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK77" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL77" t="s">
-        <v>579</v>
+        <v>211</v>
       </c>
       <c r="BM77" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="BN77" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="BO77">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP77"/>
       <c r="BQ77"/>
       <c r="BR77">
-        <v>189</v>
+        <v>358</v>
       </c>
       <c r="BS77" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="78" spans="1:71">
       <c r="A78" t="s">
         <v>66</v>
       </c>
       <c r="B78" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="C78" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="D78">
-        <v>574980</v>
+        <v>579093</v>
       </c>
       <c r="E78">
-        <v>154.38</v>
+        <v>205</v>
       </c>
       <c r="F78" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="G78" t="s">
         <v>70</v>
       </c>
       <c r="H78"/>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K78" t="s">
-        <v>461</v>
+        <v>836</v>
       </c>
       <c r="L78" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="M78" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N78"/>
       <c r="O78"/>
-      <c r="P78" t="s">
-        <v>941</v>
+      <c r="P78">
+        <v>47828911</v>
       </c>
       <c r="Q78" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="R78" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="S78" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="T78" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U78" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="V78">
-        <v>574980</v>
+        <v>579093</v>
       </c>
       <c r="W78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X78">
-        <v>154.38</v>
+        <v>205</v>
       </c>
       <c r="Y78">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA78" t="s">
         <v>66</v>
       </c>
       <c r="AB78" t="s">
         <v>70</v>
       </c>
       <c r="AC78" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>941</v>
+        <v>935</v>
+      </c>
+      <c r="AD78">
+        <v>47828911</v>
       </c>
       <c r="AE78" t="s">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c r="AF78">
-        <v>981267157</v>
+        <v>958899002</v>
       </c>
       <c r="AG78"/>
       <c r="AH78" t="s">
-        <v>944</v>
+        <v>938</v>
       </c>
       <c r="AI78"/>
       <c r="AJ78" t="s">
-        <v>367</v>
+        <v>280</v>
       </c>
       <c r="AK78" t="s">
         <v>70</v>
       </c>
       <c r="AL78" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="AM78"/>
+        <v>78</v>
+      </c>
+      <c r="AM78" t="s">
+        <v>82</v>
+      </c>
       <c r="AN78"/>
       <c r="AO78">
         <v>0</v>
       </c>
       <c r="AP78" t="s">
-        <v>945</v>
+        <v>939</v>
       </c>
       <c r="AQ78"/>
       <c r="AR78"/>
       <c r="AS78"/>
       <c r="AT78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU78"/>
       <c r="AV78"/>
       <c r="AW78">
         <v>0</v>
       </c>
       <c r="AX78"/>
       <c r="AY78" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="AZ78" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA78" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB78" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="BC78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG78" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH78">
-        <v>475</v>
+        <v>449</v>
       </c>
       <c r="BI78" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ78" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK78" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL78" t="s">
-        <v>601</v>
+        <v>184</v>
       </c>
       <c r="BM78" t="s">
-        <v>946</v>
+        <v>940</v>
       </c>
       <c r="BN78" t="s">
-        <v>71</v>
+        <v>941</v>
       </c>
       <c r="BO78">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BP78"/>
       <c r="BQ78"/>
       <c r="BR78">
-        <v>599</v>
+        <v>779</v>
       </c>
       <c r="BS78" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="79" spans="1:71">
       <c r="A79" t="s">
         <v>66</v>
       </c>
       <c r="B79" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="C79" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="D79">
-        <v>574663</v>
+        <v>579070</v>
       </c>
       <c r="E79">
-        <v>77.06</v>
+        <v>70.79</v>
       </c>
       <c r="F79" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="G79" t="s">
         <v>70</v>
       </c>
       <c r="H79"/>
       <c r="I79">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K79" t="s">
-        <v>586</v>
+        <v>836</v>
       </c>
       <c r="L79" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="M79" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N79"/>
       <c r="O79"/>
-      <c r="P79">
-        <v>45541386</v>
+      <c r="P79" t="s">
+        <v>945</v>
       </c>
       <c r="Q79" t="s">
+        <v>942</v>
+      </c>
+      <c r="R79" t="s">
+        <v>946</v>
+      </c>
+      <c r="S79" t="s">
         <v>947</v>
       </c>
-      <c r="R79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T79" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U79" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="V79">
-        <v>574663</v>
+        <v>579070</v>
       </c>
       <c r="W79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X79">
-        <v>77.06</v>
+        <v>70.79</v>
       </c>
       <c r="Y79">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA79" t="s">
         <v>66</v>
       </c>
       <c r="AB79" t="s">
         <v>70</v>
       </c>
       <c r="AC79" t="s">
-        <v>949</v>
-[...2 lines deleted...]
-        <v>45541386</v>
+        <v>944</v>
+      </c>
+      <c r="AD79" t="s">
+        <v>945</v>
       </c>
       <c r="AE79" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="AF79">
-        <v>959299155</v>
+        <v>965453228</v>
       </c>
       <c r="AG79"/>
       <c r="AH79" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="AI79"/>
       <c r="AJ79" t="s">
-        <v>367</v>
+        <v>950</v>
       </c>
       <c r="AK79" t="s">
         <v>70</v>
       </c>
       <c r="AL79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM79" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN79"/>
       <c r="AO79">
         <v>0</v>
       </c>
       <c r="AP79" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="AQ79"/>
       <c r="AR79"/>
       <c r="AS79"/>
       <c r="AT79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU79"/>
       <c r="AV79"/>
       <c r="AW79">
         <v>0</v>
       </c>
       <c r="AX79"/>
       <c r="AY79" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="AZ79" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA79" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB79" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="BC79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG79" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH79">
-        <v>479</v>
+        <v>450</v>
       </c>
       <c r="BI79" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ79" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK79" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL79" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
       <c r="BM79" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="BN79" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="BO79">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="BP79"/>
       <c r="BQ79"/>
       <c r="BR79">
-        <v>299</v>
+        <v>269</v>
       </c>
       <c r="BS79" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="80" spans="1:71">
       <c r="A80" t="s">
         <v>66</v>
       </c>
       <c r="B80" t="s">
+        <v>954</v>
+      </c>
+      <c r="C80" t="s">
+        <v>955</v>
+      </c>
+      <c r="D80">
+        <v>578820</v>
+      </c>
+      <c r="E80">
+        <v>107.63</v>
+      </c>
+      <c r="F80" t="s">
         <v>956</v>
       </c>
-      <c r="C80" t="s">
+      <c r="G80" t="s">
+        <v>70</v>
+      </c>
+      <c r="H80" t="s">
         <v>957</v>
       </c>
-      <c r="D80">
-[...5 lines deleted...]
-      <c r="F80" t="s">
+      <c r="I80">
+        <v>59.99</v>
+      </c>
+      <c r="J80" t="s">
         <v>958</v>
       </c>
-      <c r="G80" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K80" t="s">
-        <v>959</v>
+        <v>716</v>
       </c>
       <c r="L80" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="M80" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80">
-        <v>72281996</v>
+        <v>71334742</v>
       </c>
       <c r="Q80" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="R80" t="s">
-        <v>960</v>
+        <v>959</v>
       </c>
       <c r="S80" t="s">
         <v>960</v>
       </c>
       <c r="T80" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U80" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="V80">
-        <v>574229</v>
+        <v>578820</v>
       </c>
       <c r="W80" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X80">
-        <v>66.75</v>
+        <v>107.63</v>
       </c>
       <c r="Y80">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z80" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA80" t="s">
         <v>66</v>
       </c>
       <c r="AB80" t="s">
         <v>70</v>
       </c>
       <c r="AC80" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="AD80">
-        <v>72281996</v>
+        <v>71334742</v>
       </c>
       <c r="AE80" t="s">
         <v>961</v>
       </c>
       <c r="AF80">
-        <v>979856090</v>
+        <v>962885700</v>
       </c>
       <c r="AG80"/>
       <c r="AH80" t="s">
         <v>962</v>
       </c>
       <c r="AI80"/>
       <c r="AJ80" t="s">
-        <v>127</v>
+        <v>963</v>
       </c>
       <c r="AK80" t="s">
         <v>70</v>
       </c>
       <c r="AL80" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN80"/>
+        <v>958</v>
+      </c>
+      <c r="AM80"/>
+      <c r="AN80" t="s">
+        <v>957</v>
+      </c>
       <c r="AO80">
-        <v>0</v>
+        <v>59.99</v>
       </c>
       <c r="AP80" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="AQ80"/>
       <c r="AR80"/>
       <c r="AS80"/>
       <c r="AT80" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU80"/>
       <c r="AV80"/>
       <c r="AW80">
         <v>0</v>
       </c>
       <c r="AX80"/>
       <c r="AY80" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="AZ80" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA80" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB80" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="BC80" t="s">
-        <v>71</v>
+        <v>958</v>
       </c>
       <c r="BD80" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE80" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF80" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG80" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH80">
-        <v>485</v>
+        <v>454</v>
       </c>
       <c r="BI80" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ80" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK80" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL80" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="BM80" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="BN80" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="BO80">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BP80"/>
       <c r="BQ80"/>
       <c r="BR80">
-        <v>259</v>
+        <v>409</v>
       </c>
       <c r="BS80" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:71">
       <c r="A81" t="s">
         <v>66</v>
       </c>
       <c r="B81" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C81" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D81">
-        <v>574152</v>
+        <v>578803</v>
       </c>
       <c r="E81">
-        <v>61.6</v>
+        <v>120.79</v>
       </c>
       <c r="F81" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="G81" t="s">
         <v>70</v>
       </c>
       <c r="H81"/>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K81" t="s">
-        <v>461</v>
+        <v>970</v>
       </c>
       <c r="L81" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="M81" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81">
-        <v>10143605</v>
+        <v>46398323</v>
       </c>
       <c r="Q81" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="R81" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="S81" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="T81" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U81" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="V81">
-        <v>574152</v>
+        <v>578803</v>
       </c>
       <c r="W81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X81">
-        <v>61.6</v>
+        <v>120.79</v>
       </c>
       <c r="Y81">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA81" t="s">
         <v>66</v>
       </c>
       <c r="AB81" t="s">
         <v>70</v>
       </c>
       <c r="AC81" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="AD81">
-        <v>10143605</v>
+        <v>46398323</v>
       </c>
       <c r="AE81" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="AF81">
-        <v>970287794</v>
+        <v>960475780</v>
       </c>
       <c r="AG81"/>
       <c r="AH81" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="AI81"/>
       <c r="AJ81" t="s">
-        <v>400</v>
+        <v>975</v>
       </c>
       <c r="AK81" t="s">
         <v>70</v>
       </c>
       <c r="AL81" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="AM81"/>
+        <v>78</v>
+      </c>
+      <c r="AM81" t="s">
+        <v>976</v>
+      </c>
       <c r="AN81"/>
       <c r="AO81">
         <v>0</v>
       </c>
       <c r="AP81" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="AQ81"/>
+        <v>977</v>
+      </c>
+      <c r="AQ81" t="s">
+        <v>978</v>
+      </c>
       <c r="AR81"/>
       <c r="AS81"/>
       <c r="AT81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU81"/>
       <c r="AV81"/>
       <c r="AW81">
         <v>0</v>
       </c>
       <c r="AX81"/>
       <c r="AY81" t="s">
+        <v>968</v>
+      </c>
+      <c r="AZ81" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA81" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB81" t="s">
         <v>967</v>
       </c>
-      <c r="AZ81" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BC81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG81" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH81">
-        <v>487</v>
+        <v>454</v>
       </c>
       <c r="BI81" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ81" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK81" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL81" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM81" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="BN81" t="s">
-        <v>71</v>
+        <v>980</v>
       </c>
       <c r="BO81">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP81"/>
+        <v>8</v>
+      </c>
+      <c r="BP81" t="s">
+        <v>981</v>
+      </c>
       <c r="BQ81"/>
       <c r="BR81">
-        <v>239</v>
+        <v>459</v>
       </c>
       <c r="BS81" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:71">
       <c r="A82" t="s">
         <v>66</v>
       </c>
       <c r="B82" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="C82" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="D82">
-        <v>573943</v>
+        <v>578707</v>
       </c>
       <c r="E82">
-        <v>97.68</v>
+        <v>78.68</v>
       </c>
       <c r="F82" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="G82" t="s">
         <v>70</v>
       </c>
-      <c r="H82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
       <c r="I82">
-        <v>46.99</v>
+        <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>978</v>
+        <v>78</v>
       </c>
       <c r="K82" t="s">
-        <v>461</v>
+        <v>836</v>
       </c>
       <c r="L82" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="M82" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N82"/>
       <c r="O82"/>
-      <c r="P82" t="s">
-        <v>979</v>
+      <c r="P82">
+        <v>80076549</v>
       </c>
       <c r="Q82" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="R82" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="S82" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="T82" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U82" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="V82">
-        <v>573943</v>
+        <v>578707</v>
       </c>
       <c r="W82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X82">
-        <v>97.68</v>
+        <v>78.68</v>
       </c>
       <c r="Y82">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA82" t="s">
         <v>66</v>
       </c>
       <c r="AB82" t="s">
         <v>70</v>
       </c>
       <c r="AC82" t="s">
-        <v>976</v>
-[...2 lines deleted...]
-        <v>979</v>
+        <v>984</v>
+      </c>
+      <c r="AD82">
+        <v>80076549</v>
       </c>
       <c r="AE82" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="AF82">
-        <v>934372315</v>
+        <v>952928535</v>
       </c>
       <c r="AG82"/>
       <c r="AH82" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="AI82"/>
       <c r="AJ82" t="s">
-        <v>226</v>
+        <v>988</v>
       </c>
       <c r="AK82" t="s">
         <v>70</v>
       </c>
       <c r="AL82" t="s">
-        <v>978</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM82" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN82"/>
       <c r="AO82">
-        <v>46.99</v>
+        <v>0</v>
       </c>
       <c r="AP82" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="AQ82"/>
       <c r="AR82"/>
       <c r="AS82"/>
       <c r="AT82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU82"/>
       <c r="AV82"/>
       <c r="AW82">
         <v>0</v>
       </c>
       <c r="AX82"/>
       <c r="AY82" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="AZ82" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA82" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB82" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="BC82" t="s">
-        <v>978</v>
+        <v>78</v>
       </c>
       <c r="BD82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH82">
-        <v>490</v>
+        <v>456</v>
       </c>
       <c r="BI82" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ82" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK82" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL82" t="s">
-        <v>215</v>
+        <v>184</v>
       </c>
       <c r="BM82" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="BN82" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="BO82">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="BP82"/>
       <c r="BQ82"/>
       <c r="BR82">
-        <v>379</v>
+        <v>299</v>
       </c>
       <c r="BS82" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="83" spans="1:71">
       <c r="A83" t="s">
         <v>66</v>
       </c>
       <c r="B83" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="C83" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="D83">
-        <v>573753</v>
+        <v>578600</v>
       </c>
       <c r="E83">
-        <v>77.06</v>
+        <v>447.11</v>
       </c>
       <c r="F83" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="G83" t="s">
         <v>70</v>
       </c>
       <c r="H83"/>
       <c r="I83">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K83" t="s">
-        <v>586</v>
+        <v>836</v>
       </c>
       <c r="L83" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="M83" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N83"/>
       <c r="O83"/>
-      <c r="P83">
-        <v>70443992</v>
+      <c r="P83" t="s">
+        <v>995</v>
       </c>
       <c r="Q83" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="R83" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="S83" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="T83" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U83" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="V83">
-        <v>573753</v>
+        <v>578600</v>
       </c>
       <c r="W83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X83">
-        <v>77.06</v>
+        <v>447.11</v>
       </c>
       <c r="Y83">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA83" t="s">
         <v>66</v>
       </c>
       <c r="AB83" t="s">
         <v>70</v>
       </c>
       <c r="AC83" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>70443992</v>
+        <v>994</v>
+      </c>
+      <c r="AD83" t="s">
+        <v>995</v>
       </c>
       <c r="AE83" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="AF83">
-        <v>933147691</v>
+        <v>972839365</v>
       </c>
       <c r="AG83"/>
       <c r="AH83" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="AI83"/>
       <c r="AJ83" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="AK83" t="s">
         <v>70</v>
       </c>
       <c r="AL83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM83" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN83"/>
       <c r="AO83">
         <v>0</v>
       </c>
       <c r="AP83" t="s">
-        <v>591</v>
+        <v>999</v>
       </c>
       <c r="AQ83"/>
       <c r="AR83"/>
       <c r="AS83"/>
       <c r="AT83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU83"/>
       <c r="AV83"/>
       <c r="AW83">
         <v>0</v>
       </c>
       <c r="AX83"/>
       <c r="AY83" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="AZ83" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA83" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB83" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="BC83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH83">
-        <v>494</v>
+        <v>458</v>
       </c>
       <c r="BI83" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ83" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK83" t="s">
-        <v>82</v>
+        <v>121</v>
       </c>
       <c r="BL83" t="s">
-        <v>993</v>
+        <v>356</v>
       </c>
       <c r="BM83" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="BN83" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="BO83">
         <v>4</v>
       </c>
       <c r="BP83"/>
       <c r="BQ83"/>
       <c r="BR83">
-        <v>299</v>
+        <v>1699</v>
       </c>
       <c r="BS83" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="84" spans="1:71">
       <c r="A84" t="s">
         <v>66</v>
       </c>
       <c r="B84" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="C84" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="D84">
-        <v>573712</v>
+        <v>578557</v>
       </c>
       <c r="E84">
-        <v>128.61</v>
+        <v>60.26</v>
       </c>
       <c r="F84" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="G84" t="s">
         <v>70</v>
       </c>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
       <c r="I84">
-        <v>74.2</v>
+        <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>1000</v>
+        <v>78</v>
       </c>
       <c r="K84" t="s">
-        <v>1001</v>
+        <v>716</v>
       </c>
       <c r="L84" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="M84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84">
-        <v>74142338</v>
+        <v>70011146</v>
       </c>
       <c r="Q84" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="R84" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="S84" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="T84" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U84" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="V84">
-        <v>573712</v>
+        <v>578557</v>
       </c>
       <c r="W84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X84">
-        <v>128.61</v>
+        <v>60.26</v>
       </c>
       <c r="Y84">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA84" t="s">
         <v>66</v>
       </c>
       <c r="AB84" t="s">
         <v>70</v>
       </c>
       <c r="AC84" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="AD84">
-        <v>74142338</v>
+        <v>70011146</v>
       </c>
       <c r="AE84" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="AF84">
-        <v>940246472</v>
+        <v>947927577</v>
       </c>
       <c r="AG84"/>
       <c r="AH84" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="AI84"/>
       <c r="AJ84" t="s">
-        <v>93</v>
+        <v>280</v>
       </c>
       <c r="AK84" t="s">
         <v>70</v>
       </c>
       <c r="AL84" t="s">
-        <v>1000</v>
+        <v>78</v>
       </c>
       <c r="AM84" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN84"/>
       <c r="AO84">
-        <v>74.2</v>
+        <v>0</v>
       </c>
       <c r="AP84" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="AQ84"/>
       <c r="AR84"/>
       <c r="AS84"/>
       <c r="AT84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU84"/>
       <c r="AV84"/>
       <c r="AW84">
         <v>0</v>
       </c>
       <c r="AX84"/>
       <c r="AY84" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="AZ84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA84" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB84" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="BC84" t="s">
-        <v>1000</v>
+        <v>78</v>
       </c>
       <c r="BD84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH84">
-        <v>494</v>
+        <v>459</v>
       </c>
       <c r="BI84" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ84" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK84" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL84" t="s">
-        <v>772</v>
+        <v>184</v>
       </c>
       <c r="BM84" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="BN84" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="BO84">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="BP84"/>
       <c r="BQ84"/>
       <c r="BR84">
-        <v>499</v>
+        <v>229</v>
       </c>
       <c r="BS84" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="85" spans="1:71">
       <c r="A85" t="s">
         <v>66</v>
       </c>
       <c r="B85" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C85" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D85">
-        <v>573665</v>
+        <v>578500</v>
       </c>
       <c r="E85">
-        <v>79.64</v>
+        <v>52.37</v>
       </c>
       <c r="F85" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="G85" t="s">
         <v>70</v>
       </c>
-      <c r="H85"/>
+      <c r="H85" t="s">
+        <v>1014</v>
+      </c>
       <c r="I85">
-        <v>0</v>
+        <v>26.99</v>
       </c>
       <c r="J85" t="s">
-        <v>71</v>
+        <v>1015</v>
       </c>
       <c r="K85" t="s">
-        <v>586</v>
+        <v>716</v>
       </c>
       <c r="L85" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="M85" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85">
-        <v>43054741</v>
+        <v>60901379</v>
       </c>
       <c r="Q85" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="R85" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="S85" t="s">
+        <v>1016</v>
+      </c>
+      <c r="T85" t="s">
+        <v>77</v>
+      </c>
+      <c r="U85" t="s">
         <v>1012</v>
       </c>
-      <c r="T85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V85">
-        <v>573665</v>
+        <v>578500</v>
       </c>
       <c r="W85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X85">
-        <v>79.64</v>
+        <v>52.37</v>
       </c>
       <c r="Y85">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA85" t="s">
         <v>66</v>
       </c>
       <c r="AB85" t="s">
         <v>70</v>
       </c>
       <c r="AC85" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="AD85">
-        <v>43054741</v>
+        <v>60901379</v>
       </c>
       <c r="AE85" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="AF85">
-        <v>959009562</v>
+        <v>925683140</v>
       </c>
       <c r="AG85"/>
       <c r="AH85" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="AI85"/>
       <c r="AJ85" t="s">
-        <v>714</v>
+        <v>1019</v>
       </c>
       <c r="AK85" t="s">
         <v>70</v>
       </c>
       <c r="AL85" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN85"/>
+        <v>1015</v>
+      </c>
+      <c r="AM85"/>
+      <c r="AN85" t="s">
+        <v>1014</v>
+      </c>
       <c r="AO85">
-        <v>0</v>
+        <v>26.99</v>
       </c>
       <c r="AP85" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="AQ85"/>
       <c r="AR85"/>
       <c r="AS85"/>
       <c r="AT85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU85"/>
       <c r="AV85"/>
       <c r="AW85">
         <v>0</v>
       </c>
       <c r="AX85"/>
       <c r="AY85" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="AZ85" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA85" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB85" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="BC85" t="s">
-        <v>71</v>
+        <v>1015</v>
       </c>
       <c r="BD85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH85">
-        <v>495</v>
+        <v>460</v>
       </c>
       <c r="BI85" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ85" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK85" t="s">
-        <v>82</v>
+        <v>121</v>
       </c>
       <c r="BL85" t="s">
-        <v>107</v>
+        <v>1021</v>
       </c>
       <c r="BM85" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="BN85" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="BO85">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="BP85"/>
       <c r="BQ85"/>
       <c r="BR85">
-        <v>309</v>
+        <v>199</v>
       </c>
       <c r="BS85" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:71">
       <c r="A86" t="s">
         <v>66</v>
       </c>
       <c r="B86" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="C86" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="D86">
-        <v>573570</v>
+        <v>577972</v>
       </c>
       <c r="E86">
-        <v>66.75</v>
+        <v>73.42</v>
       </c>
       <c r="F86" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="G86" t="s">
         <v>70</v>
       </c>
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>1027</v>
+      </c>
       <c r="I86">
-        <v>0</v>
+        <v>35.99</v>
       </c>
       <c r="J86" t="s">
-        <v>71</v>
+        <v>1028</v>
       </c>
       <c r="K86" t="s">
-        <v>586</v>
+        <v>716</v>
       </c>
       <c r="L86" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="M86" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86">
-        <v>29632869</v>
+        <v>47137473</v>
       </c>
       <c r="Q86" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="R86" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="S86" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="T86" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U86" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="V86">
-        <v>573570</v>
+        <v>577972</v>
       </c>
       <c r="W86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X86">
-        <v>66.75</v>
+        <v>73.42</v>
       </c>
       <c r="Y86">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA86" t="s">
         <v>66</v>
       </c>
       <c r="AB86" t="s">
         <v>70</v>
       </c>
       <c r="AC86" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="AD86">
-        <v>29632869</v>
+        <v>47137473</v>
       </c>
       <c r="AE86" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="AF86">
-        <v>984482766</v>
+        <v>997970221</v>
       </c>
       <c r="AG86"/>
       <c r="AH86" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86" t="s">
-        <v>1025</v>
+        <v>115</v>
       </c>
       <c r="AK86" t="s">
         <v>70</v>
       </c>
       <c r="AL86" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN86"/>
+        <v>1028</v>
+      </c>
+      <c r="AM86"/>
+      <c r="AN86" t="s">
+        <v>1027</v>
+      </c>
       <c r="AO86">
-        <v>0</v>
+        <v>35.99</v>
       </c>
       <c r="AP86" t="s">
-        <v>963</v>
+        <v>1033</v>
       </c>
       <c r="AQ86"/>
       <c r="AR86"/>
       <c r="AS86"/>
       <c r="AT86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU86"/>
       <c r="AV86"/>
       <c r="AW86">
         <v>0</v>
       </c>
       <c r="AX86"/>
       <c r="AY86" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="AZ86" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA86" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB86" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="BC86" t="s">
-        <v>71</v>
+        <v>1028</v>
       </c>
       <c r="BD86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH86">
-        <v>497</v>
+        <v>469</v>
       </c>
       <c r="BI86" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ86" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK86" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL86" t="s">
-        <v>97</v>
+        <v>211</v>
       </c>
       <c r="BM86" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
       <c r="BN86" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="BO86">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BP86"/>
       <c r="BQ86"/>
       <c r="BR86">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="BS86" t="s">
-        <v>86</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="87" spans="1:71">
       <c r="A87" t="s">
         <v>66</v>
       </c>
       <c r="B87" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="C87" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="D87">
-        <v>573471</v>
+        <v>577799</v>
       </c>
       <c r="E87">
-        <v>38.4</v>
+        <v>73.42</v>
       </c>
       <c r="F87" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="G87" t="s">
         <v>70</v>
       </c>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
       <c r="I87">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>1032</v>
+        <v>78</v>
       </c>
       <c r="K87" t="s">
-        <v>1033</v>
+        <v>836</v>
       </c>
       <c r="L87" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="M87" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87">
-        <v>10287262</v>
+        <v>80165259</v>
       </c>
       <c r="Q87" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="R87" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="S87" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="T87" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U87" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="V87">
-        <v>573471</v>
+        <v>577799</v>
       </c>
       <c r="W87" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X87">
-        <v>38.4</v>
+        <v>73.42</v>
       </c>
       <c r="Y87">
-        <v>3.88</v>
+        <v>3.8</v>
       </c>
       <c r="Z87" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA87" t="s">
         <v>66</v>
       </c>
       <c r="AB87" t="s">
         <v>70</v>
       </c>
       <c r="AC87" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="AD87">
-        <v>10287262</v>
+        <v>80165259</v>
       </c>
       <c r="AE87" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="AF87">
-        <v>976310724</v>
+        <v>978398600</v>
       </c>
       <c r="AG87"/>
       <c r="AH87" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87" t="s">
-        <v>78</v>
+        <v>208</v>
       </c>
       <c r="AK87" t="s">
         <v>70</v>
       </c>
       <c r="AL87" t="s">
-        <v>1032</v>
+        <v>78</v>
       </c>
       <c r="AM87" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN87"/>
       <c r="AO87">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="AP87" t="s">
-        <v>1038</v>
-[...9 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="AQ87"/>
+      <c r="AR87"/>
+      <c r="AS87"/>
       <c r="AT87" t="s">
-        <v>1040</v>
+        <v>78</v>
       </c>
       <c r="AU87"/>
       <c r="AV87"/>
       <c r="AW87">
         <v>0</v>
       </c>
       <c r="AX87"/>
       <c r="AY87" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="AZ87" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA87" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB87" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="BC87" t="s">
-        <v>1032</v>
+        <v>78</v>
       </c>
       <c r="BD87" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE87" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF87" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG87" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH87">
-        <v>498</v>
+        <v>472</v>
       </c>
       <c r="BI87" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ87" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK87" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL87" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="BM87" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="BN87" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="BO87">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="BP87"/>
       <c r="BQ87"/>
       <c r="BR87">
-        <v>149</v>
+        <v>279</v>
       </c>
       <c r="BS87" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="88" spans="1:71">
       <c r="A88" t="s">
         <v>66</v>
       </c>
       <c r="B88" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="C88" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="D88">
-        <v>573424</v>
+        <v>577322</v>
       </c>
       <c r="E88">
-        <v>368.3</v>
+        <v>99.48</v>
       </c>
       <c r="F88" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="G88" t="s">
         <v>70</v>
       </c>
-      <c r="H88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H88"/>
       <c r="I88">
-        <v>186.19</v>
+        <v>0</v>
       </c>
       <c r="J88" t="s">
-        <v>1047</v>
+        <v>78</v>
       </c>
       <c r="K88" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L88" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="M88" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88">
-        <v>10035160</v>
+        <v>72472182</v>
       </c>
       <c r="Q88" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="R88" t="s">
+        <v>1050</v>
+      </c>
+      <c r="S88" t="s">
+        <v>1050</v>
+      </c>
+      <c r="T88" t="s">
+        <v>77</v>
+      </c>
+      <c r="U88" t="s">
         <v>1048</v>
       </c>
-      <c r="S88" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V88">
-        <v>573424</v>
+        <v>577322</v>
       </c>
       <c r="W88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X88">
-        <v>368.3</v>
+        <v>99.48</v>
       </c>
       <c r="Y88">
         <v>3.88</v>
       </c>
       <c r="Z88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA88" t="s">
         <v>66</v>
       </c>
       <c r="AB88" t="s">
         <v>70</v>
       </c>
       <c r="AC88" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="AD88">
-        <v>10035160</v>
+        <v>72472182</v>
       </c>
       <c r="AE88" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="AF88">
-        <v>991000253</v>
+        <v>929489116</v>
       </c>
       <c r="AG88"/>
       <c r="AH88" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="AI88"/>
       <c r="AJ88" t="s">
-        <v>367</v>
+        <v>223</v>
       </c>
       <c r="AK88" t="s">
         <v>70</v>
       </c>
       <c r="AL88" t="s">
-        <v>1047</v>
+        <v>78</v>
       </c>
       <c r="AM88"/>
-      <c r="AN88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN88"/>
       <c r="AO88">
-        <v>186.19</v>
+        <v>0</v>
       </c>
       <c r="AP88" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="AQ88"/>
       <c r="AR88"/>
       <c r="AS88"/>
       <c r="AT88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU88"/>
       <c r="AV88"/>
       <c r="AW88">
         <v>0</v>
       </c>
       <c r="AX88"/>
       <c r="AY88" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="AZ88" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA88" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB88" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="BC88" t="s">
-        <v>1047</v>
+        <v>78</v>
       </c>
       <c r="BD88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH88">
-        <v>499</v>
+        <v>482</v>
       </c>
       <c r="BI88" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ88" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK88" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL88" t="s">
-        <v>772</v>
+        <v>1054</v>
       </c>
       <c r="BM88" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="BN88" t="s">
-        <v>1053</v>
+        <v>78</v>
       </c>
       <c r="BO88">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="BP88"/>
       <c r="BQ88"/>
       <c r="BR88">
-        <v>1429</v>
+        <v>386</v>
       </c>
       <c r="BS88" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="89" spans="1:71">
       <c r="A89" t="s">
         <v>66</v>
       </c>
       <c r="B89" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C89" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D89">
-        <v>573256</v>
+        <v>577282</v>
       </c>
       <c r="E89">
-        <v>51.29</v>
+        <v>56.44</v>
       </c>
       <c r="F89" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="G89" t="s">
         <v>70</v>
       </c>
-      <c r="H89" t="s">
+      <c r="H89"/>
+      <c r="I89">
+        <v>0</v>
+      </c>
+      <c r="J89" t="s">
+        <v>78</v>
+      </c>
+      <c r="K89" t="s">
+        <v>836</v>
+      </c>
+      <c r="L89" t="s">
         <v>1057</v>
       </c>
-      <c r="I89">
-[...10 lines deleted...]
-      </c>
       <c r="M89" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N89"/>
       <c r="O89"/>
-      <c r="P89">
-        <v>41194212</v>
+      <c r="P89" t="s">
+        <v>1059</v>
       </c>
       <c r="Q89" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="R89" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="S89" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="T89" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U89" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="V89">
-        <v>573256</v>
+        <v>577282</v>
       </c>
       <c r="W89" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X89">
-        <v>51.29</v>
+        <v>56.44</v>
       </c>
       <c r="Y89">
         <v>3.88</v>
       </c>
       <c r="Z89" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA89" t="s">
         <v>66</v>
       </c>
       <c r="AB89" t="s">
         <v>70</v>
       </c>
       <c r="AC89" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-        <v>41194212</v>
+        <v>1058</v>
+      </c>
+      <c r="AD89" t="s">
+        <v>1059</v>
       </c>
       <c r="AE89" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="AF89">
-        <v>981899742</v>
+        <v>940490440</v>
       </c>
       <c r="AG89"/>
       <c r="AH89" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="AI89"/>
       <c r="AJ89" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="AK89" t="s">
         <v>70</v>
       </c>
       <c r="AL89" t="s">
-        <v>1058</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM89" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN89"/>
       <c r="AO89">
-        <v>22.89</v>
+        <v>0</v>
       </c>
       <c r="AP89" t="s">
-        <v>1063</v>
-[...7 lines deleted...]
-      <c r="AS89" t="s">
         <v>1064</v>
       </c>
+      <c r="AQ89"/>
+      <c r="AR89"/>
+      <c r="AS89"/>
       <c r="AT89" t="s">
-        <v>1065</v>
+        <v>78</v>
       </c>
       <c r="AU89"/>
       <c r="AV89"/>
       <c r="AW89">
         <v>0</v>
       </c>
       <c r="AX89"/>
       <c r="AY89" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="AZ89" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA89" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB89" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="BC89" t="s">
-        <v>1058</v>
+        <v>78</v>
       </c>
       <c r="BD89" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE89" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF89" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG89" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH89">
+        <v>482</v>
+      </c>
+      <c r="BI89" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ89" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK89" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL89" t="s">
+        <v>184</v>
+      </c>
+      <c r="BM89" t="s">
+        <v>1065</v>
+      </c>
+      <c r="BN89" t="s">
         <v>1066</v>
       </c>
-      <c r="BE89" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BO89">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="BP89"/>
       <c r="BQ89"/>
       <c r="BR89">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="BS89" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="90" spans="1:71">
       <c r="A90" t="s">
         <v>66</v>
       </c>
       <c r="B90" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D90">
+        <v>577240</v>
+      </c>
+      <c r="E90">
+        <v>46.13</v>
+      </c>
+      <c r="F90" t="s">
         <v>1069</v>
       </c>
-      <c r="C90" t="s">
+      <c r="G90" t="s">
+        <v>70</v>
+      </c>
+      <c r="H90" t="s">
         <v>1070</v>
       </c>
-      <c r="D90">
-[...5 lines deleted...]
-      <c r="F90" t="s">
+      <c r="I90">
+        <v>11.97</v>
+      </c>
+      <c r="J90" t="s">
         <v>1071</v>
       </c>
-      <c r="G90" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K90" t="s">
-        <v>1074</v>
+        <v>716</v>
       </c>
       <c r="L90" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="M90" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90">
-        <v>75580346</v>
+        <v>23813439</v>
       </c>
       <c r="Q90" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="R90" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="S90" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="T90" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U90" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="V90">
-        <v>573181</v>
+        <v>577240</v>
       </c>
       <c r="W90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X90">
-        <v>100.26</v>
+        <v>46.13</v>
       </c>
       <c r="Y90">
         <v>3.88</v>
       </c>
       <c r="Z90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA90" t="s">
         <v>66</v>
       </c>
       <c r="AB90" t="s">
         <v>70</v>
       </c>
       <c r="AC90" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="AD90">
-        <v>75580346</v>
+        <v>23813439</v>
       </c>
       <c r="AE90" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="AF90">
-        <v>919505983</v>
+        <v>955173334</v>
       </c>
       <c r="AG90"/>
       <c r="AH90" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="AI90"/>
       <c r="AJ90" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="AK90" t="s">
         <v>70</v>
       </c>
       <c r="AL90" t="s">
-        <v>1073</v>
-[...3 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="AM90"/>
       <c r="AN90" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="AO90">
-        <v>78.75</v>
+        <v>11.97</v>
       </c>
       <c r="AP90" t="s">
-        <v>1078</v>
+        <v>862</v>
       </c>
       <c r="AQ90"/>
       <c r="AR90"/>
       <c r="AS90"/>
       <c r="AT90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU90"/>
       <c r="AV90"/>
       <c r="AW90">
         <v>0</v>
       </c>
       <c r="AX90"/>
       <c r="AY90" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="AZ90" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA90" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB90" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="BC90" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
       <c r="BD90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH90">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="BI90" t="s">
-        <v>214</v>
+        <v>120</v>
       </c>
       <c r="BJ90" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK90" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL90" t="s">
-        <v>1079</v>
+        <v>489</v>
       </c>
       <c r="BM90" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="BN90" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="BO90">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="BP90"/>
       <c r="BQ90"/>
       <c r="BR90">
-        <v>389</v>
+        <v>179</v>
       </c>
       <c r="BS90" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="91" spans="1:71">
       <c r="A91" t="s">
         <v>66</v>
       </c>
       <c r="B91" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="C91" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="D91">
-        <v>573180</v>
+        <v>577193</v>
       </c>
       <c r="E91">
-        <v>100.26</v>
+        <v>51.29</v>
       </c>
       <c r="F91" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="G91" t="s">
         <v>70</v>
       </c>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
       <c r="I91">
-        <v>78.75</v>
+        <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>1073</v>
+        <v>78</v>
       </c>
       <c r="K91" t="s">
-        <v>1086</v>
+        <v>716</v>
       </c>
       <c r="L91" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="M91" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91">
-        <v>16698005</v>
+        <v>44428506</v>
       </c>
       <c r="Q91" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="R91" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="S91" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="T91" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U91" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="V91">
-        <v>573180</v>
+        <v>577193</v>
       </c>
       <c r="W91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X91">
-        <v>100.26</v>
+        <v>51.29</v>
       </c>
       <c r="Y91">
         <v>3.88</v>
       </c>
       <c r="Z91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA91" t="s">
         <v>66</v>
       </c>
       <c r="AB91" t="s">
         <v>70</v>
       </c>
       <c r="AC91" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="AD91">
-        <v>16698005</v>
+        <v>44428506</v>
       </c>
       <c r="AE91" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="AF91">
-        <v>975912865</v>
+        <v>926912150</v>
       </c>
       <c r="AG91"/>
       <c r="AH91" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="AI91"/>
       <c r="AJ91" t="s">
-        <v>127</v>
+        <v>1083</v>
       </c>
       <c r="AK91" t="s">
         <v>70</v>
       </c>
       <c r="AL91" t="s">
-        <v>1073</v>
+        <v>78</v>
       </c>
       <c r="AM91" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN91"/>
       <c r="AO91">
-        <v>78.75</v>
+        <v>0</v>
       </c>
       <c r="AP91" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="AQ91"/>
       <c r="AR91"/>
       <c r="AS91"/>
       <c r="AT91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU91"/>
       <c r="AV91"/>
       <c r="AW91">
         <v>0</v>
       </c>
       <c r="AX91"/>
       <c r="AY91" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="AZ91" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA91" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB91" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="BC91" t="s">
-        <v>1073</v>
+        <v>78</v>
       </c>
       <c r="BD91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH91">
-        <v>504</v>
+        <v>484</v>
       </c>
       <c r="BI91" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ91" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK91" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL91" t="s">
-        <v>97</v>
+        <v>1085</v>
       </c>
       <c r="BM91" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="BN91" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="BO91">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="BP91"/>
       <c r="BQ91"/>
       <c r="BR91">
-        <v>389</v>
+        <v>199</v>
       </c>
       <c r="BS91" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="92" spans="1:71">
       <c r="A92" t="s">
         <v>66</v>
       </c>
       <c r="B92" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="C92" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="D92">
-        <v>573078</v>
+        <v>577128</v>
       </c>
       <c r="E92">
-        <v>107.99</v>
+        <v>48.71</v>
       </c>
       <c r="F92" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="G92" t="s">
         <v>70</v>
       </c>
-      <c r="H92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H92"/>
       <c r="I92">
-        <v>55.99</v>
+        <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>1096</v>
+        <v>78</v>
       </c>
       <c r="K92" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
       <c r="L92" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="M92" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92">
-        <v>47163782</v>
+        <v>44836998</v>
       </c>
       <c r="Q92" t="s">
+        <v>1088</v>
+      </c>
+      <c r="R92" t="s">
         <v>1092</v>
       </c>
-      <c r="R92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S92" t="s">
-        <v>1098</v>
+        <v>1092</v>
       </c>
       <c r="T92" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U92" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="V92">
-        <v>573078</v>
+        <v>577128</v>
       </c>
       <c r="W92" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X92">
-        <v>107.99</v>
+        <v>48.71</v>
       </c>
       <c r="Y92">
         <v>3.88</v>
       </c>
       <c r="Z92" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA92" t="s">
         <v>66</v>
       </c>
       <c r="AB92" t="s">
         <v>70</v>
       </c>
       <c r="AC92" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="AD92">
-        <v>47163782</v>
+        <v>44836998</v>
       </c>
       <c r="AE92" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="AF92">
-        <v>978553349</v>
+        <v>932205747</v>
       </c>
       <c r="AG92"/>
       <c r="AH92" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="AI92"/>
       <c r="AJ92" t="s">
-        <v>1101</v>
+        <v>134</v>
       </c>
       <c r="AK92" t="s">
         <v>70</v>
       </c>
       <c r="AL92" t="s">
-        <v>1096</v>
+        <v>78</v>
       </c>
       <c r="AM92" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN92" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN92"/>
+      <c r="AO92">
+        <v>0</v>
+      </c>
+      <c r="AP92" t="s">
         <v>1095</v>
-      </c>
-[...4 lines deleted...]
-        <v>1102</v>
       </c>
       <c r="AQ92"/>
       <c r="AR92"/>
       <c r="AS92"/>
       <c r="AT92" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU92"/>
       <c r="AV92"/>
       <c r="AW92">
         <v>0</v>
       </c>
       <c r="AX92"/>
       <c r="AY92" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="AZ92" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA92" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB92" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="BC92" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD92" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE92" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF92" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG92" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH92">
+        <v>486</v>
+      </c>
+      <c r="BI92" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ92" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK92" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL92" t="s">
+        <v>184</v>
+      </c>
+      <c r="BM92" t="s">
         <v>1096</v>
       </c>
-      <c r="BD92" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BN92" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
       <c r="BO92">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP92"/>
       <c r="BQ92"/>
       <c r="BR92">
-        <v>419</v>
+        <v>189</v>
       </c>
       <c r="BS92" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="93" spans="1:71">
       <c r="A93" t="s">
         <v>66</v>
       </c>
       <c r="B93" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="C93" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
       <c r="D93">
-        <v>573077</v>
+        <v>577090</v>
       </c>
       <c r="E93">
-        <v>43.56</v>
+        <v>48.71</v>
       </c>
       <c r="F93" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="G93" t="s">
         <v>70</v>
       </c>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
       <c r="I93">
-        <v>15.77</v>
+        <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>1096</v>
+        <v>78</v>
       </c>
       <c r="K93" t="s">
-        <v>1109</v>
+        <v>836</v>
       </c>
       <c r="L93" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
       <c r="M93" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93">
-        <v>73981747</v>
+        <v>15864681</v>
       </c>
       <c r="Q93" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="R93" t="s">
-        <v>1110</v>
+        <v>1101</v>
       </c>
       <c r="S93" t="s">
-        <v>1111</v>
+        <v>1102</v>
       </c>
       <c r="T93" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U93" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
       <c r="V93">
-        <v>573077</v>
+        <v>577090</v>
       </c>
       <c r="W93" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X93">
-        <v>43.56</v>
+        <v>48.71</v>
       </c>
       <c r="Y93">
         <v>3.88</v>
       </c>
       <c r="Z93" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA93" t="s">
         <v>66</v>
       </c>
       <c r="AB93" t="s">
         <v>70</v>
       </c>
       <c r="AC93" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="AD93">
-        <v>73981747</v>
+        <v>15864681</v>
       </c>
       <c r="AE93" t="s">
-        <v>1112</v>
+        <v>1103</v>
       </c>
       <c r="AF93">
-        <v>900654865</v>
+        <v>987580032</v>
       </c>
       <c r="AG93"/>
       <c r="AH93" t="s">
-        <v>1113</v>
+        <v>1104</v>
       </c>
       <c r="AI93"/>
       <c r="AJ93" t="s">
-        <v>127</v>
+        <v>963</v>
       </c>
       <c r="AK93" t="s">
         <v>70</v>
       </c>
       <c r="AL93" t="s">
-        <v>1096</v>
+        <v>78</v>
       </c>
       <c r="AM93" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN93"/>
       <c r="AO93">
-        <v>15.77</v>
+        <v>0</v>
       </c>
       <c r="AP93" t="s">
-        <v>1114</v>
-[...9 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+      <c r="AQ93"/>
+      <c r="AR93"/>
+      <c r="AS93"/>
       <c r="AT93" t="s">
-        <v>1116</v>
+        <v>78</v>
       </c>
       <c r="AU93"/>
       <c r="AV93"/>
       <c r="AW93">
         <v>0</v>
       </c>
       <c r="AX93"/>
       <c r="AY93" t="s">
+        <v>1099</v>
+      </c>
+      <c r="AZ93" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA93" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB93" t="s">
+        <v>1098</v>
+      </c>
+      <c r="BC93" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD93" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE93" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF93" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG93" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH93">
+        <v>486</v>
+      </c>
+      <c r="BI93" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ93" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK93" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL93" t="s">
+        <v>184</v>
+      </c>
+      <c r="BM93" t="s">
+        <v>1105</v>
+      </c>
+      <c r="BN93" t="s">
         <v>1106</v>
       </c>
-      <c r="AZ93" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="BO93">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="BP93"/>
       <c r="BQ93"/>
       <c r="BR93">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="BS93" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="94" spans="1:71">
       <c r="A94" t="s">
         <v>66</v>
       </c>
       <c r="B94" t="s">
-        <v>1120</v>
+        <v>1107</v>
       </c>
       <c r="C94" t="s">
-        <v>1121</v>
+        <v>1108</v>
       </c>
       <c r="D94">
-        <v>572645</v>
+        <v>576964</v>
       </c>
       <c r="E94">
-        <v>154.18</v>
+        <v>59.02</v>
       </c>
       <c r="F94" t="s">
-        <v>1122</v>
+        <v>1109</v>
       </c>
       <c r="G94" t="s">
         <v>70</v>
       </c>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
       <c r="I94">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>1124</v>
+        <v>78</v>
       </c>
       <c r="K94" t="s">
-        <v>205</v>
+        <v>836</v>
       </c>
       <c r="L94" t="s">
-        <v>1121</v>
+        <v>1108</v>
       </c>
       <c r="M94" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N94"/>
       <c r="O94"/>
-      <c r="P94">
-        <v>46690033</v>
+      <c r="P94" t="s">
+        <v>1110</v>
       </c>
       <c r="Q94" t="s">
-        <v>1120</v>
+        <v>1107</v>
       </c>
       <c r="R94" t="s">
-        <v>1125</v>
+        <v>1111</v>
       </c>
       <c r="S94" t="s">
-        <v>1125</v>
+        <v>1112</v>
       </c>
       <c r="T94" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U94" t="s">
-        <v>1121</v>
+        <v>1108</v>
       </c>
       <c r="V94">
-        <v>572645</v>
+        <v>576964</v>
       </c>
       <c r="W94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X94">
-        <v>154.18</v>
+        <v>59.02</v>
       </c>
       <c r="Y94">
-        <v>3.95</v>
+        <v>3.88</v>
       </c>
       <c r="Z94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA94" t="s">
         <v>66</v>
       </c>
       <c r="AB94" t="s">
         <v>70</v>
       </c>
       <c r="AC94" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-        <v>46690033</v>
+        <v>1109</v>
+      </c>
+      <c r="AD94" t="s">
+        <v>1110</v>
       </c>
       <c r="AE94" t="s">
-        <v>1126</v>
+        <v>1113</v>
       </c>
       <c r="AF94">
-        <v>944901215</v>
+        <v>952519537</v>
       </c>
       <c r="AG94"/>
       <c r="AH94" t="s">
-        <v>1127</v>
+        <v>1114</v>
       </c>
       <c r="AI94"/>
       <c r="AJ94" t="s">
-        <v>1128</v>
+        <v>145</v>
       </c>
       <c r="AK94" t="s">
         <v>70</v>
       </c>
       <c r="AL94" t="s">
-        <v>1124</v>
+        <v>78</v>
       </c>
       <c r="AM94" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN94"/>
       <c r="AO94">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="AP94" t="s">
-        <v>1129</v>
-[...6 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="AQ94"/>
+      <c r="AR94"/>
       <c r="AS94"/>
       <c r="AT94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU94"/>
       <c r="AV94"/>
       <c r="AW94">
         <v>0</v>
       </c>
       <c r="AX94"/>
       <c r="AY94" t="s">
-        <v>1121</v>
+        <v>1108</v>
       </c>
       <c r="AZ94" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA94" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB94" t="s">
-        <v>1120</v>
+        <v>1107</v>
       </c>
       <c r="BC94" t="s">
-        <v>1124</v>
+        <v>78</v>
       </c>
       <c r="BD94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH94">
-        <v>515</v>
+        <v>488</v>
       </c>
       <c r="BI94" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="BJ94" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK94" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL94" t="s">
-        <v>1130</v>
+        <v>184</v>
       </c>
       <c r="BM94" t="s">
-        <v>1131</v>
+        <v>1116</v>
       </c>
       <c r="BN94" t="s">
-        <v>1132</v>
+        <v>1117</v>
       </c>
       <c r="BO94">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="BP94"/>
       <c r="BQ94"/>
       <c r="BR94">
-        <v>609</v>
+        <v>229</v>
       </c>
       <c r="BS94" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="95" spans="1:71">
       <c r="A95" t="s">
         <v>66</v>
       </c>
       <c r="B95" t="s">
-        <v>1133</v>
+        <v>1118</v>
       </c>
       <c r="C95" t="s">
-        <v>1134</v>
+        <v>1119</v>
       </c>
       <c r="D95">
-        <v>572622</v>
+        <v>576679</v>
       </c>
       <c r="E95">
-        <v>143.54</v>
+        <v>40.98</v>
       </c>
       <c r="F95" t="s">
-        <v>1135</v>
+        <v>1120</v>
       </c>
       <c r="G95" t="s">
         <v>70</v>
       </c>
       <c r="H95"/>
       <c r="I95">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K95" t="s">
-        <v>1033</v>
+        <v>836</v>
       </c>
       <c r="L95" t="s">
-        <v>1134</v>
+        <v>1119</v>
       </c>
       <c r="M95" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N95"/>
       <c r="O95"/>
-      <c r="P95">
-        <v>45841825</v>
+      <c r="P95" t="s">
+        <v>1121</v>
       </c>
       <c r="Q95" t="s">
-        <v>1133</v>
+        <v>1118</v>
       </c>
       <c r="R95" t="s">
-        <v>1136</v>
+        <v>1122</v>
       </c>
       <c r="S95" t="s">
-        <v>1136</v>
+        <v>1123</v>
       </c>
       <c r="T95" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U95" t="s">
-        <v>1134</v>
+        <v>1119</v>
       </c>
       <c r="V95">
-        <v>572622</v>
+        <v>576679</v>
       </c>
       <c r="W95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X95">
-        <v>143.54</v>
+        <v>40.98</v>
       </c>
       <c r="Y95">
-        <v>3.95</v>
+        <v>3.88</v>
       </c>
       <c r="Z95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA95" t="s">
         <v>66</v>
       </c>
       <c r="AB95" t="s">
         <v>70</v>
       </c>
       <c r="AC95" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>45841825</v>
+        <v>1120</v>
+      </c>
+      <c r="AD95" t="s">
+        <v>1121</v>
       </c>
       <c r="AE95" t="s">
-        <v>1137</v>
+        <v>1124</v>
       </c>
       <c r="AF95">
-        <v>950586740</v>
+        <v>998784167</v>
       </c>
       <c r="AG95"/>
       <c r="AH95" t="s">
-        <v>1138</v>
+        <v>1125</v>
       </c>
       <c r="AI95"/>
       <c r="AJ95" t="s">
-        <v>1139</v>
+        <v>182</v>
       </c>
       <c r="AK95" t="s">
         <v>70</v>
       </c>
       <c r="AL95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM95" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN95"/>
       <c r="AO95">
         <v>0</v>
       </c>
       <c r="AP95" t="s">
-        <v>1140</v>
+        <v>1126</v>
       </c>
       <c r="AQ95"/>
       <c r="AR95"/>
       <c r="AS95"/>
       <c r="AT95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU95"/>
       <c r="AV95"/>
       <c r="AW95">
         <v>0</v>
       </c>
       <c r="AX95"/>
       <c r="AY95" t="s">
-        <v>1134</v>
+        <v>1119</v>
       </c>
       <c r="AZ95" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA95" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB95" t="s">
-        <v>1133</v>
+        <v>1118</v>
       </c>
       <c r="BC95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH95">
-        <v>516</v>
+        <v>494</v>
       </c>
       <c r="BI95" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ95" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK95" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL95" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="BM95" t="s">
-        <v>1141</v>
+        <v>1127</v>
       </c>
       <c r="BN95" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="BO95">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BP95"/>
       <c r="BQ95"/>
       <c r="BR95">
-        <v>567</v>
+        <v>159</v>
       </c>
       <c r="BS95" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="96" spans="1:71">
       <c r="A96" t="s">
         <v>66</v>
       </c>
       <c r="B96" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="C96" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
       <c r="D96">
-        <v>572541</v>
+        <v>576199</v>
       </c>
       <c r="E96">
-        <v>39.73</v>
+        <v>84.79</v>
       </c>
       <c r="F96" t="s">
-        <v>1145</v>
+        <v>1131</v>
       </c>
       <c r="G96" t="s">
         <v>70</v>
       </c>
-      <c r="H96"/>
+      <c r="H96" t="s">
+        <v>1132</v>
+      </c>
       <c r="I96">
-        <v>0</v>
+        <v>34.99</v>
       </c>
       <c r="J96" t="s">
-        <v>71</v>
+        <v>1133</v>
       </c>
       <c r="K96" t="s">
-        <v>461</v>
+        <v>1134</v>
       </c>
       <c r="L96" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
       <c r="M96" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N96"/>
       <c r="O96"/>
-      <c r="P96" t="s">
-        <v>1146</v>
+      <c r="P96">
+        <v>47563321</v>
       </c>
       <c r="Q96" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="R96" t="s">
-        <v>1147</v>
+        <v>1135</v>
       </c>
       <c r="S96" t="s">
-        <v>1147</v>
+        <v>1135</v>
       </c>
       <c r="T96" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U96" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
       <c r="V96">
-        <v>572541</v>
+        <v>576199</v>
       </c>
       <c r="W96" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X96">
-        <v>39.73</v>
+        <v>84.79</v>
       </c>
       <c r="Y96">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z96" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA96" t="s">
         <v>66</v>
       </c>
       <c r="AB96" t="s">
         <v>70</v>
       </c>
       <c r="AC96" t="s">
-        <v>1145</v>
-[...2 lines deleted...]
-        <v>1146</v>
+        <v>1131</v>
+      </c>
+      <c r="AD96">
+        <v>47563321</v>
       </c>
       <c r="AE96" t="s">
-        <v>1148</v>
+        <v>1136</v>
       </c>
       <c r="AF96">
-        <v>953946271</v>
+        <v>936159315</v>
       </c>
       <c r="AG96"/>
       <c r="AH96" t="s">
-        <v>1149</v>
+        <v>1137</v>
       </c>
       <c r="AI96"/>
       <c r="AJ96" t="s">
-        <v>164</v>
+        <v>655</v>
       </c>
       <c r="AK96" t="s">
         <v>70</v>
       </c>
       <c r="AL96" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="AN96"/>
+        <v>1133</v>
+      </c>
+      <c r="AM96" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN96" t="s">
+        <v>1132</v>
+      </c>
       <c r="AO96">
-        <v>0</v>
+        <v>34.99</v>
       </c>
       <c r="AP96" t="s">
-        <v>1150</v>
-[...3 lines deleted...]
-      <c r="AS96"/>
+        <v>1138</v>
+      </c>
+      <c r="AQ96" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR96" t="s">
+        <v>885</v>
+      </c>
+      <c r="AS96" t="s">
+        <v>1139</v>
+      </c>
       <c r="AT96" t="s">
-        <v>71</v>
+        <v>1140</v>
       </c>
       <c r="AU96"/>
       <c r="AV96"/>
       <c r="AW96">
         <v>0</v>
       </c>
       <c r="AX96"/>
       <c r="AY96" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
       <c r="AZ96" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA96" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB96" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="BC96" t="s">
-        <v>71</v>
+        <v>1133</v>
       </c>
       <c r="BD96" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE96" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF96" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG96" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH96">
-        <v>518</v>
+        <v>500</v>
       </c>
       <c r="BI96" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ96" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK96" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL96" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="BM96" t="s">
-        <v>1151</v>
+        <v>1141</v>
       </c>
       <c r="BN96" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
       <c r="BO96">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP96"/>
+        <v>41</v>
+      </c>
+      <c r="BP96" t="s">
+        <v>774</v>
+      </c>
       <c r="BQ96"/>
       <c r="BR96">
-        <v>149</v>
+        <v>329</v>
       </c>
       <c r="BS96" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:71">
       <c r="A97" t="s">
         <v>66</v>
       </c>
       <c r="B97" t="s">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="C97" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="D97">
-        <v>572534</v>
+        <v>575956</v>
       </c>
       <c r="E97">
-        <v>39.73</v>
+        <v>270.36</v>
       </c>
       <c r="F97" t="s">
-        <v>1155</v>
+        <v>1145</v>
       </c>
       <c r="G97" t="s">
         <v>70</v>
       </c>
-      <c r="H97"/>
+      <c r="H97" t="s">
+        <v>1146</v>
+      </c>
       <c r="I97">
-        <v>0</v>
+        <v>166.99</v>
       </c>
       <c r="J97" t="s">
-        <v>71</v>
+        <v>1147</v>
       </c>
       <c r="K97" t="s">
-        <v>586</v>
+        <v>716</v>
       </c>
       <c r="L97" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="M97" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97">
-        <v>46054874</v>
+        <v>48175773</v>
       </c>
       <c r="Q97" t="s">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="R97" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
       <c r="S97" t="s">
-        <v>1157</v>
+        <v>1148</v>
       </c>
       <c r="T97" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U97" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="V97">
-        <v>572534</v>
+        <v>575956</v>
       </c>
       <c r="W97" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X97">
-        <v>39.73</v>
+        <v>270.36</v>
       </c>
       <c r="Y97">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z97" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA97" t="s">
         <v>66</v>
       </c>
       <c r="AB97" t="s">
         <v>70</v>
       </c>
       <c r="AC97" t="s">
-        <v>1155</v>
+        <v>1145</v>
       </c>
       <c r="AD97">
-        <v>46054874</v>
+        <v>48175773</v>
       </c>
       <c r="AE97" t="s">
-        <v>1158</v>
+        <v>1149</v>
       </c>
       <c r="AF97">
-        <v>992524990</v>
+        <v>931073732</v>
       </c>
       <c r="AG97"/>
       <c r="AH97" t="s">
-        <v>1159</v>
+        <v>1150</v>
       </c>
       <c r="AI97"/>
       <c r="AJ97" t="s">
-        <v>367</v>
+        <v>195</v>
       </c>
       <c r="AK97" t="s">
         <v>70</v>
       </c>
       <c r="AL97" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="AN97"/>
+        <v>1147</v>
+      </c>
+      <c r="AM97"/>
+      <c r="AN97" t="s">
+        <v>1146</v>
+      </c>
       <c r="AO97">
-        <v>0</v>
+        <v>166.99</v>
       </c>
       <c r="AP97" t="s">
-        <v>1160</v>
+        <v>1151</v>
       </c>
       <c r="AQ97"/>
       <c r="AR97"/>
       <c r="AS97"/>
       <c r="AT97" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU97"/>
       <c r="AV97"/>
       <c r="AW97">
         <v>0</v>
       </c>
       <c r="AX97"/>
       <c r="AY97" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="AZ97" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA97" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB97" t="s">
+        <v>1143</v>
+      </c>
+      <c r="BC97" t="s">
+        <v>1147</v>
+      </c>
+      <c r="BD97" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE97" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF97" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG97" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH97">
+        <v>504</v>
+      </c>
+      <c r="BI97" t="s">
+        <v>120</v>
+      </c>
+      <c r="BJ97" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK97" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL97" t="s">
+        <v>489</v>
+      </c>
+      <c r="BM97" t="s">
+        <v>1152</v>
+      </c>
+      <c r="BN97" t="s">
         <v>1153</v>
       </c>
-      <c r="BC97" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BO97">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP97"/>
       <c r="BQ97"/>
       <c r="BR97">
-        <v>149</v>
+        <v>1049</v>
       </c>
       <c r="BS97" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="98" spans="1:71">
       <c r="A98" t="s">
         <v>66</v>
       </c>
       <c r="B98" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
       <c r="C98" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="D98">
-        <v>572488</v>
+        <v>575566</v>
       </c>
       <c r="E98">
-        <v>231.73</v>
+        <v>180.15</v>
       </c>
       <c r="F98" t="s">
-        <v>1165</v>
+        <v>1156</v>
       </c>
       <c r="G98" t="s">
         <v>70</v>
       </c>
       <c r="H98"/>
       <c r="I98">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K98" t="s">
-        <v>461</v>
+        <v>1157</v>
       </c>
       <c r="L98" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="M98" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98">
-        <v>43354646</v>
+        <v>32543825</v>
       </c>
       <c r="Q98" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
       <c r="R98" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="S98" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="T98" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U98" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="V98">
-        <v>572488</v>
+        <v>575566</v>
       </c>
       <c r="W98" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X98">
-        <v>231.73</v>
+        <v>180.15</v>
       </c>
       <c r="Y98">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z98" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA98" t="s">
         <v>66</v>
       </c>
       <c r="AB98" t="s">
         <v>70</v>
       </c>
       <c r="AC98" t="s">
-        <v>1165</v>
+        <v>1156</v>
       </c>
       <c r="AD98">
-        <v>43354646</v>
+        <v>32543825</v>
       </c>
       <c r="AE98" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="AF98">
-        <v>985102950</v>
+        <v>957973114</v>
       </c>
       <c r="AG98"/>
       <c r="AH98" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="AI98"/>
       <c r="AJ98" t="s">
-        <v>226</v>
+        <v>208</v>
       </c>
       <c r="AK98" t="s">
         <v>70</v>
       </c>
       <c r="AL98" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM98"/>
       <c r="AN98"/>
       <c r="AO98">
         <v>0</v>
       </c>
       <c r="AP98" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="AQ98"/>
       <c r="AR98"/>
       <c r="AS98"/>
       <c r="AT98" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU98"/>
       <c r="AV98"/>
       <c r="AW98">
         <v>0</v>
       </c>
       <c r="AX98"/>
       <c r="AY98" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="AZ98" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA98" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB98" t="s">
+        <v>1154</v>
+      </c>
+      <c r="BC98" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD98" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE98" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF98" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG98" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH98">
+        <v>512</v>
+      </c>
+      <c r="BI98" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ98" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK98" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL98" t="s">
+        <v>184</v>
+      </c>
+      <c r="BM98" t="s">
+        <v>1162</v>
+      </c>
+      <c r="BN98" t="s">
         <v>1163</v>
-      </c>
-[...34 lines deleted...]
-        <v>1172</v>
       </c>
       <c r="BO98">
         <v>1</v>
       </c>
       <c r="BP98"/>
       <c r="BQ98"/>
       <c r="BR98">
-        <v>869</v>
+        <v>699</v>
       </c>
       <c r="BS98" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="99" spans="1:71">
       <c r="A99" t="s">
         <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="C99" t="s">
-        <v>1174</v>
+        <v>1165</v>
       </c>
       <c r="D99">
-        <v>572457</v>
+        <v>575522</v>
       </c>
       <c r="E99">
-        <v>34.4</v>
+        <v>79.64</v>
       </c>
       <c r="F99" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="G99" t="s">
         <v>70</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K99" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L99" t="s">
-        <v>1174</v>
+        <v>1165</v>
       </c>
       <c r="M99" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N99"/>
       <c r="O99"/>
-      <c r="P99">
-        <v>73171863</v>
+      <c r="P99" t="s">
+        <v>1167</v>
       </c>
       <c r="Q99" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="R99" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="S99" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="T99" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U99" t="s">
-        <v>1174</v>
+        <v>1165</v>
       </c>
       <c r="V99">
-        <v>572457</v>
+        <v>575522</v>
       </c>
       <c r="W99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X99">
-        <v>34.4</v>
+        <v>79.64</v>
       </c>
       <c r="Y99">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA99" t="s">
         <v>66</v>
       </c>
       <c r="AB99" t="s">
         <v>70</v>
       </c>
       <c r="AC99" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-        <v>73171863</v>
+        <v>1166</v>
+      </c>
+      <c r="AD99" t="s">
+        <v>1167</v>
       </c>
       <c r="AE99" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
       <c r="AF99">
-        <v>968372164</v>
+        <v>945166154</v>
       </c>
       <c r="AG99"/>
       <c r="AH99" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="AI99"/>
       <c r="AJ99" t="s">
-        <v>422</v>
+        <v>101</v>
       </c>
       <c r="AK99" t="s">
         <v>70</v>
       </c>
       <c r="AL99" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM99"/>
       <c r="AN99"/>
       <c r="AO99">
         <v>0</v>
       </c>
       <c r="AP99" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="AQ99"/>
       <c r="AR99"/>
       <c r="AS99"/>
       <c r="AT99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU99"/>
       <c r="AV99"/>
       <c r="AW99">
         <v>0</v>
       </c>
       <c r="AX99"/>
       <c r="AY99" t="s">
-        <v>1174</v>
+        <v>1165</v>
       </c>
       <c r="AZ99" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA99" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB99" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="BC99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH99">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="BI99" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ99" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK99" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL99" t="s">
-        <v>1180</v>
+        <v>184</v>
       </c>
       <c r="BM99" t="s">
-        <v>1181</v>
+        <v>1172</v>
       </c>
       <c r="BN99" t="s">
-        <v>1182</v>
+        <v>78</v>
       </c>
       <c r="BO99">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP99"/>
       <c r="BQ99"/>
       <c r="BR99">
-        <v>129</v>
+        <v>309</v>
       </c>
       <c r="BS99" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="100" spans="1:71">
       <c r="A100" t="s">
         <v>66</v>
       </c>
       <c r="B100" t="s">
-        <v>1183</v>
+        <v>1173</v>
       </c>
       <c r="C100" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="D100">
-        <v>572436</v>
+        <v>575458</v>
       </c>
       <c r="E100">
-        <v>50.4</v>
+        <v>48.71</v>
       </c>
       <c r="F100" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="G100" t="s">
         <v>70</v>
       </c>
-      <c r="H100"/>
+      <c r="H100" t="s">
+        <v>1176</v>
+      </c>
       <c r="I100">
-        <v>0</v>
+        <v>20.99</v>
       </c>
       <c r="J100" t="s">
-        <v>71</v>
+        <v>1177</v>
       </c>
       <c r="K100" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L100" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="M100" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N100"/>
       <c r="O100"/>
-      <c r="P100" t="s">
-        <v>1186</v>
+      <c r="P100">
+        <v>46809176</v>
       </c>
       <c r="Q100" t="s">
-        <v>1183</v>
+        <v>1173</v>
       </c>
       <c r="R100" t="s">
-        <v>1187</v>
+        <v>1178</v>
       </c>
       <c r="S100" t="s">
-        <v>1187</v>
+        <v>1178</v>
       </c>
       <c r="T100" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U100" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="V100">
-        <v>572436</v>
+        <v>575458</v>
       </c>
       <c r="W100" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X100">
-        <v>50.4</v>
+        <v>48.71</v>
       </c>
       <c r="Y100">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z100" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA100" t="s">
         <v>66</v>
       </c>
       <c r="AB100" t="s">
         <v>70</v>
       </c>
       <c r="AC100" t="s">
-        <v>1185</v>
-[...2 lines deleted...]
-        <v>1186</v>
+        <v>1175</v>
+      </c>
+      <c r="AD100">
+        <v>46809176</v>
       </c>
       <c r="AE100" t="s">
-        <v>1188</v>
+        <v>1179</v>
       </c>
       <c r="AF100">
-        <v>986689251</v>
+        <v>998122884</v>
       </c>
       <c r="AG100"/>
       <c r="AH100" t="s">
-        <v>1189</v>
+        <v>1180</v>
       </c>
       <c r="AI100"/>
       <c r="AJ100" t="s">
-        <v>367</v>
+        <v>81</v>
       </c>
       <c r="AK100" t="s">
         <v>70</v>
       </c>
       <c r="AL100" t="s">
-        <v>71</v>
+        <v>1177</v>
       </c>
       <c r="AM100"/>
-      <c r="AN100"/>
+      <c r="AN100" t="s">
+        <v>1176</v>
+      </c>
       <c r="AO100">
-        <v>0</v>
+        <v>20.99</v>
       </c>
       <c r="AP100" t="s">
-        <v>1190</v>
-[...3 lines deleted...]
-      <c r="AS100"/>
+        <v>1181</v>
+      </c>
+      <c r="AQ100" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR100" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS100" t="s">
+        <v>1182</v>
+      </c>
       <c r="AT100" t="s">
-        <v>71</v>
+        <v>1183</v>
       </c>
       <c r="AU100"/>
       <c r="AV100"/>
       <c r="AW100">
         <v>0</v>
       </c>
       <c r="AX100"/>
       <c r="AY100" t="s">
+        <v>1174</v>
+      </c>
+      <c r="AZ100" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA100" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB100" t="s">
+        <v>1173</v>
+      </c>
+      <c r="BC100" t="s">
+        <v>1177</v>
+      </c>
+      <c r="BD100" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE100" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF100" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG100" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH100">
+        <v>514</v>
+      </c>
+      <c r="BI100" t="s">
+        <v>120</v>
+      </c>
+      <c r="BJ100" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK100" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL100" t="s">
+        <v>103</v>
+      </c>
+      <c r="BM100" t="s">
         <v>1184</v>
       </c>
-      <c r="AZ100" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="BN100" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="BO100">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP100"/>
+        <v>3</v>
+      </c>
+      <c r="BP100" t="s">
+        <v>774</v>
+      </c>
       <c r="BQ100"/>
       <c r="BR100">
         <v>189</v>
       </c>
       <c r="BS100" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
     </row>
     <row r="101" spans="1:71">
       <c r="A101" t="s">
         <v>66</v>
       </c>
       <c r="B101" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="C101" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="D101">
-        <v>572406</v>
+        <v>574980</v>
       </c>
       <c r="E101">
-        <v>101.07</v>
+        <v>154.38</v>
       </c>
       <c r="F101" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="G101" t="s">
         <v>70</v>
       </c>
       <c r="H101"/>
       <c r="I101">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K101" t="s">
-        <v>461</v>
+        <v>716</v>
       </c>
       <c r="L101" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="M101" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="Q101" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="R101" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="S101" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="T101" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U101" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="V101">
-        <v>572406</v>
+        <v>574980</v>
       </c>
       <c r="W101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X101">
-        <v>101.07</v>
+        <v>154.38</v>
       </c>
       <c r="Y101">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA101" t="s">
         <v>66</v>
       </c>
       <c r="AB101" t="s">
         <v>70</v>
       </c>
       <c r="AC101" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="AD101" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="AE101" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="AF101">
-        <v>934503403</v>
+        <v>981267157</v>
       </c>
       <c r="AG101"/>
       <c r="AH101" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="AI101"/>
       <c r="AJ101" t="s">
-        <v>1201</v>
+        <v>145</v>
       </c>
       <c r="AK101" t="s">
         <v>70</v>
       </c>
       <c r="AL101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM101"/>
       <c r="AN101"/>
       <c r="AO101">
         <v>0</v>
       </c>
       <c r="AP101" t="s">
-        <v>1202</v>
+        <v>1193</v>
       </c>
       <c r="AQ101"/>
       <c r="AR101"/>
       <c r="AS101"/>
       <c r="AT101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU101"/>
       <c r="AV101"/>
       <c r="AW101">
         <v>0</v>
       </c>
       <c r="AX101"/>
       <c r="AY101" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="AZ101" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA101" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB101" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="BC101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH101">
         <v>522</v>
       </c>
       <c r="BI101" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ101" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK101" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL101" t="s">
-        <v>228</v>
+        <v>851</v>
       </c>
       <c r="BM101" t="s">
-        <v>1203</v>
+        <v>1194</v>
       </c>
       <c r="BN101" t="s">
-        <v>1204</v>
+        <v>78</v>
       </c>
       <c r="BO101">
         <v>0</v>
       </c>
       <c r="BP101"/>
       <c r="BQ101"/>
       <c r="BR101">
-        <v>379</v>
+        <v>599</v>
       </c>
       <c r="BS101" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="102" spans="1:71">
       <c r="A102" t="s">
         <v>66</v>
       </c>
       <c r="B102" t="s">
-        <v>1205</v>
+        <v>1195</v>
       </c>
       <c r="C102" t="s">
-        <v>1206</v>
+        <v>1196</v>
       </c>
       <c r="D102">
-        <v>572308</v>
+        <v>574663</v>
       </c>
       <c r="E102">
-        <v>42.4</v>
+        <v>77.06</v>
       </c>
       <c r="F102" t="s">
-        <v>1207</v>
+        <v>1197</v>
       </c>
       <c r="G102" t="s">
         <v>70</v>
       </c>
-      <c r="H102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H102"/>
       <c r="I102">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J102" t="s">
-        <v>1209</v>
+        <v>78</v>
       </c>
       <c r="K102" t="s">
-        <v>461</v>
+        <v>836</v>
       </c>
       <c r="L102" t="s">
-        <v>1206</v>
+        <v>1196</v>
       </c>
       <c r="M102" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N102"/>
       <c r="O102"/>
-      <c r="P102" t="s">
-        <v>1210</v>
+      <c r="P102">
+        <v>45541386</v>
       </c>
       <c r="Q102" t="s">
-        <v>1205</v>
+        <v>1195</v>
       </c>
       <c r="R102" t="s">
-        <v>1211</v>
+        <v>1198</v>
       </c>
       <c r="S102" t="s">
-        <v>1212</v>
+        <v>1198</v>
       </c>
       <c r="T102" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U102" t="s">
-        <v>1206</v>
+        <v>1196</v>
       </c>
       <c r="V102">
-        <v>572308</v>
+        <v>574663</v>
       </c>
       <c r="W102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X102">
-        <v>42.4</v>
+        <v>77.06</v>
       </c>
       <c r="Y102">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA102" t="s">
         <v>66</v>
       </c>
       <c r="AB102" t="s">
         <v>70</v>
       </c>
       <c r="AC102" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1210</v>
+        <v>1197</v>
+      </c>
+      <c r="AD102">
+        <v>45541386</v>
       </c>
       <c r="AE102" t="s">
-        <v>1213</v>
+        <v>1199</v>
       </c>
       <c r="AF102">
-        <v>972089539</v>
+        <v>959299155</v>
       </c>
       <c r="AG102"/>
       <c r="AH102" t="s">
-        <v>1214</v>
+        <v>1200</v>
       </c>
       <c r="AI102"/>
       <c r="AJ102" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="AK102" t="s">
         <v>70</v>
       </c>
       <c r="AL102" t="s">
-        <v>1209</v>
+        <v>78</v>
       </c>
       <c r="AM102" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN102"/>
       <c r="AO102">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="AP102" t="s">
-        <v>1215</v>
+        <v>1201</v>
       </c>
       <c r="AQ102"/>
       <c r="AR102"/>
       <c r="AS102"/>
       <c r="AT102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU102"/>
       <c r="AV102"/>
       <c r="AW102">
         <v>0</v>
       </c>
       <c r="AX102"/>
       <c r="AY102" t="s">
-        <v>1206</v>
+        <v>1196</v>
       </c>
       <c r="AZ102" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA102" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB102" t="s">
-        <v>1205</v>
+        <v>1195</v>
       </c>
       <c r="BC102" t="s">
-        <v>1209</v>
+        <v>78</v>
       </c>
       <c r="BD102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH102">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="BI102" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ102" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK102" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL102" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="BM102" t="s">
-        <v>1216</v>
+        <v>1202</v>
       </c>
       <c r="BN102" t="s">
-        <v>1217</v>
+        <v>1203</v>
       </c>
       <c r="BO102">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="BP102"/>
       <c r="BQ102"/>
       <c r="BR102">
-        <v>159</v>
+        <v>299</v>
       </c>
       <c r="BS102" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="103" spans="1:71">
       <c r="A103" t="s">
         <v>66</v>
       </c>
       <c r="B103" t="s">
-        <v>1218</v>
+        <v>1204</v>
       </c>
       <c r="C103" t="s">
-        <v>1219</v>
+        <v>1205</v>
       </c>
       <c r="D103">
-        <v>572232</v>
+        <v>574229</v>
       </c>
       <c r="E103">
-        <v>42.4</v>
+        <v>66.75</v>
       </c>
       <c r="F103" t="s">
-        <v>1220</v>
+        <v>1206</v>
       </c>
       <c r="G103" t="s">
         <v>70</v>
       </c>
       <c r="H103"/>
       <c r="I103">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K103" t="s">
-        <v>586</v>
+        <v>1207</v>
       </c>
       <c r="L103" t="s">
-        <v>1219</v>
+        <v>1205</v>
       </c>
       <c r="M103" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N103"/>
       <c r="O103"/>
-      <c r="P103" t="s">
-        <v>1221</v>
+      <c r="P103">
+        <v>72281996</v>
       </c>
       <c r="Q103" t="s">
-        <v>1218</v>
+        <v>1204</v>
       </c>
       <c r="R103" t="s">
-        <v>1222</v>
+        <v>1208</v>
       </c>
       <c r="S103" t="s">
-        <v>1222</v>
+        <v>1208</v>
       </c>
       <c r="T103" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U103" t="s">
-        <v>1219</v>
+        <v>1205</v>
       </c>
       <c r="V103">
-        <v>572232</v>
+        <v>574229</v>
       </c>
       <c r="W103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X103">
-        <v>42.4</v>
+        <v>66.75</v>
       </c>
       <c r="Y103">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA103" t="s">
         <v>66</v>
       </c>
       <c r="AB103" t="s">
         <v>70</v>
       </c>
       <c r="AC103" t="s">
-        <v>1220</v>
-[...2 lines deleted...]
-        <v>1221</v>
+        <v>1206</v>
+      </c>
+      <c r="AD103">
+        <v>72281996</v>
       </c>
       <c r="AE103" t="s">
-        <v>1223</v>
+        <v>1209</v>
       </c>
       <c r="AF103">
-        <v>917673398</v>
+        <v>979856090</v>
       </c>
       <c r="AG103"/>
       <c r="AH103" t="s">
-        <v>1224</v>
+        <v>1210</v>
       </c>
       <c r="AI103"/>
       <c r="AJ103" t="s">
-        <v>367</v>
+        <v>402</v>
       </c>
       <c r="AK103" t="s">
         <v>70</v>
       </c>
       <c r="AL103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM103" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN103"/>
       <c r="AO103">
         <v>0</v>
       </c>
       <c r="AP103" t="s">
-        <v>878</v>
+        <v>1211</v>
       </c>
       <c r="AQ103"/>
       <c r="AR103"/>
       <c r="AS103"/>
       <c r="AT103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU103"/>
       <c r="AV103"/>
       <c r="AW103">
         <v>0</v>
       </c>
       <c r="AX103"/>
       <c r="AY103" t="s">
-        <v>1219</v>
+        <v>1205</v>
       </c>
       <c r="AZ103" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA103" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB103" t="s">
-        <v>1218</v>
+        <v>1204</v>
       </c>
       <c r="BC103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH103">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="BI103" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ103" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK103" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL103" t="s">
-        <v>1225</v>
+        <v>356</v>
       </c>
       <c r="BM103" t="s">
-        <v>1226</v>
+        <v>1212</v>
       </c>
       <c r="BN103" t="s">
-        <v>1227</v>
+        <v>1213</v>
       </c>
       <c r="BO103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BP103"/>
       <c r="BQ103"/>
       <c r="BR103">
-        <v>159</v>
+        <v>259</v>
       </c>
       <c r="BS103" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="104" spans="1:71">
       <c r="A104" t="s">
         <v>66</v>
       </c>
       <c r="B104" t="s">
-        <v>1228</v>
+        <v>1214</v>
       </c>
       <c r="C104" t="s">
-        <v>1229</v>
+        <v>1215</v>
       </c>
       <c r="D104">
-        <v>572220</v>
+        <v>574152</v>
       </c>
       <c r="E104">
-        <v>47.73</v>
+        <v>61.6</v>
       </c>
       <c r="F104" t="s">
-        <v>1230</v>
+        <v>1216</v>
       </c>
       <c r="G104" t="s">
         <v>70</v>
       </c>
-      <c r="H104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H104"/>
       <c r="I104">
-        <v>37.97</v>
+        <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>1232</v>
+        <v>78</v>
       </c>
       <c r="K104" t="s">
-        <v>570</v>
+        <v>716</v>
       </c>
       <c r="L104" t="s">
-        <v>1229</v>
+        <v>1215</v>
       </c>
       <c r="M104" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104">
-        <v>72788598</v>
+        <v>10143605</v>
       </c>
       <c r="Q104" t="s">
-        <v>1228</v>
+        <v>1214</v>
       </c>
       <c r="R104" t="s">
-        <v>1233</v>
+        <v>1217</v>
       </c>
       <c r="S104" t="s">
-        <v>1234</v>
+        <v>1217</v>
       </c>
       <c r="T104" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U104" t="s">
-        <v>1229</v>
+        <v>1215</v>
       </c>
       <c r="V104">
-        <v>572220</v>
+        <v>574152</v>
       </c>
       <c r="W104" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X104">
-        <v>47.73</v>
+        <v>61.6</v>
       </c>
       <c r="Y104">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z104" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA104" t="s">
         <v>66</v>
       </c>
       <c r="AB104" t="s">
         <v>70</v>
       </c>
       <c r="AC104" t="s">
-        <v>1230</v>
+        <v>1216</v>
       </c>
       <c r="AD104">
-        <v>72788598</v>
+        <v>10143605</v>
       </c>
       <c r="AE104" t="s">
-        <v>1235</v>
+        <v>1218</v>
       </c>
       <c r="AF104">
-        <v>987112347</v>
+        <v>970287794</v>
       </c>
       <c r="AG104"/>
       <c r="AH104" t="s">
-        <v>1236</v>
+        <v>1219</v>
       </c>
       <c r="AI104"/>
       <c r="AJ104" t="s">
-        <v>137</v>
+        <v>655</v>
       </c>
       <c r="AK104" t="s">
         <v>70</v>
       </c>
       <c r="AL104" t="s">
-        <v>1232</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM104"/>
+      <c r="AN104"/>
       <c r="AO104">
-        <v>37.97</v>
+        <v>0</v>
       </c>
       <c r="AP104" t="s">
-        <v>1237</v>
-[...9 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="AQ104"/>
+      <c r="AR104"/>
+      <c r="AS104"/>
       <c r="AT104" t="s">
-        <v>1239</v>
+        <v>78</v>
       </c>
       <c r="AU104"/>
       <c r="AV104"/>
       <c r="AW104">
         <v>0</v>
       </c>
       <c r="AX104"/>
       <c r="AY104" t="s">
-        <v>1229</v>
+        <v>1215</v>
       </c>
       <c r="AZ104" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA104" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB104" t="s">
-        <v>1228</v>
+        <v>1214</v>
       </c>
       <c r="BC104" t="s">
-        <v>1232</v>
+        <v>78</v>
       </c>
       <c r="BD104" t="s">
-        <v>1240</v>
+        <v>78</v>
       </c>
       <c r="BE104" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF104" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG104" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH104">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="BI104" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ104" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK104" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL104" t="s">
-        <v>1241</v>
+        <v>184</v>
       </c>
       <c r="BM104" t="s">
-        <v>1242</v>
+        <v>1221</v>
       </c>
       <c r="BN104" t="s">
-        <v>1243</v>
+        <v>78</v>
       </c>
       <c r="BO104">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="BP104"/>
       <c r="BQ104"/>
       <c r="BR104">
-        <v>179</v>
+        <v>239</v>
       </c>
       <c r="BS104" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="105" spans="1:71">
       <c r="A105" t="s">
         <v>66</v>
       </c>
       <c r="B105" t="s">
-        <v>1244</v>
+        <v>1222</v>
       </c>
       <c r="C105" t="s">
-        <v>1245</v>
+        <v>1223</v>
       </c>
       <c r="D105">
-        <v>572213</v>
+        <v>573943</v>
       </c>
       <c r="E105">
-        <v>101.07</v>
+        <v>97.68</v>
       </c>
       <c r="F105" t="s">
-        <v>1246</v>
+        <v>1224</v>
       </c>
       <c r="G105" t="s">
         <v>70</v>
       </c>
       <c r="H105" t="s">
-        <v>1247</v>
+        <v>1225</v>
       </c>
       <c r="I105">
-        <v>57.14</v>
+        <v>46.99</v>
       </c>
       <c r="J105" t="s">
-        <v>1248</v>
+        <v>1226</v>
       </c>
       <c r="K105" t="s">
-        <v>586</v>
+        <v>716</v>
       </c>
       <c r="L105" t="s">
-        <v>1245</v>
+        <v>1223</v>
       </c>
       <c r="M105" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N105"/>
       <c r="O105"/>
-      <c r="P105">
-        <v>76951883</v>
+      <c r="P105" t="s">
+        <v>1227</v>
       </c>
       <c r="Q105" t="s">
-        <v>1244</v>
+        <v>1222</v>
       </c>
       <c r="R105" t="s">
-        <v>1249</v>
+        <v>1228</v>
       </c>
       <c r="S105" t="s">
-        <v>1249</v>
+        <v>1229</v>
       </c>
       <c r="T105" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U105" t="s">
-        <v>1245</v>
+        <v>1223</v>
       </c>
       <c r="V105">
-        <v>572213</v>
+        <v>573943</v>
       </c>
       <c r="W105" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X105">
-        <v>101.07</v>
+        <v>97.68</v>
       </c>
       <c r="Y105">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z105" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA105" t="s">
         <v>66</v>
       </c>
       <c r="AB105" t="s">
         <v>70</v>
       </c>
       <c r="AC105" t="s">
-        <v>1246</v>
-[...2 lines deleted...]
-        <v>76951883</v>
+        <v>1224</v>
+      </c>
+      <c r="AD105" t="s">
+        <v>1227</v>
       </c>
       <c r="AE105" t="s">
-        <v>1250</v>
+        <v>1230</v>
       </c>
       <c r="AF105">
-        <v>988052041</v>
+        <v>934372315</v>
       </c>
       <c r="AG105"/>
       <c r="AH105" t="s">
-        <v>1251</v>
+        <v>1231</v>
       </c>
       <c r="AI105"/>
       <c r="AJ105" t="s">
-        <v>795</v>
+        <v>223</v>
       </c>
       <c r="AK105" t="s">
         <v>70</v>
       </c>
       <c r="AL105" t="s">
-        <v>1248</v>
-[...3 lines deleted...]
-      </c>
+        <v>1226</v>
+      </c>
+      <c r="AM105"/>
       <c r="AN105" t="s">
-        <v>1247</v>
+        <v>1225</v>
       </c>
       <c r="AO105">
-        <v>57.14</v>
+        <v>46.99</v>
       </c>
       <c r="AP105" t="s">
-        <v>1078</v>
-[...9 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+      <c r="AQ105"/>
+      <c r="AR105"/>
+      <c r="AS105"/>
       <c r="AT105" t="s">
-        <v>1253</v>
+        <v>78</v>
       </c>
       <c r="AU105"/>
       <c r="AV105"/>
       <c r="AW105">
         <v>0</v>
       </c>
       <c r="AX105"/>
       <c r="AY105" t="s">
-        <v>1245</v>
+        <v>1223</v>
       </c>
       <c r="AZ105" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA105" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB105" t="s">
-        <v>1244</v>
+        <v>1222</v>
       </c>
       <c r="BC105" t="s">
-        <v>1248</v>
+        <v>1226</v>
       </c>
       <c r="BD105" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE105" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF105" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG105" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH105">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="BI105" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="BJ105" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK105" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL105" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="BM105" t="s">
-        <v>1254</v>
+        <v>1233</v>
       </c>
       <c r="BN105" t="s">
-        <v>1255</v>
+        <v>1234</v>
       </c>
       <c r="BO105">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="BP105"/>
       <c r="BQ105"/>
       <c r="BR105">
         <v>379</v>
       </c>
       <c r="BS105" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="106" spans="1:71">
       <c r="A106" t="s">
         <v>66</v>
       </c>
       <c r="B106" t="s">
-        <v>1256</v>
+        <v>1235</v>
       </c>
       <c r="C106" t="s">
-        <v>1257</v>
+        <v>1236</v>
       </c>
       <c r="D106">
-        <v>572200</v>
+        <v>573753</v>
       </c>
       <c r="E106">
-        <v>207.73</v>
+        <v>77.06</v>
       </c>
       <c r="F106" t="s">
-        <v>1258</v>
+        <v>1237</v>
       </c>
       <c r="G106" t="s">
         <v>70</v>
       </c>
       <c r="H106"/>
       <c r="I106">
         <v>0</v>
       </c>
       <c r="J106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K106" t="s">
-        <v>570</v>
+        <v>836</v>
       </c>
       <c r="L106" t="s">
-        <v>1257</v>
+        <v>1236</v>
       </c>
       <c r="M106" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106">
-        <v>74981968</v>
+        <v>70443992</v>
       </c>
       <c r="Q106" t="s">
-        <v>1256</v>
+        <v>1235</v>
       </c>
       <c r="R106" t="s">
-        <v>1259</v>
+        <v>1238</v>
       </c>
       <c r="S106" t="s">
-        <v>1259</v>
+        <v>1238</v>
       </c>
       <c r="T106" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U106" t="s">
-        <v>1257</v>
+        <v>1236</v>
       </c>
       <c r="V106">
-        <v>572200</v>
+        <v>573753</v>
       </c>
       <c r="W106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X106">
-        <v>207.73</v>
+        <v>77.06</v>
       </c>
       <c r="Y106">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA106" t="s">
         <v>66</v>
       </c>
       <c r="AB106" t="s">
         <v>70</v>
       </c>
       <c r="AC106" t="s">
-        <v>1258</v>
+        <v>1237</v>
       </c>
       <c r="AD106">
-        <v>74981968</v>
+        <v>70443992</v>
       </c>
       <c r="AE106" t="s">
-        <v>1260</v>
+        <v>1239</v>
       </c>
       <c r="AF106">
-        <v>945577403</v>
+        <v>933147691</v>
       </c>
       <c r="AG106"/>
       <c r="AH106" t="s">
-        <v>1261</v>
+        <v>1240</v>
       </c>
       <c r="AI106"/>
       <c r="AJ106" t="s">
-        <v>78</v>
+        <v>280</v>
       </c>
       <c r="AK106" t="s">
         <v>70</v>
       </c>
       <c r="AL106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AM106" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN106"/>
       <c r="AO106">
         <v>0</v>
       </c>
       <c r="AP106" t="s">
-        <v>1262</v>
+        <v>841</v>
       </c>
       <c r="AQ106"/>
       <c r="AR106"/>
       <c r="AS106"/>
       <c r="AT106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU106"/>
       <c r="AV106"/>
       <c r="AW106">
         <v>0</v>
       </c>
       <c r="AX106"/>
       <c r="AY106" t="s">
-        <v>1257</v>
+        <v>1236</v>
       </c>
       <c r="AZ106" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA106" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB106" t="s">
-        <v>1256</v>
+        <v>1235</v>
       </c>
       <c r="BC106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BD106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG106" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH106">
-        <v>528</v>
+        <v>541</v>
       </c>
       <c r="BI106" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="BJ106" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK106" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL106" t="s">
-        <v>1180</v>
+        <v>1241</v>
       </c>
       <c r="BM106" t="s">
-        <v>1263</v>
+        <v>1242</v>
       </c>
       <c r="BN106" t="s">
-        <v>1264</v>
+        <v>1243</v>
       </c>
       <c r="BO106">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="BP106"/>
       <c r="BQ106"/>
       <c r="BR106">
-        <v>779</v>
+        <v>299</v>
       </c>
       <c r="BS106" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="107" spans="1:71">
       <c r="A107" t="s">
         <v>66</v>
       </c>
       <c r="B107" t="s">
-        <v>1265</v>
+        <v>1244</v>
       </c>
       <c r="C107" t="s">
-        <v>1266</v>
+        <v>1245</v>
       </c>
       <c r="D107">
-        <v>572024</v>
+        <v>573712</v>
       </c>
       <c r="E107">
-        <v>45.07</v>
+        <v>128.61</v>
       </c>
       <c r="F107" t="s">
-        <v>1267</v>
+        <v>1246</v>
       </c>
       <c r="G107" t="s">
         <v>70</v>
       </c>
       <c r="H107" t="s">
-        <v>1268</v>
+        <v>1247</v>
       </c>
       <c r="I107">
-        <v>17.09</v>
+        <v>74.2</v>
       </c>
       <c r="J107" t="s">
-        <v>1269</v>
+        <v>1248</v>
       </c>
       <c r="K107" t="s">
-        <v>570</v>
+        <v>1249</v>
       </c>
       <c r="L107" t="s">
-        <v>1266</v>
+        <v>1245</v>
       </c>
       <c r="M107" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N107"/>
       <c r="O107"/>
       <c r="P107">
-        <v>73110896</v>
+        <v>74142338</v>
       </c>
       <c r="Q107" t="s">
-        <v>1265</v>
+        <v>1244</v>
       </c>
       <c r="R107" t="s">
-        <v>1270</v>
+        <v>1250</v>
       </c>
       <c r="S107" t="s">
-        <v>1270</v>
+        <v>1250</v>
       </c>
       <c r="T107" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U107" t="s">
-        <v>1266</v>
+        <v>1245</v>
       </c>
       <c r="V107">
-        <v>572024</v>
+        <v>573712</v>
       </c>
       <c r="W107" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X107">
-        <v>45.07</v>
+        <v>128.61</v>
       </c>
       <c r="Y107">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z107" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA107" t="s">
         <v>66</v>
       </c>
       <c r="AB107" t="s">
         <v>70</v>
       </c>
       <c r="AC107" t="s">
-        <v>1267</v>
+        <v>1246</v>
       </c>
       <c r="AD107">
-        <v>73110896</v>
+        <v>74142338</v>
       </c>
       <c r="AE107" t="s">
-        <v>1271</v>
+        <v>1251</v>
       </c>
       <c r="AF107">
-        <v>923271151</v>
+        <v>940246472</v>
       </c>
       <c r="AG107"/>
       <c r="AH107" t="s">
-        <v>1272</v>
+        <v>1252</v>
       </c>
       <c r="AI107"/>
       <c r="AJ107" t="s">
-        <v>355</v>
+        <v>115</v>
       </c>
       <c r="AK107" t="s">
         <v>70</v>
       </c>
       <c r="AL107" t="s">
-        <v>1269</v>
+        <v>1248</v>
       </c>
       <c r="AM107" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN107" t="s">
-        <v>1268</v>
+        <v>1247</v>
       </c>
       <c r="AO107">
-        <v>17.09</v>
+        <v>74.2</v>
       </c>
       <c r="AP107" t="s">
-        <v>1273</v>
+        <v>1253</v>
       </c>
       <c r="AQ107"/>
       <c r="AR107"/>
       <c r="AS107"/>
       <c r="AT107" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU107"/>
       <c r="AV107"/>
       <c r="AW107">
         <v>0</v>
       </c>
       <c r="AX107"/>
       <c r="AY107" t="s">
-        <v>1266</v>
+        <v>1245</v>
       </c>
       <c r="AZ107" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA107" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB107" t="s">
-        <v>1265</v>
+        <v>1244</v>
       </c>
       <c r="BC107" t="s">
-        <v>1269</v>
+        <v>1248</v>
       </c>
       <c r="BD107" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE107" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF107" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG107" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH107">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="BI107" t="s">
-        <v>152</v>
+        <v>85</v>
       </c>
       <c r="BJ107" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK107" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL107" t="s">
-        <v>1274</v>
+        <v>1021</v>
       </c>
       <c r="BM107" t="s">
-        <v>1275</v>
+        <v>1254</v>
       </c>
       <c r="BN107" t="s">
-        <v>1276</v>
+        <v>1255</v>
       </c>
       <c r="BO107">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="BP107"/>
       <c r="BQ107"/>
       <c r="BR107">
-        <v>169</v>
+        <v>499</v>
       </c>
       <c r="BS107" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="108" spans="1:71">
       <c r="A108" t="s">
         <v>66</v>
       </c>
       <c r="B108" t="s">
-        <v>1277</v>
+        <v>1256</v>
       </c>
       <c r="C108" t="s">
-        <v>1278</v>
+        <v>1257</v>
       </c>
       <c r="D108">
-        <v>571941</v>
+        <v>573665</v>
       </c>
       <c r="E108">
-        <v>74.4</v>
+        <v>79.64</v>
       </c>
       <c r="F108" t="s">
-        <v>1279</v>
+        <v>1258</v>
       </c>
       <c r="G108" t="s">
         <v>70</v>
       </c>
-      <c r="H108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H108"/>
       <c r="I108">
-        <v>36.88</v>
+        <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>1281</v>
+        <v>78</v>
       </c>
       <c r="K108" t="s">
-        <v>570</v>
+        <v>836</v>
       </c>
       <c r="L108" t="s">
-        <v>1278</v>
+        <v>1257</v>
       </c>
       <c r="M108" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108">
-        <v>76277979</v>
+        <v>43054741</v>
       </c>
       <c r="Q108" t="s">
-        <v>1277</v>
+        <v>1256</v>
       </c>
       <c r="R108" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="S108" t="s">
-        <v>1282</v>
+        <v>1260</v>
       </c>
       <c r="T108" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U108" t="s">
-        <v>1278</v>
+        <v>1257</v>
       </c>
       <c r="V108">
-        <v>571941</v>
+        <v>573665</v>
       </c>
       <c r="W108" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X108">
-        <v>74.4</v>
+        <v>79.64</v>
       </c>
       <c r="Y108">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z108" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA108" t="s">
         <v>66</v>
       </c>
       <c r="AB108" t="s">
         <v>70</v>
       </c>
       <c r="AC108" t="s">
-        <v>1279</v>
+        <v>1258</v>
       </c>
       <c r="AD108">
-        <v>76277979</v>
+        <v>43054741</v>
       </c>
       <c r="AE108" t="s">
-        <v>1283</v>
+        <v>1261</v>
       </c>
       <c r="AF108">
-        <v>930272197</v>
+        <v>959009562</v>
       </c>
       <c r="AG108"/>
       <c r="AH108" t="s">
-        <v>1284</v>
+        <v>1262</v>
       </c>
       <c r="AI108"/>
       <c r="AJ108" t="s">
-        <v>1285</v>
+        <v>963</v>
       </c>
       <c r="AK108" t="s">
         <v>70</v>
       </c>
       <c r="AL108" t="s">
-        <v>1281</v>
+        <v>78</v>
       </c>
       <c r="AM108" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN108"/>
       <c r="AO108">
-        <v>36.88</v>
+        <v>0</v>
       </c>
       <c r="AP108" t="s">
-        <v>1286</v>
-[...9 lines deleted...]
-      </c>
+        <v>1263</v>
+      </c>
+      <c r="AQ108"/>
+      <c r="AR108"/>
+      <c r="AS108"/>
       <c r="AT108" t="s">
-        <v>1288</v>
+        <v>78</v>
       </c>
       <c r="AU108"/>
       <c r="AV108"/>
       <c r="AW108">
         <v>0</v>
       </c>
       <c r="AX108"/>
       <c r="AY108" t="s">
-        <v>1278</v>
+        <v>1257</v>
       </c>
       <c r="AZ108" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA108" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB108" t="s">
-        <v>1277</v>
+        <v>1256</v>
       </c>
       <c r="BC108" t="s">
-        <v>1281</v>
+        <v>78</v>
       </c>
       <c r="BD108" t="s">
-        <v>1289</v>
+        <v>78</v>
       </c>
       <c r="BE108" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF108" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG108" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH108">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="BI108" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ108" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK108" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL108" t="s">
-        <v>1290</v>
+        <v>147</v>
       </c>
       <c r="BM108" t="s">
-        <v>1291</v>
+        <v>1264</v>
       </c>
       <c r="BN108" t="s">
-        <v>1292</v>
+        <v>1265</v>
       </c>
       <c r="BO108">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="BP108"/>
       <c r="BQ108"/>
       <c r="BR108">
-        <v>279</v>
+        <v>309</v>
       </c>
       <c r="BS108" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="109" spans="1:71">
       <c r="A109" t="s">
         <v>66</v>
       </c>
       <c r="B109" t="s">
-        <v>1293</v>
+        <v>1266</v>
       </c>
       <c r="C109" t="s">
-        <v>1294</v>
+        <v>1267</v>
       </c>
       <c r="D109">
-        <v>571896</v>
+        <v>573570</v>
       </c>
       <c r="E109">
-        <v>74.4</v>
+        <v>66.75</v>
       </c>
       <c r="F109" t="s">
-        <v>1295</v>
+        <v>1268</v>
       </c>
       <c r="G109" t="s">
         <v>70</v>
       </c>
-      <c r="H109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H109"/>
       <c r="I109">
-        <v>35.89</v>
+        <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>1297</v>
+        <v>78</v>
       </c>
       <c r="K109" t="s">
-        <v>570</v>
+        <v>836</v>
       </c>
       <c r="L109" t="s">
-        <v>1294</v>
+        <v>1267</v>
       </c>
       <c r="M109" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109">
-        <v>75034591</v>
+        <v>29632869</v>
       </c>
       <c r="Q109" t="s">
-        <v>1293</v>
+        <v>1266</v>
       </c>
       <c r="R109" t="s">
-        <v>1298</v>
+        <v>1269</v>
       </c>
       <c r="S109" t="s">
-        <v>1298</v>
+        <v>1270</v>
       </c>
       <c r="T109" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U109" t="s">
-        <v>1294</v>
+        <v>1267</v>
       </c>
       <c r="V109">
-        <v>571896</v>
+        <v>573570</v>
       </c>
       <c r="W109" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X109">
-        <v>74.4</v>
+        <v>66.75</v>
       </c>
       <c r="Y109">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z109" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA109" t="s">
         <v>66</v>
       </c>
       <c r="AB109" t="s">
         <v>70</v>
       </c>
       <c r="AC109" t="s">
-        <v>1295</v>
+        <v>1268</v>
       </c>
       <c r="AD109">
-        <v>75034591</v>
+        <v>29632869</v>
       </c>
       <c r="AE109" t="s">
-        <v>1299</v>
+        <v>1271</v>
       </c>
       <c r="AF109">
-        <v>519383957</v>
+        <v>984482766</v>
       </c>
       <c r="AG109"/>
       <c r="AH109" t="s">
-        <v>1300</v>
+        <v>1272</v>
       </c>
       <c r="AI109"/>
       <c r="AJ109" t="s">
-        <v>1301</v>
+        <v>1273</v>
       </c>
       <c r="AK109" t="s">
         <v>70</v>
       </c>
       <c r="AL109" t="s">
-        <v>1297</v>
+        <v>78</v>
       </c>
       <c r="AM109" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AN109"/>
       <c r="AO109">
-        <v>35.89</v>
+        <v>0</v>
       </c>
       <c r="AP109" t="s">
-        <v>1302</v>
+        <v>1211</v>
       </c>
       <c r="AQ109"/>
       <c r="AR109"/>
       <c r="AS109"/>
       <c r="AT109" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU109"/>
       <c r="AV109"/>
       <c r="AW109">
         <v>0</v>
       </c>
       <c r="AX109"/>
       <c r="AY109" t="s">
-        <v>1294</v>
+        <v>1267</v>
       </c>
       <c r="AZ109" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA109" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB109" t="s">
-        <v>1293</v>
+        <v>1266</v>
       </c>
       <c r="BC109" t="s">
-        <v>1297</v>
+        <v>78</v>
       </c>
       <c r="BD109" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE109" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF109" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG109" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH109">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="BI109" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="BJ109" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK109" t="s">
-        <v>517</v>
+        <v>87</v>
       </c>
       <c r="BL109" t="s">
-        <v>663</v>
+        <v>184</v>
       </c>
       <c r="BM109" t="s">
-        <v>1303</v>
+        <v>1274</v>
       </c>
       <c r="BN109" t="s">
-        <v>1304</v>
+        <v>1275</v>
       </c>
       <c r="BO109">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="BP109"/>
       <c r="BQ109"/>
       <c r="BR109">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="BS109" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="110" spans="1:71">
       <c r="A110" t="s">
         <v>66</v>
       </c>
       <c r="B110" t="s">
-        <v>1305</v>
+        <v>1276</v>
       </c>
       <c r="C110" t="s">
-        <v>1306</v>
+        <v>1277</v>
       </c>
       <c r="D110">
-        <v>571835</v>
+        <v>573471</v>
       </c>
       <c r="E110">
-        <v>61.07</v>
+        <v>38.4</v>
       </c>
       <c r="F110" t="s">
-        <v>1307</v>
+        <v>1278</v>
       </c>
       <c r="G110" t="s">
         <v>70</v>
       </c>
       <c r="H110" t="s">
-        <v>1308</v>
+        <v>1279</v>
       </c>
       <c r="I110">
-        <v>29.99</v>
+        <v>12.99</v>
       </c>
       <c r="J110" t="s">
-        <v>1309</v>
+        <v>1280</v>
       </c>
       <c r="K110" t="s">
-        <v>570</v>
+        <v>1281</v>
       </c>
       <c r="L110" t="s">
-        <v>1306</v>
+        <v>1277</v>
       </c>
       <c r="M110" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110">
-        <v>10224065</v>
+        <v>10287262</v>
       </c>
       <c r="Q110" t="s">
-        <v>1305</v>
+        <v>1276</v>
       </c>
       <c r="R110" t="s">
-        <v>1310</v>
+        <v>1282</v>
       </c>
       <c r="S110" t="s">
-        <v>1311</v>
+        <v>1283</v>
       </c>
       <c r="T110" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U110" t="s">
-        <v>1306</v>
+        <v>1277</v>
       </c>
       <c r="V110">
-        <v>571835</v>
+        <v>573471</v>
       </c>
       <c r="W110" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X110">
-        <v>61.07</v>
+        <v>38.4</v>
       </c>
       <c r="Y110">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z110" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA110" t="s">
         <v>66</v>
       </c>
       <c r="AB110" t="s">
         <v>70</v>
       </c>
       <c r="AC110" t="s">
-        <v>1307</v>
+        <v>1278</v>
       </c>
       <c r="AD110">
-        <v>10224065</v>
+        <v>10287262</v>
       </c>
       <c r="AE110" t="s">
-        <v>1312</v>
+        <v>1284</v>
       </c>
       <c r="AF110">
-        <v>992029080</v>
+        <v>976310724</v>
       </c>
       <c r="AG110"/>
       <c r="AH110" t="s">
-        <v>1313</v>
+        <v>1285</v>
       </c>
       <c r="AI110"/>
       <c r="AJ110" t="s">
-        <v>1314</v>
+        <v>280</v>
       </c>
       <c r="AK110" t="s">
         <v>70</v>
       </c>
       <c r="AL110" t="s">
-        <v>1309</v>
+        <v>1280</v>
       </c>
       <c r="AM110" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AN110" t="s">
-        <v>1308</v>
+        <v>1279</v>
       </c>
       <c r="AO110">
-        <v>29.99</v>
+        <v>12.99</v>
       </c>
       <c r="AP110" t="s">
-        <v>1315</v>
-[...3 lines deleted...]
-      <c r="AS110"/>
+        <v>1286</v>
+      </c>
+      <c r="AQ110" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR110" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS110" t="s">
+        <v>1287</v>
+      </c>
       <c r="AT110" t="s">
-        <v>71</v>
+        <v>1288</v>
       </c>
       <c r="AU110"/>
       <c r="AV110"/>
       <c r="AW110">
         <v>0</v>
       </c>
       <c r="AX110"/>
       <c r="AY110" t="s">
-        <v>1306</v>
+        <v>1277</v>
       </c>
       <c r="AZ110" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA110" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB110" t="s">
-        <v>1305</v>
+        <v>1276</v>
       </c>
       <c r="BC110" t="s">
-        <v>1309</v>
+        <v>1280</v>
       </c>
       <c r="BD110" t="s">
-        <v>1316</v>
+        <v>78</v>
       </c>
       <c r="BE110" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF110" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG110" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH110">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="BI110" t="s">
-        <v>152</v>
+        <v>85</v>
       </c>
       <c r="BJ110" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK110" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL110" t="s">
-        <v>1317</v>
+        <v>211</v>
       </c>
       <c r="BM110" t="s">
-        <v>1318</v>
+        <v>1289</v>
       </c>
       <c r="BN110" t="s">
-        <v>1319</v>
+        <v>1290</v>
       </c>
       <c r="BO110">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="BP110"/>
+        <v>14</v>
+      </c>
+      <c r="BP110" t="s">
+        <v>774</v>
+      </c>
       <c r="BQ110"/>
       <c r="BR110">
-        <v>229</v>
+        <v>149</v>
       </c>
       <c r="BS110" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="111" spans="1:71">
       <c r="A111" t="s">
         <v>66</v>
       </c>
       <c r="B111" t="s">
-        <v>1320</v>
+        <v>1291</v>
       </c>
       <c r="C111" t="s">
-        <v>1321</v>
+        <v>1292</v>
       </c>
       <c r="D111">
-        <v>571691</v>
+        <v>573424</v>
       </c>
       <c r="E111">
-        <v>154.4</v>
+        <v>368.3</v>
       </c>
       <c r="F111" t="s">
-        <v>1322</v>
+        <v>1293</v>
       </c>
       <c r="G111" t="s">
         <v>70</v>
       </c>
       <c r="H111" t="s">
-        <v>1323</v>
+        <v>1294</v>
       </c>
       <c r="I111">
-        <v>94.67</v>
+        <v>186.19</v>
       </c>
       <c r="J111" t="s">
-        <v>1324</v>
+        <v>1295</v>
       </c>
       <c r="K111" t="s">
-        <v>1033</v>
+        <v>716</v>
       </c>
       <c r="L111" t="s">
-        <v>1321</v>
+        <v>1292</v>
       </c>
       <c r="M111" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111">
-        <v>74576213</v>
+        <v>10035160</v>
       </c>
       <c r="Q111" t="s">
-        <v>1320</v>
+        <v>1291</v>
       </c>
       <c r="R111" t="s">
-        <v>1325</v>
+        <v>1296</v>
       </c>
       <c r="S111" t="s">
-        <v>1326</v>
+        <v>1296</v>
       </c>
       <c r="T111" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U111" t="s">
-        <v>1321</v>
+        <v>1292</v>
       </c>
       <c r="V111">
-        <v>571691</v>
+        <v>573424</v>
       </c>
       <c r="W111" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X111">
-        <v>154.4</v>
+        <v>368.3</v>
       </c>
       <c r="Y111">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z111" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA111" t="s">
         <v>66</v>
       </c>
       <c r="AB111" t="s">
         <v>70</v>
       </c>
       <c r="AC111" t="s">
-        <v>1322</v>
+        <v>1293</v>
       </c>
       <c r="AD111">
-        <v>74576213</v>
+        <v>10035160</v>
       </c>
       <c r="AE111" t="s">
-        <v>1327</v>
+        <v>1297</v>
       </c>
       <c r="AF111">
-        <v>940569564</v>
+        <v>991000253</v>
       </c>
       <c r="AG111"/>
       <c r="AH111" t="s">
-        <v>1328</v>
+        <v>1298</v>
       </c>
       <c r="AI111"/>
       <c r="AJ111" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
       <c r="AK111" t="s">
         <v>70</v>
       </c>
       <c r="AL111" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1295</v>
+      </c>
+      <c r="AM111"/>
       <c r="AN111" t="s">
-        <v>1323</v>
+        <v>1294</v>
       </c>
       <c r="AO111">
-        <v>94.67</v>
+        <v>186.19</v>
       </c>
       <c r="AP111" t="s">
-        <v>1329</v>
+        <v>1299</v>
       </c>
       <c r="AQ111"/>
       <c r="AR111"/>
       <c r="AS111"/>
       <c r="AT111" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU111"/>
       <c r="AV111"/>
       <c r="AW111">
         <v>0</v>
       </c>
       <c r="AX111"/>
       <c r="AY111" t="s">
-        <v>1321</v>
+        <v>1292</v>
       </c>
       <c r="AZ111" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA111" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB111" t="s">
-        <v>1320</v>
+        <v>1291</v>
       </c>
       <c r="BC111" t="s">
-        <v>1324</v>
+        <v>1295</v>
       </c>
       <c r="BD111" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE111" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF111" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG111" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH111">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="BI111" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="BJ111" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK111" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="BL111" t="s">
-        <v>1330</v>
+        <v>1021</v>
       </c>
       <c r="BM111" t="s">
-        <v>1331</v>
+        <v>1300</v>
       </c>
       <c r="BN111" t="s">
-        <v>1332</v>
+        <v>1301</v>
       </c>
       <c r="BO111">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="BP111"/>
       <c r="BQ111"/>
       <c r="BR111">
-        <v>579</v>
+        <v>1429</v>
       </c>
       <c r="BS111" t="s">
-        <v>582</v>
+        <v>91</v>
       </c>
     </row>
     <row r="112" spans="1:71">
       <c r="A112" t="s">
         <v>66</v>
       </c>
       <c r="B112" t="s">
-        <v>1333</v>
+        <v>1302</v>
       </c>
       <c r="C112" t="s">
-        <v>1334</v>
+        <v>1303</v>
       </c>
       <c r="D112">
-        <v>571631</v>
+        <v>573256</v>
       </c>
       <c r="E112">
-        <v>234.14</v>
+        <v>51.29</v>
       </c>
       <c r="F112" t="s">
-        <v>1335</v>
+        <v>1304</v>
       </c>
       <c r="G112" t="s">
         <v>70</v>
       </c>
       <c r="H112" t="s">
-        <v>1336</v>
+        <v>1305</v>
       </c>
       <c r="I112">
-        <v>79.98</v>
+        <v>22.89</v>
       </c>
       <c r="J112" t="s">
-        <v>1337</v>
+        <v>1306</v>
       </c>
       <c r="K112" t="s">
-        <v>570</v>
+        <v>716</v>
       </c>
       <c r="L112" t="s">
-        <v>1334</v>
+        <v>1303</v>
       </c>
       <c r="M112" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112">
-        <v>32868527</v>
+        <v>41194212</v>
       </c>
       <c r="Q112" t="s">
-        <v>1333</v>
+        <v>1302</v>
       </c>
       <c r="R112" t="s">
-        <v>1338</v>
+        <v>1307</v>
       </c>
       <c r="S112" t="s">
-        <v>1339</v>
+        <v>1308</v>
       </c>
       <c r="T112" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U112" t="s">
-        <v>1334</v>
+        <v>1303</v>
       </c>
       <c r="V112">
-        <v>571631</v>
+        <v>573256</v>
       </c>
       <c r="W112" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X112">
-        <v>234.14</v>
+        <v>51.29</v>
       </c>
       <c r="Y112">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z112" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA112" t="s">
         <v>66</v>
       </c>
       <c r="AB112" t="s">
         <v>70</v>
       </c>
       <c r="AC112" t="s">
-        <v>1335</v>
+        <v>1304</v>
       </c>
       <c r="AD112">
-        <v>32868527</v>
+        <v>41194212</v>
       </c>
       <c r="AE112" t="s">
-        <v>1340</v>
+        <v>1309</v>
       </c>
       <c r="AF112">
-        <v>954921942</v>
+        <v>981899742</v>
       </c>
       <c r="AG112"/>
       <c r="AH112" t="s">
-        <v>1341</v>
+        <v>1310</v>
       </c>
       <c r="AI112"/>
       <c r="AJ112" t="s">
-        <v>1342</v>
+        <v>115</v>
       </c>
       <c r="AK112" t="s">
         <v>70</v>
       </c>
       <c r="AL112" t="s">
-        <v>1337</v>
-[...3 lines deleted...]
-      </c>
+        <v>1306</v>
+      </c>
+      <c r="AM112"/>
       <c r="AN112" t="s">
-        <v>1336</v>
+        <v>1305</v>
       </c>
       <c r="AO112">
-        <v>79.98</v>
+        <v>22.89</v>
       </c>
       <c r="AP112" t="s">
-        <v>1343</v>
+        <v>1311</v>
       </c>
       <c r="AQ112" t="s">
-        <v>513</v>
+        <v>118</v>
       </c>
       <c r="AR112" t="s">
-        <v>514</v>
+        <v>768</v>
       </c>
       <c r="AS112" t="s">
-        <v>1344</v>
+        <v>1312</v>
       </c>
       <c r="AT112" t="s">
-        <v>1345</v>
+        <v>1313</v>
       </c>
       <c r="AU112"/>
       <c r="AV112"/>
       <c r="AW112">
         <v>0</v>
       </c>
       <c r="AX112"/>
       <c r="AY112" t="s">
-        <v>1334</v>
+        <v>1303</v>
       </c>
       <c r="AZ112" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA112" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB112" t="s">
-        <v>1333</v>
+        <v>1302</v>
       </c>
       <c r="BC112" t="s">
-        <v>1337</v>
+        <v>1306</v>
       </c>
       <c r="BD112" t="s">
-        <v>71</v>
+        <v>1314</v>
       </c>
       <c r="BE112" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF112" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG112" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH112">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="BI112" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="BJ112" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK112" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="BL112" t="s">
-        <v>1346</v>
+        <v>103</v>
       </c>
       <c r="BM112" t="s">
-        <v>1347</v>
+        <v>1315</v>
       </c>
       <c r="BN112" t="s">
-        <v>1348</v>
+        <v>1316</v>
       </c>
       <c r="BO112">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP112" t="s">
-        <v>520</v>
+        <v>774</v>
       </c>
       <c r="BQ112"/>
       <c r="BR112">
-        <v>878</v>
+        <v>199</v>
       </c>
       <c r="BS112" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
     </row>
     <row r="113" spans="1:71">
       <c r="A113" t="s">
         <v>66</v>
       </c>
       <c r="B113" t="s">
-        <v>1349</v>
+        <v>1317</v>
       </c>
       <c r="C113" t="s">
-        <v>1350</v>
+        <v>1318</v>
       </c>
       <c r="D113">
-        <v>593921</v>
+        <v>573181</v>
       </c>
       <c r="E113">
-        <v>83.95</v>
+        <v>100.26</v>
       </c>
       <c r="F113" t="s">
-        <v>1351</v>
+        <v>1319</v>
       </c>
       <c r="G113" t="s">
         <v>70</v>
       </c>
-      <c r="H113"/>
+      <c r="H113" t="s">
+        <v>1320</v>
+      </c>
       <c r="I113">
-        <v>0</v>
+        <v>78.75</v>
       </c>
       <c r="J113" t="s">
-        <v>71</v>
+        <v>1321</v>
       </c>
       <c r="K113" t="s">
-        <v>1352</v>
+        <v>1322</v>
       </c>
       <c r="L113" t="s">
-        <v>1350</v>
+        <v>1318</v>
       </c>
       <c r="M113" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N113"/>
       <c r="O113"/>
       <c r="P113">
-        <v>10559359</v>
+        <v>75580346</v>
       </c>
       <c r="Q113" t="s">
-        <v>1349</v>
+        <v>1317</v>
       </c>
       <c r="R113" t="s">
-        <v>1353</v>
+        <v>1323</v>
       </c>
       <c r="S113" t="s">
-        <v>1354</v>
+        <v>1323</v>
       </c>
       <c r="T113" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U113" t="s">
-        <v>1350</v>
+        <v>1318</v>
       </c>
       <c r="V113">
-        <v>593921</v>
+        <v>573181</v>
       </c>
       <c r="W113" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X113">
-        <v>83.95</v>
+        <v>100.26</v>
       </c>
       <c r="Y113">
-        <v>3.8</v>
+        <v>3.88</v>
       </c>
       <c r="Z113" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA113" t="s">
         <v>66</v>
       </c>
       <c r="AB113" t="s">
         <v>70</v>
       </c>
       <c r="AC113" t="s">
-        <v>1351</v>
+        <v>1319</v>
       </c>
       <c r="AD113">
-        <v>10559359</v>
+        <v>75580346</v>
       </c>
       <c r="AE113" t="s">
-        <v>1355</v>
+        <v>1324</v>
       </c>
       <c r="AF113">
-        <v>936753427</v>
+        <v>919505983</v>
       </c>
       <c r="AG113"/>
       <c r="AH113" t="s">
-        <v>1356</v>
+        <v>1325</v>
       </c>
       <c r="AI113"/>
       <c r="AJ113" t="s">
-        <v>93</v>
+        <v>280</v>
       </c>
       <c r="AK113" t="s">
         <v>70</v>
       </c>
       <c r="AL113" t="s">
-        <v>71</v>
+        <v>1321</v>
       </c>
       <c r="AM113" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN113"/>
+        <v>82</v>
+      </c>
+      <c r="AN113" t="s">
+        <v>1320</v>
+      </c>
       <c r="AO113">
-        <v>0</v>
+        <v>78.75</v>
       </c>
       <c r="AP113" t="s">
-        <v>1357</v>
+        <v>1326</v>
       </c>
       <c r="AQ113"/>
       <c r="AR113"/>
       <c r="AS113"/>
       <c r="AT113" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU113"/>
       <c r="AV113"/>
       <c r="AW113">
         <v>0</v>
       </c>
       <c r="AX113"/>
       <c r="AY113" t="s">
-        <v>1350</v>
+        <v>1318</v>
       </c>
       <c r="AZ113" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA113" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB113" t="s">
-        <v>1349</v>
+        <v>1317</v>
       </c>
       <c r="BC113" t="s">
-        <v>71</v>
+        <v>1321</v>
       </c>
       <c r="BD113" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE113" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF113" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG113" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH113">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="BI113" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ113" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK113" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="BL113" t="s">
-        <v>83</v>
+        <v>1327</v>
       </c>
       <c r="BM113" t="s">
-        <v>1358</v>
+        <v>1328</v>
       </c>
       <c r="BN113" t="s">
-        <v>1359</v>
+        <v>1329</v>
       </c>
       <c r="BO113">
-        <v>468</v>
+        <v>7</v>
       </c>
       <c r="BP113"/>
       <c r="BQ113"/>
       <c r="BR113">
-        <v>319</v>
+        <v>389</v>
       </c>
       <c r="BS113" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="114" spans="1:71">
       <c r="A114" t="s">
         <v>66</v>
       </c>
       <c r="B114" t="s">
-        <v>1360</v>
+        <v>1330</v>
       </c>
       <c r="C114" t="s">
-        <v>1361</v>
+        <v>1331</v>
       </c>
       <c r="D114">
-        <v>571576</v>
+        <v>573180</v>
       </c>
       <c r="E114">
-        <v>138.4</v>
+        <v>100.26</v>
       </c>
       <c r="F114" t="s">
-        <v>1362</v>
+        <v>1332</v>
       </c>
       <c r="G114" t="s">
         <v>70</v>
       </c>
-      <c r="H114"/>
+      <c r="H114" t="s">
+        <v>1333</v>
+      </c>
       <c r="I114">
-        <v>0</v>
+        <v>78.75</v>
       </c>
       <c r="J114" t="s">
-        <v>71</v>
+        <v>1321</v>
       </c>
       <c r="K114" t="s">
-        <v>1033</v>
+        <v>1334</v>
       </c>
       <c r="L114" t="s">
-        <v>1361</v>
+        <v>1331</v>
       </c>
       <c r="M114" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N114"/>
       <c r="O114"/>
       <c r="P114">
-        <v>47877170</v>
+        <v>16698005</v>
       </c>
       <c r="Q114" t="s">
-        <v>1360</v>
+        <v>1330</v>
       </c>
       <c r="R114" t="s">
-        <v>1363</v>
+        <v>1335</v>
       </c>
       <c r="S114" t="s">
-        <v>1364</v>
+        <v>1335</v>
       </c>
       <c r="T114" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U114" t="s">
-        <v>1361</v>
+        <v>1331</v>
       </c>
       <c r="V114">
-        <v>571576</v>
+        <v>573180</v>
       </c>
       <c r="W114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X114">
-        <v>138.4</v>
+        <v>100.26</v>
       </c>
       <c r="Y114">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA114" t="s">
         <v>66</v>
       </c>
       <c r="AB114" t="s">
         <v>70</v>
       </c>
       <c r="AC114" t="s">
-        <v>1362</v>
+        <v>1332</v>
       </c>
       <c r="AD114">
-        <v>47877170</v>
+        <v>16698005</v>
       </c>
       <c r="AE114" t="s">
-        <v>1365</v>
+        <v>1336</v>
       </c>
       <c r="AF114">
-        <v>933777946</v>
+        <v>975912865</v>
       </c>
       <c r="AG114"/>
       <c r="AH114" t="s">
-        <v>1366</v>
+        <v>1337</v>
       </c>
       <c r="AI114"/>
       <c r="AJ114" t="s">
-        <v>1367</v>
+        <v>402</v>
       </c>
       <c r="AK114" t="s">
         <v>70</v>
       </c>
       <c r="AL114" t="s">
-        <v>71</v>
+        <v>1321</v>
       </c>
       <c r="AM114" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="AN114"/>
+        <v>82</v>
+      </c>
+      <c r="AN114" t="s">
+        <v>1333</v>
+      </c>
       <c r="AO114">
-        <v>0</v>
+        <v>78.75</v>
       </c>
       <c r="AP114" t="s">
-        <v>1368</v>
+        <v>1326</v>
       </c>
       <c r="AQ114"/>
       <c r="AR114"/>
       <c r="AS114"/>
       <c r="AT114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU114"/>
       <c r="AV114"/>
       <c r="AW114">
         <v>0</v>
       </c>
       <c r="AX114"/>
       <c r="AY114" t="s">
-        <v>1361</v>
+        <v>1331</v>
       </c>
       <c r="AZ114" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA114" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB114" t="s">
-        <v>1360</v>
+        <v>1330</v>
       </c>
       <c r="BC114" t="s">
-        <v>71</v>
+        <v>1321</v>
       </c>
       <c r="BD114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH114">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="BI114" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="BJ114" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK114" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL114" t="s">
-        <v>1369</v>
+        <v>184</v>
       </c>
       <c r="BM114" t="s">
-        <v>1370</v>
+        <v>1338</v>
       </c>
       <c r="BN114" t="s">
-        <v>1371</v>
+        <v>1339</v>
       </c>
       <c r="BO114">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="BP114"/>
       <c r="BQ114"/>
       <c r="BR114">
-        <v>519</v>
+        <v>389</v>
       </c>
       <c r="BS114" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="115" spans="1:71">
       <c r="A115" t="s">
         <v>66</v>
       </c>
       <c r="B115" t="s">
-        <v>1372</v>
+        <v>1340</v>
       </c>
       <c r="C115" t="s">
-        <v>1373</v>
+        <v>1341</v>
       </c>
       <c r="D115">
-        <v>571510</v>
+        <v>573078</v>
       </c>
       <c r="E115">
-        <v>133.07</v>
+        <v>107.99</v>
       </c>
       <c r="F115" t="s">
-        <v>1374</v>
+        <v>1342</v>
       </c>
       <c r="G115" t="s">
         <v>70</v>
       </c>
-      <c r="H115"/>
+      <c r="H115" t="s">
+        <v>1343</v>
+      </c>
       <c r="I115">
-        <v>0</v>
+        <v>55.99</v>
       </c>
       <c r="J115" t="s">
-        <v>71</v>
+        <v>1344</v>
       </c>
       <c r="K115" t="s">
-        <v>1033</v>
+        <v>1345</v>
       </c>
       <c r="L115" t="s">
-        <v>1373</v>
+        <v>1341</v>
       </c>
       <c r="M115" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N115"/>
       <c r="O115"/>
-      <c r="P115" t="s">
-        <v>1375</v>
+      <c r="P115">
+        <v>47163782</v>
       </c>
       <c r="Q115" t="s">
-        <v>1372</v>
+        <v>1340</v>
       </c>
       <c r="R115" t="s">
-        <v>1376</v>
+        <v>1346</v>
       </c>
       <c r="S115" t="s">
-        <v>1376</v>
+        <v>1346</v>
       </c>
       <c r="T115" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U115" t="s">
-        <v>1373</v>
+        <v>1341</v>
       </c>
       <c r="V115">
-        <v>571510</v>
+        <v>573078</v>
       </c>
       <c r="W115" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X115">
-        <v>133.07</v>
+        <v>107.99</v>
       </c>
       <c r="Y115">
-        <v>3.75</v>
+        <v>3.88</v>
       </c>
       <c r="Z115" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AA115" t="s">
         <v>66</v>
       </c>
       <c r="AB115" t="s">
         <v>70</v>
       </c>
       <c r="AC115" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-        <v>1375</v>
+        <v>1342</v>
+      </c>
+      <c r="AD115">
+        <v>47163782</v>
       </c>
       <c r="AE115" t="s">
-        <v>1377</v>
+        <v>1347</v>
       </c>
       <c r="AF115">
-        <v>934742207</v>
+        <v>978553349</v>
       </c>
       <c r="AG115"/>
       <c r="AH115" t="s">
-        <v>1378</v>
+        <v>1348</v>
       </c>
       <c r="AI115"/>
       <c r="AJ115" t="s">
-        <v>93</v>
+        <v>1349</v>
       </c>
       <c r="AK115" t="s">
         <v>70</v>
       </c>
       <c r="AL115" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="AN115"/>
+        <v>1344</v>
+      </c>
+      <c r="AM115" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN115" t="s">
+        <v>1343</v>
+      </c>
       <c r="AO115">
-        <v>0</v>
+        <v>55.99</v>
       </c>
       <c r="AP115" t="s">
-        <v>1379</v>
+        <v>1350</v>
       </c>
       <c r="AQ115"/>
       <c r="AR115"/>
       <c r="AS115"/>
       <c r="AT115" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="AU115"/>
       <c r="AV115"/>
       <c r="AW115">
         <v>0</v>
       </c>
       <c r="AX115"/>
       <c r="AY115" t="s">
-        <v>1373</v>
+        <v>1341</v>
       </c>
       <c r="AZ115" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA115" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BB115" t="s">
-        <v>1372</v>
+        <v>1340</v>
       </c>
       <c r="BC115" t="s">
-        <v>71</v>
+        <v>1344</v>
       </c>
       <c r="BD115" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BE115" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BF115" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BG115" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="BH115">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="BI115" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="BJ115" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="BK115" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BL115" t="s">
-        <v>1380</v>
+        <v>489</v>
       </c>
       <c r="BM115" t="s">
-        <v>1381</v>
+        <v>1351</v>
       </c>
       <c r="BN115" t="s">
-        <v>1382</v>
+        <v>1352</v>
       </c>
       <c r="BO115">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP115"/>
       <c r="BQ115"/>
       <c r="BR115">
+        <v>419</v>
+      </c>
+      <c r="BS115" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="116" spans="1:71">
+      <c r="A116" t="s">
+        <v>66</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D116">
+        <v>573077</v>
+      </c>
+      <c r="E116">
+        <v>43.56</v>
+      </c>
+      <c r="F116" t="s">
+        <v>1355</v>
+      </c>
+      <c r="G116" t="s">
+        <v>70</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I116">
+        <v>15.77</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1344</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1357</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1354</v>
+      </c>
+      <c r="M116" t="s">
+        <v>74</v>
+      </c>
+      <c r="N116"/>
+      <c r="O116"/>
+      <c r="P116">
+        <v>73981747</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>1353</v>
+      </c>
+      <c r="R116" t="s">
+        <v>1358</v>
+      </c>
+      <c r="S116" t="s">
+        <v>1359</v>
+      </c>
+      <c r="T116" t="s">
+        <v>77</v>
+      </c>
+      <c r="U116" t="s">
+        <v>1354</v>
+      </c>
+      <c r="V116">
+        <v>573077</v>
+      </c>
+      <c r="W116" t="s">
+        <v>78</v>
+      </c>
+      <c r="X116">
+        <v>43.56</v>
+      </c>
+      <c r="Y116">
+        <v>3.88</v>
+      </c>
+      <c r="Z116" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA116" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB116" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC116" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AD116">
+        <v>73981747</v>
+      </c>
+      <c r="AE116" t="s">
+        <v>1360</v>
+      </c>
+      <c r="AF116">
+        <v>900654865</v>
+      </c>
+      <c r="AG116"/>
+      <c r="AH116" t="s">
+        <v>1361</v>
+      </c>
+      <c r="AI116"/>
+      <c r="AJ116" t="s">
+        <v>402</v>
+      </c>
+      <c r="AK116" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL116" t="s">
+        <v>1344</v>
+      </c>
+      <c r="AM116" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN116" t="s">
+        <v>1356</v>
+      </c>
+      <c r="AO116">
+        <v>15.77</v>
+      </c>
+      <c r="AP116" t="s">
+        <v>1362</v>
+      </c>
+      <c r="AQ116" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR116" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS116" t="s">
+        <v>1363</v>
+      </c>
+      <c r="AT116" t="s">
+        <v>1364</v>
+      </c>
+      <c r="AU116"/>
+      <c r="AV116"/>
+      <c r="AW116">
+        <v>0</v>
+      </c>
+      <c r="AX116"/>
+      <c r="AY116" t="s">
+        <v>1354</v>
+      </c>
+      <c r="AZ116" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA116" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB116" t="s">
+        <v>1353</v>
+      </c>
+      <c r="BC116" t="s">
+        <v>1344</v>
+      </c>
+      <c r="BD116" t="s">
+        <v>1365</v>
+      </c>
+      <c r="BE116" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF116" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG116" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH116">
+        <v>553</v>
+      </c>
+      <c r="BI116" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ116" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK116" t="s">
+        <v>121</v>
+      </c>
+      <c r="BL116" t="s">
+        <v>172</v>
+      </c>
+      <c r="BM116" t="s">
+        <v>1366</v>
+      </c>
+      <c r="BN116" t="s">
+        <v>1367</v>
+      </c>
+      <c r="BO116">
+        <v>4</v>
+      </c>
+      <c r="BP116" t="s">
+        <v>774</v>
+      </c>
+      <c r="BQ116"/>
+      <c r="BR116">
+        <v>169</v>
+      </c>
+      <c r="BS116" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="117" spans="1:71">
+      <c r="A117" t="s">
+        <v>66</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D117">
+        <v>572645</v>
+      </c>
+      <c r="E117">
+        <v>154.18</v>
+      </c>
+      <c r="F117" t="s">
+        <v>1370</v>
+      </c>
+      <c r="G117" t="s">
+        <v>70</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I117">
+        <v>79.99</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1372</v>
+      </c>
+      <c r="K117" t="s">
+        <v>111</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1369</v>
+      </c>
+      <c r="M117" t="s">
+        <v>74</v>
+      </c>
+      <c r="N117"/>
+      <c r="O117"/>
+      <c r="P117">
+        <v>46690033</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>1368</v>
+      </c>
+      <c r="R117" t="s">
+        <v>1373</v>
+      </c>
+      <c r="S117" t="s">
+        <v>1373</v>
+      </c>
+      <c r="T117" t="s">
+        <v>77</v>
+      </c>
+      <c r="U117" t="s">
+        <v>1369</v>
+      </c>
+      <c r="V117">
+        <v>572645</v>
+      </c>
+      <c r="W117" t="s">
+        <v>78</v>
+      </c>
+      <c r="X117">
+        <v>154.18</v>
+      </c>
+      <c r="Y117">
+        <v>3.95</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>1370</v>
+      </c>
+      <c r="AD117">
+        <v>46690033</v>
+      </c>
+      <c r="AE117" t="s">
+        <v>1374</v>
+      </c>
+      <c r="AF117">
+        <v>944901215</v>
+      </c>
+      <c r="AG117"/>
+      <c r="AH117" t="s">
+        <v>1375</v>
+      </c>
+      <c r="AI117"/>
+      <c r="AJ117" t="s">
+        <v>1376</v>
+      </c>
+      <c r="AK117" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL117" t="s">
+        <v>1372</v>
+      </c>
+      <c r="AM117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AN117" t="s">
+        <v>1371</v>
+      </c>
+      <c r="AO117">
+        <v>79.99</v>
+      </c>
+      <c r="AP117" t="s">
+        <v>1377</v>
+      </c>
+      <c r="AQ117" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR117" t="s">
+        <v>119</v>
+      </c>
+      <c r="AS117"/>
+      <c r="AT117" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU117"/>
+      <c r="AV117"/>
+      <c r="AW117">
+        <v>0</v>
+      </c>
+      <c r="AX117"/>
+      <c r="AY117" t="s">
+        <v>1369</v>
+      </c>
+      <c r="AZ117" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA117" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB117" t="s">
+        <v>1368</v>
+      </c>
+      <c r="BC117" t="s">
+        <v>1372</v>
+      </c>
+      <c r="BD117" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE117" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF117" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG117" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH117">
+        <v>562</v>
+      </c>
+      <c r="BI117" t="s">
+        <v>120</v>
+      </c>
+      <c r="BJ117" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK117" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL117" t="s">
+        <v>1378</v>
+      </c>
+      <c r="BM117" t="s">
+        <v>1379</v>
+      </c>
+      <c r="BN117" t="s">
+        <v>1380</v>
+      </c>
+      <c r="BO117">
+        <v>0</v>
+      </c>
+      <c r="BP117" t="s">
+        <v>270</v>
+      </c>
+      <c r="BQ117"/>
+      <c r="BR117">
+        <v>609</v>
+      </c>
+      <c r="BS117" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="118" spans="1:71">
+      <c r="A118" t="s">
+        <v>66</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D118">
+        <v>572622</v>
+      </c>
+      <c r="E118">
+        <v>143.54</v>
+      </c>
+      <c r="F118" t="s">
+        <v>1383</v>
+      </c>
+      <c r="G118" t="s">
+        <v>70</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118">
+        <v>0</v>
+      </c>
+      <c r="J118" t="s">
+        <v>78</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1281</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1382</v>
+      </c>
+      <c r="M118" t="s">
+        <v>74</v>
+      </c>
+      <c r="N118"/>
+      <c r="O118"/>
+      <c r="P118">
+        <v>45841825</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>1381</v>
+      </c>
+      <c r="R118" t="s">
+        <v>1384</v>
+      </c>
+      <c r="S118" t="s">
+        <v>1384</v>
+      </c>
+      <c r="T118" t="s">
+        <v>77</v>
+      </c>
+      <c r="U118" t="s">
+        <v>1382</v>
+      </c>
+      <c r="V118">
+        <v>572622</v>
+      </c>
+      <c r="W118" t="s">
+        <v>78</v>
+      </c>
+      <c r="X118">
+        <v>143.54</v>
+      </c>
+      <c r="Y118">
+        <v>3.95</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>1383</v>
+      </c>
+      <c r="AD118">
+        <v>45841825</v>
+      </c>
+      <c r="AE118" t="s">
+        <v>1385</v>
+      </c>
+      <c r="AF118">
+        <v>950586740</v>
+      </c>
+      <c r="AG118"/>
+      <c r="AH118" t="s">
+        <v>1386</v>
+      </c>
+      <c r="AI118"/>
+      <c r="AJ118" t="s">
+        <v>1387</v>
+      </c>
+      <c r="AK118" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL118" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM118" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN118"/>
+      <c r="AO118">
+        <v>0</v>
+      </c>
+      <c r="AP118" t="s">
+        <v>1388</v>
+      </c>
+      <c r="AQ118"/>
+      <c r="AR118"/>
+      <c r="AS118"/>
+      <c r="AT118" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU118"/>
+      <c r="AV118"/>
+      <c r="AW118">
+        <v>0</v>
+      </c>
+      <c r="AX118"/>
+      <c r="AY118" t="s">
+        <v>1382</v>
+      </c>
+      <c r="AZ118" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA118" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB118" t="s">
+        <v>1381</v>
+      </c>
+      <c r="BC118" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD118" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE118" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF118" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG118" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH118">
+        <v>563</v>
+      </c>
+      <c r="BI118" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ118" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK118" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL118" t="s">
+        <v>184</v>
+      </c>
+      <c r="BM118" t="s">
+        <v>1389</v>
+      </c>
+      <c r="BN118" t="s">
+        <v>1390</v>
+      </c>
+      <c r="BO118">
+        <v>0</v>
+      </c>
+      <c r="BP118"/>
+      <c r="BQ118"/>
+      <c r="BR118">
+        <v>567</v>
+      </c>
+      <c r="BS118" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="119" spans="1:71">
+      <c r="A119" t="s">
+        <v>66</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D119">
+        <v>572541</v>
+      </c>
+      <c r="E119">
+        <v>39.73</v>
+      </c>
+      <c r="F119" t="s">
+        <v>1393</v>
+      </c>
+      <c r="G119" t="s">
+        <v>70</v>
+      </c>
+      <c r="H119"/>
+      <c r="I119">
+        <v>0</v>
+      </c>
+      <c r="J119" t="s">
+        <v>78</v>
+      </c>
+      <c r="K119" t="s">
+        <v>716</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1392</v>
+      </c>
+      <c r="M119" t="s">
+        <v>74</v>
+      </c>
+      <c r="N119"/>
+      <c r="O119"/>
+      <c r="P119" t="s">
+        <v>1394</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>1391</v>
+      </c>
+      <c r="R119" t="s">
+        <v>1395</v>
+      </c>
+      <c r="S119" t="s">
+        <v>1395</v>
+      </c>
+      <c r="T119" t="s">
+        <v>77</v>
+      </c>
+      <c r="U119" t="s">
+        <v>1392</v>
+      </c>
+      <c r="V119">
+        <v>572541</v>
+      </c>
+      <c r="W119" t="s">
+        <v>78</v>
+      </c>
+      <c r="X119">
+        <v>39.73</v>
+      </c>
+      <c r="Y119">
+        <v>3.75</v>
+      </c>
+      <c r="Z119" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA119" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB119" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC119" t="s">
+        <v>1393</v>
+      </c>
+      <c r="AD119" t="s">
+        <v>1394</v>
+      </c>
+      <c r="AE119" t="s">
+        <v>1396</v>
+      </c>
+      <c r="AF119">
+        <v>953946271</v>
+      </c>
+      <c r="AG119"/>
+      <c r="AH119" t="s">
+        <v>1397</v>
+      </c>
+      <c r="AI119"/>
+      <c r="AJ119" t="s">
+        <v>101</v>
+      </c>
+      <c r="AK119" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL119" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM119"/>
+      <c r="AN119"/>
+      <c r="AO119">
+        <v>0</v>
+      </c>
+      <c r="AP119" t="s">
+        <v>1398</v>
+      </c>
+      <c r="AQ119"/>
+      <c r="AR119"/>
+      <c r="AS119"/>
+      <c r="AT119" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU119"/>
+      <c r="AV119"/>
+      <c r="AW119">
+        <v>0</v>
+      </c>
+      <c r="AX119"/>
+      <c r="AY119" t="s">
+        <v>1392</v>
+      </c>
+      <c r="AZ119" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA119" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB119" t="s">
+        <v>1391</v>
+      </c>
+      <c r="BC119" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD119" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE119" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF119" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG119" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH119">
+        <v>565</v>
+      </c>
+      <c r="BI119" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ119" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK119" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL119" t="s">
+        <v>356</v>
+      </c>
+      <c r="BM119" t="s">
+        <v>1399</v>
+      </c>
+      <c r="BN119" t="s">
+        <v>1400</v>
+      </c>
+      <c r="BO119">
+        <v>0</v>
+      </c>
+      <c r="BP119"/>
+      <c r="BQ119"/>
+      <c r="BR119">
+        <v>149</v>
+      </c>
+      <c r="BS119" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="120" spans="1:71">
+      <c r="A120" t="s">
+        <v>66</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D120">
+        <v>572534</v>
+      </c>
+      <c r="E120">
+        <v>39.73</v>
+      </c>
+      <c r="F120" t="s">
+        <v>1403</v>
+      </c>
+      <c r="G120" t="s">
+        <v>70</v>
+      </c>
+      <c r="H120"/>
+      <c r="I120">
+        <v>0</v>
+      </c>
+      <c r="J120" t="s">
+        <v>78</v>
+      </c>
+      <c r="K120" t="s">
+        <v>836</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1402</v>
+      </c>
+      <c r="M120" t="s">
+        <v>74</v>
+      </c>
+      <c r="N120"/>
+      <c r="O120"/>
+      <c r="P120">
+        <v>46054874</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>1401</v>
+      </c>
+      <c r="R120" t="s">
+        <v>1404</v>
+      </c>
+      <c r="S120" t="s">
+        <v>1405</v>
+      </c>
+      <c r="T120" t="s">
+        <v>77</v>
+      </c>
+      <c r="U120" t="s">
+        <v>1402</v>
+      </c>
+      <c r="V120">
+        <v>572534</v>
+      </c>
+      <c r="W120" t="s">
+        <v>78</v>
+      </c>
+      <c r="X120">
+        <v>39.73</v>
+      </c>
+      <c r="Y120">
+        <v>3.75</v>
+      </c>
+      <c r="Z120" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA120" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB120" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC120" t="s">
+        <v>1403</v>
+      </c>
+      <c r="AD120">
+        <v>46054874</v>
+      </c>
+      <c r="AE120" t="s">
+        <v>1406</v>
+      </c>
+      <c r="AF120">
+        <v>992524990</v>
+      </c>
+      <c r="AG120"/>
+      <c r="AH120" t="s">
+        <v>1407</v>
+      </c>
+      <c r="AI120"/>
+      <c r="AJ120" t="s">
+        <v>145</v>
+      </c>
+      <c r="AK120" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL120" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM120" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN120"/>
+      <c r="AO120">
+        <v>0</v>
+      </c>
+      <c r="AP120" t="s">
+        <v>1408</v>
+      </c>
+      <c r="AQ120"/>
+      <c r="AR120"/>
+      <c r="AS120"/>
+      <c r="AT120" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU120"/>
+      <c r="AV120"/>
+      <c r="AW120">
+        <v>0</v>
+      </c>
+      <c r="AX120"/>
+      <c r="AY120" t="s">
+        <v>1402</v>
+      </c>
+      <c r="AZ120" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA120" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB120" t="s">
+        <v>1401</v>
+      </c>
+      <c r="BC120" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD120" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE120" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF120" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG120" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH120">
+        <v>565</v>
+      </c>
+      <c r="BI120" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ120" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK120" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL120" t="s">
+        <v>147</v>
+      </c>
+      <c r="BM120" t="s">
+        <v>1409</v>
+      </c>
+      <c r="BN120" t="s">
+        <v>1410</v>
+      </c>
+      <c r="BO120">
+        <v>1</v>
+      </c>
+      <c r="BP120"/>
+      <c r="BQ120"/>
+      <c r="BR120">
+        <v>149</v>
+      </c>
+      <c r="BS120" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="121" spans="1:71">
+      <c r="A121" t="s">
+        <v>66</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D121">
+        <v>572488</v>
+      </c>
+      <c r="E121">
+        <v>231.73</v>
+      </c>
+      <c r="F121" t="s">
+        <v>1413</v>
+      </c>
+      <c r="G121" t="s">
+        <v>70</v>
+      </c>
+      <c r="H121"/>
+      <c r="I121">
+        <v>0</v>
+      </c>
+      <c r="J121" t="s">
+        <v>78</v>
+      </c>
+      <c r="K121" t="s">
+        <v>716</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1412</v>
+      </c>
+      <c r="M121" t="s">
+        <v>74</v>
+      </c>
+      <c r="N121"/>
+      <c r="O121"/>
+      <c r="P121">
+        <v>43354646</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>1411</v>
+      </c>
+      <c r="R121" t="s">
+        <v>1414</v>
+      </c>
+      <c r="S121" t="s">
+        <v>1414</v>
+      </c>
+      <c r="T121" t="s">
+        <v>77</v>
+      </c>
+      <c r="U121" t="s">
+        <v>1412</v>
+      </c>
+      <c r="V121">
+        <v>572488</v>
+      </c>
+      <c r="W121" t="s">
+        <v>78</v>
+      </c>
+      <c r="X121">
+        <v>231.73</v>
+      </c>
+      <c r="Y121">
+        <v>3.75</v>
+      </c>
+      <c r="Z121" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC121" t="s">
+        <v>1413</v>
+      </c>
+      <c r="AD121">
+        <v>43354646</v>
+      </c>
+      <c r="AE121" t="s">
+        <v>1415</v>
+      </c>
+      <c r="AF121">
+        <v>985102950</v>
+      </c>
+      <c r="AG121"/>
+      <c r="AH121" t="s">
+        <v>1416</v>
+      </c>
+      <c r="AI121"/>
+      <c r="AJ121" t="s">
+        <v>223</v>
+      </c>
+      <c r="AK121" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL121" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM121" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN121"/>
+      <c r="AO121">
+        <v>0</v>
+      </c>
+      <c r="AP121" t="s">
+        <v>1417</v>
+      </c>
+      <c r="AQ121"/>
+      <c r="AR121"/>
+      <c r="AS121"/>
+      <c r="AT121" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU121"/>
+      <c r="AV121"/>
+      <c r="AW121">
+        <v>0</v>
+      </c>
+      <c r="AX121"/>
+      <c r="AY121" t="s">
+        <v>1412</v>
+      </c>
+      <c r="AZ121" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA121" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB121" t="s">
+        <v>1411</v>
+      </c>
+      <c r="BC121" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD121" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE121" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF121" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG121" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH121">
+        <v>566</v>
+      </c>
+      <c r="BI121" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ121" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK121" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL121" t="s">
+        <v>1418</v>
+      </c>
+      <c r="BM121" t="s">
+        <v>1419</v>
+      </c>
+      <c r="BN121" t="s">
+        <v>1420</v>
+      </c>
+      <c r="BO121">
+        <v>1</v>
+      </c>
+      <c r="BP121"/>
+      <c r="BQ121"/>
+      <c r="BR121">
+        <v>869</v>
+      </c>
+      <c r="BS121" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="122" spans="1:71">
+      <c r="A122" t="s">
+        <v>66</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D122">
+        <v>572457</v>
+      </c>
+      <c r="E122">
+        <v>34.4</v>
+      </c>
+      <c r="F122" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G122" t="s">
+        <v>70</v>
+      </c>
+      <c r="H122"/>
+      <c r="I122">
+        <v>0</v>
+      </c>
+      <c r="J122" t="s">
+        <v>78</v>
+      </c>
+      <c r="K122" t="s">
+        <v>716</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1422</v>
+      </c>
+      <c r="M122" t="s">
+        <v>74</v>
+      </c>
+      <c r="N122"/>
+      <c r="O122"/>
+      <c r="P122">
+        <v>73171863</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>1421</v>
+      </c>
+      <c r="R122" t="s">
+        <v>1424</v>
+      </c>
+      <c r="S122" t="s">
+        <v>1424</v>
+      </c>
+      <c r="T122" t="s">
+        <v>77</v>
+      </c>
+      <c r="U122" t="s">
+        <v>1422</v>
+      </c>
+      <c r="V122">
+        <v>572457</v>
+      </c>
+      <c r="W122" t="s">
+        <v>78</v>
+      </c>
+      <c r="X122">
+        <v>34.4</v>
+      </c>
+      <c r="Y122">
+        <v>3.75</v>
+      </c>
+      <c r="Z122" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA122" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB122" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC122" t="s">
+        <v>1423</v>
+      </c>
+      <c r="AD122">
+        <v>73171863</v>
+      </c>
+      <c r="AE122" t="s">
+        <v>1425</v>
+      </c>
+      <c r="AF122">
+        <v>968372164</v>
+      </c>
+      <c r="AG122"/>
+      <c r="AH122" t="s">
+        <v>1426</v>
+      </c>
+      <c r="AI122"/>
+      <c r="AJ122" t="s">
+        <v>677</v>
+      </c>
+      <c r="AK122" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL122" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM122" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN122"/>
+      <c r="AO122">
+        <v>0</v>
+      </c>
+      <c r="AP122" t="s">
+        <v>1427</v>
+      </c>
+      <c r="AQ122"/>
+      <c r="AR122"/>
+      <c r="AS122"/>
+      <c r="AT122" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU122"/>
+      <c r="AV122"/>
+      <c r="AW122">
+        <v>0</v>
+      </c>
+      <c r="AX122"/>
+      <c r="AY122" t="s">
+        <v>1422</v>
+      </c>
+      <c r="AZ122" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA122" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB122" t="s">
+        <v>1421</v>
+      </c>
+      <c r="BC122" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD122" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE122" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF122" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG122" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH122">
+        <v>568</v>
+      </c>
+      <c r="BI122" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ122" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK122" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL122" t="s">
+        <v>1428</v>
+      </c>
+      <c r="BM122" t="s">
+        <v>1429</v>
+      </c>
+      <c r="BN122" t="s">
+        <v>1430</v>
+      </c>
+      <c r="BO122">
+        <v>1</v>
+      </c>
+      <c r="BP122"/>
+      <c r="BQ122"/>
+      <c r="BR122">
+        <v>129</v>
+      </c>
+      <c r="BS122" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="123" spans="1:71">
+      <c r="A123" t="s">
+        <v>66</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D123">
+        <v>572436</v>
+      </c>
+      <c r="E123">
+        <v>50.4</v>
+      </c>
+      <c r="F123" t="s">
+        <v>1433</v>
+      </c>
+      <c r="G123" t="s">
+        <v>70</v>
+      </c>
+      <c r="H123"/>
+      <c r="I123">
+        <v>0</v>
+      </c>
+      <c r="J123" t="s">
+        <v>78</v>
+      </c>
+      <c r="K123" t="s">
+        <v>716</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1432</v>
+      </c>
+      <c r="M123" t="s">
+        <v>74</v>
+      </c>
+      <c r="N123"/>
+      <c r="O123"/>
+      <c r="P123" t="s">
+        <v>1434</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>1431</v>
+      </c>
+      <c r="R123" t="s">
+        <v>1435</v>
+      </c>
+      <c r="S123" t="s">
+        <v>1435</v>
+      </c>
+      <c r="T123" t="s">
+        <v>77</v>
+      </c>
+      <c r="U123" t="s">
+        <v>1432</v>
+      </c>
+      <c r="V123">
+        <v>572436</v>
+      </c>
+      <c r="W123" t="s">
+        <v>78</v>
+      </c>
+      <c r="X123">
+        <v>50.4</v>
+      </c>
+      <c r="Y123">
+        <v>3.75</v>
+      </c>
+      <c r="Z123" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA123" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB123" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC123" t="s">
+        <v>1433</v>
+      </c>
+      <c r="AD123" t="s">
+        <v>1434</v>
+      </c>
+      <c r="AE123" t="s">
+        <v>1436</v>
+      </c>
+      <c r="AF123">
+        <v>986689251</v>
+      </c>
+      <c r="AG123"/>
+      <c r="AH123" t="s">
+        <v>1437</v>
+      </c>
+      <c r="AI123"/>
+      <c r="AJ123" t="s">
+        <v>145</v>
+      </c>
+      <c r="AK123" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL123" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM123"/>
+      <c r="AN123"/>
+      <c r="AO123">
+        <v>0</v>
+      </c>
+      <c r="AP123" t="s">
+        <v>1438</v>
+      </c>
+      <c r="AQ123"/>
+      <c r="AR123"/>
+      <c r="AS123"/>
+      <c r="AT123" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU123"/>
+      <c r="AV123"/>
+      <c r="AW123">
+        <v>0</v>
+      </c>
+      <c r="AX123"/>
+      <c r="AY123" t="s">
+        <v>1432</v>
+      </c>
+      <c r="AZ123" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA123" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB123" t="s">
+        <v>1431</v>
+      </c>
+      <c r="BC123" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD123" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE123" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF123" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG123" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH123">
+        <v>569</v>
+      </c>
+      <c r="BI123" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ123" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK123" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL123" t="s">
+        <v>1439</v>
+      </c>
+      <c r="BM123" t="s">
+        <v>1440</v>
+      </c>
+      <c r="BN123" t="s">
+        <v>1441</v>
+      </c>
+      <c r="BO123">
+        <v>0</v>
+      </c>
+      <c r="BP123"/>
+      <c r="BQ123"/>
+      <c r="BR123">
+        <v>189</v>
+      </c>
+      <c r="BS123" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="124" spans="1:71">
+      <c r="A124" t="s">
+        <v>66</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D124">
+        <v>572406</v>
+      </c>
+      <c r="E124">
+        <v>101.07</v>
+      </c>
+      <c r="F124" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G124" t="s">
+        <v>70</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124">
+        <v>0</v>
+      </c>
+      <c r="J124" t="s">
+        <v>78</v>
+      </c>
+      <c r="K124" t="s">
+        <v>716</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1443</v>
+      </c>
+      <c r="M124" t="s">
+        <v>74</v>
+      </c>
+      <c r="N124"/>
+      <c r="O124"/>
+      <c r="P124" t="s">
+        <v>1445</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>1442</v>
+      </c>
+      <c r="R124" t="s">
+        <v>1446</v>
+      </c>
+      <c r="S124" t="s">
+        <v>1446</v>
+      </c>
+      <c r="T124" t="s">
+        <v>77</v>
+      </c>
+      <c r="U124" t="s">
+        <v>1443</v>
+      </c>
+      <c r="V124">
+        <v>572406</v>
+      </c>
+      <c r="W124" t="s">
+        <v>78</v>
+      </c>
+      <c r="X124">
+        <v>101.07</v>
+      </c>
+      <c r="Y124">
+        <v>3.75</v>
+      </c>
+      <c r="Z124" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA124" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB124" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC124" t="s">
+        <v>1444</v>
+      </c>
+      <c r="AD124" t="s">
+        <v>1445</v>
+      </c>
+      <c r="AE124" t="s">
+        <v>1447</v>
+      </c>
+      <c r="AF124">
+        <v>934503403</v>
+      </c>
+      <c r="AG124"/>
+      <c r="AH124" t="s">
+        <v>1448</v>
+      </c>
+      <c r="AI124"/>
+      <c r="AJ124" t="s">
+        <v>1449</v>
+      </c>
+      <c r="AK124" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL124" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM124"/>
+      <c r="AN124"/>
+      <c r="AO124">
+        <v>0</v>
+      </c>
+      <c r="AP124" t="s">
+        <v>1450</v>
+      </c>
+      <c r="AQ124"/>
+      <c r="AR124"/>
+      <c r="AS124"/>
+      <c r="AT124" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU124"/>
+      <c r="AV124"/>
+      <c r="AW124">
+        <v>0</v>
+      </c>
+      <c r="AX124"/>
+      <c r="AY124" t="s">
+        <v>1443</v>
+      </c>
+      <c r="AZ124" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA124" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB124" t="s">
+        <v>1442</v>
+      </c>
+      <c r="BC124" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD124" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE124" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF124" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG124" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH124">
+        <v>569</v>
+      </c>
+      <c r="BI124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ124" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK124" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL124" t="s">
+        <v>489</v>
+      </c>
+      <c r="BM124" t="s">
+        <v>1451</v>
+      </c>
+      <c r="BN124" t="s">
+        <v>1452</v>
+      </c>
+      <c r="BO124">
+        <v>0</v>
+      </c>
+      <c r="BP124"/>
+      <c r="BQ124"/>
+      <c r="BR124">
+        <v>379</v>
+      </c>
+      <c r="BS124" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="125" spans="1:71">
+      <c r="A125" t="s">
+        <v>66</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D125">
+        <v>572308</v>
+      </c>
+      <c r="E125">
+        <v>42.4</v>
+      </c>
+      <c r="F125" t="s">
+        <v>1455</v>
+      </c>
+      <c r="G125" t="s">
+        <v>70</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I125">
+        <v>15</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1457</v>
+      </c>
+      <c r="K125" t="s">
+        <v>716</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1454</v>
+      </c>
+      <c r="M125" t="s">
+        <v>74</v>
+      </c>
+      <c r="N125"/>
+      <c r="O125"/>
+      <c r="P125" t="s">
+        <v>1458</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>1453</v>
+      </c>
+      <c r="R125" t="s">
+        <v>1459</v>
+      </c>
+      <c r="S125" t="s">
+        <v>1460</v>
+      </c>
+      <c r="T125" t="s">
+        <v>77</v>
+      </c>
+      <c r="U125" t="s">
+        <v>1454</v>
+      </c>
+      <c r="V125">
+        <v>572308</v>
+      </c>
+      <c r="W125" t="s">
+        <v>78</v>
+      </c>
+      <c r="X125">
+        <v>42.4</v>
+      </c>
+      <c r="Y125">
+        <v>3.75</v>
+      </c>
+      <c r="Z125" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA125" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB125" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC125" t="s">
+        <v>1455</v>
+      </c>
+      <c r="AD125" t="s">
+        <v>1458</v>
+      </c>
+      <c r="AE125" t="s">
+        <v>1461</v>
+      </c>
+      <c r="AF125">
+        <v>972089539</v>
+      </c>
+      <c r="AG125"/>
+      <c r="AH125" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AI125"/>
+      <c r="AJ125" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK125" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL125" t="s">
+        <v>1457</v>
+      </c>
+      <c r="AM125" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN125" t="s">
+        <v>1456</v>
+      </c>
+      <c r="AO125">
+        <v>15</v>
+      </c>
+      <c r="AP125" t="s">
+        <v>1463</v>
+      </c>
+      <c r="AQ125"/>
+      <c r="AR125"/>
+      <c r="AS125"/>
+      <c r="AT125" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU125"/>
+      <c r="AV125"/>
+      <c r="AW125">
+        <v>0</v>
+      </c>
+      <c r="AX125"/>
+      <c r="AY125" t="s">
+        <v>1454</v>
+      </c>
+      <c r="AZ125" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA125" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB125" t="s">
+        <v>1453</v>
+      </c>
+      <c r="BC125" t="s">
+        <v>1457</v>
+      </c>
+      <c r="BD125" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE125" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF125" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG125" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH125">
+        <v>572</v>
+      </c>
+      <c r="BI125" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ125" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK125" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL125" t="s">
+        <v>211</v>
+      </c>
+      <c r="BM125" t="s">
+        <v>1464</v>
+      </c>
+      <c r="BN125" t="s">
+        <v>1465</v>
+      </c>
+      <c r="BO125">
+        <v>1</v>
+      </c>
+      <c r="BP125"/>
+      <c r="BQ125"/>
+      <c r="BR125">
+        <v>159</v>
+      </c>
+      <c r="BS125" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="126" spans="1:71">
+      <c r="A126" t="s">
+        <v>66</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D126">
+        <v>572232</v>
+      </c>
+      <c r="E126">
+        <v>42.4</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G126" t="s">
+        <v>70</v>
+      </c>
+      <c r="H126"/>
+      <c r="I126">
+        <v>0</v>
+      </c>
+      <c r="J126" t="s">
+        <v>78</v>
+      </c>
+      <c r="K126" t="s">
+        <v>836</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1467</v>
+      </c>
+      <c r="M126" t="s">
+        <v>74</v>
+      </c>
+      <c r="N126"/>
+      <c r="O126"/>
+      <c r="P126" t="s">
+        <v>1469</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>1466</v>
+      </c>
+      <c r="R126" t="s">
+        <v>1470</v>
+      </c>
+      <c r="S126" t="s">
+        <v>1470</v>
+      </c>
+      <c r="T126" t="s">
+        <v>77</v>
+      </c>
+      <c r="U126" t="s">
+        <v>1467</v>
+      </c>
+      <c r="V126">
+        <v>572232</v>
+      </c>
+      <c r="W126" t="s">
+        <v>78</v>
+      </c>
+      <c r="X126">
+        <v>42.4</v>
+      </c>
+      <c r="Y126">
+        <v>3.75</v>
+      </c>
+      <c r="Z126" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AD126" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AE126" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AF126">
+        <v>917673398</v>
+      </c>
+      <c r="AG126"/>
+      <c r="AH126" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AI126"/>
+      <c r="AJ126" t="s">
+        <v>145</v>
+      </c>
+      <c r="AK126" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL126" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM126" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN126"/>
+      <c r="AO126">
+        <v>0</v>
+      </c>
+      <c r="AP126" t="s">
+        <v>1126</v>
+      </c>
+      <c r="AQ126"/>
+      <c r="AR126"/>
+      <c r="AS126"/>
+      <c r="AT126" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU126"/>
+      <c r="AV126"/>
+      <c r="AW126">
+        <v>0</v>
+      </c>
+      <c r="AX126"/>
+      <c r="AY126" t="s">
+        <v>1467</v>
+      </c>
+      <c r="AZ126" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA126" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB126" t="s">
+        <v>1466</v>
+      </c>
+      <c r="BC126" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD126" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE126" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF126" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG126" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH126">
+        <v>574</v>
+      </c>
+      <c r="BI126" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ126" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK126" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL126" t="s">
+        <v>1473</v>
+      </c>
+      <c r="BM126" t="s">
+        <v>1474</v>
+      </c>
+      <c r="BN126" t="s">
+        <v>1475</v>
+      </c>
+      <c r="BO126">
+        <v>1</v>
+      </c>
+      <c r="BP126"/>
+      <c r="BQ126"/>
+      <c r="BR126">
+        <v>159</v>
+      </c>
+      <c r="BS126" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="127" spans="1:71">
+      <c r="A127" t="s">
+        <v>66</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D127">
+        <v>572220</v>
+      </c>
+      <c r="E127">
+        <v>47.73</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1478</v>
+      </c>
+      <c r="G127" t="s">
+        <v>70</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1479</v>
+      </c>
+      <c r="I127">
+        <v>37.97</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1480</v>
+      </c>
+      <c r="K127" t="s">
+        <v>822</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1477</v>
+      </c>
+      <c r="M127" t="s">
+        <v>74</v>
+      </c>
+      <c r="N127"/>
+      <c r="O127"/>
+      <c r="P127">
+        <v>72788598</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>1476</v>
+      </c>
+      <c r="R127" t="s">
+        <v>1481</v>
+      </c>
+      <c r="S127" t="s">
+        <v>1482</v>
+      </c>
+      <c r="T127" t="s">
+        <v>77</v>
+      </c>
+      <c r="U127" t="s">
+        <v>1477</v>
+      </c>
+      <c r="V127">
+        <v>572220</v>
+      </c>
+      <c r="W127" t="s">
+        <v>78</v>
+      </c>
+      <c r="X127">
+        <v>47.73</v>
+      </c>
+      <c r="Y127">
+        <v>3.75</v>
+      </c>
+      <c r="Z127" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB127" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC127" t="s">
+        <v>1478</v>
+      </c>
+      <c r="AD127">
+        <v>72788598</v>
+      </c>
+      <c r="AE127" t="s">
+        <v>1483</v>
+      </c>
+      <c r="AF127">
+        <v>987112347</v>
+      </c>
+      <c r="AG127"/>
+      <c r="AH127" t="s">
+        <v>1484</v>
+      </c>
+      <c r="AI127"/>
+      <c r="AJ127" t="s">
+        <v>412</v>
+      </c>
+      <c r="AK127" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL127" t="s">
+        <v>1480</v>
+      </c>
+      <c r="AM127" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN127" t="s">
+        <v>1479</v>
+      </c>
+      <c r="AO127">
+        <v>37.97</v>
+      </c>
+      <c r="AP127" t="s">
+        <v>1485</v>
+      </c>
+      <c r="AQ127" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR127" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS127" t="s">
+        <v>1486</v>
+      </c>
+      <c r="AT127" t="s">
+        <v>1487</v>
+      </c>
+      <c r="AU127"/>
+      <c r="AV127"/>
+      <c r="AW127">
+        <v>0</v>
+      </c>
+      <c r="AX127"/>
+      <c r="AY127" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AZ127" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA127" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB127" t="s">
+        <v>1476</v>
+      </c>
+      <c r="BC127" t="s">
+        <v>1480</v>
+      </c>
+      <c r="BD127" t="s">
+        <v>1488</v>
+      </c>
+      <c r="BE127" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF127" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG127" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH127">
+        <v>575</v>
+      </c>
+      <c r="BI127" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ127" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK127" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL127" t="s">
+        <v>197</v>
+      </c>
+      <c r="BM127" t="s">
+        <v>1489</v>
+      </c>
+      <c r="BN127" t="s">
+        <v>1490</v>
+      </c>
+      <c r="BO127">
+        <v>19</v>
+      </c>
+      <c r="BP127" t="s">
+        <v>774</v>
+      </c>
+      <c r="BQ127"/>
+      <c r="BR127">
+        <v>179</v>
+      </c>
+      <c r="BS127" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="128" spans="1:71">
+      <c r="A128" t="s">
+        <v>66</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D128">
+        <v>572213</v>
+      </c>
+      <c r="E128">
+        <v>101.07</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G128" t="s">
+        <v>70</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I128">
+        <v>57.14</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K128" t="s">
+        <v>836</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1492</v>
+      </c>
+      <c r="M128" t="s">
+        <v>74</v>
+      </c>
+      <c r="N128"/>
+      <c r="O128"/>
+      <c r="P128">
+        <v>76951883</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>1491</v>
+      </c>
+      <c r="R128" t="s">
+        <v>1496</v>
+      </c>
+      <c r="S128" t="s">
+        <v>1496</v>
+      </c>
+      <c r="T128" t="s">
+        <v>77</v>
+      </c>
+      <c r="U128" t="s">
+        <v>1492</v>
+      </c>
+      <c r="V128">
+        <v>572213</v>
+      </c>
+      <c r="W128" t="s">
+        <v>78</v>
+      </c>
+      <c r="X128">
+        <v>101.07</v>
+      </c>
+      <c r="Y128">
+        <v>3.75</v>
+      </c>
+      <c r="Z128" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA128" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB128" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC128" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AD128">
+        <v>76951883</v>
+      </c>
+      <c r="AE128" t="s">
+        <v>1497</v>
+      </c>
+      <c r="AF128">
+        <v>988052041</v>
+      </c>
+      <c r="AG128"/>
+      <c r="AH128" t="s">
+        <v>1498</v>
+      </c>
+      <c r="AI128"/>
+      <c r="AJ128" t="s">
+        <v>208</v>
+      </c>
+      <c r="AK128" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL128" t="s">
+        <v>1495</v>
+      </c>
+      <c r="AM128" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN128" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AO128">
+        <v>57.14</v>
+      </c>
+      <c r="AP128" t="s">
+        <v>1326</v>
+      </c>
+      <c r="AQ128" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR128" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS128" t="s">
+        <v>1499</v>
+      </c>
+      <c r="AT128" t="s">
+        <v>1500</v>
+      </c>
+      <c r="AU128"/>
+      <c r="AV128"/>
+      <c r="AW128">
+        <v>0</v>
+      </c>
+      <c r="AX128"/>
+      <c r="AY128" t="s">
+        <v>1492</v>
+      </c>
+      <c r="AZ128" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA128" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB128" t="s">
+        <v>1491</v>
+      </c>
+      <c r="BC128" t="s">
+        <v>1495</v>
+      </c>
+      <c r="BD128" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE128" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF128" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG128" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH128">
+        <v>575</v>
+      </c>
+      <c r="BI128" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ128" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK128" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL128" t="s">
+        <v>426</v>
+      </c>
+      <c r="BM128" t="s">
+        <v>1501</v>
+      </c>
+      <c r="BN128" t="s">
+        <v>1502</v>
+      </c>
+      <c r="BO128">
+        <v>2</v>
+      </c>
+      <c r="BP128" t="s">
+        <v>774</v>
+      </c>
+      <c r="BQ128"/>
+      <c r="BR128">
+        <v>379</v>
+      </c>
+      <c r="BS128" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="129" spans="1:71">
+      <c r="A129" t="s">
+        <v>66</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D129">
+        <v>572200</v>
+      </c>
+      <c r="E129">
+        <v>207.73</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1505</v>
+      </c>
+      <c r="G129" t="s">
+        <v>70</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129">
+        <v>0</v>
+      </c>
+      <c r="J129" t="s">
+        <v>78</v>
+      </c>
+      <c r="K129" t="s">
+        <v>822</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1504</v>
+      </c>
+      <c r="M129" t="s">
+        <v>74</v>
+      </c>
+      <c r="N129"/>
+      <c r="O129"/>
+      <c r="P129">
+        <v>74981968</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>1503</v>
+      </c>
+      <c r="R129" t="s">
+        <v>1506</v>
+      </c>
+      <c r="S129" t="s">
+        <v>1506</v>
+      </c>
+      <c r="T129" t="s">
+        <v>77</v>
+      </c>
+      <c r="U129" t="s">
+        <v>1504</v>
+      </c>
+      <c r="V129">
+        <v>572200</v>
+      </c>
+      <c r="W129" t="s">
+        <v>78</v>
+      </c>
+      <c r="X129">
+        <v>207.73</v>
+      </c>
+      <c r="Y129">
+        <v>3.75</v>
+      </c>
+      <c r="Z129" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA129" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>1505</v>
+      </c>
+      <c r="AD129">
+        <v>74981968</v>
+      </c>
+      <c r="AE129" t="s">
+        <v>1507</v>
+      </c>
+      <c r="AF129">
+        <v>945577403</v>
+      </c>
+      <c r="AG129"/>
+      <c r="AH129" t="s">
+        <v>1508</v>
+      </c>
+      <c r="AI129"/>
+      <c r="AJ129" t="s">
+        <v>280</v>
+      </c>
+      <c r="AK129" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL129" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM129" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN129"/>
+      <c r="AO129">
+        <v>0</v>
+      </c>
+      <c r="AP129" t="s">
+        <v>1509</v>
+      </c>
+      <c r="AQ129"/>
+      <c r="AR129"/>
+      <c r="AS129"/>
+      <c r="AT129" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU129"/>
+      <c r="AV129"/>
+      <c r="AW129">
+        <v>0</v>
+      </c>
+      <c r="AX129"/>
+      <c r="AY129" t="s">
+        <v>1504</v>
+      </c>
+      <c r="AZ129" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA129" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB129" t="s">
+        <v>1503</v>
+      </c>
+      <c r="BC129" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD129" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE129" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF129" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG129" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH129">
+        <v>575</v>
+      </c>
+      <c r="BI129" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ129" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK129" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL129" t="s">
+        <v>1428</v>
+      </c>
+      <c r="BM129" t="s">
+        <v>1510</v>
+      </c>
+      <c r="BN129" t="s">
+        <v>1511</v>
+      </c>
+      <c r="BO129">
+        <v>2</v>
+      </c>
+      <c r="BP129"/>
+      <c r="BQ129"/>
+      <c r="BR129">
+        <v>779</v>
+      </c>
+      <c r="BS129" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="130" spans="1:71">
+      <c r="A130" t="s">
+        <v>66</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D130">
+        <v>572024</v>
+      </c>
+      <c r="E130">
+        <v>45.07</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G130" t="s">
+        <v>70</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I130">
+        <v>17.09</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1516</v>
+      </c>
+      <c r="K130" t="s">
+        <v>822</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M130" t="s">
+        <v>74</v>
+      </c>
+      <c r="N130"/>
+      <c r="O130"/>
+      <c r="P130">
+        <v>73110896</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>1512</v>
+      </c>
+      <c r="R130" t="s">
+        <v>1517</v>
+      </c>
+      <c r="S130" t="s">
+        <v>1517</v>
+      </c>
+      <c r="T130" t="s">
+        <v>77</v>
+      </c>
+      <c r="U130" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V130">
+        <v>572024</v>
+      </c>
+      <c r="W130" t="s">
+        <v>78</v>
+      </c>
+      <c r="X130">
+        <v>45.07</v>
+      </c>
+      <c r="Y130">
+        <v>3.75</v>
+      </c>
+      <c r="Z130" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC130" t="s">
+        <v>1514</v>
+      </c>
+      <c r="AD130">
+        <v>73110896</v>
+      </c>
+      <c r="AE130" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AF130">
+        <v>923271151</v>
+      </c>
+      <c r="AG130"/>
+      <c r="AH130" t="s">
+        <v>1519</v>
+      </c>
+      <c r="AI130"/>
+      <c r="AJ130" t="s">
+        <v>612</v>
+      </c>
+      <c r="AK130" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL130" t="s">
+        <v>1516</v>
+      </c>
+      <c r="AM130" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN130" t="s">
+        <v>1515</v>
+      </c>
+      <c r="AO130">
+        <v>17.09</v>
+      </c>
+      <c r="AP130" t="s">
+        <v>1520</v>
+      </c>
+      <c r="AQ130"/>
+      <c r="AR130"/>
+      <c r="AS130"/>
+      <c r="AT130" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU130"/>
+      <c r="AV130"/>
+      <c r="AW130">
+        <v>0</v>
+      </c>
+      <c r="AX130"/>
+      <c r="AY130" t="s">
+        <v>1513</v>
+      </c>
+      <c r="AZ130" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA130" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB130" t="s">
+        <v>1512</v>
+      </c>
+      <c r="BC130" t="s">
+        <v>1516</v>
+      </c>
+      <c r="BD130" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE130" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF130" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG130" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH130">
+        <v>580</v>
+      </c>
+      <c r="BI130" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ130" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK130" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL130" t="s">
+        <v>1521</v>
+      </c>
+      <c r="BM130" t="s">
+        <v>1522</v>
+      </c>
+      <c r="BN130" t="s">
+        <v>1523</v>
+      </c>
+      <c r="BO130">
+        <v>0</v>
+      </c>
+      <c r="BP130"/>
+      <c r="BQ130"/>
+      <c r="BR130">
+        <v>169</v>
+      </c>
+      <c r="BS130" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="131" spans="1:71">
+      <c r="A131" t="s">
+        <v>66</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D131">
+        <v>571941</v>
+      </c>
+      <c r="E131">
+        <v>74.4</v>
+      </c>
+      <c r="F131" t="s">
+        <v>1526</v>
+      </c>
+      <c r="G131" t="s">
+        <v>70</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I131">
+        <v>36.88</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1528</v>
+      </c>
+      <c r="K131" t="s">
+        <v>822</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1525</v>
+      </c>
+      <c r="M131" t="s">
+        <v>74</v>
+      </c>
+      <c r="N131"/>
+      <c r="O131"/>
+      <c r="P131">
+        <v>76277979</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>1524</v>
+      </c>
+      <c r="R131" t="s">
+        <v>1529</v>
+      </c>
+      <c r="S131" t="s">
+        <v>1529</v>
+      </c>
+      <c r="T131" t="s">
+        <v>77</v>
+      </c>
+      <c r="U131" t="s">
+        <v>1525</v>
+      </c>
+      <c r="V131">
+        <v>571941</v>
+      </c>
+      <c r="W131" t="s">
+        <v>78</v>
+      </c>
+      <c r="X131">
+        <v>74.4</v>
+      </c>
+      <c r="Y131">
+        <v>3.75</v>
+      </c>
+      <c r="Z131" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA131" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB131" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC131" t="s">
+        <v>1526</v>
+      </c>
+      <c r="AD131">
+        <v>76277979</v>
+      </c>
+      <c r="AE131" t="s">
+        <v>1530</v>
+      </c>
+      <c r="AF131">
+        <v>930272197</v>
+      </c>
+      <c r="AG131"/>
+      <c r="AH131" t="s">
+        <v>1531</v>
+      </c>
+      <c r="AI131"/>
+      <c r="AJ131" t="s">
+        <v>1532</v>
+      </c>
+      <c r="AK131" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL131" t="s">
+        <v>1528</v>
+      </c>
+      <c r="AM131" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN131" t="s">
+        <v>1527</v>
+      </c>
+      <c r="AO131">
+        <v>36.88</v>
+      </c>
+      <c r="AP131" t="s">
+        <v>1533</v>
+      </c>
+      <c r="AQ131" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR131" t="s">
+        <v>885</v>
+      </c>
+      <c r="AS131" t="s">
+        <v>1534</v>
+      </c>
+      <c r="AT131" t="s">
+        <v>1535</v>
+      </c>
+      <c r="AU131"/>
+      <c r="AV131"/>
+      <c r="AW131">
+        <v>0</v>
+      </c>
+      <c r="AX131"/>
+      <c r="AY131" t="s">
+        <v>1525</v>
+      </c>
+      <c r="AZ131" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA131" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB131" t="s">
+        <v>1524</v>
+      </c>
+      <c r="BC131" t="s">
+        <v>1528</v>
+      </c>
+      <c r="BD131" t="s">
+        <v>1536</v>
+      </c>
+      <c r="BE131" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF131" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG131" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH131">
+        <v>582</v>
+      </c>
+      <c r="BI131" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ131" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK131" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL131" t="s">
+        <v>1537</v>
+      </c>
+      <c r="BM131" t="s">
+        <v>1538</v>
+      </c>
+      <c r="BN131" t="s">
+        <v>1539</v>
+      </c>
+      <c r="BO131">
+        <v>2</v>
+      </c>
+      <c r="BP131" t="s">
+        <v>774</v>
+      </c>
+      <c r="BQ131"/>
+      <c r="BR131">
+        <v>279</v>
+      </c>
+      <c r="BS131" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="132" spans="1:71">
+      <c r="A132" t="s">
+        <v>66</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D132">
+        <v>571896</v>
+      </c>
+      <c r="E132">
+        <v>74.4</v>
+      </c>
+      <c r="F132" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G132" t="s">
+        <v>70</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I132">
+        <v>35.89</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1544</v>
+      </c>
+      <c r="K132" t="s">
+        <v>822</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1541</v>
+      </c>
+      <c r="M132" t="s">
+        <v>74</v>
+      </c>
+      <c r="N132"/>
+      <c r="O132"/>
+      <c r="P132">
+        <v>75034591</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>1540</v>
+      </c>
+      <c r="R132" t="s">
+        <v>1545</v>
+      </c>
+      <c r="S132" t="s">
+        <v>1545</v>
+      </c>
+      <c r="T132" t="s">
+        <v>77</v>
+      </c>
+      <c r="U132" t="s">
+        <v>1541</v>
+      </c>
+      <c r="V132">
+        <v>571896</v>
+      </c>
+      <c r="W132" t="s">
+        <v>78</v>
+      </c>
+      <c r="X132">
+        <v>74.4</v>
+      </c>
+      <c r="Y132">
+        <v>3.75</v>
+      </c>
+      <c r="Z132" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA132" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB132" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC132" t="s">
+        <v>1542</v>
+      </c>
+      <c r="AD132">
+        <v>75034591</v>
+      </c>
+      <c r="AE132" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AF132">
+        <v>519383957</v>
+      </c>
+      <c r="AG132"/>
+      <c r="AH132" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AI132"/>
+      <c r="AJ132" t="s">
+        <v>1548</v>
+      </c>
+      <c r="AK132" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL132" t="s">
+        <v>1544</v>
+      </c>
+      <c r="AM132" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN132" t="s">
+        <v>1543</v>
+      </c>
+      <c r="AO132">
+        <v>35.89</v>
+      </c>
+      <c r="AP132" t="s">
+        <v>1549</v>
+      </c>
+      <c r="AQ132"/>
+      <c r="AR132"/>
+      <c r="AS132"/>
+      <c r="AT132" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU132"/>
+      <c r="AV132"/>
+      <c r="AW132">
+        <v>0</v>
+      </c>
+      <c r="AX132"/>
+      <c r="AY132" t="s">
+        <v>1541</v>
+      </c>
+      <c r="AZ132" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA132" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB132" t="s">
+        <v>1540</v>
+      </c>
+      <c r="BC132" t="s">
+        <v>1544</v>
+      </c>
+      <c r="BD132" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE132" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF132" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG132" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH132">
+        <v>584</v>
+      </c>
+      <c r="BI132" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ132" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK132" t="s">
+        <v>771</v>
+      </c>
+      <c r="BL132" t="s">
+        <v>88</v>
+      </c>
+      <c r="BM132" t="s">
+        <v>1550</v>
+      </c>
+      <c r="BN132" t="s">
+        <v>1551</v>
+      </c>
+      <c r="BO132">
+        <v>33</v>
+      </c>
+      <c r="BP132"/>
+      <c r="BQ132"/>
+      <c r="BR132">
+        <v>279</v>
+      </c>
+      <c r="BS132" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="133" spans="1:71">
+      <c r="A133" t="s">
+        <v>66</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D133">
+        <v>571835</v>
+      </c>
+      <c r="E133">
+        <v>61.07</v>
+      </c>
+      <c r="F133" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G133" t="s">
+        <v>70</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1555</v>
+      </c>
+      <c r="I133">
+        <v>29.99</v>
+      </c>
+      <c r="J133" t="s">
+        <v>1556</v>
+      </c>
+      <c r="K133" t="s">
+        <v>822</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1553</v>
+      </c>
+      <c r="M133" t="s">
+        <v>74</v>
+      </c>
+      <c r="N133"/>
+      <c r="O133"/>
+      <c r="P133">
+        <v>10224065</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>1552</v>
+      </c>
+      <c r="R133" t="s">
+        <v>1557</v>
+      </c>
+      <c r="S133" t="s">
+        <v>1558</v>
+      </c>
+      <c r="T133" t="s">
+        <v>77</v>
+      </c>
+      <c r="U133" t="s">
+        <v>1553</v>
+      </c>
+      <c r="V133">
+        <v>571835</v>
+      </c>
+      <c r="W133" t="s">
+        <v>78</v>
+      </c>
+      <c r="X133">
+        <v>61.07</v>
+      </c>
+      <c r="Y133">
+        <v>3.75</v>
+      </c>
+      <c r="Z133" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA133" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB133" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC133" t="s">
+        <v>1554</v>
+      </c>
+      <c r="AD133">
+        <v>10224065</v>
+      </c>
+      <c r="AE133" t="s">
+        <v>1559</v>
+      </c>
+      <c r="AF133">
+        <v>992029080</v>
+      </c>
+      <c r="AG133"/>
+      <c r="AH133" t="s">
+        <v>1560</v>
+      </c>
+      <c r="AI133"/>
+      <c r="AJ133" t="s">
+        <v>268</v>
+      </c>
+      <c r="AK133" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL133" t="s">
+        <v>1556</v>
+      </c>
+      <c r="AM133" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN133" t="s">
+        <v>1555</v>
+      </c>
+      <c r="AO133">
+        <v>29.99</v>
+      </c>
+      <c r="AP133" t="s">
+        <v>1561</v>
+      </c>
+      <c r="AQ133"/>
+      <c r="AR133"/>
+      <c r="AS133"/>
+      <c r="AT133" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU133"/>
+      <c r="AV133"/>
+      <c r="AW133">
+        <v>0</v>
+      </c>
+      <c r="AX133"/>
+      <c r="AY133" t="s">
+        <v>1553</v>
+      </c>
+      <c r="AZ133" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA133" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB133" t="s">
+        <v>1552</v>
+      </c>
+      <c r="BC133" t="s">
+        <v>1556</v>
+      </c>
+      <c r="BD133" t="s">
+        <v>1562</v>
+      </c>
+      <c r="BE133" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF133" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG133" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH133">
+        <v>585</v>
+      </c>
+      <c r="BI133" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ133" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK133" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL133" t="s">
+        <v>1563</v>
+      </c>
+      <c r="BM133" t="s">
+        <v>1564</v>
+      </c>
+      <c r="BN133" t="s">
+        <v>1565</v>
+      </c>
+      <c r="BO133">
+        <v>0</v>
+      </c>
+      <c r="BP133"/>
+      <c r="BQ133"/>
+      <c r="BR133">
+        <v>229</v>
+      </c>
+      <c r="BS133" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="134" spans="1:71">
+      <c r="A134" t="s">
+        <v>66</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D134">
+        <v>571691</v>
+      </c>
+      <c r="E134">
+        <v>154.4</v>
+      </c>
+      <c r="F134" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G134" t="s">
+        <v>70</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I134">
+        <v>94.67</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1570</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1281</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1567</v>
+      </c>
+      <c r="M134" t="s">
+        <v>74</v>
+      </c>
+      <c r="N134"/>
+      <c r="O134"/>
+      <c r="P134">
+        <v>74576213</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>1566</v>
+      </c>
+      <c r="R134" t="s">
+        <v>1571</v>
+      </c>
+      <c r="S134" t="s">
+        <v>1572</v>
+      </c>
+      <c r="T134" t="s">
+        <v>77</v>
+      </c>
+      <c r="U134" t="s">
+        <v>1567</v>
+      </c>
+      <c r="V134">
+        <v>571691</v>
+      </c>
+      <c r="W134" t="s">
+        <v>78</v>
+      </c>
+      <c r="X134">
+        <v>154.4</v>
+      </c>
+      <c r="Y134">
+        <v>3.75</v>
+      </c>
+      <c r="Z134" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA134" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB134" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC134" t="s">
+        <v>1568</v>
+      </c>
+      <c r="AD134">
+        <v>74576213</v>
+      </c>
+      <c r="AE134" t="s">
+        <v>1573</v>
+      </c>
+      <c r="AF134">
+        <v>940569564</v>
+      </c>
+      <c r="AG134"/>
+      <c r="AH134" t="s">
+        <v>1574</v>
+      </c>
+      <c r="AI134"/>
+      <c r="AJ134" t="s">
+        <v>280</v>
+      </c>
+      <c r="AK134" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL134" t="s">
+        <v>1570</v>
+      </c>
+      <c r="AM134" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN134" t="s">
+        <v>1569</v>
+      </c>
+      <c r="AO134">
+        <v>94.67</v>
+      </c>
+      <c r="AP134" t="s">
+        <v>1575</v>
+      </c>
+      <c r="AQ134"/>
+      <c r="AR134"/>
+      <c r="AS134"/>
+      <c r="AT134" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU134"/>
+      <c r="AV134"/>
+      <c r="AW134">
+        <v>0</v>
+      </c>
+      <c r="AX134"/>
+      <c r="AY134" t="s">
+        <v>1567</v>
+      </c>
+      <c r="AZ134" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA134" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB134" t="s">
+        <v>1566</v>
+      </c>
+      <c r="BC134" t="s">
+        <v>1570</v>
+      </c>
+      <c r="BD134" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE134" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF134" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG134" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH134">
+        <v>589</v>
+      </c>
+      <c r="BI134" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ134" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK134" t="s">
+        <v>121</v>
+      </c>
+      <c r="BL134" t="s">
+        <v>1576</v>
+      </c>
+      <c r="BM134" t="s">
+        <v>1577</v>
+      </c>
+      <c r="BN134" t="s">
+        <v>1578</v>
+      </c>
+      <c r="BO134">
+        <v>1</v>
+      </c>
+      <c r="BP134"/>
+      <c r="BQ134"/>
+      <c r="BR134">
+        <v>579</v>
+      </c>
+      <c r="BS134" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="135" spans="1:71">
+      <c r="A135" t="s">
+        <v>66</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D135">
+        <v>571631</v>
+      </c>
+      <c r="E135">
+        <v>234.14</v>
+      </c>
+      <c r="F135" t="s">
+        <v>1581</v>
+      </c>
+      <c r="G135" t="s">
+        <v>70</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1582</v>
+      </c>
+      <c r="I135">
+        <v>79.98</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K135" t="s">
+        <v>822</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1580</v>
+      </c>
+      <c r="M135" t="s">
+        <v>74</v>
+      </c>
+      <c r="N135"/>
+      <c r="O135"/>
+      <c r="P135">
+        <v>32868527</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>1579</v>
+      </c>
+      <c r="R135" t="s">
+        <v>1584</v>
+      </c>
+      <c r="S135" t="s">
+        <v>1585</v>
+      </c>
+      <c r="T135" t="s">
+        <v>77</v>
+      </c>
+      <c r="U135" t="s">
+        <v>1580</v>
+      </c>
+      <c r="V135">
+        <v>571631</v>
+      </c>
+      <c r="W135" t="s">
+        <v>78</v>
+      </c>
+      <c r="X135">
+        <v>234.14</v>
+      </c>
+      <c r="Y135">
+        <v>3.75</v>
+      </c>
+      <c r="Z135" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA135" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB135" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC135" t="s">
+        <v>1581</v>
+      </c>
+      <c r="AD135">
+        <v>32868527</v>
+      </c>
+      <c r="AE135" t="s">
+        <v>1586</v>
+      </c>
+      <c r="AF135">
+        <v>954921942</v>
+      </c>
+      <c r="AG135"/>
+      <c r="AH135" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AI135"/>
+      <c r="AJ135" t="s">
+        <v>1588</v>
+      </c>
+      <c r="AK135" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL135" t="s">
+        <v>1583</v>
+      </c>
+      <c r="AM135" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN135" t="s">
+        <v>1582</v>
+      </c>
+      <c r="AO135">
+        <v>79.98</v>
+      </c>
+      <c r="AP135" t="s">
+        <v>1589</v>
+      </c>
+      <c r="AQ135" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR135" t="s">
+        <v>768</v>
+      </c>
+      <c r="AS135" t="s">
+        <v>1590</v>
+      </c>
+      <c r="AT135" t="s">
+        <v>1591</v>
+      </c>
+      <c r="AU135"/>
+      <c r="AV135"/>
+      <c r="AW135">
+        <v>0</v>
+      </c>
+      <c r="AX135"/>
+      <c r="AY135" t="s">
+        <v>1580</v>
+      </c>
+      <c r="AZ135" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA135" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB135" t="s">
+        <v>1579</v>
+      </c>
+      <c r="BC135" t="s">
+        <v>1583</v>
+      </c>
+      <c r="BD135" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE135" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF135" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG135" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH135">
+        <v>591</v>
+      </c>
+      <c r="BI135" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ135" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK135" t="s">
+        <v>121</v>
+      </c>
+      <c r="BL135" t="s">
+        <v>1592</v>
+      </c>
+      <c r="BM135" t="s">
+        <v>1593</v>
+      </c>
+      <c r="BN135" t="s">
+        <v>1594</v>
+      </c>
+      <c r="BO135">
+        <v>1</v>
+      </c>
+      <c r="BP135" t="s">
+        <v>774</v>
+      </c>
+      <c r="BQ135"/>
+      <c r="BR135">
+        <v>878</v>
+      </c>
+      <c r="BS135" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="136" spans="1:71">
+      <c r="A136" t="s">
+        <v>66</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D136">
+        <v>593921</v>
+      </c>
+      <c r="E136">
+        <v>83.95</v>
+      </c>
+      <c r="F136" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G136" t="s">
+        <v>70</v>
+      </c>
+      <c r="H136"/>
+      <c r="I136">
+        <v>0</v>
+      </c>
+      <c r="J136" t="s">
+        <v>78</v>
+      </c>
+      <c r="K136" t="s">
+        <v>130</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1596</v>
+      </c>
+      <c r="M136" t="s">
+        <v>74</v>
+      </c>
+      <c r="N136"/>
+      <c r="O136"/>
+      <c r="P136">
+        <v>10559359</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>1595</v>
+      </c>
+      <c r="R136" t="s">
+        <v>1598</v>
+      </c>
+      <c r="S136" t="s">
+        <v>1599</v>
+      </c>
+      <c r="T136" t="s">
+        <v>77</v>
+      </c>
+      <c r="U136" t="s">
+        <v>1596</v>
+      </c>
+      <c r="V136">
+        <v>593921</v>
+      </c>
+      <c r="W136" t="s">
+        <v>78</v>
+      </c>
+      <c r="X136">
+        <v>83.95</v>
+      </c>
+      <c r="Y136">
+        <v>3.8</v>
+      </c>
+      <c r="Z136" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA136" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB136" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC136" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AD136">
+        <v>10559359</v>
+      </c>
+      <c r="AE136" t="s">
+        <v>1600</v>
+      </c>
+      <c r="AF136">
+        <v>936753427</v>
+      </c>
+      <c r="AG136"/>
+      <c r="AH136" t="s">
+        <v>1601</v>
+      </c>
+      <c r="AI136"/>
+      <c r="AJ136" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK136" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL136" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM136" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN136"/>
+      <c r="AO136">
+        <v>0</v>
+      </c>
+      <c r="AP136" t="s">
+        <v>1602</v>
+      </c>
+      <c r="AQ136"/>
+      <c r="AR136"/>
+      <c r="AS136"/>
+      <c r="AT136" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU136"/>
+      <c r="AV136"/>
+      <c r="AW136">
+        <v>0</v>
+      </c>
+      <c r="AX136"/>
+      <c r="AY136" t="s">
+        <v>1596</v>
+      </c>
+      <c r="AZ136" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA136" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB136" t="s">
+        <v>1595</v>
+      </c>
+      <c r="BC136" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD136" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE136" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF136" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG136" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH136">
+        <v>592</v>
+      </c>
+      <c r="BI136" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ136" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK136" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL136" t="s">
+        <v>356</v>
+      </c>
+      <c r="BM136" t="s">
+        <v>1603</v>
+      </c>
+      <c r="BN136" t="s">
+        <v>1604</v>
+      </c>
+      <c r="BO136">
+        <v>468</v>
+      </c>
+      <c r="BP136"/>
+      <c r="BQ136"/>
+      <c r="BR136">
+        <v>319</v>
+      </c>
+      <c r="BS136" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="137" spans="1:71">
+      <c r="A137" t="s">
+        <v>66</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D137">
+        <v>571576</v>
+      </c>
+      <c r="E137">
+        <v>138.4</v>
+      </c>
+      <c r="F137" t="s">
+        <v>1607</v>
+      </c>
+      <c r="G137" t="s">
+        <v>70</v>
+      </c>
+      <c r="H137"/>
+      <c r="I137">
+        <v>0</v>
+      </c>
+      <c r="J137" t="s">
+        <v>78</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1281</v>
+      </c>
+      <c r="L137" t="s">
+        <v>1606</v>
+      </c>
+      <c r="M137" t="s">
+        <v>74</v>
+      </c>
+      <c r="N137"/>
+      <c r="O137"/>
+      <c r="P137">
+        <v>47877170</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>1605</v>
+      </c>
+      <c r="R137" t="s">
+        <v>1608</v>
+      </c>
+      <c r="S137" t="s">
+        <v>1609</v>
+      </c>
+      <c r="T137" t="s">
+        <v>77</v>
+      </c>
+      <c r="U137" t="s">
+        <v>1606</v>
+      </c>
+      <c r="V137">
+        <v>571576</v>
+      </c>
+      <c r="W137" t="s">
+        <v>78</v>
+      </c>
+      <c r="X137">
+        <v>138.4</v>
+      </c>
+      <c r="Y137">
+        <v>3.75</v>
+      </c>
+      <c r="Z137" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA137" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB137" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC137" t="s">
+        <v>1607</v>
+      </c>
+      <c r="AD137">
+        <v>47877170</v>
+      </c>
+      <c r="AE137" t="s">
+        <v>1610</v>
+      </c>
+      <c r="AF137">
+        <v>933777946</v>
+      </c>
+      <c r="AG137"/>
+      <c r="AH137" t="s">
+        <v>1611</v>
+      </c>
+      <c r="AI137"/>
+      <c r="AJ137" t="s">
+        <v>1612</v>
+      </c>
+      <c r="AK137" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL137" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM137" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN137"/>
+      <c r="AO137">
+        <v>0</v>
+      </c>
+      <c r="AP137" t="s">
+        <v>1613</v>
+      </c>
+      <c r="AQ137"/>
+      <c r="AR137"/>
+      <c r="AS137"/>
+      <c r="AT137" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU137"/>
+      <c r="AV137"/>
+      <c r="AW137">
+        <v>0</v>
+      </c>
+      <c r="AX137"/>
+      <c r="AY137" t="s">
+        <v>1606</v>
+      </c>
+      <c r="AZ137" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA137" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB137" t="s">
+        <v>1605</v>
+      </c>
+      <c r="BC137" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD137" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE137" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF137" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG137" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH137">
+        <v>593</v>
+      </c>
+      <c r="BI137" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ137" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK137" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL137" t="s">
+        <v>1614</v>
+      </c>
+      <c r="BM137" t="s">
+        <v>1615</v>
+      </c>
+      <c r="BN137" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BO137">
+        <v>2</v>
+      </c>
+      <c r="BP137"/>
+      <c r="BQ137"/>
+      <c r="BR137">
+        <v>519</v>
+      </c>
+      <c r="BS137" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="138" spans="1:71">
+      <c r="A138" t="s">
+        <v>66</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D138">
+        <v>571510</v>
+      </c>
+      <c r="E138">
+        <v>133.07</v>
+      </c>
+      <c r="F138" t="s">
+        <v>1619</v>
+      </c>
+      <c r="G138" t="s">
+        <v>70</v>
+      </c>
+      <c r="H138"/>
+      <c r="I138">
+        <v>0</v>
+      </c>
+      <c r="J138" t="s">
+        <v>78</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1281</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1618</v>
+      </c>
+      <c r="M138" t="s">
+        <v>74</v>
+      </c>
+      <c r="N138"/>
+      <c r="O138"/>
+      <c r="P138" t="s">
+        <v>1620</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>1617</v>
+      </c>
+      <c r="R138" t="s">
+        <v>1621</v>
+      </c>
+      <c r="S138" t="s">
+        <v>1621</v>
+      </c>
+      <c r="T138" t="s">
+        <v>77</v>
+      </c>
+      <c r="U138" t="s">
+        <v>1618</v>
+      </c>
+      <c r="V138">
+        <v>571510</v>
+      </c>
+      <c r="W138" t="s">
+        <v>78</v>
+      </c>
+      <c r="X138">
+        <v>133.07</v>
+      </c>
+      <c r="Y138">
+        <v>3.75</v>
+      </c>
+      <c r="Z138" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA138" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB138" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC138" t="s">
+        <v>1619</v>
+      </c>
+      <c r="AD138" t="s">
+        <v>1620</v>
+      </c>
+      <c r="AE138" t="s">
+        <v>1622</v>
+      </c>
+      <c r="AF138">
+        <v>934742207</v>
+      </c>
+      <c r="AG138"/>
+      <c r="AH138" t="s">
+        <v>1623</v>
+      </c>
+      <c r="AI138"/>
+      <c r="AJ138" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK138" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL138" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM138"/>
+      <c r="AN138"/>
+      <c r="AO138">
+        <v>0</v>
+      </c>
+      <c r="AP138" t="s">
+        <v>1624</v>
+      </c>
+      <c r="AQ138"/>
+      <c r="AR138"/>
+      <c r="AS138"/>
+      <c r="AT138" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU138"/>
+      <c r="AV138"/>
+      <c r="AW138">
+        <v>0</v>
+      </c>
+      <c r="AX138"/>
+      <c r="AY138" t="s">
+        <v>1618</v>
+      </c>
+      <c r="AZ138" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA138" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB138" t="s">
+        <v>1617</v>
+      </c>
+      <c r="BC138" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD138" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE138" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF138" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG138" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH138">
+        <v>594</v>
+      </c>
+      <c r="BI138" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ138" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK138" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL138" t="s">
+        <v>1625</v>
+      </c>
+      <c r="BM138" t="s">
+        <v>1626</v>
+      </c>
+      <c r="BN138" t="s">
+        <v>1627</v>
+      </c>
+      <c r="BO138">
+        <v>0</v>
+      </c>
+      <c r="BP138"/>
+      <c r="BQ138"/>
+      <c r="BR138">
         <v>499</v>
       </c>
-      <c r="BS115" t="s">
-        <v>86</v>
+      <c r="BS138" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">