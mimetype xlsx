--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,519 +215,864 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
-    <t>2025-10-10 17:07:40</t>
-[...5 lines deleted...]
-    <t>Celeny Macavilca</t>
+    <t>2025-11-25 21:57:33</t>
+  </si>
+  <si>
+    <t>7430054603-A</t>
+  </si>
+  <si>
+    <t>Luz Tapia Mendoza</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
-    <t>/114-5645443-1493013</t>
-[...2 lines deleted...]
-    <t>2025-10-10 00:00:00</t>
+    <t>/111-4626261-7322625</t>
+  </si>
+  <si>
+    <t>2025-11-25 00:00:00</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
-    <t>2025-10-10 17:07:42</t>
+    <t>2025-11-25 21:57:35</t>
+  </si>
+  <si>
+    <t>2025-11-25 21:57:36</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>--960742834</t>
-[...2 lines deleted...]
-    <t>MzPLt3A.H.24sepHoracioZevallosGamez Ate, Casa</t>
+    <t>--965326960</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTOR 1 GRUPO 19 MANZANA D LOTE 11 11, </t>
+  </si>
+  <si>
+    <t>VILLA EL SALVADOR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B08PYS1YKW</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-25 22:53:40</t>
+  </si>
+  <si>
+    <t>2025-11-25 14:24:31</t>
+  </si>
+  <si>
+    <t>7429343101-A</t>
+  </si>
+  <si>
+    <t>Alejandra Cornejo Callata</t>
+  </si>
+  <si>
+    <t>/111-6224999-6065851</t>
+  </si>
+  <si>
+    <t>2025-11-25 14:24:33</t>
+  </si>
+  <si>
+    <t>--987605751</t>
+  </si>
+  <si>
+    <t>Calle Luna Pizarro 408 408, 101</t>
+  </si>
+  <si>
+    <t>AREQUIPA</t>
+  </si>
+  <si>
+    <t>/B0000UMLYI</t>
+  </si>
+  <si>
+    <t>2025-11-25 14:53:40</t>
+  </si>
+  <si>
+    <t>2025-11-25 00:28:12</t>
+  </si>
+  <si>
+    <t>7428584101-A</t>
+  </si>
+  <si>
+    <t>Pablo Cesar Coaquira Andia</t>
+  </si>
+  <si>
+    <t>/111-5540899-3531422</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-25 00:28:13</t>
+  </si>
+  <si>
+    <t>2025-11-25 00:28:14</t>
+  </si>
+  <si>
+    <t>--930328551</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Av. La capitana 190, </t>
+  </si>
+  <si>
+    <t>LURIGANCHO (CHOSICA)</t>
+  </si>
+  <si>
+    <t>/B01NAI2TXC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-11-25 00:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-24 20:31:52</t>
+  </si>
+  <si>
+    <t>7428211902-A</t>
+  </si>
+  <si>
+    <t>Sanchez Melina</t>
+  </si>
+  <si>
+    <t>/ 111-6342122-5805845</t>
+  </si>
+  <si>
+    <t>2025-11-24 20:31:53</t>
+  </si>
+  <si>
+    <t>--930212167</t>
+  </si>
+  <si>
+    <t>JR.rejalgar 534, Casa</t>
+  </si>
+  <si>
+    <t>SAN JUAN DE LURIGANCHO</t>
+  </si>
+  <si>
+    <t>/B000FGECAI</t>
+  </si>
+  <si>
+    <t>2025-11-24 20:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-24 16:18:33</t>
+  </si>
+  <si>
+    <t>7427828104-A</t>
+  </si>
+  <si>
+    <t>Miguel Tiravantti</t>
+  </si>
+  <si>
+    <t>/111-1140478-8402663</t>
+  </si>
+  <si>
+    <t>2025-11-24 16:18:34</t>
+  </si>
+  <si>
+    <t>--932582881</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jr. Brasil 248 Lurigancho Chosica 248, </t>
+  </si>
+  <si>
+    <t>/B0736YM33H</t>
+  </si>
+  <si>
+    <t>2025-11-24 16:45:24</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:26:33</t>
+  </si>
+  <si>
+    <t>7426958001-A</t>
+  </si>
+  <si>
+    <t>David Collahuasi</t>
+  </si>
+  <si>
+    <t>/ 111-4960727-9946617</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:26:35</t>
+  </si>
+  <si>
+    <t>--945536742</t>
+  </si>
+  <si>
+    <t>Upis Alejandro Toledo Mz F, Lt 25</t>
+  </si>
+  <si>
+    <t>CHINCHA ALTA</t>
+  </si>
+  <si>
+    <t>/B00075U5I0</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 22:40:43</t>
+  </si>
+  <si>
+    <t>7426825401-A</t>
+  </si>
+  <si>
+    <t>Marco Valladares</t>
+  </si>
+  <si>
+    <t>/111-6063085-4197868</t>
+  </si>
+  <si>
+    <t>2025-11-23 22:40:44</t>
+  </si>
+  <si>
+    <t>--960484950</t>
+  </si>
+  <si>
+    <t>Asociación La Castellana MZ C4, Casa</t>
+  </si>
+  <si>
+    <t>PUENTE PIEDRA</t>
+  </si>
+  <si>
+    <t>/B08KDG6CFK</t>
+  </si>
+  <si>
+    <t>2025-11-23 23:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:46:21</t>
+  </si>
+  <si>
+    <t>7426771201-A</t>
+  </si>
+  <si>
+    <t>Cesar Bustamante</t>
+  </si>
+  <si>
+    <t>/111-3547221-3161831</t>
+  </si>
+  <si>
+    <t>09344791</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:46:23</t>
+  </si>
+  <si>
+    <t>--924775691</t>
+  </si>
+  <si>
+    <t>Av Juan de Aliaga 579, 701</t>
+  </si>
+  <si>
+    <t>MAGDALENA DEL MAR</t>
+  </si>
+  <si>
+    <t>/B004FG8BY2</t>
+  </si>
+  <si>
+    <t>2025-11-23 22:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:17:53</t>
+  </si>
+  <si>
+    <t>7426744301-A</t>
+  </si>
+  <si>
+    <t>Victor Torres</t>
+  </si>
+  <si>
+    <t>/111-3191202-3664200</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:17:54</t>
+  </si>
+  <si>
+    <t>--950127415</t>
+  </si>
+  <si>
+    <t>Jirón Manuel Belgrano 155, 502-B</t>
+  </si>
+  <si>
+    <t>PUEBLO LIBRE</t>
+  </si>
+  <si>
+    <t>/B0BWXM3RRK</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:53:42</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:01:55</t>
+  </si>
+  <si>
+    <t>7426724801-A</t>
+  </si>
+  <si>
+    <t>Milagros Flores Cieza</t>
+  </si>
+  <si>
+    <t>/111-2386474-1925817</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:01:56</t>
+  </si>
+  <si>
+    <t>--987130113</t>
+  </si>
+  <si>
+    <t>Calle Juan José calle 465 465, Casa</t>
+  </si>
+  <si>
+    <t>MIRAFLORES</t>
+  </si>
+  <si>
+    <t>/B074ZDP7FZ</t>
+  </si>
+  <si>
+    <t>2025-11-23 21:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 20:17:11</t>
+  </si>
+  <si>
+    <t>7426679201-A</t>
+  </si>
+  <si>
+    <t>Christopher Vilcapoma</t>
+  </si>
+  <si>
+    <t>/111-0028515-1884223</t>
+  </si>
+  <si>
+    <t>2025-11-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23 20:17:12</t>
+  </si>
+  <si>
+    <t>--519716062</t>
+  </si>
+  <si>
+    <t>Calle Jose Olaya 447, Casa</t>
+  </si>
+  <si>
+    <t>SANTA ANITA</t>
+  </si>
+  <si>
+    <t>/B000UWNVMM</t>
+  </si>
+  <si>
+    <t>2025-11-23 20:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 03:50:47</t>
+  </si>
+  <si>
+    <t>7426158001-A</t>
+  </si>
+  <si>
+    <t>Romina Stucchi</t>
+  </si>
+  <si>
+    <t>/ 111-5155727-2637851</t>
+  </si>
+  <si>
+    <t>2025-11-23 03:50:48</t>
+  </si>
+  <si>
+    <t>2025-11-23 03:50:49</t>
+  </si>
+  <si>
+    <t>--949121494</t>
+  </si>
+  <si>
+    <t>Calle Jose Gonzales  561, 403</t>
+  </si>
+  <si>
+    <t>/B06XYLL66Y</t>
+  </si>
+  <si>
+    <t>2025-11-23 04:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-23 02:41:09</t>
+  </si>
+  <si>
+    <t>7426089401-A</t>
+  </si>
+  <si>
+    <t>Jose Smith Garay Hermoza</t>
+  </si>
+  <si>
+    <t>/ 111-1963143-7762645</t>
+  </si>
+  <si>
+    <t>2025-11-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23 02:41:10</t>
+  </si>
+  <si>
+    <t>--986832557</t>
+  </si>
+  <si>
+    <t>calle cruz del sur MZ A13 5taSanPedro Lte14, casa</t>
+  </si>
+  <si>
+    <t>CARABAYLLO</t>
+  </si>
+  <si>
+    <t>/B00GR7BTO6</t>
+  </si>
+  <si>
+    <t>2025-11-23 03:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-22 22:59:20</t>
+  </si>
+  <si>
+    <t>7425843601-A</t>
+  </si>
+  <si>
+    <t>Jorge Salvatierra</t>
+  </si>
+  <si>
+    <t>/ 111-5853856-8991441</t>
+  </si>
+  <si>
+    <t>2025-11-22 22:59:21</t>
+  </si>
+  <si>
+    <t>2025-11-22 22:59:22</t>
+  </si>
+  <si>
+    <t>--997613943</t>
+  </si>
+  <si>
+    <t>Jorge Valdeavellano  228, 601</t>
+  </si>
+  <si>
+    <t>LA VICTORIA</t>
+  </si>
+  <si>
+    <t>/B07KW2T1VJ/B09B9CD1YB</t>
+  </si>
+  <si>
+    <t>2025-11-22 23:53:39</t>
+  </si>
+  <si>
+    <t>2025-11-21 20:18:14</t>
+  </si>
+  <si>
+    <t>7424676401-A</t>
+  </si>
+  <si>
+    <t>Manuel Enrique Cuaresma Sierra</t>
+  </si>
+  <si>
+    <t>/114-2611583-0845054</t>
+  </si>
+  <si>
+    <t>2025-11-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-21 20:18:16</t>
+  </si>
+  <si>
+    <t>--943438999</t>
+  </si>
+  <si>
+    <t>Av.Divino Maestro 101, 2</t>
+  </si>
+  <si>
+    <t>ICA</t>
+  </si>
+  <si>
+    <t>/B07BW9HRQK</t>
+  </si>
+  <si>
+    <t>2025-11-21 20:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-21 18:30:51</t>
+  </si>
+  <si>
+    <t>7424586101-A</t>
+  </si>
+  <si>
+    <t>Maria Rojas</t>
+  </si>
+  <si>
+    <t>/114-8278951-6352255</t>
+  </si>
+  <si>
+    <t>2025-11-21 18:30:52</t>
+  </si>
+  <si>
+    <t>2025-11-21 18:30:53</t>
+  </si>
+  <si>
+    <t>--974599494</t>
+  </si>
+  <si>
+    <t>Paz Soldan 422, Casa</t>
+  </si>
+  <si>
+    <t>/B07QFJ4SZK</t>
+  </si>
+  <si>
+    <t>2025-11-21 18:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-20 23:59:17</t>
+  </si>
+  <si>
+    <t>7423869301-A</t>
+  </si>
+  <si>
+    <t>Lina Fuentes</t>
+  </si>
+  <si>
+    <t>/ 114-4574953-6961862</t>
+  </si>
+  <si>
+    <t>2025-11-20 23:59:18</t>
+  </si>
+  <si>
+    <t>--990297980</t>
+  </si>
+  <si>
+    <t>Padre Urraca 135, 1003B</t>
+  </si>
+  <si>
+    <t>SAN MIGUEL</t>
+  </si>
+  <si>
+    <t>/B07CTXHNSL</t>
+  </si>
+  <si>
+    <t>2025-11-21 00:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-20 05:06:30</t>
+  </si>
+  <si>
+    <t>7423241401-A</t>
+  </si>
+  <si>
+    <t>Esther Gonzales</t>
+  </si>
+  <si>
+    <t>/114-4084902-1080216</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-20 05:06:32</t>
+  </si>
+  <si>
+    <t>--914218572</t>
+  </si>
+  <si>
+    <t>Urb.Inresa MzA2 Calle 25 201, 201</t>
+  </si>
+  <si>
+    <t>CALLAO</t>
+  </si>
+  <si>
+    <t>/B07GHB6WH6</t>
+  </si>
+  <si>
+    <t>2025-11-20 05:53:37</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:27:14</t>
+  </si>
+  <si>
+    <t>7422986801-A</t>
+  </si>
+  <si>
+    <t>Luis Villavicencio Lizarbe</t>
+  </si>
+  <si>
+    <t>/114-8296065-0003433</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:27:15</t>
+  </si>
+  <si>
+    <t>--992703400</t>
+  </si>
+  <si>
+    <t>Mariano Necochea 319, 319</t>
+  </si>
+  <si>
+    <t>VILLA MARIA DEL TRIUNFO</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:53:37</t>
+  </si>
+  <si>
+    <t>2025-11-18 22:04:34</t>
+  </si>
+  <si>
+    <t>7421961301-A</t>
+  </si>
+  <si>
+    <t>Luz Dioselina Flores Pimentel</t>
+  </si>
+  <si>
+    <t>/114-9297849-2985014</t>
+  </si>
+  <si>
+    <t>2025-11-19 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-18 22:04:36</t>
+  </si>
+  <si>
+    <t>--959789487</t>
+  </si>
+  <si>
+    <t>URB TUPAC AMARU clBUSTAMANTE Y RIVERO 111, CASA</t>
+  </si>
+  <si>
+    <t>CERRO COLORADO</t>
+  </si>
+  <si>
+    <t>/B09H8KSW5J</t>
+  </si>
+  <si>
+    <t>2025-11-18 22:53:37</t>
+  </si>
+  <si>
+    <t>2025-11-18 01:56:49</t>
+  </si>
+  <si>
+    <t>7421271801-A</t>
+  </si>
+  <si>
+    <t>Fohnclark Maceo Nieto Baldeon</t>
+  </si>
+  <si>
+    <t>/114-6101044-8528204</t>
+  </si>
+  <si>
+    <t>2025-11-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-18 01:56:50</t>
+  </si>
+  <si>
+    <t>2025-11-18 01:56:51</t>
+  </si>
+  <si>
+    <t>--997614351</t>
+  </si>
+  <si>
+    <t>Santa Beatriz de villa Mz G lote 10 10, Depto</t>
+  </si>
+  <si>
+    <t>/B081DY2FM7</t>
+  </si>
+  <si>
+    <t>2025-11-18 02:53:36</t>
+  </si>
+  <si>
+    <t>2025-11-16 21:33:09</t>
+  </si>
+  <si>
+    <t>7420109401-A</t>
+  </si>
+  <si>
+    <t>Maya De La Borda</t>
+  </si>
+  <si>
+    <t>/114-5727460-3990660</t>
+  </si>
+  <si>
+    <t>2025-11-17 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-16 21:33:10</t>
+  </si>
+  <si>
+    <t>--996600792</t>
+  </si>
+  <si>
+    <t>Prolongación arenales 855, 201</t>
+  </si>
+  <si>
+    <t>/B01GKH5QCS</t>
+  </si>
+  <si>
+    <t>2025-11-17 15:53:36</t>
+  </si>
+  <si>
+    <t>2025-11-06 21:59:01</t>
+  </si>
+  <si>
+    <t>7404543201-A</t>
+  </si>
+  <si>
+    <t>Miguel Angel Arones Jara</t>
+  </si>
+  <si>
+    <t>/ 114-4472117-5880249</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-06 21:59:02</t>
+  </si>
+  <si>
+    <t>--917390105</t>
+  </si>
+  <si>
+    <t>Urb. Tilda -calle Moquegua 16, Casa</t>
   </si>
   <si>
     <t>ATE</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...311 lines deleted...]
-    <t>Fedex</t>
+    <t>/B00MXILRAE</t>
+  </si>
+  <si>
+    <t>2025-11-06 22:50:12</t>
+  </si>
+  <si>
+    <t>2025-10-22 18:13:58</t>
+  </si>
+  <si>
+    <t>7352758901-A</t>
+  </si>
+  <si>
+    <t>Lizbeth Molina</t>
+  </si>
+  <si>
+    <t>/02-13840-80916</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-10-22 18:13:59</t>
+  </si>
+  <si>
+    <t>--980910740</t>
+  </si>
+  <si>
+    <t>CALLE SALAVERRY- VALLECITO 607, OFI</t>
+  </si>
+  <si>
+    <t>/B081DK58X2</t>
+  </si>
+  <si>
+    <t>2025-10-22 19:50:00</t>
+  </si>
+  <si>
+    <t>2022-03-07 14:40:43</t>
+  </si>
+  <si>
+    <t>43282175-A</t>
+  </si>
+  <si>
+    <t>Milka Dinev</t>
+  </si>
+  <si>
+    <t>/112-2199878-4581058</t>
+  </si>
+  <si>
+    <t>2022-03-07 00:00:00</t>
+  </si>
+  <si>
+    <t>without_tracking_code</t>
+  </si>
+  <si>
+    <t>07769358</t>
+  </si>
+  <si>
+    <t>2022-03-07 14:43:43</t>
+  </si>
+  <si>
+    <t>2022-03-07 14:48:43</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Jorge Guillermo Leguia 472 dpto 101 Urb Aurora</t>
+  </si>
+  <si>
+    <t>/B08931JJLV</t>
   </si>
   <si>
     <t>automatic</t>
-  </si>
-[...109 lines deleted...]
-    <t>/B08931JJLV</t>
   </si>
   <si>
     <t>2022-03-07 14:57:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1033,51 +1378,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS14"/>
+  <dimension ref="A1:BS26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1267,2405 +1612,4599 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>594777</v>
+        <v>597110</v>
       </c>
       <c r="E2">
-        <v>259.47</v>
+        <v>47.11</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>115.96</v>
+        <v>16.99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2">
-        <v>71590555</v>
+        <v>40755356</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>594777</v>
+        <v>597110</v>
       </c>
       <c r="W2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X2">
-        <v>259.47</v>
+        <v>47.11</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>71590555</v>
+        <v>40755356</v>
       </c>
       <c r="AE2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AF2">
-        <v>960742834</v>
+        <v>965326960</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>115.96</v>
+        <v>16.99</v>
       </c>
       <c r="AP2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH2">
         <v>0</v>
       </c>
       <c r="BI2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>986</v>
+        <v>179</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D3">
-        <v>594760</v>
+        <v>597081</v>
       </c>
       <c r="E3">
         <v>120.79</v>
       </c>
       <c r="F3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I3">
         <v>64</v>
       </c>
       <c r="J3" t="s">
         <v>72</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3">
-        <v>70248185</v>
+        <v>72215424</v>
       </c>
       <c r="Q3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="R3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="S3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="V3">
-        <v>594760</v>
+        <v>597081</v>
       </c>
       <c r="W3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X3">
         <v>120.79</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AD3">
-        <v>70248185</v>
+        <v>72215424</v>
       </c>
       <c r="AE3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AF3">
-        <v>942611799</v>
+        <v>987605751</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>72</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AO3">
         <v>64</v>
       </c>
       <c r="AP3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
-      <c r="AW3">
-[...1 lines deleted...]
-      </c>
+      <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
-      <c r="BA3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>72</v>
       </c>
       <c r="BD3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH3">
         <v>0</v>
       </c>
       <c r="BI3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN3" t="s">
         <v>95</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>459</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>96</v>
       </c>
       <c r="C4" t="s">
         <v>97</v>
       </c>
       <c r="D4">
-        <v>594751</v>
+        <v>597050</v>
       </c>
       <c r="E4">
-        <v>41.84</v>
+        <v>83.95</v>
       </c>
       <c r="F4" t="s">
         <v>98</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>99</v>
       </c>
       <c r="I4">
-        <v>14.99</v>
+        <v>44.99</v>
       </c>
       <c r="J4" t="s">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
         <v>97</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>40006193</v>
+        <v>41884950</v>
       </c>
       <c r="Q4" t="s">
         <v>96</v>
       </c>
       <c r="R4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U4" t="s">
         <v>97</v>
       </c>
       <c r="V4">
-        <v>594751</v>
+        <v>597050</v>
       </c>
       <c r="W4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X4">
-        <v>41.84</v>
+        <v>83.95</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
         <v>98</v>
       </c>
       <c r="AD4">
-        <v>40006193</v>
+        <v>41884950</v>
       </c>
       <c r="AE4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AF4">
-        <v>939560935</v>
+        <v>930328551</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="AM4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN4" t="s">
         <v>99</v>
       </c>
       <c r="AO4">
-        <v>14.99</v>
+        <v>44.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
-      <c r="AW4"/>
+      <c r="AW4">
+        <v>0</v>
+      </c>
       <c r="AX4"/>
       <c r="AY4" t="s">
         <v>97</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
-      <c r="BA4"/>
+      <c r="BA4" t="s">
+        <v>107</v>
+      </c>
       <c r="BB4" t="s">
         <v>96</v>
       </c>
       <c r="BC4" t="s">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="BD4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BI4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>159</v>
+        <v>319</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D5">
-        <v>594744</v>
+        <v>597034</v>
       </c>
       <c r="E5">
-        <v>60.26</v>
+        <v>33.95</v>
       </c>
       <c r="F5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="I5">
-        <v>38.99</v>
+        <v>9.99</v>
       </c>
       <c r="J5" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
-        <v>70757602</v>
+        <v>43431197</v>
       </c>
       <c r="Q5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="R5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="S5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="T5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="V5">
-        <v>594744</v>
+        <v>597034</v>
       </c>
       <c r="W5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X5">
-        <v>60.26</v>
+        <v>33.95</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="AD5">
-        <v>70757602</v>
+        <v>43431197</v>
       </c>
       <c r="AE5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AF5">
-        <v>978388985</v>
+        <v>930212167</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="AM5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="AO5">
-        <v>38.99</v>
+        <v>9.99</v>
       </c>
       <c r="AP5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
-      <c r="AW5"/>
+      <c r="AW5">
+        <v>0</v>
+      </c>
       <c r="AX5"/>
       <c r="AY5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
-      <c r="BA5"/>
+      <c r="BA5" t="s">
+        <v>107</v>
+      </c>
       <c r="BB5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="BC5" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="BD5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH5">
         <v>1</v>
       </c>
       <c r="BI5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D6">
-        <v>594700</v>
+        <v>597015</v>
       </c>
       <c r="E6">
-        <v>49.74</v>
+        <v>60.26</v>
       </c>
       <c r="F6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I6">
-        <v>18.99</v>
+        <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
-        <v>41910744</v>
+        <v>46089910</v>
       </c>
       <c r="Q6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="R6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="S6" t="s">
         <v>123</v>
       </c>
       <c r="T6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V6">
-        <v>594700</v>
+        <v>597015</v>
       </c>
       <c r="W6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X6">
-        <v>49.74</v>
+        <v>60.26</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AD6">
-        <v>41910744</v>
+        <v>46089910</v>
       </c>
       <c r="AE6" t="s">
         <v>124</v>
       </c>
       <c r="AF6">
-        <v>941444292</v>
+        <v>932582881</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
         <v>125</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="AM6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AO6">
-        <v>18.99</v>
+        <v>0</v>
       </c>
       <c r="AP6" t="s">
         <v>126</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="BC6" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="BD6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BI6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN6" t="s">
         <v>127</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>189</v>
+        <v>229</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>128</v>
       </c>
       <c r="C7" t="s">
         <v>129</v>
       </c>
       <c r="D7">
-        <v>594694</v>
+        <v>596947</v>
       </c>
       <c r="E7">
-        <v>47.11</v>
+        <v>105</v>
       </c>
       <c r="F7" t="s">
         <v>130</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>131</v>
       </c>
       <c r="I7">
-        <v>18.95</v>
+        <v>59.87</v>
       </c>
       <c r="J7" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7" t="s">
         <v>129</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
-        <v>70876485</v>
+        <v>80404445</v>
       </c>
       <c r="Q7" t="s">
         <v>128</v>
       </c>
       <c r="R7" t="s">
         <v>132</v>
       </c>
       <c r="S7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="T7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U7" t="s">
         <v>129</v>
       </c>
       <c r="V7">
-        <v>594694</v>
+        <v>596947</v>
       </c>
       <c r="W7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X7">
-        <v>47.11</v>
+        <v>105</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
         <v>130</v>
       </c>
       <c r="AD7">
-        <v>70876485</v>
+        <v>80404445</v>
       </c>
       <c r="AE7" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AF7">
-        <v>960819742</v>
+        <v>945536742</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="AM7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN7" t="s">
         <v>131</v>
       </c>
       <c r="AO7">
-        <v>18.95</v>
+        <v>59.87</v>
       </c>
       <c r="AP7" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7" t="s">
         <v>129</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB7" t="s">
         <v>128</v>
       </c>
       <c r="BC7" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="BD7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BI7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN7" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>179</v>
+        <v>399</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C8" t="s">
         <v>139</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>596941</v>
+      </c>
+      <c r="E8">
+        <v>70.79</v>
+      </c>
+      <c r="F8" t="s">
         <v>140</v>
       </c>
-      <c r="D8">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
         <v>141</v>
       </c>
-      <c r="G8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I8">
-        <v>149</v>
+        <v>33.49</v>
       </c>
       <c r="J8" t="s">
-        <v>143</v>
+        <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
-      <c r="P8" t="s">
-        <v>144</v>
+      <c r="P8">
+        <v>42773709</v>
       </c>
       <c r="Q8" t="s">
+        <v>138</v>
+      </c>
+      <c r="R8" t="s">
+        <v>142</v>
+      </c>
+      <c r="S8" t="s">
+        <v>142</v>
+      </c>
+      <c r="T8" t="s">
+        <v>77</v>
+      </c>
+      <c r="U8" t="s">
         <v>139</v>
       </c>
-      <c r="R8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V8">
-        <v>594663</v>
+        <v>596941</v>
       </c>
       <c r="W8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X8">
-        <v>239.21</v>
+        <v>70.79</v>
       </c>
       <c r="Y8">
         <v>3.8</v>
       </c>
       <c r="Z8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>140</v>
+      </c>
+      <c r="AD8">
+        <v>42773709</v>
       </c>
       <c r="AE8" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="AF8">
-        <v>992192804</v>
+        <v>960484950</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>143</v>
+        <v>72</v>
       </c>
       <c r="AM8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AO8">
-        <v>149</v>
+        <v>33.49</v>
       </c>
       <c r="AP8" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="BC8" t="s">
-        <v>143</v>
+        <v>72</v>
       </c>
       <c r="BD8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="BI8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN8" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>909</v>
+        <v>269</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>149</v>
+      </c>
+      <c r="D9">
+        <v>596934</v>
+      </c>
+      <c r="E9">
+        <v>86.58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>150</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
         <v>151</v>
       </c>
-      <c r="C9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I9">
-        <v>46.37</v>
+        <v>46.61</v>
       </c>
       <c r="J9" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
-      <c r="P9">
-        <v>44258602</v>
+      <c r="P9" t="s">
+        <v>152</v>
       </c>
       <c r="Q9" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="R9" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="S9" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="T9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U9" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="V9">
-        <v>594637</v>
+        <v>596934</v>
       </c>
       <c r="W9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X9">
-        <v>78.68</v>
+        <v>86.58</v>
       </c>
       <c r="Y9">
         <v>3.8</v>
       </c>
       <c r="Z9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>44258602</v>
+        <v>150</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>152</v>
       </c>
       <c r="AE9" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AF9">
-        <v>994532215</v>
+        <v>924775691</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="AM9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN9" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="AO9">
-        <v>46.37</v>
+        <v>46.61</v>
       </c>
       <c r="AP9" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB9" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="BC9" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="BD9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH9">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BI9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN9" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>299</v>
+        <v>329</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C10" t="s">
+        <v>160</v>
+      </c>
+      <c r="D10">
+        <v>596930</v>
+      </c>
+      <c r="E10">
+        <v>220.79</v>
+      </c>
+      <c r="F10" t="s">
         <v>161</v>
       </c>
-      <c r="C10" t="s">
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
         <v>162</v>
       </c>
-      <c r="D10">
-[...13 lines deleted...]
-      </c>
       <c r="I10">
-        <v>14.97</v>
+        <v>129.99</v>
       </c>
       <c r="J10" t="s">
-        <v>165</v>
+        <v>100</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10">
-        <v>45094285</v>
+        <v>46093514</v>
       </c>
       <c r="Q10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="R10" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="S10" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="T10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U10" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="V10">
-        <v>594623</v>
+        <v>596930</v>
       </c>
       <c r="W10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X10">
-        <v>41.84</v>
+        <v>220.79</v>
       </c>
       <c r="Y10">
         <v>3.8</v>
       </c>
       <c r="Z10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="AD10">
-        <v>45094285</v>
+        <v>46093514</v>
       </c>
       <c r="AE10" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="AF10">
-        <v>949338983</v>
+        <v>950127415</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>165</v>
+        <v>100</v>
       </c>
       <c r="AM10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="AO10">
-        <v>14.97</v>
+        <v>129.99</v>
       </c>
       <c r="AP10" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="BC10" t="s">
-        <v>165</v>
+        <v>100</v>
       </c>
       <c r="BD10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BI10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN10" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>159</v>
+        <v>839</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C11" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D11">
-        <v>594526</v>
+        <v>596929</v>
       </c>
       <c r="E11">
-        <v>168.16</v>
+        <v>57.63</v>
       </c>
       <c r="F11" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="I11">
-        <v>94.2</v>
+        <v>24.97</v>
       </c>
       <c r="J11" t="s">
-        <v>177</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
       <c r="L11" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
-        <v>75509981</v>
+        <v>45420029</v>
       </c>
       <c r="Q11" t="s">
+        <v>169</v>
+      </c>
+      <c r="R11" t="s">
         <v>173</v>
       </c>
-      <c r="R11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S11" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="T11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U11" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="V11">
-        <v>594526</v>
+        <v>596929</v>
       </c>
       <c r="W11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X11">
-        <v>168.16</v>
+        <v>57.63</v>
       </c>
       <c r="Y11">
         <v>3.8</v>
       </c>
       <c r="Z11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="AD11">
-        <v>75509981</v>
+        <v>45420029</v>
       </c>
       <c r="AE11" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="AF11">
-        <v>982746798</v>
+        <v>987130113</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
+        <v>100</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>172</v>
+      </c>
+      <c r="AO11">
+        <v>24.97</v>
+      </c>
+      <c r="AP11" t="s">
         <v>177</v>
       </c>
-      <c r="AM11" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="AQ11"/>
+      <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB11" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="BC11" t="s">
-        <v>177</v>
+        <v>100</v>
       </c>
       <c r="BD11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH11">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="BI11" t="s">
-        <v>186</v>
+        <v>84</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN11" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
-      <c r="BP11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>639</v>
+        <v>219</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="C12" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="D12">
-        <v>594381</v>
+        <v>596926</v>
       </c>
       <c r="E12">
-        <v>944.7</v>
+        <v>39.21</v>
       </c>
       <c r="F12" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="I12">
-        <v>499.9</v>
+        <v>13.58</v>
       </c>
       <c r="J12" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12">
-        <v>72870280</v>
+        <v>45459922</v>
       </c>
       <c r="Q12" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="R12" t="s">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="S12" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="T12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U12" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="V12">
-        <v>594381</v>
+        <v>596926</v>
       </c>
       <c r="W12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X12">
-        <v>944.7</v>
+        <v>39.21</v>
       </c>
       <c r="Y12">
         <v>3.8</v>
       </c>
       <c r="Z12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="AD12">
-        <v>72870280</v>
+        <v>45459922</v>
       </c>
       <c r="AE12" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="AF12">
-        <v>912485896</v>
+        <v>519716062</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="AM12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN12" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="AO12">
-        <v>499.9</v>
+        <v>13.58</v>
       </c>
       <c r="AP12" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB12" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="BC12" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="BD12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH12">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="BI12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN12" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>3590</v>
+        <v>149</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="C13" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="D13">
-        <v>594245</v>
+        <v>596883</v>
       </c>
       <c r="E13">
-        <v>62.89</v>
+        <v>36.58</v>
       </c>
       <c r="F13" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="I13">
-        <v>29.97</v>
+        <v>11.49</v>
       </c>
       <c r="J13" t="s">
-        <v>204</v>
+        <v>183</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13">
-        <v>48407593</v>
+        <v>41240561</v>
       </c>
       <c r="Q13" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="R13" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="S13" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="T13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U13" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="V13">
-        <v>594245</v>
+        <v>596883</v>
       </c>
       <c r="W13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X13">
-        <v>62.89</v>
+        <v>36.58</v>
       </c>
       <c r="Y13">
         <v>3.8</v>
       </c>
       <c r="Z13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="AD13">
-        <v>48407593</v>
+        <v>41240561</v>
       </c>
       <c r="AE13" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="AF13">
-        <v>953449054</v>
+        <v>949121494</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>158</v>
+        <v>176</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>204</v>
+        <v>183</v>
       </c>
       <c r="AM13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN13" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="AO13">
-        <v>29.97</v>
+        <v>11.49</v>
       </c>
       <c r="AP13" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB13" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="BC13" t="s">
-        <v>204</v>
+        <v>183</v>
       </c>
       <c r="BD13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH13">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="BI13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN13" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>239</v>
+        <v>139</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C14" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="D14">
-        <v>528255</v>
+        <v>596879</v>
       </c>
       <c r="E14">
-        <v>85.12</v>
+        <v>133.95</v>
       </c>
       <c r="F14" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="I14">
-        <v>57.42</v>
+        <v>80.85</v>
       </c>
       <c r="J14" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="K14" t="s">
         <v>73</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>201</v>
+      </c>
       <c r="M14" t="s">
-        <v>216</v>
+        <v>74</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
-      <c r="P14" t="s">
-        <v>217</v>
+      <c r="P14">
+        <v>40300946</v>
       </c>
       <c r="Q14" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="R14" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="S14" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
       <c r="T14" t="s">
-        <v>220</v>
+        <v>77</v>
       </c>
       <c r="U14" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="V14">
-        <v>528255</v>
+        <v>596879</v>
       </c>
       <c r="W14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X14">
-        <v>85.12</v>
+        <v>133.95</v>
       </c>
       <c r="Y14">
-        <v>4.1</v>
+        <v>3.8</v>
       </c>
       <c r="Z14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>202</v>
+      </c>
+      <c r="AD14">
+        <v>40300946</v>
       </c>
       <c r="AE14" t="s">
-        <v>77</v>
+        <v>206</v>
       </c>
       <c r="AF14">
-        <v>950946036</v>
+        <v>986832557</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="AM14"/>
+        <v>204</v>
+      </c>
+      <c r="AM14" t="s">
+        <v>82</v>
+      </c>
       <c r="AN14" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="AO14">
-        <v>57.42</v>
+        <v>80.85</v>
       </c>
       <c r="AP14" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
-      <c r="AY14"/>
+      <c r="AY14" t="s">
+        <v>201</v>
+      </c>
       <c r="AZ14" t="s">
-        <v>216</v>
+        <v>74</v>
       </c>
       <c r="BA14" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="BB14" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="BC14" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="BD14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH14">
-        <v>1313</v>
+        <v>2</v>
       </c>
       <c r="BI14" t="s">
-        <v>186</v>
+        <v>84</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN14" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
+        <v>509</v>
+      </c>
+      <c r="BS14"/>
+    </row>
+    <row r="15" spans="1:71">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>211</v>
+      </c>
+      <c r="C15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D15">
+        <v>596871</v>
+      </c>
+      <c r="E15">
+        <v>133.69</v>
+      </c>
+      <c r="F15" t="s">
+        <v>213</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>214</v>
+      </c>
+      <c r="I15">
+        <v>62.22</v>
+      </c>
+      <c r="J15" t="s">
+        <v>204</v>
+      </c>
+      <c r="K15" t="s">
+        <v>73</v>
+      </c>
+      <c r="L15" t="s">
+        <v>212</v>
+      </c>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15">
+        <v>41887211</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>211</v>
+      </c>
+      <c r="R15" t="s">
+        <v>215</v>
+      </c>
+      <c r="S15" t="s">
+        <v>216</v>
+      </c>
+      <c r="T15" t="s">
+        <v>77</v>
+      </c>
+      <c r="U15" t="s">
+        <v>212</v>
+      </c>
+      <c r="V15">
+        <v>596871</v>
+      </c>
+      <c r="W15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X15">
+        <v>133.69</v>
+      </c>
+      <c r="Y15">
+        <v>3.8</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>213</v>
+      </c>
+      <c r="AD15">
+        <v>41887211</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>217</v>
+      </c>
+      <c r="AF15">
+        <v>997613943</v>
+      </c>
+      <c r="AG15"/>
+      <c r="AH15" t="s">
+        <v>218</v>
+      </c>
+      <c r="AI15"/>
+      <c r="AJ15" t="s">
+        <v>219</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>204</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>214</v>
+      </c>
+      <c r="AO15">
+        <v>62.22</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>220</v>
+      </c>
+      <c r="AQ15"/>
+      <c r="AR15"/>
+      <c r="AS15"/>
+      <c r="AT15" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU15"/>
+      <c r="AV15"/>
+      <c r="AW15">
+        <v>0</v>
+      </c>
+      <c r="AX15"/>
+      <c r="AY15" t="s">
+        <v>212</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>211</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>204</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH15">
+        <v>3</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ15"/>
+      <c r="BK15"/>
+      <c r="BL15"/>
+      <c r="BM15" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN15" t="s">
+        <v>221</v>
+      </c>
+      <c r="BO15">
+        <v>0</v>
+      </c>
+      <c r="BP15"/>
+      <c r="BQ15"/>
+      <c r="BR15">
+        <v>508</v>
+      </c>
+      <c r="BS15"/>
+    </row>
+    <row r="16" spans="1:71">
+      <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>222</v>
+      </c>
+      <c r="C16" t="s">
+        <v>223</v>
+      </c>
+      <c r="D16">
+        <v>596809</v>
+      </c>
+      <c r="E16">
+        <v>55</v>
+      </c>
+      <c r="F16" t="s">
+        <v>224</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>225</v>
+      </c>
+      <c r="I16">
+        <v>24.5</v>
+      </c>
+      <c r="J16" t="s">
+        <v>226</v>
+      </c>
+      <c r="K16" t="s">
+        <v>73</v>
+      </c>
+      <c r="L16" t="s">
+        <v>223</v>
+      </c>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16">
+        <v>23850066</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>222</v>
+      </c>
+      <c r="R16" t="s">
+        <v>227</v>
+      </c>
+      <c r="S16" t="s">
+        <v>227</v>
+      </c>
+      <c r="T16" t="s">
+        <v>77</v>
+      </c>
+      <c r="U16" t="s">
+        <v>223</v>
+      </c>
+      <c r="V16">
+        <v>596809</v>
+      </c>
+      <c r="W16" t="s">
+        <v>78</v>
+      </c>
+      <c r="X16">
+        <v>55</v>
+      </c>
+      <c r="Y16">
+        <v>3.8</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>224</v>
+      </c>
+      <c r="AD16">
+        <v>23850066</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>228</v>
+      </c>
+      <c r="AF16">
+        <v>943438999</v>
+      </c>
+      <c r="AG16"/>
+      <c r="AH16" t="s">
+        <v>229</v>
+      </c>
+      <c r="AI16"/>
+      <c r="AJ16" t="s">
+        <v>230</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>226</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>225</v>
+      </c>
+      <c r="AO16">
+        <v>24.5</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>231</v>
+      </c>
+      <c r="AQ16"/>
+      <c r="AR16"/>
+      <c r="AS16"/>
+      <c r="AT16" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU16"/>
+      <c r="AV16"/>
+      <c r="AW16">
+        <v>0</v>
+      </c>
+      <c r="AX16"/>
+      <c r="AY16" t="s">
+        <v>223</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>222</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>226</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH16">
+        <v>4</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ16"/>
+      <c r="BK16"/>
+      <c r="BL16"/>
+      <c r="BM16" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN16" t="s">
+        <v>232</v>
+      </c>
+      <c r="BO16">
+        <v>0</v>
+      </c>
+      <c r="BP16"/>
+      <c r="BQ16"/>
+      <c r="BR16">
+        <v>209</v>
+      </c>
+      <c r="BS16"/>
+    </row>
+    <row r="17" spans="1:71">
+      <c r="A17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" t="s">
+        <v>233</v>
+      </c>
+      <c r="C17" t="s">
+        <v>234</v>
+      </c>
+      <c r="D17">
+        <v>596794</v>
+      </c>
+      <c r="E17">
+        <v>81.32</v>
+      </c>
+      <c r="F17" t="s">
+        <v>235</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
+        <v>236</v>
+      </c>
+      <c r="I17">
+        <v>42.49</v>
+      </c>
+      <c r="J17" t="s">
+        <v>226</v>
+      </c>
+      <c r="K17" t="s">
+        <v>73</v>
+      </c>
+      <c r="L17" t="s">
+        <v>234</v>
+      </c>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17">
+        <v>46314447</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>233</v>
+      </c>
+      <c r="R17" t="s">
+        <v>237</v>
+      </c>
+      <c r="S17" t="s">
+        <v>238</v>
+      </c>
+      <c r="T17" t="s">
+        <v>77</v>
+      </c>
+      <c r="U17" t="s">
+        <v>234</v>
+      </c>
+      <c r="V17">
+        <v>596794</v>
+      </c>
+      <c r="W17" t="s">
+        <v>78</v>
+      </c>
+      <c r="X17">
+        <v>81.32</v>
+      </c>
+      <c r="Y17">
+        <v>3.8</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>235</v>
+      </c>
+      <c r="AD17">
+        <v>46314447</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>239</v>
+      </c>
+      <c r="AF17">
+        <v>974599494</v>
+      </c>
+      <c r="AG17"/>
+      <c r="AH17" t="s">
+        <v>240</v>
+      </c>
+      <c r="AI17"/>
+      <c r="AJ17" t="s">
+        <v>176</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>226</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>236</v>
+      </c>
+      <c r="AO17">
+        <v>42.49</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>241</v>
+      </c>
+      <c r="AQ17"/>
+      <c r="AR17"/>
+      <c r="AS17"/>
+      <c r="AT17" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU17"/>
+      <c r="AV17"/>
+      <c r="AW17">
+        <v>0</v>
+      </c>
+      <c r="AX17"/>
+      <c r="AY17" t="s">
+        <v>234</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>233</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>226</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH17">
+        <v>4</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ17"/>
+      <c r="BK17"/>
+      <c r="BL17"/>
+      <c r="BM17" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN17" t="s">
+        <v>242</v>
+      </c>
+      <c r="BO17">
+        <v>0</v>
+      </c>
+      <c r="BP17"/>
+      <c r="BQ17"/>
+      <c r="BR17">
+        <v>309</v>
+      </c>
+      <c r="BS17"/>
+    </row>
+    <row r="18" spans="1:71">
+      <c r="A18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" t="s">
+        <v>243</v>
+      </c>
+      <c r="C18" t="s">
+        <v>244</v>
+      </c>
+      <c r="D18">
+        <v>596749</v>
+      </c>
+      <c r="E18">
+        <v>57.63</v>
+      </c>
+      <c r="F18" t="s">
+        <v>245</v>
+      </c>
+      <c r="G18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" t="s">
+        <v>246</v>
+      </c>
+      <c r="I18">
+        <v>14.99</v>
+      </c>
+      <c r="J18" t="s">
+        <v>226</v>
+      </c>
+      <c r="K18" t="s">
+        <v>73</v>
+      </c>
+      <c r="L18" t="s">
+        <v>244</v>
+      </c>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18">
+        <v>40679551</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>243</v>
+      </c>
+      <c r="R18" t="s">
+        <v>247</v>
+      </c>
+      <c r="S18" t="s">
+        <v>247</v>
+      </c>
+      <c r="T18" t="s">
+        <v>77</v>
+      </c>
+      <c r="U18" t="s">
+        <v>244</v>
+      </c>
+      <c r="V18">
+        <v>596749</v>
+      </c>
+      <c r="W18" t="s">
+        <v>78</v>
+      </c>
+      <c r="X18">
+        <v>57.63</v>
+      </c>
+      <c r="Y18">
+        <v>3.8</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>245</v>
+      </c>
+      <c r="AD18">
+        <v>40679551</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>248</v>
+      </c>
+      <c r="AF18">
+        <v>990297980</v>
+      </c>
+      <c r="AG18"/>
+      <c r="AH18" t="s">
+        <v>249</v>
+      </c>
+      <c r="AI18"/>
+      <c r="AJ18" t="s">
+        <v>250</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>226</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>246</v>
+      </c>
+      <c r="AO18">
+        <v>14.99</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>251</v>
+      </c>
+      <c r="AQ18"/>
+      <c r="AR18"/>
+      <c r="AS18"/>
+      <c r="AT18" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU18"/>
+      <c r="AV18"/>
+      <c r="AW18">
+        <v>0</v>
+      </c>
+      <c r="AX18"/>
+      <c r="AY18" t="s">
+        <v>244</v>
+      </c>
+      <c r="AZ18" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA18" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB18" t="s">
+        <v>243</v>
+      </c>
+      <c r="BC18" t="s">
+        <v>226</v>
+      </c>
+      <c r="BD18" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE18" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF18" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG18" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH18">
+        <v>5</v>
+      </c>
+      <c r="BI18" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ18"/>
+      <c r="BK18"/>
+      <c r="BL18"/>
+      <c r="BM18" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN18" t="s">
+        <v>252</v>
+      </c>
+      <c r="BO18">
+        <v>0</v>
+      </c>
+      <c r="BP18"/>
+      <c r="BQ18"/>
+      <c r="BR18">
+        <v>219</v>
+      </c>
+      <c r="BS18"/>
+    </row>
+    <row r="19" spans="1:71">
+      <c r="A19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" t="s">
+        <v>253</v>
+      </c>
+      <c r="C19" t="s">
+        <v>254</v>
+      </c>
+      <c r="D19">
+        <v>596691</v>
+      </c>
+      <c r="E19">
+        <v>39.21</v>
+      </c>
+      <c r="F19" t="s">
+        <v>255</v>
+      </c>
+      <c r="G19" t="s">
+        <v>70</v>
+      </c>
+      <c r="H19" t="s">
+        <v>256</v>
+      </c>
+      <c r="I19">
+        <v>13.87</v>
+      </c>
+      <c r="J19" t="s">
+        <v>257</v>
+      </c>
+      <c r="K19" t="s">
+        <v>73</v>
+      </c>
+      <c r="L19" t="s">
+        <v>254</v>
+      </c>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19">
+        <v>25702531</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>253</v>
+      </c>
+      <c r="R19" t="s">
+        <v>258</v>
+      </c>
+      <c r="S19" t="s">
+        <v>258</v>
+      </c>
+      <c r="T19" t="s">
+        <v>77</v>
+      </c>
+      <c r="U19" t="s">
+        <v>254</v>
+      </c>
+      <c r="V19">
+        <v>596691</v>
+      </c>
+      <c r="W19" t="s">
+        <v>78</v>
+      </c>
+      <c r="X19">
+        <v>39.21</v>
+      </c>
+      <c r="Y19">
+        <v>3.8</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>255</v>
+      </c>
+      <c r="AD19">
+        <v>25702531</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>259</v>
+      </c>
+      <c r="AF19">
+        <v>914218572</v>
+      </c>
+      <c r="AG19"/>
+      <c r="AH19" t="s">
+        <v>260</v>
+      </c>
+      <c r="AI19"/>
+      <c r="AJ19" t="s">
+        <v>261</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>257</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>256</v>
+      </c>
+      <c r="AO19">
+        <v>13.87</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>262</v>
+      </c>
+      <c r="AQ19"/>
+      <c r="AR19"/>
+      <c r="AS19"/>
+      <c r="AT19" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU19"/>
+      <c r="AV19"/>
+      <c r="AW19">
+        <v>0</v>
+      </c>
+      <c r="AX19"/>
+      <c r="AY19" t="s">
+        <v>254</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>253</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>257</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH19">
+        <v>5</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ19"/>
+      <c r="BK19"/>
+      <c r="BL19"/>
+      <c r="BM19" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN19" t="s">
+        <v>263</v>
+      </c>
+      <c r="BO19">
+        <v>0</v>
+      </c>
+      <c r="BP19"/>
+      <c r="BQ19"/>
+      <c r="BR19">
+        <v>149</v>
+      </c>
+      <c r="BS19"/>
+    </row>
+    <row r="20" spans="1:71">
+      <c r="A20" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" t="s">
+        <v>264</v>
+      </c>
+      <c r="C20" t="s">
+        <v>265</v>
+      </c>
+      <c r="D20">
+        <v>596679</v>
+      </c>
+      <c r="E20">
+        <v>120.79</v>
+      </c>
+      <c r="F20" t="s">
+        <v>266</v>
+      </c>
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20" t="s">
+        <v>267</v>
+      </c>
+      <c r="I20">
+        <v>64</v>
+      </c>
+      <c r="J20" t="s">
+        <v>257</v>
+      </c>
+      <c r="K20" t="s">
+        <v>73</v>
+      </c>
+      <c r="L20" t="s">
+        <v>265</v>
+      </c>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20">
+        <v>74817761</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>264</v>
+      </c>
+      <c r="R20" t="s">
+        <v>268</v>
+      </c>
+      <c r="S20" t="s">
+        <v>268</v>
+      </c>
+      <c r="T20" t="s">
+        <v>77</v>
+      </c>
+      <c r="U20" t="s">
+        <v>265</v>
+      </c>
+      <c r="V20">
+        <v>596679</v>
+      </c>
+      <c r="W20" t="s">
+        <v>78</v>
+      </c>
+      <c r="X20">
+        <v>120.79</v>
+      </c>
+      <c r="Y20">
+        <v>3.8</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>266</v>
+      </c>
+      <c r="AD20">
+        <v>74817761</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>269</v>
+      </c>
+      <c r="AF20">
+        <v>992703400</v>
+      </c>
+      <c r="AG20"/>
+      <c r="AH20" t="s">
+        <v>270</v>
+      </c>
+      <c r="AI20"/>
+      <c r="AJ20" t="s">
+        <v>271</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>257</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>267</v>
+      </c>
+      <c r="AO20">
+        <v>64</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>94</v>
+      </c>
+      <c r="AQ20"/>
+      <c r="AR20"/>
+      <c r="AS20"/>
+      <c r="AT20" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU20"/>
+      <c r="AV20"/>
+      <c r="AW20">
+        <v>0</v>
+      </c>
+      <c r="AX20"/>
+      <c r="AY20" t="s">
+        <v>265</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>264</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>257</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE20" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF20" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG20" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH20">
+        <v>5</v>
+      </c>
+      <c r="BI20" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ20"/>
+      <c r="BK20"/>
+      <c r="BL20"/>
+      <c r="BM20" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN20" t="s">
+        <v>272</v>
+      </c>
+      <c r="BO20">
+        <v>0</v>
+      </c>
+      <c r="BP20"/>
+      <c r="BQ20"/>
+      <c r="BR20">
+        <v>459</v>
+      </c>
+      <c r="BS20"/>
+    </row>
+    <row r="21" spans="1:71">
+      <c r="A21" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" t="s">
+        <v>273</v>
+      </c>
+      <c r="C21" t="s">
+        <v>274</v>
+      </c>
+      <c r="D21">
+        <v>596608</v>
+      </c>
+      <c r="E21">
+        <v>78.68</v>
+      </c>
+      <c r="F21" t="s">
+        <v>275</v>
+      </c>
+      <c r="G21" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21" t="s">
+        <v>276</v>
+      </c>
+      <c r="I21">
+        <v>39.9</v>
+      </c>
+      <c r="J21" t="s">
+        <v>277</v>
+      </c>
+      <c r="K21" t="s">
+        <v>73</v>
+      </c>
+      <c r="L21" t="s">
+        <v>274</v>
+      </c>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21"/>
+      <c r="O21"/>
+      <c r="P21">
+        <v>29643097</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>273</v>
+      </c>
+      <c r="R21" t="s">
+        <v>278</v>
+      </c>
+      <c r="S21" t="s">
+        <v>278</v>
+      </c>
+      <c r="T21" t="s">
+        <v>77</v>
+      </c>
+      <c r="U21" t="s">
+        <v>274</v>
+      </c>
+      <c r="V21">
+        <v>596608</v>
+      </c>
+      <c r="W21" t="s">
+        <v>78</v>
+      </c>
+      <c r="X21">
+        <v>78.68</v>
+      </c>
+      <c r="Y21">
+        <v>3.8</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>275</v>
+      </c>
+      <c r="AD21">
+        <v>29643097</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>279</v>
+      </c>
+      <c r="AF21">
+        <v>959789487</v>
+      </c>
+      <c r="AG21"/>
+      <c r="AH21" t="s">
+        <v>280</v>
+      </c>
+      <c r="AI21"/>
+      <c r="AJ21" t="s">
+        <v>281</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>277</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>276</v>
+      </c>
+      <c r="AO21">
+        <v>39.9</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>282</v>
+      </c>
+      <c r="AQ21"/>
+      <c r="AR21"/>
+      <c r="AS21"/>
+      <c r="AT21" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU21"/>
+      <c r="AV21"/>
+      <c r="AW21">
+        <v>0</v>
+      </c>
+      <c r="AX21"/>
+      <c r="AY21" t="s">
+        <v>274</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB21" t="s">
+        <v>273</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>277</v>
+      </c>
+      <c r="BD21" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE21" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF21" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG21" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH21">
+        <v>7</v>
+      </c>
+      <c r="BI21" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ21"/>
+      <c r="BK21"/>
+      <c r="BL21"/>
+      <c r="BM21" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN21" t="s">
+        <v>283</v>
+      </c>
+      <c r="BO21">
+        <v>0</v>
+      </c>
+      <c r="BP21"/>
+      <c r="BQ21"/>
+      <c r="BR21">
+        <v>299</v>
+      </c>
+      <c r="BS21"/>
+    </row>
+    <row r="22" spans="1:71">
+      <c r="A22" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" t="s">
+        <v>284</v>
+      </c>
+      <c r="C22" t="s">
+        <v>285</v>
+      </c>
+      <c r="D22">
+        <v>596543</v>
+      </c>
+      <c r="E22">
+        <v>112.89</v>
+      </c>
+      <c r="F22" t="s">
+        <v>286</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22" t="s">
+        <v>287</v>
+      </c>
+      <c r="I22">
+        <v>49.8</v>
+      </c>
+      <c r="J22" t="s">
+        <v>288</v>
+      </c>
+      <c r="K22" t="s">
+        <v>73</v>
+      </c>
+      <c r="L22" t="s">
+        <v>285</v>
+      </c>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22"/>
+      <c r="O22"/>
+      <c r="P22">
+        <v>70344798</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>284</v>
+      </c>
+      <c r="R22" t="s">
+        <v>289</v>
+      </c>
+      <c r="S22" t="s">
+        <v>290</v>
+      </c>
+      <c r="T22" t="s">
+        <v>77</v>
+      </c>
+      <c r="U22" t="s">
+        <v>285</v>
+      </c>
+      <c r="V22">
+        <v>596543</v>
+      </c>
+      <c r="W22" t="s">
+        <v>78</v>
+      </c>
+      <c r="X22">
+        <v>112.89</v>
+      </c>
+      <c r="Y22">
+        <v>3.8</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>286</v>
+      </c>
+      <c r="AD22">
+        <v>70344798</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>291</v>
+      </c>
+      <c r="AF22">
+        <v>997614351</v>
+      </c>
+      <c r="AG22"/>
+      <c r="AH22" t="s">
+        <v>292</v>
+      </c>
+      <c r="AI22"/>
+      <c r="AJ22" t="s">
+        <v>81</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>288</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>287</v>
+      </c>
+      <c r="AO22">
+        <v>49.8</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>293</v>
+      </c>
+      <c r="AQ22"/>
+      <c r="AR22"/>
+      <c r="AS22"/>
+      <c r="AT22" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU22"/>
+      <c r="AV22"/>
+      <c r="AW22">
+        <v>0</v>
+      </c>
+      <c r="AX22"/>
+      <c r="AY22" t="s">
+        <v>285</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB22" t="s">
+        <v>284</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>288</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE22" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG22" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH22">
+        <v>7</v>
+      </c>
+      <c r="BI22" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ22"/>
+      <c r="BK22"/>
+      <c r="BL22"/>
+      <c r="BM22" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN22" t="s">
+        <v>294</v>
+      </c>
+      <c r="BO22">
+        <v>0</v>
+      </c>
+      <c r="BP22"/>
+      <c r="BQ22"/>
+      <c r="BR22">
+        <v>429</v>
+      </c>
+      <c r="BS22"/>
+    </row>
+    <row r="23" spans="1:71">
+      <c r="A23" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" t="s">
+        <v>295</v>
+      </c>
+      <c r="C23" t="s">
+        <v>296</v>
+      </c>
+      <c r="D23">
+        <v>596497</v>
+      </c>
+      <c r="E23">
+        <v>52.37</v>
+      </c>
+      <c r="F23" t="s">
+        <v>297</v>
+      </c>
+      <c r="G23" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" t="s">
+        <v>298</v>
+      </c>
+      <c r="I23">
+        <v>23.99</v>
+      </c>
+      <c r="J23" t="s">
+        <v>299</v>
+      </c>
+      <c r="K23" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23" t="s">
+        <v>296</v>
+      </c>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23">
+        <v>10268815</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>295</v>
+      </c>
+      <c r="R23" t="s">
+        <v>300</v>
+      </c>
+      <c r="S23" t="s">
+        <v>300</v>
+      </c>
+      <c r="T23" t="s">
+        <v>77</v>
+      </c>
+      <c r="U23" t="s">
+        <v>296</v>
+      </c>
+      <c r="V23">
+        <v>596497</v>
+      </c>
+      <c r="W23" t="s">
+        <v>78</v>
+      </c>
+      <c r="X23">
+        <v>52.37</v>
+      </c>
+      <c r="Y23">
+        <v>3.8</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>297</v>
+      </c>
+      <c r="AD23">
+        <v>10268815</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>301</v>
+      </c>
+      <c r="AF23">
+        <v>996600792</v>
+      </c>
+      <c r="AG23"/>
+      <c r="AH23" t="s">
+        <v>302</v>
+      </c>
+      <c r="AI23"/>
+      <c r="AJ23" t="s">
+        <v>176</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>299</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>298</v>
+      </c>
+      <c r="AO23">
+        <v>23.99</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>303</v>
+      </c>
+      <c r="AQ23"/>
+      <c r="AR23"/>
+      <c r="AS23"/>
+      <c r="AT23" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU23"/>
+      <c r="AV23"/>
+      <c r="AW23">
+        <v>0</v>
+      </c>
+      <c r="AX23"/>
+      <c r="AY23" t="s">
+        <v>296</v>
+      </c>
+      <c r="AZ23" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA23" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB23" t="s">
+        <v>295</v>
+      </c>
+      <c r="BC23" t="s">
+        <v>299</v>
+      </c>
+      <c r="BD23" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE23" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF23" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG23" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH23">
+        <v>9</v>
+      </c>
+      <c r="BI23" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ23"/>
+      <c r="BK23"/>
+      <c r="BL23"/>
+      <c r="BM23" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN23" t="s">
+        <v>304</v>
+      </c>
+      <c r="BO23">
+        <v>0</v>
+      </c>
+      <c r="BP23"/>
+      <c r="BQ23"/>
+      <c r="BR23">
+        <v>199</v>
+      </c>
+      <c r="BS23"/>
+    </row>
+    <row r="24" spans="1:71">
+      <c r="A24" t="s">
+        <v>66</v>
+      </c>
+      <c r="B24" t="s">
+        <v>305</v>
+      </c>
+      <c r="C24" t="s">
+        <v>306</v>
+      </c>
+      <c r="D24">
+        <v>595900</v>
+      </c>
+      <c r="E24">
+        <v>49.74</v>
+      </c>
+      <c r="F24" t="s">
+        <v>307</v>
+      </c>
+      <c r="G24" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24" t="s">
+        <v>308</v>
+      </c>
+      <c r="I24">
+        <v>19.99</v>
+      </c>
+      <c r="J24" t="s">
+        <v>309</v>
+      </c>
+      <c r="K24" t="s">
+        <v>73</v>
+      </c>
+      <c r="L24" t="s">
+        <v>306</v>
+      </c>
+      <c r="M24" t="s">
+        <v>74</v>
+      </c>
+      <c r="N24"/>
+      <c r="O24"/>
+      <c r="P24">
+        <v>41003478</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>305</v>
+      </c>
+      <c r="R24" t="s">
+        <v>310</v>
+      </c>
+      <c r="S24" t="s">
+        <v>310</v>
+      </c>
+      <c r="T24" t="s">
+        <v>77</v>
+      </c>
+      <c r="U24" t="s">
+        <v>306</v>
+      </c>
+      <c r="V24">
+        <v>595900</v>
+      </c>
+      <c r="W24" t="s">
+        <v>78</v>
+      </c>
+      <c r="X24">
+        <v>49.74</v>
+      </c>
+      <c r="Y24">
+        <v>3.8</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>307</v>
+      </c>
+      <c r="AD24">
+        <v>41003478</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>311</v>
+      </c>
+      <c r="AF24">
+        <v>917390105</v>
+      </c>
+      <c r="AG24"/>
+      <c r="AH24" t="s">
+        <v>312</v>
+      </c>
+      <c r="AI24"/>
+      <c r="AJ24" t="s">
+        <v>313</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>309</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>308</v>
+      </c>
+      <c r="AO24">
+        <v>19.99</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>314</v>
+      </c>
+      <c r="AQ24"/>
+      <c r="AR24"/>
+      <c r="AS24"/>
+      <c r="AT24" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU24"/>
+      <c r="AV24"/>
+      <c r="AW24">
+        <v>0</v>
+      </c>
+      <c r="AX24"/>
+      <c r="AY24" t="s">
+        <v>306</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB24" t="s">
+        <v>305</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>309</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH24">
+        <v>19</v>
+      </c>
+      <c r="BI24" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ24"/>
+      <c r="BK24"/>
+      <c r="BL24"/>
+      <c r="BM24" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN24" t="s">
+        <v>315</v>
+      </c>
+      <c r="BO24">
+        <v>0</v>
+      </c>
+      <c r="BP24"/>
+      <c r="BQ24"/>
+      <c r="BR24">
+        <v>189</v>
+      </c>
+      <c r="BS24"/>
+    </row>
+    <row r="25" spans="1:71">
+      <c r="A25" t="s">
+        <v>66</v>
+      </c>
+      <c r="B25" t="s">
+        <v>316</v>
+      </c>
+      <c r="C25" t="s">
+        <v>317</v>
+      </c>
+      <c r="D25">
+        <v>595235</v>
+      </c>
+      <c r="E25">
+        <v>36.58</v>
+      </c>
+      <c r="F25" t="s">
+        <v>318</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25" t="s">
+        <v>319</v>
+      </c>
+      <c r="I25">
+        <v>30.15</v>
+      </c>
+      <c r="J25" t="s">
+        <v>320</v>
+      </c>
+      <c r="K25" t="s">
+        <v>73</v>
+      </c>
+      <c r="L25" t="s">
+        <v>317</v>
+      </c>
+      <c r="M25" t="s">
+        <v>74</v>
+      </c>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25">
+        <v>72690082</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>316</v>
+      </c>
+      <c r="R25" t="s">
+        <v>321</v>
+      </c>
+      <c r="S25" t="s">
+        <v>321</v>
+      </c>
+      <c r="T25" t="s">
+        <v>77</v>
+      </c>
+      <c r="U25" t="s">
+        <v>317</v>
+      </c>
+      <c r="V25">
+        <v>595235</v>
+      </c>
+      <c r="W25" t="s">
+        <v>78</v>
+      </c>
+      <c r="X25">
+        <v>36.58</v>
+      </c>
+      <c r="Y25">
+        <v>3.8</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>318</v>
+      </c>
+      <c r="AD25">
+        <v>72690082</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>322</v>
+      </c>
+      <c r="AF25">
+        <v>980910740</v>
+      </c>
+      <c r="AG25"/>
+      <c r="AH25" t="s">
+        <v>323</v>
+      </c>
+      <c r="AI25"/>
+      <c r="AJ25" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL25" t="s">
+        <v>320</v>
+      </c>
+      <c r="AM25" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN25" t="s">
+        <v>319</v>
+      </c>
+      <c r="AO25">
+        <v>30.15</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>324</v>
+      </c>
+      <c r="AQ25"/>
+      <c r="AR25"/>
+      <c r="AS25"/>
+      <c r="AT25" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU25"/>
+      <c r="AV25"/>
+      <c r="AW25">
+        <v>0</v>
+      </c>
+      <c r="AX25"/>
+      <c r="AY25" t="s">
+        <v>317</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>316</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>320</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE25" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF25" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG25" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH25">
+        <v>34</v>
+      </c>
+      <c r="BI25" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ25"/>
+      <c r="BK25"/>
+      <c r="BL25"/>
+      <c r="BM25" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN25" t="s">
+        <v>325</v>
+      </c>
+      <c r="BO25">
+        <v>0</v>
+      </c>
+      <c r="BP25"/>
+      <c r="BQ25"/>
+      <c r="BR25">
+        <v>139</v>
+      </c>
+      <c r="BS25"/>
+    </row>
+    <row r="26" spans="1:71">
+      <c r="A26" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" t="s">
+        <v>326</v>
+      </c>
+      <c r="C26" t="s">
+        <v>327</v>
+      </c>
+      <c r="D26">
+        <v>528255</v>
+      </c>
+      <c r="E26">
+        <v>85.12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>328</v>
+      </c>
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26" t="s">
+        <v>329</v>
+      </c>
+      <c r="I26">
+        <v>57.42</v>
+      </c>
+      <c r="J26" t="s">
+        <v>330</v>
+      </c>
+      <c r="K26" t="s">
+        <v>73</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>331</v>
+      </c>
+      <c r="N26"/>
+      <c r="O26"/>
+      <c r="P26" t="s">
+        <v>332</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>326</v>
+      </c>
+      <c r="R26" t="s">
+        <v>333</v>
+      </c>
+      <c r="S26" t="s">
+        <v>334</v>
+      </c>
+      <c r="T26" t="s">
+        <v>335</v>
+      </c>
+      <c r="U26" t="s">
+        <v>327</v>
+      </c>
+      <c r="V26">
+        <v>528255</v>
+      </c>
+      <c r="W26" t="s">
+        <v>78</v>
+      </c>
+      <c r="X26">
+        <v>85.12</v>
+      </c>
+      <c r="Y26">
+        <v>4.1</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>328</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>332</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF26">
+        <v>950946036</v>
+      </c>
+      <c r="AG26"/>
+      <c r="AH26" t="s">
+        <v>336</v>
+      </c>
+      <c r="AI26"/>
+      <c r="AJ26" t="s">
+        <v>176</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>330</v>
+      </c>
+      <c r="AM26"/>
+      <c r="AN26" t="s">
+        <v>329</v>
+      </c>
+      <c r="AO26">
+        <v>57.42</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>337</v>
+      </c>
+      <c r="AQ26"/>
+      <c r="AR26"/>
+      <c r="AS26"/>
+      <c r="AT26" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU26"/>
+      <c r="AV26"/>
+      <c r="AW26">
+        <v>0</v>
+      </c>
+      <c r="AX26"/>
+      <c r="AY26"/>
+      <c r="AZ26" t="s">
+        <v>331</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>326</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>330</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG26" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH26">
+        <v>1359</v>
+      </c>
+      <c r="BI26" t="s">
+        <v>338</v>
+      </c>
+      <c r="BJ26"/>
+      <c r="BK26"/>
+      <c r="BL26"/>
+      <c r="BM26" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN26" t="s">
+        <v>339</v>
+      </c>
+      <c r="BO26">
+        <v>0</v>
+      </c>
+      <c r="BP26"/>
+      <c r="BQ26"/>
+      <c r="BR26">
         <v>349</v>
       </c>
-      <c r="BS14"/>
+      <c r="BS26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>