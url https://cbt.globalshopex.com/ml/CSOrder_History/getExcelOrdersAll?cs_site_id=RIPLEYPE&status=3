--- v1 (2025-11-26)
+++ v2 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,102 +215,198 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
+    <t>2025-11-26 17:48:15</t>
+  </si>
+  <si>
+    <t>7431433901-A</t>
+  </si>
+  <si>
+    <t>Gian Carlos Paucar Espinoza</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>/114-0297865-5258626</t>
+  </si>
+  <si>
+    <t>2025-11-26 00:00:00</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>tracking_code_created</t>
+  </si>
+  <si>
+    <t>2025-11-26 17:48:16</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--980584915</t>
+  </si>
+  <si>
+    <t>Jr Garcilaso de la Vega 1871, 1 pis</t>
+  </si>
+  <si>
+    <t>LINCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B099LZ2BGB</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-26 18:53:40</t>
+  </si>
+  <si>
+    <t>2025-11-26 14:42:49</t>
+  </si>
+  <si>
+    <t>7431116001-A</t>
+  </si>
+  <si>
+    <t>Lely Villanueva Alvarez</t>
+  </si>
+  <si>
+    <t>/ 113-0487957-5854660</t>
+  </si>
+  <si>
+    <t>2025-11-26 14:42:51</t>
+  </si>
+  <si>
+    <t>--993833930</t>
+  </si>
+  <si>
+    <t>Jr philipp von leonard 297, Dpto</t>
+  </si>
+  <si>
+    <t>SAN BORJA</t>
+  </si>
+  <si>
+    <t>/B092VQ2P3L</t>
+  </si>
+  <si>
+    <t>2025-11-26 15:53:40</t>
+  </si>
+  <si>
+    <t>2025-11-26 13:38:01</t>
+  </si>
+  <si>
+    <t>7431037601-A</t>
+  </si>
+  <si>
+    <t>Carolina Taira</t>
+  </si>
+  <si>
+    <t>/113-9208670-1595460</t>
+  </si>
+  <si>
+    <t>2025-11-26 13:38:02</t>
+  </si>
+  <si>
+    <t>2025-11-26 13:38:03</t>
+  </si>
+  <si>
+    <t>--922127263</t>
+  </si>
+  <si>
+    <t>Av.balta 203 203, Casa</t>
+  </si>
+  <si>
+    <t>CHICLAYO</t>
+  </si>
+  <si>
+    <t>/B00422MQHC</t>
+  </si>
+  <si>
+    <t>2025-11-26 13:53:40</t>
+  </si>
+  <si>
     <t>2025-11-25 21:57:33</t>
   </si>
   <si>
     <t>7430054603-A</t>
   </si>
   <si>
     <t>Luz Tapia Mendoza</t>
   </si>
   <si>
-    <t>PE</t>
-[...1 lines deleted...]
-  <si>
     <t>/111-4626261-7322625</t>
   </si>
   <si>
     <t>2025-11-25 00:00:00</t>
   </si>
   <si>
-    <t>Purchased</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-11-25 21:57:35</t>
   </si>
   <si>
     <t>2025-11-25 21:57:36</t>
   </si>
   <si>
-    <t>SHIPPING</t>
-[...4 lines deleted...]
-  <si>
     <t>--965326960</t>
   </si>
   <si>
     <t xml:space="preserve">SECTOR 1 GRUPO 19 MANZANA D LOTE 11 11, </t>
   </si>
   <si>
     <t>VILLA EL SALVADOR</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...1 lines deleted...]
-  <si>
     <t>/B08PYS1YKW</t>
-  </si>
-[...1 lines deleted...]
-    <t>manual</t>
   </si>
   <si>
     <t>2025-11-25 22:53:40</t>
   </si>
   <si>
     <t>2025-11-25 14:24:31</t>
   </si>
   <si>
     <t>7429343101-A</t>
   </si>
   <si>
     <t>Alejandra Cornejo Callata</t>
   </si>
   <si>
     <t>/111-6224999-6065851</t>
   </si>
   <si>
     <t>2025-11-25 14:24:33</t>
   </si>
   <si>
     <t>--987605751</t>
   </si>
   <si>
     <t>Calle Luna Pizarro 408 408, 101</t>
   </si>
@@ -1378,51 +1474,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS26"/>
+  <dimension ref="A1:BS29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1612,4599 +1708,5136 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>597110</v>
+        <v>597198</v>
       </c>
       <c r="E2">
-        <v>47.11</v>
+        <v>168.16</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>16.99</v>
+        <v>91</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2">
-        <v>40755356</v>
+        <v>42755755</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
+        <v>75</v>
+      </c>
+      <c r="T2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>597110</v>
+        <v>597198</v>
       </c>
       <c r="W2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X2">
-        <v>47.11</v>
+        <v>168.16</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>40755356</v>
+        <v>42755755</v>
       </c>
       <c r="AE2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AF2">
-        <v>965326960</v>
+        <v>980584915</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>16.99</v>
+        <v>91</v>
       </c>
       <c r="AP2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH2">
         <v>0</v>
       </c>
       <c r="BI2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>179</v>
+        <v>639</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
         <v>86</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>597189</v>
+      </c>
+      <c r="E3">
+        <v>160.26</v>
+      </c>
+      <c r="F3" t="s">
         <v>87</v>
       </c>
-      <c r="D3">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
         <v>88</v>
       </c>
-      <c r="G3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I3">
-        <v>64</v>
+        <v>84.79</v>
       </c>
       <c r="J3" t="s">
         <v>72</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3">
-        <v>72215424</v>
+        <v>42591232</v>
       </c>
       <c r="Q3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R3" t="s">
+        <v>89</v>
+      </c>
+      <c r="S3" t="s">
+        <v>89</v>
+      </c>
+      <c r="T3" t="s">
+        <v>76</v>
+      </c>
+      <c r="U3" t="s">
         <v>86</v>
       </c>
-      <c r="R3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V3">
-        <v>597081</v>
+        <v>597189</v>
       </c>
       <c r="W3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X3">
-        <v>120.79</v>
+        <v>160.26</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AD3">
-        <v>72215424</v>
+        <v>42591232</v>
       </c>
       <c r="AE3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AF3">
-        <v>987605751</v>
+        <v>993833930</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>72</v>
       </c>
       <c r="AM3" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AO3">
-        <v>64</v>
+        <v>84.79</v>
       </c>
       <c r="AP3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BC3" t="s">
         <v>72</v>
       </c>
       <c r="BD3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH3">
         <v>0</v>
       </c>
       <c r="BI3" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>459</v>
+        <v>609</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" t="s">
         <v>96</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>597136</v>
+      </c>
+      <c r="E4">
+        <v>39.21</v>
+      </c>
+      <c r="F4" t="s">
         <v>97</v>
       </c>
-      <c r="D4">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
         <v>98</v>
       </c>
-      <c r="G4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I4">
-        <v>44.99</v>
+        <v>13.52</v>
       </c>
       <c r="J4" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>41884950</v>
+        <v>41628589</v>
       </c>
       <c r="Q4" t="s">
+        <v>95</v>
+      </c>
+      <c r="R4" t="s">
+        <v>99</v>
+      </c>
+      <c r="S4" t="s">
+        <v>100</v>
+      </c>
+      <c r="T4" t="s">
+        <v>76</v>
+      </c>
+      <c r="U4" t="s">
         <v>96</v>
       </c>
-      <c r="R4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V4">
-        <v>597050</v>
+        <v>597136</v>
       </c>
       <c r="W4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X4">
-        <v>83.95</v>
+        <v>39.21</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AD4">
-        <v>41884950</v>
+        <v>41628589</v>
       </c>
       <c r="AE4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="AF4">
-        <v>930328551</v>
+        <v>922127263</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="AM4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AO4">
-        <v>44.99</v>
+        <v>13.52</v>
       </c>
       <c r="AP4" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
-      <c r="AW4">
-[...1 lines deleted...]
-      </c>
+      <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
-      <c r="BA4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA4"/>
       <c r="BB4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="BC4" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="BD4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH4">
         <v>0</v>
       </c>
       <c r="BI4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>319</v>
+        <v>149</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D5">
+        <v>597110</v>
+      </c>
+      <c r="E5">
+        <v>47.11</v>
+      </c>
+      <c r="F5" t="s">
+        <v>108</v>
+      </c>
+      <c r="G5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5" t="s">
         <v>109</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5">
+        <v>16.99</v>
+      </c>
+      <c r="J5" t="s">
         <v>110</v>
-      </c>
-[...19 lines deleted...]
-        <v>100</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
-        <v>43431197</v>
+        <v>40755356</v>
       </c>
       <c r="Q5" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="R5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="S5" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="T5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U5" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="V5">
-        <v>597034</v>
+        <v>597110</v>
       </c>
       <c r="W5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X5">
-        <v>33.95</v>
+        <v>47.11</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="AD5">
-        <v>43431197</v>
+        <v>40755356</v>
       </c>
       <c r="AE5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AF5">
-        <v>930212167</v>
+        <v>965326960</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO5">
+        <v>16.99</v>
+      </c>
+      <c r="AP5" t="s">
         <v>116</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
-      <c r="AW5">
-[...1 lines deleted...]
-      </c>
+      <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
-      <c r="BA5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA5"/>
       <c r="BB5" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="BC5" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="BD5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH5">
         <v>1</v>
       </c>
       <c r="BI5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN5" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>129</v>
+        <v>179</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
+        <v>118</v>
+      </c>
+      <c r="C6" t="s">
         <v>119</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>597081</v>
+      </c>
+      <c r="E6">
+        <v>120.79</v>
+      </c>
+      <c r="F6" t="s">
         <v>120</v>
       </c>
-      <c r="D6">
-[...5 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
         <v>121</v>
       </c>
-      <c r="G6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I6">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="J6" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
-        <v>46089910</v>
+        <v>72215424</v>
       </c>
       <c r="Q6" t="s">
+        <v>118</v>
+      </c>
+      <c r="R6" t="s">
+        <v>122</v>
+      </c>
+      <c r="S6" t="s">
+        <v>122</v>
+      </c>
+      <c r="T6" t="s">
+        <v>76</v>
+      </c>
+      <c r="U6" t="s">
         <v>119</v>
       </c>
-      <c r="R6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V6">
-        <v>597015</v>
+        <v>597081</v>
       </c>
       <c r="W6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X6">
-        <v>60.26</v>
+        <v>120.79</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AD6">
-        <v>46089910</v>
+        <v>72215424</v>
       </c>
       <c r="AE6" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AF6">
-        <v>932582881</v>
+        <v>987605751</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="AM6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AO6">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="AP6" t="s">
         <v>126</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
-      <c r="AW6">
-[...1 lines deleted...]
-      </c>
+      <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
-      <c r="BA6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA6"/>
       <c r="BB6" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="BC6" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="BD6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH6">
         <v>1</v>
       </c>
       <c r="BI6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN6" t="s">
         <v>127</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>229</v>
+        <v>459</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>128</v>
       </c>
       <c r="C7" t="s">
         <v>129</v>
       </c>
       <c r="D7">
-        <v>596947</v>
+        <v>597050</v>
       </c>
       <c r="E7">
-        <v>105</v>
+        <v>83.95</v>
       </c>
       <c r="F7" t="s">
         <v>130</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>131</v>
       </c>
       <c r="I7">
-        <v>59.87</v>
+        <v>44.99</v>
       </c>
       <c r="J7" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7" t="s">
         <v>129</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
-        <v>80404445</v>
+        <v>41884950</v>
       </c>
       <c r="Q7" t="s">
         <v>128</v>
       </c>
       <c r="R7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="S7" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="T7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U7" t="s">
         <v>129</v>
       </c>
       <c r="V7">
-        <v>596947</v>
+        <v>597050</v>
       </c>
       <c r="W7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X7">
-        <v>105</v>
+        <v>83.95</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
         <v>130</v>
       </c>
       <c r="AD7">
-        <v>80404445</v>
+        <v>41884950</v>
       </c>
       <c r="AE7" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AF7">
-        <v>945536742</v>
+        <v>930328551</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="AM7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN7" t="s">
         <v>131</v>
       </c>
       <c r="AO7">
-        <v>59.87</v>
+        <v>44.99</v>
       </c>
       <c r="AP7" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7" t="s">
         <v>129</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB7" t="s">
         <v>128</v>
       </c>
       <c r="BC7" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="BD7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH7">
         <v>1</v>
       </c>
       <c r="BI7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN7" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>399</v>
+        <v>319</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C8" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D8">
-        <v>596941</v>
+        <v>597034</v>
       </c>
       <c r="E8">
-        <v>70.79</v>
+        <v>33.95</v>
       </c>
       <c r="F8" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="I8">
-        <v>33.49</v>
+        <v>9.99</v>
       </c>
       <c r="J8" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8">
-        <v>42773709</v>
+        <v>43431197</v>
       </c>
       <c r="Q8" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="R8" t="s">
+        <v>145</v>
+      </c>
+      <c r="S8" t="s">
+        <v>145</v>
+      </c>
+      <c r="T8" t="s">
+        <v>76</v>
+      </c>
+      <c r="U8" t="s">
         <v>142</v>
       </c>
-      <c r="S8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V8">
-        <v>596941</v>
+        <v>597034</v>
       </c>
       <c r="W8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X8">
-        <v>70.79</v>
+        <v>33.95</v>
       </c>
       <c r="Y8">
         <v>3.8</v>
       </c>
       <c r="Z8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="AD8">
-        <v>42773709</v>
+        <v>43431197</v>
       </c>
       <c r="AE8" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="AF8">
-        <v>960484950</v>
+        <v>930212167</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="AM8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN8" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="AO8">
-        <v>33.49</v>
+        <v>9.99</v>
       </c>
       <c r="AP8" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB8" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="BC8" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="BD8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH8">
         <v>2</v>
       </c>
       <c r="BI8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN8" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>269</v>
+        <v>129</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D9">
-        <v>596934</v>
+        <v>597015</v>
       </c>
       <c r="E9">
-        <v>86.58</v>
+        <v>60.26</v>
       </c>
       <c r="F9" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="I9">
-        <v>46.61</v>
+        <v>0</v>
       </c>
       <c r="J9" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
-      <c r="P9" t="s">
+      <c r="P9">
+        <v>46089910</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>151</v>
+      </c>
+      <c r="R9" t="s">
+        <v>155</v>
+      </c>
+      <c r="S9" t="s">
+        <v>155</v>
+      </c>
+      <c r="T9" t="s">
+        <v>76</v>
+      </c>
+      <c r="U9" t="s">
         <v>152</v>
       </c>
-      <c r="Q9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V9">
-        <v>596934</v>
+        <v>597015</v>
       </c>
       <c r="W9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X9">
-        <v>86.58</v>
+        <v>60.26</v>
       </c>
       <c r="Y9">
         <v>3.8</v>
       </c>
       <c r="Z9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>153</v>
+      </c>
+      <c r="AD9">
+        <v>46089910</v>
       </c>
       <c r="AE9" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="AF9">
-        <v>924775691</v>
+        <v>932582881</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>156</v>
+        <v>137</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="AM9" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN9" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="AO9">
-        <v>46.61</v>
+        <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB9" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="BC9" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="BD9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH9">
         <v>2</v>
       </c>
       <c r="BI9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN9" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>329</v>
+        <v>229</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D10">
-        <v>596930</v>
+        <v>596947</v>
       </c>
       <c r="E10">
-        <v>220.79</v>
+        <v>105</v>
       </c>
       <c r="F10" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I10">
-        <v>129.99</v>
+        <v>59.87</v>
       </c>
       <c r="J10" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10">
-        <v>46093514</v>
+        <v>80404445</v>
       </c>
       <c r="Q10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="R10" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="S10" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="T10" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="V10">
-        <v>596930</v>
+        <v>596947</v>
       </c>
       <c r="W10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X10">
-        <v>220.79</v>
+        <v>105</v>
       </c>
       <c r="Y10">
         <v>3.8</v>
       </c>
       <c r="Z10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AD10">
-        <v>46093514</v>
+        <v>80404445</v>
       </c>
       <c r="AE10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AF10">
-        <v>950127415</v>
+        <v>945536742</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="AM10" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN10" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AO10">
-        <v>129.99</v>
+        <v>59.87</v>
       </c>
       <c r="AP10" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="BC10" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="BD10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH10">
         <v>2</v>
       </c>
       <c r="BI10" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN10" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>839</v>
+        <v>399</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D11">
-        <v>596929</v>
+        <v>596941</v>
       </c>
       <c r="E11">
-        <v>57.63</v>
+        <v>70.79</v>
       </c>
       <c r="F11" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I11">
-        <v>24.97</v>
+        <v>33.49</v>
       </c>
       <c r="J11" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
       <c r="L11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
-        <v>45420029</v>
+        <v>42773709</v>
       </c>
       <c r="Q11" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="R11" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S11" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="T11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="V11">
-        <v>596929</v>
+        <v>596941</v>
       </c>
       <c r="W11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X11">
-        <v>57.63</v>
+        <v>70.79</v>
       </c>
       <c r="Y11">
         <v>3.8</v>
       </c>
       <c r="Z11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AD11">
-        <v>45420029</v>
+        <v>42773709</v>
       </c>
       <c r="AE11" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="AF11">
-        <v>987130113</v>
+        <v>960484950</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="AM11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN11" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AO11">
-        <v>24.97</v>
+        <v>33.49</v>
       </c>
       <c r="AP11" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB11" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="BC11" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="BD11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BI11" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN11" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>219</v>
+        <v>269</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D12">
-        <v>596926</v>
+        <v>596934</v>
       </c>
       <c r="E12">
-        <v>39.21</v>
+        <v>86.58</v>
       </c>
       <c r="F12" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I12">
-        <v>13.58</v>
+        <v>46.61</v>
       </c>
       <c r="J12" t="s">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
-      <c r="P12">
-        <v>45459922</v>
+      <c r="P12" t="s">
+        <v>184</v>
       </c>
       <c r="Q12" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="R12" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="S12" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="T12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="V12">
-        <v>596926</v>
+        <v>596934</v>
       </c>
       <c r="W12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X12">
-        <v>39.21</v>
+        <v>86.58</v>
       </c>
       <c r="Y12">
         <v>3.8</v>
       </c>
       <c r="Z12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>45459922</v>
+        <v>182</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>184</v>
       </c>
       <c r="AE12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AF12">
-        <v>519716062</v>
+        <v>924775691</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
+        <v>132</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN12" t="s">
         <v>183</v>
       </c>
-      <c r="AM12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO12">
-        <v>13.58</v>
+        <v>46.61</v>
       </c>
       <c r="AP12" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB12" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="BC12" t="s">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="BD12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BI12" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN12" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>149</v>
+        <v>329</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C13" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D13">
-        <v>596883</v>
+        <v>596930</v>
       </c>
       <c r="E13">
-        <v>36.58</v>
+        <v>220.79</v>
       </c>
       <c r="F13" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I13">
-        <v>11.49</v>
+        <v>129.99</v>
       </c>
       <c r="J13" t="s">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13">
-        <v>41240561</v>
+        <v>46093514</v>
       </c>
       <c r="Q13" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="R13" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S13" t="s">
         <v>195</v>
       </c>
       <c r="T13" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U13" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="V13">
-        <v>596883</v>
+        <v>596930</v>
       </c>
       <c r="W13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X13">
-        <v>36.58</v>
+        <v>220.79</v>
       </c>
       <c r="Y13">
         <v>3.8</v>
       </c>
       <c r="Z13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="AD13">
-        <v>41240561</v>
+        <v>46093514</v>
       </c>
       <c r="AE13" t="s">
         <v>196</v>
       </c>
       <c r="AF13">
-        <v>949121494</v>
+        <v>950127415</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
         <v>197</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>176</v>
+        <v>198</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="AM13" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN13" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="AO13">
-        <v>11.49</v>
+        <v>129.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB13" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="BC13" t="s">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="BD13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BI13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN13" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>139</v>
+        <v>839</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D14">
-        <v>596879</v>
+        <v>596929</v>
       </c>
       <c r="E14">
-        <v>133.95</v>
+        <v>57.63</v>
       </c>
       <c r="F14" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I14">
-        <v>80.85</v>
+        <v>24.97</v>
       </c>
       <c r="J14" t="s">
-        <v>204</v>
+        <v>132</v>
       </c>
       <c r="K14" t="s">
         <v>73</v>
       </c>
       <c r="L14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
-        <v>40300946</v>
+        <v>45420029</v>
       </c>
       <c r="Q14" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="R14" t="s">
         <v>205</v>
       </c>
       <c r="S14" t="s">
         <v>205</v>
       </c>
       <c r="T14" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="V14">
-        <v>596879</v>
+        <v>596929</v>
       </c>
       <c r="W14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X14">
-        <v>133.95</v>
+        <v>57.63</v>
       </c>
       <c r="Y14">
         <v>3.8</v>
       </c>
       <c r="Z14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="AD14">
-        <v>40300946</v>
+        <v>45420029</v>
       </c>
       <c r="AE14" t="s">
         <v>206</v>
       </c>
       <c r="AF14">
-        <v>986832557</v>
+        <v>987130113</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
         <v>207</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
         <v>208</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
+        <v>132</v>
+      </c>
+      <c r="AM14" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN14" t="s">
         <v>204</v>
       </c>
-      <c r="AM14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO14">
-        <v>80.85</v>
+        <v>24.97</v>
       </c>
       <c r="AP14" t="s">
         <v>209</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB14" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="BC14" t="s">
-        <v>204</v>
+        <v>132</v>
       </c>
       <c r="BD14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BI14" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN14" t="s">
         <v>210</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>509</v>
+        <v>219</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>211</v>
       </c>
       <c r="C15" t="s">
         <v>212</v>
       </c>
       <c r="D15">
-        <v>596871</v>
+        <v>596926</v>
       </c>
       <c r="E15">
-        <v>133.69</v>
+        <v>39.21</v>
       </c>
       <c r="F15" t="s">
         <v>213</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>214</v>
       </c>
       <c r="I15">
-        <v>62.22</v>
+        <v>13.58</v>
       </c>
       <c r="J15" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="K15" t="s">
         <v>73</v>
       </c>
       <c r="L15" t="s">
         <v>212</v>
       </c>
       <c r="M15" t="s">
         <v>74</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
-        <v>41887211</v>
+        <v>45459922</v>
       </c>
       <c r="Q15" t="s">
         <v>211</v>
       </c>
       <c r="R15" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="S15" t="s">
         <v>216</v>
       </c>
       <c r="T15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U15" t="s">
         <v>212</v>
       </c>
       <c r="V15">
-        <v>596871</v>
+        <v>596926</v>
       </c>
       <c r="W15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X15">
-        <v>133.69</v>
+        <v>39.21</v>
       </c>
       <c r="Y15">
         <v>3.8</v>
       </c>
       <c r="Z15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
         <v>213</v>
       </c>
       <c r="AD15">
-        <v>41887211</v>
+        <v>45459922</v>
       </c>
       <c r="AE15" t="s">
         <v>217</v>
       </c>
       <c r="AF15">
-        <v>997613943</v>
+        <v>519716062</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
         <v>218</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
         <v>219</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="AM15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN15" t="s">
         <v>214</v>
       </c>
       <c r="AO15">
-        <v>62.22</v>
+        <v>13.58</v>
       </c>
       <c r="AP15" t="s">
         <v>220</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15"/>
       <c r="AY15" t="s">
         <v>212</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB15" t="s">
         <v>211</v>
       </c>
       <c r="BC15" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="BD15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH15">
         <v>3</v>
       </c>
       <c r="BI15" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN15" t="s">
         <v>221</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>508</v>
+        <v>149</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>222</v>
       </c>
       <c r="C16" t="s">
         <v>223</v>
       </c>
       <c r="D16">
-        <v>596809</v>
+        <v>596883</v>
       </c>
       <c r="E16">
-        <v>55</v>
+        <v>36.58</v>
       </c>
       <c r="F16" t="s">
         <v>224</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
         <v>225</v>
       </c>
       <c r="I16">
-        <v>24.5</v>
+        <v>11.49</v>
       </c>
       <c r="J16" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="K16" t="s">
         <v>73</v>
       </c>
       <c r="L16" t="s">
         <v>223</v>
       </c>
       <c r="M16" t="s">
         <v>74</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16">
-        <v>23850066</v>
+        <v>41240561</v>
       </c>
       <c r="Q16" t="s">
         <v>222</v>
       </c>
       <c r="R16" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="S16" t="s">
         <v>227</v>
       </c>
       <c r="T16" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U16" t="s">
         <v>223</v>
       </c>
       <c r="V16">
-        <v>596809</v>
+        <v>596883</v>
       </c>
       <c r="W16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X16">
-        <v>55</v>
+        <v>36.58</v>
       </c>
       <c r="Y16">
         <v>3.8</v>
       </c>
       <c r="Z16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
         <v>224</v>
       </c>
       <c r="AD16">
-        <v>23850066</v>
+        <v>41240561</v>
       </c>
       <c r="AE16" t="s">
         <v>228</v>
       </c>
       <c r="AF16">
-        <v>943438999</v>
+        <v>949121494</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
         <v>229</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="AM16" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN16" t="s">
         <v>225</v>
       </c>
       <c r="AO16">
-        <v>24.5</v>
+        <v>11.49</v>
       </c>
       <c r="AP16" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16"/>
       <c r="AY16" t="s">
         <v>223</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB16" t="s">
         <v>222</v>
       </c>
       <c r="BC16" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="BD16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="BI16" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN16" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>209</v>
+        <v>139</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>232</v>
+      </c>
+      <c r="C17" t="s">
         <v>233</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17">
+        <v>596879</v>
+      </c>
+      <c r="E17">
+        <v>133.95</v>
+      </c>
+      <c r="F17" t="s">
         <v>234</v>
       </c>
-      <c r="D17">
-[...5 lines deleted...]
-      <c r="F17" t="s">
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
         <v>235</v>
       </c>
-      <c r="G17" t="s">
-[...2 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17">
+        <v>80.85</v>
+      </c>
+      <c r="J17" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="K17" t="s">
         <v>73</v>
       </c>
       <c r="L17" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="M17" t="s">
         <v>74</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
-        <v>46314447</v>
+        <v>40300946</v>
       </c>
       <c r="Q17" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="R17" t="s">
         <v>237</v>
       </c>
       <c r="S17" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="T17" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U17" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="V17">
-        <v>596794</v>
+        <v>596879</v>
       </c>
       <c r="W17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X17">
-        <v>81.32</v>
+        <v>133.95</v>
       </c>
       <c r="Y17">
         <v>3.8</v>
       </c>
       <c r="Z17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="AD17">
-        <v>46314447</v>
+        <v>40300946</v>
       </c>
       <c r="AE17" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="AF17">
-        <v>974599494</v>
+        <v>986832557</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>176</v>
+        <v>240</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="AM17" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN17" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="AO17">
-        <v>42.49</v>
+        <v>80.85</v>
       </c>
       <c r="AP17" t="s">
         <v>241</v>
       </c>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17">
         <v>0</v>
       </c>
       <c r="AX17"/>
       <c r="AY17" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB17" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="BC17" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="BD17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="BI17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN17" t="s">
         <v>242</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>309</v>
+        <v>509</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
         <v>243</v>
       </c>
       <c r="C18" t="s">
         <v>244</v>
       </c>
       <c r="D18">
-        <v>596749</v>
+        <v>596871</v>
       </c>
       <c r="E18">
-        <v>57.63</v>
+        <v>133.69</v>
       </c>
       <c r="F18" t="s">
         <v>245</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
         <v>246</v>
       </c>
       <c r="I18">
-        <v>14.99</v>
+        <v>62.22</v>
       </c>
       <c r="J18" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="K18" t="s">
         <v>73</v>
       </c>
       <c r="L18" t="s">
         <v>244</v>
       </c>
       <c r="M18" t="s">
         <v>74</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18">
-        <v>40679551</v>
+        <v>41887211</v>
       </c>
       <c r="Q18" t="s">
         <v>243</v>
       </c>
       <c r="R18" t="s">
         <v>247</v>
       </c>
       <c r="S18" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="T18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U18" t="s">
         <v>244</v>
       </c>
       <c r="V18">
-        <v>596749</v>
+        <v>596871</v>
       </c>
       <c r="W18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X18">
-        <v>57.63</v>
+        <v>133.69</v>
       </c>
       <c r="Y18">
         <v>3.8</v>
       </c>
       <c r="Z18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
         <v>245</v>
       </c>
       <c r="AD18">
-        <v>40679551</v>
+        <v>41887211</v>
       </c>
       <c r="AE18" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="AF18">
-        <v>990297980</v>
+        <v>997613943</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="AM18" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN18" t="s">
         <v>246</v>
       </c>
       <c r="AO18">
-        <v>14.99</v>
+        <v>62.22</v>
       </c>
       <c r="AP18" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18">
         <v>0</v>
       </c>
       <c r="AX18"/>
       <c r="AY18" t="s">
         <v>244</v>
       </c>
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
       <c r="BA18" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB18" t="s">
         <v>243</v>
       </c>
       <c r="BC18" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="BD18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BI18" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN18" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>219</v>
+        <v>508</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C19" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D19">
-        <v>596691</v>
+        <v>596809</v>
       </c>
       <c r="E19">
-        <v>39.21</v>
+        <v>55</v>
       </c>
       <c r="F19" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I19">
-        <v>13.87</v>
+        <v>24.5</v>
       </c>
       <c r="J19" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K19" t="s">
         <v>73</v>
       </c>
       <c r="L19" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M19" t="s">
         <v>74</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19">
-        <v>25702531</v>
+        <v>23850066</v>
       </c>
       <c r="Q19" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="R19" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="S19" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="T19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U19" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="V19">
-        <v>596691</v>
+        <v>596809</v>
       </c>
       <c r="W19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X19">
-        <v>39.21</v>
+        <v>55</v>
       </c>
       <c r="Y19">
         <v>3.8</v>
       </c>
       <c r="Z19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AD19">
-        <v>25702531</v>
+        <v>23850066</v>
       </c>
       <c r="AE19" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="AF19">
-        <v>914218572</v>
+        <v>943438999</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
+        <v>258</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN19" t="s">
         <v>257</v>
       </c>
-      <c r="AM19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO19">
-        <v>13.87</v>
+        <v>24.5</v>
       </c>
       <c r="AP19" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19">
         <v>0</v>
       </c>
       <c r="AX19"/>
       <c r="AY19" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB19" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="BC19" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="BD19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH19">
         <v>5</v>
       </c>
       <c r="BI19" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN19" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>149</v>
+        <v>209</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C20" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D20">
-        <v>596679</v>
+        <v>596794</v>
       </c>
       <c r="E20">
-        <v>120.79</v>
+        <v>81.32</v>
       </c>
       <c r="F20" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I20">
-        <v>64</v>
+        <v>42.49</v>
       </c>
       <c r="J20" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K20" t="s">
         <v>73</v>
       </c>
       <c r="L20" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M20" t="s">
         <v>74</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20">
-        <v>74817761</v>
+        <v>46314447</v>
       </c>
       <c r="Q20" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="R20" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="S20" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="T20" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U20" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="V20">
-        <v>596679</v>
+        <v>596794</v>
       </c>
       <c r="W20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X20">
-        <v>120.79</v>
+        <v>81.32</v>
       </c>
       <c r="Y20">
         <v>3.8</v>
       </c>
       <c r="Z20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="AD20">
-        <v>74817761</v>
+        <v>46314447</v>
       </c>
       <c r="AE20" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="AF20">
-        <v>992703400</v>
+        <v>974599494</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>271</v>
+        <v>208</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="AM20" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN20" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="AO20">
-        <v>64</v>
+        <v>42.49</v>
       </c>
       <c r="AP20" t="s">
-        <v>94</v>
+        <v>273</v>
       </c>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20">
         <v>0</v>
       </c>
       <c r="AX20"/>
       <c r="AY20" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB20" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="BC20" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="BD20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH20">
         <v>5</v>
       </c>
       <c r="BI20" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN20" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>459</v>
+        <v>309</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C21" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D21">
-        <v>596608</v>
+        <v>596749</v>
       </c>
       <c r="E21">
-        <v>78.68</v>
+        <v>57.63</v>
       </c>
       <c r="F21" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I21">
-        <v>39.9</v>
+        <v>14.99</v>
       </c>
       <c r="J21" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="K21" t="s">
         <v>73</v>
       </c>
       <c r="L21" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M21" t="s">
         <v>74</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21">
-        <v>29643097</v>
+        <v>40679551</v>
       </c>
       <c r="Q21" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="R21" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="S21" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="T21" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U21" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="V21">
-        <v>596608</v>
+        <v>596749</v>
       </c>
       <c r="W21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X21">
-        <v>78.68</v>
+        <v>57.63</v>
       </c>
       <c r="Y21">
         <v>3.8</v>
       </c>
       <c r="Z21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="AD21">
-        <v>29643097</v>
+        <v>40679551</v>
       </c>
       <c r="AE21" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="AF21">
-        <v>959789487</v>
+        <v>990297980</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="AM21" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN21" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="AO21">
-        <v>39.9</v>
+        <v>14.99</v>
       </c>
       <c r="AP21" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21">
         <v>0</v>
       </c>
       <c r="AX21"/>
       <c r="AY21" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB21" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="BC21" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="BD21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH21">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="BI21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN21" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>299</v>
+        <v>219</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C22" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D22">
-        <v>596543</v>
+        <v>596691</v>
       </c>
       <c r="E22">
-        <v>112.89</v>
+        <v>39.21</v>
       </c>
       <c r="F22" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I22">
-        <v>49.8</v>
+        <v>13.87</v>
       </c>
       <c r="J22" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K22" t="s">
         <v>73</v>
       </c>
       <c r="L22" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M22" t="s">
         <v>74</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22">
-        <v>70344798</v>
+        <v>25702531</v>
       </c>
       <c r="Q22" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="R22" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="S22" t="s">
         <v>290</v>
       </c>
       <c r="T22" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U22" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="V22">
-        <v>596543</v>
+        <v>596691</v>
       </c>
       <c r="W22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X22">
-        <v>112.89</v>
+        <v>39.21</v>
       </c>
       <c r="Y22">
         <v>3.8</v>
       </c>
       <c r="Z22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="AD22">
-        <v>70344798</v>
+        <v>25702531</v>
       </c>
       <c r="AE22" t="s">
         <v>291</v>
       </c>
       <c r="AF22">
-        <v>997614351</v>
+        <v>914218572</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
         <v>292</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
+        <v>293</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>289</v>
+      </c>
+      <c r="AM22" t="s">
         <v>81</v>
       </c>
-      <c r="AK22" t="s">
-[...2 lines deleted...]
-      <c r="AL22" t="s">
+      <c r="AN22" t="s">
         <v>288</v>
       </c>
-      <c r="AM22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO22">
-        <v>49.8</v>
+        <v>13.87</v>
       </c>
       <c r="AP22" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22">
         <v>0</v>
       </c>
       <c r="AX22"/>
       <c r="AY22" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB22" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="BC22" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="BD22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH22">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="BI22" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN22" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>429</v>
+        <v>149</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C23" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D23">
-        <v>596497</v>
+        <v>596679</v>
       </c>
       <c r="E23">
-        <v>52.37</v>
+        <v>120.79</v>
       </c>
       <c r="F23" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I23">
-        <v>23.99</v>
+        <v>64</v>
       </c>
       <c r="J23" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="K23" t="s">
         <v>73</v>
       </c>
       <c r="L23" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M23" t="s">
         <v>74</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23">
-        <v>10268815</v>
+        <v>74817761</v>
       </c>
       <c r="Q23" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="R23" t="s">
         <v>300</v>
       </c>
       <c r="S23" t="s">
         <v>300</v>
       </c>
       <c r="T23" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U23" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="V23">
-        <v>596497</v>
+        <v>596679</v>
       </c>
       <c r="W23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X23">
-        <v>52.37</v>
+        <v>120.79</v>
       </c>
       <c r="Y23">
         <v>3.8</v>
       </c>
       <c r="Z23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="AD23">
-        <v>10268815</v>
+        <v>74817761</v>
       </c>
       <c r="AE23" t="s">
         <v>301</v>
       </c>
       <c r="AF23">
-        <v>996600792</v>
+        <v>992703400</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
         <v>302</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>176</v>
+        <v>303</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
+        <v>289</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN23" t="s">
         <v>299</v>
       </c>
-      <c r="AM23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO23">
-        <v>23.99</v>
+        <v>64</v>
       </c>
       <c r="AP23" t="s">
-        <v>303</v>
+        <v>126</v>
       </c>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23">
         <v>0</v>
       </c>
       <c r="AX23"/>
       <c r="AY23" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB23" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="BC23" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="BD23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH23">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="BI23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN23" t="s">
         <v>304</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>199</v>
+        <v>459</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
         <v>305</v>
       </c>
       <c r="C24" t="s">
         <v>306</v>
       </c>
       <c r="D24">
-        <v>595900</v>
+        <v>596608</v>
       </c>
       <c r="E24">
-        <v>49.74</v>
+        <v>78.68</v>
       </c>
       <c r="F24" t="s">
         <v>307</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
         <v>308</v>
       </c>
       <c r="I24">
-        <v>19.99</v>
+        <v>39.9</v>
       </c>
       <c r="J24" t="s">
         <v>309</v>
       </c>
       <c r="K24" t="s">
         <v>73</v>
       </c>
       <c r="L24" t="s">
         <v>306</v>
       </c>
       <c r="M24" t="s">
         <v>74</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24">
-        <v>41003478</v>
+        <v>29643097</v>
       </c>
       <c r="Q24" t="s">
         <v>305</v>
       </c>
       <c r="R24" t="s">
         <v>310</v>
       </c>
       <c r="S24" t="s">
         <v>310</v>
       </c>
       <c r="T24" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U24" t="s">
         <v>306</v>
       </c>
       <c r="V24">
-        <v>595900</v>
+        <v>596608</v>
       </c>
       <c r="W24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X24">
-        <v>49.74</v>
+        <v>78.68</v>
       </c>
       <c r="Y24">
         <v>3.8</v>
       </c>
       <c r="Z24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
         <v>307</v>
       </c>
       <c r="AD24">
-        <v>41003478</v>
+        <v>29643097</v>
       </c>
       <c r="AE24" t="s">
         <v>311</v>
       </c>
       <c r="AF24">
-        <v>917390105</v>
+        <v>959789487</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
         <v>312</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
         <v>313</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
         <v>309</v>
       </c>
       <c r="AM24" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN24" t="s">
         <v>308</v>
       </c>
       <c r="AO24">
-        <v>19.99</v>
+        <v>39.9</v>
       </c>
       <c r="AP24" t="s">
         <v>314</v>
       </c>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24">
         <v>0</v>
       </c>
       <c r="AX24"/>
       <c r="AY24" t="s">
         <v>306</v>
       </c>
       <c r="AZ24" t="s">
         <v>74</v>
       </c>
       <c r="BA24" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB24" t="s">
         <v>305</v>
       </c>
       <c r="BC24" t="s">
         <v>309</v>
       </c>
       <c r="BD24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH24">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="BI24" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN24" t="s">
         <v>315</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>189</v>
+        <v>299</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
         <v>316</v>
       </c>
       <c r="C25" t="s">
         <v>317</v>
       </c>
       <c r="D25">
-        <v>595235</v>
+        <v>596543</v>
       </c>
       <c r="E25">
-        <v>36.58</v>
+        <v>112.89</v>
       </c>
       <c r="F25" t="s">
         <v>318</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
         <v>319</v>
       </c>
       <c r="I25">
-        <v>30.15</v>
+        <v>49.8</v>
       </c>
       <c r="J25" t="s">
         <v>320</v>
       </c>
       <c r="K25" t="s">
         <v>73</v>
       </c>
       <c r="L25" t="s">
         <v>317</v>
       </c>
       <c r="M25" t="s">
         <v>74</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25">
-        <v>72690082</v>
+        <v>70344798</v>
       </c>
       <c r="Q25" t="s">
         <v>316</v>
       </c>
       <c r="R25" t="s">
         <v>321</v>
       </c>
       <c r="S25" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="T25" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U25" t="s">
         <v>317</v>
       </c>
       <c r="V25">
-        <v>595235</v>
+        <v>596543</v>
       </c>
       <c r="W25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X25">
-        <v>36.58</v>
+        <v>112.89</v>
       </c>
       <c r="Y25">
         <v>3.8</v>
       </c>
       <c r="Z25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
         <v>318</v>
       </c>
       <c r="AD25">
-        <v>72690082</v>
+        <v>70344798</v>
       </c>
       <c r="AE25" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="AF25">
-        <v>980910740</v>
+        <v>997614351</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
         <v>320</v>
       </c>
       <c r="AM25" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AN25" t="s">
         <v>319</v>
       </c>
       <c r="AO25">
-        <v>30.15</v>
+        <v>49.8</v>
       </c>
       <c r="AP25" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25">
         <v>0</v>
       </c>
       <c r="AX25"/>
       <c r="AY25" t="s">
         <v>317</v>
       </c>
       <c r="AZ25" t="s">
         <v>74</v>
       </c>
       <c r="BA25" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="BB25" t="s">
         <v>316</v>
       </c>
       <c r="BC25" t="s">
         <v>320</v>
       </c>
       <c r="BD25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH25">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="BI25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN25" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>139</v>
+        <v>429</v>
       </c>
       <c r="BS25"/>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C26" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D26">
-        <v>528255</v>
+        <v>596497</v>
       </c>
       <c r="E26">
-        <v>85.12</v>
+        <v>52.37</v>
       </c>
       <c r="F26" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="I26">
-        <v>57.42</v>
+        <v>23.99</v>
       </c>
       <c r="J26" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="K26" t="s">
         <v>73</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>328</v>
+      </c>
       <c r="M26" t="s">
-        <v>331</v>
+        <v>74</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
-      <c r="P26" t="s">
+      <c r="P26">
+        <v>10268815</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>327</v>
+      </c>
+      <c r="R26" t="s">
         <v>332</v>
       </c>
-      <c r="Q26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S26" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="T26" t="s">
-        <v>335</v>
+        <v>76</v>
       </c>
       <c r="U26" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="V26">
-        <v>528255</v>
+        <v>596497</v>
       </c>
       <c r="W26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X26">
-        <v>85.12</v>
+        <v>52.37</v>
       </c>
       <c r="Y26">
-        <v>4.1</v>
+        <v>3.8</v>
       </c>
       <c r="Z26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>329</v>
+      </c>
+      <c r="AD26">
+        <v>10268815</v>
       </c>
       <c r="AE26" t="s">
-        <v>78</v>
+        <v>333</v>
       </c>
       <c r="AF26">
-        <v>950946036</v>
+        <v>996600792</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
+        <v>331</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN26" t="s">
         <v>330</v>
       </c>
-      <c r="AM26"/>
-[...2 lines deleted...]
-      </c>
       <c r="AO26">
-        <v>57.42</v>
+        <v>23.99</v>
       </c>
       <c r="AP26" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26">
         <v>0</v>
       </c>
       <c r="AX26"/>
-      <c r="AY26"/>
+      <c r="AY26" t="s">
+        <v>328</v>
+      </c>
       <c r="AZ26" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>139</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>327</v>
+      </c>
+      <c r="BC26" t="s">
         <v>331</v>
       </c>
-      <c r="BA26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BD26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BE26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BF26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BG26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BH26">
-        <v>1359</v>
+        <v>10</v>
       </c>
       <c r="BI26" t="s">
-        <v>338</v>
+        <v>83</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="BN26" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26">
+        <v>199</v>
+      </c>
+      <c r="BS26"/>
+    </row>
+    <row r="27" spans="1:71">
+      <c r="A27" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" t="s">
+        <v>337</v>
+      </c>
+      <c r="C27" t="s">
+        <v>338</v>
+      </c>
+      <c r="D27">
+        <v>595900</v>
+      </c>
+      <c r="E27">
+        <v>49.74</v>
+      </c>
+      <c r="F27" t="s">
+        <v>339</v>
+      </c>
+      <c r="G27" t="s">
+        <v>70</v>
+      </c>
+      <c r="H27" t="s">
+        <v>340</v>
+      </c>
+      <c r="I27">
+        <v>19.99</v>
+      </c>
+      <c r="J27" t="s">
+        <v>341</v>
+      </c>
+      <c r="K27" t="s">
+        <v>73</v>
+      </c>
+      <c r="L27" t="s">
+        <v>338</v>
+      </c>
+      <c r="M27" t="s">
+        <v>74</v>
+      </c>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27">
+        <v>41003478</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>337</v>
+      </c>
+      <c r="R27" t="s">
+        <v>342</v>
+      </c>
+      <c r="S27" t="s">
+        <v>342</v>
+      </c>
+      <c r="T27" t="s">
+        <v>76</v>
+      </c>
+      <c r="U27" t="s">
+        <v>338</v>
+      </c>
+      <c r="V27">
+        <v>595900</v>
+      </c>
+      <c r="W27" t="s">
+        <v>77</v>
+      </c>
+      <c r="X27">
+        <v>49.74</v>
+      </c>
+      <c r="Y27">
+        <v>3.8</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>339</v>
+      </c>
+      <c r="AD27">
+        <v>41003478</v>
+      </c>
+      <c r="AE27" t="s">
+        <v>343</v>
+      </c>
+      <c r="AF27">
+        <v>917390105</v>
+      </c>
+      <c r="AG27"/>
+      <c r="AH27" t="s">
+        <v>344</v>
+      </c>
+      <c r="AI27"/>
+      <c r="AJ27" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK27" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL27" t="s">
+        <v>341</v>
+      </c>
+      <c r="AM27" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN27" t="s">
+        <v>340</v>
+      </c>
+      <c r="AO27">
+        <v>19.99</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>346</v>
+      </c>
+      <c r="AQ27"/>
+      <c r="AR27"/>
+      <c r="AS27"/>
+      <c r="AT27" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU27"/>
+      <c r="AV27"/>
+      <c r="AW27">
+        <v>0</v>
+      </c>
+      <c r="AX27"/>
+      <c r="AY27" t="s">
+        <v>338</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA27" t="s">
+        <v>139</v>
+      </c>
+      <c r="BB27" t="s">
+        <v>337</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>341</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE27" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF27" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG27" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH27">
+        <v>20</v>
+      </c>
+      <c r="BI27" t="s">
+        <v>83</v>
+      </c>
+      <c r="BJ27"/>
+      <c r="BK27"/>
+      <c r="BL27"/>
+      <c r="BM27" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN27" t="s">
+        <v>347</v>
+      </c>
+      <c r="BO27">
+        <v>0</v>
+      </c>
+      <c r="BP27"/>
+      <c r="BQ27"/>
+      <c r="BR27">
+        <v>189</v>
+      </c>
+      <c r="BS27"/>
+    </row>
+    <row r="28" spans="1:71">
+      <c r="A28" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" t="s">
+        <v>348</v>
+      </c>
+      <c r="C28" t="s">
         <v>349</v>
       </c>
-      <c r="BS26"/>
+      <c r="D28">
+        <v>595235</v>
+      </c>
+      <c r="E28">
+        <v>36.58</v>
+      </c>
+      <c r="F28" t="s">
+        <v>350</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28" t="s">
+        <v>351</v>
+      </c>
+      <c r="I28">
+        <v>30.15</v>
+      </c>
+      <c r="J28" t="s">
+        <v>352</v>
+      </c>
+      <c r="K28" t="s">
+        <v>73</v>
+      </c>
+      <c r="L28" t="s">
+        <v>349</v>
+      </c>
+      <c r="M28" t="s">
+        <v>74</v>
+      </c>
+      <c r="N28"/>
+      <c r="O28"/>
+      <c r="P28">
+        <v>72690082</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>348</v>
+      </c>
+      <c r="R28" t="s">
+        <v>353</v>
+      </c>
+      <c r="S28" t="s">
+        <v>353</v>
+      </c>
+      <c r="T28" t="s">
+        <v>76</v>
+      </c>
+      <c r="U28" t="s">
+        <v>349</v>
+      </c>
+      <c r="V28">
+        <v>595235</v>
+      </c>
+      <c r="W28" t="s">
+        <v>77</v>
+      </c>
+      <c r="X28">
+        <v>36.58</v>
+      </c>
+      <c r="Y28">
+        <v>3.8</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>350</v>
+      </c>
+      <c r="AD28">
+        <v>72690082</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>354</v>
+      </c>
+      <c r="AF28">
+        <v>980910740</v>
+      </c>
+      <c r="AG28"/>
+      <c r="AH28" t="s">
+        <v>355</v>
+      </c>
+      <c r="AI28"/>
+      <c r="AJ28" t="s">
+        <v>125</v>
+      </c>
+      <c r="AK28" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL28" t="s">
+        <v>352</v>
+      </c>
+      <c r="AM28" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN28" t="s">
+        <v>351</v>
+      </c>
+      <c r="AO28">
+        <v>30.15</v>
+      </c>
+      <c r="AP28" t="s">
+        <v>356</v>
+      </c>
+      <c r="AQ28"/>
+      <c r="AR28"/>
+      <c r="AS28"/>
+      <c r="AT28" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU28"/>
+      <c r="AV28"/>
+      <c r="AW28">
+        <v>0</v>
+      </c>
+      <c r="AX28"/>
+      <c r="AY28" t="s">
+        <v>349</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>139</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>348</v>
+      </c>
+      <c r="BC28" t="s">
+        <v>352</v>
+      </c>
+      <c r="BD28" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE28" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF28" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG28" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH28">
+        <v>35</v>
+      </c>
+      <c r="BI28" t="s">
+        <v>83</v>
+      </c>
+      <c r="BJ28"/>
+      <c r="BK28"/>
+      <c r="BL28"/>
+      <c r="BM28" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN28" t="s">
+        <v>357</v>
+      </c>
+      <c r="BO28">
+        <v>0</v>
+      </c>
+      <c r="BP28"/>
+      <c r="BQ28"/>
+      <c r="BR28">
+        <v>139</v>
+      </c>
+      <c r="BS28"/>
+    </row>
+    <row r="29" spans="1:71">
+      <c r="A29" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" t="s">
+        <v>358</v>
+      </c>
+      <c r="C29" t="s">
+        <v>359</v>
+      </c>
+      <c r="D29">
+        <v>528255</v>
+      </c>
+      <c r="E29">
+        <v>85.12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>360</v>
+      </c>
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29" t="s">
+        <v>361</v>
+      </c>
+      <c r="I29">
+        <v>57.42</v>
+      </c>
+      <c r="J29" t="s">
+        <v>362</v>
+      </c>
+      <c r="K29" t="s">
+        <v>73</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>363</v>
+      </c>
+      <c r="N29"/>
+      <c r="O29"/>
+      <c r="P29" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>358</v>
+      </c>
+      <c r="R29" t="s">
+        <v>365</v>
+      </c>
+      <c r="S29" t="s">
+        <v>366</v>
+      </c>
+      <c r="T29" t="s">
+        <v>367</v>
+      </c>
+      <c r="U29" t="s">
+        <v>359</v>
+      </c>
+      <c r="V29">
+        <v>528255</v>
+      </c>
+      <c r="W29" t="s">
+        <v>77</v>
+      </c>
+      <c r="X29">
+        <v>85.12</v>
+      </c>
+      <c r="Y29">
+        <v>4.1</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>360</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>364</v>
+      </c>
+      <c r="AE29" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF29">
+        <v>950946036</v>
+      </c>
+      <c r="AG29"/>
+      <c r="AH29" t="s">
+        <v>368</v>
+      </c>
+      <c r="AI29"/>
+      <c r="AJ29" t="s">
+        <v>208</v>
+      </c>
+      <c r="AK29" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL29" t="s">
+        <v>362</v>
+      </c>
+      <c r="AM29"/>
+      <c r="AN29" t="s">
+        <v>361</v>
+      </c>
+      <c r="AO29">
+        <v>57.42</v>
+      </c>
+      <c r="AP29" t="s">
+        <v>369</v>
+      </c>
+      <c r="AQ29"/>
+      <c r="AR29"/>
+      <c r="AS29"/>
+      <c r="AT29" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU29"/>
+      <c r="AV29"/>
+      <c r="AW29">
+        <v>0</v>
+      </c>
+      <c r="AX29"/>
+      <c r="AY29"/>
+      <c r="AZ29" t="s">
+        <v>363</v>
+      </c>
+      <c r="BA29" t="s">
+        <v>139</v>
+      </c>
+      <c r="BB29" t="s">
+        <v>358</v>
+      </c>
+      <c r="BC29" t="s">
+        <v>362</v>
+      </c>
+      <c r="BD29" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE29" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF29" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG29" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH29">
+        <v>1360</v>
+      </c>
+      <c r="BI29" t="s">
+        <v>370</v>
+      </c>
+      <c r="BJ29"/>
+      <c r="BK29"/>
+      <c r="BL29"/>
+      <c r="BM29" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN29" t="s">
+        <v>371</v>
+      </c>
+      <c r="BO29">
+        <v>0</v>
+      </c>
+      <c r="BP29"/>
+      <c r="BQ29"/>
+      <c r="BR29">
+        <v>349</v>
+      </c>
+      <c r="BS29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>