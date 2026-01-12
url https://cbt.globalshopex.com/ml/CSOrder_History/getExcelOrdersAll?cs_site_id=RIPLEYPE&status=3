--- v2 (2025-11-27)
+++ v3 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,960 +215,1053 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
-    <t>2025-11-26 17:48:15</t>
-[...5 lines deleted...]
-    <t>Gian Carlos Paucar Espinoza</t>
+    <t>2026-01-11 00:01:41</t>
+  </si>
+  <si>
+    <t>7510285001-A</t>
+  </si>
+  <si>
+    <t>Rosa Segura sanchez</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
-    <t>/114-0297865-5258626</t>
-[...2 lines deleted...]
-    <t>2025-11-26 00:00:00</t>
+    <t>/ 114-6177207-0532265</t>
+  </si>
+  <si>
+    <t>2026-01-10 00:00:00</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
-    <t>2025-11-26 17:48:16</t>
+    <t>2026-01-11 00:01:43</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>--980584915</t>
-[...2 lines deleted...]
-    <t>Jr Garcilaso de la Vega 1871, 1 pis</t>
+    <t>--976560804</t>
+  </si>
+  <si>
+    <t>MZ A' SAN ISIDRO lt 13, DPTO</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B01ALHAMTK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2026-01-11 00:45:41</t>
+  </si>
+  <si>
+    <t>2026-01-10 21:14:26</t>
+  </si>
+  <si>
+    <t>7510156001-A</t>
+  </si>
+  <si>
+    <t>Monica Harm</t>
+  </si>
+  <si>
+    <t>/114-9484378-1565816</t>
+  </si>
+  <si>
+    <t>08772933</t>
+  </si>
+  <si>
+    <t>2026-01-10 21:14:28</t>
+  </si>
+  <si>
+    <t>--945074888</t>
+  </si>
+  <si>
+    <t>Capitán José Quiñones 376, 501</t>
+  </si>
+  <si>
+    <t>MIRAFLORES</t>
+  </si>
+  <si>
+    <t>/B089WC9QGN</t>
+  </si>
+  <si>
+    <t>2026-01-10 21:45:41</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:00:10</t>
+  </si>
+  <si>
+    <t>7510068601-A</t>
+  </si>
+  <si>
+    <t>Eysser Avellaneda</t>
+  </si>
+  <si>
+    <t>/114-3453381-6748250</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:00:11</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:00:12</t>
+  </si>
+  <si>
+    <t>--917471016</t>
+  </si>
+  <si>
+    <t>Horacio patiño 365, Casa</t>
+  </si>
+  <si>
+    <t>JOSE LEONARDO ORTIZ</t>
+  </si>
+  <si>
+    <t>/B07SH1LNRV</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:45:40</t>
+  </si>
+  <si>
+    <t>2026-01-10 14:08:37</t>
+  </si>
+  <si>
+    <t>7509872901-A</t>
+  </si>
+  <si>
+    <t>Ana Cecilia Gonzalez</t>
+  </si>
+  <si>
+    <t>/114-8106270-9046637</t>
+  </si>
+  <si>
+    <t>2026-01-10 14:08:38</t>
+  </si>
+  <si>
+    <t>2026-01-10 14:08:39</t>
+  </si>
+  <si>
+    <t>--993593133</t>
+  </si>
+  <si>
+    <t>Urb Valle Escondido E-1, 404</t>
+  </si>
+  <si>
+    <t>CAYMA</t>
+  </si>
+  <si>
+    <t>/B00E3AMCSQ/B07HM6CNBD</t>
+  </si>
+  <si>
+    <t>2026-01-10 14:45:40</t>
+  </si>
+  <si>
+    <t>2026-01-10 02:10:47</t>
+  </si>
+  <si>
+    <t>7509648401-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allen Fernando  Ore Flores </t>
+  </si>
+  <si>
+    <t>/ 114-9277589-8847405</t>
+  </si>
+  <si>
+    <t>2026-01-10 02:10:49</t>
+  </si>
+  <si>
+    <t>--943887727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sector 3 de Julio mz M7 lt 8 Pamplona M7 8, </t>
+  </si>
+  <si>
+    <t>SAN JUAN DE MIRAFLORES</t>
+  </si>
+  <si>
+    <t>/B07SZNHGV9</t>
+  </si>
+  <si>
+    <t>2026-01-10 02:45:39</t>
+  </si>
+  <si>
+    <t>2026-01-09 16:03:52</t>
+  </si>
+  <si>
+    <t>7509168001-A</t>
+  </si>
+  <si>
+    <t>Silvia Crdenas</t>
+  </si>
+  <si>
+    <t>/ 114-8357042-8123415</t>
+  </si>
+  <si>
+    <t>2026-01-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-09 16:03:54</t>
+  </si>
+  <si>
+    <t>--986255395</t>
+  </si>
+  <si>
+    <t>calle mariano melgar 173  202, DEPTO</t>
+  </si>
+  <si>
+    <t>LA MOLINA</t>
+  </si>
+  <si>
+    <t>/B005A16EOU</t>
+  </si>
+  <si>
+    <t>2026-01-09 18:50:23</t>
+  </si>
+  <si>
+    <t>2026-01-09 15:00:08</t>
+  </si>
+  <si>
+    <t>7509126401-A</t>
+  </si>
+  <si>
+    <t>Danilo Simeon Mamani Condori</t>
+  </si>
+  <si>
+    <t>/114-4738184-8497867</t>
+  </si>
+  <si>
+    <t>2026-01-09 15:00:09</t>
+  </si>
+  <si>
+    <t>2026-01-09 15:00:10</t>
+  </si>
+  <si>
+    <t>--952831284</t>
+  </si>
+  <si>
+    <t>Jiron Buenos aires 803 C, Cayma 803 C, Casa</t>
+  </si>
+  <si>
+    <t>/B09B9CD1YB</t>
+  </si>
+  <si>
+    <t>2026-01-09 18:50:16</t>
+  </si>
+  <si>
+    <t>2026-01-08 19:58:47</t>
+  </si>
+  <si>
+    <t>7508485601-A</t>
+  </si>
+  <si>
+    <t>Yariksa Quinde Yovera</t>
+  </si>
+  <si>
+    <t>/114-7725043-1696245</t>
+  </si>
+  <si>
+    <t>2026-01-08 19:58:50</t>
+  </si>
+  <si>
+    <t>--908733885</t>
+  </si>
+  <si>
+    <t>Upis florida del norte mz A lote 19 19, Mz A</t>
+  </si>
+  <si>
+    <t>PIURA</t>
+  </si>
+  <si>
+    <t>/B08HCMS5LK</t>
+  </si>
+  <si>
+    <t>2026-01-08 20:45:36</t>
+  </si>
+  <si>
+    <t>2026-01-08 12:06:37</t>
+  </si>
+  <si>
+    <t>7508142203-A</t>
+  </si>
+  <si>
+    <t>Valentina Matheus</t>
+  </si>
+  <si>
+    <t>/114-4625252-1745018</t>
+  </si>
+  <si>
+    <t>2026-01-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-08 12:06:39</t>
+  </si>
+  <si>
+    <t>--928127791</t>
+  </si>
+  <si>
+    <t>Prolg. Jr. Cuzco 570, San Miguel 570, 3B</t>
+  </si>
+  <si>
+    <t>SAN MIGUEL</t>
+  </si>
+  <si>
+    <t>/B092J8YNS9</t>
+  </si>
+  <si>
+    <t>2026-01-08 12:45:36</t>
+  </si>
+  <si>
+    <t>2026-01-07 15:20:33</t>
+  </si>
+  <si>
+    <t>7507281001-A</t>
+  </si>
+  <si>
+    <t>María Susana Villalobos Quiroz</t>
+  </si>
+  <si>
+    <t>/114-2494283-9629803</t>
+  </si>
+  <si>
+    <t>2026-01-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-07 15:20:34</t>
+  </si>
+  <si>
+    <t>--935571520</t>
+  </si>
+  <si>
+    <t>Calle Basilio Pacheco 304, Casa</t>
+  </si>
+  <si>
+    <t>/B01HXP3VFK</t>
+  </si>
+  <si>
+    <t>2026-01-07 15:45:34</t>
+  </si>
+  <si>
+    <t>2026-01-07 00:56:30</t>
+  </si>
+  <si>
+    <t>7506776901-A</t>
+  </si>
+  <si>
+    <t>Luis Fabiano Segama Gonzales</t>
+  </si>
+  <si>
+    <t>/114-0383366-5472251</t>
+  </si>
+  <si>
+    <t>2026-01-07 00:56:31</t>
+  </si>
+  <si>
+    <t>--972002770</t>
+  </si>
+  <si>
+    <t>Jr. Alonso de Molina 1231, 202</t>
+  </si>
+  <si>
+    <t>SANTIAGO DE SURCO</t>
+  </si>
+  <si>
+    <t>/B0DLHTSRXQ</t>
+  </si>
+  <si>
+    <t>2026-01-07 01:45:33</t>
+  </si>
+  <si>
+    <t>2026-01-06 14:40:55</t>
+  </si>
+  <si>
+    <t>7506236301-A</t>
+  </si>
+  <si>
+    <t>Jhonatan Alegre</t>
+  </si>
+  <si>
+    <t>/114-4279610-0239400</t>
+  </si>
+  <si>
+    <t>2026-01-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-06 14:40:57</t>
+  </si>
+  <si>
+    <t>--954165280</t>
+  </si>
+  <si>
+    <t>Av. Pardo y Aliaga 675, 403</t>
+  </si>
+  <si>
+    <t>SAN ISIDRO</t>
+  </si>
+  <si>
+    <t>/B074P532CB</t>
+  </si>
+  <si>
+    <t>2026-01-06 15:45:32</t>
+  </si>
+  <si>
+    <t>2026-01-05 03:19:26</t>
+  </si>
+  <si>
+    <t>7505038801-A</t>
+  </si>
+  <si>
+    <t>Deyli Ramos</t>
+  </si>
+  <si>
+    <t>/114-1028598-2799449</t>
+  </si>
+  <si>
+    <t>2026-01-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-05 03:19:27</t>
+  </si>
+  <si>
+    <t>--920418220</t>
+  </si>
+  <si>
+    <t>Urb. Covicorti Mz T1 Lt 9, 401</t>
+  </si>
+  <si>
+    <t>/B09VM2TBZF</t>
+  </si>
+  <si>
+    <t>2026-01-05 03:45:29</t>
+  </si>
+  <si>
+    <t>2026-01-04 13:11:24</t>
+  </si>
+  <si>
+    <t>7504304001-A</t>
+  </si>
+  <si>
+    <t>Augusto De La Jara</t>
+  </si>
+  <si>
+    <t>/114-6701556-6168260</t>
+  </si>
+  <si>
+    <t>07862973</t>
+  </si>
+  <si>
+    <t>2026-01-04 13:11:25</t>
+  </si>
+  <si>
+    <t>2026-01-04 13:11:26</t>
+  </si>
+  <si>
+    <t>--999451755</t>
+  </si>
+  <si>
+    <t>Avenida de los Precursores 655, 402</t>
+  </si>
+  <si>
+    <t>/B08FYJK82F</t>
+  </si>
+  <si>
+    <t>2026-01-04 14:45:28</t>
+  </si>
+  <si>
+    <t>2026-01-04 01:19:25</t>
+  </si>
+  <si>
+    <t>7504031801-A</t>
+  </si>
+  <si>
+    <t>Diana Carolina Misha Salazar</t>
+  </si>
+  <si>
+    <t>/114-1658570-7881035</t>
+  </si>
+  <si>
+    <t>2026-01-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-04 01:19:27</t>
+  </si>
+  <si>
+    <t>--987246680</t>
+  </si>
+  <si>
+    <t>JR LOS ROBLES 397, CASA</t>
+  </si>
+  <si>
+    <t>BELLAVISTA</t>
+  </si>
+  <si>
+    <t>/B015K87WYI</t>
+  </si>
+  <si>
+    <t>2026-01-04 01:45:27</t>
+  </si>
+  <si>
+    <t>2026-01-03 19:37:57</t>
+  </si>
+  <si>
+    <t>7503738001-A</t>
+  </si>
+  <si>
+    <t>Silvia Kanagusuku</t>
+  </si>
+  <si>
+    <t>/114-6077206-2679409</t>
+  </si>
+  <si>
+    <t>07883359</t>
+  </si>
+  <si>
+    <t>2026-01-03 19:37:58</t>
+  </si>
+  <si>
+    <t>--996175506</t>
+  </si>
+  <si>
+    <t>Jirón Fray Francisco de Bejarano 111, 102</t>
+  </si>
+  <si>
+    <t>/B08CK674K8</t>
+  </si>
+  <si>
+    <t>2026-01-03 20:45:26</t>
+  </si>
+  <si>
+    <t>2026-01-03 18:51:40</t>
+  </si>
+  <si>
+    <t>7503701601-A</t>
+  </si>
+  <si>
+    <t>Brescia Merino</t>
+  </si>
+  <si>
+    <t>/114-4384338-4457869</t>
+  </si>
+  <si>
+    <t>2026-01-03 18:51:41</t>
+  </si>
+  <si>
+    <t>--980647754</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN NUEVO HORIZONTE MZ B LT6 SN, Casa</t>
+  </si>
+  <si>
+    <t>ATE</t>
+  </si>
+  <si>
+    <t>/B07RTH8LM7</t>
+  </si>
+  <si>
+    <t>2026-01-03 19:45:26</t>
+  </si>
+  <si>
+    <t>2026-01-03 04:33:05</t>
+  </si>
+  <si>
+    <t>7503377601-A</t>
+  </si>
+  <si>
+    <t>Juan Jose Chavez</t>
+  </si>
+  <si>
+    <t>/114-9995412-8261848</t>
+  </si>
+  <si>
+    <t>2026-01-03 04:33:06</t>
+  </si>
+  <si>
+    <t>--912554124</t>
+  </si>
+  <si>
+    <t>Real plaza tienda gmo  000, Ofici</t>
+  </si>
+  <si>
+    <t>HUANCAYO</t>
+  </si>
+  <si>
+    <t>2026-01-03 05:45:26</t>
+  </si>
+  <si>
+    <t>2026-01-03 01:00:42</t>
+  </si>
+  <si>
+    <t>7503164601-A</t>
+  </si>
+  <si>
+    <t>Elisabeth Aliaga Rodríguez</t>
+  </si>
+  <si>
+    <t>/114-3328641-4849830</t>
+  </si>
+  <si>
+    <t>2026-01-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-03 01:00:43</t>
+  </si>
+  <si>
+    <t>2026-01-03 01:00:44</t>
+  </si>
+  <si>
+    <t>--946109866</t>
+  </si>
+  <si>
+    <t>JR Panamá 551, Casa</t>
+  </si>
+  <si>
+    <t>EL TAMBO</t>
+  </si>
+  <si>
+    <t>/B0B31G681W</t>
+  </si>
+  <si>
+    <t>2026-01-03 02:45:25</t>
+  </si>
+  <si>
+    <t>2026-01-02 22:21:17</t>
+  </si>
+  <si>
+    <t>7503012201-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aurelio  Saavedra elera </t>
+  </si>
+  <si>
+    <t>/ 114-8840623-0521016</t>
+  </si>
+  <si>
+    <t>02805592</t>
+  </si>
+  <si>
+    <t>2026-01-02 22:21:18</t>
+  </si>
+  <si>
+    <t>--966047524</t>
+  </si>
+  <si>
+    <t>Q PALMA SILVE URB.LOS COCOS DEL CHIPE 6, CASA</t>
+  </si>
+  <si>
+    <t>/B081DXVD2Z</t>
+  </si>
+  <si>
+    <t>2026-01-02 22:45:25</t>
+  </si>
+  <si>
+    <t>2026-01-01 03:38:01</t>
+  </si>
+  <si>
+    <t>7501685801-A</t>
+  </si>
+  <si>
+    <t>Fiorella Vilma Morales Quispe</t>
+  </si>
+  <si>
+    <t>/ 114-7986671-0366636</t>
+  </si>
+  <si>
+    <t>2026-01-01 03:38:02</t>
+  </si>
+  <si>
+    <t>--992888888</t>
+  </si>
+  <si>
+    <t>Av Arequipa 2571 distrito 903, 903</t>
   </si>
   <si>
     <t>LINCE</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...29 lines deleted...]
-    <t>Jr philipp von leonard 297, Dpto</t>
+    <t>/B08Y5X8MKT</t>
+  </si>
+  <si>
+    <t>2026-01-01 04:45:25</t>
+  </si>
+  <si>
+    <t>2026-01-01 03:30:39</t>
+  </si>
+  <si>
+    <t>7501685401-A</t>
+  </si>
+  <si>
+    <t>Gerardo Peramas</t>
+  </si>
+  <si>
+    <t>/114-0931462-3903419</t>
+  </si>
+  <si>
+    <t>2026-01-01 03:30:41</t>
+  </si>
+  <si>
+    <t>--987742065</t>
+  </si>
+  <si>
+    <t>Calle Buen Retiro 111, 301</t>
   </si>
   <si>
     <t>SAN BORJA</t>
   </si>
   <si>
-    <t>/B092VQ2P3L</t>
-[...92 lines deleted...]
-    <t>Calle Luna Pizarro 408 408, 101</t>
+    <t>/B07HLSPYYP</t>
+  </si>
+  <si>
+    <t>2026-01-01 04:45:21</t>
+  </si>
+  <si>
+    <t>2026-01-01 00:59:21</t>
+  </si>
+  <si>
+    <t>7501477201-A</t>
+  </si>
+  <si>
+    <t>Anabel Aguilar</t>
+  </si>
+  <si>
+    <t>/114-0249567-7829851</t>
+  </si>
+  <si>
+    <t>2026-01-01 00:59:22</t>
+  </si>
+  <si>
+    <t>--918789001</t>
+  </si>
+  <si>
+    <t>AA. HH Luis Paredes Maceda Mz C8 LT 8, Casa</t>
+  </si>
+  <si>
+    <t>/B08KFMHR2W</t>
+  </si>
+  <si>
+    <t>2026-01-01 01:45:21</t>
+  </si>
+  <si>
+    <t>2025-12-29 05:11:57</t>
+  </si>
+  <si>
+    <t>7498062801-A</t>
+  </si>
+  <si>
+    <t>Bruno Herrera</t>
+  </si>
+  <si>
+    <t>/ 113-1809127-0521807/ 113-1809127-0521807</t>
+  </si>
+  <si>
+    <t>2025-12-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-29 05:11:59</t>
+  </si>
+  <si>
+    <t>--962179797</t>
+  </si>
+  <si>
+    <t>Asociación PROMURBAN Sec A Zona V Lt 10, Mz W</t>
+  </si>
+  <si>
+    <t>/B079HL9YSF</t>
+  </si>
+  <si>
+    <t>2025-12-29 19:35:20</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:35:16</t>
+  </si>
+  <si>
+    <t>7494621101-A</t>
+  </si>
+  <si>
+    <t>Melanny Judith Hinostroza Bezada</t>
+  </si>
+  <si>
+    <t>/11457396</t>
+  </si>
+  <si>
+    <t>2025-12-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:35:17</t>
+  </si>
+  <si>
+    <t>--982067540</t>
+  </si>
+  <si>
+    <t>Mz A lt 12 A, Depto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/PJ0011O-30000642-003-00319</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:53:55</t>
+  </si>
+  <si>
+    <t>2025-12-26 13:18:37</t>
+  </si>
+  <si>
+    <t>7493012301-A</t>
+  </si>
+  <si>
+    <t>Gabriel Hoffmann</t>
+  </si>
+  <si>
+    <t>/11457152</t>
+  </si>
+  <si>
+    <t>2025-12-26 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-26 13:18:38</t>
+  </si>
+  <si>
+    <t>--953780156</t>
+  </si>
+  <si>
+    <t>Avenida Brígida Silva de Ochoa 164, 164</t>
+  </si>
+  <si>
+    <t>/BB0098S-30008870-001</t>
+  </si>
+  <si>
+    <t>2025-12-26 13:53:52</t>
+  </si>
+  <si>
+    <t>2025-12-25 19:27:06</t>
+  </si>
+  <si>
+    <t>7492384301-A</t>
+  </si>
+  <si>
+    <t>Ricardo Florez</t>
+  </si>
+  <si>
+    <t>/113-8365015-4394616</t>
+  </si>
+  <si>
+    <t>2025-12-25 19:27:07</t>
+  </si>
+  <si>
+    <t>--928552511</t>
+  </si>
+  <si>
+    <t>Calle san martin 640, 203</t>
+  </si>
+  <si>
+    <t>/B08Q7WQB66</t>
+  </si>
+  <si>
+    <t>2025-12-25 19:53:52</t>
+  </si>
+  <si>
+    <t>2025-12-24 04:04:02</t>
+  </si>
+  <si>
+    <t>7491087901-A</t>
+  </si>
+  <si>
+    <t>Piero Alexanadro Burga Guivar</t>
+  </si>
+  <si>
+    <t>/113-0969520-2482654</t>
+  </si>
+  <si>
+    <t>2025-12-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-24 04:04:04</t>
+  </si>
+  <si>
+    <t>--952741124</t>
+  </si>
+  <si>
+    <t>Jr. Tacna 1056, 1102</t>
+  </si>
+  <si>
+    <t>MAGDALENA DEL MAR</t>
+  </si>
+  <si>
+    <t>/B08VHWFWSD</t>
+  </si>
+  <si>
+    <t>2025-12-24 04:53:51</t>
+  </si>
+  <si>
+    <t>2025-12-20 20:50:19</t>
+  </si>
+  <si>
+    <t>7484672501-A</t>
+  </si>
+  <si>
+    <t>Yesenia Rojas</t>
+  </si>
+  <si>
+    <t>/ 111-9865902-4149826</t>
+  </si>
+  <si>
+    <t>2025-12-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-20 20:50:20</t>
+  </si>
+  <si>
+    <t>--970441459</t>
+  </si>
+  <si>
+    <t>Garcia Calderon 100, Casa</t>
+  </si>
+  <si>
+    <t>ALTO SELVA ALEGRE</t>
+  </si>
+  <si>
+    <t>/B089DNYQ5D</t>
+  </si>
+  <si>
+    <t>2025-12-20 21:53:49</t>
+  </si>
+  <si>
+    <t>2025-12-01 06:47:36</t>
+  </si>
+  <si>
+    <t>7449486801-A</t>
+  </si>
+  <si>
+    <t>Ernesto Ramirez Valencia</t>
+  </si>
+  <si>
+    <t>/114-3493871-3121843</t>
+  </si>
+  <si>
+    <t>2025-12-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-01 06:47:37</t>
+  </si>
+  <si>
+    <t>--941446614</t>
+  </si>
+  <si>
+    <t>Calle Octavio Muñoz Najar, CompuPlaza 223, 202</t>
   </si>
   <si>
     <t>AREQUIPA</t>
   </si>
   <si>
-    <t>/B0000UMLYI</t>
-[...692 lines deleted...]
-    <t>2025-10-22 19:50:00</t>
+    <t>/B08HRKDGH9</t>
+  </si>
+  <si>
+    <t>2025-12-01 07:53:42</t>
   </si>
   <si>
     <t>2022-03-07 14:40:43</t>
   </si>
   <si>
     <t>43282175-A</t>
   </si>
   <si>
     <t>Milka Dinev</t>
   </si>
   <si>
     <t>/112-2199878-4581058</t>
   </si>
   <si>
     <t>2022-03-07 00:00:00</t>
   </si>
   <si>
     <t>without_tracking_code</t>
   </si>
   <si>
     <t>07769358</t>
   </si>
   <si>
     <t>2022-03-07 14:43:43</t>
   </si>
   <si>
     <t>2022-03-07 14:48:43</t>
   </si>
   <si>
     <t>CLOSED</t>
   </si>
   <si>
     <t>Jorge Guillermo Leguia 472 dpto 101 Urb Aurora</t>
   </si>
   <si>
     <t>/B08931JJLV</t>
-  </si>
-[...1 lines deleted...]
-    <t>automatic</t>
   </si>
   <si>
     <t>2022-03-07 14:57:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1474,51 +1567,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS29"/>
+  <dimension ref="A1:BS32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1708,5136 +1801,5717 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>597198</v>
+        <v>599571</v>
       </c>
       <c r="E2">
-        <v>168.16</v>
+        <v>62.89</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>91</v>
+        <v>27.99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>68</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2">
-        <v>42755755</v>
+        <v>18142883</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
         <v>75</v>
       </c>
       <c r="T2" t="s">
         <v>76</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>597198</v>
+        <v>599571</v>
       </c>
       <c r="W2" t="s">
         <v>77</v>
       </c>
       <c r="X2">
-        <v>168.16</v>
+        <v>62.89</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
         <v>77</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>42755755</v>
+        <v>18142883</v>
       </c>
       <c r="AE2" t="s">
         <v>78</v>
       </c>
       <c r="AF2">
-        <v>980584915</v>
+        <v>976560804</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
         <v>81</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>91</v>
+        <v>27.99</v>
       </c>
       <c r="AP2" t="s">
         <v>82</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>77</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2"/>
+      <c r="AW2">
+        <v>0</v>
+      </c>
       <c r="AX2"/>
       <c r="AY2" t="s">
         <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2"/>
+      <c r="BA2" t="s">
+        <v>83</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>77</v>
       </c>
       <c r="BE2" t="s">
         <v>77</v>
       </c>
       <c r="BF2" t="s">
         <v>77</v>
       </c>
       <c r="BG2" t="s">
         <v>77</v>
       </c>
       <c r="BH2">
         <v>0</v>
       </c>
       <c r="BI2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>77</v>
       </c>
       <c r="BN2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>639</v>
+        <v>239</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D3">
-        <v>597189</v>
+        <v>599566</v>
       </c>
       <c r="E3">
-        <v>160.26</v>
+        <v>55</v>
       </c>
       <c r="F3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I3">
-        <v>84.79</v>
+        <v>22.99</v>
       </c>
       <c r="J3" t="s">
         <v>72</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
-      <c r="P3">
-        <v>42591232</v>
+      <c r="P3" t="s">
+        <v>90</v>
       </c>
       <c r="Q3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="R3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="S3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="T3" t="s">
         <v>76</v>
       </c>
       <c r="U3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="V3">
-        <v>597189</v>
+        <v>599566</v>
       </c>
       <c r="W3" t="s">
         <v>77</v>
       </c>
       <c r="X3">
-        <v>160.26</v>
+        <v>55</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
         <v>77</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>42591232</v>
+        <v>88</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>90</v>
       </c>
       <c r="AE3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AF3">
-        <v>993833930</v>
+        <v>945074888</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>72</v>
       </c>
       <c r="AM3" t="s">
         <v>81</v>
       </c>
       <c r="AN3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AO3">
-        <v>84.79</v>
+        <v>22.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
         <v>77</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
-      <c r="AW3"/>
+      <c r="AW3">
+        <v>0</v>
+      </c>
       <c r="AX3"/>
       <c r="AY3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
-      <c r="BA3"/>
+      <c r="BA3" t="s">
+        <v>83</v>
+      </c>
       <c r="BB3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>72</v>
       </c>
       <c r="BD3" t="s">
         <v>77</v>
       </c>
       <c r="BE3" t="s">
         <v>77</v>
       </c>
       <c r="BF3" t="s">
         <v>77</v>
       </c>
       <c r="BG3" t="s">
         <v>77</v>
       </c>
       <c r="BH3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BI3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>77</v>
       </c>
       <c r="BN3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>609</v>
+        <v>209</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D4">
-        <v>597136</v>
+        <v>599563</v>
       </c>
       <c r="E4">
-        <v>39.21</v>
+        <v>105</v>
       </c>
       <c r="F4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I4">
-        <v>13.52</v>
+        <v>59.84</v>
       </c>
       <c r="J4" t="s">
         <v>72</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>41628589</v>
+        <v>75466909</v>
       </c>
       <c r="Q4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="R4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="S4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="T4" t="s">
         <v>76</v>
       </c>
       <c r="U4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="V4">
-        <v>597136</v>
+        <v>599563</v>
       </c>
       <c r="W4" t="s">
         <v>77</v>
       </c>
       <c r="X4">
-        <v>39.21</v>
+        <v>105</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
         <v>77</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AD4">
-        <v>41628589</v>
+        <v>75466909</v>
       </c>
       <c r="AE4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="AF4">
-        <v>922127263</v>
+        <v>917471016</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
         <v>72</v>
       </c>
       <c r="AM4" t="s">
         <v>81</v>
       </c>
       <c r="AN4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AO4">
-        <v>13.52</v>
+        <v>59.84</v>
       </c>
       <c r="AP4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>77</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
-      <c r="AW4"/>
+      <c r="AW4">
+        <v>0</v>
+      </c>
       <c r="AX4"/>
       <c r="AY4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
-      <c r="BA4"/>
+      <c r="BA4" t="s">
+        <v>83</v>
+      </c>
       <c r="BB4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>72</v>
       </c>
       <c r="BD4" t="s">
         <v>77</v>
       </c>
       <c r="BE4" t="s">
         <v>77</v>
       </c>
       <c r="BF4" t="s">
         <v>77</v>
       </c>
       <c r="BG4" t="s">
         <v>77</v>
       </c>
       <c r="BH4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BI4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>77</v>
       </c>
       <c r="BN4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>149</v>
+        <v>399</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D5">
-        <v>597110</v>
+        <v>599554</v>
       </c>
       <c r="E5">
-        <v>47.11</v>
+        <v>325.79</v>
       </c>
       <c r="F5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I5">
-        <v>16.99</v>
+        <v>139.21</v>
       </c>
       <c r="J5" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
-        <v>40755356</v>
+        <v>42435260</v>
       </c>
       <c r="Q5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="R5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="S5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="T5" t="s">
         <v>76</v>
       </c>
       <c r="U5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="V5">
-        <v>597110</v>
+        <v>599554</v>
       </c>
       <c r="W5" t="s">
         <v>77</v>
       </c>
       <c r="X5">
-        <v>47.11</v>
+        <v>325.79</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
         <v>77</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="AD5">
-        <v>40755356</v>
+        <v>42435260</v>
       </c>
       <c r="AE5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AF5">
-        <v>965326960</v>
+        <v>993593133</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="AM5" t="s">
         <v>81</v>
       </c>
       <c r="AN5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="AO5">
-        <v>16.99</v>
+        <v>139.21</v>
       </c>
       <c r="AP5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
         <v>77</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
-      <c r="AW5"/>
+      <c r="AW5">
+        <v>0</v>
+      </c>
       <c r="AX5"/>
       <c r="AY5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
-      <c r="BA5"/>
+      <c r="BA5" t="s">
+        <v>83</v>
+      </c>
       <c r="BB5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="BC5" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="BD5" t="s">
         <v>77</v>
       </c>
       <c r="BE5" t="s">
         <v>77</v>
       </c>
       <c r="BF5" t="s">
         <v>77</v>
       </c>
       <c r="BG5" t="s">
         <v>77</v>
       </c>
       <c r="BH5">
         <v>1</v>
       </c>
       <c r="BI5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>77</v>
       </c>
       <c r="BN5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>179</v>
+        <v>1238</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D6">
-        <v>597081</v>
+        <v>599543</v>
       </c>
       <c r="E6">
-        <v>120.79</v>
+        <v>65.53</v>
       </c>
       <c r="F6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I6">
-        <v>64</v>
+        <v>32.99</v>
       </c>
       <c r="J6" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
-        <v>72215424</v>
+        <v>10651939</v>
       </c>
       <c r="Q6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="R6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="S6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
       <c r="U6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V6">
-        <v>597081</v>
+        <v>599543</v>
       </c>
       <c r="W6" t="s">
         <v>77</v>
       </c>
       <c r="X6">
-        <v>120.79</v>
+        <v>65.53</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
         <v>77</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AD6">
-        <v>72215424</v>
+        <v>10651939</v>
       </c>
       <c r="AE6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AF6">
-        <v>987605751</v>
+        <v>943887727</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="AM6" t="s">
         <v>81</v>
       </c>
       <c r="AN6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AO6">
-        <v>64</v>
+        <v>32.99</v>
       </c>
       <c r="AP6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
         <v>77</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
-      <c r="AW6"/>
+      <c r="AW6">
+        <v>0</v>
+      </c>
       <c r="AX6"/>
       <c r="AY6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
-      <c r="BA6"/>
+      <c r="BA6" t="s">
+        <v>83</v>
+      </c>
       <c r="BB6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="BC6" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="BD6" t="s">
         <v>77</v>
       </c>
       <c r="BE6" t="s">
         <v>77</v>
       </c>
       <c r="BF6" t="s">
         <v>77</v>
       </c>
       <c r="BG6" t="s">
         <v>77</v>
       </c>
       <c r="BH6">
         <v>1</v>
       </c>
       <c r="BI6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>77</v>
       </c>
       <c r="BN6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>459</v>
+        <v>249</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D7">
-        <v>597050</v>
+        <v>599524</v>
       </c>
       <c r="E7">
-        <v>83.95</v>
+        <v>41.84</v>
       </c>
       <c r="F7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I7">
-        <v>44.99</v>
+        <v>13.15</v>
       </c>
       <c r="J7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
-        <v>41884950</v>
+        <v>40486882</v>
       </c>
       <c r="Q7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="R7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="S7" t="s">
         <v>134</v>
       </c>
       <c r="T7" t="s">
         <v>76</v>
       </c>
       <c r="U7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="V7">
-        <v>597050</v>
+        <v>599524</v>
       </c>
       <c r="W7" t="s">
         <v>77</v>
       </c>
       <c r="X7">
-        <v>83.95</v>
+        <v>41.84</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
         <v>77</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AD7">
-        <v>41884950</v>
+        <v>40486882</v>
       </c>
       <c r="AE7" t="s">
         <v>135</v>
       </c>
       <c r="AF7">
-        <v>930328551</v>
+        <v>986255395</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
         <v>136</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
         <v>137</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AM7" t="s">
         <v>81</v>
       </c>
       <c r="AN7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AO7">
-        <v>44.99</v>
+        <v>13.15</v>
       </c>
       <c r="AP7" t="s">
         <v>138</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>77</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="BC7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="BD7" t="s">
         <v>77</v>
       </c>
       <c r="BE7" t="s">
         <v>77</v>
       </c>
       <c r="BF7" t="s">
         <v>77</v>
       </c>
       <c r="BG7" t="s">
         <v>77</v>
       </c>
       <c r="BH7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BI7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>77</v>
       </c>
       <c r="BN7" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>319</v>
+        <v>159</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C8" t="s">
         <v>141</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>599523</v>
+      </c>
+      <c r="E8">
+        <v>107.63</v>
+      </c>
+      <c r="F8" t="s">
         <v>142</v>
       </c>
-      <c r="D8">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
         <v>143</v>
       </c>
-      <c r="G8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I8">
-        <v>9.99</v>
+        <v>58.79</v>
       </c>
       <c r="J8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8">
-        <v>43431197</v>
+        <v>43291477</v>
       </c>
       <c r="Q8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="R8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="S8" t="s">
         <v>145</v>
       </c>
       <c r="T8" t="s">
         <v>76</v>
       </c>
       <c r="U8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="V8">
-        <v>597034</v>
+        <v>599523</v>
       </c>
       <c r="W8" t="s">
         <v>77</v>
       </c>
       <c r="X8">
-        <v>33.95</v>
+        <v>107.63</v>
       </c>
       <c r="Y8">
         <v>3.8</v>
       </c>
       <c r="Z8" t="s">
         <v>77</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AD8">
-        <v>43431197</v>
+        <v>43291477</v>
       </c>
       <c r="AE8" t="s">
         <v>146</v>
       </c>
       <c r="AF8">
-        <v>930212167</v>
+        <v>952831284</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
         <v>147</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AM8" t="s">
         <v>81</v>
       </c>
       <c r="AN8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AO8">
-        <v>9.99</v>
+        <v>58.79</v>
       </c>
       <c r="AP8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>77</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BC8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="BD8" t="s">
         <v>77</v>
       </c>
       <c r="BE8" t="s">
         <v>77</v>
       </c>
       <c r="BF8" t="s">
         <v>77</v>
       </c>
       <c r="BG8" t="s">
         <v>77</v>
       </c>
       <c r="BH8">
         <v>2</v>
       </c>
       <c r="BI8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>77</v>
       </c>
       <c r="BN8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>129</v>
+        <v>409</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C9" t="s">
         <v>151</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>599507</v>
+      </c>
+      <c r="E9">
+        <v>118.16</v>
+      </c>
+      <c r="F9" t="s">
         <v>152</v>
       </c>
-      <c r="D9">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
         <v>153</v>
       </c>
-      <c r="G9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9">
-        <v>0</v>
+        <v>59.99</v>
       </c>
       <c r="J9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9">
-        <v>46089910</v>
+        <v>72968707</v>
       </c>
       <c r="Q9" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="R9" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="S9" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="T9" t="s">
         <v>76</v>
       </c>
       <c r="U9" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="V9">
-        <v>597015</v>
+        <v>599507</v>
       </c>
       <c r="W9" t="s">
         <v>77</v>
       </c>
       <c r="X9">
-        <v>60.26</v>
+        <v>118.16</v>
       </c>
       <c r="Y9">
         <v>3.8</v>
       </c>
       <c r="Z9" t="s">
         <v>77</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AD9">
-        <v>46089910</v>
+        <v>72968707</v>
       </c>
       <c r="AE9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="AF9">
-        <v>932582881</v>
+        <v>908733885</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AM9" t="s">
         <v>81</v>
       </c>
       <c r="AN9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AO9">
-        <v>0</v>
+        <v>59.99</v>
       </c>
       <c r="AP9" t="s">
         <v>158</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>77</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB9" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="BC9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="BD9" t="s">
         <v>77</v>
       </c>
       <c r="BE9" t="s">
         <v>77</v>
       </c>
       <c r="BF9" t="s">
         <v>77</v>
       </c>
       <c r="BG9" t="s">
         <v>77</v>
       </c>
       <c r="BH9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BI9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>77</v>
       </c>
       <c r="BN9" t="s">
         <v>159</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>229</v>
+        <v>449</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
         <v>160</v>
       </c>
       <c r="C10" t="s">
         <v>161</v>
       </c>
       <c r="D10">
-        <v>596947</v>
+        <v>599487</v>
       </c>
       <c r="E10">
-        <v>105</v>
+        <v>57.63</v>
       </c>
       <c r="F10" t="s">
         <v>162</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
         <v>163</v>
       </c>
       <c r="I10">
-        <v>59.87</v>
+        <v>25.49</v>
       </c>
       <c r="J10" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10" t="s">
         <v>161</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10">
-        <v>80404445</v>
+        <v>72424728</v>
       </c>
       <c r="Q10" t="s">
         <v>160</v>
       </c>
       <c r="R10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="S10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="T10" t="s">
         <v>76</v>
       </c>
       <c r="U10" t="s">
         <v>161</v>
       </c>
       <c r="V10">
-        <v>596947</v>
+        <v>599487</v>
       </c>
       <c r="W10" t="s">
         <v>77</v>
       </c>
       <c r="X10">
-        <v>105</v>
+        <v>57.63</v>
       </c>
       <c r="Y10">
         <v>3.8</v>
       </c>
       <c r="Z10" t="s">
         <v>77</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
         <v>162</v>
       </c>
       <c r="AD10">
-        <v>80404445</v>
+        <v>72424728</v>
       </c>
       <c r="AE10" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="AF10">
-        <v>945536742</v>
+        <v>928127791</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="AM10" t="s">
         <v>81</v>
       </c>
       <c r="AN10" t="s">
         <v>163</v>
       </c>
       <c r="AO10">
-        <v>59.87</v>
+        <v>25.49</v>
       </c>
       <c r="AP10" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>77</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10" t="s">
         <v>161</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB10" t="s">
         <v>160</v>
       </c>
       <c r="BC10" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="BD10" t="s">
         <v>77</v>
       </c>
       <c r="BE10" t="s">
         <v>77</v>
       </c>
       <c r="BF10" t="s">
         <v>77</v>
       </c>
       <c r="BG10" t="s">
         <v>77</v>
       </c>
       <c r="BH10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BI10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>77</v>
       </c>
       <c r="BN10" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>399</v>
+        <v>219</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C11" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D11">
-        <v>596941</v>
+        <v>599457</v>
       </c>
       <c r="E11">
-        <v>70.79</v>
+        <v>128.68</v>
       </c>
       <c r="F11" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I11">
-        <v>33.49</v>
+        <v>75.95</v>
       </c>
       <c r="J11" t="s">
-        <v>110</v>
+        <v>175</v>
       </c>
       <c r="K11" t="s">
         <v>73</v>
       </c>
       <c r="L11" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
-        <v>42773709</v>
+        <v>47499250</v>
       </c>
       <c r="Q11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="R11" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="S11" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="T11" t="s">
         <v>76</v>
       </c>
       <c r="U11" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="V11">
-        <v>596941</v>
+        <v>599457</v>
       </c>
       <c r="W11" t="s">
         <v>77</v>
       </c>
       <c r="X11">
-        <v>70.79</v>
+        <v>128.68</v>
       </c>
       <c r="Y11">
         <v>3.8</v>
       </c>
       <c r="Z11" t="s">
         <v>77</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AD11">
-        <v>42773709</v>
+        <v>47499250</v>
       </c>
       <c r="AE11" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="AF11">
-        <v>960484950</v>
+        <v>935571520</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>110</v>
+        <v>175</v>
       </c>
       <c r="AM11" t="s">
         <v>81</v>
       </c>
       <c r="AN11" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AO11">
-        <v>33.49</v>
+        <v>75.95</v>
       </c>
       <c r="AP11" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
         <v>77</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11"/>
       <c r="AY11" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
       <c r="BA11" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="BC11" t="s">
-        <v>110</v>
+        <v>175</v>
       </c>
       <c r="BD11" t="s">
         <v>77</v>
       </c>
       <c r="BE11" t="s">
         <v>77</v>
       </c>
       <c r="BF11" t="s">
         <v>77</v>
       </c>
       <c r="BG11" t="s">
         <v>77</v>
       </c>
       <c r="BH11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BI11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>77</v>
       </c>
       <c r="BN11" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>269</v>
+        <v>489</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C12" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D12">
-        <v>596934</v>
+        <v>599448</v>
       </c>
       <c r="E12">
-        <v>86.58</v>
+        <v>155</v>
       </c>
       <c r="F12" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I12">
-        <v>46.61</v>
+        <v>106.26</v>
       </c>
       <c r="J12" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="K12" t="s">
         <v>73</v>
       </c>
       <c r="L12" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
-      <c r="P12" t="s">
-        <v>184</v>
+      <c r="P12">
+        <v>74649707</v>
       </c>
       <c r="Q12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="R12" t="s">
         <v>185</v>
       </c>
       <c r="S12" t="s">
         <v>185</v>
       </c>
       <c r="T12" t="s">
         <v>76</v>
       </c>
       <c r="U12" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="V12">
-        <v>596934</v>
+        <v>599448</v>
       </c>
       <c r="W12" t="s">
         <v>77</v>
       </c>
       <c r="X12">
-        <v>86.58</v>
+        <v>155</v>
       </c>
       <c r="Y12">
         <v>3.8</v>
       </c>
       <c r="Z12" t="s">
         <v>77</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>183</v>
+      </c>
+      <c r="AD12">
+        <v>74649707</v>
       </c>
       <c r="AE12" t="s">
         <v>186</v>
       </c>
       <c r="AF12">
-        <v>924775691</v>
+        <v>972002770</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
         <v>187</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
         <v>188</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="AM12" t="s">
         <v>81</v>
       </c>
       <c r="AN12" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="AO12">
-        <v>46.61</v>
+        <v>106.26</v>
       </c>
       <c r="AP12" t="s">
         <v>189</v>
       </c>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12" t="s">
         <v>77</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
       <c r="BA12" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="BC12" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="BD12" t="s">
         <v>77</v>
       </c>
       <c r="BE12" t="s">
         <v>77</v>
       </c>
       <c r="BF12" t="s">
         <v>77</v>
       </c>
       <c r="BG12" t="s">
         <v>77</v>
       </c>
       <c r="BH12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BI12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>77</v>
       </c>
       <c r="BN12" t="s">
         <v>190</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
         <v>191</v>
       </c>
       <c r="C13" t="s">
         <v>192</v>
       </c>
       <c r="D13">
-        <v>596930</v>
+        <v>599418</v>
       </c>
       <c r="E13">
-        <v>220.79</v>
+        <v>57.63</v>
       </c>
       <c r="F13" t="s">
         <v>193</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>194</v>
       </c>
       <c r="I13">
-        <v>129.99</v>
+        <v>24.67</v>
       </c>
       <c r="J13" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13" t="s">
         <v>192</v>
       </c>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13">
-        <v>46093514</v>
+        <v>42396136</v>
       </c>
       <c r="Q13" t="s">
         <v>191</v>
       </c>
       <c r="R13" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="S13" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
       <c r="U13" t="s">
         <v>192</v>
       </c>
       <c r="V13">
-        <v>596930</v>
+        <v>599418</v>
       </c>
       <c r="W13" t="s">
         <v>77</v>
       </c>
       <c r="X13">
-        <v>220.79</v>
+        <v>57.63</v>
       </c>
       <c r="Y13">
         <v>3.8</v>
       </c>
       <c r="Z13" t="s">
         <v>77</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
         <v>193</v>
       </c>
       <c r="AD13">
-        <v>46093514</v>
+        <v>42396136</v>
       </c>
       <c r="AE13" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="AF13">
-        <v>950127415</v>
+        <v>954165280</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="AM13" t="s">
         <v>81</v>
       </c>
       <c r="AN13" t="s">
         <v>194</v>
       </c>
       <c r="AO13">
-        <v>129.99</v>
+        <v>24.67</v>
       </c>
       <c r="AP13" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
         <v>77</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13" t="s">
         <v>192</v>
       </c>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB13" t="s">
         <v>191</v>
       </c>
       <c r="BC13" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="BD13" t="s">
         <v>77</v>
       </c>
       <c r="BE13" t="s">
         <v>77</v>
       </c>
       <c r="BF13" t="s">
         <v>77</v>
       </c>
       <c r="BG13" t="s">
         <v>77</v>
       </c>
       <c r="BH13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="BI13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>77</v>
       </c>
       <c r="BN13" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>839</v>
+        <v>219</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C14" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D14">
-        <v>596929</v>
+        <v>599358</v>
       </c>
       <c r="E14">
-        <v>57.63</v>
+        <v>55</v>
       </c>
       <c r="F14" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I14">
-        <v>24.97</v>
+        <v>23.97</v>
       </c>
       <c r="J14" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="K14" t="s">
         <v>73</v>
       </c>
       <c r="L14" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
-        <v>45420029</v>
+        <v>72670481</v>
       </c>
       <c r="Q14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="R14" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="S14" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="T14" t="s">
         <v>76</v>
       </c>
       <c r="U14" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="V14">
-        <v>596929</v>
+        <v>599358</v>
       </c>
       <c r="W14" t="s">
         <v>77</v>
       </c>
       <c r="X14">
-        <v>57.63</v>
+        <v>55</v>
       </c>
       <c r="Y14">
         <v>3.8</v>
       </c>
       <c r="Z14" t="s">
         <v>77</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="AD14">
-        <v>45420029</v>
+        <v>72670481</v>
       </c>
       <c r="AE14" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="AF14">
-        <v>987130113</v>
+        <v>920418220</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>208</v>
+        <v>80</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="AM14" t="s">
         <v>81</v>
       </c>
       <c r="AN14" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AO14">
-        <v>24.97</v>
+        <v>23.97</v>
       </c>
       <c r="AP14" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
         <v>77</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
       <c r="BA14" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BC14" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="BD14" t="s">
         <v>77</v>
       </c>
       <c r="BE14" t="s">
         <v>77</v>
       </c>
       <c r="BF14" t="s">
         <v>77</v>
       </c>
       <c r="BG14" t="s">
         <v>77</v>
       </c>
       <c r="BH14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="BI14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>77</v>
       </c>
       <c r="BN14" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D15">
-        <v>596926</v>
+        <v>599334</v>
       </c>
       <c r="E15">
-        <v>39.21</v>
+        <v>55</v>
       </c>
       <c r="F15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I15">
-        <v>13.58</v>
+        <v>21.99</v>
       </c>
       <c r="J15" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="K15" t="s">
         <v>73</v>
       </c>
       <c r="L15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M15" t="s">
         <v>74</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
-      <c r="P15">
-        <v>45459922</v>
+      <c r="P15" t="s">
+        <v>216</v>
       </c>
       <c r="Q15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="R15" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="S15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="T15" t="s">
         <v>76</v>
       </c>
       <c r="U15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="V15">
-        <v>596926</v>
+        <v>599334</v>
       </c>
       <c r="W15" t="s">
         <v>77</v>
       </c>
       <c r="X15">
-        <v>39.21</v>
+        <v>55</v>
       </c>
       <c r="Y15">
         <v>3.8</v>
       </c>
       <c r="Z15" t="s">
         <v>77</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>45459922</v>
+        <v>214</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>216</v>
       </c>
       <c r="AE15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="AF15">
-        <v>519716062</v>
+        <v>999451755</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>219</v>
+        <v>188</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="AM15" t="s">
         <v>81</v>
       </c>
       <c r="AN15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="AO15">
-        <v>13.58</v>
+        <v>21.99</v>
       </c>
       <c r="AP15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
         <v>77</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15">
         <v>0</v>
       </c>
       <c r="AX15"/>
       <c r="AY15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BC15" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="BD15" t="s">
         <v>77</v>
       </c>
       <c r="BE15" t="s">
         <v>77</v>
       </c>
       <c r="BF15" t="s">
         <v>77</v>
       </c>
       <c r="BG15" t="s">
         <v>77</v>
       </c>
       <c r="BH15">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BI15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>77</v>
       </c>
       <c r="BN15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>149</v>
+        <v>209</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C16" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D16">
-        <v>596883</v>
+        <v>599324</v>
       </c>
       <c r="E16">
-        <v>36.58</v>
+        <v>81.32</v>
       </c>
       <c r="F16" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I16">
-        <v>11.49</v>
+        <v>41.61</v>
       </c>
       <c r="J16" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="K16" t="s">
         <v>73</v>
       </c>
       <c r="L16" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M16" t="s">
         <v>74</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16">
-        <v>41240561</v>
+        <v>72352578</v>
       </c>
       <c r="Q16" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="R16" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="S16" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="T16" t="s">
         <v>76</v>
       </c>
       <c r="U16" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="V16">
-        <v>596883</v>
+        <v>599324</v>
       </c>
       <c r="W16" t="s">
         <v>77</v>
       </c>
       <c r="X16">
-        <v>36.58</v>
+        <v>81.32</v>
       </c>
       <c r="Y16">
         <v>3.8</v>
       </c>
       <c r="Z16" t="s">
         <v>77</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="AD16">
-        <v>41240561</v>
+        <v>72352578</v>
       </c>
       <c r="AE16" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="AF16">
-        <v>949121494</v>
+        <v>987246680</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="AM16" t="s">
         <v>81</v>
       </c>
       <c r="AN16" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="AO16">
-        <v>11.49</v>
+        <v>41.61</v>
       </c>
       <c r="AP16" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16" t="s">
         <v>77</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16"/>
       <c r="AY16" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB16" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="BC16" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="BD16" t="s">
         <v>77</v>
       </c>
       <c r="BE16" t="s">
         <v>77</v>
       </c>
       <c r="BF16" t="s">
         <v>77</v>
       </c>
       <c r="BG16" t="s">
         <v>77</v>
       </c>
       <c r="BH16">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BI16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>77</v>
       </c>
       <c r="BN16" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>139</v>
+        <v>309</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C17" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D17">
-        <v>596879</v>
+        <v>599319</v>
       </c>
       <c r="E17">
-        <v>133.95</v>
+        <v>70.79</v>
       </c>
       <c r="F17" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="I17">
-        <v>80.85</v>
+        <v>32.99</v>
       </c>
       <c r="J17" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="K17" t="s">
         <v>73</v>
       </c>
       <c r="L17" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="M17" t="s">
         <v>74</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
-      <c r="P17">
-        <v>40300946</v>
+      <c r="P17" t="s">
+        <v>238</v>
       </c>
       <c r="Q17" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="R17" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="S17" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="T17" t="s">
         <v>76</v>
       </c>
       <c r="U17" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="V17">
-        <v>596879</v>
+        <v>599319</v>
       </c>
       <c r="W17" t="s">
         <v>77</v>
       </c>
       <c r="X17">
-        <v>133.95</v>
+        <v>70.79</v>
       </c>
       <c r="Y17">
         <v>3.8</v>
       </c>
       <c r="Z17" t="s">
         <v>77</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>40300946</v>
+        <v>236</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>238</v>
       </c>
       <c r="AE17" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="AF17">
-        <v>986832557</v>
+        <v>996175506</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>240</v>
+        <v>94</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="AM17" t="s">
         <v>81</v>
       </c>
       <c r="AN17" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="AO17">
-        <v>80.85</v>
+        <v>32.99</v>
       </c>
       <c r="AP17" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17" t="s">
         <v>77</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17">
         <v>0</v>
       </c>
       <c r="AX17"/>
       <c r="AY17" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB17" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="BC17" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="BD17" t="s">
         <v>77</v>
       </c>
       <c r="BE17" t="s">
         <v>77</v>
       </c>
       <c r="BF17" t="s">
         <v>77</v>
       </c>
       <c r="BG17" t="s">
         <v>77</v>
       </c>
       <c r="BH17">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="BI17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>77</v>
       </c>
       <c r="BN17" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>509</v>
+        <v>269</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C18" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D18">
-        <v>596871</v>
+        <v>599318</v>
       </c>
       <c r="E18">
-        <v>133.69</v>
+        <v>120.79</v>
       </c>
       <c r="F18" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I18">
-        <v>62.22</v>
+        <v>57.99</v>
       </c>
       <c r="J18" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="K18" t="s">
         <v>73</v>
       </c>
       <c r="L18" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="M18" t="s">
         <v>74</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18">
-        <v>41887211</v>
+        <v>72371184</v>
       </c>
       <c r="Q18" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="R18" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="S18" t="s">
         <v>248</v>
       </c>
       <c r="T18" t="s">
         <v>76</v>
       </c>
       <c r="U18" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="V18">
-        <v>596871</v>
+        <v>599318</v>
       </c>
       <c r="W18" t="s">
         <v>77</v>
       </c>
       <c r="X18">
-        <v>133.69</v>
+        <v>120.79</v>
       </c>
       <c r="Y18">
         <v>3.8</v>
       </c>
       <c r="Z18" t="s">
         <v>77</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="AD18">
-        <v>41887211</v>
+        <v>72371184</v>
       </c>
       <c r="AE18" t="s">
         <v>249</v>
       </c>
       <c r="AF18">
-        <v>997613943</v>
+        <v>980647754</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
         <v>250</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
         <v>251</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="AM18" t="s">
         <v>81</v>
       </c>
       <c r="AN18" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="AO18">
-        <v>62.22</v>
+        <v>57.99</v>
       </c>
       <c r="AP18" t="s">
         <v>252</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
         <v>77</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18">
         <v>0</v>
       </c>
       <c r="AX18"/>
       <c r="AY18" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
       <c r="BA18" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB18" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="BC18" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="BD18" t="s">
         <v>77</v>
       </c>
       <c r="BE18" t="s">
         <v>77</v>
       </c>
       <c r="BF18" t="s">
         <v>77</v>
       </c>
       <c r="BG18" t="s">
         <v>77</v>
       </c>
       <c r="BH18">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="BI18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>77</v>
       </c>
       <c r="BN18" t="s">
         <v>253</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>508</v>
+        <v>459</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>254</v>
       </c>
       <c r="C19" t="s">
         <v>255</v>
       </c>
       <c r="D19">
-        <v>596809</v>
+        <v>599296</v>
       </c>
       <c r="E19">
-        <v>55</v>
+        <v>62.89</v>
       </c>
       <c r="F19" t="s">
         <v>256</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
         <v>257</v>
       </c>
       <c r="I19">
-        <v>24.5</v>
+        <v>26.04</v>
       </c>
       <c r="J19" t="s">
-        <v>258</v>
+        <v>227</v>
       </c>
       <c r="K19" t="s">
         <v>73</v>
       </c>
       <c r="L19" t="s">
         <v>255</v>
       </c>
       <c r="M19" t="s">
         <v>74</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19">
-        <v>23850066</v>
+        <v>74382644</v>
       </c>
       <c r="Q19" t="s">
         <v>254</v>
       </c>
       <c r="R19" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="S19" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="T19" t="s">
         <v>76</v>
       </c>
       <c r="U19" t="s">
         <v>255</v>
       </c>
       <c r="V19">
-        <v>596809</v>
+        <v>599296</v>
       </c>
       <c r="W19" t="s">
         <v>77</v>
       </c>
       <c r="X19">
-        <v>55</v>
+        <v>62.89</v>
       </c>
       <c r="Y19">
         <v>3.8</v>
       </c>
       <c r="Z19" t="s">
         <v>77</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
         <v>256</v>
       </c>
       <c r="AD19">
-        <v>23850066</v>
+        <v>74382644</v>
       </c>
       <c r="AE19" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="AF19">
-        <v>943438999</v>
+        <v>912554124</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>258</v>
+        <v>227</v>
       </c>
       <c r="AM19" t="s">
         <v>81</v>
       </c>
       <c r="AN19" t="s">
         <v>257</v>
       </c>
       <c r="AO19">
-        <v>24.5</v>
+        <v>26.04</v>
       </c>
       <c r="AP19" t="s">
-        <v>263</v>
+        <v>82</v>
       </c>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
         <v>77</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19">
         <v>0</v>
       </c>
       <c r="AX19"/>
       <c r="AY19" t="s">
         <v>255</v>
       </c>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
       <c r="BA19" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB19" t="s">
         <v>254</v>
       </c>
       <c r="BC19" t="s">
-        <v>258</v>
+        <v>227</v>
       </c>
       <c r="BD19" t="s">
         <v>77</v>
       </c>
       <c r="BE19" t="s">
         <v>77</v>
       </c>
       <c r="BF19" t="s">
         <v>77</v>
       </c>
       <c r="BG19" t="s">
         <v>77</v>
       </c>
       <c r="BH19">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="BI19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>77</v>
       </c>
       <c r="BN19" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
+        <v>263</v>
+      </c>
+      <c r="C20" t="s">
+        <v>264</v>
+      </c>
+      <c r="D20">
+        <v>599295</v>
+      </c>
+      <c r="E20">
+        <v>83.95</v>
+      </c>
+      <c r="F20" t="s">
         <v>265</v>
       </c>
-      <c r="C20" t="s">
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20" t="s">
         <v>266</v>
       </c>
-      <c r="D20">
-[...5 lines deleted...]
-      <c r="F20" t="s">
+      <c r="I20">
+        <v>42.77</v>
+      </c>
+      <c r="J20" t="s">
         <v>267</v>
-      </c>
-[...10 lines deleted...]
-        <v>258</v>
       </c>
       <c r="K20" t="s">
         <v>73</v>
       </c>
       <c r="L20" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="M20" t="s">
         <v>74</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20">
-        <v>46314447</v>
+        <v>70192602</v>
       </c>
       <c r="Q20" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="R20" t="s">
+        <v>268</v>
+      </c>
+      <c r="S20" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="T20" t="s">
         <v>76</v>
       </c>
       <c r="U20" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="V20">
-        <v>596794</v>
+        <v>599295</v>
       </c>
       <c r="W20" t="s">
         <v>77</v>
       </c>
       <c r="X20">
-        <v>81.32</v>
+        <v>83.95</v>
       </c>
       <c r="Y20">
         <v>3.8</v>
       </c>
       <c r="Z20" t="s">
         <v>77</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>70</v>
       </c>
       <c r="AC20" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="AD20">
-        <v>46314447</v>
+        <v>70192602</v>
       </c>
       <c r="AE20" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="AF20">
-        <v>974599494</v>
+        <v>946109866</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>208</v>
+        <v>272</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="AM20" t="s">
         <v>81</v>
       </c>
       <c r="AN20" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="AO20">
-        <v>42.49</v>
+        <v>42.77</v>
       </c>
       <c r="AP20" t="s">
         <v>273</v>
       </c>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20" t="s">
         <v>77</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20">
         <v>0</v>
       </c>
       <c r="AX20"/>
       <c r="AY20" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="AZ20" t="s">
         <v>74</v>
       </c>
       <c r="BA20" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB20" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="BC20" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="BD20" t="s">
         <v>77</v>
       </c>
       <c r="BE20" t="s">
         <v>77</v>
       </c>
       <c r="BF20" t="s">
         <v>77</v>
       </c>
       <c r="BG20" t="s">
         <v>77</v>
       </c>
       <c r="BH20">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="BI20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>77</v>
       </c>
       <c r="BN20" t="s">
         <v>274</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
         <v>275</v>
       </c>
       <c r="C21" t="s">
         <v>276</v>
       </c>
       <c r="D21">
-        <v>596749</v>
+        <v>599292</v>
       </c>
       <c r="E21">
-        <v>57.63</v>
+        <v>123.42</v>
       </c>
       <c r="F21" t="s">
         <v>277</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
         <v>278</v>
       </c>
       <c r="I21">
-        <v>14.99</v>
+        <v>48.89</v>
       </c>
       <c r="J21" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="K21" t="s">
         <v>73</v>
       </c>
       <c r="L21" t="s">
         <v>276</v>
       </c>
       <c r="M21" t="s">
         <v>74</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
-      <c r="P21">
-        <v>40679551</v>
+      <c r="P21" t="s">
+        <v>279</v>
       </c>
       <c r="Q21" t="s">
         <v>275</v>
       </c>
       <c r="R21" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="S21" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="T21" t="s">
         <v>76</v>
       </c>
       <c r="U21" t="s">
         <v>276</v>
       </c>
       <c r="V21">
-        <v>596749</v>
+        <v>599292</v>
       </c>
       <c r="W21" t="s">
         <v>77</v>
       </c>
       <c r="X21">
-        <v>57.63</v>
+        <v>123.42</v>
       </c>
       <c r="Y21">
         <v>3.8</v>
       </c>
       <c r="Z21" t="s">
         <v>77</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>70</v>
       </c>
       <c r="AC21" t="s">
         <v>277</v>
       </c>
-      <c r="AD21">
-        <v>40679551</v>
+      <c r="AD21" t="s">
+        <v>279</v>
       </c>
       <c r="AE21" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="AF21">
-        <v>990297980</v>
+        <v>966047524</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>282</v>
+        <v>157</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="AM21" t="s">
         <v>81</v>
       </c>
       <c r="AN21" t="s">
         <v>278</v>
       </c>
       <c r="AO21">
-        <v>14.99</v>
+        <v>48.89</v>
       </c>
       <c r="AP21" t="s">
         <v>283</v>
       </c>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21" t="s">
         <v>77</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21">
         <v>0</v>
       </c>
       <c r="AX21"/>
       <c r="AY21" t="s">
         <v>276</v>
       </c>
       <c r="AZ21" t="s">
         <v>74</v>
       </c>
       <c r="BA21" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB21" t="s">
         <v>275</v>
       </c>
       <c r="BC21" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="BD21" t="s">
         <v>77</v>
       </c>
       <c r="BE21" t="s">
         <v>77</v>
       </c>
       <c r="BF21" t="s">
         <v>77</v>
       </c>
       <c r="BG21" t="s">
         <v>77</v>
       </c>
       <c r="BH21">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="BI21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>77</v>
       </c>
       <c r="BN21" t="s">
         <v>284</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>219</v>
+        <v>469</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>285</v>
       </c>
       <c r="C22" t="s">
         <v>286</v>
       </c>
       <c r="D22">
-        <v>596691</v>
+        <v>599238</v>
       </c>
       <c r="E22">
-        <v>39.21</v>
+        <v>155</v>
       </c>
       <c r="F22" t="s">
         <v>287</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
         <v>288</v>
       </c>
       <c r="I22">
-        <v>13.87</v>
+        <v>91.22</v>
       </c>
       <c r="J22" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="K22" t="s">
         <v>73</v>
       </c>
       <c r="L22" t="s">
         <v>286</v>
       </c>
       <c r="M22" t="s">
         <v>74</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22">
-        <v>25702531</v>
+        <v>74966137</v>
       </c>
       <c r="Q22" t="s">
         <v>285</v>
       </c>
       <c r="R22" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="S22" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="T22" t="s">
         <v>76</v>
       </c>
       <c r="U22" t="s">
         <v>286</v>
       </c>
       <c r="V22">
-        <v>596691</v>
+        <v>599238</v>
       </c>
       <c r="W22" t="s">
         <v>77</v>
       </c>
       <c r="X22">
-        <v>39.21</v>
+        <v>155</v>
       </c>
       <c r="Y22">
         <v>3.8</v>
       </c>
       <c r="Z22" t="s">
         <v>77</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>70</v>
       </c>
       <c r="AC22" t="s">
         <v>287</v>
       </c>
       <c r="AD22">
-        <v>25702531</v>
+        <v>74966137</v>
       </c>
       <c r="AE22" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="AF22">
-        <v>914218572</v>
+        <v>992888888</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="AM22" t="s">
         <v>81</v>
       </c>
       <c r="AN22" t="s">
         <v>288</v>
       </c>
       <c r="AO22">
-        <v>13.87</v>
+        <v>91.22</v>
       </c>
       <c r="AP22" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22" t="s">
         <v>77</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22">
         <v>0</v>
       </c>
       <c r="AX22"/>
       <c r="AY22" t="s">
         <v>286</v>
       </c>
       <c r="AZ22" t="s">
         <v>74</v>
       </c>
       <c r="BA22" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB22" t="s">
         <v>285</v>
       </c>
       <c r="BC22" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="BD22" t="s">
         <v>77</v>
       </c>
       <c r="BE22" t="s">
         <v>77</v>
       </c>
       <c r="BF22" t="s">
         <v>77</v>
       </c>
       <c r="BG22" t="s">
         <v>77</v>
       </c>
       <c r="BH22">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="BI22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>77</v>
       </c>
       <c r="BN22" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>149</v>
+        <v>589</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
+        <v>295</v>
+      </c>
+      <c r="C23" t="s">
         <v>296</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>599237</v>
+      </c>
+      <c r="E23">
+        <v>94.47</v>
+      </c>
+      <c r="F23" t="s">
         <v>297</v>
       </c>
-      <c r="D23">
-[...5 lines deleted...]
-      <c r="F23" t="s">
+      <c r="G23" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" t="s">
         <v>298</v>
       </c>
-      <c r="G23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I23">
-        <v>64</v>
+        <v>43.99</v>
       </c>
       <c r="J23" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="K23" t="s">
         <v>73</v>
       </c>
       <c r="L23" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="M23" t="s">
         <v>74</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23">
-        <v>74817761</v>
+        <v>10726995</v>
       </c>
       <c r="Q23" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="R23" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="S23" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="T23" t="s">
         <v>76</v>
       </c>
       <c r="U23" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="V23">
-        <v>596679</v>
+        <v>599237</v>
       </c>
       <c r="W23" t="s">
         <v>77</v>
       </c>
       <c r="X23">
-        <v>120.79</v>
+        <v>94.47</v>
       </c>
       <c r="Y23">
         <v>3.8</v>
       </c>
       <c r="Z23" t="s">
         <v>77</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>70</v>
       </c>
       <c r="AC23" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="AD23">
-        <v>74817761</v>
+        <v>10726995</v>
       </c>
       <c r="AE23" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="AF23">
-        <v>992703400</v>
+        <v>987742065</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="AM23" t="s">
         <v>81</v>
       </c>
       <c r="AN23" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="AO23">
-        <v>64</v>
+        <v>43.99</v>
       </c>
       <c r="AP23" t="s">
-        <v>126</v>
+        <v>303</v>
       </c>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23" t="s">
         <v>77</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23">
         <v>0</v>
       </c>
       <c r="AX23"/>
       <c r="AY23" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="AZ23" t="s">
         <v>74</v>
       </c>
       <c r="BA23" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB23" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="BC23" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="BD23" t="s">
         <v>77</v>
       </c>
       <c r="BE23" t="s">
         <v>77</v>
       </c>
       <c r="BF23" t="s">
         <v>77</v>
       </c>
       <c r="BG23" t="s">
         <v>77</v>
       </c>
       <c r="BH23">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="BI23" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>77</v>
       </c>
       <c r="BN23" t="s">
         <v>304</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>459</v>
+        <v>359</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
         <v>305</v>
       </c>
       <c r="C24" t="s">
         <v>306</v>
       </c>
       <c r="D24">
-        <v>596608</v>
+        <v>599230</v>
       </c>
       <c r="E24">
-        <v>78.68</v>
+        <v>62.89</v>
       </c>
       <c r="F24" t="s">
         <v>307</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
         <v>308</v>
       </c>
       <c r="I24">
-        <v>39.9</v>
+        <v>29.84</v>
       </c>
       <c r="J24" t="s">
-        <v>309</v>
+        <v>267</v>
       </c>
       <c r="K24" t="s">
         <v>73</v>
       </c>
       <c r="L24" t="s">
         <v>306</v>
       </c>
       <c r="M24" t="s">
         <v>74</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24">
-        <v>29643097</v>
+        <v>71078355</v>
       </c>
       <c r="Q24" t="s">
         <v>305</v>
       </c>
       <c r="R24" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="S24" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="T24" t="s">
         <v>76</v>
       </c>
       <c r="U24" t="s">
         <v>306</v>
       </c>
       <c r="V24">
-        <v>596608</v>
+        <v>599230</v>
       </c>
       <c r="W24" t="s">
         <v>77</v>
       </c>
       <c r="X24">
-        <v>78.68</v>
+        <v>62.89</v>
       </c>
       <c r="Y24">
         <v>3.8</v>
       </c>
       <c r="Z24" t="s">
         <v>77</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>70</v>
       </c>
       <c r="AC24" t="s">
         <v>307</v>
       </c>
       <c r="AD24">
-        <v>29643097</v>
+        <v>71078355</v>
       </c>
       <c r="AE24" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="AF24">
-        <v>959789487</v>
+        <v>918789001</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>313</v>
+        <v>157</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
-        <v>309</v>
+        <v>267</v>
       </c>
       <c r="AM24" t="s">
         <v>81</v>
       </c>
       <c r="AN24" t="s">
         <v>308</v>
       </c>
       <c r="AO24">
-        <v>39.9</v>
+        <v>29.84</v>
       </c>
       <c r="AP24" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24" t="s">
         <v>77</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24">
         <v>0</v>
       </c>
       <c r="AX24"/>
       <c r="AY24" t="s">
         <v>306</v>
       </c>
       <c r="AZ24" t="s">
         <v>74</v>
       </c>
       <c r="BA24" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB24" t="s">
         <v>305</v>
       </c>
       <c r="BC24" t="s">
-        <v>309</v>
+        <v>267</v>
       </c>
       <c r="BD24" t="s">
         <v>77</v>
       </c>
       <c r="BE24" t="s">
         <v>77</v>
       </c>
       <c r="BF24" t="s">
         <v>77</v>
       </c>
       <c r="BG24" t="s">
         <v>77</v>
       </c>
       <c r="BH24">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="BI24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>77</v>
       </c>
       <c r="BN24" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>299</v>
+        <v>239</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
+        <v>314</v>
+      </c>
+      <c r="C25" t="s">
+        <v>315</v>
+      </c>
+      <c r="D25">
+        <v>599127</v>
+      </c>
+      <c r="E25">
+        <v>70.79</v>
+      </c>
+      <c r="F25" t="s">
         <v>316</v>
       </c>
-      <c r="C25" t="s">
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25" t="s">
         <v>317</v>
       </c>
-      <c r="D25">
-[...5 lines deleted...]
-      <c r="F25" t="s">
+      <c r="I25">
+        <v>79.9</v>
+      </c>
+      <c r="J25" t="s">
         <v>318</v>
-      </c>
-[...10 lines deleted...]
-        <v>320</v>
       </c>
       <c r="K25" t="s">
         <v>73</v>
       </c>
       <c r="L25" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="M25" t="s">
         <v>74</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25">
-        <v>70344798</v>
+        <v>73017683</v>
       </c>
       <c r="Q25" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="R25" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="S25" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="T25" t="s">
         <v>76</v>
       </c>
       <c r="U25" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="V25">
-        <v>596543</v>
+        <v>599127</v>
       </c>
       <c r="W25" t="s">
         <v>77</v>
       </c>
       <c r="X25">
-        <v>112.89</v>
+        <v>70.79</v>
       </c>
       <c r="Y25">
         <v>3.8</v>
       </c>
       <c r="Z25" t="s">
         <v>77</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>70</v>
       </c>
       <c r="AC25" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="AD25">
-        <v>70344798</v>
+        <v>73017683</v>
       </c>
       <c r="AE25" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="AF25">
-        <v>997614351</v>
+        <v>962179797</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>115</v>
+        <v>251</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="AM25" t="s">
         <v>81</v>
       </c>
       <c r="AN25" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="AO25">
-        <v>49.8</v>
+        <v>79.9</v>
       </c>
       <c r="AP25" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25" t="s">
         <v>77</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25">
         <v>0</v>
       </c>
       <c r="AX25"/>
       <c r="AY25" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="AZ25" t="s">
         <v>74</v>
       </c>
       <c r="BA25" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB25" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="BC25" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="BD25" t="s">
         <v>77</v>
       </c>
       <c r="BE25" t="s">
         <v>77</v>
       </c>
       <c r="BF25" t="s">
         <v>77</v>
       </c>
       <c r="BG25" t="s">
         <v>77</v>
       </c>
       <c r="BH25">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="BI25" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>77</v>
       </c>
       <c r="BN25" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>429</v>
+        <v>269</v>
       </c>
       <c r="BS25"/>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
+        <v>324</v>
+      </c>
+      <c r="C26" t="s">
+        <v>325</v>
+      </c>
+      <c r="D26">
+        <v>599042</v>
+      </c>
+      <c r="E26">
+        <v>36.58</v>
+      </c>
+      <c r="F26" t="s">
+        <v>326</v>
+      </c>
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26" t="s">
         <v>327</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26">
+        <v>10.99</v>
+      </c>
+      <c r="J26" t="s">
         <v>328</v>
-      </c>
-[...19 lines deleted...]
-        <v>331</v>
       </c>
       <c r="K26" t="s">
         <v>73</v>
       </c>
       <c r="L26" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="M26" t="s">
         <v>74</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26">
-        <v>10268815</v>
+        <v>75443684</v>
       </c>
       <c r="Q26" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="R26" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="S26" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="T26" t="s">
         <v>76</v>
       </c>
       <c r="U26" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="V26">
-        <v>596497</v>
+        <v>599042</v>
       </c>
       <c r="W26" t="s">
         <v>77</v>
       </c>
       <c r="X26">
-        <v>52.37</v>
+        <v>36.58</v>
       </c>
       <c r="Y26">
         <v>3.8</v>
       </c>
       <c r="Z26" t="s">
         <v>77</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>70</v>
       </c>
       <c r="AC26" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="AD26">
-        <v>10268815</v>
+        <v>75443684</v>
       </c>
       <c r="AE26" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="AF26">
-        <v>996600792</v>
+        <v>982067540</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>208</v>
+        <v>251</v>
       </c>
       <c r="AK26" t="s">
         <v>70</v>
       </c>
       <c r="AL26" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="AM26" t="s">
-        <v>81</v>
+        <v>332</v>
       </c>
       <c r="AN26" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="AO26">
-        <v>23.99</v>
+        <v>10.99</v>
       </c>
       <c r="AP26" t="s">
+        <v>333</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>334</v>
+      </c>
+      <c r="AR26" t="s">
         <v>335</v>
       </c>
-      <c r="AQ26"/>
-      <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26" t="s">
         <v>77</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26">
         <v>0</v>
       </c>
       <c r="AX26"/>
       <c r="AY26" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="AZ26" t="s">
         <v>74</v>
       </c>
       <c r="BA26" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB26" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="BC26" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="BD26" t="s">
         <v>77</v>
       </c>
       <c r="BE26" t="s">
         <v>77</v>
       </c>
       <c r="BF26" t="s">
         <v>77</v>
       </c>
       <c r="BG26" t="s">
         <v>77</v>
       </c>
       <c r="BH26">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="BI26" t="s">
-        <v>83</v>
+        <v>336</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>77</v>
       </c>
       <c r="BN26" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
-      <c r="BP26"/>
+      <c r="BP26" t="s">
+        <v>334</v>
+      </c>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>199</v>
+        <v>139</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C27" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D27">
-        <v>595900</v>
+        <v>599019</v>
       </c>
       <c r="E27">
-        <v>49.74</v>
+        <v>144.47</v>
       </c>
       <c r="F27" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I27">
-        <v>19.99</v>
+        <v>79.99</v>
       </c>
       <c r="J27" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="K27" t="s">
         <v>73</v>
       </c>
       <c r="L27" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M27" t="s">
         <v>74</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27">
-        <v>41003478</v>
+        <v>74956295</v>
       </c>
       <c r="Q27" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="R27" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="S27" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="T27" t="s">
         <v>76</v>
       </c>
       <c r="U27" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="V27">
-        <v>595900</v>
+        <v>599019</v>
       </c>
       <c r="W27" t="s">
         <v>77</v>
       </c>
       <c r="X27">
-        <v>49.74</v>
+        <v>144.47</v>
       </c>
       <c r="Y27">
         <v>3.8</v>
       </c>
       <c r="Z27" t="s">
         <v>77</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>70</v>
       </c>
       <c r="AC27" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="AD27">
-        <v>41003478</v>
+        <v>74956295</v>
       </c>
       <c r="AE27" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="AF27">
-        <v>917390105</v>
+        <v>953780156</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>345</v>
+        <v>168</v>
       </c>
       <c r="AK27" t="s">
         <v>70</v>
       </c>
       <c r="AL27" t="s">
+        <v>342</v>
+      </c>
+      <c r="AM27" t="s">
+        <v>332</v>
+      </c>
+      <c r="AN27" t="s">
         <v>341</v>
       </c>
-      <c r="AM27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO27">
-        <v>19.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP27" t="s">
         <v>346</v>
       </c>
-      <c r="AQ27"/>
-      <c r="AR27"/>
+      <c r="AQ27" t="s">
+        <v>334</v>
+      </c>
+      <c r="AR27" t="s">
+        <v>335</v>
+      </c>
       <c r="AS27"/>
       <c r="AT27" t="s">
         <v>77</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27">
         <v>0</v>
       </c>
       <c r="AX27"/>
       <c r="AY27" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="AZ27" t="s">
         <v>74</v>
       </c>
       <c r="BA27" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB27" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="BC27" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="BD27" t="s">
         <v>77</v>
       </c>
       <c r="BE27" t="s">
         <v>77</v>
       </c>
       <c r="BF27" t="s">
         <v>77</v>
       </c>
       <c r="BG27" t="s">
         <v>77</v>
       </c>
       <c r="BH27">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="BI27" t="s">
-        <v>83</v>
+        <v>336</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>77</v>
       </c>
       <c r="BN27" t="s">
         <v>347</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
-      <c r="BP27"/>
+      <c r="BP27" t="s">
+        <v>334</v>
+      </c>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>189</v>
+        <v>549</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>348</v>
       </c>
       <c r="C28" t="s">
         <v>349</v>
       </c>
       <c r="D28">
-        <v>595235</v>
+        <v>598999</v>
       </c>
       <c r="E28">
-        <v>36.58</v>
+        <v>52.37</v>
       </c>
       <c r="F28" t="s">
         <v>350</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
         <v>351</v>
       </c>
       <c r="I28">
-        <v>30.15</v>
+        <v>22.49</v>
       </c>
       <c r="J28" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="K28" t="s">
         <v>73</v>
       </c>
       <c r="L28" t="s">
         <v>349</v>
       </c>
       <c r="M28" t="s">
         <v>74</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28">
-        <v>72690082</v>
+        <v>22673449</v>
       </c>
       <c r="Q28" t="s">
         <v>348</v>
       </c>
       <c r="R28" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="S28" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="T28" t="s">
         <v>76</v>
       </c>
       <c r="U28" t="s">
         <v>349</v>
       </c>
       <c r="V28">
-        <v>595235</v>
+        <v>598999</v>
       </c>
       <c r="W28" t="s">
         <v>77</v>
       </c>
       <c r="X28">
-        <v>36.58</v>
+        <v>52.37</v>
       </c>
       <c r="Y28">
         <v>3.8</v>
       </c>
       <c r="Z28" t="s">
         <v>77</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>70</v>
       </c>
       <c r="AC28" t="s">
         <v>350</v>
       </c>
       <c r="AD28">
-        <v>72690082</v>
+        <v>22673449</v>
       </c>
       <c r="AE28" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="AF28">
-        <v>980910740</v>
+        <v>928552511</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="AK28" t="s">
         <v>70</v>
       </c>
       <c r="AL28" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="AM28" t="s">
         <v>81</v>
       </c>
       <c r="AN28" t="s">
         <v>351</v>
       </c>
       <c r="AO28">
-        <v>30.15</v>
+        <v>22.49</v>
       </c>
       <c r="AP28" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28" t="s">
         <v>77</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28">
         <v>0</v>
       </c>
       <c r="AX28"/>
       <c r="AY28" t="s">
         <v>349</v>
       </c>
       <c r="AZ28" t="s">
         <v>74</v>
       </c>
       <c r="BA28" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB28" t="s">
         <v>348</v>
       </c>
       <c r="BC28" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="BD28" t="s">
         <v>77</v>
       </c>
       <c r="BE28" t="s">
         <v>77</v>
       </c>
       <c r="BF28" t="s">
         <v>77</v>
       </c>
       <c r="BG28" t="s">
         <v>77</v>
       </c>
       <c r="BH28">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="BI28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>77</v>
       </c>
       <c r="BN28" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>139</v>
+        <v>199</v>
       </c>
       <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
+        <v>357</v>
+      </c>
+      <c r="C29" t="s">
         <v>358</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29">
+        <v>598956</v>
+      </c>
+      <c r="E29">
+        <v>168.16</v>
+      </c>
+      <c r="F29" t="s">
         <v>359</v>
       </c>
-      <c r="D29">
-[...5 lines deleted...]
-      <c r="F29" t="s">
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29" t="s">
         <v>360</v>
       </c>
-      <c r="G29" t="s">
-[...2 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29">
+        <v>105.92</v>
+      </c>
+      <c r="J29" t="s">
         <v>361</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="K29" t="s">
         <v>73</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" t="s">
+        <v>358</v>
+      </c>
       <c r="M29" t="s">
-        <v>363</v>
+        <v>74</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
-      <c r="P29" t="s">
-        <v>364</v>
+      <c r="P29">
+        <v>73805003</v>
       </c>
       <c r="Q29" t="s">
+        <v>357</v>
+      </c>
+      <c r="R29" t="s">
+        <v>362</v>
+      </c>
+      <c r="S29" t="s">
+        <v>362</v>
+      </c>
+      <c r="T29" t="s">
+        <v>76</v>
+      </c>
+      <c r="U29" t="s">
         <v>358</v>
       </c>
-      <c r="R29" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V29">
-        <v>528255</v>
+        <v>598956</v>
       </c>
       <c r="W29" t="s">
         <v>77</v>
       </c>
       <c r="X29">
-        <v>85.12</v>
+        <v>168.16</v>
       </c>
       <c r="Y29">
-        <v>4.1</v>
+        <v>3.8</v>
       </c>
       <c r="Z29" t="s">
         <v>77</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>70</v>
       </c>
       <c r="AC29" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>359</v>
+      </c>
+      <c r="AD29">
+        <v>73805003</v>
       </c>
       <c r="AE29" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="AF29">
-        <v>950946036</v>
+        <v>952741124</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>208</v>
+        <v>365</v>
       </c>
       <c r="AK29" t="s">
         <v>70</v>
       </c>
       <c r="AL29" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="AM29"/>
+        <v>361</v>
+      </c>
+      <c r="AM29" t="s">
+        <v>81</v>
+      </c>
       <c r="AN29" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="AO29">
-        <v>57.42</v>
+        <v>105.92</v>
       </c>
       <c r="AP29" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29" t="s">
         <v>77</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29">
         <v>0</v>
       </c>
       <c r="AX29"/>
-      <c r="AY29"/>
+      <c r="AY29" t="s">
+        <v>358</v>
+      </c>
       <c r="AZ29" t="s">
-        <v>363</v>
+        <v>74</v>
       </c>
       <c r="BA29" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="BB29" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="BC29" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="BD29" t="s">
         <v>77</v>
       </c>
       <c r="BE29" t="s">
         <v>77</v>
       </c>
       <c r="BF29" t="s">
         <v>77</v>
       </c>
       <c r="BG29" t="s">
         <v>77</v>
       </c>
       <c r="BH29">
-        <v>1360</v>
+        <v>18</v>
       </c>
       <c r="BI29" t="s">
-        <v>370</v>
+        <v>84</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>77</v>
       </c>
       <c r="BN29" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29">
+        <v>639</v>
+      </c>
+      <c r="BS29"/>
+    </row>
+    <row r="30" spans="1:71">
+      <c r="A30" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" t="s">
+        <v>368</v>
+      </c>
+      <c r="C30" t="s">
+        <v>369</v>
+      </c>
+      <c r="D30">
+        <v>598814</v>
+      </c>
+      <c r="E30">
+        <v>86.58</v>
+      </c>
+      <c r="F30" t="s">
+        <v>370</v>
+      </c>
+      <c r="G30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30" t="s">
+        <v>371</v>
+      </c>
+      <c r="I30">
+        <v>37.18</v>
+      </c>
+      <c r="J30" t="s">
+        <v>372</v>
+      </c>
+      <c r="K30" t="s">
+        <v>73</v>
+      </c>
+      <c r="L30" t="s">
+        <v>369</v>
+      </c>
+      <c r="M30" t="s">
+        <v>74</v>
+      </c>
+      <c r="N30"/>
+      <c r="O30"/>
+      <c r="P30">
+        <v>61991378</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>368</v>
+      </c>
+      <c r="R30" t="s">
+        <v>373</v>
+      </c>
+      <c r="S30" t="s">
+        <v>373</v>
+      </c>
+      <c r="T30" t="s">
+        <v>76</v>
+      </c>
+      <c r="U30" t="s">
+        <v>369</v>
+      </c>
+      <c r="V30">
+        <v>598814</v>
+      </c>
+      <c r="W30" t="s">
+        <v>77</v>
+      </c>
+      <c r="X30">
+        <v>86.58</v>
+      </c>
+      <c r="Y30">
+        <v>3.8</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>370</v>
+      </c>
+      <c r="AD30">
+        <v>61991378</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>374</v>
+      </c>
+      <c r="AF30">
+        <v>970441459</v>
+      </c>
+      <c r="AG30"/>
+      <c r="AH30" t="s">
+        <v>375</v>
+      </c>
+      <c r="AI30"/>
+      <c r="AJ30" t="s">
+        <v>376</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>372</v>
+      </c>
+      <c r="AM30" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>371</v>
+      </c>
+      <c r="AO30">
+        <v>37.18</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>377</v>
+      </c>
+      <c r="AQ30"/>
+      <c r="AR30"/>
+      <c r="AS30"/>
+      <c r="AT30" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU30"/>
+      <c r="AV30"/>
+      <c r="AW30">
+        <v>0</v>
+      </c>
+      <c r="AX30"/>
+      <c r="AY30" t="s">
+        <v>369</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA30" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB30" t="s">
+        <v>368</v>
+      </c>
+      <c r="BC30" t="s">
+        <v>372</v>
+      </c>
+      <c r="BD30" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE30" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF30" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG30" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH30">
+        <v>22</v>
+      </c>
+      <c r="BI30" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ30"/>
+      <c r="BK30"/>
+      <c r="BL30"/>
+      <c r="BM30" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN30" t="s">
+        <v>378</v>
+      </c>
+      <c r="BO30">
+        <v>0</v>
+      </c>
+      <c r="BP30"/>
+      <c r="BQ30"/>
+      <c r="BR30">
+        <v>329</v>
+      </c>
+      <c r="BS30"/>
+    </row>
+    <row r="31" spans="1:71">
+      <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
+        <v>379</v>
+      </c>
+      <c r="C31" t="s">
+        <v>380</v>
+      </c>
+      <c r="D31">
+        <v>597611</v>
+      </c>
+      <c r="E31">
+        <v>49.74</v>
+      </c>
+      <c r="F31" t="s">
+        <v>381</v>
+      </c>
+      <c r="G31" t="s">
+        <v>70</v>
+      </c>
+      <c r="H31" t="s">
+        <v>382</v>
+      </c>
+      <c r="I31">
+        <v>23.9</v>
+      </c>
+      <c r="J31" t="s">
+        <v>383</v>
+      </c>
+      <c r="K31" t="s">
+        <v>73</v>
+      </c>
+      <c r="L31" t="s">
+        <v>380</v>
+      </c>
+      <c r="M31" t="s">
+        <v>74</v>
+      </c>
+      <c r="N31"/>
+      <c r="O31"/>
+      <c r="P31">
+        <v>72220478</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>379</v>
+      </c>
+      <c r="R31" t="s">
+        <v>384</v>
+      </c>
+      <c r="S31" t="s">
+        <v>384</v>
+      </c>
+      <c r="T31" t="s">
+        <v>76</v>
+      </c>
+      <c r="U31" t="s">
+        <v>380</v>
+      </c>
+      <c r="V31">
+        <v>597611</v>
+      </c>
+      <c r="W31" t="s">
+        <v>77</v>
+      </c>
+      <c r="X31">
+        <v>49.74</v>
+      </c>
+      <c r="Y31">
+        <v>3.8</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>381</v>
+      </c>
+      <c r="AD31">
+        <v>72220478</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>385</v>
+      </c>
+      <c r="AF31">
+        <v>941446614</v>
+      </c>
+      <c r="AG31"/>
+      <c r="AH31" t="s">
+        <v>386</v>
+      </c>
+      <c r="AI31"/>
+      <c r="AJ31" t="s">
+        <v>387</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>383</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>382</v>
+      </c>
+      <c r="AO31">
+        <v>23.9</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>388</v>
+      </c>
+      <c r="AQ31"/>
+      <c r="AR31"/>
+      <c r="AS31"/>
+      <c r="AT31" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU31"/>
+      <c r="AV31"/>
+      <c r="AW31">
+        <v>0</v>
+      </c>
+      <c r="AX31"/>
+      <c r="AY31" t="s">
+        <v>380</v>
+      </c>
+      <c r="AZ31" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA31" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB31" t="s">
+        <v>379</v>
+      </c>
+      <c r="BC31" t="s">
+        <v>383</v>
+      </c>
+      <c r="BD31" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE31" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF31" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG31" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH31">
+        <v>41</v>
+      </c>
+      <c r="BI31" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ31"/>
+      <c r="BK31"/>
+      <c r="BL31"/>
+      <c r="BM31" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN31" t="s">
+        <v>389</v>
+      </c>
+      <c r="BO31">
+        <v>0</v>
+      </c>
+      <c r="BP31"/>
+      <c r="BQ31"/>
+      <c r="BR31">
+        <v>189</v>
+      </c>
+      <c r="BS31"/>
+    </row>
+    <row r="32" spans="1:71">
+      <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
+        <v>390</v>
+      </c>
+      <c r="C32" t="s">
+        <v>391</v>
+      </c>
+      <c r="D32">
+        <v>528255</v>
+      </c>
+      <c r="E32">
+        <v>85.12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>392</v>
+      </c>
+      <c r="G32" t="s">
+        <v>70</v>
+      </c>
+      <c r="H32" t="s">
+        <v>393</v>
+      </c>
+      <c r="I32">
+        <v>57.42</v>
+      </c>
+      <c r="J32" t="s">
+        <v>394</v>
+      </c>
+      <c r="K32" t="s">
+        <v>73</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>395</v>
+      </c>
+      <c r="N32"/>
+      <c r="O32"/>
+      <c r="P32" t="s">
+        <v>396</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>390</v>
+      </c>
+      <c r="R32" t="s">
+        <v>397</v>
+      </c>
+      <c r="S32" t="s">
+        <v>398</v>
+      </c>
+      <c r="T32" t="s">
+        <v>399</v>
+      </c>
+      <c r="U32" t="s">
+        <v>391</v>
+      </c>
+      <c r="V32">
+        <v>528255</v>
+      </c>
+      <c r="W32" t="s">
+        <v>77</v>
+      </c>
+      <c r="X32">
+        <v>85.12</v>
+      </c>
+      <c r="Y32">
+        <v>4.1</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>392</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>396</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF32">
+        <v>950946036</v>
+      </c>
+      <c r="AG32"/>
+      <c r="AH32" t="s">
+        <v>400</v>
+      </c>
+      <c r="AI32"/>
+      <c r="AJ32" t="s">
+        <v>94</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>394</v>
+      </c>
+      <c r="AM32"/>
+      <c r="AN32" t="s">
+        <v>393</v>
+      </c>
+      <c r="AO32">
+        <v>57.42</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>401</v>
+      </c>
+      <c r="AQ32"/>
+      <c r="AR32"/>
+      <c r="AS32"/>
+      <c r="AT32" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU32"/>
+      <c r="AV32"/>
+      <c r="AW32">
+        <v>0</v>
+      </c>
+      <c r="AX32"/>
+      <c r="AY32"/>
+      <c r="AZ32" t="s">
+        <v>395</v>
+      </c>
+      <c r="BA32" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB32" t="s">
+        <v>390</v>
+      </c>
+      <c r="BC32" t="s">
+        <v>394</v>
+      </c>
+      <c r="BD32" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE32" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF32" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG32" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH32">
+        <v>1406</v>
+      </c>
+      <c r="BI32" t="s">
+        <v>336</v>
+      </c>
+      <c r="BJ32"/>
+      <c r="BK32"/>
+      <c r="BL32"/>
+      <c r="BM32" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN32" t="s">
+        <v>402</v>
+      </c>
+      <c r="BO32">
+        <v>0</v>
+      </c>
+      <c r="BP32"/>
+      <c r="BQ32"/>
+      <c r="BR32">
         <v>349</v>
       </c>
-      <c r="BS29"/>
+      <c r="BS32"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>