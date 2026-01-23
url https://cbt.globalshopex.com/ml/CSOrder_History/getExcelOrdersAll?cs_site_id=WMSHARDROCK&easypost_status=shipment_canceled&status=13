--- v0 (2025-12-04)
+++ v1 (2026-01-23)
@@ -233,51 +233,51 @@
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>WMSHARDROCK</t>
   </si>
   <si>
     <t>2025-11-25 05:55:57</t>
   </si>
   <si>
     <t>Thiago Rodrigues Machado .</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>In Transit to Hub</t>
   </si>
   <si>
     <t>shipment_canceled</t>
   </si>
   <si>
-    <t>new</t>
+    <t>cancel</t>
   </si>
   <si>
     <t>786 391 4868</t>
   </si>
   <si>
     <t>9990 NW 14th Street, Suite 110, WMSHARDROCK</t>
   </si>
   <si>
     <t>Miami</t>
   </si>
   <si>
     <t>/886676812990</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>Cancelled</t>
   </si>
   <si>
     <t>ALL</t>
   </si>
@@ -976,51 +976,51 @@
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2" t="s">
         <v>78</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="BI2" t="s">
         <v>79</v>
       </c>
       <c r="BJ2" t="s">
         <v>80</v>
       </c>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>70</v>
       </c>
       <c r="BN2" t="s">
         <v>70</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>81</v>
       </c>
       <c r="BR2">
         <v>1.02</v>
       </c>