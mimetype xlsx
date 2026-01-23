--- v0 (2025-12-04)
+++ v1 (2026-01-23)
@@ -1168,51 +1168,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>79</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>71</v>
       </c>
       <c r="BE2" t="s">
         <v>71</v>
       </c>
       <c r="BF2" t="s">
         <v>71</v>
       </c>
       <c r="BG2" t="s">
         <v>71</v>
       </c>
       <c r="BH2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI2" t="s">
         <v>80</v>
       </c>
       <c r="BJ2" t="s">
         <v>81</v>
       </c>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>71</v>
       </c>
       <c r="BN2" t="s">
         <v>71</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>82</v>
       </c>
       <c r="BR2">
         <v>3.02</v>
       </c>
@@ -1345,51 +1345,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>79</v>
       </c>
       <c r="BB3" t="s">
         <v>83</v>
       </c>
       <c r="BC3" t="s">
         <v>71</v>
       </c>
       <c r="BD3" t="s">
         <v>71</v>
       </c>
       <c r="BE3" t="s">
         <v>71</v>
       </c>
       <c r="BF3" t="s">
         <v>71</v>
       </c>
       <c r="BG3" t="s">
         <v>71</v>
       </c>
       <c r="BH3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI3" t="s">
         <v>80</v>
       </c>
       <c r="BJ3" t="s">
         <v>81</v>
       </c>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>71</v>
       </c>
       <c r="BN3" t="s">
         <v>71</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>82</v>
       </c>
       <c r="BR3">
         <v>3.02</v>
       </c>
@@ -1522,51 +1522,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>79</v>
       </c>
       <c r="BB4" t="s">
         <v>86</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>71</v>
       </c>
       <c r="BE4" t="s">
         <v>71</v>
       </c>
       <c r="BF4" t="s">
         <v>71</v>
       </c>
       <c r="BG4" t="s">
         <v>71</v>
       </c>
       <c r="BH4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI4" t="s">
         <v>80</v>
       </c>
       <c r="BJ4" t="s">
         <v>81</v>
       </c>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>71</v>
       </c>
       <c r="BN4" t="s">
         <v>71</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
         <v>82</v>
       </c>
       <c r="BR4">
         <v>3.02</v>
       </c>
@@ -1699,51 +1699,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>79</v>
       </c>
       <c r="BB5" t="s">
         <v>89</v>
       </c>
       <c r="BC5" t="s">
         <v>71</v>
       </c>
       <c r="BD5" t="s">
         <v>71</v>
       </c>
       <c r="BE5" t="s">
         <v>71</v>
       </c>
       <c r="BF5" t="s">
         <v>71</v>
       </c>
       <c r="BG5" t="s">
         <v>71</v>
       </c>
       <c r="BH5">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI5" t="s">
         <v>80</v>
       </c>
       <c r="BJ5" t="s">
         <v>81</v>
       </c>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>71</v>
       </c>
       <c r="BN5" t="s">
         <v>71</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5" t="s">
         <v>82</v>
       </c>
       <c r="BR5">
         <v>3.02</v>
       </c>
@@ -1876,51 +1876,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>79</v>
       </c>
       <c r="BB6" t="s">
         <v>92</v>
       </c>
       <c r="BC6" t="s">
         <v>71</v>
       </c>
       <c r="BD6" t="s">
         <v>71</v>
       </c>
       <c r="BE6" t="s">
         <v>71</v>
       </c>
       <c r="BF6" t="s">
         <v>71</v>
       </c>
       <c r="BG6" t="s">
         <v>71</v>
       </c>
       <c r="BH6">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI6" t="s">
         <v>80</v>
       </c>
       <c r="BJ6" t="s">
         <v>81</v>
       </c>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>71</v>
       </c>
       <c r="BN6" t="s">
         <v>71</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6" t="s">
         <v>82</v>
       </c>
       <c r="BR6">
         <v>3.02</v>
       </c>
@@ -2053,51 +2053,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>79</v>
       </c>
       <c r="BB7" t="s">
         <v>95</v>
       </c>
       <c r="BC7" t="s">
         <v>71</v>
       </c>
       <c r="BD7" t="s">
         <v>71</v>
       </c>
       <c r="BE7" t="s">
         <v>71</v>
       </c>
       <c r="BF7" t="s">
         <v>71</v>
       </c>
       <c r="BG7" t="s">
         <v>71</v>
       </c>
       <c r="BH7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI7" t="s">
         <v>80</v>
       </c>
       <c r="BJ7" t="s">
         <v>81</v>
       </c>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>71</v>
       </c>
       <c r="BN7" t="s">
         <v>71</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7" t="s">
         <v>82</v>
       </c>
       <c r="BR7">
         <v>3.02</v>
       </c>
@@ -2230,51 +2230,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>79</v>
       </c>
       <c r="BB8" t="s">
         <v>97</v>
       </c>
       <c r="BC8" t="s">
         <v>71</v>
       </c>
       <c r="BD8" t="s">
         <v>71</v>
       </c>
       <c r="BE8" t="s">
         <v>71</v>
       </c>
       <c r="BF8" t="s">
         <v>71</v>
       </c>
       <c r="BG8" t="s">
         <v>71</v>
       </c>
       <c r="BH8">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI8" t="s">
         <v>80</v>
       </c>
       <c r="BJ8" t="s">
         <v>81</v>
       </c>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>71</v>
       </c>
       <c r="BN8" t="s">
         <v>71</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8" t="s">
         <v>82</v>
       </c>
       <c r="BR8">
         <v>3.02</v>
       </c>
@@ -2407,51 +2407,51 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>79</v>
       </c>
       <c r="BB9" t="s">
         <v>99</v>
       </c>
       <c r="BC9" t="s">
         <v>71</v>
       </c>
       <c r="BD9" t="s">
         <v>71</v>
       </c>
       <c r="BE9" t="s">
         <v>71</v>
       </c>
       <c r="BF9" t="s">
         <v>71</v>
       </c>
       <c r="BG9" t="s">
         <v>71</v>
       </c>
       <c r="BH9">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI9" t="s">
         <v>80</v>
       </c>
       <c r="BJ9" t="s">
         <v>81</v>
       </c>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>71</v>
       </c>
       <c r="BN9" t="s">
         <v>71</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9" t="s">
         <v>82</v>
       </c>
       <c r="BR9">
         <v>3.02</v>
       </c>
@@ -2584,51 +2584,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>79</v>
       </c>
       <c r="BB10" t="s">
         <v>101</v>
       </c>
       <c r="BC10" t="s">
         <v>71</v>
       </c>
       <c r="BD10" t="s">
         <v>71</v>
       </c>
       <c r="BE10" t="s">
         <v>71</v>
       </c>
       <c r="BF10" t="s">
         <v>71</v>
       </c>
       <c r="BG10" t="s">
         <v>71</v>
       </c>
       <c r="BH10">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI10" t="s">
         <v>80</v>
       </c>
       <c r="BJ10" t="s">
         <v>81</v>
       </c>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>71</v>
       </c>
       <c r="BN10" t="s">
         <v>71</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10" t="s">
         <v>82</v>
       </c>
       <c r="BR10">
         <v>3.02</v>
       </c>
@@ -2761,51 +2761,51 @@
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>79</v>
       </c>
       <c r="BB11" t="s">
         <v>103</v>
       </c>
       <c r="BC11" t="s">
         <v>71</v>
       </c>
       <c r="BD11" t="s">
         <v>71</v>
       </c>
       <c r="BE11" t="s">
         <v>71</v>
       </c>
       <c r="BF11" t="s">
         <v>71</v>
       </c>
       <c r="BG11" t="s">
         <v>71</v>
       </c>
       <c r="BH11">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI11" t="s">
         <v>80</v>
       </c>
       <c r="BJ11" t="s">
         <v>81</v>
       </c>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>71</v>
       </c>
       <c r="BN11" t="s">
         <v>71</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11" t="s">
         <v>82</v>
       </c>
       <c r="BR11">
         <v>3.02</v>
       </c>
@@ -2938,51 +2938,51 @@
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>79</v>
       </c>
       <c r="BB12" t="s">
         <v>105</v>
       </c>
       <c r="BC12" t="s">
         <v>71</v>
       </c>
       <c r="BD12" t="s">
         <v>71</v>
       </c>
       <c r="BE12" t="s">
         <v>71</v>
       </c>
       <c r="BF12" t="s">
         <v>71</v>
       </c>
       <c r="BG12" t="s">
         <v>71</v>
       </c>
       <c r="BH12">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI12" t="s">
         <v>80</v>
       </c>
       <c r="BJ12" t="s">
         <v>81</v>
       </c>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>71</v>
       </c>
       <c r="BN12" t="s">
         <v>71</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12" t="s">
         <v>82</v>
       </c>
       <c r="BR12">
         <v>3.02</v>
       </c>
@@ -3115,51 +3115,51 @@
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13" t="s">
         <v>79</v>
       </c>
       <c r="BB13" t="s">
         <v>107</v>
       </c>
       <c r="BC13" t="s">
         <v>71</v>
       </c>
       <c r="BD13" t="s">
         <v>71</v>
       </c>
       <c r="BE13" t="s">
         <v>71</v>
       </c>
       <c r="BF13" t="s">
         <v>71</v>
       </c>
       <c r="BG13" t="s">
         <v>71</v>
       </c>
       <c r="BH13">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI13" t="s">
         <v>80</v>
       </c>
       <c r="BJ13" t="s">
         <v>81</v>
       </c>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>71</v>
       </c>
       <c r="BN13" t="s">
         <v>71</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13" t="s">
         <v>82</v>
       </c>
       <c r="BR13">
         <v>3.02</v>
       </c>
@@ -3292,51 +3292,51 @@
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14" t="s">
         <v>79</v>
       </c>
       <c r="BB14" t="s">
         <v>109</v>
       </c>
       <c r="BC14" t="s">
         <v>71</v>
       </c>
       <c r="BD14" t="s">
         <v>71</v>
       </c>
       <c r="BE14" t="s">
         <v>71</v>
       </c>
       <c r="BF14" t="s">
         <v>71</v>
       </c>
       <c r="BG14" t="s">
         <v>71</v>
       </c>
       <c r="BH14">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI14" t="s">
         <v>80</v>
       </c>
       <c r="BJ14" t="s">
         <v>81</v>
       </c>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>71</v>
       </c>
       <c r="BN14" t="s">
         <v>71</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14" t="s">
         <v>82</v>
       </c>
       <c r="BR14">
         <v>3.02</v>
       </c>
@@ -3469,51 +3469,51 @@
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15" t="s">
         <v>79</v>
       </c>
       <c r="BB15" t="s">
         <v>111</v>
       </c>
       <c r="BC15" t="s">
         <v>71</v>
       </c>
       <c r="BD15" t="s">
         <v>71</v>
       </c>
       <c r="BE15" t="s">
         <v>71</v>
       </c>
       <c r="BF15" t="s">
         <v>71</v>
       </c>
       <c r="BG15" t="s">
         <v>71</v>
       </c>
       <c r="BH15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI15" t="s">
         <v>80</v>
       </c>
       <c r="BJ15" t="s">
         <v>81</v>
       </c>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>71</v>
       </c>
       <c r="BN15" t="s">
         <v>71</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15" t="s">
         <v>82</v>
       </c>
       <c r="BR15">
         <v>3.02</v>
       </c>
@@ -3646,51 +3646,51 @@
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16" t="s">
         <v>79</v>
       </c>
       <c r="BB16" t="s">
         <v>113</v>
       </c>
       <c r="BC16" t="s">
         <v>71</v>
       </c>
       <c r="BD16" t="s">
         <v>71</v>
       </c>
       <c r="BE16" t="s">
         <v>71</v>
       </c>
       <c r="BF16" t="s">
         <v>71</v>
       </c>
       <c r="BG16" t="s">
         <v>71</v>
       </c>
       <c r="BH16">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI16" t="s">
         <v>80</v>
       </c>
       <c r="BJ16" t="s">
         <v>81</v>
       </c>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>71</v>
       </c>
       <c r="BN16" t="s">
         <v>71</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16" t="s">
         <v>82</v>
       </c>
       <c r="BR16">
         <v>3.02</v>
       </c>
@@ -3823,51 +3823,51 @@
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>79</v>
       </c>
       <c r="BB17" t="s">
         <v>115</v>
       </c>
       <c r="BC17" t="s">
         <v>71</v>
       </c>
       <c r="BD17" t="s">
         <v>71</v>
       </c>
       <c r="BE17" t="s">
         <v>71</v>
       </c>
       <c r="BF17" t="s">
         <v>71</v>
       </c>
       <c r="BG17" t="s">
         <v>71</v>
       </c>
       <c r="BH17">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI17" t="s">
         <v>80</v>
       </c>
       <c r="BJ17" t="s">
         <v>81</v>
       </c>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>71</v>
       </c>
       <c r="BN17" t="s">
         <v>71</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17" t="s">
         <v>82</v>
       </c>
       <c r="BR17">
         <v>3.02</v>
       </c>
@@ -4000,51 +4000,51 @@
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>79</v>
       </c>
       <c r="BB18" t="s">
         <v>117</v>
       </c>
       <c r="BC18" t="s">
         <v>71</v>
       </c>
       <c r="BD18" t="s">
         <v>71</v>
       </c>
       <c r="BE18" t="s">
         <v>71</v>
       </c>
       <c r="BF18" t="s">
         <v>71</v>
       </c>
       <c r="BG18" t="s">
         <v>71</v>
       </c>
       <c r="BH18">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI18" t="s">
         <v>80</v>
       </c>
       <c r="BJ18" t="s">
         <v>81</v>
       </c>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>71</v>
       </c>
       <c r="BN18" t="s">
         <v>71</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>82</v>
       </c>
       <c r="BR18">
         <v>3.02</v>
       </c>
@@ -4177,51 +4177,51 @@
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19" t="s">
         <v>79</v>
       </c>
       <c r="BB19" t="s">
         <v>119</v>
       </c>
       <c r="BC19" t="s">
         <v>71</v>
       </c>
       <c r="BD19" t="s">
         <v>71</v>
       </c>
       <c r="BE19" t="s">
         <v>71</v>
       </c>
       <c r="BF19" t="s">
         <v>71</v>
       </c>
       <c r="BG19" t="s">
         <v>71</v>
       </c>
       <c r="BH19">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI19" t="s">
         <v>80</v>
       </c>
       <c r="BJ19" t="s">
         <v>81</v>
       </c>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>71</v>
       </c>
       <c r="BN19" t="s">
         <v>71</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19" t="s">
         <v>82</v>
       </c>
       <c r="BR19">
         <v>3.02</v>
       </c>
@@ -4354,51 +4354,51 @@
       <c r="AZ20" t="s">
         <v>73</v>
       </c>
       <c r="BA20" t="s">
         <v>79</v>
       </c>
       <c r="BB20" t="s">
         <v>121</v>
       </c>
       <c r="BC20" t="s">
         <v>71</v>
       </c>
       <c r="BD20" t="s">
         <v>71</v>
       </c>
       <c r="BE20" t="s">
         <v>71</v>
       </c>
       <c r="BF20" t="s">
         <v>71</v>
       </c>
       <c r="BG20" t="s">
         <v>71</v>
       </c>
       <c r="BH20">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI20" t="s">
         <v>80</v>
       </c>
       <c r="BJ20" t="s">
         <v>81</v>
       </c>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
         <v>71</v>
       </c>
       <c r="BN20" t="s">
         <v>71</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20" t="s">
         <v>82</v>
       </c>
       <c r="BR20">
         <v>3.02</v>
       </c>
@@ -4531,51 +4531,51 @@
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21" t="s">
         <v>79</v>
       </c>
       <c r="BB21" t="s">
         <v>123</v>
       </c>
       <c r="BC21" t="s">
         <v>71</v>
       </c>
       <c r="BD21" t="s">
         <v>71</v>
       </c>
       <c r="BE21" t="s">
         <v>71</v>
       </c>
       <c r="BF21" t="s">
         <v>71</v>
       </c>
       <c r="BG21" t="s">
         <v>71</v>
       </c>
       <c r="BH21">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI21" t="s">
         <v>80</v>
       </c>
       <c r="BJ21" t="s">
         <v>81</v>
       </c>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
         <v>71</v>
       </c>
       <c r="BN21" t="s">
         <v>71</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21" t="s">
         <v>82</v>
       </c>
       <c r="BR21">
         <v>3.02</v>
       </c>
@@ -4708,51 +4708,51 @@
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22" t="s">
         <v>79</v>
       </c>
       <c r="BB22" t="s">
         <v>125</v>
       </c>
       <c r="BC22" t="s">
         <v>71</v>
       </c>
       <c r="BD22" t="s">
         <v>71</v>
       </c>
       <c r="BE22" t="s">
         <v>71</v>
       </c>
       <c r="BF22" t="s">
         <v>71</v>
       </c>
       <c r="BG22" t="s">
         <v>71</v>
       </c>
       <c r="BH22">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI22" t="s">
         <v>80</v>
       </c>
       <c r="BJ22" t="s">
         <v>81</v>
       </c>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
         <v>71</v>
       </c>
       <c r="BN22" t="s">
         <v>71</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22" t="s">
         <v>82</v>
       </c>
       <c r="BR22">
         <v>3.02</v>
       </c>
@@ -4885,51 +4885,51 @@
       <c r="AZ23" t="s">
         <v>73</v>
       </c>
       <c r="BA23" t="s">
         <v>79</v>
       </c>
       <c r="BB23" t="s">
         <v>127</v>
       </c>
       <c r="BC23" t="s">
         <v>71</v>
       </c>
       <c r="BD23" t="s">
         <v>71</v>
       </c>
       <c r="BE23" t="s">
         <v>71</v>
       </c>
       <c r="BF23" t="s">
         <v>71</v>
       </c>
       <c r="BG23" t="s">
         <v>71</v>
       </c>
       <c r="BH23">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI23" t="s">
         <v>80</v>
       </c>
       <c r="BJ23" t="s">
         <v>81</v>
       </c>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
         <v>71</v>
       </c>
       <c r="BN23" t="s">
         <v>71</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23" t="s">
         <v>82</v>
       </c>
       <c r="BR23">
         <v>3.02</v>
       </c>
@@ -5062,51 +5062,51 @@
       <c r="AZ24" t="s">
         <v>73</v>
       </c>
       <c r="BA24" t="s">
         <v>79</v>
       </c>
       <c r="BB24" t="s">
         <v>129</v>
       </c>
       <c r="BC24" t="s">
         <v>71</v>
       </c>
       <c r="BD24" t="s">
         <v>71</v>
       </c>
       <c r="BE24" t="s">
         <v>71</v>
       </c>
       <c r="BF24" t="s">
         <v>71</v>
       </c>
       <c r="BG24" t="s">
         <v>71</v>
       </c>
       <c r="BH24">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI24" t="s">
         <v>80</v>
       </c>
       <c r="BJ24" t="s">
         <v>81</v>
       </c>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
         <v>71</v>
       </c>
       <c r="BN24" t="s">
         <v>71</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24" t="s">
         <v>82</v>
       </c>
       <c r="BR24">
         <v>3.02</v>
       </c>
@@ -5239,51 +5239,51 @@
       <c r="AZ25" t="s">
         <v>73</v>
       </c>
       <c r="BA25" t="s">
         <v>79</v>
       </c>
       <c r="BB25" t="s">
         <v>131</v>
       </c>
       <c r="BC25" t="s">
         <v>71</v>
       </c>
       <c r="BD25" t="s">
         <v>71</v>
       </c>
       <c r="BE25" t="s">
         <v>71</v>
       </c>
       <c r="BF25" t="s">
         <v>71</v>
       </c>
       <c r="BG25" t="s">
         <v>71</v>
       </c>
       <c r="BH25">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI25" t="s">
         <v>80</v>
       </c>
       <c r="BJ25" t="s">
         <v>81</v>
       </c>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25" t="s">
         <v>71</v>
       </c>
       <c r="BN25" t="s">
         <v>71</v>
       </c>
       <c r="BO25">
         <v>0</v>
       </c>
       <c r="BP25"/>
       <c r="BQ25" t="s">
         <v>82</v>
       </c>
       <c r="BR25">
         <v>3.02</v>
       </c>
@@ -5416,51 +5416,51 @@
       <c r="AZ26" t="s">
         <v>73</v>
       </c>
       <c r="BA26" t="s">
         <v>79</v>
       </c>
       <c r="BB26" t="s">
         <v>133</v>
       </c>
       <c r="BC26" t="s">
         <v>71</v>
       </c>
       <c r="BD26" t="s">
         <v>71</v>
       </c>
       <c r="BE26" t="s">
         <v>71</v>
       </c>
       <c r="BF26" t="s">
         <v>71</v>
       </c>
       <c r="BG26" t="s">
         <v>71</v>
       </c>
       <c r="BH26">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI26" t="s">
         <v>80</v>
       </c>
       <c r="BJ26" t="s">
         <v>81</v>
       </c>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
         <v>71</v>
       </c>
       <c r="BN26" t="s">
         <v>71</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26"/>
       <c r="BQ26" t="s">
         <v>82</v>
       </c>
       <c r="BR26">
         <v>3.02</v>
       </c>
@@ -5593,51 +5593,51 @@
       <c r="AZ27" t="s">
         <v>73</v>
       </c>
       <c r="BA27" t="s">
         <v>79</v>
       </c>
       <c r="BB27" t="s">
         <v>135</v>
       </c>
       <c r="BC27" t="s">
         <v>71</v>
       </c>
       <c r="BD27" t="s">
         <v>71</v>
       </c>
       <c r="BE27" t="s">
         <v>71</v>
       </c>
       <c r="BF27" t="s">
         <v>71</v>
       </c>
       <c r="BG27" t="s">
         <v>71</v>
       </c>
       <c r="BH27">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI27" t="s">
         <v>80</v>
       </c>
       <c r="BJ27" t="s">
         <v>81</v>
       </c>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
         <v>71</v>
       </c>
       <c r="BN27" t="s">
         <v>71</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27"/>
       <c r="BQ27" t="s">
         <v>82</v>
       </c>
       <c r="BR27">
         <v>3.02</v>
       </c>
@@ -5770,51 +5770,51 @@
       <c r="AZ28" t="s">
         <v>73</v>
       </c>
       <c r="BA28" t="s">
         <v>79</v>
       </c>
       <c r="BB28" t="s">
         <v>138</v>
       </c>
       <c r="BC28" t="s">
         <v>71</v>
       </c>
       <c r="BD28" t="s">
         <v>71</v>
       </c>
       <c r="BE28" t="s">
         <v>71</v>
       </c>
       <c r="BF28" t="s">
         <v>71</v>
       </c>
       <c r="BG28" t="s">
         <v>71</v>
       </c>
       <c r="BH28">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI28" t="s">
         <v>80</v>
       </c>
       <c r="BJ28" t="s">
         <v>81</v>
       </c>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
         <v>71</v>
       </c>
       <c r="BN28" t="s">
         <v>71</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
       <c r="BP28"/>
       <c r="BQ28" t="s">
         <v>82</v>
       </c>
       <c r="BR28">
         <v>3.02</v>
       </c>
@@ -5947,51 +5947,51 @@
       <c r="AZ29" t="s">
         <v>73</v>
       </c>
       <c r="BA29" t="s">
         <v>79</v>
       </c>
       <c r="BB29" t="s">
         <v>140</v>
       </c>
       <c r="BC29" t="s">
         <v>71</v>
       </c>
       <c r="BD29" t="s">
         <v>71</v>
       </c>
       <c r="BE29" t="s">
         <v>71</v>
       </c>
       <c r="BF29" t="s">
         <v>71</v>
       </c>
       <c r="BG29" t="s">
         <v>71</v>
       </c>
       <c r="BH29">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="BI29" t="s">
         <v>80</v>
       </c>
       <c r="BJ29" t="s">
         <v>81</v>
       </c>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
         <v>71</v>
       </c>
       <c r="BN29" t="s">
         <v>71</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29"/>
       <c r="BQ29" t="s">
         <v>82</v>
       </c>
       <c r="BR29">
         <v>3.02</v>
       </c>
@@ -6124,51 +6124,51 @@
       <c r="AZ30" t="s">
         <v>73</v>
       </c>
       <c r="BA30" t="s">
         <v>79</v>
       </c>
       <c r="BB30" t="s">
         <v>143</v>
       </c>
       <c r="BC30" t="s">
         <v>71</v>
       </c>
       <c r="BD30" t="s">
         <v>71</v>
       </c>
       <c r="BE30" t="s">
         <v>71</v>
       </c>
       <c r="BF30" t="s">
         <v>71</v>
       </c>
       <c r="BG30" t="s">
         <v>71</v>
       </c>
       <c r="BH30">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="BI30" t="s">
         <v>80</v>
       </c>
       <c r="BJ30" t="s">
         <v>81</v>
       </c>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
         <v>71</v>
       </c>
       <c r="BN30" t="s">
         <v>71</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30"/>
       <c r="BQ30" t="s">
         <v>82</v>
       </c>
       <c r="BR30">
         <v>3.02</v>
       </c>