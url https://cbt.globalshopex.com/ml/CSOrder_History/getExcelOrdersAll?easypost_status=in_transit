--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -212,218 +212,182 @@
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
-    <t>LIVERPOOLMX</t>
-[...17 lines deleted...]
-    <t>2025-02-06 00:00:00</t>
+    <t>IMELICBTMX</t>
+  </si>
+  <si>
+    <t>2025-11-19 08:20:21</t>
+  </si>
+  <si>
+    <t>Javier Vega Salinas .</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>/26-13836-93221</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>in_transit</t>
   </si>
   <si>
-    <t>dhl - Shipment has departed from a DHL facility SINGAPORE-SGP</t>
+    <t>MEL Distribution - shipped</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>REFUNDED</t>
-[...11 lines deleted...]
-    <t>Iguala</t>
+    <t>paid</t>
+  </si>
+  <si>
+    <t>XXXXXXX</t>
+  </si>
+  <si>
+    <t>Soto y gama mz.11 lt.24 SN</t>
+  </si>
+  <si>
+    <t>Naucalpan</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BESTBUY, </t>
+  </si>
+  <si>
+    <t>/6563069</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-12-01 17:40:11</t>
+  </si>
+  <si>
+    <t>2025-12-01 17:43:31</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-19 12:53:37</t>
+  </si>
+  <si>
+    <t>LINIOCL</t>
+  </si>
+  <si>
+    <t>2023-07-10 23:51:44</t>
+  </si>
+  <si>
+    <t>jose farias</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>/10977632</t>
+  </si>
+  <si>
+    <t>2023-07-11 00:00:00</t>
+  </si>
+  <si>
+    <t>001610010001940574972001001</t>
+  </si>
+  <si>
+    <t>Mail Americas - shipped</t>
+  </si>
+  <si>
+    <t>10111632-8</t>
+  </si>
+  <si>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>Av Doctor Fernando Cancino  508</t>
+  </si>
+  <si>
+    <t>Santa Cruz, Gral. Bdo. O, Santa Cruz</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/VSPLD1321</t>
+    <t>/VSPBH8421</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
-    <t>dhl</t>
-[...11 lines deleted...]
-    <t>2025-10-10 04:05:58</t>
+    <t>Mail Americas</t>
+  </si>
+  <si>
+    <t>2023-07-13 12:59:21</t>
+  </si>
+  <si>
+    <t>2023-07-13 13:58:15</t>
+  </si>
+  <si>
+    <t>2023-07-14 18:48:08</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2025-02-06 17:56:35</t>
-[...91 lines deleted...]
-  <si>
     <t>2023-07-11 04:44:21</t>
   </si>
   <si>
     <t>2023-07-05 14:52:01</t>
   </si>
   <si>
     <t>Jorge soto</t>
   </si>
   <si>
     <t>/10975987</t>
   </si>
   <si>
     <t>2023-07-05 00:00:00</t>
   </si>
   <si>
     <t>001660010001940562177001001</t>
   </si>
   <si>
     <t>17447943-7</t>
   </si>
   <si>
     <t>Sector Paso Rari Panimavida s n 0000</t>
   </si>
   <si>
     <t>ColbÚn, Maule, Colbun</t>
@@ -809,56 +773,50 @@
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>2020-12-31 11:24:57</t>
   </si>
   <si>
     <t>2021-01-06 15:31:09</t>
   </si>
   <si>
     <t>2021-01-23 13:51:03</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
     <t>2020-12-22 12:38:46</t>
   </si>
   <si>
     <t>105038757-A</t>
   </si>
   <si>
     <t>JURGEN ALVARADO</t>
   </si>
   <si>
-    <t>/113-6138903-7302605</t>
-[...4 lines deleted...]
-  <si>
     <t>correosdechile - ENVIO EN REPARTO</t>
   </si>
   <si>
     <t>2020-12-22 12:51:15</t>
   </si>
   <si>
     <t>2020-12-22 13:01:17</t>
   </si>
   <si>
     <t>TERRAZAS DE HUALQUI, LOS TILOS 305</t>
   </si>
   <si>
     <t>HUALQUI</t>
   </si>
   <si>
     <t>/B07FT665GX</t>
   </si>
   <si>
     <t>Tracking ID: 1Z648WF31370180613</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t>correosdechile</t>
@@ -971,63 +929,54 @@
   <si>
     <t>2020-12-11 17:08:23</t>
   </si>
   <si>
     <t>2021-01-11 18:21:44</t>
   </si>
   <si>
     <t>MELICBT</t>
   </si>
   <si>
     <t>2020-12-04 11:54:43</t>
   </si>
   <si>
     <t>Roberto Efren Cañas Ceron .</t>
   </si>
   <si>
     <t>/112-2891104-9172264</t>
   </si>
   <si>
     <t>2020-12-04 00:00:00</t>
   </si>
   <si>
     <t>dhl - Customs status updated</t>
   </si>
   <si>
-    <t>paid</t>
-[...4 lines deleted...]
-  <si>
     <t>volcan de fuego 5241</t>
   </si>
   <si>
     <t>Zapopan</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mexico</t>
   </si>
   <si>
     <t>/B07V4CNVZV</t>
   </si>
   <si>
     <t>Tracking ID: TBA152097094801</t>
   </si>
   <si>
     <t>2020-12-07</t>
   </si>
   <si>
     <t>2020-12-07 15:34:11</t>
   </si>
   <si>
     <t>2020-12-07 15:36:37</t>
   </si>
   <si>
     <t>2020-12-09 17:03:06</t>
   </si>
   <si>
     <t>2020-11-23 17:13:30</t>
   </si>
   <si>
     <t>Orialis Correa</t>
   </si>
@@ -1552,51 +1501,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS23"/>
+  <dimension ref="A1:BS22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1782,4236 +1731,4023 @@
         <v>60</v>
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2">
+        <v>2.0000138969052E+15</v>
+      </c>
+      <c r="D2">
+        <v>596639</v>
+      </c>
+      <c r="E2">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
         <v>68</v>
       </c>
-      <c r="D2">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>70</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2">
+        <v>52.49</v>
+      </c>
+      <c r="J2" t="s">
         <v>71</v>
       </c>
-      <c r="I2">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>72</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2">
+        <v>45904363240</v>
+      </c>
+      <c r="M2" t="s">
         <v>73</v>
       </c>
-      <c r="L2">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>74</v>
       </c>
-      <c r="N2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O2"/>
-      <c r="P2">
-        <v>19431983657</v>
+      <c r="P2" t="s">
+        <v>75</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>75</v>
+      </c>
+      <c r="S2" t="s">
+        <v>75</v>
+      </c>
+      <c r="T2" t="s">
         <v>76</v>
       </c>
-      <c r="S2" t="s">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="U2">
+        <v>2.0000138969052E+15</v>
       </c>
       <c r="V2">
-        <v>586657</v>
+        <v>596639</v>
       </c>
       <c r="W2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X2">
-        <v>308.06</v>
+        <v>118</v>
       </c>
       <c r="Y2">
-        <v>20.6</v>
+        <v>1</v>
       </c>
       <c r="Z2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG2"/>
+      <c r="AH2" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM2" t="s">
         <v>81</v>
       </c>
-      <c r="AK2" t="s">
+      <c r="AN2" t="s">
         <v>70</v>
       </c>
-      <c r="AL2" t="s">
-[...2 lines deleted...]
-      <c r="AM2" t="s">
+      <c r="AO2">
+        <v>52.49</v>
+      </c>
+      <c r="AP2" t="s">
         <v>82</v>
       </c>
-      <c r="AN2" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="AQ2"/>
+      <c r="AR2"/>
+      <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY2">
-        <v>4684765901</v>
+        <v>45904363240</v>
       </c>
       <c r="AZ2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BD2" t="s">
+        <v>85</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG2" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH2">
+        <v>18</v>
+      </c>
+      <c r="BI2" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
-      <c r="BP2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BP2"/>
+      <c r="BQ2"/>
       <c r="BR2">
-        <v>6346</v>
+        <v>118</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>89</v>
       </c>
       <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3">
+        <v>265283612</v>
+      </c>
+      <c r="D3">
+        <v>556239</v>
+      </c>
+      <c r="E3">
+        <v>217.07</v>
+      </c>
+      <c r="F3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G3" t="s">
         <v>92</v>
       </c>
-      <c r="C3">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>93</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3">
+        <v>84.42</v>
+      </c>
+      <c r="J3" t="s">
         <v>94</v>
       </c>
-      <c r="I3">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
+        <v>72</v>
+      </c>
+      <c r="L3" t="s">
         <v>95</v>
       </c>
-      <c r="K3" t="s">
+      <c r="M3" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="N3" t="s">
         <v>96</v>
       </c>
       <c r="O3"/>
-      <c r="P3">
-        <v>7990791257</v>
+      <c r="P3" t="s">
+        <v>97</v>
       </c>
       <c r="Q3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="R3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T3" t="s">
+        <v>98</v>
+      </c>
+      <c r="U3">
+        <v>265283612</v>
+      </c>
+      <c r="V3">
+        <v>556239</v>
+      </c>
+      <c r="W3" t="s">
+        <v>75</v>
+      </c>
+      <c r="X3">
+        <v>217.07</v>
+      </c>
+      <c r="Y3">
+        <v>972</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD3" t="s">
         <v>97</v>
       </c>
-      <c r="U3">
-[...37 lines deleted...]
-      </c>
+      <c r="AE3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AK3" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="AL3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="AM3" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="AN3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AO3">
-        <v>88.99</v>
+        <v>84.42</v>
       </c>
       <c r="AP3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="AQ3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AR3" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="AS3">
-        <v>281189407399</v>
+        <v>780968172570</v>
       </c>
       <c r="AT3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
-      <c r="AW3">
-[...1 lines deleted...]
-      </c>
+      <c r="AW3"/>
       <c r="AX3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>6326519894</v>
+        <v>105</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>95</v>
       </c>
       <c r="AZ3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="BC3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="BD3" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="BE3" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="BF3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG3" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="BH3">
-        <v>346</v>
+        <v>3</v>
       </c>
       <c r="BI3" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN3" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="BQ3"/>
       <c r="BR3">
-        <v>5806</v>
+        <v>210992</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B4" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="C4">
-        <v>265283612</v>
+        <v>228971612</v>
       </c>
       <c r="D4">
-        <v>556239</v>
+        <v>555939</v>
       </c>
       <c r="E4">
-        <v>217.07</v>
+        <v>454.72</v>
       </c>
       <c r="F4" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="G4" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="H4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I4">
-        <v>84.42</v>
+        <v>177.84</v>
       </c>
       <c r="J4" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="K4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L4" t="s">
+        <v>115</v>
+      </c>
+      <c r="M4" t="s">
         <v>73</v>
       </c>
-      <c r="L4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="Q4" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="R4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T4" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="U4">
-        <v>265283612</v>
+        <v>228971612</v>
       </c>
       <c r="V4">
-        <v>556239</v>
+        <v>555939</v>
       </c>
       <c r="W4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X4">
-        <v>217.07</v>
+        <v>454.72</v>
       </c>
       <c r="Y4">
         <v>972</v>
       </c>
       <c r="Z4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA4" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="AB4" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="AC4" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="AD4" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="AE4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AK4" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="AL4" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="AM4" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="AN4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="AO4">
-        <v>84.42</v>
+        <v>177.84</v>
       </c>
       <c r="AP4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AQ4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AR4" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="AS4">
-        <v>780968172570</v>
+        <v>780744430719</v>
       </c>
       <c r="AT4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="AY4" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="AZ4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB4" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="BC4" t="s">
+        <v>114</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>120</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>121</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>122</v>
+      </c>
+      <c r="BH4">
+        <v>6</v>
+      </c>
+      <c r="BI4" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>210992</v>
+        <v>441988</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C5">
-        <v>228971612</v>
+        <v>285824372</v>
       </c>
       <c r="D5">
-        <v>555939</v>
+        <v>534503</v>
       </c>
       <c r="E5">
-        <v>454.72</v>
+        <v>167.49</v>
       </c>
       <c r="F5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G5" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="H5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I5">
-        <v>177.84</v>
+        <v>85.9</v>
       </c>
       <c r="J5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L5">
+        <v>5564502985</v>
+      </c>
+      <c r="M5" t="s">
         <v>73</v>
       </c>
-      <c r="L5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="Q5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T5" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="U5">
-        <v>228971612</v>
+        <v>285824372</v>
       </c>
       <c r="V5">
-        <v>555939</v>
+        <v>534503</v>
       </c>
       <c r="W5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X5">
-        <v>454.72</v>
+        <v>167.49</v>
       </c>
       <c r="Y5">
-        <v>972</v>
+        <v>800</v>
       </c>
       <c r="Z5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA5" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="AB5" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="AC5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AD5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AE5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AK5" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="AL5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>102</v>
+      </c>
+      <c r="AN5" t="s">
         <v>126</v>
       </c>
-      <c r="AM5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO5">
-        <v>177.84</v>
+        <v>85.9</v>
       </c>
       <c r="AP5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AQ5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AR5" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="AS5">
-        <v>780744430719</v>
+        <v>274839393049</v>
       </c>
       <c r="AT5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="AY5" t="s">
+        <v>83</v>
+      </c>
+      <c r="AY5">
+        <v>5564502985</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>124</v>
+      </c>
+      <c r="BC5" t="s">
         <v>127</v>
       </c>
-      <c r="AZ5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BD5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="BE5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BF5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BH5">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="BI5" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>441988</v>
+        <v>133992</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
-        <v>104</v>
+        <v>137</v>
       </c>
       <c r="B6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C6">
-        <v>285824372</v>
+        <v>251647382</v>
       </c>
       <c r="D6">
-        <v>534503</v>
+        <v>534375</v>
       </c>
       <c r="E6">
-        <v>167.49</v>
+        <v>52.91</v>
       </c>
       <c r="F6" t="s">
+        <v>139</v>
+      </c>
+      <c r="G6" t="s">
+        <v>140</v>
+      </c>
+      <c r="H6" t="s">
+        <v>141</v>
+      </c>
+      <c r="I6">
+        <v>21.28</v>
+      </c>
+      <c r="J6" t="s">
+        <v>142</v>
+      </c>
+      <c r="K6" t="s">
+        <v>72</v>
+      </c>
+      <c r="L6">
+        <v>6774683230</v>
+      </c>
+      <c r="M6" t="s">
+        <v>73</v>
+      </c>
+      <c r="N6" t="s">
+        <v>143</v>
+      </c>
+      <c r="O6"/>
+      <c r="P6">
+        <v>42031041</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>138</v>
+      </c>
+      <c r="R6" t="s">
+        <v>75</v>
+      </c>
+      <c r="S6" t="s">
+        <v>75</v>
+      </c>
+      <c r="T6" t="s">
+        <v>144</v>
+      </c>
+      <c r="U6">
+        <v>251647382</v>
+      </c>
+      <c r="V6">
+        <v>534375</v>
+      </c>
+      <c r="W6" t="s">
+        <v>75</v>
+      </c>
+      <c r="X6">
+        <v>52.91</v>
+      </c>
+      <c r="Y6">
+        <v>4.12</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA6" t="s">
         <v>137</v>
       </c>
-      <c r="G6" t="s">
-[...8 lines deleted...]
-      <c r="J6" t="s">
+      <c r="AB6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AC6" t="s">
         <v>139</v>
       </c>
-      <c r="K6" t="s">
-[...55 lines deleted...]
-        <v>141</v>
+      <c r="AD6">
+        <v>42031041</v>
       </c>
       <c r="AE6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="AK6" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="AL6" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="AM6"/>
       <c r="AN6" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="AO6">
-        <v>85.9</v>
+        <v>21.28</v>
       </c>
       <c r="AP6" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="AQ6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AR6" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>274839393049</v>
+        <v>149</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>150</v>
       </c>
       <c r="AT6" t="s">
-        <v>76</v>
+        <v>151</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY6">
-        <v>5564502985</v>
+        <v>6774683230</v>
       </c>
       <c r="AZ6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="BC6" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="BD6" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="BE6" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="BF6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG6" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="BH6">
         <v>8</v>
       </c>
       <c r="BI6" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN6" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
-        <v>73</v>
+        <v>156</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>133992</v>
+        <v>218</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="B7" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C7">
-        <v>251647382</v>
+        <v>226671882</v>
       </c>
       <c r="D7">
-        <v>534375</v>
+        <v>532838</v>
       </c>
       <c r="E7">
-        <v>52.91</v>
+        <v>74.76</v>
       </c>
       <c r="F7" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="G7" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="H7" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="I7">
-        <v>21.28</v>
+        <v>25.22</v>
       </c>
       <c r="J7" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7">
+        <v>6066636682</v>
+      </c>
+      <c r="M7" t="s">
         <v>73</v>
       </c>
-      <c r="L7">
-[...4 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="O7"/>
       <c r="P7">
-        <v>42031041</v>
+        <v>10221685</v>
       </c>
       <c r="Q7" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="R7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T7" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="U7">
-        <v>251647382</v>
+        <v>226671882</v>
       </c>
       <c r="V7">
-        <v>534375</v>
+        <v>532838</v>
       </c>
       <c r="W7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X7">
-        <v>52.91</v>
+        <v>74.76</v>
       </c>
       <c r="Y7">
         <v>4.12</v>
       </c>
       <c r="Z7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA7" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="AB7" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="AC7" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="AD7">
-        <v>42031041</v>
+        <v>10221685</v>
       </c>
       <c r="AE7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
+        <v>162</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>140</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>160</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>163</v>
+      </c>
+      <c r="AN7" t="s">
         <v>159</v>
       </c>
-      <c r="AK7" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="AO7">
-        <v>21.28</v>
+        <v>25.22</v>
       </c>
       <c r="AP7" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="AQ7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AR7" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="AS7" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="AT7" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY7">
-        <v>6774683230</v>
+        <v>6066636682</v>
       </c>
       <c r="AZ7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA7" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB7" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="BC7" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="BD7" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="BE7" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="BF7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG7" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="BH7">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="BI7" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN7" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>218</v>
+        <v>308</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="B8" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C8">
-        <v>226671882</v>
+        <v>254333322</v>
       </c>
       <c r="D8">
-        <v>532838</v>
+        <v>516494</v>
       </c>
       <c r="E8">
-        <v>74.76</v>
+        <v>121.75</v>
       </c>
       <c r="F8" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G8" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="H8" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="I8">
-        <v>25.22</v>
+        <v>48.01</v>
       </c>
       <c r="J8" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8">
+        <v>1112740274</v>
+      </c>
+      <c r="M8" t="s">
         <v>73</v>
       </c>
-      <c r="L8">
-[...4 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="O8"/>
       <c r="P8">
-        <v>10221685</v>
+        <v>20605130519</v>
       </c>
       <c r="Q8" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="R8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T8" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="U8">
-        <v>226671882</v>
+        <v>254333322</v>
       </c>
       <c r="V8">
-        <v>532838</v>
+        <v>516494</v>
       </c>
       <c r="W8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X8">
-        <v>74.76</v>
+        <v>121.75</v>
       </c>
       <c r="Y8">
-        <v>4.12</v>
+        <v>4</v>
       </c>
       <c r="Z8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA8" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="AB8" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="AC8" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="AD8">
-        <v>10221685</v>
+        <v>20605130519</v>
       </c>
       <c r="AE8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
+        <v>176</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>140</v>
+      </c>
+      <c r="AL8" t="s">
         <v>174</v>
       </c>
-      <c r="AK8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AM8" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
       <c r="AN8" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="AO8">
-        <v>25.22</v>
+        <v>48.01</v>
       </c>
       <c r="AP8" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="AQ8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AR8" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="AS8" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="AT8" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY8">
-        <v>6066636682</v>
+        <v>1112740274</v>
       </c>
       <c r="AZ8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA8" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB8" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="BC8" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="BD8" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="BE8" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="BF8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG8" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="BH8">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="BI8" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN8" t="s">
-        <v>182</v>
+        <v>75</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>308</v>
+        <v>487</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
-        <v>149</v>
+        <v>183</v>
       </c>
       <c r="B9" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>254333322</v>
+        <v>184</v>
+      </c>
+      <c r="C9" t="s">
+        <v>185</v>
       </c>
       <c r="D9">
-        <v>516494</v>
+        <v>513798</v>
       </c>
       <c r="E9">
-        <v>121.75</v>
+        <v>42.5</v>
       </c>
       <c r="F9" t="s">
+        <v>186</v>
+      </c>
+      <c r="G9" t="s">
+        <v>145</v>
+      </c>
+      <c r="H9" t="s">
+        <v>187</v>
+      </c>
+      <c r="I9">
+        <v>17.11</v>
+      </c>
+      <c r="J9" t="s">
+        <v>188</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" t="s">
+        <v>189</v>
+      </c>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>190</v>
+      </c>
+      <c r="O9">
+        <v>523500007208</v>
+      </c>
+      <c r="P9">
+        <v>40717469</v>
+      </c>
+      <c r="Q9" t="s">
         <v>184</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="R9" t="s">
+        <v>191</v>
+      </c>
+      <c r="S9" t="s">
+        <v>192</v>
+      </c>
+      <c r="T9" t="s">
+        <v>193</v>
+      </c>
+      <c r="U9" t="s">
         <v>185</v>
       </c>
-      <c r="I9">
-[...35 lines deleted...]
-      </c>
       <c r="V9">
-        <v>516494</v>
+        <v>513798</v>
       </c>
       <c r="W9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X9">
-        <v>121.75</v>
+        <v>42.5</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA9" t="s">
-        <v>149</v>
+        <v>183</v>
       </c>
       <c r="AB9" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="AC9" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AD9">
-        <v>20605130519</v>
+        <v>40717469</v>
       </c>
       <c r="AE9" t="s">
-        <v>76</v>
+        <v>194</v>
       </c>
       <c r="AF9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
+        <v>196</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>145</v>
+      </c>
+      <c r="AL9" t="s">
         <v>188</v>
       </c>
-      <c r="AK9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="AM9"/>
       <c r="AN9" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="AO9">
-        <v>48.01</v>
+        <v>17.11</v>
       </c>
       <c r="AP9" t="s">
+        <v>197</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>72</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>198</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>199</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>200</v>
+      </c>
+      <c r="AU9">
+        <v>523500007208</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW9">
+        <v>1009033</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>201</v>
+      </c>
+      <c r="AY9" t="s">
         <v>189</v>
       </c>
-      <c r="AQ9" t="s">
+      <c r="AZ9" t="s">
         <v>73</v>
       </c>
-      <c r="AR9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="BA9" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB9" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="BC9" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="BD9" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="BE9" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="BF9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG9" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="BH9">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="BI9" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>487</v>
+        <v>170</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="B10" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="C10" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="D10">
-        <v>513798</v>
+        <v>506965</v>
       </c>
       <c r="E10">
-        <v>42.5</v>
+        <v>48.06</v>
       </c>
       <c r="F10" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="G10" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="H10" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="I10">
-        <v>17.11</v>
+        <v>19.99</v>
       </c>
       <c r="J10" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10" t="s">
+        <v>210</v>
+      </c>
+      <c r="M10" t="s">
         <v>73</v>
       </c>
-      <c r="L10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="O10">
-        <v>523500007208</v>
+        <v>523500006247</v>
       </c>
       <c r="P10">
-        <v>40717469</v>
+        <v>42163878</v>
       </c>
       <c r="Q10" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="R10" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="S10" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="T10" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="U10" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="V10">
-        <v>513798</v>
+        <v>506965</v>
       </c>
       <c r="W10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X10">
-        <v>42.5</v>
+        <v>48.06</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3.6</v>
       </c>
       <c r="Z10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA10" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="AB10" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="AC10" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="AD10">
-        <v>40717469</v>
+        <v>42163878</v>
       </c>
       <c r="AE10" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>75</v>
+      </c>
+      <c r="AF10">
+        <v>940432555</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="AK10" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="AL10" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="AM10"/>
       <c r="AN10" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="AO10">
-        <v>17.11</v>
+        <v>19.99</v>
       </c>
       <c r="AP10" t="s">
+        <v>214</v>
+      </c>
+      <c r="AQ10"/>
+      <c r="AR10"/>
+      <c r="AS10"/>
+      <c r="AT10" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU10">
+        <v>523500006247</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW10">
+        <v>1008860</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>201</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>210</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>205</v>
+      </c>
+      <c r="BC10" t="s">
         <v>209</v>
       </c>
-      <c r="AQ10" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="BD10" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="BE10" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BF10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG10" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BH10">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="BI10" t="s">
-        <v>90</v>
+        <v>218</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
-      <c r="BP10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
-        <v>195</v>
+        <v>219</v>
       </c>
       <c r="B11" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>220</v>
+      </c>
+      <c r="C11">
+        <v>287494912</v>
       </c>
       <c r="D11">
-        <v>506965</v>
+        <v>500989</v>
       </c>
       <c r="E11">
-        <v>48.06</v>
+        <v>73.8</v>
       </c>
       <c r="F11" t="s">
+        <v>221</v>
+      </c>
+      <c r="G11" t="s">
+        <v>222</v>
+      </c>
+      <c r="H11" t="s">
+        <v>223</v>
+      </c>
+      <c r="I11">
+        <v>42.79</v>
+      </c>
+      <c r="J11" t="s">
+        <v>224</v>
+      </c>
+      <c r="K11" t="s">
+        <v>72</v>
+      </c>
+      <c r="L11">
+        <v>523500005660</v>
+      </c>
+      <c r="M11" t="s">
+        <v>73</v>
+      </c>
+      <c r="N11" t="s">
+        <v>143</v>
+      </c>
+      <c r="O11">
+        <v>523500005660</v>
+      </c>
+      <c r="P11">
+        <v>1152444168</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>220</v>
+      </c>
+      <c r="R11" t="s">
+        <v>75</v>
+      </c>
+      <c r="S11" t="s">
+        <v>75</v>
+      </c>
+      <c r="T11" t="s">
+        <v>144</v>
+      </c>
+      <c r="U11">
+        <v>287494912</v>
+      </c>
+      <c r="V11">
+        <v>500989</v>
+      </c>
+      <c r="W11" t="s">
+        <v>75</v>
+      </c>
+      <c r="X11">
+        <v>73.8</v>
+      </c>
+      <c r="Y11">
+        <v>3620</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA11" t="s">
         <v>219</v>
       </c>
-      <c r="G11" t="s">
-[...8 lines deleted...]
-      <c r="J11" t="s">
+      <c r="AB11" t="s">
+        <v>225</v>
+      </c>
+      <c r="AC11" t="s">
         <v>221</v>
       </c>
-      <c r="K11" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AD11">
-        <v>42163878</v>
+        <v>1152444168</v>
       </c>
       <c r="AE11" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>940432555</v>
+        <v>75</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>75</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>208</v>
+        <v>227</v>
       </c>
       <c r="AK11" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="AL11" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="AM11"/>
       <c r="AN11" t="s">
+        <v>223</v>
+      </c>
+      <c r="AO11">
+        <v>42.79</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>228</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>230</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>231</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU11">
+        <v>523500005660</v>
+      </c>
+      <c r="AV11"/>
+      <c r="AW11">
+        <v>1008691</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>83</v>
+      </c>
+      <c r="AY11">
+        <v>523500005660</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB11" t="s">
         <v>220</v>
       </c>
-      <c r="AO11">
-[...34 lines deleted...]
-      </c>
       <c r="BC11" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="BD11" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="BE11" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="BF11" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG11" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="BH11">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="BI11" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN11" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>173</v>
+        <v>267156</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
-        <v>231</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C12">
-        <v>287494912</v>
+        <v>286362442</v>
       </c>
       <c r="D12">
-        <v>500989</v>
+        <v>498128</v>
       </c>
       <c r="E12">
-        <v>73.8</v>
+        <v>392.87</v>
       </c>
       <c r="F12" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="G12" t="s">
-        <v>234</v>
+        <v>92</v>
       </c>
       <c r="H12" t="s">
+        <v>237</v>
+      </c>
+      <c r="I12">
+        <v>199.98</v>
+      </c>
+      <c r="J12" t="s">
+        <v>238</v>
+      </c>
+      <c r="K12" t="s">
+        <v>72</v>
+      </c>
+      <c r="L12">
+        <v>3762782295</v>
+      </c>
+      <c r="M12" t="s">
+        <v>73</v>
+      </c>
+      <c r="N12" t="s">
+        <v>143</v>
+      </c>
+      <c r="O12"/>
+      <c r="P12" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q12" t="s">
         <v>235</v>
       </c>
-      <c r="I12">
-[...2 lines deleted...]
-      <c r="J12" t="s">
+      <c r="R12" t="s">
+        <v>75</v>
+      </c>
+      <c r="S12" t="s">
+        <v>75</v>
+      </c>
+      <c r="T12" t="s">
+        <v>144</v>
+      </c>
+      <c r="U12">
+        <v>286362442</v>
+      </c>
+      <c r="V12">
+        <v>498128</v>
+      </c>
+      <c r="W12" t="s">
+        <v>75</v>
+      </c>
+      <c r="X12">
+        <v>392.87</v>
+      </c>
+      <c r="Y12">
+        <v>772</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC12" t="s">
         <v>236</v>
       </c>
-      <c r="K12" t="s">
-[...57 lines deleted...]
-        <v>1152444168</v>
+      <c r="AD12" t="s">
+        <v>239</v>
       </c>
       <c r="AE12" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF12" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AK12" t="s">
-        <v>234</v>
+        <v>92</v>
       </c>
       <c r="AL12" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="AM12"/>
       <c r="AN12" t="s">
+        <v>237</v>
+      </c>
+      <c r="AO12">
+        <v>199.98</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>242</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>244</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>245</v>
+      </c>
+      <c r="AU12"/>
+      <c r="AV12"/>
+      <c r="AW12"/>
+      <c r="AX12" t="s">
+        <v>83</v>
+      </c>
+      <c r="AY12">
+        <v>3762782295</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA12"/>
+      <c r="BB12" t="s">
         <v>235</v>
       </c>
-      <c r="AO12">
-[...38 lines deleted...]
-      </c>
       <c r="BC12" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="BD12" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="BE12" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="BF12" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG12" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="BH12">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="BI12" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN12" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>267156</v>
+        <v>303296</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>249</v>
       </c>
       <c r="B13" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>286362442</v>
+        <v>250</v>
+      </c>
+      <c r="C13" t="s">
+        <v>251</v>
       </c>
       <c r="D13">
-        <v>498128</v>
+        <v>497642</v>
       </c>
       <c r="E13">
-        <v>392.87</v>
+        <v>25.94</v>
       </c>
       <c r="F13" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="G13" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="H13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="J13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K13" t="s">
+        <v>72</v>
+      </c>
+      <c r="L13">
+        <v>990085486147</v>
+      </c>
+      <c r="M13" t="s">
+        <v>73</v>
+      </c>
+      <c r="N13" t="s">
+        <v>253</v>
+      </c>
+      <c r="O13">
+        <v>523500005343</v>
+      </c>
+      <c r="P13">
+        <v>204870853</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>250</v>
+      </c>
+      <c r="R13" t="s">
+        <v>254</v>
+      </c>
+      <c r="S13" t="s">
+        <v>255</v>
+      </c>
+      <c r="T13" t="s">
+        <v>193</v>
+      </c>
+      <c r="U13" t="s">
+        <v>251</v>
+      </c>
+      <c r="V13">
+        <v>497642</v>
+      </c>
+      <c r="W13" t="s">
+        <v>75</v>
+      </c>
+      <c r="X13">
+        <v>25.94</v>
+      </c>
+      <c r="Y13">
+        <v>795</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA13" t="s">
         <v>249</v>
       </c>
-      <c r="I13">
-[...53 lines deleted...]
-      </c>
       <c r="AB13" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="AC13" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>252</v>
+      </c>
+      <c r="AD13">
+        <v>204870853</v>
       </c>
       <c r="AE13" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>75</v>
+      </c>
+      <c r="AF13">
+        <v>53923922</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="AK13" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="AL13" t="s">
-        <v>250</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>163</v>
+      </c>
+      <c r="AN13"/>
       <c r="AO13">
-        <v>199.98</v>
+        <v>0</v>
       </c>
       <c r="AP13" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="AQ13" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="AR13" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
       <c r="AS13" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="AT13" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      <c r="AW13"/>
+        <v>75</v>
+      </c>
+      <c r="AU13">
+        <v>523500005343</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>260</v>
+      </c>
+      <c r="AW13">
+        <v>1008600</v>
+      </c>
       <c r="AX13" t="s">
-        <v>85</v>
+        <v>261</v>
       </c>
       <c r="AY13">
-        <v>3762782295</v>
+        <v>990085486147</v>
       </c>
       <c r="AZ13" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="BC13" t="s">
-        <v>250</v>
+        <v>75</v>
       </c>
       <c r="BD13" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="BE13" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="BF13" t="s">
-        <v>76</v>
+        <v>264</v>
       </c>
       <c r="BG13" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="BH13">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="BI13" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN13" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>303296</v>
+        <v>20622</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
-        <v>261</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>266</v>
+      </c>
+      <c r="C14">
+        <v>208725913</v>
       </c>
       <c r="D14">
-        <v>497642</v>
+        <v>496893</v>
       </c>
       <c r="E14">
-        <v>25.94</v>
+        <v>101.37</v>
       </c>
       <c r="F14" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="H14" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="I14">
-        <v>11.99</v>
+        <v>45.77</v>
       </c>
       <c r="J14" t="s">
+        <v>269</v>
+      </c>
+      <c r="K14" t="s">
+        <v>72</v>
+      </c>
+      <c r="L14">
+        <v>2562770302</v>
+      </c>
+      <c r="M14" t="s">
+        <v>73</v>
+      </c>
+      <c r="N14" t="s">
+        <v>143</v>
+      </c>
+      <c r="O14"/>
+      <c r="P14" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q14" t="s">
         <v>266</v>
       </c>
-      <c r="K14" t="s">
-[...8 lines deleted...]
-      <c r="N14" t="s">
+      <c r="R14" t="s">
+        <v>75</v>
+      </c>
+      <c r="S14" t="s">
+        <v>75</v>
+      </c>
+      <c r="T14" t="s">
+        <v>144</v>
+      </c>
+      <c r="U14">
+        <v>208725913</v>
+      </c>
+      <c r="V14">
+        <v>496893</v>
+      </c>
+      <c r="W14" t="s">
+        <v>75</v>
+      </c>
+      <c r="X14">
+        <v>101.37</v>
+      </c>
+      <c r="Y14">
+        <v>772</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC14" t="s">
         <v>267</v>
       </c>
-      <c r="O14">
-[...45 lines deleted...]
-        <v>204870853</v>
+      <c r="AD14" t="s">
+        <v>270</v>
       </c>
       <c r="AE14" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>53923922</v>
+        <v>75</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>75</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="AK14" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="AL14" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="AM14"/>
       <c r="AN14" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="AO14">
-        <v>11.99</v>
+        <v>45.77</v>
       </c>
       <c r="AP14" t="s">
-        <v>272</v>
-[...7 lines deleted...]
-      <c r="AS14" t="s">
         <v>273</v>
       </c>
+      <c r="AQ14"/>
+      <c r="AR14"/>
+      <c r="AS14"/>
       <c r="AT14" t="s">
-        <v>76</v>
-[...9 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="AU14"/>
+      <c r="AV14"/>
+      <c r="AW14"/>
       <c r="AX14" t="s">
-        <v>275</v>
+        <v>83</v>
       </c>
       <c r="AY14">
-        <v>990085486147</v>
+        <v>2562770302</v>
       </c>
       <c r="AZ14" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="BC14" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="BD14" t="s">
+        <v>274</v>
+      </c>
+      <c r="BE14" t="s">
+        <v>275</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG14" t="s">
         <v>276</v>
       </c>
-      <c r="BE14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BH14">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="BI14" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN14" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>20622</v>
+        <v>78258</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B15" t="s">
+        <v>277</v>
+      </c>
+      <c r="C15">
+        <v>206561153</v>
+      </c>
+      <c r="D15">
+        <v>496495</v>
+      </c>
+      <c r="E15">
+        <v>60.88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>278</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15" t="s">
+        <v>279</v>
+      </c>
+      <c r="I15">
+        <v>14.92</v>
+      </c>
+      <c r="J15" t="s">
         <v>280</v>
       </c>
-      <c r="C15">
-[...22 lines deleted...]
-      </c>
       <c r="K15" t="s">
+        <v>72</v>
+      </c>
+      <c r="L15">
+        <v>7497535264</v>
+      </c>
+      <c r="M15" t="s">
         <v>73</v>
       </c>
-      <c r="L15">
-[...4 lines deleted...]
-      </c>
       <c r="N15" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="Q15" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="R15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T15" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="U15">
-        <v>208725913</v>
+        <v>206561153</v>
       </c>
       <c r="V15">
-        <v>496893</v>
+        <v>496495</v>
       </c>
       <c r="W15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X15">
-        <v>101.37</v>
+        <v>60.88</v>
       </c>
       <c r="Y15">
         <v>772</v>
       </c>
       <c r="Z15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA15" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="AB15" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="AC15" t="s">
+        <v>278</v>
+      </c>
+      <c r="AD15" t="s">
         <v>281</v>
       </c>
-      <c r="AD15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="AK15" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="AL15" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="AM15"/>
       <c r="AN15" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="AO15">
-        <v>45.77</v>
+        <v>14.92</v>
       </c>
       <c r="AP15" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY15">
-        <v>2562770302</v>
+        <v>7497535264</v>
       </c>
       <c r="AZ15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
+        <v>277</v>
+      </c>
+      <c r="BC15" t="s">
         <v>280</v>
       </c>
-      <c r="BC15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD15" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="BE15" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="BF15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG15" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="BH15">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="BI15" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>78258</v>
+        <v>46999</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>137</v>
       </c>
       <c r="B16" t="s">
+        <v>288</v>
+      </c>
+      <c r="C16">
+        <v>204321453</v>
+      </c>
+      <c r="D16">
+        <v>495980</v>
+      </c>
+      <c r="E16">
+        <v>938.64</v>
+      </c>
+      <c r="F16" t="s">
+        <v>289</v>
+      </c>
+      <c r="G16" t="s">
+        <v>140</v>
+      </c>
+      <c r="H16" t="s">
+        <v>290</v>
+      </c>
+      <c r="I16">
+        <v>428.04</v>
+      </c>
+      <c r="J16" t="s">
         <v>291</v>
       </c>
-      <c r="C16">
-[...22 lines deleted...]
-      </c>
       <c r="K16" t="s">
+        <v>72</v>
+      </c>
+      <c r="L16">
+        <v>4892585423</v>
+      </c>
+      <c r="M16" t="s">
         <v>73</v>
       </c>
-      <c r="L16">
-[...4 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="O16"/>
-      <c r="P16" t="s">
-        <v>295</v>
+      <c r="P16">
+        <v>20102937580</v>
       </c>
       <c r="Q16" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="R16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T16" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="U16">
-        <v>206561153</v>
+        <v>204321453</v>
       </c>
       <c r="V16">
-        <v>496495</v>
+        <v>495980</v>
       </c>
       <c r="W16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X16">
-        <v>60.88</v>
+        <v>938.64</v>
       </c>
       <c r="Y16">
-        <v>772</v>
+        <v>3.6</v>
       </c>
       <c r="Z16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA16" t="s">
-        <v>104</v>
+        <v>137</v>
       </c>
       <c r="AB16" t="s">
-        <v>114</v>
+        <v>145</v>
       </c>
       <c r="AC16" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>289</v>
+      </c>
+      <c r="AD16">
+        <v>20102937580</v>
       </c>
       <c r="AE16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="AK16" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="AL16" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="AM16"/>
       <c r="AN16" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="AO16">
-        <v>14.92</v>
+        <v>428.04</v>
       </c>
       <c r="AP16" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      <c r="AS16"/>
+        <v>294</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>230</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>295</v>
+      </c>
       <c r="AT16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY16">
-        <v>7497535264</v>
+        <v>4892585423</v>
       </c>
       <c r="AZ16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
+        <v>288</v>
+      </c>
+      <c r="BC16" t="s">
         <v>291</v>
       </c>
-      <c r="BC16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD16" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="BE16" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="BF16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG16" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="BH16">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="BI16" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>46999</v>
+        <v>3379</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
-        <v>149</v>
+        <v>299</v>
       </c>
       <c r="B17" t="s">
+        <v>300</v>
+      </c>
+      <c r="C17">
+        <v>4208361732</v>
+      </c>
+      <c r="D17">
+        <v>495737</v>
+      </c>
+      <c r="E17">
+        <v>37.26</v>
+      </c>
+      <c r="F17" t="s">
+        <v>301</v>
+      </c>
+      <c r="G17" t="s">
+        <v>69</v>
+      </c>
+      <c r="H17" t="s">
         <v>302</v>
       </c>
-      <c r="C17">
-[...8 lines deleted...]
-      <c r="F17" t="s">
+      <c r="I17">
+        <v>13.89</v>
+      </c>
+      <c r="J17" t="s">
         <v>303</v>
       </c>
-      <c r="G17" t="s">
-[...2 lines deleted...]
-      <c r="H17" t="s">
+      <c r="K17" t="s">
+        <v>72</v>
+      </c>
+      <c r="L17">
+        <v>6644990450</v>
+      </c>
+      <c r="M17" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" t="s">
         <v>304</v>
       </c>
-      <c r="I17">
-[...16 lines deleted...]
-      </c>
       <c r="O17"/>
-      <c r="P17">
-        <v>20102937580</v>
+      <c r="P17" t="s">
+        <v>75</v>
       </c>
       <c r="Q17" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="R17" t="s">
+        <v>75</v>
+      </c>
+      <c r="S17" t="s">
+        <v>75</v>
+      </c>
+      <c r="T17" t="s">
         <v>76</v>
       </c>
-      <c r="S17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U17">
-        <v>204321453</v>
+        <v>4208361732</v>
       </c>
       <c r="V17">
-        <v>495980</v>
+        <v>495737</v>
       </c>
       <c r="W17" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X17">
-        <v>938.64</v>
+        <v>37.26</v>
       </c>
       <c r="Y17">
-        <v>3.6</v>
+        <v>1</v>
       </c>
       <c r="Z17" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA17" t="s">
-        <v>149</v>
+        <v>299</v>
       </c>
       <c r="AB17" t="s">
-        <v>157</v>
+        <v>69</v>
       </c>
       <c r="AC17" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>76</v>
+        <v>301</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE17">
+        <v>5532234966</v>
       </c>
       <c r="AF17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="AK17" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="AL17" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="AM17"/>
       <c r="AN17" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="AO17">
-        <v>428.04</v>
+        <v>13.89</v>
       </c>
       <c r="AP17" t="s">
+        <v>307</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>230</v>
+      </c>
+      <c r="AS17" t="s">
         <v>308</v>
       </c>
-      <c r="AQ17" t="s">
-[...5 lines deleted...]
-      <c r="AS17" t="s">
+      <c r="AT17" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY17">
-        <v>4892585423</v>
+        <v>6644990450</v>
       </c>
       <c r="AZ17" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="BC17" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="BD17" t="s">
         <v>310</v>
       </c>
       <c r="BE17" t="s">
         <v>311</v>
       </c>
       <c r="BF17" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>312</v>
       </c>
       <c r="BH17">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="BI17" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN17" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>3379</v>
+        <v>37.26</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" t="s">
         <v>313</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>208255783</v>
+      </c>
+      <c r="D18">
+        <v>494082</v>
+      </c>
+      <c r="E18">
+        <v>80.71</v>
+      </c>
+      <c r="F18" t="s">
         <v>314</v>
       </c>
-      <c r="C18">
-[...8 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G18" t="s">
+        <v>92</v>
+      </c>
+      <c r="H18" t="s">
         <v>315</v>
       </c>
-      <c r="G18" t="s">
-[...2 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18">
+        <v>28.54</v>
+      </c>
+      <c r="J18" t="s">
         <v>316</v>
       </c>
-      <c r="I18">
-[...4 lines deleted...]
-      </c>
       <c r="K18" t="s">
+        <v>72</v>
+      </c>
+      <c r="L18">
+        <v>6885822226</v>
+      </c>
+      <c r="M18" t="s">
         <v>73</v>
       </c>
-      <c r="L18">
-[...4 lines deleted...]
-      </c>
       <c r="N18" t="s">
-        <v>318</v>
+        <v>143</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>76</v>
+        <v>317</v>
       </c>
       <c r="Q18" t="s">
+        <v>313</v>
+      </c>
+      <c r="R18" t="s">
+        <v>75</v>
+      </c>
+      <c r="S18" t="s">
+        <v>75</v>
+      </c>
+      <c r="T18" t="s">
+        <v>144</v>
+      </c>
+      <c r="U18">
+        <v>208255783</v>
+      </c>
+      <c r="V18">
+        <v>494082</v>
+      </c>
+      <c r="W18" t="s">
+        <v>75</v>
+      </c>
+      <c r="X18">
+        <v>80.71</v>
+      </c>
+      <c r="Y18">
+        <v>810</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC18" t="s">
         <v>314</v>
       </c>
-      <c r="R18" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="AD18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>5532234966</v>
+        <v>317</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>75</v>
       </c>
       <c r="AF18" t="s">
-        <v>320</v>
+        <v>75</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="AK18" t="s">
-        <v>323</v>
+        <v>92</v>
       </c>
       <c r="AL18" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="AM18"/>
+        <v>316</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>163</v>
+      </c>
       <c r="AN18" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AO18">
-        <v>13.89</v>
+        <v>28.54</v>
       </c>
       <c r="AP18" t="s">
-        <v>324</v>
-[...9 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="AQ18"/>
+      <c r="AR18"/>
+      <c r="AS18"/>
       <c r="AT18" t="s">
-        <v>326</v>
+        <v>75</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY18">
-        <v>6644990450</v>
+        <v>6885822226</v>
       </c>
       <c r="AZ18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="BC18" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="BD18" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="BE18" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="BF18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG18" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="BH18">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="BI18" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>37.26</v>
+        <v>65375</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>299</v>
       </c>
       <c r="B19" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="C19">
-        <v>208255783</v>
+        <v>4173154336</v>
       </c>
       <c r="D19">
-        <v>494082</v>
+        <v>493604</v>
       </c>
       <c r="E19">
-        <v>80.71</v>
+        <v>40.27</v>
       </c>
       <c r="F19" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="G19" t="s">
-        <v>107</v>
+        <v>69</v>
       </c>
       <c r="H19" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="I19">
-        <v>28.54</v>
+        <v>17.13</v>
       </c>
       <c r="J19" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="K19" t="s">
+        <v>72</v>
+      </c>
+      <c r="L19">
+        <v>8484685016</v>
+      </c>
+      <c r="M19" t="s">
         <v>73</v>
       </c>
-      <c r="L19">
-[...4 lines deleted...]
-      </c>
       <c r="N19" t="s">
-        <v>155</v>
+        <v>328</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
-        <v>334</v>
+        <v>75</v>
       </c>
       <c r="Q19" t="s">
+        <v>324</v>
+      </c>
+      <c r="R19" t="s">
+        <v>75</v>
+      </c>
+      <c r="S19" t="s">
+        <v>75</v>
+      </c>
+      <c r="T19" t="s">
+        <v>329</v>
+      </c>
+      <c r="U19">
+        <v>4173154336</v>
+      </c>
+      <c r="V19">
+        <v>493604</v>
+      </c>
+      <c r="W19" t="s">
+        <v>75</v>
+      </c>
+      <c r="X19">
+        <v>40.27</v>
+      </c>
+      <c r="Y19">
+        <v>1</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>299</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>325</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE19" t="s">
         <v>330</v>
       </c>
-      <c r="R19" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="AF19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="AK19" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="AL19" t="s">
+        <v>327</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>163</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>326</v>
+      </c>
+      <c r="AO19">
+        <v>17.13</v>
+      </c>
+      <c r="AP19" t="s">
         <v>333</v>
       </c>
-      <c r="AM19" t="s">
-[...13 lines deleted...]
-      <c r="AS19"/>
+      <c r="AQ19" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>230</v>
+      </c>
+      <c r="AS19" t="s">
+        <v>334</v>
+      </c>
       <c r="AT19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY19">
-        <v>6885822226</v>
+        <v>8484685016</v>
       </c>
       <c r="AZ19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="BC19" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="BD19" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="BE19" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="BF19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG19" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="BH19">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="BI19" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>65375</v>
+        <v>40.27</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
-        <v>313</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
+        <v>338</v>
+      </c>
+      <c r="C20">
+        <v>204831763</v>
+      </c>
+      <c r="D20">
+        <v>492140</v>
+      </c>
+      <c r="E20">
+        <v>72.23</v>
+      </c>
+      <c r="F20" t="s">
+        <v>339</v>
+      </c>
+      <c r="G20" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>340</v>
+      </c>
+      <c r="I20">
+        <v>29.99</v>
+      </c>
+      <c r="J20" t="s">
         <v>341</v>
       </c>
-      <c r="C20">
-[...22 lines deleted...]
-      </c>
       <c r="K20" t="s">
+        <v>72</v>
+      </c>
+      <c r="L20">
+        <v>2506596352</v>
+      </c>
+      <c r="M20" t="s">
         <v>73</v>
       </c>
-      <c r="L20">
-[...4 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>345</v>
+        <v>304</v>
       </c>
       <c r="O20"/>
       <c r="P20" t="s">
-        <v>76</v>
+        <v>342</v>
       </c>
       <c r="Q20" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="R20" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S20" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T20" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="U20">
-        <v>4173154336</v>
+        <v>204831763</v>
       </c>
       <c r="V20">
-        <v>493604</v>
+        <v>492140</v>
       </c>
       <c r="W20" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X20">
-        <v>40.27</v>
+        <v>72.23</v>
       </c>
       <c r="Y20">
-        <v>1</v>
+        <v>810</v>
       </c>
       <c r="Z20" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA20" t="s">
-        <v>313</v>
+        <v>89</v>
       </c>
       <c r="AB20" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="AC20" t="s">
+        <v>339</v>
+      </c>
+      <c r="AD20" t="s">
         <v>342</v>
       </c>
-      <c r="AD20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE20" t="s">
-        <v>347</v>
+        <v>75</v>
       </c>
       <c r="AF20" t="s">
-        <v>320</v>
+        <v>75</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>349</v>
+        <v>319</v>
       </c>
       <c r="AK20" t="s">
-        <v>323</v>
+        <v>92</v>
       </c>
       <c r="AL20" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="AM20"/>
       <c r="AN20" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="AO20">
-        <v>17.13</v>
+        <v>29.99</v>
       </c>
       <c r="AP20" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="AQ20" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="AR20" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="AS20" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="AT20" t="s">
-        <v>76</v>
+        <v>347</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY20">
-        <v>8484685016</v>
+        <v>2506596352</v>
       </c>
       <c r="AZ20" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
+        <v>338</v>
+      </c>
+      <c r="BC20" t="s">
         <v>341</v>
       </c>
-      <c r="BC20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD20" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="BE20" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="BF20" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG20" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="BH20">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="BI20" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN20" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>40.27</v>
+        <v>58506</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
-        <v>104</v>
+        <v>299</v>
       </c>
       <c r="B21" t="s">
+        <v>351</v>
+      </c>
+      <c r="C21">
+        <v>4033370629</v>
+      </c>
+      <c r="D21">
+        <v>488563</v>
+      </c>
+      <c r="E21">
+        <v>25.67</v>
+      </c>
+      <c r="F21" t="s">
+        <v>352</v>
+      </c>
+      <c r="G21" t="s">
+        <v>69</v>
+      </c>
+      <c r="H21" t="s">
+        <v>353</v>
+      </c>
+      <c r="I21">
+        <v>3.77</v>
+      </c>
+      <c r="J21" t="s">
+        <v>354</v>
+      </c>
+      <c r="K21" t="s">
+        <v>72</v>
+      </c>
+      <c r="L21">
+        <v>7128442366</v>
+      </c>
+      <c r="M21" t="s">
+        <v>73</v>
+      </c>
+      <c r="N21" t="s">
         <v>355</v>
-      </c>
-[...34 lines deleted...]
-        <v>318</v>
       </c>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>359</v>
+        <v>75</v>
       </c>
       <c r="Q21" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="R21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T21" t="s">
-        <v>360</v>
+        <v>329</v>
       </c>
       <c r="U21">
-        <v>204831763</v>
+        <v>4033370629</v>
       </c>
       <c r="V21">
-        <v>492140</v>
+        <v>488563</v>
       </c>
       <c r="W21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X21">
-        <v>72.23</v>
+        <v>25.67</v>
       </c>
       <c r="Y21">
-        <v>810</v>
+        <v>1</v>
       </c>
       <c r="Z21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA21" t="s">
-        <v>104</v>
+        <v>299</v>
       </c>
       <c r="AB21" t="s">
-        <v>114</v>
+        <v>69</v>
       </c>
       <c r="AC21" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="AD21" t="s">
-        <v>359</v>
+        <v>75</v>
       </c>
       <c r="AE21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AF21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="AI21"/>
+        <v>356</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>357</v>
+      </c>
       <c r="AJ21" t="s">
-        <v>336</v>
+        <v>358</v>
       </c>
       <c r="AK21" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="AL21" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="AM21"/>
+        <v>354</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>359</v>
+      </c>
       <c r="AN21" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="AO21">
-        <v>29.99</v>
+        <v>3.77</v>
       </c>
       <c r="AP21" t="s">
-        <v>362</v>
-[...9 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="AQ21"/>
+      <c r="AR21"/>
+      <c r="AS21"/>
       <c r="AT21" t="s">
-        <v>364</v>
+        <v>75</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY21">
-        <v>2506596352</v>
+        <v>7128442366</v>
       </c>
       <c r="AZ21" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA21"/>
       <c r="BB21" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="BC21" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="BD21" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="BE21" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="BF21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG21" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="BH21">
-        <v>173</v>
+        <v>47</v>
       </c>
       <c r="BI21" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN21" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>58506</v>
+        <v>0</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
-        <v>313</v>
+        <v>183</v>
       </c>
       <c r="B22" t="s">
+        <v>364</v>
+      </c>
+      <c r="C22" t="s">
+        <v>365</v>
+      </c>
+      <c r="D22">
+        <v>487253</v>
+      </c>
+      <c r="E22">
+        <v>117.61</v>
+      </c>
+      <c r="F22" t="s">
+        <v>366</v>
+      </c>
+      <c r="G22" t="s">
+        <v>145</v>
+      </c>
+      <c r="H22" t="s">
+        <v>367</v>
+      </c>
+      <c r="I22">
+        <v>69.99</v>
+      </c>
+      <c r="J22" t="s">
         <v>368</v>
       </c>
-      <c r="C22">
-[...8 lines deleted...]
-      <c r="F22" t="s">
+      <c r="K22" t="s">
+        <v>72</v>
+      </c>
+      <c r="L22">
+        <v>523500004146</v>
+      </c>
+      <c r="M22" t="s">
+        <v>73</v>
+      </c>
+      <c r="N22" t="s">
         <v>369</v>
       </c>
-      <c r="G22" t="s">
-[...2 lines deleted...]
-      <c r="H22" t="s">
+      <c r="O22">
+        <v>523500004146</v>
+      </c>
+      <c r="P22">
+        <v>70868802</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>364</v>
+      </c>
+      <c r="R22" t="s">
         <v>370</v>
       </c>
-      <c r="I22">
-[...2 lines deleted...]
-      <c r="J22" t="s">
+      <c r="S22" t="s">
         <v>371</v>
       </c>
-      <c r="K22" t="s">
-[...8 lines deleted...]
-      <c r="N22" t="s">
+      <c r="T22" t="s">
+        <v>193</v>
+      </c>
+      <c r="U22" t="s">
+        <v>365</v>
+      </c>
+      <c r="V22">
+        <v>487253</v>
+      </c>
+      <c r="W22" t="s">
+        <v>75</v>
+      </c>
+      <c r="X22">
+        <v>117.61</v>
+      </c>
+      <c r="Y22">
+        <v>3.35</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>183</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>145</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>366</v>
+      </c>
+      <c r="AD22">
+        <v>70868802</v>
+      </c>
+      <c r="AE22" t="s">
         <v>372</v>
       </c>
-      <c r="O22"/>
-[...49 lines deleted...]
-        <v>320</v>
+      <c r="AF22">
+        <v>947122640</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
         <v>373</v>
       </c>
       <c r="AI22" t="s">
         <v>374</v>
       </c>
       <c r="AJ22" t="s">
         <v>375</v>
       </c>
       <c r="AK22" t="s">
-        <v>323</v>
+        <v>145</v>
       </c>
       <c r="AL22" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="AM22" t="s">
+        <v>368</v>
+      </c>
+      <c r="AM22"/>
+      <c r="AN22" t="s">
+        <v>367</v>
+      </c>
+      <c r="AO22">
+        <v>69.99</v>
+      </c>
+      <c r="AP22" t="s">
         <v>376</v>
       </c>
-      <c r="AN22" t="s">
-[...8 lines deleted...]
-      <c r="AQ22"/>
+      <c r="AQ22" t="s">
+        <v>229</v>
+      </c>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      <c r="AW22"/>
+        <v>75</v>
+      </c>
+      <c r="AU22">
+        <v>523500004146</v>
+      </c>
+      <c r="AV22" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW22">
+        <v>1008401</v>
+      </c>
       <c r="AX22" t="s">
-        <v>85</v>
+        <v>377</v>
       </c>
       <c r="AY22">
-        <v>7128442366</v>
+        <v>523500004146</v>
       </c>
       <c r="AZ22" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
+        <v>364</v>
+      </c>
+      <c r="BC22" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="BD22" t="s">
         <v>378</v>
       </c>
       <c r="BE22" t="s">
         <v>379</v>
       </c>
       <c r="BF22" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BG22" t="s">
         <v>380</v>
       </c>
       <c r="BH22">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="BI22" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BN22" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
         <v>0</v>
       </c>
       <c r="BS22"/>
-    </row>
-[...191 lines deleted...]
-      <c r="BS23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>