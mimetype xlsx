--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="456">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -212,771 +212,996 @@
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
-    <t>IMELICBTMX</t>
-[...5 lines deleted...]
-    <t>Javier Vega Salinas .</t>
+    <t>RIPLEYPE</t>
+  </si>
+  <si>
+    <t>2026-01-08 08:09:59</t>
+  </si>
+  <si>
+    <t>7508120101-A</t>
+  </si>
+  <si>
+    <t>Karen Ore</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>/11461389</t>
+  </si>
+  <si>
+    <t>2026-01-08 00:00:00</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>WYB412612604</t>
+  </si>
+  <si>
+    <t>in_transit</t>
+  </si>
+  <si>
+    <t>urbano - ADMITIDO EN HUB - AO</t>
+  </si>
+  <si>
+    <t>2026-01-08 08:10:03</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--996892738</t>
+  </si>
+  <si>
+    <t>Manuel Olguín 611, 203</t>
+  </si>
+  <si>
+    <t>SANTIAGO DE SURCO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/GG1082S-30012877-004-60132-NS</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>urbano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2026-01-12 16:36:12</t>
+  </si>
+  <si>
+    <t>2026-01-15 17:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-21 19:27:00</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2026-01-08 08:45:36</t>
+  </si>
+  <si>
+    <t>2026-01-03 19:37:57</t>
+  </si>
+  <si>
+    <t>7503738001-A</t>
+  </si>
+  <si>
+    <t>Silvia Kanagusuku</t>
+  </si>
+  <si>
+    <t>/114-6077206-2679409</t>
+  </si>
+  <si>
+    <t>2026-01-03 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB412612728</t>
+  </si>
+  <si>
+    <t>07883359</t>
+  </si>
+  <si>
+    <t>2026-01-03 19:37:58</t>
+  </si>
+  <si>
+    <t>--996175506</t>
+  </si>
+  <si>
+    <t>Jirón Fray Francisco de Bejarano 111, 102</t>
+  </si>
+  <si>
+    <t>MIRAFLORES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B08CK674K8</t>
+  </si>
+  <si>
+    <t>2026-01-12 12:36:51</t>
+  </si>
+  <si>
+    <t>2026-01-21 19:28:00</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2026-01-03 20:45:26</t>
+  </si>
+  <si>
+    <t>2026-01-03 18:51:40</t>
+  </si>
+  <si>
+    <t>7503701601-A</t>
+  </si>
+  <si>
+    <t>Brescia Merino</t>
+  </si>
+  <si>
+    <t>/114-4384338-4457869</t>
+  </si>
+  <si>
+    <t>WYB412613112</t>
+  </si>
+  <si>
+    <t>urbano - DESPACHADO A DESTINO - DD</t>
+  </si>
+  <si>
+    <t>2026-01-03 18:51:41</t>
+  </si>
+  <si>
+    <t>--980647754</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN NUEVO HORIZONTE MZ B LT6 SN, Casa</t>
+  </si>
+  <si>
+    <t>ATE</t>
+  </si>
+  <si>
+    <t>/B07RTH8LM7</t>
+  </si>
+  <si>
+    <t>2026-01-12 15:25:43</t>
+  </si>
+  <si>
+    <t>2026-01-21 23:29:00</t>
+  </si>
+  <si>
+    <t>2026-01-03 19:45:26</t>
+  </si>
+  <si>
+    <t>2026-01-01 00:59:21</t>
+  </si>
+  <si>
+    <t>7501477201-A</t>
+  </si>
+  <si>
+    <t>Anabel Aguilar</t>
+  </si>
+  <si>
+    <t>/114-0249567-7829851</t>
+  </si>
+  <si>
+    <t>2026-01-02 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB412611799</t>
+  </si>
+  <si>
+    <t>2026-01-01 00:59:22</t>
+  </si>
+  <si>
+    <t>--918789001</t>
+  </si>
+  <si>
+    <t>AA. HH Luis Paredes Maceda Mz C8 LT 8, Casa</t>
+  </si>
+  <si>
+    <t>PIURA</t>
+  </si>
+  <si>
+    <t>/B08KFMHR2W</t>
+  </si>
+  <si>
+    <t>2026-01-12 10:25:30</t>
+  </si>
+  <si>
+    <t>2026-01-22 02:14:00</t>
+  </si>
+  <si>
+    <t>2026-01-01 01:45:21</t>
+  </si>
+  <si>
+    <t>2025-12-29 05:11:57</t>
+  </si>
+  <si>
+    <t>7498062801-A</t>
+  </si>
+  <si>
+    <t>Bruno Herrera</t>
+  </si>
+  <si>
+    <t>/ 113-1809127-0521807/ 113-1809127-0521807</t>
+  </si>
+  <si>
+    <t>2025-12-29 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB412612175</t>
+  </si>
+  <si>
+    <t>2025-12-29 05:11:59</t>
+  </si>
+  <si>
+    <t>--962179797</t>
+  </si>
+  <si>
+    <t>Asociación PROMURBAN Sec A Zona V Lt 10, Mz W</t>
+  </si>
+  <si>
+    <t>/B079HL9YSF</t>
+  </si>
+  <si>
+    <t>2026-01-12 12:29:11</t>
+  </si>
+  <si>
+    <t>2025-12-29 19:35:20</t>
+  </si>
+  <si>
+    <t>LIVERPOOLMX</t>
+  </si>
+  <si>
+    <t>2024-10-16 01:26:36</t>
+  </si>
+  <si>
+    <t>Jose Luis Cardenas  Camacho</t>
+  </si>
+  <si>
+    <t>MEXICO</t>
+  </si>
+  <si>
+    <t>/11188145</t>
+  </si>
+  <si>
+    <t>2024-10-16 00:00:00</t>
+  </si>
+  <si>
+    <t>dhl - Shipment is on hold</t>
+  </si>
+  <si>
+    <t>0062801788</t>
+  </si>
+  <si>
+    <t>RECEIVED</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
-    <t>/26-13836-93221</t>
-[...14 lines deleted...]
-    <t>--</t>
+    <t xml:space="preserve">Calle: SANTOS DEGOLLADO, Número: 24, Número Int: </t>
+  </si>
+  <si>
+    <t>GUANAJUATO</t>
+  </si>
+  <si>
+    <t>/VSPCD1H21</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t>2024-10-21 10:09:42</t>
+  </si>
+  <si>
+    <t>2024-10-21 10:11:25</t>
+  </si>
+  <si>
+    <t>2026-01-21 09:59:44</t>
+  </si>
+  <si>
+    <t>2024-10-16 14:25:01</t>
+  </si>
+  <si>
+    <t>LINIOCL</t>
+  </si>
+  <si>
+    <t>2023-07-10 23:51:44</t>
+  </si>
+  <si>
+    <t>jose farias</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>/10977632</t>
+  </si>
+  <si>
+    <t>2023-07-11 00:00:00</t>
+  </si>
+  <si>
+    <t>001610010001940574972001001</t>
+  </si>
+  <si>
+    <t>Mail Americas - shipped</t>
+  </si>
+  <si>
+    <t>10111632-8</t>
+  </si>
+  <si>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>Av Doctor Fernando Cancino  508</t>
+  </si>
+  <si>
+    <t>Santa Cruz, Gral. Bdo. O, Santa Cruz</t>
+  </si>
+  <si>
+    <t>/VSPBH8421</t>
+  </si>
+  <si>
+    <t>Mail Americas</t>
+  </si>
+  <si>
+    <t>2023-07-13 12:59:21</t>
+  </si>
+  <si>
+    <t>2023-07-13 13:58:15</t>
+  </si>
+  <si>
+    <t>2023-07-14 18:48:08</t>
+  </si>
+  <si>
+    <t>2023-07-11 04:44:21</t>
+  </si>
+  <si>
+    <t>2023-07-05 14:52:01</t>
+  </si>
+  <si>
+    <t>Jorge soto</t>
+  </si>
+  <si>
+    <t>/10975987</t>
+  </si>
+  <si>
+    <t>2023-07-05 00:00:00</t>
+  </si>
+  <si>
+    <t>001660010001940562177001001</t>
+  </si>
+  <si>
+    <t>17447943-7</t>
+  </si>
+  <si>
+    <t>Sector Paso Rari Panimavida s n 0000</t>
+  </si>
+  <si>
+    <t>ColbÚn, Maule, Colbun</t>
+  </si>
+  <si>
+    <t>/VSPZZ0521/VSPZZ0521</t>
+  </si>
+  <si>
+    <t>2023-07-07 12:44:13</t>
+  </si>
+  <si>
+    <t>2023-07-10 10:36:28</t>
+  </si>
+  <si>
+    <t>2023-07-12 09:48:08</t>
+  </si>
+  <si>
+    <t>2023-07-05 19:43:17</t>
+  </si>
+  <si>
+    <t>2022-06-26 00:38:11</t>
+  </si>
+  <si>
+    <t>FELIPE CASTILLO OLMEDO</t>
+  </si>
+  <si>
+    <t>/10832218</t>
+  </si>
+  <si>
+    <t>2022-06-27 00:00:00</t>
+  </si>
+  <si>
+    <t>DHL - shipped</t>
+  </si>
+  <si>
+    <t>8.137.513-5</t>
+  </si>
+  <si>
+    <t>VARAS MENA 771, Int 706</t>
+  </si>
+  <si>
+    <t>Metropolitana, San Miguel</t>
+  </si>
+  <si>
+    <t>/GG0008S-30000955-003</t>
+  </si>
+  <si>
+    <t>2022-06-29 08:52:46</t>
+  </si>
+  <si>
+    <t>2022-06-29 14:11:10</t>
+  </si>
+  <si>
+    <t>2022-07-04 03:18:04</t>
+  </si>
+  <si>
+    <t>2022-06-26 04:44:02</t>
+  </si>
+  <si>
+    <t>LINIOPE</t>
+  </si>
+  <si>
+    <t>2022-06-22 18:30:29</t>
+  </si>
+  <si>
+    <t>Jhosep Dario Luna Diaz</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>/111-9267168-4149817</t>
+  </si>
+  <si>
+    <t>2022-06-22 00:00:00</t>
+  </si>
+  <si>
+    <t>DHL - delivered</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>Av Paseo de la Republica 2314, Int 301</t>
+  </si>
+  <si>
+    <t>Lima, Lima, Lince</t>
+  </si>
+  <si>
+    <t>/B0058NN4BG/B00092RJX0</t>
+  </si>
+  <si>
+    <t>Amazon Logistics</t>
+  </si>
+  <si>
+    <t>TBA143534111504</t>
+  </si>
+  <si>
+    <t>2022-06-22</t>
+  </si>
+  <si>
+    <t>2022-06-23 13:37:12</t>
+  </si>
+  <si>
+    <t>2022-07-01 13:00:13</t>
+  </si>
+  <si>
+    <t>2022-07-01 12:06:05</t>
+  </si>
+  <si>
+    <t>2022-06-22 23:54:04</t>
+  </si>
+  <si>
+    <t>Closed</t>
+  </si>
+  <si>
+    <t>2022-05-26 11:33:21</t>
+  </si>
+  <si>
+    <t>Wanda Cristina Szkopiec Razeto</t>
+  </si>
+  <si>
+    <t>/113-1074049-3109067</t>
+  </si>
+  <si>
+    <t>2022-05-26 00:00:00</t>
+  </si>
+  <si>
+    <t>Calle Cura Bejar Lt105 Depto.301-A 105, Int 301-A</t>
+  </si>
+  <si>
+    <t>Lima, Lima, San Isidro</t>
+  </si>
+  <si>
+    <t>/B017ZUO2D8/B009ZC4T2O</t>
+  </si>
+  <si>
+    <t>TBA112187380404</t>
+  </si>
+  <si>
+    <t>2022-05-28</t>
+  </si>
+  <si>
+    <t>2022-05-31 16:50:34</t>
+  </si>
+  <si>
+    <t>2022-06-01 14:05:35</t>
+  </si>
+  <si>
+    <t>2022-06-24 17:52:27</t>
+  </si>
+  <si>
+    <t>2022-05-26 17:36:07</t>
+  </si>
+  <si>
+    <t>2021-08-18 00:56:26</t>
+  </si>
+  <si>
+    <t>Ottoman Silva</t>
+  </si>
+  <si>
+    <t>/114-9088174-0934602</t>
+  </si>
+  <si>
+    <t>2021-08-18 00:00:00</t>
+  </si>
+  <si>
+    <t>Las Nepentas 339 esquina con Aconitos 339 339, Int Casa Gris 4 pisos</t>
+  </si>
+  <si>
+    <t>Lima, Lima, San Juan De Lurigancho</t>
+  </si>
+  <si>
+    <t>/B01MQSIWV7/B07Y92F4PP/B079997BXY</t>
+  </si>
+  <si>
+    <t>TBA164254695901</t>
+  </si>
+  <si>
+    <t>2021-08-18</t>
+  </si>
+  <si>
+    <t>2021-08-19 15:20:36</t>
+  </si>
+  <si>
+    <t>2021-08-20 12:09:49</t>
+  </si>
+  <si>
+    <t>2021-09-09 10:38:22</t>
+  </si>
+  <si>
+    <t>2021-07-06 04:47:10</t>
+  </si>
+  <si>
+    <t>36809146-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ysabel Paredes Carranza </t>
+  </si>
+  <si>
+    <t>/113-0322962-6774603</t>
+  </si>
+  <si>
+    <t>2021-07-06 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB105960271</t>
+  </si>
+  <si>
+    <t>eshopex - SALIO A RUTA - ER</t>
+  </si>
+  <si>
+    <t>2021-07-06 04:47:14</t>
+  </si>
+  <si>
+    <t>2021-07-06 06:17:18</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>--984529793</t>
+  </si>
+  <si>
+    <t>La Planicie Mz B lote 4 - San Isidro</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t>/B06XRYPKB6</t>
+  </si>
+  <si>
+    <t>UPS</t>
+  </si>
+  <si>
+    <t>1Z4608V9YN12707986</t>
+  </si>
+  <si>
+    <t>2021-07-08</t>
+  </si>
+  <si>
+    <t>2021-07-15 08:43:14</t>
+  </si>
+  <si>
+    <t>2021-07-21 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-08-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2021-04-16 04:44:57</t>
+  </si>
+  <si>
+    <t>35249374-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Juan Carlos SANCHEZ </t>
+  </si>
+  <si>
+    <t>/112-6701521-9508269</t>
+  </si>
+  <si>
+    <t>2021-04-16 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB99414006</t>
+  </si>
+  <si>
+    <t>2021-04-16 04:47:26</t>
+  </si>
+  <si>
+    <t>2021-04-16 04:50:32</t>
+  </si>
+  <si>
+    <t>Av. Los Colibries 545</t>
+  </si>
+  <si>
+    <t>/B0775RYQZ3</t>
+  </si>
+  <si>
+    <t>2021-04-22 09:42:54</t>
+  </si>
+  <si>
+    <t>2021-04-30 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-05-13 14:54:00</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>LINIOCO</t>
+  </si>
+  <si>
+    <t>2021-01-30 18:28:17</t>
+  </si>
+  <si>
+    <t>Eliana Restrepo</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>/111-5621001-9801042</t>
+  </si>
+  <si>
+    <t>2021-01-31 00:00:00</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Calle 74A Sur 47-36</t>
+  </si>
+  <si>
+    <t>Sabaneta, Antioquia, Antioquia</t>
+  </si>
+  <si>
+    <t>/B00D2VB54O</t>
+  </si>
+  <si>
+    <t>Delivered</t>
+  </si>
+  <si>
+    <t>Delivery by Amazon</t>
+  </si>
+  <si>
+    <t>Tracking ID: TBA154663415601</t>
+  </si>
+  <si>
+    <t>2021-02-03 15:58:20</t>
+  </si>
+  <si>
+    <t>2021-02-05 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-03-11 13:06:03</t>
+  </si>
+  <si>
+    <t>2020-12-28 19:52:20</t>
+  </si>
+  <si>
+    <t>Adely Baez</t>
+  </si>
+  <si>
+    <t>/111-4556010-1838608</t>
+  </si>
+  <si>
+    <t>2020-12-28 00:00:00</t>
+  </si>
+  <si>
+    <t>6.788.700-k</t>
+  </si>
+  <si>
+    <t>MARGA MARGA 1244</t>
+  </si>
+  <si>
+    <t>Valparaiso, Quilpue</t>
+  </si>
+  <si>
+    <t>/B07W158WQS/B07V1WKRBB</t>
+  </si>
+  <si>
+    <t>Shipped with UPS</t>
+  </si>
+  <si>
+    <t>Tracking ID: 1Z806YY41301451337</t>
+  </si>
+  <si>
+    <t>2020-12-31</t>
+  </si>
+  <si>
+    <t>2020-12-31 11:24:57</t>
+  </si>
+  <si>
+    <t>2021-01-06 15:31:09</t>
+  </si>
+  <si>
+    <t>2021-01-23 13:51:03</t>
+  </si>
+  <si>
+    <t>RIPLEYCL</t>
+  </si>
+  <si>
+    <t>2020-12-22 12:38:46</t>
+  </si>
+  <si>
+    <t>105038757-A</t>
+  </si>
+  <si>
+    <t>JURGEN ALVARADO</t>
+  </si>
+  <si>
+    <t>correosdechile - ENVIO EN REPARTO</t>
+  </si>
+  <si>
+    <t>2020-12-22 12:51:15</t>
+  </si>
+  <si>
+    <t>2020-12-22 13:01:17</t>
+  </si>
+  <si>
+    <t>TERRAZAS DE HUALQUI, LOS TILOS 305</t>
+  </si>
+  <si>
+    <t>HUALQUI</t>
+  </si>
+  <si>
+    <t>/B07FT665GX</t>
+  </si>
+  <si>
+    <t>Tracking ID: 1Z648WF31370180613</t>
+  </si>
+  <si>
+    <t>status_unknown</t>
+  </si>
+  <si>
+    <t>correosdechile</t>
+  </si>
+  <si>
+    <t>2020-12-28 10:15:12</t>
+  </si>
+  <si>
+    <t>2020-12-29 17:00:00</t>
+  </si>
+  <si>
+    <t>2021-01-05 14:09:00</t>
+  </si>
+  <si>
+    <t>2021-01-15 08:41:00</t>
+  </si>
+  <si>
+    <t>2020-12-14 18:21:28</t>
+  </si>
+  <si>
+    <t>Claudia Molinari</t>
+  </si>
+  <si>
+    <t>/14-2703130-4231464</t>
+  </si>
+  <si>
+    <t>2020-12-14 00:00:00</t>
+  </si>
+  <si>
+    <t>7.745.092-0</t>
+  </si>
+  <si>
+    <t>Fray Gabriel 440</t>
+  </si>
+  <si>
+    <t>Metropolitana, Las Condes</t>
+  </si>
+  <si>
+    <t>/B00L1G7K50/B00L1G7NCU</t>
+  </si>
+  <si>
+    <t>2020-12-16 16:12:21</t>
+  </si>
+  <si>
+    <t>2020-12-18 10:44:55</t>
+  </si>
+  <si>
+    <t>2020-12-24 17:20:42</t>
+  </si>
+  <si>
+    <t>2020-12-11 13:52:16</t>
+  </si>
+  <si>
+    <t>daniela espinoza</t>
+  </si>
+  <si>
+    <t>/ 112-9347849-5686613</t>
+  </si>
+  <si>
+    <t>2020-12-11 00:00:00</t>
+  </si>
+  <si>
+    <t>15.934.749-4</t>
+  </si>
+  <si>
+    <t>el murallon 606</t>
+  </si>
+  <si>
+    <t>Metropolitana, Lo Barnechea</t>
+  </si>
+  <si>
+    <t>/1676278915/167627894X</t>
+  </si>
+  <si>
+    <t>2020-12-16 08:36:25</t>
+  </si>
+  <si>
+    <t>2020-12-17 09:25:39</t>
+  </si>
+  <si>
+    <t>2021-01-05 12:06:40</t>
+  </si>
+  <si>
+    <t>2020-12-06 14:52:13</t>
+  </si>
+  <si>
+    <t>Jeanette Myrian Pozo Eche</t>
+  </si>
+  <si>
+    <t>/113-4671646-7745053</t>
+  </si>
+  <si>
+    <t>2020-12-07 00:00:00</t>
+  </si>
+  <si>
+    <t>AAHH 2 DE FEBRERO B-33 AAHH 2 DE FEBRERO B-33</t>
+  </si>
+  <si>
+    <t>Talara, Piura, PariÑas</t>
+  </si>
+  <si>
+    <t>/B075JBHWWN/B07567TSKP/B005TNKCMY/B07R5216ML/B07V1FF6D2/B07PVXQ8GY/B07FQV8X2D/B07ZBRF75D/B07RXQ352Z/B01NBTS2HU/B07YLSCJXP/B07VSNXJZV/B07T2H8XKL/B07QHZZ33F/B07YC7PC26/B00XJ1XTDC/B011D2QT2G/B01MEGSIKB/B01BW61N10/B07XCXDPWQ</t>
+  </si>
+  <si>
+    <t>Tracking ID: TBA152275045501</t>
+  </si>
+  <si>
+    <t>2020-12-10 12:49:04</t>
+  </si>
+  <si>
+    <t>2020-12-11 17:08:23</t>
+  </si>
+  <si>
+    <t>2021-01-11 18:21:44</t>
+  </si>
+  <si>
+    <t>MELICBT</t>
+  </si>
+  <si>
+    <t>2020-12-04 11:54:43</t>
+  </si>
+  <si>
+    <t>Roberto Efren Cañas Ceron .</t>
+  </si>
+  <si>
+    <t>/112-2891104-9172264</t>
+  </si>
+  <si>
+    <t>2020-12-04 00:00:00</t>
+  </si>
+  <si>
+    <t>dhl - Customs status updated</t>
   </si>
   <si>
     <t>paid</t>
   </si>
   <si>
     <t>XXXXXXX</t>
   </si>
   <si>
-    <t>Soto y gama mz.11 lt.24 SN</t>
-[...2 lines deleted...]
-    <t>Naucalpan</t>
+    <t>volcan de fuego 5241</t>
+  </si>
+  <si>
+    <t>Zapopan</t>
   </si>
   <si>
     <t>Mexico</t>
-  </si>
-[...676 lines deleted...]
-    <t>Zapopan</t>
   </si>
   <si>
     <t>/B07V4CNVZV</t>
   </si>
   <si>
     <t>Tracking ID: TBA152097094801</t>
   </si>
   <si>
     <t>2020-12-07</t>
   </si>
   <si>
     <t>2020-12-07 15:34:11</t>
   </si>
   <si>
     <t>2020-12-07 15:36:37</t>
   </si>
   <si>
     <t>2020-12-09 17:03:06</t>
   </si>
   <si>
     <t>2020-11-23 17:13:30</t>
   </si>
   <si>
     <t>Orialis Correa</t>
   </si>
@@ -1501,51 +1726,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS22"/>
+  <dimension ref="A1:BS27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1731,4023 +1956,5008 @@
         <v>60</v>
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
-      <c r="C2">
-        <v>2.0000138969052E+15</v>
+      <c r="C2" t="s">
+        <v>68</v>
       </c>
       <c r="D2">
-        <v>596639</v>
+        <v>599478</v>
       </c>
       <c r="E2">
-        <v>118</v>
+        <v>207.63</v>
       </c>
       <c r="F2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I2">
-        <v>52.49</v>
+        <v>119.99</v>
       </c>
       <c r="J2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K2" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>45904363240</v>
+        <v>73</v>
+      </c>
+      <c r="L2" t="s">
+        <v>74</v>
       </c>
       <c r="M2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N2" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="O2">
+        <v>523500023294</v>
+      </c>
+      <c r="P2">
+        <v>41180815</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>2.0000138969052E+15</v>
+        <v>78</v>
+      </c>
+      <c r="U2" t="s">
+        <v>68</v>
       </c>
       <c r="V2">
-        <v>596639</v>
+        <v>599478</v>
       </c>
       <c r="W2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X2">
-        <v>118</v>
+        <v>207.63</v>
       </c>
       <c r="Y2">
-        <v>1</v>
+        <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AC2" t="s">
-[...3 lines deleted...]
-        <v>75</v>
+      <c r="AD2">
+        <v>41180815</v>
       </c>
       <c r="AE2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>80</v>
+      </c>
+      <c r="AF2">
+        <v>996892738</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="AK2" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="AL2" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN2" t="s">
         <v>71</v>
       </c>
-      <c r="AM2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO2">
-        <v>52.49</v>
+        <v>119.99</v>
       </c>
       <c r="AP2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      <c r="AS2"/>
+        <v>84</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AS2">
+        <v>397563979637</v>
+      </c>
       <c r="AT2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU2">
+        <v>523500023294</v>
+      </c>
+      <c r="AV2" t="s">
         <v>75</v>
       </c>
-      <c r="AU2"/>
-      <c r="AV2"/>
       <c r="AW2">
-        <v>0</v>
+        <v>1011911</v>
       </c>
       <c r="AX2" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>45904363240</v>
+        <v>86</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>74</v>
       </c>
       <c r="AZ2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="BE2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="BF2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG2" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="BH2">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="BI2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
-      <c r="BP2"/>
+      <c r="BP2" t="s">
+        <v>73</v>
+      </c>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>118</v>
+        <v>789</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>265283612</v>
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>94</v>
       </c>
       <c r="D3">
-        <v>556239</v>
+        <v>599319</v>
       </c>
       <c r="E3">
-        <v>217.07</v>
+        <v>70.79</v>
       </c>
       <c r="F3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G3" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
+        <v>96</v>
+      </c>
+      <c r="I3">
+        <v>32.99</v>
+      </c>
+      <c r="J3" t="s">
+        <v>97</v>
+      </c>
+      <c r="K3" t="s">
+        <v>73</v>
+      </c>
+      <c r="L3" t="s">
+        <v>98</v>
+      </c>
+      <c r="M3" t="s">
+        <v>75</v>
+      </c>
+      <c r="N3" t="s">
+        <v>76</v>
+      </c>
+      <c r="O3">
+        <v>523500023282</v>
+      </c>
+      <c r="P3" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q3" t="s">
         <v>93</v>
       </c>
-      <c r="I3">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="R3" t="s">
+        <v>100</v>
+      </c>
+      <c r="S3" t="s">
+        <v>100</v>
+      </c>
+      <c r="T3" t="s">
+        <v>78</v>
+      </c>
+      <c r="U3" t="s">
         <v>94</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="V3">
+        <v>599319</v>
+      </c>
+      <c r="W3" t="s">
+        <v>79</v>
+      </c>
+      <c r="X3">
+        <v>70.79</v>
+      </c>
+      <c r="Y3">
+        <v>3.8</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC3" t="s">
         <v>95</v>
       </c>
-      <c r="M3" t="s">
-[...42 lines deleted...]
-      <c r="AB3" t="s">
+      <c r="AD3" t="s">
         <v>99</v>
       </c>
-      <c r="AC3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AE3" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>101</v>
+      </c>
+      <c r="AF3">
+        <v>996175506</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="AK3" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="AM3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AN3" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO3">
+        <v>32.99</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>105</v>
+      </c>
+      <c r="AQ3"/>
+      <c r="AR3"/>
+      <c r="AS3"/>
+      <c r="AT3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU3">
+        <v>523500023282</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AW3">
+        <v>1011911</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>86</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>98</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB3" t="s">
         <v>93</v>
       </c>
-      <c r="AO3">
-[...34 lines deleted...]
-      </c>
       <c r="BC3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="BD3" t="s">
         <v>106</v>
       </c>
       <c r="BE3" t="s">
+        <v>89</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG3" t="s">
         <v>107</v>
       </c>
-      <c r="BF3" t="s">
-[...2 lines deleted...]
-      <c r="BG3" t="s">
+      <c r="BH3">
+        <v>17</v>
+      </c>
+      <c r="BI3" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN3" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
-      <c r="BP3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>210992</v>
+        <v>269</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" t="s">
         <v>111</v>
       </c>
-      <c r="C4">
-[...1 lines deleted...]
-      </c>
       <c r="D4">
-        <v>555939</v>
+        <v>599318</v>
       </c>
       <c r="E4">
-        <v>454.72</v>
+        <v>120.79</v>
       </c>
       <c r="F4" t="s">
         <v>112</v>
       </c>
       <c r="G4" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>113</v>
       </c>
       <c r="I4">
-        <v>177.84</v>
+        <v>57.99</v>
       </c>
       <c r="J4" t="s">
+        <v>97</v>
+      </c>
+      <c r="K4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L4" t="s">
         <v>114</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N4" t="s">
         <v>115</v>
       </c>
-      <c r="M4" t="s">
-[...6 lines deleted...]
-      <c r="P4" t="s">
+      <c r="O4">
+        <v>523500023285</v>
+      </c>
+      <c r="P4">
+        <v>72371184</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>110</v>
+      </c>
+      <c r="R4" t="s">
         <v>116</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="S4" t="s">
+        <v>116</v>
+      </c>
+      <c r="T4" t="s">
+        <v>78</v>
+      </c>
+      <c r="U4" t="s">
         <v>111</v>
       </c>
-      <c r="R4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V4">
-        <v>555939</v>
+        <v>599318</v>
       </c>
       <c r="W4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X4">
-        <v>454.72</v>
+        <v>120.79</v>
       </c>
       <c r="Y4">
-        <v>972</v>
+        <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA4" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="AB4" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="AC4" t="s">
         <v>112</v>
       </c>
-      <c r="AD4" t="s">
-        <v>116</v>
+      <c r="AD4">
+        <v>72371184</v>
       </c>
       <c r="AE4" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>117</v>
+      </c>
+      <c r="AF4">
+        <v>980647754</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AK4" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="AM4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AN4" t="s">
         <v>113</v>
       </c>
       <c r="AO4">
-        <v>177.84</v>
+        <v>57.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>119</v>
-[...9 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="AQ4"/>
+      <c r="AR4"/>
+      <c r="AS4"/>
       <c r="AT4" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU4">
+        <v>523500023285</v>
+      </c>
+      <c r="AV4" t="s">
         <v>75</v>
       </c>
-      <c r="AU4"/>
-[...1 lines deleted...]
-      <c r="AW4"/>
+      <c r="AW4">
+        <v>1011911</v>
+      </c>
       <c r="AX4" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="AY4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AZ4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA4" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BB4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="BC4" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="BD4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="BE4" t="s">
-        <v>121</v>
+        <v>89</v>
       </c>
       <c r="BF4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG4" t="s">
         <v>122</v>
       </c>
       <c r="BH4">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="BI4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN4" t="s">
         <v>123</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
-      <c r="BP4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>441988</v>
+        <v>459</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>124</v>
       </c>
-      <c r="C5">
-        <v>285824372</v>
+      <c r="C5" t="s">
+        <v>125</v>
       </c>
       <c r="D5">
-        <v>534503</v>
+        <v>599230</v>
       </c>
       <c r="E5">
-        <v>167.49</v>
+        <v>62.89</v>
       </c>
       <c r="F5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G5" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I5">
-        <v>85.9</v>
+        <v>29.84</v>
       </c>
       <c r="J5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K5" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>5564502985</v>
+        <v>73</v>
+      </c>
+      <c r="L5" t="s">
+        <v>129</v>
       </c>
       <c r="M5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N5" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-        <v>129</v>
+        <v>115</v>
+      </c>
+      <c r="O5">
+        <v>523500023269</v>
+      </c>
+      <c r="P5">
+        <v>71078355</v>
       </c>
       <c r="Q5" t="s">
         <v>124</v>
       </c>
       <c r="R5" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="S5" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="T5" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>285824372</v>
+        <v>78</v>
+      </c>
+      <c r="U5" t="s">
+        <v>125</v>
       </c>
       <c r="V5">
-        <v>534503</v>
+        <v>599230</v>
       </c>
       <c r="W5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X5">
-        <v>167.49</v>
+        <v>62.89</v>
       </c>
       <c r="Y5">
-        <v>800</v>
+        <v>3.8</v>
       </c>
       <c r="Z5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA5" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="AB5" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>126</v>
+      </c>
+      <c r="AD5">
+        <v>71078355</v>
       </c>
       <c r="AE5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>131</v>
+      </c>
+      <c r="AF5">
+        <v>918789001</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AK5" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="AL5" t="s">
+        <v>128</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN5" t="s">
         <v>127</v>
       </c>
-      <c r="AM5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO5">
-        <v>85.9</v>
+        <v>29.84</v>
       </c>
       <c r="AP5" t="s">
-        <v>132</v>
-[...9 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="AQ5"/>
+      <c r="AR5"/>
+      <c r="AS5"/>
       <c r="AT5" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU5">
+        <v>523500023269</v>
+      </c>
+      <c r="AV5" t="s">
         <v>75</v>
       </c>
-      <c r="AU5"/>
-[...1 lines deleted...]
-      <c r="AW5"/>
+      <c r="AW5">
+        <v>1011911</v>
+      </c>
       <c r="AX5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>5564502985</v>
+        <v>86</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>129</v>
       </c>
       <c r="AZ5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BB5" t="s">
         <v>124</v>
       </c>
       <c r="BC5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="BD5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="BE5" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="BF5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="BH5">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="BI5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
-      <c r="BP5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>133992</v>
+        <v>239</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
       <c r="B6" t="s">
         <v>138</v>
       </c>
-      <c r="C6">
-        <v>251647382</v>
+      <c r="C6" t="s">
+        <v>139</v>
       </c>
       <c r="D6">
-        <v>534375</v>
+        <v>599127</v>
       </c>
       <c r="E6">
-        <v>52.91</v>
+        <v>70.79</v>
       </c>
       <c r="F6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G6" t="s">
-        <v>140</v>
+        <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>141</v>
       </c>
       <c r="I6">
-        <v>21.28</v>
+        <v>79.9</v>
       </c>
       <c r="J6" t="s">
         <v>142</v>
       </c>
       <c r="K6" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>6774683230</v>
+        <v>73</v>
+      </c>
+      <c r="L6" t="s">
+        <v>143</v>
       </c>
       <c r="M6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N6" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="O6"/>
+        <v>115</v>
+      </c>
+      <c r="O6">
+        <v>523500023280</v>
+      </c>
       <c r="P6">
-        <v>42031041</v>
+        <v>73017683</v>
       </c>
       <c r="Q6" t="s">
         <v>138</v>
       </c>
       <c r="R6" t="s">
-        <v>75</v>
+        <v>144</v>
       </c>
       <c r="S6" t="s">
-        <v>75</v>
+        <v>144</v>
       </c>
       <c r="T6" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>251647382</v>
+        <v>78</v>
+      </c>
+      <c r="U6" t="s">
+        <v>139</v>
       </c>
       <c r="V6">
-        <v>534375</v>
+        <v>599127</v>
       </c>
       <c r="W6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X6">
-        <v>52.91</v>
+        <v>70.79</v>
       </c>
       <c r="Y6">
-        <v>4.12</v>
+        <v>3.8</v>
       </c>
       <c r="Z6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA6" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
       <c r="AB6" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>140</v>
+      </c>
+      <c r="AD6">
+        <v>73017683</v>
+      </c>
+      <c r="AE6" t="s">
         <v>145</v>
       </c>
-      <c r="AC6" t="s">
-[...9 lines deleted...]
-        <v>75</v>
+      <c r="AF6">
+        <v>962179797</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
         <v>146</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>147</v>
+        <v>119</v>
       </c>
       <c r="AK6" t="s">
-        <v>140</v>
+        <v>70</v>
       </c>
       <c r="AL6" t="s">
         <v>142</v>
       </c>
-      <c r="AM6"/>
+      <c r="AM6" t="s">
+        <v>104</v>
+      </c>
       <c r="AN6" t="s">
         <v>141</v>
       </c>
       <c r="AO6">
-        <v>21.28</v>
+        <v>79.9</v>
       </c>
       <c r="AP6" t="s">
-        <v>148</v>
-[...9 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="AQ6"/>
+      <c r="AR6"/>
+      <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      <c r="AW6"/>
+        <v>79</v>
+      </c>
+      <c r="AU6">
+        <v>523500023280</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AW6">
+        <v>1011911</v>
+      </c>
       <c r="AX6" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>6774683230</v>
+        <v>86</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>143</v>
       </c>
       <c r="AZ6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA6" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BB6" t="s">
         <v>138</v>
       </c>
       <c r="BC6" t="s">
         <v>142</v>
       </c>
       <c r="BD6" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="BE6" t="s">
-        <v>153</v>
+        <v>89</v>
       </c>
       <c r="BF6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG6" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="BH6">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="BI6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN6" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
-      <c r="BP6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>218</v>
+        <v>269</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="B7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C7">
+        <v>7570046712</v>
+      </c>
+      <c r="D7">
+        <v>578901</v>
+      </c>
+      <c r="E7">
+        <v>276.52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>152</v>
+      </c>
+      <c r="G7" t="s">
+        <v>153</v>
+      </c>
+      <c r="H7" t="s">
+        <v>154</v>
+      </c>
+      <c r="I7">
+        <v>80.99</v>
+      </c>
+      <c r="J7" t="s">
+        <v>155</v>
+      </c>
+      <c r="K7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7">
+        <v>5196420821</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>156</v>
+      </c>
+      <c r="O7"/>
+      <c r="P7" t="s">
         <v>157</v>
       </c>
-      <c r="C7">
-[...8 lines deleted...]
-      <c r="F7" t="s">
+      <c r="Q7" t="s">
+        <v>151</v>
+      </c>
+      <c r="R7" t="s">
+        <v>79</v>
+      </c>
+      <c r="S7" t="s">
+        <v>79</v>
+      </c>
+      <c r="T7" t="s">
         <v>158</v>
       </c>
-      <c r="G7" t="s">
-[...2 lines deleted...]
-      <c r="H7" t="s">
+      <c r="U7">
+        <v>7570046712</v>
+      </c>
+      <c r="V7">
+        <v>578901</v>
+      </c>
+      <c r="W7" t="s">
+        <v>79</v>
+      </c>
+      <c r="X7">
+        <v>276.52</v>
+      </c>
+      <c r="Y7">
+        <v>19.8</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB7" t="s">
         <v>159</v>
       </c>
-      <c r="I7">
-[...2 lines deleted...]
-      <c r="J7" t="s">
+      <c r="AC7" t="s">
+        <v>152</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>157</v>
+      </c>
+      <c r="AE7">
+        <v>4681803548</v>
+      </c>
+      <c r="AF7">
+        <v>4681803548</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH7" t="s">
         <v>160</v>
-      </c>
-[...66 lines deleted...]
-        <v>161</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
+        <v>161</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>153</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>155</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>154</v>
+      </c>
+      <c r="AO7">
+        <v>80.99</v>
+      </c>
+      <c r="AP7" t="s">
         <v>162</v>
       </c>
-      <c r="AK7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AQ7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AR7" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>85</v>
+      </c>
+      <c r="AS7">
+        <v>280716550720</v>
       </c>
       <c r="AT7" t="s">
-        <v>166</v>
+        <v>79</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
-      <c r="AW7"/>
+      <c r="AW7">
+        <v>0</v>
+      </c>
       <c r="AX7" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="AY7">
-        <v>6066636682</v>
+        <v>5196420821</v>
       </c>
       <c r="AZ7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA7" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BB7" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="BC7" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="BD7" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="BE7" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="BF7" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG7" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BH7">
-        <v>29</v>
+        <v>462</v>
       </c>
       <c r="BI7" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN7" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="BQ7"/>
+        <v>73</v>
+      </c>
+      <c r="BQ7" t="s">
+        <v>79</v>
+      </c>
       <c r="BR7">
-        <v>308</v>
+        <v>5475</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="B8" t="s">
+        <v>169</v>
+      </c>
+      <c r="C8">
+        <v>265283612</v>
+      </c>
+      <c r="D8">
+        <v>556239</v>
+      </c>
+      <c r="E8">
+        <v>217.07</v>
+      </c>
+      <c r="F8" t="s">
+        <v>170</v>
+      </c>
+      <c r="G8" t="s">
         <v>171</v>
       </c>
-      <c r="C8">
-[...8 lines deleted...]
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>172</v>
       </c>
-      <c r="G8" t="s">
-[...2 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8">
+        <v>84.42</v>
+      </c>
+      <c r="J8" t="s">
         <v>173</v>
       </c>
-      <c r="I8">
-[...2 lines deleted...]
-      <c r="J8" t="s">
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8" t="s">
         <v>174</v>
       </c>
-      <c r="K8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>143</v>
+        <v>175</v>
       </c>
       <c r="O8"/>
-      <c r="P8">
-        <v>20605130519</v>
+      <c r="P8" t="s">
+        <v>176</v>
       </c>
       <c r="Q8" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="R8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="S8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="T8" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
       <c r="U8">
-        <v>254333322</v>
+        <v>265283612</v>
       </c>
       <c r="V8">
-        <v>516494</v>
+        <v>556239</v>
       </c>
       <c r="W8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X8">
-        <v>121.75</v>
+        <v>217.07</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>972</v>
       </c>
       <c r="Z8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA8" t="s">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="AB8" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
       <c r="AC8" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>20605130519</v>
+        <v>170</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>176</v>
       </c>
       <c r="AE8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AF8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="AK8" t="s">
-        <v>140</v>
+        <v>171</v>
       </c>
       <c r="AL8" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="AM8" t="s">
-        <v>163</v>
+        <v>83</v>
       </c>
       <c r="AN8" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="AO8">
-        <v>48.01</v>
+        <v>84.42</v>
       </c>
       <c r="AP8" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="AQ8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AR8" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>85</v>
+      </c>
+      <c r="AS8">
+        <v>780968172570</v>
       </c>
       <c r="AT8" t="s">
-        <v>179</v>
+        <v>79</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>1112740274</v>
+        <v>182</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>174</v>
       </c>
       <c r="AZ8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA8" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BB8" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="BC8" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="BD8" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="BE8" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="BF8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG8" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="BH8">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="BI8" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN8" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>487</v>
+        <v>210992</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="B9" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>187</v>
+      </c>
+      <c r="C9">
+        <v>228971612</v>
       </c>
       <c r="D9">
-        <v>513798</v>
+        <v>555939</v>
       </c>
       <c r="E9">
-        <v>42.5</v>
+        <v>454.72</v>
       </c>
       <c r="F9" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G9" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="H9" t="s">
+        <v>189</v>
+      </c>
+      <c r="I9">
+        <v>177.84</v>
+      </c>
+      <c r="J9" t="s">
+        <v>190</v>
+      </c>
+      <c r="K9" t="s">
+        <v>73</v>
+      </c>
+      <c r="L9" t="s">
+        <v>191</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>175</v>
+      </c>
+      <c r="O9"/>
+      <c r="P9" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q9" t="s">
         <v>187</v>
       </c>
-      <c r="I9">
-[...2 lines deleted...]
-      <c r="J9" t="s">
+      <c r="R9" t="s">
+        <v>79</v>
+      </c>
+      <c r="S9" t="s">
+        <v>79</v>
+      </c>
+      <c r="T9" t="s">
+        <v>177</v>
+      </c>
+      <c r="U9">
+        <v>228971612</v>
+      </c>
+      <c r="V9">
+        <v>555939</v>
+      </c>
+      <c r="W9" t="s">
+        <v>79</v>
+      </c>
+      <c r="X9">
+        <v>454.72</v>
+      </c>
+      <c r="Y9">
+        <v>972</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>178</v>
+      </c>
+      <c r="AC9" t="s">
         <v>188</v>
       </c>
-      <c r="K9" t="s">
-[...23 lines deleted...]
-      <c r="S9" t="s">
+      <c r="AD9" t="s">
         <v>192</v>
       </c>
-      <c r="T9" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AE9" t="s">
-        <v>194</v>
+        <v>79</v>
       </c>
       <c r="AF9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
+        <v>194</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>171</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>190</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>189</v>
+      </c>
+      <c r="AO9">
+        <v>177.84</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>195</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>85</v>
+      </c>
+      <c r="AS9">
+        <v>780744430719</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU9"/>
+      <c r="AV9"/>
+      <c r="AW9"/>
+      <c r="AX9" t="s">
+        <v>182</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>191</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>187</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>190</v>
+      </c>
+      <c r="BD9" t="s">
         <v>196</v>
       </c>
-      <c r="AK9" t="s">
-[...12 lines deleted...]
-      <c r="AP9" t="s">
+      <c r="BE9" t="s">
         <v>197</v>
       </c>
-      <c r="AQ9" t="s">
-[...2 lines deleted...]
-      <c r="AR9" t="s">
+      <c r="BF9" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG9" t="s">
         <v>198</v>
       </c>
-      <c r="AS9" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="BH9">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="BI9" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN9" t="s">
-        <v>75</v>
+        <v>199</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>170</v>
+        <v>441988</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="B10" t="s">
+        <v>200</v>
+      </c>
+      <c r="C10">
+        <v>285824372</v>
+      </c>
+      <c r="D10">
+        <v>534503</v>
+      </c>
+      <c r="E10">
+        <v>167.49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>201</v>
+      </c>
+      <c r="G10" t="s">
+        <v>171</v>
+      </c>
+      <c r="H10" t="s">
+        <v>202</v>
+      </c>
+      <c r="I10">
+        <v>85.9</v>
+      </c>
+      <c r="J10" t="s">
+        <v>203</v>
+      </c>
+      <c r="K10" t="s">
+        <v>73</v>
+      </c>
+      <c r="L10">
+        <v>5564502985</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>204</v>
+      </c>
+      <c r="O10"/>
+      <c r="P10" t="s">
         <v>205</v>
       </c>
-      <c r="C10" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q10" t="s">
+        <v>200</v>
+      </c>
+      <c r="R10" t="s">
+        <v>79</v>
+      </c>
+      <c r="S10" t="s">
+        <v>79</v>
+      </c>
+      <c r="T10" t="s">
+        <v>177</v>
+      </c>
+      <c r="U10">
+        <v>285824372</v>
+      </c>
+      <c r="V10">
+        <v>534503</v>
+      </c>
+      <c r="W10" t="s">
+        <v>79</v>
+      </c>
+      <c r="X10">
+        <v>167.49</v>
+      </c>
+      <c r="Y10">
+        <v>800</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>178</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>201</v>
+      </c>
+      <c r="AD10" t="s">
         <v>205</v>
       </c>
-      <c r="R10" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="AE10" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>940432555</v>
+        <v>79</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>79</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="AK10" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="AL10" t="s">
+        <v>203</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>202</v>
+      </c>
+      <c r="AO10">
+        <v>85.9</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>208</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AS10">
+        <v>274839393049</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU10"/>
+      <c r="AV10"/>
+      <c r="AW10"/>
+      <c r="AX10" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY10">
+        <v>5564502985</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>200</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>203</v>
+      </c>
+      <c r="BD10" t="s">
         <v>209</v>
       </c>
-      <c r="AM10"/>
-[...27 lines deleted...]
-      <c r="AY10" t="s">
+      <c r="BE10" t="s">
         <v>210</v>
       </c>
-      <c r="AZ10" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG10" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="BH10">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="BI10" t="s">
-        <v>218</v>
+        <v>91</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN10" t="s">
-        <v>75</v>
+        <v>212</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
-      <c r="BP10"/>
+      <c r="BP10" t="s">
+        <v>73</v>
+      </c>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>173</v>
+        <v>133992</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
+        <v>213</v>
+      </c>
+      <c r="B11" t="s">
+        <v>214</v>
+      </c>
+      <c r="C11">
+        <v>251647382</v>
+      </c>
+      <c r="D11">
+        <v>534375</v>
+      </c>
+      <c r="E11">
+        <v>52.91</v>
+      </c>
+      <c r="F11" t="s">
+        <v>215</v>
+      </c>
+      <c r="G11" t="s">
+        <v>216</v>
+      </c>
+      <c r="H11" t="s">
+        <v>217</v>
+      </c>
+      <c r="I11">
+        <v>21.28</v>
+      </c>
+      <c r="J11" t="s">
+        <v>218</v>
+      </c>
+      <c r="K11" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11">
+        <v>6774683230</v>
+      </c>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
         <v>219</v>
       </c>
-      <c r="B11" t="s">
+      <c r="O11"/>
+      <c r="P11">
+        <v>42031041</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>214</v>
+      </c>
+      <c r="R11" t="s">
+        <v>79</v>
+      </c>
+      <c r="S11" t="s">
+        <v>79</v>
+      </c>
+      <c r="T11" t="s">
         <v>220</v>
       </c>
-      <c r="C11">
-[...52 lines deleted...]
-      </c>
       <c r="U11">
-        <v>287494912</v>
+        <v>251647382</v>
       </c>
       <c r="V11">
-        <v>500989</v>
+        <v>534375</v>
       </c>
       <c r="W11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X11">
-        <v>73.8</v>
+        <v>52.91</v>
       </c>
       <c r="Y11">
-        <v>3620</v>
+        <v>4.12</v>
       </c>
       <c r="Z11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA11" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="AB11" t="s">
-        <v>225</v>
+        <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="AD11">
-        <v>1152444168</v>
+        <v>42031041</v>
       </c>
       <c r="AE11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AF11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="AK11" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="AL11" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="AM11"/>
       <c r="AN11" t="s">
+        <v>217</v>
+      </c>
+      <c r="AO11">
+        <v>21.28</v>
+      </c>
+      <c r="AP11" t="s">
         <v>223</v>
       </c>
-      <c r="AO11">
-[...2 lines deleted...]
-      <c r="AP11" t="s">
+      <c r="AQ11" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>224</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>225</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>226</v>
+      </c>
+      <c r="AU11"/>
+      <c r="AV11"/>
+      <c r="AW11"/>
+      <c r="AX11" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY11">
+        <v>6774683230</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>214</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>218</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>227</v>
+      </c>
+      <c r="BE11" t="s">
         <v>228</v>
       </c>
-      <c r="AQ11" t="s">
+      <c r="BF11" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG11" t="s">
         <v>229</v>
       </c>
-      <c r="AR11" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="BH11">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="BI11" t="s">
-        <v>218</v>
+        <v>91</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN11" t="s">
-        <v>75</v>
+        <v>230</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
-      <c r="BP11"/>
+      <c r="BP11" t="s">
+        <v>231</v>
+      </c>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>267156</v>
+        <v>218</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>213</v>
       </c>
       <c r="B12" t="s">
+        <v>232</v>
+      </c>
+      <c r="C12">
+        <v>226671882</v>
+      </c>
+      <c r="D12">
+        <v>532838</v>
+      </c>
+      <c r="E12">
+        <v>74.76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>233</v>
+      </c>
+      <c r="G12" t="s">
+        <v>216</v>
+      </c>
+      <c r="H12" t="s">
+        <v>234</v>
+      </c>
+      <c r="I12">
+        <v>25.22</v>
+      </c>
+      <c r="J12" t="s">
         <v>235</v>
       </c>
-      <c r="C12">
-[...22 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L12">
-        <v>3762782295</v>
+        <v>6066636682</v>
       </c>
       <c r="M12" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N12" t="s">
-        <v>143</v>
+        <v>219</v>
       </c>
       <c r="O12"/>
-      <c r="P12" t="s">
-        <v>239</v>
+      <c r="P12">
+        <v>10221685</v>
       </c>
       <c r="Q12" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="R12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="S12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="T12" t="s">
-        <v>144</v>
+        <v>220</v>
       </c>
       <c r="U12">
-        <v>286362442</v>
+        <v>226671882</v>
       </c>
       <c r="V12">
-        <v>498128</v>
+        <v>532838</v>
       </c>
       <c r="W12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X12">
-        <v>392.87</v>
+        <v>74.76</v>
       </c>
       <c r="Y12">
-        <v>772</v>
+        <v>4.12</v>
       </c>
       <c r="Z12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA12" t="s">
-        <v>89</v>
+        <v>213</v>
       </c>
       <c r="AB12" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>233</v>
+      </c>
+      <c r="AD12">
+        <v>10221685</v>
       </c>
       <c r="AE12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AF12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="AK12" t="s">
-        <v>92</v>
+        <v>216</v>
       </c>
       <c r="AL12" t="s">
+        <v>235</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>234</v>
+      </c>
+      <c r="AO12">
+        <v>25.22</v>
+      </c>
+      <c r="AP12" t="s">
         <v>238</v>
       </c>
-      <c r="AM12"/>
-[...8 lines deleted...]
-      </c>
       <c r="AQ12" t="s">
-        <v>229</v>
+        <v>73</v>
       </c>
       <c r="AR12" t="s">
-        <v>243</v>
+        <v>224</v>
       </c>
       <c r="AS12" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="AT12" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="AY12">
-        <v>3762782295</v>
+        <v>6066636682</v>
       </c>
       <c r="AZ12" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA12"/>
+        <v>75</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>87</v>
+      </c>
       <c r="BB12" t="s">
+        <v>232</v>
+      </c>
+      <c r="BC12" t="s">
         <v>235</v>
       </c>
-      <c r="BC12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD12" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="BE12" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="BF12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG12" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="BH12">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="BI12" t="s">
-        <v>218</v>
+        <v>91</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN12" t="s">
-        <v>75</v>
+        <v>244</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
-      <c r="BP12"/>
+      <c r="BP12" t="s">
+        <v>231</v>
+      </c>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>303296</v>
+        <v>308</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
-        <v>249</v>
+        <v>213</v>
       </c>
       <c r="B13" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>245</v>
+      </c>
+      <c r="C13">
+        <v>254333322</v>
       </c>
       <c r="D13">
-        <v>497642</v>
+        <v>516494</v>
       </c>
       <c r="E13">
-        <v>25.94</v>
+        <v>121.75</v>
       </c>
       <c r="F13" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="G13" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>216</v>
+      </c>
+      <c r="H13" t="s">
+        <v>247</v>
+      </c>
       <c r="I13">
-        <v>0</v>
+        <v>48.01</v>
       </c>
       <c r="J13" t="s">
+        <v>248</v>
+      </c>
+      <c r="K13" t="s">
+        <v>73</v>
+      </c>
+      <c r="L13">
+        <v>1112740274</v>
+      </c>
+      <c r="M13" t="s">
         <v>75</v>
       </c>
-      <c r="K13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="O13"/>
       <c r="P13">
-        <v>204870853</v>
+        <v>20605130519</v>
       </c>
       <c r="Q13" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="R13" t="s">
-        <v>254</v>
+        <v>79</v>
       </c>
       <c r="S13" t="s">
-        <v>255</v>
+        <v>79</v>
       </c>
       <c r="T13" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>220</v>
+      </c>
+      <c r="U13">
+        <v>254333322</v>
       </c>
       <c r="V13">
-        <v>497642</v>
+        <v>516494</v>
       </c>
       <c r="W13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X13">
-        <v>25.94</v>
+        <v>121.75</v>
       </c>
       <c r="Y13">
-        <v>795</v>
+        <v>4</v>
       </c>
       <c r="Z13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA13" t="s">
-        <v>249</v>
+        <v>213</v>
       </c>
       <c r="AB13" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="AD13">
-        <v>204870853</v>
+        <v>20605130519</v>
       </c>
       <c r="AE13" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>53923922</v>
+        <v>79</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>79</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AK13" t="s">
-        <v>99</v>
+        <v>216</v>
       </c>
       <c r="AL13" t="s">
+        <v>248</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>247</v>
+      </c>
+      <c r="AO13">
+        <v>48.01</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>224</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>252</v>
+      </c>
+      <c r="AT13" t="s">
+        <v>253</v>
+      </c>
+      <c r="AU13"/>
+      <c r="AV13"/>
+      <c r="AW13"/>
+      <c r="AX13" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY13">
+        <v>1112740274</v>
+      </c>
+      <c r="AZ13" t="s">
         <v>75</v>
       </c>
-      <c r="AM13" t="s">
-[...39 lines deleted...]
-      <c r="BA13"/>
+      <c r="BA13" t="s">
+        <v>87</v>
+      </c>
       <c r="BB13" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="BC13" t="s">
-        <v>75</v>
+        <v>248</v>
       </c>
       <c r="BD13" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="BE13" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="BF13" t="s">
-        <v>264</v>
+        <v>79</v>
       </c>
       <c r="BG13" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="BH13">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="BI13" t="s">
-        <v>218</v>
+        <v>91</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
-      <c r="BP13"/>
+      <c r="BP13" t="s">
+        <v>231</v>
+      </c>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>20622</v>
+        <v>487</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B14" t="s">
+        <v>257</v>
+      </c>
+      <c r="C14" t="s">
+        <v>258</v>
+      </c>
+      <c r="D14">
+        <v>513798</v>
+      </c>
+      <c r="E14">
+        <v>42.5</v>
+      </c>
+      <c r="F14" t="s">
+        <v>259</v>
+      </c>
+      <c r="G14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H14" t="s">
+        <v>260</v>
+      </c>
+      <c r="I14">
+        <v>17.11</v>
+      </c>
+      <c r="J14" t="s">
+        <v>261</v>
+      </c>
+      <c r="K14" t="s">
+        <v>73</v>
+      </c>
+      <c r="L14" t="s">
+        <v>262</v>
+      </c>
+      <c r="M14" t="s">
+        <v>75</v>
+      </c>
+      <c r="N14" t="s">
+        <v>263</v>
+      </c>
+      <c r="O14">
+        <v>523500007208</v>
+      </c>
+      <c r="P14">
+        <v>40717469</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>257</v>
+      </c>
+      <c r="R14" t="s">
+        <v>264</v>
+      </c>
+      <c r="S14" t="s">
+        <v>265</v>
+      </c>
+      <c r="T14" t="s">
         <v>266</v>
       </c>
-      <c r="C14">
-[...8 lines deleted...]
-      <c r="F14" t="s">
+      <c r="U14" t="s">
+        <v>258</v>
+      </c>
+      <c r="V14">
+        <v>513798</v>
+      </c>
+      <c r="W14" t="s">
+        <v>79</v>
+      </c>
+      <c r="X14">
+        <v>42.5</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>259</v>
+      </c>
+      <c r="AD14">
+        <v>40717469</v>
+      </c>
+      <c r="AE14" t="s">
         <v>267</v>
       </c>
-      <c r="G14" t="s">
-[...71 lines deleted...]
-      </c>
       <c r="AF14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="AK14" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="AM14"/>
       <c r="AN14" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="AO14">
-        <v>45.77</v>
+        <v>17.11</v>
       </c>
       <c r="AP14" t="s">
+        <v>270</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR14" t="s">
+        <v>271</v>
+      </c>
+      <c r="AS14" t="s">
+        <v>272</v>
+      </c>
+      <c r="AT14" t="s">
         <v>273</v>
       </c>
-      <c r="AQ14"/>
-[...2 lines deleted...]
-      <c r="AT14" t="s">
+      <c r="AU14">
+        <v>523500007208</v>
+      </c>
+      <c r="AV14" t="s">
         <v>75</v>
       </c>
-      <c r="AU14"/>
-[...1 lines deleted...]
-      <c r="AW14"/>
+      <c r="AW14">
+        <v>1009033</v>
+      </c>
       <c r="AX14" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2562770302</v>
+        <v>86</v>
+      </c>
+      <c r="AY14" t="s">
+        <v>262</v>
       </c>
       <c r="AZ14" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA14"/>
+        <v>75</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>87</v>
+      </c>
       <c r="BB14" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="BC14" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="BD14" t="s">
         <v>274</v>
       </c>
       <c r="BE14" t="s">
         <v>275</v>
       </c>
       <c r="BF14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG14" t="s">
         <v>276</v>
       </c>
       <c r="BH14">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="BI14" t="s">
-        <v>218</v>
+        <v>91</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
-      <c r="BP14"/>
+      <c r="BP14" t="s">
+        <v>231</v>
+      </c>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>78258</v>
+        <v>170</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>277</v>
       </c>
-      <c r="C15">
-        <v>206561153</v>
+      <c r="C15" t="s">
+        <v>278</v>
       </c>
       <c r="D15">
-        <v>496495</v>
+        <v>506965</v>
       </c>
       <c r="E15">
-        <v>60.88</v>
+        <v>48.06</v>
       </c>
       <c r="F15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G15" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I15">
-        <v>14.92</v>
+        <v>19.99</v>
       </c>
       <c r="J15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K15" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>7497535264</v>
+        <v>73</v>
+      </c>
+      <c r="L15" t="s">
+        <v>282</v>
       </c>
       <c r="M15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N15" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-        <v>281</v>
+        <v>263</v>
+      </c>
+      <c r="O15">
+        <v>523500006247</v>
+      </c>
+      <c r="P15">
+        <v>42163878</v>
       </c>
       <c r="Q15" t="s">
         <v>277</v>
       </c>
       <c r="R15" t="s">
-        <v>75</v>
+        <v>283</v>
       </c>
       <c r="S15" t="s">
-        <v>75</v>
+        <v>284</v>
       </c>
       <c r="T15" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>206561153</v>
+        <v>266</v>
+      </c>
+      <c r="U15" t="s">
+        <v>278</v>
       </c>
       <c r="V15">
-        <v>496495</v>
+        <v>506965</v>
       </c>
       <c r="W15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X15">
-        <v>60.88</v>
+        <v>48.06</v>
       </c>
       <c r="Y15">
-        <v>772</v>
+        <v>3.6</v>
       </c>
       <c r="Z15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA15" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="AB15" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>279</v>
+      </c>
+      <c r="AD15">
+        <v>42163878</v>
       </c>
       <c r="AE15" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>79</v>
+      </c>
+      <c r="AF15">
+        <v>940432555</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="AK15" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="AM15"/>
       <c r="AN15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="AO15">
-        <v>14.92</v>
+        <v>19.99</v>
       </c>
       <c r="AP15" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU15">
+        <v>523500006247</v>
+      </c>
+      <c r="AV15" t="s">
         <v>75</v>
       </c>
-      <c r="AU15"/>
-[...1 lines deleted...]
-      <c r="AW15"/>
+      <c r="AW15">
+        <v>1008860</v>
+      </c>
       <c r="AX15" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>7497535264</v>
+        <v>86</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>282</v>
       </c>
       <c r="AZ15" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA15"/>
+        <v>75</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>87</v>
+      </c>
       <c r="BB15" t="s">
         <v>277</v>
       </c>
       <c r="BC15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="BD15" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="BE15" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="BF15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG15" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="BH15">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="BI15" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>46999</v>
+        <v>173</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>291</v>
       </c>
       <c r="B16" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C16">
-        <v>204321453</v>
+        <v>287494912</v>
       </c>
       <c r="D16">
-        <v>495980</v>
+        <v>500989</v>
       </c>
       <c r="E16">
-        <v>938.64</v>
+        <v>73.8</v>
       </c>
       <c r="F16" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="G16" t="s">
-        <v>140</v>
+        <v>294</v>
       </c>
       <c r="H16" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="I16">
-        <v>428.04</v>
+        <v>42.79</v>
       </c>
       <c r="J16" t="s">
+        <v>296</v>
+      </c>
+      <c r="K16" t="s">
+        <v>73</v>
+      </c>
+      <c r="L16">
+        <v>523500005660</v>
+      </c>
+      <c r="M16" t="s">
+        <v>75</v>
+      </c>
+      <c r="N16" t="s">
+        <v>219</v>
+      </c>
+      <c r="O16">
+        <v>523500005660</v>
+      </c>
+      <c r="P16">
+        <v>1152444168</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>292</v>
+      </c>
+      <c r="R16" t="s">
+        <v>79</v>
+      </c>
+      <c r="S16" t="s">
+        <v>79</v>
+      </c>
+      <c r="T16" t="s">
+        <v>220</v>
+      </c>
+      <c r="U16">
+        <v>287494912</v>
+      </c>
+      <c r="V16">
+        <v>500989</v>
+      </c>
+      <c r="W16" t="s">
+        <v>79</v>
+      </c>
+      <c r="X16">
+        <v>73.8</v>
+      </c>
+      <c r="Y16">
+        <v>3620</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA16" t="s">
         <v>291</v>
       </c>
-      <c r="K16" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="AB16" t="s">
-        <v>145</v>
+        <v>297</v>
       </c>
       <c r="AC16" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="AD16">
-        <v>20102937580</v>
+        <v>1152444168</v>
       </c>
       <c r="AE16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AF16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="AK16" t="s">
-        <v>140</v>
+        <v>294</v>
       </c>
       <c r="AL16" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="AM16"/>
       <c r="AN16" t="s">
+        <v>295</v>
+      </c>
+      <c r="AO16">
+        <v>42.79</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>300</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>301</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>302</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>303</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU16">
+        <v>523500005660</v>
+      </c>
+      <c r="AV16"/>
+      <c r="AW16">
+        <v>1008691</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY16">
+        <v>523500005660</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>292</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>296</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>304</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>305</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>306</v>
+      </c>
+      <c r="BH16">
+        <v>39</v>
+      </c>
+      <c r="BI16" t="s">
         <v>290</v>
-      </c>
-[...53 lines deleted...]
-        <v>218</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>3379</v>
+        <v>267156</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
-        <v>299</v>
+        <v>168</v>
       </c>
       <c r="B17" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="C17">
-        <v>4208361732</v>
+        <v>286362442</v>
       </c>
       <c r="D17">
-        <v>495737</v>
+        <v>498128</v>
       </c>
       <c r="E17">
-        <v>37.26</v>
+        <v>392.87</v>
       </c>
       <c r="F17" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="G17" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="H17" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="I17">
-        <v>13.89</v>
+        <v>199.98</v>
       </c>
       <c r="J17" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="K17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L17">
-        <v>6644990450</v>
+        <v>3762782295</v>
       </c>
       <c r="M17" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N17" t="s">
-        <v>304</v>
+        <v>219</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>75</v>
+        <v>311</v>
       </c>
       <c r="Q17" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="R17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="S17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="T17" t="s">
-        <v>76</v>
+        <v>220</v>
       </c>
       <c r="U17">
-        <v>4208361732</v>
+        <v>286362442</v>
       </c>
       <c r="V17">
-        <v>495737</v>
+        <v>498128</v>
       </c>
       <c r="W17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X17">
-        <v>37.26</v>
+        <v>392.87</v>
       </c>
       <c r="Y17">
-        <v>1</v>
+        <v>772</v>
       </c>
       <c r="Z17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA17" t="s">
-        <v>299</v>
+        <v>168</v>
       </c>
       <c r="AB17" t="s">
-        <v>69</v>
+        <v>178</v>
       </c>
       <c r="AC17" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="AD17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>5532234966</v>
+        <v>311</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>79</v>
       </c>
       <c r="AF17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="AK17" t="s">
-        <v>80</v>
+        <v>171</v>
       </c>
       <c r="AL17" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="AM17"/>
       <c r="AN17" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="AO17">
-        <v>13.89</v>
+        <v>199.98</v>
       </c>
       <c r="AP17" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="AQ17" t="s">
-        <v>229</v>
+        <v>301</v>
       </c>
       <c r="AR17" t="s">
-        <v>230</v>
+        <v>315</v>
       </c>
       <c r="AS17" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="AT17" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="AY17">
-        <v>6644990450</v>
+        <v>3762782295</v>
       </c>
       <c r="AZ17" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="BC17" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="BD17" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="BE17" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="BF17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG17" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="BH17">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="BI17" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>37.26</v>
+        <v>303296</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
-        <v>89</v>
+        <v>321</v>
       </c>
       <c r="B18" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>208255783</v>
+        <v>322</v>
+      </c>
+      <c r="C18" t="s">
+        <v>323</v>
       </c>
       <c r="D18">
-        <v>494082</v>
+        <v>497642</v>
       </c>
       <c r="E18">
-        <v>80.71</v>
+        <v>25.94</v>
       </c>
       <c r="F18" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="G18" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="H18"/>
       <c r="I18">
-        <v>28.54</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
-        <v>316</v>
+        <v>79</v>
       </c>
       <c r="K18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L18">
-        <v>6885822226</v>
+        <v>990085486147</v>
       </c>
       <c r="M18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N18" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-        <v>317</v>
+        <v>325</v>
+      </c>
+      <c r="O18">
+        <v>523500005343</v>
+      </c>
+      <c r="P18">
+        <v>204870853</v>
       </c>
       <c r="Q18" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="R18" t="s">
-        <v>75</v>
+        <v>326</v>
       </c>
       <c r="S18" t="s">
-        <v>75</v>
+        <v>327</v>
       </c>
       <c r="T18" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>208255783</v>
+        <v>266</v>
+      </c>
+      <c r="U18" t="s">
+        <v>323</v>
       </c>
       <c r="V18">
-        <v>494082</v>
+        <v>497642</v>
       </c>
       <c r="W18" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X18">
-        <v>80.71</v>
+        <v>25.94</v>
       </c>
       <c r="Y18">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="Z18" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA18" t="s">
-        <v>89</v>
+        <v>321</v>
       </c>
       <c r="AB18" t="s">
-        <v>99</v>
+        <v>178</v>
       </c>
       <c r="AC18" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>324</v>
+      </c>
+      <c r="AD18">
+        <v>204870853</v>
       </c>
       <c r="AE18" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>79</v>
+      </c>
+      <c r="AF18">
+        <v>53923922</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="AK18" t="s">
-        <v>92</v>
+        <v>178</v>
       </c>
       <c r="AL18" t="s">
-        <v>316</v>
+        <v>79</v>
       </c>
       <c r="AM18" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="AN18" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN18"/>
+      <c r="AO18">
+        <v>0</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>330</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>301</v>
+      </c>
+      <c r="AR18" t="s">
         <v>315</v>
       </c>
-      <c r="AO18">
-[...7 lines deleted...]
-      <c r="AS18"/>
+      <c r="AS18" t="s">
+        <v>331</v>
+      </c>
       <c r="AT18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU18">
+        <v>523500005343</v>
+      </c>
+      <c r="AV18" t="s">
+        <v>332</v>
+      </c>
+      <c r="AW18">
+        <v>1008600</v>
+      </c>
+      <c r="AX18" t="s">
+        <v>333</v>
+      </c>
+      <c r="AY18">
+        <v>990085486147</v>
+      </c>
+      <c r="AZ18" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>73</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="BC18" t="s">
-        <v>316</v>
+        <v>79</v>
       </c>
       <c r="BD18" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="BE18" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="BF18" t="s">
-        <v>75</v>
+        <v>336</v>
       </c>
       <c r="BG18" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="BH18">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="BI18" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN18" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>65375</v>
+        <v>20622</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
-        <v>299</v>
+        <v>168</v>
       </c>
       <c r="B19" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="C19">
-        <v>4173154336</v>
+        <v>208725913</v>
       </c>
       <c r="D19">
-        <v>493604</v>
+        <v>496893</v>
       </c>
       <c r="E19">
-        <v>40.27</v>
+        <v>101.37</v>
       </c>
       <c r="F19" t="s">
-        <v>325</v>
+        <v>339</v>
       </c>
       <c r="G19" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="H19" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
       <c r="I19">
-        <v>17.13</v>
+        <v>45.77</v>
       </c>
       <c r="J19" t="s">
-        <v>327</v>
+        <v>341</v>
       </c>
       <c r="K19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L19">
-        <v>8484685016</v>
+        <v>2562770302</v>
       </c>
       <c r="M19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N19" t="s">
-        <v>328</v>
+        <v>219</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
-        <v>75</v>
+        <v>342</v>
       </c>
       <c r="Q19" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="R19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="S19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="T19" t="s">
-        <v>329</v>
+        <v>220</v>
       </c>
       <c r="U19">
-        <v>4173154336</v>
+        <v>208725913</v>
       </c>
       <c r="V19">
-        <v>493604</v>
+        <v>496893</v>
       </c>
       <c r="W19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X19">
-        <v>40.27</v>
+        <v>101.37</v>
       </c>
       <c r="Y19">
-        <v>1</v>
+        <v>772</v>
       </c>
       <c r="Z19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA19" t="s">
-        <v>299</v>
+        <v>168</v>
       </c>
       <c r="AB19" t="s">
-        <v>69</v>
+        <v>178</v>
       </c>
       <c r="AC19" t="s">
-        <v>325</v>
+        <v>339</v>
       </c>
       <c r="AD19" t="s">
-        <v>75</v>
+        <v>342</v>
       </c>
       <c r="AE19" t="s">
-        <v>330</v>
+        <v>79</v>
       </c>
       <c r="AF19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="AK19" t="s">
-        <v>80</v>
+        <v>171</v>
       </c>
       <c r="AL19" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="AM19"/>
       <c r="AN19" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
       <c r="AO19">
-        <v>17.13</v>
+        <v>45.77</v>
       </c>
       <c r="AP19" t="s">
-        <v>333</v>
-[...9 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="AQ19"/>
+      <c r="AR19"/>
+      <c r="AS19"/>
       <c r="AT19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="AY19">
-        <v>8484685016</v>
+        <v>2562770302</v>
       </c>
       <c r="AZ19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="BC19" t="s">
-        <v>327</v>
+        <v>341</v>
       </c>
       <c r="BD19" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="BE19" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="BF19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG19" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="BH19">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="BI19" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>40.27</v>
+        <v>78258</v>
       </c>
       <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
-        <v>89</v>
+        <v>168</v>
       </c>
       <c r="B20" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C20">
-        <v>204831763</v>
+        <v>206561153</v>
       </c>
       <c r="D20">
-        <v>492140</v>
+        <v>496495</v>
       </c>
       <c r="E20">
-        <v>72.23</v>
+        <v>60.88</v>
       </c>
       <c r="F20" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="G20" t="s">
-        <v>92</v>
+        <v>171</v>
       </c>
       <c r="H20" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="I20">
-        <v>29.99</v>
+        <v>14.92</v>
       </c>
       <c r="J20" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="K20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L20">
-        <v>2506596352</v>
+        <v>7497535264</v>
       </c>
       <c r="M20" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N20" t="s">
-        <v>304</v>
+        <v>219</v>
       </c>
       <c r="O20"/>
       <c r="P20" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="Q20" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="R20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="S20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="T20" t="s">
-        <v>343</v>
+        <v>220</v>
       </c>
       <c r="U20">
-        <v>204831763</v>
+        <v>206561153</v>
       </c>
       <c r="V20">
-        <v>492140</v>
+        <v>496495</v>
       </c>
       <c r="W20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X20">
-        <v>72.23</v>
+        <v>60.88</v>
       </c>
       <c r="Y20">
-        <v>810</v>
+        <v>772</v>
       </c>
       <c r="Z20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA20" t="s">
-        <v>89</v>
+        <v>168</v>
       </c>
       <c r="AB20" t="s">
-        <v>99</v>
+        <v>178</v>
       </c>
       <c r="AC20" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="AD20" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="AE20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AF20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>319</v>
+        <v>355</v>
       </c>
       <c r="AK20" t="s">
-        <v>92</v>
+        <v>171</v>
       </c>
       <c r="AL20" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="AM20"/>
       <c r="AN20" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="AO20">
-        <v>29.99</v>
+        <v>14.92</v>
       </c>
       <c r="AP20" t="s">
-        <v>345</v>
-[...9 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="AQ20"/>
+      <c r="AR20"/>
+      <c r="AS20"/>
       <c r="AT20" t="s">
-        <v>347</v>
+        <v>79</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="AY20">
-        <v>2506596352</v>
+        <v>7497535264</v>
       </c>
       <c r="AZ20" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="BC20" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="BD20" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="BE20" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="BF20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG20" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="BH20">
-        <v>173</v>
+        <v>24</v>
       </c>
       <c r="BI20" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>58506</v>
+        <v>46999</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
-        <v>299</v>
+        <v>213</v>
       </c>
       <c r="B21" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="C21">
-        <v>4033370629</v>
+        <v>204321453</v>
       </c>
       <c r="D21">
-        <v>488563</v>
+        <v>495980</v>
       </c>
       <c r="E21">
-        <v>25.67</v>
+        <v>938.64</v>
       </c>
       <c r="F21" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="G21" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="H21" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="I21">
-        <v>3.77</v>
+        <v>428.04</v>
       </c>
       <c r="J21" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="K21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L21">
-        <v>7128442366</v>
+        <v>4892585423</v>
       </c>
       <c r="M21" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N21" t="s">
-        <v>355</v>
+        <v>219</v>
       </c>
       <c r="O21"/>
-      <c r="P21" t="s">
-        <v>75</v>
+      <c r="P21">
+        <v>20102937580</v>
       </c>
       <c r="Q21" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="R21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="S21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="T21" t="s">
-        <v>329</v>
+        <v>220</v>
       </c>
       <c r="U21">
-        <v>4033370629</v>
+        <v>204321453</v>
       </c>
       <c r="V21">
-        <v>488563</v>
+        <v>495980</v>
       </c>
       <c r="W21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="X21">
-        <v>25.67</v>
+        <v>938.64</v>
       </c>
       <c r="Y21">
-        <v>1</v>
+        <v>3.6</v>
       </c>
       <c r="Z21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AA21" t="s">
-        <v>299</v>
+        <v>213</v>
       </c>
       <c r="AB21" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AC21" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>361</v>
+      </c>
+      <c r="AD21">
+        <v>20102937580</v>
       </c>
       <c r="AE21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AF21" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="AK21" t="s">
-        <v>80</v>
+        <v>216</v>
       </c>
       <c r="AL21" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="AM21"/>
       <c r="AN21" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="AO21">
-        <v>3.77</v>
+        <v>428.04</v>
       </c>
       <c r="AP21" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      <c r="AS21"/>
+        <v>366</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>301</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>302</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>367</v>
+      </c>
       <c r="AT21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="AY21">
-        <v>7128442366</v>
+        <v>4892585423</v>
       </c>
       <c r="AZ21" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA21"/>
       <c r="BB21" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="BC21" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="BD21" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="BE21" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="BF21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG21" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="BH21">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="BI21" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>0</v>
+        <v>3379</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
-        <v>183</v>
+        <v>371</v>
       </c>
       <c r="B22" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>372</v>
+      </c>
+      <c r="C22">
+        <v>4208361732</v>
       </c>
       <c r="D22">
-        <v>487253</v>
+        <v>495737</v>
       </c>
       <c r="E22">
-        <v>117.61</v>
+        <v>37.26</v>
       </c>
       <c r="F22" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="G22" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="H22" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="I22">
-        <v>69.99</v>
+        <v>13.89</v>
       </c>
       <c r="J22" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="K22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L22">
-        <v>523500004146</v>
+        <v>6644990450</v>
       </c>
       <c r="M22" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N22" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        <v>70868802</v>
+        <v>376</v>
+      </c>
+      <c r="O22"/>
+      <c r="P22" t="s">
+        <v>79</v>
       </c>
       <c r="Q22" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="R22" t="s">
-        <v>370</v>
+        <v>79</v>
       </c>
       <c r="S22" t="s">
+        <v>79</v>
+      </c>
+      <c r="T22" t="s">
+        <v>377</v>
+      </c>
+      <c r="U22">
+        <v>4208361732</v>
+      </c>
+      <c r="V22">
+        <v>495737</v>
+      </c>
+      <c r="W22" t="s">
+        <v>79</v>
+      </c>
+      <c r="X22">
+        <v>37.26</v>
+      </c>
+      <c r="Y22">
+        <v>1</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA22" t="s">
         <v>371</v>
       </c>
-      <c r="T22" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AB22" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="AC22" t="s">
-        <v>366</v>
-[...8 lines deleted...]
-        <v>947122640</v>
+        <v>373</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE22">
+        <v>5532234966</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>378</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="AI22"/>
       <c r="AJ22" t="s">
+        <v>380</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>381</v>
+      </c>
+      <c r="AL22" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>368</v>
       </c>
       <c r="AM22"/>
       <c r="AN22" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="AO22">
-        <v>69.99</v>
+        <v>13.89</v>
       </c>
       <c r="AP22" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="AQ22" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-      <c r="AS22"/>
+        <v>301</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>302</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>383</v>
+      </c>
       <c r="AT22" t="s">
+        <v>384</v>
+      </c>
+      <c r="AU22"/>
+      <c r="AV22"/>
+      <c r="AW22"/>
+      <c r="AX22" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY22">
+        <v>6644990450</v>
+      </c>
+      <c r="AZ22" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>73</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="BC22" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="BD22" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="BE22" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="BF22" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BG22" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="BH22">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="BI22" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BN22" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22">
+        <v>37.26</v>
+      </c>
+      <c r="BS22"/>
+    </row>
+    <row r="23" spans="1:71">
+      <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
+        <v>388</v>
+      </c>
+      <c r="C23">
+        <v>208255783</v>
+      </c>
+      <c r="D23">
+        <v>494082</v>
+      </c>
+      <c r="E23">
+        <v>80.71</v>
+      </c>
+      <c r="F23" t="s">
+        <v>389</v>
+      </c>
+      <c r="G23" t="s">
+        <v>171</v>
+      </c>
+      <c r="H23" t="s">
+        <v>390</v>
+      </c>
+      <c r="I23">
+        <v>28.54</v>
+      </c>
+      <c r="J23" t="s">
+        <v>391</v>
+      </c>
+      <c r="K23" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23">
+        <v>6885822226</v>
+      </c>
+      <c r="M23" t="s">
+        <v>75</v>
+      </c>
+      <c r="N23" t="s">
+        <v>219</v>
+      </c>
+      <c r="O23"/>
+      <c r="P23" t="s">
+        <v>392</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>388</v>
+      </c>
+      <c r="R23" t="s">
+        <v>79</v>
+      </c>
+      <c r="S23" t="s">
+        <v>79</v>
+      </c>
+      <c r="T23" t="s">
+        <v>220</v>
+      </c>
+      <c r="U23">
+        <v>208255783</v>
+      </c>
+      <c r="V23">
+        <v>494082</v>
+      </c>
+      <c r="W23" t="s">
+        <v>79</v>
+      </c>
+      <c r="X23">
+        <v>80.71</v>
+      </c>
+      <c r="Y23">
+        <v>810</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>178</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>389</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>392</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG23"/>
+      <c r="AH23" t="s">
+        <v>393</v>
+      </c>
+      <c r="AI23"/>
+      <c r="AJ23" t="s">
+        <v>394</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>171</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>391</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>390</v>
+      </c>
+      <c r="AO23">
+        <v>28.54</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>395</v>
+      </c>
+      <c r="AQ23"/>
+      <c r="AR23"/>
+      <c r="AS23"/>
+      <c r="AT23" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU23"/>
+      <c r="AV23"/>
+      <c r="AW23"/>
+      <c r="AX23" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY23">
+        <v>6885822226</v>
+      </c>
+      <c r="AZ23" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA23"/>
+      <c r="BB23" t="s">
+        <v>388</v>
+      </c>
+      <c r="BC23" t="s">
+        <v>391</v>
+      </c>
+      <c r="BD23" t="s">
+        <v>396</v>
+      </c>
+      <c r="BE23" t="s">
+        <v>397</v>
+      </c>
+      <c r="BF23" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG23" t="s">
+        <v>398</v>
+      </c>
+      <c r="BH23">
+        <v>15</v>
+      </c>
+      <c r="BI23" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ23"/>
+      <c r="BK23"/>
+      <c r="BL23"/>
+      <c r="BM23" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN23" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO23">
         <v>0</v>
       </c>
-      <c r="BS22"/>
+      <c r="BP23"/>
+      <c r="BQ23"/>
+      <c r="BR23">
+        <v>65375</v>
+      </c>
+      <c r="BS23"/>
+    </row>
+    <row r="24" spans="1:71">
+      <c r="A24" t="s">
+        <v>371</v>
+      </c>
+      <c r="B24" t="s">
+        <v>399</v>
+      </c>
+      <c r="C24">
+        <v>4173154336</v>
+      </c>
+      <c r="D24">
+        <v>493604</v>
+      </c>
+      <c r="E24">
+        <v>40.27</v>
+      </c>
+      <c r="F24" t="s">
+        <v>400</v>
+      </c>
+      <c r="G24" t="s">
+        <v>159</v>
+      </c>
+      <c r="H24" t="s">
+        <v>401</v>
+      </c>
+      <c r="I24">
+        <v>17.13</v>
+      </c>
+      <c r="J24" t="s">
+        <v>402</v>
+      </c>
+      <c r="K24" t="s">
+        <v>73</v>
+      </c>
+      <c r="L24">
+        <v>8484685016</v>
+      </c>
+      <c r="M24" t="s">
+        <v>75</v>
+      </c>
+      <c r="N24" t="s">
+        <v>403</v>
+      </c>
+      <c r="O24"/>
+      <c r="P24" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>399</v>
+      </c>
+      <c r="R24" t="s">
+        <v>79</v>
+      </c>
+      <c r="S24" t="s">
+        <v>79</v>
+      </c>
+      <c r="T24" t="s">
+        <v>404</v>
+      </c>
+      <c r="U24">
+        <v>4173154336</v>
+      </c>
+      <c r="V24">
+        <v>493604</v>
+      </c>
+      <c r="W24" t="s">
+        <v>79</v>
+      </c>
+      <c r="X24">
+        <v>40.27</v>
+      </c>
+      <c r="Y24">
+        <v>1</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>371</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>405</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>378</v>
+      </c>
+      <c r="AG24"/>
+      <c r="AH24" t="s">
+        <v>406</v>
+      </c>
+      <c r="AI24"/>
+      <c r="AJ24" t="s">
+        <v>407</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>381</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>402</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>401</v>
+      </c>
+      <c r="AO24">
+        <v>17.13</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>408</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>301</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>302</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>409</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU24"/>
+      <c r="AV24"/>
+      <c r="AW24"/>
+      <c r="AX24" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY24">
+        <v>8484685016</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA24"/>
+      <c r="BB24" t="s">
+        <v>399</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>402</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>410</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>411</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>412</v>
+      </c>
+      <c r="BH24">
+        <v>33</v>
+      </c>
+      <c r="BI24" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ24"/>
+      <c r="BK24"/>
+      <c r="BL24"/>
+      <c r="BM24" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN24" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO24">
+        <v>0</v>
+      </c>
+      <c r="BP24"/>
+      <c r="BQ24"/>
+      <c r="BR24">
+        <v>40.27</v>
+      </c>
+      <c r="BS24"/>
+    </row>
+    <row r="25" spans="1:71">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>413</v>
+      </c>
+      <c r="C25">
+        <v>204831763</v>
+      </c>
+      <c r="D25">
+        <v>492140</v>
+      </c>
+      <c r="E25">
+        <v>72.23</v>
+      </c>
+      <c r="F25" t="s">
+        <v>414</v>
+      </c>
+      <c r="G25" t="s">
+        <v>171</v>
+      </c>
+      <c r="H25" t="s">
+        <v>415</v>
+      </c>
+      <c r="I25">
+        <v>29.99</v>
+      </c>
+      <c r="J25" t="s">
+        <v>416</v>
+      </c>
+      <c r="K25" t="s">
+        <v>73</v>
+      </c>
+      <c r="L25">
+        <v>2506596352</v>
+      </c>
+      <c r="M25" t="s">
+        <v>75</v>
+      </c>
+      <c r="N25" t="s">
+        <v>376</v>
+      </c>
+      <c r="O25"/>
+      <c r="P25" t="s">
+        <v>417</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>413</v>
+      </c>
+      <c r="R25" t="s">
+        <v>79</v>
+      </c>
+      <c r="S25" t="s">
+        <v>79</v>
+      </c>
+      <c r="T25" t="s">
+        <v>418</v>
+      </c>
+      <c r="U25">
+        <v>204831763</v>
+      </c>
+      <c r="V25">
+        <v>492140</v>
+      </c>
+      <c r="W25" t="s">
+        <v>79</v>
+      </c>
+      <c r="X25">
+        <v>72.23</v>
+      </c>
+      <c r="Y25">
+        <v>810</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>178</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>414</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>417</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG25"/>
+      <c r="AH25" t="s">
+        <v>419</v>
+      </c>
+      <c r="AI25"/>
+      <c r="AJ25" t="s">
+        <v>394</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>171</v>
+      </c>
+      <c r="AL25" t="s">
+        <v>416</v>
+      </c>
+      <c r="AM25"/>
+      <c r="AN25" t="s">
+        <v>415</v>
+      </c>
+      <c r="AO25">
+        <v>29.99</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>420</v>
+      </c>
+      <c r="AQ25" t="s">
+        <v>301</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>302</v>
+      </c>
+      <c r="AS25" t="s">
+        <v>421</v>
+      </c>
+      <c r="AT25" t="s">
+        <v>422</v>
+      </c>
+      <c r="AU25"/>
+      <c r="AV25"/>
+      <c r="AW25"/>
+      <c r="AX25" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY25">
+        <v>2506596352</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA25"/>
+      <c r="BB25" t="s">
+        <v>413</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>416</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>423</v>
+      </c>
+      <c r="BE25" t="s">
+        <v>424</v>
+      </c>
+      <c r="BF25" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG25" t="s">
+        <v>425</v>
+      </c>
+      <c r="BH25">
+        <v>173</v>
+      </c>
+      <c r="BI25" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ25"/>
+      <c r="BK25"/>
+      <c r="BL25"/>
+      <c r="BM25" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN25" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO25">
+        <v>0</v>
+      </c>
+      <c r="BP25"/>
+      <c r="BQ25"/>
+      <c r="BR25">
+        <v>58506</v>
+      </c>
+      <c r="BS25"/>
+    </row>
+    <row r="26" spans="1:71">
+      <c r="A26" t="s">
+        <v>371</v>
+      </c>
+      <c r="B26" t="s">
+        <v>426</v>
+      </c>
+      <c r="C26">
+        <v>4033370629</v>
+      </c>
+      <c r="D26">
+        <v>488563</v>
+      </c>
+      <c r="E26">
+        <v>25.67</v>
+      </c>
+      <c r="F26" t="s">
+        <v>427</v>
+      </c>
+      <c r="G26" t="s">
+        <v>159</v>
+      </c>
+      <c r="H26" t="s">
+        <v>428</v>
+      </c>
+      <c r="I26">
+        <v>3.77</v>
+      </c>
+      <c r="J26" t="s">
+        <v>429</v>
+      </c>
+      <c r="K26" t="s">
+        <v>73</v>
+      </c>
+      <c r="L26">
+        <v>7128442366</v>
+      </c>
+      <c r="M26" t="s">
+        <v>75</v>
+      </c>
+      <c r="N26" t="s">
+        <v>430</v>
+      </c>
+      <c r="O26"/>
+      <c r="P26" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>426</v>
+      </c>
+      <c r="R26" t="s">
+        <v>79</v>
+      </c>
+      <c r="S26" t="s">
+        <v>79</v>
+      </c>
+      <c r="T26" t="s">
+        <v>404</v>
+      </c>
+      <c r="U26">
+        <v>4033370629</v>
+      </c>
+      <c r="V26">
+        <v>488563</v>
+      </c>
+      <c r="W26" t="s">
+        <v>79</v>
+      </c>
+      <c r="X26">
+        <v>25.67</v>
+      </c>
+      <c r="Y26">
+        <v>1</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>371</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>427</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>378</v>
+      </c>
+      <c r="AG26"/>
+      <c r="AH26" t="s">
+        <v>431</v>
+      </c>
+      <c r="AI26" t="s">
+        <v>432</v>
+      </c>
+      <c r="AJ26" t="s">
+        <v>433</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>381</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>429</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>434</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>428</v>
+      </c>
+      <c r="AO26">
+        <v>3.77</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>435</v>
+      </c>
+      <c r="AQ26"/>
+      <c r="AR26"/>
+      <c r="AS26"/>
+      <c r="AT26" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU26"/>
+      <c r="AV26"/>
+      <c r="AW26"/>
+      <c r="AX26" t="s">
+        <v>163</v>
+      </c>
+      <c r="AY26">
+        <v>7128442366</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA26"/>
+      <c r="BB26" t="s">
+        <v>426</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>429</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>436</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>437</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG26" t="s">
+        <v>438</v>
+      </c>
+      <c r="BH26">
+        <v>47</v>
+      </c>
+      <c r="BI26" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ26"/>
+      <c r="BK26"/>
+      <c r="BL26"/>
+      <c r="BM26" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN26" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO26">
+        <v>0</v>
+      </c>
+      <c r="BP26"/>
+      <c r="BQ26"/>
+      <c r="BR26">
+        <v>0</v>
+      </c>
+      <c r="BS26"/>
+    </row>
+    <row r="27" spans="1:71">
+      <c r="A27" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" t="s">
+        <v>439</v>
+      </c>
+      <c r="C27" t="s">
+        <v>440</v>
+      </c>
+      <c r="D27">
+        <v>487253</v>
+      </c>
+      <c r="E27">
+        <v>117.61</v>
+      </c>
+      <c r="F27" t="s">
+        <v>441</v>
+      </c>
+      <c r="G27" t="s">
+        <v>70</v>
+      </c>
+      <c r="H27" t="s">
+        <v>442</v>
+      </c>
+      <c r="I27">
+        <v>69.99</v>
+      </c>
+      <c r="J27" t="s">
+        <v>443</v>
+      </c>
+      <c r="K27" t="s">
+        <v>73</v>
+      </c>
+      <c r="L27">
+        <v>523500004146</v>
+      </c>
+      <c r="M27" t="s">
+        <v>75</v>
+      </c>
+      <c r="N27" t="s">
+        <v>444</v>
+      </c>
+      <c r="O27">
+        <v>523500004146</v>
+      </c>
+      <c r="P27">
+        <v>70868802</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>439</v>
+      </c>
+      <c r="R27" t="s">
+        <v>445</v>
+      </c>
+      <c r="S27" t="s">
+        <v>446</v>
+      </c>
+      <c r="T27" t="s">
+        <v>266</v>
+      </c>
+      <c r="U27" t="s">
+        <v>440</v>
+      </c>
+      <c r="V27">
+        <v>487253</v>
+      </c>
+      <c r="W27" t="s">
+        <v>79</v>
+      </c>
+      <c r="X27">
+        <v>117.61</v>
+      </c>
+      <c r="Y27">
+        <v>3.35</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>441</v>
+      </c>
+      <c r="AD27">
+        <v>70868802</v>
+      </c>
+      <c r="AE27" t="s">
+        <v>447</v>
+      </c>
+      <c r="AF27">
+        <v>947122640</v>
+      </c>
+      <c r="AG27"/>
+      <c r="AH27" t="s">
+        <v>448</v>
+      </c>
+      <c r="AI27" t="s">
+        <v>449</v>
+      </c>
+      <c r="AJ27" t="s">
+        <v>450</v>
+      </c>
+      <c r="AK27" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL27" t="s">
+        <v>443</v>
+      </c>
+      <c r="AM27"/>
+      <c r="AN27" t="s">
+        <v>442</v>
+      </c>
+      <c r="AO27">
+        <v>69.99</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>451</v>
+      </c>
+      <c r="AQ27" t="s">
+        <v>301</v>
+      </c>
+      <c r="AR27"/>
+      <c r="AS27"/>
+      <c r="AT27" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU27">
+        <v>523500004146</v>
+      </c>
+      <c r="AV27" t="s">
+        <v>75</v>
+      </c>
+      <c r="AW27">
+        <v>1008401</v>
+      </c>
+      <c r="AX27" t="s">
+        <v>452</v>
+      </c>
+      <c r="AY27">
+        <v>523500004146</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA27"/>
+      <c r="BB27" t="s">
+        <v>439</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>443</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>453</v>
+      </c>
+      <c r="BE27" t="s">
+        <v>454</v>
+      </c>
+      <c r="BF27" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG27" t="s">
+        <v>455</v>
+      </c>
+      <c r="BH27">
+        <v>16</v>
+      </c>
+      <c r="BI27" t="s">
+        <v>290</v>
+      </c>
+      <c r="BJ27"/>
+      <c r="BK27"/>
+      <c r="BL27"/>
+      <c r="BM27" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN27" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO27">
+        <v>0</v>
+      </c>
+      <c r="BP27"/>
+      <c r="BQ27"/>
+      <c r="BR27">
+        <v>0</v>
+      </c>
+      <c r="BS27"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>