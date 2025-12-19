--- v0 (2025-10-15)
+++ v1 (2025-12-19)
@@ -215,126 +215,126 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
-    <t>2025-03-10 02:39:54</t>
-[...2 lines deleted...]
-    <t>Glenda Maria Rivero</t>
+    <t>2024-10-06 01:43:59</t>
+  </si>
+  <si>
+    <t>Diana Laura Gonzalez</t>
   </si>
   <si>
     <t>MEXICO</t>
   </si>
   <si>
-    <t>/11290128</t>
-[...2 lines deleted...]
-    <t>2025-03-10 00:00:00</t>
+    <t>/11182752</t>
+  </si>
+  <si>
+    <t>2024-10-07 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>in_transit</t>
   </si>
   <si>
-    <t>dhl - Processed at GUANGZHOU-CHN</t>
+    <t>dhl - Shipment has departed from a DHL facility LEIPZIG,SN-DEU</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>REFUNDED</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
-    <t>Liverpool Galerías Mérida</t>
-[...2 lines deleted...]
-    <t>Revolución Mérida</t>
+    <t>Liverpool Tehuacán</t>
+  </si>
+  <si>
+    <t>San Lorenzo Teotipilco</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/VSP217121</t>
-[...2 lines deleted...]
-    <t>Pending</t>
+    <t>/VSPBH1L21</t>
+  </si>
+  <si>
+    <t>Shipped</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>dhl</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>2025-10-15 09:57:45</t>
+    <t>2025-12-18 04:44:45</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
-[...11 lines deleted...]
-    <t>2025-03-10 03:22:42</t>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2024-10-28 19:51:07</t>
+  </si>
+  <si>
+    <t>2024-10-07 14:26:21</t>
   </si>
   <si>
     <t>Finance Pending</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -871,242 +871,244 @@
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
-        <v>2730062074</v>
+        <v>7220044730</v>
       </c>
       <c r="D2">
-        <v>587786</v>
+        <v>578336</v>
       </c>
       <c r="E2">
-        <v>270.39</v>
+        <v>386.32</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
       <c r="H2" t="s">
         <v>70</v>
       </c>
       <c r="I2">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2">
-        <v>4316761772</v>
+        <v>6854668796</v>
       </c>
       <c r="M2" t="s">
         <v>73</v>
       </c>
       <c r="N2" t="s">
         <v>74</v>
       </c>
       <c r="O2"/>
       <c r="P2">
-        <v>14127013488</v>
+        <v>27124837097</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
         <v>75</v>
       </c>
       <c r="T2" t="s">
         <v>76</v>
       </c>
       <c r="U2">
-        <v>2730062074</v>
+        <v>7220044730</v>
       </c>
       <c r="V2">
-        <v>587786</v>
+        <v>578336</v>
       </c>
       <c r="W2" t="s">
         <v>75</v>
       </c>
       <c r="X2">
-        <v>270.39</v>
+        <v>386.32</v>
       </c>
       <c r="Y2">
-        <v>20.6</v>
+        <v>19.8</v>
       </c>
       <c r="Z2" t="s">
         <v>75</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>77</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2">
-        <v>14127013488</v>
+        <v>27124837097</v>
       </c>
       <c r="AE2">
-        <v>9999427200</v>
+        <v>2383842400</v>
       </c>
       <c r="AF2">
-        <v>9999427200</v>
+        <v>2383842400</v>
       </c>
       <c r="AG2" t="s">
         <v>75</v>
       </c>
       <c r="AH2" t="s">
         <v>78</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>79</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
         <v>71</v>
       </c>
       <c r="AM2" t="s">
         <v>80</v>
       </c>
       <c r="AN2" t="s">
         <v>70</v>
       </c>
       <c r="AO2">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="AP2" t="s">
         <v>81</v>
       </c>
       <c r="AQ2" t="s">
         <v>82</v>
       </c>
       <c r="AR2" t="s">
         <v>83</v>
       </c>
-      <c r="AS2"/>
+      <c r="AS2">
+        <v>280344065019</v>
+      </c>
       <c r="AT2" t="s">
         <v>75</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
         <v>84</v>
       </c>
       <c r="AY2">
-        <v>4316761772</v>
+        <v>6854668796</v>
       </c>
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>86</v>
       </c>
       <c r="BH2">
-        <v>219</v>
+        <v>438</v>
       </c>
       <c r="BI2" t="s">
         <v>87</v>
       </c>
       <c r="BJ2" t="s">
         <v>88</v>
       </c>
       <c r="BK2" t="s">
         <v>89</v>
       </c>
       <c r="BL2" t="s">
         <v>90</v>
       </c>
       <c r="BM2" t="s">
         <v>91</v>
       </c>
       <c r="BN2" t="s">
         <v>92</v>
       </c>
       <c r="BO2">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="BP2" t="s">
         <v>82</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
-        <v>5570</v>
+        <v>7649.1</v>
       </c>
       <c r="BS2" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>