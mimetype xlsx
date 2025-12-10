--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -212,111 +212,162 @@
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
+    <t>RIPLEYPE</t>
+  </si>
+  <si>
+    <t>2025-12-01 17:44:58</t>
+  </si>
+  <si>
+    <t>7450085301-A</t>
+  </si>
+  <si>
+    <t>Alonso De La Guerra</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>/114-9563633-4619445/114-2911039-3741035</t>
+  </si>
+  <si>
+    <t>2025-12-01 00:00:00</t>
+  </si>
+  <si>
+    <t>In Warehouse - Processed</t>
+  </si>
+  <si>
+    <t>tracking_code_created</t>
+  </si>
+  <si>
+    <t>2025-12-01 17:45:00</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--947886606</t>
+  </si>
+  <si>
+    <t>Av Roca y boloña 535, Casa</t>
+  </si>
+  <si>
+    <t>MIRAFLORES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B000KDQJL6/B084D4M196</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2021-04-30 09:52:07</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-12-01 18:53:42</t>
+  </si>
+  <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>2025-04-22 12:46:08</t>
   </si>
   <si>
     <t>NASHELY MORALES JUSTO</t>
   </si>
   <si>
     <t>MEXICO</t>
   </si>
   <si>
     <t>/11313616</t>
   </si>
   <si>
     <t>2025-04-22 00:00:00</t>
   </si>
   <si>
-    <t>In Warehouse - Processed</t>
-[...1 lines deleted...]
-  <si>
     <t>MMXQP046663142E</t>
   </si>
   <si>
-    <t>tracking_code_created</t>
-[...1 lines deleted...]
-  <si>
     <t>0014641860</t>
   </si>
   <si>
-    <t>--</t>
-[...1 lines deleted...]
-  <si>
     <t>REFUNDED</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>0027 LIV Liverpool Acapulco Galeriasnull AV COSTERA MIGUEL ALEMAN 1632</t>
   </si>
   <si>
     <t>ACAPULCO DE JUAREZ</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPEN5321</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>dhl</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-04-28 12:54:38</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
     <t>2025-04-22 15:04:34</t>
   </si>
   <si>
     <t>2025-04-20 03:33:55</t>
   </si>
   <si>
     <t>Brenda María Cervantes</t>
   </si>
   <si>
     <t>/11310707</t>
   </si>
   <si>
     <t>2025-04-20 00:00:00</t>
   </si>
   <si>
     <t>MMXQP046667348E</t>
   </si>
@@ -790,51 +841,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS6"/>
+  <dimension ref="A1:BS7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1020,1015 +1071,1198 @@
         <v>60</v>
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
-      <c r="C2">
-        <v>4310065928</v>
+      <c r="C2" t="s">
+        <v>68</v>
       </c>
       <c r="D2">
-        <v>589237</v>
+        <v>597648</v>
       </c>
       <c r="E2">
-        <v>360.34</v>
+        <v>238.68</v>
       </c>
       <c r="F2" t="s">
+        <v>69</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2">
+        <v>120.4</v>
+      </c>
+      <c r="J2" t="s">
+        <v>72</v>
+      </c>
+      <c r="K2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L2" t="s">
         <v>68</v>
-      </c>
-[...16 lines deleted...]
-        <v>73</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2" t="s">
-        <v>75</v>
+      <c r="P2">
+        <v>43068475</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>75</v>
+      </c>
+      <c r="S2" t="s">
+        <v>75</v>
+      </c>
+      <c r="T2" t="s">
         <v>76</v>
       </c>
-      <c r="S2" t="s">
-[...6 lines deleted...]
-        <v>4310065928</v>
+      <c r="U2" t="s">
+        <v>68</v>
       </c>
       <c r="V2">
-        <v>589237</v>
+        <v>597648</v>
       </c>
       <c r="W2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X2">
-        <v>360.34</v>
+        <v>238.68</v>
       </c>
       <c r="Y2">
-        <v>20.6</v>
+        <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>69</v>
+      </c>
+      <c r="AD2">
+        <v>43068475</v>
+      </c>
+      <c r="AE2" t="s">
         <v>78</v>
       </c>
-      <c r="AC2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AF2">
-        <v>7443188535</v>
-[...3 lines deleted...]
-      </c>
+        <v>947886606</v>
+      </c>
+      <c r="AG2"/>
       <c r="AH2" t="s">
         <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>80</v>
       </c>
       <c r="AK2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AL2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AM2" t="s">
         <v>81</v>
       </c>
       <c r="AN2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AO2">
-        <v>121.99</v>
+        <v>120.4</v>
       </c>
       <c r="AP2" t="s">
         <v>82</v>
       </c>
-      <c r="AQ2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="AQ2"/>
+      <c r="AR2"/>
+      <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
-      <c r="AX2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AX2"/>
       <c r="AY2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="BE2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BF2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BG2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BH2">
-        <v>170</v>
+        <v>8</v>
       </c>
       <c r="BI2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BN2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
-      <c r="BP2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BP2"/>
+      <c r="BQ2"/>
       <c r="BR2">
-        <v>7423</v>
+        <v>907</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3">
+        <v>4310065928</v>
+      </c>
+      <c r="D3">
+        <v>589237</v>
+      </c>
+      <c r="E3">
+        <v>360.34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G3" t="s">
         <v>90</v>
       </c>
-      <c r="C3">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>91</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3">
+        <v>121.99</v>
+      </c>
+      <c r="J3" t="s">
         <v>92</v>
       </c>
-      <c r="I3">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
+        <v>73</v>
+      </c>
+      <c r="L3" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
-      <c r="P3">
-        <v>14429956539</v>
+      <c r="P3" t="s">
+        <v>94</v>
       </c>
       <c r="Q3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="R3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="S3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T3" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="U3">
-        <v>3090065066</v>
+        <v>4310065928</v>
       </c>
       <c r="V3">
-        <v>589185</v>
+        <v>589237</v>
       </c>
       <c r="W3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X3">
-        <v>272.48</v>
+        <v>360.34</v>
       </c>
       <c r="Y3">
         <v>20.6</v>
       </c>
       <c r="Z3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA3" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="AB3" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="AC3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>14429956539</v>
+        <v>89</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>94</v>
       </c>
       <c r="AE3">
-        <v>4731021000</v>
+        <v>7443188535</v>
       </c>
       <c r="AF3">
-        <v>4731021000</v>
+        <v>7443188535</v>
       </c>
       <c r="AG3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AH3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AK3" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="AL3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="AN3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AO3">
-        <v>79.99</v>
+        <v>121.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="AQ3" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="AR3" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="AS3">
-        <v>287967393020</v>
+        <v>880820215067</v>
       </c>
       <c r="AT3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="AY3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="BB3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="BC3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="BD3" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="BE3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BF3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BG3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BH3">
-        <v>172</v>
+        <v>231</v>
       </c>
       <c r="BI3" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BN3" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="BQ3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BR3">
-        <v>5613</v>
+        <v>7423</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>107</v>
+      </c>
+      <c r="C4">
+        <v>3090065066</v>
       </c>
       <c r="D4">
-        <v>583140</v>
+        <v>589185</v>
       </c>
       <c r="E4">
-        <v>97.78</v>
+        <v>272.48</v>
       </c>
       <c r="F4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="G4" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="H4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="I4">
-        <v>34.74</v>
+        <v>79.99</v>
       </c>
       <c r="J4" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="K4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
-        <v>68041473</v>
+        <v>14429956539</v>
       </c>
       <c r="Q4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="R4" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="S4" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="T4" t="s">
+        <v>95</v>
+      </c>
+      <c r="U4">
+        <v>3090065066</v>
+      </c>
+      <c r="V4">
+        <v>589185</v>
+      </c>
+      <c r="W4" t="s">
+        <v>77</v>
+      </c>
+      <c r="X4">
+        <v>272.48</v>
+      </c>
+      <c r="Y4">
+        <v>20.6</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC4" t="s">
         <v>108</v>
       </c>
-      <c r="U4" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AD4">
-        <v>68041473</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>14429956539</v>
+      </c>
+      <c r="AE4">
+        <v>4731021000</v>
       </c>
       <c r="AF4">
-        <v>993216118</v>
-[...1 lines deleted...]
-      <c r="AG4"/>
+        <v>4731021000</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>77</v>
+      </c>
       <c r="AH4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="AK4" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="AL4" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="AM4"/>
+        <v>110</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>99</v>
+      </c>
       <c r="AN4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="AO4">
-        <v>34.74</v>
+        <v>79.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AQ4" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="AR4" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>102</v>
+      </c>
+      <c r="AS4">
+        <v>287967393020</v>
       </c>
       <c r="AT4" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
-      <c r="AX4"/>
+      <c r="AX4" t="s">
+        <v>103</v>
+      </c>
       <c r="AY4" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="BB4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="BC4" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="BD4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="BE4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BF4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BG4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BH4">
-        <v>305</v>
+        <v>233</v>
       </c>
       <c r="BI4" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BN4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="BQ4"/>
+        <v>101</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>77</v>
+      </c>
       <c r="BR4">
-        <v>92979</v>
+        <v>5613</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C5" t="s">
         <v>119</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5">
+        <v>583140</v>
+      </c>
+      <c r="E5">
+        <v>97.78</v>
+      </c>
+      <c r="F5" t="s">
         <v>120</v>
       </c>
-      <c r="C5">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>121</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>122</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5">
+        <v>34.74</v>
+      </c>
+      <c r="J5" t="s">
         <v>123</v>
       </c>
-      <c r="I5">
-[...4 lines deleted...]
-      </c>
       <c r="K5" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>20002279673</v>
+        <v>73</v>
+      </c>
+      <c r="L5" t="s">
+        <v>119</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
-      <c r="N5" t="s">
+      <c r="N5"/>
+      <c r="O5"/>
+      <c r="P5">
+        <v>68041473</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>118</v>
+      </c>
+      <c r="R5" t="s">
+        <v>124</v>
+      </c>
+      <c r="S5" t="s">
+        <v>124</v>
+      </c>
+      <c r="T5" t="s">
         <v>125</v>
       </c>
-      <c r="O5"/>
-      <c r="P5" t="s">
+      <c r="U5" t="s">
+        <v>119</v>
+      </c>
+      <c r="V5">
+        <v>583140</v>
+      </c>
+      <c r="W5" t="s">
+        <v>77</v>
+      </c>
+      <c r="X5">
+        <v>97.78</v>
+      </c>
+      <c r="Y5">
+        <v>950.9</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>121</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>120</v>
+      </c>
+      <c r="AD5">
+        <v>68041473</v>
+      </c>
+      <c r="AE5" t="s">
         <v>126</v>
       </c>
-      <c r="Q5" t="s">
-[...45 lines deleted...]
-        <v>76</v>
+      <c r="AF5">
+        <v>993216118</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
+        <v>128</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>121</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>123</v>
+      </c>
+      <c r="AM5"/>
+      <c r="AN5" t="s">
+        <v>122</v>
+      </c>
+      <c r="AO5">
+        <v>34.74</v>
+      </c>
+      <c r="AP5" t="s">
         <v>129</v>
       </c>
-      <c r="AK5" t="s">
-[...14 lines deleted...]
-      <c r="AP5" t="s">
+      <c r="AQ5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AR5" t="s">
         <v>130</v>
       </c>
-      <c r="AQ5" t="s">
-[...6 lines deleted...]
-        <v>275002454670</v>
+      <c r="AS5" t="s">
+        <v>131</v>
       </c>
       <c r="AT5" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
-      <c r="AX5" t="s">
-[...3 lines deleted...]
-        <v>20002279673</v>
+      <c r="AX5"/>
+      <c r="AY5" t="s">
+        <v>119</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="BB5" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="BC5" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="BD5" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="BE5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BF5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BG5" t="s">
-        <v>132</v>
+        <v>77</v>
       </c>
       <c r="BH5">
-        <v>13</v>
+        <v>366</v>
       </c>
       <c r="BI5" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BN5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>153988</v>
+        <v>92979</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="B6" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C6">
-        <v>259915112</v>
+        <v>257721312</v>
       </c>
       <c r="D6">
-        <v>568971</v>
+        <v>571298</v>
       </c>
       <c r="E6">
-        <v>142.53</v>
+        <v>149.32</v>
       </c>
       <c r="F6" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G6" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="I6">
         <v>71.99</v>
       </c>
       <c r="J6" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="K6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L6">
-        <v>20001958642</v>
+        <v>20002279673</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="Q6" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="R6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="S6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T6" t="s">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="U6">
-        <v>259915112</v>
+        <v>257721312</v>
       </c>
       <c r="V6">
-        <v>568971</v>
+        <v>571298</v>
       </c>
       <c r="W6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X6">
-        <v>142.53</v>
+        <v>149.32</v>
       </c>
       <c r="Y6">
         <v>1031.26</v>
       </c>
       <c r="Z6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA6" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="AB6" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="AC6" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="AD6" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="AE6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AF6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
+        <v>146</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>139</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>141</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>99</v>
+      </c>
+      <c r="AN6" t="s">
         <v>140</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
       <c r="AO6">
         <v>71.99</v>
       </c>
       <c r="AP6" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="AQ6" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="AR6" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="AS6">
-        <v>272347750807</v>
+        <v>275002454670</v>
       </c>
       <c r="AT6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="AY6">
-        <v>20001958642</v>
+        <v>20002279673</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="BB6" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="BC6" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="BD6" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="BE6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BF6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BG6" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="BH6">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="BI6" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BN6" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
+        <v>153988</v>
+      </c>
+      <c r="BS6"/>
+    </row>
+    <row r="7" spans="1:71">
+      <c r="A7" t="s">
+        <v>136</v>
+      </c>
+      <c r="B7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C7">
+        <v>259915112</v>
+      </c>
+      <c r="D7">
+        <v>568971</v>
+      </c>
+      <c r="E7">
+        <v>142.53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>152</v>
+      </c>
+      <c r="G7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
+      <c r="I7">
+        <v>71.99</v>
+      </c>
+      <c r="J7" t="s">
+        <v>154</v>
+      </c>
+      <c r="K7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7">
+        <v>20001958642</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>142</v>
+      </c>
+      <c r="O7"/>
+      <c r="P7" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>151</v>
+      </c>
+      <c r="R7" t="s">
+        <v>77</v>
+      </c>
+      <c r="S7" t="s">
+        <v>77</v>
+      </c>
+      <c r="T7" t="s">
+        <v>144</v>
+      </c>
+      <c r="U7">
+        <v>259915112</v>
+      </c>
+      <c r="V7">
+        <v>568971</v>
+      </c>
+      <c r="W7" t="s">
+        <v>77</v>
+      </c>
+      <c r="X7">
+        <v>142.53</v>
+      </c>
+      <c r="Y7">
+        <v>1031.26</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>136</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>121</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>152</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>155</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG7"/>
+      <c r="AH7" t="s">
+        <v>156</v>
+      </c>
+      <c r="AI7"/>
+      <c r="AJ7" t="s">
+        <v>157</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>139</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>154</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>99</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>153</v>
+      </c>
+      <c r="AO7">
+        <v>71.99</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>147</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>101</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>102</v>
+      </c>
+      <c r="AS7">
+        <v>272347750807</v>
+      </c>
+      <c r="AT7" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU7"/>
+      <c r="AV7"/>
+      <c r="AW7">
+        <v>0</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>103</v>
+      </c>
+      <c r="AY7">
+        <v>20001958642</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>151</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>154</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>158</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>159</v>
+      </c>
+      <c r="BH7">
+        <v>7</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>105</v>
+      </c>
+      <c r="BJ7"/>
+      <c r="BK7"/>
+      <c r="BL7"/>
+      <c r="BM7" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN7" t="s">
+        <v>160</v>
+      </c>
+      <c r="BO7">
+        <v>0</v>
+      </c>
+      <c r="BP7" t="s">
+        <v>101</v>
+      </c>
+      <c r="BQ7"/>
+      <c r="BR7">
         <v>146985</v>
       </c>
-      <c r="BS6"/>
+      <c r="BS7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>