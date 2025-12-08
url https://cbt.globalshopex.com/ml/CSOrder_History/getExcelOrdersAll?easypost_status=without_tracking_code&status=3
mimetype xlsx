--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -212,243 +212,315 @@
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
+    <t>RIPLEYCL</t>
+  </si>
+  <si>
+    <t>2025-12-02 21:38:59</t>
+  </si>
+  <si>
+    <t>24204299402-A</t>
+  </si>
+  <si>
+    <t>Paula Del Canto</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>/111-1262425-4860265</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>without_tracking_code</t>
+  </si>
+  <si>
+    <t>2025-12-02 21:39:00</t>
+  </si>
+  <si>
+    <t>2025-12-02 21:39:01</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>--998727549</t>
+  </si>
+  <si>
+    <t>Camino real  1763</t>
+  </si>
+  <si>
+    <t>VI.A DEL MA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B00N3T3N4A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-12-02 21:53:42</t>
+  </si>
+  <si>
+    <t>FALABELLACL</t>
+  </si>
+  <si>
+    <t>2025-11-30 13:19:03</t>
+  </si>
+  <si>
+    <t>Mónica Bass Pérez</t>
+  </si>
+  <si>
+    <t>/114-1674167-2282651</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>4790260-6</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>puerta del sol</t>
+  </si>
+  <si>
+    <t>VILLARRICA</t>
+  </si>
+  <si>
+    <t>/B06XWHY2S4</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:53:44</t>
+  </si>
+  <si>
     <t>ALANISALL</t>
   </si>
   <si>
+    <t>2025-10-25 05:45:05</t>
+  </si>
+  <si>
+    <t>A474196448327</t>
+  </si>
+  <si>
+    <t>David Ruben Vazquez Lizarraga .</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>786 391 4868</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013549042782</t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/PSRBA0323-BLACK-OS</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-10-25 21:50:02</t>
+  </si>
+  <si>
+    <t>ALL</t>
+  </si>
+  <si>
     <t>2025-09-20 01:15:06</t>
   </si>
   <si>
     <t>AA5FFE70EAA4E</t>
   </si>
   <si>
     <t>Marizete Souza lima .</t>
   </si>
   <si>
-    <t>US</t>
-[...22 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013111396982</t>
   </si>
   <si>
-    <t>Miami</t>
-[...4 lines deleted...]
-  <si>
     <t>/GG0636SK-30008627-003-20009-NS</t>
   </si>
   <si>
-    <t>Pending</t>
-[...2 lines deleted...]
-    <t>Fedex</t>
+    <t>2025-09-20 17:26:21</t>
+  </si>
+  <si>
+    <t>2025-09-18 09:00:11</t>
+  </si>
+  <si>
+    <t>AFB3F81C1E715</t>
+  </si>
+  <si>
+    <t>JUAN MIGUEL RUIZ COTES .</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013085796750</t>
+  </si>
+  <si>
+    <t>/MB0132O-30009113-001-00018-NS</t>
+  </si>
+  <si>
+    <t>2025-09-18 13:11:30</t>
+  </si>
+  <si>
+    <t>2025-09-15 12:05:11</t>
+  </si>
+  <si>
+    <t>A7628E5D421AD</t>
+  </si>
+  <si>
+    <t>LILIAN Oliveira Bahia .</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013028690474</t>
+  </si>
+  <si>
+    <t>2025-09-15 16:18:06</t>
+  </si>
+  <si>
+    <t>2025-07-23 21:05:44</t>
+  </si>
+  <si>
+    <t>Camila Jeria Tapi</t>
+  </si>
+  <si>
+    <t>/114-1666754-8605061</t>
+  </si>
+  <si>
+    <t>2025-07-24 00:00:00</t>
+  </si>
+  <si>
+    <t>16574511-6</t>
+  </si>
+  <si>
+    <t>Carrera</t>
+  </si>
+  <si>
+    <t>QUILLOTA</t>
+  </si>
+  <si>
+    <t>/B0BS5DNRT8</t>
+  </si>
+  <si>
+    <t>2025-07-24 15:18:07</t>
+  </si>
+  <si>
+    <t>RIPLEYPE</t>
+  </si>
+  <si>
+    <t>2022-03-07 14:40:43</t>
+  </si>
+  <si>
+    <t>43282175-A</t>
+  </si>
+  <si>
+    <t>Milka Dinev</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>/112-2199878-4581058</t>
+  </si>
+  <si>
+    <t>2022-03-07 00:00:00</t>
+  </si>
+  <si>
+    <t>07769358</t>
+  </si>
+  <si>
+    <t>2022-03-07 14:43:43</t>
+  </si>
+  <si>
+    <t>2022-03-07 14:48:43</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Jorge Guillermo Leguia 472 dpto 101 Urb Aurora</t>
+  </si>
+  <si>
+    <t>MIRAFLORES</t>
+  </si>
+  <si>
+    <t>/B08931JJLV</t>
   </si>
   <si>
     <t>automatic</t>
-  </si>
-[...136 lines deleted...]
-    <t>/B08931JJLV</t>
   </si>
   <si>
     <t>2022-03-07 14:57:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -754,51 +826,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS6"/>
+  <dimension ref="A1:BS9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -988,943 +1060,1464 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>594234</v>
+        <v>597755</v>
       </c>
       <c r="E2">
-        <v>1.02</v>
+        <v>30.49</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>79.99</v>
+        <v>11.99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2" t="s">
-        <v>75</v>
+      <c r="P2">
+        <v>139907086</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>594234</v>
+        <v>597755</v>
       </c>
       <c r="W2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="X2">
-        <v>1.02</v>
+        <v>30.49</v>
       </c>
       <c r="Y2">
-        <v>1</v>
+        <v>950.9</v>
       </c>
       <c r="Z2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2" t="s">
-        <v>75</v>
+      <c r="AD2">
+        <v>139907086</v>
       </c>
       <c r="AE2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>79</v>
+      </c>
+      <c r="AF2">
+        <v>998727549</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>79.99</v>
+        <v>11.99</v>
       </c>
       <c r="AP2" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-      <c r="AR2" t="s">
         <v>83</v>
       </c>
+      <c r="AQ2"/>
+      <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2"/>
+      <c r="AW2">
+        <v>0</v>
+      </c>
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2"/>
+      <c r="BA2" t="s">
+        <v>84</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BE2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BF2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BG2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BH2">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="BI2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BN2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
-      <c r="BP2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BP2"/>
+      <c r="BQ2"/>
       <c r="BR2">
-        <v>1.02</v>
+        <v>28993</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="C3" t="s">
         <v>88</v>
       </c>
+      <c r="C3">
+        <v>3215576122</v>
+      </c>
       <c r="D3">
-        <v>594185</v>
+        <v>597525</v>
       </c>
       <c r="E3">
-        <v>1.02</v>
+        <v>120.93</v>
       </c>
       <c r="F3" t="s">
         <v>89</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>90</v>
       </c>
       <c r="I3">
-        <v>127.99</v>
+        <v>44.22</v>
       </c>
       <c r="J3" t="s">
         <v>91</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="Q3" t="s">
+        <v>88</v>
+      </c>
+      <c r="R3" t="s">
+        <v>78</v>
+      </c>
+      <c r="S3" t="s">
+        <v>78</v>
+      </c>
+      <c r="T3" t="s">
+        <v>93</v>
+      </c>
+      <c r="U3">
+        <v>3215576122</v>
+      </c>
+      <c r="V3">
+        <v>597525</v>
+      </c>
+      <c r="W3" t="s">
+        <v>78</v>
+      </c>
+      <c r="X3">
+        <v>120.93</v>
+      </c>
+      <c r="Y3">
+        <v>950.9</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA3" t="s">
         <v>87</v>
-      </c>
-[...28 lines deleted...]
-        <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
         <v>89</v>
       </c>
       <c r="AD3" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="AE3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AF3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>91</v>
       </c>
       <c r="AM3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AN3" t="s">
         <v>90</v>
       </c>
       <c r="AO3">
-        <v>127.99</v>
+        <v>44.22</v>
       </c>
       <c r="AP3" t="s">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="AQ3"/>
+      <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>91</v>
       </c>
       <c r="BD3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BE3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BF3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BG3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BH3">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="BI3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BN3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
-      <c r="BP3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BP3"/>
+      <c r="BQ3"/>
       <c r="BR3">
-        <v>1.02</v>
+        <v>114992</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D4">
-        <v>594103</v>
+        <v>595330</v>
       </c>
       <c r="E4">
         <v>1.02</v>
       </c>
       <c r="F4" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G4" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="Q4" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="R4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="S4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="T4" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="U4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="V4">
-        <v>594103</v>
+        <v>595330</v>
       </c>
       <c r="W4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="X4">
         <v>1.02</v>
       </c>
       <c r="Y4">
         <v>1</v>
       </c>
       <c r="Z4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AA4" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="AB4" t="s">
-        <v>70</v>
+        <v>102</v>
       </c>
       <c r="AC4" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="AD4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AE4" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="AF4" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="AK4" t="s">
-        <v>70</v>
+        <v>102</v>
       </c>
       <c r="AL4" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="AM4" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="AN4"/>
       <c r="AO4">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="AQ4" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="AR4" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="BC4" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="BD4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BE4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BF4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BG4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BH4">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="BI4" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BN4" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="BQ4" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="BR4">
         <v>1.02</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C5" t="s">
+        <v>115</v>
+      </c>
+      <c r="D5">
+        <v>594234</v>
+      </c>
+      <c r="E5">
+        <v>1.02</v>
+      </c>
+      <c r="F5" t="s">
+        <v>116</v>
+      </c>
+      <c r="G5" t="s">
         <v>102</v>
       </c>
-      <c r="B5" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H5"/>
       <c r="I5">
-        <v>41.52</v>
+        <v>0</v>
       </c>
       <c r="J5" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>108</v>
+        <v>78</v>
       </c>
       <c r="Q5" t="s">
+        <v>114</v>
+      </c>
+      <c r="R5" t="s">
+        <v>78</v>
+      </c>
+      <c r="S5" t="s">
+        <v>78</v>
+      </c>
+      <c r="T5" t="s">
         <v>103</v>
       </c>
-      <c r="R5" t="s">
-[...9 lines deleted...]
-        <v>2902329930</v>
+      <c r="U5" t="s">
+        <v>115</v>
       </c>
       <c r="V5">
-        <v>592489</v>
+        <v>594234</v>
       </c>
       <c r="W5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="X5">
+        <v>1.02</v>
+      </c>
+      <c r="Y5">
+        <v>1</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>98</v>
+      </c>
+      <c r="AB5" t="s">
         <v>102</v>
       </c>
-      <c r="Y5">
-[...10 lines deleted...]
-      </c>
       <c r="AC5" t="s">
+        <v>116</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE5" t="s">
         <v>104</v>
       </c>
-      <c r="AD5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF5" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="AK5" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="AL5" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM5" t="s">
         <v>107</v>
       </c>
-      <c r="AM5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AN5"/>
       <c r="AO5">
-        <v>41.52</v>
+        <v>0</v>
       </c>
       <c r="AP5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="AR5"/>
+        <v>118</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>110</v>
+      </c>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
-      <c r="AW5">
-[...1 lines deleted...]
-      </c>
+      <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
-      <c r="BA5" t="s">
+      <c r="BA5"/>
+      <c r="BB5" t="s">
         <v>114</v>
       </c>
-      <c r="BB5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BC5" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="BD5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BE5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BF5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BG5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BH5">
         <v>78</v>
       </c>
       <c r="BI5" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BN5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
-      <c r="BP5"/>
-      <c r="BQ5"/>
+      <c r="BP5" t="s">
+        <v>109</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>113</v>
+      </c>
       <c r="BR5">
-        <v>96992</v>
+        <v>1.02</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="B6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D6">
-        <v>528255</v>
+        <v>594185</v>
       </c>
       <c r="E6">
-        <v>85.12</v>
+        <v>1.02</v>
       </c>
       <c r="F6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G6" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="H6"/>
       <c r="I6">
-        <v>57.42</v>
+        <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>123</v>
+        <v>78</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>124</v>
+        <v>78</v>
       </c>
       <c r="Q6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="R6" t="s">
-        <v>125</v>
+        <v>78</v>
       </c>
       <c r="S6" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="T6" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="U6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="V6">
-        <v>528255</v>
+        <v>594185</v>
       </c>
       <c r="W6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="X6">
-        <v>85.12</v>
+        <v>1.02</v>
       </c>
       <c r="Y6">
-        <v>4.1</v>
+        <v>1</v>
       </c>
       <c r="Z6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AA6" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="AB6" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="AC6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AD6" t="s">
-        <v>124</v>
+        <v>78</v>
       </c>
       <c r="AE6" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>950946036</v>
+        <v>104</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>104</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="AK6" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="AL6" t="s">
-        <v>123</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AN6"/>
       <c r="AO6">
-        <v>57.42</v>
+        <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-      <c r="AR6"/>
+        <v>124</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>110</v>
+      </c>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
-      <c r="AW6">
-[...1 lines deleted...]
-      </c>
+      <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
-      <c r="BA6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA6"/>
       <c r="BB6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="BC6" t="s">
-        <v>123</v>
+        <v>78</v>
       </c>
       <c r="BD6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BE6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BF6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BG6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BH6">
-        <v>1312</v>
+        <v>80</v>
       </c>
       <c r="BI6" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="BN6" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
-      <c r="BP6"/>
-      <c r="BQ6"/>
+      <c r="BP6" t="s">
+        <v>109</v>
+      </c>
+      <c r="BQ6" t="s">
+        <v>113</v>
+      </c>
       <c r="BR6">
+        <v>1.02</v>
+      </c>
+      <c r="BS6"/>
+    </row>
+    <row r="7" spans="1:71">
+      <c r="A7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" t="s">
+        <v>126</v>
+      </c>
+      <c r="C7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D7">
+        <v>594103</v>
+      </c>
+      <c r="E7">
+        <v>1.02</v>
+      </c>
+      <c r="F7" t="s">
+        <v>128</v>
+      </c>
+      <c r="G7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7" t="s">
+        <v>78</v>
+      </c>
+      <c r="K7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7"/>
+      <c r="O7"/>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>126</v>
+      </c>
+      <c r="R7" t="s">
+        <v>78</v>
+      </c>
+      <c r="S7" t="s">
+        <v>78</v>
+      </c>
+      <c r="T7" t="s">
+        <v>103</v>
+      </c>
+      <c r="U7" t="s">
+        <v>127</v>
+      </c>
+      <c r="V7">
+        <v>594103</v>
+      </c>
+      <c r="W7" t="s">
+        <v>78</v>
+      </c>
+      <c r="X7">
+        <v>1.02</v>
+      </c>
+      <c r="Y7">
+        <v>1</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>98</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>128</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG7"/>
+      <c r="AH7" t="s">
+        <v>129</v>
+      </c>
+      <c r="AI7"/>
+      <c r="AJ7" t="s">
+        <v>106</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>102</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>107</v>
+      </c>
+      <c r="AN7"/>
+      <c r="AO7">
+        <v>0</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS7"/>
+      <c r="AT7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU7"/>
+      <c r="AV7"/>
+      <c r="AW7"/>
+      <c r="AX7"/>
+      <c r="AY7"/>
+      <c r="AZ7" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA7"/>
+      <c r="BB7" t="s">
+        <v>126</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH7">
+        <v>83</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>111</v>
+      </c>
+      <c r="BJ7"/>
+      <c r="BK7"/>
+      <c r="BL7"/>
+      <c r="BM7" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN7" t="s">
+        <v>130</v>
+      </c>
+      <c r="BO7">
+        <v>0</v>
+      </c>
+      <c r="BP7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BQ7" t="s">
+        <v>113</v>
+      </c>
+      <c r="BR7">
+        <v>1.02</v>
+      </c>
+      <c r="BS7"/>
+    </row>
+    <row r="8" spans="1:71">
+      <c r="A8" t="s">
+        <v>87</v>
+      </c>
+      <c r="B8" t="s">
+        <v>131</v>
+      </c>
+      <c r="C8">
+        <v>2902329930</v>
+      </c>
+      <c r="D8">
+        <v>592489</v>
+      </c>
+      <c r="E8">
+        <v>102</v>
+      </c>
+      <c r="F8" t="s">
+        <v>132</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
+        <v>133</v>
+      </c>
+      <c r="I8">
+        <v>41.52</v>
+      </c>
+      <c r="J8" t="s">
+        <v>134</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8"/>
+      <c r="O8"/>
+      <c r="P8" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>131</v>
+      </c>
+      <c r="R8" t="s">
+        <v>78</v>
+      </c>
+      <c r="S8" t="s">
+        <v>78</v>
+      </c>
+      <c r="T8" t="s">
+        <v>93</v>
+      </c>
+      <c r="U8">
+        <v>2902329930</v>
+      </c>
+      <c r="V8">
+        <v>592489</v>
+      </c>
+      <c r="W8" t="s">
+        <v>78</v>
+      </c>
+      <c r="X8">
+        <v>102</v>
+      </c>
+      <c r="Y8">
+        <v>950.9</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>132</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>135</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG8"/>
+      <c r="AH8" t="s">
+        <v>136</v>
+      </c>
+      <c r="AI8"/>
+      <c r="AJ8" t="s">
+        <v>137</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>134</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>133</v>
+      </c>
+      <c r="AO8">
+        <v>41.52</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>138</v>
+      </c>
+      <c r="AQ8"/>
+      <c r="AR8"/>
+      <c r="AS8"/>
+      <c r="AT8" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU8"/>
+      <c r="AV8"/>
+      <c r="AW8">
+        <v>0</v>
+      </c>
+      <c r="AX8"/>
+      <c r="AY8"/>
+      <c r="AZ8" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>131</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH8">
+        <v>137</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ8"/>
+      <c r="BK8"/>
+      <c r="BL8"/>
+      <c r="BM8" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN8" t="s">
+        <v>139</v>
+      </c>
+      <c r="BO8">
+        <v>0</v>
+      </c>
+      <c r="BP8"/>
+      <c r="BQ8"/>
+      <c r="BR8">
+        <v>96992</v>
+      </c>
+      <c r="BS8"/>
+    </row>
+    <row r="9" spans="1:71">
+      <c r="A9" t="s">
+        <v>140</v>
+      </c>
+      <c r="B9" t="s">
+        <v>141</v>
+      </c>
+      <c r="C9" t="s">
+        <v>142</v>
+      </c>
+      <c r="D9">
+        <v>528255</v>
+      </c>
+      <c r="E9">
+        <v>85.12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>143</v>
+      </c>
+      <c r="G9" t="s">
+        <v>144</v>
+      </c>
+      <c r="H9" t="s">
+        <v>145</v>
+      </c>
+      <c r="I9">
+        <v>57.42</v>
+      </c>
+      <c r="J9" t="s">
+        <v>146</v>
+      </c>
+      <c r="K9" t="s">
+        <v>73</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9"/>
+      <c r="O9"/>
+      <c r="P9" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>141</v>
+      </c>
+      <c r="R9" t="s">
+        <v>148</v>
+      </c>
+      <c r="S9" t="s">
+        <v>149</v>
+      </c>
+      <c r="T9" t="s">
+        <v>150</v>
+      </c>
+      <c r="U9" t="s">
+        <v>142</v>
+      </c>
+      <c r="V9">
+        <v>528255</v>
+      </c>
+      <c r="W9" t="s">
+        <v>78</v>
+      </c>
+      <c r="X9">
+        <v>85.12</v>
+      </c>
+      <c r="Y9">
+        <v>4.1</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>140</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>143</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>147</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF9">
+        <v>950946036</v>
+      </c>
+      <c r="AG9"/>
+      <c r="AH9" t="s">
+        <v>151</v>
+      </c>
+      <c r="AI9"/>
+      <c r="AJ9" t="s">
+        <v>152</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>146</v>
+      </c>
+      <c r="AM9"/>
+      <c r="AN9" t="s">
+        <v>145</v>
+      </c>
+      <c r="AO9">
+        <v>57.42</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>153</v>
+      </c>
+      <c r="AQ9"/>
+      <c r="AR9"/>
+      <c r="AS9"/>
+      <c r="AT9" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU9"/>
+      <c r="AV9"/>
+      <c r="AW9">
+        <v>0</v>
+      </c>
+      <c r="AX9"/>
+      <c r="AY9"/>
+      <c r="AZ9" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>141</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>146</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>78</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>78</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>78</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>78</v>
+      </c>
+      <c r="BH9">
+        <v>1371</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>154</v>
+      </c>
+      <c r="BJ9"/>
+      <c r="BK9"/>
+      <c r="BL9"/>
+      <c r="BM9" t="s">
+        <v>78</v>
+      </c>
+      <c r="BN9" t="s">
+        <v>155</v>
+      </c>
+      <c r="BO9">
+        <v>0</v>
+      </c>
+      <c r="BP9"/>
+      <c r="BQ9"/>
+      <c r="BR9">
         <v>349</v>
       </c>
-      <c r="BS6"/>
+      <c r="BS9"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>