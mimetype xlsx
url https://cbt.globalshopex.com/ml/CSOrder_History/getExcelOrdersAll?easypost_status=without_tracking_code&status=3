--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -212,267 +212,198 @@
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
-    <t>RIPLEYCL</t>
-[...8 lines deleted...]
-    <t>Paula Del Canto</t>
+    <t>ALANISALL</t>
+  </si>
+  <si>
+    <t>2025-10-25 05:45:05</t>
+  </si>
+  <si>
+    <t>A474196448327</t>
+  </si>
+  <si>
+    <t>David Ruben Vazquez Lizarraga .</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>without_tracking_code</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>786 391 4868</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013549042782</t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/PSRBA0323-BLACK-OS</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-10-25 21:50:02</t>
+  </si>
+  <si>
+    <t>ALL</t>
+  </si>
+  <si>
+    <t>2025-09-20 01:15:06</t>
+  </si>
+  <si>
+    <t>AA5FFE70EAA4E</t>
+  </si>
+  <si>
+    <t>Marizete Souza lima .</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013111396982</t>
+  </si>
+  <si>
+    <t>/GG0636SK-30008627-003-20009-NS</t>
+  </si>
+  <si>
+    <t>2025-09-20 17:26:21</t>
+  </si>
+  <si>
+    <t>2025-09-18 09:00:11</t>
+  </si>
+  <si>
+    <t>AFB3F81C1E715</t>
+  </si>
+  <si>
+    <t>JUAN MIGUEL RUIZ COTES .</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013085796750</t>
+  </si>
+  <si>
+    <t>/MB0132O-30009113-001-00018-NS</t>
+  </si>
+  <si>
+    <t>2025-09-18 13:11:30</t>
+  </si>
+  <si>
+    <t>2025-09-15 12:05:11</t>
+  </si>
+  <si>
+    <t>A7628E5D421AD</t>
+  </si>
+  <si>
+    <t>LILIAN Oliveira Bahia .</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013028690474</t>
+  </si>
+  <si>
+    <t>2025-09-15 16:18:06</t>
+  </si>
+  <si>
+    <t>FALABELLACL</t>
+  </si>
+  <si>
+    <t>2025-07-23 21:05:44</t>
+  </si>
+  <si>
+    <t>Camila Jeria Tapi</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/111-1262425-4860265</t>
-[...29 lines deleted...]
-    <t>VI.A DEL MA</t>
+    <t>/114-1666754-8605061</t>
+  </si>
+  <si>
+    <t>2025-07-24 00:00:00</t>
+  </si>
+  <si>
+    <t>16574511-6</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>Carrera</t>
+  </si>
+  <si>
+    <t>QUILLOTA</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
-    <t>/B00N3T3N4A</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">  </t>
+    <t>/B0BS5DNRT8</t>
   </si>
   <si>
     <t>manual</t>
-  </si>
-[...157 lines deleted...]
-    <t>/B0BS5DNRT8</t>
   </si>
   <si>
     <t>2025-07-24 15:18:07</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
     <t>2022-03-07 14:40:43</t>
   </si>
   <si>
     <t>43282175-A</t>
   </si>
   <si>
     <t>Milka Dinev</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>/112-2199878-4581058</t>
   </si>
   <si>
     <t>2022-03-07 00:00:00</t>
   </si>
@@ -826,51 +757,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS9"/>
+  <dimension ref="A1:BS7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1060,1464 +991,1114 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>597755</v>
+        <v>595330</v>
       </c>
       <c r="E2">
-        <v>30.49</v>
+        <v>1.02</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2">
-        <v>11.99</v>
+        <v>0</v>
       </c>
       <c r="J2" t="s">
+        <v>71</v>
+      </c>
+      <c r="K2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2">
-        <v>139907086</v>
+      <c r="P2" t="s">
+        <v>71</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="S2" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="T2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>597755</v>
+        <v>595330</v>
       </c>
       <c r="W2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="X2">
-        <v>30.49</v>
+        <v>1.02</v>
       </c>
       <c r="Y2">
-        <v>950.9</v>
+        <v>1</v>
       </c>
       <c r="Z2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2">
-        <v>139907086</v>
+      <c r="AD2" t="s">
+        <v>71</v>
       </c>
       <c r="AE2" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>998727549</v>
+        <v>75</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>75</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AM2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AN2"/>
       <c r="AO2">
-        <v>11.99</v>
+        <v>0</v>
       </c>
       <c r="AP2" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-      <c r="AR2"/>
+        <v>79</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>81</v>
+      </c>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="BD2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BE2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BF2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BG2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BH2">
-        <v>5</v>
+        <v>88</v>
       </c>
       <c r="BI2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BN2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
-      <c r="BP2"/>
-      <c r="BQ2"/>
+      <c r="BP2" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ2" t="s">
+        <v>85</v>
+      </c>
       <c r="BR2">
-        <v>28993</v>
+        <v>1.02</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3" t="s">
         <v>87</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3">
+        <v>594234</v>
+      </c>
+      <c r="E3">
+        <v>1.02</v>
+      </c>
+      <c r="F3" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>44.22</v>
+        <v>0</v>
       </c>
       <c r="J3" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="K3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="Q3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="R3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="S3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="T3" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>3215576122</v>
+        <v>74</v>
+      </c>
+      <c r="U3" t="s">
+        <v>87</v>
       </c>
       <c r="V3">
-        <v>597525</v>
+        <v>594234</v>
       </c>
       <c r="W3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="X3">
-        <v>120.93</v>
+        <v>1.02</v>
       </c>
       <c r="Y3">
-        <v>950.9</v>
+        <v>1</v>
       </c>
       <c r="Z3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AA3" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AD3" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="AE3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="AF3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="AM3" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="AN3" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN3"/>
+      <c r="AO3">
+        <v>0</v>
+      </c>
+      <c r="AP3" t="s">
         <v>90</v>
       </c>
-      <c r="AO3">
-[...6 lines deleted...]
-      <c r="AR3"/>
+      <c r="AQ3" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>81</v>
+      </c>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="BC3" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="BD3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BE3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BF3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BG3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BH3">
-        <v>7</v>
+        <v>123</v>
       </c>
       <c r="BI3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BN3" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
-      <c r="BP3"/>
-      <c r="BQ3"/>
+      <c r="BP3" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ3" t="s">
+        <v>85</v>
+      </c>
       <c r="BR3">
-        <v>114992</v>
+        <v>1.02</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="D4">
-        <v>595330</v>
+        <v>594185</v>
       </c>
       <c r="E4">
         <v>1.02</v>
       </c>
       <c r="F4" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="G4" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="Q4" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="R4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="S4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="T4" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="U4" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="V4">
-        <v>595330</v>
+        <v>594185</v>
       </c>
       <c r="W4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="X4">
         <v>1.02</v>
       </c>
       <c r="Y4">
         <v>1</v>
       </c>
       <c r="Z4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AA4" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="AB4" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="AD4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AE4" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="AF4" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="AK4" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="AL4" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM4" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="AN4"/>
       <c r="AO4">
         <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="AQ4" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="AR4" t="s">
-        <v>110</v>
+        <v>81</v>
       </c>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="BC4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BD4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BE4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BF4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BG4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BH4">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="BI4" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BN4" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="BQ4" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="BR4">
         <v>1.02</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
         <v>98</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="D5">
-        <v>594234</v>
+        <v>594103</v>
       </c>
       <c r="E5">
         <v>1.02</v>
       </c>
       <c r="F5" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="G5" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="Q5" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="R5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="S5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="T5" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="U5" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="V5">
-        <v>594234</v>
+        <v>594103</v>
       </c>
       <c r="W5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="X5">
         <v>1.02</v>
       </c>
       <c r="Y5">
         <v>1</v>
       </c>
       <c r="Z5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AA5" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="AB5" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="AD5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AE5" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="AF5" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="AK5" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="AL5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM5" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="AN5"/>
       <c r="AO5">
         <v>0</v>
       </c>
       <c r="AP5" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="AQ5" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="AR5" t="s">
-        <v>110</v>
+        <v>81</v>
       </c>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="BC5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BD5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BE5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BF5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BG5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BH5">
-        <v>78</v>
+        <v>128</v>
       </c>
       <c r="BI5" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BN5" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="BQ5" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="BR5">
         <v>1.02</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B6" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>104</v>
+      </c>
+      <c r="C6">
+        <v>2902329930</v>
       </c>
       <c r="D6">
-        <v>594185</v>
+        <v>592489</v>
       </c>
       <c r="E6">
-        <v>1.02</v>
+        <v>102</v>
       </c>
       <c r="F6" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="G6" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>106</v>
+      </c>
+      <c r="H6" t="s">
+        <v>107</v>
+      </c>
       <c r="I6">
-        <v>0</v>
+        <v>41.52</v>
       </c>
       <c r="J6" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="K6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="Q6" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="R6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="S6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="T6" t="s">
+        <v>110</v>
+      </c>
+      <c r="U6">
+        <v>2902329930</v>
+      </c>
+      <c r="V6">
+        <v>592489</v>
+      </c>
+      <c r="W6" t="s">
+        <v>71</v>
+      </c>
+      <c r="X6">
+        <v>102</v>
+      </c>
+      <c r="Y6">
+        <v>950.9</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA6" t="s">
         <v>103</v>
       </c>
-      <c r="U6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AB6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="AC6" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="AD6" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="AE6" t="s">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="AF6" t="s">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
+        <v>112</v>
+      </c>
+      <c r="AK6" t="s">
         <v>106</v>
       </c>
-      <c r="AK6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AL6" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="AM6" t="s">
+        <v>113</v>
+      </c>
+      <c r="AN6" t="s">
         <v>107</v>
       </c>
-      <c r="AN6"/>
       <c r="AO6">
-        <v>0</v>
+        <v>41.52</v>
       </c>
       <c r="AP6" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="AQ6"/>
+      <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
-      <c r="AW6"/>
+      <c r="AW6">
+        <v>0</v>
+      </c>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="BA6"/>
+        <v>73</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>82</v>
+      </c>
       <c r="BB6" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="BC6" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="BD6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BE6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BF6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BG6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BH6">
-        <v>80</v>
+        <v>182</v>
       </c>
       <c r="BI6" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BN6" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
-      <c r="BP6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BP6"/>
+      <c r="BQ6"/>
       <c r="BR6">
-        <v>1.02</v>
+        <v>96992</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="B7" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="C7" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="D7">
-        <v>594103</v>
+        <v>528255</v>
       </c>
       <c r="E7">
-        <v>1.02</v>
+        <v>85.12</v>
       </c>
       <c r="F7" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="G7" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="H7"/>
+        <v>121</v>
+      </c>
+      <c r="H7" t="s">
+        <v>122</v>
+      </c>
       <c r="I7">
-        <v>0</v>
+        <v>57.42</v>
       </c>
       <c r="J7" t="s">
-        <v>78</v>
+        <v>123</v>
       </c>
       <c r="K7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>78</v>
+        <v>124</v>
       </c>
       <c r="Q7" t="s">
+        <v>118</v>
+      </c>
+      <c r="R7" t="s">
+        <v>125</v>
+      </c>
+      <c r="S7" t="s">
         <v>126</v>
       </c>
-      <c r="R7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T7" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="U7" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="V7">
-        <v>594103</v>
+        <v>528255</v>
       </c>
       <c r="W7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="X7">
-        <v>1.02</v>
+        <v>85.12</v>
       </c>
       <c r="Y7">
-        <v>1</v>
+        <v>4.1</v>
       </c>
       <c r="Z7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AA7" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="AB7" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="AC7" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="AD7" t="s">
-        <v>78</v>
+        <v>124</v>
       </c>
       <c r="AE7" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>71</v>
+      </c>
+      <c r="AF7">
+        <v>950946036</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="AK7" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="AL7" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-      <c r="AN7"/>
+        <v>123</v>
+      </c>
+      <c r="AM7"/>
+      <c r="AN7" t="s">
+        <v>122</v>
+      </c>
       <c r="AO7">
-        <v>0</v>
+        <v>57.42</v>
       </c>
       <c r="AP7" t="s">
-        <v>118</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="AQ7"/>
+      <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
-      <c r="AW7"/>
+      <c r="AW7">
+        <v>0</v>
+      </c>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="BA7"/>
+        <v>73</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>82</v>
+      </c>
       <c r="BB7" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="BC7" t="s">
-        <v>78</v>
+        <v>123</v>
       </c>
       <c r="BD7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BE7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BF7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BG7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BH7">
-        <v>83</v>
+        <v>1416</v>
       </c>
       <c r="BI7" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="BN7" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
-      <c r="BP7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BP7"/>
+      <c r="BQ7"/>
       <c r="BR7">
-        <v>1.02</v>
+        <v>349</v>
       </c>
       <c r="BS7"/>
-    </row>
-[...354 lines deleted...]
-      <c r="BS9"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>