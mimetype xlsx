--- v0 (2025-11-25)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,90 +80,108 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
+    <t>2026-01-02 02:45:06</t>
+  </si>
+  <si>
+    <t>ADC939F8E5EFE</t>
+  </si>
+  <si>
+    <t>2026-01-02 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11459484</t>
+  </si>
+  <si>
+    <t>/PSGBA0223-BLACK-OS</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2026-01-06 20:21:29</t>
+  </si>
+  <si>
     <t>2025-11-19 03:00:08</t>
   </si>
   <si>
     <t>AAFFE24F4E878</t>
   </si>
   <si>
-    <t>2025-11-19 00:00:00</t>
-[...7 lines deleted...]
-  <si>
     <t>/MB0132O-30009113-001-00018-NS</t>
   </si>
   <si>
-    <t>Pending</t>
-[...14 lines deleted...]
-    <t>automatic</t>
+    <t>unknown</t>
   </si>
   <si>
     <t>Cancelled</t>
-  </si>
-[...1 lines deleted...]
-    <t>out_of_stock</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-11-20 16:23:38</t>
   </si>
   <si>
     <t>2025-11-07 02:45:05</t>
   </si>
   <si>
     <t>AC9998B6530FF</t>
   </si>
   <si>
     <t>2025-11-07 00:00:00</t>
   </si>
   <si>
     <t>/11432824</t>
   </si>
   <si>
     <t>/SL301LOULO-30007818-003-00285-NS</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
   </si>
@@ -493,51 +511,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U3"/>
+  <dimension ref="A1:U4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -577,161 +595,220 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>596657</v>
+        <v>599285</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>127.99</v>
+        <v>77</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
-      <c r="R2" t="s">
+      <c r="R2"/>
+      <c r="S2" t="s">
         <v>34</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>35</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
         <v>38</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3">
-        <v>595944</v>
+        <v>596657</v>
       </c>
       <c r="E3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G3"/>
       <c r="H3">
-        <v>95.99</v>
+        <v>0</v>
       </c>
       <c r="I3" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
+        <v>40</v>
+      </c>
+      <c r="R3" t="s">
+        <v>41</v>
+      </c>
+      <c r="S3" t="s">
+        <v>34</v>
+      </c>
+      <c r="T3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4">
+        <v>595944</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4">
+        <v>95.99</v>
+      </c>
+      <c r="I4" t="s">
+        <v>48</v>
+      </c>
+      <c r="J4" t="s">
+        <v>28</v>
+      </c>
+      <c r="K4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O4"/>
+      <c r="P4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q4" t="s">
         <v>33</v>
       </c>
-      <c r="R3"/>
-[...7 lines deleted...]
-        <v>44</v>
+      <c r="R4"/>
+      <c r="S4" t="s">
+        <v>34</v>
+      </c>
+      <c r="T4" t="s">
+        <v>49</v>
+      </c>
+      <c r="U4" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">