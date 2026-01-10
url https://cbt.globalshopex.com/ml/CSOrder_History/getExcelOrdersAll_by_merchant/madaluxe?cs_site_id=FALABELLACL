--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,353 +80,629 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
+    <t>2026-01-01 23:49:35</t>
+  </si>
+  <si>
+    <t>2026-01-07 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11461111</t>
+  </si>
+  <si>
+    <t>/GG0028S-30000975-001</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>ready_to_ship</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-12-30 20:47:25</t>
+  </si>
+  <si>
+    <t>2025-12-31 00:00:00</t>
+  </si>
+  <si>
+    <t>/11458667</t>
+  </si>
+  <si>
+    <t>/VSPOQ8021</t>
+  </si>
+  <si>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>2025-12-22 01:23:54</t>
+  </si>
+  <si>
+    <t>2025-12-22 00:00:00</t>
+  </si>
+  <si>
+    <t>/11455704</t>
+  </si>
+  <si>
+    <t>/VSPOY8221</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:13:18</t>
+  </si>
+  <si>
+    <t>2025-12-11 20:52:50</t>
+  </si>
+  <si>
+    <t>2025-12-12 00:00:00</t>
+  </si>
+  <si>
+    <t>/11450052</t>
+  </si>
+  <si>
+    <t>/BB0024SA-30007767-001</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>2025-12-06 00:55:31</t>
+  </si>
+  <si>
+    <t>2025-12-06 00:00:00</t>
+  </si>
+  <si>
+    <t>/11447853</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
+  </si>
+  <si>
+    <t>In Transit to Hub</t>
+  </si>
+  <si>
+    <t>2025-12-03 13:06:35</t>
+  </si>
+  <si>
+    <t>/VSP1R1621</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
+  </si>
+  <si>
+    <t>2025-12-04 17:15:51</t>
+  </si>
+  <si>
+    <t>2025-11-30 22:59:50</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11446264</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-12-04 17:41:43</t>
+  </si>
+  <si>
+    <t>2025-11-29 22:26:01</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11444203</t>
+  </si>
+  <si>
+    <t>/SFYN01122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">					COMENTARIO: "Orden no despachada por Merchant"		</t>
+  </si>
+  <si>
+    <t>2025-12-03 18:50:01</t>
+  </si>
+  <si>
+    <t>2025-11-29 16:07:58</t>
+  </si>
+  <si>
+    <t>2025-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>/11443991</t>
+  </si>
+  <si>
+    <t>2025-11-27 17:48:24</t>
+  </si>
+  <si>
+    <t>/VSPOY7721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-12-02 14:44:30</t>
+  </si>
+  <si>
+    <t>2025-11-26 21:58:58</t>
+  </si>
+  <si>
+    <t>/VSPLM3021</t>
+  </si>
+  <si>
+    <t>2025-11-21 17:27:42</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>/11440288</t>
+  </si>
+  <si>
+    <t>/VSPOY8821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-11-25 18:05:31</t>
+  </si>
+  <si>
+    <t>2025-11-21 14:59:29</t>
+  </si>
+  <si>
+    <t>/11440289</t>
+  </si>
+  <si>
+    <t>/VSPOY7821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-11-25 18:05:25</t>
+  </si>
+  <si>
+    <t>2025-11-19 19:50:18</t>
+  </si>
+  <si>
+    <t>/VSPHI6621/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-11-13 11:57:01</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11435240</t>
+  </si>
+  <si>
+    <t>/VSPCD2P21</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>2025-11-10 07:37:35</t>
+  </si>
+  <si>
+    <t>2025-11-10 00:00:00</t>
+  </si>
+  <si>
+    <t>/11433974</t>
+  </si>
+  <si>
+    <t>/VSP171121</t>
+  </si>
+  <si>
+    <t>2025-11-06 15:49:11</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>/11432729</t>
+  </si>
+  <si>
+    <t>/VSPOY9321</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:05:21</t>
+  </si>
+  <si>
+    <t>2025-11-06 11:39:39</t>
+  </si>
+  <si>
+    <t>/11432728</t>
+  </si>
+  <si>
+    <t>/VSPEV1921</t>
+  </si>
+  <si>
+    <t>2025-11-19 14:52:31</t>
+  </si>
+  <si>
+    <t>2025-10-30 19:04:36</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11429443</t>
+  </si>
+  <si>
+    <t>/VSPLM4421</t>
+  </si>
+  <si>
+    <t>2025-10-26 14:52:08</t>
+  </si>
+  <si>
+    <t>2025-10-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11427701</t>
+  </si>
+  <si>
+    <t>/VSP1F3121</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:30:37</t>
+  </si>
+  <si>
+    <t>2025-10-24 23:08:15</t>
+  </si>
+  <si>
+    <t>2025-10-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11427023</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:41:19</t>
+  </si>
+  <si>
+    <t>2025-10-17 18:29:40</t>
+  </si>
+  <si>
+    <t>2025-10-17 00:00:00</t>
+  </si>
+  <si>
+    <t>/11424224</t>
+  </si>
+  <si>
+    <t>/VSPLP1421</t>
+  </si>
+  <si>
+    <t>2025-10-10 15:45:30</t>
+  </si>
+  <si>
+    <t>2025-10-10 00:00:00</t>
+  </si>
+  <si>
+    <t>/11421343</t>
+  </si>
+  <si>
+    <t>/VSP1F2421</t>
+  </si>
+  <si>
+    <t>2025-10-20 14:35:12</t>
+  </si>
+  <si>
     <t>2025-10-09 06:55:06</t>
   </si>
   <si>
     <t>2025-10-09 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11420702</t>
   </si>
   <si>
     <t>/VSPHF3321</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...16 lines deleted...]
-  <si>
     <t>2025-10-08 11:03:42</t>
   </si>
   <si>
     <t>2025-10-08 00:00:00</t>
   </si>
   <si>
     <t>/11420313</t>
   </si>
   <si>
     <t>/VSPCD2K21</t>
   </si>
   <si>
-    <t>Pending</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-10-09 15:55:49</t>
   </si>
   <si>
     <t>2025-10-07 23:46:58</t>
   </si>
   <si>
     <t>/11420198</t>
   </si>
   <si>
     <t>/VSPZQ1221</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-09 15:55:47</t>
   </si>
   <si>
     <t>2025-10-07 23:32:24</t>
   </si>
   <si>
     <t>/11420150</t>
   </si>
   <si>
-    <t>/VSPEV1921</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-06 00:39:52</t>
   </si>
   <si>
     <t>2025-10-06 00:00:00</t>
   </si>
   <si>
     <t>/11419374</t>
   </si>
   <si>
-    <t>ready_to_ship</t>
+    <t>RETURNED</t>
   </si>
   <si>
     <t>2025-10-02 18:22:14</t>
   </si>
   <si>
     <t>2025-10-02 00:00:00</t>
   </si>
   <si>
     <t>/11418025</t>
   </si>
   <si>
-    <t>/VSPOY8121</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-25 20:45:32</t>
   </si>
   <si>
     <t>2025-09-26 00:00:00</t>
   </si>
   <si>
     <t>/11414772</t>
   </si>
   <si>
     <t>/VSP1F2921</t>
   </si>
   <si>
     <t xml:space="preserve">						COMENTARIO: "Orden no despachada por Merchant"	</t>
   </si>
   <si>
     <t>2025-09-29 14:18:35</t>
   </si>
   <si>
     <t>2025-09-25 10:39:25</t>
   </si>
   <si>
     <t>2025-09-25 00:00:00</t>
   </si>
   <si>
     <t>/11414517</t>
   </si>
   <si>
     <t>/VSP470521</t>
   </si>
   <si>
     <t>2025-09-29 14:16:45</t>
   </si>
   <si>
     <t>2025-09-10 14:16:31</t>
   </si>
   <si>
     <t>2025-09-10 00:00:00</t>
   </si>
   <si>
     <t>/11404891</t>
   </si>
   <si>
-    <t>delivered</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-08 02:17:43</t>
   </si>
   <si>
     <t>2025-09-08 00:00:00</t>
   </si>
   <si>
     <t>/11402237</t>
   </si>
   <si>
     <t>/VSPLD1121</t>
   </si>
   <si>
     <t>2025-08-30 19:43:57</t>
   </si>
   <si>
     <t>2025-09-01 00:00:00</t>
   </si>
   <si>
     <t>/11395955</t>
   </si>
   <si>
     <t>2025-08-29 20:05:18</t>
   </si>
   <si>
     <t>/11395954</t>
   </si>
   <si>
     <t>/VSPHH2121</t>
   </si>
   <si>
     <t>2025-09-08 21:42:26</t>
   </si>
   <si>
     <t>2025-08-29 19:59:44</t>
   </si>
   <si>
     <t>/11395949</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>2025-09-12 16:32:05</t>
   </si>
   <si>
     <t>2025-08-29 19:22:17</t>
   </si>
   <si>
-    <t>/VSPLM4421</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
   </si>
   <si>
-    <t>unknown</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no comprada"						</t>
   </si>
   <si>
     <t>2025-09-17 20:10:13</t>
   </si>
   <si>
     <t>2025-08-29 10:09:08</t>
   </si>
   <si>
     <t>/11395948</t>
   </si>
   <si>
     <t>/VSPBH9021</t>
   </si>
   <si>
-    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-08 21:41:54</t>
   </si>
   <si>
     <t>2025-08-29 04:50:44</t>
   </si>
   <si>
     <t>/11395947</t>
   </si>
   <si>
     <t>/VSPQ15021</t>
   </si>
   <si>
     <t>2025-09-08 21:42:58</t>
   </si>
   <si>
     <t>2025-08-28 15:54:34</t>
   </si>
   <si>
     <t>/11395946</t>
   </si>
   <si>
-    <t>/VSPCD2P21</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-27 23:41:03</t>
   </si>
   <si>
     <t>2025-08-28 00:00:00</t>
   </si>
   <si>
     <t>/11390210</t>
   </si>
   <si>
     <t>2025-08-27 20:58:25</t>
   </si>
   <si>
     <t>/11390067</t>
   </si>
   <si>
     <t>/VSP216621</t>
   </si>
   <si>
     <t>2025-08-29 18:22:20</t>
   </si>
   <si>
     <t>2025-08-27 20:21:09</t>
   </si>
   <si>
     <t>/VSPCD2P21/VSP216621</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
   </si>
   <si>
     <t>2025-09-17 20:10:16</t>
   </si>
   <si>
     <t>2025-08-27 18:56:37</t>
   </si>
   <si>
     <t>/11389927</t>
   </si>
   <si>
-    <t>/VSPLM3021</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-26 14:44:17</t>
   </si>
   <si>
     <t>2025-08-26 00:00:00</t>
   </si>
   <si>
     <t>/11388606</t>
   </si>
   <si>
     <t>/VSP470221</t>
   </si>
   <si>
     <t>2025-09-02 21:00:15</t>
   </si>
   <si>
     <t>2025-08-25 21:31:46</t>
   </si>
   <si>
     <t>/11388119</t>
   </si>
   <si>
     <t>/VSP1F3021</t>
   </si>
   <si>
     <t>2025-08-23 19:27:14</t>
@@ -464,74 +740,65 @@
   <si>
     <t>/11378525</t>
   </si>
   <si>
     <t>2025-08-16 11:49:00</t>
   </si>
   <si>
     <t>/11378524</t>
   </si>
   <si>
     <t>2025-08-16 09:15:11</t>
   </si>
   <si>
     <t>/11378336</t>
   </si>
   <si>
     <t>2025-08-09 23:50:08</t>
   </si>
   <si>
     <t>/PWDAA0621</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
-[...1 lines deleted...]
-  <si>
     <t>price_difference</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-17 20:10:37</t>
   </si>
   <si>
     <t>2025-08-09 17:49:18</t>
   </si>
   <si>
     <t>2025-08-09 00:00:00</t>
   </si>
   <si>
     <t>/11370772</t>
   </si>
   <si>
-    <t>/VSPOY8821</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-08 21:09:16</t>
   </si>
   <si>
     <t>/11369970</t>
   </si>
   <si>
     <t>/VSPBH1C21</t>
   </si>
   <si>
     <t>2025-08-12 17:32:45</t>
   </si>
   <si>
     <t>2025-08-07 10:47:05</t>
   </si>
   <si>
     <t>2025-08-07 00:00:00</t>
   </si>
   <si>
     <t>/11368622</t>
   </si>
   <si>
     <t>2025-08-05 18:06:41</t>
   </si>
   <si>
     <t>2025-08-05 00:00:00</t>
@@ -569,90 +836,84 @@
   <si>
     <t>/AM0331SK-30011454-004</t>
   </si>
   <si>
     <t>2025-07-20 19:32:49</t>
   </si>
   <si>
     <t>2025-07-22 00:00:00</t>
   </si>
   <si>
     <t>/11356521</t>
   </si>
   <si>
     <t>2025-08-01 17:08:38</t>
   </si>
   <si>
     <t>2025-07-16 18:36:26</t>
   </si>
   <si>
     <t>2025-07-16 00:00:00</t>
   </si>
   <si>
     <t>/11353693</t>
   </si>
   <si>
-    <t>RETURNED</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-09 21:05:12</t>
   </si>
   <si>
     <t>2025-07-10 00:00:00</t>
   </si>
   <si>
     <t>/11350329</t>
   </si>
   <si>
     <t>2025-07-03 14:38:00</t>
   </si>
   <si>
     <t>2025-07-03 00:00:00</t>
   </si>
   <si>
     <t>/11347109</t>
   </si>
   <si>
     <t>/VSPZY0721</t>
   </si>
   <si>
     <t>delayed</t>
   </si>
   <si>
     <t>2025-07-07 21:20:23</t>
   </si>
   <si>
     <t>2025-06-29 14:56:16</t>
   </si>
   <si>
     <t>2025-07-01 00:00:00</t>
   </si>
   <si>
     <t>/11346167</t>
-  </si>
-[...1 lines deleted...]
-    <t>/VSP1F3121</t>
   </si>
   <si>
     <t>2025-06-14 17:31:38</t>
   </si>
   <si>
     <t>2025-06-16 00:00:00</t>
   </si>
   <si>
     <t>/11338604</t>
   </si>
   <si>
     <t>/VE8103821</t>
   </si>
   <si>
     <t>2025-06-13 11:32:00</t>
   </si>
   <si>
     <t>2025-06-13 00:00:00</t>
   </si>
   <si>
     <t>/11337172</t>
   </si>
   <si>
     <t>/VSP1R1421</t>
   </si>
@@ -1144,51 +1405,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U59"/>
+  <dimension ref="A1:U82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1225,3476 +1486,4855 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3012627124</v>
+        <v>3220369092</v>
       </c>
       <c r="D2">
-        <v>594739</v>
+        <v>599458</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>95.99</v>
+        <v>99</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O2">
-        <v>394078315798</v>
+        <v>397529455906</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3">
+        <v>3220222643</v>
+      </c>
+      <c r="D3">
+        <v>599208</v>
+      </c>
+      <c r="E3" t="s">
         <v>33</v>
       </c>
-      <c r="C3">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G3" t="s">
         <v>34</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3">
+        <v>52.8</v>
+      </c>
+      <c r="I3" t="s">
         <v>35</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="J3" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" t="s">
         <v>36</v>
       </c>
-      <c r="J3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O3"/>
+        <v>29</v>
+      </c>
+      <c r="O3">
+        <v>397313984772</v>
+      </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q3" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R3"/>
-      <c r="S3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S3"/>
+      <c r="T3"/>
       <c r="U3" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4">
+        <v>3219426210</v>
+      </c>
+      <c r="D4">
+        <v>598877</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>52.99</v>
+      </c>
+      <c r="I4" t="s">
+        <v>40</v>
+      </c>
+      <c r="J4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>29</v>
+      </c>
+      <c r="O4">
+        <v>887381468312</v>
+      </c>
+      <c r="P4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>31</v>
+      </c>
+      <c r="R4" t="s">
         <v>43</v>
       </c>
-      <c r="C4">
-[...11 lines deleted...]
-      <c r="G4" t="s">
+      <c r="S4" t="s">
         <v>44</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="T4" t="s">
         <v>45</v>
       </c>
-      <c r="J4" t="s">
-[...25 lines deleted...]
-      <c r="T4" t="s">
+      <c r="U4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5">
+        <v>3217840009</v>
+      </c>
+      <c r="D5">
+        <v>598354</v>
+      </c>
+      <c r="E5" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5">
-        <v>88.99</v>
+        <v>100.99</v>
       </c>
       <c r="I5" t="s">
         <v>50</v>
       </c>
       <c r="J5" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K5" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L5" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="N5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O5"/>
+        <v>29</v>
+      </c>
+      <c r="O5">
+        <v>396630093870</v>
+      </c>
       <c r="P5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6">
-        <v>2997925855</v>
+        <v>3216942810</v>
       </c>
       <c r="D6">
-        <v>594648</v>
+        <v>598031</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6">
-        <v>95.99</v>
+        <v>52.8</v>
       </c>
       <c r="I6" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O6">
-        <v>393939938421</v>
+        <v>396399801279</v>
       </c>
       <c r="P6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7">
-        <v>2993493909</v>
+        <v>3216575936</v>
       </c>
       <c r="D7">
-        <v>594588</v>
+        <v>597838</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
-      <c r="G7" t="s">
+      <c r="G7"/>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7" t="s">
         <v>58</v>
       </c>
-      <c r="H7">
-[...4 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L7" t="s">
+        <v>41</v>
+      </c>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>29</v>
+      </c>
+      <c r="O7"/>
+      <c r="P7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q7" t="s">
         <v>60</v>
       </c>
-      <c r="M7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R7"/>
-      <c r="S7"/>
-      <c r="T7"/>
+      <c r="S7" t="s">
+        <v>61</v>
+      </c>
+      <c r="T7" t="s">
+        <v>62</v>
+      </c>
       <c r="U7" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C8">
-        <v>2982700441</v>
+        <v>3215890256</v>
       </c>
       <c r="D8">
-        <v>594389</v>
+        <v>597723</v>
       </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H8">
-        <v>114</v>
+        <v>52.99</v>
       </c>
       <c r="I8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J8" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K8" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M8" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R8"/>
       <c r="S8" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T8" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="U8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C9">
-        <v>2981872091</v>
+        <v>3215381501</v>
       </c>
       <c r="D9">
-        <v>594376</v>
+        <v>597473</v>
       </c>
       <c r="E9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H9">
-        <v>105.99</v>
+        <v>303.99</v>
       </c>
       <c r="I9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J9" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K9" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L9" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q9" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="R9"/>
+        <v>31</v>
+      </c>
+      <c r="R9" t="s">
+        <v>43</v>
+      </c>
       <c r="S9" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T9" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="U9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C10">
-        <v>2959778407</v>
+        <v>3215224753</v>
       </c>
       <c r="D10">
-        <v>593982</v>
+        <v>597440</v>
       </c>
       <c r="E10" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="H10">
-        <v>88.99</v>
+        <v>52.99</v>
       </c>
       <c r="I10" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="J10" t="s">
         <v>27</v>
       </c>
       <c r="K10" t="s">
         <v>27</v>
       </c>
       <c r="L10" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O10">
-        <v>884518275666</v>
+        <v>396019224646</v>
       </c>
       <c r="P10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C11">
-        <v>2955969091</v>
+        <v>3214304189</v>
       </c>
       <c r="D11">
-        <v>593916</v>
+        <v>597277</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
       <c r="H11">
-        <v>71.99</v>
+        <v>0</v>
       </c>
       <c r="I11" t="s">
         <v>79</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K11" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M11" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N11" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O11"/>
       <c r="P11" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q11" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="R11"/>
-      <c r="S11"/>
-      <c r="T11"/>
+      <c r="S11" t="s">
+        <v>61</v>
+      </c>
+      <c r="T11" t="s">
+        <v>80</v>
+      </c>
       <c r="U11" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C12">
-        <v>2944295677</v>
+        <v>3214138520</v>
       </c>
       <c r="D12">
-        <v>593699</v>
+        <v>597228</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
-      <c r="G12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G12"/>
       <c r="H12">
-        <v>95.99</v>
+        <v>0</v>
       </c>
       <c r="I12" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="J12" t="s">
         <v>27</v>
       </c>
       <c r="K12" t="s">
         <v>27</v>
       </c>
       <c r="L12" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O12">
-        <v>392750369839</v>
+        <v>886611338952</v>
       </c>
       <c r="P12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q12" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C13">
-        <v>2943008239</v>
+        <v>3213495677</v>
       </c>
       <c r="D13">
-        <v>593700</v>
+        <v>596810</v>
       </c>
       <c r="E13" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
       <c r="G13" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H13">
-        <v>168</v>
+        <v>39.99</v>
       </c>
       <c r="I13" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J13" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K13" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M13" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T13" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="U13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C14">
-        <v>2943001618</v>
+        <v>3213480002</v>
       </c>
       <c r="D14">
-        <v>593701</v>
+        <v>596795</v>
       </c>
       <c r="E14" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H14">
-        <v>79</v>
+        <v>52.8</v>
       </c>
       <c r="I14" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="J14" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K14" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T14" t="s">
-        <v>46</v>
+        <v>93</v>
       </c>
       <c r="U14" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C15">
-        <v>2942958894</v>
+        <v>3213287147</v>
       </c>
       <c r="D15">
-        <v>593702</v>
+        <v>596673</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15"/>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="K15"/>
+        <v>96</v>
+      </c>
+      <c r="J15" t="s">
+        <v>27</v>
+      </c>
+      <c r="K15" t="s">
+        <v>27</v>
+      </c>
       <c r="L15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M15" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="O15"/>
+        <v>27</v>
+      </c>
+      <c r="N15" t="s">
+        <v>29</v>
+      </c>
+      <c r="O15">
+        <v>395573429100</v>
+      </c>
       <c r="P15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q15" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="R15"/>
-      <c r="S15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S15"/>
+      <c r="T15"/>
       <c r="U15" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
         <v>97</v>
       </c>
       <c r="C16">
-        <v>2942321087</v>
+        <v>3212668104</v>
       </c>
       <c r="D16">
-        <v>593703</v>
+        <v>596284</v>
       </c>
       <c r="E16" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
       <c r="G16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H16">
-        <v>95.99</v>
+        <v>87</v>
       </c>
       <c r="I16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J16" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K16" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M16" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="N16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q16" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R16"/>
-      <c r="S16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S16"/>
+      <c r="T16"/>
       <c r="U16" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
         <v>102</v>
       </c>
       <c r="C17">
-        <v>2942128191</v>
+        <v>3212356546</v>
       </c>
       <c r="D17">
-        <v>593704</v>
+        <v>596071</v>
       </c>
       <c r="E17" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H17">
-        <v>79.2</v>
+        <v>119.99</v>
       </c>
       <c r="I17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J17" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K17" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L17" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M17" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="N17" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O17"/>
+        <v>29</v>
+      </c>
+      <c r="O17">
+        <v>885919504470</v>
+      </c>
       <c r="P17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R17"/>
-      <c r="S17" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S17"/>
+      <c r="T17"/>
       <c r="U17" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
         <v>106</v>
       </c>
       <c r="C18">
-        <v>2941536825</v>
+        <v>3211870076</v>
       </c>
       <c r="D18">
-        <v>593705</v>
+        <v>595930</v>
       </c>
       <c r="E18" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H18">
-        <v>87</v>
+        <v>55.2</v>
       </c>
       <c r="I18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J18" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K18" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L18" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M18" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N18" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O18"/>
       <c r="P18" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R18"/>
-      <c r="S18"/>
-      <c r="T18"/>
+      <c r="S18" t="s">
+        <v>61</v>
+      </c>
+      <c r="T18" t="s">
+        <v>93</v>
+      </c>
       <c r="U18" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C19">
-        <v>2940861746</v>
+        <v>3211819239</v>
       </c>
       <c r="D19">
-        <v>593576</v>
+        <v>595931</v>
       </c>
       <c r="E19" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H19">
-        <v>95.99</v>
+        <v>88.99</v>
       </c>
       <c r="I19" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="J19" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K19" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L19" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M19" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="N19" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O19"/>
       <c r="P19" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q19" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R19"/>
-      <c r="S19"/>
-      <c r="T19"/>
+      <c r="S19" t="s">
+        <v>61</v>
+      </c>
+      <c r="T19" t="s">
+        <v>80</v>
+      </c>
       <c r="U19" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C20">
-        <v>2940698249</v>
+        <v>3210787441</v>
       </c>
       <c r="D20">
-        <v>593571</v>
+        <v>595517</v>
       </c>
       <c r="E20" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H20">
-        <v>136</v>
+        <v>111.99</v>
       </c>
       <c r="I20" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="J20" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K20" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L20" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M20" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="N20" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O20"/>
+        <v>29</v>
+      </c>
+      <c r="O20">
+        <v>394843305658</v>
+      </c>
       <c r="P20" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R20"/>
-      <c r="S20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S20"/>
+      <c r="T20"/>
       <c r="U20" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C21">
-        <v>2940652802</v>
+        <v>3207688733</v>
       </c>
       <c r="D21">
-        <v>593572</v>
+        <v>595348</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
-      <c r="G21"/>
+      <c r="G21" t="s">
+        <v>121</v>
+      </c>
       <c r="H21">
-        <v>0</v>
+        <v>114.99</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-      <c r="K21"/>
+        <v>122</v>
+      </c>
+      <c r="J21" t="s">
+        <v>59</v>
+      </c>
+      <c r="K21" t="s">
+        <v>59</v>
+      </c>
       <c r="L21" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M21" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="N21"/>
+        <v>42</v>
+      </c>
+      <c r="N21" t="s">
+        <v>29</v>
+      </c>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q21" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T21" t="s">
-        <v>118</v>
+        <v>80</v>
       </c>
       <c r="U21" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C22">
-        <v>2940591921</v>
+        <v>3206227291</v>
       </c>
       <c r="D22">
-        <v>593569</v>
+        <v>595309</v>
       </c>
       <c r="E22" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H22">
-        <v>213.5</v>
+        <v>88.99</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="J22" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K22" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L22" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M22" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="N22" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O22"/>
       <c r="P22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q22" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R22"/>
-      <c r="S22"/>
-      <c r="T22"/>
+      <c r="S22" t="s">
+        <v>61</v>
+      </c>
+      <c r="T22" t="s">
+        <v>93</v>
+      </c>
       <c r="U22" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C23">
-        <v>2939353227</v>
+        <v>3021566358</v>
       </c>
       <c r="D23">
-        <v>593526</v>
+        <v>595076</v>
       </c>
       <c r="E23" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="H23">
-        <v>204</v>
+        <v>114.99</v>
       </c>
       <c r="I23" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="J23" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K23" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L23" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M23" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="N23" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O23"/>
+        <v>29</v>
+      </c>
+      <c r="O23">
+        <v>394505133984</v>
+      </c>
       <c r="P23" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q23" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R23"/>
-      <c r="S23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S23"/>
+      <c r="T23"/>
       <c r="U23" t="s">
-        <v>127</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C24">
-        <v>2938388264</v>
+        <v>3014462733</v>
       </c>
       <c r="D24">
-        <v>593502</v>
+        <v>594783</v>
       </c>
       <c r="E24" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H24">
-        <v>114.99</v>
+        <v>71.99</v>
       </c>
       <c r="I24" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="J24" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K24" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L24" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M24" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N24" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O24"/>
       <c r="P24" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q24" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R24"/>
-      <c r="S24"/>
-      <c r="T24"/>
+      <c r="S24" t="s">
+        <v>61</v>
+      </c>
+      <c r="T24" t="s">
+        <v>93</v>
+      </c>
       <c r="U24" t="s">
-        <v>31</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C25">
-        <v>2936230809</v>
+        <v>3012627124</v>
       </c>
       <c r="D25">
-        <v>593445</v>
+        <v>594739</v>
       </c>
       <c r="E25" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="H25">
-        <v>79.99</v>
+        <v>95.99</v>
       </c>
       <c r="I25" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="J25" t="s">
         <v>27</v>
       </c>
       <c r="K25" t="s">
         <v>27</v>
       </c>
       <c r="L25" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O25">
-        <v>392475897312</v>
+        <v>394078315798</v>
       </c>
       <c r="P25" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q25" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C26">
-        <v>2933608492</v>
+        <v>3008541160</v>
       </c>
       <c r="D26">
-        <v>593365</v>
+        <v>594711</v>
       </c>
       <c r="E26" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="F26" t="s">
         <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="H26">
-        <v>87.99</v>
+        <v>95.99</v>
       </c>
       <c r="I26" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="J26" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K26" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L26" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M26" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N26" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O26"/>
       <c r="P26" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q26" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R26"/>
       <c r="S26" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T26" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="U26" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C27">
-        <v>2928766569</v>
+        <v>3007470766</v>
       </c>
       <c r="D27">
-        <v>593234</v>
+        <v>594703</v>
       </c>
       <c r="E27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H27">
-        <v>95.99</v>
+        <v>88.99</v>
       </c>
       <c r="I27" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="J27" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K27" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L27" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M27" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="N27" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O27"/>
       <c r="P27" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q27" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R27"/>
-      <c r="S27"/>
-      <c r="T27"/>
+      <c r="S27" t="s">
+        <v>61</v>
+      </c>
+      <c r="T27" t="s">
+        <v>93</v>
+      </c>
       <c r="U27" t="s">
-        <v>31</v>
+        <v>149</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C28">
-        <v>2928726148</v>
+        <v>3007386487</v>
       </c>
       <c r="D28">
-        <v>593235</v>
+        <v>594702</v>
       </c>
       <c r="E28" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F28" t="s">
         <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="H28">
         <v>88.99</v>
       </c>
       <c r="I28" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="J28" t="s">
         <v>27</v>
       </c>
       <c r="K28" t="s">
         <v>27</v>
       </c>
       <c r="L28" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M28" t="s">
         <v>27</v>
       </c>
       <c r="N28" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O28">
-        <v>883870908399</v>
+        <v>885144387460</v>
       </c>
       <c r="P28" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q28" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C29">
-        <v>2928627011</v>
+        <v>2997925855</v>
       </c>
       <c r="D29">
-        <v>593228</v>
+        <v>594648</v>
       </c>
       <c r="E29" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="H29">
         <v>95.99</v>
       </c>
       <c r="I29" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="J29" t="s">
         <v>27</v>
       </c>
       <c r="K29" t="s">
         <v>27</v>
       </c>
       <c r="L29" t="s">
-        <v>75</v>
+        <v>155</v>
       </c>
       <c r="M29" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N29" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O29">
-        <v>392226635635</v>
+        <v>393939938421</v>
       </c>
       <c r="P29" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q29" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="C30">
-        <v>2922554641</v>
+        <v>2993493909</v>
       </c>
       <c r="D30">
-        <v>593048</v>
+        <v>594588</v>
       </c>
       <c r="E30" t="s">
-        <v>31</v>
+        <v>157</v>
       </c>
       <c r="F30" t="s">
         <v>24</v>
       </c>
-      <c r="G30"/>
+      <c r="G30" t="s">
+        <v>158</v>
+      </c>
       <c r="H30">
-        <v>0</v>
+        <v>52.99</v>
       </c>
       <c r="I30" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-      <c r="K30"/>
+        <v>67</v>
+      </c>
+      <c r="J30" t="s">
+        <v>27</v>
+      </c>
+      <c r="K30" t="s">
+        <v>27</v>
+      </c>
       <c r="L30" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M30" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-      <c r="O30"/>
+        <v>56</v>
+      </c>
+      <c r="N30" t="s">
+        <v>29</v>
+      </c>
+      <c r="O30">
+        <v>393868220398</v>
+      </c>
       <c r="P30" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q30" t="s">
-        <v>94</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R30"/>
+      <c r="S30"/>
+      <c r="T30"/>
       <c r="U30" t="s">
-        <v>153</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C31">
-        <v>2922272162</v>
+        <v>2982700441</v>
       </c>
       <c r="D31">
-        <v>593040</v>
+        <v>594389</v>
       </c>
       <c r="E31" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="H31">
-        <v>52.99</v>
+        <v>114</v>
       </c>
       <c r="I31" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="J31" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K31" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L31" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M31" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N31" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O31"/>
       <c r="P31" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q31" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R31"/>
-      <c r="S31"/>
-      <c r="T31"/>
+      <c r="S31" t="s">
+        <v>61</v>
+      </c>
+      <c r="T31" t="s">
+        <v>163</v>
+      </c>
       <c r="U31" t="s">
-        <v>31</v>
+        <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C32">
-        <v>2921584674</v>
+        <v>2981872091</v>
       </c>
       <c r="D32">
-        <v>593021</v>
+        <v>594376</v>
       </c>
       <c r="E32" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="H32">
-        <v>88.99</v>
+        <v>105.99</v>
       </c>
       <c r="I32" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="J32" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K32" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L32" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M32" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O32"/>
       <c r="P32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R32"/>
       <c r="S32" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T32" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="U32" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="C33">
-        <v>2919988871</v>
+        <v>2959778407</v>
       </c>
       <c r="D33">
-        <v>592958</v>
+        <v>593982</v>
       </c>
       <c r="E33" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="H33">
-        <v>79</v>
+        <v>88.99</v>
       </c>
       <c r="I33" t="s">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="J33" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K33" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L33" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M33" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="N33" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O33"/>
+        <v>29</v>
+      </c>
+      <c r="O33">
+        <v>884518275666</v>
+      </c>
       <c r="P33" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q33" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C34">
-        <v>2918261600</v>
+        <v>2955969091</v>
       </c>
       <c r="D34">
-        <v>592901</v>
+        <v>593916</v>
       </c>
       <c r="E34" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="H34">
-        <v>52.99</v>
+        <v>71.99</v>
       </c>
       <c r="I34" t="s">
-        <v>59</v>
+        <v>176</v>
       </c>
       <c r="J34" t="s">
         <v>27</v>
       </c>
       <c r="K34" t="s">
         <v>27</v>
       </c>
       <c r="L34" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O34">
-        <v>391825392578</v>
+        <v>392980413344</v>
       </c>
       <c r="P34" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q34" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="C35">
-        <v>2904628449</v>
+        <v>2944295677</v>
       </c>
       <c r="D35">
-        <v>592565</v>
+        <v>593699</v>
       </c>
       <c r="E35" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="H35">
-        <v>68</v>
+        <v>95.99</v>
       </c>
       <c r="I35" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="J35" t="s">
         <v>27</v>
       </c>
       <c r="K35" t="s">
         <v>27</v>
       </c>
       <c r="L35" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="N35" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O35">
-        <v>883124607570</v>
+        <v>392750369839</v>
       </c>
       <c r="P35" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q35" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="C36">
-        <v>2903738599</v>
+        <v>2943008239</v>
       </c>
       <c r="D36">
-        <v>592536</v>
+        <v>593700</v>
       </c>
       <c r="E36" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="H36">
-        <v>181.48</v>
+        <v>168</v>
       </c>
       <c r="I36" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
       <c r="J36" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K36" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L36" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M36" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N36" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O36"/>
       <c r="P36" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q36" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R36"/>
-      <c r="S36"/>
-      <c r="T36"/>
+      <c r="S36" t="s">
+        <v>61</v>
+      </c>
+      <c r="T36" t="s">
+        <v>88</v>
+      </c>
       <c r="U36" t="s">
-        <v>31</v>
+        <v>183</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="C37">
-        <v>2901533870</v>
+        <v>2943001618</v>
       </c>
       <c r="D37">
-        <v>592465</v>
+        <v>593701</v>
       </c>
       <c r="E37" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="H37">
-        <v>64.26</v>
+        <v>79</v>
       </c>
       <c r="I37" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="J37" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K37" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L37" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M37" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N37" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O37"/>
       <c r="P37" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q37" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R37"/>
-      <c r="S37"/>
-      <c r="T37"/>
+      <c r="S37" t="s">
+        <v>61</v>
+      </c>
+      <c r="T37" t="s">
+        <v>93</v>
+      </c>
       <c r="U37" t="s">
-        <v>31</v>
+        <v>187</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="C38">
-        <v>2898884330</v>
+        <v>2942958894</v>
       </c>
       <c r="D38">
-        <v>592449</v>
+        <v>593702</v>
       </c>
       <c r="E38" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
-      <c r="G38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G38"/>
       <c r="H38">
-        <v>67.15</v>
+        <v>0</v>
       </c>
       <c r="I38" t="s">
-        <v>89</v>
-[...6 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="J38"/>
+      <c r="K38"/>
       <c r="L38" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M38" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="N38"/>
       <c r="O38"/>
       <c r="P38" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q38" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="R38"/>
       <c r="S38" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T38" t="s">
-        <v>46</v>
+        <v>190</v>
       </c>
       <c r="U38" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="C39">
-        <v>2892796935</v>
+        <v>2942321087</v>
       </c>
       <c r="D39">
-        <v>592271</v>
+        <v>593703</v>
       </c>
       <c r="E39" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="H39">
-        <v>68</v>
+        <v>95.99</v>
       </c>
       <c r="I39" t="s">
-        <v>134</v>
+        <v>194</v>
       </c>
       <c r="J39" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K39" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L39" t="s">
-        <v>185</v>
+        <v>41</v>
       </c>
       <c r="M39" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N39" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O39"/>
       <c r="P39" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q39" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R39"/>
-      <c r="S39"/>
-      <c r="T39"/>
+      <c r="S39" t="s">
+        <v>61</v>
+      </c>
+      <c r="T39" t="s">
+        <v>80</v>
+      </c>
       <c r="U39" t="s">
-        <v>31</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="C40">
-        <v>2881382595</v>
+        <v>2942128191</v>
       </c>
       <c r="D40">
-        <v>592049</v>
+        <v>593704</v>
       </c>
       <c r="E40" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="F40" t="s">
         <v>24</v>
       </c>
       <c r="G40" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="H40">
-        <v>88.99</v>
+        <v>79.2</v>
       </c>
       <c r="I40" t="s">
-        <v>45</v>
+        <v>198</v>
       </c>
       <c r="J40" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K40" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L40" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M40" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N40" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O40"/>
       <c r="P40" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q40" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R40"/>
-      <c r="S40"/>
-      <c r="T40"/>
+      <c r="S40" t="s">
+        <v>61</v>
+      </c>
+      <c r="T40" t="s">
+        <v>93</v>
+      </c>
       <c r="U40" t="s">
-        <v>31</v>
+        <v>199</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="C41">
-        <v>2873828679</v>
+        <v>2941536825</v>
       </c>
       <c r="D41">
-        <v>591834</v>
+        <v>593705</v>
       </c>
       <c r="E41" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="H41">
-        <v>71.99</v>
+        <v>87</v>
       </c>
       <c r="I41" t="s">
-        <v>192</v>
+        <v>100</v>
       </c>
       <c r="J41" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K41" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L41" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M41" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="N41" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O41"/>
+        <v>29</v>
+      </c>
+      <c r="O41">
+        <v>392749517112</v>
+      </c>
       <c r="P41" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q41" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R41"/>
-      <c r="S41" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S41"/>
+      <c r="T41"/>
       <c r="U41" t="s">
-        <v>194</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="C42">
-        <v>2868451746</v>
+        <v>2940861746</v>
       </c>
       <c r="D42">
-        <v>591635</v>
+        <v>593576</v>
       </c>
       <c r="E42" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="F42" t="s">
         <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H42">
-        <v>114.99</v>
+        <v>95.99</v>
       </c>
       <c r="I42" t="s">
-        <v>198</v>
+        <v>140</v>
       </c>
       <c r="J42" t="s">
         <v>27</v>
       </c>
       <c r="K42" t="s">
         <v>27</v>
       </c>
       <c r="L42" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M42" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="N42" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O42">
-        <v>390625339082</v>
+        <v>392614645666</v>
       </c>
       <c r="P42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q42" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C43">
-        <v>2852855902</v>
+        <v>2940698249</v>
       </c>
       <c r="D43">
-        <v>591191</v>
+        <v>593571</v>
       </c>
       <c r="E43" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F43" t="s">
         <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H43">
-        <v>279.2</v>
+        <v>136</v>
       </c>
       <c r="I43" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="J43" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K43" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L43" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M43" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N43" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O43"/>
       <c r="P43" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R43"/>
-      <c r="S43"/>
-      <c r="T43"/>
+      <c r="S43" t="s">
+        <v>61</v>
+      </c>
+      <c r="T43" t="s">
+        <v>88</v>
+      </c>
       <c r="U43" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C44">
-        <v>2851622647</v>
+        <v>2940652802</v>
       </c>
       <c r="D44">
-        <v>591132</v>
+        <v>593572</v>
       </c>
       <c r="E44" t="s">
-        <v>204</v>
+        <v>30</v>
       </c>
       <c r="F44" t="s">
         <v>24</v>
       </c>
-      <c r="G44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G44"/>
       <c r="H44">
-        <v>55.2</v>
+        <v>0</v>
       </c>
       <c r="I44" t="s">
-        <v>206</v>
-[...6 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="J44"/>
+      <c r="K44"/>
       <c r="L44" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M44" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="N44"/>
+      <c r="O44"/>
       <c r="P44" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q44" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="R44"/>
-      <c r="S44"/>
-      <c r="T44"/>
+      <c r="S44" t="s">
+        <v>61</v>
+      </c>
+      <c r="T44" t="s">
+        <v>211</v>
+      </c>
       <c r="U44" t="s">
-        <v>31</v>
+        <v>212</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C45">
-        <v>2846259170</v>
+        <v>2940591921</v>
       </c>
       <c r="D45">
-        <v>590955</v>
+        <v>593569</v>
       </c>
       <c r="E45" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="F45" t="s">
         <v>24</v>
       </c>
       <c r="G45" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H45">
-        <v>55.2</v>
+        <v>213.5</v>
       </c>
       <c r="I45" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="J45" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K45" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L45" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M45" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="N45" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O45"/>
+        <v>29</v>
+      </c>
+      <c r="O45">
+        <v>884143979373</v>
+      </c>
       <c r="P45" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R45"/>
-      <c r="S45" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S45"/>
+      <c r="T45"/>
       <c r="U45" t="s">
-        <v>211</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C46">
-        <v>2845822247</v>
+        <v>2939353227</v>
       </c>
       <c r="D46">
-        <v>590956</v>
+        <v>593526</v>
       </c>
       <c r="E46" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="F46" t="s">
         <v>24</v>
       </c>
       <c r="G46" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="H46">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="I46" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="J46" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="K46" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="L46" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M46" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N46" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q46" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R46"/>
       <c r="S46" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T46" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="U46" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
+        <v>220</v>
+      </c>
+      <c r="C47">
+        <v>2938388264</v>
+      </c>
+      <c r="D47">
+        <v>593502</v>
+      </c>
+      <c r="E47" t="s">
         <v>216</v>
       </c>
-      <c r="C47">
-[...7 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>24</v>
       </c>
       <c r="G47" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="H47">
-        <v>95.99</v>
+        <v>114.99</v>
       </c>
       <c r="I47" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="J47" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K47" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L47" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M47" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="N47" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O47"/>
+        <v>29</v>
+      </c>
+      <c r="O47">
+        <v>392530816706</v>
+      </c>
       <c r="P47" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q47" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C48">
-        <v>2844805379</v>
+        <v>2936230809</v>
       </c>
       <c r="D48">
-        <v>590959</v>
+        <v>593445</v>
       </c>
       <c r="E48" t="s">
-        <v>31</v>
+        <v>224</v>
       </c>
       <c r="F48" t="s">
         <v>24</v>
       </c>
-      <c r="G48"/>
+      <c r="G48" t="s">
+        <v>225</v>
+      </c>
       <c r="H48">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="I48" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-      <c r="K48"/>
+        <v>226</v>
+      </c>
+      <c r="J48" t="s">
+        <v>27</v>
+      </c>
+      <c r="K48" t="s">
+        <v>27</v>
+      </c>
       <c r="L48" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M48" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="O48"/>
+        <v>27</v>
+      </c>
+      <c r="N48" t="s">
+        <v>29</v>
+      </c>
+      <c r="O48">
+        <v>392475897312</v>
+      </c>
       <c r="P48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q48" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="R48"/>
-      <c r="S48" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S48"/>
+      <c r="T48"/>
       <c r="U48" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="C49">
-        <v>2843349851</v>
+        <v>2933608492</v>
       </c>
       <c r="D49">
-        <v>590874</v>
+        <v>593365</v>
       </c>
       <c r="E49" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="F49" t="s">
         <v>24</v>
       </c>
       <c r="G49" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="H49">
-        <v>55.2</v>
+        <v>87.99</v>
       </c>
       <c r="I49" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="J49" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K49" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L49" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M49" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="N49" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O49"/>
       <c r="P49" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q49" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R49"/>
-      <c r="S49"/>
-      <c r="T49"/>
+      <c r="S49" t="s">
+        <v>61</v>
+      </c>
+      <c r="T49" t="s">
+        <v>93</v>
+      </c>
       <c r="U49" t="s">
-        <v>31</v>
+        <v>231</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C50">
-        <v>2841740796</v>
+        <v>2928766569</v>
       </c>
       <c r="D50">
-        <v>590840</v>
+        <v>593234</v>
       </c>
       <c r="E50" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="F50" t="s">
         <v>24</v>
       </c>
       <c r="G50" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="H50">
-        <v>103.99</v>
+        <v>95.99</v>
       </c>
       <c r="I50" t="s">
-        <v>228</v>
+        <v>140</v>
       </c>
       <c r="J50" t="s">
         <v>27</v>
       </c>
       <c r="K50" t="s">
         <v>27</v>
       </c>
       <c r="L50" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M50" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="N50" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O50">
-        <v>289455570534</v>
+        <v>392230856300</v>
       </c>
       <c r="P50" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q50" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C51">
-        <v>2837779986</v>
+        <v>2928726148</v>
       </c>
       <c r="D51">
-        <v>590816</v>
+        <v>593235</v>
       </c>
       <c r="E51" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="F51" t="s">
         <v>24</v>
       </c>
       <c r="G51" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="H51">
-        <v>239</v>
+        <v>88.99</v>
       </c>
       <c r="I51" t="s">
-        <v>214</v>
+        <v>113</v>
       </c>
       <c r="J51" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K51" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L51" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M51" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="N51" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O51"/>
+        <v>29</v>
+      </c>
+      <c r="O51">
+        <v>883870908399</v>
+      </c>
       <c r="P51" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q51" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R51"/>
+      <c r="S51"/>
+      <c r="T51"/>
       <c r="U51" t="s">
-        <v>232</v>
+        <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
+        <v>237</v>
+      </c>
+      <c r="C52">
+        <v>2928627011</v>
+      </c>
+      <c r="D52">
+        <v>593228</v>
+      </c>
+      <c r="E52" t="s">
         <v>233</v>
       </c>
-      <c r="C52">
-[...7 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>24</v>
       </c>
       <c r="G52" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="H52">
-        <v>153</v>
+        <v>95.99</v>
       </c>
       <c r="I52" t="s">
-        <v>235</v>
+        <v>140</v>
       </c>
       <c r="J52" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="K52" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="L52" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M52" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="N52" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O52"/>
+        <v>29</v>
+      </c>
+      <c r="O52">
+        <v>392226635635</v>
+      </c>
       <c r="P52" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q52" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R52"/>
-      <c r="S52" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S52"/>
+      <c r="T52"/>
       <c r="U52" t="s">
-        <v>237</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C53">
-        <v>2835553720</v>
+        <v>2922554641</v>
       </c>
       <c r="D53">
-        <v>590785</v>
+        <v>593048</v>
       </c>
       <c r="E53" t="s">
-        <v>230</v>
+        <v>30</v>
       </c>
       <c r="F53" t="s">
         <v>24</v>
       </c>
-      <c r="G53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G53"/>
       <c r="H53">
-        <v>212</v>
+        <v>0</v>
       </c>
       <c r="I53" t="s">
         <v>240</v>
       </c>
-      <c r="J53" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J53"/>
+      <c r="K53"/>
       <c r="L53" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M53" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="N53"/>
       <c r="O53"/>
       <c r="P53" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q53" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="R53"/>
+        <v>60</v>
+      </c>
+      <c r="R53" t="s">
+        <v>43</v>
+      </c>
       <c r="S53" t="s">
-        <v>40</v>
+        <v>242</v>
       </c>
       <c r="T53" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="U53" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C54">
-        <v>2832976873</v>
+        <v>2922272162</v>
       </c>
       <c r="D54">
-        <v>590756</v>
+        <v>593040</v>
       </c>
       <c r="E54" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F54" t="s">
         <v>24</v>
       </c>
       <c r="G54" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H54">
         <v>52.99</v>
       </c>
       <c r="I54" t="s">
-        <v>157</v>
+        <v>87</v>
       </c>
       <c r="J54" t="s">
         <v>27</v>
       </c>
       <c r="K54" t="s">
         <v>27</v>
       </c>
       <c r="L54" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O54">
-        <v>289382688080</v>
+        <v>391978726368</v>
       </c>
       <c r="P54" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q54" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
+        <v>247</v>
+      </c>
+      <c r="C55">
+        <v>2921584674</v>
+      </c>
+      <c r="D55">
+        <v>593021</v>
+      </c>
+      <c r="E55" t="s">
         <v>245</v>
       </c>
-      <c r="C55">
-[...7 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>24</v>
       </c>
       <c r="G55" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H55">
-        <v>52.99</v>
+        <v>88.99</v>
       </c>
       <c r="I55" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J55" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K55" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L55" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M55" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="N55" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O55"/>
       <c r="P55" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q55" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R55"/>
-      <c r="S55"/>
-      <c r="T55"/>
+      <c r="S55" t="s">
+        <v>61</v>
+      </c>
+      <c r="T55" t="s">
+        <v>80</v>
+      </c>
       <c r="U55" t="s">
-        <v>31</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C56">
-        <v>2830420337</v>
+        <v>2919988871</v>
       </c>
       <c r="D56">
-        <v>590742</v>
+        <v>592958</v>
       </c>
       <c r="E56" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="F56" t="s">
         <v>24</v>
       </c>
       <c r="G56" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="H56">
-        <v>279.2</v>
+        <v>79</v>
       </c>
       <c r="I56" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="J56" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="K56" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L56" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M56" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="N56" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O56"/>
       <c r="P56" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q56" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C57">
-        <v>2829734885</v>
+        <v>2918261600</v>
       </c>
       <c r="D57">
-        <v>590738</v>
+        <v>592901</v>
       </c>
       <c r="E57" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F57" t="s">
         <v>24</v>
       </c>
       <c r="G57" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="H57">
-        <v>50.99</v>
+        <v>52.99</v>
       </c>
       <c r="I57" t="s">
-        <v>253</v>
+        <v>67</v>
       </c>
       <c r="J57" t="s">
         <v>27</v>
       </c>
       <c r="K57" t="s">
         <v>27</v>
       </c>
       <c r="L57" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O57">
-        <v>289331835357</v>
+        <v>391825392578</v>
       </c>
       <c r="P57" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q57" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C58">
-        <v>2823319114</v>
+        <v>2904628449</v>
       </c>
       <c r="D58">
-        <v>590604</v>
+        <v>592565</v>
       </c>
       <c r="E58" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F58" t="s">
         <v>24</v>
       </c>
       <c r="G58" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="H58">
-        <v>128.99</v>
+        <v>68</v>
       </c>
       <c r="I58" t="s">
-        <v>108</v>
+        <v>226</v>
       </c>
       <c r="J58" t="s">
         <v>27</v>
       </c>
       <c r="K58" t="s">
         <v>27</v>
       </c>
       <c r="L58" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O58">
-        <v>289232621359</v>
+        <v>883124607570</v>
       </c>
       <c r="P58" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Q58" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C59">
+        <v>2903738599</v>
+      </c>
+      <c r="D59">
+        <v>592536</v>
+      </c>
+      <c r="E59" t="s">
+        <v>261</v>
+      </c>
+      <c r="F59" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" t="s">
+        <v>262</v>
+      </c>
+      <c r="H59">
+        <v>181.48</v>
+      </c>
+      <c r="I59" t="s">
+        <v>83</v>
+      </c>
+      <c r="J59" t="s">
+        <v>27</v>
+      </c>
+      <c r="K59" t="s">
+        <v>27</v>
+      </c>
+      <c r="L59" t="s">
+        <v>51</v>
+      </c>
+      <c r="M59" t="s">
+        <v>27</v>
+      </c>
+      <c r="N59" t="s">
+        <v>29</v>
+      </c>
+      <c r="O59">
+        <v>883162955880</v>
+      </c>
+      <c r="P59" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>31</v>
+      </c>
+      <c r="R59"/>
+      <c r="S59"/>
+      <c r="T59"/>
+      <c r="U59" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="60" spans="1:21">
+      <c r="A60" t="s">
+        <v>21</v>
+      </c>
+      <c r="B60" t="s">
+        <v>263</v>
+      </c>
+      <c r="C60">
+        <v>2901533870</v>
+      </c>
+      <c r="D60">
+        <v>592465</v>
+      </c>
+      <c r="E60" t="s">
+        <v>264</v>
+      </c>
+      <c r="F60" t="s">
+        <v>24</v>
+      </c>
+      <c r="G60" t="s">
+        <v>265</v>
+      </c>
+      <c r="H60">
+        <v>64.26</v>
+      </c>
+      <c r="I60" t="s">
+        <v>266</v>
+      </c>
+      <c r="J60" t="s">
+        <v>27</v>
+      </c>
+      <c r="K60" t="s">
+        <v>27</v>
+      </c>
+      <c r="L60" t="s">
+        <v>51</v>
+      </c>
+      <c r="M60" t="s">
+        <v>27</v>
+      </c>
+      <c r="N60" t="s">
+        <v>29</v>
+      </c>
+      <c r="O60">
+        <v>391380389045</v>
+      </c>
+      <c r="P60" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>31</v>
+      </c>
+      <c r="R60"/>
+      <c r="S60"/>
+      <c r="T60"/>
+      <c r="U60" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="61" spans="1:21">
+      <c r="A61" t="s">
+        <v>21</v>
+      </c>
+      <c r="B61" t="s">
+        <v>267</v>
+      </c>
+      <c r="C61">
+        <v>2898884330</v>
+      </c>
+      <c r="D61">
+        <v>592449</v>
+      </c>
+      <c r="E61" t="s">
+        <v>268</v>
+      </c>
+      <c r="F61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G61" t="s">
+        <v>269</v>
+      </c>
+      <c r="H61">
+        <v>67.15</v>
+      </c>
+      <c r="I61" t="s">
+        <v>186</v>
+      </c>
+      <c r="J61" t="s">
+        <v>59</v>
+      </c>
+      <c r="K61" t="s">
+        <v>59</v>
+      </c>
+      <c r="L61" t="s">
+        <v>41</v>
+      </c>
+      <c r="M61" t="s">
+        <v>42</v>
+      </c>
+      <c r="N61" t="s">
+        <v>29</v>
+      </c>
+      <c r="O61"/>
+      <c r="P61" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>31</v>
+      </c>
+      <c r="R61"/>
+      <c r="S61" t="s">
+        <v>61</v>
+      </c>
+      <c r="T61" t="s">
+        <v>93</v>
+      </c>
+      <c r="U61" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="62" spans="1:21">
+      <c r="A62" t="s">
+        <v>21</v>
+      </c>
+      <c r="B62" t="s">
+        <v>271</v>
+      </c>
+      <c r="C62">
+        <v>2892796935</v>
+      </c>
+      <c r="D62">
+        <v>592271</v>
+      </c>
+      <c r="E62" t="s">
+        <v>272</v>
+      </c>
+      <c r="F62" t="s">
+        <v>24</v>
+      </c>
+      <c r="G62" t="s">
+        <v>273</v>
+      </c>
+      <c r="H62">
+        <v>68</v>
+      </c>
+      <c r="I62" t="s">
+        <v>226</v>
+      </c>
+      <c r="J62" t="s">
+        <v>27</v>
+      </c>
+      <c r="K62" t="s">
+        <v>27</v>
+      </c>
+      <c r="L62" t="s">
+        <v>155</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>29</v>
+      </c>
+      <c r="O62">
+        <v>391130249586</v>
+      </c>
+      <c r="P62" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>31</v>
+      </c>
+      <c r="R62"/>
+      <c r="S62"/>
+      <c r="T62"/>
+      <c r="U62" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:21">
+      <c r="A63" t="s">
+        <v>21</v>
+      </c>
+      <c r="B63" t="s">
+        <v>274</v>
+      </c>
+      <c r="C63">
+        <v>2881382595</v>
+      </c>
+      <c r="D63">
+        <v>592049</v>
+      </c>
+      <c r="E63" t="s">
+        <v>275</v>
+      </c>
+      <c r="F63" t="s">
+        <v>24</v>
+      </c>
+      <c r="G63" t="s">
+        <v>276</v>
+      </c>
+      <c r="H63">
+        <v>88.99</v>
+      </c>
+      <c r="I63" t="s">
+        <v>148</v>
+      </c>
+      <c r="J63" t="s">
+        <v>27</v>
+      </c>
+      <c r="K63" t="s">
+        <v>27</v>
+      </c>
+      <c r="L63" t="s">
+        <v>51</v>
+      </c>
+      <c r="M63" t="s">
+        <v>27</v>
+      </c>
+      <c r="N63" t="s">
+        <v>29</v>
+      </c>
+      <c r="O63">
+        <v>390896155129</v>
+      </c>
+      <c r="P63" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>31</v>
+      </c>
+      <c r="R63"/>
+      <c r="S63"/>
+      <c r="T63"/>
+      <c r="U63" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21">
+      <c r="A64" t="s">
+        <v>21</v>
+      </c>
+      <c r="B64" t="s">
+        <v>277</v>
+      </c>
+      <c r="C64">
+        <v>2873828679</v>
+      </c>
+      <c r="D64">
+        <v>591834</v>
+      </c>
+      <c r="E64" t="s">
+        <v>278</v>
+      </c>
+      <c r="F64" t="s">
+        <v>24</v>
+      </c>
+      <c r="G64" t="s">
+        <v>279</v>
+      </c>
+      <c r="H64">
+        <v>71.99</v>
+      </c>
+      <c r="I64" t="s">
+        <v>280</v>
+      </c>
+      <c r="J64" t="s">
+        <v>59</v>
+      </c>
+      <c r="K64" t="s">
+        <v>59</v>
+      </c>
+      <c r="L64" t="s">
+        <v>41</v>
+      </c>
+      <c r="M64" t="s">
+        <v>42</v>
+      </c>
+      <c r="N64" t="s">
+        <v>29</v>
+      </c>
+      <c r="O64"/>
+      <c r="P64" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>31</v>
+      </c>
+      <c r="R64"/>
+      <c r="S64" t="s">
+        <v>281</v>
+      </c>
+      <c r="T64" t="s">
+        <v>88</v>
+      </c>
+      <c r="U64" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="65" spans="1:21">
+      <c r="A65" t="s">
+        <v>21</v>
+      </c>
+      <c r="B65" t="s">
+        <v>283</v>
+      </c>
+      <c r="C65">
+        <v>2868451746</v>
+      </c>
+      <c r="D65">
+        <v>591635</v>
+      </c>
+      <c r="E65" t="s">
+        <v>284</v>
+      </c>
+      <c r="F65" t="s">
+        <v>24</v>
+      </c>
+      <c r="G65" t="s">
+        <v>285</v>
+      </c>
+      <c r="H65">
+        <v>114.99</v>
+      </c>
+      <c r="I65" t="s">
+        <v>122</v>
+      </c>
+      <c r="J65" t="s">
+        <v>27</v>
+      </c>
+      <c r="K65" t="s">
+        <v>27</v>
+      </c>
+      <c r="L65" t="s">
+        <v>51</v>
+      </c>
+      <c r="M65" t="s">
+        <v>27</v>
+      </c>
+      <c r="N65" t="s">
+        <v>29</v>
+      </c>
+      <c r="O65">
+        <v>390625339082</v>
+      </c>
+      <c r="P65" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>31</v>
+      </c>
+      <c r="R65"/>
+      <c r="S65"/>
+      <c r="T65"/>
+      <c r="U65" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:21">
+      <c r="A66" t="s">
+        <v>21</v>
+      </c>
+      <c r="B66" t="s">
+        <v>286</v>
+      </c>
+      <c r="C66">
+        <v>2852855902</v>
+      </c>
+      <c r="D66">
+        <v>591191</v>
+      </c>
+      <c r="E66" t="s">
+        <v>287</v>
+      </c>
+      <c r="F66" t="s">
+        <v>24</v>
+      </c>
+      <c r="G66" t="s">
+        <v>288</v>
+      </c>
+      <c r="H66">
+        <v>279.2</v>
+      </c>
+      <c r="I66" t="s">
+        <v>289</v>
+      </c>
+      <c r="J66" t="s">
+        <v>27</v>
+      </c>
+      <c r="K66" t="s">
+        <v>27</v>
+      </c>
+      <c r="L66" t="s">
+        <v>51</v>
+      </c>
+      <c r="M66" t="s">
+        <v>27</v>
+      </c>
+      <c r="N66" t="s">
+        <v>29</v>
+      </c>
+      <c r="O66">
+        <v>390038626463</v>
+      </c>
+      <c r="P66" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>31</v>
+      </c>
+      <c r="R66"/>
+      <c r="S66"/>
+      <c r="T66"/>
+      <c r="U66" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21">
+      <c r="A67" t="s">
+        <v>21</v>
+      </c>
+      <c r="B67" t="s">
+        <v>290</v>
+      </c>
+      <c r="C67">
+        <v>2851622647</v>
+      </c>
+      <c r="D67">
+        <v>591132</v>
+      </c>
+      <c r="E67" t="s">
+        <v>291</v>
+      </c>
+      <c r="F67" t="s">
+        <v>24</v>
+      </c>
+      <c r="G67" t="s">
+        <v>292</v>
+      </c>
+      <c r="H67">
+        <v>55.2</v>
+      </c>
+      <c r="I67" t="s">
+        <v>293</v>
+      </c>
+      <c r="J67" t="s">
+        <v>27</v>
+      </c>
+      <c r="K67" t="s">
+        <v>27</v>
+      </c>
+      <c r="L67" t="s">
+        <v>51</v>
+      </c>
+      <c r="M67" t="s">
+        <v>27</v>
+      </c>
+      <c r="N67" t="s">
+        <v>29</v>
+      </c>
+      <c r="O67">
+        <v>289757258639</v>
+      </c>
+      <c r="P67" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>31</v>
+      </c>
+      <c r="R67"/>
+      <c r="S67"/>
+      <c r="T67"/>
+      <c r="U67" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21">
+      <c r="A68" t="s">
+        <v>21</v>
+      </c>
+      <c r="B68" t="s">
+        <v>294</v>
+      </c>
+      <c r="C68">
+        <v>2846259170</v>
+      </c>
+      <c r="D68">
+        <v>590955</v>
+      </c>
+      <c r="E68" t="s">
+        <v>295</v>
+      </c>
+      <c r="F68" t="s">
+        <v>24</v>
+      </c>
+      <c r="G68" t="s">
+        <v>296</v>
+      </c>
+      <c r="H68">
+        <v>55.2</v>
+      </c>
+      <c r="I68" t="s">
+        <v>297</v>
+      </c>
+      <c r="J68" t="s">
+        <v>59</v>
+      </c>
+      <c r="K68" t="s">
+        <v>59</v>
+      </c>
+      <c r="L68" t="s">
+        <v>41</v>
+      </c>
+      <c r="M68" t="s">
+        <v>42</v>
+      </c>
+      <c r="N68" t="s">
+        <v>29</v>
+      </c>
+      <c r="O68"/>
+      <c r="P68" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>31</v>
+      </c>
+      <c r="R68"/>
+      <c r="S68" t="s">
+        <v>61</v>
+      </c>
+      <c r="T68" t="s">
+        <v>80</v>
+      </c>
+      <c r="U68" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21">
+      <c r="A69" t="s">
+        <v>21</v>
+      </c>
+      <c r="B69" t="s">
+        <v>299</v>
+      </c>
+      <c r="C69">
+        <v>2845822247</v>
+      </c>
+      <c r="D69">
+        <v>590956</v>
+      </c>
+      <c r="E69" t="s">
+        <v>295</v>
+      </c>
+      <c r="F69" t="s">
+        <v>24</v>
+      </c>
+      <c r="G69" t="s">
+        <v>300</v>
+      </c>
+      <c r="H69">
+        <v>239</v>
+      </c>
+      <c r="I69" t="s">
+        <v>301</v>
+      </c>
+      <c r="J69" t="s">
+        <v>59</v>
+      </c>
+      <c r="K69" t="s">
+        <v>59</v>
+      </c>
+      <c r="L69" t="s">
+        <v>41</v>
+      </c>
+      <c r="M69" t="s">
+        <v>42</v>
+      </c>
+      <c r="N69" t="s">
+        <v>29</v>
+      </c>
+      <c r="O69"/>
+      <c r="P69" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>31</v>
+      </c>
+      <c r="R69"/>
+      <c r="S69" t="s">
+        <v>61</v>
+      </c>
+      <c r="T69" t="s">
+        <v>80</v>
+      </c>
+      <c r="U69" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="70" spans="1:21">
+      <c r="A70" t="s">
+        <v>21</v>
+      </c>
+      <c r="B70" t="s">
+        <v>303</v>
+      </c>
+      <c r="C70">
+        <v>2844850469</v>
+      </c>
+      <c r="D70">
+        <v>590958</v>
+      </c>
+      <c r="E70" t="s">
+        <v>295</v>
+      </c>
+      <c r="F70" t="s">
+        <v>24</v>
+      </c>
+      <c r="G70" t="s">
+        <v>304</v>
+      </c>
+      <c r="H70">
+        <v>95.99</v>
+      </c>
+      <c r="I70" t="s">
+        <v>305</v>
+      </c>
+      <c r="J70" t="s">
+        <v>59</v>
+      </c>
+      <c r="K70" t="s">
+        <v>59</v>
+      </c>
+      <c r="L70" t="s">
+        <v>41</v>
+      </c>
+      <c r="M70" t="s">
+        <v>101</v>
+      </c>
+      <c r="N70" t="s">
+        <v>29</v>
+      </c>
+      <c r="O70"/>
+      <c r="P70" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>31</v>
+      </c>
+      <c r="R70"/>
+      <c r="S70"/>
+      <c r="T70"/>
+      <c r="U70" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="1:21">
+      <c r="A71" t="s">
+        <v>21</v>
+      </c>
+      <c r="B71" t="s">
+        <v>306</v>
+      </c>
+      <c r="C71">
+        <v>2844805379</v>
+      </c>
+      <c r="D71">
+        <v>590959</v>
+      </c>
+      <c r="E71" t="s">
+        <v>30</v>
+      </c>
+      <c r="F71" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71"/>
+      <c r="H71">
+        <v>0</v>
+      </c>
+      <c r="I71" t="s">
+        <v>100</v>
+      </c>
+      <c r="J71"/>
+      <c r="K71"/>
+      <c r="L71" t="s">
+        <v>41</v>
+      </c>
+      <c r="M71" t="s">
+        <v>189</v>
+      </c>
+      <c r="N71"/>
+      <c r="O71"/>
+      <c r="P71" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>60</v>
+      </c>
+      <c r="R71"/>
+      <c r="S71" t="s">
+        <v>61</v>
+      </c>
+      <c r="T71" t="s">
+        <v>62</v>
+      </c>
+      <c r="U71" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="72" spans="1:21">
+      <c r="A72" t="s">
+        <v>21</v>
+      </c>
+      <c r="B72" t="s">
+        <v>308</v>
+      </c>
+      <c r="C72">
+        <v>2843349851</v>
+      </c>
+      <c r="D72">
+        <v>590874</v>
+      </c>
+      <c r="E72" t="s">
+        <v>309</v>
+      </c>
+      <c r="F72" t="s">
+        <v>24</v>
+      </c>
+      <c r="G72" t="s">
+        <v>310</v>
+      </c>
+      <c r="H72">
+        <v>55.2</v>
+      </c>
+      <c r="I72" t="s">
+        <v>311</v>
+      </c>
+      <c r="J72" t="s">
+        <v>27</v>
+      </c>
+      <c r="K72" t="s">
+        <v>27</v>
+      </c>
+      <c r="L72" t="s">
+        <v>51</v>
+      </c>
+      <c r="M72" t="s">
+        <v>56</v>
+      </c>
+      <c r="N72" t="s">
+        <v>29</v>
+      </c>
+      <c r="O72">
+        <v>289503717810</v>
+      </c>
+      <c r="P72" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>31</v>
+      </c>
+      <c r="R72"/>
+      <c r="S72"/>
+      <c r="T72"/>
+      <c r="U72" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="1:21">
+      <c r="A73" t="s">
+        <v>21</v>
+      </c>
+      <c r="B73" t="s">
+        <v>312</v>
+      </c>
+      <c r="C73">
+        <v>2841740796</v>
+      </c>
+      <c r="D73">
+        <v>590840</v>
+      </c>
+      <c r="E73" t="s">
+        <v>313</v>
+      </c>
+      <c r="F73" t="s">
+        <v>24</v>
+      </c>
+      <c r="G73" t="s">
+        <v>314</v>
+      </c>
+      <c r="H73">
+        <v>103.99</v>
+      </c>
+      <c r="I73" t="s">
+        <v>315</v>
+      </c>
+      <c r="J73" t="s">
+        <v>27</v>
+      </c>
+      <c r="K73" t="s">
+        <v>27</v>
+      </c>
+      <c r="L73" t="s">
+        <v>51</v>
+      </c>
+      <c r="M73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N73" t="s">
+        <v>29</v>
+      </c>
+      <c r="O73">
+        <v>289455570534</v>
+      </c>
+      <c r="P73" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>31</v>
+      </c>
+      <c r="R73"/>
+      <c r="S73"/>
+      <c r="T73"/>
+      <c r="U73" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74" spans="1:21">
+      <c r="A74" t="s">
+        <v>21</v>
+      </c>
+      <c r="B74" t="s">
+        <v>316</v>
+      </c>
+      <c r="C74">
+        <v>2837779986</v>
+      </c>
+      <c r="D74">
+        <v>590816</v>
+      </c>
+      <c r="E74" t="s">
+        <v>317</v>
+      </c>
+      <c r="F74" t="s">
+        <v>24</v>
+      </c>
+      <c r="G74" t="s">
+        <v>318</v>
+      </c>
+      <c r="H74">
+        <v>239</v>
+      </c>
+      <c r="I74" t="s">
+        <v>301</v>
+      </c>
+      <c r="J74" t="s">
+        <v>59</v>
+      </c>
+      <c r="K74" t="s">
+        <v>59</v>
+      </c>
+      <c r="L74" t="s">
+        <v>41</v>
+      </c>
+      <c r="M74" t="s">
+        <v>42</v>
+      </c>
+      <c r="N74" t="s">
+        <v>29</v>
+      </c>
+      <c r="O74"/>
+      <c r="P74" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>31</v>
+      </c>
+      <c r="R74" t="s">
+        <v>43</v>
+      </c>
+      <c r="S74" t="s">
+        <v>61</v>
+      </c>
+      <c r="T74" t="s">
+        <v>80</v>
+      </c>
+      <c r="U74" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="75" spans="1:21">
+      <c r="A75" t="s">
+        <v>21</v>
+      </c>
+      <c r="B75" t="s">
+        <v>320</v>
+      </c>
+      <c r="C75">
+        <v>2836890188</v>
+      </c>
+      <c r="D75">
+        <v>590799</v>
+      </c>
+      <c r="E75" t="s">
+        <v>317</v>
+      </c>
+      <c r="F75" t="s">
+        <v>24</v>
+      </c>
+      <c r="G75" t="s">
+        <v>321</v>
+      </c>
+      <c r="H75">
+        <v>153</v>
+      </c>
+      <c r="I75" t="s">
+        <v>322</v>
+      </c>
+      <c r="J75" t="s">
+        <v>59</v>
+      </c>
+      <c r="K75" t="s">
+        <v>59</v>
+      </c>
+      <c r="L75" t="s">
+        <v>41</v>
+      </c>
+      <c r="M75" t="s">
+        <v>42</v>
+      </c>
+      <c r="N75" t="s">
+        <v>29</v>
+      </c>
+      <c r="O75"/>
+      <c r="P75" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>31</v>
+      </c>
+      <c r="R75"/>
+      <c r="S75" t="s">
+        <v>61</v>
+      </c>
+      <c r="T75" t="s">
+        <v>323</v>
+      </c>
+      <c r="U75" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="76" spans="1:21">
+      <c r="A76" t="s">
+        <v>21</v>
+      </c>
+      <c r="B76" t="s">
+        <v>325</v>
+      </c>
+      <c r="C76">
+        <v>2835553720</v>
+      </c>
+      <c r="D76">
+        <v>590785</v>
+      </c>
+      <c r="E76" t="s">
+        <v>317</v>
+      </c>
+      <c r="F76" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76" t="s">
+        <v>326</v>
+      </c>
+      <c r="H76">
+        <v>212</v>
+      </c>
+      <c r="I76" t="s">
+        <v>327</v>
+      </c>
+      <c r="J76" t="s">
+        <v>59</v>
+      </c>
+      <c r="K76" t="s">
+        <v>59</v>
+      </c>
+      <c r="L76" t="s">
+        <v>41</v>
+      </c>
+      <c r="M76" t="s">
+        <v>42</v>
+      </c>
+      <c r="N76" t="s">
+        <v>29</v>
+      </c>
+      <c r="O76"/>
+      <c r="P76" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>31</v>
+      </c>
+      <c r="R76"/>
+      <c r="S76" t="s">
+        <v>61</v>
+      </c>
+      <c r="T76" t="s">
+        <v>93</v>
+      </c>
+      <c r="U76" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="77" spans="1:21">
+      <c r="A77" t="s">
+        <v>21</v>
+      </c>
+      <c r="B77" t="s">
+        <v>329</v>
+      </c>
+      <c r="C77">
+        <v>2832976873</v>
+      </c>
+      <c r="D77">
+        <v>590756</v>
+      </c>
+      <c r="E77" t="s">
+        <v>330</v>
+      </c>
+      <c r="F77" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" t="s">
+        <v>331</v>
+      </c>
+      <c r="H77">
+        <v>52.99</v>
+      </c>
+      <c r="I77" t="s">
+        <v>87</v>
+      </c>
+      <c r="J77" t="s">
+        <v>27</v>
+      </c>
+      <c r="K77" t="s">
+        <v>27</v>
+      </c>
+      <c r="L77" t="s">
+        <v>51</v>
+      </c>
+      <c r="M77" t="s">
+        <v>27</v>
+      </c>
+      <c r="N77" t="s">
+        <v>29</v>
+      </c>
+      <c r="O77">
+        <v>289382688080</v>
+      </c>
+      <c r="P77" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>31</v>
+      </c>
+      <c r="R77"/>
+      <c r="S77"/>
+      <c r="T77"/>
+      <c r="U77" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:21">
+      <c r="A78" t="s">
+        <v>21</v>
+      </c>
+      <c r="B78" t="s">
+        <v>332</v>
+      </c>
+      <c r="C78">
+        <v>2832638715</v>
+      </c>
+      <c r="D78">
+        <v>590753</v>
+      </c>
+      <c r="E78" t="s">
+        <v>330</v>
+      </c>
+      <c r="F78" t="s">
+        <v>24</v>
+      </c>
+      <c r="G78" t="s">
+        <v>333</v>
+      </c>
+      <c r="H78">
+        <v>52.99</v>
+      </c>
+      <c r="I78" t="s">
+        <v>334</v>
+      </c>
+      <c r="J78" t="s">
+        <v>27</v>
+      </c>
+      <c r="K78" t="s">
+        <v>27</v>
+      </c>
+      <c r="L78" t="s">
+        <v>51</v>
+      </c>
+      <c r="M78" t="s">
+        <v>27</v>
+      </c>
+      <c r="N78" t="s">
+        <v>29</v>
+      </c>
+      <c r="O78">
+        <v>289356886502</v>
+      </c>
+      <c r="P78" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>31</v>
+      </c>
+      <c r="R78"/>
+      <c r="S78"/>
+      <c r="T78"/>
+      <c r="U78" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="79" spans="1:21">
+      <c r="A79" t="s">
+        <v>21</v>
+      </c>
+      <c r="B79" t="s">
+        <v>335</v>
+      </c>
+      <c r="C79">
+        <v>2830420337</v>
+      </c>
+      <c r="D79">
+        <v>590742</v>
+      </c>
+      <c r="E79" t="s">
+        <v>330</v>
+      </c>
+      <c r="F79" t="s">
+        <v>24</v>
+      </c>
+      <c r="G79" t="s">
+        <v>336</v>
+      </c>
+      <c r="H79">
+        <v>279.2</v>
+      </c>
+      <c r="I79" t="s">
+        <v>289</v>
+      </c>
+      <c r="J79" t="s">
+        <v>27</v>
+      </c>
+      <c r="K79" t="s">
+        <v>27</v>
+      </c>
+      <c r="L79" t="s">
+        <v>51</v>
+      </c>
+      <c r="M79" t="s">
+        <v>27</v>
+      </c>
+      <c r="N79" t="s">
+        <v>29</v>
+      </c>
+      <c r="O79">
+        <v>289356562768</v>
+      </c>
+      <c r="P79" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>31</v>
+      </c>
+      <c r="R79"/>
+      <c r="S79"/>
+      <c r="T79"/>
+      <c r="U79" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="1:21">
+      <c r="A80" t="s">
+        <v>21</v>
+      </c>
+      <c r="B80" t="s">
+        <v>337</v>
+      </c>
+      <c r="C80">
+        <v>2829734885</v>
+      </c>
+      <c r="D80">
+        <v>590738</v>
+      </c>
+      <c r="E80" t="s">
+        <v>338</v>
+      </c>
+      <c r="F80" t="s">
+        <v>24</v>
+      </c>
+      <c r="G80" t="s">
+        <v>339</v>
+      </c>
+      <c r="H80">
+        <v>50.99</v>
+      </c>
+      <c r="I80" t="s">
+        <v>340</v>
+      </c>
+      <c r="J80" t="s">
+        <v>27</v>
+      </c>
+      <c r="K80" t="s">
+        <v>27</v>
+      </c>
+      <c r="L80" t="s">
+        <v>51</v>
+      </c>
+      <c r="M80" t="s">
+        <v>27</v>
+      </c>
+      <c r="N80" t="s">
+        <v>29</v>
+      </c>
+      <c r="O80">
+        <v>289331835357</v>
+      </c>
+      <c r="P80" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>31</v>
+      </c>
+      <c r="R80"/>
+      <c r="S80"/>
+      <c r="T80"/>
+      <c r="U80" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="81" spans="1:21">
+      <c r="A81" t="s">
+        <v>21</v>
+      </c>
+      <c r="B81" t="s">
+        <v>341</v>
+      </c>
+      <c r="C81">
+        <v>2823319114</v>
+      </c>
+      <c r="D81">
+        <v>590604</v>
+      </c>
+      <c r="E81" t="s">
+        <v>342</v>
+      </c>
+      <c r="F81" t="s">
+        <v>24</v>
+      </c>
+      <c r="G81" t="s">
+        <v>343</v>
+      </c>
+      <c r="H81">
+        <v>128.99</v>
+      </c>
+      <c r="I81" t="s">
+        <v>100</v>
+      </c>
+      <c r="J81" t="s">
+        <v>27</v>
+      </c>
+      <c r="K81" t="s">
+        <v>27</v>
+      </c>
+      <c r="L81" t="s">
+        <v>51</v>
+      </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
+      <c r="N81" t="s">
+        <v>29</v>
+      </c>
+      <c r="O81">
+        <v>289232621359</v>
+      </c>
+      <c r="P81" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>31</v>
+      </c>
+      <c r="R81"/>
+      <c r="S81"/>
+      <c r="T81"/>
+      <c r="U81" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:21">
+      <c r="A82" t="s">
+        <v>21</v>
+      </c>
+      <c r="B82" t="s">
+        <v>344</v>
+      </c>
+      <c r="C82">
         <v>2817610188</v>
       </c>
-      <c r="D59">
+      <c r="D82">
         <v>590486</v>
       </c>
-      <c r="E59" t="s">
-[...8 lines deleted...]
-      <c r="H59">
+      <c r="E82" t="s">
+        <v>345</v>
+      </c>
+      <c r="F82" t="s">
+        <v>24</v>
+      </c>
+      <c r="G82" t="s">
+        <v>346</v>
+      </c>
+      <c r="H82">
         <v>99</v>
       </c>
-      <c r="I59" t="s">
-[...32 lines deleted...]
-        <v>261</v>
+      <c r="I82" t="s">
+        <v>347</v>
+      </c>
+      <c r="J82" t="s">
+        <v>59</v>
+      </c>
+      <c r="K82" t="s">
+        <v>59</v>
+      </c>
+      <c r="L82" t="s">
+        <v>41</v>
+      </c>
+      <c r="M82" t="s">
+        <v>42</v>
+      </c>
+      <c r="N82" t="s">
+        <v>29</v>
+      </c>
+      <c r="O82"/>
+      <c r="P82" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>31</v>
+      </c>
+      <c r="R82"/>
+      <c r="S82" t="s">
+        <v>61</v>
+      </c>
+      <c r="T82" t="s">
+        <v>93</v>
+      </c>
+      <c r="U82" t="s">
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">