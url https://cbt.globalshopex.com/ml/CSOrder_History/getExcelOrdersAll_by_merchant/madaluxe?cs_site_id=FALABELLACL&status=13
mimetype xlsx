--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,120 +80,123 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-10-09 06:55:06</t>
-[...2 lines deleted...]
-    <t>2025-10-09 00:00:00</t>
+    <t>2025-11-19 19:50:18</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11420702</t>
+    <t>/11438308</t>
+  </si>
+  <si>
+    <t>/VSPHI6621/VSPOY8121</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>pending</t>
+  </si>
+  <si>
+    <t>In Transit to Hub</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-10-02 18:22:14</t>
+  </si>
+  <si>
+    <t>2025-10-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11418025</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>2025-08-30 19:43:57</t>
+  </si>
+  <si>
+    <t>2025-09-01 00:00:00</t>
+  </si>
+  <si>
+    <t>/11395955</t>
+  </si>
+  <si>
+    <t>/VSPCD2K21</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>2025-08-27 23:41:03</t>
+  </si>
+  <si>
+    <t>2025-08-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11390210</t>
   </si>
   <si>
     <t>/VSPHF3321</t>
-  </si>
-[...55 lines deleted...]
-    <t>/11390210</t>
   </si>
   <si>
     <t>2025-08-27 18:56:37</t>
   </si>
   <si>
     <t>/11389927</t>
   </si>
   <si>
     <t>/VSPLM3021</t>
   </si>
   <si>
     <t>2025-08-16 12:33:53</t>
   </si>
   <si>
     <t>2025-08-16 00:00:00</t>
   </si>
   <si>
     <t>/11378525</t>
   </si>
   <si>
     <t>2025-08-16 09:15:11</t>
   </si>
   <si>
     <t>/11378336</t>
   </si>
@@ -613,87 +616,87 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3012627124</v>
+        <v>3213287147</v>
       </c>
       <c r="D2">
-        <v>594739</v>
+        <v>596673</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>95.99</v>
+        <v>223.99</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>394078315798</v>
+        <v>395573429100</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3">
         <v>2993493909</v>
       </c>
       <c r="D3">
@@ -808,287 +811,287 @@
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5">
         <v>2940861746</v>
       </c>
       <c r="D5">
         <v>593576</v>
       </c>
       <c r="E5" t="s">
         <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>45</v>
       </c>
       <c r="H5">
         <v>95.99</v>
       </c>
       <c r="I5" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
         <v>42</v>
       </c>
       <c r="M5" t="s">
         <v>29</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
         <v>392614645666</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C6">
         <v>2940591921</v>
       </c>
       <c r="D6">
         <v>593569</v>
       </c>
       <c r="E6" t="s">
         <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H6">
         <v>213.5</v>
       </c>
       <c r="I6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
         <v>42</v>
       </c>
       <c r="M6" t="s">
         <v>29</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
         <v>884143979373</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7">
         <v>2928766569</v>
       </c>
       <c r="D7">
         <v>593234</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H7">
         <v>95.99</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" t="s">
         <v>27</v>
       </c>
       <c r="L7" t="s">
         <v>42</v>
       </c>
       <c r="M7" t="s">
         <v>29</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7">
         <v>392230856300</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C8">
         <v>2928627011</v>
       </c>
       <c r="D8">
         <v>593228</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H8">
         <v>95.99</v>
       </c>
       <c r="I8" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
         <v>27</v>
       </c>
       <c r="L8" t="s">
         <v>42</v>
       </c>
       <c r="M8" t="s">
         <v>29</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
         <v>392226635635</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9">
         <v>2843349851</v>
       </c>
       <c r="D9">
         <v>590874</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H9">
         <v>55.2</v>
       </c>
       <c r="I9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>27</v>
       </c>
       <c r="L9" t="s">
         <v>42</v>
       </c>
       <c r="M9" t="s">
         <v>29</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
         <v>289503717810</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>