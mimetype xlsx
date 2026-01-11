--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,111 +80,108 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-11-19 19:50:18</t>
-[...2 lines deleted...]
-    <t>2025-11-20 00:00:00</t>
+    <t>2025-12-06 00:55:31</t>
+  </si>
+  <si>
+    <t>2025-12-06 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11438308</t>
-[...2 lines deleted...]
-    <t>/VSPHI6621/VSPOY8121</t>
+    <t>/11447853</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
-    <t>pending</t>
+    <t>delivered</t>
   </si>
   <si>
     <t>In Transit to Hub</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
     <t>2025-10-02 18:22:14</t>
   </si>
   <si>
     <t>2025-10-02 00:00:00</t>
   </si>
   <si>
     <t>/11418025</t>
   </si>
   <si>
     <t>/VSPOY8121</t>
   </si>
   <si>
     <t>canceled</t>
   </si>
   <si>
     <t>2025-08-30 19:43:57</t>
   </si>
   <si>
     <t>2025-09-01 00:00:00</t>
   </si>
   <si>
     <t>/11395955</t>
   </si>
   <si>
     <t>/VSPCD2K21</t>
-  </si>
-[...1 lines deleted...]
-    <t>delivered</t>
   </si>
   <si>
     <t>2025-08-27 23:41:03</t>
   </si>
   <si>
     <t>2025-08-28 00:00:00</t>
   </si>
   <si>
     <t>/11390210</t>
   </si>
   <si>
     <t>/VSPHF3321</t>
   </si>
   <si>
     <t>2025-08-27 18:56:37</t>
   </si>
   <si>
     <t>/11389927</t>
   </si>
   <si>
     <t>/VSPLM3021</t>
   </si>
   <si>
     <t>2025-08-16 12:33:53</t>
   </si>
@@ -616,87 +613,87 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3213287147</v>
+        <v>3216942810</v>
       </c>
       <c r="D2">
-        <v>596673</v>
+        <v>598031</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>223.99</v>
+        <v>52.8</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>395573429100</v>
+        <v>396399801279</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3">
         <v>2993493909</v>
       </c>
       <c r="D3">
@@ -761,346 +758,346 @@
       <c r="D4">
         <v>593699</v>
       </c>
       <c r="E4" t="s">
         <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>40</v>
       </c>
       <c r="H4">
         <v>95.99</v>
       </c>
       <c r="I4" t="s">
         <v>41</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
         <v>392750369839</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C5">
         <v>2940861746</v>
       </c>
       <c r="D5">
         <v>593576</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>95.99</v>
       </c>
       <c r="I5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="M5" t="s">
         <v>29</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
         <v>392614645666</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C6">
         <v>2940591921</v>
       </c>
       <c r="D6">
         <v>593569</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H6">
         <v>213.5</v>
       </c>
       <c r="I6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="M6" t="s">
         <v>29</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
         <v>884143979373</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C7">
         <v>2928766569</v>
       </c>
       <c r="D7">
         <v>593234</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H7">
         <v>95.99</v>
       </c>
       <c r="I7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" t="s">
         <v>27</v>
       </c>
       <c r="L7" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="M7" t="s">
         <v>29</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7">
         <v>392230856300</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C8">
         <v>2928627011</v>
       </c>
       <c r="D8">
         <v>593228</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H8">
         <v>95.99</v>
       </c>
       <c r="I8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
         <v>27</v>
       </c>
       <c r="L8" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="M8" t="s">
         <v>29</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
         <v>392226635635</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C9">
         <v>2843349851</v>
       </c>
       <c r="D9">
         <v>590874</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H9">
         <v>55.2</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>27</v>
       </c>
       <c r="L9" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="M9" t="s">
         <v>29</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
         <v>289503717810</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>